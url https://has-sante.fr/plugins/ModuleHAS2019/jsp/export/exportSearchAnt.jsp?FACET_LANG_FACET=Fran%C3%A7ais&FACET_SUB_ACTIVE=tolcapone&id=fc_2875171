--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,157 +1,274 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Article HAS" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="52">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...2 lines deleted...]
-    <t>Irreversible secondary or degenerative parkinsonian syndromes</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 16 - Maladie de Parkinson</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
     <t>09/09/2021 00:00:00</t>
   </si>
   <si>
-    <t>09/15/2021 09:09:00</t>
+    <t>15/09/2021 09:09:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_546220/en/irreversible-secondary-or-degenerative-parkinsonian-syndromes</t>
+    <t>https://www.has-sante.fr/jcms/c_546220/fr/ald-n-16-maladie-de-parkinson</t>
   </si>
   <si>
     <t>c_546220</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 février 2011</t>
+  </si>
+  <si>
+    <t>02/02/2011 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1021670/fr/commission-de-la-transparence-reunion-du-2-fevrier-2011</t>
+  </si>
+  <si>
+    <t>c_1021670</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 décembre 2010</t>
+  </si>
+  <si>
+    <t>15/12/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1008224/fr/commission-de-la-transparence-reunion-du-15-decembre-2010</t>
+  </si>
+  <si>
+    <t>c_1008224</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>TASMAR (tolcapone)</t>
+  </si>
+  <si>
+    <t>08/02/2016 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984236/fr/tasmar-tolcapone</t>
+  </si>
+  <si>
+    <t>pprd_2984236</t>
+  </si>
+  <si>
+    <t>tolcapone</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400726/fr/tasmar-100-mg-comprime-pellicule-flacon-s-en-verre-de-100-comprime-s-code-cip-345-466-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036549/fr/tasmar-tolcapone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598650/fr/tasmar-tolcapone</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +282,326 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>33</v>
+      </c>
+      <c r="J1" t="s">
+        <v>34</v>
+      </c>
+      <c r="K1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H2" t="s">
+        <v>40</v>
+      </c>
+      <c r="I2" t="s">
+        <v>41</v>
+      </c>
+      <c r="J2" t="s">
+        <v>42</v>
+      </c>
+      <c r="K2" t="s">
+        <v>43</v>
+      </c>
+      <c r="L2" t="s">
+        <v>44</v>
+      </c>
+      <c r="M2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>50</v>
+      </c>
+      <c r="H2" t="s">
+        <v>51</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>