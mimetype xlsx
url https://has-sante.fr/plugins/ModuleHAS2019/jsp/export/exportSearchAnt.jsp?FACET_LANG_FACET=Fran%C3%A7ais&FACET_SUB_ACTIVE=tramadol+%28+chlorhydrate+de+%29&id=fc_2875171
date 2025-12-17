--- v0 (2025-10-22)
+++ v1 (2025-12-17)
@@ -1,385 +1,250 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="47">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Substance active (DCI)</t>
-[...11 lines deleted...]
-    <t>TOPALGIC - MONOALGIC (tramadol (chlorhydrate de))</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>IXPRIM - ZALDIAR (paracétamol/ tramadol (chlorhydrate de))</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>07/08/2025 11:05:28</t>
-[...5 lines deleted...]
-    <t>pprd_2983890</t>
+    <t>12/12/2024 08:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982859/en/ixprim-zaldiar-paracetamol/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982859</t>
+  </si>
+  <si>
+    <t>paracétamol,tramadol (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>GRUNENTHAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619555/en/ixprim-paracetamol/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652837/en/ixprim-zaldiar-paracetamol/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906687/en/ixprim-zaldiar-paracetamol/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619559/en/zaldiar-paracetamol/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399670/en/zaldiar-comprime-pellicule-b/20-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3571323/en/ixprim-and-zaldiar-tramadol/paracetamol-moderate-to-severe-pain</t>
+  </si>
+  <si>
+    <t>CONTRAMAL - MONOTRAMAL (tramadol (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>12/12/2024 08:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983887/en/contramal-monotramal-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983887</t>
   </si>
   <si>
     <t>tramadol (chlorhydrate de)</t>
   </si>
   <si>
-    <t>NEURAXPHARM</t>
-[...164 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2612052/fr/tramadol/paracetamol-mylan-generiques-paracetamol/-tramadol-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_399187/en/contramal-50-mg-gelule-contramal-l-p-100-mg-comprime-pellicule-a-liberation-prolongee-contramal-l-p-150-mg-comprime-pellicule-a-liberation-prolongee-contramal-l-p-200-mg-comprime-pellicule-a-liberation-prolongee-boites-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399959/en/contramal-100-mg/ml-solution-buvable-flacon-de-10-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455289/en/contramal-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172410/en/contramal-monotramal-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022227/en/contramal-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680668/en/contramal-monotramal-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433404/en/contramal-chlorhydrate-de-tramadol-douleur-antalgique-opioide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3571326/en/contramal-tramadol-treatment-of-acute-pain</t>
   </si>
   <si>
     <t>SKUDEXUM (dexkétoprofène/ tramadol (chlorhydrate de))</t>
   </si>
   <si>
-    <t>19/03/2018 08:58:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983353/fr/skudexum-dexketoprofene/-tramadol-chlorhydrate-de</t>
+    <t>03/19/2018 08:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983353/en/skudexum-dexketoprofene/-tramadol-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983353</t>
   </si>
   <si>
     <t>dexkétoprofène,tramadol (chlorhydrate de)</t>
   </si>
   <si>
     <t>MENARINI FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2655920/fr/skudexum-75-mg/25-mg-dexketoprofene/tramadol-association-fixe-ains-opioide-faible-dexketoprofene/-tramadol-chlorhydrate-de</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680662/fr/takadol-tramadol-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_2655920/en/skudexum-75-mg/25-mg-dexketoprofen/tramadol-fixed-nsaid-weak-opioid-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831666/en/skudexum-dexketoprofene/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834498/en/skudexum-dexketoprofen/tramadol-fixed-nsaid-weak-opioid-combination</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R8"/>
+  <dimension ref="A1:R4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -425,344 +290,141 @@
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
       <c r="L2" t="s">
         <v>20</v>
       </c>
       <c r="M2" t="s">
         <v>21</v>
       </c>
       <c r="N2" t="s">
         <v>22</v>
       </c>
       <c r="O2" t="s">
         <v>23</v>
       </c>
       <c r="P2" t="s">
         <v>24</v>
       </c>
-      <c r="Q2" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>28</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="I3" t="s">
         <v>29</v>
       </c>
-      <c r="H3" t="s">
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K3" t="s">
         <v>30</v>
       </c>
-      <c r="I3" t="s">
+      <c r="L3" t="s">
         <v>31</v>
       </c>
-      <c r="J3" t="s">
+      <c r="M3" t="s">
         <v>32</v>
       </c>
-      <c r="K3" t="s">
+      <c r="N3" t="s">
         <v>33</v>
       </c>
-      <c r="L3" t="s">
+      <c r="O3" t="s">
         <v>34</v>
       </c>
-      <c r="M3" t="s">
+      <c r="P3" t="s">
         <v>35</v>
       </c>
-      <c r="N3" t="s">
+      <c r="Q3" t="s">
         <v>36</v>
       </c>
-      <c r="O3" t="s">
+      <c r="R3" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>39</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>40</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>41</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>42</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="K4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="N4" t="s">
         <v>46</v>
-      </c>
-[...198 lines deleted...]
-        <v>91</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>