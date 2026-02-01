--- v1 (2025-12-17)
+++ v2 (2026-02-01)
@@ -1,250 +1,388 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="93">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>TOPALGIC - MONOALGIC (tramadol (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>06/11/2025 09:32:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983890/fr/topalgic-monoalgic-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983890</t>
+  </si>
+  <si>
+    <t>tramadol (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>NEURAXPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399169/fr/topalgic-l-p-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399971/fr/topalgic-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456620/fr/topalgic-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075796/fr/topalgic-monoalgic-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2026100/fr/topalgic-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680656/fr/topalgic-monoalgic-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3454334/fr/topalgic-tramadol-douleur-antalgique-opioide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639402/fr/topalgic-lp-tramadol-douleur-antalgique-opioide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704140/fr/topalgic-tramadol-douleur-antalgique-opioide</t>
   </si>
   <si>
     <t>IXPRIM - ZALDIAR (paracétamol/ tramadol (chlorhydrate de))</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>12/12/2024 08:29:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2982859/en/ixprim-zaldiar-paracetamol/-tramadol-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2982859/fr/ixprim-zaldiar-paracetamol/-tramadol-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2982859</t>
   </si>
   <si>
     <t>paracétamol,tramadol (chlorhydrate de)</t>
   </si>
   <si>
     <t>GRUNENTHAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_619555/en/ixprim-paracetamol/-tramadol-chlorhydrate-de</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3571323/en/ixprim-and-zaldiar-tramadol/paracetamol-moderate-to-severe-pain</t>
+    <t>https://www.has-sante.fr/jcms/c_619555/fr/ixprim-paracetamol/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652837/fr/ixprim-zaldiar-paracetamol/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906687/fr/ixprim-zaldiar-paracetamol/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619559/fr/zaldiar-paracetamol/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399670/fr/zaldiar-comprime-pellicule-b/20-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3571323/fr/ixprim-/-zaldiar-tramadol-/-paracetamol-antalgique-opioide</t>
   </si>
   <si>
     <t>CONTRAMAL - MONOTRAMAL (tramadol (chlorhydrate de))</t>
   </si>
   <si>
     <t>12/12/2024 08:28:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983887/en/contramal-monotramal-tramadol-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983887/fr/contramal-monotramal-tramadol-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983887</t>
   </si>
   <si>
-    <t>tramadol (chlorhydrate de)</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3571326/en/contramal-tramadol-treatment-of-acute-pain</t>
+    <t>https://www.has-sante.fr/jcms/c_399187/fr/contramal-50-mg-gelule-contramal-l-p-100-mg-comprime-pellicule-a-liberation-prolongee-contramal-l-p-150-mg-comprime-pellicule-a-liberation-prolongee-contramal-l-p-200-mg-comprime-pellicule-a-liberation-prolongee-boites-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399959/fr/contramal-100-mg/ml-solution-buvable-flacon-de-10-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455289/fr/contramal-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172410/fr/contramal-monotramal-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022227/fr/contramal-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680668/fr/contramal-monotramal-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433404/fr/contramal-chlorhydrate-de-tramadol-douleur-antalgique-opioide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3571326/fr/contramal-tramadol-antalgique-opioide</t>
+  </si>
+  <si>
+    <t>ZAMUDOL LP (tramadol (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>27/07/2023 10:25:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983897/fr/zamudol-lp-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983897</t>
+  </si>
+  <si>
+    <t>VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399031/fr/zamudol-lp-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456658/fr/zamudol-lp-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098666/fr/zamudol-lp-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680629/fr/zamudol-lp-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3454349/fr/zamudol-lp-chlorhydrate-de-tramadol-douleur-antalgique-opioide</t>
+  </si>
+  <si>
+    <t>TRAMADOL (tramadol (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>06/03/2020 14:00:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983392/fr/tramadol-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983392</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES/ CHAIX ET DU MARAIS/ GRÜNENTHAL/ LEURQUIN MEDIOLANUM/ SANOFI AVENTIS FRANCE / MYLAN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399062/fr/tramadol-leurquin-mediolanum-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399170/fr/tramadol-lavoisier-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460262/fr/tramadol-leurquin-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447009/fr/tramadol-contramid-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447013/fr/tramadol-sanofi-aventis-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827561/fr/tramadol-arrow-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152680/fr/tramadol-mylan-pharma-lp-tramadol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612052/fr/tramadol/paracetamol-mylan-generiques-paracetamol/-tramadol-chlorhydrate-de</t>
   </si>
   <si>
     <t>SKUDEXUM (dexkétoprofène/ tramadol (chlorhydrate de))</t>
   </si>
   <si>
-    <t>03/19/2018 08:58:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983353/en/skudexum-dexketoprofene/-tramadol-chlorhydrate-de</t>
+    <t>19/03/2018 08:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983353/fr/skudexum-dexketoprofene/-tramadol-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983353</t>
   </si>
   <si>
     <t>dexkétoprofène,tramadol (chlorhydrate de)</t>
   </si>
   <si>
     <t>MENARINI FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2655920/en/skudexum-75-mg/25-mg-dexketoprofen/tramadol-fixed-nsaid-weak-opioid-combination</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2834498/en/skudexum-dexketoprofen/tramadol-fixed-nsaid-weak-opioid-combination</t>
+    <t>https://www.has-sante.fr/jcms/c_2655920/fr/skudexum-75-mg/25-mg-dexketoprofene/tramadol-association-fixe-ains-opioide-faible-dexketoprofene/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831666/fr/skudexum-dexketoprofene/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834498/fr/skudexum-dexketoprofene/tramadol-association-fixe-ains-opioide-faible</t>
+  </si>
+  <si>
+    <t>TAKADOL (tramadol (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>02/11/2016 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983888/fr/takadol-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983888</t>
+  </si>
+  <si>
+    <t>EXPANSCIENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399075/fr/takadol-100-mg-comprime-effervescent-secable-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443475/fr/takadol-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046781/fr/takadol-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680662/fr/takadol-tramadol-chlorhydrate-de</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R4"/>
+  <dimension ref="A1:S8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -290,141 +428,347 @@
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
       <c r="L2" t="s">
         <v>20</v>
       </c>
       <c r="M2" t="s">
         <v>21</v>
       </c>
       <c r="N2" t="s">
         <v>22</v>
       </c>
       <c r="O2" t="s">
         <v>23</v>
       </c>
       <c r="P2" t="s">
         <v>24</v>
       </c>
+      <c r="Q2" t="s">
+        <v>25</v>
+      </c>
+      <c r="R2" t="s">
+        <v>26</v>
+      </c>
+      <c r="S2" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J3" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="K3" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="L3" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="H4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="I4" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="K4" t="s">
         <v>44</v>
       </c>
       <c r="L4" t="s">
         <v>45</v>
       </c>
       <c r="M4" t="s">
         <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>47</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>50</v>
+      </c>
+      <c r="R4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5" t="s">
+        <v>55</v>
+      </c>
+      <c r="I5" t="s">
+        <v>17</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>57</v>
+      </c>
+      <c r="L5" t="s">
+        <v>58</v>
+      </c>
+      <c r="M5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N5" t="s">
+        <v>60</v>
+      </c>
+      <c r="O5" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>63</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H6" t="s">
+        <v>65</v>
+      </c>
+      <c r="I6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J6" t="s">
+        <v>66</v>
+      </c>
+      <c r="K6" t="s">
+        <v>67</v>
+      </c>
+      <c r="L6" t="s">
+        <v>68</v>
+      </c>
+      <c r="M6" t="s">
+        <v>69</v>
+      </c>
+      <c r="N6" t="s">
+        <v>70</v>
+      </c>
+      <c r="O6" t="s">
+        <v>71</v>
+      </c>
+      <c r="P6" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>73</v>
+      </c>
+      <c r="R6" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" t="s">
+        <v>75</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>76</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>77</v>
+      </c>
+      <c r="H7" t="s">
+        <v>78</v>
+      </c>
+      <c r="I7" t="s">
+        <v>79</v>
+      </c>
+      <c r="J7" t="s">
+        <v>80</v>
+      </c>
+      <c r="K7" t="s">
+        <v>81</v>
+      </c>
+      <c r="L7" t="s">
+        <v>82</v>
+      </c>
+      <c r="M7" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" t="s">
+        <v>84</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>85</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>86</v>
+      </c>
+      <c r="H8" t="s">
+        <v>87</v>
+      </c>
+      <c r="I8" t="s">
+        <v>17</v>
+      </c>
+      <c r="J8" t="s">
+        <v>88</v>
+      </c>
+      <c r="K8" t="s">
+        <v>89</v>
+      </c>
+      <c r="L8" t="s">
+        <v>90</v>
+      </c>
+      <c r="M8" t="s">
+        <v>91</v>
+      </c>
+      <c r="N8" t="s">
+        <v>92</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>