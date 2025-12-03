--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,206 +1,431 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="105">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>12/11/2015 16:15:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Sturge Weber</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Sturge-Weber. Il a été élaboré par le Centre de référence maladies rares de la peau et des muqueuses d’origine génétique (MAGEC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2578960/en/assessment-of-transcatheter-aortic-valve-implantation</t>
+    <t>https://www.has-sante.fr/jcms/p_3493385/fr/syndrome-de-sturge-weber</t>
+  </si>
+  <si>
+    <t>p_3493385</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge de l’hypertonie oculaire et du glaucome primitif à angle ouvert</t>
+  </si>
+  <si>
+    <t>Le glaucome est une maladie grave, insidieuse et longtemps asymptomatique pour laquelle il existe une grande variabilité interindividuelle. Un retard diagnostique ou une prise en charge inadaptée peuvent aboutir à des altérations irréversibles du champ visuel et de la qualité visuelle. Ces recommandations de la HAS s'adressent en priorité aux ophtalmologistes, orthoptistes et médecins généralistes.</t>
+  </si>
+  <si>
+    <t>27/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2022 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321655/fr/diagnostic-et-prise-en-charge-de-l-hypertonie-oculaire-et-du-glaucome-primitif-a-angle-ouvert</t>
+  </si>
+  <si>
+    <t>p_3321655</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de micro-stents de pontage trabéculaire et de leur acte d’implantation</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS s’est prononcée en faveur du remboursement du micro-stent de pontage trabéculaire iSTENT, dispositif de chirurgie mini-invasive pour le traitement du glaucome. Le Collège de la HAS a par ailleurs rendu un avis favorable à l’inscription des actes d’implantation, de repositionnement, et d’explantation, associés à ce micro-stent.</t>
+  </si>
+  <si>
+    <t>02/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2015 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2578960/fr/evaluation-de-micro-stents-de-pontage-trabeculaire-et-de-leur-acte-d-implantation</t>
   </si>
   <si>
     <t>c_2578960</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983410/en/travatan-n/r/-travoprost</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 septembre 2025</t>
+  </si>
+  <si>
+    <t>03/09/2025 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643451/fr/commission-de-la-transparence-reunion-du-10-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3643451</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 décembre 2018</t>
+  </si>
+  <si>
+    <t>28/11/2018 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886593/fr/commission-de-la-transparence-reunion-du-5-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2886593</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 septembre 2016</t>
+  </si>
+  <si>
+    <t>14/09/2016 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666766/fr/commission-de-la-transparence-reunion-du-21-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2666766</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>TRAVATAN (travoprost)</t>
+  </si>
+  <si>
+    <t>15/09/2025 08:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983410/fr/travatan-travoprost</t>
   </si>
   <si>
     <t>pprd_2983410</t>
   </si>
   <si>
     <t>travoprost</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399287/en/travatan-travoprost</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3658370/en/travatan-travoprost-hypertonie-intraoculaire-et-glaucome</t>
+    <t>https://www.has-sante.fr/jcms/c_399287/fr/travatan-travoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399914/fr/travatan-travoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468588/fr/travatan-travoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250136/fr/travatan-travoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679449/fr/travatan-travoprost-collyre-anti-glaucomateux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825238/fr/travatan-travoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658370/fr/travatan-travoprost-hypertonie-intraoculaire-et-glaucome</t>
+  </si>
+  <si>
+    <t>DUOTRAV (timolol/travoprost)</t>
+  </si>
+  <si>
+    <t>12/09/2025 16:44:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984012/fr/duotrav-timolol/travoprost</t>
+  </si>
+  <si>
+    <t>pprd_2984012</t>
+  </si>
+  <si>
+    <t>timolol,travoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401023/fr/duotrav-40-microgrammes/ml-5-mg/ml-timolol/-travoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057913/fr/duotrav-timolol/-travoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658585/fr/duotrav-timolol/-travoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658358/fr/duotrav-travoprost/timolol-glaucome-et-hypertonie-intraoculaire</t>
+  </si>
+  <si>
+    <t>SINETRAV (travoprost)</t>
+  </si>
+  <si>
+    <t>09/04/2021 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260595/fr/sinetrav-travoprost</t>
+  </si>
+  <si>
+    <t>p_3260595</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259919/fr/sinetrav-travoprost</t>
+  </si>
+  <si>
+    <t>TRAVOPROSPT/TIMOLOL HORUS PHARMA (futur NEODIOP) (travoprost/ timolol)</t>
+  </si>
+  <si>
+    <t>05/06/2019 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982738/fr/travoprospt/timolol-horus-pharma-futur-neodiop-travoprost/-timolol</t>
+  </si>
+  <si>
+    <t>pprd_2982738</t>
+  </si>
+  <si>
+    <t>travoprost,timolol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971111/fr/travoprospt/timolol-horus-pharma-futur-neodiop-travoprospt/-timolol</t>
+  </si>
+  <si>
+    <t>KIVIZIDIALE (travoprost/ timolol (maléate de))</t>
+  </si>
+  <si>
+    <t>27/12/2018 12:16:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982936/fr/kivizidiale-travoprost/-timolol-maleate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982936</t>
+  </si>
+  <si>
+    <t>travoprost,timolol (maléate de)</t>
+  </si>
+  <si>
+    <t>CHAUVIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893492/fr/kivizidiale-travoprost/-timolol-maleate-de</t>
+  </si>
+  <si>
+    <t>VIZITRAV (travoprost)</t>
+  </si>
+  <si>
+    <t>27/12/2018 12:16:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982938/fr/vizitrav-travoprost</t>
+  </si>
+  <si>
+    <t>pprd_2982938</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893486/fr/vizitrav-travoprost</t>
+  </si>
+  <si>
+    <t>IZBA (travoprost)</t>
+  </si>
+  <si>
+    <t>24/11/2014 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984660/fr/izba-travoprost</t>
+  </si>
+  <si>
+    <t>pprd_2984660</t>
+  </si>
+  <si>
+    <t>LABORATOIRES ALCON SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776516/fr/izba-travoprost</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -227,137 +452,647 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Q2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
         <v>19</v>
       </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H2" t="s">
+        <v>35</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>39</v>
+      </c>
+      <c r="H3" t="s">
+        <v>40</v>
+      </c>
+      <c r="I3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4" t="s">
+        <v>44</v>
+      </c>
+      <c r="I4" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5" t="s">
+        <v>48</v>
+      </c>
+      <c r="I5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J1" t="s">
+        <v>50</v>
+      </c>
+      <c r="K1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
+      </c>
+      <c r="I2" t="s">
+        <v>57</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="Q2" t="s">
-        <v>32</v>
+        <v>65</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>68</v>
+      </c>
+      <c r="H3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J3" t="s">
+        <v>58</v>
+      </c>
+      <c r="K3" t="s">
+        <v>71</v>
+      </c>
+      <c r="L3" t="s">
+        <v>72</v>
+      </c>
+      <c r="M3" t="s">
+        <v>73</v>
+      </c>
+      <c r="N3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>76</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>77</v>
+      </c>
+      <c r="H4" t="s">
+        <v>78</v>
+      </c>
+      <c r="I4" t="s">
+        <v>57</v>
+      </c>
+      <c r="J4" t="s">
+        <v>79</v>
+      </c>
+      <c r="K4" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>82</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>83</v>
+      </c>
+      <c r="H5" t="s">
+        <v>84</v>
+      </c>
+      <c r="I5" t="s">
+        <v>85</v>
+      </c>
+      <c r="J5" t="s">
+        <v>79</v>
+      </c>
+      <c r="K5" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>87</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>88</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>89</v>
+      </c>
+      <c r="H6" t="s">
+        <v>90</v>
+      </c>
+      <c r="I6" t="s">
+        <v>91</v>
+      </c>
+      <c r="J6" t="s">
+        <v>92</v>
+      </c>
+      <c r="K6" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>94</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>95</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>96</v>
+      </c>
+      <c r="H7" t="s">
+        <v>97</v>
+      </c>
+      <c r="I7" t="s">
+        <v>57</v>
+      </c>
+      <c r="J7" t="s">
+        <v>92</v>
+      </c>
+      <c r="K7" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" t="s">
+        <v>99</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>100</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>101</v>
+      </c>
+      <c r="H8" t="s">
+        <v>102</v>
+      </c>
+      <c r="I8" t="s">
+        <v>57</v>
+      </c>
+      <c r="J8" t="s">
+        <v>103</v>
+      </c>
+      <c r="K8" t="s">
+        <v>104</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>