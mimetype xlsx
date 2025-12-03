--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,249 +1,708 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="65">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...11 lines deleted...]
-    <t>LONSURF</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>09/18/2024 09:10:19</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983847/en/lonsurf</t>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 septembre 2024</t>
+  </si>
+  <si>
+    <t>28/08/2024 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3537824/fr/commission-de-la-transparence-reunion-du-4-septembre-2024</t>
+  </si>
+  <si>
+    <t>p_3537824</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juillet 2024</t>
+  </si>
+  <si>
+    <t>10/07/2024 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529998/fr/commission-de-la-transparence-reunion-du-17-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3529998</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 24 juin 2020</t>
+  </si>
+  <si>
+    <t>17/06/2020 13:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190382/fr/commission-de-la-transparence-reunion-a-distance-du-24-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3190382</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 22 avril 2020</t>
+  </si>
+  <si>
+    <t>20/04/2020 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179885/fr/commission-de-la-transparence-reunion-a-distance-du-22-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3179885</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 novembre 2016</t>
+  </si>
+  <si>
+    <t>02/11/2016 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681120/fr/commission-de-la-transparence-reunion-du-9-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2681120</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2016</t>
+  </si>
+  <si>
+    <t>28/09/2016 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671437/fr/commission-de-la-transparence-reunion-du-5-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2671437</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>LONSURF (tipiracil / trifluridine)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:10:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983847/fr/lonsurf-tipiracil-/-trifluridine</t>
   </si>
   <si>
     <t>pprd_2983847</t>
   </si>
   <si>
     <t>tipiracil,trifluridine</t>
   </si>
   <si>
     <t>LES LABORATOIRES SERVIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2723464/en/lonsurf-trifluridine/tipiracil-pyrimidine-analogue</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3540254/en/lonsurf-trifluridine/tipiracil-colorectal-cancer</t>
+    <t>https://www.has-sante.fr/jcms/c_2723464/fr/lonsurf-trifluridine-/-tipiracil-analogue-de-la-pyrimidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191466/fr/lonsurf-tipiracil/-trifluridine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540254/fr/lonsurf-trifluridine/tipiracil-cancer-colorectal</t>
+  </si>
+  <si>
+    <t>VIROPHTA (trifluridine)</t>
+  </si>
+  <si>
+    <t>20/07/2016 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984046/fr/virophta-trifluridine</t>
+  </si>
+  <si>
+    <t>pprd_2984046</t>
+  </si>
+  <si>
+    <t>trifluridine</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468438/fr/virophta-trifluridine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1108555/fr/virophta-trifluridine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656352/fr/virophta-trifluridine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>17</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>17</v>
       </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+      <c r="I6" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7" t="s">
+        <v>42</v>
+      </c>
+      <c r="I7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>43</v>
+      </c>
+      <c r="J1" t="s">
+        <v>44</v>
+      </c>
+      <c r="K1" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>49</v>
+      </c>
+      <c r="H2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I2" t="s">
+        <v>51</v>
+      </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>55</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>58</v>
+      </c>
+      <c r="H3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J3" t="s">
+        <v>61</v>
+      </c>
+      <c r="K3" t="s">
+        <v>62</v>
+      </c>
+      <c r="L3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M3" t="s">
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>