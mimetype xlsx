--- v0 (2025-10-19)
+++ v1 (2026-02-01)
@@ -1,243 +1,987 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="91">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage de la rétinopathie diabétique par lecture différée de photographies du fond d’œil</t>
+  </si>
+  <si>
+    <t>L’objectif du dépistage de la rétinopathie diabétique est de prévenir la déficience visuelle due à la rétinopathie, par l’identification précoce de la maladie et la mise en place d’une intervention adaptée. Tous les diabétiques ne bénéficient pas d’un suivi ophtalmologique annuel tel que recommandé. L’objectif général de ces recommandations en santé publique est d’améliorer le dépistage de la rétinopathie, en précisant les populations à dépister et les rythmes d’examen du fond d’œil des diabétiques, et en évaluant quels peuvent être l’intérêt et les conditions de réalisation d’un dépistage par lecture différée par l’ophtalmologiste de photographies du fond d’œil.</t>
+  </si>
+  <si>
+    <t>01/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2011 15:15:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028305/fr/depistage-de-la-retinopathie-diabetique-par-lecture-differee-de-photographies-du-fond-d-oeil</t>
+  </si>
+  <si>
+    <t>c_1028305</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Rétinopathie du prématuré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des prématurés nécessitant un traitement pour une ROP. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
+  </si>
+  <si>
+    <t>p_3493096</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde héréditaire à transthyrétine (NAH-TTR)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NAH-TTR. Il a été élaboré par le Centre de référence des Neuropathies Périphériques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2022 12:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351757/fr/neuropathie-amyloide-hereditaire-a-transthyretine-nah-ttr</t>
+  </si>
+  <si>
+    <t>p_3351757</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
+  </si>
+  <si>
+    <t>03/05/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
+  </si>
+  <si>
+    <t>c_2760531</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Propositions portant sur le dépistage individuel chez l’enfant de 28 jours à 6 ans, destinées aux médecins généralistes, pédiatres, médecins de PMI et médecins scolaires</t>
+  </si>
+  <si>
+    <t>Ces propositions portent sur le dépistage individuel des affections suivantes chez l’enfant de 28 jours à 6 ans : les troubles psychologiques et psycho-comportementaux (retards de développement, autisme et troubles envahissants du développement et troubles d’hyperactivité avec déficit de l’attention) les troubles du langage les troubles de l’audition les troubles de la vision l'obésité le saturnisme</t>
+  </si>
+  <si>
+    <t>01/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2005 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451143/fr/propositions-portant-sur-le-depistage-individuel-chez-l-enfant-de-28-jours-a-6-ans-destinees-aux-medecins-generalistes-pediatres-medecins-de-pmi-et-medecins-scolaires</t>
+  </si>
+  <si>
+    <t>c_451143</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 juin 2016</t>
+  </si>
+  <si>
+    <t>23/06/2016 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640876/fr/commission-de-la-transparence-reunion-du-29-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2640876</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération : «Réalisation de photographies du fond d’oeil dans le cadre du dépistage de la rétinopathie diabétique par un(e) orthoptiste et/ou infirmier(e) en lieu et place d’un ophtalmologiste».</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l’ARS Pays de la Loire a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé «Réalisation de photographies du fond d’oeil dans le cadre du dépistage de la rétinopathie diabétique par un(e) orthoptiste et/ou infirmier(e) en lieu et place d’un ophtalmologiste». Professionnels concernés : * Ophtalmologiste * Orthoptiste</t>
+  </si>
+  <si>
+    <t>06/03/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>03/05/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543966/fr/avis-de-la-has-sur-le-protocole-de-cooperation-realisation-de-photographies-du-fond-d-oeil-dans-le-cadre-du-depistage-de-la-retinopathie-diabetique-par-un-e-orthoptiste-et/ou-infirmier-e-en-lieu-et-place-d-un-ophtalmologiste</t>
+  </si>
+  <si>
+    <t>c_1543966</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>MYDRANE (chlorhydrate de lidocaïne/ tropicamide/ chlorhydrate de phényléphrine)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983996/en/mydrane-chlorhydrate-de-lidocaine/-tropicamide/-chlorhydrate-de-phenylephrine</t>
+    <t>06/09/2019 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983996/fr/mydrane-chlorhydrate-de-lidocaine/-tropicamide/-chlorhydrate-de-phenylephrine</t>
   </si>
   <si>
     <t>pprd_2983996</t>
   </si>
   <si>
     <t>chlorhydrate de lidocaïne,tropicamide,chlorhydrate de phényléphrine</t>
   </si>
   <si>
     <t>THEA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2658669/en/mydrane-tropicamide-phenylephrine-lidocaine-mydriatic-and-anaesthetic</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3082100/en/mydrane-chlorhydrate-de-lidocaine/-tropicamide/-chlorhydrate-de-phenylephrine</t>
+    <t>https://www.has-sante.fr/jcms/c_2658669/fr/mydrane-tropicamide-phenyleprine-lidocaine-mydriatique-et-anesthesique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3082100/fr/mydrane-chlorhydrate-de-lidocaine/-tropicamide/-chlorhydrate-de-phenylephrine</t>
+  </si>
+  <si>
+    <t>MYDRIATICUM (tropicamide)</t>
+  </si>
+  <si>
+    <t>29/08/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983153/fr/mydriaticum-tropicamide</t>
+  </si>
+  <si>
+    <t>pprd_2983153</t>
+  </si>
+  <si>
+    <t>tropicamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474427/fr/mydriaticum-tropicamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250050/fr/mydriaticum-tropicamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790063/fr/mydriaticum-tropicamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867434/fr/mydriaticum-tropicamide</t>
+  </si>
+  <si>
+    <t>TROPICAMIDE FAURE (tropicamide)</t>
+  </si>
+  <si>
+    <t>13/12/2006 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985475/fr/tropicamide-faure-tropicamide</t>
+  </si>
+  <si>
+    <t>pprd_2985475</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474626/fr/tropicamide-faure-n/r</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>31</v>
+      </c>
+      <c r="H4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
+      </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>56</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D2" t="s">
+        <v>60</v>
+      </c>
+      <c r="E2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>62</v>
+      </c>
+      <c r="H2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>64</v>
+      </c>
+      <c r="J1" t="s">
+        <v>65</v>
+      </c>
+      <c r="K1" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H2" t="s">
+        <v>71</v>
+      </c>
+      <c r="I2" t="s">
+        <v>72</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>74</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>75</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>78</v>
+      </c>
+      <c r="H3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J3" t="s">
+        <v>73</v>
+      </c>
+      <c r="K3" t="s">
+        <v>81</v>
+      </c>
+      <c r="L3" t="s">
+        <v>82</v>
+      </c>
+      <c r="M3" t="s">
+        <v>83</v>
+      </c>
+      <c r="N3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>67</v>
+      </c>
+      <c r="B4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>87</v>
+      </c>
+      <c r="H4" t="s">
+        <v>88</v>
+      </c>
+      <c r="I4" t="s">
+        <v>80</v>
+      </c>
+      <c r="J4" t="s">
+        <v>89</v>
+      </c>
+      <c r="K4" t="s">
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>