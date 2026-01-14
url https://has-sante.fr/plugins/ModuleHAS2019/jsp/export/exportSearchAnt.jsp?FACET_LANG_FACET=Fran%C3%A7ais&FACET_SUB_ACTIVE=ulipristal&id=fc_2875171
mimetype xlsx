--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,326 +1,2039 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="387" uniqueCount="193">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : prescription et délivrance à l’avance</t>
+  </si>
+  <si>
+    <t>La contraception d’urgence désigne une contraception de « rattrapage », utilisable par les femmes en situation d’urgence dans les 3 à 5 jours (selon le type de contraception d’urgence) qui suivent un rapport sexuel non ou mal protégé pour éviter une grossesse non prévue.</t>
+  </si>
+  <si>
+    <t>24/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2013 16:19:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543129/fr/contraception-d-urgence-prescription-et-delivrance-a-l-avance</t>
+  </si>
+  <si>
+    <t>c_1543129</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant un canal atrioventriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un canal atrioventriculaire (CAV). Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2022 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319066/fr/prise-en-charge-des-patients-ayant-un-canal-atrioventriculaire</t>
+  </si>
+  <si>
+    <t>p_3319066</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Contraception chez les patientes transplantées (rein, foie, coeur, poumon)</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’actualiser les modes de contraception préconisés pour les patientes greffées, hépatiques, cardiaques et pulmonaires, en âge de procréer.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870343/fr/contraception-chez-les-patientes-transplantees-rein-foie-coeur-poumon</t>
+  </si>
+  <si>
+    <t>c_2870343</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 février 2019</t>
+  </si>
+  <si>
+    <t>20/02/2019 14:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905798/fr/commission-de-la-transparence-reunion-du-27-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2905798</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2019</t>
+  </si>
+  <si>
+    <t>16/01/2019 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2898177/fr/commission-de-la-transparence-reunion-du-23-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2898177</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 novembre 2016</t>
+  </si>
+  <si>
+    <t>02/11/2016 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681120/fr/commission-de-la-transparence-reunion-du-9-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2681120</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2016</t>
+  </si>
+  <si>
+    <t>28/09/2016 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671437/fr/commission-de-la-transparence-reunion-du-5-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2671437</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juillet 2016</t>
+  </si>
+  <si>
+    <t>28/06/2016 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641665/fr/commission-de-la-transparence-reunion-du-6-juillet-2016</t>
+  </si>
+  <si>
+    <t>c_2641665</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juin 2015</t>
+  </si>
+  <si>
+    <t>10/06/2015 18:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038314/fr/commission-de-la-transparence-reunion-du-17-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2038314</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 mars 2015</t>
+  </si>
+  <si>
+    <t>12/03/2015 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019696/fr/commission-de-la-transparence-reunion-du-18-mars-2015</t>
+  </si>
+  <si>
+    <t>c_2019696</t>
+  </si>
+  <si>
+    <t>Commission Recommandations de Bonne Pratique - Réunion du 15/10/2013</t>
+  </si>
+  <si>
+    <t>15/10/2013 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715116/fr/commission-recommandations-de-bonne-pratique-reunion-du-15/10/2013</t>
+  </si>
+  <si>
+    <t>c_1715116</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités MULTAQ et CLAREAL par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu</t>
+  </si>
+  <si>
+    <t>04/07/2012 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265267/fr/commission-de-la-transparence-reunion-du-4-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1265267</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 novembre 2009</t>
+  </si>
+  <si>
+    <t>04/11/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_871740/fr/commission-de-la-transparence-reunion-du-4-novembre-2009</t>
+  </si>
+  <si>
+    <t>c_871740</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 janvier 2010</t>
+  </si>
+  <si>
+    <t>13/01/2010 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_902439/fr/commission-de-la-transparence-reunion-du-13-janvier-2010</t>
+  </si>
+  <si>
+    <t>c_902439</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0053/AC/SBP du 15 juillet 2021 du collège de la Haute Autorité de santé relatif au protocole de coopération national « Consultation de santé sexuelle par l’infirmier (ère) en CeGIDD, CPEF et centre de santé sexuelle, en lieu et place du médecin »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-3 du code de la santé publique, le Comité national des coopérations interprofessionnelles a sollicité l'avis de la Haute Autorité de santé sur le protocole de coopération national entre professionnels de santé « Consultation de santé sexuelle par l’infirmier (ère) en CeGIDD, CPEF et centre de santé sexuelle, en lieu et place du médecin » Professionnels concernés : Médecin Infirmier</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/07/2021 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278778/fr/avis-n-2021-0053/ac/sbp-du-15-juillet-2021-du-college-de-la-haute-autorite-de-sante-relatif-au-protocole-de-cooperation-national-consultation-de-sante-sexuelle-par-l-infirmier-ere-en-cegidd-cpef-et-centre-de-sante-sexuelle-en-lieu-et-place-du-medecin</t>
+  </si>
+  <si>
+    <t>p_3278778</t>
+  </si>
+  <si>
+    <t>Décision n° 2019.0158/DC/SBPP du 10 juillet 2019 du collège de la Haute Autorité de santé portant adoption de la fiche mémo intitulée « Contraception d’urgence » et de son rapport d’élaboration intitulé « Contraception chez l’homme et chez la femme »</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711821/fr/decision-n-2019-0158/dc/sbpp-du-10-juillet-2019-du-college-de-la-haute-autorite-de-sante-portant-adoption-de-la-fiche-memo-intitulee-contraception-d-urgence-et-de-son-rapport-d-elaboration-intitule-contraception-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1711821</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>ESMYA (ulipristal (acétate d'))</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982836/en/esmya-ulipristal-acetate-d</t>
+    <t>17/05/2019 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982836/fr/esmya-ulipristal-acetate-d</t>
   </si>
   <si>
     <t>pprd_2982836</t>
   </si>
   <si>
     <t>ulipristal (acétate d')</t>
   </si>
   <si>
     <t>GEDEON RICHTER FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1294551/en/esmya</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2908907/en/esmya-ulipristal-acetate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_1294551/fr/esmya-ulipristal-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045315/fr/esmya-ulipristal-modulateur-des-recepteurs-de-la-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679431/fr/esmya-ulipristal-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725865/fr/esmya-ulipristal-modulateur-des-recepteurs-de-la-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908907/fr/esmya-ulipristal-acetate-d</t>
   </si>
   <si>
     <t>ELLAONE (ulipristal (acétate d'))</t>
   </si>
   <si>
-    <t>01/29/2019 17:08:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982901/en/ellaone-ulipristal-acetate-d</t>
+    <t>29/01/2019 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982901/fr/ellaone-ulipristal-acetate-d</t>
   </si>
   <si>
     <t>pprd_2982901</t>
   </si>
   <si>
     <t>HRA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_918258/en/ellaone</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2899632/en/ellaone-ulipristal-acetate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_918258/fr/ellaone-ulipristal-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569065/fr/ellaone-ulipristal-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899632/fr/ellaone-ulipristal-acetate-d</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Focus sur les 5 familles contraceptives disponibles</t>
+  </si>
+  <si>
+    <t>Contraception : 5 grandes familles peuvent être proposées : méthodes hormonales, intra-utérines, barrières, naturelles et stérilisation.</t>
+  </si>
+  <si>
+    <t>18/03/2020 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122287/fr/focus-sur-les-5-familles-contraceptives-disponibles</t>
+  </si>
+  <si>
+    <t>p_3122287</t>
+  </si>
+  <si>
+    <t>Contraception : consultations initiale et de suivi</t>
+  </si>
+  <si>
+    <t>La méthode de contraception est choisie au cours d’une consultation dédiée. Le choix de la méthode est réévalué à chaque renouvellement de prescription.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122291/fr/contraception-consultations-initiale-et-de-suivi</t>
+  </si>
+  <si>
+    <t>p_3122291</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : pilule du lendemain ou DIU au cuivre</t>
+  </si>
+  <si>
+    <t>Il existe 2 solutions pour éviter une grossesse après un rapport sexuel mal protégé : la contraception d’urgence hormonale et le DIU au cuivre.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122293/fr/contraception-d-urgence-pilule-du-lendemain-ou-diu-au-cuivre</t>
+  </si>
+  <si>
+    <t>p_3122293</t>
+  </si>
+  <si>
+    <t>Dès le 21e jour après l’accouchement, votre patiente est à nouveau fertile. Une contraception peut lui être proposée avant ou juste après la sortie de la maternité.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148401/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>p_3148401</t>
+  </si>
+  <si>
+    <t>Prescrire une contraception après une IVG</t>
+  </si>
+  <si>
+    <t>Après un avortement, une contraception est proposée à la patiente et mise en place dans les plus brefs délais.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148408/fr/prescrire-une-contraception-apres-une-ivg</t>
+  </si>
+  <si>
+    <t>p_3148408</t>
+  </si>
+  <si>
+    <t>Risque cardiovasculaire : attention aux méthodes hormonales</t>
+  </si>
+  <si>
+    <t>Votre patiente souffre d’une maladie à risque cardiovasculaire ? Examen clinique et bilan biologique permettront d’évaluer ce risque et de trouver une méthode contraceptive adaptée.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148411/fr/risque-cardiovasculaire-attention-aux-methodes-hormonales</t>
+  </si>
+  <si>
+    <t>p_3148411</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
-[...13 lines deleted...]
-      <c r="M2" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>24</v>
       </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B3" t="s">
+        <v>39</v>
+      </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="E3" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="H3" t="s">
-        <v>27</v>
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" t="s">
+        <v>35</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>35</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>32</v>
+      </c>
+      <c r="B9" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D9" t="s">
+        <v>35</v>
+      </c>
+      <c r="E9" t="s">
+        <v>36</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>65</v>
+      </c>
+      <c r="H9" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" t="s">
+        <v>49</v>
+      </c>
+      <c r="D10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>68</v>
+      </c>
+      <c r="H10" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>32</v>
+      </c>
+      <c r="B11" t="s">
+        <v>70</v>
+      </c>
+      <c r="C11" t="s">
+        <v>44</v>
+      </c>
+      <c r="D11" t="s">
+        <v>35</v>
+      </c>
+      <c r="E11" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>71</v>
+      </c>
+      <c r="H11" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>32</v>
+      </c>
+      <c r="B12" t="s">
+        <v>73</v>
+      </c>
+      <c r="C12" t="s">
+        <v>44</v>
+      </c>
+      <c r="D12" t="s">
+        <v>35</v>
+      </c>
+      <c r="E12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>74</v>
+      </c>
+      <c r="H12" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" t="s">
+        <v>76</v>
+      </c>
+      <c r="C13" t="s">
+        <v>77</v>
+      </c>
+      <c r="D13" t="s">
+        <v>78</v>
+      </c>
+      <c r="E13" t="s">
+        <v>79</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>80</v>
+      </c>
+      <c r="H13" t="s">
+        <v>81</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>86</v>
+      </c>
+      <c r="H2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>91</v>
+      </c>
+      <c r="H3" t="s">
+        <v>92</v>
       </c>
       <c r="I3" t="s">
-        <v>17</v>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>83</v>
+      </c>
+      <c r="B4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>94</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>95</v>
+      </c>
+      <c r="H4" t="s">
+        <v>96</v>
+      </c>
+      <c r="I4" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>98</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>99</v>
+      </c>
+      <c r="H5" t="s">
+        <v>100</v>
+      </c>
+      <c r="I5" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B6" t="s">
+        <v>101</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>102</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>103</v>
+      </c>
+      <c r="H6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I6" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>83</v>
+      </c>
+      <c r="B7" t="s">
+        <v>105</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>106</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>107</v>
+      </c>
+      <c r="H7" t="s">
+        <v>108</v>
+      </c>
+      <c r="I7" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>83</v>
+      </c>
+      <c r="B8" t="s">
+        <v>109</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>110</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>111</v>
+      </c>
+      <c r="H8" t="s">
+        <v>112</v>
+      </c>
+      <c r="I8" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>113</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>114</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>115</v>
+      </c>
+      <c r="H9" t="s">
+        <v>116</v>
+      </c>
+      <c r="I9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>117</v>
+      </c>
+      <c r="C10" t="s">
+        <v>118</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>119</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>120</v>
+      </c>
+      <c r="H10" t="s">
+        <v>121</v>
+      </c>
+      <c r="I10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>122</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>123</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>124</v>
+      </c>
+      <c r="H11" t="s">
+        <v>125</v>
+      </c>
+      <c r="I11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>126</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>127</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>128</v>
+      </c>
+      <c r="H12" t="s">
+        <v>129</v>
+      </c>
+      <c r="I12" t="s">
+        <v>88</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B2" t="s">
+        <v>131</v>
+      </c>
+      <c r="C2" t="s">
+        <v>132</v>
+      </c>
+      <c r="D2" t="s">
+        <v>133</v>
+      </c>
+      <c r="E2" t="s">
+        <v>134</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>135</v>
+      </c>
+      <c r="H2" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B3" t="s">
+        <v>137</v>
+      </c>
+      <c r="C3" t="s">
+        <v>137</v>
+      </c>
+      <c r="D3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E3" t="s">
+        <v>138</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>139</v>
+      </c>
+      <c r="H3" t="s">
+        <v>140</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>141</v>
+      </c>
+      <c r="J1" t="s">
+        <v>142</v>
+      </c>
+      <c r="K1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>144</v>
+      </c>
+      <c r="B2" t="s">
+        <v>145</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>146</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>147</v>
+      </c>
+      <c r="H2" t="s">
+        <v>148</v>
+      </c>
+      <c r="I2" t="s">
+        <v>149</v>
+      </c>
+      <c r="J2" t="s">
+        <v>150</v>
+      </c>
+      <c r="K2" t="s">
+        <v>151</v>
+      </c>
+      <c r="L2" t="s">
+        <v>152</v>
+      </c>
+      <c r="M2" t="s">
+        <v>153</v>
+      </c>
+      <c r="N2" t="s">
+        <v>154</v>
+      </c>
+      <c r="O2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>158</v>
+      </c>
+      <c r="H3" t="s">
+        <v>159</v>
+      </c>
+      <c r="I3" t="s">
+        <v>149</v>
       </c>
       <c r="J3" t="s">
-        <v>28</v>
+        <v>160</v>
       </c>
       <c r="K3" t="s">
-        <v>29</v>
+        <v>161</v>
       </c>
       <c r="L3" t="s">
-        <v>30</v>
+        <v>162</v>
       </c>
       <c r="M3" t="s">
-        <v>31</v>
+        <v>163</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>164</v>
+      </c>
+      <c r="B2" t="s">
+        <v>165</v>
+      </c>
+      <c r="C2" t="s">
+        <v>166</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>167</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>168</v>
+      </c>
+      <c r="H2" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B3" t="s">
+        <v>170</v>
+      </c>
+      <c r="C3" t="s">
+        <v>171</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>172</v>
+      </c>
+      <c r="H3" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>164</v>
+      </c>
+      <c r="B4" t="s">
+        <v>174</v>
+      </c>
+      <c r="C4" t="s">
+        <v>175</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>167</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>176</v>
+      </c>
+      <c r="H4" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>164</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>167</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>179</v>
+      </c>
+      <c r="H5" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>164</v>
+      </c>
+      <c r="B6" t="s">
+        <v>181</v>
+      </c>
+      <c r="C6" t="s">
+        <v>182</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>167</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H6" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>164</v>
+      </c>
+      <c r="B7" t="s">
+        <v>185</v>
+      </c>
+      <c r="C7" t="s">
+        <v>186</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>167</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>187</v>
+      </c>
+      <c r="H7" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>164</v>
+      </c>
+      <c r="B8" t="s">
+        <v>189</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>190</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>191</v>
+      </c>
+      <c r="H8" t="s">
+        <v>192</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>