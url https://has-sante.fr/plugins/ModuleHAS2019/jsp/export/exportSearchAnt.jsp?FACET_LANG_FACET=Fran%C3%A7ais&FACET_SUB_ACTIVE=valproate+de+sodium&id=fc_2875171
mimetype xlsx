--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,251 +1,3122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="587" uniqueCount="348">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...2 lines deleted...]
-    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>CADASIL (Cerebral Autosomal Dominant Arteriopathy with Subcortical Infarcts and Leucoencephalopathy)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CADASIL. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’Œil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/07/2025 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069510/fr/cadasil-cerebral-autosomal-dominant-arteriopathy-with-subcortical-infarcts-and-leucoencephalopathy</t>
+  </si>
+  <si>
+    <t>c_1069510</t>
+  </si>
+  <si>
+    <t>Syndrome Transfuseur Transfusé</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente dont la grossesse MC est compliquée d’un STT. Il a été élaboré par Centre de Référence Pathologies rares liées au placenta des grossesses monochoriales (CRMR- PaRaDiGM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594176/fr/syndrome-transfuseur-transfuse</t>
+  </si>
+  <si>
+    <t>p_3594176</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Epilepsies graves</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2023 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_586170/fr/ald-n-9-epilepsies-graves</t>
+  </si>
+  <si>
+    <t>c_586170</t>
+  </si>
+  <si>
+    <t>Syndrome de Cornelia de Lange</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Cornelia de Lange. Il a été élaboré par le Centre de référence des Maladies Osseuses Constitutionnelles et le centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385210/fr/syndrome-de-cornelia-de-lange</t>
+  </si>
+  <si>
+    <t>p_3385210</t>
+  </si>
+  <si>
+    <t>Syndrome de Perrault</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Perrault. Il a été élaboré par le CRMR surdités génétiques du CHU de Lille, CCMR surdités génétiques du CHU de Toulouse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389533/fr/syndrome-de-perrault</t>
+  </si>
+  <si>
+    <t>p_3389533</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Sevrage de la nutrition entérale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant que l’on souhaite sevrer d’une NE. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375560/fr/sevrage-de-la-nutrition-enterale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375560</t>
+  </si>
+  <si>
+    <t>Encéphalites à anticorps anti-NMDAr</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’encéphalite auto-immune avec anticorps anti-NMDA récepteur. Il a été élaboré par le Centre de Référence des Syndromes neurologiques paranéoplasiques et encéphalites auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310384/fr/encephalites-a-anticorps-anti-nmdar</t>
+  </si>
+  <si>
+    <t>p_3310384</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Syndrome de Dravet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
+  </si>
+  <si>
+    <t>p_3293892</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Syndrome DYRK1A</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome DYRK1A. Il a été élaboré par les Centres de référence Anomalies du développement et syndromes malformatifs des interrégions Sud, Ouest et Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290097/fr/syndrome-dyrk1a</t>
+  </si>
+  <si>
+    <t>p_3290097</t>
+  </si>
+  <si>
+    <t>Adrénoleucodystrophie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
+  </si>
+  <si>
+    <t>p_3292277</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Syndrome de duplication du gène MECP2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de duplication du gène MECP2. Il a été élaboré par le Centre de Référence CRDI de Strasbourg et le Centre de Référence CLAD Est, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148006/fr/syndrome-de-duplication-du-gene-mecp2</t>
+  </si>
+  <si>
+    <t>p_3148006</t>
+  </si>
+  <si>
+    <t>Déficits de synthèse des acides biliaires primaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
+  </si>
+  <si>
+    <t>p_3121124</t>
+  </si>
+  <si>
+    <t>Fragilités osseuses secondaires de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant de fragilités osseuses secondaires. Il a été élaboré par le centre de référence des Maladies Rares du Calcium et du Phosphate, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112119/fr/fragilites-osseuses-secondaires-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3112119</t>
+  </si>
+  <si>
+    <t>Épilepsie myoclonique du nourrisson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’épilepsie myoclonique du nourrisson. Il a été élaboré par le Centre de référence des épilepsies rare de l'hôpital Robert-Debré à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/06/2019 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076470/fr/epilepsie-myoclonique-du-nourrisson</t>
+  </si>
+  <si>
+    <t>p_3076470</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>Prise en charge en médecine physique et de réadaptation du patient atteint de Spina Bifida</t>
+  </si>
+  <si>
+    <t>Le spina bifida ou dysraphisme spinal, anomalie congénitale de développement du système nerveux et du rachis, a des conséquences sur différents organes. Il génère des handicaps complexes et variables d’un individu à l’autre. Sa prise en charge relève de multiples spécialités médicales et chirurgicales : neurochirurgie, médecine physique et de réadaptation, gastroentérologie, urologie, gynécologie.# Ce PNDS de médecine Physique et de Réadaptation (MPR) ne peut aborder de façon exhaustive la prise en charge MPR, du fait de la diversité des situations rencontrées. Il détaille néanmoins des thèmes phares sélectionnés par les coordinateurs.</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2032137/fr/prise-en-charge-en-medecine-physique-et-de-readaptation-du-patient-atteint-de-spina-bifida</t>
+  </si>
+  <si>
+    <t>c_2032137</t>
+  </si>
+  <si>
+    <t>Spina bifida- Gestion du handicap intestinal</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Spina bifida.</t>
+  </si>
+  <si>
+    <t>23/10/2014 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768140/fr/spina-bifida-gestion-du-handicap-intestinal</t>
+  </si>
+  <si>
+    <t>c_1768140</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Troubles du neurodéveloppement - Repérage et orientation des enfants à risque</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
   </si>
   <si>
-    <t>02/26/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
+    <t>26/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/fr/troubles-du-neurodeveloppement-reperage-et-orientation-des-enfants-a-risque</t>
   </si>
   <si>
     <t>p_3161334</t>
   </si>
   <si>
-    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2012 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819667</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de la migraine chez l’adulte et chez l’enfant : aspects cliniques et économiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est de répondre aux questions suivantes dans le cadre de la prise en charge de l'adulte et de l'enfant : Quelle est la stratégie diagnostique de la migraine ? Comment évaluer le handicap du migraineux pour une prise en charge optimale ? Quelle est la stratégie thérapeutique de la crise ? Quelle est la stratégie thérapeutique prophylactique ?</t>
+  </si>
+  <si>
+    <t>01/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272212/fr/prise-en-charge-diagnostique-et-therapeutique-de-la-migraine-chez-l-adulte-et-chez-l-enfant-aspects-cliniques-et-economiques</t>
+  </si>
+  <si>
+    <t>c_272212</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Conduite à tenir lors de la découverte anténatale d’une ventriculomégalie cérébrale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : Quels sont les critères échographiques qui définissent une ventriculomégalie ? Comment confirmer une ventriculomégalie ? Quels sont les éléments obstétricaux, biologiques, cytogénétiques et familiaux à réunir pour établir un diagnostic étiologique et un pronostic ? Quels sont les critères de mauvais pronostic d'une ventriculomégalie ? Quelle est l'organisation de la démarche d'information des parents et d'accompagnement des futurs parents et de l'enfant à naître ?</t>
+  </si>
+  <si>
+    <t>01/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272301/fr/conduite-a-tenir-lors-de-la-decouverte-antenatale-d-une-ventriculomegalie-cerebrale</t>
+  </si>
+  <si>
+    <t>c_272301</t>
+  </si>
+  <si>
+    <t>CCQ (céphalées chroniques quotidiennes) : diagnostic, rôle de l’abus médicamenteux, prise en charge</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectifs d'améliorer le diagnostic et la prise en charge des céphalées chroniques quotidiennes (CCQ), qui sont insuffisamment connues des professionnels et du public, et plus particulièrement des CCQ par abus médicamenteux en raison de leur fréquence, de leur non-reconnaissance et des particularités de leur prise en charge.# Les questions traitées sont :# 1. Définition des CCQ et diagnostic# 2. Retentissement, qualité de vie et handicap# 3. Facteurs associés (abus médicamenteux, facteurs psychopathologiques et autres)# 4. Prise en charge# 5. Prévention# 6. CCQ chez l'enfant.#</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
   </si>
   <si>
     <t>c_272365</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 20 septembre 2017</t>
+  </si>
+  <si>
+    <t>15/09/2017 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2793565/fr/college-deliberatif-du-20-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2793565</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juin 2016</t>
+  </si>
+  <si>
+    <t>01/06/2016 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635082/fr/commission-de-la-transparence-reunion-du-8-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2635082</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 18 novembre 2015</t>
+  </si>
+  <si>
+    <t>12/11/2015 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571745/fr/college-deliberatif-du-18-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2571745</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juin 2007</t>
+  </si>
+  <si>
+    <t>06/06/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616099/fr/commission-de-la-transparence-reunion-du-6-juin-2007</t>
+  </si>
+  <si>
+    <t>c_616099</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 avril 2007</t>
+  </si>
+  <si>
+    <t>25/04/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_602974/fr/commission-de-la-transparence-reunion-du-25-avril-2007</t>
+  </si>
+  <si>
+    <t>c_602974</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>DEPAKINE - MICROPAKINE (acide valproïque/valproate de sodium)</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982723/fr/depakine-micropakine-acide-valproique/valproate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2982723</t>
+  </si>
+  <si>
+    <t>acide valproïque,valproate de sodium</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400971/fr/depakine-chrono-depakine-micropakine-lp-acide-valproique/-valproate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1118584/fr/depakine-micropakine-acide-valproique/-valproate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640955/fr/depakine-micropakine-acide-valproique/-valproate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972774/fr/depakine-micropakine-acide-valproique/-valproate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400143/fr/micropakine-lp-acide-valproique/-valproate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399694/fr/micropakine-lp-acide-valproique/-valproate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098050/fr/depakine-acide-valproique/-valproate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529879/fr/depakine-micropakine-depakine-chrono-depakote-depamide-valproate-de-sodium-valproate-de-sodium/acide-valproique-divalproate-de-sodium-valpromide-epilepsie-et-troubles-bipolaires</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>36</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>37</v>
+      </c>
+      <c r="H7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>41</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>46</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>52</v>
+      </c>
+      <c r="E10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>63</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>68</v>
+      </c>
+      <c r="H13" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>70</v>
+      </c>
+      <c r="C14" t="s">
+        <v>71</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>72</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>73</v>
+      </c>
+      <c r="H14" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" t="s">
+        <v>76</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>72</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>77</v>
+      </c>
+      <c r="H15" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>79</v>
+      </c>
+      <c r="C16" t="s">
+        <v>80</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>81</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>82</v>
+      </c>
+      <c r="H16" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>84</v>
+      </c>
+      <c r="C17" t="s">
+        <v>85</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>86</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>87</v>
+      </c>
+      <c r="H17" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" t="s">
+        <v>90</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>92</v>
+      </c>
+      <c r="H18" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>94</v>
+      </c>
+      <c r="C19" t="s">
+        <v>95</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>91</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>96</v>
+      </c>
+      <c r="H19" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>98</v>
+      </c>
+      <c r="C20" t="s">
+        <v>99</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>100</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>101</v>
+      </c>
+      <c r="H20" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>103</v>
+      </c>
+      <c r="C21" t="s">
+        <v>104</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>105</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>106</v>
+      </c>
+      <c r="H21" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>108</v>
+      </c>
+      <c r="C22" t="s">
+        <v>109</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>105</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>110</v>
+      </c>
+      <c r="H22" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>112</v>
+      </c>
+      <c r="C23" t="s">
+        <v>113</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>114</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>115</v>
+      </c>
+      <c r="H23" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>117</v>
+      </c>
+      <c r="C24" t="s">
+        <v>118</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>119</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>120</v>
+      </c>
+      <c r="H24" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" t="s">
+        <v>122</v>
+      </c>
+      <c r="C25" t="s">
+        <v>123</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>124</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>125</v>
+      </c>
+      <c r="H25" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>8</v>
+      </c>
+      <c r="B26" t="s">
+        <v>127</v>
+      </c>
+      <c r="C26" t="s">
+        <v>128</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>124</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>129</v>
+      </c>
+      <c r="H26" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>8</v>
+      </c>
+      <c r="B27" t="s">
+        <v>131</v>
+      </c>
+      <c r="C27" t="s">
+        <v>132</v>
+      </c>
+      <c r="D27" t="s">
+        <v>133</v>
+      </c>
+      <c r="E27" t="s">
+        <v>134</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>135</v>
+      </c>
+      <c r="H27" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>8</v>
+      </c>
+      <c r="B28" t="s">
+        <v>137</v>
+      </c>
+      <c r="C28" t="s">
+        <v>138</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>139</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>140</v>
+      </c>
+      <c r="H28" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>8</v>
+      </c>
+      <c r="B29" t="s">
+        <v>142</v>
+      </c>
+      <c r="C29" t="s">
+        <v>143</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>144</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>145</v>
+      </c>
+      <c r="H29" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>8</v>
+      </c>
+      <c r="B30" t="s">
+        <v>147</v>
+      </c>
+      <c r="C30" t="s">
+        <v>148</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>149</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>150</v>
+      </c>
+      <c r="H30" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>8</v>
+      </c>
+      <c r="B31" t="s">
+        <v>152</v>
+      </c>
+      <c r="C31" t="s">
+        <v>153</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>154</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>155</v>
+      </c>
+      <c r="H31" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>8</v>
+      </c>
+      <c r="B32" t="s">
+        <v>157</v>
+      </c>
+      <c r="C32" t="s">
+        <v>158</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>159</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>160</v>
+      </c>
+      <c r="H32" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>8</v>
+      </c>
+      <c r="B33" t="s">
+        <v>162</v>
+      </c>
+      <c r="C33" t="s">
+        <v>163</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>164</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>165</v>
+      </c>
+      <c r="H33" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B34" t="s">
+        <v>167</v>
+      </c>
+      <c r="C34" t="s">
+        <v>168</v>
+      </c>
+      <c r="D34" t="s">
+        <v>169</v>
+      </c>
+      <c r="E34" t="s">
+        <v>170</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>171</v>
+      </c>
+      <c r="H34" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>8</v>
+      </c>
+      <c r="B35" t="s">
+        <v>173</v>
+      </c>
+      <c r="C35" t="s">
+        <v>174</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>175</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>176</v>
+      </c>
+      <c r="H35" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>8</v>
+      </c>
+      <c r="B36" t="s">
+        <v>178</v>
+      </c>
+      <c r="C36" t="s">
+        <v>179</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>180</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>181</v>
+      </c>
+      <c r="H36" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>8</v>
+      </c>
+      <c r="B37" t="s">
+        <v>183</v>
+      </c>
+      <c r="C37" t="s">
+        <v>184</v>
+      </c>
+      <c r="D37" t="s">
+        <v>185</v>
+      </c>
+      <c r="E37" t="s">
+        <v>186</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>187</v>
+      </c>
+      <c r="H37" t="s">
+        <v>188</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H22"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>189</v>
+      </c>
+      <c r="B2" t="s">
+        <v>190</v>
+      </c>
+      <c r="C2" t="s">
+        <v>191</v>
+      </c>
+      <c r="D2" t="s">
+        <v>192</v>
+      </c>
+      <c r="E2" t="s">
+        <v>193</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>194</v>
+      </c>
+      <c r="H2" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>189</v>
+      </c>
+      <c r="B3" t="s">
+        <v>196</v>
+      </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>197</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>198</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>199</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>201</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>189</v>
+      </c>
+      <c r="B4" t="s">
+        <v>202</v>
+      </c>
+      <c r="C4" t="s">
+        <v>203</v>
+      </c>
+      <c r="D4" t="s">
+        <v>204</v>
+      </c>
+      <c r="E4" t="s">
+        <v>205</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>206</v>
+      </c>
+      <c r="H4" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>189</v>
+      </c>
+      <c r="B5" t="s">
+        <v>208</v>
+      </c>
+      <c r="C5" t="s">
+        <v>209</v>
+      </c>
+      <c r="D5" t="s">
+        <v>204</v>
+      </c>
+      <c r="E5" t="s">
+        <v>205</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B6" t="s">
+        <v>212</v>
+      </c>
+      <c r="C6" t="s">
+        <v>213</v>
+      </c>
+      <c r="D6" t="s">
+        <v>204</v>
+      </c>
+      <c r="E6" t="s">
+        <v>214</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>215</v>
+      </c>
+      <c r="H6" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>189</v>
+      </c>
+      <c r="B7" t="s">
+        <v>217</v>
+      </c>
+      <c r="C7" t="s">
+        <v>218</v>
+      </c>
+      <c r="D7" t="s">
+        <v>204</v>
+      </c>
+      <c r="E7" t="s">
+        <v>214</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>219</v>
+      </c>
+      <c r="H7" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>189</v>
+      </c>
+      <c r="B8" t="s">
+        <v>221</v>
+      </c>
+      <c r="C8" t="s">
+        <v>218</v>
+      </c>
+      <c r="D8" t="s">
+        <v>204</v>
+      </c>
+      <c r="E8" t="s">
+        <v>205</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>222</v>
+      </c>
+      <c r="H8" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>189</v>
+      </c>
+      <c r="B9" t="s">
+        <v>224</v>
+      </c>
+      <c r="C9" t="s">
+        <v>225</v>
+      </c>
+      <c r="D9" t="s">
+        <v>204</v>
+      </c>
+      <c r="E9" t="s">
+        <v>214</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>226</v>
+      </c>
+      <c r="H9" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>189</v>
+      </c>
+      <c r="B10" t="s">
+        <v>228</v>
+      </c>
+      <c r="C10" t="s">
+        <v>229</v>
+      </c>
+      <c r="D10" t="s">
+        <v>204</v>
+      </c>
+      <c r="E10" t="s">
+        <v>214</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>230</v>
+      </c>
+      <c r="H10" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>189</v>
+      </c>
+      <c r="B11" t="s">
+        <v>232</v>
+      </c>
+      <c r="C11" t="s">
+        <v>233</v>
+      </c>
+      <c r="D11" t="s">
+        <v>204</v>
+      </c>
+      <c r="E11" t="s">
+        <v>205</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>234</v>
+      </c>
+      <c r="H11" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>189</v>
+      </c>
+      <c r="B12" t="s">
+        <v>236</v>
+      </c>
+      <c r="C12" t="s">
+        <v>218</v>
+      </c>
+      <c r="D12" t="s">
+        <v>204</v>
+      </c>
+      <c r="E12" t="s">
+        <v>205</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>237</v>
+      </c>
+      <c r="H12" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>189</v>
+      </c>
+      <c r="B13" t="s">
+        <v>239</v>
+      </c>
+      <c r="C13" t="s">
+        <v>213</v>
+      </c>
+      <c r="D13" t="s">
+        <v>204</v>
+      </c>
+      <c r="E13" t="s">
+        <v>214</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>240</v>
+      </c>
+      <c r="H13" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>189</v>
+      </c>
+      <c r="B14" t="s">
+        <v>242</v>
+      </c>
+      <c r="C14" t="s">
+        <v>213</v>
+      </c>
+      <c r="D14" t="s">
+        <v>204</v>
+      </c>
+      <c r="E14" t="s">
+        <v>214</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>243</v>
+      </c>
+      <c r="H14" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>189</v>
+      </c>
+      <c r="B15" t="s">
+        <v>245</v>
+      </c>
+      <c r="C15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D15" t="s">
+        <v>247</v>
+      </c>
+      <c r="E15" t="s">
+        <v>248</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>249</v>
+      </c>
+      <c r="H15" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>189</v>
+      </c>
+      <c r="B16" t="s">
+        <v>251</v>
+      </c>
+      <c r="C16" t="s">
+        <v>252</v>
+      </c>
+      <c r="D16" t="s">
+        <v>247</v>
+      </c>
+      <c r="E16" t="s">
+        <v>253</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>254</v>
+      </c>
+      <c r="H16" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>189</v>
+      </c>
+      <c r="B17" t="s">
+        <v>256</v>
+      </c>
+      <c r="C17" t="s">
+        <v>257</v>
+      </c>
+      <c r="D17" t="s">
+        <v>258</v>
+      </c>
+      <c r="E17" t="s">
+        <v>259</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>260</v>
+      </c>
+      <c r="H17" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>189</v>
+      </c>
+      <c r="B18" t="s">
+        <v>262</v>
+      </c>
+      <c r="C18" t="s">
+        <v>263</v>
+      </c>
+      <c r="D18" t="s">
+        <v>264</v>
+      </c>
+      <c r="E18" t="s">
+        <v>265</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>266</v>
+      </c>
+      <c r="H18" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>189</v>
+      </c>
+      <c r="B19" t="s">
+        <v>268</v>
+      </c>
+      <c r="C19" t="s">
+        <v>269</v>
+      </c>
+      <c r="D19" t="s">
+        <v>270</v>
+      </c>
+      <c r="E19" t="s">
+        <v>271</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>272</v>
+      </c>
+      <c r="H19" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>189</v>
+      </c>
+      <c r="B20" t="s">
+        <v>274</v>
+      </c>
+      <c r="C20" t="s">
+        <v>275</v>
+      </c>
+      <c r="D20" t="s">
+        <v>276</v>
+      </c>
+      <c r="E20" t="s">
+        <v>277</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>278</v>
+      </c>
+      <c r="H20" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>189</v>
+      </c>
+      <c r="B21" t="s">
+        <v>280</v>
+      </c>
+      <c r="C21" t="s">
+        <v>281</v>
+      </c>
+      <c r="D21" t="s">
+        <v>282</v>
+      </c>
+      <c r="E21" t="s">
+        <v>283</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>284</v>
+      </c>
+      <c r="H21" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>189</v>
+      </c>
+      <c r="B22" t="s">
+        <v>286</v>
+      </c>
+      <c r="C22" t="s">
+        <v>287</v>
+      </c>
+      <c r="D22" t="s">
+        <v>288</v>
+      </c>
+      <c r="E22" t="s">
+        <v>289</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>290</v>
+      </c>
+      <c r="H22" t="s">
+        <v>291</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>293</v>
+      </c>
+      <c r="B2" t="s">
+        <v>294</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>295</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>296</v>
+      </c>
+      <c r="H2" t="s">
+        <v>297</v>
+      </c>
+      <c r="I2" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>293</v>
+      </c>
+      <c r="B3" t="s">
+        <v>299</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>301</v>
+      </c>
+      <c r="H3" t="s">
+        <v>302</v>
+      </c>
+      <c r="I3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>293</v>
+      </c>
+      <c r="B4" t="s">
+        <v>303</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>304</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>305</v>
+      </c>
+      <c r="H4" t="s">
+        <v>306</v>
+      </c>
+      <c r="I4" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>293</v>
+      </c>
+      <c r="B5" t="s">
+        <v>307</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>308</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>309</v>
+      </c>
+      <c r="H5" t="s">
+        <v>310</v>
+      </c>
+      <c r="I5" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>293</v>
+      </c>
+      <c r="B6" t="s">
+        <v>311</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>312</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>313</v>
+      </c>
+      <c r="H6" t="s">
+        <v>314</v>
+      </c>
+      <c r="I6" t="s">
+        <v>298</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>315</v>
+      </c>
+      <c r="J1" t="s">
+        <v>316</v>
+      </c>
+      <c r="K1" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>318</v>
+      </c>
+      <c r="B2" t="s">
+        <v>319</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>320</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>321</v>
+      </c>
+      <c r="H2" t="s">
+        <v>322</v>
+      </c>
+      <c r="I2" t="s">
+        <v>323</v>
+      </c>
+      <c r="J2" t="s">
+        <v>324</v>
+      </c>
+      <c r="K2" t="s">
+        <v>325</v>
+      </c>
+      <c r="L2" t="s">
+        <v>326</v>
+      </c>
+      <c r="M2" t="s">
+        <v>327</v>
+      </c>
+      <c r="N2" t="s">
+        <v>328</v>
+      </c>
+      <c r="O2" t="s">
+        <v>329</v>
+      </c>
+      <c r="P2" t="s">
+        <v>330</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>331</v>
+      </c>
+      <c r="R2" t="s">
+        <v>332</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>333</v>
+      </c>
+      <c r="B2" t="s">
+        <v>334</v>
+      </c>
+      <c r="C2" t="s">
+        <v>335</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>336</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>337</v>
+      </c>
+      <c r="H2" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>333</v>
+      </c>
+      <c r="B3" t="s">
+        <v>339</v>
+      </c>
+      <c r="C3" t="s">
+        <v>340</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>342</v>
+      </c>
+      <c r="H3" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>333</v>
+      </c>
+      <c r="B4" t="s">
+        <v>344</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>345</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>346</v>
+      </c>
+      <c r="H4" t="s">
+        <v>347</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>