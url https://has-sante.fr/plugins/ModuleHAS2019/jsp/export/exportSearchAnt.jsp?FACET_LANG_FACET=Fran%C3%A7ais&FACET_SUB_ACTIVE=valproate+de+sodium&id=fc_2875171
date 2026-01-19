--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -21,86 +21,101 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
     <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="587" uniqueCount="348">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="595" uniqueCount="353">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>CADASIL (Cerebral Autosomal Dominant Arteriopathy with Subcortical Infarcts and Leucoencephalopathy)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CADASIL. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’Œil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>11/07/2025 16:24:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1069510/fr/cadasil-cerebral-autosomal-dominant-arteriopathy-with-subcortical-infarcts-and-leucoencephalopathy</t>
   </si>
   <si>
     <t>c_1069510</t>
   </si>
   <si>
     <t>Syndrome Transfuseur Transfusé</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente dont la grossesse MC est compliquée d’un STT. Il a été élaboré par Centre de Référence Pathologies rares liées au placenta des grossesses monochoriales (CRMR- PaRaDiGM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594176/fr/syndrome-transfuseur-transfuse</t>
   </si>
   <si>
     <t>p_3594176</t>
   </si>
@@ -1115,51 +1130,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H37"/>
+  <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1265,178 +1280,178 @@
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>37</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>
       <c r="C8" t="s">
         <v>40</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>41</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>42</v>
       </c>
       <c r="H8" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>44</v>
       </c>
       <c r="C9" t="s">
         <v>45</v>
       </c>
       <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
         <v>46</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>47</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C10" t="s">
         <v>50</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>51</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>52</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>53</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" t="s">
         <v>56</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>58</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>59</v>
       </c>
       <c r="H11" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>61</v>
       </c>
       <c r="C12" t="s">
         <v>62</v>
       </c>
       <c r="D12" t="s">
@@ -1447,129 +1462,129 @@
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
         <v>64</v>
       </c>
       <c r="H12" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>66</v>
       </c>
       <c r="C13" t="s">
         <v>67</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C14" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
         <v>73</v>
       </c>
       <c r="H14" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>75</v>
       </c>
       <c r="C15" t="s">
         <v>76</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C16" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
         <v>82</v>
       </c>
       <c r="H16" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>84</v>
       </c>
       <c r="C17" t="s">
         <v>85</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
@@ -1603,77 +1618,77 @@
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
         <v>92</v>
       </c>
       <c r="H18" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>94</v>
       </c>
       <c r="C19" t="s">
         <v>95</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H19" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C20" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
         <v>101</v>
       </c>
       <c r="H20" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>103</v>
       </c>
       <c r="C21" t="s">
         <v>104</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
@@ -1681,77 +1696,77 @@
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
         <v>106</v>
       </c>
       <c r="H21" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>108</v>
       </c>
       <c r="C22" t="s">
         <v>109</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H22" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C23" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
         <v>115</v>
       </c>
       <c r="H23" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>117</v>
       </c>
       <c r="C24" t="s">
         <v>118</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
@@ -1785,100 +1800,100 @@
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
         <v>125</v>
       </c>
       <c r="H25" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>127</v>
       </c>
       <c r="C26" t="s">
         <v>128</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H26" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C27" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D27" t="s">
-        <v>133</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
+        <v>129</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
         <v>134</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
+        <v>136</v>
+      </c>
+      <c r="C28" t="s">
         <v>137</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>139</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
         <v>140</v>
       </c>
       <c r="H28" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>142</v>
       </c>
       <c r="C29" t="s">
         <v>143</v>
       </c>
       <c r="D29" t="s">
@@ -1990,77 +2005,77 @@
       </c>
       <c r="E33" t="s">
         <v>164</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
         <v>165</v>
       </c>
       <c r="H33" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>167</v>
       </c>
       <c r="C34" t="s">
         <v>168</v>
       </c>
       <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
         <v>169</v>
       </c>
-      <c r="E34" t="s">
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
         <v>170</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
+        <v>172</v>
+      </c>
+      <c r="C35" t="s">
         <v>173</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>175</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
         <v>176</v>
       </c>
       <c r="H35" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>178</v>
       </c>
       <c r="C36" t="s">
         <v>179</v>
       </c>
       <c r="D36" t="s">
@@ -2068,1055 +2083,1081 @@
       </c>
       <c r="E36" t="s">
         <v>180</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
         <v>181</v>
       </c>
       <c r="H36" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>183</v>
       </c>
       <c r="C37" t="s">
         <v>184</v>
       </c>
       <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
         <v>185</v>
       </c>
-      <c r="E37" t="s">
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
         <v>186</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="H37" t="s">
         <v>187</v>
       </c>
-      <c r="H37" t="s">
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B38" t="s">
         <v>188</v>
+      </c>
+      <c r="C38" t="s">
+        <v>189</v>
+      </c>
+      <c r="D38" t="s">
+        <v>190</v>
+      </c>
+      <c r="E38" t="s">
+        <v>191</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>192</v>
+      </c>
+      <c r="H38" t="s">
+        <v>193</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B2" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="C2" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="D2" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="E2" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="H2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B3" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="C3" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D3" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="E3" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="H3" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B4" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C4" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="D4" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E4" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="H4" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B5" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
+        <v>214</v>
+      </c>
+      <c r="D5" t="s">
         <v>209</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="H5" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B6" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="D6" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E6" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="H6" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B7" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="C7" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="D7" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E7" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="H7" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="C8" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="D8" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E8" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="H8" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B9" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="C9" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="D9" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E9" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="H9" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B10" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="C10" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="D10" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E10" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="H10" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B11" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="C11" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="D11" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E11" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="H11" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B12" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C12" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="D12" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E12" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="H12" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B13" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="C13" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="D13" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E13" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="H13" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B14" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C14" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="D14" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E14" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="H14" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B15" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="C15" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="D15" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="E15" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="H15" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B16" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="C16" t="s">
+        <v>257</v>
+      </c>
+      <c r="D16" t="s">
         <v>252</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="H16" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B17" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="C17" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="D17" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="E17" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="H17" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B18" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="C18" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="D18" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="E18" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="H18" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B19" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="C19" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="D19" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="E19" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="H19" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B20" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="C20" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="D20" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="E20" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="H20" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B21" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="C21" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="D21" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="E21" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="H21" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B22" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="C22" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="D22" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="E22" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="H22" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="B2" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="H2" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="I2" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="B3" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="H3" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="I3" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="B4" t="s">
+        <v>308</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>309</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>310</v>
+      </c>
+      <c r="H4" t="s">
+        <v>311</v>
+      </c>
+      <c r="I4" t="s">
         <v>303</v>
-      </c>
-[...19 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="B5" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="H5" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="I5" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="B6" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="H6" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="I6" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="J1" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="K1" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="B2" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="H2" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="I2" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="J2" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="K2" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="L2" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="M2" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="N2" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="O2" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="P2" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="Q2" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="R2" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B2" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="C2" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="H2" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B3" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="C3" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="H3" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B4" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="H4" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>