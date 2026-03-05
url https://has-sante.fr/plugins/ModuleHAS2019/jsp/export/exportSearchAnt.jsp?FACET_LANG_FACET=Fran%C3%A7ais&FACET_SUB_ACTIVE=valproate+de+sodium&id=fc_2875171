--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -4,105 +4,447 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
     <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="595" uniqueCount="353">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="611" uniqueCount="364">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Troubles du neurodéveloppement - Repérage et orientation des enfants à risque</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
+  </si>
+  <si>
+    <t>26/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/fr/troubles-du-neurodeveloppement-reperage-et-orientation-des-enfants-a-risque</t>
+  </si>
+  <si>
+    <t>p_3161334</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2012 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819667</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de la migraine chez l’adulte et chez l’enfant : aspects cliniques et économiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est de répondre aux questions suivantes dans le cadre de la prise en charge de l'adulte et de l'enfant : Quelle est la stratégie diagnostique de la migraine ? Comment évaluer le handicap du migraineux pour une prise en charge optimale ? Quelle est la stratégie thérapeutique de la crise ? Quelle est la stratégie thérapeutique prophylactique ?</t>
+  </si>
+  <si>
+    <t>01/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272212/fr/prise-en-charge-diagnostique-et-therapeutique-de-la-migraine-chez-l-adulte-et-chez-l-enfant-aspects-cliniques-et-economiques</t>
+  </si>
+  <si>
+    <t>c_272212</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Conduite à tenir lors de la découverte anténatale d’une ventriculomégalie cérébrale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : Quels sont les critères échographiques qui définissent une ventriculomégalie ? Comment confirmer une ventriculomégalie ? Quels sont les éléments obstétricaux, biologiques, cytogénétiques et familiaux à réunir pour établir un diagnostic étiologique et un pronostic ? Quels sont les critères de mauvais pronostic d'une ventriculomégalie ? Quelle est l'organisation de la démarche d'information des parents et d'accompagnement des futurs parents et de l'enfant à naître ?</t>
+  </si>
+  <si>
+    <t>01/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272301/fr/conduite-a-tenir-lors-de-la-decouverte-antenatale-d-une-ventriculomegalie-cerebrale</t>
+  </si>
+  <si>
+    <t>c_272301</t>
+  </si>
+  <si>
+    <t>CCQ (céphalées chroniques quotidiennes) : diagnostic, rôle de l’abus médicamenteux, prise en charge</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectifs d'améliorer le diagnostic et la prise en charge des céphalées chroniques quotidiennes (CCQ), qui sont insuffisamment connues des professionnels et du public, et plus particulièrement des CCQ par abus médicamenteux en raison de leur fréquence, de leur non-reconnaissance et des particularités de leur prise en charge.# Les questions traitées sont :# 1. Définition des CCQ et diagnostic# 2. Retentissement, qualité de vie et handicap# 3. Facteurs associés (abus médicamenteux, facteurs psychopathologiques et autres)# 4. Prise en charge# 5. Prévention# 6. CCQ chez l'enfant.#</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_272365</t>
+  </si>
+  <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Syndrome de Holt-Oram</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Holt-Oram. Il a été élaboré par le Centres de Référence Maladies Rares Anomalies des membres et Anomalies du developpement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/01/2026 13:57:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840730/fr/syndrome-de-holt-oram</t>
+  </si>
+  <si>
+    <t>p_3840730</t>
+  </si>
+  <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>CADASIL (Cerebral Autosomal Dominant Arteriopathy with Subcortical Infarcts and Leucoencephalopathy)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CADASIL. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’Œil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>11/07/2025 16:24:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1069510/fr/cadasil-cerebral-autosomal-dominant-arteriopathy-with-subcortical-infarcts-and-leucoencephalopathy</t>
   </si>
   <si>
     <t>c_1069510</t>
   </si>
   <si>
     <t>Syndrome Transfuseur Transfusé</t>
@@ -603,359 +945,50 @@
     <t>23/10/2014 10:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1768140/fr/spina-bifida-gestion-du-handicap-intestinal</t>
   </si>
   <si>
     <t>c_1768140</t>
   </si>
   <si>
     <t>ALD hors liste - Syndrome de Cushing</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
   </si>
   <si>
     <t>17/09/2008 00:00:00</t>
   </si>
   <si>
     <t>09/12/2008 11:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
   </si>
   <si>
     <t>c_722917</t>
-  </si>
-[...307 lines deleted...]
-    <t>c_272365</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Collège délibératif du 20 septembre 2017</t>
   </si>
   <si>
     <t>15/09/2017 14:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2793565/fr/college-deliberatif-du-20-septembre-2017</t>
   </si>
   <si>
     <t>c_2793565</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 8 juin 2016</t>
   </si>
@@ -1130,2034 +1163,2086 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H38"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
         <v>30</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>31</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E7" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="H7" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
+        <v>30</v>
+      </c>
+      <c r="E8" t="s">
         <v>40</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="H8" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
         <v>44</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E9" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D10" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>52</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
+        <v>54</v>
+      </c>
+      <c r="C11" t="s">
         <v>55</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" t="s">
+        <v>40</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>56</v>
       </c>
-      <c r="D11" t="s">
+      <c r="H11" t="s">
         <v>57</v>
-      </c>
-[...10 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
+        <v>58</v>
+      </c>
+      <c r="C12" t="s">
+        <v>59</v>
+      </c>
+      <c r="D12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" t="s">
+        <v>31</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>60</v>
+      </c>
+      <c r="H12" t="s">
         <v>61</v>
-      </c>
-[...16 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="C13" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="H13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="C14" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>68</v>
+        <v>40</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="H14" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="C15" t="s">
-        <v>76</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E15" t="s">
-        <v>77</v>
+        <v>40</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="H15" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="C16" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>73</v>
       </c>
       <c r="E16" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="H16" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="C17" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>73</v>
       </c>
       <c r="E17" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="H17" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="C18" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="E18" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="H18" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="C19" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="E19" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="H19" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
+        <v>94</v>
+      </c>
+      <c r="C20" t="s">
+        <v>95</v>
+      </c>
+      <c r="D20" t="s">
+        <v>96</v>
+      </c>
+      <c r="E20" t="s">
+        <v>97</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>98</v>
+      </c>
+      <c r="H20" t="s">
         <v>99</v>
-      </c>
-[...16 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
+        <v>100</v>
+      </c>
+      <c r="C21" t="s">
+        <v>101</v>
+      </c>
+      <c r="D21" t="s">
+        <v>102</v>
+      </c>
+      <c r="E21" t="s">
         <v>103</v>
       </c>
-      <c r="C21" t="s">
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
         <v>104</v>
       </c>
-      <c r="D21" t="s">
-[...2 lines deleted...]
-      <c r="E21" t="s">
+      <c r="H21" t="s">
         <v>105</v>
-      </c>
-[...7 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
+        <v>106</v>
+      </c>
+      <c r="C22" t="s">
+        <v>107</v>
+      </c>
+      <c r="D22" t="s">
         <v>108</v>
       </c>
-      <c r="C22" t="s">
+      <c r="E22" t="s">
         <v>109</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
         <v>110</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
+        <v>112</v>
+      </c>
+      <c r="C23" t="s">
         <v>113</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>114</v>
       </c>
-      <c r="D23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="F23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H23" t="s">
-        <v>116</v>
-[...6 lines deleted...]
-      <c r="B24" t="s">
         <v>117</v>
-      </c>
-[...380 lines deleted...]
-        <v>193</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B2" t="s">
-        <v>195</v>
+        <v>119</v>
       </c>
       <c r="C2" t="s">
-        <v>196</v>
+        <v>120</v>
       </c>
       <c r="D2" t="s">
-        <v>197</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>198</v>
+        <v>121</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>199</v>
+        <v>122</v>
       </c>
       <c r="H2" t="s">
-        <v>200</v>
+        <v>123</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B3" t="s">
-        <v>201</v>
+        <v>124</v>
       </c>
       <c r="C3" t="s">
-        <v>202</v>
+        <v>125</v>
       </c>
       <c r="D3" t="s">
-        <v>203</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>204</v>
+        <v>126</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>205</v>
+        <v>127</v>
       </c>
       <c r="H3" t="s">
-        <v>206</v>
+        <v>128</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B4" t="s">
-        <v>207</v>
+        <v>129</v>
       </c>
       <c r="C4" t="s">
-        <v>208</v>
+        <v>130</v>
       </c>
       <c r="D4" t="s">
-        <v>209</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>210</v>
+        <v>131</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>211</v>
+        <v>132</v>
       </c>
       <c r="H4" t="s">
-        <v>212</v>
+        <v>133</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B5" t="s">
-        <v>213</v>
+        <v>134</v>
       </c>
       <c r="C5" t="s">
-        <v>214</v>
+        <v>135</v>
       </c>
       <c r="D5" t="s">
-        <v>209</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>210</v>
+        <v>136</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>215</v>
+        <v>137</v>
       </c>
       <c r="H5" t="s">
-        <v>216</v>
+        <v>138</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B6" t="s">
-        <v>217</v>
+        <v>139</v>
       </c>
       <c r="C6" t="s">
-        <v>218</v>
+        <v>140</v>
       </c>
       <c r="D6" t="s">
-        <v>209</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>219</v>
+        <v>141</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>220</v>
+        <v>142</v>
       </c>
       <c r="H6" t="s">
-        <v>221</v>
+        <v>143</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B7" t="s">
-        <v>222</v>
+        <v>144</v>
       </c>
       <c r="C7" t="s">
-        <v>223</v>
+        <v>145</v>
       </c>
       <c r="D7" t="s">
-        <v>209</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>219</v>
+        <v>146</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>224</v>
+        <v>147</v>
       </c>
       <c r="H7" t="s">
-        <v>225</v>
+        <v>148</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B8" t="s">
-        <v>226</v>
+        <v>149</v>
       </c>
       <c r="C8" t="s">
-        <v>223</v>
+        <v>150</v>
       </c>
       <c r="D8" t="s">
-        <v>209</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>210</v>
+        <v>146</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>227</v>
+        <v>151</v>
       </c>
       <c r="H8" t="s">
-        <v>228</v>
+        <v>152</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B9" t="s">
-        <v>229</v>
+        <v>153</v>
       </c>
       <c r="C9" t="s">
-        <v>230</v>
+        <v>154</v>
       </c>
       <c r="D9" t="s">
-        <v>209</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>219</v>
+        <v>155</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>231</v>
+        <v>156</v>
       </c>
       <c r="H9" t="s">
-        <v>232</v>
+        <v>157</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B10" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="C10" t="s">
-        <v>234</v>
+        <v>159</v>
       </c>
       <c r="D10" t="s">
-        <v>209</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>219</v>
+        <v>160</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>235</v>
+        <v>161</v>
       </c>
       <c r="H10" t="s">
-        <v>236</v>
+        <v>162</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B11" t="s">
-        <v>237</v>
+        <v>163</v>
       </c>
       <c r="C11" t="s">
-        <v>238</v>
+        <v>164</v>
       </c>
       <c r="D11" t="s">
-        <v>209</v>
+        <v>165</v>
       </c>
       <c r="E11" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>239</v>
+        <v>167</v>
       </c>
       <c r="H11" t="s">
-        <v>240</v>
+        <v>168</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B12" t="s">
-        <v>241</v>
+        <v>169</v>
       </c>
       <c r="C12" t="s">
-        <v>223</v>
+        <v>170</v>
       </c>
       <c r="D12" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="E12" t="s">
-        <v>210</v>
+        <v>172</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>242</v>
+        <v>173</v>
       </c>
       <c r="H12" t="s">
-        <v>243</v>
+        <v>174</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B13" t="s">
-        <v>244</v>
+        <v>175</v>
       </c>
       <c r="C13" t="s">
-        <v>218</v>
+        <v>176</v>
       </c>
       <c r="D13" t="s">
-        <v>209</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>219</v>
+        <v>177</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>245</v>
+        <v>178</v>
       </c>
       <c r="H13" t="s">
-        <v>246</v>
+        <v>179</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B14" t="s">
-        <v>247</v>
+        <v>180</v>
       </c>
       <c r="C14" t="s">
-        <v>218</v>
+        <v>181</v>
       </c>
       <c r="D14" t="s">
-        <v>209</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>219</v>
+        <v>182</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>248</v>
+        <v>183</v>
       </c>
       <c r="H14" t="s">
-        <v>249</v>
+        <v>184</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B15" t="s">
-        <v>250</v>
+        <v>185</v>
       </c>
       <c r="C15" t="s">
-        <v>251</v>
+        <v>186</v>
       </c>
       <c r="D15" t="s">
-        <v>252</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>253</v>
+        <v>182</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>254</v>
+        <v>187</v>
       </c>
       <c r="H15" t="s">
-        <v>255</v>
+        <v>188</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B16" t="s">
-        <v>256</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
-        <v>257</v>
+        <v>190</v>
       </c>
       <c r="D16" t="s">
-        <v>252</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>258</v>
+        <v>191</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>259</v>
+        <v>192</v>
       </c>
       <c r="H16" t="s">
-        <v>260</v>
+        <v>193</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>118</v>
+      </c>
+      <c r="B17" t="s">
         <v>194</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" t="s">
-        <v>262</v>
+        <v>195</v>
       </c>
       <c r="D17" t="s">
-        <v>263</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>264</v>
+        <v>191</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>265</v>
+        <v>196</v>
       </c>
       <c r="H17" t="s">
-        <v>266</v>
+        <v>197</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B18" t="s">
-        <v>267</v>
+        <v>198</v>
       </c>
       <c r="C18" t="s">
-        <v>268</v>
+        <v>199</v>
       </c>
       <c r="D18" t="s">
-        <v>269</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>270</v>
+        <v>200</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>271</v>
+        <v>201</v>
       </c>
       <c r="H18" t="s">
-        <v>272</v>
+        <v>202</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B19" t="s">
-        <v>273</v>
+        <v>203</v>
       </c>
       <c r="C19" t="s">
-        <v>274</v>
+        <v>204</v>
       </c>
       <c r="D19" t="s">
-        <v>275</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>276</v>
+        <v>205</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>277</v>
+        <v>206</v>
       </c>
       <c r="H19" t="s">
-        <v>278</v>
+        <v>207</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B20" t="s">
-        <v>279</v>
+        <v>208</v>
       </c>
       <c r="C20" t="s">
-        <v>280</v>
+        <v>209</v>
       </c>
       <c r="D20" t="s">
-        <v>281</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>282</v>
+        <v>210</v>
       </c>
       <c r="F20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>283</v>
+        <v>211</v>
       </c>
       <c r="H20" t="s">
-        <v>284</v>
+        <v>212</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B21" t="s">
-        <v>285</v>
+        <v>213</v>
       </c>
       <c r="C21" t="s">
-        <v>286</v>
+        <v>214</v>
       </c>
       <c r="D21" t="s">
-        <v>287</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>288</v>
+        <v>210</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>289</v>
+        <v>215</v>
       </c>
       <c r="H21" t="s">
-        <v>290</v>
+        <v>216</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="B22" t="s">
+        <v>217</v>
+      </c>
+      <c r="C22" t="s">
+        <v>218</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>219</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>220</v>
+      </c>
+      <c r="H22" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>118</v>
+      </c>
+      <c r="B23" t="s">
+        <v>222</v>
+      </c>
+      <c r="C23" t="s">
+        <v>223</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>224</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>225</v>
+      </c>
+      <c r="H23" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>118</v>
+      </c>
+      <c r="B24" t="s">
+        <v>227</v>
+      </c>
+      <c r="C24" t="s">
+        <v>228</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>224</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>229</v>
+      </c>
+      <c r="H24" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>118</v>
+      </c>
+      <c r="B25" t="s">
+        <v>231</v>
+      </c>
+      <c r="C25" t="s">
+        <v>232</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>233</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>234</v>
+      </c>
+      <c r="H25" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>118</v>
+      </c>
+      <c r="B26" t="s">
+        <v>236</v>
+      </c>
+      <c r="C26" t="s">
+        <v>237</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>238</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>239</v>
+      </c>
+      <c r="H26" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>118</v>
+      </c>
+      <c r="B27" t="s">
+        <v>241</v>
+      </c>
+      <c r="C27" t="s">
+        <v>242</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>243</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>244</v>
+      </c>
+      <c r="H27" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" t="s">
+        <v>246</v>
+      </c>
+      <c r="C28" t="s">
+        <v>247</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>243</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>248</v>
+      </c>
+      <c r="H28" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>118</v>
+      </c>
+      <c r="B29" t="s">
+        <v>250</v>
+      </c>
+      <c r="C29" t="s">
+        <v>251</v>
+      </c>
+      <c r="D29" t="s">
+        <v>252</v>
+      </c>
+      <c r="E29" t="s">
+        <v>253</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>254</v>
+      </c>
+      <c r="H29" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B30" t="s">
+        <v>256</v>
+      </c>
+      <c r="C30" t="s">
+        <v>257</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>258</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>259</v>
+      </c>
+      <c r="H30" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>118</v>
+      </c>
+      <c r="B31" t="s">
+        <v>261</v>
+      </c>
+      <c r="C31" t="s">
+        <v>262</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>263</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>264</v>
+      </c>
+      <c r="H31" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>118</v>
+      </c>
+      <c r="B32" t="s">
+        <v>266</v>
+      </c>
+      <c r="C32" t="s">
+        <v>267</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>268</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>269</v>
+      </c>
+      <c r="H32" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>118</v>
+      </c>
+      <c r="B33" t="s">
+        <v>271</v>
+      </c>
+      <c r="C33" t="s">
+        <v>272</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>273</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>274</v>
+      </c>
+      <c r="H33" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>118</v>
+      </c>
+      <c r="B34" t="s">
+        <v>276</v>
+      </c>
+      <c r="C34" t="s">
+        <v>277</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>278</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>279</v>
+      </c>
+      <c r="H34" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>118</v>
+      </c>
+      <c r="B35" t="s">
+        <v>281</v>
+      </c>
+      <c r="C35" t="s">
+        <v>282</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>283</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>284</v>
+      </c>
+      <c r="H35" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>118</v>
+      </c>
+      <c r="B36" t="s">
+        <v>286</v>
+      </c>
+      <c r="C36" t="s">
+        <v>287</v>
+      </c>
+      <c r="D36" t="s">
+        <v>288</v>
+      </c>
+      <c r="E36" t="s">
+        <v>289</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>290</v>
+      </c>
+      <c r="H36" t="s">
         <v>291</v>
       </c>
-      <c r="C22" t="s">
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>118</v>
+      </c>
+      <c r="B37" t="s">
         <v>292</v>
       </c>
-      <c r="D22" t="s">
+      <c r="C37" t="s">
         <v>293</v>
       </c>
-      <c r="E22" t="s">
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
         <v>294</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
         <v>295</v>
       </c>
-      <c r="H22" t="s">
+      <c r="H37" t="s">
         <v>296</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>118</v>
+      </c>
+      <c r="B38" t="s">
+        <v>297</v>
+      </c>
+      <c r="C38" t="s">
+        <v>298</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>299</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>300</v>
+      </c>
+      <c r="H38" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>118</v>
+      </c>
+      <c r="B39" t="s">
+        <v>302</v>
+      </c>
+      <c r="C39" t="s">
+        <v>303</v>
+      </c>
+      <c r="D39" t="s">
+        <v>304</v>
+      </c>
+      <c r="E39" t="s">
+        <v>305</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>306</v>
+      </c>
+      <c r="H39" t="s">
+        <v>307</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>297</v>
+        <v>308</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>298</v>
+        <v>309</v>
       </c>
       <c r="B2" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="H2" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="I2" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>298</v>
+        <v>309</v>
       </c>
       <c r="B3" t="s">
-        <v>304</v>
+        <v>315</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>305</v>
+        <v>316</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="H3" t="s">
-        <v>307</v>
+        <v>318</v>
       </c>
       <c r="I3" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>298</v>
+        <v>309</v>
       </c>
       <c r="B4" t="s">
-        <v>308</v>
+        <v>319</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>309</v>
+        <v>320</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>310</v>
+        <v>321</v>
       </c>
       <c r="H4" t="s">
-        <v>311</v>
+        <v>322</v>
       </c>
       <c r="I4" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>298</v>
+        <v>309</v>
       </c>
       <c r="B5" t="s">
-        <v>312</v>
+        <v>323</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>313</v>
+        <v>324</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
+        <v>325</v>
+      </c>
+      <c r="H5" t="s">
+        <v>326</v>
+      </c>
+      <c r="I5" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>298</v>
+        <v>309</v>
       </c>
       <c r="B6" t="s">
-        <v>316</v>
+        <v>327</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>317</v>
+        <v>328</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>318</v>
+        <v>329</v>
       </c>
       <c r="H6" t="s">
-        <v>319</v>
+        <v>330</v>
       </c>
       <c r="I6" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>320</v>
+        <v>331</v>
       </c>
       <c r="J1" t="s">
-        <v>321</v>
+        <v>332</v>
       </c>
       <c r="K1" t="s">
-        <v>322</v>
+        <v>333</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>323</v>
+        <v>334</v>
       </c>
       <c r="B2" t="s">
-        <v>324</v>
+        <v>335</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>325</v>
+        <v>336</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>326</v>
+        <v>337</v>
       </c>
       <c r="H2" t="s">
-        <v>327</v>
+        <v>338</v>
       </c>
       <c r="I2" t="s">
-        <v>328</v>
+        <v>339</v>
       </c>
       <c r="J2" t="s">
-        <v>329</v>
+        <v>340</v>
       </c>
       <c r="K2" t="s">
-        <v>330</v>
+        <v>341</v>
       </c>
       <c r="L2" t="s">
-        <v>331</v>
+        <v>342</v>
       </c>
       <c r="M2" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="N2" t="s">
-        <v>333</v>
+        <v>344</v>
       </c>
       <c r="O2" t="s">
-        <v>334</v>
+        <v>345</v>
       </c>
       <c r="P2" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
       <c r="Q2" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="R2" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="B2" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="C2" t="s">
-        <v>340</v>
+        <v>351</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>342</v>
+        <v>353</v>
       </c>
       <c r="H2" t="s">
-        <v>343</v>
+        <v>354</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="B3" t="s">
-        <v>344</v>
+        <v>355</v>
       </c>
       <c r="C3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>347</v>
+        <v>358</v>
       </c>
       <c r="H3" t="s">
-        <v>348</v>
+        <v>359</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="B4" t="s">
-        <v>349</v>
+        <v>360</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="H4" t="s">
-        <v>352</v>
+        <v>363</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>