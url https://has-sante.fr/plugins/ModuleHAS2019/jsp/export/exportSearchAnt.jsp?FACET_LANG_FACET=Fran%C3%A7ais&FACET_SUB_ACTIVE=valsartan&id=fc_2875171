--- v0 (2025-10-19)
+++ v1 (2026-01-14)
@@ -1,588 +1,2072 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="383" uniqueCount="212">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>08/26/2025 17:14:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>CARDIOMEMS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_534673/en/chronic-symptomatic-heart-failure-with-preserved-systolic-function</t>
+    <t>27/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2021 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267496/fr/cardiomems</t>
+  </si>
+  <si>
+    <t>p_3267496</t>
+  </si>
+  <si>
+    <t>Capteur de pression artérielle pulmonaire</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS</t>
+  </si>
+  <si>
+    <t>MITRACLIP NTR</t>
+  </si>
+  <si>
+    <t>19/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2019 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120496/fr/mitraclip-ntr</t>
+  </si>
+  <si>
+    <t>p_3120496</t>
+  </si>
+  <si>
+    <t>clip de réparation mitrale bord à bord</t>
+  </si>
+  <si>
+    <t>ABBOTT FRANCE SAS</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2025 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534673/fr/ald-n-5-insuffisance-cardiaque-grave</t>
   </si>
   <si>
     <t>c_534673</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983756/en/entresto</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation clinique et économique des dispositifs médicaux et prestations associées pour prise en charge du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS)</t>
+  </si>
+  <si>
+    <t>La Commission nationale d'évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS) a effectué la révision des dispositifs médicaux et prestations associées pour le traitement de l’apnée du sommeil inscrits à la liste des produits et prestations remboursables (LPPR). En parallèle, à la demande du Comité économique des produits de santé, une évaluation économique des traitements de l’apnée du sommeil a été réalisée par la Commission évaluation économique et de santé publique (CEESP).</t>
+  </si>
+  <si>
+    <t>16/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>03/12/2014 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761818/fr/evaluation-clinique-et-economique-des-dispositifs-medicaux-et-prestations-associees-pour-prise-en-charge-du-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos</t>
+  </si>
+  <si>
+    <t>c_1761818</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments antihypertenseurs et place dans la stratégie thérapeutique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les différentes classes d’antihypertenseurs dans la prise en charge de l’HTA essentielle. La méthode proposée est celle d’une évaluation des technologies de santé avec analyse médico-économique. Elle comporte la rédaction d’un argumentaire en collaboration avec un groupe de travail multidisciplinaire, soumis à la consultation d’un groupe de lecture. L’argumentaire repose sur : l’analyse exhaustive de la littérature clinique (efficacité, tolérance, persistence) et économique ; l’interrogation des bases de données de prescription disponibles ; la réalisation d’un modèle médico-économique. L’avis médico-économique est rédigé par le SEM et le SEESP, revu par la CEESP et par la CT, puis validé par le Collège.</t>
+  </si>
+  <si>
+    <t>01/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499422/fr/evaluation-des-medicaments-antihypertenseurs-et-place-dans-la-strategie-therapeutique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>r_1499422</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 9 septembre 2021</t>
+  </si>
+  <si>
+    <t>06/09/2021 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284765/fr/college-deliberatif-du-9-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3284765</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 22 avril 2020</t>
+  </si>
+  <si>
+    <t>20/04/2020 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179885/fr/commission-de-la-transparence-reunion-a-distance-du-22-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3179885</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 janvier 2017</t>
+  </si>
+  <si>
+    <t>04/01/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735236/fr/commission-de-la-transparence-reunion-du-11-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2735236</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 novembre 2016</t>
+  </si>
+  <si>
+    <t>02/11/2016 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681120/fr/commission-de-la-transparence-reunion-du-9-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2681120</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2016</t>
+  </si>
+  <si>
+    <t>04/05/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629937/fr/commission-de-la-transparence-reunion-du-11-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2629937</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624255/fr/commission-de-la-transparence-reunion-du-20-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624255</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mars 2016</t>
+  </si>
+  <si>
+    <t>09/03/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2614580/fr/commission-de-la-transparence-reunion-du-16-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2614580</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 janvier 2016</t>
+  </si>
+  <si>
+    <t>28/12/2015 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585312/fr/commission-de-la-transparence-reunion-du-6-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2585312</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 juillet 2013</t>
+  </si>
+  <si>
+    <t>24/07/2013 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623173/fr/commission-de-la-transparence-reunion-du-24-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1623173</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2013</t>
+  </si>
+  <si>
+    <t>10/07/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616460/fr/commission-de-la-transparence-reunion-du-10-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1616460</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 décembre 2012</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité EDARBI par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>05/12/2012 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339317/fr/commission-de-la-transparence-reunion-du-5-decembre-2012</t>
+  </si>
+  <si>
+    <t>c_1339317</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mars 2012</t>
+  </si>
+  <si>
+    <t>14/03/2012 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225368/fr/commission-de-la-transparence-reunion-du-14-mars-2012</t>
+  </si>
+  <si>
+    <t>c_1225368</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 mars 2011</t>
+  </si>
+  <si>
+    <t>09/03/2011 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1030563/fr/commission-de-la-transparence-reunion-du-9-mars-2011</t>
+  </si>
+  <si>
+    <t>c_1030563</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 octobre 2010</t>
+  </si>
+  <si>
+    <t>06/10/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987733/fr/commission-de-la-transparence-reunion-du-6-octobre-2010</t>
+  </si>
+  <si>
+    <t>c_987733</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 31 mars 2010</t>
+  </si>
+  <si>
+    <t>31/03/2010 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938329/fr/commission-de-la-transparence-reunion-du-31-mars-2010</t>
+  </si>
+  <si>
+    <t>c_938329</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 janvier 2010</t>
+  </si>
+  <si>
+    <t>27/01/2010 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_924917/fr/commission-de-la-transparence-reunion-du-27-janvier-2010</t>
+  </si>
+  <si>
+    <t>c_924917</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0229/DC/MNS du 9 septembre 2021 du collège de la Haute Autorité de santé relative au référencement du système d’aide à la décision indexée par médicament (SAM) ayant pour objet d’alerter sur le risque d’erreur de dose lié au dispositif d’administration de TAREG (valsartan) 3 mg/mL, solution buvable</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé relative au référencement du système d’aide à la décision indexée par médicament (SAM) ayant pour objet d’alerter sur le risque d’erreur de dose lié au dispositif d’administration de TAREG (valsartan) 3 mg/mL, solution buvable, situé dans l'encadré "Voir aussi".</t>
+  </si>
+  <si>
+    <t>09/09/2021 15:02:00</t>
+  </si>
+  <si>
+    <t>15/09/2021 08:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286150/fr/decision-n-2021-0229/dc/mns-du-9-septembre-2021-du-college-de-la-haute-autorite-de-sante-relative-au-referencement-du-systeme-d-aide-a-la-decision-indexee-par-medicament-sam-ayant-pour-objet-d-alerter-sur-le-risque-d-erreur-de-dose-lie-au-dispositif-d-administration-de-tareg-valsartan-3-mg/ml-solution-buvable</t>
+  </si>
+  <si>
+    <t>p_3286150</t>
+  </si>
+  <si>
+    <t>Avis n° 2017.0068/AC/SEM du 12 juillet 2017 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité NOYADA (captopril)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité NOYADA (captopril), validées par l’ANSM, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes :# # – Indication n°1 : « L’hypertension artérielle de l’enfant de plus de 6 ans, de l’adulte qui n’ont pas de troubles de la déglutition ».# – Indication n°2 : « L’insuffisance cardiaque de l’enfant de plus de 6 ans, de l’adulte qui n’ont pas de troubles de la déglutition ».# – Indication n°3 : « L’infarctus du myocarde des adultes qui n’ont pas de troubles de la déglutition :#  Traitement de courte durée (4 semaines) : NOYADA est indiqué dans les 24 premières heures chez les patients en situation hémodynamique stable.#  Prévention à long terme de l'insuffisance cardiaque symptomatique : NOYADA est indiqué chez les patients cliniquement stables avec dysfonction ventriculaire gauche asymptomatique (fraction d'éjection ≤ à 40 %) ».# Pour les indications n°1 et n°3, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.# Pour l’indication n°2, la Haute Autorité de santé n’a pas identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.# L’indication n°4 : « Néphropathie diabétique du diabète de type I : NOYADA est indiqué dans le traitement de la néphropathie diabétique macroprotéinurique du diabète insulinodépendant », validée par l’ANSM, est identique à celle définie dans l’autorisation temporaire d’utilisation de cohorte de la spécialité NOYADA.# Par conséquent, cette indication n’entre pas dans le cadre du 2° du I de l’article L. 162-16-5-2 du code de la sécurité sociale qui concerne uniquement les indications mentionnées dans l’autorisation de mise sur le marché et n’ayant pas fait l’objet d’une autorisation temporaire d’utilisation. Il n’y a donc pas lieu d’identifier, pour cette spécialité, des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.</t>
+  </si>
+  <si>
+    <t>21/06/2017 10:22:00</t>
+  </si>
+  <si>
+    <t>18/07/2017 16:22:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786174/fr/avis-n-2017-0068/ac/sem-du-12-juillet-2017-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-noyada-captopril</t>
+  </si>
+  <si>
+    <t>c_2786174</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0095/AC/SEM du 4 novembre 2015 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité ENTRESTO (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Dans les indications validées par le CHMP qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation décrites au paragraphe 02 de l’annexe du présent avis, la HAS a identifié des thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>04/11/2015 14:30:00</t>
+  </si>
+  <si>
+    <t>07/12/2015 17:57:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579309/fr/avis-n-2015-0095/ac/sem-du-4-novembre-2015-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-entresto-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2579309</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ENTRESTO (sacubitril/valsartan)</t>
+  </si>
+  <si>
+    <t>22/12/2023 16:28:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983756/fr/entresto-sacubitril/valsartan</t>
   </si>
   <si>
     <t>pprd_2983756</t>
   </si>
   <si>
     <t>sacubitril,valsartan</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2740901/en/entresto-sacubitril/-valsartan</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984130/en/tareg</t>
+    <t>https://www.has-sante.fr/jcms/c_2740901/fr/entresto-sacubitril/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632556/fr/entresto-sacubitril/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483267/fr/entresto-sacubitril/valsartan-insuffisance-cardiaque-chronique</t>
+  </si>
+  <si>
+    <t>TAREG (valsartan)</t>
+  </si>
+  <si>
+    <t>07/05/2020 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984130/fr/tareg-valsartan</t>
   </si>
   <si>
     <t>pprd_2984130</t>
   </si>
   <si>
     <t>valsartan</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400990/en/tareg-40-mg-comprime-secableb/28-369-584-7-b/30-371-380-6-b/56-369-585-3-b/90-371-381-2-tareg-80-mg-comprime-pelliculeb/28-356-902-5-b/30-371-385-8-b/56-356-903-1-b/90-371-386-4-tareg-160-mg-comprime-pelliculeb/28-356-906-0-b/30-371-390-1-b/56-356-907-7-b/90-371-391-8</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3182805/en/tareg</t>
+    <t>https://www.has-sante.fr/jcms/c_400990/fr/tareg-40-mg-comprime-secableb/28-369-584-7-b/30-371-380-6-b/56-369-585-3-b/90-371-381-2-tareg-80-mg-comprime-pelliculeb/28-356-902-5-b/30-371-385-8-b/56-356-903-1-b/90-371-386-4-tareg-160-mg-comprime-pelliculeb/28-356-906-0-b/30-371-390-1-b/56-356-907-7-b/90-371-391-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_997503/fr/tareg-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996888/fr/tareg-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058656/fr/tareg-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046778/fr/tareg-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046796/fr/tareg-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2626282/fr/tareg-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182805/fr/tareg-valsartan</t>
   </si>
   <si>
     <t>EXFORGE (amlodipine (bésilate d')/ hydrochlorothiazide/ valsartan)</t>
   </si>
   <si>
     <t>07/07/2017 15:46:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983573/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983573/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
   </si>
   <si>
     <t>pprd_2983573</t>
   </si>
   <si>
     <t>amlodipine (bésilate d'),hydrochlorothiazide,valsartan</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517644/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2779157/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+    <t>https://www.has-sante.fr/jcms/c_517644/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944504/fr/exforge-hct-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250041/fr/exforge-hct-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670237/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779157/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>NISISCO (hydrochlorothiazide/ valsartan)</t>
+  </si>
+  <si>
+    <t>29/08/2016 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984006/fr/nisisco-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>pprd_2984006</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,valsartan</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399156/fr/nisisco-80-mg/-12-5-mg-comprime-pellicule-boite-de-28-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399642/fr/nisisco-160-mg/25-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399944/fr/nisisco-160/12-5-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456403/fr/nisisco-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036537/fr/nisisco-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658606/fr/nisisco-hydrochlorothiazide/-valsartan</t>
   </si>
   <si>
     <t>NISIS (valsartan)</t>
   </si>
   <si>
-    <t>08/03/2016 08:43:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984007/en/nisis-valsartan</t>
+    <t>03/08/2016 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984007/fr/nisis-valsartan</t>
   </si>
   <si>
     <t>pprd_2984007</t>
   </si>
   <si>
-    <t>IPSEN PHARMA</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2658603/en/nisis-valsartan</t>
+    <t>https://www.has-sante.fr/jcms/c_400983/fr/nisis-40-mg-comprime-pellicule-secable-b/28-373-599-5-b/30-372-292-3-b/56-373-602-6-b/90-372-295-2-nisis-80-mg-comprime-pellicule-b/28-356-939-6-b/30-372-290-0-b/56-356-940-4-b/90-371-511-3-nisis-160-mg-comprime-pellicule-b/28-356-946-2-b/30-371-494-1-b/56-356-947-9-b/90-371-496-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_997504/fr/nisis-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999443/fr/nisis-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046805/fr/nisis-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658603/fr/nisis-valsartan</t>
+  </si>
+  <si>
+    <t>COTAREG (hydrochlorothiazide/ valsartan)</t>
+  </si>
+  <si>
+    <t>25/04/2016 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984133/fr/cotareg-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>pprd_2984133</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399134/fr/cotareg-80-mg/-12-5-mg-comprime-pellicule-boite-de-28-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399616/fr/cotareg-160/25-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399938/fr/cotareg-160/12-5-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455314/fr/cotareg-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036309/fr/cotareg-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2626273/fr/cotareg-hydrochlorothiazide/-valsartan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
-[...12 lines deleted...]
-        <v>15</v>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
-[...14 lines deleted...]
-        <v>28</v>
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="E3" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
       <c r="H3" t="s">
-        <v>32</v>
-[...29 lines deleted...]
-        <v>41</v>
+        <v>52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="E4" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="H4" t="s">
-        <v>45</v>
+        <v>58</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>63</v>
+      </c>
+      <c r="H2" t="s">
+        <v>64</v>
+      </c>
+      <c r="I2" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>68</v>
+      </c>
+      <c r="H3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>60</v>
+      </c>
+      <c r="B4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>71</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>72</v>
+      </c>
+      <c r="H4" t="s">
+        <v>73</v>
       </c>
       <c r="I4" t="s">
-        <v>46</v>
-[...17 lines deleted...]
-        <v>51</v>
+        <v>65</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="H5" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="I5" t="s">
-        <v>33</v>
+        <v>65</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>78</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>79</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>80</v>
+      </c>
+      <c r="H6" t="s">
+        <v>81</v>
+      </c>
+      <c r="I6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>82</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>83</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>84</v>
+      </c>
+      <c r="H7" t="s">
+        <v>85</v>
+      </c>
+      <c r="I7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>87</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>88</v>
+      </c>
+      <c r="H8" t="s">
+        <v>89</v>
+      </c>
+      <c r="I8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>60</v>
+      </c>
+      <c r="B9" t="s">
+        <v>90</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>91</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>92</v>
+      </c>
+      <c r="H9" t="s">
+        <v>93</v>
+      </c>
+      <c r="I9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>60</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>95</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>96</v>
+      </c>
+      <c r="H10" t="s">
+        <v>97</v>
+      </c>
+      <c r="I10" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>99</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>100</v>
+      </c>
+      <c r="H11" t="s">
+        <v>101</v>
+      </c>
+      <c r="I11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>60</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>104</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>105</v>
+      </c>
+      <c r="H12" t="s">
+        <v>106</v>
+      </c>
+      <c r="I12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>108</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>109</v>
+      </c>
+      <c r="H13" t="s">
+        <v>110</v>
+      </c>
+      <c r="I13" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>112</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>113</v>
+      </c>
+      <c r="H14" t="s">
+        <v>114</v>
+      </c>
+      <c r="I14" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>60</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>116</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>117</v>
+      </c>
+      <c r="H15" t="s">
+        <v>118</v>
+      </c>
+      <c r="I15" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>120</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>121</v>
+      </c>
+      <c r="H16" t="s">
+        <v>122</v>
+      </c>
+      <c r="I16" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>60</v>
+      </c>
+      <c r="B17" t="s">
+        <v>123</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>124</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>125</v>
+      </c>
+      <c r="H17" t="s">
+        <v>126</v>
+      </c>
+      <c r="I17" t="s">
+        <v>65</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E2" t="s">
+        <v>131</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>132</v>
+      </c>
+      <c r="H2" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C3" t="s">
+        <v>135</v>
+      </c>
+      <c r="D3" t="s">
+        <v>136</v>
+      </c>
+      <c r="E3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>138</v>
+      </c>
+      <c r="H3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>127</v>
+      </c>
+      <c r="B4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C4" t="s">
+        <v>141</v>
+      </c>
+      <c r="D4" t="s">
+        <v>142</v>
+      </c>
+      <c r="E4" t="s">
+        <v>143</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>144</v>
+      </c>
+      <c r="H4" t="s">
+        <v>145</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>146</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>148</v>
+      </c>
+      <c r="B2" t="s">
+        <v>149</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>150</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>151</v>
+      </c>
+      <c r="H2" t="s">
+        <v>152</v>
+      </c>
+      <c r="I2" t="s">
+        <v>153</v>
+      </c>
+      <c r="J2" t="s">
+        <v>154</v>
+      </c>
+      <c r="K2" t="s">
+        <v>155</v>
+      </c>
+      <c r="L2" t="s">
+        <v>156</v>
+      </c>
+      <c r="M2" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>159</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>160</v>
+      </c>
+      <c r="H3" t="s">
+        <v>161</v>
+      </c>
+      <c r="I3" t="s">
+        <v>162</v>
+      </c>
+      <c r="J3" t="s">
+        <v>154</v>
+      </c>
+      <c r="K3" t="s">
+        <v>163</v>
+      </c>
+      <c r="L3" t="s">
+        <v>164</v>
+      </c>
+      <c r="M3" t="s">
+        <v>165</v>
+      </c>
+      <c r="N3" t="s">
+        <v>166</v>
+      </c>
+      <c r="O3" t="s">
+        <v>167</v>
+      </c>
+      <c r="P3" t="s">
+        <v>168</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>169</v>
+      </c>
+      <c r="R3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>148</v>
+      </c>
+      <c r="B4" t="s">
+        <v>171</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>172</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>173</v>
+      </c>
+      <c r="H4" t="s">
+        <v>174</v>
+      </c>
+      <c r="I4" t="s">
+        <v>175</v>
+      </c>
+      <c r="J4" t="s">
+        <v>154</v>
+      </c>
+      <c r="K4" t="s">
+        <v>176</v>
+      </c>
+      <c r="L4" t="s">
+        <v>177</v>
+      </c>
+      <c r="M4" t="s">
+        <v>178</v>
+      </c>
+      <c r="N4" t="s">
+        <v>179</v>
+      </c>
+      <c r="O4" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>148</v>
+      </c>
+      <c r="B5" t="s">
+        <v>181</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>182</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>183</v>
+      </c>
+      <c r="H5" t="s">
+        <v>184</v>
+      </c>
+      <c r="I5" t="s">
+        <v>185</v>
       </c>
       <c r="J5" t="s">
-        <v>56</v>
+        <v>186</v>
       </c>
       <c r="K5" t="s">
-        <v>57</v>
+        <v>187</v>
       </c>
       <c r="L5" t="s">
-        <v>58</v>
+        <v>188</v>
       </c>
       <c r="M5" t="s">
-        <v>59</v>
+        <v>189</v>
       </c>
       <c r="N5" t="s">
-        <v>60</v>
+        <v>190</v>
       </c>
       <c r="O5" t="s">
-        <v>61</v>
+        <v>191</v>
+      </c>
+      <c r="P5" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>148</v>
+      </c>
+      <c r="B6" t="s">
+        <v>193</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>194</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>195</v>
+      </c>
+      <c r="H6" t="s">
+        <v>196</v>
+      </c>
+      <c r="I6" t="s">
+        <v>162</v>
+      </c>
+      <c r="J6" t="s">
+        <v>186</v>
+      </c>
+      <c r="K6" t="s">
+        <v>197</v>
+      </c>
+      <c r="L6" t="s">
+        <v>198</v>
+      </c>
+      <c r="M6" t="s">
+        <v>199</v>
+      </c>
+      <c r="N6" t="s">
+        <v>200</v>
+      </c>
+      <c r="O6" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>148</v>
+      </c>
+      <c r="B7" t="s">
+        <v>202</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>203</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>204</v>
+      </c>
+      <c r="H7" t="s">
+        <v>205</v>
+      </c>
+      <c r="I7" t="s">
+        <v>185</v>
+      </c>
+      <c r="J7" t="s">
+        <v>154</v>
+      </c>
+      <c r="K7" t="s">
+        <v>206</v>
+      </c>
+      <c r="L7" t="s">
+        <v>207</v>
+      </c>
+      <c r="M7" t="s">
+        <v>208</v>
+      </c>
+      <c r="N7" t="s">
+        <v>209</v>
+      </c>
+      <c r="O7" t="s">
+        <v>210</v>
+      </c>
+      <c r="P7" t="s">
+        <v>211</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>