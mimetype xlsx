--- v1 (2026-01-14)
+++ v2 (2026-03-01)
@@ -1,2072 +1,594 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="383" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="63">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>CARDIOMEMS</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Chronic symptomatic heart failure with preserved systolic function</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme with chronic symptomatic heart failure with systolic function preserved (HFPSF).</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/26/2025 17:14:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>27/04/2021 00:00:00</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534673/fr/ald-n-5-insuffisance-cardiaque-grave</t>
+    <t>https://www.has-sante.fr/jcms/c_534673/en/chronic-symptomatic-heart-failure-with-preserved-systolic-function</t>
   </si>
   <si>
     <t>c_534673</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...353 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983756/fr/entresto-sacubitril/valsartan</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>ENTRESTO</t>
+  </si>
+  <si>
+    <t>02/12/2026 15:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983756/en/entresto</t>
   </si>
   <si>
     <t>pprd_2983756</t>
   </si>
   <si>
     <t>sacubitril,valsartan</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2740901/fr/entresto-sacubitril/-valsartan</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984130/fr/tareg-valsartan</t>
+    <t>https://www.has-sante.fr/jcms/c_2740901/en/entresto-sacubitril/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632556/en/entresto-sacubitril/valsartan-a-neutral-endopeptidase-inhibitor-in-combination-with-an-angiotensin-ii-receptor-blocker-arb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483267/en/entresto-sacubitril/valsartan-symptomatic-chronic-heart</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859008/en/entresto-sacubitril/valsartan-insuffisance-cardiaque-chronique</t>
+  </si>
+  <si>
+    <t>TAREG</t>
+  </si>
+  <si>
+    <t>05/07/2020 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984130/en/tareg</t>
   </si>
   <si>
     <t>pprd_2984130</t>
   </si>
   <si>
     <t>valsartan</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400990/fr/tareg-40-mg-comprime-secableb/28-369-584-7-b/30-371-380-6-b/56-369-585-3-b/90-371-381-2-tareg-80-mg-comprime-pelliculeb/28-356-902-5-b/30-371-385-8-b/56-356-903-1-b/90-371-386-4-tareg-160-mg-comprime-pelliculeb/28-356-906-0-b/30-371-390-1-b/56-356-907-7-b/90-371-391-8</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3182805/fr/tareg-valsartan</t>
+    <t>https://www.has-sante.fr/jcms/c_400990/en/tareg-40-mg-comprime-secableb/28-369-584-7-b/30-371-380-6-b/56-369-585-3-b/90-371-381-2-tareg-80-mg-comprime-pelliculeb/28-356-902-5-b/30-371-385-8-b/56-356-903-1-b/90-371-386-4-tareg-160-mg-comprime-pelliculeb/28-356-906-0-b/30-371-390-1-b/56-356-907-7-b/90-371-391-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_997503/en/tareg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996888/en/tareg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058656/en/tareg-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046778/en/tareg-oral-solution</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046796/en/tareg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2626282/en/tareg-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182805/en/tareg</t>
   </si>
   <si>
     <t>EXFORGE (amlodipine (bésilate d')/ hydrochlorothiazide/ valsartan)</t>
   </si>
   <si>
     <t>07/07/2017 15:46:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983573/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983573/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
   </si>
   <si>
     <t>pprd_2983573</t>
   </si>
   <si>
     <t>amlodipine (bésilate d'),hydrochlorothiazide,valsartan</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517644/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
-[...26 lines deleted...]
-    <t>hydrochlorothiazide,valsartan</t>
+    <t>https://www.has-sante.fr/jcms/c_517644/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944504/en/exforge-hct</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250041/en/exforge-hct-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670237/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779157/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>NISIS (valsartan)</t>
+  </si>
+  <si>
+    <t>08/03/2016 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984007/en/nisis-valsartan</t>
+  </si>
+  <si>
+    <t>pprd_2984007</t>
   </si>
   <si>
     <t>IPSEN PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399156/fr/nisisco-80-mg/-12-5-mg-comprime-pellicule-boite-de-28-hydrochlorothiazide/-valsartan</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2626273/fr/cotareg-hydrochlorothiazide/-valsartan</t>
+    <t>https://www.has-sante.fr/jcms/c_400983/en/nisis-40-mg-comprime-pellicule-secable-b/28-373-599-5-b/30-372-292-3-b/56-373-602-6-b/90-372-295-2-nisis-80-mg-comprime-pellicule-b/28-356-939-6-b/30-372-290-0-b/56-356-940-4-b/90-371-511-3-nisis-160-mg-comprime-pellicule-b/28-356-946-2-b/30-371-494-1-b/56-356-947-9-b/90-371-496-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_997504/en/nisis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999443/en/nisis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046805/en/nisis-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658603/en/nisis-valsartan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
-[...39 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:R5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K2" t="s">
         <v>26</v>
       </c>
-      <c r="B2" t="s">
+      <c r="L2" t="s">
         <v>27</v>
       </c>
-      <c r="C2" t="s">
+      <c r="M2" t="s">
         <v>28</v>
       </c>
-      <c r="D2" t="s">
+      <c r="N2" t="s">
         <v>29</v>
-      </c>
-[...142 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3" t="s">
+        <v>33</v>
+      </c>
+      <c r="I3" t="s">
+        <v>34</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
         <v>40</v>
       </c>
-      <c r="B3" t="s">
-[...18 lines deleted...]
-        <v>52</v>
+      <c r="Q3" t="s">
+        <v>41</v>
+      </c>
+      <c r="R3" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="H4" t="s">
-        <v>58</v>
-[...126 lines deleted...]
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="I4" t="s">
-        <v>65</v>
+        <v>47</v>
+      </c>
+      <c r="J4" t="s">
+        <v>25</v>
+      </c>
+      <c r="K4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N4" t="s">
+        <v>51</v>
+      </c>
+      <c r="O4" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5" t="s">
+        <v>56</v>
+      </c>
+      <c r="I5" t="s">
+        <v>34</v>
+      </c>
+      <c r="J5" t="s">
+        <v>57</v>
+      </c>
+      <c r="K5" t="s">
+        <v>58</v>
+      </c>
+      <c r="L5" t="s">
+        <v>59</v>
+      </c>
+      <c r="M5" t="s">
         <v>60</v>
       </c>
-      <c r="B5" t="s">
-[...722 lines deleted...]
-      </c>
       <c r="N5" t="s">
-        <v>190</v>
+        <v>61</v>
       </c>
       <c r="O5" t="s">
-        <v>191</v>
-[...99 lines deleted...]
-        <v>211</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>