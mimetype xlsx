--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -1,441 +1,1527 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="270" uniqueCount="150">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>10/21/2008 10:01:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>NEW-FILL</t>
+  </si>
+  <si>
+    <t>Acide L-polylactique</t>
+  </si>
+  <si>
+    <t>26/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 08:35:37</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+    <t>https://www.has-sante.fr/jcms/c_2796797/fr/new-fill</t>
+  </si>
+  <si>
+    <t>c_2796797</t>
+  </si>
+  <si>
+    <t>SINCLAIR PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>NEW-FILL -  25 septembre 2012 (4321) avis</t>
+  </si>
+  <si>
+    <t>25/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2013 14:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1295186/fr/new-fill-25-septembre-2012-4321-avis</t>
+  </si>
+  <si>
+    <t>c_1295186</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS France</t>
+  </si>
+  <si>
+    <t>RESTYLANE SubQ - CNEDiMTS du 24 novembre 2009 (2231)</t>
+  </si>
+  <si>
+    <t>Gel injectable d’acide hyaluronique Chirurgie plastique et reconstructrice - Nouveau dispositif Avis défavorable au remboursement dans la correction des lipoatrophies faciales consécutives aux traitements antirétroviraux</t>
+  </si>
+  <si>
+    <t>24/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2009 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_885272/fr/restylane-subq-cnedimts-du-24-novembre-2009-2231</t>
+  </si>
+  <si>
+    <t>c_885272</t>
+  </si>
+  <si>
+    <t>Q-MED SARL France</t>
+  </si>
+  <si>
+    <t>30/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2008 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_627600/fr/new-fill</t>
+  </si>
+  <si>
+    <t>c_627600</t>
+  </si>
+  <si>
+    <t>SANOFI AVENTIS France</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection par le VIH en France - Modalités de réalisation des tests de dépistage</t>
+  </si>
+  <si>
+    <t>Ce rapport comporte des recommandations sur les modalités de réalisation des tests de dépistage de l’infection par le VIH chez l’adulte et l’enfant de plus de 18 mois ainsi que des recommandations et des orientations sur la place des tests de dépistage rapide dans les stratégies générales de dépistage du VIH et sur les conditions d’utilisation de ces tests.</t>
+  </si>
+  <si>
+    <t>01/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/fr/depistage-de-l-infection-par-le-vih-en-france-modalites-de-realisation-des-tests-de-depistage</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Initiation d’un premier traitement antirétroviral chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>29/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2024 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545694/fr/initiation-d-un-premier-traitement-antiretroviral-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545694</t>
+  </si>
+  <si>
+    <t>Adaptation du traitement antirétroviral en situation d’échec virologique chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>03/10/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545707/fr/adaptation-du-traitement-antiretroviral-en-situation-d-echec-virologique-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545707</t>
+  </si>
+  <si>
+    <t>Traitement préventif post-exposition au VIH</t>
+  </si>
+  <si>
+    <t>25/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2024 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536535/fr/traitement-preventif-post-exposition-au-vih</t>
+  </si>
+  <si>
+    <t>p_3536535</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications infectieuses associées à l’infection par le VIH</t>
+  </si>
+  <si>
+    <t>27/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/07/2024 18:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529162/fr/prise-en-charge-des-complications-infectieuses-associees-a-l-infection-par-le-vih</t>
+  </si>
+  <si>
+    <t>p_3529162</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’enfant et de l’adolescent vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 11:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520800/fr/prise-en-charge-de-l-enfant-et-de-l-adolescent-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3520800</t>
+  </si>
+  <si>
+    <t>Grossesse et VIH : désir d’enfant, soins de la femme enceinte et prévention de la transmission mère-enfant</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH).</t>
+  </si>
+  <si>
+    <t>31/05/2024 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518878/fr/grossesse-et-vih-desir-d-enfant-soins-de-la-femme-enceinte-et-prevention-de-la-transmission-mere-enfant</t>
+  </si>
+  <si>
+    <t>p_3518878</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983579/en/combivir-n/r/-lamivudine/-zidovudine/-lamivudine-et-zidovudine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie de Castleman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Castleman.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121172/fr/maladie-de-castleman</t>
+  </si>
+  <si>
+    <t>p_3121172</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Mesure de la charge virale (quantification de l’acide ribonucléique) du virus de l’immunodéficience humaine de type 2 (VIH-2)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l'intérêt diagnostique et pronostique de la mesure de la charge virale plasmatique par biologie moléculaire du virus VIH-2, second virus après le VIH-1 responsable de l’immunodéficience humaine, ainsi que son utilité clinique dans les diverses populations concernées en précisant les modalités de sa réalisation (indication, fréquence). Elle a également évalué l’intérêt diagnostique de la mesure de l’ARN VIH-2 chez un homme porteur du VIH-2 engagé dans une démarche d’assistance médicale à la procréation (AMP). La HAS préconise fortement que les patients porteurs d’un VIH bénéficient des mêmes niveaux de prise en charge qu’il s’agisse d’un virus de type VIH-1 ou VIH-2, et retient donc la mesure de la charge virale plasmatique du VIH-2 à différentes étapes de la prise en charge clinique des patients vivant avec le VIH-2.</t>
+  </si>
+  <si>
+    <t>16/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306402/fr/mesure-de-la-charge-virale-quantification-de-l-acide-ribonucleique-du-virus-de-l-immunodeficience-humaine-de-type-2-vih-2</t>
+  </si>
+  <si>
+    <t>p_3306402</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 26/03/2024</t>
+  </si>
+  <si>
+    <t>18/09/2024 14:24:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535339/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-26/03/2024</t>
+  </si>
+  <si>
+    <t>p_3535339</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 25 avril 2024</t>
+  </si>
+  <si>
+    <t>13/06/2024 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3523591/fr/college-deliberatif-du-25-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3523591</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 septembre 2016</t>
+  </si>
+  <si>
+    <t>14/09/2016 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666766/fr/commission-de-la-transparence-reunion-du-21-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2666766</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 avril 2011</t>
+  </si>
+  <si>
+    <t>06/04/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1034010/fr/commission-de-la-transparence-reunion-du-6-avril-2011</t>
+  </si>
+  <si>
+    <t>c_1034010</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er avril 2009</t>
+  </si>
+  <si>
+    <t>01/04/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_764558/fr/commission-de-la-transparence-reunion-du-1er-avril-2009</t>
+  </si>
+  <si>
+    <t>c_764558</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>COMBIVIR (lamivudine/ zidovudine)</t>
+  </si>
+  <si>
+    <t>29/06/2017 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983579/fr/combivir-lamivudine/-zidovudine</t>
   </si>
   <si>
     <t>pprd_2983579</t>
   </si>
   <si>
     <t>lamivudine,zidovudine</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE/ ViiV HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_631239/en/combivir-lamivudine/-zidovudine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399614/en/combivir-lamivudine/-zidovudine</t>
+    <t>https://www.has-sante.fr/jcms/c_631239/fr/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798080/fr/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254511/fr/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777368/fr/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399614/fr/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>RETROVIR (zidovudine)</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984313/fr/retrovir-zidovudine</t>
+  </si>
+  <si>
+    <t>pprd_2984313</t>
+  </si>
+  <si>
+    <t>zidovudine</t>
+  </si>
+  <si>
+    <t>ViiV HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400673/fr/retrovir-100-mg-retrovir-100-mg/10-ml-retrovir-250-mg-retrovir-300-mg-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198179/fr/retrovir-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573221/fr/retrovir-zidovudine</t>
+  </si>
+  <si>
+    <t>TRIZIVIR (abacavir (sulfate d')/ lamivudine/ zidovudine)</t>
+  </si>
+  <si>
+    <t>17/07/2015 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984469/fr/trizivir-abacavir-sulfate-d-/-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>pprd_2984469</t>
+  </si>
+  <si>
+    <t>abacavir (sulfate d'),lamivudine,zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399056/fr/trizivir-300/150/300-mg-comprimes-pellicules-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718918/fr/trizivir-abacavir-sulfate-d-/-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051920/fr/trizivir-abacavir-sulfate-d-/-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046984/fr/trizivir-abacavir-sulfate-d-/-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399930/fr/trizivir-comprime-pellicule-boite-de-60</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>15</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>15</v>
+      </c>
+      <c r="J4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
         <v>11</v>
       </c>
-      <c r="E2" t="s">
-[...9 lines deleted...]
-        <v>15</v>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I5" t="s">
+        <v>15</v>
+      </c>
+      <c r="J5" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O2"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="H2" t="s">
-        <v>30</v>
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D3" t="s">
+        <v>47</v>
+      </c>
+      <c r="E3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>53</v>
+      </c>
+      <c r="H3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D4" t="s">
+        <v>56</v>
+      </c>
+      <c r="E4" t="s">
+        <v>57</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>58</v>
+      </c>
+      <c r="H4" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>61</v>
+      </c>
+      <c r="E5" t="s">
+        <v>62</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>63</v>
+      </c>
+      <c r="H5" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B6" t="s">
+        <v>65</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>66</v>
+      </c>
+      <c r="E6" t="s">
+        <v>67</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>68</v>
+      </c>
+      <c r="H6" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>44</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>72</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>73</v>
+      </c>
+      <c r="H7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
+        <v>78</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>79</v>
+      </c>
+      <c r="H8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>85</v>
+      </c>
+      <c r="H2" t="s">
+        <v>86</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B2" t="s">
+        <v>88</v>
+      </c>
+      <c r="C2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D2" t="s">
+        <v>90</v>
+      </c>
+      <c r="E2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>92</v>
+      </c>
+      <c r="H2" t="s">
+        <v>93</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>95</v>
+      </c>
+      <c r="B2" t="s">
+        <v>96</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>98</v>
+      </c>
+      <c r="H2" t="s">
+        <v>99</v>
       </c>
       <c r="I2" t="s">
-        <v>31</v>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B3" t="s">
+        <v>101</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>103</v>
+      </c>
+      <c r="H3" t="s">
+        <v>104</v>
+      </c>
+      <c r="I3" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>95</v>
+      </c>
+      <c r="B4" t="s">
+        <v>105</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>106</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>107</v>
+      </c>
+      <c r="H4" t="s">
+        <v>108</v>
+      </c>
+      <c r="I4" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>95</v>
+      </c>
+      <c r="B5" t="s">
+        <v>109</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>110</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>111</v>
+      </c>
+      <c r="H5" t="s">
+        <v>112</v>
+      </c>
+      <c r="I5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>95</v>
+      </c>
+      <c r="B6" t="s">
+        <v>113</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>114</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>115</v>
+      </c>
+      <c r="H6" t="s">
+        <v>116</v>
+      </c>
+      <c r="I6" t="s">
+        <v>100</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>117</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>119</v>
+      </c>
+      <c r="B2" t="s">
+        <v>120</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>121</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H2" t="s">
+        <v>123</v>
+      </c>
+      <c r="I2" t="s">
+        <v>124</v>
       </c>
       <c r="J2" t="s">
-        <v>32</v>
+        <v>125</v>
       </c>
       <c r="K2" t="s">
-        <v>33</v>
+        <v>126</v>
       </c>
       <c r="L2" t="s">
-        <v>34</v>
+        <v>127</v>
       </c>
       <c r="M2" t="s">
-        <v>35</v>
+        <v>128</v>
       </c>
       <c r="N2" t="s">
-        <v>36</v>
+        <v>129</v>
       </c>
       <c r="O2" t="s">
-        <v>37</v>
+        <v>130</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>133</v>
+      </c>
+      <c r="H3" t="s">
+        <v>134</v>
+      </c>
+      <c r="I3" t="s">
+        <v>135</v>
+      </c>
+      <c r="J3" t="s">
+        <v>136</v>
+      </c>
+      <c r="K3" t="s">
+        <v>137</v>
+      </c>
+      <c r="L3" t="s">
+        <v>138</v>
+      </c>
+      <c r="M3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>119</v>
+      </c>
+      <c r="B4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>141</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>142</v>
+      </c>
+      <c r="H4" t="s">
+        <v>143</v>
+      </c>
+      <c r="I4" t="s">
+        <v>144</v>
+      </c>
+      <c r="J4" t="s">
+        <v>136</v>
+      </c>
+      <c r="K4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L4" t="s">
+        <v>146</v>
+      </c>
+      <c r="M4" t="s">
+        <v>147</v>
+      </c>
+      <c r="N4" t="s">
+        <v>148</v>
+      </c>
+      <c r="O4" t="s">
+        <v>149</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>