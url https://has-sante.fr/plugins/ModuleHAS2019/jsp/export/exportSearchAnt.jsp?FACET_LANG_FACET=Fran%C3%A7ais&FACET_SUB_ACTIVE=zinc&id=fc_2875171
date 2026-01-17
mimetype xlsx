--- v0 (2025-10-16)
+++ v1 (2026-01-17)
@@ -1,1208 +1,6632 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide usagers" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
+    <sheet name="Export évènement de calendrier" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="198" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1252" uniqueCount="769">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ATEMPERO</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>22/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394153/fr/atempero</t>
+  </si>
+  <si>
+    <t>p_3394153</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins  médicales spéciales</t>
+  </si>
+  <si>
+    <t>NUTRISENS</t>
+  </si>
+  <si>
+    <t>SYSTÈME BONEBRIDGE</t>
+  </si>
+  <si>
+    <t>30/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>17/01/2022 12:32:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302451/fr/systeme-bonebridge</t>
+  </si>
+  <si>
+    <t>p_3302451</t>
+  </si>
+  <si>
+    <t>MED-EL ELEKTROMEDIZINISCHE GESELLSCHAFT M.B.H</t>
+  </si>
+  <si>
+    <t>DEKAS PLUS</t>
+  </si>
+  <si>
+    <t>Prévention ou traitement d’une carence de l'ensemble des vitamines et des oligo-éléments chez les patients atteints de mucoviscidose avec une fonction pancréatique exocrine anormale et/ou un déficit en vitamines et oligo-éléments. DEKAS PLUS capsules molles et DEKAS PLUS comprimés à croquer sont destinés aux adultes et enfants de plus de 4 ans ; DEKAS PLUS liquide est destiné aux patients ne pouvant pas utiliser de formes solides ; principalement les nourrissons et enfants de moins de 4 ans.</t>
+  </si>
+  <si>
+    <t>19/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2021 16:49:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295110/fr/dekas-plus</t>
+  </si>
+  <si>
+    <t>p_3295110</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins médicales spéciales</t>
+  </si>
+  <si>
+    <t>ALVEOLUS BIOMEDICAL BV</t>
+  </si>
+  <si>
+    <t>DEKAS PLUS ESSENTIAL</t>
+  </si>
+  <si>
+    <t>Prévention ou traitement d’une carence de l'ensemble des vitamines liposolubles (D, E, K et A) chez les adultes et enfants de plus de 4 ans atteints de mucoviscidose avec une fonction pancréatique exocrine anormale et/ou un déficit en vitamines et oligo-éléments.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295115/fr/dekas-plus-essential</t>
+  </si>
+  <si>
+    <t>p_3295115</t>
+  </si>
+  <si>
+    <t>NEBUSAL</t>
+  </si>
+  <si>
+    <t>21/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2020 09:07:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202969/fr/nebusal</t>
+  </si>
+  <si>
+    <t>p_3202969</t>
+  </si>
+  <si>
+    <t>Solution stérile de chlorure de sodium à 7% pour nébulisation</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>LYRIC3</t>
+  </si>
+  <si>
+    <t>03/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2019 10:46:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3101049/fr/lyric3</t>
+  </si>
+  <si>
+    <t>p_3101049</t>
+  </si>
+  <si>
+    <t>aide auditive intra-auriculaire à port permanent</t>
+  </si>
+  <si>
+    <t>SONOVA FRANCE</t>
+  </si>
+  <si>
+    <t>Systèmes d’implants cochléaires : Mi1200 SYNCHRONY et Mi1200 SYNCHRONY PIN, implants cochléaires - OPUS 2, RONDO, RONDO 2, SONNET, SONNET EAS, processeurs de son</t>
+  </si>
+  <si>
+    <t>23/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2019 11:09:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969656/fr/systemes-d-implants-cochleaires-mi1200-synchrony-et-mi1200-synchrony-pin-implants-cochleaires-opus-2-rondo-rondo-2-sonnet-sonnet-eas-processeurs-de-son</t>
+  </si>
+  <si>
+    <t>c_2969656</t>
+  </si>
+  <si>
+    <t>Implants cochléaires et processeurs de son</t>
+  </si>
+  <si>
+    <t>MED-EL Elektromedizinische Geräte Gesellschaft m.b.H</t>
+  </si>
+  <si>
+    <t>DE17L</t>
+  </si>
+  <si>
+    <t>26/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/03/2019 10:01:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2909819/fr/de17l</t>
+  </si>
+  <si>
+    <t>c_2909819</t>
+  </si>
+  <si>
+    <t>assistant d’écoute pré-réglé</t>
+  </si>
+  <si>
+    <t>CONSULTING DEVELOPMENT INVESTMENT LLC</t>
+  </si>
+  <si>
+    <t>BIOFREEDOM</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>20/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2017 09:40:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735214/fr/biofreedom</t>
+  </si>
+  <si>
+    <t>c_2735214</t>
+  </si>
+  <si>
+    <t>BIOSENSORS France SAS</t>
+  </si>
+  <si>
+    <t>NUTRI-ENERGIE - 17 avril 2012 (4227) avis</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2012 09:13:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1222315/fr/nutri-energie-17-avril-2012-4227-avis</t>
+  </si>
+  <si>
+    <t>c_1222315</t>
+  </si>
+  <si>
+    <t>ALISCIENCE (France)</t>
+  </si>
+  <si>
+    <t>NUTRI-ENERGIE + - 17 avril 2012 (4247) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1222317/fr/nutri-energie-17-avril-2012-4247-avis</t>
+  </si>
+  <si>
+    <t>c_1222317</t>
+  </si>
+  <si>
+    <t>CONCERTO, CONCERTO PIN - 08 mars 2011 (3418) avis</t>
+  </si>
+  <si>
+    <t>Systèmes d’implants cochléaires</t>
+  </si>
+  <si>
+    <t>08/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2011 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1032889/fr/concerto-concerto-pin-08-mars-2011-3418-avis</t>
+  </si>
+  <si>
+    <t>c_1032889</t>
+  </si>
+  <si>
+    <t>Vibrant MED-EL Hearing Technologie (France)</t>
+  </si>
+  <si>
+    <t>MODULEN IBD - CNEDiMTS du 08 décembre 2009 (2236)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales pour nutrition orale et entérale Nutrition - Renouvellement d’inscription Progrès mineur chez l’enfant atteint de maladie de Crohn par rapport à la corticothérapie. Pas d’intérêt spécifique chez l’adulte.</t>
+  </si>
+  <si>
+    <t>08/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2010 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_896360/fr/modulen-ibd-cnedimts-du-08-decembre-2009-2236</t>
+  </si>
+  <si>
+    <t>c_896360</t>
+  </si>
+  <si>
+    <t>NESTLE Clinical Nutrition France SAS</t>
+  </si>
+  <si>
+    <t>CLINUTREN REPAIR - CNEDiMTS du 08 décembre 2009 (2244)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales (ADDFMS) pour nutrition orale Nutrition – Modification d’inscription Pas de progrès par rapport aux autres mélanges polymériques, hyperprotidiques et normoénergétiques.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_896367/fr/clinutren-repair-cnedimts-du-08-decembre-2009-2244</t>
+  </si>
+  <si>
+    <t>c_896367</t>
+  </si>
+  <si>
+    <t>PULSAR CI100</t>
+  </si>
+  <si>
+    <t>16/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2007 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548639/fr/pulsar-ci100</t>
+  </si>
+  <si>
+    <t>c_548639</t>
+  </si>
+  <si>
+    <t>SONATA TI100</t>
+  </si>
+  <si>
+    <t>16/05/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548644/fr/sonata-ti100</t>
+  </si>
+  <si>
+    <t>c_548644</t>
+  </si>
+  <si>
+    <t>3M CAVILON NSBF</t>
+  </si>
+  <si>
+    <t>25/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398726/fr/3m-cavilon-nsbf</t>
+  </si>
+  <si>
+    <t>c_398726</t>
+  </si>
+  <si>
+    <t>LABORATOIRE 3M SANTE</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Cancer de la prostate : identification des facteurs de risque et pertinence d’un dépistage par dosage de l’antigène spécifique de la prostate (PSA) de populations d’hommes à haut risque ?</t>
+  </si>
+  <si>
+    <t>Évaluer la pertinence d’un dépistage du cancer de la prostate par dosage du PSA ciblé sur des populations d’ hommes considérés comme à « haut risque » de survenue de ce cancer.</t>
+  </si>
+  <si>
+    <t>01/02/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2012 00:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1238318/fr/cancer-de-la-prostate-identification-des-facteurs-de-risque-et-pertinence-d-un-depistage-par-dosage-de-l-antigene-specifique-de-la-prostate-psa-de-populations-d-hommes-a-haut-risque</t>
+  </si>
+  <si>
+    <t>c_1238318</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose en France : état des lieux et perspectives après 5 ans de fonctionnement</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose a été généralisé en France en 2002. Cinq ans après sa mise en oeuvre effective, la direction générale de la santé (DGS) a souhaité que la HAS évalue la qualité de ce dépistage en identifiant ses points forts et ses voies d’amélioration le cas échéant. Ce travail constitue un état des lieux du dépistage en cours (fonctionnement quotidien, difficultés potentielles rencontrées par les acteurs, résultats quantitatifs) et non pas une évaluation formelle, comparative du programme notamment du fait de l’absence de données suffisantes sur la période précédant le dépistage. Il constitue donc un préalable à la réalisation d’évaluations plus complètes de certains aspects du dépistage (opportunité du changement de test, fonctionnement des structures de prise en charge du dépistage…).</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2009 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765713/fr/le-depistage-neonatal-systematique-de-la-mucovsicidose-en-france-etat-des-lieux-et-perspectives-apres-5-ans-de-fonctionnement</t>
+  </si>
+  <si>
+    <t>c_765713</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Le syndrome de Stickler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Stickler. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3579060/fr/le-syndrome-de-stickler</t>
+  </si>
+  <si>
+    <t>p_3579060</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Rachitismes rares vitamine D-dépendants</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de rachitisme génétique vitamine D-dépandant. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme de calcium et phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542916/fr/rachitismes-rares-vitamine-d-dependants</t>
+  </si>
+  <si>
+    <t>p_3542916</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Syndrome de Townes – Brocks</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Townes-Brocks. Il a été élaboré par les Centres de Référence Maladies Rares Surdités Génétiques et Anomalies du developpement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493442/fr/syndrome-de-townes-brocks</t>
+  </si>
+  <si>
+    <t>p_3493442</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint d’un Syndrome du Grêle Court (SGC) nécessitant un traitement prolongé et spécialisé. Il a été élaboré par le Centre de référence des maladies rares digestives (MaRDi) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:02:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449629/fr/syndrome-du-grele-court-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3449629</t>
+  </si>
+  <si>
+    <t>Déficits immunitaires héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de déficits immunitaires primitifs ou héréditaires. Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2023 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431473/fr/deficits-immunitaires-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3431473</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Lipodystrophies généralisées congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lipodystrophie généralisée congénitale. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391377/fr/lipodystrophies-generalisees-congenitales</t>
+  </si>
+  <si>
+    <t>p_3391377</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Sevrage de la nutrition entérale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant que l’on souhaite sevrer d’une NE. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375560/fr/sevrage-de-la-nutrition-enterale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375560</t>
+  </si>
+  <si>
+    <t>MPI-CDG Défaut de glycosylation des glycoprotéines par déficit en phosphomannose isomérase</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie admise en ALD au titre de l’ALD 17 : le déficit en phosphomannose isomérase (PMI), ou MPI-CDG, lié à des mutations dans le gène MPI. Il a été élaboré par la Filières de Santé Maladies Rares G2M et Filfoie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362759/fr/mpi-cdg-defaut-de-glycosylation-des-glycoproteines-par-deficit-en-phosphomannose-isomerase</t>
+  </si>
+  <si>
+    <t>p_3362759</t>
+  </si>
+  <si>
+    <t>Syndrome de White-Sutton</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite, aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de White-Sutton. Il a été élaboré par le centre de référence anomalies du développement et syndromes malformatifs de l’Interrégion Est, filière AnDDI-Rares, le centre de référence déficience intellectuelle de causes rares et le centre de compétence maladies rares à expressions psychiatriques, filière DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/07/2022 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350160/fr/syndrome-de-white-sutton</t>
+  </si>
+  <si>
+    <t>p_3350160</t>
+  </si>
+  <si>
+    <t>Génétique de la Sclérose Latérale Amyotrophique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'une Sclérose Latérale Amyotrophique(SLA) dans un contexte familial ou génétique. Il a été élaboré par le Centre de Référence SLA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/02/2022 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306915/fr/genetique-de-la-sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>p_3306915</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire Facio-Scapulo-Humérale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Dystrophie musculaire Facio-Scapulo-Scapulo-Humérale (DMFSH ou myopathie FSH ou myopathie de Landouzy-Déjerine). Il a été élaboré par le Centre de référence des maladies neuromusculaires et SLA et le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310328/fr/dystrophie-musculaire-facio-scapulo-humerale</t>
+  </si>
+  <si>
+    <t>p_3310328</t>
+  </si>
+  <si>
+    <t>Maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Wilson. Il a été élaboré par le Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_640052/fr/maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>c_640052</t>
+  </si>
+  <si>
+    <t>Syndrome Borjeson Forssman Lehmann</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Borjeson Forssman Lehmann. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300863/fr/syndrome-borjeson-forssman-lehmann</t>
+  </si>
+  <si>
+    <t>p_3300863</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Syndrome de Phelan-McDermid</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
+  </si>
+  <si>
+    <t>p_3294989</t>
+  </si>
+  <si>
+    <t>Syndromes de Coffin-Siris et de Nicolaides-Baraitser (BAFopathies)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient, enfant ou adulte, atteint du Syndrome de Coffin-Siris ou de Nicolaides-Baraitser (BAFopathies). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295023/fr/syndromes-de-coffin-siris-et-de-nicolaides-baraitser-bafopathies</t>
+  </si>
+  <si>
+    <t>p_3295023</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome du Grêle Court. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293097/fr/syndrome-du-grele-court-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3293097</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>Syndrome WAGR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome WAGR.Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283424/fr/syndrome-wagr</t>
+  </si>
+  <si>
+    <t>p_3283424</t>
+  </si>
+  <si>
+    <t>Syndrome Trichorhinophalangien (TRPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome Trichorhinophalangien (TRPS). Il a été élaboré par le CRMR Anomalies du Développement et Syndromes Malformatifs et CRMR Maladies rares du métabolisme du calcium et du phosphore à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289837/fr/syndrome-trichorhinophalangien-trps</t>
+  </si>
+  <si>
+    <t>p_3289837</t>
+  </si>
+  <si>
+    <t>Syndrome de Mowat-Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Mowat-Wilson. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » d’Ile de France Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290026/fr/syndrome-de-mowat-wilson</t>
+  </si>
+  <si>
+    <t>p_3290026</t>
+  </si>
+  <si>
+    <t>Amélogenèses imparfaites</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amélogenèse imparfaite. Il a été élaboré par le Centre de référence des maladies rares orales et dentaires O-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284538/fr/amelogeneses-imparfaites</t>
+  </si>
+  <si>
+    <t>p_3284538</t>
+  </si>
+  <si>
+    <t>Déficits rares en protéines de la coagulation</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit rare d’un facteur de coagulation. Il a été élaboré par le Centre de Référence Hémophilie et autres déficits constitutionnels en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282399/fr/deficits-rares-en-proteines-de-la-coagulation</t>
+  </si>
+  <si>
+    <t>p_3282399</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Hypophosphatasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’hypophosphatasie (HPP). Il a été élaboré par le centres de Référence Maladies Rares (CRMR) de la filière OSCAR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280131/fr/hypophosphatasie</t>
+  </si>
+  <si>
+    <t>p_3280131</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Pancréatite Chronique Héréditaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d'une Pancréatite Chronique Héréditaire. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas CRMR PaRaDis, Pancreatic Rare Diseases à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2020 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225352/fr/pancreatite-chronique-hereditaire</t>
+  </si>
+  <si>
+    <t>p_3225352</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Neuropathies héréditaires sensitivomotrice de Charcot-Marie-Tooth</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise prise en charge urologique optimale d’un patient atteint de neuropathie héréditaire de Charcot-Marie-Tooth (CMT). Il a été élaboré par le centre de référence coordinateur des Maladies Neuromusculaires rares et de la SLA, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/04/2020 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168018/fr/neuropathies-hereditaires-sensitivomotrice-de-charcot-marie-tooth</t>
+  </si>
+  <si>
+    <t>p_3168018</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Dysplasie Ectodermique Anhidrotique</t>
+  </si>
+  <si>
+    <t>18/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2019 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113839/fr/dysplasie-ectodermique-anhidrotique</t>
+  </si>
+  <si>
+    <t>p_3113839</t>
+  </si>
+  <si>
+    <t>PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/08/2019 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3095655/fr/pfapa-fievre-periodique-stomatite-pharyngite-adenopathie</t>
+  </si>
+  <si>
+    <t>p_3095655</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>ALD n°17 - Mucopolysaccharidose de type I</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 17 : « Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé ». Ce PNDS est limité à la mucopolysaccharidose de type I (MPS I).</t>
+  </si>
+  <si>
+    <t>13/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2007 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_569717/fr/ald-n17-mucopolysaccharidose-de-type-i</t>
+  </si>
+  <si>
+    <t>c_569717</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Évaluation biométrologique des expositions individuelles aux agents chimiques de l'environnement - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce travail sont de déterminer : les indications et les limites de l'EBIEE les conditions et les modalités de sa mise en œuvre les modalités des restitutions individuelle et collective de ses résultats les mesures propres à assurer un suivi longitudinal et une bonne traçabilité individuelle et collective des expositions avec la création d'une base de données Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
+  </si>
+  <si>
+    <t>15/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2025 10:59:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701093/fr/evaluation-biometrologique-des-expositions-individuelles-aux-agents-chimiques-de-l-environnement-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3701093</t>
+  </si>
+  <si>
+    <t>Prise en charge du sepsis du nouveau-né, de l’enfant et de l’adulte : recommandations pour un parcours de soins intégré</t>
+  </si>
+  <si>
+    <t>L'ensemble des acteurs concernés par la prise en charge du sepsis ont élaboré des recommandations dans le but d’améliorer le pronostic du sepsis par l’intermédiaire d’un parcours de soins intégré impliquant la ville et l’hôpital et couvrant la prévention, le dépistage, le diagnostic, le traitement et la réintégration socioprofessionnelle des patients. Ainsi, ce projet coordonné par la Société de réanimation de langue française a été réalisé grâce à la collaboration d’une quinzaine de sociétés savantes avec l’accompagnement de la HAS, qui s’inscrit dans le cadre de la labellisation par la HAS d’une recommandation de bonne pratique.</t>
+  </si>
+  <si>
+    <t>29/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587144/fr/prise-en-charge-du-sepsis-du-nouveau-ne-de-l-enfant-et-de-l-adulte-recommandations-pour-un-parcours-de-soins-integre</t>
+  </si>
+  <si>
+    <t>p_3587144</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Diagnostic de la dénutrition de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation définit la dénutrition ainsi que les critères permettant de la diagnostiquer chez l’enfant et l’adulte de -70 ans. Elle permet d'améliorer le diagnostic de la dénutrition à l’aide d’outils adaptés.</t>
+  </si>
+  <si>
+    <t>13/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2019 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118872/fr/diagnostic-de-la-denutrition-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3118872</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Obesity surgery in adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet Ehpad</t>
+  </si>
+  <si>
+    <t>Dans un contexte de transition démographique, les mesures préventives pour retarder les effets du vieillissement sont déterminantes.</t>
+  </si>
+  <si>
+    <t>13/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2016 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833796/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2833796</t>
+  </si>
+  <si>
+    <t>Définition des critères de réalisation des interventions de chirurgie bariatrique chez les moins de 18 ans</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo précise les critères d’éligibilité pour une chirurgie bariatrique chez les moins de 18 ans, l’information du patient, les modalités de prise en charge, incluant 2 réunions de concertation pluriprofessionnel, les techniques chirurgicales et le suivi.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>30/03/2016 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010309/fr/definition-des-criteres-de-realisation-des-interventions-de-chirurgie-bariatrique-chez-les-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>c_2010309</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Dietary consultation with a dietician</t>
-[...2 lines deleted...]
-    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
+    <t>Consultation diététique réalisée par un diététicien</t>
+  </si>
+  <si>
+    <t>Ces recommandations apportent un cadre et définissent le contenu de trois types de consultation diététique complémentaires qui peuvent être proposés, les modalités de conduite d’un entretien et les éléments spécifiques de la démarche de soin diététique. Elles présentent les outils couramment utilisés nécessaires pour le recueil de données et pour la réalisation des actions spécifiques du diététicien. Elles identifient les éléments de traçabilité du soin nutritionnel dans le dossier du patient et définissent les modalités de coordination entre les professionnels de santé pour assurer la continuité des soins.</t>
   </si>
   <si>
     <t>01/01/2006 00:00:00</t>
   </si>
   <si>
-    <t>01/02/2006 14:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
+    <t>02/01/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/fr/consultation-dietetique-realisee-par-un-dieteticien</t>
   </si>
   <si>
     <t>c_272510</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Malnutrition in the elderly - Nutritional support strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Managing venous leg ulcers (excluding dressings)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’ulcère de jambe à prédominance veineuse hors pansement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge des ulcères veineux ou à prédominance veineuse.# Les questions abordées sont : # 1. la définition d’un ulcère veineux ou à prédominance veineuse# 2. l’épidémiologie et la charge de la maladie# 3. les signes cliniques et paracliniques permettant de diagnostiquer un ulcère veineux ou à prédominance veineuse# 4. le traitement étiologique des ulcères à prédominance veineuse (compression, chirurgie, techniques de destruction veineuse non chirurgicales, traitements médicamenteux)# 5. les précautions à prendre en cas d’artériopathie oblitérante des membres inférieurs (AOMI) associée# 6. les mesures associées (kinésithérapie, mesures d’hygiène de vie).# L’argumentaire comprend une analyse de la littérature médico-économique sur la charge de la maladie et les modes de prise en charge structurés.# Les recommandations n’abordent pas : # 1. les ulcères mixtes à prédominance artérielle (index de pression systolique [IPS] &lt; 0,7)# 2. les soins locaux# 3. la prise en charge de l’insuffisance veineuse en dehors du contexte de l’ulcère# 4. la place des cures thermales# 5. les malformations veineuses congénitales# 6. les spécificités de la prise en charge en médecine du travail</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
   </si>
   <si>
     <t>c_459541</t>
   </si>
   <si>
-    <t>Improving information provision for pregnant women</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
+    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
+  </si>
+  <si>
+    <t>Les questions abordées dans les recommandations professionnelles sont les suivantes :# 1. Évaluation initiale et traitement de la surcharge martiale# 2. Modalités de détection des complications - Suivi du patient# 3. Modalités de prise en charge de la famille - Conseil génétique# 4. Critères d’éligibilité et modalités de prise en charge à domicile#</t>
+  </si>
+  <si>
+    <t>01/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
   </si>
   <si>
     <t>c_432802</t>
   </si>
   <si>
-    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
+    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
+  </si>
+  <si>
+    <t>La lombalgie chronique est définie par une douleur habituelle de la région lombaire évoluant depuis plus de trois mois. Ces recommandations proposent une démarche diagnostique et thérapeutique en cas de lombalgie chronique dite commune. Elles ne concernent pas les lombalgies secondaires, dites symptomatiques, dues à une cause inflammatoire, traumatique, tumorale ou infectieuse.</t>
+  </si>
+  <si>
+    <t>01/12/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
+    <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quelle est l'influence de l'état nutritionnel sur l'évolution de la mucoviscidose ?# 2. Quelle stratégie peut-on proposer pour maintenir un état nutritionnel optimal ?# 3. Quelle doit être la démarche diagnostique devant des douleurs abdominales chez un patient atteint de mucoviscidose ?# 4. Quelles sont les stratégies diagnostiques et thérapeutiques des troubles du métabolisme glucidique au cours de la mucoviscidose ?# 5. Quelle doit être la prise en charge de l'atteinte hépato-biliaire au cours de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
   </si>
   <si>
     <t>c_272207</t>
   </si>
   <si>
-    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+    <t>Intoxication par le plomb de l’enfant et de la femme enceinte - Prévention et prise en charge médico-sociale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Comment repérer les enfants exposés et intoxiqués ? Quelle prise en charge et quel suivi proposer aux enfants exposés et intoxiqués ? Quels sont les risques pour la femme enceinte et le fœtus en cas d'exposition au plomb ? Quelle est la stratégie de dépistage et de prise en charge pendant la grossesse et la période périnatale ? Quelles pratiques professionnelles et institutionnelles développer en termes d'information, de communication, de formation et d'éducation pour la santé ?</t>
+  </si>
+  <si>
+    <t>11/12/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272273/fr/intoxication-par-le-plomb-de-l-enfant-et-de-la-femme-enceinte-prevention-et-prise-en-charge-medico-sociale</t>
+  </si>
+  <si>
+    <t>c_272273</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Sols pollués par le cadmium - Suivi des résidents surexposés</t>
+  </si>
+  <si>
+    <t>Vous résidez sur ou à proximité d’un site où la concentration de cadmium dans le sol pourrait présenter des risques pour votre santé, ce document vous informe sur : comment limiter votre exposition au cadmium ; dans quels cas votre médecin vous propose de dépister une surexposition au cadmium ; votre prise en charge par votre médecin d’une intoxication par le cadmium.</t>
+  </si>
+  <si>
+    <t>18/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3544601/fr/sols-pollues-par-le-cadmium-suivi-des-residents-surexposes</t>
+  </si>
+  <si>
+    <t>p_3544601</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Acné : quand et comment la traiter ?</t>
+  </si>
+  <si>
+    <t>Maladie de peau touchant 80% des adolescents, l’acné peut revêtir des formes sévères avec des risques de cicatrices mais aussi altérer la qualité de vie et le quotidien. Certains traitements de l’acné ont fait l’objet d’alertes et d’inquiétudes, et il est aujourd’hui parfois difficile de savoir quels traitements privilégier et dans quels cas. En outre, les traitements prescrits sont suivis par moins d’un patient sur deux, compromettant leur efficacité. La Société Française de Dermatologie (SFD) fait le point aujourd’hui sur ces différentes questions et publie de nouvelles recommandations, labellisées par la Haute Autorité de Santé (HAS).</t>
+  </si>
+  <si>
+    <t>20/10/2015 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564525/fr/acne-quand-et-comment-la-traiter</t>
+  </si>
+  <si>
+    <t>c_2564525</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Utilité clinique du dosage de la vitamine B1</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’utilité clinique du dosage de la vitamine B1 dans la stratégie diagnostique et thérapeutique de supplémentation vitaminique visant à prévenir cinq tableaux cliniques carentiels majeurs : l’encéphalopathie de Gayet-Wernicke, le syndrome de Korsakoff, la(es) neuropathie(s) périphérique(s), l’insuffisance cardiaque, ou plus généralement le béribéri</t>
+  </si>
+  <si>
+    <t>18/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Assesment of homeopathic medicines</t>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>09/07/2019 15:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Assessment of the placement of a provisional crown for restorations - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2893770/en/assessment-of-the-placement-of-a-provisional-crown-for-restorations-inahta-brief</t>
+    <t>Évaluation de la pose d’une couronne dentaire transitoire pour couronne dentoportée - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluation de l’intérêt de la pose d’une couronne transitoire pendant l’intervalle de temps entre la préparation de la dent et la pose de la couronne définitive.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2019 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893770/fr/evaluation-de-la-pose-d-une-couronne-dentaire-transitoire-pour-couronne-dentoportee-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2893770</t>
   </si>
   <si>
-    <t>Vitamin C blood level testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
+  </si>
+  <si>
+    <t>Utilisation des bridges en extension (cantilever) ou des bridges collés dans le traitement de l’édentement unitaire en alternative aux bridges conventionnels ou aux couronnes unitaires sur implant</t>
+  </si>
+  <si>
+    <t>06/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+    <t>La compression médicale dans les affections veineuses chroniques et limitées - Fiche BUTS</t>
+  </si>
+  <si>
+    <t>Les troubles veineux sont l’indication la plus fréquente des dispositifs de compression. Les affections veineuses chroniques sont ordonnées selon la classification CEAP (clinique-étiologique-anatomique-physiopathologique). Le traitement compressif utilise des bandes ou des bas. Ces dispositifs ont été évalués par la HAS. Cette fiche présente de manière synthétique les indications des différents dispositifs en fonction de la pression qu’ils exercent et de leurs caractéristiques technique, ainsi que leurs contre-indications.</t>
+  </si>
+  <si>
+    <t>27/04/2011 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1437989/fr/la-compression-medicale-dans-les-affections-veineuses-chroniques-et-limitees-fiche-buts</t>
+  </si>
+  <si>
+    <t>r_1437989</t>
+  </si>
+  <si>
+    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la réforme de la biologie et de la maîtrise médicalisée des volumes des actes fréquents, l’objectif de cette évaluation est de préciser les marqueurs du métabolisme du fer à doser quand une carence en fer est suspectée</t>
+  </si>
+  <si>
+    <t>16/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Évaluation des dispositifs de compression médicale à usage individuel – Utilisation en pathologies vasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les différentes catégories de dispositifs de compression médicale à usage individuel (bas, bandes, manchons, dispositifs de capitonnage, …), afin de s’assurer du bien fondé de leur remboursement. Cette évaluation a pour objectifs, notamment, de : évaluer le service rendu des dispositifs de compression médicale en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits ; définir les indications et les situations cliniques d’utilisation des différents types de dispositifs de compression médicale ; définir les modalités d’inscription des produits sur la LPPR ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>14/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2011 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937492/fr/evaluation-des-dispositifs-de-compression-medicale-a-usage-individuel-utilisation-en-pathologies-vasculaires</t>
+  </si>
+  <si>
+    <t>c_937492</t>
+  </si>
+  <si>
+    <t>Évaluation des pansements</t>
+  </si>
+  <si>
+    <t>La révision des descriptions génériques des articles pour pansements a été réalisée dans le cadre de l’arrêté du 25 juillet 2005. Elle a concerné les pansements primaires, placés au contact direct de la plaie, et les pansements secondaires et matériels de fixation/maintien. Les pansements disposant d’une AMM (ou médicaments présentés sous forme de pansement) étaient hors du champ d’investigation.</t>
+  </si>
+  <si>
+    <t>03/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2008 13:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717899/fr/evaluation-des-pansements</t>
+  </si>
+  <si>
+    <t>c_717899</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 avril 2025</t>
+  </si>
+  <si>
+    <t>03/04/2025 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600189/fr/commission-de-la-transparence-reunion-du-9-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3600189</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>PV Collège délibératif du 4 juillet 2024</t>
+  </si>
+  <si>
+    <t>04/07/2024 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528964/fr/pv-college-deliberatif-du-4-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3528964</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 Mai 2022</t>
+  </si>
+  <si>
+    <t>06/05/2022 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337617/fr/commission-de-la-transparence-reunion-du-11-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3337617</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2018</t>
+  </si>
+  <si>
+    <t>12/09/2018 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869617/fr/commission-de-la-transparence-reunion-du-19-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2869617</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2017</t>
+  </si>
+  <si>
+    <t>14/06/2017 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773942/fr/commission-de-la-transparence-reunion-du-21-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2773942</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mai 2008</t>
+  </si>
+  <si>
+    <t>14/05/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_660965/fr/commission-de-la-transparence-reunion-du-14-mai-2008</t>
+  </si>
+  <si>
+    <t>c_660965</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 juillet 2007</t>
+  </si>
+  <si>
+    <t>18/07/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616108/fr/commission-de-la-transparence-reunion-du-18-juillet-2007</t>
+  </si>
+  <si>
+    <t>c_616108</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0061/AC/SEAP du 26 septembre 2024 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS des actes de dosage du cadmium dans les urines (cadmiurie) ou dans le sang total (cadmiémie)</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale des actes de dosage du cadmium dans les urines (cadmiurie) ou dans le sang total (cadmiémie)</t>
+  </si>
+  <si>
+    <t>26/09/2024 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545364/fr/avis-n2024-0061/ac/seap-du-26-septembre-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-des-actes-de-dosage-du-cadmium-dans-les-urines-cadmiurie-ou-dans-le-sang-total-cadmiemie</t>
+  </si>
+  <si>
+    <t>p_3545364</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0155/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble de ces informations le Collège de la HAS : Considérant : - la pathologie, l’aphtose sévère, pathologie douloureuse souvent associée à des déficiences nutritionnelles (fer, folates, vitamines, zinc...), des désordres immunitaires (infection par le virus de l'immunodéficience acquise, herpès, neutropénies) et des maladies rares (maladie de Behçet). - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en échec aux traitements de 1ère intention (traitements locaux et colchicine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une aphtose sévère, y compris chez les patients HIV positifs et dans la maladie de Behçet, en échec aux traitements de 1ère intention (traitements locaux et colchicine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Aphtoses sévères, y compris chez les patients HIV positifs et dans la maladie de Behçet, en cas d’échec aux traitements de 1ère intention (traitements locaux et colchicine)». Considérant : - la pathologie, les formes cutanées du lupus érythémateux, inflammatoire auto-immune, chronique, qui présentent une grande diversité clinique avec une évolution et un pronostic variables, mais qui peuvent avoir un impact sur la qualité des vie des patients du fait notamment des cicatrices qui peuvent en résulter. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ». Considérant : - la pathologie, les formes aiguës sévères de l’érythème noueux lépreux, pathologie grave pouvant être à l’origine des déficits neurologiques définitifs de la lèpre. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes aiguës sévères de l’érythème noueux lépreux (réaction lépreuse de type II)».</t>
+  </si>
+  <si>
+    <t>17/06/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042574/fr/decision-n-2015-0155/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042574</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge des maladies rares dans le cadre du dispositif ALD</t>
+  </si>
+  <si>
+    <t>Si la rareté de la maladie et la prise en compte de ses conséquences pour les malades justifient une organisation spécifique des soins reposant sur des centres de référence, elles ne justifient pas la création d’une ALD spécifique. Outre le fait que la fréquence ne saurait définir une maladie, une telle création éclaterait le cadre nosologique actuel des ALD et serait source de difficultés importantes pour définir les critères médicaux d’admission sans que l’on soit assuré que cela ait un impact positif réel pour les malades. La création d’une ALD spécifique maladies rares n’est donc pas recommandée. Plusieurs modifications du dispositif d’ALD sont en revanche proposées afin de parvenir à une prise en charge plus complète et équitable des maladies rares au sein du dispositif actuel des ALD.</t>
+  </si>
+  <si>
+    <t>24/11/2005 11:24:00</t>
+  </si>
+  <si>
+    <t>24/11/2005 13:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739352/fr/avis-de-la-has-sur-la-prise-en-charge-des-maladies-rares-dans-le-cadre-du-dispositif-ald</t>
+  </si>
+  <si>
+    <t>c_739352</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations pour les étudiants et professionnels des secteurs sanitaire, médicosocial et en contacts étroits avec de jeunes enfants</t>
+  </si>
+  <si>
+    <t>La HAS préconise de faire évoluer le cadre juridique actuel afin que l’obligation vaccinale des professionnels soit fondée sur des critères liés à la catégorie professionnelle (en fonction du risque d’exposition professionnel et/ou de la personne prise en charge) et aux actes à risque susceptibles d’être réalisés, plutôt que sur une liste d’établissements ou organismes dans lesquels ils exercent. La HAS recommande fortement la vaccination contre la Covid-19, la diphtérie, le tétanos et la poliomyélite (sauf pour Mayotte où elle recommande un maintien de l’obligation pour le vaccin DTP) et maintient une obligation d’immunisation contre l’hépatite B et son élargissement aux professionnels libéraux.</t>
+  </si>
+  <si>
+    <t>29/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2023 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424586/fr/actualisation-des-recommandations-et-obligations-pour-les-etudiants-et-professionnels-des-secteurs-sanitaire-medicosocial-et-en-contacts-etroits-avec-de-jeunes-enfants</t>
+  </si>
+  <si>
+    <t>p_3424586</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>TRACUTIL (chromique/ cuivre/ ferreux (chlorure) tétrahydraté/ manganese/ sodium ...)</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983514/fr/tracutil-chromique/-cuivre/-ferreux-chlorure-tetrahydrate/-manganese/-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2983514</t>
+  </si>
+  <si>
+    <t>chromique,cuivre,ferreux (chlorure) tétrahydraté,manganese,sodium (molybdate de) dihydraté,sodium (fluorure de),solution d’oligo-éléments,potassium (iodure de),sodium (sélénite de) pentahydraté,zinc</t>
+  </si>
+  <si>
+    <t>B. BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532424/fr/tracutil-chromique/-cuivre/-ferreux-chlorure-tetrahydrate/-manganese/-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332074/fr/tracutil-chromique/-cuivre/-ferreux-chlorure-tetrahydrate/-manganese/-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797161/fr/tracutil-chromique/-cuivre/-ferreux-chlorure-tetrahydrate/-manganese/-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399347/fr/tracutil-solution-a-diluer-pour-perfusion-ampoule-de-10ml-boite-de-5</t>
   </si>
   <si>
     <t>JUNIMIN (gluconate de manganèse/ gluconate de cuivre/ gluconate de zinc/ séléni...)</t>
   </si>
   <si>
-    <t>10/18/2017 08:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983543/en/junimin-gluconate-de-manganese/-gluconate-de-cuivre/-gluconate-de-zinc/-seleni</t>
+    <t>18/10/2017 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983543/fr/junimin-gluconate-de-manganese/-gluconate-de-cuivre/-gluconate-de-zinc/-seleni</t>
   </si>
   <si>
     <t>pprd_2983543</t>
   </si>
   <si>
     <t>gluconate de manganèse,gluconate de cuivre,gluconate de zinc,sélénite de sodium,iodure de potassium</t>
   </si>
   <si>
     <t>AGUETTANT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2788653/en/junimin-copper-iodine-manganese-selenium-zinc-trace-elements</t>
+    <t>https://www.has-sante.fr/jcms/c_2788653/fr/junimin-cuivre-iode-manganese-selenium-zinc-oligo-elements</t>
+  </si>
+  <si>
+    <t>RUBOZINC (gluconate de zinc)</t>
+  </si>
+  <si>
+    <t>02/06/2017 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983601/fr/rubozinc-gluconate-de-zinc</t>
+  </si>
+  <si>
+    <t>pprd_2983601</t>
+  </si>
+  <si>
+    <t>gluconate de zinc</t>
+  </si>
+  <si>
+    <t>LABCATAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399657/fr/rubozinc-15-mg-gelules-b/30-gluconate-de-zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677471/fr/rubozinc-gluconate-de-zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250140/fr/rubozinc-gluconate-de-zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772416/fr/rubozinc-gluconate-de-zinc</t>
+  </si>
+  <si>
+    <t>NUTRYELT (molybdate de sodium/ gluconate de manganèse/ fluorure de sodium/ iodur...)</t>
+  </si>
+  <si>
+    <t>21/10/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984360/fr/nutryelt-molybdate-de-sodium/-gluconate-de-manganese/-fluorure-de-sodium/-iodur</t>
+  </si>
+  <si>
+    <t>pprd_2984360</t>
+  </si>
+  <si>
+    <t>molybdate de sodium,gluconate de manganèse,fluorure de sodium,iodure de potassium,gluconate de cuivre,chlorure chromique,gluconate ferreux,gluconate de zinc,sélénite de sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028095/fr/nutryelt-molybdate-de-sodium/-gluconate-de-manganese/-fluorure-de-sodium/-iodur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564426/fr/nutryelt-molybdate-de-sodium/-gluconate-de-manganese/-fluorure-de-sodium/-iodur</t>
+  </si>
+  <si>
+    <t>EFFIZINC (gluconate de zinc)</t>
+  </si>
+  <si>
+    <t>27/04/2015 10:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984561/fr/effizinc-gluconate-de-zinc</t>
+  </si>
+  <si>
+    <t>pprd_2984561</t>
+  </si>
+  <si>
+    <t>EXPANSCIENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798111/fr/effizinc-gluconate-de-zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944492/fr/effizinc-gluconate-de-zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027389/fr/effizinc-gluconate-de-zinc</t>
+  </si>
+  <si>
+    <t>WILZIN (acétate de zinc dihydraté)</t>
+  </si>
+  <si>
+    <t>02/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985642/fr/wilzin-acetate-de-zinc-dihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985642</t>
+  </si>
+  <si>
+    <t>acétate de zinc dihydraté</t>
+  </si>
+  <si>
+    <t>Orphan Europe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400749/fr/wilzin-acetate-de-zinc-dihydrate</t>
+  </si>
+  <si>
+    <t>ZINC-NICKEL-COBALT OLIGOSOL (gluconate de zinc, gluconate de nickel, gluconate de cobalt)</t>
+  </si>
+  <si>
+    <t>30/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985688/fr/zinc-nickel-cobalt-oligosol-gluconate-de-zinc-gluconate-de-nickel-gluconate-de-cobalt</t>
+  </si>
+  <si>
+    <t>pprd_2985688</t>
+  </si>
+  <si>
+    <t>gluconate de zinc,luconate de nickel,gluconate de cobalt</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400606/fr/zinc-nickel-cobalt-oligosol-gluconate-de-zinc-gluconate-de-nickel-gluconate-de-cobalt</t>
+  </si>
+  <si>
+    <t>BETASELEN (ascorbate de sodium/ acétate d’alpha-tocophérol/ bêta-carotène/ pidolate de zinc/ sélénite de sodium)</t>
+  </si>
+  <si>
+    <t>20/02/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986037/fr/betaselen-ascorbate-de-sodium/-acetate-d-alpha-tocopherol/-beta-carotene/-pidolate-de-zinc/-selenite-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2986037</t>
+  </si>
+  <si>
+    <t>ascorbate de sodium,acétate d’alpha-tocophérol,bêta-carotène,pidolate de zinc,sélénite de sodium</t>
+  </si>
+  <si>
+    <t>Laboratoires ARKOPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399360/fr/betaselen-ascorbate-de-sodium/-acetate-d-alpha-tocopherol/-beta-carotene/-pidolate-de-zinc/-selenite-de-sodium</t>
+  </si>
+  <si>
+    <t>NONAN (cobalt/ cuivre/ fer/ fluor/ iode/ manganèse/ molybdène/ sélénium/ zinc)</t>
+  </si>
+  <si>
+    <t>19/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986062/fr/nonan-cobalt/-cuivre/-fer/-fluor/-iode/-manganese/-molybdene/-selenium/-zinc</t>
+  </si>
+  <si>
+    <t>pprd_2986062</t>
+  </si>
+  <si>
+    <t>cobalt,cuivre,fer,fluor,iode,manganèse,molybdène,sélénium,zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399193/fr/nonan-solution-pour-perfusion-iv-flacon-unitaire-de-50ml-rempli-a-40ml-boite-de-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J18"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
-[...12 lines deleted...]
-        <v>15</v>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>31</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I5" t="s">
+        <v>31</v>
+      </c>
+      <c r="J5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
+      </c>
+      <c r="I6" t="s">
+        <v>42</v>
+      </c>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+      <c r="I7" t="s">
+        <v>49</v>
+      </c>
+      <c r="J7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8" t="s">
+        <v>55</v>
+      </c>
+      <c r="I8" t="s">
+        <v>56</v>
+      </c>
+      <c r="J8" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>58</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9" t="s">
+        <v>62</v>
+      </c>
+      <c r="I9" t="s">
+        <v>63</v>
+      </c>
+      <c r="J9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>69</v>
+      </c>
+      <c r="H10" t="s">
+        <v>70</v>
+      </c>
+      <c r="I10" t="s">
+        <v>66</v>
+      </c>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>74</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>75</v>
+      </c>
+      <c r="H11" t="s">
+        <v>76</v>
+      </c>
+      <c r="I11" t="s">
+        <v>12</v>
+      </c>
+      <c r="J11" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>73</v>
+      </c>
+      <c r="E12" t="s">
+        <v>74</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>79</v>
+      </c>
+      <c r="H12" t="s">
+        <v>80</v>
+      </c>
+      <c r="I12" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s">
+        <v>82</v>
+      </c>
+      <c r="D13" t="s">
+        <v>83</v>
+      </c>
+      <c r="E13" t="s">
+        <v>84</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>85</v>
+      </c>
+      <c r="H13" t="s">
+        <v>86</v>
+      </c>
+      <c r="I13" t="s">
+        <v>82</v>
+      </c>
+      <c r="J13" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>88</v>
+      </c>
+      <c r="C14" t="s">
+        <v>89</v>
+      </c>
+      <c r="D14" t="s">
+        <v>90</v>
+      </c>
+      <c r="E14" t="s">
+        <v>91</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>92</v>
+      </c>
+      <c r="H14" t="s">
+        <v>93</v>
+      </c>
+      <c r="I14" t="s">
+        <v>12</v>
+      </c>
+      <c r="J14" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D15" t="s">
+        <v>90</v>
+      </c>
+      <c r="E15" t="s">
+        <v>91</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>97</v>
+      </c>
+      <c r="H15" t="s">
+        <v>98</v>
+      </c>
+      <c r="I15" t="s">
+        <v>12</v>
+      </c>
+      <c r="J15" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>99</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>100</v>
+      </c>
+      <c r="E16" t="s">
+        <v>101</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>102</v>
+      </c>
+      <c r="H16" t="s">
+        <v>103</v>
+      </c>
+      <c r="I16" t="s">
+        <v>12</v>
+      </c>
+      <c r="J16" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>104</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>100</v>
+      </c>
+      <c r="E17" t="s">
+        <v>105</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>106</v>
+      </c>
+      <c r="H17" t="s">
+        <v>107</v>
+      </c>
+      <c r="I17" t="s">
+        <v>12</v>
+      </c>
+      <c r="J17" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>108</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>109</v>
+      </c>
+      <c r="E18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>110</v>
+      </c>
+      <c r="H18" t="s">
+        <v>111</v>
+      </c>
+      <c r="I18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J18" t="s">
+        <v>112</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>691</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>692</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>693</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>694</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>695</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>696</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>697</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>698</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>700</v>
+      </c>
+      <c r="B2" t="s">
+        <v>701</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>702</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>703</v>
+      </c>
+      <c r="H2" t="s">
+        <v>704</v>
+      </c>
+      <c r="I2" t="s">
+        <v>705</v>
+      </c>
+      <c r="J2" t="s">
+        <v>706</v>
+      </c>
+      <c r="K2" t="s">
+        <v>707</v>
+      </c>
+      <c r="L2" t="s">
+        <v>708</v>
+      </c>
+      <c r="M2" t="s">
+        <v>709</v>
+      </c>
+      <c r="N2" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>700</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>711</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>712</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>713</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>714</v>
+      </c>
+      <c r="I3" t="s">
+        <v>715</v>
+      </c>
+      <c r="J3" t="s">
+        <v>716</v>
+      </c>
+      <c r="K3" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>700</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>718</v>
       </c>
       <c r="C4" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>719</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>720</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
+        <v>721</v>
+      </c>
+      <c r="I4" t="s">
+        <v>722</v>
+      </c>
+      <c r="J4" t="s">
+        <v>723</v>
+      </c>
+      <c r="K4" t="s">
+        <v>724</v>
+      </c>
+      <c r="L4" t="s">
+        <v>725</v>
+      </c>
+      <c r="M4" t="s">
+        <v>726</v>
+      </c>
+      <c r="N4" t="s">
+        <v>727</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>700</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>728</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>729</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>39</v>
+        <v>730</v>
       </c>
       <c r="H5" t="s">
-        <v>40</v>
+        <v>731</v>
+      </c>
+      <c r="I5" t="s">
+        <v>732</v>
+      </c>
+      <c r="J5" t="s">
+        <v>716</v>
+      </c>
+      <c r="K5" t="s">
+        <v>733</v>
+      </c>
+      <c r="L5" t="s">
+        <v>734</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>700</v>
       </c>
       <c r="B6" t="s">
-        <v>41</v>
+        <v>735</v>
       </c>
       <c r="C6" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>44</v>
+        <v>736</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>45</v>
+        <v>737</v>
       </c>
       <c r="H6" t="s">
-        <v>46</v>
+        <v>738</v>
+      </c>
+      <c r="I6" t="s">
+        <v>722</v>
+      </c>
+      <c r="J6" t="s">
+        <v>739</v>
+      </c>
+      <c r="K6" t="s">
+        <v>740</v>
+      </c>
+      <c r="L6" t="s">
+        <v>741</v>
+      </c>
+      <c r="M6" t="s">
+        <v>742</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>700</v>
       </c>
       <c r="B7" t="s">
-        <v>47</v>
+        <v>743</v>
       </c>
       <c r="C7" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>50</v>
+        <v>744</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>51</v>
+        <v>745</v>
       </c>
       <c r="H7" t="s">
-        <v>52</v>
+        <v>746</v>
+      </c>
+      <c r="I7" t="s">
+        <v>747</v>
+      </c>
+      <c r="J7" t="s">
+        <v>748</v>
+      </c>
+      <c r="K7" t="s">
+        <v>749</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>700</v>
       </c>
       <c r="B8" t="s">
-        <v>53</v>
+        <v>750</v>
       </c>
       <c r="C8" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="D8" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>56</v>
+        <v>751</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>57</v>
+        <v>752</v>
       </c>
       <c r="H8" t="s">
-        <v>58</v>
+        <v>753</v>
+      </c>
+      <c r="I8" t="s">
+        <v>754</v>
+      </c>
+      <c r="J8" t="s">
+        <v>723</v>
+      </c>
+      <c r="K8" t="s">
+        <v>755</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>700</v>
       </c>
       <c r="B9" t="s">
-        <v>59</v>
+        <v>756</v>
       </c>
       <c r="C9" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="D9" t="s">
-        <v>61</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>62</v>
+        <v>757</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>63</v>
+        <v>758</v>
       </c>
       <c r="H9" t="s">
-        <v>64</v>
+        <v>759</v>
+      </c>
+      <c r="I9" t="s">
+        <v>760</v>
+      </c>
+      <c r="J9" t="s">
+        <v>761</v>
+      </c>
+      <c r="K9" t="s">
+        <v>762</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>16</v>
+        <v>700</v>
       </c>
       <c r="B10" t="s">
-        <v>65</v>
+        <v>763</v>
       </c>
       <c r="C10" t="s">
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="D10" t="s">
-        <v>67</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>68</v>
+        <v>764</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>69</v>
+        <v>765</v>
       </c>
       <c r="H10" t="s">
-        <v>70</v>
-[...51 lines deleted...]
-        <v>82</v>
+        <v>766</v>
+      </c>
+      <c r="I10" t="s">
+        <v>767</v>
+      </c>
+      <c r="J10" t="s">
+        <v>716</v>
+      </c>
+      <c r="K10" t="s">
+        <v>768</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C2" t="s">
+        <v>115</v>
+      </c>
+      <c r="D2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>118</v>
+      </c>
+      <c r="H2" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B3" t="s">
+        <v>120</v>
+      </c>
+      <c r="C3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D3" t="s">
+        <v>122</v>
+      </c>
+      <c r="E3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>124</v>
+      </c>
+      <c r="H3" t="s">
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>83</v>
+        <v>126</v>
       </c>
       <c r="B2" t="s">
-        <v>84</v>
+        <v>127</v>
       </c>
       <c r="C2" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="D2" t="s">
-        <v>86</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>88</v>
+        <v>130</v>
       </c>
       <c r="H2" t="s">
-        <v>89</v>
+        <v>131</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>83</v>
+        <v>126</v>
       </c>
       <c r="B3" t="s">
-        <v>90</v>
+        <v>132</v>
       </c>
       <c r="C3" t="s">
-        <v>91</v>
+        <v>133</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>93</v>
+        <v>135</v>
       </c>
       <c r="H3" t="s">
-        <v>94</v>
+        <v>136</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>83</v>
+        <v>126</v>
       </c>
       <c r="B4" t="s">
-        <v>95</v>
+        <v>137</v>
       </c>
       <c r="C4" t="s">
-        <v>96</v>
+        <v>138</v>
       </c>
       <c r="D4" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>98</v>
+        <v>139</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>99</v>
+        <v>140</v>
       </c>
       <c r="H4" t="s">
-        <v>100</v>
+        <v>141</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>83</v>
+        <v>126</v>
       </c>
       <c r="B5" t="s">
-        <v>101</v>
+        <v>142</v>
       </c>
       <c r="C5" t="s">
-        <v>102</v>
+        <v>143</v>
       </c>
       <c r="D5" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="E5" t="s">
-        <v>104</v>
+        <v>145</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>105</v>
+        <v>146</v>
       </c>
       <c r="H5" t="s">
-        <v>106</v>
+        <v>147</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>83</v>
+        <v>126</v>
       </c>
       <c r="B6" t="s">
-        <v>107</v>
+        <v>148</v>
       </c>
       <c r="C6" t="s">
-        <v>108</v>
+        <v>149</v>
       </c>
       <c r="D6" t="s">
-        <v>109</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>110</v>
+        <v>150</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>111</v>
+        <v>151</v>
       </c>
       <c r="H6" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>83</v>
+        <v>126</v>
       </c>
       <c r="B7" t="s">
-        <v>113</v>
+        <v>153</v>
       </c>
       <c r="C7" t="s">
-        <v>114</v>
+        <v>154</v>
       </c>
       <c r="D7" t="s">
-        <v>115</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>116</v>
+        <v>155</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="H7" t="s">
-        <v>118</v>
+        <v>157</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>83</v>
+        <v>126</v>
       </c>
       <c r="B8" t="s">
-        <v>119</v>
+        <v>158</v>
       </c>
       <c r="C8" t="s">
-        <v>120</v>
+        <v>159</v>
       </c>
       <c r="D8" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>122</v>
+        <v>160</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>123</v>
+        <v>161</v>
       </c>
       <c r="H8" t="s">
-        <v>124</v>
+        <v>162</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>126</v>
+      </c>
+      <c r="B9" t="s">
+        <v>163</v>
+      </c>
+      <c r="C9" t="s">
+        <v>164</v>
+      </c>
+      <c r="D9" t="s">
+        <v>165</v>
+      </c>
+      <c r="E9" t="s">
+        <v>166</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>167</v>
+      </c>
+      <c r="H9" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>126</v>
+      </c>
+      <c r="B10" t="s">
+        <v>169</v>
+      </c>
+      <c r="C10" t="s">
+        <v>170</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>171</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>172</v>
+      </c>
+      <c r="H10" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>126</v>
+      </c>
+      <c r="B11" t="s">
+        <v>174</v>
+      </c>
+      <c r="C11" t="s">
+        <v>175</v>
+      </c>
+      <c r="D11" t="s">
+        <v>176</v>
+      </c>
+      <c r="E11" t="s">
+        <v>177</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>178</v>
+      </c>
+      <c r="H11" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>126</v>
+      </c>
+      <c r="B12" t="s">
+        <v>180</v>
+      </c>
+      <c r="C12" t="s">
+        <v>181</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>182</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>183</v>
+      </c>
+      <c r="H12" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>126</v>
+      </c>
+      <c r="B13" t="s">
+        <v>185</v>
+      </c>
+      <c r="C13" t="s">
+        <v>186</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>187</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>188</v>
+      </c>
+      <c r="H13" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>126</v>
+      </c>
+      <c r="B14" t="s">
+        <v>190</v>
+      </c>
+      <c r="C14" t="s">
+        <v>191</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>192</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>193</v>
+      </c>
+      <c r="H14" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>126</v>
+      </c>
+      <c r="B15" t="s">
+        <v>195</v>
+      </c>
+      <c r="C15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>192</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>197</v>
+      </c>
+      <c r="H15" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>199</v>
+      </c>
+      <c r="C16" t="s">
+        <v>200</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>192</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>201</v>
+      </c>
+      <c r="H16" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>203</v>
+      </c>
+      <c r="C17" t="s">
+        <v>204</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>205</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>206</v>
+      </c>
+      <c r="H17" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
+        <v>208</v>
+      </c>
+      <c r="C18" t="s">
+        <v>209</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>210</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>211</v>
+      </c>
+      <c r="H18" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" t="s">
+        <v>213</v>
+      </c>
+      <c r="C19" t="s">
+        <v>214</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>215</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>216</v>
+      </c>
+      <c r="H19" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B20" t="s">
+        <v>218</v>
+      </c>
+      <c r="C20" t="s">
+        <v>219</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>220</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>221</v>
+      </c>
+      <c r="H20" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>126</v>
+      </c>
+      <c r="B21" t="s">
+        <v>223</v>
+      </c>
+      <c r="C21" t="s">
+        <v>224</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>225</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>226</v>
+      </c>
+      <c r="H21" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B22" t="s">
+        <v>228</v>
+      </c>
+      <c r="C22" t="s">
+        <v>229</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>230</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>231</v>
+      </c>
+      <c r="H22" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>126</v>
+      </c>
+      <c r="B23" t="s">
+        <v>233</v>
+      </c>
+      <c r="C23" t="s">
+        <v>234</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>235</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>236</v>
+      </c>
+      <c r="H23" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>126</v>
+      </c>
+      <c r="B24" t="s">
+        <v>238</v>
+      </c>
+      <c r="C24" t="s">
+        <v>239</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>235</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>240</v>
+      </c>
+      <c r="H24" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>126</v>
+      </c>
+      <c r="B25" t="s">
+        <v>242</v>
+      </c>
+      <c r="C25" t="s">
+        <v>243</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>244</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>245</v>
+      </c>
+      <c r="H25" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>126</v>
+      </c>
+      <c r="B26" t="s">
+        <v>247</v>
+      </c>
+      <c r="C26" t="s">
+        <v>248</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>249</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>250</v>
+      </c>
+      <c r="H26" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>126</v>
+      </c>
+      <c r="B27" t="s">
+        <v>252</v>
+      </c>
+      <c r="C27" t="s">
+        <v>253</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>254</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>255</v>
+      </c>
+      <c r="H27" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>126</v>
+      </c>
+      <c r="B28" t="s">
+        <v>257</v>
+      </c>
+      <c r="C28" t="s">
+        <v>258</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>254</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>259</v>
+      </c>
+      <c r="H28" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>126</v>
+      </c>
+      <c r="B29" t="s">
+        <v>261</v>
+      </c>
+      <c r="C29" t="s">
+        <v>262</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>263</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>264</v>
+      </c>
+      <c r="H29" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>126</v>
+      </c>
+      <c r="B30" t="s">
+        <v>266</v>
+      </c>
+      <c r="C30" t="s">
+        <v>267</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>263</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>268</v>
+      </c>
+      <c r="H30" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>126</v>
+      </c>
+      <c r="B31" t="s">
+        <v>270</v>
+      </c>
+      <c r="C31" t="s">
+        <v>271</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>272</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>273</v>
+      </c>
+      <c r="H31" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>126</v>
+      </c>
+      <c r="B32" t="s">
+        <v>275</v>
+      </c>
+      <c r="C32" t="s">
+        <v>276</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>272</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>277</v>
+      </c>
+      <c r="H32" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>126</v>
+      </c>
+      <c r="B33" t="s">
+        <v>279</v>
+      </c>
+      <c r="C33" t="s">
+        <v>280</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>272</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>281</v>
+      </c>
+      <c r="H33" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>126</v>
+      </c>
+      <c r="B34" t="s">
+        <v>283</v>
+      </c>
+      <c r="C34" t="s">
+        <v>284</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>285</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>286</v>
+      </c>
+      <c r="H34" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>126</v>
+      </c>
+      <c r="B35" t="s">
+        <v>288</v>
+      </c>
+      <c r="C35" t="s">
+        <v>289</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>290</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>291</v>
+      </c>
+      <c r="H35" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>126</v>
+      </c>
+      <c r="B36" t="s">
+        <v>293</v>
+      </c>
+      <c r="C36" t="s">
+        <v>294</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>295</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>296</v>
+      </c>
+      <c r="H36" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>126</v>
+      </c>
+      <c r="B37" t="s">
+        <v>298</v>
+      </c>
+      <c r="C37" t="s">
+        <v>299</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>300</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>301</v>
+      </c>
+      <c r="H37" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>126</v>
+      </c>
+      <c r="B38" t="s">
+        <v>303</v>
+      </c>
+      <c r="C38" t="s">
+        <v>304</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>305</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>306</v>
+      </c>
+      <c r="H38" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>126</v>
+      </c>
+      <c r="B39" t="s">
+        <v>308</v>
+      </c>
+      <c r="C39" t="s">
+        <v>309</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>310</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>311</v>
+      </c>
+      <c r="H39" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>126</v>
+      </c>
+      <c r="B40" t="s">
+        <v>313</v>
+      </c>
+      <c r="C40" t="s">
+        <v>314</v>
+      </c>
+      <c r="D40" t="s">
+        <v>315</v>
+      </c>
+      <c r="E40" t="s">
+        <v>316</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>317</v>
+      </c>
+      <c r="H40" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>126</v>
+      </c>
+      <c r="B41" t="s">
+        <v>319</v>
+      </c>
+      <c r="C41" t="s">
+        <v>320</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>321</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>322</v>
+      </c>
+      <c r="H41" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>126</v>
+      </c>
+      <c r="B42" t="s">
+        <v>324</v>
+      </c>
+      <c r="C42" t="s">
+        <v>325</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>326</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>327</v>
+      </c>
+      <c r="H42" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>126</v>
+      </c>
+      <c r="B43" t="s">
+        <v>329</v>
+      </c>
+      <c r="C43" t="s">
+        <v>330</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>331</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>332</v>
+      </c>
+      <c r="H43" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>126</v>
+      </c>
+      <c r="B44" t="s">
+        <v>334</v>
+      </c>
+      <c r="C44" t="s">
+        <v>335</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>336</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>337</v>
+      </c>
+      <c r="H44" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>126</v>
+      </c>
+      <c r="B45" t="s">
+        <v>339</v>
+      </c>
+      <c r="C45" t="s">
+        <v>340</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>341</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>342</v>
+      </c>
+      <c r="H45" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>126</v>
+      </c>
+      <c r="B46" t="s">
+        <v>344</v>
+      </c>
+      <c r="C46" t="s">
+        <v>345</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>346</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>347</v>
+      </c>
+      <c r="H46" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>126</v>
+      </c>
+      <c r="B47" t="s">
+        <v>349</v>
+      </c>
+      <c r="C47" t="s">
+        <v>350</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>351</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>352</v>
+      </c>
+      <c r="H47" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>126</v>
+      </c>
+      <c r="B48" t="s">
+        <v>354</v>
+      </c>
+      <c r="C48" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" t="s">
+        <v>355</v>
+      </c>
+      <c r="E48" t="s">
+        <v>356</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>357</v>
+      </c>
+      <c r="H48" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>126</v>
+      </c>
+      <c r="B49" t="s">
+        <v>359</v>
+      </c>
+      <c r="C49" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" t="s">
+        <v>360</v>
+      </c>
+      <c r="E49" t="s">
+        <v>361</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>362</v>
+      </c>
+      <c r="H49" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>126</v>
+      </c>
+      <c r="B50" t="s">
+        <v>364</v>
+      </c>
+      <c r="C50" t="s">
+        <v>365</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>366</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>367</v>
+      </c>
+      <c r="H50" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>126</v>
+      </c>
+      <c r="B51" t="s">
+        <v>369</v>
+      </c>
+      <c r="C51" t="s">
+        <v>370</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>371</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>372</v>
+      </c>
+      <c r="H51" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>126</v>
+      </c>
+      <c r="B52" t="s">
+        <v>374</v>
+      </c>
+      <c r="C52" t="s">
+        <v>375</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>376</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>377</v>
+      </c>
+      <c r="H52" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>126</v>
+      </c>
+      <c r="B53" t="s">
+        <v>379</v>
+      </c>
+      <c r="C53" t="s">
+        <v>380</v>
+      </c>
+      <c r="D53" t="s">
+        <v>381</v>
+      </c>
+      <c r="E53" t="s">
+        <v>382</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>383</v>
+      </c>
+      <c r="H53" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>126</v>
+      </c>
+      <c r="B54" t="s">
+        <v>385</v>
+      </c>
+      <c r="C54" t="s">
+        <v>386</v>
+      </c>
+      <c r="D54" t="s">
+        <v>387</v>
+      </c>
+      <c r="E54" t="s">
+        <v>388</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>389</v>
+      </c>
+      <c r="H54" t="s">
+        <v>390</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>128</v>
+        <v>391</v>
       </c>
       <c r="B2" t="s">
-        <v>129</v>
+        <v>392</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>393</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>394</v>
       </c>
       <c r="E2" t="s">
-        <v>130</v>
+        <v>395</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>131</v>
+        <v>396</v>
       </c>
       <c r="H2" t="s">
-        <v>132</v>
+        <v>397</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>391</v>
+      </c>
+      <c r="B3" t="s">
+        <v>398</v>
+      </c>
+      <c r="C3" t="s">
+        <v>399</v>
+      </c>
+      <c r="D3" t="s">
+        <v>400</v>
+      </c>
+      <c r="E3" t="s">
+        <v>401</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>402</v>
+      </c>
+      <c r="H3" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>391</v>
+      </c>
+      <c r="B4" t="s">
+        <v>404</v>
+      </c>
+      <c r="C4" t="s">
+        <v>405</v>
+      </c>
+      <c r="D4" t="s">
+        <v>406</v>
+      </c>
+      <c r="E4" t="s">
+        <v>407</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>408</v>
+      </c>
+      <c r="H4" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>391</v>
+      </c>
+      <c r="B5" t="s">
+        <v>410</v>
+      </c>
+      <c r="C5" t="s">
+        <v>411</v>
+      </c>
+      <c r="D5" t="s">
+        <v>406</v>
+      </c>
+      <c r="E5" t="s">
+        <v>407</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>412</v>
+      </c>
+      <c r="H5" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>391</v>
+      </c>
+      <c r="B6" t="s">
+        <v>414</v>
+      </c>
+      <c r="C6" t="s">
+        <v>415</v>
+      </c>
+      <c r="D6" t="s">
+        <v>416</v>
+      </c>
+      <c r="E6" t="s">
+        <v>417</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>418</v>
+      </c>
+      <c r="H6" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>391</v>
+      </c>
+      <c r="B7" t="s">
+        <v>420</v>
+      </c>
+      <c r="C7" t="s">
+        <v>421</v>
+      </c>
+      <c r="D7" t="s">
+        <v>422</v>
+      </c>
+      <c r="E7" t="s">
+        <v>423</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>424</v>
+      </c>
+      <c r="H7" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>391</v>
+      </c>
+      <c r="B8" t="s">
+        <v>426</v>
+      </c>
+      <c r="C8" t="s">
+        <v>427</v>
+      </c>
+      <c r="D8" t="s">
+        <v>144</v>
+      </c>
+      <c r="E8" t="s">
+        <v>428</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>429</v>
+      </c>
+      <c r="H8" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>391</v>
+      </c>
+      <c r="B9" t="s">
+        <v>431</v>
+      </c>
+      <c r="C9" t="s">
+        <v>432</v>
+      </c>
+      <c r="D9" t="s">
+        <v>433</v>
+      </c>
+      <c r="E9" t="s">
+        <v>434</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>435</v>
+      </c>
+      <c r="H9" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>391</v>
+      </c>
+      <c r="B10" t="s">
+        <v>437</v>
+      </c>
+      <c r="C10" t="s">
+        <v>438</v>
+      </c>
+      <c r="D10" t="s">
+        <v>439</v>
+      </c>
+      <c r="E10" t="s">
+        <v>440</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>441</v>
+      </c>
+      <c r="H10" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>391</v>
+      </c>
+      <c r="B11" t="s">
+        <v>443</v>
+      </c>
+      <c r="C11" t="s">
+        <v>444</v>
+      </c>
+      <c r="D11" t="s">
+        <v>445</v>
+      </c>
+      <c r="E11" t="s">
+        <v>446</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>447</v>
+      </c>
+      <c r="H11" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>391</v>
+      </c>
+      <c r="B12" t="s">
+        <v>449</v>
+      </c>
+      <c r="C12" t="s">
+        <v>450</v>
+      </c>
+      <c r="D12" t="s">
+        <v>451</v>
+      </c>
+      <c r="E12" t="s">
+        <v>452</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>453</v>
+      </c>
+      <c r="H12" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>391</v>
+      </c>
+      <c r="B13" t="s">
+        <v>455</v>
+      </c>
+      <c r="C13" t="s">
+        <v>456</v>
+      </c>
+      <c r="D13" t="s">
+        <v>457</v>
+      </c>
+      <c r="E13" t="s">
+        <v>458</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>459</v>
+      </c>
+      <c r="H13" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>391</v>
+      </c>
+      <c r="B14" t="s">
+        <v>461</v>
+      </c>
+      <c r="C14" t="s">
+        <v>462</v>
+      </c>
+      <c r="D14" t="s">
+        <v>463</v>
+      </c>
+      <c r="E14" t="s">
+        <v>464</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>465</v>
+      </c>
+      <c r="H14" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>391</v>
+      </c>
+      <c r="B15" t="s">
+        <v>467</v>
+      </c>
+      <c r="C15" t="s">
+        <v>468</v>
+      </c>
+      <c r="D15" t="s">
+        <v>469</v>
+      </c>
+      <c r="E15" t="s">
+        <v>470</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>471</v>
+      </c>
+      <c r="H15" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>391</v>
+      </c>
+      <c r="B16" t="s">
+        <v>473</v>
+      </c>
+      <c r="C16" t="s">
+        <v>474</v>
+      </c>
+      <c r="D16" t="s">
+        <v>122</v>
+      </c>
+      <c r="E16" t="s">
+        <v>475</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>476</v>
+      </c>
+      <c r="H16" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>391</v>
+      </c>
+      <c r="B17" t="s">
+        <v>478</v>
+      </c>
+      <c r="C17" t="s">
+        <v>479</v>
+      </c>
+      <c r="D17" t="s">
+        <v>480</v>
+      </c>
+      <c r="E17" t="s">
+        <v>481</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>482</v>
+      </c>
+      <c r="H17" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>391</v>
+      </c>
+      <c r="B18" t="s">
+        <v>484</v>
+      </c>
+      <c r="C18" t="s">
+        <v>485</v>
+      </c>
+      <c r="D18" t="s">
+        <v>486</v>
+      </c>
+      <c r="E18" t="s">
+        <v>487</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>488</v>
+      </c>
+      <c r="H18" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>391</v>
+      </c>
+      <c r="B19" t="s">
+        <v>490</v>
+      </c>
+      <c r="C19" t="s">
+        <v>491</v>
+      </c>
+      <c r="D19" t="s">
+        <v>492</v>
+      </c>
+      <c r="E19" t="s">
+        <v>493</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>494</v>
+      </c>
+      <c r="H19" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>391</v>
+      </c>
+      <c r="B20" t="s">
+        <v>496</v>
+      </c>
+      <c r="C20" t="s">
+        <v>497</v>
+      </c>
+      <c r="D20" t="s">
+        <v>498</v>
+      </c>
+      <c r="E20" t="s">
+        <v>499</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>500</v>
+      </c>
+      <c r="H20" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>391</v>
+      </c>
+      <c r="B21" t="s">
+        <v>502</v>
+      </c>
+      <c r="C21" t="s">
+        <v>503</v>
+      </c>
+      <c r="D21" t="s">
+        <v>498</v>
+      </c>
+      <c r="E21" t="s">
+        <v>504</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>505</v>
+      </c>
+      <c r="H21" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>391</v>
+      </c>
+      <c r="B22" t="s">
+        <v>507</v>
+      </c>
+      <c r="C22" t="s">
+        <v>508</v>
+      </c>
+      <c r="D22" t="s">
+        <v>509</v>
+      </c>
+      <c r="E22" t="s">
+        <v>510</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>511</v>
+      </c>
+      <c r="H22" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>391</v>
+      </c>
+      <c r="B23" t="s">
+        <v>513</v>
+      </c>
+      <c r="C23" t="s">
+        <v>514</v>
+      </c>
+      <c r="D23" t="s">
+        <v>515</v>
+      </c>
+      <c r="E23" t="s">
+        <v>516</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>517</v>
+      </c>
+      <c r="H23" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>391</v>
+      </c>
+      <c r="B24" t="s">
+        <v>519</v>
+      </c>
+      <c r="C24" t="s">
+        <v>520</v>
+      </c>
+      <c r="D24" t="s">
+        <v>521</v>
+      </c>
+      <c r="E24" t="s">
+        <v>522</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>523</v>
+      </c>
+      <c r="H24" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>391</v>
+      </c>
+      <c r="B25" t="s">
+        <v>525</v>
+      </c>
+      <c r="C25" t="s">
+        <v>526</v>
+      </c>
+      <c r="D25" t="s">
+        <v>527</v>
+      </c>
+      <c r="E25" t="s">
+        <v>528</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>529</v>
+      </c>
+      <c r="H25" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>391</v>
+      </c>
+      <c r="B26" t="s">
+        <v>531</v>
+      </c>
+      <c r="C26" t="s">
+        <v>532</v>
+      </c>
+      <c r="D26" t="s">
+        <v>533</v>
+      </c>
+      <c r="E26" t="s">
+        <v>534</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>535</v>
+      </c>
+      <c r="H26" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>391</v>
+      </c>
+      <c r="B27" t="s">
+        <v>537</v>
+      </c>
+      <c r="C27" t="s">
+        <v>538</v>
+      </c>
+      <c r="D27" t="s">
+        <v>539</v>
+      </c>
+      <c r="E27" t="s">
+        <v>540</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>541</v>
+      </c>
+      <c r="H27" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>391</v>
+      </c>
+      <c r="B28" t="s">
+        <v>543</v>
+      </c>
+      <c r="C28" t="s">
+        <v>544</v>
+      </c>
+      <c r="D28" t="s">
+        <v>545</v>
+      </c>
+      <c r="E28" t="s">
+        <v>546</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>547</v>
+      </c>
+      <c r="H28" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>391</v>
+      </c>
+      <c r="B29" t="s">
+        <v>549</v>
+      </c>
+      <c r="C29" t="s">
+        <v>550</v>
+      </c>
+      <c r="D29" t="s">
+        <v>551</v>
+      </c>
+      <c r="E29" t="s">
+        <v>552</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>553</v>
+      </c>
+      <c r="H29" t="s">
+        <v>554</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>555</v>
+      </c>
+      <c r="B2" t="s">
+        <v>556</v>
+      </c>
+      <c r="C2" t="s">
+        <v>557</v>
+      </c>
+      <c r="D2" t="s">
+        <v>558</v>
+      </c>
+      <c r="E2" t="s">
+        <v>559</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>560</v>
+      </c>
+      <c r="H2" t="s">
+        <v>561</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>562</v>
+      </c>
+      <c r="B2" t="s">
+        <v>563</v>
+      </c>
+      <c r="C2" t="s">
+        <v>564</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>565</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>566</v>
+      </c>
+      <c r="H2" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>562</v>
+      </c>
+      <c r="B3" t="s">
+        <v>568</v>
+      </c>
+      <c r="C3" t="s">
+        <v>569</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>570</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>571</v>
+      </c>
+      <c r="H3" t="s">
+        <v>572</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>573</v>
+      </c>
+      <c r="B2" t="s">
+        <v>574</v>
+      </c>
+      <c r="C2" t="s">
+        <v>575</v>
+      </c>
+      <c r="D2" t="s">
+        <v>576</v>
+      </c>
+      <c r="E2" t="s">
+        <v>577</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>578</v>
+      </c>
+      <c r="H2" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>573</v>
+      </c>
+      <c r="B3" t="s">
+        <v>580</v>
+      </c>
+      <c r="C3" t="s">
+        <v>581</v>
+      </c>
+      <c r="D3" t="s">
+        <v>451</v>
+      </c>
+      <c r="E3" t="s">
+        <v>582</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>583</v>
+      </c>
+      <c r="H3" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>573</v>
+      </c>
+      <c r="B4" t="s">
+        <v>585</v>
+      </c>
+      <c r="C4" t="s">
+        <v>586</v>
+      </c>
+      <c r="D4" t="s">
+        <v>587</v>
+      </c>
+      <c r="E4" t="s">
+        <v>588</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>589</v>
+      </c>
+      <c r="H4" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>573</v>
+      </c>
+      <c r="B5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C5" t="s">
+        <v>592</v>
+      </c>
+      <c r="D5" t="s">
+        <v>593</v>
+      </c>
+      <c r="E5" t="s">
+        <v>594</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>595</v>
+      </c>
+      <c r="H5" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>573</v>
+      </c>
+      <c r="B6" t="s">
+        <v>597</v>
+      </c>
+      <c r="C6" t="s">
+        <v>598</v>
+      </c>
+      <c r="D6" t="s">
+        <v>599</v>
+      </c>
+      <c r="E6" t="s">
+        <v>600</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>601</v>
+      </c>
+      <c r="H6" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>573</v>
+      </c>
+      <c r="B7" t="s">
+        <v>603</v>
+      </c>
+      <c r="C7" t="s">
+        <v>604</v>
+      </c>
+      <c r="D7" t="s">
+        <v>605</v>
+      </c>
+      <c r="E7" t="s">
+        <v>606</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>607</v>
+      </c>
+      <c r="H7" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>573</v>
+      </c>
+      <c r="B8" t="s">
+        <v>609</v>
+      </c>
+      <c r="C8" t="s">
+        <v>610</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>611</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>612</v>
+      </c>
+      <c r="H8" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>573</v>
+      </c>
+      <c r="B9" t="s">
+        <v>614</v>
+      </c>
+      <c r="C9" t="s">
+        <v>615</v>
+      </c>
+      <c r="D9" t="s">
+        <v>616</v>
+      </c>
+      <c r="E9" t="s">
+        <v>617</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>618</v>
+      </c>
+      <c r="H9" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>573</v>
+      </c>
+      <c r="B10" t="s">
+        <v>620</v>
+      </c>
+      <c r="C10" t="s">
+        <v>621</v>
+      </c>
+      <c r="D10" t="s">
+        <v>622</v>
+      </c>
+      <c r="E10" t="s">
+        <v>623</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>624</v>
+      </c>
+      <c r="H10" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>573</v>
+      </c>
+      <c r="B11" t="s">
+        <v>626</v>
+      </c>
+      <c r="C11" t="s">
+        <v>627</v>
+      </c>
+      <c r="D11" t="s">
+        <v>628</v>
+      </c>
+      <c r="E11" t="s">
+        <v>629</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>630</v>
+      </c>
+      <c r="H11" t="s">
+        <v>631</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>633</v>
+      </c>
+      <c r="B2" t="s">
+        <v>634</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>635</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>636</v>
+      </c>
+      <c r="H2" t="s">
+        <v>637</v>
       </c>
       <c r="I2" t="s">
-        <v>133</v>
-[...5 lines deleted...]
-        <v>135</v>
+        <v>638</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>633</v>
+      </c>
+      <c r="B3" t="s">
+        <v>639</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>640</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>641</v>
+      </c>
+      <c r="H3" t="s">
+        <v>642</v>
+      </c>
+      <c r="I3" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>633</v>
+      </c>
+      <c r="B4" t="s">
+        <v>643</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>644</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>645</v>
+      </c>
+      <c r="H4" t="s">
+        <v>646</v>
+      </c>
+      <c r="I4" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>633</v>
+      </c>
+      <c r="B5" t="s">
+        <v>647</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>648</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>649</v>
+      </c>
+      <c r="H5" t="s">
+        <v>650</v>
+      </c>
+      <c r="I5" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>633</v>
+      </c>
+      <c r="B6" t="s">
+        <v>651</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>652</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>653</v>
+      </c>
+      <c r="H6" t="s">
+        <v>654</v>
+      </c>
+      <c r="I6" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>633</v>
+      </c>
+      <c r="B7" t="s">
+        <v>655</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>656</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>657</v>
+      </c>
+      <c r="H7" t="s">
+        <v>658</v>
+      </c>
+      <c r="I7" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>633</v>
+      </c>
+      <c r="B8" t="s">
+        <v>659</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>660</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>661</v>
+      </c>
+      <c r="H8" t="s">
+        <v>662</v>
+      </c>
+      <c r="I8" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>633</v>
+      </c>
+      <c r="B9" t="s">
+        <v>663</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>664</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>665</v>
+      </c>
+      <c r="H9" t="s">
+        <v>666</v>
+      </c>
+      <c r="I9" t="s">
+        <v>638</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>667</v>
+      </c>
+      <c r="B2" t="s">
+        <v>668</v>
+      </c>
+      <c r="C2" t="s">
+        <v>669</v>
+      </c>
+      <c r="D2" t="s">
+        <v>670</v>
+      </c>
+      <c r="E2" t="s">
+        <v>559</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>671</v>
+      </c>
+      <c r="H2" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>667</v>
+      </c>
+      <c r="B3" t="s">
+        <v>673</v>
+      </c>
+      <c r="C3" t="s">
+        <v>674</v>
+      </c>
+      <c r="D3" t="s">
+        <v>675</v>
+      </c>
+      <c r="E3" t="s">
+        <v>676</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>677</v>
+      </c>
+      <c r="H3" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>667</v>
+      </c>
+      <c r="B4" t="s">
+        <v>679</v>
+      </c>
+      <c r="C4" t="s">
+        <v>680</v>
+      </c>
+      <c r="D4" t="s">
+        <v>681</v>
+      </c>
+      <c r="E4" t="s">
+        <v>682</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>683</v>
+      </c>
+      <c r="H4" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>667</v>
+      </c>
+      <c r="B5" t="s">
+        <v>685</v>
+      </c>
+      <c r="C5" t="s">
+        <v>686</v>
+      </c>
+      <c r="D5" t="s">
+        <v>687</v>
+      </c>
+      <c r="E5" t="s">
+        <v>688</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>689</v>
+      </c>
+      <c r="H5" t="s">
+        <v>690</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>