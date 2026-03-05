--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -39,51 +39,51 @@
     <sheet name="Export Guide usagers" r:id="rId7" sheetId="5"/>
     <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
     <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
     <sheet name="Export évènement de calendrier" r:id="rId10" sheetId="8"/>
     <sheet name="Export Avis et décisions de la " r:id="rId11" sheetId="9"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId12" sheetId="10"/>
     <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1252" uniqueCount="769">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1260" uniqueCount="774">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -420,50 +420,65 @@
     <t>https://www.has-sante.fr/jcms/c_1238318/fr/cancer-de-la-prostate-identification-des-facteurs-de-risque-et-pertinence-d-un-depistage-par-dosage-de-l-antigene-specifique-de-la-prostate-psa-de-populations-d-hommes-a-haut-risque</t>
   </si>
   <si>
     <t>c_1238318</t>
   </si>
   <si>
     <t>Le dépistage néonatal systématique de la mucovsicidose en France : état des lieux et perspectives après 5 ans de fonctionnement</t>
   </si>
   <si>
     <t>Le dépistage néonatal systématique de la mucovsicidose a été généralisé en France en 2002. Cinq ans après sa mise en oeuvre effective, la direction générale de la santé (DGS) a souhaité que la HAS évalue la qualité de ce dépistage en identifiant ses points forts et ses voies d’amélioration le cas échéant. Ce travail constitue un état des lieux du dépistage en cours (fonctionnement quotidien, difficultés potentielles rencontrées par les acteurs, résultats quantitatifs) et non pas une évaluation formelle, comparative du programme notamment du fait de l’absence de données suffisantes sur la période précédant le dépistage. Il constitue donc un préalable à la réalisation d’évaluations plus complètes de certains aspects du dépistage (opportunité du changement de test, fonctionnement des structures de prise en charge du dépistage…).</t>
   </si>
   <si>
     <t>28/01/2009 00:00:00</t>
   </si>
   <si>
     <t>06/04/2009 13:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_765713/fr/le-depistage-neonatal-systematique-de-la-mucovsicidose-en-france-etat-des-lieux-et-perspectives-apres-5-ans-de-fonctionnement</t>
   </si>
   <si>
     <t>c_765713</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome MYT1L</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome MYT1L. Il a été élaboré par le Centre de Référence constitutif « Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2026 08:34:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840763/fr/syndrome-myt1l</t>
+  </si>
+  <si>
+    <t>p_3840763</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Le syndrome de Stickler</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Stickler. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/01/2025 09:08:00</t>
   </si>
@@ -3020,463 +3035,463 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="B2" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="C2" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="D2" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="E2" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="H2" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="B2" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="H2" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="I2" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="J2" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="K2" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="L2" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="M2" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="N2" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="B3" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="H3" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="I3" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="J3" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="K3" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="B4" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="H4" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="I4" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="J4" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="K4" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="L4" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="M4" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="N4" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="B5" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="H5" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="I5" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="J5" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="K5" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="L5" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="B6" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="H6" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="I6" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="J6" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="K6" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="L6" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="M6" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="B7" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="H7" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="I7" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="J7" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="K7" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="B8" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="H8" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="I8" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="J8" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="K8" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="B9" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="H9" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="I9" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="J9" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="K9" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="B10" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="H10" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="I10" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="J10" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="K10" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3535,51 +3550,51 @@
       </c>
       <c r="D3" t="s">
         <v>122</v>
       </c>
       <c r="E3" t="s">
         <v>123</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>124</v>
       </c>
       <c r="H3" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H54"/>
+  <dimension ref="A1:H55"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3656,77 +3671,77 @@
       </c>
       <c r="E4" t="s">
         <v>139</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>140</v>
       </c>
       <c r="H4" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>126</v>
       </c>
       <c r="B5" t="s">
         <v>142</v>
       </c>
       <c r="C5" t="s">
         <v>143</v>
       </c>
       <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>144</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>145</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>126</v>
       </c>
       <c r="B6" t="s">
+        <v>147</v>
+      </c>
+      <c r="C6" t="s">
         <v>148</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E6" t="s">
         <v>150</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>151</v>
       </c>
       <c r="H6" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>126</v>
       </c>
       <c r="B7" t="s">
         <v>153</v>
       </c>
       <c r="C7" t="s">
         <v>154</v>
       </c>
       <c r="D7" t="s">
@@ -3760,129 +3775,129 @@
       </c>
       <c r="E8" t="s">
         <v>160</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
         <v>161</v>
       </c>
       <c r="H8" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>126</v>
       </c>
       <c r="B9" t="s">
         <v>163</v>
       </c>
       <c r="C9" t="s">
         <v>164</v>
       </c>
       <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
         <v>165</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
         <v>166</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>126</v>
       </c>
       <c r="B10" t="s">
+        <v>168</v>
+      </c>
+      <c r="C10" t="s">
         <v>169</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>171</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
         <v>172</v>
       </c>
       <c r="H10" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>126</v>
       </c>
       <c r="B11" t="s">
         <v>174</v>
       </c>
       <c r="C11" t="s">
         <v>175</v>
       </c>
       <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
         <v>176</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
         <v>177</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>126</v>
       </c>
       <c r="B12" t="s">
+        <v>179</v>
+      </c>
+      <c r="C12" t="s">
         <v>180</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>182</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
         <v>183</v>
       </c>
       <c r="H12" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>126</v>
       </c>
       <c r="B13" t="s">
         <v>185</v>
       </c>
       <c r="C13" t="s">
         <v>186</v>
       </c>
       <c r="D13" t="s">
@@ -3919,103 +3934,103 @@
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
         <v>193</v>
       </c>
       <c r="H14" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>126</v>
       </c>
       <c r="B15" t="s">
         <v>195</v>
       </c>
       <c r="C15" t="s">
         <v>196</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>126</v>
       </c>
       <c r="B16" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C16" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H16" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>126</v>
       </c>
       <c r="B17" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C17" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
         <v>206</v>
       </c>
       <c r="H17" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>126</v>
       </c>
       <c r="B18" t="s">
         <v>208</v>
       </c>
       <c r="C18" t="s">
         <v>209</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
@@ -4153,77 +4168,77 @@
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
         <v>236</v>
       </c>
       <c r="H23" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>126</v>
       </c>
       <c r="B24" t="s">
         <v>238</v>
       </c>
       <c r="C24" t="s">
         <v>239</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H24" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>126</v>
       </c>
       <c r="B25" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C25" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
         <v>245</v>
       </c>
       <c r="H25" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>126</v>
       </c>
       <c r="B26" t="s">
         <v>247</v>
       </c>
       <c r="C26" t="s">
         <v>248</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
@@ -4257,207 +4272,207 @@
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
         <v>255</v>
       </c>
       <c r="H27" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>126</v>
       </c>
       <c r="B28" t="s">
         <v>257</v>
       </c>
       <c r="C28" t="s">
         <v>258</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H28" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>126</v>
       </c>
       <c r="B29" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C29" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
         <v>264</v>
       </c>
       <c r="H29" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>126</v>
       </c>
       <c r="B30" t="s">
         <v>266</v>
       </c>
       <c r="C30" t="s">
         <v>267</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H30" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>126</v>
       </c>
       <c r="B31" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C31" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
         <v>273</v>
       </c>
       <c r="H31" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>126</v>
       </c>
       <c r="B32" t="s">
         <v>275</v>
       </c>
       <c r="C32" t="s">
         <v>276</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H32" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>126</v>
       </c>
       <c r="B33" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C33" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="H33" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>126</v>
       </c>
       <c r="B34" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C34" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
         <v>286</v>
       </c>
       <c r="H34" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>126</v>
       </c>
       <c r="B35" t="s">
         <v>288</v>
       </c>
       <c r="C35" t="s">
         <v>289</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
@@ -4566,77 +4581,77 @@
       </c>
       <c r="E39" t="s">
         <v>310</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
         <v>311</v>
       </c>
       <c r="H39" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>126</v>
       </c>
       <c r="B40" t="s">
         <v>313</v>
       </c>
       <c r="C40" t="s">
         <v>314</v>
       </c>
       <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
         <v>315</v>
       </c>
-      <c r="E40" t="s">
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
         <v>316</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="H40" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>126</v>
       </c>
       <c r="B41" t="s">
+        <v>318</v>
+      </c>
+      <c r="C41" t="s">
         <v>319</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E41" t="s">
         <v>321</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
         <v>322</v>
       </c>
       <c r="H41" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>126</v>
       </c>
       <c r="B42" t="s">
         <v>324</v>
       </c>
       <c r="C42" t="s">
         <v>325</v>
       </c>
       <c r="D42" t="s">
@@ -4771,106 +4786,106 @@
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
         <v>351</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" t="s">
         <v>352</v>
       </c>
       <c r="H47" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>126</v>
       </c>
       <c r="B48" t="s">
         <v>354</v>
       </c>
       <c r="C48" t="s">
-        <v>12</v>
+        <v>355</v>
       </c>
       <c r="D48" t="s">
-        <v>355</v>
+        <v>12</v>
       </c>
       <c r="E48" t="s">
         <v>356</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48" t="s">
         <v>357</v>
       </c>
       <c r="H48" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>126</v>
       </c>
       <c r="B49" t="s">
         <v>359</v>
       </c>
       <c r="C49" t="s">
         <v>12</v>
       </c>
       <c r="D49" t="s">
         <v>360</v>
       </c>
       <c r="E49" t="s">
         <v>361</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" t="s">
         <v>362</v>
       </c>
       <c r="H49" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>126</v>
       </c>
       <c r="B50" t="s">
         <v>364</v>
       </c>
       <c r="C50" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E50" t="s">
         <v>366</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50" t="s">
         <v>367</v>
       </c>
       <c r="H50" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>126</v>
       </c>
       <c r="B51" t="s">
         <v>369</v>
       </c>
       <c r="C51" t="s">
         <v>370</v>
       </c>
       <c r="D51" t="s">
@@ -4904,1729 +4919,1755 @@
       </c>
       <c r="E52" t="s">
         <v>376</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52" t="s">
         <v>377</v>
       </c>
       <c r="H52" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>126</v>
       </c>
       <c r="B53" t="s">
         <v>379</v>
       </c>
       <c r="C53" t="s">
         <v>380</v>
       </c>
       <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
         <v>381</v>
       </c>
-      <c r="E53" t="s">
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
         <v>382</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="H53" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>126</v>
       </c>
       <c r="B54" t="s">
+        <v>384</v>
+      </c>
+      <c r="C54" t="s">
         <v>385</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>386</v>
       </c>
-      <c r="D54" t="s">
+      <c r="E54" t="s">
         <v>387</v>
       </c>
-      <c r="E54" t="s">
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
         <v>388</v>
       </c>
-      <c r="F54" t="s">
-[...2 lines deleted...]
-      <c r="G54" t="s">
+      <c r="H54" t="s">
         <v>389</v>
       </c>
-      <c r="H54" t="s">
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>126</v>
+      </c>
+      <c r="B55" t="s">
         <v>390</v>
+      </c>
+      <c r="C55" t="s">
+        <v>391</v>
+      </c>
+      <c r="D55" t="s">
+        <v>392</v>
+      </c>
+      <c r="E55" t="s">
+        <v>393</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>394</v>
+      </c>
+      <c r="H55" t="s">
+        <v>395</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B2" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C2" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="D2" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="E2" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="H2" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B3" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="C3" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="D3" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="E3" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="H3" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="C4" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="D4" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="E4" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="H4" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B5" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="C5" t="s">
+        <v>416</v>
+      </c>
+      <c r="D5" t="s">
         <v>411</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="H5" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B6" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="C6" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="D6" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="E6" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="H6" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B7" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="C7" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="D7" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="E7" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="H7" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B8" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="C8" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="D8" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="E8" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="H8" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B9" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="C9" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="D9" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="E9" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="H9" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B10" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="C10" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="D10" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="E10" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="H10" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B11" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="C11" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="D11" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="E11" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="H11" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B12" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="C12" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="D12" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="E12" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="H12" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B13" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="C13" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="D13" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="E13" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="H13" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B14" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="C14" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="D14" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="E14" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="H14" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B15" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="C15" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="D15" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="E15" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="H15" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B16" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="C16" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="D16" t="s">
         <v>122</v>
       </c>
       <c r="E16" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="H16" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B17" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="C17" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="D17" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="E17" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="H17" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B18" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="C18" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="D18" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="E18" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="H18" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B19" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="C19" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="D19" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="E19" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="H19" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B20" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="C20" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="D20" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="E20" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="H20" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B21" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="C21" t="s">
+        <v>508</v>
+      </c>
+      <c r="D21" t="s">
         <v>503</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="H21" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B22" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="C22" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="D22" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="E22" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="H22" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B23" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="C23" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="D23" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="E23" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="H23" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B24" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="C24" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="D24" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="E24" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="H24" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B25" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="C25" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="D25" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="E25" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="H25" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B26" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="C26" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="D26" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="E26" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="H26" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B27" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="C27" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="D27" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="E27" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="H27" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B28" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="C28" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="D28" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="E28" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="H28" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B29" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="C29" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="D29" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="E29" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="H29" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="B2" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="C2" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="D2" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="E2" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="H2" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="B2" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="C2" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="H2" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="B3" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="C3" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="H3" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="B2" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="C2" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="D2" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="E2" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="H2" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="B3" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="C3" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="D3" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="E3" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="H3" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="B4" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="C4" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="D4" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="E4" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="H4" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="B5" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="C5" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="D5" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="E5" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="H5" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="B6" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="C6" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="D6" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="E6" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="H6" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="B7" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="C7" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="D7" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="E7" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="H7" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="B8" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="C8" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="H8" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="B9" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="C9" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="D9" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="E9" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="H9" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="B10" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="C10" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="D10" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="E10" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="H10" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="B11" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="C11" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="D11" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="E11" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="H11" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="B2" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="H2" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="I2" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="B3" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="H3" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="I3" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="B4" t="s">
+        <v>648</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>649</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>650</v>
+      </c>
+      <c r="H4" t="s">
+        <v>651</v>
+      </c>
+      <c r="I4" t="s">
         <v>643</v>
-      </c>
-[...19 lines deleted...]
-        <v>638</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="B5" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="H5" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="I5" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="B6" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="H6" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="I6" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="B7" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="H7" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="I7" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="B8" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="H8" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="I8" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="B9" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="H9" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="I9" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="B2" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="C2" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="D2" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="E2" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="H2" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="B3" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="C3" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="D3" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="E3" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="H3" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="B4" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="C4" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="D4" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="E4" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="H4" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="B5" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="C5" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
       <c r="D5" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="E5" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="H5" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>