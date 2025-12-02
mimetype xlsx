--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -1,351 +1,1109 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="119">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/12/2019 11:28:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Syndrome de Dravet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
+  </si>
+  <si>
+    <t>p_3293892</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983534/en/zonegran-n/r/-zonisamide</t>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Prise en charge des épilepsies partielles pharmaco-résistantes</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes posées au jury : Qu’est-ce qu’une épilepsie partielle pharmaco-résistante ? Comment conduire le bilan d’une épilepsie partielle pharmaco-résistante ? Quels sont les critères d’éligibilité à un traitement chirurgical ? Quelle prise en charge médicale et médico-sociale pour les épilepsies partielles pharmaco-résistantes ? Comment informer et éduquer les patients atteints d’épilepsie partielle pharmaco-résistante ? Comment évaluer leur qualité de vie ? Quelle organisation de soins proposer pour améliorer la qualité de leur prise en charge ? De quelles données médico-économiques dispose-t-on ?</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272300/fr/prise-en-charge-des-epilepsies-partielles-pharmaco-resistantes</t>
+  </si>
+  <si>
+    <t>c_272300</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ZONISAMIDE NEURAXPHARM (zonisamide)</t>
+  </si>
+  <si>
+    <t>27/04/2023 17:03:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431514/fr/zonisamide-neuraxpharm-zonisamide</t>
+  </si>
+  <si>
+    <t>p_3431514</t>
+  </si>
+  <si>
+    <t>zonisamide</t>
+  </si>
+  <si>
+    <t>NEURAXPHARM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430185/fr/zonisamide-neuraxpharm-zonisamide-epilepsie</t>
+  </si>
+  <si>
+    <t>ZONEGRAN (zonisamide)</t>
+  </si>
+  <si>
+    <t>12/09/2017 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983534/fr/zonegran-zonisamide</t>
   </si>
   <si>
     <t>pprd_2983534</t>
   </si>
   <si>
-    <t>zonisamide</t>
-[...1 lines deleted...]
-  <si>
     <t>EISAI SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400752/en/zonegran-zonisamide</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2792315/en/zonegran-zonisamide</t>
+    <t>https://www.has-sante.fr/jcms/c_400752/fr/zonegran-zonisamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761866/fr/zonegran-zonisamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011660/fr/zonegran-zonisamide-antiepileptique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030374/fr/zonegran-zonisamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792315/fr/zonegran-zonisamide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>52</v>
+      </c>
+      <c r="H10" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>54</v>
+      </c>
+      <c r="C11" t="s">
+        <v>55</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>59</v>
+      </c>
+      <c r="C12" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>62</v>
+      </c>
+      <c r="H12" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>64</v>
+      </c>
+      <c r="C13" t="s">
+        <v>65</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>61</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>66</v>
+      </c>
+      <c r="H13" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>68</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>74</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D3" t="s">
+        <v>77</v>
+      </c>
+      <c r="E3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>79</v>
+      </c>
+      <c r="H3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>68</v>
+      </c>
+      <c r="B4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C4" t="s">
+        <v>82</v>
+      </c>
+      <c r="D4" t="s">
+        <v>83</v>
+      </c>
+      <c r="E4" t="s">
+        <v>84</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>85</v>
+      </c>
+      <c r="H4" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>68</v>
+      </c>
+      <c r="B5" t="s">
+        <v>87</v>
+      </c>
+      <c r="C5" t="s">
+        <v>88</v>
+      </c>
+      <c r="D5" t="s">
+        <v>83</v>
+      </c>
+      <c r="E5" t="s">
+        <v>89</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>90</v>
+      </c>
+      <c r="H5" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>68</v>
+      </c>
+      <c r="B6" t="s">
+        <v>92</v>
+      </c>
+      <c r="C6" t="s">
+        <v>93</v>
+      </c>
+      <c r="D6" t="s">
+        <v>94</v>
+      </c>
+      <c r="E6" t="s">
+        <v>95</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>96</v>
+      </c>
+      <c r="H6" t="s">
+        <v>97</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>98</v>
+      </c>
+      <c r="J1" t="s">
+        <v>99</v>
+      </c>
+      <c r="K1" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>104</v>
+      </c>
+      <c r="H2" t="s">
+        <v>105</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>106</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>107</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-        <v>30</v>
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B3" t="s">
+        <v>109</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>111</v>
+      </c>
+      <c r="H3" t="s">
+        <v>112</v>
+      </c>
+      <c r="I3" t="s">
+        <v>106</v>
+      </c>
+      <c r="J3" t="s">
+        <v>113</v>
+      </c>
+      <c r="K3" t="s">
+        <v>114</v>
+      </c>
+      <c r="L3" t="s">
+        <v>115</v>
+      </c>
+      <c r="M3" t="s">
+        <v>116</v>
+      </c>
+      <c r="N3" t="s">
+        <v>117</v>
+      </c>
+      <c r="O3" t="s">
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>