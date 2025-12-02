--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,59 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3792" uniqueCount="1538">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12125" uniqueCount="4599">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -4623,96 +4632,9279 @@
     <t>08/11/2016 11:36:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713241/fr/docteur-xavier-causse</t>
   </si>
   <si>
     <t>c_2713241</t>
   </si>
   <si>
     <t>CAUSSE</t>
   </si>
   <si>
     <t>Docteur Benjamin ROUSSEL</t>
   </si>
   <si>
     <t>08/11/2016 11:36:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713254/fr/docteur-benjamin-roussel</t>
   </si>
   <si>
     <t>c_2713254</t>
   </si>
   <si>
     <t>ROUSSEL</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>MAFPA LA MAISON D'ODETTE</t>
+  </si>
+  <si>
+    <t>30/11/2025 05:04:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14953_FicheESSMS/fr/mafpa-la-maison-d-odette</t>
+  </si>
+  <si>
+    <t>14953_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Mathias Dardouillet</t>
+  </si>
+  <si>
+    <t>41700 CHEMERY</t>
+  </si>
+  <si>
+    <t>CHEMERY</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>410007538</t>
+  </si>
+  <si>
+    <t>LVA "LES BRUYERES</t>
+  </si>
+  <si>
+    <t>12/11/2025 16:17:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14664_FicheESSMS/fr/lva-les-bruyeres</t>
+  </si>
+  <si>
+    <t>14664_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Route Des Bryueres</t>
+  </si>
+  <si>
+    <t>18310 GRACAY</t>
+  </si>
+  <si>
+    <t>GRACAY</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>180010324</t>
+  </si>
+  <si>
+    <t>RESIDENCE HABITAT JEUNES CH. BRENNUS</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:27:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14530_FicheESSMS/fr/residence-habitat-jeunes-ch-brennus</t>
+  </si>
+  <si>
+    <t>14530_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Anatole France</t>
+  </si>
+  <si>
+    <t>28200 CHATEAUDUN</t>
+  </si>
+  <si>
+    <t>CHATEAUDUN</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>280502634</t>
+  </si>
+  <si>
+    <t>ESAT JEAN MURIEL</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:28:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14587_FicheESSMS/fr/esat-jean-muriel</t>
+  </si>
+  <si>
+    <t>14587_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41360 LUNAY</t>
+  </si>
+  <si>
+    <t>LUNAY</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>410003966</t>
+  </si>
+  <si>
+    <t>EANM APF FRANCE HANDICAP</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:29:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14595_FicheESSMS/fr/eanm-apf-france-handicap</t>
+  </si>
+  <si>
+    <t>14595_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Debourienne</t>
+  </si>
+  <si>
+    <t>45210 FERRIERES EN GATINAIS</t>
+  </si>
+  <si>
+    <t>FERRIERES EN GATINAIS</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>450004114</t>
+  </si>
+  <si>
+    <t>CHRS IMANIS - PITHIVIERS/MONTARGIS</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:29:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14596_FicheESSMS/fr/chrs-imanis-pithiviers/montargis</t>
+  </si>
+  <si>
+    <t>14596_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Emile Decourt</t>
+  </si>
+  <si>
+    <t>45200 MONTARGIS</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>450024013</t>
+  </si>
+  <si>
+    <t>SAAD LA COLOMBE 45 SAINT JEAN DE BRAYE</t>
+  </si>
+  <si>
+    <t>21/09/2025 16:16:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13473_FicheESSMS/fr/saad-la-colombe-45-saint-jean-de-braye</t>
+  </si>
+  <si>
+    <t>13473_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Rue Planche De Pierre</t>
+  </si>
+  <si>
+    <t>45800 ST JEAN DE BRAYE</t>
+  </si>
+  <si>
+    <t>ST JEAN DE BRAYE</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>450023817</t>
+  </si>
+  <si>
+    <t>EHPAD CLAUDE DE FRANCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/42_FicheESSMS/fr/ehpad-claude-de-france</t>
+  </si>
+  <si>
+    <t>42_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41120 CHAILLES</t>
+  </si>
+  <si>
+    <t>CHAILLES</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>410005193</t>
+  </si>
+  <si>
+    <t>SERVICE ACCOMPAGNEMENT VIE SOCIALE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/35_FicheESSMS/fr/service-accompagnement-vie-sociale</t>
+  </si>
+  <si>
+    <t>35_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Impasse Saint Exupery</t>
+  </si>
+  <si>
+    <t>37500 CHINON</t>
+  </si>
+  <si>
+    <t>CHINON</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>370011371</t>
+  </si>
+  <si>
+    <t>EANM LA SABLONNIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/30_FicheESSMS/fr/eanm-la-sablonniere</t>
+  </si>
+  <si>
+    <t>30_FicheESSMS</t>
+  </si>
+  <si>
+    <t>220 Rue De La Gare</t>
+  </si>
+  <si>
+    <t>45760 MARIGNY LES USAGES</t>
+  </si>
+  <si>
+    <t>MARIGNY LES USAGES</t>
+  </si>
+  <si>
+    <t>450003900</t>
+  </si>
+  <si>
+    <t>EAM LE PETIT CORMIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/29_FicheESSMS/fr/eam-le-petit-cormier</t>
+  </si>
+  <si>
+    <t>29_FicheESSMS</t>
+  </si>
+  <si>
+    <t>65 Avenue De Verdun</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>450018601</t>
+  </si>
+  <si>
+    <t>EHPAD LA RESIDENCE DES TOURELLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/195_FicheESSMS/fr/ehpad-la-residence-des-tourelles</t>
+  </si>
+  <si>
+    <t>195_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Du Mail</t>
+  </si>
+  <si>
+    <t>41500 ST DYE SUR LOIRE</t>
+  </si>
+  <si>
+    <t>ST DYE SUR LOIRE</t>
+  </si>
+  <si>
+    <t>410005045</t>
+  </si>
+  <si>
+    <t>SAF - ADSEA28</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/466_FicheESSMS/fr/saf-adsea28</t>
+  </si>
+  <si>
+    <t>466_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Jean Rostand</t>
+  </si>
+  <si>
+    <t>28300 MAINVILLIERS</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Centre Placement Familial Socio-Educatif (C.P.F.S.E.)</t>
+  </si>
+  <si>
+    <t>280500422</t>
+  </si>
+  <si>
+    <t>EHPAD LES COTEAUX DE ST MATHIEU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/558_FicheESSMS/fr/ehpad-les-coteaux-de-st-mathieu</t>
+  </si>
+  <si>
+    <t>558_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Allée Des Soufflets</t>
+  </si>
+  <si>
+    <t>28320 GALLARDON</t>
+  </si>
+  <si>
+    <t>GALLARDON</t>
+  </si>
+  <si>
+    <t>280002155</t>
+  </si>
+  <si>
+    <t>ESAT LES CEDRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/552_FicheESSMS/fr/esat-les-cedres</t>
+  </si>
+  <si>
+    <t>552_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45303 PITHIVIERS</t>
+  </si>
+  <si>
+    <t>PITHIVIERS</t>
+  </si>
+  <si>
+    <t>450008347</t>
+  </si>
+  <si>
+    <t>EHPAD LES GROUSSINS CH CHINONAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/560_FicheESSMS/fr/ehpad-les-groussins-ch-chinonais</t>
+  </si>
+  <si>
+    <t>560_FicheESSMS</t>
+  </si>
+  <si>
+    <t>370000556</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN LE SAINTIER (EX LILARDIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/706_FicheESSMS/fr/ehpad-korian-le-saintier-ex-lilardier</t>
+  </si>
+  <si>
+    <t>706_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Avenue Pierre Et Marie Curie</t>
+  </si>
+  <si>
+    <t>450007703</t>
+  </si>
+  <si>
+    <t>SERVICE ''AJM'' - ADSEA 28</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/758_FicheESSMS/fr/service-ajm-adsea-28</t>
+  </si>
+  <si>
+    <t>758_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Boulevard Clemenceau</t>
+  </si>
+  <si>
+    <t>28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>280008954</t>
+  </si>
+  <si>
+    <t>EAM ANAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/797_FicheESSMS/fr/eam-anais</t>
+  </si>
+  <si>
+    <t>797_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Rue De La Foret</t>
+  </si>
+  <si>
+    <t>45400 FLEURY LES AUBRAIS</t>
+  </si>
+  <si>
+    <t>FLEURY LES AUBRAIS</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>450018833</t>
+  </si>
+  <si>
+    <t>ESAT ANAIS DE CHARTRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/791_FicheESSMS/fr/esat-anais-de-chartres</t>
+  </si>
+  <si>
+    <t>791_FicheESSMS</t>
+  </si>
+  <si>
+    <t>280506171</t>
+  </si>
+  <si>
+    <t>EHPAD LE CLOS D EMISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/805_FicheESSMS/fr/ehpad-le-clos-d-emise</t>
+  </si>
+  <si>
+    <t>805_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Du Grand Clos</t>
+  </si>
+  <si>
+    <t>41300 SELLES ST DENIS</t>
+  </si>
+  <si>
+    <t>SELLES ST DENIS</t>
+  </si>
+  <si>
+    <t>410004881</t>
+  </si>
+  <si>
+    <t>CENTRE D'HEBERGEMENT TEMPORAIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/890_FicheESSMS/fr/centre-d-hebergement-temporaire</t>
+  </si>
+  <si>
+    <t>890_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Alain Gerbault</t>
+  </si>
+  <si>
+    <t>41000 BLOIS</t>
+  </si>
+  <si>
+    <t>Etablissement d'Accueil Mère-Enfant</t>
+  </si>
+  <si>
+    <t>410009476</t>
+  </si>
+  <si>
+    <t>MAISON RELAIS JEUNES (MRJ) - ASLD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1099_FicheESSMS/fr/maison-relais-jeunes-mrj-asld</t>
+  </si>
+  <si>
+    <t>1099_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Avenue De Verdun</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>410009468</t>
+  </si>
+  <si>
+    <t>EANM LES CEDRES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1191_FicheESSMS/fr/eanm-les-cedres</t>
+  </si>
+  <si>
+    <t>1191_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45300 PITHIVIERS LE VIEIL</t>
+  </si>
+  <si>
+    <t>PITHIVIERS LE VIEIL</t>
+  </si>
+  <si>
+    <t>450002928</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1190_FicheESSMS/fr/eanm-les-cedres</t>
+  </si>
+  <si>
+    <t>1190_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Avenue De La Republique</t>
+  </si>
+  <si>
+    <t>45300 PITHIVIERS</t>
+  </si>
+  <si>
+    <t>450009238</t>
+  </si>
+  <si>
+    <t>SAVS LES CEDRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1189_FicheESSMS/fr/savs-les-cedres</t>
+  </si>
+  <si>
+    <t>1189_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Square Ashby De La Zouch</t>
+  </si>
+  <si>
+    <t>450011879</t>
+  </si>
+  <si>
+    <t>CAMSP DE CLOCHEVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1200_FicheESSMS/fr/camsp-de-clocheville</t>
+  </si>
+  <si>
+    <t>1200_FicheESSMS</t>
+  </si>
+  <si>
+    <t>49 Boulevard Beranger</t>
+  </si>
+  <si>
+    <t>37044 TOURS CEDEX 9</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>370005548</t>
+  </si>
+  <si>
+    <t>EHPAD SABLONNIERES DU CH DE STE MAURE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1199_FicheESSMS/fr/ehpad-sablonnieres-du-ch-de-ste-maure</t>
+  </si>
+  <si>
+    <t>1199_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37800 STE MAURE DE TOURAINE</t>
+  </si>
+  <si>
+    <t>STE MAURE DE TOURAINE</t>
+  </si>
+  <si>
+    <t>370004319</t>
+  </si>
+  <si>
+    <t>MARPA SAINTE ROSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1262_FicheESSMS/fr/marpa-sainte-rose</t>
+  </si>
+  <si>
+    <t>1262_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Impasse Des Daciers</t>
+  </si>
+  <si>
+    <t>45320 ERVAUVILLE</t>
+  </si>
+  <si>
+    <t>ERVAUVILLE</t>
+  </si>
+  <si>
+    <t>450006028</t>
+  </si>
+  <si>
+    <t>SESSAD RATTACHE A L'IME LE BLANC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1306_FicheESSMS/fr/sessad-rattache-a-l-ime-le-blanc</t>
+  </si>
+  <si>
+    <t>1306_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Blaise Pascal</t>
+  </si>
+  <si>
+    <t>36300 LE BLANC</t>
+  </si>
+  <si>
+    <t>LE BLANC</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>360007363</t>
+  </si>
+  <si>
+    <t>EHPAD POLE SENIOR POLE SANTE SUD 37</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1324_FicheESSMS/fr/ehpad-pole-senior-pole-sante-sud-37</t>
+  </si>
+  <si>
+    <t>1324_FicheESSMS</t>
+  </si>
+  <si>
+    <t>90 Avenue Du Gen De Gaulle</t>
+  </si>
+  <si>
+    <t>370000705</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL DU BLANC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1336_FicheESSMS/fr/foyer-occupationnel-du-blanc</t>
+  </si>
+  <si>
+    <t>1336_FicheESSMS</t>
+  </si>
+  <si>
+    <t>69 Rue Ruffec</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>360005920</t>
+  </si>
+  <si>
+    <t>FAM SAINT-EXUPERY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1353_FicheESSMS/fr/fam-saint-exupery</t>
+  </si>
+  <si>
+    <t>1353_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Saint-Exupery</t>
+  </si>
+  <si>
+    <t>28300 LEVES</t>
+  </si>
+  <si>
+    <t>LEVES</t>
+  </si>
+  <si>
+    <t>280007469</t>
+  </si>
+  <si>
+    <t>EHPAD PICS VERTS MIMOSAS MAGNOLIAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1496_FicheESSMS/fr/ehpad-pics-verts-mimosas-magnolias</t>
+  </si>
+  <si>
+    <t>1496_FicheESSMS</t>
+  </si>
+  <si>
+    <t>96 Rue Des Capucins</t>
+  </si>
+  <si>
+    <t>41200 ROMORANTIN LANTHENAY</t>
+  </si>
+  <si>
+    <t>ROMORANTIN LANTHENAY</t>
+  </si>
+  <si>
+    <t>410005565</t>
+  </si>
+  <si>
+    <t>EHPAD DES PRES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1520_FicheESSMS/fr/ehpad-des-pres</t>
+  </si>
+  <si>
+    <t>1520_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Marechal Joffre</t>
+  </si>
+  <si>
+    <t>45360 CHATILLON SUR LOIRE</t>
+  </si>
+  <si>
+    <t>CHATILLON SUR LOIRE</t>
+  </si>
+  <si>
+    <t>450002118</t>
+  </si>
+  <si>
+    <t>SCE MNA - ASSO ENTRAIDE ET SOLIDARITES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1797_FicheESSMS/fr/sce-mna-asso-entraide-et-solidarites</t>
+  </si>
+  <si>
+    <t>1797_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Avenue Gustave Eiffel</t>
+  </si>
+  <si>
+    <t>37100 TOURS</t>
+  </si>
+  <si>
+    <t>370016156</t>
+  </si>
+  <si>
+    <t>LHSS ENTRAIDE ET SOLIDARITES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1795_FicheESSMS/fr/lhss-entraide-et-solidarites</t>
+  </si>
+  <si>
+    <t>1795_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue De La Chambrerie</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>370008138</t>
+  </si>
+  <si>
+    <t>EHPAD DE LA FORET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1805_FicheESSMS/fr/ehpad-de-la-foret</t>
+  </si>
+  <si>
+    <t>1805_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1301 Rue De La Foret</t>
+  </si>
+  <si>
+    <t>41110 ST AIGNAN</t>
+  </si>
+  <si>
+    <t>ST AIGNAN</t>
+  </si>
+  <si>
+    <t>410004345</t>
+  </si>
+  <si>
+    <t>EHPAD LOUR PICOU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2528_FicheESSMS/fr/ehpad-lour-picou</t>
+  </si>
+  <si>
+    <t>2528_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48 Avenue De Vendome</t>
+  </si>
+  <si>
+    <t>45190 BEAUGENCY</t>
+  </si>
+  <si>
+    <t>BEAUGENCY</t>
+  </si>
+  <si>
+    <t>450009485</t>
+  </si>
+  <si>
+    <t>CAMSP LES P'TITS FORESTINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2874_FicheESSMS/fr/camsp-les-p-tits-forestins</t>
+  </si>
+  <si>
+    <t>2874_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Marguerite Audoux</t>
+  </si>
+  <si>
+    <t>18000 BOURGES</t>
+  </si>
+  <si>
+    <t>180004475</t>
+  </si>
+  <si>
+    <t>CADA COALLIA TOURS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2947_FicheESSMS/fr/cada-coallia-tours</t>
+  </si>
+  <si>
+    <t>2947_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue De La Bergeonnerie</t>
+  </si>
+  <si>
+    <t>37204 TOURS CEDEX 3</t>
+  </si>
+  <si>
+    <t>TOURS CEDEX 3</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>370003808</t>
+  </si>
+  <si>
+    <t>CADA SAINT FRANÇOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2954_FicheESSMS/fr/cada-saint-francois</t>
+  </si>
+  <si>
+    <t>2954_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Boulevard Georges Clemenceau</t>
+  </si>
+  <si>
+    <t>180008856</t>
+  </si>
+  <si>
+    <t>CADA FTDA - BLOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4932_FicheESSMS/fr/cada-ftda-blois</t>
+  </si>
+  <si>
+    <t>4932_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Avenue Du Marechal Maunoury</t>
+  </si>
+  <si>
+    <t>410001549</t>
+  </si>
+  <si>
+    <t>EHPAD LEOPOLD BELLAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/38_FicheESSMS/fr/ehpad-leopold-bellan</t>
+  </si>
+  <si>
+    <t>38_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Francois Hardouin</t>
+  </si>
+  <si>
+    <t>37081 TOURS CEDEX 2</t>
+  </si>
+  <si>
+    <t>TOURS CEDEX 2</t>
+  </si>
+  <si>
+    <t>370005209</t>
+  </si>
+  <si>
+    <t>ESAT LEOPOLD BELLAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/34_FicheESSMS/fr/esat-leopold-bellan</t>
+  </si>
+  <si>
+    <t>34_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Roland Pilain</t>
+  </si>
+  <si>
+    <t>370004137</t>
+  </si>
+  <si>
+    <t>CENTRE HABITAT SAJ ET FAS L. BELLAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/33_FicheESSMS/fr/centre-habitat-saj-et-fas-l-bellan</t>
+  </si>
+  <si>
+    <t>33_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Du Velor</t>
+  </si>
+  <si>
+    <t>37420 BEAUMONT EN VERON</t>
+  </si>
+  <si>
+    <t>BEAUMONT EN VERON</t>
+  </si>
+  <si>
+    <t>370004814</t>
+  </si>
+  <si>
+    <t>EHPAD LE VAL FLEURI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/66_FicheESSMS/fr/ehpad-le-val-fleuri</t>
+  </si>
+  <si>
+    <t>66_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue De La Bersiliere</t>
+  </si>
+  <si>
+    <t>41400 ST GEORGES SUR CHER</t>
+  </si>
+  <si>
+    <t>ST GEORGES SUR CHER</t>
+  </si>
+  <si>
+    <t>410005326</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL JEAN RODHAIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/154_FicheESSMS/fr/foyer-occupationnel-jean-rodhain</t>
+  </si>
+  <si>
+    <t>154_FicheESSMS</t>
+  </si>
+  <si>
+    <t>94 Rue Du Colombier</t>
+  </si>
+  <si>
+    <t>18230 ST DOULCHARD</t>
+  </si>
+  <si>
+    <t>180000465</t>
+  </si>
+  <si>
+    <t>ACT CITES CARITAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/151_FicheESSMS/fr/act-cites-caritas</t>
+  </si>
+  <si>
+    <t>151_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Allée D'Aveiro</t>
+  </si>
+  <si>
+    <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
+  </si>
+  <si>
+    <t>180009656</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE ET D'ACCUEIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/136_FicheESSMS/fr/lieu-de-vie-et-d-accueil</t>
+  </si>
+  <si>
+    <t>136_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Saint Georges</t>
+  </si>
+  <si>
+    <t>28240 LES CORVEES LES YYS</t>
+  </si>
+  <si>
+    <t>LES CORVEES LES YYS</t>
+  </si>
+  <si>
+    <t>280006255</t>
+  </si>
+  <si>
+    <t>EHPAD CHATEAU DES COTES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/166_FicheESSMS/fr/ehpad-chateau-des-cotes</t>
+  </si>
+  <si>
+    <t>166_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Avenue Langlois Bertrand</t>
+  </si>
+  <si>
+    <t>36800 ST GAULTIER</t>
+  </si>
+  <si>
+    <t>ST GAULTIER</t>
+  </si>
+  <si>
+    <t>360002034</t>
+  </si>
+  <si>
+    <t>EHPAD ANDRE GEORGES VOISIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/208_FicheESSMS/fr/ehpad-andre-georges-voisin</t>
+  </si>
+  <si>
+    <t>208_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Place De La Guebrie</t>
+  </si>
+  <si>
+    <t>37220 L ILE BOUCHARD</t>
+  </si>
+  <si>
+    <t>L ILE BOUCHARD</t>
+  </si>
+  <si>
+    <t>370101362</t>
+  </si>
+  <si>
+    <t>FV ANAIS D'AUBIGNY SUR NERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/298_FicheESSMS/fr/fv-anais-d-aubigny-sur-nere</t>
+  </si>
+  <si>
+    <t>298_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Andre Houssemaine</t>
+  </si>
+  <si>
+    <t>18700 AUBIGNY SUR NERE</t>
+  </si>
+  <si>
+    <t>AUBIGNY SUR NERE</t>
+  </si>
+  <si>
+    <t>180009144</t>
+  </si>
+  <si>
+    <t>ESAT ANAIS D'AUBIGNY SUR NERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/297_FicheESSMS/fr/esat-anais-d-aubigny-sur-nere</t>
+  </si>
+  <si>
+    <t>297_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Andre Houssemaine</t>
+  </si>
+  <si>
+    <t>180007692</t>
+  </si>
+  <si>
+    <t>EAM ANAIS D'AUBIGNY SUR NERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/296_FicheESSMS/fr/eam-anais-d-aubigny-sur-nere</t>
+  </si>
+  <si>
+    <t>296_FicheESSMS</t>
+  </si>
+  <si>
+    <t>180006611</t>
+  </si>
+  <si>
+    <t>FH ANAIS D'AUBIGNY SUR NERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/295_FicheESSMS/fr/fh-anais-d-aubigny-sur-nere</t>
+  </si>
+  <si>
+    <t>295_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Andre Houssemaine</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>180006595</t>
+  </si>
+  <si>
+    <t>ACT CORDIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/357_FicheESSMS/fr/act-cordia</t>
+  </si>
+  <si>
+    <t>357_FicheESSMS</t>
+  </si>
+  <si>
+    <t>75 Rue De Walvein</t>
+  </si>
+  <si>
+    <t>37000 TOURS</t>
+  </si>
+  <si>
+    <t>370006348</t>
+  </si>
+  <si>
+    <t>EHPAD LE CLOS MIGNOT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/470_FicheESSMS/fr/ehpad-le-clos-mignot</t>
+  </si>
+  <si>
+    <t>470_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Avenue Du Clos Mignot</t>
+  </si>
+  <si>
+    <t>37230 LUYNES</t>
+  </si>
+  <si>
+    <t>LUYNES</t>
+  </si>
+  <si>
+    <t>370000671</t>
+  </si>
+  <si>
+    <t>CENTRE ACCUEIL JOUR PERSONNES AGEES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/507_FicheESSMS/fr/centre-accueil-jour-personnes-agees</t>
+  </si>
+  <si>
+    <t>507_FicheESSMS</t>
+  </si>
+  <si>
+    <t>94 Rue Du Marechal Foch</t>
+  </si>
+  <si>
+    <t>45370 CLERY ST ANDRE</t>
+  </si>
+  <si>
+    <t>CLERY ST ANDRE</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>450005368</t>
+  </si>
+  <si>
+    <t>EHPAD LE LANGEOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/559_FicheESSMS/fr/ehpad-le-langeois</t>
+  </si>
+  <si>
+    <t>559_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Simone Veil</t>
+  </si>
+  <si>
+    <t>37130 LANGEAIS</t>
+  </si>
+  <si>
+    <t>LANGEAIS</t>
+  </si>
+  <si>
+    <t>370002388</t>
+  </si>
+  <si>
+    <t>EHPAD LES EPIS D OR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/551_FicheESSMS/fr/ehpad-les-epis-d-or</t>
+  </si>
+  <si>
+    <t>551_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Marin Galliot</t>
+  </si>
+  <si>
+    <t>41240 BEAUCE LA ROMAINE</t>
+  </si>
+  <si>
+    <t>BEAUCE LA ROMAINE</t>
+  </si>
+  <si>
+    <t>410005813</t>
+  </si>
+  <si>
+    <t>MAS DU CH DU CHINONAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/561_FicheESSMS/fr/mas-du-ch-du-chinonais</t>
+  </si>
+  <si>
+    <t>561_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37500 ST BENOIT LA FORET</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>370002602</t>
+  </si>
+  <si>
+    <t>EAM LES MORINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/581_FicheESSMS/fr/eam-les-morines</t>
+  </si>
+  <si>
+    <t>581_FicheESSMS</t>
+  </si>
+  <si>
+    <t>302 Rue Des Morines</t>
+  </si>
+  <si>
+    <t>41250 MONT PRES CHAMBORD</t>
+  </si>
+  <si>
+    <t>MONT PRES CHAMBORD</t>
+  </si>
+  <si>
+    <t>410008007</t>
+  </si>
+  <si>
+    <t>EHPAD PRIEURE DE SAINT LOUANS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/658_FicheESSMS/fr/ehpad-prieure-de-saint-louans</t>
+  </si>
+  <si>
+    <t>658_FicheESSMS</t>
+  </si>
+  <si>
+    <t>121 Rue Du Prieure St Louans</t>
+  </si>
+  <si>
+    <t>370005159</t>
+  </si>
+  <si>
+    <t>EHPAD LES MESANGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/710_FicheESSMS/fr/ehpad-les-mesanges</t>
+  </si>
+  <si>
+    <t>710_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Des Mees</t>
+  </si>
+  <si>
+    <t>41220 ST LAURENT NOUAN</t>
+  </si>
+  <si>
+    <t>ST LAURENT NOUAN</t>
+  </si>
+  <si>
+    <t>410005227</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN REINE BLANCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/708_FicheESSMS/fr/ehpad-korian-reine-blanche</t>
+  </si>
+  <si>
+    <t>708_FicheESSMS</t>
+  </si>
+  <si>
+    <t>851 Rue De La Vallee</t>
+  </si>
+  <si>
+    <t>45160 OLIVET</t>
+  </si>
+  <si>
+    <t>450012828</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE COURTELINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/769_FicheESSMS/fr/ehpad-residence-courteline</t>
+  </si>
+  <si>
+    <t>769_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Boulevard Preuilly</t>
+  </si>
+  <si>
+    <t>37042 TOURS CEDEX 1</t>
+  </si>
+  <si>
+    <t>TOURS CEDEX 1</t>
+  </si>
+  <si>
+    <t>370005191</t>
+  </si>
+  <si>
+    <t>ESAT ANAIS DE JOUE LES TOURS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/780_FicheESSMS/fr/esat-anais-de-joue-les-tours</t>
+  </si>
+  <si>
+    <t>780_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue De La Flottiere</t>
+  </si>
+  <si>
+    <t>37300 JOUE LES TOURS</t>
+  </si>
+  <si>
+    <t>JOUE LES TOURS</t>
+  </si>
+  <si>
+    <t>370011090</t>
+  </si>
+  <si>
+    <t>ESAT ANAIS DE METTRAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/779_FicheESSMS/fr/esat-anais-de-mettray</t>
+  </si>
+  <si>
+    <t>779_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37390 METTRAY</t>
+  </si>
+  <si>
+    <t>METTRAY</t>
+  </si>
+  <si>
+    <t>370103137</t>
+  </si>
+  <si>
+    <t>MAS ANAIS DE GASVILLE OISEME</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/798_FicheESSMS/fr/mas-anais-de-gasville-oiseme</t>
+  </si>
+  <si>
+    <t>798_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Rue De La Chesnaie</t>
+  </si>
+  <si>
+    <t>28300 GASVILLE OISEME</t>
+  </si>
+  <si>
+    <t>GASVILLE OISEME</t>
+  </si>
+  <si>
+    <t>280005489</t>
+  </si>
+  <si>
+    <t>SAESAT ANAIS DE METTRAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/796_FicheESSMS/fr/saesat-anais-de-mettray</t>
+  </si>
+  <si>
+    <t>796_FicheESSMS</t>
+  </si>
+  <si>
+    <t>370002529</t>
+  </si>
+  <si>
+    <t>ESAT ANAIS DE VERNOUILLET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/790_FicheESSMS/fr/esat-anais-de-vernouillet</t>
+  </si>
+  <si>
+    <t>790_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Thomas Edison</t>
+  </si>
+  <si>
+    <t>28500 VERNOUILLET</t>
+  </si>
+  <si>
+    <t>VERNOUILLET</t>
+  </si>
+  <si>
+    <t>280005950</t>
+  </si>
+  <si>
+    <t>ESAT ANAIS DE NOGENT LE ROTROU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/799_FicheESSMS/fr/esat-anais-de-nogent-le-rotrou</t>
+  </si>
+  <si>
+    <t>799_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Du Bois De L'Aumone</t>
+  </si>
+  <si>
+    <t>28400 NOGENT LE ROTROU</t>
+  </si>
+  <si>
+    <t>NOGENT LE ROTROU</t>
+  </si>
+  <si>
+    <t>280505314</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE SAINT MARTIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/873_FicheESSMS/fr/ehpad-residence-saint-martin</t>
+  </si>
+  <si>
+    <t>873_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue Jacques Prevert</t>
+  </si>
+  <si>
+    <t>45330 LE MALESHERBOIS</t>
+  </si>
+  <si>
+    <t>LE MALESHERBOIS</t>
+  </si>
+  <si>
+    <t>450001755</t>
+  </si>
+  <si>
+    <t>CHRS L'ASTROLABE - ASLD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/889_FicheESSMS/fr/chrs-l-astrolabe-asld</t>
+  </si>
+  <si>
+    <t>889_FicheESSMS</t>
+  </si>
+  <si>
+    <t>49 Rue Dumont D'Urville</t>
+  </si>
+  <si>
+    <t>410011324</t>
+  </si>
+  <si>
+    <t>CAARUD AIDES 37</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/999_FicheESSMS/fr/caarud-aides-37</t>
+  </si>
+  <si>
+    <t>999_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310 Rue D'Entraigues</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>370006298</t>
+  </si>
+  <si>
+    <t>ACT UN CHEZ SOI D'ABORD 37</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1014_FicheESSMS/fr/act-un-chez-soi-d-abord-37</t>
+  </si>
+  <si>
+    <t>1014_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De Lille</t>
+  </si>
+  <si>
+    <t>370015786</t>
+  </si>
+  <si>
+    <t>LHSS ASLD 41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1098_FicheESSMS/fr/lhss-asld-41</t>
+  </si>
+  <si>
+    <t>1098_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Avenue De Verdun</t>
+  </si>
+  <si>
+    <t>410008544</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE DES CEDRES (RESIDALYA)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1104_FicheESSMS/fr/ehpad-residence-des-cedres-residalya</t>
+  </si>
+  <si>
+    <t>1104_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Des Amandiers</t>
+  </si>
+  <si>
+    <t>410005128</t>
+  </si>
+  <si>
+    <t>EHPAD LES POMMERIS (RESIDALYA)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1103_FicheESSMS/fr/ehpad-les-pommeris-residalya</t>
+  </si>
+  <si>
+    <t>1103_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Route Des Pommeries</t>
+  </si>
+  <si>
+    <t>41400 VALLIERES LES GRANDES</t>
+  </si>
+  <si>
+    <t>VALLIERES LES GRANDES</t>
+  </si>
+  <si>
+    <t>410005441</t>
+  </si>
+  <si>
+    <t>ESRP LOUIS GATIGNON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1102_FicheESSMS/fr/esrp-louis-gatignon</t>
+  </si>
+  <si>
+    <t>1102_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18330 VOUZERON</t>
+  </si>
+  <si>
+    <t>VOUZERON</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Réadaptation Professionnelle</t>
+  </si>
+  <si>
+    <t>180004566</t>
+  </si>
+  <si>
+    <t>SAVS L'ENVOL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1169_FicheESSMS/fr/savs-l-envol</t>
+  </si>
+  <si>
+    <t>1169_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48 Boulevard De L'Industrie</t>
+  </si>
+  <si>
+    <t>180001539</t>
+  </si>
+  <si>
+    <t>C. H. R. S. "LATASTE"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1197_FicheESSMS/fr/c-h-r-s-lataste</t>
+  </si>
+  <si>
+    <t>1197_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Foyer Lataste</t>
+  </si>
+  <si>
+    <t>41500 MER</t>
+  </si>
+  <si>
+    <t>MER</t>
+  </si>
+  <si>
+    <t>410004022</t>
+  </si>
+  <si>
+    <t>FAM RESIDENCE ALGIRA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1246_FicheESSMS/fr/fam-residence-algira</t>
+  </si>
+  <si>
+    <t>1246_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36190 ORSENNES</t>
+  </si>
+  <si>
+    <t>ORSENNES</t>
+  </si>
+  <si>
+    <t>360004477</t>
+  </si>
+  <si>
+    <t>DAME LE BLANC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1307_FicheESSMS/fr/dame-le-blanc</t>
+  </si>
+  <si>
+    <t>1307_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>360002182</t>
+  </si>
+  <si>
+    <t>EHPAD LA CROIX PAPILLON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1327_FicheESSMS/fr/ehpad-la-croix-papillon</t>
+  </si>
+  <si>
+    <t>1327_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Avenue Eugene Hilarion</t>
+  </si>
+  <si>
+    <t>37370 ST CHRISTOPHE SUR LE NAIS</t>
+  </si>
+  <si>
+    <t>ST CHRISTOPHE SUR LE NAIS</t>
+  </si>
+  <si>
+    <t>370103350</t>
+  </si>
+  <si>
+    <t>RESIDENCE ISABELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1326_FicheESSMS/fr/residence-isabelle</t>
+  </si>
+  <si>
+    <t>1326_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Michelet</t>
+  </si>
+  <si>
+    <t>36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>360003461</t>
+  </si>
+  <si>
+    <t>RESIDENCE ST EXUPERY - SAVS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1349_FicheESSMS/fr/residence-st-exupery-savs</t>
+  </si>
+  <si>
+    <t>1349_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Saint Exupery</t>
+  </si>
+  <si>
+    <t>280504952</t>
+  </si>
+  <si>
+    <t>SAVS ATOUT BRENNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1338_FicheESSMS/fr/savs-atout-brenne</t>
+  </si>
+  <si>
+    <t>1338_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Albert Chichery</t>
+  </si>
+  <si>
+    <t>360006373</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT DU BLANC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1337_FicheESSMS/fr/foyer-d-hebergement-du-blanc</t>
+  </si>
+  <si>
+    <t>1337_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67 Rue De Ruffec</t>
+  </si>
+  <si>
+    <t>360005458</t>
+  </si>
+  <si>
+    <t>RESIDENCE ST EXUPERY - LE LOGIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1352_FicheESSMS/fr/residence-st-exupery-le-logis</t>
+  </si>
+  <si>
+    <t>1352_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Du Clos De La Plisse</t>
+  </si>
+  <si>
+    <t>28300 CHAMPHOL</t>
+  </si>
+  <si>
+    <t>CHAMPHOL</t>
+  </si>
+  <si>
+    <t>280500364</t>
+  </si>
+  <si>
+    <t>RESIDENCE ST EXUPERY - FOYER PERMANENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1350_FicheESSMS/fr/residence-st-exupery-foyer-permanent</t>
+  </si>
+  <si>
+    <t>1350_FicheESSMS</t>
+  </si>
+  <si>
+    <t>280500844</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1364_FicheESSMS/fr/centre-accueil-jour-personnes-agees</t>
+  </si>
+  <si>
+    <t>1364_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Avenue De La Republique</t>
+  </si>
+  <si>
+    <t>450003249</t>
+  </si>
+  <si>
+    <t>ESAT LES GRANDES REUILLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1421_FicheESSMS/fr/esat-les-grandes-reuilles</t>
+  </si>
+  <si>
+    <t>1421_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37600 BRIDORE</t>
+  </si>
+  <si>
+    <t>BRIDORE</t>
+  </si>
+  <si>
+    <t>370004061</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN REFLET DE LOIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1478_FicheESSMS/fr/ehpad-korian-reflet-de-loire</t>
+  </si>
+  <si>
+    <t>1478_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Descartes</t>
+  </si>
+  <si>
+    <t>45380 LA CHAPELLE ST MESMIN</t>
+  </si>
+  <si>
+    <t>LA CHAPELLE ST MESMIN</t>
+  </si>
+  <si>
+    <t>450010392</t>
+  </si>
+  <si>
+    <t>ESAT ATOUT BRENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1617_FicheESSMS/fr/esat-atout-brenne</t>
+  </si>
+  <si>
+    <t>1617_FicheESSMS</t>
+  </si>
+  <si>
+    <t>360004311</t>
+  </si>
+  <si>
+    <t>CENTRE MATERNEL LES LUTINS - CJBC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1625_FicheESSMS/fr/centre-maternel-les-lutins-cjbc</t>
+  </si>
+  <si>
+    <t>1625_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Joliot Curie</t>
+  </si>
+  <si>
+    <t>18400 ST FLORENT SUR CHER</t>
+  </si>
+  <si>
+    <t>ST FLORENT SUR CHER</t>
+  </si>
+  <si>
+    <t>180007569</t>
+  </si>
+  <si>
+    <t>SHEMA NIVET - ADSEA28</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1670_FicheESSMS/fr/shema-nivet-adsea28</t>
+  </si>
+  <si>
+    <t>1670_FicheESSMS</t>
+  </si>
+  <si>
+    <t>102 Rue De Fresnay</t>
+  </si>
+  <si>
+    <t>280500877</t>
+  </si>
+  <si>
+    <t>SHEMA NICOLE - ADSEA28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1669_FicheESSMS/fr/shema-nicole-adsea28</t>
+  </si>
+  <si>
+    <t>1669_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Rue Pierre Nicole</t>
+  </si>
+  <si>
+    <t>280008038</t>
+  </si>
+  <si>
+    <t>SHEMA - ADSEA28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1668_FicheESSMS/fr/shema-adsea28</t>
+  </si>
+  <si>
+    <t>1668_FicheESSMS</t>
+  </si>
+  <si>
+    <t>280009523</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN CHATEAU DES LANDES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1798_FicheESSMS/fr/ehpad-korian-chateau-des-landes</t>
+  </si>
+  <si>
+    <t>1798_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45240 LA FERTE ST AUBIN</t>
+  </si>
+  <si>
+    <t>LA FERTE ST AUBIN</t>
+  </si>
+  <si>
+    <t>450013909</t>
+  </si>
+  <si>
+    <t>SAMSAH AFTC 28 LUCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1889_FicheESSMS/fr/samsah-aftc-28-luce</t>
+  </si>
+  <si>
+    <t>1889_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Place Des Arcades</t>
+  </si>
+  <si>
+    <t>28110 LUCE</t>
+  </si>
+  <si>
+    <t>LUCE</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>280004078</t>
+  </si>
+  <si>
+    <t>EHPAD HAMEAU D EGUZON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1936_FicheESSMS/fr/ehpad-hameau-d-eguzon</t>
+  </si>
+  <si>
+    <t>1936_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36270 EGUZON CHANTOME</t>
+  </si>
+  <si>
+    <t>EGUZON CHANTOME</t>
+  </si>
+  <si>
+    <t>360006126</t>
+  </si>
+  <si>
+    <t>EHPAD LA CHAPELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2138_FicheESSMS/fr/ehpad-la-chapelle</t>
+  </si>
+  <si>
+    <t>2138_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue Riviere Des Bois</t>
+  </si>
+  <si>
+    <t>450014535</t>
+  </si>
+  <si>
+    <t>EHPAD LA SOURCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2137_FicheESSMS/fr/ehpad-la-source</t>
+  </si>
+  <si>
+    <t>2137_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Avenue De Concyr</t>
+  </si>
+  <si>
+    <t>45071 ORLEANS CEDEX 2</t>
+  </si>
+  <si>
+    <t>450013594</t>
+  </si>
+  <si>
+    <t>EHPAD  DE CHEVILLY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2136_FicheESSMS/fr/ehpad-de-chevilly</t>
+  </si>
+  <si>
+    <t>2136_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue De La Gare</t>
+  </si>
+  <si>
+    <t>45520 CHEVILLY</t>
+  </si>
+  <si>
+    <t>CHEVILLY</t>
+  </si>
+  <si>
+    <t>450007208</t>
+  </si>
+  <si>
+    <t>EHPAD DE LA CROIX DUCHET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2284_FicheESSMS/fr/ehpad-de-la-croix-duchet</t>
+  </si>
+  <si>
+    <t>2284_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18200 ST AMAND MONTROND</t>
+  </si>
+  <si>
+    <t>ST AMAND MONTROND</t>
+  </si>
+  <si>
+    <t>180003378</t>
+  </si>
+  <si>
+    <t>EHPAD DU CHAMP NADOT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2283_FicheESSMS/fr/ehpad-du-champ-nadot</t>
+  </si>
+  <si>
+    <t>2283_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue De La Sologne</t>
+  </si>
+  <si>
+    <t>180004848</t>
+  </si>
+  <si>
+    <t>EHPAD LES ECUREUILS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2293_FicheESSMS/fr/ehpad-les-ecureuils</t>
+  </si>
+  <si>
+    <t>2293_FicheESSMS</t>
+  </si>
+  <si>
+    <t>450010459</t>
+  </si>
+  <si>
+    <t>FAM LES TAMARIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2292_FicheESSMS/fr/fam-les-tamaris</t>
+  </si>
+  <si>
+    <t>2292_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Des Grandes Plantes</t>
+  </si>
+  <si>
+    <t>280005802</t>
+  </si>
+  <si>
+    <t>EHPAD LA FORET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2300_FicheESSMS/fr/ehpad-la-foret</t>
+  </si>
+  <si>
+    <t>2300_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Boulevard Jean Jaures</t>
+  </si>
+  <si>
+    <t>28170 CHATEAUNEUF EN THYMERAIS</t>
+  </si>
+  <si>
+    <t>CHATEAUNEUF EN THYMERAIS</t>
+  </si>
+  <si>
+    <t>280503343</t>
+  </si>
+  <si>
+    <t>EHPAD LE LAC DE ST PRYVE- GROUPE EMERA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2394_FicheESSMS/fr/ehpad-le-lac-de-st-pryve-groupe-emera</t>
+  </si>
+  <si>
+    <t>2394_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue De Bel Air</t>
+  </si>
+  <si>
+    <t>45750 ST PRYVE ST MESMIN</t>
+  </si>
+  <si>
+    <t>ST PRYVE ST MESMIN</t>
+  </si>
+  <si>
+    <t>450013966</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN RESIDENCE SANTEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2414_FicheESSMS/fr/ehpad-korian-residence-santel</t>
+  </si>
+  <si>
+    <t>2414_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Résidence Croix Saint Simon</t>
+  </si>
+  <si>
+    <t>45502 GIEN</t>
+  </si>
+  <si>
+    <t>GIEN</t>
+  </si>
+  <si>
+    <t>450012505</t>
+  </si>
+  <si>
+    <t>CADA ADOMA BUZANCAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2467_FicheESSMS/fr/cada-adoma-buzancais</t>
+  </si>
+  <si>
+    <t>2467_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Route De Chateauroux</t>
+  </si>
+  <si>
+    <t>36500 BUZANCAIS</t>
+  </si>
+  <si>
+    <t>BUZANCAIS</t>
+  </si>
+  <si>
+    <t>360009104</t>
+  </si>
+  <si>
+    <t>EHPAD MARCEL GAUJARD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2459_FicheESSMS/fr/ehpad-marcel-gaujard</t>
+  </si>
+  <si>
+    <t>2459_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue De La Planche Aux Carpes</t>
+  </si>
+  <si>
+    <t>280504960</t>
+  </si>
+  <si>
+    <t>EHPAD PUYGIBAULT DU CH DE LOCHES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2485_FicheESSMS/fr/ehpad-puygibault-du-ch-de-loches</t>
+  </si>
+  <si>
+    <t>2485_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37600 LOCHES</t>
+  </si>
+  <si>
+    <t>LOCHES</t>
+  </si>
+  <si>
+    <t>370004285</t>
+  </si>
+  <si>
+    <t>SERVICE ACCUEIL ANIMATION  JOUR + HEB.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2538_FicheESSMS/fr/service-accueil-animation-jour-heb</t>
+  </si>
+  <si>
+    <t>2538_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Avenue Leon Bion</t>
+  </si>
+  <si>
+    <t>37240 LIGUEIL</t>
+  </si>
+  <si>
+    <t>LIGUEIL</t>
+  </si>
+  <si>
+    <t>370012197</t>
+  </si>
+  <si>
+    <t>FOYER D'ACCUEIL SPECIFIQUE PHV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2537_FicheESSMS/fr/foyer-d-accueil-specifique-phv</t>
+  </si>
+  <si>
+    <t>2537_FicheESSMS</t>
+  </si>
+  <si>
+    <t>370013518</t>
+  </si>
+  <si>
+    <t>SAVS DE LIGUEIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2536_FicheESSMS/fr/savs-de-ligueil</t>
+  </si>
+  <si>
+    <t>2536_FicheESSMS</t>
+  </si>
+  <si>
+    <t>370012882</t>
+  </si>
+  <si>
+    <t>FH DE CLUNY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2535_FicheESSMS/fr/fh-de-cluny</t>
+  </si>
+  <si>
+    <t>2535_FicheESSMS</t>
+  </si>
+  <si>
+    <t>370005068</t>
+  </si>
+  <si>
+    <t>ESAT FOYER DE CLUNY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2539_FicheESSMS/fr/esat-foyer-de-cluny</t>
+  </si>
+  <si>
+    <t>2539_FicheESSMS</t>
+  </si>
+  <si>
+    <t>370004079</t>
+  </si>
+  <si>
+    <t>CADA CJBC BOURGES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2618_FicheESSMS/fr/cada-cjbc-bourges</t>
+  </si>
+  <si>
+    <t>2618_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De La Vernusse</t>
+  </si>
+  <si>
+    <t>180009847</t>
+  </si>
+  <si>
+    <t>CHRS LES LUCIOLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2617_FicheESSMS/fr/chrs-les-lucioles</t>
+  </si>
+  <si>
+    <t>2617_FicheESSMS</t>
+  </si>
+  <si>
+    <t>180000671</t>
+  </si>
+  <si>
+    <t>EHPAD PIERRE PAGOT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2661_FicheESSMS/fr/ehpad-pierre-pagot</t>
+  </si>
+  <si>
+    <t>2661_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Georges Pompidou</t>
+  </si>
+  <si>
+    <t>45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>ORLEANS</t>
+  </si>
+  <si>
+    <t>450014303</t>
+  </si>
+  <si>
+    <t>U.D.A.F_GESTION DU BUDGET FAMILIAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3443_FicheESSMS/fr/u-d-a-f-gestion-du-budget-familial</t>
+  </si>
+  <si>
+    <t>3443_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue De Beaumont</t>
+  </si>
+  <si>
+    <t>37921 TOURS CEDEX 9</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>370011488</t>
+  </si>
+  <si>
+    <t>MECS ALLUYES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3604_FicheESSMS/fr/mecs-alluyes</t>
+  </si>
+  <si>
+    <t>3604_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Avenue Chevallier Debeausse</t>
+  </si>
+  <si>
+    <t>28800 ALLUYES</t>
+  </si>
+  <si>
+    <t>ALLUYES</t>
+  </si>
+  <si>
+    <t>280002023</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE PAJAUD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3845_FicheESSMS/fr/residence-autonomie-pajaud</t>
+  </si>
+  <si>
+    <t>3845_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue Charles Simon</t>
+  </si>
+  <si>
+    <t>37150 BLERE</t>
+  </si>
+  <si>
+    <t>BLERE</t>
+  </si>
+  <si>
+    <t>370100653</t>
+  </si>
+  <si>
+    <t>SERV.ACTION EDUC. MILIEU OUVERT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4253_FicheESSMS/fr/serv-action-educ-milieu-ouvert</t>
+  </si>
+  <si>
+    <t>4253_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Des Onze Arpents</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>410006175</t>
+  </si>
+  <si>
+    <t>DISPOSITIF CAERIS - AIDAPHI 45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4252_FicheESSMS/fr/dispositif-caeris-aidaphi-45</t>
+  </si>
+  <si>
+    <t>4252_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Avenue De La Republique</t>
+  </si>
+  <si>
+    <t>450003991</t>
+  </si>
+  <si>
+    <t>DAME FONTAINE BOUILLANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4324_FicheESSMS/fr/dame-fontaine-bouillant</t>
+  </si>
+  <si>
+    <t>4324_FicheESSMS</t>
+  </si>
+  <si>
+    <t>56 Rue Fontaine-Bouillant</t>
+  </si>
+  <si>
+    <t>280505462</t>
+  </si>
+  <si>
+    <t>FAE - ASSOCIATION MOISSONS NOUVELLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4437_FicheESSMS/fr/fae-association-moissons-nouvelles</t>
+  </si>
+  <si>
+    <t>4437_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue De L'Indre</t>
+  </si>
+  <si>
+    <t>360005953</t>
+  </si>
+  <si>
+    <t>SAIP - MOISSONS NOUVELLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4436_FicheESSMS/fr/saip-moissons-nouvelles</t>
+  </si>
+  <si>
+    <t>4436_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue De L Indre</t>
+  </si>
+  <si>
+    <t>360008403</t>
+  </si>
+  <si>
+    <t>EHPAD LE CASTEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4438_FicheESSMS/fr/ehpad-le-castel</t>
+  </si>
+  <si>
+    <t>4438_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Des Gardes</t>
+  </si>
+  <si>
+    <t>36160 STE SEVERE SUR INDRE</t>
+  </si>
+  <si>
+    <t>STE SEVERE SUR INDRE</t>
+  </si>
+  <si>
+    <t>360002141</t>
+  </si>
+  <si>
+    <t>FV ANAIS DE LA MEMBROLLE SUR CHOISILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5022_FicheESSMS/fr/fv-anais-de-la-membrolle-sur-choisille</t>
+  </si>
+  <si>
+    <t>5022_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Des Coutays</t>
+  </si>
+  <si>
+    <t>37390 LA MEMBROLLE SUR CHOISILLE</t>
+  </si>
+  <si>
+    <t>LA MEMBROLLE SUR CHOISILLE</t>
+  </si>
+  <si>
+    <t>370104127</t>
+  </si>
+  <si>
+    <t>SAVS ANAIS DE TOURS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5021_FicheESSMS/fr/savs-anais-de-tours</t>
+  </si>
+  <si>
+    <t>5021_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Jacques-Marie Rouge</t>
+  </si>
+  <si>
+    <t>370104168</t>
+  </si>
+  <si>
+    <t>FH ANAIS DE TOURS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5032_FicheESSMS/fr/fh-anais-de-tours</t>
+  </si>
+  <si>
+    <t>5032_FicheESSMS</t>
+  </si>
+  <si>
+    <t>84 Rue Jeanne Wedells</t>
+  </si>
+  <si>
+    <t>370102378</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT JEAN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5040_FicheESSMS/fr/ehpad-saint-jean</t>
+  </si>
+  <si>
+    <t>5040_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Boulevard Loreau</t>
+  </si>
+  <si>
+    <t>45250 BRIARE</t>
+  </si>
+  <si>
+    <t>BRIARE</t>
+  </si>
+  <si>
+    <t>450012067</t>
+  </si>
+  <si>
+    <t>ESAT HORS LES MURS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5089_FicheESSMS/fr/esat-hors-les-murs</t>
+  </si>
+  <si>
+    <t>5089_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Vlaminck</t>
+  </si>
+  <si>
+    <t>280002619</t>
+  </si>
+  <si>
+    <t>RES. AUTONOMIE LES RIVES DE L'INDRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5366_FicheESSMS/fr/res-autonomie-les-rives-de-l-indre</t>
+  </si>
+  <si>
+    <t>5366_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De La Bievre</t>
+  </si>
+  <si>
+    <t>360005169</t>
+  </si>
+  <si>
+    <t>MAS LE SOLARIUM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5871_FicheESSMS/fr/mas-le-solarium</t>
+  </si>
+  <si>
+    <t>5871_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37380 REUGNY</t>
+  </si>
+  <si>
+    <t>REUGNY</t>
+  </si>
+  <si>
+    <t>370011165</t>
+  </si>
+  <si>
+    <t>EHPAD LA CHAUME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6663_FicheESSMS/fr/ehpad-la-chaume</t>
+  </si>
+  <si>
+    <t>6663_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Place De La Chaume</t>
+  </si>
+  <si>
+    <t>36100 ISSOUDUN</t>
+  </si>
+  <si>
+    <t>ISSOUDUN</t>
+  </si>
+  <si>
+    <t>360004451</t>
+  </si>
+  <si>
+    <t>RESIDENCE SOCIALE JEUNESSE ET HABITAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6869_FicheESSMS/fr/residence-sociale-jeunesse-et-habitat</t>
+  </si>
+  <si>
+    <t>6869_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue Bernard Palissy</t>
+  </si>
+  <si>
+    <t>370100315</t>
+  </si>
+  <si>
+    <t>EHPAD LE JARDIN DES SABLONS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7040_FicheESSMS/fr/ehpad-le-jardin-des-sablons</t>
+  </si>
+  <si>
+    <t>7040_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue De La Merie</t>
+  </si>
+  <si>
+    <t>45430 CHECY</t>
+  </si>
+  <si>
+    <t>CHECY</t>
+  </si>
+  <si>
+    <t>450005848</t>
+  </si>
+  <si>
+    <t>EHPAD DR MARCEL FORTIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/209_FicheESSMS/fr/ehpad-dr-marcel-fortier</t>
+  </si>
+  <si>
+    <t>209_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Du Bois De L'Ajonc</t>
+  </si>
+  <si>
+    <t>37120 RICHELIEU</t>
+  </si>
+  <si>
+    <t>RICHELIEU</t>
+  </si>
+  <si>
+    <t>370000754</t>
+  </si>
+  <si>
+    <t>SERVICE TUTELAIRE DU GEDHIF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/253_FicheESSMS/fr/service-tutelaire-du-gedhif</t>
+  </si>
+  <si>
+    <t>253_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>180008971</t>
+  </si>
+  <si>
+    <t>ESAT DE SAINT MARCEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/463_FicheESSMS/fr/esat-de-saint-marcel</t>
+  </si>
+  <si>
+    <t>463_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Chemin Du Moulinet</t>
+  </si>
+  <si>
+    <t>36200 ST MARCEL</t>
+  </si>
+  <si>
+    <t>ST MARCEL</t>
+  </si>
+  <si>
+    <t>360007199</t>
+  </si>
+  <si>
+    <t>ESAT D'ARGY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/462_FicheESSMS/fr/esat-d-argy</t>
+  </si>
+  <si>
+    <t>462_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue De La Gare</t>
+  </si>
+  <si>
+    <t>36500 ARGY</t>
+  </si>
+  <si>
+    <t>ARGY</t>
+  </si>
+  <si>
+    <t>360007157</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/580_FicheESSMS/fr/foyer-de-vie</t>
+  </si>
+  <si>
+    <t>580_FicheESSMS</t>
+  </si>
+  <si>
+    <t>410007629</t>
+  </si>
+  <si>
+    <t>DITEP LA MAISON DES ENFANTS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/733_FicheESSMS/fr/ditep-la-maison-des-enfants</t>
+  </si>
+  <si>
+    <t>733_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41600 NOUAN LE FUZELIER</t>
+  </si>
+  <si>
+    <t>NOUAN LE FUZELIER</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>410000541</t>
+  </si>
+  <si>
+    <t>M.J.P.M - A.T.G.C</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1096_FicheESSMS/fr/m-j-p-m-a-t-g-c</t>
+  </si>
+  <si>
+    <t>1096_FicheESSMS</t>
+  </si>
+  <si>
+    <t>58 Rue Leo Merigot</t>
+  </si>
+  <si>
+    <t>18105 VIERZON</t>
+  </si>
+  <si>
+    <t>VIERZON</t>
+  </si>
+  <si>
+    <t>180009029</t>
+  </si>
+  <si>
+    <t>EAM GUIGNESOLEIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1192_FicheESSMS/fr/eam-guignesoleil</t>
+  </si>
+  <si>
+    <t>1192_FicheESSMS</t>
+  </si>
+  <si>
+    <t>450005749</t>
+  </si>
+  <si>
+    <t>ASSOCIATION HOME EQUI-TABLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1230_FicheESSMS/fr/association-home-equi-table</t>
+  </si>
+  <si>
+    <t>1230_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41230 VERNOU EN SOLOGNE</t>
+  </si>
+  <si>
+    <t>VERNOU EN SOLOGNE</t>
+  </si>
+  <si>
+    <t>410008031</t>
+  </si>
+  <si>
+    <t>RESIDENCE ST EXUPERY-FOYER-APPARTEMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1351_FicheESSMS/fr/residence-st-exupery-foyer-appartement</t>
+  </si>
+  <si>
+    <t>1351_FicheESSMS</t>
+  </si>
+  <si>
+    <t>280500836</t>
+  </si>
+  <si>
+    <t>CROIX MARINE DU CHER_M.J.P.M</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1561_FicheESSMS/fr/croix-marine-du-cher-m-j-p-m</t>
+  </si>
+  <si>
+    <t>1561_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Voltaire</t>
+  </si>
+  <si>
+    <t>18037 BOURGES</t>
+  </si>
+  <si>
+    <t>180008997</t>
+  </si>
+  <si>
+    <t>LIT D'ACCUEIL MEDICALISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1796_FicheESSMS/fr/lit-d-accueil-medicalise</t>
+  </si>
+  <si>
+    <t>1796_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Lits d'Accueil Médicalisés (L.A.M.)</t>
+  </si>
+  <si>
+    <t>370013971</t>
+  </si>
+  <si>
+    <t>EHPAD VAUX DE CHAUME</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1804_FicheESSMS/fr/ehpad-vaux-de-chaume</t>
+  </si>
+  <si>
+    <t>1804_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1175 Rue De La Foret</t>
+  </si>
+  <si>
+    <t>410003925</t>
+  </si>
+  <si>
+    <t>DAME ST MARTIN DES DOUETS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2478_FicheESSMS/fr/dame-st-martin-des-douets</t>
+  </si>
+  <si>
+    <t>2478_FicheESSMS</t>
+  </si>
+  <si>
+    <t>203 Rue Des Douets</t>
+  </si>
+  <si>
+    <t>370000317</t>
+  </si>
+  <si>
+    <t>EHPAD LE BOIS FLEURI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2662_FicheESSMS/fr/ehpad-le-bois-fleuri</t>
+  </si>
+  <si>
+    <t>2662_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1160 Rue Passe Debout</t>
+  </si>
+  <si>
+    <t>45770 SARAN</t>
+  </si>
+  <si>
+    <t>450018908</t>
+  </si>
+  <si>
+    <t>CMPP RECHEVRES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2704_FicheESSMS/fr/cmpp-rechevres</t>
+  </si>
+  <si>
+    <t>2704_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue Nicole</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>280000365</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE CHOISILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2796_FicheESSMS/fr/ehpad-residence-choisille</t>
+  </si>
+  <si>
+    <t>2796_FicheESSMS</t>
+  </si>
+  <si>
+    <t>158 Boulevard Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>37540 ST CYR SUR LOIRE</t>
+  </si>
+  <si>
+    <t>370103160</t>
+  </si>
+  <si>
+    <t>EHPAD GEORGES DAUDU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2792_FicheESSMS/fr/ehpad-georges-daudu</t>
+  </si>
+  <si>
+    <t>2792_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41320 CHATRES SUR CHER</t>
+  </si>
+  <si>
+    <t>CHATRES SUR CHER</t>
+  </si>
+  <si>
+    <t>410005896</t>
+  </si>
+  <si>
+    <t>EHPAD HOSTELLERIE DU CHATEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2865_FicheESSMS/fr/ehpad-hostellerie-du-chateau</t>
+  </si>
+  <si>
+    <t>2865_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Route De Reuilly</t>
+  </si>
+  <si>
+    <t>18120 MASSAY</t>
+  </si>
+  <si>
+    <t>MASSAY</t>
+  </si>
+  <si>
+    <t>180005860</t>
+  </si>
+  <si>
+    <t>EAM DE CHEZAL BENOIT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2873_FicheESSMS/fr/eam-de-chezal-benoit</t>
+  </si>
+  <si>
+    <t>2873_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18160 CHEZAL BENOIT</t>
+  </si>
+  <si>
+    <t>CHEZAL BENOIT</t>
+  </si>
+  <si>
+    <t>180009052</t>
+  </si>
+  <si>
+    <t>MAS DE DUN SUR AURON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2872_FicheESSMS/fr/mas-de-dun-sur-auron</t>
+  </si>
+  <si>
+    <t>2872_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De L'Ermitage</t>
+  </si>
+  <si>
+    <t>18130 DUN SUR AURON</t>
+  </si>
+  <si>
+    <t>DUN SUR AURON</t>
+  </si>
+  <si>
+    <t>180008351</t>
+  </si>
+  <si>
+    <t>CPH COALLIA TOURS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2948_FicheESSMS/fr/cph-coallia-tours</t>
+  </si>
+  <si>
+    <t>2948_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37200 TOURS</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>370002859</t>
+  </si>
+  <si>
+    <t>C. H. R. S. "ST FRANCOIS"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2955_FicheESSMS/fr/c-h-r-s-st-francois</t>
+  </si>
+  <si>
+    <t>2955_FicheESSMS</t>
+  </si>
+  <si>
+    <t>180000663</t>
+  </si>
+  <si>
+    <t>LITS HALTE SOINS SANTE ST FRANCOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2953_FicheESSMS/fr/lits-halte-soins-sante-st-francois</t>
+  </si>
+  <si>
+    <t>2953_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Boulevard Clemenceau</t>
+  </si>
+  <si>
+    <t>180007338</t>
+  </si>
+  <si>
+    <t>SAPMN - M'HOME36</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3002_FicheESSMS/fr/sapmn-m-home36</t>
+  </si>
+  <si>
+    <t>3002_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Jules Parise</t>
+  </si>
+  <si>
+    <t>36700 CLION</t>
+  </si>
+  <si>
+    <t>CLION</t>
+  </si>
+  <si>
+    <t>360004410</t>
+  </si>
+  <si>
+    <t>MECS - M'HOME36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3001_FicheESSMS/fr/mecs-m-home36</t>
+  </si>
+  <si>
+    <t>3001_FicheESSMS</t>
+  </si>
+  <si>
+    <t>360000418</t>
+  </si>
+  <si>
+    <t>CAMSP POLYVALENT DU CHRU D'ORLEANS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3069_FicheESSMS/fr/camsp-polyvalent-du-chru-d-orleans</t>
+  </si>
+  <si>
+    <t>3069_FicheESSMS</t>
+  </si>
+  <si>
+    <t>450009683</t>
+  </si>
+  <si>
+    <t>CAMSP POLYVALENT - SITE SECONDAIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3068_FicheESSMS/fr/camsp-polyvalent-site-secondaire</t>
+  </si>
+  <si>
+    <t>3068_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Boulevard Beauvallet</t>
+  </si>
+  <si>
+    <t>450024005</t>
+  </si>
+  <si>
+    <t>EHPAD LE BLAUDY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3239_FicheESSMS/fr/ehpad-le-blaudy</t>
+  </si>
+  <si>
+    <t>3239_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18140 PRECY</t>
+  </si>
+  <si>
+    <t>PRECY</t>
+  </si>
+  <si>
+    <t>180005464</t>
+  </si>
+  <si>
+    <t>MAISON D'ENFANTS "LE MOUTEAU"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3268_FicheESSMS/fr/maison-d-enfants-le-mouteau</t>
+  </si>
+  <si>
+    <t>3268_FicheESSMS</t>
+  </si>
+  <si>
+    <t>84 Rue Demay</t>
+  </si>
+  <si>
+    <t>45650 ST JEAN LE BLANC</t>
+  </si>
+  <si>
+    <t>ST JEAN LE BLANC</t>
+  </si>
+  <si>
+    <t>450012026</t>
+  </si>
+  <si>
+    <t>CLUB-EQUIPE PREVENTION</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3350_FicheESSMS/fr/club-equipe-prevention</t>
+  </si>
+  <si>
+    <t>3350_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Avenue De La Paix</t>
+  </si>
+  <si>
+    <t>Club Equipe de Prévention</t>
+  </si>
+  <si>
+    <t>280503467</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL D'ARGY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3427_FicheESSMS/fr/foyer-occupationnel-d-argy</t>
+  </si>
+  <si>
+    <t>3427_FicheESSMS</t>
+  </si>
+  <si>
+    <t>360007173</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT D'ARGY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3426_FicheESSMS/fr/foyer-d-hebergement-d-argy</t>
+  </si>
+  <si>
+    <t>3426_FicheESSMS</t>
+  </si>
+  <si>
+    <t>61 Rue Des Hervaux</t>
+  </si>
+  <si>
+    <t>360007868</t>
+  </si>
+  <si>
+    <t>SAVS APAJH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3425_FicheESSMS/fr/savs-apajh</t>
+  </si>
+  <si>
+    <t>3425_FicheESSMS</t>
+  </si>
+  <si>
+    <t>360007876</t>
+  </si>
+  <si>
+    <t>U.D.A.F_ACCOMPAGNEMENT JUDICIAIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3444_FicheESSMS/fr/u-d-a-f-accompagnement-judiciaire</t>
+  </si>
+  <si>
+    <t>3444_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Beaumont</t>
+  </si>
+  <si>
+    <t>370011538</t>
+  </si>
+  <si>
+    <t>EHPAD LES MARRONNIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3974_FicheESSMS/fr/ehpad-les-marronniers</t>
+  </si>
+  <si>
+    <t>3974_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Place Du Champ De Foire</t>
+  </si>
+  <si>
+    <t>180004426</t>
+  </si>
+  <si>
+    <t>EHPA AUTOMNE PAISIBLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4008_FicheESSMS/fr/ehpa-automne-paisible</t>
+  </si>
+  <si>
+    <t>4008_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Du 8 Mai</t>
+  </si>
+  <si>
+    <t>37110 AUTRECHE</t>
+  </si>
+  <si>
+    <t>AUTRECHE</t>
+  </si>
+  <si>
+    <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>370101271</t>
+  </si>
+  <si>
+    <t>M.J.P.M - MSA SERVICE TUTELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4375_FicheESSMS/fr/m-j-p-m-msa-service-tutelle</t>
+  </si>
+  <si>
+    <t>4375_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue De Mousseaux</t>
+  </si>
+  <si>
+    <t>360006829</t>
+  </si>
+  <si>
+    <t>SERVICE M.J.P.M - FRFDI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4374_FicheESSMS/fr/service-m-j-p-m-frfdi</t>
+  </si>
+  <si>
+    <t>4374_FicheESSMS</t>
+  </si>
+  <si>
+    <t>148 Avenue Marcel Lemoine</t>
+  </si>
+  <si>
+    <t>360006845</t>
+  </si>
+  <si>
+    <t>M.J.P.M - ATI 36</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4923_FicheESSMS/fr/m-j-p-m-ati-36</t>
+  </si>
+  <si>
+    <t>4923_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Rue De La Vallee Saint-Louis</t>
+  </si>
+  <si>
+    <t>360006803</t>
+  </si>
+  <si>
+    <t>A.T.C_M.J.P.M</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6465_FicheESSMS/fr/a-t-c-m-j-p-m</t>
+  </si>
+  <si>
+    <t>6465_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Allée Evariste Gallois</t>
+  </si>
+  <si>
+    <t>180009003</t>
+  </si>
+  <si>
+    <t>M.J.P.M-ASSOC TUTÉLAIRE DU CTRE A GIEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6466_FicheESSMS/fr/m-j-p-m-assoc-tutelaire-du-ctre-a-gien</t>
+  </si>
+  <si>
+    <t>6466_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45500 GIEN</t>
+  </si>
+  <si>
+    <t>450019237</t>
+  </si>
+  <si>
+    <t>A.T.I.L_ACCOMPAGNEMENT JUDICIAIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6829_FicheESSMS/fr/a-t-i-l-accompagnement-judiciaire</t>
+  </si>
+  <si>
+    <t>6829_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Allée Commandant Mouchotte</t>
+  </si>
+  <si>
+    <t>370011629</t>
+  </si>
+  <si>
+    <t>SESSAD BLOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6928_FicheESSMS/fr/sessad-blois</t>
+  </si>
+  <si>
+    <t>6928_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Georges Litalien</t>
+  </si>
+  <si>
+    <t>410006068</t>
+  </si>
+  <si>
+    <t>SAD DE LA RA L'ARCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7284_FicheESSMS/fr/sad-de-la-ra-l-arche</t>
+  </si>
+  <si>
+    <t>7284_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Des Juifs</t>
+  </si>
+  <si>
+    <t>37360 NEUILLE PONT PIERRE</t>
+  </si>
+  <si>
+    <t>NEUILLE PONT PIERRE</t>
+  </si>
+  <si>
+    <t>370016701</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE L'ARCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7283_FicheESSMS/fr/residence-autonomie-l-arche</t>
+  </si>
+  <si>
+    <t>7283_FicheESSMS</t>
+  </si>
+  <si>
+    <t>370104648</t>
+  </si>
+  <si>
+    <t>SAAD SERVICE DE MAINTIEN A DOMCILE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7956_FicheESSMS/fr/saad-service-de-maintien-a-domcile</t>
+  </si>
+  <si>
+    <t>7956_FicheESSMS</t>
+  </si>
+  <si>
+    <t>450018403</t>
+  </si>
+  <si>
+    <t>LVA "LE REFUGE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8356_FicheESSMS/fr/lva-le-refuge</t>
+  </si>
+  <si>
+    <t>8356_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Marceau</t>
+  </si>
+  <si>
+    <t>180010548</t>
+  </si>
+  <si>
+    <t>MAISON D'ENFANTS "FOYER AMITIE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8473_FicheESSMS/fr/maison-d-enfants-foyer-amitie</t>
+  </si>
+  <si>
+    <t>8473_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue De La Fontaine De Bury</t>
+  </si>
+  <si>
+    <t>41190 VALENCISSE</t>
+  </si>
+  <si>
+    <t>VALENCISSE</t>
+  </si>
+  <si>
+    <t>410000483</t>
+  </si>
+  <si>
+    <t>CPH IMANIS LOIRET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8686_FicheESSMS/fr/cph-imanis-loiret</t>
+  </si>
+  <si>
+    <t>8686_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Avenue De Verdun</t>
+  </si>
+  <si>
+    <t>450022850</t>
+  </si>
+  <si>
+    <t>SAAD ADAPA DE BELLEGARDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8798_FicheESSMS/fr/saad-adapa-de-bellegarde</t>
+  </si>
+  <si>
+    <t>8798_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue De La Quietude</t>
+  </si>
+  <si>
+    <t>45270 BELLEGARDE</t>
+  </si>
+  <si>
+    <t>BELLEGARDE</t>
+  </si>
+  <si>
+    <t>450021860</t>
+  </si>
+  <si>
+    <t>SSIAD ASSIAD ST PIERRE DES CORPS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8922_FicheESSMS/fr/ssiad-assiad-st-pierre-des-corps</t>
+  </si>
+  <si>
+    <t>8922_FicheESSMS</t>
+  </si>
+  <si>
+    <t>95 Rue Paul Vaillant Couturier</t>
+  </si>
+  <si>
+    <t>37700 ST PIERRE DES CORPS</t>
+  </si>
+  <si>
+    <t>ST PIERRE DES CORPS</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>370104663</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE TRIANON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9137_FicheESSMS/fr/ehpad-residence-trianon</t>
+  </si>
+  <si>
+    <t>9137_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Trianon</t>
+  </si>
+  <si>
+    <t>45310 PATAY</t>
+  </si>
+  <si>
+    <t>PATAY</t>
+  </si>
+  <si>
+    <t>450002282</t>
+  </si>
+  <si>
+    <t>LVA "LA MAISON DEZ'EL"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9263_FicheESSMS/fr/lva-la-maison-dez-el</t>
+  </si>
+  <si>
+    <t>9263_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De L'Orbette</t>
+  </si>
+  <si>
+    <t>450016878</t>
+  </si>
+  <si>
+    <t>EHPAD LA VILLA ELEONORE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9254_FicheESSMS/fr/ehpad-la-villa-eleonore</t>
+  </si>
+  <si>
+    <t>9254_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Eugene Bizeau</t>
+  </si>
+  <si>
+    <t>37270 MONTLOUIS SUR LOIRE</t>
+  </si>
+  <si>
+    <t>MONTLOUIS SUR LOIRE</t>
+  </si>
+  <si>
+    <t>370010498</t>
+  </si>
+  <si>
+    <t>MECS 'ANJORRANT VILLEMANDEUR'</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9300_FicheESSMS/fr/mecs-anjorrant-villemandeur</t>
+  </si>
+  <si>
+    <t>9300_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue Alexandre Dumas</t>
+  </si>
+  <si>
+    <t>45700 VILLEMANDEUR</t>
+  </si>
+  <si>
+    <t>VILLEMANDEUR</t>
+  </si>
+  <si>
+    <t>450003637</t>
+  </si>
+  <si>
+    <t>IME RIVE DU BOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9299_FicheESSMS/fr/ime-rive-du-bois</t>
+  </si>
+  <si>
+    <t>9299_FicheESSMS</t>
+  </si>
+  <si>
+    <t>54 Rue De La Rive Du Bois</t>
+  </si>
+  <si>
+    <t>45170 NEUVILLE AUX BOIS</t>
+  </si>
+  <si>
+    <t>NEUVILLE AUX BOIS</t>
+  </si>
+  <si>
+    <t>450000054</t>
+  </si>
+  <si>
+    <t>EHPAD LA RESIDENCE D EMILIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9312_FicheESSMS/fr/ehpad-la-residence-d-emilie</t>
+  </si>
+  <si>
+    <t>9312_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Route De La Foret</t>
+  </si>
+  <si>
+    <t>45260 LORRIS</t>
+  </si>
+  <si>
+    <t>LORRIS</t>
+  </si>
+  <si>
+    <t>450002266</t>
+  </si>
+  <si>
+    <t>ETABL. APAJH - FH DE PONTCHER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9354_FicheESSMS/fr/etabl-apajh-fh-de-pontcher</t>
+  </si>
+  <si>
+    <t>9354_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Lucien Lhotellier</t>
+  </si>
+  <si>
+    <t>41400 MONTRICHARD VAL DE CHER</t>
+  </si>
+  <si>
+    <t>MONTRICHARD VAL DE CHER</t>
+  </si>
+  <si>
+    <t>410007272</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9353_FicheESSMS/fr/esat-hors-les-murs</t>
+  </si>
+  <si>
+    <t>9353_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Avenue Maunoury</t>
+  </si>
+  <si>
+    <t>410003289</t>
+  </si>
+  <si>
+    <t>EHPAD VAL DE L EURE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9469_FicheESSMS/fr/ehpad-val-de-l-eure</t>
+  </si>
+  <si>
+    <t>9469_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Georges Brassens</t>
+  </si>
+  <si>
+    <t>280504168</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE L AUBINIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9606_FicheESSMS/fr/ehpad-residence-l-aubiniere</t>
+  </si>
+  <si>
+    <t>9606_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De La Tour Saint Aubin</t>
+  </si>
+  <si>
+    <t>450007406</t>
+  </si>
+  <si>
+    <t>SSIAD CHATILLON COLIGNY CHATEAURENARD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9604_FicheESSMS/fr/ssiad-chatillon-coligny-chateaurenard</t>
+  </si>
+  <si>
+    <t>9604_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Place Aristide Briand</t>
+  </si>
+  <si>
+    <t>45230 CHATILLON COLIGNY</t>
+  </si>
+  <si>
+    <t>CHATILLON COLIGNY</t>
+  </si>
+  <si>
+    <t>450013883</t>
+  </si>
+  <si>
+    <t>SAMSAH APF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9603_FicheESSMS/fr/samsah-apf</t>
+  </si>
+  <si>
+    <t>9603_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Des Hauts De Saint Loup</t>
+  </si>
+  <si>
+    <t>450015508</t>
+  </si>
+  <si>
+    <t>SAVS APF FRANCE HANDICAP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9602_FicheESSMS/fr/savs-apf-france-handicap</t>
+  </si>
+  <si>
+    <t>9602_FicheESSMS</t>
+  </si>
+  <si>
+    <t>450009071</t>
+  </si>
+  <si>
+    <t>EANM LA RESIDENCE DE LA VALLEE VERTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9828_FicheESSMS/fr/eanm-la-residence-de-la-vallee-verte</t>
+  </si>
+  <si>
+    <t>9828_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Rue Martin Gardien</t>
+  </si>
+  <si>
+    <t>37110 CHATEAU RENAULT</t>
+  </si>
+  <si>
+    <t>CHATEAU RENAULT</t>
+  </si>
+  <si>
+    <t>370100208</t>
+  </si>
+  <si>
+    <t>SAVS LA BOISNIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9827_FicheESSMS/fr/savs-la-boisniere</t>
+  </si>
+  <si>
+    <t>9827_FicheESSMS</t>
+  </si>
+  <si>
+    <t>370011454</t>
+  </si>
+  <si>
+    <t>ESAT LES ATELIERS DE LA BRENNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9826_FicheESSMS/fr/esat-les-ateliers-de-la-brenne</t>
+  </si>
+  <si>
+    <t>9826_FicheESSMS</t>
+  </si>
+  <si>
+    <t>370100216</t>
+  </si>
+  <si>
+    <t>IME LA BOISNIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9914_FicheESSMS/fr/ime-la-boisniere</t>
+  </si>
+  <si>
+    <t>9914_FicheESSMS</t>
+  </si>
+  <si>
+    <t>370000382</t>
+  </si>
+  <si>
+    <t>SESSAD LES CHATEAUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9913_FicheESSMS/fr/sessad-les-chateaux</t>
+  </si>
+  <si>
+    <t>9913_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Rue Gilbert Combettes</t>
+  </si>
+  <si>
+    <t>370011306</t>
+  </si>
+  <si>
+    <t>FAM LA VALLEE GERMAIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9942_FicheESSMS/fr/fam-la-vallee-germain</t>
+  </si>
+  <si>
+    <t>9942_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37110 LES HERMITES</t>
+  </si>
+  <si>
+    <t>LES HERMITES</t>
+  </si>
+  <si>
+    <t>370012551</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LA VALLEE GERMAIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9941_FicheESSMS/fr/foyer-de-vie-la-vallee-germain</t>
+  </si>
+  <si>
+    <t>9941_FicheESSMS</t>
+  </si>
+  <si>
+    <t>370104929</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LA BOISNIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9940_FicheESSMS/fr/foyer-de-vie-la-boisniere</t>
+  </si>
+  <si>
+    <t>9940_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37110 VILLEDOMER</t>
+  </si>
+  <si>
+    <t>VILLEDOMER</t>
+  </si>
+  <si>
+    <t>370100224</t>
+  </si>
+  <si>
+    <t>EHPAD LE CHATEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9930_FicheESSMS/fr/ehpad-le-chateau</t>
+  </si>
+  <si>
+    <t>9930_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Paul Andral</t>
+  </si>
+  <si>
+    <t>41110 CHATEAUVIEUX</t>
+  </si>
+  <si>
+    <t>CHATEAUVIEUX</t>
+  </si>
+  <si>
+    <t>410000426</t>
+  </si>
+  <si>
+    <t>SAVS DE VENDOME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9999_FicheESSMS/fr/savs-de-vendome</t>
+  </si>
+  <si>
+    <t>9999_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Charles Peguy</t>
+  </si>
+  <si>
+    <t>41100 VENDOME</t>
+  </si>
+  <si>
+    <t>410003495</t>
+  </si>
+  <si>
+    <t>SAMSAH APF BLOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10001_FicheESSMS/fr/samsah-apf-blois</t>
+  </si>
+  <si>
+    <t>10001_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Arago</t>
+  </si>
+  <si>
+    <t>410002208</t>
+  </si>
+  <si>
+    <t>SSIAD DOMUS VI DOMICILE ORLEANS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10041_FicheESSMS/fr/ssiad-domus-vi-domicile-orleans</t>
+  </si>
+  <si>
+    <t>10041_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Michel Royer</t>
+  </si>
+  <si>
+    <t>450018882</t>
+  </si>
+  <si>
+    <t>EHPAD BETHANIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10069_FicheESSMS/fr/ehpad-bethanie</t>
+  </si>
+  <si>
+    <t>10069_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Des Anciens Combattants Afn</t>
+  </si>
+  <si>
+    <t>36180 PELLEVOISIN</t>
+  </si>
+  <si>
+    <t>PELLEVOISIN</t>
+  </si>
+  <si>
+    <t>360003370</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10066_FicheESSMS/fr/service-accompagnement-vie-sociale</t>
+  </si>
+  <si>
+    <t>10066_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37 Rue Walvein</t>
+  </si>
+  <si>
+    <t>370005647</t>
+  </si>
+  <si>
+    <t>SAMSAH APF TOURS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10065_FicheESSMS/fr/samsah-apf-tours</t>
+  </si>
+  <si>
+    <t>10065_FicheESSMS</t>
+  </si>
+  <si>
+    <t>370011447</t>
+  </si>
+  <si>
+    <t>EHPAD NOTRE FOYER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10060_FicheESSMS/fr/ehpad-notre-foyer</t>
+  </si>
+  <si>
+    <t>10060_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Place Des Benedictines</t>
+  </si>
+  <si>
+    <t>450000815</t>
+  </si>
+  <si>
+    <t>EHPAD LE PARC DES MAUVES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10112_FicheESSMS/fr/ehpad-le-parc-des-mauves</t>
+  </si>
+  <si>
+    <t>10112_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45130 HUISSEAU SUR MAUVES</t>
+  </si>
+  <si>
+    <t>HUISSEAU SUR MAUVES</t>
+  </si>
+  <si>
+    <t>450014568</t>
+  </si>
+  <si>
+    <t>EHPAD L ECUREUIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10138_FicheESSMS/fr/ehpad-l-ecureuil</t>
+  </si>
+  <si>
+    <t>10138_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Des Greves</t>
+  </si>
+  <si>
+    <t>41260 LA CHAUSSEE ST VICTOR</t>
+  </si>
+  <si>
+    <t>410003958</t>
+  </si>
+  <si>
+    <t>EHPAD ST LAZARE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10175_FicheESSMS/fr/ehpad-st-lazare</t>
+  </si>
+  <si>
+    <t>10175_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue Saint Lazare</t>
+  </si>
+  <si>
+    <t>360004600</t>
+  </si>
+  <si>
+    <t>SERVICE D'ACCUEIL LE MOULIN DE COUTAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10146_FicheESSMS/fr/service-d-accueil-le-moulin-de-coutan</t>
+  </si>
+  <si>
+    <t>10146_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41190 ST LUBIN EN VERGONNOIS</t>
+  </si>
+  <si>
+    <t>ST LUBIN EN VERGONNOIS</t>
+  </si>
+  <si>
+    <t>Centre d'Action Educative (C.A.E.)</t>
+  </si>
+  <si>
+    <t>410009260</t>
+  </si>
+  <si>
+    <t>SERVICE FAM PSY SAINT CYR BAT ST CYR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10184_FicheESSMS/fr/service-fam-psy-saint-cyr-bat-st-cyr</t>
+  </si>
+  <si>
+    <t>10184_FicheESSMS</t>
+  </si>
+  <si>
+    <t>118 Rue De La Croix De Perigourd</t>
+  </si>
+  <si>
+    <t>370010548</t>
+  </si>
+  <si>
+    <t>DISP. HEBERGEMENT- GROUPE SOS JEUNESSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10371_FicheESSMS/fr/disp-hebergement-groupe-sos-jeunesse</t>
+  </si>
+  <si>
+    <t>10371_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Lt Colonnel Bonneville</t>
+  </si>
+  <si>
+    <t>37380 MONNAIE</t>
+  </si>
+  <si>
+    <t>MONNAIE</t>
+  </si>
+  <si>
+    <t>370002545</t>
+  </si>
+  <si>
+    <t>ESAT DE FONTENAY SUR LOING</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10402_FicheESSMS/fr/esat-de-fontenay-sur-loing</t>
+  </si>
+  <si>
+    <t>10402_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45210 FONTENAY SUR LOING</t>
+  </si>
+  <si>
+    <t>FONTENAY SUR LOING</t>
+  </si>
+  <si>
+    <t>450002365</t>
+  </si>
+  <si>
+    <t>UEMA ECOLE MATERNELLE MARYSE BASTIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10420_FicheESSMS/fr/uema-ecole-maternelle-maryse-bastie</t>
+  </si>
+  <si>
+    <t>10420_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Louis Breguet</t>
+  </si>
+  <si>
+    <t>180009649</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10475_FicheESSMS/fr/foyer-de-vie</t>
+  </si>
+  <si>
+    <t>10475_FicheESSMS</t>
+  </si>
+  <si>
+    <t>99 Rue Bernard Fagot</t>
+  </si>
+  <si>
+    <t>180002719</t>
+  </si>
+  <si>
+    <t>DAME JOSEPH PERRIN - SITE SECONDAIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10474_FicheESSMS/fr/dame-joseph-perrin-site-secondaire</t>
+  </si>
+  <si>
+    <t>10474_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Jules Ferry</t>
+  </si>
+  <si>
+    <t>410008767</t>
+  </si>
+  <si>
+    <t>DAME JOSEPH PERRIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10473_FicheESSMS/fr/dame-joseph-perrin</t>
+  </si>
+  <si>
+    <t>10473_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41600 VOUZON</t>
+  </si>
+  <si>
+    <t>VOUZON</t>
+  </si>
+  <si>
+    <t>410000327</t>
+  </si>
+  <si>
+    <t>SSIAD CH LE BLANC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10511_FicheESSMS/fr/ssiad-ch-le-blanc</t>
+  </si>
+  <si>
+    <t>10511_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Pierre Milon</t>
+  </si>
+  <si>
+    <t>360006043</t>
+  </si>
+  <si>
+    <t>EHPAD L ABBATIALE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10580_FicheESSMS/fr/ehpad-l-abbatiale</t>
+  </si>
+  <si>
+    <t>10580_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue Montresor</t>
+  </si>
+  <si>
+    <t>37320 CORMERY</t>
+  </si>
+  <si>
+    <t>CORMERY</t>
+  </si>
+  <si>
+    <t>370005167</t>
+  </si>
+  <si>
+    <t>EHPAD EDMOND MORCHOISNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10740_FicheESSMS/fr/ehpad-edmond-morchoisne</t>
+  </si>
+  <si>
+    <t>10740_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28240 LA LOUPE</t>
+  </si>
+  <si>
+    <t>LA LOUPE</t>
+  </si>
+  <si>
+    <t>280503434</t>
+  </si>
+  <si>
+    <t>SAAD APF PRESTATAIRE DE BOURGES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10794_FicheESSMS/fr/saad-apf-prestataire-de-bourges</t>
+  </si>
+  <si>
+    <t>10794_FicheESSMS</t>
+  </si>
+  <si>
+    <t>224 Rue Louis Mallet</t>
+  </si>
+  <si>
+    <t>180009920</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE APF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10793_FicheESSMS/fr/foyer-de-vie-apf</t>
+  </si>
+  <si>
+    <t>10793_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18190 CHATEAUNEUF SUR CHER</t>
+  </si>
+  <si>
+    <t>CHATEAUNEUF SUR CHER</t>
+  </si>
+  <si>
+    <t>180002222</t>
+  </si>
+  <si>
+    <t>EAM CLAUDE BOZONNET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10792_FicheESSMS/fr/eam-claude-bozonnet</t>
+  </si>
+  <si>
+    <t>10792_FicheESSMS</t>
+  </si>
+  <si>
+    <t>180001299</t>
+  </si>
+  <si>
+    <t>EHPAD DOMAINE DE ROMORANTIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10831_FicheESSMS/fr/ehpad-domaine-de-romorantin</t>
+  </si>
+  <si>
+    <t>10831_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Mail Des Platanes</t>
+  </si>
+  <si>
+    <t>410004014</t>
+  </si>
+  <si>
+    <t>SAVS DE CHATEAUDUN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10816_FicheESSMS/fr/savs-de-chateaudun</t>
+  </si>
+  <si>
+    <t>10816_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Anatole France</t>
+  </si>
+  <si>
+    <t>280505330</t>
+  </si>
+  <si>
+    <t>RESIDENCE ANNE-MARIE SAUVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10815_FicheESSMS/fr/residence-anne-marie-sauve</t>
+  </si>
+  <si>
+    <t>10815_FicheESSMS</t>
+  </si>
+  <si>
+    <t>280505322</t>
+  </si>
+  <si>
+    <t>EAM LES MARTINEAUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10814_FicheESSMS/fr/eam-les-martineaux</t>
+  </si>
+  <si>
+    <t>10814_FicheESSMS</t>
+  </si>
+  <si>
+    <t>280006347</t>
+  </si>
+  <si>
+    <t>EHPAD LE CLOS DU PARC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10847_FicheESSMS/fr/ehpad-le-clos-du-parc</t>
+  </si>
+  <si>
+    <t>10847_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Du Clos</t>
+  </si>
+  <si>
+    <t>37210 VERNOU SUR BRENNE</t>
+  </si>
+  <si>
+    <t>VERNOU SUR BRENNE</t>
+  </si>
+  <si>
+    <t>370103384</t>
+  </si>
+  <si>
+    <t>EHPAD CHER SOLOGNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10844_FicheESSMS/fr/ehpad-cher-sologne</t>
+  </si>
+  <si>
+    <t>10844_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41130 SELLES SUR CHER</t>
+  </si>
+  <si>
+    <t>SELLES SUR CHER</t>
+  </si>
+  <si>
+    <t>410004337</t>
+  </si>
+  <si>
+    <t>EHPAD LES FLEURS DE SELLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10843_FicheESSMS/fr/ehpad-les-fleurs-de-selles</t>
+  </si>
+  <si>
+    <t>10843_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du 8 Mai 1945</t>
+  </si>
+  <si>
+    <t>410003784</t>
+  </si>
+  <si>
+    <t>CENTRE ACCUEIL DE JOUR LA CHRYSALIDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10889_FicheESSMS/fr/centre-accueil-de-jour-la-chrysalide</t>
+  </si>
+  <si>
+    <t>10889_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Des Ecoles</t>
+  </si>
+  <si>
+    <t>41350 VINEUIL</t>
+  </si>
+  <si>
+    <t>VINEUIL</t>
+  </si>
+  <si>
+    <t>410007868</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE - FONDATION BORDAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10914_FicheESSMS/fr/maison-familiale-fondation-bordas</t>
+  </si>
+  <si>
+    <t>10914_FicheESSMS</t>
+  </si>
+  <si>
+    <t>280500885</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE DOMAINE DE VITRAY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11119_FicheESSMS/fr/foyer-de-vie-domaine-de-vitray</t>
+  </si>
+  <si>
+    <t>11119_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De Vitray</t>
+  </si>
+  <si>
+    <t>28260 GUAINVILLE</t>
+  </si>
+  <si>
+    <t>GUAINVILLE</t>
+  </si>
+  <si>
+    <t>280009143</t>
+  </si>
+  <si>
+    <t>SSIAD CSPCP ISSOUDUN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11245_FicheESSMS/fr/ssiad-cspcp-issoudun</t>
+  </si>
+  <si>
+    <t>11245_FicheESSMS</t>
+  </si>
+  <si>
+    <t>360003388</t>
+  </si>
+  <si>
+    <t>MECS - FONDATION D'AUTEUIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11384_FicheESSMS/fr/mecs-fondation-d-auteuil</t>
+  </si>
+  <si>
+    <t>11384_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue De Puygibault</t>
+  </si>
+  <si>
+    <t>370003329</t>
+  </si>
+  <si>
+    <t>SERVICE PRESTATAIRE AIDE DOMICILE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11423_FicheESSMS/fr/service-prestataire-aide-domicile</t>
+  </si>
+  <si>
+    <t>11423_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue De La Bondonniere</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>370103624</t>
+  </si>
+  <si>
+    <t>SERVICE AED - AAFP37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11422_FicheESSMS/fr/service-aed-aafp37</t>
+  </si>
+  <si>
+    <t>11422_FicheESSMS</t>
+  </si>
+  <si>
+    <t>370016131</t>
+  </si>
+  <si>
+    <t>SERV. TRAVAILLEUSES FAMILIALES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11421_FicheESSMS/fr/serv-travailleuses-familiales</t>
+  </si>
+  <si>
+    <t>11421_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue B0Ndeniere</t>
+  </si>
+  <si>
+    <t>370102279</t>
+  </si>
+  <si>
+    <t>SESSAD DU LOIR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11529_FicheESSMS/fr/sessad-du-loir</t>
+  </si>
+  <si>
+    <t>11529_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37 Rue Du Gripperay</t>
+  </si>
+  <si>
+    <t>410005276</t>
+  </si>
+  <si>
+    <t>SAVS VENDOMOIS HANDICAP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11528_FicheESSMS/fr/savs-vendomois-handicap</t>
+  </si>
+  <si>
+    <t>11528_FicheESSMS</t>
+  </si>
+  <si>
+    <t>410007215</t>
+  </si>
+  <si>
+    <t>EHPAD LE PARC SAINT CHARLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11586_FicheESSMS/fr/ehpad-le-parc-saint-charles</t>
+  </si>
+  <si>
+    <t>11586_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Du Moulin A Tan</t>
+  </si>
+  <si>
+    <t>280506106</t>
+  </si>
+  <si>
+    <t>SERVICE D'ACCUEIL D'URGENCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11638_FicheESSMS/fr/service-d-accueil-d-urgence</t>
+  </si>
+  <si>
+    <t>11638_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Franciade</t>
+  </si>
+  <si>
+    <t>410008197</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11705_FicheESSMS/fr/foyer-de-vie</t>
+  </si>
+  <si>
+    <t>11705_FicheESSMS</t>
+  </si>
+  <si>
+    <t>324 Rue Des Ruelles</t>
+  </si>
+  <si>
+    <t>410009179</t>
+  </si>
+  <si>
+    <t>CPO LES RHUETS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11747_FicheESSMS/fr/cpo-les-rhuets</t>
+  </si>
+  <si>
+    <t>11747_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Préorientation</t>
+  </si>
+  <si>
+    <t>410005557</t>
+  </si>
+  <si>
+    <t>EHPAD LES EAUX VIVES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11742_FicheESSMS/fr/ehpad-les-eaux-vives</t>
+  </si>
+  <si>
+    <t>11742_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44 Avenue Du Pdt J Fitzgerald Kennedy</t>
+  </si>
+  <si>
+    <t>28100 DREUX</t>
+  </si>
+  <si>
+    <t>280503798</t>
+  </si>
+  <si>
+    <t>EHPAD DE CHATEAUDUN - SITE DE FEDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11756_FicheESSMS/fr/ehpad-de-chateaudun-site-de-fede</t>
+  </si>
+  <si>
+    <t>11756_FicheESSMS</t>
+  </si>
+  <si>
+    <t>280500083</t>
+  </si>
+  <si>
+    <t>CRP LES RHUETS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11748_FicheESSMS/fr/crp-les-rhuets</t>
+  </si>
+  <si>
+    <t>11748_FicheESSMS</t>
+  </si>
+  <si>
+    <t>410000376</t>
+  </si>
+  <si>
+    <t>SSIAD DU CH LA LOUPE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11851_FicheESSMS/fr/ssiad-du-ch-la-loupe</t>
+  </si>
+  <si>
+    <t>11851_FicheESSMS</t>
+  </si>
+  <si>
+    <t>280505793</t>
+  </si>
+  <si>
+    <t>EHPAD DE CHATEAUDUN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11850_FicheESSMS/fr/ehpad-de-chateaudun</t>
+  </si>
+  <si>
+    <t>11850_FicheESSMS</t>
+  </si>
+  <si>
+    <t>280006321</t>
+  </si>
+  <si>
+    <t>EHPAD LA CLAIRIERE DES COUTIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11991_FicheESSMS/fr/ehpad-la-clairiere-des-coutis</t>
+  </si>
+  <si>
+    <t>11991_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37 Avenue Georges Clemenceau</t>
+  </si>
+  <si>
+    <t>410008221</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE L'OASIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11990_FicheESSMS/fr/residence-autonomie-l-oasis</t>
+  </si>
+  <si>
+    <t>11990_FicheESSMS</t>
+  </si>
+  <si>
+    <t>410003875</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT LE CHATEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12120_FicheESSMS/fr/foyer-d-hebergement-le-chateau</t>
+  </si>
+  <si>
+    <t>12120_FicheESSMS</t>
+  </si>
+  <si>
+    <t>410005631</t>
+  </si>
+  <si>
+    <t>ESAT LES COURTIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12119_FicheESSMS/fr/esat-les-courtis</t>
+  </si>
+  <si>
+    <t>12119_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Nicephore Niepce</t>
+  </si>
+  <si>
+    <t>410006001</t>
+  </si>
+  <si>
+    <t>SERVICE AEMO - GROUPE SOS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12373_FicheESSMS/fr/service-aemo-groupe-sos</t>
+  </si>
+  <si>
+    <t>12373_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Lt Colonel Bonneville</t>
+  </si>
+  <si>
+    <t>370012015</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT ROCH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12403_FicheESSMS/fr/ehpad-saint-roch</t>
+  </si>
+  <si>
+    <t>12403_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Notre Dame</t>
+  </si>
+  <si>
+    <t>360004675</t>
+  </si>
+  <si>
+    <t>VILLAGE D'ENFANTS -ACT. ENFANCE - POCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12637_FicheESSMS/fr/village-d-enfants-act-enfance-poce</t>
+  </si>
+  <si>
+    <t>12637_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Chemin Du Peu</t>
+  </si>
+  <si>
+    <t>37530 POCE SUR CISSE</t>
+  </si>
+  <si>
+    <t>POCE SUR CISSE</t>
+  </si>
+  <si>
+    <t>Village d'Enfants</t>
+  </si>
+  <si>
+    <t>370102691</t>
+  </si>
+  <si>
+    <t>SAVS ANAIS DE NOGENT LE ROTROU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12665_FicheESSMS/fr/savs-anais-de-nogent-le-rotrou</t>
+  </si>
+  <si>
+    <t>12665_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Avenue Du General Leclerc</t>
+  </si>
+  <si>
+    <t>280505884</t>
+  </si>
+  <si>
+    <t>EHPAD DU VAL D AURON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12643_FicheESSMS/fr/ehpad-du-val-d-auron</t>
+  </si>
+  <si>
+    <t>12643_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Berthelot</t>
+  </si>
+  <si>
+    <t>180005969</t>
+  </si>
+  <si>
+    <t>EAM L'HOSPITALET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12833_FicheESSMS/fr/eam-l-hospitalet</t>
+  </si>
+  <si>
+    <t>12833_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue Pasteur</t>
+  </si>
+  <si>
+    <t>41800 MONTOIRE SUR LE LOIR</t>
+  </si>
+  <si>
+    <t>MONTOIRE SUR LE LOIR</t>
+  </si>
+  <si>
+    <t>410005052</t>
+  </si>
+  <si>
+    <t>EHPAD LA CHARMEE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12825_FicheESSMS/fr/ehpad-la-charmee</t>
+  </si>
+  <si>
+    <t>12825_FicheESSMS</t>
+  </si>
+  <si>
+    <t>182 Avenue John Kennedy</t>
+  </si>
+  <si>
+    <t>360002158</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL MICHELLE BOUHOURS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12823_FicheESSMS/fr/foyer-occupationnel-michelle-bouhours</t>
+  </si>
+  <si>
+    <t>12823_FicheESSMS</t>
+  </si>
+  <si>
+    <t>410008783</t>
+  </si>
+  <si>
+    <t>EAM DE VENDOME</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12822_FicheESSMS/fr/eam-de-vendome</t>
+  </si>
+  <si>
+    <t>12822_FicheESSMS</t>
+  </si>
+  <si>
+    <t>410009088</t>
+  </si>
+  <si>
+    <t>EHPAD LE PRIEURE DREUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12819_FicheESSMS/fr/ehpad-le-prieure-dreux</t>
+  </si>
+  <si>
+    <t>12819_FicheESSMS</t>
+  </si>
+  <si>
+    <t>73 Rue Saint Martin</t>
+  </si>
+  <si>
+    <t>280500117</t>
+  </si>
+  <si>
+    <t>SDAEP 45 - AIDAPHI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12862_FicheESSMS/fr/sdaep-45-aidaphi</t>
+  </si>
+  <si>
+    <t>12862_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1349 Route De Saint-Jean De Braye</t>
+  </si>
+  <si>
+    <t>45400 SEMOY</t>
+  </si>
+  <si>
+    <t>SEMOY</t>
+  </si>
+  <si>
+    <t>450010319</t>
+  </si>
+  <si>
+    <t>EHPAD LE VAL D ANGLIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12897_FicheESSMS/fr/ehpad-le-val-d-anglin</t>
+  </si>
+  <si>
+    <t>12897_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Avenue De La Gare</t>
+  </si>
+  <si>
+    <t>36300 CONCREMIERS</t>
+  </si>
+  <si>
+    <t>CONCREMIERS</t>
+  </si>
+  <si>
+    <t>360007421</t>
+  </si>
+  <si>
+    <t>EHPAD LA CUBISSOLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12896_FicheESSMS/fr/ehpad-la-cubissole</t>
+  </si>
+  <si>
+    <t>12896_FicheESSMS</t>
+  </si>
+  <si>
+    <t>360003271</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE FOYER SOLEIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12891_FicheESSMS/fr/residence-autonomie-foyer-soleil</t>
+  </si>
+  <si>
+    <t>12891_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Condorcet</t>
+  </si>
+  <si>
+    <t>41100 ST OUEN</t>
+  </si>
+  <si>
+    <t>ST OUEN</t>
+  </si>
+  <si>
+    <t>410003891</t>
+  </si>
+  <si>
+    <t>A.T.R.C_ACCOMPAGNEMENT JUDICIAIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12878_FicheESSMS/fr/a-t-r-c-accompagnement-judiciaire</t>
+  </si>
+  <si>
+    <t>12878_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Carnot</t>
+  </si>
+  <si>
+    <t>37160 DESCARTES</t>
+  </si>
+  <si>
+    <t>DESCARTES</t>
+  </si>
+  <si>
+    <t>370011728</t>
+  </si>
+  <si>
+    <t>ACCOMPAGNEMENT JUDICIARE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12975_FicheESSMS/fr/accompagnement-judiciare</t>
+  </si>
+  <si>
+    <t>12975_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Avenue Du Marechal Maunoury</t>
+  </si>
+  <si>
+    <t>410008320</t>
+  </si>
+  <si>
+    <t>DAME LEOPOLD BELLAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12974_FicheESSMS/fr/dame-leopold-bellan</t>
+  </si>
+  <si>
+    <t>12974_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Du Coq</t>
+  </si>
+  <si>
+    <t>280000027</t>
+  </si>
+  <si>
+    <t>VILLAGE D'ENFANTS-ACT. ENFANCE- CHINON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12973_FicheESSMS/fr/village-d-enfants-act-enfance-chinon</t>
+  </si>
+  <si>
+    <t>12973_FicheESSMS</t>
+  </si>
+  <si>
+    <t>370015810</t>
+  </si>
+  <si>
+    <t>LVA - ''LE MOULIN GRIMAULT''</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12981_FicheESSMS/fr/lva-le-moulin-grimault</t>
+  </si>
+  <si>
+    <t>12981_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86 Vielle Route De Noyers</t>
+  </si>
+  <si>
+    <t>45260 NOYERS</t>
+  </si>
+  <si>
+    <t>NOYERS</t>
+  </si>
+  <si>
+    <t>450022561</t>
+  </si>
+  <si>
+    <t>EHPAD PINCONNIERE DU CH DE BLOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13017_FicheESSMS/fr/ehpad-pinconniere-du-ch-de-blois</t>
+  </si>
+  <si>
+    <t>13017_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41016 BLOIS</t>
+  </si>
+  <si>
+    <t>410002059</t>
+  </si>
+  <si>
+    <t>EHPAD ORANGERIE &amp; OASIS DU CH DE BLOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13016_FicheESSMS/fr/ehpad-orangerie-oasis-du-ch-de-blois</t>
+  </si>
+  <si>
+    <t>13016_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Pimpeneau</t>
+  </si>
+  <si>
+    <t>410003677</t>
+  </si>
+  <si>
+    <t>EHPAD LA ROSELIERE DU CH DE BLOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13015_FicheESSMS/fr/ehpad-la-roseliere-du-ch-de-blois</t>
+  </si>
+  <si>
+    <t>13015_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Mail Pierre Charlot</t>
+  </si>
+  <si>
+    <t>410004923</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS D IROISE D OE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13045_FicheESSMS/fr/ehpad-les-jardins-d-iroise-d-oe</t>
+  </si>
+  <si>
+    <t>13045_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Toussaint Louverture</t>
+  </si>
+  <si>
+    <t>37390 NOTRE DAME D OE</t>
+  </si>
+  <si>
+    <t>NOTRE DAME D OE</t>
+  </si>
+  <si>
+    <t>370009888</t>
+  </si>
+  <si>
+    <t>VILLAGE D'ENFANTS-ACT. ENFANCE-AMBOISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13068_FicheESSMS/fr/village-d-enfants-act-enfance-amboise</t>
+  </si>
+  <si>
+    <t>13068_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Du Vau De Bonnin</t>
+  </si>
+  <si>
+    <t>37400 AMBOISE</t>
+  </si>
+  <si>
+    <t>AMBOISE</t>
+  </si>
+  <si>
+    <t>370102709</t>
+  </si>
+  <si>
+    <t>EAM ISAMBERT SAGESSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13152_FicheESSMS/fr/eam-isambert-sagesse</t>
+  </si>
+  <si>
+    <t>13152_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2206 Rue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>450018569</t>
+  </si>
+  <si>
+    <t>ESAT CHATEAU D'AUVILLIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13149_FicheESSMS/fr/esat-chateau-d-auvilliers</t>
+  </si>
+  <si>
+    <t>13149_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45410 ARTENAY</t>
+  </si>
+  <si>
+    <t>ARTENAY</t>
+  </si>
+  <si>
+    <t>450009246</t>
+  </si>
+  <si>
+    <t>EANM CHATEAU D'AUVILLIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13148_FicheESSMS/fr/eanm-chateau-d-auvilliers</t>
+  </si>
+  <si>
+    <t>13148_FicheESSMS</t>
+  </si>
+  <si>
+    <t>450001789</t>
+  </si>
+  <si>
+    <t>FAM D'ARTENAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13147_FicheESSMS/fr/fam-d-artenay</t>
+  </si>
+  <si>
+    <t>13147_FicheESSMS</t>
+  </si>
+  <si>
+    <t>450016969</t>
+  </si>
+  <si>
+    <t>SAVS CHATEAU D'AUVILLIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13144_FicheESSMS/fr/savs-chateau-d-auvilliers</t>
+  </si>
+  <si>
+    <t>13144_FicheESSMS</t>
+  </si>
+  <si>
+    <t>450017843</t>
+  </si>
+  <si>
+    <t>EAM DE VEUZAIN SUR LOIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13212_FicheESSMS/fr/eam-de-veuzain-sur-loire</t>
+  </si>
+  <si>
+    <t>13212_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86 Rue Gilbert Navard</t>
+  </si>
+  <si>
+    <t>41150 VEUZAIN SUR LOIRE</t>
+  </si>
+  <si>
+    <t>VEUZAIN SUR LOIRE</t>
+  </si>
+  <si>
+    <t>410009096</t>
+  </si>
+  <si>
+    <t>ARPS - FONTENAILLES CPO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13233_FicheESSMS/fr/arps-fontenailles-cpo</t>
+  </si>
+  <si>
+    <t>13233_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37360 BEAUMONT LOUESTAULT</t>
+  </si>
+  <si>
+    <t>BEAUMONT LOUESTAULT</t>
+  </si>
+  <si>
+    <t>370011116</t>
+  </si>
+  <si>
+    <t>ARPS - FONTENAILLES CRP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13232_FicheESSMS/fr/arps-fontenailles-crp</t>
+  </si>
+  <si>
+    <t>13232_FicheESSMS</t>
+  </si>
+  <si>
+    <t>370100174</t>
+  </si>
+  <si>
+    <t>EHPAD LES BOIS DE LA CISSE BOIS BLANCS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13214_FicheESSMS/fr/ehpad-les-bois-de-la-cisse-bois-blancs</t>
+  </si>
+  <si>
+    <t>13214_FicheESSMS</t>
+  </si>
+  <si>
+    <t>68 Rue Gilbert Navard</t>
+  </si>
+  <si>
+    <t>410008254</t>
+  </si>
+  <si>
+    <t>EHPAD BOIS DE LA CISSE PRES FLEURIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13213_FicheESSMS/fr/ehpad-bois-de-la-cisse-pres-fleuris</t>
+  </si>
+  <si>
+    <t>13213_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Du Marquis De Rancougne</t>
+  </si>
+  <si>
+    <t>41190 HERBAULT</t>
+  </si>
+  <si>
+    <t>HERBAULT</t>
+  </si>
+  <si>
+    <t>410007983</t>
+  </si>
+  <si>
+    <t>Département de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Code Finess de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Équipe accréditée</t>
+  </si>
+  <si>
+    <t>Équipe de Radiologie et Imagerie médicale CHRU BRETONNEAU - TOURS  (37)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606415/fr/equipe-de-radiologie-et-imagerie-medicale-chru-bretonneau-tours-37</t>
+  </si>
+  <si>
+    <t>p_3606415</t>
+  </si>
+  <si>
+    <t>04 April 2025</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation POLYCLINIQUE BLOIS  (41)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574439/fr/equipe-d-anesthesie-reanimation-polyclinique-blois-41</t>
+  </si>
+  <si>
+    <t>p_3574439</t>
+  </si>
+  <si>
+    <t>09 November 2024</t>
+  </si>
+  <si>
+    <t>Docteur Audric MICHEL, Docteur DAMIEN BIERLAIRE, Docteur ARMELLE BENARD, Docteur HATEM ZGHAL</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique CHRU BRETONNEAU - TOURS  (37)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3429236/fr/equipe-de-chirurgie-urologique-chru-bretonneau-tours-37</t>
+  </si>
+  <si>
+    <t>p_3429236</t>
+  </si>
+  <si>
+    <t>12 March 2023</t>
+  </si>
+  <si>
+    <t>Docteur BENJAMIN FAIVRE D'ARCIER, Docteur PIERRE BARON, Professeur Franck BRUYERE</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CLINIQUE L'ARCHETTE  (45)</t>
+  </si>
+  <si>
+    <t>17/11/2022 14:31:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3386516/fr/equipe-d-anesthesie-reanimation-clinique-l-archette-45</t>
+  </si>
+  <si>
+    <t>p_3386516</t>
+  </si>
+  <si>
+    <t>16 November 2022</t>
+  </si>
+  <si>
+    <t>Docteur PHILIPPE GORCE, Docteur Vincent BOULIER, Docteur Gaetan DANGELSER, Docteur FLORIN HADARCA, Docteur PATRICIA CHAMORRO CERON, Docteur QUENTIN BELOT</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique PÔLE SANTÉ LÉONARD DE VINCI  (37)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319191/fr/equipe-de-chirurgie-urologique-pole-sante-leonard-de-vinci-37</t>
+  </si>
+  <si>
+    <t>p_3319191</t>
+  </si>
+  <si>
+    <t>20 February 2022</t>
+  </si>
+  <si>
+    <t>Docteur ALEXANDRE MAY, Docteur CHRISTOPHE CALLIER, Docteur TRISTAN GREVEZ, Docteur Patrick JANIN, Docteur PIERRE BARON, Docteur CAROLINE FONTAINE-POITRINEAU</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation PÔLE SANTÉ LÉONARD DE VINCI  (37)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319251/fr/equipe-d-anesthesie-reanimation-pole-sante-leonard-de-vinci-37</t>
+  </si>
+  <si>
+    <t>p_3319251</t>
+  </si>
+  <si>
+    <t>20 January 2025</t>
+  </si>
+  <si>
+    <t>Docteur REMI PERU, Docteur Ileana IORDACHE, Docteur CHRISTOFE LEISNER, Docteur JIHAD ALWAN, Docteur THOMAS GUILLEM, Docteur BENEDICTE MILLE-ZEMMOURA, Docteur ABDELHAMID BOUALI, Docteur MARIO QUENUM, Docteur ANNE PROUST-BERHOUET, Docteur ANASTASIA GARNELI, Docteur Emmanuel BONNET, Docteur MARLENE CABOT-BENARD, Docteur PIERRE LETURGIE, Docteur NICOLAS GAUTIER, Docteur Antoine MATHIEU</t>
+  </si>
+  <si>
+    <t>Équipe de Gastro-entérologie interventionnelle CHU/CHR ORLÉANS - HÔPITAL DE LA SOURCE  (45)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:35:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319393/fr/equipe-de-gastro-enterologie-interventionnelle-chu/chr-orleans-hopital-de-la-source-45</t>
+  </si>
+  <si>
+    <t>p_3319393</t>
+  </si>
+  <si>
+    <t>29 June 2025</t>
+  </si>
+  <si>
+    <t>Docteur OLIVIA WILSON, Docteur Pascal POTIER, Docteur Jean paul LAGASSE, Docteur CORENTIN DENECHEAU-GIRARD, Docteur Damien LABARRIERE, Docteur Barbara DAUVOIS, Docteur BIRANE BEYE, Docteur Xavier CAUSSE</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique CHU/CHR ORLÉANS - HÔPITAL DE LA SOURCE  (45)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:35:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319595/fr/equipe-de-chirurgie-urologique-chu/chr-orleans-hopital-de-la-source-45</t>
+  </si>
+  <si>
+    <t>p_3319595</t>
+  </si>
+  <si>
+    <t>19 December 2021</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS BRICHART, Docteur HUSSEIN IBRAHIM, Docteur ADHAM RAMMAL</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>A. N. A. S. LE COURBAT</t>
+  </si>
+  <si>
+    <t>25/09/2025 13:06:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1208_FicheEtablissement/fr/a-n-a-s-le-courbat</t>
+  </si>
+  <si>
+    <t>1208_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>37460 LE LIEGE</t>
+  </si>
+  <si>
+    <t>LE LIEGE</t>
+  </si>
+  <si>
+    <t>0247912222</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>370000184</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>MAISON DE REPOS ET DE CONVALESCENCE</t>
+  </si>
+  <si>
+    <t>22/07/2025 09:25:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1488_FicheEtablissement/fr/mrc-les-sablons</t>
+  </si>
+  <si>
+    <t>1488_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>19 Rue De La Merie</t>
+  </si>
+  <si>
+    <t>0238466100</t>
+  </si>
+  <si>
+    <t>450014956</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE D'AUTODIALYSE DE L'A. R. A. U. C. O.</t>
+  </si>
+  <si>
+    <t>26/06/2025 10:50:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3617_FicheEtablissement/fr/a-r-a-u-c-o-vierzon</t>
+  </si>
+  <si>
+    <t>3617_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>5 Rue Blanqui</t>
+  </si>
+  <si>
+    <t>18100 VIERZON</t>
+  </si>
+  <si>
+    <t>0248751379</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>180005662</t>
+  </si>
+  <si>
+    <t>CENTRE D'AUTODIALYSE DE ST AMAND-MONTROND</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3620_FicheEtablissement/fr/a-r-a-u-c-o-saint-amand-montrond</t>
+  </si>
+  <si>
+    <t>3620_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0248632538</t>
+  </si>
+  <si>
+    <t>180006397</t>
+  </si>
+  <si>
+    <t>CENTRE D'AUTODIALYSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3619_FicheEtablissement/fr/a-r-a-u-c-o-bourges</t>
+  </si>
+  <si>
+    <t>3619_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>151 Avenue Francois Mitterrand</t>
+  </si>
+  <si>
+    <t>0248670321</t>
+  </si>
+  <si>
+    <t>180005829</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3618_FicheEtablissement/fr/a-r-a-u-c-o-belleville</t>
+  </si>
+  <si>
+    <t>3618_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18240 BELLEVILLE SUR LOIRE</t>
+  </si>
+  <si>
+    <t>BELLEVILLE SUR LOIRE</t>
+  </si>
+  <si>
+    <t>0248725019</t>
+  </si>
+  <si>
+    <t>180005811</t>
+  </si>
+  <si>
+    <t>A.R.A.U.C.O. NOTRE-DAME-D'OÉ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3760_FicheEtablissement/fr/a-r-a-u-c-o-notre-dame-d-oe</t>
+  </si>
+  <si>
+    <t>3760_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>7 Rue Henri Spaak</t>
+  </si>
+  <si>
+    <t>0247429922</t>
+  </si>
+  <si>
+    <t>370104804</t>
+  </si>
+  <si>
+    <t>A.R.A.U.C.O. CHÂTEAU-RENAULT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3759_FicheEtablissement/fr/a-r-a-u-c-o-chateau-renault</t>
+  </si>
+  <si>
+    <t>3759_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0247295296</t>
+  </si>
+  <si>
+    <t>370104002</t>
+  </si>
+  <si>
+    <t>A.R.A.U.C.O. LOCHES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3758_FicheEtablissement/fr/a-r-a-u-c-o-loches</t>
+  </si>
+  <si>
+    <t>3758_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Du Dr P Martinais</t>
+  </si>
+  <si>
+    <t>0247940239</t>
+  </si>
+  <si>
+    <t>370103152</t>
+  </si>
+  <si>
+    <t>A.R.A.U.C.O. PÔLE SANTÉ LEONARD VINCI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3757_FicheEtablissement/fr/a-r-a-u-c-o-pole-sante-leonard-vinci</t>
+  </si>
+  <si>
+    <t>3757_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Avenue Du Professeur A Minkiwski</t>
+  </si>
+  <si>
+    <t>37175 CHAMBRAY LES TOURS</t>
+  </si>
+  <si>
+    <t>0247380724</t>
+  </si>
+  <si>
+    <t>370102832</t>
+  </si>
+  <si>
+    <t>A.R.A.U.C.O. CHINON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3756_FicheEtablissement/fr/a-r-a-u-c-o-chinon</t>
+  </si>
+  <si>
+    <t>3756_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0247933616</t>
+  </si>
+  <si>
+    <t>370100885</t>
+  </si>
+  <si>
+    <t>A.R.A.U.C.O. CHRU BRETONNEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3755_FicheEtablissement/fr/a-r-a-u-c-o-chru-bretonneau</t>
+  </si>
+  <si>
+    <t>3755_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Boulevard Tonnelle</t>
+  </si>
+  <si>
+    <t>0247364400</t>
+  </si>
+  <si>
+    <t>370002040</t>
+  </si>
+  <si>
+    <t>A.R.A.U.C.O. AMBOISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7715_FicheEtablissement/fr/a-r-a-u-c-o-amboise</t>
+  </si>
+  <si>
+    <t>7715_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>37403 AMBOISE</t>
+  </si>
+  <si>
+    <t>0247855300</t>
+  </si>
+  <si>
+    <t>370014342</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE LA TOUR BLANCHE</t>
+  </si>
+  <si>
+    <t>24/06/2025 09:12:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1185_FicheEtablissement/fr/ch-la-tour-blanche-issoudun</t>
+  </si>
+  <si>
+    <t>1185_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>36105 ISSOUDUN</t>
+  </si>
+  <si>
+    <t>0254035403</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>360000038</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>MAISON DE READAPTATION FONCTIONNELLE BOIS GIBERT</t>
+  </si>
+  <si>
+    <t>23/06/2025 10:14:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1228_FicheEtablissement/fr/mrf-bois-gibert</t>
+  </si>
+  <si>
+    <t>1228_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18 Rue De Bois Gibert</t>
+  </si>
+  <si>
+    <t>37510 BALLAN MIRE</t>
+  </si>
+  <si>
+    <t>BALLAN MIRE</t>
+  </si>
+  <si>
+    <t>0247487492</t>
+  </si>
+  <si>
+    <t>370100539</t>
+  </si>
+  <si>
+    <t>23/06/2025 10:17:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3661_FicheEtablissement/fr/a-i-r-b-p-irc-chateaudun</t>
+  </si>
+  <si>
+    <t>3661_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Vislain</t>
+  </si>
+  <si>
+    <t>0237660572</t>
+  </si>
+  <si>
+    <t>280504309</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>A.I.R.B.P. IRC - DREUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3660_FicheEtablissement/fr/a-i-r-b-p-irc-dreux</t>
+  </si>
+  <si>
+    <t>3660_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>15 Rue Charles Peguy</t>
+  </si>
+  <si>
+    <t>0237464723</t>
+  </si>
+  <si>
+    <t>280503848</t>
+  </si>
+  <si>
+    <t>A.I.R.B.P IRC CHARTRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3659_FicheEtablissement/fr/a-i-r-b-p-irc-chartres</t>
+  </si>
+  <si>
+    <t>3659_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>56 Rue Des Artisans</t>
+  </si>
+  <si>
+    <t>28630 MORANCEZ</t>
+  </si>
+  <si>
+    <t>MORANCEZ</t>
+  </si>
+  <si>
+    <t>0237304719</t>
+  </si>
+  <si>
+    <t>280502741</t>
+  </si>
+  <si>
+    <t>A.I.R.B.P. IRC NOGENT-LE-ROTROU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3658_FicheEtablissement/fr/a-i-r-b-p-irc-nogent-le-rotrou</t>
+  </si>
+  <si>
+    <t>3658_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>280006594</t>
+  </si>
+  <si>
+    <t>CENTREHOSPITALIER PIERRE DEZARNAULDS GIEN</t>
+  </si>
+  <si>
+    <t>20/06/2025 15:43:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1464_FicheEtablissement/fr/ch-dezarnaulds-gien</t>
+  </si>
+  <si>
+    <t>1464_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Avenue Jean Villejean</t>
+  </si>
+  <si>
+    <t>45503 GIEN</t>
+  </si>
+  <si>
+    <t>0238293801</t>
+  </si>
+  <si>
+    <t>Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>450000047</t>
+  </si>
+  <si>
+    <t>SITE SSR JEANNE D'ARC GIEN CHRO - CH DE GIEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5406_FicheEtablissement/fr/site-ssr-jeanne-d-arc-gien-ch-gien</t>
+  </si>
+  <si>
+    <t>5406_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Avenue Villejean</t>
+  </si>
+  <si>
+    <t>450021431</t>
+  </si>
+  <si>
+    <t>18/06/2025 17:19:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/540_FicheEtablissement/fr/ch-bourges-jacques-coeur</t>
+  </si>
+  <si>
+    <t>540_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>145 Avenue F Mitterand</t>
+  </si>
+  <si>
+    <t>18020 BOURGES</t>
+  </si>
+  <si>
+    <t>0248484848</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE BOURGES SITE TAILLEGRAIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/550_FicheEtablissement/fr/ch-de-bourges-site-taillegrain</t>
+  </si>
+  <si>
+    <t>550_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>6 Rue Taillegrain</t>
+  </si>
+  <si>
+    <t>180003287</t>
+  </si>
+  <si>
+    <t>USLD DU CH JACQUES COEUR DE BOURGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/558_FicheEtablissement/fr/usld-du-ch-jacques-coeur-de-bourges</t>
+  </si>
+  <si>
+    <t>558_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>180005803</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:52:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1226_FicheEtablissement/fr/pole-sante-leonard-de-vinci</t>
+  </si>
+  <si>
+    <t>1226_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Avenue Du Prof Alexandre Minkowski</t>
+  </si>
+  <si>
+    <t>0247222111</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>SERVICE USLD PSY BATIMENT LE CEDRE</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1229_FicheEtablissement/fr/service-usld-psy-batiment-le-cedre</t>
+  </si>
+  <si>
+    <t>1229_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>118 Rue De La Croix Perigourd</t>
+  </si>
+  <si>
+    <t>0247627777</t>
+  </si>
+  <si>
+    <t>370102659</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>27/05/2025 16:54:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1474_FicheEtablissement/fr/oreliance-reine-blanche</t>
+  </si>
+  <si>
+    <t>1474_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>559 Avenue Jacqueline Auriol</t>
+  </si>
+  <si>
+    <t>0238796040</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine, Néphrologie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1481_FicheEtablissement/fr/oreliance-longues-allees</t>
+  </si>
+  <si>
+    <t>1481_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>553 Avenue Jacqueline Auriol</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>CRF BEL AIR</t>
+  </si>
+  <si>
+    <t>20/05/2025 07:35:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1211_FicheEtablissement/fr/crf-bel-air</t>
+  </si>
+  <si>
+    <t>1211_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0247424344</t>
+  </si>
+  <si>
+    <t>370000374</t>
+  </si>
+  <si>
+    <t>CRF BEAUROUVRE SITE DE BLANDAINVILLE</t>
+  </si>
+  <si>
+    <t>25/03/2025 16:51:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/774_FicheEtablissement/fr/crf-beaurouvre-site-de-blandainville</t>
+  </si>
+  <si>
+    <t>774_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>28120 BLANDAINVILLE</t>
+  </si>
+  <si>
+    <t>BLANDAINVILLE</t>
+  </si>
+  <si>
+    <t>0237203800</t>
+  </si>
+  <si>
+    <t>280000266</t>
+  </si>
+  <si>
+    <t>HOPITAL DE JOUR DU CRF DE BEAUROUVRE SITE DU COUDRAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/780_FicheEtablissement/fr/hdj-crf-beaurouvre-site-du-coudray</t>
+  </si>
+  <si>
+    <t>780_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Rue Claude Bernard</t>
+  </si>
+  <si>
+    <t>28630 LE COUDRAY</t>
+  </si>
+  <si>
+    <t>280007261</t>
+  </si>
+  <si>
+    <t>INSTITUT MEDICAL SPECIALISE D'EURE ET LOIR</t>
+  </si>
+  <si>
+    <t>08/03/2025 08:47:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/776_FicheEtablissement/fr/institut-med-spe-d-eure-et-loir</t>
+  </si>
+  <si>
+    <t>776_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>14 Allée Henry Dunant</t>
+  </si>
+  <si>
+    <t>0237517191</t>
+  </si>
+  <si>
+    <t>280000449</t>
+  </si>
+  <si>
+    <t>C.I.R.A.D. - BLOIS (SITE CH DE BLOIS)</t>
+  </si>
+  <si>
+    <t>07/03/2025 17:46:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3778_FicheEtablissement/fr/c-i-r-a-d-blois-site-ch-de-blois</t>
+  </si>
+  <si>
+    <t>3778_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0254903508</t>
+  </si>
+  <si>
+    <t>410007553</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3777_FicheEtablissement/fr/c-i-r-a-d-vendome</t>
+  </si>
+  <si>
+    <t>3777_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>98 Rue Poterie</t>
+  </si>
+  <si>
+    <t>0254720343</t>
+  </si>
+  <si>
+    <t>410005953</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3776_FicheEtablissement/fr/c-i-r-a-d-chemery</t>
+  </si>
+  <si>
+    <t>3776_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0254963055</t>
+  </si>
+  <si>
+    <t>410005011</t>
+  </si>
+  <si>
+    <t>CENTRE DE NEPHROLOGIE DE CHATEAUROUX - CH CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>24/02/2025 09:31:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3754_FicheEtablissement/fr/ctre-nephro-chateauroux-ch-chateauroux</t>
+  </si>
+  <si>
+    <t>3754_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>131 Avenue John Kennedy</t>
+  </si>
+  <si>
+    <t>0254224626</t>
+  </si>
+  <si>
+    <t>360002133</t>
+  </si>
+  <si>
+    <t>CENTRE NÉPHRO. CHÂTEAUROUX-CH ISSOUDUN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3753_FicheEtablissement/fr/centre-nephro-chateauroux-ch-issoudun</t>
+  </si>
+  <si>
+    <t>3753_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0254030474</t>
+  </si>
+  <si>
+    <t>360000962</t>
+  </si>
+  <si>
+    <t>CENTRE DE NEPHROLOGIE AMILLY</t>
+  </si>
+  <si>
+    <t>24/02/2025 09:30:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3801_FicheEtablissement/fr/centre-de-nephrologie-amilly</t>
+  </si>
+  <si>
+    <t>3801_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>658 Rue Des Bourgoins</t>
+  </si>
+  <si>
+    <t>45200 AMILLY</t>
+  </si>
+  <si>
+    <t>AMILLY</t>
+  </si>
+  <si>
+    <t>0557356720</t>
+  </si>
+  <si>
+    <t>450018460</t>
+  </si>
+  <si>
+    <t>CENTRE D'HEMODIALYSE AMBULATOIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3798_FicheEtablissement/fr/centre-d-hemodialyse-jeanne-d-arc</t>
+  </si>
+  <si>
+    <t>3798_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0557356758</t>
+  </si>
+  <si>
+    <t>450013818</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE  L' HOSPITALET</t>
+  </si>
+  <si>
+    <t>07/02/2025 13:18:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1341_FicheEtablissement/fr/crf-l-hospitalet</t>
+  </si>
+  <si>
+    <t>1341_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0254852500</t>
+  </si>
+  <si>
+    <t>410005391</t>
+  </si>
+  <si>
+    <t>CLINIQUE RONSARD</t>
+  </si>
+  <si>
+    <t>27/01/2025 11:11:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1205_FicheEtablissement/fr/clinique-ronsard</t>
+  </si>
+  <si>
+    <t>1205_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Tony Laine</t>
+  </si>
+  <si>
+    <t>37170 CHAMBRAY LES TOURS</t>
+  </si>
+  <si>
+    <t>0247263033</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>370000127</t>
+  </si>
+  <si>
+    <t>CH SANCERRE</t>
+  </si>
+  <si>
+    <t>24/01/2025 16:26:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/545_FicheEtablissement/fr/ch-sancerre</t>
+  </si>
+  <si>
+    <t>545_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18300 SANCERRE</t>
+  </si>
+  <si>
+    <t>SANCERRE</t>
+  </si>
+  <si>
+    <t>0248785200</t>
+  </si>
+  <si>
+    <t>180000333</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT DE SOINS DE LONGUE DUREE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/556_FicheEtablissement/fr/usld-du-ch-de-sancerre</t>
+  </si>
+  <si>
+    <t>556_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0248785202</t>
+  </si>
+  <si>
+    <t>180004889</t>
+  </si>
+  <si>
+    <t>24/01/2025 08:54:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/790_FicheEtablissement/fr/hopital-prive-d-eure-et-loir</t>
+  </si>
+  <si>
+    <t>790_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Roland Buthier</t>
+  </si>
+  <si>
+    <t>0237184100</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>CENTRE DE MEDECINE PHYSIQUE &amp; DE READAPTATION LADAPT LOIRET</t>
+  </si>
+  <si>
+    <t>24/01/2025 16:09:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1477_FicheEtablissement/fr/cmpr-ladapt-loiret</t>
+  </si>
+  <si>
+    <t>1477_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238281717</t>
+  </si>
+  <si>
+    <t>450000526</t>
+  </si>
+  <si>
+    <t>CLINIQUE DES GRAINETIERES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/546_FicheEtablissement/fr/clinique-des-grainetieres</t>
+  </si>
+  <si>
+    <t>546_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18206 ST AMAND MONTROND</t>
+  </si>
+  <si>
+    <t>0248822062</t>
+  </si>
+  <si>
+    <t>180000358</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/544_FicheEtablissement/fr/ch-saint-amand-montrond</t>
+  </si>
+  <si>
+    <t>544_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>44 Avenue Jean Jaures</t>
+  </si>
+  <si>
+    <t>0248632525</t>
+  </si>
+  <si>
+    <t>Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>180000283</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SPECIALISE EN PSYCHIATRIE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/542_FicheEtablissement/fr/ch-george-sand-chezal-benoit</t>
+  </si>
+  <si>
+    <t>542_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0248638080</t>
+  </si>
+  <si>
+    <t>180000184</t>
+  </si>
+  <si>
+    <t>CH GEORGE SAND BOURGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/541_FicheEtablissement/fr/ch-george-sand-bourges</t>
+  </si>
+  <si>
+    <t>541_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>77 Rue Louis Mallet</t>
+  </si>
+  <si>
+    <t>18024 BOURGES</t>
+  </si>
+  <si>
+    <t>0248672000</t>
+  </si>
+  <si>
+    <t>180000176</t>
+  </si>
+  <si>
+    <t>CH GEORGE SAND DUN SUR AURON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/549_FicheEtablissement/fr/ch-george-sand-dun-sur-auron</t>
+  </si>
+  <si>
+    <t>549_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0248662900</t>
+  </si>
+  <si>
+    <t>180000820</t>
+  </si>
+  <si>
+    <t>MAISON DE SANTE POUR MALADIES MENTALES LA GAILLARDIERE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/547_FicheEtablissement/fr/clinique-la-gaillardiere</t>
+  </si>
+  <si>
+    <t>547_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0248529333</t>
+  </si>
+  <si>
+    <t>180000382</t>
+  </si>
+  <si>
+    <t>USLD DU CH GEORGE SAND SITE DE DUN SUR AURON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/559_FicheEtablissement/fr/usld-du-ch-george-sand-site-de-dun-sur</t>
+  </si>
+  <si>
+    <t>559_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0248665252</t>
+  </si>
+  <si>
+    <t>180007825</t>
+  </si>
+  <si>
+    <t>USLD DU CH GEORGE SAND SITE DE BOURGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/557_FicheEtablissement/fr/usld-du-ch-george-sand-site-de-bourges</t>
+  </si>
+  <si>
+    <t>557_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18016 BOURGES</t>
+  </si>
+  <si>
+    <t>180005696</t>
+  </si>
+  <si>
+    <t>CENTRE DE CURE MEDICALE POUR PERSONNES AGEES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/552_FicheEtablissement/fr/ch-st-amand-montrond-site-croix-duchet</t>
+  </si>
+  <si>
+    <t>552_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0248964047</t>
+  </si>
+  <si>
+    <t>180003386</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE CHARTRES HOTEL DIEU</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/769_FicheEtablissement/fr/ch-chartres-hotel-dieu</t>
+  </si>
+  <si>
+    <t>769_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>34 Rue Du Docteur Maunoury</t>
+  </si>
+  <si>
+    <t>28018 CHARTRES</t>
+  </si>
+  <si>
+    <t>0237303030</t>
+  </si>
+  <si>
+    <t>CH DE LA LOUPE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/772_FicheEtablissement/fr/ch-de-la-loupe</t>
+  </si>
+  <si>
+    <t>772_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0237293311</t>
+  </si>
+  <si>
+    <t>280000100</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/771_FicheEtablissement/fr/ch-dreux</t>
+  </si>
+  <si>
+    <t>771_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>44 Avenue President John-Fit- Kennedy</t>
+  </si>
+  <si>
+    <t>28102 DREUX</t>
+  </si>
+  <si>
+    <t>0237515253</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CH BONNEVAL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/770_FicheEtablissement/fr/ch-bonneval</t>
+  </si>
+  <si>
+    <t>770_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>32 Rue De La Greve</t>
+  </si>
+  <si>
+    <t>28800 BONNEVAL</t>
+  </si>
+  <si>
+    <t>BONNEVAL</t>
+  </si>
+  <si>
+    <t>0237447600</t>
+  </si>
+  <si>
+    <t>280000050</t>
+  </si>
+  <si>
+    <t>CH CHARTRES - VAL DE L'EURE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/778_FicheEtablissement/fr/ch-chartres-val-de-l-eure</t>
+  </si>
+  <si>
+    <t>778_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Saint Martin Au Val</t>
+  </si>
+  <si>
+    <t>280000696</t>
+  </si>
+  <si>
+    <t>CH CHATEAUDUN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/777_FicheEtablissement/fr/ch-chateaudun</t>
+  </si>
+  <si>
+    <t>777_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>28205 CHATEAUDUN</t>
+  </si>
+  <si>
+    <t>0237444040</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>280000662</t>
+  </si>
+  <si>
+    <t>SSR KORIAN PARC DE GASVILLE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/775_FicheEtablissement/fr/korian-parc-de-gasville</t>
+  </si>
+  <si>
+    <t>775_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0237334100</t>
+  </si>
+  <si>
+    <t>280000431</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE CHARTRES LOUIS PASTEUR - LE COUDRAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/786_FicheEtablissement/fr/ch-chartres-louis-pasteur-le-coudray</t>
+  </si>
+  <si>
+    <t>786_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>8 Rue Claude Bernard</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>USLD DU CENTRE HOSPITALIER DE DREUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/785_FicheEtablissement/fr/usld-les-eaux-vives-du-ch-de-dreux</t>
+  </si>
+  <si>
+    <t>785_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>44 Avenue Kennedy</t>
+  </si>
+  <si>
+    <t>280503574</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/784_FicheEtablissement/fr/usld-ch-chateaudun</t>
+  </si>
+  <si>
+    <t>784_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>280503558</t>
+  </si>
+  <si>
+    <t>CH NOGENT LE ROTROU - NOUVEL HÔPITAL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/782_FicheEtablissement/fr/ch-nogent-le-rotrou-nouvel-hopital</t>
+  </si>
+  <si>
+    <t>782_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>28401 NOGENT LE ROTROU</t>
+  </si>
+  <si>
+    <t>0237537575</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>280502998</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER HENRY EY A BONNEVAL SITE DU COUDRAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/781_FicheEtablissement/fr/ch-henry-ey-a-bonneval-site-du-coudray</t>
+  </si>
+  <si>
+    <t>781_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Des Venelles</t>
+  </si>
+  <si>
+    <t>0237887500</t>
+  </si>
+  <si>
+    <t>280007519</t>
+  </si>
+  <si>
+    <t>ASSAD HAD  D'EURE ET LOIR</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/779_FicheEtablissement/fr/assad-had-d-eure-et-loir</t>
+  </si>
+  <si>
+    <t>779_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Joseph Fourier</t>
+  </si>
+  <si>
+    <t>0245400470</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>280001678</t>
+  </si>
+  <si>
+    <t>CLINIQUE LA BOISSIÈRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/789_FicheEtablissement/fr/clinique-la-boissiere</t>
+  </si>
+  <si>
+    <t>789_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Rue De La Boissiere</t>
+  </si>
+  <si>
+    <t>28630 NOGENT LE PHAYE</t>
+  </si>
+  <si>
+    <t>NOGENT LE PHAYE</t>
+  </si>
+  <si>
+    <t>0237334900</t>
+  </si>
+  <si>
+    <t>280505264</t>
+  </si>
+  <si>
+    <t>INSTITUT DE DIABETOLOGIE ET NUTRITON CENTRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/788_FicheEtablissement/fr/institut-diabetologie-nutrition-centre</t>
+  </si>
+  <si>
+    <t>788_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>35 Rue Du Verger</t>
+  </si>
+  <si>
+    <t>0236253600</t>
+  </si>
+  <si>
+    <t>280505223</t>
+  </si>
+  <si>
+    <t>USLD LES BLES D'OR CH BONNEVAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/787_FicheEtablissement/fr/usld-les-bles-d-or-ch-bonneval</t>
+  </si>
+  <si>
+    <t>787_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0237472808</t>
+  </si>
+  <si>
+    <t>280504705</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT DE CONVALESCENCE ET DE REPOS LE C.A.L.M.E.</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/791_FicheEtablissement/fr/le-c-a-l-m-e-illiers-combray</t>
+  </si>
+  <si>
+    <t>791_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>28120 ILLIERS COMBRAY</t>
+  </si>
+  <si>
+    <t>ILLIERS COMBRAY</t>
+  </si>
+  <si>
+    <t>0237916333</t>
+  </si>
+  <si>
+    <t>280506015</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT-FRANCOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1186_FicheEtablissement/fr/clinique-saint-francois</t>
+  </si>
+  <si>
+    <t>1186_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Avenue Marcel Lemoine</t>
+  </si>
+  <si>
+    <t>36006 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>0254536014</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1187_FicheEtablissement/fr/ch-chateauroux</t>
+  </si>
+  <si>
+    <t>1187_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>216 Avenue De Verdun</t>
+  </si>
+  <si>
+    <t>36019 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>0254296000</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>360000137</t>
+  </si>
+  <si>
+    <t>CH LEVROUX</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1194_FicheEtablissement/fr/ch-levroux</t>
+  </si>
+  <si>
+    <t>1194_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>60 Rue Nationale</t>
+  </si>
+  <si>
+    <t>36110 LEVROUX</t>
+  </si>
+  <si>
+    <t>LEVROUX</t>
+  </si>
+  <si>
+    <t>0254291000</t>
+  </si>
+  <si>
+    <t>360000251</t>
+  </si>
+  <si>
+    <t>CLINIQUE LE HAUT-CLUZEAU CHASSENEUIL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1193_FicheEtablissement/fr/clinique-du-haut-cluzeau</t>
+  </si>
+  <si>
+    <t>1193_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>36800 CHASSENEUIL</t>
+  </si>
+  <si>
+    <t>CHASSENEUIL</t>
+  </si>
+  <si>
+    <t>0254258036</t>
+  </si>
+  <si>
+    <t>360000210</t>
+  </si>
+  <si>
+    <t>CH CHATILLON SUR INDRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1192_FicheEtablissement/fr/ch-chatillon-sur-indre</t>
+  </si>
+  <si>
+    <t>1192_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>13 Avenue De Verdun</t>
+  </si>
+  <si>
+    <t>36700 CHATILLON SUR INDRE</t>
+  </si>
+  <si>
+    <t>CHATILLON SUR INDRE</t>
+  </si>
+  <si>
+    <t>0254023333</t>
+  </si>
+  <si>
+    <t>360000202</t>
+  </si>
+  <si>
+    <t>CH SAINT-ROCH BUZANCAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1191_FicheEtablissement/fr/ch-saint-roch-buzancais</t>
+  </si>
+  <si>
+    <t>1191_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>02 54 84 03 12</t>
+  </si>
+  <si>
+    <t>360000186</t>
+  </si>
+  <si>
+    <t>CH SAINT CHARLES DE VALENCAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1190_FicheEtablissement/fr/ch-saint-charles-de-valencay</t>
+  </si>
+  <si>
+    <t>1190_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>24 Rue Des Princes</t>
+  </si>
+  <si>
+    <t>36600 VALENCAY</t>
+  </si>
+  <si>
+    <t>VALENCAY</t>
+  </si>
+  <si>
+    <t>0254003000</t>
+  </si>
+  <si>
+    <t>360000178</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DU BLANC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1189_FicheEtablissement/fr/ch-du-blanc</t>
+  </si>
+  <si>
+    <t>1189_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0254282828</t>
+  </si>
+  <si>
+    <t>360000160</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1188_FicheEtablissement/fr/ch-la-chatre</t>
+  </si>
+  <si>
+    <t>1188_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>40 Rue Des Oiseaux</t>
+  </si>
+  <si>
+    <t>36400 LA CHATRE</t>
+  </si>
+  <si>
+    <t>LA CHATRE</t>
+  </si>
+  <si>
+    <t>0254065400</t>
+  </si>
+  <si>
+    <t>360000145</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1199_FicheEtablissement/fr/usld-site-ch-chatillon-sur-indre</t>
+  </si>
+  <si>
+    <t>1199_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>13 Rue De Verdun</t>
+  </si>
+  <si>
+    <t>360004626</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT DE SOINS LONGUE DUREE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1197_FicheEtablissement/fr/usld-ch-du-blanc</t>
+  </si>
+  <si>
+    <t>1197_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0254372772</t>
+  </si>
+  <si>
+    <t>360004592</t>
+  </si>
+  <si>
+    <t>CENTRE CONVALESCENCE-DIETETIQUE-MAISON MEDICALE ET NUTRITION</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1196_FicheEtablissement/fr/ctre-conv-diet-manoir-en-berry</t>
+  </si>
+  <si>
+    <t>1196_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>7 Rue Du Golf</t>
+  </si>
+  <si>
+    <t>36160 POULIGNY NOTRE DAME</t>
+  </si>
+  <si>
+    <t>POULIGNY NOTRE DAME</t>
+  </si>
+  <si>
+    <t>0254062012</t>
+  </si>
+  <si>
+    <t>360002232</t>
+  </si>
+  <si>
+    <t>CH CHATEAUROUX SITE GIREUGNE-ST MAUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1195_FicheEtablissement/fr/ch-chateauroux-site-gireugne-st-maur</t>
+  </si>
+  <si>
+    <t>1195_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>36250 ST MAUR</t>
+  </si>
+  <si>
+    <t>ST MAUR</t>
+  </si>
+  <si>
+    <t>0254537279</t>
+  </si>
+  <si>
+    <t>360000327</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1201_FicheEtablissement/fr/clinique-jeanne-d-arc-st-benoit</t>
+  </si>
+  <si>
+    <t>1201_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0247937000</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie</t>
+  </si>
+  <si>
+    <t>CTRE DÉPARTEMENTAL GÉRIATRIQUE DE L'INDRE LES GRANDS CHÊNES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1200_FicheEtablissement/fr/ctre-dept-geriatrique-les-grands-chene</t>
+  </si>
+  <si>
+    <t>1200_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0254537750</t>
+  </si>
+  <si>
+    <t>360006688</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1203_FicheEtablissement/fr/sas-nouvelle-clinique-de-tours</t>
+  </si>
+  <si>
+    <t>1203_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Boulevard Alfred Nobel</t>
+  </si>
+  <si>
+    <t>0247883737</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Réanimation</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE LE CLOS ST VICTOR</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1209_FicheEtablissement/fr/crf-clos-st-victor-joue-les-tours</t>
+  </si>
+  <si>
+    <t>1209_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue De Chantepie</t>
+  </si>
+  <si>
+    <t>37304 JOUE LES TOURS</t>
+  </si>
+  <si>
+    <t>0247487070</t>
+  </si>
+  <si>
+    <t>370000218</t>
+  </si>
+  <si>
+    <t>CLINIQUE VELPEAU</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1207_FicheEtablissement/fr/clinique-velpeau</t>
+  </si>
+  <si>
+    <t>1207_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Croix Pasquier</t>
+  </si>
+  <si>
+    <t>0247404142</t>
+  </si>
+  <si>
+    <t>370000150</t>
+  </si>
+  <si>
+    <t>CLINIQUE VAL DE LOIRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1206_FicheEtablissement/fr/clinique-du-val-de-loire</t>
+  </si>
+  <si>
+    <t>1206_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>636 Route De La Guillonniere</t>
+  </si>
+  <si>
+    <t>0247297400</t>
+  </si>
+  <si>
+    <t>370000143</t>
+  </si>
+  <si>
+    <t>CLINIQUE VONTES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1204_FicheEtablissement/fr/clinique-vontes</t>
+  </si>
+  <si>
+    <t>1204_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>37320 ESVRES</t>
+  </si>
+  <si>
+    <t>ESVRES</t>
+  </si>
+  <si>
+    <t>0247341515</t>
+  </si>
+  <si>
+    <t>370000119</t>
+  </si>
+  <si>
+    <t>FONDATION L'ELAN RETROUVE - CENTRE  MALVAU</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1210_FicheEtablissement/fr/fondation-l-elan-retrouve-ctre-malvau</t>
+  </si>
+  <si>
+    <t>1210_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>111 Avenue Gabrielle D Estrees</t>
+  </si>
+  <si>
+    <t>0247572192</t>
+  </si>
+  <si>
+    <t>370000341</t>
+  </si>
+  <si>
+    <t>CENTRE DE CONVALESCENTS ET DE CHRONIQUES L'ERMITAGE DU CHRU</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1213_FicheEtablissement/fr/ctre-conval-l-ermitage-chru-tours</t>
+  </si>
+  <si>
+    <t>1213_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Allée Gaston Pages</t>
+  </si>
+  <si>
+    <t>0247474747</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>370000515</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>CHR TOURS HOPITAL ANNEXE POUR ENFANTS  CLOCHEVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1212_FicheEtablissement/fr/chru-clocheville-tours</t>
+  </si>
+  <si>
+    <t>1212_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0247476099</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>370000499</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER REGIONAL UNIVERSITAIRE BRETONNEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1216_FicheEtablissement/fr/chru-bretonneau-tours</t>
+  </si>
+  <si>
+    <t>1216_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER INTER-COMMUNAL AMBOISE/CHÂTEAU-RENAULT</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1215_FicheEtablissement/fr/chic-chateau-renault-hop-dr-j-delaneau</t>
+  </si>
+  <si>
+    <t>1215_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>66 Boulevard Jules Joran</t>
+  </si>
+  <si>
+    <t>0247233333</t>
+  </si>
+  <si>
+    <t>Médecine, Psychiatrie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>370000580</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER FRANÇOIS RABELAIS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1214_FicheEtablissement/fr/ch-du-chinonais</t>
+  </si>
+  <si>
+    <t>1214_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>28 Route Departementale 751</t>
+  </si>
+  <si>
+    <t>0247937582</t>
+  </si>
+  <si>
+    <t>Médecine, Obstétrique, Psychiatrie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>370000531</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1217_FicheEtablissement/fr/chic-amboise-hopital-robert-debre</t>
+  </si>
+  <si>
+    <t>1217_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>370000879</t>
+  </si>
+  <si>
+    <t>CH SAINTE MAURE DE TOURAINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1221_FicheEtablissement/fr/ch-sainte-maure-de-touraine</t>
+  </si>
+  <si>
+    <t>1221_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>90 Avenue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>0247723232</t>
+  </si>
+  <si>
+    <t>370001158</t>
+  </si>
+  <si>
+    <t>CH DE LUYNES - ET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1220_FicheEtablissement/fr/ch-de-luynes-et</t>
+  </si>
+  <si>
+    <t>1220_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0247553030</t>
+  </si>
+  <si>
+    <t>370001109</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER LOUIS SEVESTRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1219_FicheEtablissement/fr/ch-louis-sevestre</t>
+  </si>
+  <si>
+    <t>1219_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0247424646</t>
+  </si>
+  <si>
+    <t>370000986</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER PAUL MARTINAIS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1218_FicheEtablissement/fr/ch-paul-martinais-loches</t>
+  </si>
+  <si>
+    <t>1218_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Du Docteur Martinais</t>
+  </si>
+  <si>
+    <t>0247913333</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine, Psychiatrie</t>
+  </si>
+  <si>
+    <t>370000903</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER REGIONAL UNIVERSITAIRE TROUSSEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1224_FicheEtablissement/fr/chru-trousseau-chambray</t>
+  </si>
+  <si>
+    <t>1224_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Diagnostic génétique, Médecine, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>MAISON DE CURE MEDICALE POUR PERSONNES AGEES - ANNEXE HOPITA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1223_FicheEtablissement/fr/ussr-personnes-agees-ch-de-loches</t>
+  </si>
+  <si>
+    <t>1223_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0247590157</t>
+  </si>
+  <si>
+    <t>370004301</t>
+  </si>
+  <si>
+    <t>USLD CH DU CHINONAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1222_FicheEtablissement/fr/usld-ch-du-chinonais</t>
+  </si>
+  <si>
+    <t>1222_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0247937552</t>
+  </si>
+  <si>
+    <t>370002511</t>
+  </si>
+  <si>
+    <t>GCS CHIRURGIE EN CHINONAIS - ET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1227_FicheEtablissement/fr/gcs-chirurgie-en-chinonais-et</t>
+  </si>
+  <si>
+    <t>1227_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>370013286</t>
+  </si>
+  <si>
+    <t>CLINIQUE PSYCHIATRIQUE UNIVERSITAIRE CHRU TOURS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1225_FicheEtablissement/fr/centre-psy-universitaire-chru-tours</t>
+  </si>
+  <si>
+    <t>1225_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>12 Rue Du Coq</t>
+  </si>
+  <si>
+    <t>37541 ST CYR SUR LOIRE</t>
+  </si>
+  <si>
+    <t>370005050</t>
+  </si>
+  <si>
+    <t>ASSAD HAD  D'INDRE ET LOIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1230_FicheEtablissement/fr/assad-had-d-indre-et-loire</t>
+  </si>
+  <si>
+    <t>1230_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>25 Rue Michel Colombe</t>
+  </si>
+  <si>
+    <t>37029 TOURS CEDEX 1</t>
+  </si>
+  <si>
+    <t>0247704246</t>
+  </si>
+  <si>
+    <t>370103673</t>
+  </si>
+  <si>
+    <t>CH SAINT AIGNAN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1326_FicheEtablissement/fr/ch-saint-aignan</t>
+  </si>
+  <si>
+    <t>1326_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1301 Rue De La Forêt</t>
+  </si>
+  <si>
+    <t>0254712000</t>
+  </si>
+  <si>
+    <t>410000053</t>
+  </si>
+  <si>
+    <t>CH ROMORANTIN-LANTHENAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1325_FicheEtablissement/fr/ch-romorantin-lanthenay</t>
+  </si>
+  <si>
+    <t>1325_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>41206 ROMORANTIN LANTHENAY</t>
+  </si>
+  <si>
+    <t>0254883300</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine, Obstétrique, Psychiatrie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>410000046</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER VENDOME - MONTOIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1324_FicheEtablissement/fr/ch-vendome-montoire</t>
+  </si>
+  <si>
+    <t>1324_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0254233333</t>
+  </si>
+  <si>
+    <t>410000038</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1327_FicheEtablissement/fr/polyclinique-blois</t>
+  </si>
+  <si>
+    <t>1327_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Robert Debre</t>
+  </si>
+  <si>
+    <t>0254909192</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique</t>
+  </si>
+  <si>
+    <t>CLINIQUE MEDICALE DU CENTRE DU CHATEAU DE SAUMERY</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1331_FicheEtablissement/fr/clinique-medicale-du-centre</t>
+  </si>
+  <si>
+    <t>1331_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>37 Rue De Saumery</t>
+  </si>
+  <si>
+    <t>41350 HUISSEAU SUR COSSON</t>
+  </si>
+  <si>
+    <t>HUISSEAU SUR COSSON</t>
+  </si>
+  <si>
+    <t>0254512828</t>
+  </si>
+  <si>
+    <t>410000285</t>
+  </si>
+  <si>
+    <t>CLINIQUE PSYCHIATRIQUE DU CHATEAU DE LA BORDE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1330_FicheEtablissement/fr/clinique-de-cour-cheverny</t>
+  </si>
+  <si>
+    <t>1330_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>120 Route De La Tour Sologne</t>
+  </si>
+  <si>
+    <t>41700 COUR CHEVERNY</t>
+  </si>
+  <si>
+    <t>COUR CHEVERNY</t>
+  </si>
+  <si>
+    <t>0254797777</t>
+  </si>
+  <si>
+    <t>410000277</t>
+  </si>
+  <si>
+    <t>CH MONTRICHARD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1328_FicheEtablissement/fr/ch-montrichard</t>
+  </si>
+  <si>
+    <t>1328_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>14 Rue Des Bois</t>
+  </si>
+  <si>
+    <t>41406 MONTRICHARD</t>
+  </si>
+  <si>
+    <t>MONTRICHARD</t>
+  </si>
+  <si>
+    <t>0254757000</t>
+  </si>
+  <si>
+    <t>410000210</t>
+  </si>
+  <si>
+    <t>UNITE DE MOYEN SEJOUR - ANNEXE DE L'HOPITAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1336_FicheEtablissement/fr/ussr-ch-de-vendome</t>
+  </si>
+  <si>
+    <t>1336_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0254772588</t>
+  </si>
+  <si>
+    <t>410004063</t>
+  </si>
+  <si>
+    <t>SERVICE DE PSYCHIATRIE - ANNEXE DE L'HOPITAL -</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1335_FicheEtablissement/fr/service-psychiatrie-annexe-ch-vendome</t>
+  </si>
+  <si>
+    <t>1335_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>149 Boulevard Roosevelt</t>
+  </si>
+  <si>
+    <t>410003768</t>
+  </si>
+  <si>
+    <t>RCRF LA MENAUDIERE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1334_FicheEtablissement/fr/rcrf-la-menaudiere-chissay</t>
+  </si>
+  <si>
+    <t>1334_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Allée De La Menaudiere</t>
+  </si>
+  <si>
+    <t>41400 CHISSAY EN TOURAINE</t>
+  </si>
+  <si>
+    <t>CHISSAY EN TOURAINE</t>
+  </si>
+  <si>
+    <t>0254711800</t>
+  </si>
+  <si>
+    <t>410000442</t>
+  </si>
+  <si>
+    <t>INSTITUT MEDICAL DE SOLOGNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1333_FicheEtablissement/fr/institut-medical-de-sologne</t>
+  </si>
+  <si>
+    <t>1333_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Cecile Boucher</t>
+  </si>
+  <si>
+    <t>41600 LAMOTTE BEUVRON</t>
+  </si>
+  <si>
+    <t>LAMOTTE BEUVRON</t>
+  </si>
+  <si>
+    <t>0254985800</t>
+  </si>
+  <si>
+    <t>410000418</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE CHAILLES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1332_FicheEtablissement/fr/clinique-de-chailles</t>
+  </si>
+  <si>
+    <t>1332_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0254794827</t>
+  </si>
+  <si>
+    <t>410000293</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1339_FicheEtablissement/fr/clinique-du-saint-coeur-vendome</t>
+  </si>
+  <si>
+    <t>1339_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>10 Rue Honore De Balzac</t>
+  </si>
+  <si>
+    <t>0826399932</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1337_FicheEtablissement/fr/usld-ch-de-romorantin-lanthenay</t>
+  </si>
+  <si>
+    <t>1337_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>410004386</t>
+  </si>
+  <si>
+    <t>THERAE CENTRE MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1340_FicheEtablissement/fr/therae-centre-medical</t>
+  </si>
+  <si>
+    <t>1340_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Professeur Philippe Maupas</t>
+  </si>
+  <si>
+    <t>0254524420</t>
+  </si>
+  <si>
+    <t>410005284</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE L'AGGLOMERATION MONTARGOISE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1465_FicheEtablissement/fr/ch-agglomeration-montargoise</t>
+  </si>
+  <si>
+    <t>1465_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238959111</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>450000062</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1470_FicheEtablissement/fr/clinique-l-archette</t>
+  </si>
+  <si>
+    <t>1470_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>83 Rue Jacques Monod</t>
+  </si>
+  <si>
+    <t>45161 OLIVET</t>
+  </si>
+  <si>
+    <t>0238516171</t>
+  </si>
+  <si>
+    <t>CH PIERRE LEBRUN- NEUVILLE-AUX-BOIS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1469_FicheEtablissement/fr/ch-pierre-lebrun-neuville-aux-bois</t>
+  </si>
+  <si>
+    <t>1469_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>123 Rue De St Germain</t>
+  </si>
+  <si>
+    <t>0238522020</t>
+  </si>
+  <si>
+    <t>450000211</t>
+  </si>
+  <si>
+    <t>CH LOUR PICOU - BEAUGENCY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1467_FicheEtablissement/fr/ch-lour-picou-beaugency</t>
+  </si>
+  <si>
+    <t>1467_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238469999</t>
+  </si>
+  <si>
+    <t>450000120</t>
+  </si>
+  <si>
+    <t>MRC LES BUISSONNETS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1473_FicheEtablissement/fr/mrc-les-buissonnets</t>
+  </si>
+  <si>
+    <t>1473_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>87 Rue Odette Toupense</t>
+  </si>
+  <si>
+    <t>0238249800</t>
+  </si>
+  <si>
+    <t>450000286</t>
+  </si>
+  <si>
+    <t>CH SULLY-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1472_FicheEtablissement/fr/ch-sully-sur-loire</t>
+  </si>
+  <si>
+    <t>1472_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>15 Avenue Du Petit Parc</t>
+  </si>
+  <si>
+    <t>45600 SULLY SUR LOIRE</t>
+  </si>
+  <si>
+    <t>SULLY SUR LOIRE</t>
+  </si>
+  <si>
+    <t>0238275500</t>
+  </si>
+  <si>
+    <t>450000260</t>
+  </si>
+  <si>
+    <t>CLINIQUE BELLE ALLEE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1471_FicheEtablissement/fr/clinique-belle-allee</t>
+  </si>
+  <si>
+    <t>1471_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>24 Route D'Orleans</t>
+  </si>
+  <si>
+    <t>45380 CHAINGY</t>
+  </si>
+  <si>
+    <t>CHAINGY</t>
+  </si>
+  <si>
+    <t>0238466664</t>
+  </si>
+  <si>
+    <t>450000252</t>
+  </si>
+  <si>
+    <t>CH SAINT JEAN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1475_FicheEtablissement/fr/ch-saint-jean-de-briare</t>
+  </si>
+  <si>
+    <t>1475_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238295656</t>
+  </si>
+  <si>
+    <t>450000336</t>
+  </si>
+  <si>
+    <t>CHRU D'ORLEANS - HOPITAL DE LA SOURCE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1480_FicheEtablissement/fr/chru-orleans-hopital-de-la-source</t>
+  </si>
+  <si>
+    <t>1480_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>14 Avenue De L'Hopital</t>
+  </si>
+  <si>
+    <t>45067 ORLEANS CEDEX 2</t>
+  </si>
+  <si>
+    <t>0238514444</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE APPAREILLAGE LE COTEAU</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1479_FicheEtablissement/fr/crfa-le-coteau</t>
+  </si>
+  <si>
+    <t>1479_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Des Hauts</t>
+  </si>
+  <si>
+    <t>0238455555</t>
+  </si>
+  <si>
+    <t>450002456</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC DE SANTE MENTALE DU LOIRET G. DAUMEZON</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1478_FicheEtablissement/fr/epsm-du-loiret-g-daumezon</t>
+  </si>
+  <si>
+    <t>1478_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Route De Chanteau</t>
+  </si>
+  <si>
+    <t>0238605958</t>
+  </si>
+  <si>
+    <t>450000930</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1485_FicheEtablissement/fr/clinique-de-montargis</t>
+  </si>
+  <si>
+    <t>1485_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>46 Rue De La Quintaine</t>
+  </si>
+  <si>
+    <t>45202 MONTARGIS</t>
+  </si>
+  <si>
+    <t>0238283333</t>
+  </si>
+  <si>
+    <t>Chirurgie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1484_FicheEtablissement/fr/usld-de-l-hopital-de-briare</t>
+  </si>
+  <si>
+    <t>1484_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238312106</t>
+  </si>
+  <si>
+    <t>450012059</t>
+  </si>
+  <si>
+    <t>USLD LE BOIS FLEURI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1483_FicheEtablissement/fr/usld-le-bois-fleuri</t>
+  </si>
+  <si>
+    <t>1483_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238744987</t>
+  </si>
+  <si>
+    <t>450010442</t>
+  </si>
+  <si>
+    <t>HAD ORLEANS MONTARGIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1490_FicheEtablissement/fr/had-orleans-montargis</t>
+  </si>
+  <si>
+    <t>1490_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>45160 ARDON</t>
+  </si>
+  <si>
+    <t>ARDON</t>
+  </si>
+  <si>
+    <t>0238251500</t>
+  </si>
+  <si>
+    <t>450018536</t>
+  </si>
+  <si>
+    <t>ASSAD HAD DU LOIRET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1489_FicheEtablissement/fr/assad-had-du-loiret</t>
+  </si>
+  <si>
+    <t>1489_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Rue De Micy</t>
+  </si>
+  <si>
+    <t>0245400371</t>
+  </si>
+  <si>
+    <t>450018528</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1486_FicheEtablissement/fr/mrc-la-cigogne</t>
+  </si>
+  <si>
+    <t>1486_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>60 Allée Charles Nungesser</t>
+  </si>
+  <si>
+    <t>0238517500</t>
+  </si>
+  <si>
+    <t>450013081</t>
+  </si>
+  <si>
+    <t>SITE JEANNE D'ARC DE GIEN - CHRU ORLEANS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1492_FicheEtablissement/fr/site-jeanne-d-arc-gien-chru-orleans</t>
+  </si>
+  <si>
+    <t>1492_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>450021449</t>
+  </si>
+  <si>
+    <t>NEPHROCARE VERNOUILLET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3662_FicheEtablissement/fr/nephrocare-vernouillet</t>
+  </si>
+  <si>
+    <t>3662_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0237654390</t>
+  </si>
+  <si>
+    <t>280504689</t>
+  </si>
+  <si>
+    <t>A.T.I.R.R.O. AUTODIALYSE BELLEGARDE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3802_FicheEtablissement/fr/a-t-i-r-r-o-autodialyse-bellegarde</t>
+  </si>
+  <si>
+    <t>3802_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238952829</t>
+  </si>
+  <si>
+    <t>450020698</t>
+  </si>
+  <si>
+    <t>CENTRE D'AUTODIALYSE DE L'ARCHETTE- CH PITHIVIERS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3800_FicheEtablissement/fr/cte-autodialyse-archette-ch-pithiviers</t>
+  </si>
+  <si>
+    <t>3800_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238512222</t>
+  </si>
+  <si>
+    <t>450018395</t>
+  </si>
+  <si>
+    <t>AT.I.R.R.O. CTRE AUTODIALYSE GUIGNENAULT ORLEANS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3799_FicheEtablissement/fr/a-t-i-r-r-o-autodialyse-guignegault</t>
+  </si>
+  <si>
+    <t>3799_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18 Rue Guignegault</t>
+  </si>
+  <si>
+    <t>0238624045</t>
+  </si>
+  <si>
+    <t>450017694</t>
+  </si>
+  <si>
+    <t>CENTRE D'HEMODIALYSE DE L'ARCHETTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3797_FicheEtablissement/fr/centre-d-hemodialyse-archette</t>
+  </si>
+  <si>
+    <t>3797_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>450012935</t>
+  </si>
+  <si>
+    <t>A.T.I.R.R.O CTRE AUTODIALYSE J. MOULIN ORLEANS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3796_FicheEtablissement/fr/a-t-i-r-r-o-autodialyse-jean-moulin</t>
+  </si>
+  <si>
+    <t>3796_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>12 Rue Jean Moulin</t>
+  </si>
+  <si>
+    <t>0238720423</t>
+  </si>
+  <si>
+    <t>450011549</t>
+  </si>
+  <si>
+    <t>CH CHATEAUROUX SITE DE LA CHATRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5126_FicheEtablissement/fr/ch-chateauroux-site-de-la-chatre</t>
+  </si>
+  <si>
+    <t>5126_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0254065442</t>
+  </si>
+  <si>
+    <t>360008387</t>
+  </si>
+  <si>
+    <t>CH CHATEAUROUX SSR ZAC DES CHEVALIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5117_FicheEtablissement/fr/ch-chateauroux-ssr-zac-des-chevaliers</t>
+  </si>
+  <si>
+    <t>5117_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16 Rue Nicolas Ledoux</t>
+  </si>
+  <si>
+    <t>0254295300</t>
+  </si>
+  <si>
+    <t>360003149</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5134_FicheEtablissement/fr/udm-saint-gatien</t>
+  </si>
+  <si>
+    <t>5134_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Rue Jules Moinaux</t>
+  </si>
+  <si>
+    <t>CH AGGLOMERATION MONTARGOISE - SITE LA CERISAIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5405_FicheEtablissement/fr/cham-site-la-cerisaie</t>
+  </si>
+  <si>
+    <t>5405_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>211 Rue Du Docteur Nandrot</t>
+  </si>
+  <si>
+    <t>0238959500</t>
+  </si>
+  <si>
+    <t>450019799</t>
+  </si>
+  <si>
+    <t>MATERNITE CENTRE HOSPITALIER VENDOME MONTOIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7632_FicheEtablissement/fr/maternite-centre-hospitalier-vendome</t>
+  </si>
+  <si>
+    <t>7632_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Obstétrique</t>
+  </si>
+  <si>
+    <t>410011407</t>
+  </si>
+  <si>
+    <t>SANTE SERVICE DU BERRY</t>
+  </si>
+  <si>
+    <t>02/12/2024 17:38:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/560_FicheEtablissement/fr/sante-service-du-berry</t>
+  </si>
+  <si>
+    <t>560_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>15 Avenue Georges De Saint Sauveur</t>
+  </si>
+  <si>
+    <t>18120 MEREAU</t>
+  </si>
+  <si>
+    <t>MEREAU</t>
+  </si>
+  <si>
+    <t>0248527117</t>
+  </si>
+  <si>
+    <t>180008278</t>
+  </si>
+  <si>
+    <t>CH DE VIERZON</t>
+  </si>
+  <si>
+    <t>27/09/2024 09:09:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/543_FicheEtablissement/fr/ch-de-vierzon</t>
+  </si>
+  <si>
+    <t>543_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>33 Rue Leo Merigot</t>
+  </si>
+  <si>
+    <t>18102 VIERZON</t>
+  </si>
+  <si>
+    <t>0248523333</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>180000200</t>
+  </si>
+  <si>
+    <t>CH DE VIERZON SITE LA NOUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/551_FicheEtablissement/fr/ch-de-vierzon-site-la-noue</t>
+  </si>
+  <si>
+    <t>551_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>83 Avenue Du 14 Juillet</t>
+  </si>
+  <si>
+    <t>180003345</t>
+  </si>
+  <si>
+    <t>USLD CH VIERZON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/554_FicheEtablissement/fr/usld-ch-vierzon</t>
+  </si>
+  <si>
+    <t>554_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>180004640</t>
+  </si>
+  <si>
+    <t>06/02/2024 21:25:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1323_FicheEtablissement/fr/ch-blois-simone-veil</t>
+  </si>
+  <si>
+    <t>1323_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0254556633</t>
+  </si>
+  <si>
+    <t>410000020</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE BLOIS SITE LA ROSELIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1338_FicheEtablissement/fr/ch-de-blois-site-la-roseliere</t>
+  </si>
+  <si>
+    <t>1338_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>32 Mail Pierre Charlot</t>
+  </si>
+  <si>
+    <t>0254556001</t>
+  </si>
+  <si>
+    <t>05/02/2024 18:43:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1466_FicheEtablissement/fr/ch-pithiviers</t>
+  </si>
+  <si>
+    <t>1466_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>45308 PITHIVIERS</t>
+  </si>
+  <si>
+    <t>0238323131</t>
+  </si>
+  <si>
+    <t>450000070</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1487_FicheEtablissement/fr/usld-du-ch-de-pithiviers</t>
+  </si>
+  <si>
+    <t>1487_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>450014410</t>
+  </si>
+  <si>
+    <t>11/12/2023 15:59:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/553_FicheEtablissement/fr/hopital-prive-guillaume-de-varye</t>
+  </si>
+  <si>
+    <t>553_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>210 Route De Vouzeron</t>
+  </si>
+  <si>
+    <t>0248688552</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>HAD LOIR ET CHER</t>
+  </si>
+  <si>
+    <t>01/06/2023 09:17:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5287_FicheEtablissement/fr/had-loir-et-cher</t>
+  </si>
+  <si>
+    <t>5287_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>15 Rue Des Arches</t>
+  </si>
+  <si>
+    <t>0254551600</t>
+  </si>
+  <si>
+    <t>410005003</t>
+  </si>
+  <si>
+    <t>HAD VAL DE LOIRE</t>
+  </si>
+  <si>
+    <t>25/04/2023 11:45:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4141_FicheEtablissement/fr/had-val-de-loire</t>
+  </si>
+  <si>
+    <t>4141_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>37520 LA RICHE</t>
+  </si>
+  <si>
+    <t>LA RICHE</t>
+  </si>
+  <si>
+    <t>0247774420</t>
+  </si>
+  <si>
+    <t>370009938</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU PONT DE GIEN</t>
+  </si>
+  <si>
+    <t>24/02/2023 18:38:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1491_FicheEtablissement/fr/clinique-du-pont-de-gien</t>
+  </si>
+  <si>
+    <t>1491_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238052600</t>
+  </si>
+  <si>
+    <t>450018924</t>
+  </si>
+  <si>
+    <t>POLE SANTE PRIVE-PUBLIC ST AMANDOIS-ET</t>
+  </si>
+  <si>
+    <t>23/06/2022 10:19:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/561_FicheEtablissement/fr/pole-sante-prive-public-st-amandois-et</t>
+  </si>
+  <si>
+    <t>561_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>180010209</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R223"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -17169,41 +26361,26044 @@
       </c>
       <c r="L223" t="s">
         <v>151</v>
       </c>
       <c r="M223" t="s">
         <v>20</v>
       </c>
       <c r="N223" t="s">
         <v>378</v>
       </c>
       <c r="O223" t="s">
         <v>352</v>
       </c>
       <c r="P223" t="s">
         <v>353</v>
       </c>
       <c r="Q223" t="s">
         <v>354</v>
       </c>
       <c r="R223" t="s">
         <v>355</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P306"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="J1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="L1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="M1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="N1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="O1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="P1" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1548</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1550</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1551</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1552</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1553</v>
+      </c>
+      <c r="L2" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M2" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N2" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O2" t="s">
+        <v>1557</v>
+      </c>
+      <c r="P2" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1560</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1561</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1562</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1563</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1564</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1565</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1568</v>
+      </c>
+      <c r="O3" t="s">
+        <v>1569</v>
+      </c>
+      <c r="P3" t="s">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1572</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1573</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1574</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1575</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1576</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1577</v>
+      </c>
+      <c r="L4" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M4" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N4" t="s">
+        <v>1579</v>
+      </c>
+      <c r="O4" t="s">
+        <v>1580</v>
+      </c>
+      <c r="P4" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1583</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1584</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1585</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1586</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1587</v>
+      </c>
+      <c r="L5" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M5" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N5" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O5" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P5" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1592</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1593</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1594</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="J6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1597</v>
+      </c>
+      <c r="L6" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M6" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O6" t="s">
+        <v>1599</v>
+      </c>
+      <c r="P6" t="s">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1602</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1603</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1604</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1605</v>
+      </c>
+      <c r="J7" t="s">
+        <v>1606</v>
+      </c>
+      <c r="K7" t="s">
+        <v>51</v>
+      </c>
+      <c r="L7" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M7" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N7" t="s">
+        <v>1579</v>
+      </c>
+      <c r="O7" t="s">
+        <v>1607</v>
+      </c>
+      <c r="P7" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1610</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1611</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1612</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1613</v>
+      </c>
+      <c r="J8" t="s">
+        <v>1614</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1615</v>
+      </c>
+      <c r="L8" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M8" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N8" t="s">
+        <v>1617</v>
+      </c>
+      <c r="O8" t="s">
+        <v>1618</v>
+      </c>
+      <c r="P8" t="s">
+        <v>1619</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1621</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1622</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1623</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1624</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1625</v>
+      </c>
+      <c r="L9" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M9" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O9" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1627</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1621</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1629</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1630</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1631</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1632</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1633</v>
+      </c>
+      <c r="L10" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M10" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N10" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O10" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P10" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1621</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1638</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1639</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1640</v>
+      </c>
+      <c r="J11" t="s">
+        <v>1641</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1642</v>
+      </c>
+      <c r="L11" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M11" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O11" t="s">
+        <v>1599</v>
+      </c>
+      <c r="P11" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1621</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1645</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1646</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1647</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1614</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1615</v>
+      </c>
+      <c r="L12" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M12" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O12" t="s">
+        <v>1648</v>
+      </c>
+      <c r="P12" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1651</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1653</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1654</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1655</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1656</v>
+      </c>
+      <c r="L13" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M13" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N13" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O13" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P13" t="s">
+        <v>1657</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1659</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1660</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1661</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1662</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1663</v>
+      </c>
+      <c r="K14" t="s">
+        <v>364</v>
+      </c>
+      <c r="L14" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M14" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N14" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O14" t="s">
+        <v>1665</v>
+      </c>
+      <c r="P14" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1668</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1669</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1670</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1671</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1672</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1673</v>
+      </c>
+      <c r="L15" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N15" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O15" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P15" t="s">
+        <v>1674</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1675</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1668</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1676</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1677</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1678</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L16" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M16" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N16" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O16" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P16" t="s">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1683</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1684</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1632</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1633</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M17" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N17" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O17" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P17" t="s">
+        <v>1685</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1687</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1688</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1689</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1690</v>
+      </c>
+      <c r="J18" t="s">
+        <v>1614</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1615</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M18" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O18" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P18" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1692</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1693</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1694</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1695</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1696</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1697</v>
+      </c>
+      <c r="K19" t="s">
+        <v>261</v>
+      </c>
+      <c r="L19" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M19" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N19" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O19" t="s">
+        <v>1569</v>
+      </c>
+      <c r="P19" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1699</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1701</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1702</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1703</v>
+      </c>
+      <c r="J20" t="s">
+        <v>1704</v>
+      </c>
+      <c r="K20" t="s">
+        <v>1705</v>
+      </c>
+      <c r="L20" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O20" t="s">
+        <v>1706</v>
+      </c>
+      <c r="P20" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1709</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1710</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1697</v>
+      </c>
+      <c r="J21" t="s">
+        <v>20</v>
+      </c>
+      <c r="K21" t="s">
+        <v>261</v>
+      </c>
+      <c r="L21" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M21" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N21" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O21" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P21" t="s">
+        <v>1711</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1712</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1713</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1714</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1715</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1716</v>
+      </c>
+      <c r="J22" t="s">
+        <v>1717</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1718</v>
+      </c>
+      <c r="L22" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M22" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N22" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O22" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P22" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1721</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1722</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1723</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1724</v>
+      </c>
+      <c r="J23" t="s">
+        <v>1725</v>
+      </c>
+      <c r="K23" t="s">
+        <v>1526</v>
+      </c>
+      <c r="L23" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M23" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O23" t="s">
+        <v>1726</v>
+      </c>
+      <c r="P23" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1731</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1732</v>
+      </c>
+      <c r="J24" t="s">
+        <v>1725</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1526</v>
+      </c>
+      <c r="L24" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M24" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N24" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O24" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P24" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1735</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1736</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1737</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1738</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1739</v>
+      </c>
+      <c r="J25" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" t="s">
+        <v>1740</v>
+      </c>
+      <c r="L25" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M25" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N25" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O25" t="s">
+        <v>1599</v>
+      </c>
+      <c r="P25" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1735</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1736</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1742</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1743</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1744</v>
+      </c>
+      <c r="J26" t="s">
+        <v>1745</v>
+      </c>
+      <c r="K26" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L26" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M26" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O26" t="s">
+        <v>1599</v>
+      </c>
+      <c r="P26" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1736</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1749</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1750</v>
+      </c>
+      <c r="J27" t="s">
+        <v>1678</v>
+      </c>
+      <c r="K27" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O27" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P27" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1755</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1756</v>
+      </c>
+      <c r="J28" t="s">
+        <v>1757</v>
+      </c>
+      <c r="K28" t="s">
+        <v>92</v>
+      </c>
+      <c r="L28" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M28" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N28" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O28" t="s">
+        <v>1759</v>
+      </c>
+      <c r="P28" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1761</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1762</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1763</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1764</v>
+      </c>
+      <c r="J29" t="s">
+        <v>20</v>
+      </c>
+      <c r="K29" t="s">
+        <v>1765</v>
+      </c>
+      <c r="L29" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M29" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N29" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O29" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P29" t="s">
+        <v>1766</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1768</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1769</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1770</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1771</v>
+      </c>
+      <c r="J30" t="s">
+        <v>1772</v>
+      </c>
+      <c r="K30" t="s">
+        <v>1773</v>
+      </c>
+      <c r="L30" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M30" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N30" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O30" t="s">
+        <v>1557</v>
+      </c>
+      <c r="P30" t="s">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1776</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1777</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1778</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1779</v>
+      </c>
+      <c r="J31" t="s">
+        <v>1780</v>
+      </c>
+      <c r="K31" t="s">
+        <v>1781</v>
+      </c>
+      <c r="L31" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M31" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N31" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O31" t="s">
+        <v>1783</v>
+      </c>
+      <c r="P31" t="s">
+        <v>1784</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1785</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1787</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1788</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1789</v>
+      </c>
+      <c r="J32" t="s">
+        <v>1764</v>
+      </c>
+      <c r="K32" t="s">
+        <v>1765</v>
+      </c>
+      <c r="L32" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M32" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N32" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O32" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P32" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1792</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1793</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1794</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1795</v>
+      </c>
+      <c r="J33" t="s">
+        <v>1780</v>
+      </c>
+      <c r="K33" t="s">
+        <v>1781</v>
+      </c>
+      <c r="L33" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N33" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O33" t="s">
+        <v>1796</v>
+      </c>
+      <c r="P33" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1799</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1800</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1801</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1802</v>
+      </c>
+      <c r="J34" t="s">
+        <v>1803</v>
+      </c>
+      <c r="K34" t="s">
+        <v>1804</v>
+      </c>
+      <c r="L34" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M34" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N34" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O34" t="s">
+        <v>1706</v>
+      </c>
+      <c r="P34" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1806</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1807</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1808</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1809</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1810</v>
+      </c>
+      <c r="J35" t="s">
+        <v>1811</v>
+      </c>
+      <c r="K35" t="s">
+        <v>1812</v>
+      </c>
+      <c r="L35" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M35" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N35" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O35" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P35" t="s">
+        <v>1813</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1815</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1816</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1817</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1818</v>
+      </c>
+      <c r="J36" t="s">
+        <v>1819</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1820</v>
+      </c>
+      <c r="L36" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N36" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O36" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P36" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1822</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1823</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1824</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1825</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1826</v>
+      </c>
+      <c r="J37" t="s">
+        <v>1827</v>
+      </c>
+      <c r="K37" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L37" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M37" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N37" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O37" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P37" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1823</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1830</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1831</v>
+      </c>
+      <c r="I38" t="s">
+        <v>1832</v>
+      </c>
+      <c r="J38" t="s">
+        <v>1827</v>
+      </c>
+      <c r="K38" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L38" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M38" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N38" t="s">
+        <v>1833</v>
+      </c>
+      <c r="O38" t="s">
+        <v>1834</v>
+      </c>
+      <c r="P38" t="s">
+        <v>1835</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1837</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1838</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1839</v>
+      </c>
+      <c r="I39" t="s">
+        <v>1840</v>
+      </c>
+      <c r="J39" t="s">
+        <v>1841</v>
+      </c>
+      <c r="K39" t="s">
+        <v>1842</v>
+      </c>
+      <c r="L39" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M39" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N39" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O39" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P39" t="s">
+        <v>1843</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1845</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1846</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1847</v>
+      </c>
+      <c r="I40" t="s">
+        <v>1848</v>
+      </c>
+      <c r="J40" t="s">
+        <v>1849</v>
+      </c>
+      <c r="K40" t="s">
+        <v>1850</v>
+      </c>
+      <c r="L40" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M40" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N40" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O40" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P40" t="s">
+        <v>1851</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1852</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1853</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1854</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1855</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1856</v>
+      </c>
+      <c r="J41" t="s">
+        <v>1857</v>
+      </c>
+      <c r="K41" t="s">
+        <v>539</v>
+      </c>
+      <c r="L41" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M41" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N41" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O41" t="s">
+        <v>1759</v>
+      </c>
+      <c r="P41" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1860</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1861</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1862</v>
+      </c>
+      <c r="I42" t="s">
+        <v>1863</v>
+      </c>
+      <c r="J42" t="s">
+        <v>1864</v>
+      </c>
+      <c r="K42" t="s">
+        <v>1865</v>
+      </c>
+      <c r="L42" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M42" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N42" t="s">
+        <v>1579</v>
+      </c>
+      <c r="O42" t="s">
+        <v>1866</v>
+      </c>
+      <c r="P42" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1869</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1870</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1871</v>
+      </c>
+      <c r="I43" t="s">
+        <v>1872</v>
+      </c>
+      <c r="J43" t="s">
+        <v>1857</v>
+      </c>
+      <c r="K43" t="s">
+        <v>539</v>
+      </c>
+      <c r="L43" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M43" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N43" t="s">
+        <v>1579</v>
+      </c>
+      <c r="O43" t="s">
+        <v>1866</v>
+      </c>
+      <c r="P43" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1876</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1877</v>
+      </c>
+      <c r="I44" t="s">
+        <v>1878</v>
+      </c>
+      <c r="J44" t="s">
+        <v>1725</v>
+      </c>
+      <c r="K44" t="s">
+        <v>1526</v>
+      </c>
+      <c r="L44" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M44" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N44" t="s">
+        <v>1579</v>
+      </c>
+      <c r="O44" t="s">
+        <v>1866</v>
+      </c>
+      <c r="P44" t="s">
+        <v>1879</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1621</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1882</v>
+      </c>
+      <c r="I45" t="s">
+        <v>1883</v>
+      </c>
+      <c r="J45" t="s">
+        <v>1884</v>
+      </c>
+      <c r="K45" t="s">
+        <v>1885</v>
+      </c>
+      <c r="L45" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M45" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N45" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O45" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P45" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1621</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1888</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1889</v>
+      </c>
+      <c r="I46" t="s">
+        <v>1890</v>
+      </c>
+      <c r="J46" t="s">
+        <v>1632</v>
+      </c>
+      <c r="K46" t="s">
+        <v>1633</v>
+      </c>
+      <c r="L46" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M46" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N46" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O46" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P46" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1892</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1621</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1893</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1894</v>
+      </c>
+      <c r="I47" t="s">
+        <v>1895</v>
+      </c>
+      <c r="J47" t="s">
+        <v>1896</v>
+      </c>
+      <c r="K47" t="s">
+        <v>1897</v>
+      </c>
+      <c r="L47" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M47" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N47" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O47" t="s">
+        <v>1599</v>
+      </c>
+      <c r="P47" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1900</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1901</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1902</v>
+      </c>
+      <c r="I48" t="s">
+        <v>1903</v>
+      </c>
+      <c r="J48" t="s">
+        <v>1904</v>
+      </c>
+      <c r="K48" t="s">
+        <v>1905</v>
+      </c>
+      <c r="L48" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M48" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N48" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O48" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P48" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1908</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1909</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1910</v>
+      </c>
+      <c r="I49" t="s">
+        <v>1911</v>
+      </c>
+      <c r="J49" t="s">
+        <v>1912</v>
+      </c>
+      <c r="K49" t="s">
+        <v>522</v>
+      </c>
+      <c r="L49" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M49" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N49" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O49" t="s">
+        <v>1599</v>
+      </c>
+      <c r="P49" t="s">
+        <v>1913</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1914</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1908</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1915</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1916</v>
+      </c>
+      <c r="I50" t="s">
+        <v>1917</v>
+      </c>
+      <c r="J50" t="s">
+        <v>1857</v>
+      </c>
+      <c r="K50" t="s">
+        <v>539</v>
+      </c>
+      <c r="L50" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M50" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N50" t="s">
+        <v>1833</v>
+      </c>
+      <c r="O50" t="s">
+        <v>1918</v>
+      </c>
+      <c r="P50" t="s">
+        <v>1919</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1920</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1908</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1921</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1922</v>
+      </c>
+      <c r="I51" t="s">
+        <v>1923</v>
+      </c>
+      <c r="J51" t="s">
+        <v>1924</v>
+      </c>
+      <c r="K51" t="s">
+        <v>1925</v>
+      </c>
+      <c r="L51" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M51" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N51" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O51" t="s">
+        <v>1569</v>
+      </c>
+      <c r="P51" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1928</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1929</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1930</v>
+      </c>
+      <c r="I52" t="s">
+        <v>1931</v>
+      </c>
+      <c r="J52" t="s">
+        <v>1932</v>
+      </c>
+      <c r="K52" t="s">
+        <v>1933</v>
+      </c>
+      <c r="L52" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M52" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N52" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O52" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P52" t="s">
+        <v>1934</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1936</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1937</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1938</v>
+      </c>
+      <c r="I53" t="s">
+        <v>1939</v>
+      </c>
+      <c r="J53" t="s">
+        <v>1940</v>
+      </c>
+      <c r="K53" t="s">
+        <v>1941</v>
+      </c>
+      <c r="L53" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M53" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N53" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O53" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P53" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1943</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1944</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1945</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1946</v>
+      </c>
+      <c r="I54" t="s">
+        <v>1947</v>
+      </c>
+      <c r="J54" t="s">
+        <v>1948</v>
+      </c>
+      <c r="K54" t="s">
+        <v>1949</v>
+      </c>
+      <c r="L54" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M54" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N54" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O54" t="s">
+        <v>1796</v>
+      </c>
+      <c r="P54" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1944</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1953</v>
+      </c>
+      <c r="I55" t="s">
+        <v>1954</v>
+      </c>
+      <c r="J55" t="s">
+        <v>1948</v>
+      </c>
+      <c r="K55" t="s">
+        <v>1949</v>
+      </c>
+      <c r="L55" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M55" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N55" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O55" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P55" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1944</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1957</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1958</v>
+      </c>
+      <c r="I56" t="s">
+        <v>1947</v>
+      </c>
+      <c r="J56" t="s">
+        <v>1948</v>
+      </c>
+      <c r="K56" t="s">
+        <v>1949</v>
+      </c>
+      <c r="L56" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M56" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N56" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O56" t="s">
+        <v>1648</v>
+      </c>
+      <c r="P56" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1944</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1961</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1962</v>
+      </c>
+      <c r="I57" t="s">
+        <v>1963</v>
+      </c>
+      <c r="J57" t="s">
+        <v>1948</v>
+      </c>
+      <c r="K57" t="s">
+        <v>1949</v>
+      </c>
+      <c r="L57" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M57" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N57" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O57" t="s">
+        <v>1964</v>
+      </c>
+      <c r="P57" t="s">
+        <v>1965</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1967</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1968</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1969</v>
+      </c>
+      <c r="I58" t="s">
+        <v>1970</v>
+      </c>
+      <c r="J58" t="s">
+        <v>1971</v>
+      </c>
+      <c r="K58" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L58" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M58" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N58" t="s">
+        <v>1833</v>
+      </c>
+      <c r="O58" t="s">
+        <v>1918</v>
+      </c>
+      <c r="P58" t="s">
+        <v>1972</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1974</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1975</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1976</v>
+      </c>
+      <c r="I59" t="s">
+        <v>1977</v>
+      </c>
+      <c r="J59" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K59" t="s">
+        <v>1979</v>
+      </c>
+      <c r="L59" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M59" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N59" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O59" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P59" t="s">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1982</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1983</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1984</v>
+      </c>
+      <c r="I60" t="s">
+        <v>1985</v>
+      </c>
+      <c r="J60" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K60" t="s">
+        <v>1987</v>
+      </c>
+      <c r="L60" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M60" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N60" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O60" t="s">
+        <v>1988</v>
+      </c>
+      <c r="P60" t="s">
+        <v>1989</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1990</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1668</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1991</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1992</v>
+      </c>
+      <c r="I61" t="s">
+        <v>1993</v>
+      </c>
+      <c r="J61" t="s">
+        <v>1994</v>
+      </c>
+      <c r="K61" t="s">
+        <v>1995</v>
+      </c>
+      <c r="L61" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M61" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N61" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O61" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P61" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1997</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1668</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1998</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1999</v>
+      </c>
+      <c r="I62" t="s">
+        <v>2000</v>
+      </c>
+      <c r="J62" t="s">
+        <v>2001</v>
+      </c>
+      <c r="K62" t="s">
+        <v>2002</v>
+      </c>
+      <c r="L62" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M62" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N62" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O62" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P62" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B63" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>2005</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2006</v>
+      </c>
+      <c r="I63" t="s">
+        <v>2007</v>
+      </c>
+      <c r="J63" t="s">
+        <v>20</v>
+      </c>
+      <c r="K63" t="s">
+        <v>214</v>
+      </c>
+      <c r="L63" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M63" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N63" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O63" t="s">
+        <v>2008</v>
+      </c>
+      <c r="P63" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B64" t="s">
+        <v>2010</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>2011</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>2012</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2013</v>
+      </c>
+      <c r="I64" t="s">
+        <v>2014</v>
+      </c>
+      <c r="J64" t="s">
+        <v>2015</v>
+      </c>
+      <c r="K64" t="s">
+        <v>2016</v>
+      </c>
+      <c r="L64" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M64" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N64" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O64" t="s">
+        <v>1648</v>
+      </c>
+      <c r="P64" t="s">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B65" t="s">
+        <v>2018</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>2019</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>2020</v>
+      </c>
+      <c r="H65" t="s">
+        <v>2021</v>
+      </c>
+      <c r="I65" t="s">
+        <v>2022</v>
+      </c>
+      <c r="J65" t="s">
+        <v>1632</v>
+      </c>
+      <c r="K65" t="s">
+        <v>1633</v>
+      </c>
+      <c r="L65" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M65" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N65" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O65" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P65" t="s">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B66" t="s">
+        <v>2024</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1687</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H66" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I66" t="s">
+        <v>2027</v>
+      </c>
+      <c r="J66" t="s">
+        <v>2028</v>
+      </c>
+      <c r="K66" t="s">
+        <v>2029</v>
+      </c>
+      <c r="L66" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M66" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N66" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O66" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P66" t="s">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B67" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1687</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>2032</v>
+      </c>
+      <c r="H67" t="s">
+        <v>2033</v>
+      </c>
+      <c r="I67" t="s">
+        <v>2034</v>
+      </c>
+      <c r="J67" t="s">
+        <v>2035</v>
+      </c>
+      <c r="K67" t="s">
+        <v>40</v>
+      </c>
+      <c r="L67" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M67" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N67" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O67" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P67" t="s">
+        <v>2036</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B68" t="s">
+        <v>2037</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>2038</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>2039</v>
+      </c>
+      <c r="H68" t="s">
+        <v>2040</v>
+      </c>
+      <c r="I68" t="s">
+        <v>2041</v>
+      </c>
+      <c r="J68" t="s">
+        <v>2042</v>
+      </c>
+      <c r="K68" t="s">
+        <v>2043</v>
+      </c>
+      <c r="L68" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M68" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N68" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O68" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P68" t="s">
+        <v>2044</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B69" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>2046</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>2047</v>
+      </c>
+      <c r="H69" t="s">
+        <v>2048</v>
+      </c>
+      <c r="I69" t="s">
+        <v>2049</v>
+      </c>
+      <c r="J69" t="s">
+        <v>2050</v>
+      </c>
+      <c r="K69" t="s">
+        <v>2051</v>
+      </c>
+      <c r="L69" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M69" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N69" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O69" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P69" t="s">
+        <v>2052</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B70" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>2046</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>2054</v>
+      </c>
+      <c r="H70" t="s">
+        <v>2055</v>
+      </c>
+      <c r="I70" t="s">
+        <v>2056</v>
+      </c>
+      <c r="J70" t="s">
+        <v>20</v>
+      </c>
+      <c r="K70" t="s">
+        <v>2057</v>
+      </c>
+      <c r="L70" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M70" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N70" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O70" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P70" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B71" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>2060</v>
+      </c>
+      <c r="H71" t="s">
+        <v>2061</v>
+      </c>
+      <c r="I71" t="s">
+        <v>2062</v>
+      </c>
+      <c r="J71" t="s">
+        <v>2063</v>
+      </c>
+      <c r="K71" t="s">
+        <v>2064</v>
+      </c>
+      <c r="L71" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M71" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N71" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O71" t="s">
+        <v>2008</v>
+      </c>
+      <c r="P71" t="s">
+        <v>2065</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B72" t="s">
+        <v>2066</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>2067</v>
+      </c>
+      <c r="H72" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I72" t="s">
+        <v>2056</v>
+      </c>
+      <c r="J72" t="s">
+        <v>20</v>
+      </c>
+      <c r="K72" t="s">
+        <v>2057</v>
+      </c>
+      <c r="L72" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M72" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N72" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O72" t="s">
+        <v>1796</v>
+      </c>
+      <c r="P72" t="s">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B73" t="s">
+        <v>2070</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>2071</v>
+      </c>
+      <c r="H73" t="s">
+        <v>2072</v>
+      </c>
+      <c r="I73" t="s">
+        <v>2073</v>
+      </c>
+      <c r="J73" t="s">
+        <v>2074</v>
+      </c>
+      <c r="K73" t="s">
+        <v>2075</v>
+      </c>
+      <c r="L73" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M73" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N73" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O73" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P73" t="s">
+        <v>2076</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B74" t="s">
+        <v>2077</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>1713</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>2078</v>
+      </c>
+      <c r="H74" t="s">
+        <v>2079</v>
+      </c>
+      <c r="I74" t="s">
+        <v>2080</v>
+      </c>
+      <c r="J74" t="s">
+        <v>2081</v>
+      </c>
+      <c r="K74" t="s">
+        <v>2082</v>
+      </c>
+      <c r="L74" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M74" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N74" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O74" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P74" t="s">
+        <v>2083</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B75" t="s">
+        <v>2084</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>2085</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>2086</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2087</v>
+      </c>
+      <c r="I75" t="s">
+        <v>2088</v>
+      </c>
+      <c r="J75" t="s">
+        <v>2089</v>
+      </c>
+      <c r="K75" t="s">
+        <v>2090</v>
+      </c>
+      <c r="L75" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M75" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N75" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O75" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P75" t="s">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B76" t="s">
+        <v>2092</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1721</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>2093</v>
+      </c>
+      <c r="H76" t="s">
+        <v>2094</v>
+      </c>
+      <c r="I76" t="s">
+        <v>2095</v>
+      </c>
+      <c r="J76" t="s">
+        <v>1725</v>
+      </c>
+      <c r="K76" t="s">
+        <v>1526</v>
+      </c>
+      <c r="L76" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M76" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N76" t="s">
+        <v>1579</v>
+      </c>
+      <c r="O76" t="s">
+        <v>1607</v>
+      </c>
+      <c r="P76" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B77" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>2098</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>2099</v>
+      </c>
+      <c r="H77" t="s">
+        <v>2100</v>
+      </c>
+      <c r="I77" t="s">
+        <v>2101</v>
+      </c>
+      <c r="J77" t="s">
+        <v>1971</v>
+      </c>
+      <c r="K77" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L77" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M77" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N77" t="s">
+        <v>1833</v>
+      </c>
+      <c r="O77" t="s">
+        <v>2102</v>
+      </c>
+      <c r="P77" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B78" t="s">
+        <v>2104</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>2105</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>2106</v>
+      </c>
+      <c r="H78" t="s">
+        <v>2107</v>
+      </c>
+      <c r="I78" t="s">
+        <v>2108</v>
+      </c>
+      <c r="J78" t="s">
+        <v>1827</v>
+      </c>
+      <c r="K78" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L78" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N78" t="s">
+        <v>1833</v>
+      </c>
+      <c r="O78" t="s">
+        <v>1918</v>
+      </c>
+      <c r="P78" t="s">
+        <v>2109</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B79" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>2111</v>
+      </c>
+      <c r="H79" t="s">
+        <v>2112</v>
+      </c>
+      <c r="I79" t="s">
+        <v>2113</v>
+      </c>
+      <c r="J79" t="s">
+        <v>1725</v>
+      </c>
+      <c r="K79" t="s">
+        <v>1526</v>
+      </c>
+      <c r="L79" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M79" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N79" t="s">
+        <v>1833</v>
+      </c>
+      <c r="O79" t="s">
+        <v>1834</v>
+      </c>
+      <c r="P79" t="s">
+        <v>2114</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B80" t="s">
+        <v>2115</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>2116</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>2117</v>
+      </c>
+      <c r="H80" t="s">
+        <v>2118</v>
+      </c>
+      <c r="I80" t="s">
+        <v>2119</v>
+      </c>
+      <c r="J80" t="s">
+        <v>1904</v>
+      </c>
+      <c r="K80" t="s">
+        <v>1905</v>
+      </c>
+      <c r="L80" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M80" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N80" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O80" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P80" t="s">
+        <v>2120</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B81" t="s">
+        <v>2121</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>2116</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>2122</v>
+      </c>
+      <c r="H81" t="s">
+        <v>2123</v>
+      </c>
+      <c r="I81" t="s">
+        <v>2124</v>
+      </c>
+      <c r="J81" t="s">
+        <v>2125</v>
+      </c>
+      <c r="K81" t="s">
+        <v>2126</v>
+      </c>
+      <c r="L81" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M81" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N81" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O81" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P81" t="s">
+        <v>2127</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B82" t="s">
+        <v>2128</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>2116</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>2129</v>
+      </c>
+      <c r="H82" t="s">
+        <v>2130</v>
+      </c>
+      <c r="I82" t="s">
+        <v>2131</v>
+      </c>
+      <c r="J82" t="s">
+        <v>20</v>
+      </c>
+      <c r="K82" t="s">
+        <v>2132</v>
+      </c>
+      <c r="L82" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M82" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N82" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O82" t="s">
+        <v>2133</v>
+      </c>
+      <c r="P82" t="s">
+        <v>2134</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B83" t="s">
+        <v>2135</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>2136</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>2137</v>
+      </c>
+      <c r="H83" t="s">
+        <v>2138</v>
+      </c>
+      <c r="I83" t="s">
+        <v>2139</v>
+      </c>
+      <c r="J83" t="s">
+        <v>1857</v>
+      </c>
+      <c r="K83" t="s">
+        <v>539</v>
+      </c>
+      <c r="L83" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M83" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N83" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O83" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P83" t="s">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B84" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>2142</v>
+      </c>
+      <c r="H84" t="s">
+        <v>2143</v>
+      </c>
+      <c r="I84" t="s">
+        <v>2144</v>
+      </c>
+      <c r="J84" t="s">
+        <v>2145</v>
+      </c>
+      <c r="K84" t="s">
+        <v>2146</v>
+      </c>
+      <c r="L84" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M84" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N84" t="s">
+        <v>1579</v>
+      </c>
+      <c r="O84" t="s">
+        <v>1607</v>
+      </c>
+      <c r="P84" t="s">
+        <v>2147</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B85" t="s">
+        <v>2148</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>2150</v>
+      </c>
+      <c r="H85" t="s">
+        <v>2151</v>
+      </c>
+      <c r="I85" t="s">
+        <v>2152</v>
+      </c>
+      <c r="J85" t="s">
+        <v>20</v>
+      </c>
+      <c r="K85" t="s">
+        <v>2153</v>
+      </c>
+      <c r="L85" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M85" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N85" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O85" t="s">
+        <v>1706</v>
+      </c>
+      <c r="P85" t="s">
+        <v>2154</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B86" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>1776</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>2156</v>
+      </c>
+      <c r="H86" t="s">
+        <v>2157</v>
+      </c>
+      <c r="I86" t="s">
+        <v>1779</v>
+      </c>
+      <c r="J86" t="s">
+        <v>1780</v>
+      </c>
+      <c r="K86" t="s">
+        <v>1781</v>
+      </c>
+      <c r="L86" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M86" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N86" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O86" t="s">
+        <v>2158</v>
+      </c>
+      <c r="P86" t="s">
+        <v>2159</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B87" t="s">
+        <v>2160</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>2161</v>
+      </c>
+      <c r="H87" t="s">
+        <v>2162</v>
+      </c>
+      <c r="I87" t="s">
+        <v>2163</v>
+      </c>
+      <c r="J87" t="s">
+        <v>2164</v>
+      </c>
+      <c r="K87" t="s">
+        <v>2165</v>
+      </c>
+      <c r="L87" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M87" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N87" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O87" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P87" t="s">
+        <v>2166</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B88" t="s">
+        <v>2167</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
+        <v>2168</v>
+      </c>
+      <c r="H88" t="s">
+        <v>2169</v>
+      </c>
+      <c r="I88" t="s">
+        <v>2170</v>
+      </c>
+      <c r="J88" t="s">
+        <v>2171</v>
+      </c>
+      <c r="K88" t="s">
+        <v>892</v>
+      </c>
+      <c r="L88" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M88" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N88" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O88" t="s">
+        <v>1557</v>
+      </c>
+      <c r="P88" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B89" t="s">
+        <v>2173</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1792</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>2174</v>
+      </c>
+      <c r="H89" t="s">
+        <v>2175</v>
+      </c>
+      <c r="I89" t="s">
+        <v>2176</v>
+      </c>
+      <c r="J89" t="s">
+        <v>1803</v>
+      </c>
+      <c r="K89" t="s">
+        <v>1804</v>
+      </c>
+      <c r="L89" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M89" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N89" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O89" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P89" t="s">
+        <v>2177</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B90" t="s">
+        <v>2178</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>1792</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
+        <v>2179</v>
+      </c>
+      <c r="H90" t="s">
+        <v>2180</v>
+      </c>
+      <c r="I90" t="s">
+        <v>2181</v>
+      </c>
+      <c r="J90" t="s">
+        <v>1780</v>
+      </c>
+      <c r="K90" t="s">
+        <v>1781</v>
+      </c>
+      <c r="L90" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M90" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N90" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O90" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P90" t="s">
+        <v>2182</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B91" t="s">
+        <v>2183</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>1792</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>2184</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2185</v>
+      </c>
+      <c r="I91" t="s">
+        <v>2186</v>
+      </c>
+      <c r="J91" t="s">
+        <v>1780</v>
+      </c>
+      <c r="K91" t="s">
+        <v>1781</v>
+      </c>
+      <c r="L91" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M91" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N91" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O91" t="s">
+        <v>1964</v>
+      </c>
+      <c r="P91" t="s">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B92" t="s">
+        <v>2188</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>1799</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>2189</v>
+      </c>
+      <c r="H92" t="s">
+        <v>2190</v>
+      </c>
+      <c r="I92" t="s">
+        <v>2191</v>
+      </c>
+      <c r="J92" t="s">
+        <v>2192</v>
+      </c>
+      <c r="K92" t="s">
+        <v>2193</v>
+      </c>
+      <c r="L92" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M92" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N92" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O92" t="s">
+        <v>1964</v>
+      </c>
+      <c r="P92" t="s">
+        <v>2194</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B93" t="s">
+        <v>2195</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1799</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>2196</v>
+      </c>
+      <c r="H93" t="s">
+        <v>2197</v>
+      </c>
+      <c r="I93" t="s">
+        <v>1802</v>
+      </c>
+      <c r="J93" t="s">
+        <v>1803</v>
+      </c>
+      <c r="K93" t="s">
+        <v>1804</v>
+      </c>
+      <c r="L93" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M93" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N93" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O93" t="s">
+        <v>1964</v>
+      </c>
+      <c r="P93" t="s">
+        <v>2198</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
+        <v>2199</v>
+      </c>
+      <c r="F94" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" t="s">
+        <v>2200</v>
+      </c>
+      <c r="H94" t="s">
+        <v>2201</v>
+      </c>
+      <c r="I94" t="s">
+        <v>2202</v>
+      </c>
+      <c r="J94" t="s">
+        <v>1745</v>
+      </c>
+      <c r="K94" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L94" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M94" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N94" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O94" t="s">
+        <v>1988</v>
+      </c>
+      <c r="P94" t="s">
+        <v>2203</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B95" t="s">
+        <v>2204</v>
+      </c>
+      <c r="C95" t="s">
+        <v>20</v>
+      </c>
+      <c r="D95" t="s">
+        <v>20</v>
+      </c>
+      <c r="E95" t="s">
+        <v>2205</v>
+      </c>
+      <c r="F95" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" t="s">
+        <v>2206</v>
+      </c>
+      <c r="H95" t="s">
+        <v>2207</v>
+      </c>
+      <c r="I95" t="s">
+        <v>2208</v>
+      </c>
+      <c r="J95" t="s">
+        <v>20</v>
+      </c>
+      <c r="K95" t="s">
+        <v>2209</v>
+      </c>
+      <c r="L95" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M95" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N95" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O95" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P95" t="s">
+        <v>2210</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B96" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C96" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" t="s">
+        <v>20</v>
+      </c>
+      <c r="E96" t="s">
+        <v>2212</v>
+      </c>
+      <c r="F96" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" t="s">
+        <v>2213</v>
+      </c>
+      <c r="H96" t="s">
+        <v>2214</v>
+      </c>
+      <c r="I96" t="s">
+        <v>2215</v>
+      </c>
+      <c r="J96" t="s">
+        <v>2216</v>
+      </c>
+      <c r="K96" t="s">
+        <v>2217</v>
+      </c>
+      <c r="L96" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M96" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N96" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O96" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P96" t="s">
+        <v>2218</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B97" t="s">
+        <v>2219</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>2220</v>
+      </c>
+      <c r="F97" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" t="s">
+        <v>2221</v>
+      </c>
+      <c r="H97" t="s">
+        <v>2222</v>
+      </c>
+      <c r="I97" t="s">
+        <v>1779</v>
+      </c>
+      <c r="J97" t="s">
+        <v>1780</v>
+      </c>
+      <c r="K97" t="s">
+        <v>1781</v>
+      </c>
+      <c r="L97" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M97" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N97" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O97" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P97" t="s">
+        <v>2223</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B98" t="s">
+        <v>2224</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" t="s">
+        <v>2225</v>
+      </c>
+      <c r="F98" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" t="s">
+        <v>2226</v>
+      </c>
+      <c r="H98" t="s">
+        <v>2227</v>
+      </c>
+      <c r="I98" t="s">
+        <v>2228</v>
+      </c>
+      <c r="J98" t="s">
+        <v>2229</v>
+      </c>
+      <c r="K98" t="s">
+        <v>2230</v>
+      </c>
+      <c r="L98" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M98" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N98" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O98" t="s">
+        <v>1726</v>
+      </c>
+      <c r="P98" t="s">
+        <v>2231</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B99" t="s">
+        <v>2232</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
+        <v>2233</v>
+      </c>
+      <c r="F99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
+        <v>2234</v>
+      </c>
+      <c r="H99" t="s">
+        <v>2235</v>
+      </c>
+      <c r="I99" t="s">
+        <v>2236</v>
+      </c>
+      <c r="J99" t="s">
+        <v>1697</v>
+      </c>
+      <c r="K99" t="s">
+        <v>261</v>
+      </c>
+      <c r="L99" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M99" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N99" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O99" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P99" t="s">
+        <v>2237</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B100" t="s">
+        <v>2238</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
+        <v>2233</v>
+      </c>
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
+        <v>2239</v>
+      </c>
+      <c r="H100" t="s">
+        <v>2240</v>
+      </c>
+      <c r="I100" t="s">
+        <v>2241</v>
+      </c>
+      <c r="J100" t="s">
+        <v>1697</v>
+      </c>
+      <c r="K100" t="s">
+        <v>261</v>
+      </c>
+      <c r="L100" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M100" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N100" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O100" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P100" t="s">
+        <v>2242</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B101" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" t="s">
+        <v>2233</v>
+      </c>
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
+        <v>2244</v>
+      </c>
+      <c r="H101" t="s">
+        <v>2245</v>
+      </c>
+      <c r="I101" t="s">
+        <v>2236</v>
+      </c>
+      <c r="J101" t="s">
+        <v>1697</v>
+      </c>
+      <c r="K101" t="s">
+        <v>261</v>
+      </c>
+      <c r="L101" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M101" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N101" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O101" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P101" t="s">
+        <v>2246</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B102" t="s">
+        <v>2247</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>1837</v>
+      </c>
+      <c r="F102" t="s">
+        <v>20</v>
+      </c>
+      <c r="G102" t="s">
+        <v>2248</v>
+      </c>
+      <c r="H102" t="s">
+        <v>2249</v>
+      </c>
+      <c r="I102" t="s">
+        <v>2250</v>
+      </c>
+      <c r="J102" t="s">
+        <v>20</v>
+      </c>
+      <c r="K102" t="s">
+        <v>2251</v>
+      </c>
+      <c r="L102" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M102" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N102" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O102" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P102" t="s">
+        <v>2252</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B103" t="s">
+        <v>2253</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103" t="s">
+        <v>2254</v>
+      </c>
+      <c r="F103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" t="s">
+        <v>2255</v>
+      </c>
+      <c r="H103" t="s">
+        <v>2256</v>
+      </c>
+      <c r="I103" t="s">
+        <v>2257</v>
+      </c>
+      <c r="J103" t="s">
+        <v>2258</v>
+      </c>
+      <c r="K103" t="s">
+        <v>2259</v>
+      </c>
+      <c r="L103" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M103" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N103" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O103" t="s">
+        <v>2260</v>
+      </c>
+      <c r="P103" t="s">
+        <v>2261</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B104" t="s">
+        <v>2262</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>20</v>
+      </c>
+      <c r="E104" t="s">
+        <v>2263</v>
+      </c>
+      <c r="F104" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" t="s">
+        <v>2264</v>
+      </c>
+      <c r="H104" t="s">
+        <v>2265</v>
+      </c>
+      <c r="I104" t="s">
+        <v>2266</v>
+      </c>
+      <c r="J104" t="s">
+        <v>20</v>
+      </c>
+      <c r="K104" t="s">
+        <v>2267</v>
+      </c>
+      <c r="L104" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M104" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N104" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O104" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P104" t="s">
+        <v>2268</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B105" t="s">
+        <v>2269</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
+        <v>2270</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
+        <v>2271</v>
+      </c>
+      <c r="H105" t="s">
+        <v>2272</v>
+      </c>
+      <c r="I105" t="s">
+        <v>2273</v>
+      </c>
+      <c r="J105" t="s">
+        <v>2216</v>
+      </c>
+      <c r="K105" t="s">
+        <v>2217</v>
+      </c>
+      <c r="L105" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M105" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N105" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O105" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P105" t="s">
+        <v>2274</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B106" t="s">
+        <v>2275</v>
+      </c>
+      <c r="C106" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" t="s">
+        <v>20</v>
+      </c>
+      <c r="E106" t="s">
+        <v>2270</v>
+      </c>
+      <c r="F106" t="s">
+        <v>20</v>
+      </c>
+      <c r="G106" t="s">
+        <v>2276</v>
+      </c>
+      <c r="H106" t="s">
+        <v>2277</v>
+      </c>
+      <c r="I106" t="s">
+        <v>2278</v>
+      </c>
+      <c r="J106" t="s">
+        <v>2279</v>
+      </c>
+      <c r="K106" t="s">
+        <v>272</v>
+      </c>
+      <c r="L106" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M106" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N106" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O106" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P106" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B107" t="s">
+        <v>2281</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" t="s">
+        <v>2270</v>
+      </c>
+      <c r="F107" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" t="s">
+        <v>2282</v>
+      </c>
+      <c r="H107" t="s">
+        <v>2283</v>
+      </c>
+      <c r="I107" t="s">
+        <v>2284</v>
+      </c>
+      <c r="J107" t="s">
+        <v>2285</v>
+      </c>
+      <c r="K107" t="s">
+        <v>2286</v>
+      </c>
+      <c r="L107" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M107" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N107" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O107" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P107" t="s">
+        <v>2287</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B108" t="s">
+        <v>2288</v>
+      </c>
+      <c r="C108" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" t="s">
+        <v>20</v>
+      </c>
+      <c r="E108" t="s">
+        <v>2289</v>
+      </c>
+      <c r="F108" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" t="s">
+        <v>2290</v>
+      </c>
+      <c r="H108" t="s">
+        <v>2291</v>
+      </c>
+      <c r="I108" t="s">
+        <v>2292</v>
+      </c>
+      <c r="J108" t="s">
+        <v>20</v>
+      </c>
+      <c r="K108" t="s">
+        <v>2293</v>
+      </c>
+      <c r="L108" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M108" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N108" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O108" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P108" t="s">
+        <v>2294</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B109" t="s">
+        <v>2295</v>
+      </c>
+      <c r="C109" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
+        <v>2289</v>
+      </c>
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
+        <v>2296</v>
+      </c>
+      <c r="H109" t="s">
+        <v>2297</v>
+      </c>
+      <c r="I109" t="s">
+        <v>2298</v>
+      </c>
+      <c r="J109" t="s">
+        <v>2292</v>
+      </c>
+      <c r="K109" t="s">
+        <v>2293</v>
+      </c>
+      <c r="L109" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M109" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N109" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O109" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P109" t="s">
+        <v>2299</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B110" t="s">
+        <v>2300</v>
+      </c>
+      <c r="C110" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" t="s">
+        <v>20</v>
+      </c>
+      <c r="E110" t="s">
+        <v>2301</v>
+      </c>
+      <c r="F110" t="s">
+        <v>20</v>
+      </c>
+      <c r="G110" t="s">
+        <v>2302</v>
+      </c>
+      <c r="H110" t="s">
+        <v>2303</v>
+      </c>
+      <c r="I110" t="s">
+        <v>1614</v>
+      </c>
+      <c r="J110" t="s">
+        <v>20</v>
+      </c>
+      <c r="K110" t="s">
+        <v>1615</v>
+      </c>
+      <c r="L110" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M110" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N110" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O110" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P110" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B111" t="s">
+        <v>2305</v>
+      </c>
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" t="s">
+        <v>2301</v>
+      </c>
+      <c r="F111" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" t="s">
+        <v>2306</v>
+      </c>
+      <c r="H111" t="s">
+        <v>2307</v>
+      </c>
+      <c r="I111" t="s">
+        <v>2308</v>
+      </c>
+      <c r="J111" t="s">
+        <v>2192</v>
+      </c>
+      <c r="K111" t="s">
+        <v>2193</v>
+      </c>
+      <c r="L111" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M111" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N111" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O111" t="s">
+        <v>1706</v>
+      </c>
+      <c r="P111" t="s">
+        <v>2309</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B112" t="s">
+        <v>2310</v>
+      </c>
+      <c r="C112" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" t="s">
+        <v>20</v>
+      </c>
+      <c r="E112" t="s">
+        <v>2311</v>
+      </c>
+      <c r="F112" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" t="s">
+        <v>2312</v>
+      </c>
+      <c r="H112" t="s">
+        <v>2313</v>
+      </c>
+      <c r="I112" t="s">
+        <v>2314</v>
+      </c>
+      <c r="J112" t="s">
+        <v>2315</v>
+      </c>
+      <c r="K112" t="s">
+        <v>2316</v>
+      </c>
+      <c r="L112" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M112" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N112" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O112" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P112" t="s">
+        <v>2317</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B113" t="s">
+        <v>2318</v>
+      </c>
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
+        <v>20</v>
+      </c>
+      <c r="E113" t="s">
+        <v>2319</v>
+      </c>
+      <c r="F113" t="s">
+        <v>20</v>
+      </c>
+      <c r="G113" t="s">
+        <v>2320</v>
+      </c>
+      <c r="H113" t="s">
+        <v>2321</v>
+      </c>
+      <c r="I113" t="s">
+        <v>2322</v>
+      </c>
+      <c r="J113" t="s">
+        <v>2323</v>
+      </c>
+      <c r="K113" t="s">
+        <v>2324</v>
+      </c>
+      <c r="L113" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M113" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N113" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O113" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P113" t="s">
+        <v>2325</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B114" t="s">
+        <v>2326</v>
+      </c>
+      <c r="C114" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" t="s">
+        <v>20</v>
+      </c>
+      <c r="E114" t="s">
+        <v>2327</v>
+      </c>
+      <c r="F114" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" t="s">
+        <v>2328</v>
+      </c>
+      <c r="H114" t="s">
+        <v>2329</v>
+      </c>
+      <c r="I114" t="s">
+        <v>2330</v>
+      </c>
+      <c r="J114" t="s">
+        <v>2331</v>
+      </c>
+      <c r="K114" t="s">
+        <v>2332</v>
+      </c>
+      <c r="L114" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M114" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N114" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O114" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P114" t="s">
+        <v>2333</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B115" t="s">
+        <v>2334</v>
+      </c>
+      <c r="C115" t="s">
+        <v>20</v>
+      </c>
+      <c r="D115" t="s">
+        <v>20</v>
+      </c>
+      <c r="E115" t="s">
+        <v>2335</v>
+      </c>
+      <c r="F115" t="s">
+        <v>20</v>
+      </c>
+      <c r="G115" t="s">
+        <v>2336</v>
+      </c>
+      <c r="H115" t="s">
+        <v>2337</v>
+      </c>
+      <c r="I115" t="s">
+        <v>2338</v>
+      </c>
+      <c r="J115" t="s">
+        <v>2339</v>
+      </c>
+      <c r="K115" t="s">
+        <v>2340</v>
+      </c>
+      <c r="L115" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M115" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N115" t="s">
+        <v>1579</v>
+      </c>
+      <c r="O115" t="s">
+        <v>1866</v>
+      </c>
+      <c r="P115" t="s">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B116" t="s">
+        <v>2342</v>
+      </c>
+      <c r="C116" t="s">
+        <v>20</v>
+      </c>
+      <c r="D116" t="s">
+        <v>20</v>
+      </c>
+      <c r="E116" t="s">
+        <v>2335</v>
+      </c>
+      <c r="F116" t="s">
+        <v>20</v>
+      </c>
+      <c r="G116" t="s">
+        <v>2343</v>
+      </c>
+      <c r="H116" t="s">
+        <v>2344</v>
+      </c>
+      <c r="I116" t="s">
+        <v>2345</v>
+      </c>
+      <c r="J116" t="s">
+        <v>1697</v>
+      </c>
+      <c r="K116" t="s">
+        <v>261</v>
+      </c>
+      <c r="L116" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M116" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N116" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O116" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P116" t="s">
+        <v>2346</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B117" t="s">
+        <v>2347</v>
+      </c>
+      <c r="C117" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" t="s">
+        <v>20</v>
+      </c>
+      <c r="E117" t="s">
+        <v>2348</v>
+      </c>
+      <c r="F117" t="s">
+        <v>20</v>
+      </c>
+      <c r="G117" t="s">
+        <v>2349</v>
+      </c>
+      <c r="H117" t="s">
+        <v>2350</v>
+      </c>
+      <c r="I117" t="s">
+        <v>2351</v>
+      </c>
+      <c r="J117" t="s">
+        <v>20</v>
+      </c>
+      <c r="K117" t="s">
+        <v>2352</v>
+      </c>
+      <c r="L117" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M117" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N117" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O117" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P117" t="s">
+        <v>2353</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B118" t="s">
+        <v>2354</v>
+      </c>
+      <c r="C118" t="s">
+        <v>20</v>
+      </c>
+      <c r="D118" t="s">
+        <v>20</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1845</v>
+      </c>
+      <c r="F118" t="s">
+        <v>20</v>
+      </c>
+      <c r="G118" t="s">
+        <v>2355</v>
+      </c>
+      <c r="H118" t="s">
+        <v>2356</v>
+      </c>
+      <c r="I118" t="s">
+        <v>2357</v>
+      </c>
+      <c r="J118" t="s">
+        <v>2358</v>
+      </c>
+      <c r="K118" t="s">
+        <v>2359</v>
+      </c>
+      <c r="L118" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M118" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N118" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O118" t="s">
+        <v>1796</v>
+      </c>
+      <c r="P118" t="s">
+        <v>2360</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B119" t="s">
+        <v>2361</v>
+      </c>
+      <c r="C119" t="s">
+        <v>20</v>
+      </c>
+      <c r="D119" t="s">
+        <v>20</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1845</v>
+      </c>
+      <c r="F119" t="s">
+        <v>20</v>
+      </c>
+      <c r="G119" t="s">
+        <v>2362</v>
+      </c>
+      <c r="H119" t="s">
+        <v>2363</v>
+      </c>
+      <c r="I119" t="s">
+        <v>2357</v>
+      </c>
+      <c r="J119" t="s">
+        <v>2358</v>
+      </c>
+      <c r="K119" t="s">
+        <v>2359</v>
+      </c>
+      <c r="L119" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M119" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N119" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O119" t="s">
+        <v>1796</v>
+      </c>
+      <c r="P119" t="s">
+        <v>2364</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B120" t="s">
+        <v>2365</v>
+      </c>
+      <c r="C120" t="s">
+        <v>20</v>
+      </c>
+      <c r="D120" t="s">
+        <v>20</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1845</v>
+      </c>
+      <c r="F120" t="s">
+        <v>20</v>
+      </c>
+      <c r="G120" t="s">
+        <v>2366</v>
+      </c>
+      <c r="H120" t="s">
+        <v>2367</v>
+      </c>
+      <c r="I120" t="s">
+        <v>2357</v>
+      </c>
+      <c r="J120" t="s">
+        <v>2358</v>
+      </c>
+      <c r="K120" t="s">
+        <v>2359</v>
+      </c>
+      <c r="L120" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M120" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N120" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O120" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P120" t="s">
+        <v>2368</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B121" t="s">
+        <v>2369</v>
+      </c>
+      <c r="C121" t="s">
+        <v>20</v>
+      </c>
+      <c r="D121" t="s">
+        <v>20</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1845</v>
+      </c>
+      <c r="F121" t="s">
+        <v>20</v>
+      </c>
+      <c r="G121" t="s">
+        <v>2370</v>
+      </c>
+      <c r="H121" t="s">
+        <v>2371</v>
+      </c>
+      <c r="I121" t="s">
+        <v>2357</v>
+      </c>
+      <c r="J121" t="s">
+        <v>2358</v>
+      </c>
+      <c r="K121" t="s">
+        <v>2359</v>
+      </c>
+      <c r="L121" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M121" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N121" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O121" t="s">
+        <v>1964</v>
+      </c>
+      <c r="P121" t="s">
+        <v>2372</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B122" t="s">
+        <v>2373</v>
+      </c>
+      <c r="C122" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" t="s">
+        <v>20</v>
+      </c>
+      <c r="E122" t="s">
+        <v>2374</v>
+      </c>
+      <c r="F122" t="s">
+        <v>20</v>
+      </c>
+      <c r="G122" t="s">
+        <v>2375</v>
+      </c>
+      <c r="H122" t="s">
+        <v>2376</v>
+      </c>
+      <c r="I122" t="s">
+        <v>2357</v>
+      </c>
+      <c r="J122" t="s">
+        <v>2358</v>
+      </c>
+      <c r="K122" t="s">
+        <v>2359</v>
+      </c>
+      <c r="L122" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M122" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N122" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O122" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P122" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B123" t="s">
+        <v>2378</v>
+      </c>
+      <c r="C123" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" t="s">
+        <v>20</v>
+      </c>
+      <c r="E123" t="s">
+        <v>2379</v>
+      </c>
+      <c r="F123" t="s">
+        <v>20</v>
+      </c>
+      <c r="G123" t="s">
+        <v>2380</v>
+      </c>
+      <c r="H123" t="s">
+        <v>2381</v>
+      </c>
+      <c r="I123" t="s">
+        <v>2382</v>
+      </c>
+      <c r="J123" t="s">
+        <v>1857</v>
+      </c>
+      <c r="K123" t="s">
+        <v>539</v>
+      </c>
+      <c r="L123" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M123" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N123" t="s">
+        <v>1579</v>
+      </c>
+      <c r="O123" t="s">
+        <v>1866</v>
+      </c>
+      <c r="P123" t="s">
+        <v>2383</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B124" t="s">
+        <v>2384</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" t="s">
+        <v>20</v>
+      </c>
+      <c r="E124" t="s">
+        <v>2379</v>
+      </c>
+      <c r="F124" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" t="s">
+        <v>2385</v>
+      </c>
+      <c r="H124" t="s">
+        <v>2386</v>
+      </c>
+      <c r="I124" t="s">
+        <v>1857</v>
+      </c>
+      <c r="J124" t="s">
+        <v>20</v>
+      </c>
+      <c r="K124" t="s">
+        <v>539</v>
+      </c>
+      <c r="L124" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M124" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N124" t="s">
+        <v>1579</v>
+      </c>
+      <c r="O124" t="s">
+        <v>1607</v>
+      </c>
+      <c r="P124" t="s">
+        <v>2387</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B125" t="s">
+        <v>2388</v>
+      </c>
+      <c r="C125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" t="s">
+        <v>20</v>
+      </c>
+      <c r="E125" t="s">
+        <v>2389</v>
+      </c>
+      <c r="F125" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" t="s">
+        <v>2390</v>
+      </c>
+      <c r="H125" t="s">
+        <v>2391</v>
+      </c>
+      <c r="I125" t="s">
+        <v>2392</v>
+      </c>
+      <c r="J125" t="s">
+        <v>2393</v>
+      </c>
+      <c r="K125" t="s">
+        <v>2394</v>
+      </c>
+      <c r="L125" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M125" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N125" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O125" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P125" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B126" t="s">
+        <v>2396</v>
+      </c>
+      <c r="C126" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" t="s">
+        <v>20</v>
+      </c>
+      <c r="E126" t="s">
+        <v>2397</v>
+      </c>
+      <c r="F126" t="s">
+        <v>20</v>
+      </c>
+      <c r="G126" t="s">
+        <v>2398</v>
+      </c>
+      <c r="H126" t="s">
+        <v>2399</v>
+      </c>
+      <c r="I126" t="s">
+        <v>2400</v>
+      </c>
+      <c r="J126" t="s">
+        <v>2401</v>
+      </c>
+      <c r="K126" t="s">
+        <v>92</v>
+      </c>
+      <c r="L126" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M126" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N126" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O126" t="s">
+        <v>2402</v>
+      </c>
+      <c r="P126" t="s">
+        <v>2403</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B127" t="s">
+        <v>2404</v>
+      </c>
+      <c r="C127" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>20</v>
+      </c>
+      <c r="E127" t="s">
+        <v>2405</v>
+      </c>
+      <c r="F127" t="s">
+        <v>20</v>
+      </c>
+      <c r="G127" t="s">
+        <v>2406</v>
+      </c>
+      <c r="H127" t="s">
+        <v>2407</v>
+      </c>
+      <c r="I127" t="s">
+        <v>2408</v>
+      </c>
+      <c r="J127" t="s">
+        <v>2409</v>
+      </c>
+      <c r="K127" t="s">
+        <v>2410</v>
+      </c>
+      <c r="L127" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M127" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N127" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O127" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P127" t="s">
+        <v>2411</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B128" t="s">
+        <v>2412</v>
+      </c>
+      <c r="C128" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" t="s">
+        <v>20</v>
+      </c>
+      <c r="E128" t="s">
+        <v>2413</v>
+      </c>
+      <c r="F128" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" t="s">
+        <v>2414</v>
+      </c>
+      <c r="H128" t="s">
+        <v>2415</v>
+      </c>
+      <c r="I128" t="s">
+        <v>2416</v>
+      </c>
+      <c r="J128" t="s">
+        <v>2417</v>
+      </c>
+      <c r="K128" t="s">
+        <v>2418</v>
+      </c>
+      <c r="L128" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M128" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N128" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O128" t="s">
+        <v>1557</v>
+      </c>
+      <c r="P128" t="s">
+        <v>2419</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B129" t="s">
+        <v>2420</v>
+      </c>
+      <c r="C129" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" t="s">
+        <v>20</v>
+      </c>
+      <c r="E129" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F129" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" t="s">
+        <v>2422</v>
+      </c>
+      <c r="H129" t="s">
+        <v>2423</v>
+      </c>
+      <c r="I129" t="s">
+        <v>2424</v>
+      </c>
+      <c r="J129" t="s">
+        <v>1725</v>
+      </c>
+      <c r="K129" t="s">
+        <v>1526</v>
+      </c>
+      <c r="L129" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M129" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N129" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O129" t="s">
+        <v>2425</v>
+      </c>
+      <c r="P129" t="s">
+        <v>2426</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B130" t="s">
+        <v>2427</v>
+      </c>
+      <c r="C130" t="s">
+        <v>20</v>
+      </c>
+      <c r="D130" t="s">
+        <v>20</v>
+      </c>
+      <c r="E130" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F130" t="s">
+        <v>20</v>
+      </c>
+      <c r="G130" t="s">
+        <v>2428</v>
+      </c>
+      <c r="H130" t="s">
+        <v>2429</v>
+      </c>
+      <c r="I130" t="s">
+        <v>2430</v>
+      </c>
+      <c r="J130" t="s">
+        <v>1745</v>
+      </c>
+      <c r="K130" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L130" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M130" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N130" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O130" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P130" t="s">
+        <v>2431</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B131" t="s">
+        <v>2432</v>
+      </c>
+      <c r="C131" t="s">
+        <v>20</v>
+      </c>
+      <c r="D131" t="s">
+        <v>20</v>
+      </c>
+      <c r="E131" t="s">
+        <v>2433</v>
+      </c>
+      <c r="F131" t="s">
+        <v>20</v>
+      </c>
+      <c r="G131" t="s">
+        <v>2434</v>
+      </c>
+      <c r="H131" t="s">
+        <v>2435</v>
+      </c>
+      <c r="I131" t="s">
+        <v>2436</v>
+      </c>
+      <c r="J131" t="s">
+        <v>2192</v>
+      </c>
+      <c r="K131" t="s">
+        <v>2193</v>
+      </c>
+      <c r="L131" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M131" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N131" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O131" t="s">
+        <v>2158</v>
+      </c>
+      <c r="P131" t="s">
+        <v>2437</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B132" t="s">
+        <v>2438</v>
+      </c>
+      <c r="C132" t="s">
+        <v>20</v>
+      </c>
+      <c r="D132" t="s">
+        <v>20</v>
+      </c>
+      <c r="E132" t="s">
+        <v>2439</v>
+      </c>
+      <c r="F132" t="s">
+        <v>20</v>
+      </c>
+      <c r="G132" t="s">
+        <v>2440</v>
+      </c>
+      <c r="H132" t="s">
+        <v>2441</v>
+      </c>
+      <c r="I132" t="s">
+        <v>2442</v>
+      </c>
+      <c r="J132" t="s">
+        <v>2171</v>
+      </c>
+      <c r="K132" t="s">
+        <v>892</v>
+      </c>
+      <c r="L132" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M132" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N132" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O132" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P132" t="s">
+        <v>2443</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B133" t="s">
+        <v>2444</v>
+      </c>
+      <c r="C133" t="s">
+        <v>20</v>
+      </c>
+      <c r="D133" t="s">
+        <v>20</v>
+      </c>
+      <c r="E133" t="s">
+        <v>2439</v>
+      </c>
+      <c r="F133" t="s">
+        <v>20</v>
+      </c>
+      <c r="G133" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H133" t="s">
+        <v>2446</v>
+      </c>
+      <c r="I133" t="s">
+        <v>2447</v>
+      </c>
+      <c r="J133" t="s">
+        <v>2171</v>
+      </c>
+      <c r="K133" t="s">
+        <v>892</v>
+      </c>
+      <c r="L133" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M133" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N133" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O133" t="s">
+        <v>2425</v>
+      </c>
+      <c r="P133" t="s">
+        <v>2448</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B134" t="s">
+        <v>2449</v>
+      </c>
+      <c r="C134" t="s">
+        <v>20</v>
+      </c>
+      <c r="D134" t="s">
+        <v>20</v>
+      </c>
+      <c r="E134" t="s">
+        <v>2450</v>
+      </c>
+      <c r="F134" t="s">
+        <v>20</v>
+      </c>
+      <c r="G134" t="s">
+        <v>2451</v>
+      </c>
+      <c r="H134" t="s">
+        <v>2452</v>
+      </c>
+      <c r="I134" t="s">
+        <v>2453</v>
+      </c>
+      <c r="J134" t="s">
+        <v>2454</v>
+      </c>
+      <c r="K134" t="s">
+        <v>2455</v>
+      </c>
+      <c r="L134" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M134" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N134" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O134" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P134" t="s">
+        <v>2456</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B135" t="s">
+        <v>2457</v>
+      </c>
+      <c r="C135" t="s">
+        <v>20</v>
+      </c>
+      <c r="D135" t="s">
+        <v>20</v>
+      </c>
+      <c r="E135" t="s">
+        <v>2458</v>
+      </c>
+      <c r="F135" t="s">
+        <v>20</v>
+      </c>
+      <c r="G135" t="s">
+        <v>2459</v>
+      </c>
+      <c r="H135" t="s">
+        <v>2460</v>
+      </c>
+      <c r="I135" t="s">
+        <v>2461</v>
+      </c>
+      <c r="J135" t="s">
+        <v>2462</v>
+      </c>
+      <c r="K135" t="s">
+        <v>2463</v>
+      </c>
+      <c r="L135" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M135" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N135" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O135" t="s">
+        <v>1796</v>
+      </c>
+      <c r="P135" t="s">
+        <v>2464</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B136" t="s">
+        <v>2465</v>
+      </c>
+      <c r="C136" t="s">
+        <v>20</v>
+      </c>
+      <c r="D136" t="s">
+        <v>20</v>
+      </c>
+      <c r="E136" t="s">
+        <v>2458</v>
+      </c>
+      <c r="F136" t="s">
+        <v>20</v>
+      </c>
+      <c r="G136" t="s">
+        <v>2466</v>
+      </c>
+      <c r="H136" t="s">
+        <v>2467</v>
+      </c>
+      <c r="I136" t="s">
+        <v>2468</v>
+      </c>
+      <c r="J136" t="s">
+        <v>1971</v>
+      </c>
+      <c r="K136" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L136" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M136" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N136" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O136" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P136" t="s">
+        <v>2469</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B137" t="s">
+        <v>2470</v>
+      </c>
+      <c r="C137" t="s">
+        <v>20</v>
+      </c>
+      <c r="D137" t="s">
+        <v>20</v>
+      </c>
+      <c r="E137" t="s">
+        <v>2471</v>
+      </c>
+      <c r="F137" t="s">
+        <v>20</v>
+      </c>
+      <c r="G137" t="s">
+        <v>2472</v>
+      </c>
+      <c r="H137" t="s">
+        <v>2473</v>
+      </c>
+      <c r="I137" t="s">
+        <v>2474</v>
+      </c>
+      <c r="J137" t="s">
+        <v>1827</v>
+      </c>
+      <c r="K137" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L137" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M137" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N137" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O137" t="s">
+        <v>1964</v>
+      </c>
+      <c r="P137" t="s">
+        <v>2475</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B138" t="s">
+        <v>2476</v>
+      </c>
+      <c r="C138" t="s">
+        <v>20</v>
+      </c>
+      <c r="D138" t="s">
+        <v>20</v>
+      </c>
+      <c r="E138" t="s">
+        <v>2477</v>
+      </c>
+      <c r="F138" t="s">
+        <v>20</v>
+      </c>
+      <c r="G138" t="s">
+        <v>2478</v>
+      </c>
+      <c r="H138" t="s">
+        <v>2479</v>
+      </c>
+      <c r="I138" t="s">
+        <v>2480</v>
+      </c>
+      <c r="J138" t="s">
+        <v>2481</v>
+      </c>
+      <c r="K138" t="s">
+        <v>2482</v>
+      </c>
+      <c r="L138" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M138" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N138" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O138" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P138" t="s">
+        <v>2483</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B139" t="s">
+        <v>2484</v>
+      </c>
+      <c r="C139" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" t="s">
+        <v>20</v>
+      </c>
+      <c r="E139" t="s">
+        <v>2485</v>
+      </c>
+      <c r="F139" t="s">
+        <v>20</v>
+      </c>
+      <c r="G139" t="s">
+        <v>2486</v>
+      </c>
+      <c r="H139" t="s">
+        <v>2487</v>
+      </c>
+      <c r="I139" t="s">
+        <v>2488</v>
+      </c>
+      <c r="J139" t="s">
+        <v>1697</v>
+      </c>
+      <c r="K139" t="s">
+        <v>261</v>
+      </c>
+      <c r="L139" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M139" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N139" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O139" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P139" t="s">
+        <v>2489</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B140" t="s">
+        <v>2490</v>
+      </c>
+      <c r="C140" t="s">
+        <v>20</v>
+      </c>
+      <c r="D140" t="s">
+        <v>20</v>
+      </c>
+      <c r="E140" t="s">
+        <v>2491</v>
+      </c>
+      <c r="F140" t="s">
+        <v>20</v>
+      </c>
+      <c r="G140" t="s">
+        <v>2492</v>
+      </c>
+      <c r="H140" t="s">
+        <v>2493</v>
+      </c>
+      <c r="I140" t="s">
+        <v>2494</v>
+      </c>
+      <c r="J140" t="s">
+        <v>2171</v>
+      </c>
+      <c r="K140" t="s">
+        <v>892</v>
+      </c>
+      <c r="L140" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M140" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N140" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O140" t="s">
+        <v>1557</v>
+      </c>
+      <c r="P140" t="s">
+        <v>2495</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B141" t="s">
+        <v>2496</v>
+      </c>
+      <c r="C141" t="s">
+        <v>20</v>
+      </c>
+      <c r="D141" t="s">
+        <v>20</v>
+      </c>
+      <c r="E141" t="s">
+        <v>2497</v>
+      </c>
+      <c r="F141" t="s">
+        <v>20</v>
+      </c>
+      <c r="G141" t="s">
+        <v>2498</v>
+      </c>
+      <c r="H141" t="s">
+        <v>2499</v>
+      </c>
+      <c r="I141" t="s">
+        <v>2500</v>
+      </c>
+      <c r="J141" t="s">
+        <v>20</v>
+      </c>
+      <c r="K141" t="s">
+        <v>2501</v>
+      </c>
+      <c r="L141" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M141" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N141" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O141" t="s">
+        <v>2008</v>
+      </c>
+      <c r="P141" t="s">
+        <v>2502</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B142" t="s">
+        <v>2503</v>
+      </c>
+      <c r="C142" t="s">
+        <v>20</v>
+      </c>
+      <c r="D142" t="s">
+        <v>20</v>
+      </c>
+      <c r="E142" t="s">
+        <v>2504</v>
+      </c>
+      <c r="F142" t="s">
+        <v>20</v>
+      </c>
+      <c r="G142" t="s">
+        <v>2505</v>
+      </c>
+      <c r="H142" t="s">
+        <v>2506</v>
+      </c>
+      <c r="I142" t="s">
+        <v>2507</v>
+      </c>
+      <c r="J142" t="s">
+        <v>2508</v>
+      </c>
+      <c r="K142" t="s">
+        <v>2509</v>
+      </c>
+      <c r="L142" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M142" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N142" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O142" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P142" t="s">
+        <v>2510</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B143" t="s">
+        <v>2511</v>
+      </c>
+      <c r="C143" t="s">
+        <v>20</v>
+      </c>
+      <c r="D143" t="s">
+        <v>20</v>
+      </c>
+      <c r="E143" t="s">
+        <v>2512</v>
+      </c>
+      <c r="F143" t="s">
+        <v>20</v>
+      </c>
+      <c r="G143" t="s">
+        <v>2513</v>
+      </c>
+      <c r="H143" t="s">
+        <v>2514</v>
+      </c>
+      <c r="I143" t="s">
+        <v>2515</v>
+      </c>
+      <c r="J143" t="s">
+        <v>1971</v>
+      </c>
+      <c r="K143" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L143" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M143" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N143" t="s">
+        <v>1579</v>
+      </c>
+      <c r="O143" t="s">
+        <v>1580</v>
+      </c>
+      <c r="P143" t="s">
+        <v>2516</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B144" t="s">
+        <v>2517</v>
+      </c>
+      <c r="C144" t="s">
+        <v>20</v>
+      </c>
+      <c r="D144" t="s">
+        <v>20</v>
+      </c>
+      <c r="E144" t="s">
+        <v>2518</v>
+      </c>
+      <c r="F144" t="s">
+        <v>20</v>
+      </c>
+      <c r="G144" t="s">
+        <v>2519</v>
+      </c>
+      <c r="H144" t="s">
+        <v>2520</v>
+      </c>
+      <c r="I144" t="s">
+        <v>2521</v>
+      </c>
+      <c r="J144" t="s">
+        <v>2522</v>
+      </c>
+      <c r="K144" t="s">
+        <v>2523</v>
+      </c>
+      <c r="L144" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M144" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N144" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O144" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P144" t="s">
+        <v>2524</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B145" t="s">
+        <v>2525</v>
+      </c>
+      <c r="C145" t="s">
+        <v>20</v>
+      </c>
+      <c r="D145" t="s">
+        <v>20</v>
+      </c>
+      <c r="E145" t="s">
+        <v>1936</v>
+      </c>
+      <c r="F145" t="s">
+        <v>20</v>
+      </c>
+      <c r="G145" t="s">
+        <v>2526</v>
+      </c>
+      <c r="H145" t="s">
+        <v>2527</v>
+      </c>
+      <c r="I145" t="s">
+        <v>2528</v>
+      </c>
+      <c r="J145" t="s">
+        <v>2529</v>
+      </c>
+      <c r="K145" t="s">
+        <v>2530</v>
+      </c>
+      <c r="L145" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M145" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N145" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O145" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P145" t="s">
+        <v>2531</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B146" t="s">
+        <v>2532</v>
+      </c>
+      <c r="C146" t="s">
+        <v>20</v>
+      </c>
+      <c r="D146" t="s">
+        <v>20</v>
+      </c>
+      <c r="E146" t="s">
+        <v>2533</v>
+      </c>
+      <c r="F146" t="s">
+        <v>20</v>
+      </c>
+      <c r="G146" t="s">
+        <v>2534</v>
+      </c>
+      <c r="H146" t="s">
+        <v>2535</v>
+      </c>
+      <c r="I146" t="s">
+        <v>1857</v>
+      </c>
+      <c r="J146" t="s">
+        <v>20</v>
+      </c>
+      <c r="K146" t="s">
+        <v>539</v>
+      </c>
+      <c r="L146" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M146" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N146" t="s">
+        <v>2536</v>
+      </c>
+      <c r="O146" t="s">
+        <v>2537</v>
+      </c>
+      <c r="P146" t="s">
+        <v>2538</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B147" t="s">
+        <v>2539</v>
+      </c>
+      <c r="C147" t="s">
+        <v>20</v>
+      </c>
+      <c r="D147" t="s">
+        <v>20</v>
+      </c>
+      <c r="E147" t="s">
+        <v>1659</v>
+      </c>
+      <c r="F147" t="s">
+        <v>20</v>
+      </c>
+      <c r="G147" t="s">
+        <v>2540</v>
+      </c>
+      <c r="H147" t="s">
+        <v>2541</v>
+      </c>
+      <c r="I147" t="s">
+        <v>2542</v>
+      </c>
+      <c r="J147" t="s">
+        <v>2543</v>
+      </c>
+      <c r="K147" t="s">
+        <v>2544</v>
+      </c>
+      <c r="L147" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M147" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N147" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O147" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P147" t="s">
+        <v>2545</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B148" t="s">
+        <v>2546</v>
+      </c>
+      <c r="C148" t="s">
+        <v>20</v>
+      </c>
+      <c r="D148" t="s">
+        <v>20</v>
+      </c>
+      <c r="E148" t="s">
+        <v>1659</v>
+      </c>
+      <c r="F148" t="s">
+        <v>20</v>
+      </c>
+      <c r="G148" t="s">
+        <v>2547</v>
+      </c>
+      <c r="H148" t="s">
+        <v>2548</v>
+      </c>
+      <c r="I148" t="s">
+        <v>2549</v>
+      </c>
+      <c r="J148" t="s">
+        <v>2550</v>
+      </c>
+      <c r="K148" t="s">
+        <v>2551</v>
+      </c>
+      <c r="L148" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M148" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N148" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O148" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P148" t="s">
+        <v>2552</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B149" t="s">
+        <v>2553</v>
+      </c>
+      <c r="C149" t="s">
+        <v>20</v>
+      </c>
+      <c r="D149" t="s">
+        <v>20</v>
+      </c>
+      <c r="E149" t="s">
+        <v>2011</v>
+      </c>
+      <c r="F149" t="s">
+        <v>20</v>
+      </c>
+      <c r="G149" t="s">
+        <v>2554</v>
+      </c>
+      <c r="H149" t="s">
+        <v>2555</v>
+      </c>
+      <c r="I149" t="s">
+        <v>2014</v>
+      </c>
+      <c r="J149" t="s">
+        <v>2015</v>
+      </c>
+      <c r="K149" t="s">
+        <v>2016</v>
+      </c>
+      <c r="L149" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M149" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N149" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O149" t="s">
+        <v>1796</v>
+      </c>
+      <c r="P149" t="s">
+        <v>2556</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B150" t="s">
+        <v>2557</v>
+      </c>
+      <c r="C150" t="s">
+        <v>20</v>
+      </c>
+      <c r="D150" t="s">
+        <v>20</v>
+      </c>
+      <c r="E150" t="s">
+        <v>2558</v>
+      </c>
+      <c r="F150" t="s">
+        <v>20</v>
+      </c>
+      <c r="G150" t="s">
+        <v>2559</v>
+      </c>
+      <c r="H150" t="s">
+        <v>2560</v>
+      </c>
+      <c r="I150" t="s">
+        <v>2561</v>
+      </c>
+      <c r="J150" t="s">
+        <v>20</v>
+      </c>
+      <c r="K150" t="s">
+        <v>2562</v>
+      </c>
+      <c r="L150" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M150" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N150" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O150" t="s">
+        <v>2563</v>
+      </c>
+      <c r="P150" t="s">
+        <v>2564</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B151" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C151" t="s">
+        <v>20</v>
+      </c>
+      <c r="D151" t="s">
+        <v>20</v>
+      </c>
+      <c r="E151" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F151" t="s">
+        <v>20</v>
+      </c>
+      <c r="G151" t="s">
+        <v>2566</v>
+      </c>
+      <c r="H151" t="s">
+        <v>2567</v>
+      </c>
+      <c r="I151" t="s">
+        <v>2568</v>
+      </c>
+      <c r="J151" t="s">
+        <v>2569</v>
+      </c>
+      <c r="K151" t="s">
+        <v>2570</v>
+      </c>
+      <c r="L151" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M151" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N151" t="s">
+        <v>2536</v>
+      </c>
+      <c r="O151" t="s">
+        <v>2537</v>
+      </c>
+      <c r="P151" t="s">
+        <v>2571</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B152" t="s">
+        <v>2572</v>
+      </c>
+      <c r="C152" t="s">
+        <v>20</v>
+      </c>
+      <c r="D152" t="s">
+        <v>20</v>
+      </c>
+      <c r="E152" t="s">
+        <v>1736</v>
+      </c>
+      <c r="F152" t="s">
+        <v>20</v>
+      </c>
+      <c r="G152" t="s">
+        <v>2573</v>
+      </c>
+      <c r="H152" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I152" t="s">
+        <v>1739</v>
+      </c>
+      <c r="J152" t="s">
+        <v>20</v>
+      </c>
+      <c r="K152" t="s">
+        <v>1740</v>
+      </c>
+      <c r="L152" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M152" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N152" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O152" t="s">
+        <v>1648</v>
+      </c>
+      <c r="P152" t="s">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B153" t="s">
+        <v>2576</v>
+      </c>
+      <c r="C153" t="s">
+        <v>20</v>
+      </c>
+      <c r="D153" t="s">
+        <v>20</v>
+      </c>
+      <c r="E153" t="s">
+        <v>2577</v>
+      </c>
+      <c r="F153" t="s">
+        <v>20</v>
+      </c>
+      <c r="G153" t="s">
+        <v>2578</v>
+      </c>
+      <c r="H153" t="s">
+        <v>2579</v>
+      </c>
+      <c r="I153" t="s">
+        <v>2580</v>
+      </c>
+      <c r="J153" t="s">
+        <v>20</v>
+      </c>
+      <c r="K153" t="s">
+        <v>2581</v>
+      </c>
+      <c r="L153" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M153" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N153" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O153" t="s">
+        <v>1569</v>
+      </c>
+      <c r="P153" t="s">
+        <v>2582</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B154" t="s">
+        <v>2583</v>
+      </c>
+      <c r="C154" t="s">
+        <v>20</v>
+      </c>
+      <c r="D154" t="s">
+        <v>20</v>
+      </c>
+      <c r="E154" t="s">
+        <v>1799</v>
+      </c>
+      <c r="F154" t="s">
+        <v>20</v>
+      </c>
+      <c r="G154" t="s">
+        <v>2584</v>
+      </c>
+      <c r="H154" t="s">
+        <v>2585</v>
+      </c>
+      <c r="I154" t="s">
+        <v>1802</v>
+      </c>
+      <c r="J154" t="s">
+        <v>1803</v>
+      </c>
+      <c r="K154" t="s">
+        <v>1804</v>
+      </c>
+      <c r="L154" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M154" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N154" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O154" t="s">
+        <v>1964</v>
+      </c>
+      <c r="P154" t="s">
+        <v>2586</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B155" t="s">
+        <v>2587</v>
+      </c>
+      <c r="C155" t="s">
+        <v>20</v>
+      </c>
+      <c r="D155" t="s">
+        <v>20</v>
+      </c>
+      <c r="E155" t="s">
+        <v>2588</v>
+      </c>
+      <c r="F155" t="s">
+        <v>20</v>
+      </c>
+      <c r="G155" t="s">
+        <v>2589</v>
+      </c>
+      <c r="H155" t="s">
+        <v>2590</v>
+      </c>
+      <c r="I155" t="s">
+        <v>2591</v>
+      </c>
+      <c r="J155" t="s">
+        <v>2592</v>
+      </c>
+      <c r="K155" t="s">
+        <v>539</v>
+      </c>
+      <c r="L155" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M155" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N155" t="s">
+        <v>2536</v>
+      </c>
+      <c r="O155" t="s">
+        <v>2537</v>
+      </c>
+      <c r="P155" t="s">
+        <v>2593</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B156" t="s">
+        <v>2594</v>
+      </c>
+      <c r="C156" t="s">
+        <v>20</v>
+      </c>
+      <c r="D156" t="s">
+        <v>20</v>
+      </c>
+      <c r="E156" t="s">
+        <v>1823</v>
+      </c>
+      <c r="F156" t="s">
+        <v>20</v>
+      </c>
+      <c r="G156" t="s">
+        <v>2595</v>
+      </c>
+      <c r="H156" t="s">
+        <v>2596</v>
+      </c>
+      <c r="I156" t="s">
+        <v>1832</v>
+      </c>
+      <c r="J156" t="s">
+        <v>1827</v>
+      </c>
+      <c r="K156" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L156" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M156" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N156" t="s">
+        <v>1833</v>
+      </c>
+      <c r="O156" t="s">
+        <v>2597</v>
+      </c>
+      <c r="P156" t="s">
+        <v>2598</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B157" t="s">
+        <v>2599</v>
+      </c>
+      <c r="C157" t="s">
+        <v>20</v>
+      </c>
+      <c r="D157" t="s">
+        <v>20</v>
+      </c>
+      <c r="E157" t="s">
+        <v>1837</v>
+      </c>
+      <c r="F157" t="s">
+        <v>20</v>
+      </c>
+      <c r="G157" t="s">
+        <v>2600</v>
+      </c>
+      <c r="H157" t="s">
+        <v>2601</v>
+      </c>
+      <c r="I157" t="s">
+        <v>2602</v>
+      </c>
+      <c r="J157" t="s">
+        <v>1841</v>
+      </c>
+      <c r="K157" t="s">
+        <v>1842</v>
+      </c>
+      <c r="L157" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M157" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N157" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O157" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P157" t="s">
+        <v>2603</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B158" t="s">
+        <v>2604</v>
+      </c>
+      <c r="C158" t="s">
+        <v>20</v>
+      </c>
+      <c r="D158" t="s">
+        <v>20</v>
+      </c>
+      <c r="E158" t="s">
+        <v>2605</v>
+      </c>
+      <c r="F158" t="s">
+        <v>20</v>
+      </c>
+      <c r="G158" t="s">
+        <v>2606</v>
+      </c>
+      <c r="H158" t="s">
+        <v>2607</v>
+      </c>
+      <c r="I158" t="s">
+        <v>2608</v>
+      </c>
+      <c r="J158" t="s">
+        <v>1827</v>
+      </c>
+      <c r="K158" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L158" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M158" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N158" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O158" t="s">
+        <v>2158</v>
+      </c>
+      <c r="P158" t="s">
+        <v>2609</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B159" t="s">
+        <v>2610</v>
+      </c>
+      <c r="C159" t="s">
+        <v>20</v>
+      </c>
+      <c r="D159" t="s">
+        <v>20</v>
+      </c>
+      <c r="E159" t="s">
+        <v>2389</v>
+      </c>
+      <c r="F159" t="s">
+        <v>20</v>
+      </c>
+      <c r="G159" t="s">
+        <v>2611</v>
+      </c>
+      <c r="H159" t="s">
+        <v>2612</v>
+      </c>
+      <c r="I159" t="s">
+        <v>2613</v>
+      </c>
+      <c r="J159" t="s">
+        <v>2614</v>
+      </c>
+      <c r="K159" t="s">
+        <v>72</v>
+      </c>
+      <c r="L159" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M159" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N159" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O159" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P159" t="s">
+        <v>2615</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B160" t="s">
+        <v>2616</v>
+      </c>
+      <c r="C160" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" t="s">
+        <v>20</v>
+      </c>
+      <c r="E160" t="s">
+        <v>2617</v>
+      </c>
+      <c r="F160" t="s">
+        <v>20</v>
+      </c>
+      <c r="G160" t="s">
+        <v>2618</v>
+      </c>
+      <c r="H160" t="s">
+        <v>2619</v>
+      </c>
+      <c r="I160" t="s">
+        <v>2620</v>
+      </c>
+      <c r="J160" t="s">
+        <v>1697</v>
+      </c>
+      <c r="K160" t="s">
+        <v>261</v>
+      </c>
+      <c r="L160" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M160" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N160" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O160" t="s">
+        <v>2621</v>
+      </c>
+      <c r="P160" t="s">
+        <v>2622</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B161" t="s">
+        <v>2623</v>
+      </c>
+      <c r="C161" t="s">
+        <v>20</v>
+      </c>
+      <c r="D161" t="s">
+        <v>20</v>
+      </c>
+      <c r="E161" t="s">
+        <v>2624</v>
+      </c>
+      <c r="F161" t="s">
+        <v>20</v>
+      </c>
+      <c r="G161" t="s">
+        <v>2625</v>
+      </c>
+      <c r="H161" t="s">
+        <v>2626</v>
+      </c>
+      <c r="I161" t="s">
+        <v>2627</v>
+      </c>
+      <c r="J161" t="s">
+        <v>2628</v>
+      </c>
+      <c r="K161" t="s">
+        <v>354</v>
+      </c>
+      <c r="L161" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M161" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N161" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O161" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P161" t="s">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B162" t="s">
+        <v>2630</v>
+      </c>
+      <c r="C162" t="s">
+        <v>20</v>
+      </c>
+      <c r="D162" t="s">
+        <v>20</v>
+      </c>
+      <c r="E162" t="s">
+        <v>2624</v>
+      </c>
+      <c r="F162" t="s">
+        <v>20</v>
+      </c>
+      <c r="G162" t="s">
+        <v>2631</v>
+      </c>
+      <c r="H162" t="s">
+        <v>2632</v>
+      </c>
+      <c r="I162" t="s">
+        <v>2633</v>
+      </c>
+      <c r="J162" t="s">
+        <v>20</v>
+      </c>
+      <c r="K162" t="s">
+        <v>2634</v>
+      </c>
+      <c r="L162" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M162" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N162" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O162" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P162" t="s">
+        <v>2635</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B163" t="s">
+        <v>2636</v>
+      </c>
+      <c r="C163" t="s">
+        <v>20</v>
+      </c>
+      <c r="D163" t="s">
+        <v>20</v>
+      </c>
+      <c r="E163" t="s">
+        <v>2637</v>
+      </c>
+      <c r="F163" t="s">
+        <v>20</v>
+      </c>
+      <c r="G163" t="s">
+        <v>2638</v>
+      </c>
+      <c r="H163" t="s">
+        <v>2639</v>
+      </c>
+      <c r="I163" t="s">
+        <v>2640</v>
+      </c>
+      <c r="J163" t="s">
+        <v>2641</v>
+      </c>
+      <c r="K163" t="s">
+        <v>2642</v>
+      </c>
+      <c r="L163" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M163" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N163" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O163" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P163" t="s">
+        <v>2643</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B164" t="s">
+        <v>2644</v>
+      </c>
+      <c r="C164" t="s">
+        <v>20</v>
+      </c>
+      <c r="D164" t="s">
+        <v>20</v>
+      </c>
+      <c r="E164" t="s">
+        <v>1853</v>
+      </c>
+      <c r="F164" t="s">
+        <v>20</v>
+      </c>
+      <c r="G164" t="s">
+        <v>2645</v>
+      </c>
+      <c r="H164" t="s">
+        <v>2646</v>
+      </c>
+      <c r="I164" t="s">
+        <v>2647</v>
+      </c>
+      <c r="J164" t="s">
+        <v>20</v>
+      </c>
+      <c r="K164" t="s">
+        <v>2648</v>
+      </c>
+      <c r="L164" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M164" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N164" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O164" t="s">
+        <v>1648</v>
+      </c>
+      <c r="P164" t="s">
+        <v>2649</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B165" t="s">
+        <v>2650</v>
+      </c>
+      <c r="C165" t="s">
+        <v>20</v>
+      </c>
+      <c r="D165" t="s">
+        <v>20</v>
+      </c>
+      <c r="E165" t="s">
+        <v>1853</v>
+      </c>
+      <c r="F165" t="s">
+        <v>20</v>
+      </c>
+      <c r="G165" t="s">
+        <v>2651</v>
+      </c>
+      <c r="H165" t="s">
+        <v>2652</v>
+      </c>
+      <c r="I165" t="s">
+        <v>2653</v>
+      </c>
+      <c r="J165" t="s">
+        <v>2654</v>
+      </c>
+      <c r="K165" t="s">
+        <v>2655</v>
+      </c>
+      <c r="L165" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M165" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N165" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O165" t="s">
+        <v>2008</v>
+      </c>
+      <c r="P165" t="s">
+        <v>2656</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B166" t="s">
+        <v>2657</v>
+      </c>
+      <c r="C166" t="s">
+        <v>20</v>
+      </c>
+      <c r="D166" t="s">
+        <v>20</v>
+      </c>
+      <c r="E166" t="s">
+        <v>1860</v>
+      </c>
+      <c r="F166" t="s">
+        <v>20</v>
+      </c>
+      <c r="G166" t="s">
+        <v>2658</v>
+      </c>
+      <c r="H166" t="s">
+        <v>2659</v>
+      </c>
+      <c r="I166" t="s">
+        <v>1863</v>
+      </c>
+      <c r="J166" t="s">
+        <v>2660</v>
+      </c>
+      <c r="K166" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L166" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M166" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N166" t="s">
+        <v>1579</v>
+      </c>
+      <c r="O166" t="s">
+        <v>2661</v>
+      </c>
+      <c r="P166" t="s">
+        <v>2662</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B167" t="s">
+        <v>2663</v>
+      </c>
+      <c r="C167" t="s">
+        <v>20</v>
+      </c>
+      <c r="D167" t="s">
+        <v>20</v>
+      </c>
+      <c r="E167" t="s">
+        <v>1869</v>
+      </c>
+      <c r="F167" t="s">
+        <v>20</v>
+      </c>
+      <c r="G167" t="s">
+        <v>2664</v>
+      </c>
+      <c r="H167" t="s">
+        <v>2665</v>
+      </c>
+      <c r="I167" t="s">
+        <v>1872</v>
+      </c>
+      <c r="J167" t="s">
+        <v>1857</v>
+      </c>
+      <c r="K167" t="s">
+        <v>539</v>
+      </c>
+      <c r="L167" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M167" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N167" t="s">
+        <v>1579</v>
+      </c>
+      <c r="O167" t="s">
+        <v>1607</v>
+      </c>
+      <c r="P167" t="s">
+        <v>2666</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B168" t="s">
+        <v>2667</v>
+      </c>
+      <c r="C168" t="s">
+        <v>20</v>
+      </c>
+      <c r="D168" t="s">
+        <v>20</v>
+      </c>
+      <c r="E168" t="s">
+        <v>1869</v>
+      </c>
+      <c r="F168" t="s">
+        <v>20</v>
+      </c>
+      <c r="G168" t="s">
+        <v>2668</v>
+      </c>
+      <c r="H168" t="s">
+        <v>2669</v>
+      </c>
+      <c r="I168" t="s">
+        <v>2670</v>
+      </c>
+      <c r="J168" t="s">
+        <v>1857</v>
+      </c>
+      <c r="K168" t="s">
+        <v>539</v>
+      </c>
+      <c r="L168" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M168" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N168" t="s">
+        <v>1833</v>
+      </c>
+      <c r="O168" t="s">
+        <v>1834</v>
+      </c>
+      <c r="P168" t="s">
+        <v>2671</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B169" t="s">
+        <v>2672</v>
+      </c>
+      <c r="C169" t="s">
+        <v>20</v>
+      </c>
+      <c r="D169" t="s">
+        <v>20</v>
+      </c>
+      <c r="E169" t="s">
+        <v>2673</v>
+      </c>
+      <c r="F169" t="s">
+        <v>20</v>
+      </c>
+      <c r="G169" t="s">
+        <v>2674</v>
+      </c>
+      <c r="H169" t="s">
+        <v>2675</v>
+      </c>
+      <c r="I169" t="s">
+        <v>2676</v>
+      </c>
+      <c r="J169" t="s">
+        <v>2677</v>
+      </c>
+      <c r="K169" t="s">
+        <v>2678</v>
+      </c>
+      <c r="L169" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M169" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N169" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O169" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P169" t="s">
+        <v>2679</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B170" t="s">
+        <v>2680</v>
+      </c>
+      <c r="C170" t="s">
+        <v>20</v>
+      </c>
+      <c r="D170" t="s">
+        <v>20</v>
+      </c>
+      <c r="E170" t="s">
+        <v>2673</v>
+      </c>
+      <c r="F170" t="s">
+        <v>20</v>
+      </c>
+      <c r="G170" t="s">
+        <v>2681</v>
+      </c>
+      <c r="H170" t="s">
+        <v>2682</v>
+      </c>
+      <c r="I170" t="s">
+        <v>2676</v>
+      </c>
+      <c r="J170" t="s">
+        <v>2677</v>
+      </c>
+      <c r="K170" t="s">
+        <v>2678</v>
+      </c>
+      <c r="L170" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M170" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N170" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O170" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P170" t="s">
+        <v>2683</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B171" t="s">
+        <v>2684</v>
+      </c>
+      <c r="C171" t="s">
+        <v>20</v>
+      </c>
+      <c r="D171" t="s">
+        <v>20</v>
+      </c>
+      <c r="E171" t="s">
+        <v>2685</v>
+      </c>
+      <c r="F171" t="s">
+        <v>20</v>
+      </c>
+      <c r="G171" t="s">
+        <v>2686</v>
+      </c>
+      <c r="H171" t="s">
+        <v>2687</v>
+      </c>
+      <c r="I171" t="s">
+        <v>2393</v>
+      </c>
+      <c r="J171" t="s">
+        <v>20</v>
+      </c>
+      <c r="K171" t="s">
+        <v>2394</v>
+      </c>
+      <c r="L171" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M171" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N171" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O171" t="s">
+        <v>1759</v>
+      </c>
+      <c r="P171" t="s">
+        <v>2688</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B172" t="s">
+        <v>2689</v>
+      </c>
+      <c r="C172" t="s">
+        <v>20</v>
+      </c>
+      <c r="D172" t="s">
+        <v>20</v>
+      </c>
+      <c r="E172" t="s">
+        <v>2685</v>
+      </c>
+      <c r="F172" t="s">
+        <v>20</v>
+      </c>
+      <c r="G172" t="s">
+        <v>2690</v>
+      </c>
+      <c r="H172" t="s">
+        <v>2691</v>
+      </c>
+      <c r="I172" t="s">
+        <v>2692</v>
+      </c>
+      <c r="J172" t="s">
+        <v>1745</v>
+      </c>
+      <c r="K172" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L172" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M172" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N172" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O172" t="s">
+        <v>1759</v>
+      </c>
+      <c r="P172" t="s">
+        <v>2693</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B173" t="s">
+        <v>2694</v>
+      </c>
+      <c r="C173" t="s">
+        <v>20</v>
+      </c>
+      <c r="D173" t="s">
+        <v>20</v>
+      </c>
+      <c r="E173" t="s">
+        <v>2695</v>
+      </c>
+      <c r="F173" t="s">
+        <v>20</v>
+      </c>
+      <c r="G173" t="s">
+        <v>2696</v>
+      </c>
+      <c r="H173" t="s">
+        <v>2697</v>
+      </c>
+      <c r="I173" t="s">
+        <v>2698</v>
+      </c>
+      <c r="J173" t="s">
+        <v>20</v>
+      </c>
+      <c r="K173" t="s">
+        <v>2699</v>
+      </c>
+      <c r="L173" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M173" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N173" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O173" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P173" t="s">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B174" t="s">
+        <v>2701</v>
+      </c>
+      <c r="C174" t="s">
+        <v>20</v>
+      </c>
+      <c r="D174" t="s">
+        <v>20</v>
+      </c>
+      <c r="E174" t="s">
+        <v>2702</v>
+      </c>
+      <c r="F174" t="s">
+        <v>20</v>
+      </c>
+      <c r="G174" t="s">
+        <v>2703</v>
+      </c>
+      <c r="H174" t="s">
+        <v>2704</v>
+      </c>
+      <c r="I174" t="s">
+        <v>2705</v>
+      </c>
+      <c r="J174" t="s">
+        <v>2706</v>
+      </c>
+      <c r="K174" t="s">
+        <v>2707</v>
+      </c>
+      <c r="L174" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M174" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N174" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O174" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P174" t="s">
+        <v>2708</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B175" t="s">
+        <v>2709</v>
+      </c>
+      <c r="C175" t="s">
+        <v>20</v>
+      </c>
+      <c r="D175" t="s">
+        <v>20</v>
+      </c>
+      <c r="E175" t="s">
+        <v>2710</v>
+      </c>
+      <c r="F175" t="s">
+        <v>20</v>
+      </c>
+      <c r="G175" t="s">
+        <v>2711</v>
+      </c>
+      <c r="H175" t="s">
+        <v>2712</v>
+      </c>
+      <c r="I175" t="s">
+        <v>2713</v>
+      </c>
+      <c r="J175" t="s">
+        <v>1803</v>
+      </c>
+      <c r="K175" t="s">
+        <v>1804</v>
+      </c>
+      <c r="L175" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M175" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N175" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O175" t="s">
+        <v>2714</v>
+      </c>
+      <c r="P175" t="s">
+        <v>2715</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B176" t="s">
+        <v>2716</v>
+      </c>
+      <c r="C176" t="s">
+        <v>20</v>
+      </c>
+      <c r="D176" t="s">
+        <v>20</v>
+      </c>
+      <c r="E176" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F176" t="s">
+        <v>20</v>
+      </c>
+      <c r="G176" t="s">
+        <v>2718</v>
+      </c>
+      <c r="H176" t="s">
+        <v>2719</v>
+      </c>
+      <c r="I176" t="s">
+        <v>2339</v>
+      </c>
+      <c r="J176" t="s">
+        <v>20</v>
+      </c>
+      <c r="K176" t="s">
+        <v>2340</v>
+      </c>
+      <c r="L176" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M176" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N176" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O176" t="s">
+        <v>1796</v>
+      </c>
+      <c r="P176" t="s">
+        <v>2720</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B177" t="s">
+        <v>2721</v>
+      </c>
+      <c r="C177" t="s">
+        <v>20</v>
+      </c>
+      <c r="D177" t="s">
+        <v>20</v>
+      </c>
+      <c r="E177" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F177" t="s">
+        <v>20</v>
+      </c>
+      <c r="G177" t="s">
+        <v>2722</v>
+      </c>
+      <c r="H177" t="s">
+        <v>2723</v>
+      </c>
+      <c r="I177" t="s">
+        <v>2724</v>
+      </c>
+      <c r="J177" t="s">
+        <v>2550</v>
+      </c>
+      <c r="K177" t="s">
+        <v>2551</v>
+      </c>
+      <c r="L177" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M177" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N177" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O177" t="s">
+        <v>1964</v>
+      </c>
+      <c r="P177" t="s">
+        <v>2725</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B178" t="s">
+        <v>2726</v>
+      </c>
+      <c r="C178" t="s">
+        <v>20</v>
+      </c>
+      <c r="D178" t="s">
+        <v>20</v>
+      </c>
+      <c r="E178" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F178" t="s">
+        <v>20</v>
+      </c>
+      <c r="G178" t="s">
+        <v>2727</v>
+      </c>
+      <c r="H178" t="s">
+        <v>2728</v>
+      </c>
+      <c r="I178" t="s">
+        <v>2549</v>
+      </c>
+      <c r="J178" t="s">
+        <v>2550</v>
+      </c>
+      <c r="K178" t="s">
+        <v>2551</v>
+      </c>
+      <c r="L178" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M178" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N178" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O178" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P178" t="s">
+        <v>2729</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B179" t="s">
+        <v>2730</v>
+      </c>
+      <c r="C179" t="s">
+        <v>20</v>
+      </c>
+      <c r="D179" t="s">
+        <v>20</v>
+      </c>
+      <c r="E179" t="s">
+        <v>2397</v>
+      </c>
+      <c r="F179" t="s">
+        <v>20</v>
+      </c>
+      <c r="G179" t="s">
+        <v>2731</v>
+      </c>
+      <c r="H179" t="s">
+        <v>2732</v>
+      </c>
+      <c r="I179" t="s">
+        <v>2733</v>
+      </c>
+      <c r="J179" t="s">
+        <v>2401</v>
+      </c>
+      <c r="K179" t="s">
+        <v>92</v>
+      </c>
+      <c r="L179" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M179" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N179" t="s">
+        <v>2536</v>
+      </c>
+      <c r="O179" t="s">
+        <v>2537</v>
+      </c>
+      <c r="P179" t="s">
+        <v>2734</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B180" t="s">
+        <v>2735</v>
+      </c>
+      <c r="C180" t="s">
+        <v>20</v>
+      </c>
+      <c r="D180" t="s">
+        <v>20</v>
+      </c>
+      <c r="E180" t="s">
+        <v>2736</v>
+      </c>
+      <c r="F180" t="s">
+        <v>20</v>
+      </c>
+      <c r="G180" t="s">
+        <v>2737</v>
+      </c>
+      <c r="H180" t="s">
+        <v>2738</v>
+      </c>
+      <c r="I180" t="s">
+        <v>2739</v>
+      </c>
+      <c r="J180" t="s">
+        <v>2654</v>
+      </c>
+      <c r="K180" t="s">
+        <v>2655</v>
+      </c>
+      <c r="L180" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M180" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N180" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O180" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P180" t="s">
+        <v>2740</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B181" t="s">
+        <v>2741</v>
+      </c>
+      <c r="C181" t="s">
+        <v>20</v>
+      </c>
+      <c r="D181" t="s">
+        <v>20</v>
+      </c>
+      <c r="E181" t="s">
+        <v>2742</v>
+      </c>
+      <c r="F181" t="s">
+        <v>20</v>
+      </c>
+      <c r="G181" t="s">
+        <v>2743</v>
+      </c>
+      <c r="H181" t="s">
+        <v>2744</v>
+      </c>
+      <c r="I181" t="s">
+        <v>2745</v>
+      </c>
+      <c r="J181" t="s">
+        <v>2746</v>
+      </c>
+      <c r="K181" t="s">
+        <v>2747</v>
+      </c>
+      <c r="L181" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M181" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N181" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O181" t="s">
+        <v>2748</v>
+      </c>
+      <c r="P181" t="s">
+        <v>2749</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B182" t="s">
+        <v>2750</v>
+      </c>
+      <c r="C182" t="s">
+        <v>20</v>
+      </c>
+      <c r="D182" t="s">
+        <v>20</v>
+      </c>
+      <c r="E182" t="s">
+        <v>2751</v>
+      </c>
+      <c r="F182" t="s">
+        <v>20</v>
+      </c>
+      <c r="G182" t="s">
+        <v>2752</v>
+      </c>
+      <c r="H182" t="s">
+        <v>2753</v>
+      </c>
+      <c r="I182" t="s">
+        <v>2754</v>
+      </c>
+      <c r="J182" t="s">
+        <v>2171</v>
+      </c>
+      <c r="K182" t="s">
+        <v>892</v>
+      </c>
+      <c r="L182" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M182" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N182" t="s">
+        <v>2536</v>
+      </c>
+      <c r="O182" t="s">
+        <v>2537</v>
+      </c>
+      <c r="P182" t="s">
+        <v>2755</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B183" t="s">
+        <v>2756</v>
+      </c>
+      <c r="C183" t="s">
+        <v>20</v>
+      </c>
+      <c r="D183" t="s">
+        <v>20</v>
+      </c>
+      <c r="E183" t="s">
+        <v>2751</v>
+      </c>
+      <c r="F183" t="s">
+        <v>20</v>
+      </c>
+      <c r="G183" t="s">
+        <v>2757</v>
+      </c>
+      <c r="H183" t="s">
+        <v>2758</v>
+      </c>
+      <c r="I183" t="s">
+        <v>2759</v>
+      </c>
+      <c r="J183" t="s">
+        <v>2171</v>
+      </c>
+      <c r="K183" t="s">
+        <v>892</v>
+      </c>
+      <c r="L183" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M183" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N183" t="s">
+        <v>2536</v>
+      </c>
+      <c r="O183" t="s">
+        <v>2537</v>
+      </c>
+      <c r="P183" t="s">
+        <v>2760</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B184" t="s">
+        <v>2761</v>
+      </c>
+      <c r="C184" t="s">
+        <v>20</v>
+      </c>
+      <c r="D184" t="s">
+        <v>20</v>
+      </c>
+      <c r="E184" t="s">
+        <v>2762</v>
+      </c>
+      <c r="F184" t="s">
+        <v>20</v>
+      </c>
+      <c r="G184" t="s">
+        <v>2763</v>
+      </c>
+      <c r="H184" t="s">
+        <v>2764</v>
+      </c>
+      <c r="I184" t="s">
+        <v>2765</v>
+      </c>
+      <c r="J184" t="s">
+        <v>2171</v>
+      </c>
+      <c r="K184" t="s">
+        <v>892</v>
+      </c>
+      <c r="L184" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M184" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N184" t="s">
+        <v>2536</v>
+      </c>
+      <c r="O184" t="s">
+        <v>2537</v>
+      </c>
+      <c r="P184" t="s">
+        <v>2766</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B185" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C185" t="s">
+        <v>20</v>
+      </c>
+      <c r="D185" t="s">
+        <v>20</v>
+      </c>
+      <c r="E185" t="s">
+        <v>2768</v>
+      </c>
+      <c r="F185" t="s">
+        <v>20</v>
+      </c>
+      <c r="G185" t="s">
+        <v>2769</v>
+      </c>
+      <c r="H185" t="s">
+        <v>2770</v>
+      </c>
+      <c r="I185" t="s">
+        <v>2771</v>
+      </c>
+      <c r="J185" t="s">
+        <v>1857</v>
+      </c>
+      <c r="K185" t="s">
+        <v>539</v>
+      </c>
+      <c r="L185" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M185" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N185" t="s">
+        <v>2536</v>
+      </c>
+      <c r="O185" t="s">
+        <v>2537</v>
+      </c>
+      <c r="P185" t="s">
+        <v>2772</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B186" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C186" t="s">
+        <v>20</v>
+      </c>
+      <c r="D186" t="s">
+        <v>20</v>
+      </c>
+      <c r="E186" t="s">
+        <v>2774</v>
+      </c>
+      <c r="F186" t="s">
+        <v>20</v>
+      </c>
+      <c r="G186" t="s">
+        <v>2775</v>
+      </c>
+      <c r="H186" t="s">
+        <v>2776</v>
+      </c>
+      <c r="I186" t="s">
+        <v>2777</v>
+      </c>
+      <c r="J186" t="s">
+        <v>20</v>
+      </c>
+      <c r="K186" t="s">
+        <v>2332</v>
+      </c>
+      <c r="L186" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M186" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N186" t="s">
+        <v>2536</v>
+      </c>
+      <c r="O186" t="s">
+        <v>2537</v>
+      </c>
+      <c r="P186" t="s">
+        <v>2778</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B187" t="s">
+        <v>2779</v>
+      </c>
+      <c r="C187" t="s">
+        <v>20</v>
+      </c>
+      <c r="D187" t="s">
+        <v>20</v>
+      </c>
+      <c r="E187" t="s">
+        <v>2780</v>
+      </c>
+      <c r="F187" t="s">
+        <v>20</v>
+      </c>
+      <c r="G187" t="s">
+        <v>2781</v>
+      </c>
+      <c r="H187" t="s">
+        <v>2782</v>
+      </c>
+      <c r="I187" t="s">
+        <v>2783</v>
+      </c>
+      <c r="J187" t="s">
+        <v>1827</v>
+      </c>
+      <c r="K187" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L187" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M187" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N187" t="s">
+        <v>2536</v>
+      </c>
+      <c r="O187" t="s">
+        <v>2537</v>
+      </c>
+      <c r="P187" t="s">
+        <v>2784</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B188" t="s">
+        <v>2785</v>
+      </c>
+      <c r="C188" t="s">
+        <v>20</v>
+      </c>
+      <c r="D188" t="s">
+        <v>20</v>
+      </c>
+      <c r="E188" t="s">
+        <v>2786</v>
+      </c>
+      <c r="F188" t="s">
+        <v>20</v>
+      </c>
+      <c r="G188" t="s">
+        <v>2787</v>
+      </c>
+      <c r="H188" t="s">
+        <v>2788</v>
+      </c>
+      <c r="I188" t="s">
+        <v>2789</v>
+      </c>
+      <c r="J188" t="s">
+        <v>1725</v>
+      </c>
+      <c r="K188" t="s">
+        <v>1526</v>
+      </c>
+      <c r="L188" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M188" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N188" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1783</v>
+      </c>
+      <c r="P188" t="s">
+        <v>2790</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B189" t="s">
+        <v>2791</v>
+      </c>
+      <c r="C189" t="s">
+        <v>20</v>
+      </c>
+      <c r="D189" t="s">
+        <v>20</v>
+      </c>
+      <c r="E189" t="s">
+        <v>2792</v>
+      </c>
+      <c r="F189" t="s">
+        <v>20</v>
+      </c>
+      <c r="G189" t="s">
+        <v>2793</v>
+      </c>
+      <c r="H189" t="s">
+        <v>2794</v>
+      </c>
+      <c r="I189" t="s">
+        <v>2795</v>
+      </c>
+      <c r="J189" t="s">
+        <v>2796</v>
+      </c>
+      <c r="K189" t="s">
+        <v>2797</v>
+      </c>
+      <c r="L189" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M189" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N189" t="s">
+        <v>1617</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1618</v>
+      </c>
+      <c r="P189" t="s">
+        <v>2798</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B190" t="s">
+        <v>2799</v>
+      </c>
+      <c r="C190" t="s">
+        <v>20</v>
+      </c>
+      <c r="D190" t="s">
+        <v>20</v>
+      </c>
+      <c r="E190" t="s">
+        <v>2792</v>
+      </c>
+      <c r="F190" t="s">
+        <v>20</v>
+      </c>
+      <c r="G190" t="s">
+        <v>2800</v>
+      </c>
+      <c r="H190" t="s">
+        <v>2801</v>
+      </c>
+      <c r="I190" t="s">
+        <v>2795</v>
+      </c>
+      <c r="J190" t="s">
+        <v>2796</v>
+      </c>
+      <c r="K190" t="s">
+        <v>2797</v>
+      </c>
+      <c r="L190" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M190" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N190" t="s">
+        <v>1617</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1557</v>
+      </c>
+      <c r="P190" t="s">
+        <v>2802</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B191" t="s">
+        <v>2803</v>
+      </c>
+      <c r="C191" t="s">
+        <v>20</v>
+      </c>
+      <c r="D191" t="s">
+        <v>20</v>
+      </c>
+      <c r="E191" t="s">
+        <v>2804</v>
+      </c>
+      <c r="F191" t="s">
+        <v>20</v>
+      </c>
+      <c r="G191" t="s">
+        <v>2805</v>
+      </c>
+      <c r="H191" t="s">
+        <v>2806</v>
+      </c>
+      <c r="I191" t="s">
+        <v>2614</v>
+      </c>
+      <c r="J191" t="s">
+        <v>20</v>
+      </c>
+      <c r="K191" t="s">
+        <v>72</v>
+      </c>
+      <c r="L191" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M191" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N191" t="s">
+        <v>1617</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1618</v>
+      </c>
+      <c r="P191" t="s">
+        <v>2807</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B192" t="s">
+        <v>2808</v>
+      </c>
+      <c r="C192" t="s">
+        <v>20</v>
+      </c>
+      <c r="D192" t="s">
+        <v>20</v>
+      </c>
+      <c r="E192" t="s">
+        <v>2809</v>
+      </c>
+      <c r="F192" t="s">
+        <v>20</v>
+      </c>
+      <c r="G192" t="s">
+        <v>2810</v>
+      </c>
+      <c r="H192" t="s">
+        <v>2811</v>
+      </c>
+      <c r="I192" t="s">
+        <v>2812</v>
+      </c>
+      <c r="J192" t="s">
+        <v>2292</v>
+      </c>
+      <c r="K192" t="s">
+        <v>2293</v>
+      </c>
+      <c r="L192" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M192" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N192" t="s">
+        <v>1568</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1569</v>
+      </c>
+      <c r="P192" t="s">
+        <v>2813</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B193" t="s">
+        <v>2814</v>
+      </c>
+      <c r="C193" t="s">
+        <v>20</v>
+      </c>
+      <c r="D193" t="s">
+        <v>20</v>
+      </c>
+      <c r="E193" t="s">
+        <v>2815</v>
+      </c>
+      <c r="F193" t="s">
+        <v>20</v>
+      </c>
+      <c r="G193" t="s">
+        <v>2816</v>
+      </c>
+      <c r="H193" t="s">
+        <v>2817</v>
+      </c>
+      <c r="I193" t="s">
+        <v>2818</v>
+      </c>
+      <c r="J193" t="s">
+        <v>2819</v>
+      </c>
+      <c r="K193" t="s">
+        <v>2820</v>
+      </c>
+      <c r="L193" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M193" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N193" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P193" t="s">
+        <v>2821</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B194" t="s">
+        <v>2822</v>
+      </c>
+      <c r="C194" t="s">
+        <v>20</v>
+      </c>
+      <c r="D194" t="s">
+        <v>20</v>
+      </c>
+      <c r="E194" t="s">
+        <v>2823</v>
+      </c>
+      <c r="F194" t="s">
+        <v>20</v>
+      </c>
+      <c r="G194" t="s">
+        <v>2824</v>
+      </c>
+      <c r="H194" t="s">
+        <v>2825</v>
+      </c>
+      <c r="I194" t="s">
+        <v>2826</v>
+      </c>
+      <c r="J194" t="s">
+        <v>1606</v>
+      </c>
+      <c r="K194" t="s">
+        <v>51</v>
+      </c>
+      <c r="L194" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M194" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N194" t="s">
+        <v>1833</v>
+      </c>
+      <c r="O194" t="s">
+        <v>2661</v>
+      </c>
+      <c r="P194" t="s">
+        <v>2827</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B195" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C195" t="s">
+        <v>20</v>
+      </c>
+      <c r="D195" t="s">
+        <v>20</v>
+      </c>
+      <c r="E195" t="s">
+        <v>2829</v>
+      </c>
+      <c r="F195" t="s">
+        <v>20</v>
+      </c>
+      <c r="G195" t="s">
+        <v>2830</v>
+      </c>
+      <c r="H195" t="s">
+        <v>2831</v>
+      </c>
+      <c r="I195" t="s">
+        <v>2832</v>
+      </c>
+      <c r="J195" t="s">
+        <v>2833</v>
+      </c>
+      <c r="K195" t="s">
+        <v>2834</v>
+      </c>
+      <c r="L195" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M195" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N195" t="s">
+        <v>1617</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1618</v>
+      </c>
+      <c r="P195" t="s">
+        <v>2835</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B196" t="s">
+        <v>2836</v>
+      </c>
+      <c r="C196" t="s">
+        <v>20</v>
+      </c>
+      <c r="D196" t="s">
+        <v>20</v>
+      </c>
+      <c r="E196" t="s">
+        <v>2837</v>
+      </c>
+      <c r="F196" t="s">
+        <v>20</v>
+      </c>
+      <c r="G196" t="s">
+        <v>2838</v>
+      </c>
+      <c r="H196" t="s">
+        <v>2839</v>
+      </c>
+      <c r="I196" t="s">
+        <v>2840</v>
+      </c>
+      <c r="J196" t="s">
+        <v>2841</v>
+      </c>
+      <c r="K196" t="s">
+        <v>2842</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M196" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N196" t="s">
+        <v>2843</v>
+      </c>
+      <c r="O196" t="s">
+        <v>2844</v>
+      </c>
+      <c r="P196" t="s">
+        <v>2845</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B197" t="s">
+        <v>2846</v>
+      </c>
+      <c r="C197" t="s">
+        <v>20</v>
+      </c>
+      <c r="D197" t="s">
+        <v>20</v>
+      </c>
+      <c r="E197" t="s">
+        <v>2847</v>
+      </c>
+      <c r="F197" t="s">
+        <v>20</v>
+      </c>
+      <c r="G197" t="s">
+        <v>2848</v>
+      </c>
+      <c r="H197" t="s">
+        <v>2849</v>
+      </c>
+      <c r="I197" t="s">
+        <v>2850</v>
+      </c>
+      <c r="J197" t="s">
+        <v>2851</v>
+      </c>
+      <c r="K197" t="s">
+        <v>2852</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M197" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N197" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P197" t="s">
+        <v>2853</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B198" t="s">
+        <v>2854</v>
+      </c>
+      <c r="C198" t="s">
+        <v>20</v>
+      </c>
+      <c r="D198" t="s">
+        <v>20</v>
+      </c>
+      <c r="E198" t="s">
+        <v>2855</v>
+      </c>
+      <c r="F198" t="s">
+        <v>20</v>
+      </c>
+      <c r="G198" t="s">
+        <v>2856</v>
+      </c>
+      <c r="H198" t="s">
+        <v>2857</v>
+      </c>
+      <c r="I198" t="s">
+        <v>2858</v>
+      </c>
+      <c r="J198" t="s">
+        <v>1614</v>
+      </c>
+      <c r="K198" t="s">
+        <v>1615</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M198" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N198" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1569</v>
+      </c>
+      <c r="P198" t="s">
+        <v>2859</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B199" t="s">
+        <v>2860</v>
+      </c>
+      <c r="C199" t="s">
+        <v>20</v>
+      </c>
+      <c r="D199" t="s">
+        <v>20</v>
+      </c>
+      <c r="E199" t="s">
+        <v>2855</v>
+      </c>
+      <c r="F199" t="s">
+        <v>20</v>
+      </c>
+      <c r="G199" t="s">
+        <v>2861</v>
+      </c>
+      <c r="H199" t="s">
+        <v>2862</v>
+      </c>
+      <c r="I199" t="s">
+        <v>2863</v>
+      </c>
+      <c r="J199" t="s">
+        <v>2864</v>
+      </c>
+      <c r="K199" t="s">
+        <v>2865</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M199" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N199" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P199" t="s">
+        <v>2866</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B200" t="s">
+        <v>2867</v>
+      </c>
+      <c r="C200" t="s">
+        <v>20</v>
+      </c>
+      <c r="D200" t="s">
+        <v>20</v>
+      </c>
+      <c r="E200" t="s">
+        <v>2868</v>
+      </c>
+      <c r="F200" t="s">
+        <v>20</v>
+      </c>
+      <c r="G200" t="s">
+        <v>2869</v>
+      </c>
+      <c r="H200" t="s">
+        <v>2870</v>
+      </c>
+      <c r="I200" t="s">
+        <v>2871</v>
+      </c>
+      <c r="J200" t="s">
+        <v>2872</v>
+      </c>
+      <c r="K200" t="s">
+        <v>2873</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N200" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P200" t="s">
+        <v>2874</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B201" t="s">
+        <v>2875</v>
+      </c>
+      <c r="C201" t="s">
+        <v>20</v>
+      </c>
+      <c r="D201" t="s">
+        <v>20</v>
+      </c>
+      <c r="E201" t="s">
+        <v>2868</v>
+      </c>
+      <c r="F201" t="s">
+        <v>20</v>
+      </c>
+      <c r="G201" t="s">
+        <v>2876</v>
+      </c>
+      <c r="H201" t="s">
+        <v>2877</v>
+      </c>
+      <c r="I201" t="s">
+        <v>2878</v>
+      </c>
+      <c r="J201" t="s">
+        <v>2879</v>
+      </c>
+      <c r="K201" t="s">
+        <v>2880</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M201" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N201" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O201" t="s">
+        <v>2158</v>
+      </c>
+      <c r="P201" t="s">
+        <v>2881</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B202" t="s">
+        <v>2882</v>
+      </c>
+      <c r="C202" t="s">
+        <v>20</v>
+      </c>
+      <c r="D202" t="s">
+        <v>20</v>
+      </c>
+      <c r="E202" t="s">
+        <v>2883</v>
+      </c>
+      <c r="F202" t="s">
+        <v>20</v>
+      </c>
+      <c r="G202" t="s">
+        <v>2884</v>
+      </c>
+      <c r="H202" t="s">
+        <v>2885</v>
+      </c>
+      <c r="I202" t="s">
+        <v>2886</v>
+      </c>
+      <c r="J202" t="s">
+        <v>2887</v>
+      </c>
+      <c r="K202" t="s">
+        <v>2888</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M202" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N202" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P202" t="s">
+        <v>2889</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B203" t="s">
+        <v>2890</v>
+      </c>
+      <c r="C203" t="s">
+        <v>20</v>
+      </c>
+      <c r="D203" t="s">
+        <v>20</v>
+      </c>
+      <c r="E203" t="s">
+        <v>2891</v>
+      </c>
+      <c r="F203" t="s">
+        <v>20</v>
+      </c>
+      <c r="G203" t="s">
+        <v>2892</v>
+      </c>
+      <c r="H203" t="s">
+        <v>2893</v>
+      </c>
+      <c r="I203" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J203" t="s">
+        <v>2895</v>
+      </c>
+      <c r="K203" t="s">
+        <v>2896</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M203" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N203" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1964</v>
+      </c>
+      <c r="P203" t="s">
+        <v>2897</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B204" t="s">
+        <v>2484</v>
+      </c>
+      <c r="C204" t="s">
+        <v>20</v>
+      </c>
+      <c r="D204" t="s">
+        <v>20</v>
+      </c>
+      <c r="E204" t="s">
+        <v>2891</v>
+      </c>
+      <c r="F204" t="s">
+        <v>20</v>
+      </c>
+      <c r="G204" t="s">
+        <v>2898</v>
+      </c>
+      <c r="H204" t="s">
+        <v>2899</v>
+      </c>
+      <c r="I204" t="s">
+        <v>2900</v>
+      </c>
+      <c r="J204" t="s">
+        <v>1725</v>
+      </c>
+      <c r="K204" t="s">
+        <v>1526</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M204" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N204" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P204" t="s">
+        <v>2901</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B205" t="s">
+        <v>2902</v>
+      </c>
+      <c r="C205" t="s">
+        <v>20</v>
+      </c>
+      <c r="D205" t="s">
+        <v>20</v>
+      </c>
+      <c r="E205" t="s">
+        <v>2903</v>
+      </c>
+      <c r="F205" t="s">
+        <v>20</v>
+      </c>
+      <c r="G205" t="s">
+        <v>2904</v>
+      </c>
+      <c r="H205" t="s">
+        <v>2905</v>
+      </c>
+      <c r="I205" t="s">
+        <v>2906</v>
+      </c>
+      <c r="J205" t="s">
+        <v>1697</v>
+      </c>
+      <c r="K205" t="s">
+        <v>261</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M205" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N205" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P205" t="s">
+        <v>2907</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B206" t="s">
+        <v>2908</v>
+      </c>
+      <c r="C206" t="s">
+        <v>20</v>
+      </c>
+      <c r="D206" t="s">
+        <v>20</v>
+      </c>
+      <c r="E206" t="s">
+        <v>2909</v>
+      </c>
+      <c r="F206" t="s">
+        <v>20</v>
+      </c>
+      <c r="G206" t="s">
+        <v>2910</v>
+      </c>
+      <c r="H206" t="s">
+        <v>2911</v>
+      </c>
+      <c r="I206" t="s">
+        <v>2912</v>
+      </c>
+      <c r="J206" t="s">
+        <v>2250</v>
+      </c>
+      <c r="K206" t="s">
+        <v>2251</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N206" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P206" t="s">
+        <v>2913</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B207" t="s">
+        <v>2914</v>
+      </c>
+      <c r="C207" t="s">
+        <v>20</v>
+      </c>
+      <c r="D207" t="s">
+        <v>20</v>
+      </c>
+      <c r="E207" t="s">
+        <v>2909</v>
+      </c>
+      <c r="F207" t="s">
+        <v>20</v>
+      </c>
+      <c r="G207" t="s">
+        <v>2915</v>
+      </c>
+      <c r="H207" t="s">
+        <v>2916</v>
+      </c>
+      <c r="I207" t="s">
+        <v>2917</v>
+      </c>
+      <c r="J207" t="s">
+        <v>2918</v>
+      </c>
+      <c r="K207" t="s">
+        <v>2919</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M207" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N207" t="s">
+        <v>2843</v>
+      </c>
+      <c r="O207" t="s">
+        <v>2844</v>
+      </c>
+      <c r="P207" t="s">
+        <v>2920</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B208" t="s">
+        <v>2921</v>
+      </c>
+      <c r="C208" t="s">
+        <v>20</v>
+      </c>
+      <c r="D208" t="s">
+        <v>20</v>
+      </c>
+      <c r="E208" t="s">
+        <v>2909</v>
+      </c>
+      <c r="F208" t="s">
+        <v>20</v>
+      </c>
+      <c r="G208" t="s">
+        <v>2922</v>
+      </c>
+      <c r="H208" t="s">
+        <v>2923</v>
+      </c>
+      <c r="I208" t="s">
+        <v>2924</v>
+      </c>
+      <c r="J208" t="s">
+        <v>1614</v>
+      </c>
+      <c r="K208" t="s">
+        <v>1615</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M208" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N208" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O208" t="s">
+        <v>2260</v>
+      </c>
+      <c r="P208" t="s">
+        <v>2925</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B209" t="s">
+        <v>2926</v>
+      </c>
+      <c r="C209" t="s">
+        <v>20</v>
+      </c>
+      <c r="D209" t="s">
+        <v>20</v>
+      </c>
+      <c r="E209" t="s">
+        <v>2909</v>
+      </c>
+      <c r="F209" t="s">
+        <v>20</v>
+      </c>
+      <c r="G209" t="s">
+        <v>2927</v>
+      </c>
+      <c r="H209" t="s">
+        <v>2928</v>
+      </c>
+      <c r="I209" t="s">
+        <v>2924</v>
+      </c>
+      <c r="J209" t="s">
+        <v>1614</v>
+      </c>
+      <c r="K209" t="s">
+        <v>1615</v>
+      </c>
+      <c r="L209" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M209" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N209" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P209" t="s">
+        <v>2929</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B210" t="s">
+        <v>2930</v>
+      </c>
+      <c r="C210" t="s">
+        <v>20</v>
+      </c>
+      <c r="D210" t="s">
+        <v>20</v>
+      </c>
+      <c r="E210" t="s">
+        <v>2931</v>
+      </c>
+      <c r="F210" t="s">
+        <v>20</v>
+      </c>
+      <c r="G210" t="s">
+        <v>2932</v>
+      </c>
+      <c r="H210" t="s">
+        <v>2933</v>
+      </c>
+      <c r="I210" t="s">
+        <v>2934</v>
+      </c>
+      <c r="J210" t="s">
+        <v>2935</v>
+      </c>
+      <c r="K210" t="s">
+        <v>2936</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M210" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N210" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1599</v>
+      </c>
+      <c r="P210" t="s">
+        <v>2937</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B211" t="s">
+        <v>2938</v>
+      </c>
+      <c r="C211" t="s">
+        <v>20</v>
+      </c>
+      <c r="D211" t="s">
+        <v>20</v>
+      </c>
+      <c r="E211" t="s">
+        <v>2931</v>
+      </c>
+      <c r="F211" t="s">
+        <v>20</v>
+      </c>
+      <c r="G211" t="s">
+        <v>2939</v>
+      </c>
+      <c r="H211" t="s">
+        <v>2940</v>
+      </c>
+      <c r="I211" t="s">
+        <v>2934</v>
+      </c>
+      <c r="J211" t="s">
+        <v>2935</v>
+      </c>
+      <c r="K211" t="s">
+        <v>2936</v>
+      </c>
+      <c r="L211" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M211" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N211" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P211" t="s">
+        <v>2941</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B212" t="s">
+        <v>2942</v>
+      </c>
+      <c r="C212" t="s">
+        <v>20</v>
+      </c>
+      <c r="D212" t="s">
+        <v>20</v>
+      </c>
+      <c r="E212" t="s">
+        <v>2931</v>
+      </c>
+      <c r="F212" t="s">
+        <v>20</v>
+      </c>
+      <c r="G212" t="s">
+        <v>2943</v>
+      </c>
+      <c r="H212" t="s">
+        <v>2944</v>
+      </c>
+      <c r="I212" t="s">
+        <v>2935</v>
+      </c>
+      <c r="J212" t="s">
+        <v>20</v>
+      </c>
+      <c r="K212" t="s">
+        <v>2936</v>
+      </c>
+      <c r="L212" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M212" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N212" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P212" t="s">
+        <v>2945</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B213" t="s">
+        <v>2946</v>
+      </c>
+      <c r="C213" t="s">
+        <v>20</v>
+      </c>
+      <c r="D213" t="s">
+        <v>20</v>
+      </c>
+      <c r="E213" t="s">
+        <v>2947</v>
+      </c>
+      <c r="F213" t="s">
+        <v>20</v>
+      </c>
+      <c r="G213" t="s">
+        <v>2948</v>
+      </c>
+      <c r="H213" t="s">
+        <v>2949</v>
+      </c>
+      <c r="I213" t="s">
+        <v>2935</v>
+      </c>
+      <c r="J213" t="s">
+        <v>20</v>
+      </c>
+      <c r="K213" t="s">
+        <v>2936</v>
+      </c>
+      <c r="L213" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M213" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N213" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O213" t="s">
+        <v>2158</v>
+      </c>
+      <c r="P213" t="s">
+        <v>2950</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B214" t="s">
+        <v>2951</v>
+      </c>
+      <c r="C214" t="s">
+        <v>20</v>
+      </c>
+      <c r="D214" t="s">
+        <v>20</v>
+      </c>
+      <c r="E214" t="s">
+        <v>2947</v>
+      </c>
+      <c r="F214" t="s">
+        <v>20</v>
+      </c>
+      <c r="G214" t="s">
+        <v>2952</v>
+      </c>
+      <c r="H214" t="s">
+        <v>2953</v>
+      </c>
+      <c r="I214" t="s">
+        <v>2954</v>
+      </c>
+      <c r="J214" t="s">
+        <v>2935</v>
+      </c>
+      <c r="K214" t="s">
+        <v>2936</v>
+      </c>
+      <c r="L214" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M214" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N214" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1783</v>
+      </c>
+      <c r="P214" t="s">
+        <v>2955</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B215" t="s">
+        <v>2956</v>
+      </c>
+      <c r="C215" t="s">
+        <v>20</v>
+      </c>
+      <c r="D215" t="s">
+        <v>20</v>
+      </c>
+      <c r="E215" t="s">
+        <v>2957</v>
+      </c>
+      <c r="F215" t="s">
+        <v>20</v>
+      </c>
+      <c r="G215" t="s">
+        <v>2958</v>
+      </c>
+      <c r="H215" t="s">
+        <v>2959</v>
+      </c>
+      <c r="I215" t="s">
+        <v>2960</v>
+      </c>
+      <c r="J215" t="s">
+        <v>20</v>
+      </c>
+      <c r="K215" t="s">
+        <v>2961</v>
+      </c>
+      <c r="L215" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M215" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N215" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1648</v>
+      </c>
+      <c r="P215" t="s">
+        <v>2962</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B216" t="s">
+        <v>2963</v>
+      </c>
+      <c r="C216" t="s">
+        <v>20</v>
+      </c>
+      <c r="D216" t="s">
+        <v>20</v>
+      </c>
+      <c r="E216" t="s">
+        <v>2957</v>
+      </c>
+      <c r="F216" t="s">
+        <v>20</v>
+      </c>
+      <c r="G216" t="s">
+        <v>2964</v>
+      </c>
+      <c r="H216" t="s">
+        <v>2965</v>
+      </c>
+      <c r="I216" t="s">
+        <v>2960</v>
+      </c>
+      <c r="J216" t="s">
+        <v>20</v>
+      </c>
+      <c r="K216" t="s">
+        <v>2961</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M216" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N216" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1796</v>
+      </c>
+      <c r="P216" t="s">
+        <v>2966</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B217" t="s">
+        <v>2967</v>
+      </c>
+      <c r="C217" t="s">
+        <v>20</v>
+      </c>
+      <c r="D217" t="s">
+        <v>20</v>
+      </c>
+      <c r="E217" t="s">
+        <v>2957</v>
+      </c>
+      <c r="F217" t="s">
+        <v>20</v>
+      </c>
+      <c r="G217" t="s">
+        <v>2968</v>
+      </c>
+      <c r="H217" t="s">
+        <v>2969</v>
+      </c>
+      <c r="I217" t="s">
+        <v>2970</v>
+      </c>
+      <c r="J217" t="s">
+        <v>20</v>
+      </c>
+      <c r="K217" t="s">
+        <v>2971</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M217" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N217" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1796</v>
+      </c>
+      <c r="P217" t="s">
+        <v>2972</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B218" t="s">
+        <v>2973</v>
+      </c>
+      <c r="C218" t="s">
+        <v>20</v>
+      </c>
+      <c r="D218" t="s">
+        <v>20</v>
+      </c>
+      <c r="E218" t="s">
+        <v>2957</v>
+      </c>
+      <c r="F218" t="s">
+        <v>20</v>
+      </c>
+      <c r="G218" t="s">
+        <v>2974</v>
+      </c>
+      <c r="H218" t="s">
+        <v>2975</v>
+      </c>
+      <c r="I218" t="s">
+        <v>2976</v>
+      </c>
+      <c r="J218" t="s">
+        <v>2977</v>
+      </c>
+      <c r="K218" t="s">
+        <v>2978</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M218" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N218" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P218" t="s">
+        <v>2979</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B219" t="s">
+        <v>2980</v>
+      </c>
+      <c r="C219" t="s">
+        <v>20</v>
+      </c>
+      <c r="D219" t="s">
+        <v>20</v>
+      </c>
+      <c r="E219" t="s">
+        <v>2981</v>
+      </c>
+      <c r="F219" t="s">
+        <v>20</v>
+      </c>
+      <c r="G219" t="s">
+        <v>2982</v>
+      </c>
+      <c r="H219" t="s">
+        <v>2983</v>
+      </c>
+      <c r="I219" t="s">
+        <v>2984</v>
+      </c>
+      <c r="J219" t="s">
+        <v>2985</v>
+      </c>
+      <c r="K219" t="s">
+        <v>338</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M219" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N219" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P219" t="s">
+        <v>2986</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B220" t="s">
+        <v>2987</v>
+      </c>
+      <c r="C220" t="s">
+        <v>20</v>
+      </c>
+      <c r="D220" t="s">
+        <v>20</v>
+      </c>
+      <c r="E220" t="s">
+        <v>2981</v>
+      </c>
+      <c r="F220" t="s">
+        <v>20</v>
+      </c>
+      <c r="G220" t="s">
+        <v>2988</v>
+      </c>
+      <c r="H220" t="s">
+        <v>2989</v>
+      </c>
+      <c r="I220" t="s">
+        <v>2990</v>
+      </c>
+      <c r="J220" t="s">
+        <v>1725</v>
+      </c>
+      <c r="K220" t="s">
+        <v>1526</v>
+      </c>
+      <c r="L220" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M220" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N220" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O220" t="s">
+        <v>2260</v>
+      </c>
+      <c r="P220" t="s">
+        <v>2991</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B221" t="s">
+        <v>2992</v>
+      </c>
+      <c r="C221" t="s">
+        <v>20</v>
+      </c>
+      <c r="D221" t="s">
+        <v>20</v>
+      </c>
+      <c r="E221" t="s">
+        <v>2993</v>
+      </c>
+      <c r="F221" t="s">
+        <v>20</v>
+      </c>
+      <c r="G221" t="s">
+        <v>2994</v>
+      </c>
+      <c r="H221" t="s">
+        <v>2995</v>
+      </c>
+      <c r="I221" t="s">
+        <v>2996</v>
+      </c>
+      <c r="J221" t="s">
+        <v>2393</v>
+      </c>
+      <c r="K221" t="s">
+        <v>2394</v>
+      </c>
+      <c r="L221" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M221" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N221" t="s">
+        <v>2843</v>
+      </c>
+      <c r="O221" t="s">
+        <v>2844</v>
+      </c>
+      <c r="P221" t="s">
+        <v>2997</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B222" t="s">
+        <v>2998</v>
+      </c>
+      <c r="C222" t="s">
+        <v>20</v>
+      </c>
+      <c r="D222" t="s">
+        <v>20</v>
+      </c>
+      <c r="E222" t="s">
+        <v>2999</v>
+      </c>
+      <c r="F222" t="s">
+        <v>20</v>
+      </c>
+      <c r="G222" t="s">
+        <v>3000</v>
+      </c>
+      <c r="H222" t="s">
+        <v>3001</v>
+      </c>
+      <c r="I222" t="s">
+        <v>3002</v>
+      </c>
+      <c r="J222" t="s">
+        <v>3003</v>
+      </c>
+      <c r="K222" t="s">
+        <v>3004</v>
+      </c>
+      <c r="L222" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M222" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N222" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P222" t="s">
+        <v>3005</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C223" t="s">
+        <v>20</v>
+      </c>
+      <c r="D223" t="s">
+        <v>20</v>
+      </c>
+      <c r="E223" t="s">
+        <v>2999</v>
+      </c>
+      <c r="F223" t="s">
+        <v>20</v>
+      </c>
+      <c r="G223" t="s">
+        <v>3006</v>
+      </c>
+      <c r="H223" t="s">
+        <v>3007</v>
+      </c>
+      <c r="I223" t="s">
+        <v>3008</v>
+      </c>
+      <c r="J223" t="s">
+        <v>1971</v>
+      </c>
+      <c r="K223" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L223" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M223" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N223" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P223" t="s">
+        <v>3009</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B224" t="s">
+        <v>3010</v>
+      </c>
+      <c r="C224" t="s">
+        <v>20</v>
+      </c>
+      <c r="D224" t="s">
+        <v>20</v>
+      </c>
+      <c r="E224" t="s">
+        <v>2999</v>
+      </c>
+      <c r="F224" t="s">
+        <v>20</v>
+      </c>
+      <c r="G224" t="s">
+        <v>3011</v>
+      </c>
+      <c r="H224" t="s">
+        <v>3012</v>
+      </c>
+      <c r="I224" t="s">
+        <v>3008</v>
+      </c>
+      <c r="J224" t="s">
+        <v>1971</v>
+      </c>
+      <c r="K224" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L224" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M224" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N224" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O224" t="s">
+        <v>2260</v>
+      </c>
+      <c r="P224" t="s">
+        <v>3013</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B225" t="s">
+        <v>3014</v>
+      </c>
+      <c r="C225" t="s">
+        <v>20</v>
+      </c>
+      <c r="D225" t="s">
+        <v>20</v>
+      </c>
+      <c r="E225" t="s">
+        <v>2999</v>
+      </c>
+      <c r="F225" t="s">
+        <v>20</v>
+      </c>
+      <c r="G225" t="s">
+        <v>3015</v>
+      </c>
+      <c r="H225" t="s">
+        <v>3016</v>
+      </c>
+      <c r="I225" t="s">
+        <v>3017</v>
+      </c>
+      <c r="J225" t="s">
+        <v>1606</v>
+      </c>
+      <c r="K225" t="s">
+        <v>51</v>
+      </c>
+      <c r="L225" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M225" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N225" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P225" t="s">
+        <v>3018</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B226" t="s">
+        <v>3019</v>
+      </c>
+      <c r="C226" t="s">
+        <v>20</v>
+      </c>
+      <c r="D226" t="s">
+        <v>20</v>
+      </c>
+      <c r="E226" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F226" t="s">
+        <v>20</v>
+      </c>
+      <c r="G226" t="s">
+        <v>3021</v>
+      </c>
+      <c r="H226" t="s">
+        <v>3022</v>
+      </c>
+      <c r="I226" t="s">
+        <v>3023</v>
+      </c>
+      <c r="J226" t="s">
+        <v>20</v>
+      </c>
+      <c r="K226" t="s">
+        <v>3024</v>
+      </c>
+      <c r="L226" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M226" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N226" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P226" t="s">
+        <v>3025</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B227" t="s">
+        <v>3026</v>
+      </c>
+      <c r="C227" t="s">
+        <v>20</v>
+      </c>
+      <c r="D227" t="s">
+        <v>20</v>
+      </c>
+      <c r="E227" t="s">
+        <v>3027</v>
+      </c>
+      <c r="F227" t="s">
+        <v>20</v>
+      </c>
+      <c r="G227" t="s">
+        <v>3028</v>
+      </c>
+      <c r="H227" t="s">
+        <v>3029</v>
+      </c>
+      <c r="I227" t="s">
+        <v>3030</v>
+      </c>
+      <c r="J227" t="s">
+        <v>3031</v>
+      </c>
+      <c r="K227" t="s">
+        <v>186</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M227" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N227" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P227" t="s">
+        <v>3032</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B228" t="s">
+        <v>3033</v>
+      </c>
+      <c r="C228" t="s">
+        <v>20</v>
+      </c>
+      <c r="D228" t="s">
+        <v>20</v>
+      </c>
+      <c r="E228" t="s">
+        <v>3034</v>
+      </c>
+      <c r="F228" t="s">
+        <v>20</v>
+      </c>
+      <c r="G228" t="s">
+        <v>3035</v>
+      </c>
+      <c r="H228" t="s">
+        <v>3036</v>
+      </c>
+      <c r="I228" t="s">
+        <v>3037</v>
+      </c>
+      <c r="J228" t="s">
+        <v>1780</v>
+      </c>
+      <c r="K228" t="s">
+        <v>1781</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M228" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N228" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P228" t="s">
+        <v>3038</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B229" t="s">
+        <v>3039</v>
+      </c>
+      <c r="C229" t="s">
+        <v>20</v>
+      </c>
+      <c r="D229" t="s">
+        <v>20</v>
+      </c>
+      <c r="E229" t="s">
+        <v>3034</v>
+      </c>
+      <c r="F229" t="s">
+        <v>20</v>
+      </c>
+      <c r="G229" t="s">
+        <v>3040</v>
+      </c>
+      <c r="H229" t="s">
+        <v>3041</v>
+      </c>
+      <c r="I229" t="s">
+        <v>3042</v>
+      </c>
+      <c r="J229" t="s">
+        <v>20</v>
+      </c>
+      <c r="K229" t="s">
+        <v>3043</v>
+      </c>
+      <c r="L229" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M229" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N229" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O229" t="s">
+        <v>3044</v>
+      </c>
+      <c r="P229" t="s">
+        <v>3045</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B230" t="s">
+        <v>3046</v>
+      </c>
+      <c r="C230" t="s">
+        <v>20</v>
+      </c>
+      <c r="D230" t="s">
+        <v>20</v>
+      </c>
+      <c r="E230" t="s">
+        <v>3047</v>
+      </c>
+      <c r="F230" t="s">
+        <v>20</v>
+      </c>
+      <c r="G230" t="s">
+        <v>3048</v>
+      </c>
+      <c r="H230" t="s">
+        <v>3049</v>
+      </c>
+      <c r="I230" t="s">
+        <v>3050</v>
+      </c>
+      <c r="J230" t="s">
+        <v>2628</v>
+      </c>
+      <c r="K230" t="s">
+        <v>354</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M230" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N230" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1706</v>
+      </c>
+      <c r="P230" t="s">
+        <v>3051</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B231" t="s">
+        <v>3052</v>
+      </c>
+      <c r="C231" t="s">
+        <v>20</v>
+      </c>
+      <c r="D231" t="s">
+        <v>20</v>
+      </c>
+      <c r="E231" t="s">
+        <v>3053</v>
+      </c>
+      <c r="F231" t="s">
+        <v>20</v>
+      </c>
+      <c r="G231" t="s">
+        <v>3054</v>
+      </c>
+      <c r="H231" t="s">
+        <v>3055</v>
+      </c>
+      <c r="I231" t="s">
+        <v>3056</v>
+      </c>
+      <c r="J231" t="s">
+        <v>3057</v>
+      </c>
+      <c r="K231" t="s">
+        <v>3058</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M231" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N231" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P231" t="s">
+        <v>3059</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B232" t="s">
+        <v>3060</v>
+      </c>
+      <c r="C232" t="s">
+        <v>20</v>
+      </c>
+      <c r="D232" t="s">
+        <v>20</v>
+      </c>
+      <c r="E232" t="s">
+        <v>3061</v>
+      </c>
+      <c r="F232" t="s">
+        <v>20</v>
+      </c>
+      <c r="G232" t="s">
+        <v>3062</v>
+      </c>
+      <c r="H232" t="s">
+        <v>3063</v>
+      </c>
+      <c r="I232" t="s">
+        <v>3064</v>
+      </c>
+      <c r="J232" t="s">
+        <v>20</v>
+      </c>
+      <c r="K232" t="s">
+        <v>3065</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M232" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N232" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P232" t="s">
+        <v>3066</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B233" t="s">
+        <v>3067</v>
+      </c>
+      <c r="C233" t="s">
+        <v>20</v>
+      </c>
+      <c r="D233" t="s">
+        <v>20</v>
+      </c>
+      <c r="E233" t="s">
+        <v>3068</v>
+      </c>
+      <c r="F233" t="s">
+        <v>20</v>
+      </c>
+      <c r="G233" t="s">
+        <v>3069</v>
+      </c>
+      <c r="H233" t="s">
+        <v>3070</v>
+      </c>
+      <c r="I233" t="s">
+        <v>3071</v>
+      </c>
+      <c r="J233" t="s">
+        <v>1857</v>
+      </c>
+      <c r="K233" t="s">
+        <v>539</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M233" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N233" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O233" t="s">
+        <v>2158</v>
+      </c>
+      <c r="P233" t="s">
+        <v>3072</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B234" t="s">
+        <v>2553</v>
+      </c>
+      <c r="C234" t="s">
+        <v>20</v>
+      </c>
+      <c r="D234" t="s">
+        <v>20</v>
+      </c>
+      <c r="E234" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F234" t="s">
+        <v>20</v>
+      </c>
+      <c r="G234" t="s">
+        <v>3074</v>
+      </c>
+      <c r="H234" t="s">
+        <v>3075</v>
+      </c>
+      <c r="I234" t="s">
+        <v>3076</v>
+      </c>
+      <c r="J234" t="s">
+        <v>2292</v>
+      </c>
+      <c r="K234" t="s">
+        <v>2293</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M234" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N234" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1796</v>
+      </c>
+      <c r="P234" t="s">
+        <v>3077</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B235" t="s">
+        <v>3078</v>
+      </c>
+      <c r="C235" t="s">
+        <v>20</v>
+      </c>
+      <c r="D235" t="s">
+        <v>20</v>
+      </c>
+      <c r="E235" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F235" t="s">
+        <v>20</v>
+      </c>
+      <c r="G235" t="s">
+        <v>3079</v>
+      </c>
+      <c r="H235" t="s">
+        <v>3080</v>
+      </c>
+      <c r="I235" t="s">
+        <v>3081</v>
+      </c>
+      <c r="J235" t="s">
+        <v>1811</v>
+      </c>
+      <c r="K235" t="s">
+        <v>1812</v>
+      </c>
+      <c r="L235" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M235" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N235" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O235" t="s">
+        <v>2158</v>
+      </c>
+      <c r="P235" t="s">
+        <v>3082</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B236" t="s">
+        <v>3083</v>
+      </c>
+      <c r="C236" t="s">
+        <v>20</v>
+      </c>
+      <c r="D236" t="s">
+        <v>20</v>
+      </c>
+      <c r="E236" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F236" t="s">
+        <v>20</v>
+      </c>
+      <c r="G236" t="s">
+        <v>3084</v>
+      </c>
+      <c r="H236" t="s">
+        <v>3085</v>
+      </c>
+      <c r="I236" t="s">
+        <v>3086</v>
+      </c>
+      <c r="J236" t="s">
+        <v>20</v>
+      </c>
+      <c r="K236" t="s">
+        <v>3087</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M236" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N236" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O236" t="s">
+        <v>2158</v>
+      </c>
+      <c r="P236" t="s">
+        <v>3088</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B237" t="s">
+        <v>3089</v>
+      </c>
+      <c r="C237" t="s">
+        <v>20</v>
+      </c>
+      <c r="D237" t="s">
+        <v>20</v>
+      </c>
+      <c r="E237" t="s">
+        <v>3090</v>
+      </c>
+      <c r="F237" t="s">
+        <v>20</v>
+      </c>
+      <c r="G237" t="s">
+        <v>3091</v>
+      </c>
+      <c r="H237" t="s">
+        <v>3092</v>
+      </c>
+      <c r="I237" t="s">
+        <v>3093</v>
+      </c>
+      <c r="J237" t="s">
+        <v>1780</v>
+      </c>
+      <c r="K237" t="s">
+        <v>1781</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M237" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N237" t="s">
+        <v>2843</v>
+      </c>
+      <c r="O237" t="s">
+        <v>2844</v>
+      </c>
+      <c r="P237" t="s">
+        <v>3094</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B238" t="s">
+        <v>3095</v>
+      </c>
+      <c r="C238" t="s">
+        <v>20</v>
+      </c>
+      <c r="D238" t="s">
+        <v>20</v>
+      </c>
+      <c r="E238" t="s">
+        <v>3096</v>
+      </c>
+      <c r="F238" t="s">
+        <v>20</v>
+      </c>
+      <c r="G238" t="s">
+        <v>3097</v>
+      </c>
+      <c r="H238" t="s">
+        <v>3098</v>
+      </c>
+      <c r="I238" t="s">
+        <v>3099</v>
+      </c>
+      <c r="J238" t="s">
+        <v>3100</v>
+      </c>
+      <c r="K238" t="s">
+        <v>3101</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M238" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N238" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P238" t="s">
+        <v>3102</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B239" t="s">
+        <v>3103</v>
+      </c>
+      <c r="C239" t="s">
+        <v>20</v>
+      </c>
+      <c r="D239" t="s">
+        <v>20</v>
+      </c>
+      <c r="E239" t="s">
+        <v>3104</v>
+      </c>
+      <c r="F239" t="s">
+        <v>20</v>
+      </c>
+      <c r="G239" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H239" t="s">
+        <v>3106</v>
+      </c>
+      <c r="I239" t="s">
+        <v>3107</v>
+      </c>
+      <c r="J239" t="s">
+        <v>20</v>
+      </c>
+      <c r="K239" t="s">
+        <v>3108</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M239" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N239" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P239" t="s">
+        <v>3109</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B240" t="s">
+        <v>3110</v>
+      </c>
+      <c r="C240" t="s">
+        <v>20</v>
+      </c>
+      <c r="D240" t="s">
+        <v>20</v>
+      </c>
+      <c r="E240" t="s">
+        <v>3111</v>
+      </c>
+      <c r="F240" t="s">
+        <v>20</v>
+      </c>
+      <c r="G240" t="s">
+        <v>3112</v>
+      </c>
+      <c r="H240" t="s">
+        <v>3113</v>
+      </c>
+      <c r="I240" t="s">
+        <v>3114</v>
+      </c>
+      <c r="J240" t="s">
+        <v>1857</v>
+      </c>
+      <c r="K240" t="s">
+        <v>539</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M240" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N240" t="s">
+        <v>1617</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1618</v>
+      </c>
+      <c r="P240" t="s">
+        <v>3115</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B241" t="s">
+        <v>3116</v>
+      </c>
+      <c r="C241" t="s">
+        <v>20</v>
+      </c>
+      <c r="D241" t="s">
+        <v>20</v>
+      </c>
+      <c r="E241" t="s">
+        <v>3111</v>
+      </c>
+      <c r="F241" t="s">
+        <v>20</v>
+      </c>
+      <c r="G241" t="s">
+        <v>3117</v>
+      </c>
+      <c r="H241" t="s">
+        <v>3118</v>
+      </c>
+      <c r="I241" t="s">
+        <v>3119</v>
+      </c>
+      <c r="J241" t="s">
+        <v>20</v>
+      </c>
+      <c r="K241" t="s">
+        <v>3120</v>
+      </c>
+      <c r="L241" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M241" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N241" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1796</v>
+      </c>
+      <c r="P241" t="s">
+        <v>3121</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B242" t="s">
+        <v>3122</v>
+      </c>
+      <c r="C242" t="s">
+        <v>20</v>
+      </c>
+      <c r="D242" t="s">
+        <v>20</v>
+      </c>
+      <c r="E242" t="s">
+        <v>3111</v>
+      </c>
+      <c r="F242" t="s">
+        <v>20</v>
+      </c>
+      <c r="G242" t="s">
+        <v>3123</v>
+      </c>
+      <c r="H242" t="s">
+        <v>3124</v>
+      </c>
+      <c r="I242" t="s">
+        <v>3119</v>
+      </c>
+      <c r="J242" t="s">
+        <v>20</v>
+      </c>
+      <c r="K242" t="s">
+        <v>3120</v>
+      </c>
+      <c r="L242" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M242" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N242" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1648</v>
+      </c>
+      <c r="P242" t="s">
+        <v>3125</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B243" t="s">
+        <v>3126</v>
+      </c>
+      <c r="C243" t="s">
+        <v>20</v>
+      </c>
+      <c r="D243" t="s">
+        <v>20</v>
+      </c>
+      <c r="E243" t="s">
+        <v>3127</v>
+      </c>
+      <c r="F243" t="s">
+        <v>20</v>
+      </c>
+      <c r="G243" t="s">
+        <v>3128</v>
+      </c>
+      <c r="H243" t="s">
+        <v>3129</v>
+      </c>
+      <c r="I243" t="s">
+        <v>3130</v>
+      </c>
+      <c r="J243" t="s">
+        <v>1811</v>
+      </c>
+      <c r="K243" t="s">
+        <v>1812</v>
+      </c>
+      <c r="L243" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M243" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N243" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P243" t="s">
+        <v>3131</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B244" t="s">
+        <v>3132</v>
+      </c>
+      <c r="C244" t="s">
+        <v>20</v>
+      </c>
+      <c r="D244" t="s">
+        <v>20</v>
+      </c>
+      <c r="E244" t="s">
+        <v>3127</v>
+      </c>
+      <c r="F244" t="s">
+        <v>20</v>
+      </c>
+      <c r="G244" t="s">
+        <v>3133</v>
+      </c>
+      <c r="H244" t="s">
+        <v>3134</v>
+      </c>
+      <c r="I244" t="s">
+        <v>3135</v>
+      </c>
+      <c r="J244" t="s">
+        <v>1576</v>
+      </c>
+      <c r="K244" t="s">
+        <v>1577</v>
+      </c>
+      <c r="L244" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M244" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N244" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P244" t="s">
+        <v>3136</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B245" t="s">
+        <v>3137</v>
+      </c>
+      <c r="C245" t="s">
+        <v>20</v>
+      </c>
+      <c r="D245" t="s">
+        <v>20</v>
+      </c>
+      <c r="E245" t="s">
+        <v>3127</v>
+      </c>
+      <c r="F245" t="s">
+        <v>20</v>
+      </c>
+      <c r="G245" t="s">
+        <v>3138</v>
+      </c>
+      <c r="H245" t="s">
+        <v>3139</v>
+      </c>
+      <c r="I245" t="s">
+        <v>3135</v>
+      </c>
+      <c r="J245" t="s">
+        <v>1576</v>
+      </c>
+      <c r="K245" t="s">
+        <v>1577</v>
+      </c>
+      <c r="L245" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M245" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N245" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1964</v>
+      </c>
+      <c r="P245" t="s">
+        <v>3140</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B246" t="s">
+        <v>3141</v>
+      </c>
+      <c r="C246" t="s">
+        <v>20</v>
+      </c>
+      <c r="D246" t="s">
+        <v>20</v>
+      </c>
+      <c r="E246" t="s">
+        <v>3127</v>
+      </c>
+      <c r="F246" t="s">
+        <v>20</v>
+      </c>
+      <c r="G246" t="s">
+        <v>3142</v>
+      </c>
+      <c r="H246" t="s">
+        <v>3143</v>
+      </c>
+      <c r="I246" t="s">
+        <v>1576</v>
+      </c>
+      <c r="J246" t="s">
+        <v>20</v>
+      </c>
+      <c r="K246" t="s">
+        <v>1577</v>
+      </c>
+      <c r="L246" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M246" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N246" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1648</v>
+      </c>
+      <c r="P246" t="s">
+        <v>3144</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B247" t="s">
+        <v>3145</v>
+      </c>
+      <c r="C247" t="s">
+        <v>20</v>
+      </c>
+      <c r="D247" t="s">
+        <v>20</v>
+      </c>
+      <c r="E247" t="s">
+        <v>3146</v>
+      </c>
+      <c r="F247" t="s">
+        <v>20</v>
+      </c>
+      <c r="G247" t="s">
+        <v>3147</v>
+      </c>
+      <c r="H247" t="s">
+        <v>3148</v>
+      </c>
+      <c r="I247" t="s">
+        <v>3149</v>
+      </c>
+      <c r="J247" t="s">
+        <v>3150</v>
+      </c>
+      <c r="K247" t="s">
+        <v>3151</v>
+      </c>
+      <c r="L247" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M247" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N247" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P247" t="s">
+        <v>3152</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B248" t="s">
+        <v>3153</v>
+      </c>
+      <c r="C248" t="s">
+        <v>20</v>
+      </c>
+      <c r="D248" t="s">
+        <v>20</v>
+      </c>
+      <c r="E248" t="s">
+        <v>3146</v>
+      </c>
+      <c r="F248" t="s">
+        <v>20</v>
+      </c>
+      <c r="G248" t="s">
+        <v>3154</v>
+      </c>
+      <c r="H248" t="s">
+        <v>3155</v>
+      </c>
+      <c r="I248" t="s">
+        <v>3156</v>
+      </c>
+      <c r="J248" t="s">
+        <v>20</v>
+      </c>
+      <c r="K248" t="s">
+        <v>3157</v>
+      </c>
+      <c r="L248" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M248" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N248" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P248" t="s">
+        <v>3158</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B249" t="s">
+        <v>3159</v>
+      </c>
+      <c r="C249" t="s">
+        <v>20</v>
+      </c>
+      <c r="D249" t="s">
+        <v>20</v>
+      </c>
+      <c r="E249" t="s">
+        <v>3146</v>
+      </c>
+      <c r="F249" t="s">
+        <v>20</v>
+      </c>
+      <c r="G249" t="s">
+        <v>3160</v>
+      </c>
+      <c r="H249" t="s">
+        <v>3161</v>
+      </c>
+      <c r="I249" t="s">
+        <v>3162</v>
+      </c>
+      <c r="J249" t="s">
+        <v>3156</v>
+      </c>
+      <c r="K249" t="s">
+        <v>3157</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M249" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N249" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P249" t="s">
+        <v>3163</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B250" t="s">
+        <v>3164</v>
+      </c>
+      <c r="C250" t="s">
+        <v>20</v>
+      </c>
+      <c r="D250" t="s">
+        <v>20</v>
+      </c>
+      <c r="E250" t="s">
+        <v>3165</v>
+      </c>
+      <c r="F250" t="s">
+        <v>20</v>
+      </c>
+      <c r="G250" t="s">
+        <v>3166</v>
+      </c>
+      <c r="H250" t="s">
+        <v>3167</v>
+      </c>
+      <c r="I250" t="s">
+        <v>3168</v>
+      </c>
+      <c r="J250" t="s">
+        <v>3169</v>
+      </c>
+      <c r="K250" t="s">
+        <v>3170</v>
+      </c>
+      <c r="L250" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M250" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N250" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1988</v>
+      </c>
+      <c r="P250" t="s">
+        <v>3171</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B251" t="s">
+        <v>3172</v>
+      </c>
+      <c r="C251" t="s">
+        <v>20</v>
+      </c>
+      <c r="D251" t="s">
+        <v>20</v>
+      </c>
+      <c r="E251" t="s">
+        <v>3173</v>
+      </c>
+      <c r="F251" t="s">
+        <v>20</v>
+      </c>
+      <c r="G251" t="s">
+        <v>3174</v>
+      </c>
+      <c r="H251" t="s">
+        <v>3175</v>
+      </c>
+      <c r="I251" t="s">
+        <v>1576</v>
+      </c>
+      <c r="J251" t="s">
+        <v>20</v>
+      </c>
+      <c r="K251" t="s">
+        <v>1577</v>
+      </c>
+      <c r="L251" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M251" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N251" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P251" t="s">
+        <v>3176</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B252" t="s">
+        <v>3177</v>
+      </c>
+      <c r="C252" t="s">
+        <v>20</v>
+      </c>
+      <c r="D252" t="s">
+        <v>20</v>
+      </c>
+      <c r="E252" t="s">
+        <v>3178</v>
+      </c>
+      <c r="F252" t="s">
+        <v>20</v>
+      </c>
+      <c r="G252" t="s">
+        <v>3179</v>
+      </c>
+      <c r="H252" t="s">
+        <v>3180</v>
+      </c>
+      <c r="I252" t="s">
+        <v>3181</v>
+      </c>
+      <c r="J252" t="s">
+        <v>3182</v>
+      </c>
+      <c r="K252" t="s">
+        <v>3183</v>
+      </c>
+      <c r="L252" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M252" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N252" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1599</v>
+      </c>
+      <c r="P252" t="s">
+        <v>3184</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B253" t="s">
+        <v>3185</v>
+      </c>
+      <c r="C253" t="s">
+        <v>20</v>
+      </c>
+      <c r="D253" t="s">
+        <v>20</v>
+      </c>
+      <c r="E253" t="s">
+        <v>3186</v>
+      </c>
+      <c r="F253" t="s">
+        <v>20</v>
+      </c>
+      <c r="G253" t="s">
+        <v>3187</v>
+      </c>
+      <c r="H253" t="s">
+        <v>3188</v>
+      </c>
+      <c r="I253" t="s">
+        <v>2508</v>
+      </c>
+      <c r="J253" t="s">
+        <v>20</v>
+      </c>
+      <c r="K253" t="s">
+        <v>2509</v>
+      </c>
+      <c r="L253" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M253" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N253" t="s">
+        <v>2843</v>
+      </c>
+      <c r="O253" t="s">
+        <v>2844</v>
+      </c>
+      <c r="P253" t="s">
+        <v>3189</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B254" t="s">
+        <v>3190</v>
+      </c>
+      <c r="C254" t="s">
+        <v>20</v>
+      </c>
+      <c r="D254" t="s">
+        <v>20</v>
+      </c>
+      <c r="E254" t="s">
+        <v>3191</v>
+      </c>
+      <c r="F254" t="s">
+        <v>20</v>
+      </c>
+      <c r="G254" t="s">
+        <v>3192</v>
+      </c>
+      <c r="H254" t="s">
+        <v>3193</v>
+      </c>
+      <c r="I254" t="s">
+        <v>3194</v>
+      </c>
+      <c r="J254" t="s">
+        <v>2351</v>
+      </c>
+      <c r="K254" t="s">
+        <v>2352</v>
+      </c>
+      <c r="L254" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M254" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N254" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P254" t="s">
+        <v>3195</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B255" t="s">
+        <v>3196</v>
+      </c>
+      <c r="C255" t="s">
+        <v>20</v>
+      </c>
+      <c r="D255" t="s">
+        <v>20</v>
+      </c>
+      <c r="E255" t="s">
+        <v>3197</v>
+      </c>
+      <c r="F255" t="s">
+        <v>20</v>
+      </c>
+      <c r="G255" t="s">
+        <v>3198</v>
+      </c>
+      <c r="H255" t="s">
+        <v>3199</v>
+      </c>
+      <c r="I255" t="s">
+        <v>3200</v>
+      </c>
+      <c r="J255" t="s">
+        <v>1971</v>
+      </c>
+      <c r="K255" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L255" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M255" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N255" t="s">
+        <v>3201</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1618</v>
+      </c>
+      <c r="P255" t="s">
+        <v>3202</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B256" t="s">
+        <v>3203</v>
+      </c>
+      <c r="C256" t="s">
+        <v>20</v>
+      </c>
+      <c r="D256" t="s">
+        <v>20</v>
+      </c>
+      <c r="E256" t="s">
+        <v>3197</v>
+      </c>
+      <c r="F256" t="s">
+        <v>20</v>
+      </c>
+      <c r="G256" t="s">
+        <v>3204</v>
+      </c>
+      <c r="H256" t="s">
+        <v>3205</v>
+      </c>
+      <c r="I256" t="s">
+        <v>3200</v>
+      </c>
+      <c r="J256" t="s">
+        <v>1971</v>
+      </c>
+      <c r="K256" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L256" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M256" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N256" t="s">
+        <v>3201</v>
+      </c>
+      <c r="O256" t="s">
+        <v>2425</v>
+      </c>
+      <c r="P256" t="s">
+        <v>3206</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B257" t="s">
+        <v>3207</v>
+      </c>
+      <c r="C257" t="s">
+        <v>20</v>
+      </c>
+      <c r="D257" t="s">
+        <v>20</v>
+      </c>
+      <c r="E257" t="s">
+        <v>3197</v>
+      </c>
+      <c r="F257" t="s">
+        <v>20</v>
+      </c>
+      <c r="G257" t="s">
+        <v>3208</v>
+      </c>
+      <c r="H257" t="s">
+        <v>3209</v>
+      </c>
+      <c r="I257" t="s">
+        <v>3210</v>
+      </c>
+      <c r="J257" t="s">
+        <v>1971</v>
+      </c>
+      <c r="K257" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L257" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M257" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N257" t="s">
+        <v>3201</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1618</v>
+      </c>
+      <c r="P257" t="s">
+        <v>3211</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B258" t="s">
+        <v>3212</v>
+      </c>
+      <c r="C258" t="s">
+        <v>20</v>
+      </c>
+      <c r="D258" t="s">
+        <v>20</v>
+      </c>
+      <c r="E258" t="s">
+        <v>3213</v>
+      </c>
+      <c r="F258" t="s">
+        <v>20</v>
+      </c>
+      <c r="G258" t="s">
+        <v>3214</v>
+      </c>
+      <c r="H258" t="s">
+        <v>3215</v>
+      </c>
+      <c r="I258" t="s">
+        <v>3216</v>
+      </c>
+      <c r="J258" t="s">
+        <v>2985</v>
+      </c>
+      <c r="K258" t="s">
+        <v>338</v>
+      </c>
+      <c r="L258" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M258" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N258" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1783</v>
+      </c>
+      <c r="P258" t="s">
+        <v>3217</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B259" t="s">
+        <v>3218</v>
+      </c>
+      <c r="C259" t="s">
+        <v>20</v>
+      </c>
+      <c r="D259" t="s">
+        <v>20</v>
+      </c>
+      <c r="E259" t="s">
+        <v>3213</v>
+      </c>
+      <c r="F259" t="s">
+        <v>20</v>
+      </c>
+      <c r="G259" t="s">
+        <v>3219</v>
+      </c>
+      <c r="H259" t="s">
+        <v>3220</v>
+      </c>
+      <c r="I259" t="s">
+        <v>2984</v>
+      </c>
+      <c r="J259" t="s">
+        <v>2985</v>
+      </c>
+      <c r="K259" t="s">
+        <v>338</v>
+      </c>
+      <c r="L259" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M259" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N259" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O259" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P259" t="s">
+        <v>3221</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B260" t="s">
+        <v>3222</v>
+      </c>
+      <c r="C260" t="s">
+        <v>20</v>
+      </c>
+      <c r="D260" t="s">
+        <v>20</v>
+      </c>
+      <c r="E260" t="s">
+        <v>3223</v>
+      </c>
+      <c r="F260" t="s">
+        <v>20</v>
+      </c>
+      <c r="G260" t="s">
+        <v>3224</v>
+      </c>
+      <c r="H260" t="s">
+        <v>3225</v>
+      </c>
+      <c r="I260" t="s">
+        <v>3226</v>
+      </c>
+      <c r="J260" t="s">
+        <v>1697</v>
+      </c>
+      <c r="K260" t="s">
+        <v>261</v>
+      </c>
+      <c r="L260" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M260" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N260" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O260" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P260" t="s">
+        <v>3227</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B261" t="s">
+        <v>3228</v>
+      </c>
+      <c r="C261" t="s">
+        <v>20</v>
+      </c>
+      <c r="D261" t="s">
+        <v>20</v>
+      </c>
+      <c r="E261" t="s">
+        <v>3229</v>
+      </c>
+      <c r="F261" t="s">
+        <v>20</v>
+      </c>
+      <c r="G261" t="s">
+        <v>3230</v>
+      </c>
+      <c r="H261" t="s">
+        <v>3231</v>
+      </c>
+      <c r="I261" t="s">
+        <v>3232</v>
+      </c>
+      <c r="J261" t="s">
+        <v>1725</v>
+      </c>
+      <c r="K261" t="s">
+        <v>1526</v>
+      </c>
+      <c r="L261" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M261" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N261" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O261" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P261" t="s">
+        <v>3233</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B262" t="s">
+        <v>2553</v>
+      </c>
+      <c r="C262" t="s">
+        <v>20</v>
+      </c>
+      <c r="D262" t="s">
+        <v>20</v>
+      </c>
+      <c r="E262" t="s">
+        <v>3234</v>
+      </c>
+      <c r="F262" t="s">
+        <v>20</v>
+      </c>
+      <c r="G262" t="s">
+        <v>3235</v>
+      </c>
+      <c r="H262" t="s">
+        <v>3236</v>
+      </c>
+      <c r="I262" t="s">
+        <v>3237</v>
+      </c>
+      <c r="J262" t="s">
+        <v>2985</v>
+      </c>
+      <c r="K262" t="s">
+        <v>338</v>
+      </c>
+      <c r="L262" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M262" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N262" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O262" t="s">
+        <v>1796</v>
+      </c>
+      <c r="P262" t="s">
+        <v>3238</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B263" t="s">
+        <v>3239</v>
+      </c>
+      <c r="C263" t="s">
+        <v>20</v>
+      </c>
+      <c r="D263" t="s">
+        <v>20</v>
+      </c>
+      <c r="E263" t="s">
+        <v>3240</v>
+      </c>
+      <c r="F263" t="s">
+        <v>20</v>
+      </c>
+      <c r="G263" t="s">
+        <v>3241</v>
+      </c>
+      <c r="H263" t="s">
+        <v>3242</v>
+      </c>
+      <c r="I263" t="s">
+        <v>3086</v>
+      </c>
+      <c r="J263" t="s">
+        <v>20</v>
+      </c>
+      <c r="K263" t="s">
+        <v>3087</v>
+      </c>
+      <c r="L263" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M263" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N263" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O263" t="s">
+        <v>3243</v>
+      </c>
+      <c r="P263" t="s">
+        <v>3244</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B264" t="s">
+        <v>3245</v>
+      </c>
+      <c r="C264" t="s">
+        <v>20</v>
+      </c>
+      <c r="D264" t="s">
+        <v>20</v>
+      </c>
+      <c r="E264" t="s">
+        <v>3240</v>
+      </c>
+      <c r="F264" t="s">
+        <v>20</v>
+      </c>
+      <c r="G264" t="s">
+        <v>3246</v>
+      </c>
+      <c r="H264" t="s">
+        <v>3247</v>
+      </c>
+      <c r="I264" t="s">
+        <v>3248</v>
+      </c>
+      <c r="J264" t="s">
+        <v>3249</v>
+      </c>
+      <c r="K264" t="s">
+        <v>165</v>
+      </c>
+      <c r="L264" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M264" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N264" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O264" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P264" t="s">
+        <v>3250</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B265" t="s">
+        <v>3251</v>
+      </c>
+      <c r="C265" t="s">
+        <v>20</v>
+      </c>
+      <c r="D265" t="s">
+        <v>20</v>
+      </c>
+      <c r="E265" t="s">
+        <v>3252</v>
+      </c>
+      <c r="F265" t="s">
+        <v>20</v>
+      </c>
+      <c r="G265" t="s">
+        <v>3253</v>
+      </c>
+      <c r="H265" t="s">
+        <v>3254</v>
+      </c>
+      <c r="I265" t="s">
+        <v>1576</v>
+      </c>
+      <c r="J265" t="s">
+        <v>20</v>
+      </c>
+      <c r="K265" t="s">
+        <v>1577</v>
+      </c>
+      <c r="L265" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M265" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N265" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O265" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P265" t="s">
+        <v>3255</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B266" t="s">
+        <v>3256</v>
+      </c>
+      <c r="C266" t="s">
+        <v>20</v>
+      </c>
+      <c r="D266" t="s">
+        <v>20</v>
+      </c>
+      <c r="E266" t="s">
+        <v>3252</v>
+      </c>
+      <c r="F266" t="s">
+        <v>20</v>
+      </c>
+      <c r="G266" t="s">
+        <v>3257</v>
+      </c>
+      <c r="H266" t="s">
+        <v>3258</v>
+      </c>
+      <c r="I266" t="s">
+        <v>3086</v>
+      </c>
+      <c r="J266" t="s">
+        <v>20</v>
+      </c>
+      <c r="K266" t="s">
+        <v>3087</v>
+      </c>
+      <c r="L266" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M266" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N266" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O266" t="s">
+        <v>2133</v>
+      </c>
+      <c r="P266" t="s">
+        <v>3259</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B267" t="s">
+        <v>3260</v>
+      </c>
+      <c r="C267" t="s">
+        <v>20</v>
+      </c>
+      <c r="D267" t="s">
+        <v>20</v>
+      </c>
+      <c r="E267" t="s">
+        <v>3261</v>
+      </c>
+      <c r="F267" t="s">
+        <v>20</v>
+      </c>
+      <c r="G267" t="s">
+        <v>3262</v>
+      </c>
+      <c r="H267" t="s">
+        <v>3263</v>
+      </c>
+      <c r="I267" t="s">
+        <v>3107</v>
+      </c>
+      <c r="J267" t="s">
+        <v>20</v>
+      </c>
+      <c r="K267" t="s">
+        <v>3108</v>
+      </c>
+      <c r="L267" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M267" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N267" t="s">
+        <v>2843</v>
+      </c>
+      <c r="O267" t="s">
+        <v>2844</v>
+      </c>
+      <c r="P267" t="s">
+        <v>3264</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B268" t="s">
+        <v>3265</v>
+      </c>
+      <c r="C268" t="s">
+        <v>20</v>
+      </c>
+      <c r="D268" t="s">
+        <v>20</v>
+      </c>
+      <c r="E268" t="s">
+        <v>3261</v>
+      </c>
+      <c r="F268" t="s">
+        <v>20</v>
+      </c>
+      <c r="G268" t="s">
+        <v>3266</v>
+      </c>
+      <c r="H268" t="s">
+        <v>3267</v>
+      </c>
+      <c r="I268" t="s">
+        <v>1576</v>
+      </c>
+      <c r="J268" t="s">
+        <v>20</v>
+      </c>
+      <c r="K268" t="s">
+        <v>1577</v>
+      </c>
+      <c r="L268" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M268" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N268" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O268" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P268" t="s">
+        <v>3268</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B269" t="s">
+        <v>3269</v>
+      </c>
+      <c r="C269" t="s">
+        <v>20</v>
+      </c>
+      <c r="D269" t="s">
+        <v>20</v>
+      </c>
+      <c r="E269" t="s">
+        <v>3270</v>
+      </c>
+      <c r="F269" t="s">
+        <v>20</v>
+      </c>
+      <c r="G269" t="s">
+        <v>3271</v>
+      </c>
+      <c r="H269" t="s">
+        <v>3272</v>
+      </c>
+      <c r="I269" t="s">
+        <v>3273</v>
+      </c>
+      <c r="J269" t="s">
+        <v>2985</v>
+      </c>
+      <c r="K269" t="s">
+        <v>338</v>
+      </c>
+      <c r="L269" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M269" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N269" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O269" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P269" t="s">
+        <v>3274</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B270" t="s">
+        <v>3275</v>
+      </c>
+      <c r="C270" t="s">
+        <v>20</v>
+      </c>
+      <c r="D270" t="s">
+        <v>20</v>
+      </c>
+      <c r="E270" t="s">
+        <v>3270</v>
+      </c>
+      <c r="F270" t="s">
+        <v>20</v>
+      </c>
+      <c r="G270" t="s">
+        <v>3276</v>
+      </c>
+      <c r="H270" t="s">
+        <v>3277</v>
+      </c>
+      <c r="I270" t="s">
+        <v>3273</v>
+      </c>
+      <c r="J270" t="s">
+        <v>2985</v>
+      </c>
+      <c r="K270" t="s">
+        <v>338</v>
+      </c>
+      <c r="L270" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M270" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N270" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O270" t="s">
+        <v>1557</v>
+      </c>
+      <c r="P270" t="s">
+        <v>3278</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B271" t="s">
+        <v>3279</v>
+      </c>
+      <c r="C271" t="s">
+        <v>20</v>
+      </c>
+      <c r="D271" t="s">
+        <v>20</v>
+      </c>
+      <c r="E271" t="s">
+        <v>3280</v>
+      </c>
+      <c r="F271" t="s">
+        <v>20</v>
+      </c>
+      <c r="G271" t="s">
+        <v>3281</v>
+      </c>
+      <c r="H271" t="s">
+        <v>3282</v>
+      </c>
+      <c r="I271" t="s">
+        <v>3237</v>
+      </c>
+      <c r="J271" t="s">
+        <v>2985</v>
+      </c>
+      <c r="K271" t="s">
+        <v>338</v>
+      </c>
+      <c r="L271" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M271" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N271" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O271" t="s">
+        <v>1964</v>
+      </c>
+      <c r="P271" t="s">
+        <v>3283</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B272" t="s">
+        <v>3284</v>
+      </c>
+      <c r="C272" t="s">
+        <v>20</v>
+      </c>
+      <c r="D272" t="s">
+        <v>20</v>
+      </c>
+      <c r="E272" t="s">
+        <v>3280</v>
+      </c>
+      <c r="F272" t="s">
+        <v>20</v>
+      </c>
+      <c r="G272" t="s">
+        <v>3285</v>
+      </c>
+      <c r="H272" t="s">
+        <v>3286</v>
+      </c>
+      <c r="I272" t="s">
+        <v>3287</v>
+      </c>
+      <c r="J272" t="s">
+        <v>2985</v>
+      </c>
+      <c r="K272" t="s">
+        <v>338</v>
+      </c>
+      <c r="L272" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M272" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N272" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O272" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P272" t="s">
+        <v>3288</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B273" t="s">
+        <v>3289</v>
+      </c>
+      <c r="C273" t="s">
+        <v>20</v>
+      </c>
+      <c r="D273" t="s">
+        <v>20</v>
+      </c>
+      <c r="E273" t="s">
+        <v>3290</v>
+      </c>
+      <c r="F273" t="s">
+        <v>20</v>
+      </c>
+      <c r="G273" t="s">
+        <v>3291</v>
+      </c>
+      <c r="H273" t="s">
+        <v>3292</v>
+      </c>
+      <c r="I273" t="s">
+        <v>3293</v>
+      </c>
+      <c r="J273" t="s">
+        <v>3057</v>
+      </c>
+      <c r="K273" t="s">
+        <v>3058</v>
+      </c>
+      <c r="L273" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M273" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N273" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O273" t="s">
+        <v>2425</v>
+      </c>
+      <c r="P273" t="s">
+        <v>3294</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B274" t="s">
+        <v>3295</v>
+      </c>
+      <c r="C274" t="s">
+        <v>20</v>
+      </c>
+      <c r="D274" t="s">
+        <v>20</v>
+      </c>
+      <c r="E274" t="s">
+        <v>3296</v>
+      </c>
+      <c r="F274" t="s">
+        <v>20</v>
+      </c>
+      <c r="G274" t="s">
+        <v>3297</v>
+      </c>
+      <c r="H274" t="s">
+        <v>3298</v>
+      </c>
+      <c r="I274" t="s">
+        <v>3299</v>
+      </c>
+      <c r="J274" t="s">
+        <v>2339</v>
+      </c>
+      <c r="K274" t="s">
+        <v>2340</v>
+      </c>
+      <c r="L274" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M274" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N274" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O274" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P274" t="s">
+        <v>3300</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B275" t="s">
+        <v>3301</v>
+      </c>
+      <c r="C275" t="s">
+        <v>20</v>
+      </c>
+      <c r="D275" t="s">
+        <v>20</v>
+      </c>
+      <c r="E275" t="s">
+        <v>3302</v>
+      </c>
+      <c r="F275" t="s">
+        <v>20</v>
+      </c>
+      <c r="G275" t="s">
+        <v>3303</v>
+      </c>
+      <c r="H275" t="s">
+        <v>3304</v>
+      </c>
+      <c r="I275" t="s">
+        <v>3305</v>
+      </c>
+      <c r="J275" t="s">
+        <v>3306</v>
+      </c>
+      <c r="K275" t="s">
+        <v>3307</v>
+      </c>
+      <c r="L275" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M275" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N275" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O275" t="s">
+        <v>3308</v>
+      </c>
+      <c r="P275" t="s">
+        <v>3309</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B276" t="s">
+        <v>3310</v>
+      </c>
+      <c r="C276" t="s">
+        <v>20</v>
+      </c>
+      <c r="D276" t="s">
+        <v>20</v>
+      </c>
+      <c r="E276" t="s">
+        <v>3311</v>
+      </c>
+      <c r="F276" t="s">
+        <v>20</v>
+      </c>
+      <c r="G276" t="s">
+        <v>3312</v>
+      </c>
+      <c r="H276" t="s">
+        <v>3313</v>
+      </c>
+      <c r="I276" t="s">
+        <v>3314</v>
+      </c>
+      <c r="J276" t="s">
+        <v>2081</v>
+      </c>
+      <c r="K276" t="s">
+        <v>2082</v>
+      </c>
+      <c r="L276" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M276" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N276" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O276" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P276" t="s">
+        <v>3315</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B277" t="s">
+        <v>3316</v>
+      </c>
+      <c r="C277" t="s">
+        <v>20</v>
+      </c>
+      <c r="D277" t="s">
+        <v>20</v>
+      </c>
+      <c r="E277" t="s">
+        <v>3311</v>
+      </c>
+      <c r="F277" t="s">
+        <v>20</v>
+      </c>
+      <c r="G277" t="s">
+        <v>3317</v>
+      </c>
+      <c r="H277" t="s">
+        <v>3318</v>
+      </c>
+      <c r="I277" t="s">
+        <v>3319</v>
+      </c>
+      <c r="J277" t="s">
+        <v>1857</v>
+      </c>
+      <c r="K277" t="s">
+        <v>539</v>
+      </c>
+      <c r="L277" t="s">
+        <v>1566</v>
+      </c>
+      <c r="M277" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N277" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O277" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P277" t="s">
+        <v>3320</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B278" t="s">
+        <v>3321</v>
+      </c>
+      <c r="C278" t="s">
+        <v>20</v>
+      </c>
+      <c r="D278" t="s">
+        <v>20</v>
+      </c>
+      <c r="E278" t="s">
+        <v>3322</v>
+      </c>
+      <c r="F278" t="s">
+        <v>20</v>
+      </c>
+      <c r="G278" t="s">
+        <v>3323</v>
+      </c>
+      <c r="H278" t="s">
+        <v>3324</v>
+      </c>
+      <c r="I278" t="s">
+        <v>3325</v>
+      </c>
+      <c r="J278" t="s">
+        <v>3326</v>
+      </c>
+      <c r="K278" t="s">
+        <v>3327</v>
+      </c>
+      <c r="L278" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M278" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N278" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O278" t="s">
+        <v>1648</v>
+      </c>
+      <c r="P278" t="s">
+        <v>3328</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B279" t="s">
+        <v>3329</v>
+      </c>
+      <c r="C279" t="s">
+        <v>20</v>
+      </c>
+      <c r="D279" t="s">
+        <v>20</v>
+      </c>
+      <c r="E279" t="s">
+        <v>3322</v>
+      </c>
+      <c r="F279" t="s">
+        <v>20</v>
+      </c>
+      <c r="G279" t="s">
+        <v>3330</v>
+      </c>
+      <c r="H279" t="s">
+        <v>3331</v>
+      </c>
+      <c r="I279" t="s">
+        <v>3332</v>
+      </c>
+      <c r="J279" t="s">
+        <v>2171</v>
+      </c>
+      <c r="K279" t="s">
+        <v>892</v>
+      </c>
+      <c r="L279" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M279" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N279" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O279" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P279" t="s">
+        <v>3333</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B280" t="s">
+        <v>3334</v>
+      </c>
+      <c r="C280" t="s">
+        <v>20</v>
+      </c>
+      <c r="D280" t="s">
+        <v>20</v>
+      </c>
+      <c r="E280" t="s">
+        <v>3322</v>
+      </c>
+      <c r="F280" t="s">
+        <v>20</v>
+      </c>
+      <c r="G280" t="s">
+        <v>3335</v>
+      </c>
+      <c r="H280" t="s">
+        <v>3336</v>
+      </c>
+      <c r="I280" t="s">
+        <v>3273</v>
+      </c>
+      <c r="J280" t="s">
+        <v>2985</v>
+      </c>
+      <c r="K280" t="s">
+        <v>338</v>
+      </c>
+      <c r="L280" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M280" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N280" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O280" t="s">
+        <v>1796</v>
+      </c>
+      <c r="P280" t="s">
+        <v>3337</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B281" t="s">
+        <v>3338</v>
+      </c>
+      <c r="C281" t="s">
+        <v>20</v>
+      </c>
+      <c r="D281" t="s">
+        <v>20</v>
+      </c>
+      <c r="E281" t="s">
+        <v>3322</v>
+      </c>
+      <c r="F281" t="s">
+        <v>20</v>
+      </c>
+      <c r="G281" t="s">
+        <v>3339</v>
+      </c>
+      <c r="H281" t="s">
+        <v>3340</v>
+      </c>
+      <c r="I281" t="s">
+        <v>3273</v>
+      </c>
+      <c r="J281" t="s">
+        <v>2985</v>
+      </c>
+      <c r="K281" t="s">
+        <v>338</v>
+      </c>
+      <c r="L281" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M281" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N281" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O281" t="s">
+        <v>1648</v>
+      </c>
+      <c r="P281" t="s">
+        <v>3341</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B282" t="s">
+        <v>3342</v>
+      </c>
+      <c r="C282" t="s">
+        <v>20</v>
+      </c>
+      <c r="D282" t="s">
+        <v>20</v>
+      </c>
+      <c r="E282" t="s">
+        <v>3322</v>
+      </c>
+      <c r="F282" t="s">
+        <v>20</v>
+      </c>
+      <c r="G282" t="s">
+        <v>3343</v>
+      </c>
+      <c r="H282" t="s">
+        <v>3344</v>
+      </c>
+      <c r="I282" t="s">
+        <v>3345</v>
+      </c>
+      <c r="J282" t="s">
+        <v>3249</v>
+      </c>
+      <c r="K282" t="s">
+        <v>165</v>
+      </c>
+      <c r="L282" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M282" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N282" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O282" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P282" t="s">
+        <v>3346</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B283" t="s">
+        <v>3347</v>
+      </c>
+      <c r="C283" t="s">
+        <v>20</v>
+      </c>
+      <c r="D283" t="s">
+        <v>20</v>
+      </c>
+      <c r="E283" t="s">
+        <v>3348</v>
+      </c>
+      <c r="F283" t="s">
+        <v>20</v>
+      </c>
+      <c r="G283" t="s">
+        <v>3349</v>
+      </c>
+      <c r="H283" t="s">
+        <v>3350</v>
+      </c>
+      <c r="I283" t="s">
+        <v>3351</v>
+      </c>
+      <c r="J283" t="s">
+        <v>3352</v>
+      </c>
+      <c r="K283" t="s">
+        <v>3353</v>
+      </c>
+      <c r="L283" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M283" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N283" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O283" t="s">
+        <v>2425</v>
+      </c>
+      <c r="P283" t="s">
+        <v>3354</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B284" t="s">
+        <v>3355</v>
+      </c>
+      <c r="C284" t="s">
+        <v>20</v>
+      </c>
+      <c r="D284" t="s">
+        <v>20</v>
+      </c>
+      <c r="E284" t="s">
+        <v>3356</v>
+      </c>
+      <c r="F284" t="s">
+        <v>20</v>
+      </c>
+      <c r="G284" t="s">
+        <v>3357</v>
+      </c>
+      <c r="H284" t="s">
+        <v>3358</v>
+      </c>
+      <c r="I284" t="s">
+        <v>3359</v>
+      </c>
+      <c r="J284" t="s">
+        <v>3360</v>
+      </c>
+      <c r="K284" t="s">
+        <v>3361</v>
+      </c>
+      <c r="L284" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M284" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N284" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O284" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P284" t="s">
+        <v>3362</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B285" t="s">
+        <v>3363</v>
+      </c>
+      <c r="C285" t="s">
+        <v>20</v>
+      </c>
+      <c r="D285" t="s">
+        <v>20</v>
+      </c>
+      <c r="E285" t="s">
+        <v>3356</v>
+      </c>
+      <c r="F285" t="s">
+        <v>20</v>
+      </c>
+      <c r="G285" t="s">
+        <v>3364</v>
+      </c>
+      <c r="H285" t="s">
+        <v>3365</v>
+      </c>
+      <c r="I285" t="s">
+        <v>1780</v>
+      </c>
+      <c r="J285" t="s">
+        <v>20</v>
+      </c>
+      <c r="K285" t="s">
+        <v>1781</v>
+      </c>
+      <c r="L285" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M285" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N285" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O285" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P285" t="s">
+        <v>3366</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B286" t="s">
+        <v>3367</v>
+      </c>
+      <c r="C286" t="s">
+        <v>20</v>
+      </c>
+      <c r="D286" t="s">
+        <v>20</v>
+      </c>
+      <c r="E286" t="s">
+        <v>3356</v>
+      </c>
+      <c r="F286" t="s">
+        <v>20</v>
+      </c>
+      <c r="G286" t="s">
+        <v>3368</v>
+      </c>
+      <c r="H286" t="s">
+        <v>3369</v>
+      </c>
+      <c r="I286" t="s">
+        <v>3370</v>
+      </c>
+      <c r="J286" t="s">
+        <v>3371</v>
+      </c>
+      <c r="K286" t="s">
+        <v>3372</v>
+      </c>
+      <c r="L286" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M286" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N286" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O286" t="s">
+        <v>1557</v>
+      </c>
+      <c r="P286" t="s">
+        <v>3373</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B287" t="s">
+        <v>3374</v>
+      </c>
+      <c r="C287" t="s">
+        <v>20</v>
+      </c>
+      <c r="D287" t="s">
+        <v>20</v>
+      </c>
+      <c r="E287" t="s">
+        <v>3356</v>
+      </c>
+      <c r="F287" t="s">
+        <v>20</v>
+      </c>
+      <c r="G287" t="s">
+        <v>3375</v>
+      </c>
+      <c r="H287" t="s">
+        <v>3376</v>
+      </c>
+      <c r="I287" t="s">
+        <v>3377</v>
+      </c>
+      <c r="J287" t="s">
+        <v>3378</v>
+      </c>
+      <c r="K287" t="s">
+        <v>3379</v>
+      </c>
+      <c r="L287" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M287" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N287" t="s">
+        <v>2536</v>
+      </c>
+      <c r="O287" t="s">
+        <v>2537</v>
+      </c>
+      <c r="P287" t="s">
+        <v>3380</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B288" t="s">
+        <v>3381</v>
+      </c>
+      <c r="C288" t="s">
+        <v>20</v>
+      </c>
+      <c r="D288" t="s">
+        <v>20</v>
+      </c>
+      <c r="E288" t="s">
+        <v>3382</v>
+      </c>
+      <c r="F288" t="s">
+        <v>20</v>
+      </c>
+      <c r="G288" t="s">
+        <v>3383</v>
+      </c>
+      <c r="H288" t="s">
+        <v>3384</v>
+      </c>
+      <c r="I288" t="s">
+        <v>3385</v>
+      </c>
+      <c r="J288" t="s">
+        <v>1725</v>
+      </c>
+      <c r="K288" t="s">
+        <v>1526</v>
+      </c>
+      <c r="L288" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M288" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N288" t="s">
+        <v>2536</v>
+      </c>
+      <c r="O288" t="s">
+        <v>2537</v>
+      </c>
+      <c r="P288" t="s">
+        <v>3386</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B289" t="s">
+        <v>3387</v>
+      </c>
+      <c r="C289" t="s">
+        <v>20</v>
+      </c>
+      <c r="D289" t="s">
+        <v>20</v>
+      </c>
+      <c r="E289" t="s">
+        <v>3382</v>
+      </c>
+      <c r="F289" t="s">
+        <v>20</v>
+      </c>
+      <c r="G289" t="s">
+        <v>3388</v>
+      </c>
+      <c r="H289" t="s">
+        <v>3389</v>
+      </c>
+      <c r="I289" t="s">
+        <v>3390</v>
+      </c>
+      <c r="J289" t="s">
+        <v>1576</v>
+      </c>
+      <c r="K289" t="s">
+        <v>1577</v>
+      </c>
+      <c r="L289" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M289" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N289" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O289" t="s">
+        <v>2158</v>
+      </c>
+      <c r="P289" t="s">
+        <v>3391</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B290" t="s">
+        <v>3392</v>
+      </c>
+      <c r="C290" t="s">
+        <v>20</v>
+      </c>
+      <c r="D290" t="s">
+        <v>20</v>
+      </c>
+      <c r="E290" t="s">
+        <v>3382</v>
+      </c>
+      <c r="F290" t="s">
+        <v>20</v>
+      </c>
+      <c r="G290" t="s">
+        <v>3393</v>
+      </c>
+      <c r="H290" t="s">
+        <v>3394</v>
+      </c>
+      <c r="I290" t="s">
+        <v>1632</v>
+      </c>
+      <c r="J290" t="s">
+        <v>20</v>
+      </c>
+      <c r="K290" t="s">
+        <v>1633</v>
+      </c>
+      <c r="L290" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M290" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N290" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O290" t="s">
+        <v>3308</v>
+      </c>
+      <c r="P290" t="s">
+        <v>3395</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B291" t="s">
+        <v>3396</v>
+      </c>
+      <c r="C291" t="s">
+        <v>20</v>
+      </c>
+      <c r="D291" t="s">
+        <v>20</v>
+      </c>
+      <c r="E291" t="s">
+        <v>3397</v>
+      </c>
+      <c r="F291" t="s">
+        <v>20</v>
+      </c>
+      <c r="G291" t="s">
+        <v>3398</v>
+      </c>
+      <c r="H291" t="s">
+        <v>3399</v>
+      </c>
+      <c r="I291" t="s">
+        <v>3400</v>
+      </c>
+      <c r="J291" t="s">
+        <v>3401</v>
+      </c>
+      <c r="K291" t="s">
+        <v>3402</v>
+      </c>
+      <c r="L291" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M291" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N291" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O291" t="s">
+        <v>1569</v>
+      </c>
+      <c r="P291" t="s">
+        <v>3403</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B292" t="s">
+        <v>3404</v>
+      </c>
+      <c r="C292" t="s">
+        <v>20</v>
+      </c>
+      <c r="D292" t="s">
+        <v>20</v>
+      </c>
+      <c r="E292" t="s">
+        <v>3405</v>
+      </c>
+      <c r="F292" t="s">
+        <v>20</v>
+      </c>
+      <c r="G292" t="s">
+        <v>3406</v>
+      </c>
+      <c r="H292" t="s">
+        <v>3407</v>
+      </c>
+      <c r="I292" t="s">
+        <v>3408</v>
+      </c>
+      <c r="J292" t="s">
+        <v>20</v>
+      </c>
+      <c r="K292" t="s">
+        <v>1526</v>
+      </c>
+      <c r="L292" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M292" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N292" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O292" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P292" t="s">
+        <v>3409</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B293" t="s">
+        <v>3410</v>
+      </c>
+      <c r="C293" t="s">
+        <v>20</v>
+      </c>
+      <c r="D293" t="s">
+        <v>20</v>
+      </c>
+      <c r="E293" t="s">
+        <v>3405</v>
+      </c>
+      <c r="F293" t="s">
+        <v>20</v>
+      </c>
+      <c r="G293" t="s">
+        <v>3411</v>
+      </c>
+      <c r="H293" t="s">
+        <v>3412</v>
+      </c>
+      <c r="I293" t="s">
+        <v>3413</v>
+      </c>
+      <c r="J293" t="s">
+        <v>3169</v>
+      </c>
+      <c r="K293" t="s">
+        <v>3170</v>
+      </c>
+      <c r="L293" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M293" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N293" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O293" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P293" t="s">
+        <v>3414</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B294" t="s">
+        <v>3415</v>
+      </c>
+      <c r="C294" t="s">
+        <v>20</v>
+      </c>
+      <c r="D294" t="s">
+        <v>20</v>
+      </c>
+      <c r="E294" t="s">
+        <v>3405</v>
+      </c>
+      <c r="F294" t="s">
+        <v>20</v>
+      </c>
+      <c r="G294" t="s">
+        <v>3416</v>
+      </c>
+      <c r="H294" t="s">
+        <v>3417</v>
+      </c>
+      <c r="I294" t="s">
+        <v>3418</v>
+      </c>
+      <c r="J294" t="s">
+        <v>3408</v>
+      </c>
+      <c r="K294" t="s">
+        <v>1526</v>
+      </c>
+      <c r="L294" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M294" t="s">
+        <v>1555</v>
+      </c>
+      <c r="N294" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O294" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P294" t="s">
+        <v>3419</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B295" t="s">
+        <v>3420</v>
+      </c>
+      <c r="C295" t="s">
+        <v>20</v>
+      </c>
+      <c r="D295" t="s">
+        <v>20</v>
+      </c>
+      <c r="E295" t="s">
+        <v>3421</v>
+      </c>
+      <c r="F295" t="s">
+        <v>20</v>
+      </c>
+      <c r="G295" t="s">
+        <v>3422</v>
+      </c>
+      <c r="H295" t="s">
+        <v>3423</v>
+      </c>
+      <c r="I295" t="s">
+        <v>3424</v>
+      </c>
+      <c r="J295" t="s">
+        <v>3425</v>
+      </c>
+      <c r="K295" t="s">
+        <v>3426</v>
+      </c>
+      <c r="L295" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M295" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N295" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O295" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P295" t="s">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B296" t="s">
+        <v>3428</v>
+      </c>
+      <c r="C296" t="s">
+        <v>20</v>
+      </c>
+      <c r="D296" t="s">
+        <v>20</v>
+      </c>
+      <c r="E296" t="s">
+        <v>3429</v>
+      </c>
+      <c r="F296" t="s">
+        <v>20</v>
+      </c>
+      <c r="G296" t="s">
+        <v>3430</v>
+      </c>
+      <c r="H296" t="s">
+        <v>3431</v>
+      </c>
+      <c r="I296" t="s">
+        <v>3432</v>
+      </c>
+      <c r="J296" t="s">
+        <v>3433</v>
+      </c>
+      <c r="K296" t="s">
+        <v>3434</v>
+      </c>
+      <c r="L296" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M296" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N296" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O296" t="s">
+        <v>3308</v>
+      </c>
+      <c r="P296" t="s">
+        <v>3435</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B297" t="s">
+        <v>3436</v>
+      </c>
+      <c r="C297" t="s">
+        <v>20</v>
+      </c>
+      <c r="D297" t="s">
+        <v>20</v>
+      </c>
+      <c r="E297" t="s">
+        <v>3437</v>
+      </c>
+      <c r="F297" t="s">
+        <v>20</v>
+      </c>
+      <c r="G297" t="s">
+        <v>3438</v>
+      </c>
+      <c r="H297" t="s">
+        <v>3439</v>
+      </c>
+      <c r="I297" t="s">
+        <v>3440</v>
+      </c>
+      <c r="J297" t="s">
+        <v>2035</v>
+      </c>
+      <c r="K297" t="s">
+        <v>40</v>
+      </c>
+      <c r="L297" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M297" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N297" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O297" t="s">
+        <v>1648</v>
+      </c>
+      <c r="P297" t="s">
+        <v>3441</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B298" t="s">
+        <v>3442</v>
+      </c>
+      <c r="C298" t="s">
+        <v>20</v>
+      </c>
+      <c r="D298" t="s">
+        <v>20</v>
+      </c>
+      <c r="E298" t="s">
+        <v>3437</v>
+      </c>
+      <c r="F298" t="s">
+        <v>20</v>
+      </c>
+      <c r="G298" t="s">
+        <v>3443</v>
+      </c>
+      <c r="H298" t="s">
+        <v>3444</v>
+      </c>
+      <c r="I298" t="s">
+        <v>3445</v>
+      </c>
+      <c r="J298" t="s">
+        <v>20</v>
+      </c>
+      <c r="K298" t="s">
+        <v>3446</v>
+      </c>
+      <c r="L298" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M298" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N298" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O298" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P298" t="s">
+        <v>3447</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B299" t="s">
+        <v>3448</v>
+      </c>
+      <c r="C299" t="s">
+        <v>20</v>
+      </c>
+      <c r="D299" t="s">
+        <v>20</v>
+      </c>
+      <c r="E299" t="s">
+        <v>3437</v>
+      </c>
+      <c r="F299" t="s">
+        <v>20</v>
+      </c>
+      <c r="G299" t="s">
+        <v>3449</v>
+      </c>
+      <c r="H299" t="s">
+        <v>3450</v>
+      </c>
+      <c r="I299" t="s">
+        <v>3445</v>
+      </c>
+      <c r="J299" t="s">
+        <v>20</v>
+      </c>
+      <c r="K299" t="s">
+        <v>3446</v>
+      </c>
+      <c r="L299" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M299" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N299" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O299" t="s">
+        <v>1599</v>
+      </c>
+      <c r="P299" t="s">
+        <v>3451</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B300" t="s">
+        <v>3452</v>
+      </c>
+      <c r="C300" t="s">
+        <v>20</v>
+      </c>
+      <c r="D300" t="s">
+        <v>20</v>
+      </c>
+      <c r="E300" t="s">
+        <v>3437</v>
+      </c>
+      <c r="F300" t="s">
+        <v>20</v>
+      </c>
+      <c r="G300" t="s">
+        <v>3453</v>
+      </c>
+      <c r="H300" t="s">
+        <v>3454</v>
+      </c>
+      <c r="I300" t="s">
+        <v>3445</v>
+      </c>
+      <c r="J300" t="s">
+        <v>20</v>
+      </c>
+      <c r="K300" t="s">
+        <v>3446</v>
+      </c>
+      <c r="L300" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M300" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N300" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O300" t="s">
+        <v>1706</v>
+      </c>
+      <c r="P300" t="s">
+        <v>3455</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B301" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C301" t="s">
+        <v>20</v>
+      </c>
+      <c r="D301" t="s">
+        <v>20</v>
+      </c>
+      <c r="E301" t="s">
+        <v>3437</v>
+      </c>
+      <c r="F301" t="s">
+        <v>20</v>
+      </c>
+      <c r="G301" t="s">
+        <v>3457</v>
+      </c>
+      <c r="H301" t="s">
+        <v>3458</v>
+      </c>
+      <c r="I301" t="s">
+        <v>3445</v>
+      </c>
+      <c r="J301" t="s">
+        <v>20</v>
+      </c>
+      <c r="K301" t="s">
+        <v>3446</v>
+      </c>
+      <c r="L301" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M301" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N301" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O301" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P301" t="s">
+        <v>3459</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B302" t="s">
+        <v>3460</v>
+      </c>
+      <c r="C302" t="s">
+        <v>20</v>
+      </c>
+      <c r="D302" t="s">
+        <v>20</v>
+      </c>
+      <c r="E302" t="s">
+        <v>3461</v>
+      </c>
+      <c r="F302" t="s">
+        <v>20</v>
+      </c>
+      <c r="G302" t="s">
+        <v>3462</v>
+      </c>
+      <c r="H302" t="s">
+        <v>3463</v>
+      </c>
+      <c r="I302" t="s">
+        <v>3464</v>
+      </c>
+      <c r="J302" t="s">
+        <v>3465</v>
+      </c>
+      <c r="K302" t="s">
+        <v>3466</v>
+      </c>
+      <c r="L302" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M302" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N302" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O302" t="s">
+        <v>1648</v>
+      </c>
+      <c r="P302" t="s">
+        <v>3467</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B303" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C303" t="s">
+        <v>20</v>
+      </c>
+      <c r="D303" t="s">
+        <v>20</v>
+      </c>
+      <c r="E303" t="s">
+        <v>3469</v>
+      </c>
+      <c r="F303" t="s">
+        <v>20</v>
+      </c>
+      <c r="G303" t="s">
+        <v>3470</v>
+      </c>
+      <c r="H303" t="s">
+        <v>3471</v>
+      </c>
+      <c r="I303" t="s">
+        <v>3472</v>
+      </c>
+      <c r="J303" t="s">
+        <v>20</v>
+      </c>
+      <c r="K303" t="s">
+        <v>3473</v>
+      </c>
+      <c r="L303" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M303" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N303" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O303" t="s">
+        <v>3243</v>
+      </c>
+      <c r="P303" t="s">
+        <v>3474</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B304" t="s">
+        <v>3475</v>
+      </c>
+      <c r="C304" t="s">
+        <v>20</v>
+      </c>
+      <c r="D304" t="s">
+        <v>20</v>
+      </c>
+      <c r="E304" t="s">
+        <v>3469</v>
+      </c>
+      <c r="F304" t="s">
+        <v>20</v>
+      </c>
+      <c r="G304" t="s">
+        <v>3476</v>
+      </c>
+      <c r="H304" t="s">
+        <v>3477</v>
+      </c>
+      <c r="I304" t="s">
+        <v>3472</v>
+      </c>
+      <c r="J304" t="s">
+        <v>20</v>
+      </c>
+      <c r="K304" t="s">
+        <v>3473</v>
+      </c>
+      <c r="L304" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M304" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N304" t="s">
+        <v>1588</v>
+      </c>
+      <c r="O304" t="s">
+        <v>2133</v>
+      </c>
+      <c r="P304" t="s">
+        <v>3478</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B305" t="s">
+        <v>3479</v>
+      </c>
+      <c r="C305" t="s">
+        <v>20</v>
+      </c>
+      <c r="D305" t="s">
+        <v>20</v>
+      </c>
+      <c r="E305" t="s">
+        <v>3469</v>
+      </c>
+      <c r="F305" t="s">
+        <v>20</v>
+      </c>
+      <c r="G305" t="s">
+        <v>3480</v>
+      </c>
+      <c r="H305" t="s">
+        <v>3481</v>
+      </c>
+      <c r="I305" t="s">
+        <v>3482</v>
+      </c>
+      <c r="J305" t="s">
+        <v>3465</v>
+      </c>
+      <c r="K305" t="s">
+        <v>3466</v>
+      </c>
+      <c r="L305" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M305" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N305" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O305" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P305" t="s">
+        <v>3483</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B306" t="s">
+        <v>3484</v>
+      </c>
+      <c r="C306" t="s">
+        <v>20</v>
+      </c>
+      <c r="D306" t="s">
+        <v>20</v>
+      </c>
+      <c r="E306" t="s">
+        <v>3469</v>
+      </c>
+      <c r="F306" t="s">
+        <v>20</v>
+      </c>
+      <c r="G306" t="s">
+        <v>3485</v>
+      </c>
+      <c r="H306" t="s">
+        <v>3486</v>
+      </c>
+      <c r="I306" t="s">
+        <v>3487</v>
+      </c>
+      <c r="J306" t="s">
+        <v>3488</v>
+      </c>
+      <c r="K306" t="s">
+        <v>3489</v>
+      </c>
+      <c r="L306" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M306" t="s">
+        <v>1567</v>
+      </c>
+      <c r="N306" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O306" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P306" t="s">
+        <v>3490</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>13</v>
+      </c>
+      <c r="J1" t="s">
+        <v>14</v>
+      </c>
+      <c r="K1" t="s">
+        <v>3491</v>
+      </c>
+      <c r="L1" t="s">
+        <v>3492</v>
+      </c>
+      <c r="M1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>3493</v>
+      </c>
+      <c r="B2" t="s">
+        <v>3494</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>3495</v>
+      </c>
+      <c r="H2" t="s">
+        <v>3496</v>
+      </c>
+      <c r="I2" t="s">
+        <v>3497</v>
+      </c>
+      <c r="J2" t="s">
+        <v>90</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1634</v>
+      </c>
+      <c r="L2" t="s">
+        <v>93</v>
+      </c>
+      <c r="M2" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>3493</v>
+      </c>
+      <c r="B3" t="s">
+        <v>3498</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>179</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>3499</v>
+      </c>
+      <c r="H3" t="s">
+        <v>3500</v>
+      </c>
+      <c r="I3" t="s">
+        <v>3501</v>
+      </c>
+      <c r="J3" t="s">
+        <v>184</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1554</v>
+      </c>
+      <c r="L3" t="s">
+        <v>187</v>
+      </c>
+      <c r="M3" t="s">
+        <v>3502</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>3493</v>
+      </c>
+      <c r="B4" t="s">
+        <v>3503</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>411</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>3504</v>
+      </c>
+      <c r="H4" t="s">
+        <v>3505</v>
+      </c>
+      <c r="I4" t="s">
+        <v>3506</v>
+      </c>
+      <c r="J4" t="s">
+        <v>90</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1634</v>
+      </c>
+      <c r="L4" t="s">
+        <v>93</v>
+      </c>
+      <c r="M4" t="s">
+        <v>3507</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>3493</v>
+      </c>
+      <c r="B5" t="s">
+        <v>3508</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>3509</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>3510</v>
+      </c>
+      <c r="H5" t="s">
+        <v>3511</v>
+      </c>
+      <c r="I5" t="s">
+        <v>3512</v>
+      </c>
+      <c r="J5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1598</v>
+      </c>
+      <c r="L5" t="s">
+        <v>41</v>
+      </c>
+      <c r="M5" t="s">
+        <v>3513</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>3493</v>
+      </c>
+      <c r="B6" t="s">
+        <v>3514</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>3515</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>3516</v>
+      </c>
+      <c r="H6" t="s">
+        <v>3517</v>
+      </c>
+      <c r="I6" t="s">
+        <v>3518</v>
+      </c>
+      <c r="J6" t="s">
+        <v>129</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1634</v>
+      </c>
+      <c r="L6" t="s">
+        <v>131</v>
+      </c>
+      <c r="M6" t="s">
+        <v>3519</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>3493</v>
+      </c>
+      <c r="B7" t="s">
+        <v>3520</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>3521</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>3522</v>
+      </c>
+      <c r="H7" t="s">
+        <v>3523</v>
+      </c>
+      <c r="I7" t="s">
+        <v>3524</v>
+      </c>
+      <c r="J7" t="s">
+        <v>129</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1634</v>
+      </c>
+      <c r="L7" t="s">
+        <v>131</v>
+      </c>
+      <c r="M7" t="s">
+        <v>3525</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>3493</v>
+      </c>
+      <c r="B8" t="s">
+        <v>3526</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>3527</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>3528</v>
+      </c>
+      <c r="H8" t="s">
+        <v>3529</v>
+      </c>
+      <c r="I8" t="s">
+        <v>3530</v>
+      </c>
+      <c r="J8" t="s">
+        <v>270</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1598</v>
+      </c>
+      <c r="L8" t="s">
+        <v>273</v>
+      </c>
+      <c r="M8" t="s">
+        <v>3531</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>3493</v>
+      </c>
+      <c r="B9" t="s">
+        <v>3532</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>3533</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>3534</v>
+      </c>
+      <c r="H9" t="s">
+        <v>3535</v>
+      </c>
+      <c r="I9" t="s">
+        <v>3536</v>
+      </c>
+      <c r="J9" t="s">
+        <v>270</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1598</v>
+      </c>
+      <c r="L9" t="s">
+        <v>273</v>
+      </c>
+      <c r="M9" t="s">
+        <v>3537</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:M1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T166"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>3538</v>
+      </c>
+      <c r="J1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="K1" t="s">
+        <v>3539</v>
+      </c>
+      <c r="L1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="N1" t="s">
+        <v>3540</v>
+      </c>
+      <c r="O1" t="s">
+        <v>3541</v>
+      </c>
+      <c r="P1" t="s">
+        <v>3542</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>3543</v>
+      </c>
+      <c r="R1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="S1" t="s">
+        <v>3544</v>
+      </c>
+      <c r="T1" t="s">
+        <v>3545</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B2" t="s">
+        <v>3547</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>3549</v>
+      </c>
+      <c r="H2" t="s">
+        <v>3550</v>
+      </c>
+      <c r="I2" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>3552</v>
+      </c>
+      <c r="L2" t="s">
+        <v>3553</v>
+      </c>
+      <c r="M2" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N2" t="s">
+        <v>3554</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R2" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S2" t="s">
+        <v>3556</v>
+      </c>
+      <c r="T2" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B3" t="s">
+        <v>3558</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>3559</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>3560</v>
+      </c>
+      <c r="H3" t="s">
+        <v>3561</v>
+      </c>
+      <c r="I3" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J3" t="s">
+        <v>3562</v>
+      </c>
+      <c r="K3" t="s">
+        <v>2522</v>
+      </c>
+      <c r="L3" t="s">
+        <v>2523</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N3" t="s">
+        <v>3563</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R3" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S3" t="s">
+        <v>3564</v>
+      </c>
+      <c r="T3" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B4" t="s">
+        <v>3566</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>3567</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>3568</v>
+      </c>
+      <c r="H4" t="s">
+        <v>3569</v>
+      </c>
+      <c r="I4" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J4" t="s">
+        <v>3571</v>
+      </c>
+      <c r="K4" t="s">
+        <v>3572</v>
+      </c>
+      <c r="L4" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M4" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N4" t="s">
+        <v>3573</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R4" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S4" t="s">
+        <v>3575</v>
+      </c>
+      <c r="T4" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B5" t="s">
+        <v>3576</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>3567</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>3577</v>
+      </c>
+      <c r="H5" t="s">
+        <v>3578</v>
+      </c>
+      <c r="I5" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
+        <v>2292</v>
+      </c>
+      <c r="L5" t="s">
+        <v>2293</v>
+      </c>
+      <c r="M5" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N5" t="s">
+        <v>3579</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R5" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S5" t="s">
+        <v>3580</v>
+      </c>
+      <c r="T5" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B6" t="s">
+        <v>3581</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>3567</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>3582</v>
+      </c>
+      <c r="H6" t="s">
+        <v>3583</v>
+      </c>
+      <c r="I6" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J6" t="s">
+        <v>3584</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1857</v>
+      </c>
+      <c r="L6" t="s">
+        <v>539</v>
+      </c>
+      <c r="M6" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N6" t="s">
+        <v>3585</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R6" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S6" t="s">
+        <v>3586</v>
+      </c>
+      <c r="T6" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B7" t="s">
+        <v>3581</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>3567</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>3587</v>
+      </c>
+      <c r="H7" t="s">
+        <v>3588</v>
+      </c>
+      <c r="I7" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J7" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" t="s">
+        <v>3589</v>
+      </c>
+      <c r="L7" t="s">
+        <v>3590</v>
+      </c>
+      <c r="M7" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N7" t="s">
+        <v>3591</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R7" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="T7" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B8" t="s">
+        <v>3593</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>3567</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>3594</v>
+      </c>
+      <c r="H8" t="s">
+        <v>3595</v>
+      </c>
+      <c r="I8" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J8" t="s">
+        <v>3596</v>
+      </c>
+      <c r="K8" t="s">
+        <v>3425</v>
+      </c>
+      <c r="L8" t="s">
+        <v>3426</v>
+      </c>
+      <c r="M8" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N8" t="s">
+        <v>3597</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R8" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S8" t="s">
+        <v>3598</v>
+      </c>
+      <c r="T8" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B9" t="s">
+        <v>3599</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>3567</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>3600</v>
+      </c>
+      <c r="H9" t="s">
+        <v>3601</v>
+      </c>
+      <c r="I9" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>2935</v>
+      </c>
+      <c r="L9" t="s">
+        <v>2936</v>
+      </c>
+      <c r="M9" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N9" t="s">
+        <v>3602</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R9" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S9" t="s">
+        <v>3603</v>
+      </c>
+      <c r="T9" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B10" t="s">
+        <v>3604</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>3567</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>3605</v>
+      </c>
+      <c r="H10" t="s">
+        <v>3606</v>
+      </c>
+      <c r="I10" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J10" t="s">
+        <v>3607</v>
+      </c>
+      <c r="K10" t="s">
+        <v>2351</v>
+      </c>
+      <c r="L10" t="s">
+        <v>2352</v>
+      </c>
+      <c r="M10" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N10" t="s">
+        <v>3608</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R10" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S10" t="s">
+        <v>3609</v>
+      </c>
+      <c r="T10" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B11" t="s">
+        <v>3610</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>3567</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>3611</v>
+      </c>
+      <c r="H11" t="s">
+        <v>3612</v>
+      </c>
+      <c r="I11" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J11" t="s">
+        <v>3613</v>
+      </c>
+      <c r="K11" t="s">
+        <v>3614</v>
+      </c>
+      <c r="L11" t="s">
+        <v>30</v>
+      </c>
+      <c r="M11" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N11" t="s">
+        <v>3615</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R11" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S11" t="s">
+        <v>3616</v>
+      </c>
+      <c r="T11" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B12" t="s">
+        <v>3617</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>3567</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>3618</v>
+      </c>
+      <c r="H12" t="s">
+        <v>3619</v>
+      </c>
+      <c r="I12" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J12" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" t="s">
+        <v>2007</v>
+      </c>
+      <c r="L12" t="s">
+        <v>214</v>
+      </c>
+      <c r="M12" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N12" t="s">
+        <v>3620</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R12" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S12" t="s">
+        <v>3621</v>
+      </c>
+      <c r="T12" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B13" t="s">
+        <v>3622</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>3567</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>3623</v>
+      </c>
+      <c r="H13" t="s">
+        <v>3624</v>
+      </c>
+      <c r="I13" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J13" t="s">
+        <v>3625</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1757</v>
+      </c>
+      <c r="L13" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N13" t="s">
+        <v>3626</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R13" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S13" t="s">
+        <v>3627</v>
+      </c>
+      <c r="T13" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B14" t="s">
+        <v>3628</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>3567</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>3629</v>
+      </c>
+      <c r="H14" t="s">
+        <v>3630</v>
+      </c>
+      <c r="I14" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J14" t="s">
+        <v>20</v>
+      </c>
+      <c r="K14" t="s">
+        <v>3631</v>
+      </c>
+      <c r="L14" t="s">
+        <v>3434</v>
+      </c>
+      <c r="M14" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N14" t="s">
+        <v>3632</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R14" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S14" t="s">
+        <v>3633</v>
+      </c>
+      <c r="T14" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B15" t="s">
+        <v>3634</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>3635</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>3636</v>
+      </c>
+      <c r="H15" t="s">
+        <v>3637</v>
+      </c>
+      <c r="I15" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>3638</v>
+      </c>
+      <c r="L15" t="s">
+        <v>2509</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N15" t="s">
+        <v>3639</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>3641</v>
+      </c>
+      <c r="R15" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S15" t="s">
+        <v>3642</v>
+      </c>
+      <c r="T15" t="s">
+        <v>3643</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B16" t="s">
+        <v>3644</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>3645</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>3646</v>
+      </c>
+      <c r="H16" t="s">
+        <v>3647</v>
+      </c>
+      <c r="I16" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J16" t="s">
+        <v>3648</v>
+      </c>
+      <c r="K16" t="s">
+        <v>3649</v>
+      </c>
+      <c r="L16" t="s">
+        <v>3650</v>
+      </c>
+      <c r="M16" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N16" t="s">
+        <v>3651</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R16" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S16" t="s">
+        <v>3652</v>
+      </c>
+      <c r="T16" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B17" t="s">
+        <v>3581</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>3653</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>3654</v>
+      </c>
+      <c r="H17" t="s">
+        <v>3655</v>
+      </c>
+      <c r="I17" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J17" t="s">
+        <v>3656</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1576</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1577</v>
+      </c>
+      <c r="M17" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N17" t="s">
+        <v>3657</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R17" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S17" t="s">
+        <v>3658</v>
+      </c>
+      <c r="T17" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B18" t="s">
+        <v>3660</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>3653</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>3661</v>
+      </c>
+      <c r="H18" t="s">
+        <v>3662</v>
+      </c>
+      <c r="I18" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J18" t="s">
+        <v>3663</v>
+      </c>
+      <c r="K18" t="s">
+        <v>3249</v>
+      </c>
+      <c r="L18" t="s">
+        <v>165</v>
+      </c>
+      <c r="M18" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N18" t="s">
+        <v>3664</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R18" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S18" t="s">
+        <v>3665</v>
+      </c>
+      <c r="T18" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B19" t="s">
+        <v>3666</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>3653</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>3667</v>
+      </c>
+      <c r="H19" t="s">
+        <v>3668</v>
+      </c>
+      <c r="I19" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J19" t="s">
+        <v>3669</v>
+      </c>
+      <c r="K19" t="s">
+        <v>3670</v>
+      </c>
+      <c r="L19" t="s">
+        <v>3671</v>
+      </c>
+      <c r="M19" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N19" t="s">
+        <v>3672</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R19" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S19" t="s">
+        <v>3673</v>
+      </c>
+      <c r="T19" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B20" t="s">
+        <v>3674</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>3653</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>3675</v>
+      </c>
+      <c r="H20" t="s">
+        <v>3676</v>
+      </c>
+      <c r="I20" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J20" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" t="s">
+        <v>2081</v>
+      </c>
+      <c r="L20" t="s">
+        <v>2082</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N20" t="s">
+        <v>20</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R20" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S20" t="s">
+        <v>3677</v>
+      </c>
+      <c r="T20" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B21" t="s">
+        <v>3678</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>3679</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>3680</v>
+      </c>
+      <c r="H21" t="s">
+        <v>3681</v>
+      </c>
+      <c r="I21" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J21" t="s">
+        <v>3682</v>
+      </c>
+      <c r="K21" t="s">
+        <v>3683</v>
+      </c>
+      <c r="L21" t="s">
+        <v>2332</v>
+      </c>
+      <c r="M21" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N21" t="s">
+        <v>3684</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>3685</v>
+      </c>
+      <c r="R21" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S21" t="s">
+        <v>3686</v>
+      </c>
+      <c r="T21" t="s">
+        <v>3643</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B22" t="s">
+        <v>3687</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>3679</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>3688</v>
+      </c>
+      <c r="H22" t="s">
+        <v>3689</v>
+      </c>
+      <c r="I22" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J22" t="s">
+        <v>3690</v>
+      </c>
+      <c r="K22" t="s">
+        <v>2777</v>
+      </c>
+      <c r="L22" t="s">
+        <v>2332</v>
+      </c>
+      <c r="M22" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N22" t="s">
+        <v>20</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R22" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S22" t="s">
+        <v>3691</v>
+      </c>
+      <c r="T22" t="s">
+        <v>3643</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B23" t="s">
+        <v>537</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>3692</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>3693</v>
+      </c>
+      <c r="H23" t="s">
+        <v>3694</v>
+      </c>
+      <c r="I23" t="s">
+        <v>3695</v>
+      </c>
+      <c r="J23" t="s">
+        <v>3696</v>
+      </c>
+      <c r="K23" t="s">
+        <v>3697</v>
+      </c>
+      <c r="L23" t="s">
+        <v>539</v>
+      </c>
+      <c r="M23" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N23" t="s">
+        <v>3698</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>3699</v>
+      </c>
+      <c r="R23" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S23" t="s">
+        <v>540</v>
+      </c>
+      <c r="T23" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B24" t="s">
+        <v>3700</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>3692</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>3701</v>
+      </c>
+      <c r="H24" t="s">
+        <v>3702</v>
+      </c>
+      <c r="I24" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J24" t="s">
+        <v>3703</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1857</v>
+      </c>
+      <c r="L24" t="s">
+        <v>539</v>
+      </c>
+      <c r="M24" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N24" t="s">
+        <v>3698</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R24" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S24" t="s">
+        <v>3704</v>
+      </c>
+      <c r="T24" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B25" t="s">
+        <v>3705</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>3692</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>3706</v>
+      </c>
+      <c r="H25" t="s">
+        <v>3707</v>
+      </c>
+      <c r="I25" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J25" t="s">
+        <v>3703</v>
+      </c>
+      <c r="K25" t="s">
+        <v>1857</v>
+      </c>
+      <c r="L25" t="s">
+        <v>539</v>
+      </c>
+      <c r="M25" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N25" t="s">
+        <v>3698</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R25" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S25" t="s">
+        <v>3709</v>
+      </c>
+      <c r="T25" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B26" t="s">
+        <v>129</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>3710</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>3711</v>
+      </c>
+      <c r="H26" t="s">
+        <v>3712</v>
+      </c>
+      <c r="I26" t="s">
+        <v>3695</v>
+      </c>
+      <c r="J26" t="s">
+        <v>3713</v>
+      </c>
+      <c r="K26" t="s">
+        <v>3614</v>
+      </c>
+      <c r="L26" t="s">
+        <v>30</v>
+      </c>
+      <c r="M26" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N26" t="s">
+        <v>3714</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>3716</v>
+      </c>
+      <c r="R26" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S26" t="s">
+        <v>131</v>
+      </c>
+      <c r="T26" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B27" t="s">
+        <v>3717</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>3718</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>3719</v>
+      </c>
+      <c r="H27" t="s">
+        <v>3720</v>
+      </c>
+      <c r="I27" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J27" t="s">
+        <v>3721</v>
+      </c>
+      <c r="K27" t="s">
+        <v>2628</v>
+      </c>
+      <c r="L27" t="s">
+        <v>354</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N27" t="s">
+        <v>3722</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R27" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S27" t="s">
+        <v>3723</v>
+      </c>
+      <c r="T27" t="s">
+        <v>3724</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B28" t="s">
+        <v>946</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>3725</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>3726</v>
+      </c>
+      <c r="H28" t="s">
+        <v>3727</v>
+      </c>
+      <c r="I28" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J28" t="s">
+        <v>3728</v>
+      </c>
+      <c r="K28" t="s">
+        <v>2614</v>
+      </c>
+      <c r="L28" t="s">
+        <v>72</v>
+      </c>
+      <c r="M28" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N28" t="s">
+        <v>3729</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>3730</v>
+      </c>
+      <c r="R28" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S28" t="s">
+        <v>947</v>
+      </c>
+      <c r="T28" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B29" t="s">
+        <v>70</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>3725</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>3731</v>
+      </c>
+      <c r="H29" t="s">
+        <v>3732</v>
+      </c>
+      <c r="I29" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J29" t="s">
+        <v>3733</v>
+      </c>
+      <c r="K29" t="s">
+        <v>2614</v>
+      </c>
+      <c r="L29" t="s">
+        <v>72</v>
+      </c>
+      <c r="M29" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N29" t="s">
+        <v>3729</v>
+      </c>
+      <c r="O29" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>3734</v>
+      </c>
+      <c r="R29" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S29" t="s">
+        <v>73</v>
+      </c>
+      <c r="T29" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B30" t="s">
+        <v>3735</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>3736</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>3737</v>
+      </c>
+      <c r="H30" t="s">
+        <v>3738</v>
+      </c>
+      <c r="I30" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" t="s">
+        <v>2462</v>
+      </c>
+      <c r="L30" t="s">
+        <v>2463</v>
+      </c>
+      <c r="M30" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N30" t="s">
+        <v>3739</v>
+      </c>
+      <c r="O30" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R30" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S30" t="s">
+        <v>3740</v>
+      </c>
+      <c r="T30" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B31" t="s">
+        <v>3741</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>3742</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>3743</v>
+      </c>
+      <c r="H31" t="s">
+        <v>3744</v>
+      </c>
+      <c r="I31" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J31" t="s">
+        <v>20</v>
+      </c>
+      <c r="K31" t="s">
+        <v>3745</v>
+      </c>
+      <c r="L31" t="s">
+        <v>3746</v>
+      </c>
+      <c r="M31" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N31" t="s">
+        <v>3747</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R31" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S31" t="s">
+        <v>3748</v>
+      </c>
+      <c r="T31" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B32" t="s">
+        <v>3749</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>3742</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>3750</v>
+      </c>
+      <c r="H32" t="s">
+        <v>3751</v>
+      </c>
+      <c r="I32" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J32" t="s">
+        <v>3752</v>
+      </c>
+      <c r="K32" t="s">
+        <v>3753</v>
+      </c>
+      <c r="L32" t="s">
+        <v>224</v>
+      </c>
+      <c r="M32" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N32" t="s">
+        <v>20</v>
+      </c>
+      <c r="O32" t="s">
+        <v>20</v>
+      </c>
+      <c r="P32" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R32" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S32" t="s">
+        <v>3754</v>
+      </c>
+      <c r="T32" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B33" t="s">
+        <v>3755</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>3756</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>3757</v>
+      </c>
+      <c r="H33" t="s">
+        <v>3758</v>
+      </c>
+      <c r="I33" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J33" t="s">
+        <v>3759</v>
+      </c>
+      <c r="K33" t="s">
+        <v>2074</v>
+      </c>
+      <c r="L33" t="s">
+        <v>2075</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N33" t="s">
+        <v>3760</v>
+      </c>
+      <c r="O33" t="s">
+        <v>20</v>
+      </c>
+      <c r="P33" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R33" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S33" t="s">
+        <v>3761</v>
+      </c>
+      <c r="T33" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B34" t="s">
+        <v>3762</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>3763</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>3764</v>
+      </c>
+      <c r="H34" t="s">
+        <v>3765</v>
+      </c>
+      <c r="I34" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J34" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" t="s">
+        <v>1725</v>
+      </c>
+      <c r="L34" t="s">
+        <v>1526</v>
+      </c>
+      <c r="M34" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N34" t="s">
+        <v>3766</v>
+      </c>
+      <c r="O34" t="s">
+        <v>20</v>
+      </c>
+      <c r="P34" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R34" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S34" t="s">
+        <v>3767</v>
+      </c>
+      <c r="T34" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B35" t="s">
+        <v>3581</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>3763</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>3768</v>
+      </c>
+      <c r="H35" t="s">
+        <v>3769</v>
+      </c>
+      <c r="I35" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J35" t="s">
+        <v>3770</v>
+      </c>
+      <c r="K35" t="s">
+        <v>2985</v>
+      </c>
+      <c r="L35" t="s">
+        <v>338</v>
+      </c>
+      <c r="M35" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N35" t="s">
+        <v>3771</v>
+      </c>
+      <c r="O35" t="s">
+        <v>20</v>
+      </c>
+      <c r="P35" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R35" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S35" t="s">
+        <v>3772</v>
+      </c>
+      <c r="T35" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B36" t="s">
+        <v>3581</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>3763</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>3773</v>
+      </c>
+      <c r="H36" t="s">
+        <v>3774</v>
+      </c>
+      <c r="I36" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J36" t="s">
+        <v>20</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1552</v>
+      </c>
+      <c r="L36" t="s">
+        <v>1553</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N36" t="s">
+        <v>3775</v>
+      </c>
+      <c r="O36" t="s">
+        <v>20</v>
+      </c>
+      <c r="P36" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R36" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S36" t="s">
+        <v>3776</v>
+      </c>
+      <c r="T36" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B37" t="s">
+        <v>3777</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>3778</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>3779</v>
+      </c>
+      <c r="H37" t="s">
+        <v>3780</v>
+      </c>
+      <c r="I37" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J37" t="s">
+        <v>3781</v>
+      </c>
+      <c r="K37" t="s">
+        <v>2171</v>
+      </c>
+      <c r="L37" t="s">
+        <v>892</v>
+      </c>
+      <c r="M37" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N37" t="s">
+        <v>3782</v>
+      </c>
+      <c r="O37" t="s">
+        <v>20</v>
+      </c>
+      <c r="P37" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R37" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S37" t="s">
+        <v>3783</v>
+      </c>
+      <c r="T37" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B38" t="s">
+        <v>3784</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>3778</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>3785</v>
+      </c>
+      <c r="H38" t="s">
+        <v>3786</v>
+      </c>
+      <c r="I38" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J38" t="s">
+        <v>20</v>
+      </c>
+      <c r="K38" t="s">
+        <v>2508</v>
+      </c>
+      <c r="L38" t="s">
+        <v>2509</v>
+      </c>
+      <c r="M38" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N38" t="s">
+        <v>3787</v>
+      </c>
+      <c r="O38" t="s">
+        <v>20</v>
+      </c>
+      <c r="P38" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R38" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S38" t="s">
+        <v>3788</v>
+      </c>
+      <c r="T38" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B39" t="s">
+        <v>3789</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>3790</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>3791</v>
+      </c>
+      <c r="H39" t="s">
+        <v>3792</v>
+      </c>
+      <c r="I39" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J39" t="s">
+        <v>3793</v>
+      </c>
+      <c r="K39" t="s">
+        <v>3794</v>
+      </c>
+      <c r="L39" t="s">
+        <v>3795</v>
+      </c>
+      <c r="M39" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N39" t="s">
+        <v>3796</v>
+      </c>
+      <c r="O39" t="s">
+        <v>20</v>
+      </c>
+      <c r="P39" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R39" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S39" t="s">
+        <v>3797</v>
+      </c>
+      <c r="T39" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B40" t="s">
+        <v>3798</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>3790</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>3799</v>
+      </c>
+      <c r="H40" t="s">
+        <v>3800</v>
+      </c>
+      <c r="I40" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J40" t="s">
+        <v>20</v>
+      </c>
+      <c r="K40" t="s">
+        <v>2777</v>
+      </c>
+      <c r="L40" t="s">
+        <v>2332</v>
+      </c>
+      <c r="M40" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N40" t="s">
+        <v>3801</v>
+      </c>
+      <c r="O40" t="s">
+        <v>20</v>
+      </c>
+      <c r="P40" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R40" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S40" t="s">
+        <v>3802</v>
+      </c>
+      <c r="T40" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B41" t="s">
+        <v>3803</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>3804</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>3805</v>
+      </c>
+      <c r="H41" t="s">
+        <v>3806</v>
+      </c>
+      <c r="I41" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J41" t="s">
+        <v>3325</v>
+      </c>
+      <c r="K41" t="s">
+        <v>3326</v>
+      </c>
+      <c r="L41" t="s">
+        <v>3327</v>
+      </c>
+      <c r="M41" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N41" t="s">
+        <v>3807</v>
+      </c>
+      <c r="O41" t="s">
+        <v>20</v>
+      </c>
+      <c r="P41" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R41" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S41" t="s">
+        <v>3808</v>
+      </c>
+      <c r="T41" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B42" t="s">
+        <v>3809</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>3810</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>3811</v>
+      </c>
+      <c r="H42" t="s">
+        <v>3812</v>
+      </c>
+      <c r="I42" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J42" t="s">
+        <v>3813</v>
+      </c>
+      <c r="K42" t="s">
+        <v>3814</v>
+      </c>
+      <c r="L42" t="s">
+        <v>30</v>
+      </c>
+      <c r="M42" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N42" t="s">
+        <v>3815</v>
+      </c>
+      <c r="O42" t="s">
+        <v>20</v>
+      </c>
+      <c r="P42" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R42" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S42" t="s">
+        <v>3817</v>
+      </c>
+      <c r="T42" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B43" t="s">
+        <v>3818</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>3819</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>3820</v>
+      </c>
+      <c r="H43" t="s">
+        <v>3821</v>
+      </c>
+      <c r="I43" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J43" t="s">
+        <v>20</v>
+      </c>
+      <c r="K43" t="s">
+        <v>3822</v>
+      </c>
+      <c r="L43" t="s">
+        <v>3823</v>
+      </c>
+      <c r="M43" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N43" t="s">
+        <v>3824</v>
+      </c>
+      <c r="O43" t="s">
+        <v>20</v>
+      </c>
+      <c r="P43" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R43" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S43" t="s">
+        <v>3825</v>
+      </c>
+      <c r="T43" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B44" t="s">
+        <v>3826</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>3819</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>3827</v>
+      </c>
+      <c r="H44" t="s">
+        <v>3828</v>
+      </c>
+      <c r="I44" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J44" t="s">
+        <v>20</v>
+      </c>
+      <c r="K44" t="s">
+        <v>3822</v>
+      </c>
+      <c r="L44" t="s">
+        <v>3823</v>
+      </c>
+      <c r="M44" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N44" t="s">
+        <v>3829</v>
+      </c>
+      <c r="O44" t="s">
+        <v>20</v>
+      </c>
+      <c r="P44" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R44" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S44" t="s">
+        <v>3830</v>
+      </c>
+      <c r="T44" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B45" t="s">
+        <v>362</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>3831</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>3832</v>
+      </c>
+      <c r="H45" t="s">
+        <v>3833</v>
+      </c>
+      <c r="I45" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J45" t="s">
+        <v>3834</v>
+      </c>
+      <c r="K45" t="s">
+        <v>1663</v>
+      </c>
+      <c r="L45" t="s">
+        <v>364</v>
+      </c>
+      <c r="M45" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N45" t="s">
+        <v>3835</v>
+      </c>
+      <c r="O45" t="s">
+        <v>20</v>
+      </c>
+      <c r="P45" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>3836</v>
+      </c>
+      <c r="R45" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S45" t="s">
+        <v>365</v>
+      </c>
+      <c r="T45" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B46" t="s">
+        <v>3837</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>3838</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>3839</v>
+      </c>
+      <c r="H46" t="s">
+        <v>3840</v>
+      </c>
+      <c r="I46" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J46" t="s">
+        <v>3793</v>
+      </c>
+      <c r="K46" t="s">
+        <v>3794</v>
+      </c>
+      <c r="L46" t="s">
+        <v>3795</v>
+      </c>
+      <c r="M46" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N46" t="s">
+        <v>3841</v>
+      </c>
+      <c r="O46" t="s">
+        <v>20</v>
+      </c>
+      <c r="P46" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R46" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S46" t="s">
+        <v>3842</v>
+      </c>
+      <c r="T46" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B47" t="s">
+        <v>3843</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>3844</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>3845</v>
+      </c>
+      <c r="H47" t="s">
+        <v>3846</v>
+      </c>
+      <c r="I47" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J47" t="s">
+        <v>20</v>
+      </c>
+      <c r="K47" t="s">
+        <v>3847</v>
+      </c>
+      <c r="L47" t="s">
+        <v>2293</v>
+      </c>
+      <c r="M47" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N47" t="s">
+        <v>3848</v>
+      </c>
+      <c r="O47" t="s">
+        <v>20</v>
+      </c>
+      <c r="P47" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>3836</v>
+      </c>
+      <c r="R47" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S47" t="s">
+        <v>3849</v>
+      </c>
+      <c r="T47" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B48" t="s">
+        <v>3850</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>3851</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>3852</v>
+      </c>
+      <c r="H48" t="s">
+        <v>3853</v>
+      </c>
+      <c r="I48" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J48" t="s">
+        <v>3854</v>
+      </c>
+      <c r="K48" t="s">
+        <v>2292</v>
+      </c>
+      <c r="L48" t="s">
+        <v>2293</v>
+      </c>
+      <c r="M48" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N48" t="s">
+        <v>3855</v>
+      </c>
+      <c r="O48" t="s">
+        <v>20</v>
+      </c>
+      <c r="P48" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>3856</v>
+      </c>
+      <c r="R48" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S48" t="s">
+        <v>3857</v>
+      </c>
+      <c r="T48" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B49" t="s">
+        <v>3858</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>3859</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>3860</v>
+      </c>
+      <c r="H49" t="s">
+        <v>3861</v>
+      </c>
+      <c r="I49" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J49" t="s">
+        <v>20</v>
+      </c>
+      <c r="K49" t="s">
+        <v>2647</v>
+      </c>
+      <c r="L49" t="s">
+        <v>2648</v>
+      </c>
+      <c r="M49" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N49" t="s">
+        <v>3862</v>
+      </c>
+      <c r="O49" t="s">
+        <v>20</v>
+      </c>
+      <c r="P49" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R49" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S49" t="s">
+        <v>3863</v>
+      </c>
+      <c r="T49" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B50" t="s">
+        <v>3864</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>3859</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>3865</v>
+      </c>
+      <c r="H50" t="s">
+        <v>3866</v>
+      </c>
+      <c r="I50" t="s">
+        <v>3695</v>
+      </c>
+      <c r="J50" t="s">
+        <v>3867</v>
+      </c>
+      <c r="K50" t="s">
+        <v>3868</v>
+      </c>
+      <c r="L50" t="s">
+        <v>539</v>
+      </c>
+      <c r="M50" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N50" t="s">
+        <v>3869</v>
+      </c>
+      <c r="O50" t="s">
+        <v>20</v>
+      </c>
+      <c r="P50" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R50" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S50" t="s">
+        <v>3870</v>
+      </c>
+      <c r="T50" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B51" t="s">
+        <v>3871</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>3859</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>3872</v>
+      </c>
+      <c r="H51" t="s">
+        <v>3873</v>
+      </c>
+      <c r="I51" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J51" t="s">
+        <v>2653</v>
+      </c>
+      <c r="K51" t="s">
+        <v>2654</v>
+      </c>
+      <c r="L51" t="s">
+        <v>2655</v>
+      </c>
+      <c r="M51" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N51" t="s">
+        <v>3874</v>
+      </c>
+      <c r="O51" t="s">
+        <v>20</v>
+      </c>
+      <c r="P51" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R51" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S51" t="s">
+        <v>3875</v>
+      </c>
+      <c r="T51" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B52" t="s">
+        <v>3876</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>3877</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>3878</v>
+      </c>
+      <c r="H52" t="s">
+        <v>3879</v>
+      </c>
+      <c r="I52" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J52" t="s">
+        <v>20</v>
+      </c>
+      <c r="K52" t="s">
+        <v>3572</v>
+      </c>
+      <c r="L52" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M52" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N52" t="s">
+        <v>3880</v>
+      </c>
+      <c r="O52" t="s">
+        <v>20</v>
+      </c>
+      <c r="P52" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R52" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S52" t="s">
+        <v>3881</v>
+      </c>
+      <c r="T52" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B53" t="s">
+        <v>3882</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>3859</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>3883</v>
+      </c>
+      <c r="H53" t="s">
+        <v>3884</v>
+      </c>
+      <c r="I53" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J53" t="s">
+        <v>2653</v>
+      </c>
+      <c r="K53" t="s">
+        <v>2654</v>
+      </c>
+      <c r="L53" t="s">
+        <v>2655</v>
+      </c>
+      <c r="M53" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N53" t="s">
+        <v>3885</v>
+      </c>
+      <c r="O53" t="s">
+        <v>20</v>
+      </c>
+      <c r="P53" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R53" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S53" t="s">
+        <v>3886</v>
+      </c>
+      <c r="T53" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B54" t="s">
+        <v>3887</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>3859</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>3888</v>
+      </c>
+      <c r="H54" t="s">
+        <v>3889</v>
+      </c>
+      <c r="I54" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J54" t="s">
+        <v>3867</v>
+      </c>
+      <c r="K54" t="s">
+        <v>3890</v>
+      </c>
+      <c r="L54" t="s">
+        <v>539</v>
+      </c>
+      <c r="M54" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N54" t="s">
+        <v>3885</v>
+      </c>
+      <c r="O54" t="s">
+        <v>20</v>
+      </c>
+      <c r="P54" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R54" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S54" t="s">
+        <v>3891</v>
+      </c>
+      <c r="T54" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B55" t="s">
+        <v>3892</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>3851</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>3893</v>
+      </c>
+      <c r="H55" t="s">
+        <v>3894</v>
+      </c>
+      <c r="I55" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J55" t="s">
+        <v>20</v>
+      </c>
+      <c r="K55" t="s">
+        <v>2292</v>
+      </c>
+      <c r="L55" t="s">
+        <v>2293</v>
+      </c>
+      <c r="M55" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N55" t="s">
+        <v>3895</v>
+      </c>
+      <c r="O55" t="s">
+        <v>20</v>
+      </c>
+      <c r="P55" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R55" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S55" t="s">
+        <v>3896</v>
+      </c>
+      <c r="T55" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B56" t="s">
+        <v>3897</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>3898</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>3899</v>
+      </c>
+      <c r="H56" t="s">
+        <v>3900</v>
+      </c>
+      <c r="I56" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J56" t="s">
+        <v>3901</v>
+      </c>
+      <c r="K56" t="s">
+        <v>3902</v>
+      </c>
+      <c r="L56" t="s">
+        <v>261</v>
+      </c>
+      <c r="M56" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N56" t="s">
+        <v>3903</v>
+      </c>
+      <c r="O56" t="s">
+        <v>20</v>
+      </c>
+      <c r="P56" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R56" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S56" t="s">
+        <v>262</v>
+      </c>
+      <c r="T56" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B57" t="s">
+        <v>3904</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>3905</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>3906</v>
+      </c>
+      <c r="H57" t="s">
+        <v>3907</v>
+      </c>
+      <c r="I57" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J57" t="s">
+        <v>20</v>
+      </c>
+      <c r="K57" t="s">
+        <v>3107</v>
+      </c>
+      <c r="L57" t="s">
+        <v>3108</v>
+      </c>
+      <c r="M57" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N57" t="s">
+        <v>3908</v>
+      </c>
+      <c r="O57" t="s">
+        <v>20</v>
+      </c>
+      <c r="P57" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R57" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S57" t="s">
+        <v>3909</v>
+      </c>
+      <c r="T57" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B58" t="s">
+        <v>163</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>3910</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>3911</v>
+      </c>
+      <c r="H58" t="s">
+        <v>3912</v>
+      </c>
+      <c r="I58" t="s">
+        <v>3695</v>
+      </c>
+      <c r="J58" t="s">
+        <v>3913</v>
+      </c>
+      <c r="K58" t="s">
+        <v>3914</v>
+      </c>
+      <c r="L58" t="s">
+        <v>165</v>
+      </c>
+      <c r="M58" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N58" t="s">
+        <v>3915</v>
+      </c>
+      <c r="O58" t="s">
+        <v>20</v>
+      </c>
+      <c r="P58" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>3916</v>
+      </c>
+      <c r="R58" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S58" t="s">
+        <v>166</v>
+      </c>
+      <c r="T58" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B59" t="s">
+        <v>3917</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>3918</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>3919</v>
+      </c>
+      <c r="H59" t="s">
+        <v>3920</v>
+      </c>
+      <c r="I59" t="s">
+        <v>3695</v>
+      </c>
+      <c r="J59" t="s">
+        <v>3921</v>
+      </c>
+      <c r="K59" t="s">
+        <v>3922</v>
+      </c>
+      <c r="L59" t="s">
+        <v>3923</v>
+      </c>
+      <c r="M59" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N59" t="s">
+        <v>3924</v>
+      </c>
+      <c r="O59" t="s">
+        <v>20</v>
+      </c>
+      <c r="P59" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R59" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S59" t="s">
+        <v>3925</v>
+      </c>
+      <c r="T59" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B60" t="s">
+        <v>3926</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>3898</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>3927</v>
+      </c>
+      <c r="H60" t="s">
+        <v>3928</v>
+      </c>
+      <c r="I60" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J60" t="s">
+        <v>3929</v>
+      </c>
+      <c r="K60" t="s">
+        <v>1697</v>
+      </c>
+      <c r="L60" t="s">
+        <v>261</v>
+      </c>
+      <c r="M60" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N60" t="s">
+        <v>3903</v>
+      </c>
+      <c r="O60" t="s">
+        <v>20</v>
+      </c>
+      <c r="P60" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R60" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S60" t="s">
+        <v>3930</v>
+      </c>
+      <c r="T60" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B61" t="s">
+        <v>3931</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>3932</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>3933</v>
+      </c>
+      <c r="H61" t="s">
+        <v>3934</v>
+      </c>
+      <c r="I61" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J61" t="s">
+        <v>20</v>
+      </c>
+      <c r="K61" t="s">
+        <v>3935</v>
+      </c>
+      <c r="L61" t="s">
+        <v>1577</v>
+      </c>
+      <c r="M61" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N61" t="s">
+        <v>3936</v>
+      </c>
+      <c r="O61" t="s">
+        <v>20</v>
+      </c>
+      <c r="P61" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>3937</v>
+      </c>
+      <c r="R61" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S61" t="s">
+        <v>3938</v>
+      </c>
+      <c r="T61" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B62" t="s">
+        <v>3939</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>3940</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>3941</v>
+      </c>
+      <c r="H62" t="s">
+        <v>3942</v>
+      </c>
+      <c r="I62" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J62" t="s">
+        <v>20</v>
+      </c>
+      <c r="K62" t="s">
+        <v>2063</v>
+      </c>
+      <c r="L62" t="s">
+        <v>2064</v>
+      </c>
+      <c r="M62" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N62" t="s">
+        <v>3943</v>
+      </c>
+      <c r="O62" t="s">
+        <v>20</v>
+      </c>
+      <c r="P62" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R62" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S62" t="s">
+        <v>3944</v>
+      </c>
+      <c r="T62" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B63" t="s">
+        <v>3945</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>3898</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>3946</v>
+      </c>
+      <c r="H63" t="s">
+        <v>3947</v>
+      </c>
+      <c r="I63" t="s">
+        <v>3695</v>
+      </c>
+      <c r="J63" t="s">
+        <v>3948</v>
+      </c>
+      <c r="K63" t="s">
+        <v>3753</v>
+      </c>
+      <c r="L63" t="s">
+        <v>224</v>
+      </c>
+      <c r="M63" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N63" t="s">
+        <v>3903</v>
+      </c>
+      <c r="O63" t="s">
+        <v>20</v>
+      </c>
+      <c r="P63" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>3949</v>
+      </c>
+      <c r="R63" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S63" t="s">
+        <v>225</v>
+      </c>
+      <c r="T63" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B64" t="s">
+        <v>3950</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>3910</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>3951</v>
+      </c>
+      <c r="H64" t="s">
+        <v>3952</v>
+      </c>
+      <c r="I64" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J64" t="s">
+        <v>3953</v>
+      </c>
+      <c r="K64" t="s">
+        <v>3249</v>
+      </c>
+      <c r="L64" t="s">
+        <v>165</v>
+      </c>
+      <c r="M64" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N64" t="s">
+        <v>3915</v>
+      </c>
+      <c r="O64" t="s">
+        <v>20</v>
+      </c>
+      <c r="P64" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R64" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S64" t="s">
+        <v>3954</v>
+      </c>
+      <c r="T64" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B65" t="s">
+        <v>3826</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>3932</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>3955</v>
+      </c>
+      <c r="H65" t="s">
+        <v>3956</v>
+      </c>
+      <c r="I65" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J65" t="s">
+        <v>20</v>
+      </c>
+      <c r="K65" t="s">
+        <v>1576</v>
+      </c>
+      <c r="L65" t="s">
+        <v>1577</v>
+      </c>
+      <c r="M65" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N65" t="s">
+        <v>3936</v>
+      </c>
+      <c r="O65" t="s">
+        <v>20</v>
+      </c>
+      <c r="P65" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R65" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S65" t="s">
+        <v>3957</v>
+      </c>
+      <c r="T65" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B66" t="s">
+        <v>3958</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>3959</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>3960</v>
+      </c>
+      <c r="H66" t="s">
+        <v>3961</v>
+      </c>
+      <c r="I66" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J66" t="s">
+        <v>20</v>
+      </c>
+      <c r="K66" t="s">
+        <v>3962</v>
+      </c>
+      <c r="L66" t="s">
+        <v>2082</v>
+      </c>
+      <c r="M66" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N66" t="s">
+        <v>3963</v>
+      </c>
+      <c r="O66" t="s">
+        <v>20</v>
+      </c>
+      <c r="P66" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>3964</v>
+      </c>
+      <c r="R66" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S66" t="s">
+        <v>3965</v>
+      </c>
+      <c r="T66" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B67" t="s">
+        <v>3966</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>3918</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>3967</v>
+      </c>
+      <c r="H67" t="s">
+        <v>3968</v>
+      </c>
+      <c r="I67" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J67" t="s">
+        <v>3969</v>
+      </c>
+      <c r="K67" t="s">
+        <v>3753</v>
+      </c>
+      <c r="L67" t="s">
+        <v>224</v>
+      </c>
+      <c r="M67" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N67" t="s">
+        <v>3970</v>
+      </c>
+      <c r="O67" t="s">
+        <v>20</v>
+      </c>
+      <c r="P67" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R67" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S67" t="s">
+        <v>3971</v>
+      </c>
+      <c r="T67" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B68" t="s">
+        <v>3972</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>3973</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>3974</v>
+      </c>
+      <c r="H68" t="s">
+        <v>3975</v>
+      </c>
+      <c r="I68" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J68" t="s">
+        <v>3976</v>
+      </c>
+      <c r="K68" t="s">
+        <v>1697</v>
+      </c>
+      <c r="L68" t="s">
+        <v>261</v>
+      </c>
+      <c r="M68" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N68" t="s">
+        <v>3977</v>
+      </c>
+      <c r="O68" t="s">
+        <v>20</v>
+      </c>
+      <c r="P68" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>3978</v>
+      </c>
+      <c r="R68" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S68" t="s">
+        <v>3979</v>
+      </c>
+      <c r="T68" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B69" t="s">
+        <v>3980</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>3981</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>3982</v>
+      </c>
+      <c r="H69" t="s">
+        <v>3983</v>
+      </c>
+      <c r="I69" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J69" t="s">
+        <v>3984</v>
+      </c>
+      <c r="K69" t="s">
+        <v>3985</v>
+      </c>
+      <c r="L69" t="s">
+        <v>3986</v>
+      </c>
+      <c r="M69" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N69" t="s">
+        <v>3987</v>
+      </c>
+      <c r="O69" t="s">
+        <v>20</v>
+      </c>
+      <c r="P69" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R69" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S69" t="s">
+        <v>3988</v>
+      </c>
+      <c r="T69" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B70" t="s">
+        <v>3989</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>3990</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>3991</v>
+      </c>
+      <c r="H70" t="s">
+        <v>3992</v>
+      </c>
+      <c r="I70" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J70" t="s">
+        <v>3993</v>
+      </c>
+      <c r="K70" t="s">
+        <v>1663</v>
+      </c>
+      <c r="L70" t="s">
+        <v>364</v>
+      </c>
+      <c r="M70" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N70" t="s">
+        <v>3994</v>
+      </c>
+      <c r="O70" t="s">
+        <v>20</v>
+      </c>
+      <c r="P70" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R70" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S70" t="s">
+        <v>3995</v>
+      </c>
+      <c r="T70" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B71" t="s">
+        <v>3996</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>3918</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>3997</v>
+      </c>
+      <c r="H71" t="s">
+        <v>3998</v>
+      </c>
+      <c r="I71" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J71" t="s">
+        <v>3921</v>
+      </c>
+      <c r="K71" t="s">
+        <v>3922</v>
+      </c>
+      <c r="L71" t="s">
+        <v>3923</v>
+      </c>
+      <c r="M71" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N71" t="s">
+        <v>3999</v>
+      </c>
+      <c r="O71" t="s">
+        <v>20</v>
+      </c>
+      <c r="P71" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R71" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S71" t="s">
+        <v>4000</v>
+      </c>
+      <c r="T71" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B72" t="s">
+        <v>4001</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>4002</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>4003</v>
+      </c>
+      <c r="H72" t="s">
+        <v>4004</v>
+      </c>
+      <c r="I72" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J72" t="s">
+        <v>20</v>
+      </c>
+      <c r="K72" t="s">
+        <v>4005</v>
+      </c>
+      <c r="L72" t="s">
+        <v>4006</v>
+      </c>
+      <c r="M72" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N72" t="s">
+        <v>4007</v>
+      </c>
+      <c r="O72" t="s">
+        <v>20</v>
+      </c>
+      <c r="P72" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R72" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S72" t="s">
+        <v>4008</v>
+      </c>
+      <c r="T72" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B73" t="s">
+        <v>4009</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>4002</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>4010</v>
+      </c>
+      <c r="H73" t="s">
+        <v>4011</v>
+      </c>
+      <c r="I73" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J73" t="s">
+        <v>4012</v>
+      </c>
+      <c r="K73" t="s">
+        <v>4013</v>
+      </c>
+      <c r="L73" t="s">
+        <v>892</v>
+      </c>
+      <c r="M73" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N73" t="s">
+        <v>4014</v>
+      </c>
+      <c r="O73" t="s">
+        <v>20</v>
+      </c>
+      <c r="P73" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>4015</v>
+      </c>
+      <c r="R73" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S73" t="s">
+        <v>893</v>
+      </c>
+      <c r="T73" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B74" t="s">
+        <v>3850</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>4016</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>4017</v>
+      </c>
+      <c r="H74" t="s">
+        <v>4018</v>
+      </c>
+      <c r="I74" t="s">
+        <v>3695</v>
+      </c>
+      <c r="J74" t="s">
+        <v>4019</v>
+      </c>
+      <c r="K74" t="s">
+        <v>4020</v>
+      </c>
+      <c r="L74" t="s">
+        <v>892</v>
+      </c>
+      <c r="M74" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N74" t="s">
+        <v>4021</v>
+      </c>
+      <c r="O74" t="s">
+        <v>20</v>
+      </c>
+      <c r="P74" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>4022</v>
+      </c>
+      <c r="R74" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S74" t="s">
+        <v>4023</v>
+      </c>
+      <c r="T74" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B75" t="s">
+        <v>4024</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>4025</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>4026</v>
+      </c>
+      <c r="H75" t="s">
+        <v>4027</v>
+      </c>
+      <c r="I75" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J75" t="s">
+        <v>4028</v>
+      </c>
+      <c r="K75" t="s">
+        <v>4029</v>
+      </c>
+      <c r="L75" t="s">
+        <v>4030</v>
+      </c>
+      <c r="M75" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N75" t="s">
+        <v>4031</v>
+      </c>
+      <c r="O75" t="s">
+        <v>20</v>
+      </c>
+      <c r="P75" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R75" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S75" t="s">
+        <v>4032</v>
+      </c>
+      <c r="T75" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B76" t="s">
+        <v>4033</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>4034</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>4035</v>
+      </c>
+      <c r="H76" t="s">
+        <v>4036</v>
+      </c>
+      <c r="I76" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J76" t="s">
+        <v>20</v>
+      </c>
+      <c r="K76" t="s">
+        <v>4037</v>
+      </c>
+      <c r="L76" t="s">
+        <v>4038</v>
+      </c>
+      <c r="M76" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N76" t="s">
+        <v>4039</v>
+      </c>
+      <c r="O76" t="s">
+        <v>20</v>
+      </c>
+      <c r="P76" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R76" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S76" t="s">
+        <v>4040</v>
+      </c>
+      <c r="T76" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B77" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>4042</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>4043</v>
+      </c>
+      <c r="H77" t="s">
+        <v>4044</v>
+      </c>
+      <c r="I77" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J77" t="s">
+        <v>4045</v>
+      </c>
+      <c r="K77" t="s">
+        <v>4046</v>
+      </c>
+      <c r="L77" t="s">
+        <v>4047</v>
+      </c>
+      <c r="M77" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N77" t="s">
+        <v>4048</v>
+      </c>
+      <c r="O77" t="s">
+        <v>20</v>
+      </c>
+      <c r="P77" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R77" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S77" t="s">
+        <v>4049</v>
+      </c>
+      <c r="T77" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B78" t="s">
+        <v>4050</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>4042</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>4051</v>
+      </c>
+      <c r="H78" t="s">
+        <v>4052</v>
+      </c>
+      <c r="I78" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J78" t="s">
+        <v>3299</v>
+      </c>
+      <c r="K78" t="s">
+        <v>2339</v>
+      </c>
+      <c r="L78" t="s">
+        <v>2340</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N78" t="s">
+        <v>4053</v>
+      </c>
+      <c r="O78" t="s">
+        <v>20</v>
+      </c>
+      <c r="P78" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R78" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S78" t="s">
+        <v>4054</v>
+      </c>
+      <c r="T78" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B79" t="s">
+        <v>4055</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>4025</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>4056</v>
+      </c>
+      <c r="H79" t="s">
+        <v>4057</v>
+      </c>
+      <c r="I79" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J79" t="s">
+        <v>4058</v>
+      </c>
+      <c r="K79" t="s">
+        <v>4059</v>
+      </c>
+      <c r="L79" t="s">
+        <v>4060</v>
+      </c>
+      <c r="M79" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N79" t="s">
+        <v>4061</v>
+      </c>
+      <c r="O79" t="s">
+        <v>20</v>
+      </c>
+      <c r="P79" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R79" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S79" t="s">
+        <v>4062</v>
+      </c>
+      <c r="T79" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B80" t="s">
+        <v>4063</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>4016</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>4064</v>
+      </c>
+      <c r="H80" t="s">
+        <v>4065</v>
+      </c>
+      <c r="I80" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J80" t="s">
+        <v>3093</v>
+      </c>
+      <c r="K80" t="s">
+        <v>1780</v>
+      </c>
+      <c r="L80" t="s">
+        <v>1781</v>
+      </c>
+      <c r="M80" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N80" t="s">
+        <v>4066</v>
+      </c>
+      <c r="O80" t="s">
+        <v>20</v>
+      </c>
+      <c r="P80" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>3937</v>
+      </c>
+      <c r="R80" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S80" t="s">
+        <v>4067</v>
+      </c>
+      <c r="T80" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B81" t="s">
+        <v>3850</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>4068</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>4069</v>
+      </c>
+      <c r="H81" t="s">
+        <v>4070</v>
+      </c>
+      <c r="I81" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J81" t="s">
+        <v>4071</v>
+      </c>
+      <c r="K81" t="s">
+        <v>4072</v>
+      </c>
+      <c r="L81" t="s">
+        <v>4073</v>
+      </c>
+      <c r="M81" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N81" t="s">
+        <v>4074</v>
+      </c>
+      <c r="O81" t="s">
+        <v>20</v>
+      </c>
+      <c r="P81" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>3641</v>
+      </c>
+      <c r="R81" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S81" t="s">
+        <v>4075</v>
+      </c>
+      <c r="T81" t="s">
+        <v>3643</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B82" t="s">
+        <v>3826</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>4042</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>4076</v>
+      </c>
+      <c r="H82" t="s">
+        <v>4077</v>
+      </c>
+      <c r="I82" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J82" t="s">
+        <v>4078</v>
+      </c>
+      <c r="K82" t="s">
+        <v>4046</v>
+      </c>
+      <c r="L82" t="s">
+        <v>4047</v>
+      </c>
+      <c r="M82" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N82" t="s">
+        <v>4048</v>
+      </c>
+      <c r="O82" t="s">
+        <v>20</v>
+      </c>
+      <c r="P82" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R82" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S82" t="s">
+        <v>4079</v>
+      </c>
+      <c r="T82" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B83" t="s">
+        <v>4080</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>4016</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>4081</v>
+      </c>
+      <c r="H83" t="s">
+        <v>4082</v>
+      </c>
+      <c r="I83" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J83" t="s">
+        <v>3093</v>
+      </c>
+      <c r="K83" t="s">
+        <v>1780</v>
+      </c>
+      <c r="L83" t="s">
+        <v>1781</v>
+      </c>
+      <c r="M83" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N83" t="s">
+        <v>4083</v>
+      </c>
+      <c r="O83" t="s">
+        <v>20</v>
+      </c>
+      <c r="P83" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R83" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S83" t="s">
+        <v>4084</v>
+      </c>
+      <c r="T83" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B84" t="s">
+        <v>4085</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>4086</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>4087</v>
+      </c>
+      <c r="H84" t="s">
+        <v>4088</v>
+      </c>
+      <c r="I84" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J84" t="s">
+        <v>4089</v>
+      </c>
+      <c r="K84" t="s">
+        <v>4090</v>
+      </c>
+      <c r="L84" t="s">
+        <v>4091</v>
+      </c>
+      <c r="M84" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N84" t="s">
+        <v>4092</v>
+      </c>
+      <c r="O84" t="s">
+        <v>20</v>
+      </c>
+      <c r="P84" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>3641</v>
+      </c>
+      <c r="R84" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S84" t="s">
+        <v>4093</v>
+      </c>
+      <c r="T84" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B85" t="s">
+        <v>4094</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>4016</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>4095</v>
+      </c>
+      <c r="H85" t="s">
+        <v>4096</v>
+      </c>
+      <c r="I85" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J85" t="s">
+        <v>20</v>
+      </c>
+      <c r="K85" t="s">
+        <v>4097</v>
+      </c>
+      <c r="L85" t="s">
+        <v>4098</v>
+      </c>
+      <c r="M85" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N85" t="s">
+        <v>4099</v>
+      </c>
+      <c r="O85" t="s">
+        <v>20</v>
+      </c>
+      <c r="P85" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R85" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S85" t="s">
+        <v>4100</v>
+      </c>
+      <c r="T85" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B86" t="s">
+        <v>212</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>4101</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>4102</v>
+      </c>
+      <c r="H86" t="s">
+        <v>4103</v>
+      </c>
+      <c r="I86" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J86" t="s">
+        <v>20</v>
+      </c>
+      <c r="K86" t="s">
+        <v>2007</v>
+      </c>
+      <c r="L86" t="s">
+        <v>214</v>
+      </c>
+      <c r="M86" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N86" t="s">
+        <v>4104</v>
+      </c>
+      <c r="O86" t="s">
+        <v>20</v>
+      </c>
+      <c r="P86" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>4105</v>
+      </c>
+      <c r="R86" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S86" t="s">
+        <v>215</v>
+      </c>
+      <c r="T86" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B87" t="s">
+        <v>4106</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>4025</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>4107</v>
+      </c>
+      <c r="H87" t="s">
+        <v>4108</v>
+      </c>
+      <c r="I87" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J87" t="s">
+        <v>20</v>
+      </c>
+      <c r="K87" t="s">
+        <v>4013</v>
+      </c>
+      <c r="L87" t="s">
+        <v>892</v>
+      </c>
+      <c r="M87" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N87" t="s">
+        <v>4109</v>
+      </c>
+      <c r="O87" t="s">
+        <v>20</v>
+      </c>
+      <c r="P87" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R87" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S87" t="s">
+        <v>4110</v>
+      </c>
+      <c r="T87" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B88" t="s">
+        <v>352</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>4111</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
+        <v>4112</v>
+      </c>
+      <c r="H88" t="s">
+        <v>4113</v>
+      </c>
+      <c r="I88" t="s">
+        <v>3695</v>
+      </c>
+      <c r="J88" t="s">
+        <v>4114</v>
+      </c>
+      <c r="K88" t="s">
+        <v>2628</v>
+      </c>
+      <c r="L88" t="s">
+        <v>354</v>
+      </c>
+      <c r="M88" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N88" t="s">
+        <v>4115</v>
+      </c>
+      <c r="O88" t="s">
+        <v>20</v>
+      </c>
+      <c r="P88" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q88" t="s">
+        <v>4116</v>
+      </c>
+      <c r="R88" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S88" t="s">
+        <v>355</v>
+      </c>
+      <c r="T88" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B89" t="s">
+        <v>4117</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>4118</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>4119</v>
+      </c>
+      <c r="H89" t="s">
+        <v>4120</v>
+      </c>
+      <c r="I89" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J89" t="s">
+        <v>4121</v>
+      </c>
+      <c r="K89" t="s">
+        <v>4122</v>
+      </c>
+      <c r="L89" t="s">
+        <v>2051</v>
+      </c>
+      <c r="M89" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N89" t="s">
+        <v>4123</v>
+      </c>
+      <c r="O89" t="s">
+        <v>20</v>
+      </c>
+      <c r="P89" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R89" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S89" t="s">
+        <v>4124</v>
+      </c>
+      <c r="T89" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B90" t="s">
+        <v>4125</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>4126</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
+        <v>4127</v>
+      </c>
+      <c r="H90" t="s">
+        <v>4128</v>
+      </c>
+      <c r="I90" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J90" t="s">
+        <v>4129</v>
+      </c>
+      <c r="K90" t="s">
+        <v>1884</v>
+      </c>
+      <c r="L90" t="s">
+        <v>1885</v>
+      </c>
+      <c r="M90" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N90" t="s">
+        <v>4130</v>
+      </c>
+      <c r="O90" t="s">
+        <v>20</v>
+      </c>
+      <c r="P90" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R90" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S90" t="s">
+        <v>4131</v>
+      </c>
+      <c r="T90" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B91" t="s">
+        <v>4132</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>4133</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>4134</v>
+      </c>
+      <c r="H91" t="s">
+        <v>4135</v>
+      </c>
+      <c r="I91" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J91" t="s">
+        <v>4136</v>
+      </c>
+      <c r="K91" t="s">
+        <v>3472</v>
+      </c>
+      <c r="L91" t="s">
+        <v>3473</v>
+      </c>
+      <c r="M91" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N91" t="s">
+        <v>4137</v>
+      </c>
+      <c r="O91" t="s">
+        <v>20</v>
+      </c>
+      <c r="P91" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R91" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S91" t="s">
+        <v>4138</v>
+      </c>
+      <c r="T91" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B92" t="s">
+        <v>4139</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>4140</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>4141</v>
+      </c>
+      <c r="H92" t="s">
+        <v>4142</v>
+      </c>
+      <c r="I92" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J92" t="s">
+        <v>20</v>
+      </c>
+      <c r="K92" t="s">
+        <v>4143</v>
+      </c>
+      <c r="L92" t="s">
+        <v>4144</v>
+      </c>
+      <c r="M92" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N92" t="s">
+        <v>4145</v>
+      </c>
+      <c r="O92" t="s">
+        <v>20</v>
+      </c>
+      <c r="P92" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R92" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S92" t="s">
+        <v>4146</v>
+      </c>
+      <c r="T92" t="s">
+        <v>3724</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B93" t="s">
+        <v>4147</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>4148</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>4149</v>
+      </c>
+      <c r="H93" t="s">
+        <v>4150</v>
+      </c>
+      <c r="I93" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J93" t="s">
+        <v>4151</v>
+      </c>
+      <c r="K93" t="s">
+        <v>2864</v>
+      </c>
+      <c r="L93" t="s">
+        <v>2865</v>
+      </c>
+      <c r="M93" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N93" t="s">
+        <v>4152</v>
+      </c>
+      <c r="O93" t="s">
+        <v>20</v>
+      </c>
+      <c r="P93" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R93" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S93" t="s">
+        <v>4153</v>
+      </c>
+      <c r="T93" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B94" t="s">
+        <v>4154</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
+        <v>4155</v>
+      </c>
+      <c r="F94" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" t="s">
+        <v>4156</v>
+      </c>
+      <c r="H94" t="s">
+        <v>4157</v>
+      </c>
+      <c r="I94" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J94" t="s">
+        <v>4158</v>
+      </c>
+      <c r="K94" t="s">
+        <v>1884</v>
+      </c>
+      <c r="L94" t="s">
+        <v>1885</v>
+      </c>
+      <c r="M94" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N94" t="s">
+        <v>4159</v>
+      </c>
+      <c r="O94" t="s">
+        <v>20</v>
+      </c>
+      <c r="P94" t="s">
+        <v>4160</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R94" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S94" t="s">
+        <v>4161</v>
+      </c>
+      <c r="T94" t="s">
+        <v>4162</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B95" t="s">
+        <v>4163</v>
+      </c>
+      <c r="C95" t="s">
+        <v>20</v>
+      </c>
+      <c r="D95" t="s">
+        <v>20</v>
+      </c>
+      <c r="E95" t="s">
+        <v>4155</v>
+      </c>
+      <c r="F95" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" t="s">
+        <v>4164</v>
+      </c>
+      <c r="H95" t="s">
+        <v>4165</v>
+      </c>
+      <c r="I95" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J95" t="s">
+        <v>1756</v>
+      </c>
+      <c r="K95" t="s">
+        <v>1757</v>
+      </c>
+      <c r="L95" t="s">
+        <v>92</v>
+      </c>
+      <c r="M95" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N95" t="s">
+        <v>4166</v>
+      </c>
+      <c r="O95" t="s">
+        <v>20</v>
+      </c>
+      <c r="P95" t="s">
+        <v>4160</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>4167</v>
+      </c>
+      <c r="R95" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S95" t="s">
+        <v>4168</v>
+      </c>
+      <c r="T95" t="s">
+        <v>4162</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B96" t="s">
+        <v>4169</v>
+      </c>
+      <c r="C96" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" t="s">
+        <v>20</v>
+      </c>
+      <c r="E96" t="s">
+        <v>4155</v>
+      </c>
+      <c r="F96" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" t="s">
+        <v>4170</v>
+      </c>
+      <c r="H96" t="s">
+        <v>4171</v>
+      </c>
+      <c r="I96" t="s">
+        <v>3695</v>
+      </c>
+      <c r="J96" t="s">
+        <v>3625</v>
+      </c>
+      <c r="K96" t="s">
+        <v>1757</v>
+      </c>
+      <c r="L96" t="s">
+        <v>92</v>
+      </c>
+      <c r="M96" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N96" t="s">
+        <v>4159</v>
+      </c>
+      <c r="O96" t="s">
+        <v>20</v>
+      </c>
+      <c r="P96" t="s">
+        <v>4160</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>4172</v>
+      </c>
+      <c r="R96" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S96" t="s">
+        <v>93</v>
+      </c>
+      <c r="T96" t="s">
+        <v>4162</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B97" t="s">
+        <v>4173</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>4174</v>
+      </c>
+      <c r="F97" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" t="s">
+        <v>4175</v>
+      </c>
+      <c r="H97" t="s">
+        <v>4176</v>
+      </c>
+      <c r="I97" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J97" t="s">
+        <v>4177</v>
+      </c>
+      <c r="K97" t="s">
+        <v>2935</v>
+      </c>
+      <c r="L97" t="s">
+        <v>2936</v>
+      </c>
+      <c r="M97" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N97" t="s">
+        <v>4178</v>
+      </c>
+      <c r="O97" t="s">
+        <v>20</v>
+      </c>
+      <c r="P97" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>4179</v>
+      </c>
+      <c r="R97" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S97" t="s">
+        <v>4180</v>
+      </c>
+      <c r="T97" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B98" t="s">
+        <v>4181</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" t="s">
+        <v>4182</v>
+      </c>
+      <c r="F98" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" t="s">
+        <v>4183</v>
+      </c>
+      <c r="H98" t="s">
+        <v>4184</v>
+      </c>
+      <c r="I98" t="s">
+        <v>3695</v>
+      </c>
+      <c r="J98" t="s">
+        <v>4185</v>
+      </c>
+      <c r="K98" t="s">
+        <v>2007</v>
+      </c>
+      <c r="L98" t="s">
+        <v>214</v>
+      </c>
+      <c r="M98" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N98" t="s">
+        <v>4186</v>
+      </c>
+      <c r="O98" t="s">
+        <v>20</v>
+      </c>
+      <c r="P98" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>4187</v>
+      </c>
+      <c r="R98" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S98" t="s">
+        <v>4188</v>
+      </c>
+      <c r="T98" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B99" t="s">
+        <v>4173</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
+        <v>4174</v>
+      </c>
+      <c r="F99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
+        <v>4189</v>
+      </c>
+      <c r="H99" t="s">
+        <v>4190</v>
+      </c>
+      <c r="I99" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J99" t="s">
+        <v>20</v>
+      </c>
+      <c r="K99" t="s">
+        <v>3631</v>
+      </c>
+      <c r="L99" t="s">
+        <v>3434</v>
+      </c>
+      <c r="M99" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N99" t="s">
+        <v>4178</v>
+      </c>
+      <c r="O99" t="s">
+        <v>20</v>
+      </c>
+      <c r="P99" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>3937</v>
+      </c>
+      <c r="R99" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S99" t="s">
+        <v>4191</v>
+      </c>
+      <c r="T99" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B100" t="s">
+        <v>4192</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
+        <v>3844</v>
+      </c>
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
+        <v>4193</v>
+      </c>
+      <c r="H100" t="s">
+        <v>4194</v>
+      </c>
+      <c r="I100" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J100" t="s">
+        <v>4195</v>
+      </c>
+      <c r="K100" t="s">
+        <v>1764</v>
+      </c>
+      <c r="L100" t="s">
+        <v>1765</v>
+      </c>
+      <c r="M100" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N100" t="s">
+        <v>4196</v>
+      </c>
+      <c r="O100" t="s">
+        <v>20</v>
+      </c>
+      <c r="P100" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>3978</v>
+      </c>
+      <c r="R100" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S100" t="s">
+        <v>4197</v>
+      </c>
+      <c r="T100" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B101" t="s">
+        <v>4198</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" t="s">
+        <v>4199</v>
+      </c>
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
+        <v>4200</v>
+      </c>
+      <c r="H101" t="s">
+        <v>4201</v>
+      </c>
+      <c r="I101" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J101" t="s">
+        <v>1977</v>
+      </c>
+      <c r="K101" t="s">
+        <v>1978</v>
+      </c>
+      <c r="L101" t="s">
+        <v>1979</v>
+      </c>
+      <c r="M101" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N101" t="s">
+        <v>4202</v>
+      </c>
+      <c r="O101" t="s">
+        <v>20</v>
+      </c>
+      <c r="P101" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>3641</v>
+      </c>
+      <c r="R101" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S101" t="s">
+        <v>4203</v>
+      </c>
+      <c r="T101" t="s">
+        <v>4162</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B102" t="s">
+        <v>4204</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>4205</v>
+      </c>
+      <c r="F102" t="s">
+        <v>20</v>
+      </c>
+      <c r="G102" t="s">
+        <v>4206</v>
+      </c>
+      <c r="H102" t="s">
+        <v>4207</v>
+      </c>
+      <c r="I102" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J102" t="s">
+        <v>20</v>
+      </c>
+      <c r="K102" t="s">
+        <v>2462</v>
+      </c>
+      <c r="L102" t="s">
+        <v>2463</v>
+      </c>
+      <c r="M102" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N102" t="s">
+        <v>4208</v>
+      </c>
+      <c r="O102" t="s">
+        <v>20</v>
+      </c>
+      <c r="P102" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R102" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S102" t="s">
+        <v>4209</v>
+      </c>
+      <c r="T102" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B103" t="s">
+        <v>4210</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103" t="s">
+        <v>4211</v>
+      </c>
+      <c r="F103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" t="s">
+        <v>4212</v>
+      </c>
+      <c r="H103" t="s">
+        <v>4213</v>
+      </c>
+      <c r="I103" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J103" t="s">
+        <v>4214</v>
+      </c>
+      <c r="K103" t="s">
+        <v>2351</v>
+      </c>
+      <c r="L103" t="s">
+        <v>2352</v>
+      </c>
+      <c r="M103" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N103" t="s">
+        <v>4215</v>
+      </c>
+      <c r="O103" t="s">
+        <v>20</v>
+      </c>
+      <c r="P103" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>4216</v>
+      </c>
+      <c r="R103" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S103" t="s">
+        <v>4217</v>
+      </c>
+      <c r="T103" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B104" t="s">
+        <v>4218</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>20</v>
+      </c>
+      <c r="E104" t="s">
+        <v>4155</v>
+      </c>
+      <c r="F104" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" t="s">
+        <v>4219</v>
+      </c>
+      <c r="H104" t="s">
+        <v>4220</v>
+      </c>
+      <c r="I104" t="s">
+        <v>3695</v>
+      </c>
+      <c r="J104" t="s">
+        <v>20</v>
+      </c>
+      <c r="K104" t="s">
+        <v>3814</v>
+      </c>
+      <c r="L104" t="s">
+        <v>30</v>
+      </c>
+      <c r="M104" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N104" t="s">
+        <v>4159</v>
+      </c>
+      <c r="O104" t="s">
+        <v>20</v>
+      </c>
+      <c r="P104" t="s">
+        <v>4160</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>4221</v>
+      </c>
+      <c r="R104" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S104" t="s">
+        <v>31</v>
+      </c>
+      <c r="T104" t="s">
+        <v>4162</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B105" t="s">
+        <v>4222</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
+        <v>4211</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
+        <v>4223</v>
+      </c>
+      <c r="H105" t="s">
+        <v>4224</v>
+      </c>
+      <c r="I105" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J105" t="s">
+        <v>20</v>
+      </c>
+      <c r="K105" t="s">
+        <v>2351</v>
+      </c>
+      <c r="L105" t="s">
+        <v>2352</v>
+      </c>
+      <c r="M105" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N105" t="s">
+        <v>4225</v>
+      </c>
+      <c r="O105" t="s">
+        <v>20</v>
+      </c>
+      <c r="P105" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R105" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S105" t="s">
+        <v>4226</v>
+      </c>
+      <c r="T105" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B106" t="s">
+        <v>4227</v>
+      </c>
+      <c r="C106" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" t="s">
+        <v>20</v>
+      </c>
+      <c r="E106" t="s">
+        <v>4182</v>
+      </c>
+      <c r="F106" t="s">
+        <v>20</v>
+      </c>
+      <c r="G106" t="s">
+        <v>4228</v>
+      </c>
+      <c r="H106" t="s">
+        <v>4229</v>
+      </c>
+      <c r="I106" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J106" t="s">
+        <v>20</v>
+      </c>
+      <c r="K106" t="s">
+        <v>2007</v>
+      </c>
+      <c r="L106" t="s">
+        <v>214</v>
+      </c>
+      <c r="M106" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N106" t="s">
+        <v>4230</v>
+      </c>
+      <c r="O106" t="s">
+        <v>20</v>
+      </c>
+      <c r="P106" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R106" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S106" t="s">
+        <v>4231</v>
+      </c>
+      <c r="T106" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B107" t="s">
+        <v>4232</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" t="s">
+        <v>4101</v>
+      </c>
+      <c r="F107" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" t="s">
+        <v>4233</v>
+      </c>
+      <c r="H107" t="s">
+        <v>4234</v>
+      </c>
+      <c r="I107" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J107" t="s">
+        <v>20</v>
+      </c>
+      <c r="K107" t="s">
+        <v>2007</v>
+      </c>
+      <c r="L107" t="s">
+        <v>214</v>
+      </c>
+      <c r="M107" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N107" t="s">
+        <v>20</v>
+      </c>
+      <c r="O107" t="s">
+        <v>20</v>
+      </c>
+      <c r="P107" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>4105</v>
+      </c>
+      <c r="R107" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S107" t="s">
+        <v>4235</v>
+      </c>
+      <c r="T107" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B108" t="s">
+        <v>4236</v>
+      </c>
+      <c r="C108" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" t="s">
+        <v>20</v>
+      </c>
+      <c r="E108" t="s">
+        <v>4155</v>
+      </c>
+      <c r="F108" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" t="s">
+        <v>4237</v>
+      </c>
+      <c r="H108" t="s">
+        <v>4238</v>
+      </c>
+      <c r="I108" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J108" t="s">
+        <v>4239</v>
+      </c>
+      <c r="K108" t="s">
+        <v>4240</v>
+      </c>
+      <c r="L108" t="s">
+        <v>354</v>
+      </c>
+      <c r="M108" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N108" t="s">
+        <v>4159</v>
+      </c>
+      <c r="O108" t="s">
+        <v>20</v>
+      </c>
+      <c r="P108" t="s">
+        <v>4160</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R108" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S108" t="s">
+        <v>4241</v>
+      </c>
+      <c r="T108" t="s">
+        <v>4162</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B109" t="s">
+        <v>4242</v>
+      </c>
+      <c r="C109" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
+        <v>3973</v>
+      </c>
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
+        <v>4243</v>
+      </c>
+      <c r="H109" t="s">
+        <v>4244</v>
+      </c>
+      <c r="I109" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J109" t="s">
+        <v>4245</v>
+      </c>
+      <c r="K109" t="s">
+        <v>4246</v>
+      </c>
+      <c r="L109" t="s">
+        <v>2043</v>
+      </c>
+      <c r="M109" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N109" t="s">
+        <v>4247</v>
+      </c>
+      <c r="O109" t="s">
+        <v>20</v>
+      </c>
+      <c r="P109" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q109" t="s">
+        <v>3978</v>
+      </c>
+      <c r="R109" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S109" t="s">
+        <v>4248</v>
+      </c>
+      <c r="T109" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B110" t="s">
+        <v>4249</v>
+      </c>
+      <c r="C110" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" t="s">
+        <v>20</v>
+      </c>
+      <c r="E110" t="s">
+        <v>4250</v>
+      </c>
+      <c r="F110" t="s">
+        <v>20</v>
+      </c>
+      <c r="G110" t="s">
+        <v>4251</v>
+      </c>
+      <c r="H110" t="s">
+        <v>4252</v>
+      </c>
+      <c r="I110" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J110" t="s">
+        <v>4253</v>
+      </c>
+      <c r="K110" t="s">
+        <v>1841</v>
+      </c>
+      <c r="L110" t="s">
+        <v>1842</v>
+      </c>
+      <c r="M110" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N110" t="s">
+        <v>4254</v>
+      </c>
+      <c r="O110" t="s">
+        <v>20</v>
+      </c>
+      <c r="P110" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>3641</v>
+      </c>
+      <c r="R110" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S110" t="s">
+        <v>4255</v>
+      </c>
+      <c r="T110" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B111" t="s">
+        <v>4256</v>
+      </c>
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" t="s">
+        <v>4250</v>
+      </c>
+      <c r="F111" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" t="s">
+        <v>4257</v>
+      </c>
+      <c r="H111" t="s">
+        <v>4258</v>
+      </c>
+      <c r="I111" t="s">
+        <v>3695</v>
+      </c>
+      <c r="J111" t="s">
+        <v>1810</v>
+      </c>
+      <c r="K111" t="s">
+        <v>4259</v>
+      </c>
+      <c r="L111" t="s">
+        <v>1812</v>
+      </c>
+      <c r="M111" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N111" t="s">
+        <v>4260</v>
+      </c>
+      <c r="O111" t="s">
+        <v>20</v>
+      </c>
+      <c r="P111" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>4261</v>
+      </c>
+      <c r="R111" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S111" t="s">
+        <v>4262</v>
+      </c>
+      <c r="T111" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B112" t="s">
+        <v>4263</v>
+      </c>
+      <c r="C112" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" t="s">
+        <v>20</v>
+      </c>
+      <c r="E112" t="s">
+        <v>4101</v>
+      </c>
+      <c r="F112" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" t="s">
+        <v>4264</v>
+      </c>
+      <c r="H112" t="s">
+        <v>4265</v>
+      </c>
+      <c r="I112" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J112" t="s">
+        <v>3770</v>
+      </c>
+      <c r="K112" t="s">
+        <v>2985</v>
+      </c>
+      <c r="L112" t="s">
+        <v>338</v>
+      </c>
+      <c r="M112" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N112" t="s">
+        <v>4266</v>
+      </c>
+      <c r="O112" t="s">
+        <v>20</v>
+      </c>
+      <c r="P112" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>3641</v>
+      </c>
+      <c r="R112" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S112" t="s">
+        <v>4267</v>
+      </c>
+      <c r="T112" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B113" t="s">
+        <v>184</v>
+      </c>
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
+        <v>20</v>
+      </c>
+      <c r="E113" t="s">
+        <v>4268</v>
+      </c>
+      <c r="F113" t="s">
+        <v>20</v>
+      </c>
+      <c r="G113" t="s">
+        <v>4269</v>
+      </c>
+      <c r="H113" t="s">
+        <v>4270</v>
+      </c>
+      <c r="I113" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J113" t="s">
+        <v>4271</v>
+      </c>
+      <c r="K113" t="s">
+        <v>3031</v>
+      </c>
+      <c r="L113" t="s">
+        <v>186</v>
+      </c>
+      <c r="M113" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N113" t="s">
+        <v>4272</v>
+      </c>
+      <c r="O113" t="s">
+        <v>20</v>
+      </c>
+      <c r="P113" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>4273</v>
+      </c>
+      <c r="R113" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S113" t="s">
+        <v>187</v>
+      </c>
+      <c r="T113" t="s">
+        <v>3724</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B114" t="s">
+        <v>4274</v>
+      </c>
+      <c r="C114" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" t="s">
+        <v>20</v>
+      </c>
+      <c r="E114" t="s">
+        <v>4275</v>
+      </c>
+      <c r="F114" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" t="s">
+        <v>4276</v>
+      </c>
+      <c r="H114" t="s">
+        <v>4277</v>
+      </c>
+      <c r="I114" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J114" t="s">
+        <v>4278</v>
+      </c>
+      <c r="K114" t="s">
+        <v>4279</v>
+      </c>
+      <c r="L114" t="s">
+        <v>4280</v>
+      </c>
+      <c r="M114" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N114" t="s">
+        <v>4281</v>
+      </c>
+      <c r="O114" t="s">
+        <v>20</v>
+      </c>
+      <c r="P114" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R114" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S114" t="s">
+        <v>4282</v>
+      </c>
+      <c r="T114" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B115" t="s">
+        <v>4283</v>
+      </c>
+      <c r="C115" t="s">
+        <v>20</v>
+      </c>
+      <c r="D115" t="s">
+        <v>20</v>
+      </c>
+      <c r="E115" t="s">
+        <v>4284</v>
+      </c>
+      <c r="F115" t="s">
+        <v>20</v>
+      </c>
+      <c r="G115" t="s">
+        <v>4285</v>
+      </c>
+      <c r="H115" t="s">
+        <v>4286</v>
+      </c>
+      <c r="I115" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J115" t="s">
+        <v>4287</v>
+      </c>
+      <c r="K115" t="s">
+        <v>4288</v>
+      </c>
+      <c r="L115" t="s">
+        <v>4289</v>
+      </c>
+      <c r="M115" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N115" t="s">
+        <v>4290</v>
+      </c>
+      <c r="O115" t="s">
+        <v>20</v>
+      </c>
+      <c r="P115" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R115" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S115" t="s">
+        <v>4291</v>
+      </c>
+      <c r="T115" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B116" t="s">
+        <v>4292</v>
+      </c>
+      <c r="C116" t="s">
+        <v>20</v>
+      </c>
+      <c r="D116" t="s">
+        <v>20</v>
+      </c>
+      <c r="E116" t="s">
+        <v>3973</v>
+      </c>
+      <c r="F116" t="s">
+        <v>20</v>
+      </c>
+      <c r="G116" t="s">
+        <v>4293</v>
+      </c>
+      <c r="H116" t="s">
+        <v>4294</v>
+      </c>
+      <c r="I116" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J116" t="s">
+        <v>4295</v>
+      </c>
+      <c r="K116" t="s">
+        <v>4296</v>
+      </c>
+      <c r="L116" t="s">
+        <v>4297</v>
+      </c>
+      <c r="M116" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N116" t="s">
+        <v>4298</v>
+      </c>
+      <c r="O116" t="s">
+        <v>20</v>
+      </c>
+      <c r="P116" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R116" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S116" t="s">
+        <v>4299</v>
+      </c>
+      <c r="T116" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B117" t="s">
+        <v>4300</v>
+      </c>
+      <c r="C117" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" t="s">
+        <v>20</v>
+      </c>
+      <c r="E117" t="s">
+        <v>4101</v>
+      </c>
+      <c r="F117" t="s">
+        <v>20</v>
+      </c>
+      <c r="G117" t="s">
+        <v>4301</v>
+      </c>
+      <c r="H117" t="s">
+        <v>4302</v>
+      </c>
+      <c r="I117" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J117" t="s">
+        <v>20</v>
+      </c>
+      <c r="K117" t="s">
+        <v>2985</v>
+      </c>
+      <c r="L117" t="s">
+        <v>338</v>
+      </c>
+      <c r="M117" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N117" t="s">
+        <v>4303</v>
+      </c>
+      <c r="O117" t="s">
+        <v>20</v>
+      </c>
+      <c r="P117" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>3641</v>
+      </c>
+      <c r="R117" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S117" t="s">
+        <v>4304</v>
+      </c>
+      <c r="T117" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B118" t="s">
+        <v>4305</v>
+      </c>
+      <c r="C118" t="s">
+        <v>20</v>
+      </c>
+      <c r="D118" t="s">
+        <v>20</v>
+      </c>
+      <c r="E118" t="s">
+        <v>4101</v>
+      </c>
+      <c r="F118" t="s">
+        <v>20</v>
+      </c>
+      <c r="G118" t="s">
+        <v>4306</v>
+      </c>
+      <c r="H118" t="s">
+        <v>4307</v>
+      </c>
+      <c r="I118" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J118" t="s">
+        <v>4308</v>
+      </c>
+      <c r="K118" t="s">
+        <v>2985</v>
+      </c>
+      <c r="L118" t="s">
+        <v>338</v>
+      </c>
+      <c r="M118" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N118" t="s">
+        <v>4266</v>
+      </c>
+      <c r="O118" t="s">
+        <v>20</v>
+      </c>
+      <c r="P118" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R118" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S118" t="s">
+        <v>4309</v>
+      </c>
+      <c r="T118" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B119" t="s">
+        <v>4310</v>
+      </c>
+      <c r="C119" t="s">
+        <v>20</v>
+      </c>
+      <c r="D119" t="s">
+        <v>20</v>
+      </c>
+      <c r="E119" t="s">
+        <v>4311</v>
+      </c>
+      <c r="F119" t="s">
+        <v>20</v>
+      </c>
+      <c r="G119" t="s">
+        <v>4312</v>
+      </c>
+      <c r="H119" t="s">
+        <v>4313</v>
+      </c>
+      <c r="I119" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J119" t="s">
+        <v>4314</v>
+      </c>
+      <c r="K119" t="s">
+        <v>4315</v>
+      </c>
+      <c r="L119" t="s">
+        <v>4316</v>
+      </c>
+      <c r="M119" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N119" t="s">
+        <v>4317</v>
+      </c>
+      <c r="O119" t="s">
+        <v>20</v>
+      </c>
+      <c r="P119" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R119" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S119" t="s">
+        <v>4318</v>
+      </c>
+      <c r="T119" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B120" t="s">
+        <v>4319</v>
+      </c>
+      <c r="C120" t="s">
+        <v>20</v>
+      </c>
+      <c r="D120" t="s">
+        <v>20</v>
+      </c>
+      <c r="E120" t="s">
+        <v>4140</v>
+      </c>
+      <c r="F120" t="s">
+        <v>20</v>
+      </c>
+      <c r="G120" t="s">
+        <v>4320</v>
+      </c>
+      <c r="H120" t="s">
+        <v>4321</v>
+      </c>
+      <c r="I120" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J120" t="s">
+        <v>4322</v>
+      </c>
+      <c r="K120" t="s">
+        <v>4323</v>
+      </c>
+      <c r="L120" t="s">
+        <v>4324</v>
+      </c>
+      <c r="M120" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N120" t="s">
+        <v>4325</v>
+      </c>
+      <c r="O120" t="s">
+        <v>20</v>
+      </c>
+      <c r="P120" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q120" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R120" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S120" t="s">
+        <v>4326</v>
+      </c>
+      <c r="T120" t="s">
+        <v>3724</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B121" t="s">
+        <v>4327</v>
+      </c>
+      <c r="C121" t="s">
+        <v>20</v>
+      </c>
+      <c r="D121" t="s">
+        <v>20</v>
+      </c>
+      <c r="E121" t="s">
+        <v>4328</v>
+      </c>
+      <c r="F121" t="s">
+        <v>20</v>
+      </c>
+      <c r="G121" t="s">
+        <v>4329</v>
+      </c>
+      <c r="H121" t="s">
+        <v>4330</v>
+      </c>
+      <c r="I121" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J121" t="s">
+        <v>20</v>
+      </c>
+      <c r="K121" t="s">
+        <v>1624</v>
+      </c>
+      <c r="L121" t="s">
+        <v>1625</v>
+      </c>
+      <c r="M121" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N121" t="s">
+        <v>4331</v>
+      </c>
+      <c r="O121" t="s">
+        <v>20</v>
+      </c>
+      <c r="P121" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R121" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S121" t="s">
+        <v>4332</v>
+      </c>
+      <c r="T121" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B122" t="s">
+        <v>336</v>
+      </c>
+      <c r="C122" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" t="s">
+        <v>20</v>
+      </c>
+      <c r="E122" t="s">
+        <v>4333</v>
+      </c>
+      <c r="F122" t="s">
+        <v>20</v>
+      </c>
+      <c r="G122" t="s">
+        <v>4334</v>
+      </c>
+      <c r="H122" t="s">
+        <v>4335</v>
+      </c>
+      <c r="I122" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J122" t="s">
+        <v>4336</v>
+      </c>
+      <c r="K122" t="s">
+        <v>2985</v>
+      </c>
+      <c r="L122" t="s">
+        <v>338</v>
+      </c>
+      <c r="M122" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N122" t="s">
+        <v>4337</v>
+      </c>
+      <c r="O122" t="s">
+        <v>20</v>
+      </c>
+      <c r="P122" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q122" t="s">
+        <v>4105</v>
+      </c>
+      <c r="R122" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S122" t="s">
+        <v>339</v>
+      </c>
+      <c r="T122" t="s">
+        <v>3724</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B123" t="s">
+        <v>3826</v>
+      </c>
+      <c r="C123" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" t="s">
+        <v>20</v>
+      </c>
+      <c r="E123" t="s">
+        <v>4250</v>
+      </c>
+      <c r="F123" t="s">
+        <v>20</v>
+      </c>
+      <c r="G123" t="s">
+        <v>4338</v>
+      </c>
+      <c r="H123" t="s">
+        <v>4339</v>
+      </c>
+      <c r="I123" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J123" t="s">
+        <v>1810</v>
+      </c>
+      <c r="K123" t="s">
+        <v>1811</v>
+      </c>
+      <c r="L123" t="s">
+        <v>1812</v>
+      </c>
+      <c r="M123" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N123" t="s">
+        <v>4260</v>
+      </c>
+      <c r="O123" t="s">
+        <v>20</v>
+      </c>
+      <c r="P123" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q123" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R123" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S123" t="s">
+        <v>4340</v>
+      </c>
+      <c r="T123" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B124" t="s">
+        <v>4341</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" t="s">
+        <v>20</v>
+      </c>
+      <c r="E124" t="s">
+        <v>4268</v>
+      </c>
+      <c r="F124" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" t="s">
+        <v>4342</v>
+      </c>
+      <c r="H124" t="s">
+        <v>4343</v>
+      </c>
+      <c r="I124" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J124" t="s">
+        <v>4344</v>
+      </c>
+      <c r="K124" t="s">
+        <v>3031</v>
+      </c>
+      <c r="L124" t="s">
+        <v>186</v>
+      </c>
+      <c r="M124" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N124" t="s">
+        <v>4345</v>
+      </c>
+      <c r="O124" t="s">
+        <v>20</v>
+      </c>
+      <c r="P124" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q124" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R124" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S124" t="s">
+        <v>4346</v>
+      </c>
+      <c r="T124" t="s">
+        <v>3724</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B125" t="s">
+        <v>4347</v>
+      </c>
+      <c r="C125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" t="s">
+        <v>20</v>
+      </c>
+      <c r="E125" t="s">
+        <v>4348</v>
+      </c>
+      <c r="F125" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" t="s">
+        <v>4349</v>
+      </c>
+      <c r="H125" t="s">
+        <v>4350</v>
+      </c>
+      <c r="I125" t="s">
+        <v>3695</v>
+      </c>
+      <c r="J125" t="s">
+        <v>3793</v>
+      </c>
+      <c r="K125" t="s">
+        <v>3794</v>
+      </c>
+      <c r="L125" t="s">
+        <v>3795</v>
+      </c>
+      <c r="M125" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N125" t="s">
+        <v>4351</v>
+      </c>
+      <c r="O125" t="s">
+        <v>20</v>
+      </c>
+      <c r="P125" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q125" t="s">
+        <v>4352</v>
+      </c>
+      <c r="R125" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S125" t="s">
+        <v>4353</v>
+      </c>
+      <c r="T125" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B126" t="s">
+        <v>38</v>
+      </c>
+      <c r="C126" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" t="s">
+        <v>20</v>
+      </c>
+      <c r="E126" t="s">
+        <v>4354</v>
+      </c>
+      <c r="F126" t="s">
+        <v>20</v>
+      </c>
+      <c r="G126" t="s">
+        <v>4355</v>
+      </c>
+      <c r="H126" t="s">
+        <v>4356</v>
+      </c>
+      <c r="I126" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J126" t="s">
+        <v>4357</v>
+      </c>
+      <c r="K126" t="s">
+        <v>4358</v>
+      </c>
+      <c r="L126" t="s">
+        <v>40</v>
+      </c>
+      <c r="M126" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N126" t="s">
+        <v>4359</v>
+      </c>
+      <c r="O126" t="s">
+        <v>20</v>
+      </c>
+      <c r="P126" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>3836</v>
+      </c>
+      <c r="R126" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S126" t="s">
+        <v>41</v>
+      </c>
+      <c r="T126" t="s">
+        <v>4162</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B127" t="s">
+        <v>4360</v>
+      </c>
+      <c r="C127" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>20</v>
+      </c>
+      <c r="E127" t="s">
+        <v>4361</v>
+      </c>
+      <c r="F127" t="s">
+        <v>20</v>
+      </c>
+      <c r="G127" t="s">
+        <v>4362</v>
+      </c>
+      <c r="H127" t="s">
+        <v>4363</v>
+      </c>
+      <c r="I127" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J127" t="s">
+        <v>4364</v>
+      </c>
+      <c r="K127" t="s">
+        <v>2879</v>
+      </c>
+      <c r="L127" t="s">
+        <v>2880</v>
+      </c>
+      <c r="M127" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N127" t="s">
+        <v>4365</v>
+      </c>
+      <c r="O127" t="s">
+        <v>20</v>
+      </c>
+      <c r="P127" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q127" t="s">
+        <v>3641</v>
+      </c>
+      <c r="R127" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S127" t="s">
+        <v>4366</v>
+      </c>
+      <c r="T127" t="s">
+        <v>4162</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B128" t="s">
+        <v>4367</v>
+      </c>
+      <c r="C128" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" t="s">
+        <v>20</v>
+      </c>
+      <c r="E128" t="s">
+        <v>4126</v>
+      </c>
+      <c r="F128" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" t="s">
+        <v>4368</v>
+      </c>
+      <c r="H128" t="s">
+        <v>4369</v>
+      </c>
+      <c r="I128" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J128" t="s">
+        <v>1848</v>
+      </c>
+      <c r="K128" t="s">
+        <v>1849</v>
+      </c>
+      <c r="L128" t="s">
+        <v>1850</v>
+      </c>
+      <c r="M128" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N128" t="s">
+        <v>4370</v>
+      </c>
+      <c r="O128" t="s">
+        <v>20</v>
+      </c>
+      <c r="P128" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q128" t="s">
+        <v>3641</v>
+      </c>
+      <c r="R128" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S128" t="s">
+        <v>4371</v>
+      </c>
+      <c r="T128" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B129" t="s">
+        <v>4372</v>
+      </c>
+      <c r="C129" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" t="s">
+        <v>20</v>
+      </c>
+      <c r="E129" t="s">
+        <v>3981</v>
+      </c>
+      <c r="F129" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" t="s">
+        <v>4373</v>
+      </c>
+      <c r="H129" t="s">
+        <v>4374</v>
+      </c>
+      <c r="I129" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J129" t="s">
+        <v>4375</v>
+      </c>
+      <c r="K129" t="s">
+        <v>2035</v>
+      </c>
+      <c r="L129" t="s">
+        <v>40</v>
+      </c>
+      <c r="M129" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N129" t="s">
+        <v>4376</v>
+      </c>
+      <c r="O129" t="s">
+        <v>20</v>
+      </c>
+      <c r="P129" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q129" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R129" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S129" t="s">
+        <v>4377</v>
+      </c>
+      <c r="T129" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B130" t="s">
+        <v>4378</v>
+      </c>
+      <c r="C130" t="s">
+        <v>20</v>
+      </c>
+      <c r="D130" t="s">
+        <v>20</v>
+      </c>
+      <c r="E130" t="s">
+        <v>4379</v>
+      </c>
+      <c r="F130" t="s">
+        <v>20</v>
+      </c>
+      <c r="G130" t="s">
+        <v>4380</v>
+      </c>
+      <c r="H130" t="s">
+        <v>4381</v>
+      </c>
+      <c r="I130" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J130" t="s">
+        <v>4382</v>
+      </c>
+      <c r="K130" t="s">
+        <v>4383</v>
+      </c>
+      <c r="L130" t="s">
+        <v>4384</v>
+      </c>
+      <c r="M130" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N130" t="s">
+        <v>4385</v>
+      </c>
+      <c r="O130" t="s">
+        <v>20</v>
+      </c>
+      <c r="P130" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>3641</v>
+      </c>
+      <c r="R130" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S130" t="s">
+        <v>4386</v>
+      </c>
+      <c r="T130" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B131" t="s">
+        <v>4387</v>
+      </c>
+      <c r="C131" t="s">
+        <v>20</v>
+      </c>
+      <c r="D131" t="s">
+        <v>20</v>
+      </c>
+      <c r="E131" t="s">
+        <v>4148</v>
+      </c>
+      <c r="F131" t="s">
+        <v>20</v>
+      </c>
+      <c r="G131" t="s">
+        <v>4388</v>
+      </c>
+      <c r="H131" t="s">
+        <v>4389</v>
+      </c>
+      <c r="I131" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J131" t="s">
+        <v>4390</v>
+      </c>
+      <c r="K131" t="s">
+        <v>4391</v>
+      </c>
+      <c r="L131" t="s">
+        <v>4392</v>
+      </c>
+      <c r="M131" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N131" t="s">
+        <v>4393</v>
+      </c>
+      <c r="O131" t="s">
+        <v>20</v>
+      </c>
+      <c r="P131" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q131" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R131" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S131" t="s">
+        <v>4394</v>
+      </c>
+      <c r="T131" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B132" t="s">
+        <v>4395</v>
+      </c>
+      <c r="C132" t="s">
+        <v>20</v>
+      </c>
+      <c r="D132" t="s">
+        <v>20</v>
+      </c>
+      <c r="E132" t="s">
+        <v>4396</v>
+      </c>
+      <c r="F132" t="s">
+        <v>20</v>
+      </c>
+      <c r="G132" t="s">
+        <v>4397</v>
+      </c>
+      <c r="H132" t="s">
+        <v>4398</v>
+      </c>
+      <c r="I132" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J132" t="s">
+        <v>2480</v>
+      </c>
+      <c r="K132" t="s">
+        <v>2481</v>
+      </c>
+      <c r="L132" t="s">
+        <v>2482</v>
+      </c>
+      <c r="M132" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N132" t="s">
+        <v>4399</v>
+      </c>
+      <c r="O132" t="s">
+        <v>20</v>
+      </c>
+      <c r="P132" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q132" t="s">
+        <v>3641</v>
+      </c>
+      <c r="R132" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S132" t="s">
+        <v>4400</v>
+      </c>
+      <c r="T132" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B133" t="s">
+        <v>4401</v>
+      </c>
+      <c r="C133" t="s">
+        <v>20</v>
+      </c>
+      <c r="D133" t="s">
+        <v>20</v>
+      </c>
+      <c r="E133" t="s">
+        <v>4402</v>
+      </c>
+      <c r="F133" t="s">
+        <v>20</v>
+      </c>
+      <c r="G133" t="s">
+        <v>4403</v>
+      </c>
+      <c r="H133" t="s">
+        <v>4404</v>
+      </c>
+      <c r="I133" t="s">
+        <v>3695</v>
+      </c>
+      <c r="J133" t="s">
+        <v>4405</v>
+      </c>
+      <c r="K133" t="s">
+        <v>4406</v>
+      </c>
+      <c r="L133" t="s">
+        <v>272</v>
+      </c>
+      <c r="M133" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N133" t="s">
+        <v>4407</v>
+      </c>
+      <c r="O133" t="s">
+        <v>20</v>
+      </c>
+      <c r="P133" t="s">
+        <v>4160</v>
+      </c>
+      <c r="Q133" t="s">
+        <v>4408</v>
+      </c>
+      <c r="R133" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S133" t="s">
+        <v>273</v>
+      </c>
+      <c r="T133" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B134" t="s">
+        <v>4409</v>
+      </c>
+      <c r="C134" t="s">
+        <v>20</v>
+      </c>
+      <c r="D134" t="s">
+        <v>20</v>
+      </c>
+      <c r="E134" t="s">
+        <v>4410</v>
+      </c>
+      <c r="F134" t="s">
+        <v>20</v>
+      </c>
+      <c r="G134" t="s">
+        <v>4411</v>
+      </c>
+      <c r="H134" t="s">
+        <v>4412</v>
+      </c>
+      <c r="I134" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J134" t="s">
+        <v>4413</v>
+      </c>
+      <c r="K134" t="s">
+        <v>2216</v>
+      </c>
+      <c r="L134" t="s">
+        <v>2217</v>
+      </c>
+      <c r="M134" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N134" t="s">
+        <v>4414</v>
+      </c>
+      <c r="O134" t="s">
+        <v>20</v>
+      </c>
+      <c r="P134" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q134" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R134" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S134" t="s">
+        <v>4415</v>
+      </c>
+      <c r="T134" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B135" t="s">
+        <v>4416</v>
+      </c>
+      <c r="C135" t="s">
+        <v>20</v>
+      </c>
+      <c r="D135" t="s">
+        <v>20</v>
+      </c>
+      <c r="E135" t="s">
+        <v>4417</v>
+      </c>
+      <c r="F135" t="s">
+        <v>20</v>
+      </c>
+      <c r="G135" t="s">
+        <v>4418</v>
+      </c>
+      <c r="H135" t="s">
+        <v>4419</v>
+      </c>
+      <c r="I135" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J135" t="s">
+        <v>4420</v>
+      </c>
+      <c r="K135" t="s">
+        <v>1704</v>
+      </c>
+      <c r="L135" t="s">
+        <v>1705</v>
+      </c>
+      <c r="M135" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N135" t="s">
+        <v>4421</v>
+      </c>
+      <c r="O135" t="s">
+        <v>20</v>
+      </c>
+      <c r="P135" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q135" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R135" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S135" t="s">
+        <v>4422</v>
+      </c>
+      <c r="T135" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B136" t="s">
+        <v>49</v>
+      </c>
+      <c r="C136" t="s">
+        <v>20</v>
+      </c>
+      <c r="D136" t="s">
+        <v>20</v>
+      </c>
+      <c r="E136" t="s">
+        <v>4423</v>
+      </c>
+      <c r="F136" t="s">
+        <v>20</v>
+      </c>
+      <c r="G136" t="s">
+        <v>4424</v>
+      </c>
+      <c r="H136" t="s">
+        <v>4425</v>
+      </c>
+      <c r="I136" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J136" t="s">
+        <v>4426</v>
+      </c>
+      <c r="K136" t="s">
+        <v>4427</v>
+      </c>
+      <c r="L136" t="s">
+        <v>51</v>
+      </c>
+      <c r="M136" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N136" t="s">
+        <v>4428</v>
+      </c>
+      <c r="O136" t="s">
+        <v>20</v>
+      </c>
+      <c r="P136" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q136" t="s">
+        <v>4429</v>
+      </c>
+      <c r="R136" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S136" t="s">
+        <v>52</v>
+      </c>
+      <c r="T136" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B137" t="s">
+        <v>3826</v>
+      </c>
+      <c r="C137" t="s">
+        <v>20</v>
+      </c>
+      <c r="D137" t="s">
+        <v>20</v>
+      </c>
+      <c r="E137" t="s">
+        <v>4396</v>
+      </c>
+      <c r="F137" t="s">
+        <v>20</v>
+      </c>
+      <c r="G137" t="s">
+        <v>4430</v>
+      </c>
+      <c r="H137" t="s">
+        <v>4431</v>
+      </c>
+      <c r="I137" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J137" t="s">
+        <v>20</v>
+      </c>
+      <c r="K137" t="s">
+        <v>2481</v>
+      </c>
+      <c r="L137" t="s">
+        <v>2482</v>
+      </c>
+      <c r="M137" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N137" t="s">
+        <v>4432</v>
+      </c>
+      <c r="O137" t="s">
+        <v>20</v>
+      </c>
+      <c r="P137" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q137" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R137" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S137" t="s">
+        <v>4433</v>
+      </c>
+      <c r="T137" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B138" t="s">
+        <v>4434</v>
+      </c>
+      <c r="C138" t="s">
+        <v>20</v>
+      </c>
+      <c r="D138" t="s">
+        <v>20</v>
+      </c>
+      <c r="E138" t="s">
+        <v>4402</v>
+      </c>
+      <c r="F138" t="s">
+        <v>20</v>
+      </c>
+      <c r="G138" t="s">
+        <v>4435</v>
+      </c>
+      <c r="H138" t="s">
+        <v>4436</v>
+      </c>
+      <c r="I138" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J138" t="s">
+        <v>2613</v>
+      </c>
+      <c r="K138" t="s">
+        <v>2614</v>
+      </c>
+      <c r="L138" t="s">
+        <v>72</v>
+      </c>
+      <c r="M138" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N138" t="s">
+        <v>4437</v>
+      </c>
+      <c r="O138" t="s">
+        <v>20</v>
+      </c>
+      <c r="P138" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q138" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R138" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S138" t="s">
+        <v>4438</v>
+      </c>
+      <c r="T138" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B139" t="s">
+        <v>4439</v>
+      </c>
+      <c r="C139" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" t="s">
+        <v>20</v>
+      </c>
+      <c r="E139" t="s">
+        <v>3981</v>
+      </c>
+      <c r="F139" t="s">
+        <v>20</v>
+      </c>
+      <c r="G139" t="s">
+        <v>4440</v>
+      </c>
+      <c r="H139" t="s">
+        <v>4441</v>
+      </c>
+      <c r="I139" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J139" t="s">
+        <v>20</v>
+      </c>
+      <c r="K139" t="s">
+        <v>4442</v>
+      </c>
+      <c r="L139" t="s">
+        <v>4443</v>
+      </c>
+      <c r="M139" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N139" t="s">
+        <v>4444</v>
+      </c>
+      <c r="O139" t="s">
+        <v>20</v>
+      </c>
+      <c r="P139" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q139" t="s">
+        <v>3978</v>
+      </c>
+      <c r="R139" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S139" t="s">
+        <v>4445</v>
+      </c>
+      <c r="T139" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B140" t="s">
+        <v>4446</v>
+      </c>
+      <c r="C140" t="s">
+        <v>20</v>
+      </c>
+      <c r="D140" t="s">
+        <v>20</v>
+      </c>
+      <c r="E140" t="s">
+        <v>3973</v>
+      </c>
+      <c r="F140" t="s">
+        <v>20</v>
+      </c>
+      <c r="G140" t="s">
+        <v>4447</v>
+      </c>
+      <c r="H140" t="s">
+        <v>4448</v>
+      </c>
+      <c r="I140" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J140" t="s">
+        <v>4449</v>
+      </c>
+      <c r="K140" t="s">
+        <v>2216</v>
+      </c>
+      <c r="L140" t="s">
+        <v>2217</v>
+      </c>
+      <c r="M140" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N140" t="s">
+        <v>4450</v>
+      </c>
+      <c r="O140" t="s">
+        <v>20</v>
+      </c>
+      <c r="P140" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q140" t="s">
+        <v>3978</v>
+      </c>
+      <c r="R140" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S140" t="s">
+        <v>4451</v>
+      </c>
+      <c r="T140" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B141" t="s">
+        <v>3558</v>
+      </c>
+      <c r="C141" t="s">
+        <v>20</v>
+      </c>
+      <c r="D141" t="s">
+        <v>20</v>
+      </c>
+      <c r="E141" t="s">
+        <v>4452</v>
+      </c>
+      <c r="F141" t="s">
+        <v>20</v>
+      </c>
+      <c r="G141" t="s">
+        <v>4453</v>
+      </c>
+      <c r="H141" t="s">
+        <v>4454</v>
+      </c>
+      <c r="I141" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J141" t="s">
+        <v>4455</v>
+      </c>
+      <c r="K141" t="s">
+        <v>2614</v>
+      </c>
+      <c r="L141" t="s">
+        <v>72</v>
+      </c>
+      <c r="M141" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N141" t="s">
+        <v>4456</v>
+      </c>
+      <c r="O141" t="s">
+        <v>20</v>
+      </c>
+      <c r="P141" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q141" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R141" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S141" t="s">
+        <v>4457</v>
+      </c>
+      <c r="T141" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B142" t="s">
+        <v>4458</v>
+      </c>
+      <c r="C142" t="s">
+        <v>20</v>
+      </c>
+      <c r="D142" t="s">
+        <v>20</v>
+      </c>
+      <c r="E142" t="s">
+        <v>4402</v>
+      </c>
+      <c r="F142" t="s">
+        <v>20</v>
+      </c>
+      <c r="G142" t="s">
+        <v>4459</v>
+      </c>
+      <c r="H142" t="s">
+        <v>4460</v>
+      </c>
+      <c r="I142" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J142" t="s">
+        <v>3682</v>
+      </c>
+      <c r="K142" t="s">
+        <v>2777</v>
+      </c>
+      <c r="L142" t="s">
+        <v>2332</v>
+      </c>
+      <c r="M142" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N142" t="s">
+        <v>20</v>
+      </c>
+      <c r="O142" t="s">
+        <v>20</v>
+      </c>
+      <c r="P142" t="s">
+        <v>4160</v>
+      </c>
+      <c r="Q142" t="s">
+        <v>3964</v>
+      </c>
+      <c r="R142" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S142" t="s">
+        <v>4461</v>
+      </c>
+      <c r="T142" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B143" t="s">
+        <v>4462</v>
+      </c>
+      <c r="C143" t="s">
+        <v>20</v>
+      </c>
+      <c r="D143" t="s">
+        <v>20</v>
+      </c>
+      <c r="E143" t="s">
+        <v>4463</v>
+      </c>
+      <c r="F143" t="s">
+        <v>20</v>
+      </c>
+      <c r="G143" t="s">
+        <v>4464</v>
+      </c>
+      <c r="H143" t="s">
+        <v>4465</v>
+      </c>
+      <c r="I143" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J143" t="s">
+        <v>3759</v>
+      </c>
+      <c r="K143" t="s">
+        <v>2074</v>
+      </c>
+      <c r="L143" t="s">
+        <v>2075</v>
+      </c>
+      <c r="M143" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N143" t="s">
+        <v>4466</v>
+      </c>
+      <c r="O143" t="s">
+        <v>20</v>
+      </c>
+      <c r="P143" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q143" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R143" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S143" t="s">
+        <v>4467</v>
+      </c>
+      <c r="T143" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B144" t="s">
+        <v>4468</v>
+      </c>
+      <c r="C144" t="s">
+        <v>20</v>
+      </c>
+      <c r="D144" t="s">
+        <v>20</v>
+      </c>
+      <c r="E144" t="s">
+        <v>4469</v>
+      </c>
+      <c r="F144" t="s">
+        <v>20</v>
+      </c>
+      <c r="G144" t="s">
+        <v>4470</v>
+      </c>
+      <c r="H144" t="s">
+        <v>4471</v>
+      </c>
+      <c r="I144" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J144" t="s">
+        <v>20</v>
+      </c>
+      <c r="K144" t="s">
+        <v>2833</v>
+      </c>
+      <c r="L144" t="s">
+        <v>2834</v>
+      </c>
+      <c r="M144" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N144" t="s">
+        <v>4472</v>
+      </c>
+      <c r="O144" t="s">
+        <v>20</v>
+      </c>
+      <c r="P144" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q144" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R144" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S144" t="s">
+        <v>4473</v>
+      </c>
+      <c r="T144" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B145" t="s">
+        <v>4474</v>
+      </c>
+      <c r="C145" t="s">
+        <v>20</v>
+      </c>
+      <c r="D145" t="s">
+        <v>20</v>
+      </c>
+      <c r="E145" t="s">
+        <v>4475</v>
+      </c>
+      <c r="F145" t="s">
+        <v>20</v>
+      </c>
+      <c r="G145" t="s">
+        <v>4476</v>
+      </c>
+      <c r="H145" t="s">
+        <v>4477</v>
+      </c>
+      <c r="I145" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J145" t="s">
+        <v>2692</v>
+      </c>
+      <c r="K145" t="s">
+        <v>1745</v>
+      </c>
+      <c r="L145" t="s">
+        <v>1679</v>
+      </c>
+      <c r="M145" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N145" t="s">
+        <v>4478</v>
+      </c>
+      <c r="O145" t="s">
+        <v>20</v>
+      </c>
+      <c r="P145" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q145" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R145" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S145" t="s">
+        <v>4479</v>
+      </c>
+      <c r="T145" t="s">
+        <v>4162</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B146" t="s">
+        <v>4480</v>
+      </c>
+      <c r="C146" t="s">
+        <v>20</v>
+      </c>
+      <c r="D146" t="s">
+        <v>20</v>
+      </c>
+      <c r="E146" t="s">
+        <v>4469</v>
+      </c>
+      <c r="F146" t="s">
+        <v>20</v>
+      </c>
+      <c r="G146" t="s">
+        <v>4481</v>
+      </c>
+      <c r="H146" t="s">
+        <v>4482</v>
+      </c>
+      <c r="I146" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J146" t="s">
+        <v>4483</v>
+      </c>
+      <c r="K146" t="s">
+        <v>2393</v>
+      </c>
+      <c r="L146" t="s">
+        <v>2394</v>
+      </c>
+      <c r="M146" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N146" t="s">
+        <v>4484</v>
+      </c>
+      <c r="O146" t="s">
+        <v>20</v>
+      </c>
+      <c r="P146" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q146" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R146" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S146" t="s">
+        <v>4485</v>
+      </c>
+      <c r="T146" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B147" t="s">
+        <v>4486</v>
+      </c>
+      <c r="C147" t="s">
+        <v>20</v>
+      </c>
+      <c r="D147" t="s">
+        <v>20</v>
+      </c>
+      <c r="E147" t="s">
+        <v>4475</v>
+      </c>
+      <c r="F147" t="s">
+        <v>20</v>
+      </c>
+      <c r="G147" t="s">
+        <v>4487</v>
+      </c>
+      <c r="H147" t="s">
+        <v>4488</v>
+      </c>
+      <c r="I147" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J147" t="s">
+        <v>4357</v>
+      </c>
+      <c r="K147" t="s">
+        <v>4358</v>
+      </c>
+      <c r="L147" t="s">
+        <v>40</v>
+      </c>
+      <c r="M147" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N147" t="s">
+        <v>4478</v>
+      </c>
+      <c r="O147" t="s">
+        <v>20</v>
+      </c>
+      <c r="P147" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q147" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R147" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S147" t="s">
+        <v>4489</v>
+      </c>
+      <c r="T147" t="s">
+        <v>4162</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B148" t="s">
+        <v>4490</v>
+      </c>
+      <c r="C148" t="s">
+        <v>20</v>
+      </c>
+      <c r="D148" t="s">
+        <v>20</v>
+      </c>
+      <c r="E148" t="s">
+        <v>4469</v>
+      </c>
+      <c r="F148" t="s">
+        <v>20</v>
+      </c>
+      <c r="G148" t="s">
+        <v>4491</v>
+      </c>
+      <c r="H148" t="s">
+        <v>4492</v>
+      </c>
+      <c r="I148" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J148" t="s">
+        <v>4493</v>
+      </c>
+      <c r="K148" t="s">
+        <v>2393</v>
+      </c>
+      <c r="L148" t="s">
+        <v>2394</v>
+      </c>
+      <c r="M148" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N148" t="s">
+        <v>4494</v>
+      </c>
+      <c r="O148" t="s">
+        <v>20</v>
+      </c>
+      <c r="P148" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q148" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R148" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S148" t="s">
+        <v>4495</v>
+      </c>
+      <c r="T148" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B149" t="s">
+        <v>4496</v>
+      </c>
+      <c r="C149" t="s">
+        <v>20</v>
+      </c>
+      <c r="D149" t="s">
+        <v>20</v>
+      </c>
+      <c r="E149" t="s">
+        <v>4016</v>
+      </c>
+      <c r="F149" t="s">
+        <v>20</v>
+      </c>
+      <c r="G149" t="s">
+        <v>4497</v>
+      </c>
+      <c r="H149" t="s">
+        <v>4498</v>
+      </c>
+      <c r="I149" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J149" t="s">
+        <v>4071</v>
+      </c>
+      <c r="K149" t="s">
+        <v>4072</v>
+      </c>
+      <c r="L149" t="s">
+        <v>4073</v>
+      </c>
+      <c r="M149" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N149" t="s">
+        <v>4499</v>
+      </c>
+      <c r="O149" t="s">
+        <v>20</v>
+      </c>
+      <c r="P149" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q149" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R149" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S149" t="s">
+        <v>4500</v>
+      </c>
+      <c r="T149" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B150" t="s">
+        <v>4501</v>
+      </c>
+      <c r="C150" t="s">
+        <v>20</v>
+      </c>
+      <c r="D150" t="s">
+        <v>20</v>
+      </c>
+      <c r="E150" t="s">
+        <v>4016</v>
+      </c>
+      <c r="F150" t="s">
+        <v>20</v>
+      </c>
+      <c r="G150" t="s">
+        <v>4502</v>
+      </c>
+      <c r="H150" t="s">
+        <v>4503</v>
+      </c>
+      <c r="I150" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J150" t="s">
+        <v>4504</v>
+      </c>
+      <c r="K150" t="s">
+        <v>2171</v>
+      </c>
+      <c r="L150" t="s">
+        <v>892</v>
+      </c>
+      <c r="M150" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N150" t="s">
+        <v>4505</v>
+      </c>
+      <c r="O150" t="s">
+        <v>20</v>
+      </c>
+      <c r="P150" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q150" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R150" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S150" t="s">
+        <v>4506</v>
+      </c>
+      <c r="T150" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B151" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C151" t="s">
+        <v>20</v>
+      </c>
+      <c r="D151" t="s">
+        <v>20</v>
+      </c>
+      <c r="E151" t="s">
+        <v>4111</v>
+      </c>
+      <c r="F151" t="s">
+        <v>20</v>
+      </c>
+      <c r="G151" t="s">
+        <v>4507</v>
+      </c>
+      <c r="H151" t="s">
+        <v>4508</v>
+      </c>
+      <c r="I151" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J151" t="s">
+        <v>4509</v>
+      </c>
+      <c r="K151" t="s">
+        <v>1971</v>
+      </c>
+      <c r="L151" t="s">
+        <v>1064</v>
+      </c>
+      <c r="M151" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N151" t="s">
+        <v>20</v>
+      </c>
+      <c r="O151" t="s">
+        <v>20</v>
+      </c>
+      <c r="P151" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q151" t="s">
+        <v>3574</v>
+      </c>
+      <c r="R151" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S151" t="s">
+        <v>1065</v>
+      </c>
+      <c r="T151" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B152" t="s">
+        <v>4510</v>
+      </c>
+      <c r="C152" t="s">
+        <v>20</v>
+      </c>
+      <c r="D152" t="s">
+        <v>20</v>
+      </c>
+      <c r="E152" t="s">
+        <v>4348</v>
+      </c>
+      <c r="F152" t="s">
+        <v>20</v>
+      </c>
+      <c r="G152" t="s">
+        <v>4511</v>
+      </c>
+      <c r="H152" t="s">
+        <v>4512</v>
+      </c>
+      <c r="I152" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J152" t="s">
+        <v>4513</v>
+      </c>
+      <c r="K152" t="s">
+        <v>3794</v>
+      </c>
+      <c r="L152" t="s">
+        <v>3795</v>
+      </c>
+      <c r="M152" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N152" t="s">
+        <v>4514</v>
+      </c>
+      <c r="O152" t="s">
+        <v>20</v>
+      </c>
+      <c r="P152" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q152" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R152" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S152" t="s">
+        <v>4515</v>
+      </c>
+      <c r="T152" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B153" t="s">
+        <v>4516</v>
+      </c>
+      <c r="C153" t="s">
+        <v>20</v>
+      </c>
+      <c r="D153" t="s">
+        <v>20</v>
+      </c>
+      <c r="E153" t="s">
+        <v>4101</v>
+      </c>
+      <c r="F153" t="s">
+        <v>20</v>
+      </c>
+      <c r="G153" t="s">
+        <v>4517</v>
+      </c>
+      <c r="H153" t="s">
+        <v>4518</v>
+      </c>
+      <c r="I153" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J153" t="s">
+        <v>4336</v>
+      </c>
+      <c r="K153" t="s">
+        <v>2985</v>
+      </c>
+      <c r="L153" t="s">
+        <v>338</v>
+      </c>
+      <c r="M153" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N153" t="s">
+        <v>4266</v>
+      </c>
+      <c r="O153" t="s">
+        <v>20</v>
+      </c>
+      <c r="P153" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q153" t="s">
+        <v>4519</v>
+      </c>
+      <c r="R153" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S153" t="s">
+        <v>4520</v>
+      </c>
+      <c r="T153" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B154" t="s">
+        <v>4521</v>
+      </c>
+      <c r="C154" t="s">
+        <v>20</v>
+      </c>
+      <c r="D154" t="s">
+        <v>20</v>
+      </c>
+      <c r="E154" t="s">
+        <v>4522</v>
+      </c>
+      <c r="F154" t="s">
+        <v>20</v>
+      </c>
+      <c r="G154" t="s">
+        <v>4523</v>
+      </c>
+      <c r="H154" t="s">
+        <v>4524</v>
+      </c>
+      <c r="I154" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J154" t="s">
+        <v>4525</v>
+      </c>
+      <c r="K154" t="s">
+        <v>4526</v>
+      </c>
+      <c r="L154" t="s">
+        <v>4527</v>
+      </c>
+      <c r="M154" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N154" t="s">
+        <v>4528</v>
+      </c>
+      <c r="O154" t="s">
+        <v>20</v>
+      </c>
+      <c r="P154" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q154" t="s">
+        <v>3978</v>
+      </c>
+      <c r="R154" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S154" t="s">
+        <v>4529</v>
+      </c>
+      <c r="T154" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B155" t="s">
+        <v>4530</v>
+      </c>
+      <c r="C155" t="s">
+        <v>20</v>
+      </c>
+      <c r="D155" t="s">
+        <v>20</v>
+      </c>
+      <c r="E155" t="s">
+        <v>4531</v>
+      </c>
+      <c r="F155" t="s">
+        <v>20</v>
+      </c>
+      <c r="G155" t="s">
+        <v>4532</v>
+      </c>
+      <c r="H155" t="s">
+        <v>4533</v>
+      </c>
+      <c r="I155" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J155" t="s">
+        <v>4534</v>
+      </c>
+      <c r="K155" t="s">
+        <v>4535</v>
+      </c>
+      <c r="L155" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M155" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N155" t="s">
+        <v>4536</v>
+      </c>
+      <c r="O155" t="s">
+        <v>20</v>
+      </c>
+      <c r="P155" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q155" t="s">
+        <v>4537</v>
+      </c>
+      <c r="R155" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S155" t="s">
+        <v>4538</v>
+      </c>
+      <c r="T155" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B156" t="s">
+        <v>4539</v>
+      </c>
+      <c r="C156" t="s">
+        <v>20</v>
+      </c>
+      <c r="D156" t="s">
+        <v>20</v>
+      </c>
+      <c r="E156" t="s">
+        <v>4531</v>
+      </c>
+      <c r="F156" t="s">
+        <v>20</v>
+      </c>
+      <c r="G156" t="s">
+        <v>4540</v>
+      </c>
+      <c r="H156" t="s">
+        <v>4541</v>
+      </c>
+      <c r="I156" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J156" t="s">
+        <v>4542</v>
+      </c>
+      <c r="K156" t="s">
+        <v>3572</v>
+      </c>
+      <c r="L156" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M156" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N156" t="s">
+        <v>4536</v>
+      </c>
+      <c r="O156" t="s">
+        <v>20</v>
+      </c>
+      <c r="P156" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q156" t="s">
+        <v>3555</v>
+      </c>
+      <c r="R156" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S156" t="s">
+        <v>4543</v>
+      </c>
+      <c r="T156" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B157" t="s">
+        <v>4544</v>
+      </c>
+      <c r="C157" t="s">
+        <v>20</v>
+      </c>
+      <c r="D157" t="s">
+        <v>20</v>
+      </c>
+      <c r="E157" t="s">
+        <v>4531</v>
+      </c>
+      <c r="F157" t="s">
+        <v>20</v>
+      </c>
+      <c r="G157" t="s">
+        <v>4545</v>
+      </c>
+      <c r="H157" t="s">
+        <v>4546</v>
+      </c>
+      <c r="I157" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J157" t="s">
+        <v>4542</v>
+      </c>
+      <c r="K157" t="s">
+        <v>3572</v>
+      </c>
+      <c r="L157" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M157" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N157" t="s">
+        <v>4536</v>
+      </c>
+      <c r="O157" t="s">
+        <v>20</v>
+      </c>
+      <c r="P157" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q157" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R157" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S157" t="s">
+        <v>4547</v>
+      </c>
+      <c r="T157" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B158" t="s">
+        <v>3850</v>
+      </c>
+      <c r="C158" t="s">
+        <v>20</v>
+      </c>
+      <c r="D158" t="s">
+        <v>20</v>
+      </c>
+      <c r="E158" t="s">
+        <v>4548</v>
+      </c>
+      <c r="F158" t="s">
+        <v>20</v>
+      </c>
+      <c r="G158" t="s">
+        <v>4549</v>
+      </c>
+      <c r="H158" t="s">
+        <v>4550</v>
+      </c>
+      <c r="I158" t="s">
+        <v>3695</v>
+      </c>
+      <c r="J158" t="s">
+        <v>20</v>
+      </c>
+      <c r="K158" t="s">
+        <v>3408</v>
+      </c>
+      <c r="L158" t="s">
+        <v>1526</v>
+      </c>
+      <c r="M158" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N158" t="s">
+        <v>4551</v>
+      </c>
+      <c r="O158" t="s">
+        <v>20</v>
+      </c>
+      <c r="P158" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q158" t="s">
+        <v>4352</v>
+      </c>
+      <c r="R158" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S158" t="s">
+        <v>4552</v>
+      </c>
+      <c r="T158" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B159" t="s">
+        <v>4553</v>
+      </c>
+      <c r="C159" t="s">
+        <v>20</v>
+      </c>
+      <c r="D159" t="s">
+        <v>20</v>
+      </c>
+      <c r="E159" t="s">
+        <v>4548</v>
+      </c>
+      <c r="F159" t="s">
+        <v>20</v>
+      </c>
+      <c r="G159" t="s">
+        <v>4554</v>
+      </c>
+      <c r="H159" t="s">
+        <v>4555</v>
+      </c>
+      <c r="I159" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J159" t="s">
+        <v>4556</v>
+      </c>
+      <c r="K159" t="s">
+        <v>3408</v>
+      </c>
+      <c r="L159" t="s">
+        <v>1526</v>
+      </c>
+      <c r="M159" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N159" t="s">
+        <v>4557</v>
+      </c>
+      <c r="O159" t="s">
+        <v>20</v>
+      </c>
+      <c r="P159" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q159" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R159" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S159" t="s">
+        <v>1527</v>
+      </c>
+      <c r="T159" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B160" t="s">
+        <v>3850</v>
+      </c>
+      <c r="C160" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" t="s">
+        <v>20</v>
+      </c>
+      <c r="E160" t="s">
+        <v>4558</v>
+      </c>
+      <c r="F160" t="s">
+        <v>20</v>
+      </c>
+      <c r="G160" t="s">
+        <v>4559</v>
+      </c>
+      <c r="H160" t="s">
+        <v>4560</v>
+      </c>
+      <c r="I160" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J160" t="s">
+        <v>2692</v>
+      </c>
+      <c r="K160" t="s">
+        <v>4561</v>
+      </c>
+      <c r="L160" t="s">
+        <v>1679</v>
+      </c>
+      <c r="M160" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N160" t="s">
+        <v>4562</v>
+      </c>
+      <c r="O160" t="s">
+        <v>20</v>
+      </c>
+      <c r="P160" t="s">
+        <v>3640</v>
+      </c>
+      <c r="Q160" t="s">
+        <v>3641</v>
+      </c>
+      <c r="R160" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S160" t="s">
+        <v>4563</v>
+      </c>
+      <c r="T160" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B161" t="s">
+        <v>3826</v>
+      </c>
+      <c r="C161" t="s">
+        <v>20</v>
+      </c>
+      <c r="D161" t="s">
+        <v>20</v>
+      </c>
+      <c r="E161" t="s">
+        <v>4558</v>
+      </c>
+      <c r="F161" t="s">
+        <v>20</v>
+      </c>
+      <c r="G161" t="s">
+        <v>4564</v>
+      </c>
+      <c r="H161" t="s">
+        <v>4565</v>
+      </c>
+      <c r="I161" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J161" t="s">
+        <v>2692</v>
+      </c>
+      <c r="K161" t="s">
+        <v>4561</v>
+      </c>
+      <c r="L161" t="s">
+        <v>1679</v>
+      </c>
+      <c r="M161" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N161" t="s">
+        <v>4562</v>
+      </c>
+      <c r="O161" t="s">
+        <v>20</v>
+      </c>
+      <c r="P161" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Q161" t="s">
+        <v>3708</v>
+      </c>
+      <c r="R161" t="s">
+        <v>1555</v>
+      </c>
+      <c r="S161" t="s">
+        <v>4566</v>
+      </c>
+      <c r="T161" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B162" t="s">
+        <v>520</v>
+      </c>
+      <c r="C162" t="s">
+        <v>20</v>
+      </c>
+      <c r="D162" t="s">
+        <v>20</v>
+      </c>
+      <c r="E162" t="s">
+        <v>4567</v>
+      </c>
+      <c r="F162" t="s">
+        <v>20</v>
+      </c>
+      <c r="G162" t="s">
+        <v>4568</v>
+      </c>
+      <c r="H162" t="s">
+        <v>4569</v>
+      </c>
+      <c r="I162" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J162" t="s">
+        <v>4570</v>
+      </c>
+      <c r="K162" t="s">
+        <v>1912</v>
+      </c>
+      <c r="L162" t="s">
+        <v>522</v>
+      </c>
+      <c r="M162" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N162" t="s">
+        <v>4571</v>
+      </c>
+      <c r="O162" t="s">
+        <v>20</v>
+      </c>
+      <c r="P162" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q162" t="s">
+        <v>4572</v>
+      </c>
+      <c r="R162" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S162" t="s">
+        <v>523</v>
+      </c>
+      <c r="T162" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B163" t="s">
+        <v>4573</v>
+      </c>
+      <c r="C163" t="s">
+        <v>20</v>
+      </c>
+      <c r="D163" t="s">
+        <v>20</v>
+      </c>
+      <c r="E163" t="s">
+        <v>4574</v>
+      </c>
+      <c r="F163" t="s">
+        <v>20</v>
+      </c>
+      <c r="G163" t="s">
+        <v>4575</v>
+      </c>
+      <c r="H163" t="s">
+        <v>4576</v>
+      </c>
+      <c r="I163" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J163" t="s">
+        <v>4577</v>
+      </c>
+      <c r="K163" t="s">
+        <v>1725</v>
+      </c>
+      <c r="L163" t="s">
+        <v>1526</v>
+      </c>
+      <c r="M163" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N163" t="s">
+        <v>4578</v>
+      </c>
+      <c r="O163" t="s">
+        <v>20</v>
+      </c>
+      <c r="P163" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q163" t="s">
+        <v>20</v>
+      </c>
+      <c r="R163" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S163" t="s">
+        <v>4579</v>
+      </c>
+      <c r="T163" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B164" t="s">
+        <v>4580</v>
+      </c>
+      <c r="C164" t="s">
+        <v>20</v>
+      </c>
+      <c r="D164" t="s">
+        <v>20</v>
+      </c>
+      <c r="E164" t="s">
+        <v>4581</v>
+      </c>
+      <c r="F164" t="s">
+        <v>20</v>
+      </c>
+      <c r="G164" t="s">
+        <v>4582</v>
+      </c>
+      <c r="H164" t="s">
+        <v>4583</v>
+      </c>
+      <c r="I164" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J164" t="s">
+        <v>20</v>
+      </c>
+      <c r="K164" t="s">
+        <v>4584</v>
+      </c>
+      <c r="L164" t="s">
+        <v>4585</v>
+      </c>
+      <c r="M164" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N164" t="s">
+        <v>4586</v>
+      </c>
+      <c r="O164" t="s">
+        <v>20</v>
+      </c>
+      <c r="P164" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q164" t="s">
+        <v>3978</v>
+      </c>
+      <c r="R164" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S164" t="s">
+        <v>4587</v>
+      </c>
+      <c r="T164" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B165" t="s">
+        <v>4588</v>
+      </c>
+      <c r="C165" t="s">
+        <v>20</v>
+      </c>
+      <c r="D165" t="s">
+        <v>20</v>
+      </c>
+      <c r="E165" t="s">
+        <v>4589</v>
+      </c>
+      <c r="F165" t="s">
+        <v>20</v>
+      </c>
+      <c r="G165" t="s">
+        <v>4590</v>
+      </c>
+      <c r="H165" t="s">
+        <v>4591</v>
+      </c>
+      <c r="I165" t="s">
+        <v>3551</v>
+      </c>
+      <c r="J165" t="s">
+        <v>20</v>
+      </c>
+      <c r="K165" t="s">
+        <v>2777</v>
+      </c>
+      <c r="L165" t="s">
+        <v>2332</v>
+      </c>
+      <c r="M165" t="s">
+        <v>1598</v>
+      </c>
+      <c r="N165" t="s">
+        <v>4592</v>
+      </c>
+      <c r="O165" t="s">
+        <v>20</v>
+      </c>
+      <c r="P165" t="s">
+        <v>3715</v>
+      </c>
+      <c r="Q165" t="s">
+        <v>3816</v>
+      </c>
+      <c r="R165" t="s">
+        <v>3715</v>
+      </c>
+      <c r="S165" t="s">
+        <v>4593</v>
+      </c>
+      <c r="T165" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B166" t="s">
+        <v>4594</v>
+      </c>
+      <c r="C166" t="s">
+        <v>20</v>
+      </c>
+      <c r="D166" t="s">
+        <v>20</v>
+      </c>
+      <c r="E166" t="s">
+        <v>4595</v>
+      </c>
+      <c r="F166" t="s">
+        <v>20</v>
+      </c>
+      <c r="G166" t="s">
+        <v>4596</v>
+      </c>
+      <c r="H166" t="s">
+        <v>4597</v>
+      </c>
+      <c r="I166" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J166" t="s">
+        <v>3854</v>
+      </c>
+      <c r="K166" t="s">
+        <v>3847</v>
+      </c>
+      <c r="L166" t="s">
+        <v>2293</v>
+      </c>
+      <c r="M166" t="s">
+        <v>1566</v>
+      </c>
+      <c r="N166" t="s">
+        <v>3848</v>
+      </c>
+      <c r="O166" t="s">
+        <v>20</v>
+      </c>
+      <c r="P166" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q166" t="s">
+        <v>20</v>
+      </c>
+      <c r="R166" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S166" t="s">
+        <v>4598</v>
+      </c>
+      <c r="T166" t="s">
+        <v>20</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>