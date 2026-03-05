--- v0 (2026-01-17)
+++ v1 (2026-03-05)
@@ -155,51 +155,51 @@
   <si>
     <t>10003</t>
   </si>
   <si>
     <t>100000090</t>
   </si>
   <si>
     <t>Docteur Vincent TASSETTI</t>
   </si>
   <si>
     <t>08/11/2016 11:32:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710748/fr/docteur-vincent-tassetti</t>
   </si>
   <si>
     <t>c_2710748</t>
   </si>
   <si>
     <t>TASSETTI</t>
   </si>
   <si>
     <t>Vincent</t>
   </si>
   <si>
-    <t>21 October 2021</t>
+    <t>20 November 2025</t>
   </si>
   <si>
     <t>Docteur Robert MOCQUARD</t>
   </si>
   <si>
     <t>08/11/2016 11:33:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711339/fr/docteur-robert-mocquard</t>
   </si>
   <si>
     <t>c_2711339</t>
   </si>
   <si>
     <t>MOCQUARD</t>
   </si>
   <si>
     <t>Robert</t>
   </si>
   <si>
     <t>29 December 2021</t>
   </si>
   <si>
     <t>Docteur Jerôme DARBOULI</t>
   </si>