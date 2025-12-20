--- v0 (2025-10-19)
+++ v1 (2025-12-20)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="307" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2494" uniqueCount="997">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -107,477 +113,2994 @@
   <si>
     <t>Docteur</t>
   </si>
   <si>
     <t>RAY</t>
   </si>
   <si>
     <t>Francois-victor</t>
   </si>
   <si>
     <t>03 April 2025</t>
   </si>
   <si>
     <t>POLYCLINIQUE  MONTIER LA CELLE</t>
   </si>
   <si>
     <t>10120</t>
   </si>
   <si>
     <t>ST ANDRE LES VERGERS</t>
   </si>
   <si>
     <t>100000124</t>
   </si>
   <si>
-    <t>Docteur TOM VAN DER VURST</t>
-[...14 lines deleted...]
-    <t>TOM</t>
+    <t>Docteur ALEXANDRE MAGNIER</t>
+  </si>
+  <si>
+    <t>17/12/2021 10:31:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305812/fr/docteur-alexandre-magnier</t>
+  </si>
+  <si>
+    <t>p_3305812</t>
+  </si>
+  <si>
+    <t>MAGNIER</t>
+  </si>
+  <si>
+    <t>ALEXANDRE</t>
+  </si>
+  <si>
+    <t>16 December 2021</t>
+  </si>
+  <si>
+    <t>Docteur Stéphane JULLION</t>
+  </si>
+  <si>
+    <t>07/05/2021 10:31:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265228/fr/docteur-stephane-jullion</t>
+  </si>
+  <si>
+    <t>p_3265228</t>
+  </si>
+  <si>
+    <t>JULLION</t>
+  </si>
+  <si>
+    <t>Stéphane</t>
+  </si>
+  <si>
+    <t>06 May 2021</t>
+  </si>
+  <si>
+    <t>Docteur ARGYRIOS TRIANTAFYLLIDIS</t>
+  </si>
+  <si>
+    <t>21/11/2019 10:31:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119998/fr/docteur-argyrios-triantafyllidis</t>
+  </si>
+  <si>
+    <t>p_3119998</t>
+  </si>
+  <si>
+    <t>TRIANTAFYLLIDIS</t>
+  </si>
+  <si>
+    <t>ARGYRIOS</t>
+  </si>
+  <si>
+    <t>14 December 2023</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU PAYS DE SEINE,CH DE PROVINS LEON BINET</t>
+  </si>
+  <si>
+    <t>10102,77488</t>
+  </si>
+  <si>
+    <t>ROMILLY SUR SEINE,PROVINS</t>
+  </si>
+  <si>
+    <t>100000082,770000172</t>
+  </si>
+  <si>
+    <t>Docteur JOSE LUIS LEAL-HELMLING</t>
+  </si>
+  <si>
+    <t>21/11/2019 10:31:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120003/fr/docteur-jose-luis-leal-helmling</t>
+  </si>
+  <si>
+    <t>p_3120003</t>
+  </si>
+  <si>
+    <t>LEAL-HELMLING</t>
+  </si>
+  <si>
+    <t>JOSE LUIS</t>
+  </si>
+  <si>
+    <t>21 December 2023</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>10012</t>
+  </si>
+  <si>
+    <t>TROYES</t>
+  </si>
+  <si>
+    <t>100002351</t>
+  </si>
+  <si>
+    <t>Docteur Pascal MOREAU</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739625/fr/docteur-pascal-moreau</t>
+  </si>
+  <si>
+    <t>c_2739625</t>
+  </si>
+  <si>
+    <t>MOREAU</t>
+  </si>
+  <si>
+    <t>Pascal</t>
+  </si>
+  <si>
+    <t>21 July 2022</t>
+  </si>
+  <si>
+    <t>Docteur Modar TAHA</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708480/fr/docteur-modar-taha</t>
+  </si>
+  <si>
+    <t>c_2708480</t>
+  </si>
+  <si>
+    <t>TAHA</t>
+  </si>
+  <si>
+    <t>Modar</t>
+  </si>
+  <si>
+    <t>01 July 2021</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU PAYS DE SEINE</t>
+  </si>
+  <si>
+    <t>10102</t>
+  </si>
+  <si>
+    <t>ROMILLY SUR SEINE</t>
+  </si>
+  <si>
+    <t>100000082</t>
+  </si>
+  <si>
+    <t>Docteur Didier CHABERNAUD</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708585/fr/docteur-didier-chabernaud</t>
+  </si>
+  <si>
+    <t>c_2708585</t>
+  </si>
+  <si>
+    <t>CHABERNAUD</t>
+  </si>
+  <si>
+    <t>Didier</t>
+  </si>
+  <si>
+    <t>Docteur Josué ACHOUCHE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709613/fr/docteur-josue-achouche</t>
+  </si>
+  <si>
+    <t>c_2709613</t>
+  </si>
+  <si>
+    <t>ACHOUCHE</t>
+  </si>
+  <si>
+    <t>Josué</t>
+  </si>
+  <si>
+    <t>18 February 2021</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU PAYS DE SEINE,CLINIQUE DE BERCY,CH GENERAL DE GONESSE</t>
+  </si>
+  <si>
+    <t>10102,94220,95503</t>
+  </si>
+  <si>
+    <t>ROMILLY SUR SEINE,CHARENTON LE PONT,GONESSE</t>
+  </si>
+  <si>
+    <t>100000082,940813033,950000331</t>
+  </si>
+  <si>
+    <t>Docteur Hassan ZOUGHAIBY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709717/fr/docteur-hassan-zoughaiby</t>
+  </si>
+  <si>
+    <t>c_2709717</t>
+  </si>
+  <si>
+    <t>ZOUGHAIBY</t>
+  </si>
+  <si>
+    <t>Hassan</t>
+  </si>
+  <si>
+    <t>28 December 2022</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE TROYES</t>
+  </si>
+  <si>
+    <t>10003</t>
+  </si>
+  <si>
+    <t>100000090</t>
+  </si>
+  <si>
+    <t>Docteur Pascal PETREQUIN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710418/fr/docteur-pascal-petrequin</t>
+  </si>
+  <si>
+    <t>c_2710418</t>
+  </si>
+  <si>
+    <t>PETREQUIN</t>
+  </si>
+  <si>
+    <t>21 October 2021</t>
+  </si>
+  <si>
+    <t>Docteur Vincent TASSETTI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710748/fr/docteur-vincent-tassetti</t>
+  </si>
+  <si>
+    <t>c_2710748</t>
+  </si>
+  <si>
+    <t>TASSETTI</t>
+  </si>
+  <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>Docteur Alain HORIOT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710781/fr/docteur-alain-horiot</t>
+  </si>
+  <si>
+    <t>c_2710781</t>
+  </si>
+  <si>
+    <t>HORIOT</t>
+  </si>
+  <si>
+    <t>Alain</t>
+  </si>
+  <si>
+    <t>Docteur Robert MOCQUARD</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711339/fr/docteur-robert-mocquard</t>
+  </si>
+  <si>
+    <t>c_2711339</t>
+  </si>
+  <si>
+    <t>MOCQUARD</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>29 December 2021</t>
+  </si>
+  <si>
+    <t>Docteur Pierre-jean WALLERICH</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711613/fr/docteur-pierre-jean-wallerich</t>
+  </si>
+  <si>
+    <t>c_2711613</t>
+  </si>
+  <si>
+    <t>WALLERICH</t>
+  </si>
+  <si>
+    <t>Pierre-jean</t>
+  </si>
+  <si>
+    <t>17 November 2022</t>
+  </si>
+  <si>
+    <t>Docteur Jerôme DARBOULI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712797/fr/docteur-jerome-darbouli</t>
+  </si>
+  <si>
+    <t>c_2712797</t>
+  </si>
+  <si>
+    <t>DARBOULI</t>
+  </si>
+  <si>
+    <t>Jerôme</t>
   </si>
   <si>
     <t>16 February 2023</t>
   </si>
   <si>
-    <t>Docteur ALEXANDRE MAGNIER</t>
-[...353 lines deleted...]
-    <t>Jerôme</t>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>EHPAD LES FLOTS DE L'ORVIN</t>
+  </si>
+  <si>
+    <t>22/09/2025 16:16:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13541_FicheESSMS/fr/ehpad-les-flots-de-l-orvin</t>
+  </si>
+  <si>
+    <t>13541_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Saint Antoine</t>
+  </si>
+  <si>
+    <t>10400 TRAINEL</t>
+  </si>
+  <si>
+    <t>TRAINEL</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>100002203</t>
+  </si>
+  <si>
+    <t>VILLAGE D'ENFANTS - ACTION ENFANCE</t>
+  </si>
+  <si>
+    <t>21/09/2025 16:16:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13485_FicheESSMS/fr/village-d-enfants-action-enfance</t>
+  </si>
+  <si>
+    <t>13485_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Chemin De La Chasse Saint Martin</t>
+  </si>
+  <si>
+    <t>10450 BREVIANDES</t>
+  </si>
+  <si>
+    <t>BREVIANDES</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Village d'Enfants</t>
+  </si>
+  <si>
+    <t>100010537</t>
+  </si>
+  <si>
+    <t>EAM RESIDENCE DES LACS D'ORIENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/865_FicheESSMS/fr/eam-residence-des-lacs-d-orient</t>
+  </si>
+  <si>
+    <t>865_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Maisons Brulées</t>
+  </si>
+  <si>
+    <t>10270 LUSIGNY SUR BARSE</t>
+  </si>
+  <si>
+    <t>LUSIGNY SUR BARSE</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>100009141</t>
+  </si>
+  <si>
+    <t>EHPAD LA RESIDENCE DE PINEY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1086_FicheESSMS/fr/ehpad-la-residence-de-piney</t>
+  </si>
+  <si>
+    <t>1086_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Du Stade</t>
+  </si>
+  <si>
+    <t>10220 PINEY</t>
+  </si>
+  <si>
+    <t>PINEY</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>100006881</t>
+  </si>
+  <si>
+    <t>CSAPA DU GCSMS CSAPA DE L'AUBE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1323_FicheESSMS/fr/csapa-du-gcsms-csapa-de-l-aube</t>
+  </si>
+  <si>
+    <t>1323_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Rue Des Quinze-Vingts</t>
+  </si>
+  <si>
+    <t>10000 TROYES</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>100001528</t>
+  </si>
+  <si>
+    <t>LITS D'ACCUEIL MEDICALISES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1630_FicheESSMS/fr/lits-d-accueil-medicalises</t>
+  </si>
+  <si>
+    <t>1630_FicheESSMS</t>
+  </si>
+  <si>
+    <t>52 Rue Rene Gillet</t>
+  </si>
+  <si>
+    <t>10800 ST JULIEN LES VILLAS</t>
+  </si>
+  <si>
+    <t>ST JULIEN LES VILLAS</t>
+  </si>
+  <si>
+    <t>Lits d'Accueil Médicalisés (L.A.M.)</t>
+  </si>
+  <si>
+    <t>100009398</t>
+  </si>
+  <si>
+    <t>LITS HALTE SOINS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1629_FicheESSMS/fr/lits-halte-soins-sante</t>
+  </si>
+  <si>
+    <t>1629_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Impasse Des Huerdets</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>100004308</t>
+  </si>
+  <si>
+    <t>LIEU VIE PERSONNES HAND VIELLISSANTES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1934_FicheESSMS/fr/lieu-vie-personnes-hand-viellissantes</t>
+  </si>
+  <si>
+    <t>1934_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Des Ecoles</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>100008416</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE ACCUEIL DE JOUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1933_FicheESSMS/fr/foyer-de-vie-accueil-de-jour</t>
+  </si>
+  <si>
+    <t>1933_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Des Ecoles</t>
+  </si>
+  <si>
+    <t>100009448</t>
+  </si>
+  <si>
+    <t>EHPAD RÉSIDENCE LA ROSERAIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1932_FicheESSMS/fr/ehpad-residence-la-roseraie</t>
+  </si>
+  <si>
+    <t>1932_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100006535</t>
+  </si>
+  <si>
+    <t>CADA  AATM AUBE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2000_FicheESSMS/fr/cada-aatm-aube</t>
+  </si>
+  <si>
+    <t>2000_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Roger Thieblemont</t>
+  </si>
+  <si>
+    <t>10600 LA CHAPELLE ST LUC</t>
+  </si>
+  <si>
+    <t>LA CHAPELLE ST LUC</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>100005719</t>
+  </si>
+  <si>
+    <t>AT 10-51</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3512_FicheESSMS/fr/at-10-51</t>
+  </si>
+  <si>
+    <t>3512_FicheESSMS</t>
+  </si>
+  <si>
+    <t>192 Rue De Preize</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>100009224</t>
+  </si>
+  <si>
+    <t>EHPAD ST VINCENT DE PAUL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3689_FicheESSMS/fr/ehpad-st-vincent-de-paul</t>
+  </si>
+  <si>
+    <t>3689_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De La Tour</t>
+  </si>
+  <si>
+    <t>100000348</t>
+  </si>
+  <si>
+    <t>CHANTEJOIE - IME</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3688_FicheESSMS/fr/chantejoie-ime</t>
+  </si>
+  <si>
+    <t>3688_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Route De Baires</t>
+  </si>
+  <si>
+    <t>10800 ROUILLY ST LOUP</t>
+  </si>
+  <si>
+    <t>ROUILLY ST LOUP</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>100002096</t>
+  </si>
+  <si>
+    <t>ITEP "DANTON"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3687_FicheESSMS/fr/itep-danton</t>
+  </si>
+  <si>
+    <t>3687_FicheESSMS</t>
+  </si>
+  <si>
+    <t>80 Avenue Pasteur</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>100007616</t>
+  </si>
+  <si>
+    <t>CADA ASSAGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3686_FicheESSMS/fr/cada-assage</t>
+  </si>
+  <si>
+    <t>3686_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10120 ST ANDRE LES VERGERS</t>
+  </si>
+  <si>
+    <t>100008994</t>
+  </si>
+  <si>
+    <t>HOME PLEIN ESPOIR- ITEP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3685_FicheESSMS/fr/home-plein-espoir-itep</t>
+  </si>
+  <si>
+    <t>3685_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Martyrs De La Libération</t>
+  </si>
+  <si>
+    <t>10170 MERY SUR SEINE</t>
+  </si>
+  <si>
+    <t>MERY SUR SEINE</t>
+  </si>
+  <si>
+    <t>100007541</t>
+  </si>
+  <si>
+    <t>CHRS LES CYTISES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3684_FicheESSMS/fr/chrs-les-cytises</t>
+  </si>
+  <si>
+    <t>3684_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue Du Parc Des Sports</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>100003599</t>
+  </si>
+  <si>
+    <t>CMPP DE TROYES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3683_FicheESSMS/fr/cmpp-de-troyes</t>
+  </si>
+  <si>
+    <t>3683_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Coulommieres</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>100000025</t>
+  </si>
+  <si>
+    <t>UEHC EPE TROYES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3692_FicheESSMS/fr/uehc-epe-troyes</t>
+  </si>
+  <si>
+    <t>3692_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Argence</t>
+  </si>
+  <si>
+    <t>Etablissement de Placement</t>
+  </si>
+  <si>
+    <t>100007350</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM ASIMAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3843_FicheESSMS/fr/service-mjpm-asimat</t>
+  </si>
+  <si>
+    <t>3843_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Boulevard Du 1Er Ram</t>
+  </si>
+  <si>
+    <t>100009208</t>
+  </si>
+  <si>
+    <t>EHPAD LA MAISON DU PAYS DE RAMERUPT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3923_FicheESSMS/fr/ehpad-la-maison-du-pays-de-ramerupt</t>
+  </si>
+  <si>
+    <t>3923_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Anciens Combattants</t>
+  </si>
+  <si>
+    <t>10240 RAMERUPT</t>
+  </si>
+  <si>
+    <t>RAMERUPT</t>
+  </si>
+  <si>
+    <t>100001239</t>
+  </si>
+  <si>
+    <t>I.M.E. DE MONTCEAUX-LES-VAUDES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4172_FicheESSMS/fr/i-m-e-de-montceaux-les-vaudes</t>
+  </si>
+  <si>
+    <t>4172_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Rue Du Village</t>
+  </si>
+  <si>
+    <t>10260 MONTCEAUX LES VAUDES</t>
+  </si>
+  <si>
+    <t>MONTCEAUX LES VAUDES</t>
+  </si>
+  <si>
+    <t>100000215</t>
+  </si>
+  <si>
+    <t>SAMSAH DE L'ADPEP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4171_FicheESSMS/fr/samsah-de-l-adpep</t>
+  </si>
+  <si>
+    <t>4171_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Maquisards</t>
+  </si>
+  <si>
+    <t>10110 BAR SUR SEINE</t>
+  </si>
+  <si>
+    <t>BAR SUR SEINE</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>100010446</t>
+  </si>
+  <si>
+    <t>SERVICE ACCOMP. À LA VIE SOCIALE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4170_FicheESSMS/fr/service-accomp-a-la-vie-sociale</t>
+  </si>
+  <si>
+    <t>4170_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Du Prieure</t>
+  </si>
+  <si>
+    <t>10200 BAR SUR AUBE</t>
+  </si>
+  <si>
+    <t>BAR SUR AUBE</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>100006949</t>
+  </si>
+  <si>
+    <t>INSTIT THERAPEUTIQ EDUCAT ET PEDAGOGIQ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4169_FicheESSMS/fr/instit-therapeutiq-educat-et-pedagogiq</t>
+  </si>
+  <si>
+    <t>4169_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100007608</t>
+  </si>
+  <si>
+    <t>UEMO 2 STEMO TROYES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4447_FicheESSMS/fr/uemo-2-stemo-troyes</t>
+  </si>
+  <si>
+    <t>4447_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Des Bas Trevois</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>100006014</t>
+  </si>
+  <si>
+    <t>CADA COALLIA BAR SUR SEINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4454_FicheESSMS/fr/cada-coallia-bar-sur-seine</t>
+  </si>
+  <si>
+    <t>4454_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100010461</t>
+  </si>
+  <si>
+    <t>ESAT "HORS LES MURS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4507_FicheESSMS/fr/esat-hors-les-murs</t>
+  </si>
+  <si>
+    <t>4507_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue Pierre Gauthier</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>100001569</t>
+  </si>
+  <si>
+    <t>SAMSAH ADAPT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4506_FicheESSMS/fr/samsah-adapt</t>
+  </si>
+  <si>
+    <t>4506_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Allée Gaspard</t>
+  </si>
+  <si>
+    <t>100010107</t>
+  </si>
+  <si>
+    <t>ESRP LADAPT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4508_FicheESSMS/fr/esrp-ladapt</t>
+  </si>
+  <si>
+    <t>4508_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue De La Paix</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Réadaptation Professionnelle</t>
+  </si>
+  <si>
+    <t>100005552</t>
+  </si>
+  <si>
+    <t>EHPAD LES HAUTS D'ARMANCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4633_FicheESSMS/fr/ehpad-les-hauts-d-armance</t>
+  </si>
+  <si>
+    <t>4633_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Saint Pierre</t>
+  </si>
+  <si>
+    <t>10130 ERVY LE CHATEL</t>
+  </si>
+  <si>
+    <t>ERVY LE CHATEL</t>
+  </si>
+  <si>
+    <t>100002161</t>
+  </si>
+  <si>
+    <t>EHPAD RÉSIDENCE DE L'ISLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4697_FicheESSMS/fr/ehpad-residence-de-l-isle</t>
+  </si>
+  <si>
+    <t>4697_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue De La Petite Courtine</t>
+  </si>
+  <si>
+    <t>100006972</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN PASTORIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4737_FicheESSMS/fr/ehpad-korian-pastoria</t>
+  </si>
+  <si>
+    <t>4737_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Avenue Pasteur</t>
+  </si>
+  <si>
+    <t>100008325</t>
+  </si>
+  <si>
+    <t>EHPAD RÉSIDENCE DE L'EUROPE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4814_FicheESSMS/fr/ehpad-residence-de-l-europe</t>
+  </si>
+  <si>
+    <t>4814_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Avenue Lattre De Tassigny</t>
+  </si>
+  <si>
+    <t>100006782</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN JARDINS D'HUGO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5060_FicheESSMS/fr/ehpad-korian-jardins-d-hugo</t>
+  </si>
+  <si>
+    <t>5060_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Victor Hugo</t>
+  </si>
+  <si>
+    <t>10440 LA RIVIERE DE CORPS</t>
+  </si>
+  <si>
+    <t>LA RIVIERE DE CORPS</t>
+  </si>
+  <si>
+    <t>100006774</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM UDAF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5080_FicheESSMS/fr/service-mjpm-udaf</t>
+  </si>
+  <si>
+    <t>5080_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Charles Gros</t>
+  </si>
+  <si>
+    <t>100009505</t>
+  </si>
+  <si>
+    <t>SERVICE DPF UDAF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5079_FicheESSMS/fr/service-dpf-udaf</t>
+  </si>
+  <si>
+    <t>5079_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>100003417</t>
+  </si>
+  <si>
+    <t>CTRE ETUDES CLINIQUES RELATIONS FAM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6525_FicheESSMS/fr/ctre-etudes-cliniques-relations-fam</t>
+  </si>
+  <si>
+    <t>6525_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Allée Du Joli Saut</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>100008689</t>
+  </si>
+  <si>
+    <t>AURORE CHRS FOYER AUBOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6670_FicheESSMS/fr/aurore-chrs-foyer-aubois</t>
+  </si>
+  <si>
+    <t>6670_FicheESSMS</t>
+  </si>
+  <si>
+    <t>52 Rue René Gillet</t>
+  </si>
+  <si>
+    <t>100003466</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LES TOMELLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6949_FicheESSMS/fr/foyer-de-vie-les-tomelles</t>
+  </si>
+  <si>
+    <t>6949_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Chemin Des Marais</t>
+  </si>
+  <si>
+    <t>10190 FONTVANNES</t>
+  </si>
+  <si>
+    <t>FONTVANNES</t>
+  </si>
+  <si>
+    <t>100007889</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE KERGLAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6948_FicheESSMS/fr/foyer-de-vie-kerglas</t>
+  </si>
+  <si>
+    <t>6948_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Gambetta</t>
+  </si>
+  <si>
+    <t>10190 ESTISSAC</t>
+  </si>
+  <si>
+    <t>ESTISSAC</t>
+  </si>
+  <si>
+    <t>100007491</t>
+  </si>
+  <si>
+    <t>FOYER D'ACC MEDICALISÉ LES TOMELLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6950_FicheESSMS/fr/foyer-d-acc-medicalise-les-tomelles</t>
+  </si>
+  <si>
+    <t>6950_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Des Marais</t>
+  </si>
+  <si>
+    <t>100007939</t>
+  </si>
+  <si>
+    <t>LITS HALTE SOINS SANTE  NOUVEL OBJECTI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7226_FicheESSMS/fr/lits-halte-soins-sante-nouvel-objecti</t>
+  </si>
+  <si>
+    <t>7226_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Du Grand Veon</t>
+  </si>
+  <si>
+    <t>100008358</t>
+  </si>
+  <si>
+    <t>EHPAD SAINTE BERNADETTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7300_FicheESSMS/fr/ehpad-sainte-bernadette</t>
+  </si>
+  <si>
+    <t>7300_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Place Saint Denis</t>
+  </si>
+  <si>
+    <t>100009406</t>
+  </si>
+  <si>
+    <t>RESIDENCE ALLEE DES PLATANES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7458_FicheESSMS/fr/residence-allee-des-platanes</t>
+  </si>
+  <si>
+    <t>7458_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue De Bise</t>
+  </si>
+  <si>
+    <t>10340 LES RICEYS</t>
+  </si>
+  <si>
+    <t>LES RICEYS</t>
+  </si>
+  <si>
+    <t>100002195</t>
+  </si>
+  <si>
+    <t>EAM LE REVE D'AURORE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7565_FicheESSMS/fr/eam-le-reve-d-aurore</t>
+  </si>
+  <si>
+    <t>7565_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Chemin De La Scierie Camille More</t>
+  </si>
+  <si>
+    <t>10430 ROSIERES PRES TROYES</t>
+  </si>
+  <si>
+    <t>ROSIERES PRES TROYES</t>
+  </si>
+  <si>
+    <t>100009489</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL LE REVE D'AURORE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7564_FicheESSMS/fr/foyer-occupationnel-le-reve-d-aurore</t>
+  </si>
+  <si>
+    <t>7564_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100009513</t>
+  </si>
+  <si>
+    <t>SERVICE DE PREVENTION SPECIALISEE AJD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7558_FicheESSMS/fr/service-de-prevention-specialisee-ajd</t>
+  </si>
+  <si>
+    <t>7558_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Du Gros Raisin</t>
+  </si>
+  <si>
+    <t>Club Equipe de Prévention</t>
+  </si>
+  <si>
+    <t>100002658</t>
+  </si>
+  <si>
+    <t>EHPAD AUGUSTE RENOIR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7727_FicheESSMS/fr/ehpad-auguste-renoir</t>
+  </si>
+  <si>
+    <t>7727_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Docteur Mielle</t>
+  </si>
+  <si>
+    <t>100004357</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE DELATOUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7904_FicheESSMS/fr/ehpad-residence-delatour</t>
+  </si>
+  <si>
+    <t>7904_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Avenue Clotilde Delatour</t>
+  </si>
+  <si>
+    <t>100002179</t>
+  </si>
+  <si>
+    <t>EHPAD TRICOCHE MAILLARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8151_FicheESSMS/fr/ehpad-tricoche-maillard</t>
+  </si>
+  <si>
+    <t>8151_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Avenue Tricoche Maillard</t>
+  </si>
+  <si>
+    <t>10160 AIX VILLEMAUR PALIS</t>
+  </si>
+  <si>
+    <t>AIX VILLEMAUR PALIS</t>
+  </si>
+  <si>
+    <t>100002120</t>
+  </si>
+  <si>
+    <t>SSIAD DE CHAOURCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9087_FicheESSMS/fr/ssiad-de-chaource</t>
+  </si>
+  <si>
+    <t>9087_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10210 CHAOURCE</t>
+  </si>
+  <si>
+    <t>CHAOURCE</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>100009166</t>
+  </si>
+  <si>
+    <t>EHPAD ASIMAT  PIERRE DE CELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9244_FicheESSMS/fr/ehpad-asimat-pierre-de-celle</t>
+  </si>
+  <si>
+    <t>9244_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Médéric</t>
+  </si>
+  <si>
+    <t>100002039</t>
+  </si>
+  <si>
+    <t>SSIAD ASIMAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9243_FicheESSMS/fr/ssiad-asimat</t>
+  </si>
+  <si>
+    <t>9243_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Boulevard Du 1Er R A M</t>
+  </si>
+  <si>
+    <t>100005727</t>
+  </si>
+  <si>
+    <t>EHPAD ASIMAT LA SALAMANDRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9242_FicheESSMS/fr/ehpad-asimat-la-salamandre</t>
+  </si>
+  <si>
+    <t>9242_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Maisons Brulees</t>
+  </si>
+  <si>
+    <t>100008739</t>
+  </si>
+  <si>
+    <t>EHPAD ASIMAT MON REPOS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9241_FicheESSMS/fr/ehpad-asimat-mon-repos</t>
+  </si>
+  <si>
+    <t>9241_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Charles Delaunay</t>
+  </si>
+  <si>
+    <t>100000306</t>
+  </si>
+  <si>
+    <t>EHPAD ASIMAT LA GRAND-MAISON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9240_FicheESSMS/fr/ehpad-asimat-la-grand-maison</t>
+  </si>
+  <si>
+    <t>9240_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Benoit Malon</t>
+  </si>
+  <si>
+    <t>10300 STE SAVINE</t>
+  </si>
+  <si>
+    <t>STE SAVINE</t>
+  </si>
+  <si>
+    <t>100007632</t>
+  </si>
+  <si>
+    <t>EHPAD ASIMAT LA COLLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9239_FicheESSMS/fr/ehpad-asimat-la-colline</t>
+  </si>
+  <si>
+    <t>9239_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De L'Herminette</t>
+  </si>
+  <si>
+    <t>10320 BOUILLY</t>
+  </si>
+  <si>
+    <t>BOUILLY</t>
+  </si>
+  <si>
+    <t>100009422</t>
+  </si>
+  <si>
+    <t>FOYER RESIDENCE LE LABOURAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9834_FicheESSMS/fr/foyer-residence-le-labourat</t>
+  </si>
+  <si>
+    <t>9834_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Avenue Martyrs De La Resist</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>100003409</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES PRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9833_FicheESSMS/fr/residence-les-pres</t>
+  </si>
+  <si>
+    <t>9833_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Des Prairies</t>
+  </si>
+  <si>
+    <t>10410 ST PARRES AUX TERTRES</t>
+  </si>
+  <si>
+    <t>ST PARRES AUX TERTRES</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>100006543</t>
+  </si>
+  <si>
+    <t>RÉSIDENCE DU PARC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9832_FicheESSMS/fr/residence-du-parc</t>
+  </si>
+  <si>
+    <t>9832_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100002088</t>
+  </si>
+  <si>
+    <t>ESAT LE MENOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9846_FicheESSMS/fr/esat-le-menois</t>
+  </si>
+  <si>
+    <t>9846_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Route De Baires</t>
+  </si>
+  <si>
+    <t>100003391</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE RESID LES LACS D'ORIENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9946_FicheESSMS/fr/foyer-de-vie-resid-les-lacs-d-orient</t>
+  </si>
+  <si>
+    <t>9946_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100009109</t>
+  </si>
+  <si>
+    <t>SSIAD AUBE MUTUALITE FRANCAISE CA SSAM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9967_FicheESSMS/fr/ssiad-aube-mutualite-francaise-ca-ssam</t>
+  </si>
+  <si>
+    <t>9967_FicheESSMS</t>
+  </si>
+  <si>
+    <t>101 Avenue Anatole France</t>
+  </si>
+  <si>
+    <t>10003 TROYES</t>
+  </si>
+  <si>
+    <t>100001718</t>
+  </si>
+  <si>
+    <t>SESSAD DÉFICIENTS INTELLEC LA SITTELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10159_FicheESSMS/fr/sessad-deficients-intellec-la-sittelle</t>
+  </si>
+  <si>
+    <t>10159_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Rene Mouchotte</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>100003458</t>
+  </si>
+  <si>
+    <t>IME VERGER FLEURI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10158_FicheESSMS/fr/ime-verger-fleuri</t>
+  </si>
+  <si>
+    <t>10158_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Achille Flaubert</t>
+  </si>
+  <si>
+    <t>10510 MAIZIERES LA GRANDE PAROIS</t>
+  </si>
+  <si>
+    <t>MAIZIERES LA GRANDE PAROIS</t>
+  </si>
+  <si>
+    <t>100000207</t>
+  </si>
+  <si>
+    <t>IME GAI SOLEIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10157_FicheESSMS/fr/ime-gai-soleil</t>
+  </si>
+  <si>
+    <t>10157_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Avenue Martyrs De La Résistance</t>
+  </si>
+  <si>
+    <t>100000173</t>
+  </si>
+  <si>
+    <t>ACCUEIL JOUR  POLYHAND LES PARPAILLOLS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10156_FicheESSMS/fr/accueil-jour-polyhand-les-parpaillols</t>
+  </si>
+  <si>
+    <t>10156_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Hautefeuille</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>100007707</t>
+  </si>
+  <si>
+    <t>IME L'EVEIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10155_FicheESSMS/fr/ime-l-eveil</t>
+  </si>
+  <si>
+    <t>10155_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Rue Grande</t>
+  </si>
+  <si>
+    <t>10140 VENDEUVRE SUR BARSE</t>
+  </si>
+  <si>
+    <t>VENDEUVRE SUR BARSE</t>
+  </si>
+  <si>
+    <t>100002286</t>
+  </si>
+  <si>
+    <t>L'ÉVEIL - ITEP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10154_FicheESSMS/fr/l-eveil-itep</t>
+  </si>
+  <si>
+    <t>10154_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Paul Bert</t>
+  </si>
+  <si>
+    <t>100007590</t>
+  </si>
+  <si>
+    <t>FOYER D'ACCUEIL MEDICALISE "L'ADRET"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10153_FicheESSMS/fr/foyer-d-accueil-medicalise-l-adret</t>
+  </si>
+  <si>
+    <t>10153_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Annie Et Pierre Micaux</t>
+  </si>
+  <si>
+    <t>100001072</t>
+  </si>
+  <si>
+    <t>MAS LE VILLAGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10150_FicheESSMS/fr/mas-le-village</t>
+  </si>
+  <si>
+    <t>10150_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36 Rue Chasseigne</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>100006980</t>
+  </si>
+  <si>
+    <t>ESPACE ESAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10149_FicheESSMS/fr/espace-esat</t>
+  </si>
+  <si>
+    <t>10149_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Avenue Martyrs De La Resist</t>
+  </si>
+  <si>
+    <t>100003565</t>
+  </si>
+  <si>
+    <t>CAP ESAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10148_FicheESSMS/fr/cap-esat</t>
+  </si>
+  <si>
+    <t>10148_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Andre Malraux</t>
+  </si>
+  <si>
+    <t>10100 ROMILLY SUR SEINE</t>
+  </si>
+  <si>
+    <t>100010644</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE DOMAINE DE MANTENAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10147_FicheESSMS/fr/foyer-de-vie-domaine-de-mantenay</t>
+  </si>
+  <si>
+    <t>10147_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Liberation</t>
+  </si>
+  <si>
+    <t>10180 ST LYE</t>
+  </si>
+  <si>
+    <t>ST LYE</t>
+  </si>
+  <si>
+    <t>100007269</t>
+  </si>
+  <si>
+    <t>SESSAD DEFICIENTS VISUELS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10331_FicheESSMS/fr/sessad-deficients-visuels</t>
+  </si>
+  <si>
+    <t>10331_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue De Chanteloup</t>
+  </si>
+  <si>
+    <t>100008960</t>
+  </si>
+  <si>
+    <t>SESSAD DEFICIENTS MOTEURS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10330_FicheESSMS/fr/sessad-deficients-moteurs</t>
+  </si>
+  <si>
+    <t>10330_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100008952</t>
+  </si>
+  <si>
+    <t>SESSAD DEFICIENTS AUDITIFS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10329_FicheESSMS/fr/sessad-deficients-auditifs</t>
+  </si>
+  <si>
+    <t>10329_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100007038</t>
+  </si>
+  <si>
+    <t>INSTITUT D'EDUC MOTRICE DE CHANTELOUP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10328_FicheESSMS/fr/institut-d-educ-motrice-de-chanteloup</t>
+  </si>
+  <si>
+    <t>10328_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>100000165</t>
+  </si>
+  <si>
+    <t>IMPRO L'ACCUEIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10680_FicheESSMS/fr/impro-l-accueil</t>
+  </si>
+  <si>
+    <t>10680_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Des Fosses</t>
+  </si>
+  <si>
+    <t>10190 MESNIL ST LOUP</t>
+  </si>
+  <si>
+    <t>MESNIL ST LOUP</t>
+  </si>
+  <si>
+    <t>100000223</t>
+  </si>
+  <si>
+    <t>ESAT SELF LA FONTAINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10679_FicheESSMS/fr/esat-self-la-fontaine</t>
+  </si>
+  <si>
+    <t>10679_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100006295</t>
+  </si>
+  <si>
+    <t>RÉSIDENCE GEORGES SEURAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10710_FicheESSMS/fr/residence-georges-seurat</t>
+  </si>
+  <si>
+    <t>10710_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100007251</t>
+  </si>
+  <si>
+    <t>SIERGP AASEAA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10945_FicheESSMS/fr/siergp-aaseaa</t>
+  </si>
+  <si>
+    <t>10945_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre Placement Familial Socio-Educatif (C.P.F.S.E.)</t>
+  </si>
+  <si>
+    <t>100005446</t>
+  </si>
+  <si>
+    <t>SERVICE D'A.E.M.O. AASEAA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10944_FicheESSMS/fr/service-d-a-e-m-o-aaseaa</t>
+  </si>
+  <si>
+    <t>10944_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100001114</t>
+  </si>
+  <si>
+    <t>SERV D'INVESTIGATION EDUCATIVE AASEAA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10943_FicheESSMS/fr/serv-d-investigation-educative-aaseaa</t>
+  </si>
+  <si>
+    <t>10943_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Rue Jules Ferry</t>
+  </si>
+  <si>
+    <t>Service d'Investigation Educative</t>
+  </si>
+  <si>
+    <t>100007368</t>
+  </si>
+  <si>
+    <t>ESAT "LE TERTRE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11107_FicheESSMS/fr/esat-le-tertre</t>
+  </si>
+  <si>
+    <t>11107_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Des Mésanges</t>
+  </si>
+  <si>
+    <t>100001056</t>
+  </si>
+  <si>
+    <t>MECS LE PAVILLON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11158_FicheESSMS/fr/mecs-le-pavillon</t>
+  </si>
+  <si>
+    <t>11158_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Allée Des Vendangeurs</t>
+  </si>
+  <si>
+    <t>10420 LES NOES PRES TROYES</t>
+  </si>
+  <si>
+    <t>LES NOES PRES TROYES</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>100004290</t>
+  </si>
+  <si>
+    <t>MECS LA CHÊNAIE AASEAA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11157_FicheESSMS/fr/mecs-la-chenaie-aaseaa</t>
+  </si>
+  <si>
+    <t>11157_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue Des Chênes</t>
+  </si>
+  <si>
+    <t>100010396</t>
+  </si>
+  <si>
+    <t>USMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11156_FicheESSMS/fr/usma</t>
+  </si>
+  <si>
+    <t>11156_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44 Rue Pasteur</t>
+  </si>
+  <si>
+    <t>Etablissement d'Accueil Mère-Enfant</t>
+  </si>
+  <si>
+    <t>100003359</t>
+  </si>
+  <si>
+    <t>LE PASSAGE AASEAA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11232_FicheESSMS/fr/le-passage-aaseaa</t>
+  </si>
+  <si>
+    <t>11232_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Boulevard Du 14 Juillet</t>
+  </si>
+  <si>
+    <t>100007277</t>
+  </si>
+  <si>
+    <t>SAMSAH DE L'APEI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11343_FicheESSMS/fr/samsah-de-l-apei</t>
+  </si>
+  <si>
+    <t>11343_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Avenue Des Martyrs De La Resistanc</t>
+  </si>
+  <si>
+    <t>100010453</t>
+  </si>
+  <si>
+    <t>EHPAD CARDINAL DE LOMÉNIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11474_FicheESSMS/fr/ehpad-cardinal-de-lomenie</t>
+  </si>
+  <si>
+    <t>11474_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue De Montbreton</t>
+  </si>
+  <si>
+    <t>10500 BRIENNE LE CHATEAU</t>
+  </si>
+  <si>
+    <t>BRIENNE LE CHATEAU</t>
+  </si>
+  <si>
+    <t>100002146</t>
+  </si>
+  <si>
+    <t>SSIAD DE BRIENNE-LE-CHATEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11473_FicheESSMS/fr/ssiad-de-brienne-le-chateau</t>
+  </si>
+  <si>
+    <t>11473_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100007988</t>
+  </si>
+  <si>
+    <t>CENTRE D'ACTION MÉDICO-SOCIALE PRÉCOCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11517_FicheESSMS/fr/centre-d-action-medico-sociale-precoce</t>
+  </si>
+  <si>
+    <t>11517_FicheESSMS</t>
+  </si>
+  <si>
+    <t>77 Rue De Preize</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>100008556</t>
+  </si>
+  <si>
+    <t>CENTRE EDUCATIF ET D'INSERTION PROF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11652_FicheESSMS/fr/centre-educatif-et-d-insertion-prof</t>
+  </si>
+  <si>
+    <t>11652_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100002302</t>
+  </si>
+  <si>
+    <t>FOYER DES JEUNES AASEAA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11651_FicheESSMS/fr/foyer-des-jeunes-aaseaa</t>
+  </si>
+  <si>
+    <t>11651_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100008424</t>
+  </si>
+  <si>
+    <t>SERVICE ACCOMP À LA VIE SOCIALE (APEI)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11637_FicheESSMS/fr/service-accomp-a-la-vie-sociale-apei</t>
+  </si>
+  <si>
+    <t>11637_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Avenue Des Martyrs De La Resistanc</t>
+  </si>
+  <si>
+    <t>100006311</t>
+  </si>
+  <si>
+    <t>EHPAD LES GÉRANIUMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11959_FicheESSMS/fr/ehpad-les-geraniums</t>
+  </si>
+  <si>
+    <t>11959_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Allée Georges Bedez</t>
+  </si>
+  <si>
+    <t>10603 LA CHAPELLE ST LUC</t>
+  </si>
+  <si>
+    <t>100008275</t>
+  </si>
+  <si>
+    <t>CENTRE PARENTAL LES HESTIADES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12137_FicheESSMS/fr/centre-parental-les-hestiades</t>
+  </si>
+  <si>
+    <t>12137_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160 Rue De Preize</t>
+  </si>
+  <si>
+    <t>100009620</t>
+  </si>
+  <si>
+    <t>EHPAD LE MORTIER D'OR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12198_FicheESSMS/fr/ehpad-le-mortier-d-or</t>
+  </si>
+  <si>
+    <t>12198_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Grande Rue Rue</t>
+  </si>
+  <si>
+    <t>100002153</t>
+  </si>
+  <si>
+    <t>EHPAD LA PROVIDENCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12274_FicheESSMS/fr/ehpad-la-providence</t>
+  </si>
+  <si>
+    <t>12274_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Des Terrasses</t>
+  </si>
+  <si>
+    <t>100000389</t>
+  </si>
+  <si>
+    <t>CEF LA FORET D'ORIENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12838_FicheESSMS/fr/cef-la-foret-d-orient</t>
+  </si>
+  <si>
+    <t>12838_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100003318</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>UNITE D'HOSPITALISATION DE PEDOPSYCHIATRIE SITE CH TROYES</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:04:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/257_FicheEtablissement/fr/unite-d-hosp-de-pedo-psych-ch-troyes</t>
+  </si>
+  <si>
+    <t>257_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>37 Rue De La Marne</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>100009968</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>CLINIQUE PSYCHIATRIQUE DE L'AUBE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/254_FicheEtablissement/fr/clinique-psychiatrique-de-l-aube</t>
+  </si>
+  <si>
+    <t>254_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Rue Raymond Burgard</t>
+  </si>
+  <si>
+    <t>0325725040</t>
+  </si>
+  <si>
+    <t>100009182</t>
+  </si>
+  <si>
+    <t>09/07/2025 09:51:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/242_FicheEtablissement/fr/polyclinique-montier-la-celle</t>
+  </si>
+  <si>
+    <t>242_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>17 Rue Baltet</t>
+  </si>
+  <si>
+    <t>0325759466</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE BAR SUR AUBE</t>
+  </si>
+  <si>
+    <t>04/07/2025 12:06:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/241_FicheEtablissement/fr/centre-hospitalier-de-bar-sur-aube</t>
+  </si>
+  <si>
+    <t>241_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Gaston Cheq</t>
+  </si>
+  <si>
+    <t>0325270997</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>100000116</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC DE SANTE MENTALE DE L'AUBE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/240_FicheEtablissement/fr/epsma</t>
+  </si>
+  <si>
+    <t>240_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Avenue Bauffremont</t>
+  </si>
+  <si>
+    <t>0325923636</t>
+  </si>
+  <si>
+    <t>100000108</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/239_FicheEtablissement/fr/centre-hospitalier-de-troyes</t>
+  </si>
+  <si>
+    <t>239_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>0325494949</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>UNITE D'ALCOOLOGIE JEAN SCHIFFER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/256_FicheEtablissement/fr/unite-d-alcoologie-jean-schiffer</t>
+  </si>
+  <si>
+    <t>256_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Avenue Marechal Leclerc</t>
+  </si>
+  <si>
+    <t>10150 PONT STE MARIE</t>
+  </si>
+  <si>
+    <t>PONT STE MARIE</t>
+  </si>
+  <si>
+    <t>0325761936</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>100009380</t>
+  </si>
+  <si>
+    <t>MCO COMTE HENRI - CH DE TROYES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/255_FicheEtablissement/fr/mco-comte-henri-ch-de-troyes</t>
+  </si>
+  <si>
+    <t>255_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0325759223</t>
+  </si>
+  <si>
+    <t>100009364</t>
+  </si>
+  <si>
+    <t>HAD GHAM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/253_FicheEtablissement/fr/had-gham</t>
+  </si>
+  <si>
+    <t>253_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>10105 ROMILLY SUR SEINE</t>
+  </si>
+  <si>
+    <t>100007699</t>
+  </si>
+  <si>
+    <t>SECTION MOYEN SEJOUR - CH DE TROYES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/251_FicheEtablissement/fr/section-moyen-sejour-ch-de-troyes</t>
+  </si>
+  <si>
+    <t>251_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>100006493</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CH TROYES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/250_FicheEtablissement/fr/usld-ehpad-ch-de-troyes</t>
+  </si>
+  <si>
+    <t>250_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>100006444</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE HOPITAL LOCAL DE BAR SUR AUBE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/249_FicheEtablissement/fr/usld-hopital-local-bar-sur-aube</t>
+  </si>
+  <si>
+    <t>249_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Gaston Checq</t>
+  </si>
+  <si>
+    <t>100006048</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE HOPITAL LOCAL  BAR SUR SEINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/248_FicheEtablissement/fr/usld-ehpad-hl-bar-sur-seine</t>
+  </si>
+  <si>
+    <t>248_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>6 Rue Du Stade</t>
+  </si>
+  <si>
+    <t>0325383838</t>
+  </si>
+  <si>
+    <t>100005917</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE DE L'HOPITAL DE NOGENT SUR SE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/246_FicheEtablissement/fr/usld-hl-nogent-sur-seine</t>
+  </si>
+  <si>
+    <t>246_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Place Aristide Briand</t>
+  </si>
+  <si>
+    <t>10400 NOGENT SUR SEINE</t>
+  </si>
+  <si>
+    <t>NOGENT SUR SEINE</t>
+  </si>
+  <si>
+    <t>0325398708</t>
+  </si>
+  <si>
+    <t>100001197</t>
+  </si>
+  <si>
+    <t>HOPITAL LOCAL DE NOGENT-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/245_FicheEtablissement/fr/hopital-local-de-nogent-sur-seine</t>
+  </si>
+  <si>
+    <t>245_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>100000801</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE ROMILLY SUR SEINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/244_FicheEtablissement/fr/centre-hospitalier-de-romilly/seine</t>
+  </si>
+  <si>
+    <t>244_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0325219600</t>
+  </si>
+  <si>
+    <t>Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>100000199</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE PROXIMITE CHRISTIAN BRAUN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/243_FicheEtablissement/fr/ch-de-proximite-christian-braun</t>
+  </si>
+  <si>
+    <t>243_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>100000140</t>
+  </si>
+  <si>
+    <t>GCS PATCS HAD</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:53:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/260_FicheEtablissement/fr/gcs-patcs-had</t>
+  </si>
+  <si>
+    <t>260_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0325433535</t>
+  </si>
+  <si>
+    <t>100010578</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>GCS PATCS CRRF COS PASTEUR 1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/258_FicheEtablissement/fr/gcs-patcs-crrf-cos-pasteur-1</t>
+  </si>
+  <si>
+    <t>258_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Esplanade Lucien Pechart</t>
+  </si>
+  <si>
+    <t>0325437884</t>
+  </si>
+  <si>
+    <t>100010362</t>
+  </si>
+  <si>
+    <t>GCS PLATEFORME AVAL TERRITOIRE CHAMPAGNE SUD CRRFCOS PASTEUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4335_FicheEtablissement/fr/gcs-patcs-crrf-cos-pasteur-2</t>
+  </si>
+  <si>
+    <t>4335_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>103 Avenue Anatole France</t>
+  </si>
+  <si>
+    <t>0325437994</t>
+  </si>
+  <si>
+    <t>100011477</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/238_FicheEtablissement/fr/clinique-du-pays-de-seine</t>
+  </si>
+  <si>
+    <t>238_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>83 Avenue Jean Jaures</t>
+  </si>
+  <si>
+    <t>0325395503</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>GCS HOPITAL PRIVE DE L'AUBE SITE CLQ</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/261_FicheEtablissement/fr/gcs-hopital-prive-de-l-aube-site-clq</t>
+  </si>
+  <si>
+    <t>261_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Rue Chaim Soutine</t>
+  </si>
+  <si>
+    <t>0820151111</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine</t>
+  </si>
+  <si>
+    <t>100010818</t>
+  </si>
+  <si>
+    <t>CLINIQUE KORIAN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/259_FicheEtablissement/fr/clinique-korian</t>
+  </si>
+  <si>
+    <t>259_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Avenue Colette Et Daniel Petitjean</t>
+  </si>
+  <si>
+    <t>0351650800</t>
+  </si>
+  <si>
+    <t>100010545</t>
+  </si>
+  <si>
+    <t>INSTITUT ASCLEPIADE</t>
+  </si>
+  <si>
+    <t>18/12/2024 20:14:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/252_FicheEtablissement/fr/institut-asclepiade</t>
+  </si>
+  <si>
+    <t>252_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>12 Rue Des Perrieres</t>
+  </si>
+  <si>
+    <t>0325708181</t>
+  </si>
+  <si>
+    <t>100007285</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE DE L'ARPDD DE ROSIERES PRES TROYES</t>
+  </si>
+  <si>
+    <t>25/04/2024 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3580_FicheEtablissement/fr/unite-de-dialyse-de-rosieres-pres-troy</t>
+  </si>
+  <si>
+    <t>3580_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0325742110</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>100006550</t>
+  </si>
+  <si>
+    <t>UNITE D'AUTO DIALYSE DE L'A.R.P.D.D. DE ROMILLY SUR SEINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3579_FicheEtablissement/fr/unite-d-auto-dialyse-de-romilly</t>
+  </si>
+  <si>
+    <t>3579_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0325250976</t>
+  </si>
+  <si>
+    <t>100005958</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R18"/>
+  <dimension ref="A1:R17"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -807,783 +3330,7629 @@
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
         <v>49</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
         <v>50</v>
       </c>
       <c r="L5" t="s">
         <v>51</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
         <v>52</v>
       </c>
       <c r="O5" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="Q5" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="R5" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H6" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="L6" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="O6" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="P6" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="Q6" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="R6" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="L7" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="O7" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="P7" t="s">
-        <v>72</v>
+        <v>29</v>
       </c>
       <c r="Q7" t="s">
-        <v>73</v>
+        <v>30</v>
       </c>
       <c r="R7" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>75</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
         <v>76</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
         <v>77</v>
       </c>
       <c r="H8" t="s">
         <v>78</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
         <v>79</v>
       </c>
       <c r="L8" t="s">
         <v>80</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
         <v>81</v>
       </c>
       <c r="O8" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
       <c r="P8" t="s">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="Q8" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="R8" t="s">
-        <v>31</v>
+        <v>85</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="H9" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="L9" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="O9" t="s">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="P9" t="s">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="Q9" t="s">
-        <v>91</v>
+        <v>30</v>
       </c>
       <c r="R9" t="s">
-        <v>92</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
         <v>93</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
         <v>94</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
+        <v>96</v>
+      </c>
+      <c r="L10" t="s">
         <v>97</v>
       </c>
-      <c r="L10" t="s">
+      <c r="M10" t="s">
+        <v>20</v>
+      </c>
+      <c r="N10" t="s">
         <v>98</v>
       </c>
-      <c r="M10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O10" t="s">
-        <v>28</v>
+        <v>99</v>
       </c>
       <c r="P10" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="Q10" t="s">
-        <v>30</v>
+        <v>101</v>
       </c>
       <c r="R10" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="H11" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="L11" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="O11" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="P11" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="Q11" t="s">
-        <v>108</v>
+        <v>66</v>
       </c>
       <c r="R11" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="H12" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="L12" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="O12" t="s">
-        <v>117</v>
+        <v>82</v>
       </c>
       <c r="P12" t="s">
-        <v>118</v>
+        <v>83</v>
       </c>
       <c r="Q12" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="R12" t="s">
-        <v>119</v>
+        <v>85</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
+        <v>119</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
         <v>120</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
         <v>121</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
+        <v>123</v>
+      </c>
+      <c r="L13" t="s">
         <v>124</v>
       </c>
-      <c r="L13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="O13" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="P13" t="s">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="Q13" t="s">
-        <v>91</v>
+        <v>66</v>
       </c>
       <c r="R13" t="s">
-        <v>92</v>
+        <v>67</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
+        <v>125</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
         <v>126</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
         <v>127</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
+        <v>129</v>
+      </c>
+      <c r="L14" t="s">
         <v>130</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>125</v>
+        <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="P14" t="s">
-        <v>72</v>
+        <v>29</v>
       </c>
       <c r="Q14" t="s">
-        <v>73</v>
+        <v>30</v>
       </c>
       <c r="R14" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
+        <v>131</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
         <v>132</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
         <v>133</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
+        <v>135</v>
+      </c>
+      <c r="L15" t="s">
         <v>136</v>
       </c>
-      <c r="L15" t="s">
+      <c r="M15" t="s">
+        <v>20</v>
+      </c>
+      <c r="N15" t="s">
         <v>137</v>
       </c>
-      <c r="M15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O15" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="P15" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="Q15" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="R15" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
         <v>138</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
         <v>139</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
         <v>140</v>
       </c>
       <c r="H16" t="s">
         <v>141</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
         <v>142</v>
       </c>
       <c r="L16" t="s">
         <v>143</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
         <v>144</v>
       </c>
       <c r="O16" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="P16" t="s">
-        <v>72</v>
+        <v>29</v>
       </c>
       <c r="Q16" t="s">
-        <v>73</v>
+        <v>30</v>
       </c>
       <c r="R16" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
         <v>145</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
         <v>146</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
         <v>147</v>
       </c>
       <c r="H17" t="s">
         <v>148</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>149</v>
       </c>
       <c r="L17" t="s">
         <v>150</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
         <v>151</v>
       </c>
       <c r="O17" t="s">
-        <v>28</v>
+        <v>110</v>
       </c>
       <c r="P17" t="s">
-        <v>29</v>
+        <v>111</v>
       </c>
       <c r="Q17" t="s">
+        <v>66</v>
+      </c>
+      <c r="R17" t="s">
+        <v>112</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P104"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>152</v>
+      </c>
+      <c r="J1" t="s">
+        <v>153</v>
+      </c>
+      <c r="K1" t="s">
+        <v>154</v>
+      </c>
+      <c r="L1" t="s">
+        <v>155</v>
+      </c>
+      <c r="M1" t="s">
+        <v>156</v>
+      </c>
+      <c r="N1" t="s">
+        <v>157</v>
+      </c>
+      <c r="O1" t="s">
+        <v>158</v>
+      </c>
+      <c r="P1" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>160</v>
+      </c>
+      <c r="B2" t="s">
+        <v>161</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>162</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>163</v>
+      </c>
+      <c r="H2" t="s">
+        <v>164</v>
+      </c>
+      <c r="I2" t="s">
+        <v>165</v>
+      </c>
+      <c r="J2" t="s">
+        <v>166</v>
+      </c>
+      <c r="K2" t="s">
+        <v>167</v>
+      </c>
+      <c r="L2" t="s">
+        <v>168</v>
+      </c>
+      <c r="M2" t="s">
+        <v>169</v>
+      </c>
+      <c r="N2" t="s">
+        <v>170</v>
+      </c>
+      <c r="O2" t="s">
+        <v>171</v>
+      </c>
+      <c r="P2" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B3" t="s">
+        <v>173</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>175</v>
+      </c>
+      <c r="H3" t="s">
+        <v>176</v>
+      </c>
+      <c r="I3" t="s">
+        <v>177</v>
+      </c>
+      <c r="J3" t="s">
+        <v>178</v>
+      </c>
+      <c r="K3" t="s">
+        <v>179</v>
+      </c>
+      <c r="L3" t="s">
+        <v>168</v>
+      </c>
+      <c r="M3" t="s">
+        <v>180</v>
+      </c>
+      <c r="N3" t="s">
+        <v>181</v>
+      </c>
+      <c r="O3" t="s">
+        <v>182</v>
+      </c>
+      <c r="P3" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>160</v>
+      </c>
+      <c r="B4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>185</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>186</v>
+      </c>
+      <c r="H4" t="s">
+        <v>187</v>
+      </c>
+      <c r="I4" t="s">
+        <v>188</v>
+      </c>
+      <c r="J4" t="s">
+        <v>189</v>
+      </c>
+      <c r="K4" t="s">
+        <v>190</v>
+      </c>
+      <c r="L4" t="s">
+        <v>168</v>
+      </c>
+      <c r="M4" t="s">
+        <v>180</v>
+      </c>
+      <c r="N4" t="s">
+        <v>191</v>
+      </c>
+      <c r="O4" t="s">
+        <v>192</v>
+      </c>
+      <c r="P4" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>160</v>
+      </c>
+      <c r="B5" t="s">
+        <v>194</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>195</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>196</v>
+      </c>
+      <c r="H5" t="s">
+        <v>197</v>
+      </c>
+      <c r="I5" t="s">
+        <v>198</v>
+      </c>
+      <c r="J5" t="s">
+        <v>199</v>
+      </c>
+      <c r="K5" t="s">
+        <v>200</v>
+      </c>
+      <c r="L5" t="s">
+        <v>168</v>
+      </c>
+      <c r="M5" t="s">
+        <v>201</v>
+      </c>
+      <c r="N5" t="s">
+        <v>170</v>
+      </c>
+      <c r="O5" t="s">
+        <v>171</v>
+      </c>
+      <c r="P5" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>160</v>
+      </c>
+      <c r="B6" t="s">
+        <v>203</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>204</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>205</v>
+      </c>
+      <c r="H6" t="s">
+        <v>206</v>
+      </c>
+      <c r="I6" t="s">
+        <v>207</v>
+      </c>
+      <c r="J6" t="s">
+        <v>208</v>
+      </c>
+      <c r="K6" t="s">
+        <v>66</v>
+      </c>
+      <c r="L6" t="s">
+        <v>168</v>
+      </c>
+      <c r="M6" t="s">
+        <v>180</v>
+      </c>
+      <c r="N6" t="s">
+        <v>209</v>
+      </c>
+      <c r="O6" t="s">
+        <v>210</v>
+      </c>
+      <c r="P6" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>160</v>
+      </c>
+      <c r="B7" t="s">
+        <v>212</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>213</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>214</v>
+      </c>
+      <c r="H7" t="s">
+        <v>215</v>
+      </c>
+      <c r="I7" t="s">
+        <v>216</v>
+      </c>
+      <c r="J7" t="s">
+        <v>217</v>
+      </c>
+      <c r="K7" t="s">
+        <v>218</v>
+      </c>
+      <c r="L7" t="s">
+        <v>168</v>
+      </c>
+      <c r="M7" t="s">
+        <v>180</v>
+      </c>
+      <c r="N7" t="s">
+        <v>209</v>
+      </c>
+      <c r="O7" t="s">
+        <v>219</v>
+      </c>
+      <c r="P7" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>160</v>
+      </c>
+      <c r="B8" t="s">
+        <v>221</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>213</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>222</v>
+      </c>
+      <c r="H8" t="s">
+        <v>223</v>
+      </c>
+      <c r="I8" t="s">
+        <v>224</v>
+      </c>
+      <c r="J8" t="s">
+        <v>217</v>
+      </c>
+      <c r="K8" t="s">
+        <v>218</v>
+      </c>
+      <c r="L8" t="s">
+        <v>168</v>
+      </c>
+      <c r="M8" t="s">
+        <v>180</v>
+      </c>
+      <c r="N8" t="s">
+        <v>209</v>
+      </c>
+      <c r="O8" t="s">
+        <v>225</v>
+      </c>
+      <c r="P8" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>160</v>
+      </c>
+      <c r="B9" t="s">
+        <v>227</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>228</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>229</v>
+      </c>
+      <c r="H9" t="s">
+        <v>230</v>
+      </c>
+      <c r="I9" t="s">
+        <v>231</v>
+      </c>
+      <c r="J9" t="s">
+        <v>178</v>
+      </c>
+      <c r="K9" t="s">
+        <v>179</v>
+      </c>
+      <c r="L9" t="s">
+        <v>168</v>
+      </c>
+      <c r="M9" t="s">
+        <v>180</v>
+      </c>
+      <c r="N9" t="s">
+        <v>232</v>
+      </c>
+      <c r="O9" t="s">
+        <v>233</v>
+      </c>
+      <c r="P9" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>160</v>
+      </c>
+      <c r="B10" t="s">
+        <v>235</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>228</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>236</v>
+      </c>
+      <c r="H10" t="s">
+        <v>237</v>
+      </c>
+      <c r="I10" t="s">
+        <v>238</v>
+      </c>
+      <c r="J10" t="s">
+        <v>178</v>
+      </c>
+      <c r="K10" t="s">
+        <v>179</v>
+      </c>
+      <c r="L10" t="s">
+        <v>168</v>
+      </c>
+      <c r="M10" t="s">
+        <v>180</v>
+      </c>
+      <c r="N10" t="s">
+        <v>232</v>
+      </c>
+      <c r="O10" t="s">
+        <v>233</v>
+      </c>
+      <c r="P10" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>160</v>
+      </c>
+      <c r="B11" t="s">
+        <v>240</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>228</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>241</v>
+      </c>
+      <c r="H11" t="s">
+        <v>242</v>
+      </c>
+      <c r="I11" t="s">
+        <v>238</v>
+      </c>
+      <c r="J11" t="s">
+        <v>178</v>
+      </c>
+      <c r="K11" t="s">
+        <v>179</v>
+      </c>
+      <c r="L11" t="s">
+        <v>168</v>
+      </c>
+      <c r="M11" t="s">
+        <v>180</v>
+      </c>
+      <c r="N11" t="s">
+        <v>232</v>
+      </c>
+      <c r="O11" t="s">
+        <v>171</v>
+      </c>
+      <c r="P11" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>160</v>
+      </c>
+      <c r="B12" t="s">
+        <v>244</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>245</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>246</v>
+      </c>
+      <c r="H12" t="s">
+        <v>247</v>
+      </c>
+      <c r="I12" t="s">
+        <v>248</v>
+      </c>
+      <c r="J12" t="s">
+        <v>249</v>
+      </c>
+      <c r="K12" t="s">
+        <v>250</v>
+      </c>
+      <c r="L12" t="s">
+        <v>168</v>
+      </c>
+      <c r="M12" t="s">
+        <v>180</v>
+      </c>
+      <c r="N12" t="s">
+        <v>251</v>
+      </c>
+      <c r="O12" t="s">
+        <v>252</v>
+      </c>
+      <c r="P12" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>160</v>
+      </c>
+      <c r="B13" t="s">
+        <v>254</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>255</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>256</v>
+      </c>
+      <c r="H13" t="s">
+        <v>257</v>
+      </c>
+      <c r="I13" t="s">
+        <v>258</v>
+      </c>
+      <c r="J13" t="s">
+        <v>208</v>
+      </c>
+      <c r="K13" t="s">
+        <v>66</v>
+      </c>
+      <c r="L13" t="s">
+        <v>168</v>
+      </c>
+      <c r="M13" t="s">
+        <v>180</v>
+      </c>
+      <c r="N13" t="s">
+        <v>259</v>
+      </c>
+      <c r="O13" t="s">
+        <v>260</v>
+      </c>
+      <c r="P13" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>160</v>
+      </c>
+      <c r="B14" t="s">
+        <v>262</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>263</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>264</v>
+      </c>
+      <c r="H14" t="s">
+        <v>265</v>
+      </c>
+      <c r="I14" t="s">
+        <v>266</v>
+      </c>
+      <c r="J14" t="s">
+        <v>208</v>
+      </c>
+      <c r="K14" t="s">
+        <v>66</v>
+      </c>
+      <c r="L14" t="s">
+        <v>168</v>
+      </c>
+      <c r="M14" t="s">
+        <v>180</v>
+      </c>
+      <c r="N14" t="s">
+        <v>170</v>
+      </c>
+      <c r="O14" t="s">
+        <v>171</v>
+      </c>
+      <c r="P14" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>160</v>
+      </c>
+      <c r="B15" t="s">
+        <v>268</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>263</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>269</v>
+      </c>
+      <c r="H15" t="s">
+        <v>270</v>
+      </c>
+      <c r="I15" t="s">
+        <v>271</v>
+      </c>
+      <c r="J15" t="s">
+        <v>272</v>
+      </c>
+      <c r="K15" t="s">
+        <v>273</v>
+      </c>
+      <c r="L15" t="s">
+        <v>168</v>
+      </c>
+      <c r="M15" t="s">
+        <v>180</v>
+      </c>
+      <c r="N15" t="s">
+        <v>274</v>
+      </c>
+      <c r="O15" t="s">
+        <v>275</v>
+      </c>
+      <c r="P15" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>160</v>
+      </c>
+      <c r="B16" t="s">
+        <v>277</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>263</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>278</v>
+      </c>
+      <c r="H16" t="s">
+        <v>279</v>
+      </c>
+      <c r="I16" t="s">
+        <v>280</v>
+      </c>
+      <c r="J16" t="s">
+        <v>208</v>
+      </c>
+      <c r="K16" t="s">
+        <v>66</v>
+      </c>
+      <c r="L16" t="s">
+        <v>168</v>
+      </c>
+      <c r="M16" t="s">
+        <v>180</v>
+      </c>
+      <c r="N16" t="s">
+        <v>274</v>
+      </c>
+      <c r="O16" t="s">
+        <v>281</v>
+      </c>
+      <c r="P16" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>160</v>
+      </c>
+      <c r="B17" t="s">
+        <v>283</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>263</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>284</v>
+      </c>
+      <c r="H17" t="s">
+        <v>285</v>
+      </c>
+      <c r="I17" t="s">
+        <v>286</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
         <v>30</v>
       </c>
-      <c r="R17" t="s">
-        <v>31</v>
+      <c r="L17" t="s">
+        <v>168</v>
+      </c>
+      <c r="M17" t="s">
+        <v>180</v>
+      </c>
+      <c r="N17" t="s">
+        <v>251</v>
+      </c>
+      <c r="O17" t="s">
+        <v>252</v>
+      </c>
+      <c r="P17" t="s">
+        <v>287</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>18</v>
+        <v>160</v>
       </c>
       <c r="B18" t="s">
+        <v>288</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>263</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>289</v>
+      </c>
+      <c r="H18" t="s">
+        <v>290</v>
+      </c>
+      <c r="I18" t="s">
+        <v>291</v>
+      </c>
+      <c r="J18" t="s">
+        <v>292</v>
+      </c>
+      <c r="K18" t="s">
+        <v>293</v>
+      </c>
+      <c r="L18" t="s">
+        <v>168</v>
+      </c>
+      <c r="M18" t="s">
+        <v>180</v>
+      </c>
+      <c r="N18" t="s">
+        <v>274</v>
+      </c>
+      <c r="O18" t="s">
+        <v>281</v>
+      </c>
+      <c r="P18" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>160</v>
+      </c>
+      <c r="B19" t="s">
+        <v>295</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>263</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>296</v>
+      </c>
+      <c r="H19" t="s">
+        <v>297</v>
+      </c>
+      <c r="I19" t="s">
+        <v>298</v>
+      </c>
+      <c r="J19" t="s">
+        <v>208</v>
+      </c>
+      <c r="K19" t="s">
+        <v>66</v>
+      </c>
+      <c r="L19" t="s">
+        <v>168</v>
+      </c>
+      <c r="M19" t="s">
+        <v>180</v>
+      </c>
+      <c r="N19" t="s">
+        <v>251</v>
+      </c>
+      <c r="O19" t="s">
+        <v>299</v>
+      </c>
+      <c r="P19" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>160</v>
+      </c>
+      <c r="B20" t="s">
+        <v>301</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>263</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>302</v>
+      </c>
+      <c r="H20" t="s">
+        <v>303</v>
+      </c>
+      <c r="I20" t="s">
+        <v>304</v>
+      </c>
+      <c r="J20" t="s">
+        <v>208</v>
+      </c>
+      <c r="K20" t="s">
+        <v>66</v>
+      </c>
+      <c r="L20" t="s">
+        <v>168</v>
+      </c>
+      <c r="M20" t="s">
+        <v>180</v>
+      </c>
+      <c r="N20" t="s">
+        <v>274</v>
+      </c>
+      <c r="O20" t="s">
+        <v>305</v>
+      </c>
+      <c r="P20" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>160</v>
+      </c>
+      <c r="B21" t="s">
+        <v>307</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>308</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>309</v>
+      </c>
+      <c r="H21" t="s">
+        <v>310</v>
+      </c>
+      <c r="I21" t="s">
+        <v>311</v>
+      </c>
+      <c r="J21" t="s">
+        <v>208</v>
+      </c>
+      <c r="K21" t="s">
+        <v>66</v>
+      </c>
+      <c r="L21" t="s">
+        <v>168</v>
+      </c>
+      <c r="M21" t="s">
+        <v>169</v>
+      </c>
+      <c r="N21" t="s">
+        <v>181</v>
+      </c>
+      <c r="O21" t="s">
+        <v>312</v>
+      </c>
+      <c r="P21" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B22" t="s">
+        <v>314</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>315</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>316</v>
+      </c>
+      <c r="H22" t="s">
+        <v>317</v>
+      </c>
+      <c r="I22" t="s">
+        <v>318</v>
+      </c>
+      <c r="J22" t="s">
+        <v>208</v>
+      </c>
+      <c r="K22" t="s">
+        <v>66</v>
+      </c>
+      <c r="L22" t="s">
+        <v>168</v>
+      </c>
+      <c r="M22" t="s">
+        <v>180</v>
+      </c>
+      <c r="N22" t="s">
+        <v>259</v>
+      </c>
+      <c r="O22" t="s">
+        <v>260</v>
+      </c>
+      <c r="P22" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>160</v>
+      </c>
+      <c r="B23" t="s">
+        <v>320</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>321</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>322</v>
+      </c>
+      <c r="H23" t="s">
+        <v>323</v>
+      </c>
+      <c r="I23" t="s">
+        <v>324</v>
+      </c>
+      <c r="J23" t="s">
+        <v>325</v>
+      </c>
+      <c r="K23" t="s">
+        <v>326</v>
+      </c>
+      <c r="L23" t="s">
+        <v>168</v>
+      </c>
+      <c r="M23" t="s">
+        <v>201</v>
+      </c>
+      <c r="N23" t="s">
+        <v>170</v>
+      </c>
+      <c r="O23" t="s">
+        <v>171</v>
+      </c>
+      <c r="P23" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>160</v>
+      </c>
+      <c r="B24" t="s">
+        <v>328</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>329</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>330</v>
+      </c>
+      <c r="H24" t="s">
+        <v>331</v>
+      </c>
+      <c r="I24" t="s">
+        <v>332</v>
+      </c>
+      <c r="J24" t="s">
+        <v>333</v>
+      </c>
+      <c r="K24" t="s">
+        <v>334</v>
+      </c>
+      <c r="L24" t="s">
+        <v>168</v>
+      </c>
+      <c r="M24" t="s">
+        <v>180</v>
+      </c>
+      <c r="N24" t="s">
+        <v>274</v>
+      </c>
+      <c r="O24" t="s">
+        <v>275</v>
+      </c>
+      <c r="P24" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>160</v>
+      </c>
+      <c r="B25" t="s">
+        <v>336</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>329</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>337</v>
+      </c>
+      <c r="H25" t="s">
+        <v>338</v>
+      </c>
+      <c r="I25" t="s">
+        <v>339</v>
+      </c>
+      <c r="J25" t="s">
+        <v>340</v>
+      </c>
+      <c r="K25" t="s">
+        <v>341</v>
+      </c>
+      <c r="L25" t="s">
+        <v>168</v>
+      </c>
+      <c r="M25" t="s">
+        <v>180</v>
+      </c>
+      <c r="N25" t="s">
+        <v>191</v>
+      </c>
+      <c r="O25" t="s">
+        <v>342</v>
+      </c>
+      <c r="P25" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>160</v>
+      </c>
+      <c r="B26" t="s">
+        <v>344</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>329</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>345</v>
+      </c>
+      <c r="H26" t="s">
+        <v>346</v>
+      </c>
+      <c r="I26" t="s">
+        <v>347</v>
+      </c>
+      <c r="J26" t="s">
+        <v>348</v>
+      </c>
+      <c r="K26" t="s">
+        <v>349</v>
+      </c>
+      <c r="L26" t="s">
+        <v>168</v>
+      </c>
+      <c r="M26" t="s">
+        <v>180</v>
+      </c>
+      <c r="N26" t="s">
+        <v>191</v>
+      </c>
+      <c r="O26" t="s">
+        <v>350</v>
+      </c>
+      <c r="P26" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>160</v>
+      </c>
+      <c r="B27" t="s">
+        <v>352</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>329</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>353</v>
+      </c>
+      <c r="H27" t="s">
+        <v>354</v>
+      </c>
+      <c r="I27" t="s">
+        <v>332</v>
+      </c>
+      <c r="J27" t="s">
+        <v>333</v>
+      </c>
+      <c r="K27" t="s">
+        <v>334</v>
+      </c>
+      <c r="L27" t="s">
+        <v>168</v>
+      </c>
+      <c r="M27" t="s">
+        <v>180</v>
+      </c>
+      <c r="N27" t="s">
+        <v>274</v>
+      </c>
+      <c r="O27" t="s">
+        <v>281</v>
+      </c>
+      <c r="P27" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>160</v>
+      </c>
+      <c r="B28" t="s">
+        <v>356</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>357</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>358</v>
+      </c>
+      <c r="H28" t="s">
+        <v>359</v>
+      </c>
+      <c r="I28" t="s">
+        <v>360</v>
+      </c>
+      <c r="J28" t="s">
+        <v>208</v>
+      </c>
+      <c r="K28" t="s">
+        <v>66</v>
+      </c>
+      <c r="L28" t="s">
+        <v>168</v>
+      </c>
+      <c r="M28" t="s">
+        <v>169</v>
+      </c>
+      <c r="N28" t="s">
+        <v>181</v>
+      </c>
+      <c r="O28" t="s">
+        <v>361</v>
+      </c>
+      <c r="P28" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>160</v>
+      </c>
+      <c r="B29" t="s">
+        <v>363</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>364</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>365</v>
+      </c>
+      <c r="H29" t="s">
+        <v>366</v>
+      </c>
+      <c r="I29" t="s">
+        <v>340</v>
+      </c>
+      <c r="J29" t="s">
+        <v>20</v>
+      </c>
+      <c r="K29" t="s">
+        <v>341</v>
+      </c>
+      <c r="L29" t="s">
+        <v>168</v>
+      </c>
+      <c r="M29" t="s">
+        <v>180</v>
+      </c>
+      <c r="N29" t="s">
+        <v>251</v>
+      </c>
+      <c r="O29" t="s">
+        <v>252</v>
+      </c>
+      <c r="P29" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>160</v>
+      </c>
+      <c r="B30" t="s">
+        <v>368</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>369</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>370</v>
+      </c>
+      <c r="H30" t="s">
+        <v>371</v>
+      </c>
+      <c r="I30" t="s">
+        <v>372</v>
+      </c>
+      <c r="J30" t="s">
+        <v>208</v>
+      </c>
+      <c r="K30" t="s">
+        <v>66</v>
+      </c>
+      <c r="L30" t="s">
+        <v>168</v>
+      </c>
+      <c r="M30" t="s">
+        <v>180</v>
+      </c>
+      <c r="N30" t="s">
+        <v>191</v>
+      </c>
+      <c r="O30" t="s">
+        <v>373</v>
+      </c>
+      <c r="P30" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>160</v>
+      </c>
+      <c r="B31" t="s">
+        <v>375</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>369</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>376</v>
+      </c>
+      <c r="H31" t="s">
+        <v>377</v>
+      </c>
+      <c r="I31" t="s">
+        <v>378</v>
+      </c>
+      <c r="J31" t="s">
+        <v>208</v>
+      </c>
+      <c r="K31" t="s">
+        <v>66</v>
+      </c>
+      <c r="L31" t="s">
+        <v>168</v>
+      </c>
+      <c r="M31" t="s">
+        <v>180</v>
+      </c>
+      <c r="N31" t="s">
+        <v>191</v>
+      </c>
+      <c r="O31" t="s">
+        <v>342</v>
+      </c>
+      <c r="P31" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>160</v>
+      </c>
+      <c r="B32" t="s">
+        <v>380</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>381</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>382</v>
+      </c>
+      <c r="H32" t="s">
+        <v>383</v>
+      </c>
+      <c r="I32" t="s">
+        <v>384</v>
+      </c>
+      <c r="J32" t="s">
+        <v>208</v>
+      </c>
+      <c r="K32" t="s">
+        <v>66</v>
+      </c>
+      <c r="L32" t="s">
+        <v>168</v>
+      </c>
+      <c r="M32" t="s">
+        <v>180</v>
+      </c>
+      <c r="N32" t="s">
+        <v>191</v>
+      </c>
+      <c r="O32" t="s">
+        <v>385</v>
+      </c>
+      <c r="P32" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>160</v>
+      </c>
+      <c r="B33" t="s">
+        <v>387</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>388</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>389</v>
+      </c>
+      <c r="H33" t="s">
+        <v>390</v>
+      </c>
+      <c r="I33" t="s">
+        <v>391</v>
+      </c>
+      <c r="J33" t="s">
+        <v>392</v>
+      </c>
+      <c r="K33" t="s">
+        <v>393</v>
+      </c>
+      <c r="L33" t="s">
+        <v>168</v>
+      </c>
+      <c r="M33" t="s">
+        <v>169</v>
+      </c>
+      <c r="N33" t="s">
+        <v>170</v>
+      </c>
+      <c r="O33" t="s">
+        <v>171</v>
+      </c>
+      <c r="P33" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>160</v>
+      </c>
+      <c r="B34" t="s">
+        <v>395</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>396</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>397</v>
+      </c>
+      <c r="H34" t="s">
+        <v>398</v>
+      </c>
+      <c r="I34" t="s">
+        <v>399</v>
+      </c>
+      <c r="J34" t="s">
+        <v>208</v>
+      </c>
+      <c r="K34" t="s">
+        <v>66</v>
+      </c>
+      <c r="L34" t="s">
+        <v>168</v>
+      </c>
+      <c r="M34" t="s">
+        <v>201</v>
+      </c>
+      <c r="N34" t="s">
+        <v>170</v>
+      </c>
+      <c r="O34" t="s">
+        <v>171</v>
+      </c>
+      <c r="P34" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>160</v>
+      </c>
+      <c r="B35" t="s">
+        <v>401</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>402</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>403</v>
+      </c>
+      <c r="H35" t="s">
+        <v>404</v>
+      </c>
+      <c r="I35" t="s">
+        <v>405</v>
+      </c>
+      <c r="J35" t="s">
+        <v>208</v>
+      </c>
+      <c r="K35" t="s">
+        <v>66</v>
+      </c>
+      <c r="L35" t="s">
+        <v>168</v>
+      </c>
+      <c r="M35" t="s">
+        <v>201</v>
+      </c>
+      <c r="N35" t="s">
+        <v>170</v>
+      </c>
+      <c r="O35" t="s">
+        <v>171</v>
+      </c>
+      <c r="P35" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>160</v>
+      </c>
+      <c r="B36" t="s">
+        <v>407</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>408</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>409</v>
+      </c>
+      <c r="H36" t="s">
+        <v>410</v>
+      </c>
+      <c r="I36" t="s">
+        <v>411</v>
+      </c>
+      <c r="J36" t="s">
+        <v>208</v>
+      </c>
+      <c r="K36" t="s">
+        <v>66</v>
+      </c>
+      <c r="L36" t="s">
+        <v>168</v>
+      </c>
+      <c r="M36" t="s">
+        <v>201</v>
+      </c>
+      <c r="N36" t="s">
+        <v>170</v>
+      </c>
+      <c r="O36" t="s">
+        <v>171</v>
+      </c>
+      <c r="P36" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>160</v>
+      </c>
+      <c r="B37" t="s">
+        <v>413</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>414</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>415</v>
+      </c>
+      <c r="H37" t="s">
+        <v>416</v>
+      </c>
+      <c r="I37" t="s">
+        <v>417</v>
+      </c>
+      <c r="J37" t="s">
+        <v>418</v>
+      </c>
+      <c r="K37" t="s">
+        <v>419</v>
+      </c>
+      <c r="L37" t="s">
+        <v>168</v>
+      </c>
+      <c r="M37" t="s">
+        <v>201</v>
+      </c>
+      <c r="N37" t="s">
+        <v>170</v>
+      </c>
+      <c r="O37" t="s">
+        <v>171</v>
+      </c>
+      <c r="P37" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>160</v>
+      </c>
+      <c r="B38" t="s">
+        <v>421</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>422</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>423</v>
+      </c>
+      <c r="H38" t="s">
+        <v>424</v>
+      </c>
+      <c r="I38" t="s">
+        <v>425</v>
+      </c>
+      <c r="J38" t="s">
+        <v>208</v>
+      </c>
+      <c r="K38" t="s">
+        <v>66</v>
+      </c>
+      <c r="L38" t="s">
+        <v>168</v>
+      </c>
+      <c r="M38" t="s">
+        <v>180</v>
+      </c>
+      <c r="N38" t="s">
+        <v>259</v>
+      </c>
+      <c r="O38" t="s">
+        <v>260</v>
+      </c>
+      <c r="P38" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>160</v>
+      </c>
+      <c r="B39" t="s">
+        <v>427</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>422</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>428</v>
+      </c>
+      <c r="H39" t="s">
+        <v>429</v>
+      </c>
+      <c r="I39" t="s">
+        <v>425</v>
+      </c>
+      <c r="J39" t="s">
+        <v>208</v>
+      </c>
+      <c r="K39" t="s">
+        <v>66</v>
+      </c>
+      <c r="L39" t="s">
+        <v>168</v>
+      </c>
+      <c r="M39" t="s">
+        <v>180</v>
+      </c>
+      <c r="N39" t="s">
+        <v>181</v>
+      </c>
+      <c r="O39" t="s">
+        <v>430</v>
+      </c>
+      <c r="P39" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>160</v>
+      </c>
+      <c r="B40" t="s">
+        <v>432</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>433</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>434</v>
+      </c>
+      <c r="H40" t="s">
+        <v>435</v>
+      </c>
+      <c r="I40" t="s">
+        <v>436</v>
+      </c>
+      <c r="J40" t="s">
+        <v>208</v>
+      </c>
+      <c r="K40" t="s">
+        <v>66</v>
+      </c>
+      <c r="L40" t="s">
+        <v>168</v>
+      </c>
+      <c r="M40" t="s">
+        <v>180</v>
+      </c>
+      <c r="N40" t="s">
+        <v>181</v>
+      </c>
+      <c r="O40" t="s">
+        <v>437</v>
+      </c>
+      <c r="P40" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>160</v>
+      </c>
+      <c r="B41" t="s">
+        <v>439</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>440</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>441</v>
+      </c>
+      <c r="H41" t="s">
+        <v>442</v>
+      </c>
+      <c r="I41" t="s">
+        <v>443</v>
+      </c>
+      <c r="J41" t="s">
+        <v>217</v>
+      </c>
+      <c r="K41" t="s">
+        <v>218</v>
+      </c>
+      <c r="L41" t="s">
+        <v>168</v>
+      </c>
+      <c r="M41" t="s">
+        <v>180</v>
+      </c>
+      <c r="N41" t="s">
+        <v>251</v>
+      </c>
+      <c r="O41" t="s">
+        <v>299</v>
+      </c>
+      <c r="P41" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>160</v>
+      </c>
+      <c r="B42" t="s">
+        <v>445</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>446</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>447</v>
+      </c>
+      <c r="H42" t="s">
+        <v>448</v>
+      </c>
+      <c r="I42" t="s">
+        <v>449</v>
+      </c>
+      <c r="J42" t="s">
+        <v>450</v>
+      </c>
+      <c r="K42" t="s">
+        <v>451</v>
+      </c>
+      <c r="L42" t="s">
+        <v>168</v>
+      </c>
+      <c r="M42" t="s">
+        <v>180</v>
+      </c>
+      <c r="N42" t="s">
+        <v>191</v>
+      </c>
+      <c r="O42" t="s">
+        <v>233</v>
+      </c>
+      <c r="P42" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>160</v>
+      </c>
+      <c r="B43" t="s">
+        <v>453</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>446</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>454</v>
+      </c>
+      <c r="H43" t="s">
+        <v>455</v>
+      </c>
+      <c r="I43" t="s">
+        <v>456</v>
+      </c>
+      <c r="J43" t="s">
+        <v>457</v>
+      </c>
+      <c r="K43" t="s">
+        <v>458</v>
+      </c>
+      <c r="L43" t="s">
+        <v>168</v>
+      </c>
+      <c r="M43" t="s">
+        <v>180</v>
+      </c>
+      <c r="N43" t="s">
+        <v>191</v>
+      </c>
+      <c r="O43" t="s">
+        <v>233</v>
+      </c>
+      <c r="P43" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>160</v>
+      </c>
+      <c r="B44" t="s">
+        <v>460</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>461</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>462</v>
+      </c>
+      <c r="H44" t="s">
+        <v>463</v>
+      </c>
+      <c r="I44" t="s">
+        <v>464</v>
+      </c>
+      <c r="J44" t="s">
+        <v>450</v>
+      </c>
+      <c r="K44" t="s">
+        <v>451</v>
+      </c>
+      <c r="L44" t="s">
+        <v>168</v>
+      </c>
+      <c r="M44" t="s">
+        <v>180</v>
+      </c>
+      <c r="N44" t="s">
+        <v>191</v>
+      </c>
+      <c r="O44" t="s">
+        <v>192</v>
+      </c>
+      <c r="P44" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>160</v>
+      </c>
+      <c r="B45" t="s">
+        <v>466</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>467</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>468</v>
+      </c>
+      <c r="H45" t="s">
+        <v>469</v>
+      </c>
+      <c r="I45" t="s">
+        <v>470</v>
+      </c>
+      <c r="J45" t="s">
+        <v>208</v>
+      </c>
+      <c r="K45" t="s">
+        <v>66</v>
+      </c>
+      <c r="L45" t="s">
+        <v>168</v>
+      </c>
+      <c r="M45" t="s">
+        <v>180</v>
+      </c>
+      <c r="N45" t="s">
+        <v>209</v>
+      </c>
+      <c r="O45" t="s">
+        <v>225</v>
+      </c>
+      <c r="P45" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>160</v>
+      </c>
+      <c r="B46" t="s">
+        <v>472</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>473</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>474</v>
+      </c>
+      <c r="H46" t="s">
+        <v>475</v>
+      </c>
+      <c r="I46" t="s">
+        <v>476</v>
+      </c>
+      <c r="J46" t="s">
+        <v>208</v>
+      </c>
+      <c r="K46" t="s">
+        <v>66</v>
+      </c>
+      <c r="L46" t="s">
+        <v>168</v>
+      </c>
+      <c r="M46" t="s">
+        <v>180</v>
+      </c>
+      <c r="N46" t="s">
+        <v>170</v>
+      </c>
+      <c r="O46" t="s">
+        <v>171</v>
+      </c>
+      <c r="P46" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>160</v>
+      </c>
+      <c r="B47" t="s">
+        <v>478</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>479</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>480</v>
+      </c>
+      <c r="H47" t="s">
+        <v>481</v>
+      </c>
+      <c r="I47" t="s">
+        <v>482</v>
+      </c>
+      <c r="J47" t="s">
+        <v>483</v>
+      </c>
+      <c r="K47" t="s">
+        <v>484</v>
+      </c>
+      <c r="L47" t="s">
+        <v>168</v>
+      </c>
+      <c r="M47" t="s">
+        <v>169</v>
+      </c>
+      <c r="N47" t="s">
+        <v>170</v>
+      </c>
+      <c r="O47" t="s">
+        <v>171</v>
+      </c>
+      <c r="P47" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>160</v>
+      </c>
+      <c r="B48" t="s">
+        <v>486</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>487</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>488</v>
+      </c>
+      <c r="H48" t="s">
+        <v>489</v>
+      </c>
+      <c r="I48" t="s">
+        <v>490</v>
+      </c>
+      <c r="J48" t="s">
+        <v>491</v>
+      </c>
+      <c r="K48" t="s">
+        <v>492</v>
+      </c>
+      <c r="L48" t="s">
+        <v>168</v>
+      </c>
+      <c r="M48" t="s">
+        <v>201</v>
+      </c>
+      <c r="N48" t="s">
+        <v>191</v>
+      </c>
+      <c r="O48" t="s">
+        <v>192</v>
+      </c>
+      <c r="P48" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>160</v>
+      </c>
+      <c r="B49" t="s">
+        <v>494</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>487</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>495</v>
+      </c>
+      <c r="H49" t="s">
+        <v>496</v>
+      </c>
+      <c r="I49" t="s">
+        <v>490</v>
+      </c>
+      <c r="J49" t="s">
+        <v>491</v>
+      </c>
+      <c r="K49" t="s">
+        <v>492</v>
+      </c>
+      <c r="L49" t="s">
+        <v>168</v>
+      </c>
+      <c r="M49" t="s">
+        <v>201</v>
+      </c>
+      <c r="N49" t="s">
+        <v>191</v>
+      </c>
+      <c r="O49" t="s">
+        <v>233</v>
+      </c>
+      <c r="P49" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>160</v>
+      </c>
+      <c r="B50" t="s">
+        <v>498</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>487</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>499</v>
+      </c>
+      <c r="H50" t="s">
+        <v>500</v>
+      </c>
+      <c r="I50" t="s">
+        <v>501</v>
+      </c>
+      <c r="J50" t="s">
+        <v>208</v>
+      </c>
+      <c r="K50" t="s">
+        <v>66</v>
+      </c>
+      <c r="L50" t="s">
+        <v>168</v>
+      </c>
+      <c r="M50" t="s">
+        <v>180</v>
+      </c>
+      <c r="N50" t="s">
+        <v>181</v>
+      </c>
+      <c r="O50" t="s">
+        <v>502</v>
+      </c>
+      <c r="P50" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>160</v>
+      </c>
+      <c r="B51" t="s">
+        <v>504</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>505</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>506</v>
+      </c>
+      <c r="H51" t="s">
+        <v>507</v>
+      </c>
+      <c r="I51" t="s">
+        <v>508</v>
+      </c>
+      <c r="J51" t="s">
+        <v>217</v>
+      </c>
+      <c r="K51" t="s">
+        <v>218</v>
+      </c>
+      <c r="L51" t="s">
+        <v>168</v>
+      </c>
+      <c r="M51" t="s">
+        <v>201</v>
+      </c>
+      <c r="N51" t="s">
+        <v>170</v>
+      </c>
+      <c r="O51" t="s">
+        <v>171</v>
+      </c>
+      <c r="P51" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>160</v>
+      </c>
+      <c r="B52" t="s">
+        <v>510</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>511</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>512</v>
+      </c>
+      <c r="H52" t="s">
+        <v>513</v>
+      </c>
+      <c r="I52" t="s">
+        <v>514</v>
+      </c>
+      <c r="J52" t="s">
+        <v>292</v>
+      </c>
+      <c r="K52" t="s">
+        <v>293</v>
+      </c>
+      <c r="L52" t="s">
+        <v>168</v>
+      </c>
+      <c r="M52" t="s">
+        <v>169</v>
+      </c>
+      <c r="N52" t="s">
+        <v>170</v>
+      </c>
+      <c r="O52" t="s">
+        <v>171</v>
+      </c>
+      <c r="P52" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>160</v>
+      </c>
+      <c r="B53" t="s">
+        <v>516</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>517</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>518</v>
+      </c>
+      <c r="H53" t="s">
+        <v>519</v>
+      </c>
+      <c r="I53" t="s">
+        <v>520</v>
+      </c>
+      <c r="J53" t="s">
+        <v>521</v>
+      </c>
+      <c r="K53" t="s">
+        <v>522</v>
+      </c>
+      <c r="L53" t="s">
+        <v>168</v>
+      </c>
+      <c r="M53" t="s">
+        <v>169</v>
+      </c>
+      <c r="N53" t="s">
+        <v>170</v>
+      </c>
+      <c r="O53" t="s">
+        <v>171</v>
+      </c>
+      <c r="P53" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>160</v>
+      </c>
+      <c r="B54" t="s">
+        <v>524</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>525</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>526</v>
+      </c>
+      <c r="H54" t="s">
+        <v>527</v>
+      </c>
+      <c r="I54" t="s">
+        <v>528</v>
+      </c>
+      <c r="J54" t="s">
+        <v>20</v>
+      </c>
+      <c r="K54" t="s">
+        <v>529</v>
+      </c>
+      <c r="L54" t="s">
+        <v>168</v>
+      </c>
+      <c r="M54" t="s">
+        <v>169</v>
+      </c>
+      <c r="N54" t="s">
+        <v>232</v>
+      </c>
+      <c r="O54" t="s">
+        <v>530</v>
+      </c>
+      <c r="P54" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>160</v>
+      </c>
+      <c r="B55" t="s">
+        <v>532</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>533</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>534</v>
+      </c>
+      <c r="H55" t="s">
+        <v>535</v>
+      </c>
+      <c r="I55" t="s">
+        <v>536</v>
+      </c>
+      <c r="J55" t="s">
+        <v>286</v>
+      </c>
+      <c r="K55" t="s">
+        <v>30</v>
+      </c>
+      <c r="L55" t="s">
+        <v>168</v>
+      </c>
+      <c r="M55" t="s">
+        <v>180</v>
+      </c>
+      <c r="N55" t="s">
+        <v>170</v>
+      </c>
+      <c r="O55" t="s">
+        <v>171</v>
+      </c>
+      <c r="P55" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>160</v>
+      </c>
+      <c r="B56" t="s">
+        <v>538</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>533</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>539</v>
+      </c>
+      <c r="H56" t="s">
+        <v>540</v>
+      </c>
+      <c r="I56" t="s">
+        <v>541</v>
+      </c>
+      <c r="J56" t="s">
+        <v>208</v>
+      </c>
+      <c r="K56" t="s">
+        <v>66</v>
+      </c>
+      <c r="L56" t="s">
+        <v>168</v>
+      </c>
+      <c r="M56" t="s">
+        <v>180</v>
+      </c>
+      <c r="N56" t="s">
+        <v>232</v>
+      </c>
+      <c r="O56" t="s">
+        <v>530</v>
+      </c>
+      <c r="P56" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>160</v>
+      </c>
+      <c r="B57" t="s">
+        <v>543</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>533</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>544</v>
+      </c>
+      <c r="H57" t="s">
+        <v>545</v>
+      </c>
+      <c r="I57" t="s">
+        <v>546</v>
+      </c>
+      <c r="J57" t="s">
+        <v>189</v>
+      </c>
+      <c r="K57" t="s">
+        <v>190</v>
+      </c>
+      <c r="L57" t="s">
+        <v>168</v>
+      </c>
+      <c r="M57" t="s">
+        <v>180</v>
+      </c>
+      <c r="N57" t="s">
+        <v>170</v>
+      </c>
+      <c r="O57" t="s">
+        <v>171</v>
+      </c>
+      <c r="P57" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>160</v>
+      </c>
+      <c r="B58" t="s">
+        <v>548</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>533</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>549</v>
+      </c>
+      <c r="H58" t="s">
+        <v>550</v>
+      </c>
+      <c r="I58" t="s">
+        <v>551</v>
+      </c>
+      <c r="J58" t="s">
+        <v>208</v>
+      </c>
+      <c r="K58" t="s">
+        <v>66</v>
+      </c>
+      <c r="L58" t="s">
+        <v>168</v>
+      </c>
+      <c r="M58" t="s">
+        <v>180</v>
+      </c>
+      <c r="N58" t="s">
+        <v>170</v>
+      </c>
+      <c r="O58" t="s">
+        <v>171</v>
+      </c>
+      <c r="P58" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>160</v>
+      </c>
+      <c r="B59" t="s">
+        <v>553</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>533</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>554</v>
+      </c>
+      <c r="H59" t="s">
+        <v>555</v>
+      </c>
+      <c r="I59" t="s">
+        <v>556</v>
+      </c>
+      <c r="J59" t="s">
+        <v>557</v>
+      </c>
+      <c r="K59" t="s">
+        <v>558</v>
+      </c>
+      <c r="L59" t="s">
+        <v>168</v>
+      </c>
+      <c r="M59" t="s">
+        <v>180</v>
+      </c>
+      <c r="N59" t="s">
+        <v>170</v>
+      </c>
+      <c r="O59" t="s">
+        <v>171</v>
+      </c>
+      <c r="P59" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>160</v>
+      </c>
+      <c r="B60" t="s">
+        <v>560</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>533</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>561</v>
+      </c>
+      <c r="H60" t="s">
+        <v>562</v>
+      </c>
+      <c r="I60" t="s">
+        <v>563</v>
+      </c>
+      <c r="J60" t="s">
+        <v>564</v>
+      </c>
+      <c r="K60" t="s">
+        <v>565</v>
+      </c>
+      <c r="L60" t="s">
+        <v>168</v>
+      </c>
+      <c r="M60" t="s">
+        <v>180</v>
+      </c>
+      <c r="N60" t="s">
+        <v>170</v>
+      </c>
+      <c r="O60" t="s">
+        <v>171</v>
+      </c>
+      <c r="P60" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>160</v>
+      </c>
+      <c r="B61" t="s">
+        <v>567</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>568</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>569</v>
+      </c>
+      <c r="H61" t="s">
+        <v>570</v>
+      </c>
+      <c r="I61" t="s">
+        <v>571</v>
+      </c>
+      <c r="J61" t="s">
+        <v>208</v>
+      </c>
+      <c r="K61" t="s">
+        <v>66</v>
+      </c>
+      <c r="L61" t="s">
+        <v>168</v>
+      </c>
+      <c r="M61" t="s">
+        <v>180</v>
+      </c>
+      <c r="N61" t="s">
+        <v>191</v>
+      </c>
+      <c r="O61" t="s">
+        <v>572</v>
+      </c>
+      <c r="P61" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>160</v>
+      </c>
+      <c r="B62" t="s">
+        <v>574</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>568</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>575</v>
+      </c>
+      <c r="H62" t="s">
+        <v>576</v>
+      </c>
+      <c r="I62" t="s">
+        <v>577</v>
+      </c>
+      <c r="J62" t="s">
+        <v>578</v>
+      </c>
+      <c r="K62" t="s">
+        <v>579</v>
+      </c>
+      <c r="L62" t="s">
+        <v>168</v>
+      </c>
+      <c r="M62" t="s">
+        <v>180</v>
+      </c>
+      <c r="N62" t="s">
+        <v>191</v>
+      </c>
+      <c r="O62" t="s">
+        <v>580</v>
+      </c>
+      <c r="P62" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>160</v>
+      </c>
+      <c r="B63" t="s">
+        <v>582</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>568</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>583</v>
+      </c>
+      <c r="H63" t="s">
+        <v>584</v>
+      </c>
+      <c r="I63" t="s">
+        <v>208</v>
+      </c>
+      <c r="J63" t="s">
+        <v>20</v>
+      </c>
+      <c r="K63" t="s">
+        <v>66</v>
+      </c>
+      <c r="L63" t="s">
+        <v>168</v>
+      </c>
+      <c r="M63" t="s">
+        <v>180</v>
+      </c>
+      <c r="N63" t="s">
+        <v>191</v>
+      </c>
+      <c r="O63" t="s">
+        <v>580</v>
+      </c>
+      <c r="P63" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>160</v>
+      </c>
+      <c r="B64" t="s">
+        <v>586</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>587</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>588</v>
+      </c>
+      <c r="H64" t="s">
+        <v>589</v>
+      </c>
+      <c r="I64" t="s">
+        <v>590</v>
+      </c>
+      <c r="J64" t="s">
+        <v>272</v>
+      </c>
+      <c r="K64" t="s">
+        <v>273</v>
+      </c>
+      <c r="L64" t="s">
+        <v>168</v>
+      </c>
+      <c r="M64" t="s">
+        <v>180</v>
+      </c>
+      <c r="N64" t="s">
+        <v>191</v>
+      </c>
+      <c r="O64" t="s">
+        <v>373</v>
+      </c>
+      <c r="P64" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>160</v>
+      </c>
+      <c r="B65" t="s">
+        <v>592</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>593</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>594</v>
+      </c>
+      <c r="H65" t="s">
+        <v>595</v>
+      </c>
+      <c r="I65" t="s">
+        <v>546</v>
+      </c>
+      <c r="J65" t="s">
+        <v>189</v>
+      </c>
+      <c r="K65" t="s">
+        <v>190</v>
+      </c>
+      <c r="L65" t="s">
+        <v>168</v>
+      </c>
+      <c r="M65" t="s">
+        <v>180</v>
+      </c>
+      <c r="N65" t="s">
+        <v>191</v>
+      </c>
+      <c r="O65" t="s">
+        <v>233</v>
+      </c>
+      <c r="P65" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>160</v>
+      </c>
+      <c r="B66" t="s">
+        <v>597</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>598</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>599</v>
+      </c>
+      <c r="H66" t="s">
+        <v>600</v>
+      </c>
+      <c r="I66" t="s">
+        <v>601</v>
+      </c>
+      <c r="J66" t="s">
+        <v>602</v>
+      </c>
+      <c r="K66" t="s">
+        <v>66</v>
+      </c>
+      <c r="L66" t="s">
+        <v>168</v>
+      </c>
+      <c r="M66" t="s">
+        <v>180</v>
+      </c>
+      <c r="N66" t="s">
+        <v>232</v>
+      </c>
+      <c r="O66" t="s">
+        <v>530</v>
+      </c>
+      <c r="P66" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>160</v>
+      </c>
+      <c r="B67" t="s">
+        <v>604</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>605</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>606</v>
+      </c>
+      <c r="H67" t="s">
+        <v>607</v>
+      </c>
+      <c r="I67" t="s">
+        <v>608</v>
+      </c>
+      <c r="J67" t="s">
+        <v>249</v>
+      </c>
+      <c r="K67" t="s">
+        <v>250</v>
+      </c>
+      <c r="L67" t="s">
+        <v>168</v>
+      </c>
+      <c r="M67" t="s">
+        <v>180</v>
+      </c>
+      <c r="N67" t="s">
+        <v>274</v>
+      </c>
+      <c r="O67" t="s">
+        <v>609</v>
+      </c>
+      <c r="P67" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>160</v>
+      </c>
+      <c r="B68" t="s">
+        <v>611</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>605</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>612</v>
+      </c>
+      <c r="H68" t="s">
+        <v>613</v>
+      </c>
+      <c r="I68" t="s">
+        <v>614</v>
+      </c>
+      <c r="J68" t="s">
+        <v>615</v>
+      </c>
+      <c r="K68" t="s">
+        <v>616</v>
+      </c>
+      <c r="L68" t="s">
+        <v>168</v>
+      </c>
+      <c r="M68" t="s">
+        <v>180</v>
+      </c>
+      <c r="N68" t="s">
+        <v>274</v>
+      </c>
+      <c r="O68" t="s">
+        <v>275</v>
+      </c>
+      <c r="P68" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>160</v>
+      </c>
+      <c r="B69" t="s">
+        <v>618</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>605</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>619</v>
+      </c>
+      <c r="H69" t="s">
+        <v>620</v>
+      </c>
+      <c r="I69" t="s">
+        <v>621</v>
+      </c>
+      <c r="J69" t="s">
+        <v>208</v>
+      </c>
+      <c r="K69" t="s">
+        <v>66</v>
+      </c>
+      <c r="L69" t="s">
+        <v>168</v>
+      </c>
+      <c r="M69" t="s">
+        <v>180</v>
+      </c>
+      <c r="N69" t="s">
+        <v>274</v>
+      </c>
+      <c r="O69" t="s">
+        <v>275</v>
+      </c>
+      <c r="P69" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>160</v>
+      </c>
+      <c r="B70" t="s">
+        <v>623</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>605</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>624</v>
+      </c>
+      <c r="H70" t="s">
+        <v>625</v>
+      </c>
+      <c r="I70" t="s">
+        <v>626</v>
+      </c>
+      <c r="J70" t="s">
+        <v>178</v>
+      </c>
+      <c r="K70" t="s">
+        <v>179</v>
+      </c>
+      <c r="L70" t="s">
+        <v>168</v>
+      </c>
+      <c r="M70" t="s">
+        <v>180</v>
+      </c>
+      <c r="N70" t="s">
+        <v>274</v>
+      </c>
+      <c r="O70" t="s">
+        <v>627</v>
+      </c>
+      <c r="P70" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>160</v>
+      </c>
+      <c r="B71" t="s">
+        <v>629</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>605</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>630</v>
+      </c>
+      <c r="H71" t="s">
+        <v>631</v>
+      </c>
+      <c r="I71" t="s">
+        <v>632</v>
+      </c>
+      <c r="J71" t="s">
+        <v>633</v>
+      </c>
+      <c r="K71" t="s">
+        <v>634</v>
+      </c>
+      <c r="L71" t="s">
+        <v>168</v>
+      </c>
+      <c r="M71" t="s">
+        <v>180</v>
+      </c>
+      <c r="N71" t="s">
+        <v>274</v>
+      </c>
+      <c r="O71" t="s">
+        <v>275</v>
+      </c>
+      <c r="P71" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>160</v>
+      </c>
+      <c r="B72" t="s">
+        <v>636</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>605</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>637</v>
+      </c>
+      <c r="H72" t="s">
+        <v>638</v>
+      </c>
+      <c r="I72" t="s">
+        <v>639</v>
+      </c>
+      <c r="J72" t="s">
+        <v>633</v>
+      </c>
+      <c r="K72" t="s">
+        <v>634</v>
+      </c>
+      <c r="L72" t="s">
+        <v>168</v>
+      </c>
+      <c r="M72" t="s">
+        <v>180</v>
+      </c>
+      <c r="N72" t="s">
+        <v>274</v>
+      </c>
+      <c r="O72" t="s">
+        <v>281</v>
+      </c>
+      <c r="P72" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>160</v>
+      </c>
+      <c r="B73" t="s">
+        <v>641</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>605</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>642</v>
+      </c>
+      <c r="H73" t="s">
+        <v>643</v>
+      </c>
+      <c r="I73" t="s">
+        <v>644</v>
+      </c>
+      <c r="J73" t="s">
+        <v>633</v>
+      </c>
+      <c r="K73" t="s">
+        <v>634</v>
+      </c>
+      <c r="L73" t="s">
+        <v>168</v>
+      </c>
+      <c r="M73" t="s">
+        <v>180</v>
+      </c>
+      <c r="N73" t="s">
+        <v>191</v>
+      </c>
+      <c r="O73" t="s">
+        <v>192</v>
+      </c>
+      <c r="P73" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>160</v>
+      </c>
+      <c r="B74" t="s">
+        <v>646</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>605</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>647</v>
+      </c>
+      <c r="H74" t="s">
+        <v>648</v>
+      </c>
+      <c r="I74" t="s">
+        <v>649</v>
+      </c>
+      <c r="J74" t="s">
+        <v>249</v>
+      </c>
+      <c r="K74" t="s">
+        <v>250</v>
+      </c>
+      <c r="L74" t="s">
+        <v>168</v>
+      </c>
+      <c r="M74" t="s">
+        <v>180</v>
+      </c>
+      <c r="N74" t="s">
+        <v>191</v>
+      </c>
+      <c r="O74" t="s">
+        <v>650</v>
+      </c>
+      <c r="P74" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>160</v>
+      </c>
+      <c r="B75" t="s">
+        <v>652</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>605</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>653</v>
+      </c>
+      <c r="H75" t="s">
+        <v>654</v>
+      </c>
+      <c r="I75" t="s">
+        <v>655</v>
+      </c>
+      <c r="J75" t="s">
+        <v>208</v>
+      </c>
+      <c r="K75" t="s">
+        <v>66</v>
+      </c>
+      <c r="L75" t="s">
+        <v>168</v>
+      </c>
+      <c r="M75" t="s">
+        <v>180</v>
+      </c>
+      <c r="N75" t="s">
+        <v>191</v>
+      </c>
+      <c r="O75" t="s">
+        <v>373</v>
+      </c>
+      <c r="P75" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>160</v>
+      </c>
+      <c r="B76" t="s">
+        <v>657</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>605</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>658</v>
+      </c>
+      <c r="H76" t="s">
+        <v>659</v>
+      </c>
+      <c r="I76" t="s">
+        <v>660</v>
+      </c>
+      <c r="J76" t="s">
+        <v>661</v>
+      </c>
+      <c r="K76" t="s">
+        <v>84</v>
+      </c>
+      <c r="L76" t="s">
+        <v>168</v>
+      </c>
+      <c r="M76" t="s">
+        <v>180</v>
+      </c>
+      <c r="N76" t="s">
+        <v>191</v>
+      </c>
+      <c r="O76" t="s">
+        <v>373</v>
+      </c>
+      <c r="P76" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>160</v>
+      </c>
+      <c r="B77" t="s">
+        <v>663</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>605</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>664</v>
+      </c>
+      <c r="H77" t="s">
+        <v>665</v>
+      </c>
+      <c r="I77" t="s">
+        <v>666</v>
+      </c>
+      <c r="J77" t="s">
+        <v>667</v>
+      </c>
+      <c r="K77" t="s">
+        <v>668</v>
+      </c>
+      <c r="L77" t="s">
+        <v>168</v>
+      </c>
+      <c r="M77" t="s">
+        <v>180</v>
+      </c>
+      <c r="N77" t="s">
+        <v>191</v>
+      </c>
+      <c r="O77" t="s">
+        <v>233</v>
+      </c>
+      <c r="P77" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>160</v>
+      </c>
+      <c r="B78" t="s">
+        <v>670</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>671</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>672</v>
+      </c>
+      <c r="H78" t="s">
+        <v>673</v>
+      </c>
+      <c r="I78" t="s">
+        <v>674</v>
+      </c>
+      <c r="J78" t="s">
+        <v>557</v>
+      </c>
+      <c r="K78" t="s">
+        <v>558</v>
+      </c>
+      <c r="L78" t="s">
+        <v>168</v>
+      </c>
+      <c r="M78" t="s">
+        <v>169</v>
+      </c>
+      <c r="N78" t="s">
+        <v>274</v>
+      </c>
+      <c r="O78" t="s">
+        <v>609</v>
+      </c>
+      <c r="P78" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>160</v>
+      </c>
+      <c r="B79" t="s">
+        <v>676</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>671</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>677</v>
+      </c>
+      <c r="H79" t="s">
+        <v>678</v>
+      </c>
+      <c r="I79" t="s">
+        <v>674</v>
+      </c>
+      <c r="J79" t="s">
+        <v>557</v>
+      </c>
+      <c r="K79" t="s">
+        <v>558</v>
+      </c>
+      <c r="L79" t="s">
+        <v>168</v>
+      </c>
+      <c r="M79" t="s">
+        <v>169</v>
+      </c>
+      <c r="N79" t="s">
+        <v>274</v>
+      </c>
+      <c r="O79" t="s">
+        <v>609</v>
+      </c>
+      <c r="P79" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>160</v>
+      </c>
+      <c r="B80" t="s">
+        <v>680</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>671</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>681</v>
+      </c>
+      <c r="H80" t="s">
+        <v>682</v>
+      </c>
+      <c r="I80" t="s">
+        <v>674</v>
+      </c>
+      <c r="J80" t="s">
+        <v>557</v>
+      </c>
+      <c r="K80" t="s">
+        <v>558</v>
+      </c>
+      <c r="L80" t="s">
+        <v>168</v>
+      </c>
+      <c r="M80" t="s">
+        <v>169</v>
+      </c>
+      <c r="N80" t="s">
+        <v>274</v>
+      </c>
+      <c r="O80" t="s">
+        <v>609</v>
+      </c>
+      <c r="P80" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>160</v>
+      </c>
+      <c r="B81" t="s">
+        <v>684</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>671</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>685</v>
+      </c>
+      <c r="H81" t="s">
+        <v>686</v>
+      </c>
+      <c r="I81" t="s">
+        <v>674</v>
+      </c>
+      <c r="J81" t="s">
+        <v>557</v>
+      </c>
+      <c r="K81" t="s">
+        <v>558</v>
+      </c>
+      <c r="L81" t="s">
+        <v>168</v>
+      </c>
+      <c r="M81" t="s">
+        <v>169</v>
+      </c>
+      <c r="N81" t="s">
+        <v>274</v>
+      </c>
+      <c r="O81" t="s">
+        <v>687</v>
+      </c>
+      <c r="P81" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>160</v>
+      </c>
+      <c r="B82" t="s">
+        <v>689</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>690</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>691</v>
+      </c>
+      <c r="H82" t="s">
+        <v>692</v>
+      </c>
+      <c r="I82" t="s">
+        <v>693</v>
+      </c>
+      <c r="J82" t="s">
+        <v>694</v>
+      </c>
+      <c r="K82" t="s">
+        <v>695</v>
+      </c>
+      <c r="L82" t="s">
+        <v>168</v>
+      </c>
+      <c r="M82" t="s">
+        <v>180</v>
+      </c>
+      <c r="N82" t="s">
+        <v>274</v>
+      </c>
+      <c r="O82" t="s">
+        <v>275</v>
+      </c>
+      <c r="P82" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>160</v>
+      </c>
+      <c r="B83" t="s">
+        <v>697</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>690</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>698</v>
+      </c>
+      <c r="H83" t="s">
+        <v>699</v>
+      </c>
+      <c r="I83" t="s">
+        <v>208</v>
+      </c>
+      <c r="J83" t="s">
+        <v>20</v>
+      </c>
+      <c r="K83" t="s">
+        <v>66</v>
+      </c>
+      <c r="L83" t="s">
+        <v>168</v>
+      </c>
+      <c r="M83" t="s">
+        <v>180</v>
+      </c>
+      <c r="N83" t="s">
+        <v>191</v>
+      </c>
+      <c r="O83" t="s">
+        <v>373</v>
+      </c>
+      <c r="P83" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>160</v>
+      </c>
+      <c r="B84" t="s">
+        <v>701</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>702</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>703</v>
+      </c>
+      <c r="H84" t="s">
+        <v>704</v>
+      </c>
+      <c r="I84" t="s">
+        <v>208</v>
+      </c>
+      <c r="J84" t="s">
+        <v>20</v>
+      </c>
+      <c r="K84" t="s">
+        <v>66</v>
+      </c>
+      <c r="L84" t="s">
+        <v>168</v>
+      </c>
+      <c r="M84" t="s">
+        <v>180</v>
+      </c>
+      <c r="N84" t="s">
+        <v>191</v>
+      </c>
+      <c r="O84" t="s">
+        <v>580</v>
+      </c>
+      <c r="P84" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>160</v>
+      </c>
+      <c r="B85" t="s">
+        <v>706</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>707</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>708</v>
+      </c>
+      <c r="H85" t="s">
+        <v>709</v>
+      </c>
+      <c r="I85" t="s">
+        <v>491</v>
+      </c>
+      <c r="J85" t="s">
+        <v>20</v>
+      </c>
+      <c r="K85" t="s">
+        <v>492</v>
+      </c>
+      <c r="L85" t="s">
+        <v>168</v>
+      </c>
+      <c r="M85" t="s">
+        <v>180</v>
+      </c>
+      <c r="N85" t="s">
+        <v>181</v>
+      </c>
+      <c r="O85" t="s">
+        <v>710</v>
+      </c>
+      <c r="P85" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>160</v>
+      </c>
+      <c r="B86" t="s">
+        <v>712</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>707</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>713</v>
+      </c>
+      <c r="H86" t="s">
+        <v>714</v>
+      </c>
+      <c r="I86" t="s">
+        <v>491</v>
+      </c>
+      <c r="J86" t="s">
+        <v>20</v>
+      </c>
+      <c r="K86" t="s">
+        <v>492</v>
+      </c>
+      <c r="L86" t="s">
+        <v>168</v>
+      </c>
+      <c r="M86" t="s">
+        <v>180</v>
+      </c>
+      <c r="N86" t="s">
+        <v>181</v>
+      </c>
+      <c r="O86" t="s">
+        <v>437</v>
+      </c>
+      <c r="P86" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>160</v>
+      </c>
+      <c r="B87" t="s">
+        <v>716</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>707</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>717</v>
+      </c>
+      <c r="H87" t="s">
+        <v>718</v>
+      </c>
+      <c r="I87" t="s">
+        <v>719</v>
+      </c>
+      <c r="J87" t="s">
+        <v>491</v>
+      </c>
+      <c r="K87" t="s">
+        <v>492</v>
+      </c>
+      <c r="L87" t="s">
+        <v>168</v>
+      </c>
+      <c r="M87" t="s">
+        <v>180</v>
+      </c>
+      <c r="N87" t="s">
+        <v>181</v>
+      </c>
+      <c r="O87" t="s">
+        <v>720</v>
+      </c>
+      <c r="P87" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>160</v>
+      </c>
+      <c r="B88" t="s">
+        <v>722</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>723</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
+        <v>724</v>
+      </c>
+      <c r="H88" t="s">
+        <v>725</v>
+      </c>
+      <c r="I88" t="s">
+        <v>726</v>
+      </c>
+      <c r="J88" t="s">
+        <v>578</v>
+      </c>
+      <c r="K88" t="s">
+        <v>579</v>
+      </c>
+      <c r="L88" t="s">
+        <v>168</v>
+      </c>
+      <c r="M88" t="s">
+        <v>180</v>
+      </c>
+      <c r="N88" t="s">
+        <v>191</v>
+      </c>
+      <c r="O88" t="s">
+        <v>373</v>
+      </c>
+      <c r="P88" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>160</v>
+      </c>
+      <c r="B89" t="s">
+        <v>728</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>729</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>730</v>
+      </c>
+      <c r="H89" t="s">
+        <v>731</v>
+      </c>
+      <c r="I89" t="s">
+        <v>732</v>
+      </c>
+      <c r="J89" t="s">
+        <v>733</v>
+      </c>
+      <c r="K89" t="s">
+        <v>734</v>
+      </c>
+      <c r="L89" t="s">
+        <v>168</v>
+      </c>
+      <c r="M89" t="s">
+        <v>180</v>
+      </c>
+      <c r="N89" t="s">
+        <v>181</v>
+      </c>
+      <c r="O89" t="s">
+        <v>735</v>
+      </c>
+      <c r="P89" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>160</v>
+      </c>
+      <c r="B90" t="s">
+        <v>737</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>729</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
+        <v>738</v>
+      </c>
+      <c r="H90" t="s">
+        <v>739</v>
+      </c>
+      <c r="I90" t="s">
+        <v>740</v>
+      </c>
+      <c r="J90" t="s">
+        <v>392</v>
+      </c>
+      <c r="K90" t="s">
+        <v>393</v>
+      </c>
+      <c r="L90" t="s">
+        <v>168</v>
+      </c>
+      <c r="M90" t="s">
+        <v>180</v>
+      </c>
+      <c r="N90" t="s">
+        <v>181</v>
+      </c>
+      <c r="O90" t="s">
+        <v>735</v>
+      </c>
+      <c r="P90" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>160</v>
+      </c>
+      <c r="B91" t="s">
+        <v>742</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>729</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>743</v>
+      </c>
+      <c r="H91" t="s">
+        <v>744</v>
+      </c>
+      <c r="I91" t="s">
+        <v>745</v>
+      </c>
+      <c r="J91" t="s">
+        <v>733</v>
+      </c>
+      <c r="K91" t="s">
+        <v>734</v>
+      </c>
+      <c r="L91" t="s">
+        <v>168</v>
+      </c>
+      <c r="M91" t="s">
+        <v>180</v>
+      </c>
+      <c r="N91" t="s">
+        <v>181</v>
+      </c>
+      <c r="O91" t="s">
+        <v>746</v>
+      </c>
+      <c r="P91" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>160</v>
+      </c>
+      <c r="B92" t="s">
+        <v>748</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>749</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>750</v>
+      </c>
+      <c r="H92" t="s">
+        <v>751</v>
+      </c>
+      <c r="I92" t="s">
+        <v>752</v>
+      </c>
+      <c r="J92" t="s">
+        <v>208</v>
+      </c>
+      <c r="K92" t="s">
+        <v>66</v>
+      </c>
+      <c r="L92" t="s">
+        <v>168</v>
+      </c>
+      <c r="M92" t="s">
+        <v>180</v>
+      </c>
+      <c r="N92" t="s">
+        <v>181</v>
+      </c>
+      <c r="O92" t="s">
+        <v>735</v>
+      </c>
+      <c r="P92" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>160</v>
+      </c>
+      <c r="B93" t="s">
+        <v>754</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>755</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>756</v>
+      </c>
+      <c r="H93" t="s">
+        <v>757</v>
+      </c>
+      <c r="I93" t="s">
+        <v>758</v>
+      </c>
+      <c r="J93" t="s">
+        <v>208</v>
+      </c>
+      <c r="K93" t="s">
+        <v>66</v>
+      </c>
+      <c r="L93" t="s">
+        <v>168</v>
+      </c>
+      <c r="M93" t="s">
+        <v>180</v>
+      </c>
+      <c r="N93" t="s">
+        <v>191</v>
+      </c>
+      <c r="O93" t="s">
+        <v>342</v>
+      </c>
+      <c r="P93" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>160</v>
+      </c>
+      <c r="B94" t="s">
+        <v>760</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
+        <v>761</v>
+      </c>
+      <c r="F94" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" t="s">
+        <v>762</v>
+      </c>
+      <c r="H94" t="s">
+        <v>763</v>
+      </c>
+      <c r="I94" t="s">
+        <v>764</v>
+      </c>
+      <c r="J94" t="s">
+        <v>765</v>
+      </c>
+      <c r="K94" t="s">
+        <v>766</v>
+      </c>
+      <c r="L94" t="s">
+        <v>168</v>
+      </c>
+      <c r="M94" t="s">
+        <v>169</v>
+      </c>
+      <c r="N94" t="s">
+        <v>170</v>
+      </c>
+      <c r="O94" t="s">
+        <v>171</v>
+      </c>
+      <c r="P94" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>160</v>
+      </c>
+      <c r="B95" t="s">
+        <v>768</v>
+      </c>
+      <c r="C95" t="s">
+        <v>20</v>
+      </c>
+      <c r="D95" t="s">
+        <v>20</v>
+      </c>
+      <c r="E95" t="s">
+        <v>761</v>
+      </c>
+      <c r="F95" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" t="s">
+        <v>769</v>
+      </c>
+      <c r="H95" t="s">
+        <v>770</v>
+      </c>
+      <c r="I95" t="s">
+        <v>764</v>
+      </c>
+      <c r="J95" t="s">
+        <v>765</v>
+      </c>
+      <c r="K95" t="s">
+        <v>766</v>
+      </c>
+      <c r="L95" t="s">
+        <v>168</v>
+      </c>
+      <c r="M95" t="s">
+        <v>169</v>
+      </c>
+      <c r="N95" t="s">
+        <v>232</v>
+      </c>
+      <c r="O95" t="s">
+        <v>530</v>
+      </c>
+      <c r="P95" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>160</v>
+      </c>
+      <c r="B96" t="s">
+        <v>772</v>
+      </c>
+      <c r="C96" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" t="s">
+        <v>20</v>
+      </c>
+      <c r="E96" t="s">
+        <v>773</v>
+      </c>
+      <c r="F96" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" t="s">
+        <v>774</v>
+      </c>
+      <c r="H96" t="s">
+        <v>775</v>
+      </c>
+      <c r="I96" t="s">
+        <v>776</v>
+      </c>
+      <c r="J96" t="s">
+        <v>208</v>
+      </c>
+      <c r="K96" t="s">
+        <v>66</v>
+      </c>
+      <c r="L96" t="s">
+        <v>168</v>
+      </c>
+      <c r="M96" t="s">
+        <v>180</v>
+      </c>
+      <c r="N96" t="s">
+        <v>274</v>
+      </c>
+      <c r="O96" t="s">
+        <v>777</v>
+      </c>
+      <c r="P96" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>160</v>
+      </c>
+      <c r="B97" t="s">
+        <v>779</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>780</v>
+      </c>
+      <c r="F97" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" t="s">
+        <v>781</v>
+      </c>
+      <c r="H97" t="s">
+        <v>782</v>
+      </c>
+      <c r="I97" t="s">
+        <v>719</v>
+      </c>
+      <c r="J97" t="s">
+        <v>491</v>
+      </c>
+      <c r="K97" t="s">
+        <v>492</v>
+      </c>
+      <c r="L97" t="s">
+        <v>168</v>
+      </c>
+      <c r="M97" t="s">
+        <v>180</v>
+      </c>
+      <c r="N97" t="s">
+        <v>181</v>
+      </c>
+      <c r="O97" t="s">
+        <v>735</v>
+      </c>
+      <c r="P97" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>160</v>
+      </c>
+      <c r="B98" t="s">
+        <v>784</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" t="s">
+        <v>780</v>
+      </c>
+      <c r="F98" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" t="s">
+        <v>785</v>
+      </c>
+      <c r="H98" t="s">
+        <v>786</v>
+      </c>
+      <c r="I98" t="s">
+        <v>719</v>
+      </c>
+      <c r="J98" t="s">
+        <v>491</v>
+      </c>
+      <c r="K98" t="s">
+        <v>492</v>
+      </c>
+      <c r="L98" t="s">
+        <v>168</v>
+      </c>
+      <c r="M98" t="s">
+        <v>180</v>
+      </c>
+      <c r="N98" t="s">
+        <v>181</v>
+      </c>
+      <c r="O98" t="s">
+        <v>735</v>
+      </c>
+      <c r="P98" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>160</v>
+      </c>
+      <c r="B99" t="s">
+        <v>788</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
+        <v>780</v>
+      </c>
+      <c r="F99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
+        <v>789</v>
+      </c>
+      <c r="H99" t="s">
+        <v>790</v>
+      </c>
+      <c r="I99" t="s">
+        <v>791</v>
+      </c>
+      <c r="J99" t="s">
+        <v>208</v>
+      </c>
+      <c r="K99" t="s">
+        <v>66</v>
+      </c>
+      <c r="L99" t="s">
+        <v>168</v>
+      </c>
+      <c r="M99" t="s">
+        <v>180</v>
+      </c>
+      <c r="N99" t="s">
+        <v>191</v>
+      </c>
+      <c r="O99" t="s">
+        <v>350</v>
+      </c>
+      <c r="P99" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>160</v>
+      </c>
+      <c r="B100" t="s">
+        <v>793</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
+        <v>794</v>
+      </c>
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
+        <v>795</v>
+      </c>
+      <c r="H100" t="s">
+        <v>796</v>
+      </c>
+      <c r="I100" t="s">
+        <v>797</v>
+      </c>
+      <c r="J100" t="s">
+        <v>798</v>
+      </c>
+      <c r="K100" t="s">
+        <v>250</v>
+      </c>
+      <c r="L100" t="s">
+        <v>168</v>
+      </c>
+      <c r="M100" t="s">
+        <v>180</v>
+      </c>
+      <c r="N100" t="s">
+        <v>170</v>
+      </c>
+      <c r="O100" t="s">
+        <v>171</v>
+      </c>
+      <c r="P100" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>160</v>
+      </c>
+      <c r="B101" t="s">
+        <v>800</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" t="s">
+        <v>801</v>
+      </c>
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
+        <v>802</v>
+      </c>
+      <c r="H101" t="s">
+        <v>803</v>
+      </c>
+      <c r="I101" t="s">
+        <v>804</v>
+      </c>
+      <c r="J101" t="s">
+        <v>208</v>
+      </c>
+      <c r="K101" t="s">
+        <v>66</v>
+      </c>
+      <c r="L101" t="s">
+        <v>168</v>
+      </c>
+      <c r="M101" t="s">
+        <v>180</v>
+      </c>
+      <c r="N101" t="s">
+        <v>181</v>
+      </c>
+      <c r="O101" t="s">
+        <v>746</v>
+      </c>
+      <c r="P101" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>160</v>
+      </c>
+      <c r="B102" t="s">
+        <v>806</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>807</v>
+      </c>
+      <c r="F102" t="s">
+        <v>20</v>
+      </c>
+      <c r="G102" t="s">
+        <v>808</v>
+      </c>
+      <c r="H102" t="s">
+        <v>809</v>
+      </c>
+      <c r="I102" t="s">
+        <v>810</v>
+      </c>
+      <c r="J102" t="s">
+        <v>528</v>
+      </c>
+      <c r="K102" t="s">
+        <v>529</v>
+      </c>
+      <c r="L102" t="s">
+        <v>168</v>
+      </c>
+      <c r="M102" t="s">
+        <v>169</v>
+      </c>
+      <c r="N102" t="s">
+        <v>170</v>
+      </c>
+      <c r="O102" t="s">
+        <v>171</v>
+      </c>
+      <c r="P102" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>160</v>
+      </c>
+      <c r="B103" t="s">
+        <v>812</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103" t="s">
+        <v>813</v>
+      </c>
+      <c r="F103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" t="s">
+        <v>814</v>
+      </c>
+      <c r="H103" t="s">
+        <v>815</v>
+      </c>
+      <c r="I103" t="s">
+        <v>816</v>
+      </c>
+      <c r="J103" t="s">
+        <v>208</v>
+      </c>
+      <c r="K103" t="s">
+        <v>66</v>
+      </c>
+      <c r="L103" t="s">
+        <v>168</v>
+      </c>
+      <c r="M103" t="s">
+        <v>180</v>
+      </c>
+      <c r="N103" t="s">
+        <v>170</v>
+      </c>
+      <c r="O103" t="s">
+        <v>171</v>
+      </c>
+      <c r="P103" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>160</v>
+      </c>
+      <c r="B104" t="s">
+        <v>818</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>20</v>
+      </c>
+      <c r="E104" t="s">
+        <v>819</v>
+      </c>
+      <c r="F104" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" t="s">
+        <v>820</v>
+      </c>
+      <c r="H104" t="s">
+        <v>821</v>
+      </c>
+      <c r="I104" t="s">
+        <v>189</v>
+      </c>
+      <c r="J104" t="s">
+        <v>20</v>
+      </c>
+      <c r="K104" t="s">
+        <v>190</v>
+      </c>
+      <c r="L104" t="s">
+        <v>168</v>
+      </c>
+      <c r="M104" t="s">
+        <v>180</v>
+      </c>
+      <c r="N104" t="s">
+        <v>181</v>
+      </c>
+      <c r="O104" t="s">
+        <v>361</v>
+      </c>
+      <c r="P104" t="s">
+        <v>822</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>823</v>
+      </c>
+      <c r="J1" t="s">
         <v>152</v>
       </c>
+      <c r="K1" t="s">
+        <v>824</v>
+      </c>
+      <c r="L1" t="s">
+        <v>154</v>
+      </c>
+      <c r="M1" t="s">
+        <v>155</v>
+      </c>
+      <c r="N1" t="s">
+        <v>825</v>
+      </c>
+      <c r="O1" t="s">
+        <v>826</v>
+      </c>
+      <c r="P1" t="s">
+        <v>827</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>828</v>
+      </c>
+      <c r="R1" t="s">
+        <v>156</v>
+      </c>
+      <c r="S1" t="s">
+        <v>829</v>
+      </c>
+      <c r="T1" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>831</v>
+      </c>
+      <c r="B2" t="s">
+        <v>832</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>833</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>834</v>
+      </c>
+      <c r="H2" t="s">
+        <v>835</v>
+      </c>
+      <c r="I2" t="s">
+        <v>836</v>
+      </c>
+      <c r="J2" t="s">
+        <v>837</v>
+      </c>
+      <c r="K2" t="s">
+        <v>208</v>
+      </c>
+      <c r="L2" t="s">
+        <v>66</v>
+      </c>
+      <c r="M2" t="s">
+        <v>168</v>
+      </c>
+      <c r="N2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>169</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>838</v>
+      </c>
+      <c r="R2" t="s">
+        <v>169</v>
+      </c>
+      <c r="S2" t="s">
+        <v>839</v>
+      </c>
+      <c r="T2" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>831</v>
+      </c>
+      <c r="B3" t="s">
+        <v>841</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>833</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>842</v>
+      </c>
+      <c r="H3" t="s">
+        <v>843</v>
+      </c>
+      <c r="I3" t="s">
+        <v>836</v>
+      </c>
+      <c r="J3" t="s">
+        <v>844</v>
+      </c>
+      <c r="K3" t="s">
+        <v>208</v>
+      </c>
+      <c r="L3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M3" t="s">
+        <v>168</v>
+      </c>
+      <c r="N3" t="s">
+        <v>845</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>169</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>838</v>
+      </c>
+      <c r="R3" t="s">
+        <v>169</v>
+      </c>
+      <c r="S3" t="s">
+        <v>846</v>
+      </c>
+      <c r="T3" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>831</v>
+      </c>
+      <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>847</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>848</v>
+      </c>
+      <c r="H4" t="s">
+        <v>849</v>
+      </c>
+      <c r="I4" t="s">
+        <v>850</v>
+      </c>
+      <c r="J4" t="s">
+        <v>851</v>
+      </c>
+      <c r="K4" t="s">
+        <v>286</v>
+      </c>
+      <c r="L4" t="s">
+        <v>30</v>
+      </c>
+      <c r="M4" t="s">
+        <v>168</v>
+      </c>
+      <c r="N4" t="s">
+        <v>852</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>853</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>854</v>
+      </c>
+      <c r="R4" t="s">
+        <v>853</v>
+      </c>
+      <c r="S4" t="s">
+        <v>31</v>
+      </c>
+      <c r="T4" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>831</v>
+      </c>
+      <c r="B5" t="s">
+        <v>855</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>856</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>857</v>
+      </c>
+      <c r="H5" t="s">
+        <v>858</v>
+      </c>
+      <c r="I5" t="s">
+        <v>850</v>
+      </c>
+      <c r="J5" t="s">
+        <v>859</v>
+      </c>
+      <c r="K5" t="s">
+        <v>348</v>
+      </c>
+      <c r="L5" t="s">
+        <v>349</v>
+      </c>
+      <c r="M5" t="s">
+        <v>168</v>
+      </c>
+      <c r="N5" t="s">
+        <v>860</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>861</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>862</v>
+      </c>
+      <c r="R5" t="s">
+        <v>169</v>
+      </c>
+      <c r="S5" t="s">
+        <v>863</v>
+      </c>
+      <c r="T5" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>831</v>
+      </c>
+      <c r="B6" t="s">
+        <v>864</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>856</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>865</v>
+      </c>
+      <c r="H6" t="s">
+        <v>866</v>
+      </c>
+      <c r="I6" t="s">
+        <v>850</v>
+      </c>
+      <c r="J6" t="s">
+        <v>867</v>
+      </c>
+      <c r="K6" t="s">
+        <v>765</v>
+      </c>
+      <c r="L6" t="s">
+        <v>766</v>
+      </c>
+      <c r="M6" t="s">
+        <v>168</v>
+      </c>
+      <c r="N6" t="s">
+        <v>868</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>169</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>838</v>
+      </c>
+      <c r="R6" t="s">
+        <v>169</v>
+      </c>
+      <c r="S6" t="s">
+        <v>869</v>
+      </c>
+      <c r="T6" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>831</v>
+      </c>
+      <c r="B7" t="s">
+        <v>110</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>856</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>870</v>
+      </c>
+      <c r="H7" t="s">
+        <v>871</v>
+      </c>
+      <c r="I7" t="s">
+        <v>872</v>
+      </c>
+      <c r="J7" t="s">
+        <v>601</v>
+      </c>
+      <c r="K7" t="s">
+        <v>602</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>168</v>
+      </c>
+      <c r="N7" t="s">
+        <v>873</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>861</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>874</v>
+      </c>
+      <c r="R7" t="s">
+        <v>169</v>
+      </c>
+      <c r="S7" t="s">
+        <v>112</v>
+      </c>
+      <c r="T7" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>831</v>
+      </c>
+      <c r="B8" t="s">
+        <v>875</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>856</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>876</v>
+      </c>
+      <c r="H8" t="s">
+        <v>877</v>
+      </c>
+      <c r="I8" t="s">
+        <v>850</v>
+      </c>
+      <c r="J8" t="s">
+        <v>878</v>
+      </c>
+      <c r="K8" t="s">
+        <v>879</v>
+      </c>
+      <c r="L8" t="s">
+        <v>880</v>
+      </c>
+      <c r="M8" t="s">
+        <v>168</v>
+      </c>
+      <c r="N8" t="s">
+        <v>881</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>861</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>882</v>
+      </c>
+      <c r="R8" t="s">
+        <v>169</v>
+      </c>
+      <c r="S8" t="s">
+        <v>883</v>
+      </c>
+      <c r="T8" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>831</v>
+      </c>
+      <c r="B9" t="s">
+        <v>884</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>856</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>885</v>
+      </c>
+      <c r="H9" t="s">
+        <v>886</v>
+      </c>
+      <c r="I9" t="s">
+        <v>850</v>
+      </c>
+      <c r="J9" t="s">
+        <v>837</v>
+      </c>
+      <c r="K9" t="s">
+        <v>208</v>
+      </c>
+      <c r="L9" t="s">
+        <v>66</v>
+      </c>
+      <c r="M9" t="s">
+        <v>168</v>
+      </c>
+      <c r="N9" t="s">
+        <v>887</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>861</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>882</v>
+      </c>
+      <c r="R9" t="s">
+        <v>169</v>
+      </c>
+      <c r="S9" t="s">
+        <v>888</v>
+      </c>
+      <c r="T9" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>831</v>
+      </c>
+      <c r="B10" t="s">
+        <v>889</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>856</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>890</v>
+      </c>
+      <c r="H10" t="s">
+        <v>891</v>
+      </c>
+      <c r="I10" t="s">
+        <v>850</v>
+      </c>
+      <c r="J10" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" t="s">
+        <v>892</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
+        <v>168</v>
+      </c>
+      <c r="N10" t="s">
+        <v>20</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>861</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>882</v>
+      </c>
+      <c r="R10" t="s">
+        <v>169</v>
+      </c>
+      <c r="S10" t="s">
+        <v>893</v>
+      </c>
+      <c r="T10" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>831</v>
+      </c>
+      <c r="B11" t="s">
+        <v>894</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>856</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>895</v>
+      </c>
+      <c r="H11" t="s">
+        <v>896</v>
+      </c>
+      <c r="I11" t="s">
+        <v>850</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
+        <v>208</v>
+      </c>
+      <c r="L11" t="s">
+        <v>66</v>
+      </c>
+      <c r="M11" t="s">
+        <v>168</v>
+      </c>
+      <c r="N11" t="s">
+        <v>873</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>861</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>897</v>
+      </c>
+      <c r="R11" t="s">
+        <v>169</v>
+      </c>
+      <c r="S11" t="s">
+        <v>898</v>
+      </c>
+      <c r="T11" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>831</v>
+      </c>
+      <c r="B12" t="s">
+        <v>899</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>856</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>900</v>
+      </c>
+      <c r="H12" t="s">
+        <v>901</v>
+      </c>
+      <c r="I12" t="s">
+        <v>836</v>
+      </c>
+      <c r="J12" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" t="s">
+        <v>208</v>
+      </c>
+      <c r="L12" t="s">
+        <v>66</v>
+      </c>
+      <c r="M12" t="s">
+        <v>168</v>
+      </c>
+      <c r="N12" t="s">
+        <v>873</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>169</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>902</v>
+      </c>
+      <c r="R12" t="s">
+        <v>169</v>
+      </c>
+      <c r="S12" t="s">
+        <v>903</v>
+      </c>
+      <c r="T12" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>831</v>
+      </c>
+      <c r="B13" t="s">
+        <v>904</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>856</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>905</v>
+      </c>
+      <c r="H13" t="s">
+        <v>906</v>
+      </c>
+      <c r="I13" t="s">
+        <v>836</v>
+      </c>
+      <c r="J13" t="s">
+        <v>907</v>
+      </c>
+      <c r="K13" t="s">
+        <v>348</v>
+      </c>
+      <c r="L13" t="s">
+        <v>349</v>
+      </c>
+      <c r="M13" t="s">
+        <v>168</v>
+      </c>
+      <c r="N13" t="s">
+        <v>860</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>169</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>902</v>
+      </c>
+      <c r="R13" t="s">
+        <v>169</v>
+      </c>
+      <c r="S13" t="s">
+        <v>908</v>
+      </c>
+      <c r="T13" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>831</v>
+      </c>
+      <c r="B14" t="s">
+        <v>909</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>856</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>910</v>
+      </c>
+      <c r="H14" t="s">
+        <v>911</v>
+      </c>
+      <c r="I14" t="s">
+        <v>836</v>
+      </c>
+      <c r="J14" t="s">
+        <v>912</v>
+      </c>
+      <c r="K14" t="s">
+        <v>340</v>
+      </c>
+      <c r="L14" t="s">
+        <v>341</v>
+      </c>
+      <c r="M14" t="s">
+        <v>168</v>
+      </c>
+      <c r="N14" t="s">
+        <v>913</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>169</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>902</v>
+      </c>
+      <c r="R14" t="s">
+        <v>169</v>
+      </c>
+      <c r="S14" t="s">
+        <v>914</v>
+      </c>
+      <c r="T14" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>831</v>
+      </c>
+      <c r="B15" t="s">
+        <v>915</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>856</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>916</v>
+      </c>
+      <c r="H15" t="s">
+        <v>917</v>
+      </c>
+      <c r="I15" t="s">
+        <v>836</v>
+      </c>
+      <c r="J15" t="s">
+        <v>918</v>
+      </c>
+      <c r="K15" t="s">
+        <v>919</v>
+      </c>
+      <c r="L15" t="s">
+        <v>920</v>
+      </c>
+      <c r="M15" t="s">
+        <v>168</v>
+      </c>
+      <c r="N15" t="s">
+        <v>921</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>169</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>902</v>
+      </c>
+      <c r="R15" t="s">
+        <v>169</v>
+      </c>
+      <c r="S15" t="s">
+        <v>922</v>
+      </c>
+      <c r="T15" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>831</v>
+      </c>
+      <c r="B16" t="s">
+        <v>923</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>856</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>924</v>
+      </c>
+      <c r="H16" t="s">
+        <v>925</v>
+      </c>
+      <c r="I16" t="s">
+        <v>850</v>
+      </c>
+      <c r="J16" t="s">
+        <v>918</v>
+      </c>
+      <c r="K16" t="s">
+        <v>919</v>
+      </c>
+      <c r="L16" t="s">
+        <v>920</v>
+      </c>
+      <c r="M16" t="s">
+        <v>168</v>
+      </c>
+      <c r="N16" t="s">
+        <v>921</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>861</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>882</v>
+      </c>
+      <c r="R16" t="s">
+        <v>169</v>
+      </c>
+      <c r="S16" t="s">
+        <v>926</v>
+      </c>
+      <c r="T16" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>831</v>
+      </c>
+      <c r="B17" t="s">
+        <v>927</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>856</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>928</v>
+      </c>
+      <c r="H17" t="s">
+        <v>929</v>
+      </c>
+      <c r="I17" t="s">
+        <v>850</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>892</v>
+      </c>
+      <c r="L17" t="s">
+        <v>84</v>
+      </c>
+      <c r="M17" t="s">
+        <v>168</v>
+      </c>
+      <c r="N17" t="s">
+        <v>930</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>861</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>931</v>
+      </c>
+      <c r="R17" t="s">
+        <v>169</v>
+      </c>
+      <c r="S17" t="s">
+        <v>932</v>
+      </c>
+      <c r="T17" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>831</v>
+      </c>
+      <c r="B18" t="s">
+        <v>933</v>
+      </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>153</v>
+        <v>856</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>154</v>
+        <v>934</v>
       </c>
       <c r="H18" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>935</v>
+      </c>
+      <c r="I18" t="s">
+        <v>850</v>
       </c>
       <c r="J18" t="s">
-        <v>24</v>
+        <v>912</v>
       </c>
       <c r="K18" t="s">
-        <v>156</v>
+        <v>340</v>
       </c>
       <c r="L18" t="s">
-        <v>157</v>
+        <v>341</v>
       </c>
       <c r="M18" t="s">
-        <v>20</v>
+        <v>168</v>
       </c>
       <c r="N18" t="s">
-        <v>38</v>
+        <v>913</v>
       </c>
       <c r="O18" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>118</v>
+        <v>861</v>
       </c>
       <c r="Q18" t="s">
-        <v>73</v>
+        <v>862</v>
       </c>
       <c r="R18" t="s">
-        <v>119</v>
+        <v>169</v>
+      </c>
+      <c r="S18" t="s">
+        <v>936</v>
+      </c>
+      <c r="T18" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>831</v>
+      </c>
+      <c r="B19" t="s">
+        <v>937</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>938</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>939</v>
+      </c>
+      <c r="H19" t="s">
+        <v>940</v>
+      </c>
+      <c r="I19" t="s">
+        <v>850</v>
+      </c>
+      <c r="J19" t="s">
+        <v>601</v>
+      </c>
+      <c r="K19" t="s">
+        <v>602</v>
+      </c>
+      <c r="L19" t="s">
+        <v>66</v>
+      </c>
+      <c r="M19" t="s">
+        <v>168</v>
+      </c>
+      <c r="N19" t="s">
+        <v>941</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>882</v>
+      </c>
+      <c r="R19" t="s">
+        <v>180</v>
+      </c>
+      <c r="S19" t="s">
+        <v>942</v>
+      </c>
+      <c r="T19" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>831</v>
+      </c>
+      <c r="B20" t="s">
+        <v>944</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>938</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>945</v>
+      </c>
+      <c r="H20" t="s">
+        <v>946</v>
+      </c>
+      <c r="I20" t="s">
+        <v>850</v>
+      </c>
+      <c r="J20" t="s">
+        <v>947</v>
+      </c>
+      <c r="K20" t="s">
+        <v>208</v>
+      </c>
+      <c r="L20" t="s">
+        <v>66</v>
+      </c>
+      <c r="M20" t="s">
+        <v>168</v>
+      </c>
+      <c r="N20" t="s">
+        <v>948</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>897</v>
+      </c>
+      <c r="R20" t="s">
+        <v>180</v>
+      </c>
+      <c r="S20" t="s">
+        <v>949</v>
+      </c>
+      <c r="T20" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>831</v>
+      </c>
+      <c r="B21" t="s">
+        <v>950</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>938</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>951</v>
+      </c>
+      <c r="H21" t="s">
+        <v>952</v>
+      </c>
+      <c r="I21" t="s">
+        <v>850</v>
+      </c>
+      <c r="J21" t="s">
+        <v>953</v>
+      </c>
+      <c r="K21" t="s">
+        <v>208</v>
+      </c>
+      <c r="L21" t="s">
+        <v>66</v>
+      </c>
+      <c r="M21" t="s">
+        <v>168</v>
+      </c>
+      <c r="N21" t="s">
+        <v>954</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>897</v>
+      </c>
+      <c r="R21" t="s">
+        <v>180</v>
+      </c>
+      <c r="S21" t="s">
+        <v>955</v>
+      </c>
+      <c r="T21" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>831</v>
+      </c>
+      <c r="B22" t="s">
+        <v>82</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>956</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>957</v>
+      </c>
+      <c r="H22" t="s">
+        <v>958</v>
+      </c>
+      <c r="I22" t="s">
+        <v>850</v>
+      </c>
+      <c r="J22" t="s">
+        <v>959</v>
+      </c>
+      <c r="K22" t="s">
+        <v>661</v>
+      </c>
+      <c r="L22" t="s">
+        <v>84</v>
+      </c>
+      <c r="M22" t="s">
+        <v>168</v>
+      </c>
+      <c r="N22" t="s">
+        <v>960</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>853</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>961</v>
+      </c>
+      <c r="R22" t="s">
+        <v>853</v>
+      </c>
+      <c r="S22" t="s">
+        <v>85</v>
+      </c>
+      <c r="T22" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>831</v>
+      </c>
+      <c r="B23" t="s">
+        <v>963</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>964</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>965</v>
+      </c>
+      <c r="H23" t="s">
+        <v>966</v>
+      </c>
+      <c r="I23" t="s">
+        <v>850</v>
+      </c>
+      <c r="J23" t="s">
+        <v>967</v>
+      </c>
+      <c r="K23" t="s">
+        <v>208</v>
+      </c>
+      <c r="L23" t="s">
+        <v>66</v>
+      </c>
+      <c r="M23" t="s">
+        <v>168</v>
+      </c>
+      <c r="N23" t="s">
+        <v>968</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>969</v>
+      </c>
+      <c r="R23" t="s">
+        <v>180</v>
+      </c>
+      <c r="S23" t="s">
+        <v>970</v>
+      </c>
+      <c r="T23" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>831</v>
+      </c>
+      <c r="B24" t="s">
+        <v>971</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>972</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>973</v>
+      </c>
+      <c r="H24" t="s">
+        <v>974</v>
+      </c>
+      <c r="I24" t="s">
+        <v>850</v>
+      </c>
+      <c r="J24" t="s">
+        <v>975</v>
+      </c>
+      <c r="K24" t="s">
+        <v>286</v>
+      </c>
+      <c r="L24" t="s">
+        <v>30</v>
+      </c>
+      <c r="M24" t="s">
+        <v>168</v>
+      </c>
+      <c r="N24" t="s">
+        <v>976</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>853</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>897</v>
+      </c>
+      <c r="R24" t="s">
+        <v>853</v>
+      </c>
+      <c r="S24" t="s">
+        <v>977</v>
+      </c>
+      <c r="T24" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>831</v>
+      </c>
+      <c r="B25" t="s">
+        <v>978</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>979</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>980</v>
+      </c>
+      <c r="H25" t="s">
+        <v>981</v>
+      </c>
+      <c r="I25" t="s">
+        <v>850</v>
+      </c>
+      <c r="J25" t="s">
+        <v>982</v>
+      </c>
+      <c r="K25" t="s">
+        <v>578</v>
+      </c>
+      <c r="L25" t="s">
+        <v>579</v>
+      </c>
+      <c r="M25" t="s">
+        <v>168</v>
+      </c>
+      <c r="N25" t="s">
+        <v>983</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>853</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>897</v>
+      </c>
+      <c r="R25" t="s">
+        <v>853</v>
+      </c>
+      <c r="S25" t="s">
+        <v>984</v>
+      </c>
+      <c r="T25" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>831</v>
+      </c>
+      <c r="B26" t="s">
+        <v>985</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>986</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>987</v>
+      </c>
+      <c r="H26" t="s">
+        <v>988</v>
+      </c>
+      <c r="I26" t="s">
+        <v>850</v>
+      </c>
+      <c r="J26" t="s">
+        <v>20</v>
+      </c>
+      <c r="K26" t="s">
+        <v>491</v>
+      </c>
+      <c r="L26" t="s">
+        <v>492</v>
+      </c>
+      <c r="M26" t="s">
+        <v>168</v>
+      </c>
+      <c r="N26" t="s">
+        <v>989</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>990</v>
+      </c>
+      <c r="R26" t="s">
+        <v>180</v>
+      </c>
+      <c r="S26" t="s">
+        <v>991</v>
+      </c>
+      <c r="T26" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>831</v>
+      </c>
+      <c r="B27" t="s">
+        <v>992</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>986</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>993</v>
+      </c>
+      <c r="H27" t="s">
+        <v>994</v>
+      </c>
+      <c r="I27" t="s">
+        <v>836</v>
+      </c>
+      <c r="J27" t="s">
+        <v>20</v>
+      </c>
+      <c r="K27" t="s">
+        <v>661</v>
+      </c>
+      <c r="L27" t="s">
+        <v>84</v>
+      </c>
+      <c r="M27" t="s">
+        <v>168</v>
+      </c>
+      <c r="N27" t="s">
+        <v>995</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>990</v>
+      </c>
+      <c r="R27" t="s">
+        <v>180</v>
+      </c>
+      <c r="S27" t="s">
+        <v>996</v>
+      </c>
+      <c r="T27" t="s">
+        <v>943</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:R1"/>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>