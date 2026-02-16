--- v1 (2025-12-20)
+++ v2 (2026-02-16)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2494" uniqueCount="997">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2530" uniqueCount="1010">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -152,51 +152,51 @@
   <si>
     <t>ALEXANDRE</t>
   </si>
   <si>
     <t>16 December 2021</t>
   </si>
   <si>
     <t>Docteur Stéphane JULLION</t>
   </si>
   <si>
     <t>07/05/2021 10:31:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3265228/fr/docteur-stephane-jullion</t>
   </si>
   <si>
     <t>p_3265228</t>
   </si>
   <si>
     <t>JULLION</t>
   </si>
   <si>
     <t>Stéphane</t>
   </si>
   <si>
-    <t>06 May 2021</t>
+    <t>26 June 2025</t>
   </si>
   <si>
     <t>Docteur ARGYRIOS TRIANTAFYLLIDIS</t>
   </si>
   <si>
     <t>21/11/2019 10:31:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3119998/fr/docteur-argyrios-triantafyllidis</t>
   </si>
   <si>
     <t>p_3119998</t>
   </si>
   <si>
     <t>TRIANTAFYLLIDIS</t>
   </si>
   <si>
     <t>ARGYRIOS</t>
   </si>
   <si>
     <t>14 December 2023</t>
   </si>
   <si>
     <t>CLINIQUE DU PAYS DE SEINE,CH DE PROVINS LEON BINET</t>
   </si>
@@ -260,102 +260,105 @@
   <si>
     <t>Pascal</t>
   </si>
   <si>
     <t>21 July 2022</t>
   </si>
   <si>
     <t>Docteur Modar TAHA</t>
   </si>
   <si>
     <t>08/11/2016 11:30:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708480/fr/docteur-modar-taha</t>
   </si>
   <si>
     <t>c_2708480</t>
   </si>
   <si>
     <t>TAHA</t>
   </si>
   <si>
     <t>Modar</t>
   </si>
   <si>
-    <t>01 July 2021</t>
+    <t>11 September 2025</t>
   </si>
   <si>
     <t>CLINIQUE DU PAYS DE SEINE</t>
   </si>
   <si>
     <t>10102</t>
   </si>
   <si>
     <t>ROMILLY SUR SEINE</t>
   </si>
   <si>
     <t>100000082</t>
   </si>
   <si>
     <t>Docteur Didier CHABERNAUD</t>
   </si>
   <si>
     <t>08/11/2016 11:30:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708585/fr/docteur-didier-chabernaud</t>
   </si>
   <si>
     <t>c_2708585</t>
   </si>
   <si>
     <t>CHABERNAUD</t>
   </si>
   <si>
     <t>Didier</t>
   </si>
   <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
     <t>Docteur Josué ACHOUCHE</t>
   </si>
   <si>
     <t>08/11/2016 11:31:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709613/fr/docteur-josue-achouche</t>
   </si>
   <si>
     <t>c_2709613</t>
   </si>
   <si>
     <t>ACHOUCHE</t>
   </si>
   <si>
     <t>Josué</t>
   </si>
   <si>
-    <t>18 February 2021</t>
+    <t>20 February 2025</t>
   </si>
   <si>
     <t>CLINIQUE DU PAYS DE SEINE,CLINIQUE DE BERCY,CH GENERAL DE GONESSE</t>
   </si>
   <si>
     <t>10102,94220,95503</t>
   </si>
   <si>
     <t>ROMILLY SUR SEINE,CHARENTON LE PONT,GONESSE</t>
   </si>
   <si>
     <t>100000082,940813033,950000331</t>
   </si>
   <si>
     <t>Docteur Hassan ZOUGHAIBY</t>
   </si>
   <si>
     <t>08/11/2016 11:31:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709717/fr/docteur-hassan-zoughaiby</t>
   </si>
   <si>
     <t>c_2709717</t>
   </si>
@@ -371,51 +374,51 @@
   <si>
     <t>CENTRE HOSPITALIER DE TROYES</t>
   </si>
   <si>
     <t>10003</t>
   </si>
   <si>
     <t>100000090</t>
   </si>
   <si>
     <t>Docteur Pascal PETREQUIN</t>
   </si>
   <si>
     <t>08/11/2016 11:32:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710418/fr/docteur-pascal-petrequin</t>
   </si>
   <si>
     <t>c_2710418</t>
   </si>
   <si>
     <t>PETREQUIN</t>
   </si>
   <si>
-    <t>21 October 2021</t>
+    <t>20 November 2025</t>
   </si>
   <si>
     <t>Docteur Vincent TASSETTI</t>
   </si>
   <si>
     <t>08/11/2016 11:32:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710748/fr/docteur-vincent-tassetti</t>
   </si>
   <si>
     <t>c_2710748</t>
   </si>
   <si>
     <t>TASSETTI</t>
   </si>
   <si>
     <t>Vincent</t>
   </si>
   <si>
     <t>Docteur Alain HORIOT</t>
   </si>
   <si>
     <t>08/11/2016 11:32:51</t>
   </si>
@@ -500,83 +503,107 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>EHPAD RESIDENCE DE LA NOXE</t>
+  </si>
+  <si>
+    <t>28/01/2026 05:03:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15752_FicheESSMS/fr/ehpad-residence-de-la-noxe</t>
+  </si>
+  <si>
+    <t>15752_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Guillemot</t>
+  </si>
+  <si>
+    <t>10370 VILLENAUXE LA GRANDE</t>
+  </si>
+  <si>
+    <t>VILLENAUXE LA GRANDE</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>100002211</t>
+  </si>
+  <si>
     <t>EHPAD LES FLOTS DE L'ORVIN</t>
   </si>
   <si>
     <t>22/09/2025 16:16:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13541_FicheESSMS/fr/ehpad-les-flots-de-l-orvin</t>
   </si>
   <si>
     <t>13541_FicheESSMS</t>
   </si>
   <si>
     <t>32 Rue Saint Antoine</t>
   </si>
   <si>
     <t>10400 TRAINEL</t>
   </si>
   <si>
     <t>TRAINEL</t>
   </si>
   <si>
-    <t>10</t>
-[...10 lines deleted...]
-  <si>
     <t>100002203</t>
   </si>
   <si>
     <t>VILLAGE D'ENFANTS - ACTION ENFANCE</t>
   </si>
   <si>
     <t>21/09/2025 16:16:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13485_FicheESSMS/fr/village-d-enfants-action-enfance</t>
   </si>
   <si>
     <t>13485_FicheESSMS</t>
   </si>
   <si>
     <t>1 Chemin De La Chasse Saint Martin</t>
   </si>
   <si>
     <t>10450 BREVIANDES</t>
   </si>
   <si>
     <t>BREVIANDES</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
@@ -2321,51 +2348,51 @@
   <si>
     <t>EHPAD CARDINAL DE LOMÉNIE</t>
   </si>
   <si>
     <t>10/09/2025 12:27:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11474_FicheESSMS/fr/ehpad-cardinal-de-lomenie</t>
   </si>
   <si>
     <t>11474_FicheESSMS</t>
   </si>
   <si>
     <t>16 Rue De Montbreton</t>
   </si>
   <si>
     <t>10500 BRIENNE LE CHATEAU</t>
   </si>
   <si>
     <t>BRIENNE LE CHATEAU</t>
   </si>
   <si>
     <t>100002146</t>
   </si>
   <si>
-    <t>SSIAD DE BRIENNE-LE-CHATEAU</t>
+    <t>SSIAD DE BRIENNE LE CHATEAU</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11473_FicheESSMS/fr/ssiad-de-brienne-le-chateau</t>
   </si>
   <si>
     <t>11473_FicheESSMS</t>
   </si>
   <si>
     <t>100007988</t>
   </si>
   <si>
     <t>CENTRE D'ACTION MÉDICO-SOCIALE PRÉCOCE</t>
   </si>
   <si>
     <t>10/09/2025 12:27:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11517_FicheESSMS/fr/centre-d-action-medico-sociale-precoce</t>
   </si>
   <si>
     <t>11517_FicheESSMS</t>
   </si>
   <si>
     <t>77 Rue De Preize</t>
   </si>
@@ -2903,53 +2930,50 @@
   <si>
     <t>0325437994</t>
   </si>
   <si>
     <t>100011477</t>
   </si>
   <si>
     <t>21/01/2025 10:18:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/238_FicheEtablissement/fr/clinique-du-pays-de-seine</t>
   </si>
   <si>
     <t>238_FicheEtablissement</t>
   </si>
   <si>
     <t>83 Avenue Jean Jaures</t>
   </si>
   <si>
     <t>0325395503</t>
   </si>
   <si>
     <t>Chirurgie, Médecine</t>
   </si>
   <si>
-    <t>B</t>
-[...1 lines deleted...]
-  <si>
     <t>GCS HOPITAL PRIVE DE L'AUBE SITE CLQ</t>
   </si>
   <si>
     <t>21/01/2025 10:18:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/261_FicheEtablissement/fr/gcs-hopital-prive-de-l-aube-site-clq</t>
   </si>
   <si>
     <t>261_FicheEtablissement</t>
   </si>
   <si>
     <t>4 Rue Chaim Soutine</t>
   </si>
   <si>
     <t>0820151111</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine</t>
   </si>
   <si>
     <t>100010818</t>
   </si>
   <si>
     <t>CLINIQUE KORIAN</t>
@@ -3006,50 +3030,65 @@
     <t>3580_FicheEtablissement</t>
   </si>
   <si>
     <t>0325742110</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>100006550</t>
   </si>
   <si>
     <t>UNITE D'AUTO DIALYSE DE L'A.R.P.D.D. DE ROMILLY SUR SEINE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3579_FicheEtablissement/fr/unite-d-auto-dialyse-de-romilly</t>
   </si>
   <si>
     <t>3579_FicheEtablissement</t>
   </si>
   <si>
     <t>0325250976</t>
   </si>
   <si>
     <t>100005958</t>
+  </si>
+  <si>
+    <t>GROUPEMENT DE COOPERATION SANITAIRE PAYS DE SEINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7761_FicheEtablissement/fr/gcs-pays-de-seine-et-exploitant</t>
+  </si>
+  <si>
+    <t>7761_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0325716082</t>
+  </si>
+  <si>
+    <t>100013010</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -3551,7408 +3590,7520 @@
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
         <v>88</v>
       </c>
       <c r="H9" t="s">
         <v>89</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
         <v>90</v>
       </c>
       <c r="L9" t="s">
         <v>91</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9" t="s">
         <v>29</v>
       </c>
       <c r="Q9" t="s">
         <v>30</v>
       </c>
       <c r="R9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="O10" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P10" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="Q10" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="R10" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H11" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="L11" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="O11" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P11" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Q11" t="s">
         <v>66</v>
       </c>
       <c r="R11" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H12" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="L12" t="s">
         <v>73</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O12" t="s">
         <v>82</v>
       </c>
       <c r="P12" t="s">
         <v>83</v>
       </c>
       <c r="Q12" t="s">
         <v>84</v>
       </c>
       <c r="R12" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H13" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="L13" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O13" t="s">
         <v>64</v>
       </c>
       <c r="P13" t="s">
         <v>65</v>
       </c>
       <c r="Q13" t="s">
         <v>66</v>
       </c>
       <c r="R13" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H14" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L14" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>38</v>
+        <v>92</v>
       </c>
       <c r="O14" t="s">
         <v>28</v>
       </c>
       <c r="P14" t="s">
         <v>29</v>
       </c>
       <c r="Q14" t="s">
         <v>30</v>
       </c>
       <c r="R14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="L15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="O15" t="s">
         <v>64</v>
       </c>
       <c r="P15" t="s">
         <v>65</v>
       </c>
       <c r="Q15" t="s">
         <v>66</v>
       </c>
       <c r="R15" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H16" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="L16" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="O16" t="s">
         <v>28</v>
       </c>
       <c r="P16" t="s">
         <v>29</v>
       </c>
       <c r="Q16" t="s">
         <v>30</v>
       </c>
       <c r="R16" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H17" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="L17" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="O17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Q17" t="s">
         <v>66</v>
       </c>
       <c r="R17" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P104"/>
+  <dimension ref="A1:P105"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="J1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="L1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="M1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="O1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="J2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="K2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="L2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="N2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="O2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="J3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="L3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M3" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="N3" t="s">
+        <v>171</v>
+      </c>
+      <c r="O3" t="s">
+        <v>172</v>
+      </c>
+      <c r="P3" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B4" t="s">
+        <v>182</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>183</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>184</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>185</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="I4" t="s">
         <v>186</v>
       </c>
-      <c r="H4" t="s">
+      <c r="J4" t="s">
         <v>187</v>
       </c>
-      <c r="I4" t="s">
+      <c r="K4" t="s">
         <v>188</v>
       </c>
-      <c r="J4" t="s">
+      <c r="L4" t="s">
+        <v>169</v>
+      </c>
+      <c r="M4" t="s">
         <v>189</v>
       </c>
-      <c r="K4" t="s">
+      <c r="N4" t="s">
         <v>190</v>
       </c>
-      <c r="L4" t="s">
-[...5 lines deleted...]
-      <c r="N4" t="s">
+      <c r="O4" t="s">
         <v>191</v>
       </c>
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B5" t="s">
+        <v>193</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
         <v>194</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>195</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>196</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>197</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
         <v>198</v>
       </c>
-      <c r="J5" t="s">
+      <c r="K5" t="s">
         <v>199</v>
       </c>
-      <c r="K5" t="s">
+      <c r="L5" t="s">
+        <v>169</v>
+      </c>
+      <c r="M5" t="s">
+        <v>189</v>
+      </c>
+      <c r="N5" t="s">
         <v>200</v>
       </c>
-      <c r="L5" t="s">
-[...2 lines deleted...]
-      <c r="M5" t="s">
+      <c r="O5" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
       <c r="P5" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B6" t="s">
         <v>203</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>204</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>205</v>
       </c>
       <c r="H6" t="s">
         <v>206</v>
       </c>
       <c r="I6" t="s">
         <v>207</v>
       </c>
       <c r="J6" t="s">
         <v>208</v>
       </c>
       <c r="K6" t="s">
-        <v>66</v>
+        <v>209</v>
       </c>
       <c r="L6" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M6" t="s">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="N6" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="O6" t="s">
-        <v>210</v>
+        <v>172</v>
       </c>
       <c r="P6" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B7" t="s">
         <v>212</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>213</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>214</v>
       </c>
       <c r="H7" t="s">
         <v>215</v>
       </c>
       <c r="I7" t="s">
         <v>216</v>
       </c>
       <c r="J7" t="s">
         <v>217</v>
       </c>
       <c r="K7" t="s">
+        <v>66</v>
+      </c>
+      <c r="L7" t="s">
+        <v>169</v>
+      </c>
+      <c r="M7" t="s">
+        <v>189</v>
+      </c>
+      <c r="N7" t="s">
         <v>218</v>
-      </c>
-[...7 lines deleted...]
-        <v>209</v>
       </c>
       <c r="O7" t="s">
         <v>219</v>
       </c>
       <c r="P7" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B8" t="s">
         <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H8" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I8" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="J8" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="K8" t="s">
+        <v>227</v>
+      </c>
+      <c r="L8" t="s">
+        <v>169</v>
+      </c>
+      <c r="M8" t="s">
+        <v>189</v>
+      </c>
+      <c r="N8" t="s">
         <v>218</v>
       </c>
-      <c r="L8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O8" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="P8" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B9" t="s">
+        <v>230</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>222</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>231</v>
+      </c>
+      <c r="H9" t="s">
+        <v>232</v>
+      </c>
+      <c r="I9" t="s">
+        <v>233</v>
+      </c>
+      <c r="J9" t="s">
+        <v>226</v>
+      </c>
+      <c r="K9" t="s">
         <v>227</v>
       </c>
-      <c r="C9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="L9" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M9" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N9" t="s">
-        <v>232</v>
+        <v>218</v>
       </c>
       <c r="O9" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P9" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B10" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="H10" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="I10" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="J10" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="K10" t="s">
-        <v>179</v>
+        <v>188</v>
       </c>
       <c r="L10" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M10" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N10" t="s">
-        <v>232</v>
+        <v>241</v>
       </c>
       <c r="O10" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="P10" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B11" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
+        <v>245</v>
+      </c>
+      <c r="H11" t="s">
+        <v>246</v>
+      </c>
+      <c r="I11" t="s">
+        <v>247</v>
+      </c>
+      <c r="J11" t="s">
+        <v>187</v>
+      </c>
+      <c r="K11" t="s">
+        <v>188</v>
+      </c>
+      <c r="L11" t="s">
+        <v>169</v>
+      </c>
+      <c r="M11" t="s">
+        <v>189</v>
+      </c>
+      <c r="N11" t="s">
         <v>241</v>
       </c>
-      <c r="H11" t="s">
+      <c r="O11" t="s">
         <v>242</v>
       </c>
-      <c r="I11" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P11" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B12" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="H12" t="s">
+        <v>251</v>
+      </c>
+      <c r="I12" t="s">
         <v>247</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>249</v>
+        <v>187</v>
       </c>
       <c r="K12" t="s">
-        <v>250</v>
+        <v>188</v>
       </c>
       <c r="L12" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M12" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N12" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="O12" t="s">
+        <v>172</v>
+      </c>
+      <c r="P12" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B13" t="s">
+        <v>253</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
         <v>254</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
         <v>255</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>256</v>
       </c>
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>257</v>
       </c>
-      <c r="I13" t="s">
+      <c r="J13" t="s">
         <v>258</v>
       </c>
-      <c r="J13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K13" t="s">
-        <v>66</v>
+        <v>259</v>
       </c>
       <c r="L13" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M13" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N13" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="O13" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="P13" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B14" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="H14" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="I14" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="J14" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="K14" t="s">
         <v>66</v>
       </c>
       <c r="L14" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M14" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N14" t="s">
-        <v>170</v>
+        <v>268</v>
       </c>
       <c r="O14" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="P14" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B15" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="H15" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="I15" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="J15" t="s">
-        <v>272</v>
+        <v>217</v>
       </c>
       <c r="K15" t="s">
-        <v>273</v>
+        <v>66</v>
       </c>
       <c r="L15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M15" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N15" t="s">
-        <v>274</v>
+        <v>171</v>
       </c>
       <c r="O15" t="s">
-        <v>275</v>
+        <v>172</v>
       </c>
       <c r="P15" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B16" t="s">
         <v>277</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
         <v>278</v>
       </c>
       <c r="H16" t="s">
         <v>279</v>
       </c>
       <c r="I16" t="s">
         <v>280</v>
       </c>
       <c r="J16" t="s">
-        <v>208</v>
+        <v>281</v>
       </c>
       <c r="K16" t="s">
-        <v>66</v>
+        <v>282</v>
       </c>
       <c r="L16" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M16" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N16" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="O16" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="P16" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B17" t="s">
+        <v>286</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>272</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>287</v>
+      </c>
+      <c r="H17" t="s">
+        <v>288</v>
+      </c>
+      <c r="I17" t="s">
+        <v>289</v>
+      </c>
+      <c r="J17" t="s">
+        <v>217</v>
+      </c>
+      <c r="K17" t="s">
+        <v>66</v>
+      </c>
+      <c r="L17" t="s">
+        <v>169</v>
+      </c>
+      <c r="M17" t="s">
+        <v>189</v>
+      </c>
+      <c r="N17" t="s">
         <v>283</v>
       </c>
-      <c r="C17" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="O17" t="s">
-        <v>252</v>
+        <v>290</v>
       </c>
       <c r="P17" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B18" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="H18" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="I18" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="J18" t="s">
-        <v>292</v>
+        <v>20</v>
       </c>
       <c r="K18" t="s">
-        <v>293</v>
+        <v>30</v>
       </c>
       <c r="L18" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M18" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N18" t="s">
-        <v>274</v>
+        <v>260</v>
       </c>
       <c r="O18" t="s">
-        <v>281</v>
+        <v>261</v>
       </c>
       <c r="P18" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B19" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="H19" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="I19" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="J19" t="s">
-        <v>208</v>
+        <v>301</v>
       </c>
       <c r="K19" t="s">
-        <v>66</v>
+        <v>302</v>
       </c>
       <c r="L19" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M19" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N19" t="s">
-        <v>251</v>
+        <v>283</v>
       </c>
       <c r="O19" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="P19" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B20" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="H20" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="I20" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="J20" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="K20" t="s">
         <v>66</v>
       </c>
       <c r="L20" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M20" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N20" t="s">
-        <v>274</v>
+        <v>260</v>
       </c>
       <c r="O20" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="P20" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B21" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>308</v>
+        <v>272</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="H21" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="I21" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="J21" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="K21" t="s">
         <v>66</v>
       </c>
       <c r="L21" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M21" t="s">
-        <v>169</v>
+        <v>189</v>
       </c>
       <c r="N21" t="s">
-        <v>181</v>
+        <v>283</v>
       </c>
       <c r="O21" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="P21" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B22" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="H22" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="I22" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="J22" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="K22" t="s">
         <v>66</v>
       </c>
       <c r="L22" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M22" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="N22" t="s">
-        <v>259</v>
+        <v>190</v>
       </c>
       <c r="O22" t="s">
-        <v>260</v>
+        <v>321</v>
       </c>
       <c r="P22" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B23" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="H23" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="I23" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="J23" t="s">
-        <v>325</v>
+        <v>217</v>
       </c>
       <c r="K23" t="s">
-        <v>326</v>
+        <v>66</v>
       </c>
       <c r="L23" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M23" t="s">
-        <v>201</v>
+        <v>189</v>
       </c>
       <c r="N23" t="s">
-        <v>170</v>
+        <v>268</v>
       </c>
       <c r="O23" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="P23" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B24" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H24" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="I24" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="J24" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="K24" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="L24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M24" t="s">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="N24" t="s">
-        <v>274</v>
+        <v>171</v>
       </c>
       <c r="O24" t="s">
-        <v>275</v>
+        <v>172</v>
       </c>
       <c r="P24" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B25" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>329</v>
+        <v>338</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="H25" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="I25" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="J25" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="K25" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="L25" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M25" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N25" t="s">
-        <v>191</v>
+        <v>283</v>
       </c>
       <c r="O25" t="s">
-        <v>342</v>
+        <v>284</v>
       </c>
       <c r="P25" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B26" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>329</v>
+        <v>338</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="H26" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="I26" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="J26" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="K26" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="L26" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M26" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N26" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="O26" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="P26" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B27" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>329</v>
+        <v>338</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="H27" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="I27" t="s">
-        <v>332</v>
+        <v>356</v>
       </c>
       <c r="J27" t="s">
-        <v>333</v>
+        <v>357</v>
       </c>
       <c r="K27" t="s">
-        <v>334</v>
+        <v>358</v>
       </c>
       <c r="L27" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M27" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N27" t="s">
-        <v>274</v>
+        <v>200</v>
       </c>
       <c r="O27" t="s">
-        <v>281</v>
+        <v>359</v>
       </c>
       <c r="P27" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B28" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>357</v>
+        <v>338</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="H28" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="I28" t="s">
-        <v>360</v>
+        <v>341</v>
       </c>
       <c r="J28" t="s">
-        <v>208</v>
+        <v>342</v>
       </c>
       <c r="K28" t="s">
-        <v>66</v>
+        <v>343</v>
       </c>
       <c r="L28" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M28" t="s">
-        <v>169</v>
+        <v>189</v>
       </c>
       <c r="N28" t="s">
-        <v>181</v>
+        <v>283</v>
       </c>
       <c r="O28" t="s">
-        <v>361</v>
+        <v>290</v>
       </c>
       <c r="P28" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B29" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="H29" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="I29" t="s">
-        <v>340</v>
+        <v>369</v>
       </c>
       <c r="J29" t="s">
-        <v>20</v>
+        <v>217</v>
       </c>
       <c r="K29" t="s">
-        <v>341</v>
+        <v>66</v>
       </c>
       <c r="L29" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M29" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="N29" t="s">
-        <v>251</v>
+        <v>190</v>
       </c>
       <c r="O29" t="s">
-        <v>252</v>
+        <v>370</v>
       </c>
       <c r="P29" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B30" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="H30" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="I30" t="s">
-        <v>372</v>
+        <v>349</v>
       </c>
       <c r="J30" t="s">
-        <v>208</v>
+        <v>20</v>
       </c>
       <c r="K30" t="s">
-        <v>66</v>
+        <v>350</v>
       </c>
       <c r="L30" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M30" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N30" t="s">
-        <v>191</v>
+        <v>260</v>
       </c>
       <c r="O30" t="s">
-        <v>373</v>
+        <v>261</v>
       </c>
       <c r="P30" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B31" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="H31" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="I31" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="J31" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="K31" t="s">
         <v>66</v>
       </c>
       <c r="L31" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M31" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N31" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="O31" t="s">
-        <v>342</v>
+        <v>382</v>
       </c>
       <c r="P31" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B32" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="H32" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="I32" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="J32" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="K32" t="s">
         <v>66</v>
       </c>
       <c r="L32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M32" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N32" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="O32" t="s">
-        <v>385</v>
+        <v>351</v>
       </c>
       <c r="P32" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B33" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="H33" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="I33" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="J33" t="s">
-        <v>392</v>
+        <v>217</v>
       </c>
       <c r="K33" t="s">
-        <v>393</v>
+        <v>66</v>
       </c>
       <c r="L33" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M33" t="s">
-        <v>169</v>
+        <v>189</v>
       </c>
       <c r="N33" t="s">
-        <v>170</v>
+        <v>200</v>
       </c>
       <c r="O33" t="s">
-        <v>171</v>
+        <v>394</v>
       </c>
       <c r="P33" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B34" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="H34" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="I34" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="J34" t="s">
-        <v>208</v>
+        <v>401</v>
       </c>
       <c r="K34" t="s">
-        <v>66</v>
+        <v>402</v>
       </c>
       <c r="L34" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M34" t="s">
-        <v>201</v>
+        <v>170</v>
       </c>
       <c r="N34" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="O34" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P34" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B35" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="H35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="I35" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="J35" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="K35" t="s">
         <v>66</v>
       </c>
       <c r="L35" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M35" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="N35" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="O35" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P35" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B36" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="H36" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="I36" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="J36" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="K36" t="s">
         <v>66</v>
       </c>
       <c r="L36" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M36" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="N36" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="O36" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P36" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B37" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="H37" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="I37" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="J37" t="s">
-        <v>418</v>
+        <v>217</v>
       </c>
       <c r="K37" t="s">
-        <v>419</v>
+        <v>66</v>
       </c>
       <c r="L37" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M37" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="N37" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="O37" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P37" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B38" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="H38" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="I38" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="J38" t="s">
-        <v>208</v>
+        <v>427</v>
       </c>
       <c r="K38" t="s">
-        <v>66</v>
+        <v>428</v>
       </c>
       <c r="L38" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M38" t="s">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="N38" t="s">
-        <v>259</v>
+        <v>171</v>
       </c>
       <c r="O38" t="s">
-        <v>260</v>
+        <v>172</v>
       </c>
       <c r="P38" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B39" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="H39" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="I39" t="s">
-        <v>425</v>
+        <v>434</v>
       </c>
       <c r="J39" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="K39" t="s">
         <v>66</v>
       </c>
       <c r="L39" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M39" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N39" t="s">
-        <v>181</v>
+        <v>268</v>
       </c>
       <c r="O39" t="s">
-        <v>430</v>
+        <v>269</v>
       </c>
       <c r="P39" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B40" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
+        <v>437</v>
+      </c>
+      <c r="H40" t="s">
+        <v>438</v>
+      </c>
+      <c r="I40" t="s">
         <v>434</v>
       </c>
-      <c r="H40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J40" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="K40" t="s">
         <v>66</v>
       </c>
       <c r="L40" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M40" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N40" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="O40" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="P40" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B41" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="H41" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="I41" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="J41" t="s">
         <v>217</v>
       </c>
       <c r="K41" t="s">
-        <v>218</v>
+        <v>66</v>
       </c>
       <c r="L41" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M41" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N41" t="s">
-        <v>251</v>
+        <v>190</v>
       </c>
       <c r="O41" t="s">
-        <v>299</v>
+        <v>446</v>
       </c>
       <c r="P41" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B42" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="H42" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="I42" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="J42" t="s">
-        <v>450</v>
+        <v>226</v>
       </c>
       <c r="K42" t="s">
-        <v>451</v>
+        <v>227</v>
       </c>
       <c r="L42" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M42" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N42" t="s">
-        <v>191</v>
+        <v>260</v>
       </c>
       <c r="O42" t="s">
-        <v>233</v>
+        <v>308</v>
       </c>
       <c r="P42" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B43" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="H43" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="I43" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="J43" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="K43" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="L43" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M43" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N43" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="O43" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="P43" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B44" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H44" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="I44" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="J44" t="s">
-        <v>450</v>
+        <v>466</v>
       </c>
       <c r="K44" t="s">
-        <v>451</v>
+        <v>467</v>
       </c>
       <c r="L44" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M44" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N44" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="O44" t="s">
-        <v>192</v>
+        <v>242</v>
       </c>
       <c r="P44" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B45" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="H45" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="I45" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="J45" t="s">
-        <v>208</v>
+        <v>459</v>
       </c>
       <c r="K45" t="s">
-        <v>66</v>
+        <v>460</v>
       </c>
       <c r="L45" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M45" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N45" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="O45" t="s">
-        <v>225</v>
+        <v>201</v>
       </c>
       <c r="P45" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B46" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="H46" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="I46" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="J46" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="K46" t="s">
         <v>66</v>
       </c>
       <c r="L46" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M46" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N46" t="s">
-        <v>170</v>
+        <v>218</v>
       </c>
       <c r="O46" t="s">
-        <v>171</v>
+        <v>234</v>
       </c>
       <c r="P46" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B47" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="H47" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="I47" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="J47" t="s">
-        <v>483</v>
+        <v>217</v>
       </c>
       <c r="K47" t="s">
-        <v>484</v>
+        <v>66</v>
       </c>
       <c r="L47" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M47" t="s">
-        <v>169</v>
+        <v>189</v>
       </c>
       <c r="N47" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="O47" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P47" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B48" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="H48" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="I48" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="J48" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="K48" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="L48" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M48" t="s">
-        <v>201</v>
+        <v>170</v>
       </c>
       <c r="N48" t="s">
-        <v>191</v>
+        <v>171</v>
       </c>
       <c r="O48" t="s">
-        <v>192</v>
+        <v>172</v>
       </c>
       <c r="P48" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B49" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="H49" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="I49" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="J49" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="K49" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="L49" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M49" t="s">
+        <v>210</v>
+      </c>
+      <c r="N49" t="s">
+        <v>200</v>
+      </c>
+      <c r="O49" t="s">
         <v>201</v>
       </c>
-      <c r="N49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P49" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B50" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
+        <v>504</v>
+      </c>
+      <c r="H50" t="s">
+        <v>505</v>
+      </c>
+      <c r="I50" t="s">
         <v>499</v>
       </c>
-      <c r="H50" t="s">
+      <c r="J50" t="s">
         <v>500</v>
       </c>
-      <c r="I50" t="s">
+      <c r="K50" t="s">
         <v>501</v>
       </c>
-      <c r="J50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L50" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M50" t="s">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="N50" t="s">
-        <v>181</v>
+        <v>200</v>
       </c>
       <c r="O50" t="s">
-        <v>502</v>
+        <v>242</v>
       </c>
       <c r="P50" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B51" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>505</v>
+        <v>496</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="H51" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="I51" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="J51" t="s">
         <v>217</v>
       </c>
       <c r="K51" t="s">
-        <v>218</v>
+        <v>66</v>
       </c>
       <c r="L51" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M51" t="s">
-        <v>201</v>
+        <v>189</v>
       </c>
       <c r="N51" t="s">
-        <v>170</v>
+        <v>190</v>
       </c>
       <c r="O51" t="s">
-        <v>171</v>
+        <v>511</v>
       </c>
       <c r="P51" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B52" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="H52" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="I52" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="J52" t="s">
-        <v>292</v>
+        <v>226</v>
       </c>
       <c r="K52" t="s">
-        <v>293</v>
+        <v>227</v>
       </c>
       <c r="L52" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M52" t="s">
-        <v>169</v>
+        <v>210</v>
       </c>
       <c r="N52" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="O52" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P52" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B53" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="H53" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="I53" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="J53" t="s">
-        <v>521</v>
+        <v>301</v>
       </c>
       <c r="K53" t="s">
-        <v>522</v>
+        <v>302</v>
       </c>
       <c r="L53" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M53" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="N53" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="O53" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P53" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B54" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="H54" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="I54" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="J54" t="s">
-        <v>20</v>
+        <v>530</v>
       </c>
       <c r="K54" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="L54" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M54" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="N54" t="s">
-        <v>232</v>
+        <v>171</v>
       </c>
       <c r="O54" t="s">
-        <v>530</v>
+        <v>172</v>
       </c>
       <c r="P54" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B55" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="H55" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="I55" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="J55" t="s">
-        <v>286</v>
+        <v>20</v>
       </c>
       <c r="K55" t="s">
-        <v>30</v>
+        <v>538</v>
       </c>
       <c r="L55" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M55" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="N55" t="s">
-        <v>170</v>
+        <v>241</v>
       </c>
       <c r="O55" t="s">
-        <v>171</v>
+        <v>539</v>
       </c>
       <c r="P55" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B56" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="H56" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="I56" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="J56" t="s">
-        <v>208</v>
+        <v>295</v>
       </c>
       <c r="K56" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
       <c r="L56" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M56" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N56" t="s">
-        <v>232</v>
+        <v>171</v>
       </c>
       <c r="O56" t="s">
-        <v>530</v>
+        <v>172</v>
       </c>
       <c r="P56" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B57" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="H57" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="I57" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="J57" t="s">
+        <v>217</v>
+      </c>
+      <c r="K57" t="s">
+        <v>66</v>
+      </c>
+      <c r="L57" t="s">
+        <v>169</v>
+      </c>
+      <c r="M57" t="s">
         <v>189</v>
       </c>
-      <c r="K57" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N57" t="s">
-        <v>170</v>
+        <v>241</v>
       </c>
       <c r="O57" t="s">
-        <v>171</v>
+        <v>539</v>
       </c>
       <c r="P57" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B58" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="H58" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="I58" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="J58" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="K58" t="s">
-        <v>66</v>
+        <v>199</v>
       </c>
       <c r="L58" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M58" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N58" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="O58" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P58" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B59" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="H59" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="I59" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="J59" t="s">
-        <v>557</v>
+        <v>217</v>
       </c>
       <c r="K59" t="s">
-        <v>558</v>
+        <v>66</v>
       </c>
       <c r="L59" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M59" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N59" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="O59" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P59" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B60" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="H60" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="I60" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="J60" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="K60" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="L60" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M60" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N60" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="O60" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P60" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B61" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>568</v>
+        <v>542</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="H61" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="I61" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="J61" t="s">
-        <v>208</v>
+        <v>573</v>
       </c>
       <c r="K61" t="s">
-        <v>66</v>
+        <v>574</v>
       </c>
       <c r="L61" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M61" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N61" t="s">
-        <v>191</v>
+        <v>171</v>
       </c>
       <c r="O61" t="s">
-        <v>572</v>
+        <v>172</v>
       </c>
       <c r="P61" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B62" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>568</v>
+        <v>577</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="H62" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="I62" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="J62" t="s">
-        <v>578</v>
+        <v>217</v>
       </c>
       <c r="K62" t="s">
-        <v>579</v>
+        <v>66</v>
       </c>
       <c r="L62" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M62" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N62" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="O62" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="P62" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B63" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>568</v>
+        <v>577</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="H63" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="I63" t="s">
-        <v>208</v>
+        <v>586</v>
       </c>
       <c r="J63" t="s">
-        <v>20</v>
+        <v>587</v>
       </c>
       <c r="K63" t="s">
-        <v>66</v>
+        <v>588</v>
       </c>
       <c r="L63" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M63" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N63" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="O63" t="s">
-        <v>580</v>
+        <v>589</v>
       </c>
       <c r="P63" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B64" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>587</v>
+        <v>577</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="H64" t="s">
+        <v>593</v>
+      </c>
+      <c r="I64" t="s">
+        <v>217</v>
+      </c>
+      <c r="J64" t="s">
+        <v>20</v>
+      </c>
+      <c r="K64" t="s">
+        <v>66</v>
+      </c>
+      <c r="L64" t="s">
+        <v>169</v>
+      </c>
+      <c r="M64" t="s">
+        <v>189</v>
+      </c>
+      <c r="N64" t="s">
+        <v>200</v>
+      </c>
+      <c r="O64" t="s">
         <v>589</v>
       </c>
-      <c r="I64" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P64" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B65" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="H65" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="I65" t="s">
-        <v>546</v>
+        <v>599</v>
       </c>
       <c r="J65" t="s">
+        <v>281</v>
+      </c>
+      <c r="K65" t="s">
+        <v>282</v>
+      </c>
+      <c r="L65" t="s">
+        <v>169</v>
+      </c>
+      <c r="M65" t="s">
         <v>189</v>
       </c>
-      <c r="K65" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N65" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="O65" t="s">
-        <v>233</v>
+        <v>382</v>
       </c>
       <c r="P65" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B66" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="H66" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="I66" t="s">
-        <v>601</v>
+        <v>555</v>
       </c>
       <c r="J66" t="s">
-        <v>602</v>
+        <v>198</v>
       </c>
       <c r="K66" t="s">
-        <v>66</v>
+        <v>199</v>
       </c>
       <c r="L66" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M66" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N66" t="s">
-        <v>232</v>
+        <v>200</v>
       </c>
       <c r="O66" t="s">
-        <v>530</v>
+        <v>242</v>
       </c>
       <c r="P66" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B67" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="H67" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="I67" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="J67" t="s">
-        <v>249</v>
+        <v>611</v>
       </c>
       <c r="K67" t="s">
-        <v>250</v>
+        <v>66</v>
       </c>
       <c r="L67" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M67" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N67" t="s">
-        <v>274</v>
+        <v>241</v>
       </c>
       <c r="O67" t="s">
-        <v>609</v>
+        <v>539</v>
       </c>
       <c r="P67" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B68" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="H68" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="I68" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="J68" t="s">
-        <v>615</v>
+        <v>258</v>
       </c>
       <c r="K68" t="s">
-        <v>616</v>
+        <v>259</v>
       </c>
       <c r="L68" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M68" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N68" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="O68" t="s">
-        <v>275</v>
+        <v>618</v>
       </c>
       <c r="P68" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B69" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="H69" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="I69" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="J69" t="s">
-        <v>208</v>
+        <v>624</v>
       </c>
       <c r="K69" t="s">
-        <v>66</v>
+        <v>625</v>
       </c>
       <c r="L69" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M69" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N69" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="O69" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="P69" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B70" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="H70" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="I70" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="J70" t="s">
-        <v>178</v>
+        <v>217</v>
       </c>
       <c r="K70" t="s">
-        <v>179</v>
+        <v>66</v>
       </c>
       <c r="L70" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M70" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N70" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="O70" t="s">
-        <v>627</v>
+        <v>284</v>
       </c>
       <c r="P70" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B71" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="H71" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="I71" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="J71" t="s">
-        <v>633</v>
+        <v>187</v>
       </c>
       <c r="K71" t="s">
-        <v>634</v>
+        <v>188</v>
       </c>
       <c r="L71" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M71" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N71" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="O71" t="s">
-        <v>275</v>
+        <v>636</v>
       </c>
       <c r="P71" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B72" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="H72" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="I72" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="J72" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="K72" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
       <c r="L72" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M72" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N72" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="O72" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="P72" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B73" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
+        <v>646</v>
+      </c>
+      <c r="H73" t="s">
+        <v>647</v>
+      </c>
+      <c r="I73" t="s">
+        <v>648</v>
+      </c>
+      <c r="J73" t="s">
         <v>642</v>
       </c>
-      <c r="H73" t="s">
+      <c r="K73" t="s">
         <v>643</v>
       </c>
-      <c r="I73" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L73" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M73" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N73" t="s">
-        <v>191</v>
+        <v>283</v>
       </c>
       <c r="O73" t="s">
-        <v>192</v>
+        <v>290</v>
       </c>
       <c r="P73" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B74" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="H74" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="I74" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="J74" t="s">
-        <v>249</v>
+        <v>642</v>
       </c>
       <c r="K74" t="s">
-        <v>250</v>
+        <v>643</v>
       </c>
       <c r="L74" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M74" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N74" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="O74" t="s">
-        <v>650</v>
+        <v>201</v>
       </c>
       <c r="P74" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B75" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="H75" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="I75" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="J75" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="K75" t="s">
-        <v>66</v>
+        <v>259</v>
       </c>
       <c r="L75" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M75" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N75" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="O75" t="s">
-        <v>373</v>
+        <v>659</v>
       </c>
       <c r="P75" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B76" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="H76" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="I76" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="J76" t="s">
-        <v>661</v>
+        <v>217</v>
       </c>
       <c r="K76" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="L76" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M76" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N76" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="O76" t="s">
-        <v>373</v>
+        <v>382</v>
       </c>
       <c r="P76" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B77" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="H77" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="I77" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="J77" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="K77" t="s">
-        <v>668</v>
+        <v>84</v>
       </c>
       <c r="L77" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M77" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N77" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="O77" t="s">
-        <v>233</v>
+        <v>382</v>
       </c>
       <c r="P77" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B78" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>671</v>
+        <v>614</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="H78" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="I78" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="J78" t="s">
-        <v>557</v>
+        <v>676</v>
       </c>
       <c r="K78" t="s">
-        <v>558</v>
+        <v>677</v>
       </c>
       <c r="L78" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M78" t="s">
-        <v>169</v>
+        <v>189</v>
       </c>
       <c r="N78" t="s">
-        <v>274</v>
+        <v>200</v>
       </c>
       <c r="O78" t="s">
-        <v>609</v>
+        <v>242</v>
       </c>
       <c r="P78" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B79" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>671</v>
+        <v>680</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="H79" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="I79" t="s">
-        <v>674</v>
+        <v>683</v>
       </c>
       <c r="J79" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="K79" t="s">
-        <v>558</v>
+        <v>567</v>
       </c>
       <c r="L79" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M79" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="N79" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="O79" t="s">
-        <v>609</v>
+        <v>618</v>
       </c>
       <c r="P79" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B80" t="s">
+        <v>685</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
         <v>680</v>
       </c>
-      <c r="C80" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="H80" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="I80" t="s">
-        <v>674</v>
+        <v>683</v>
       </c>
       <c r="J80" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="K80" t="s">
-        <v>558</v>
+        <v>567</v>
       </c>
       <c r="L80" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M80" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="N80" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="O80" t="s">
-        <v>609</v>
+        <v>618</v>
       </c>
       <c r="P80" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B81" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>671</v>
+        <v>680</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="H81" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
       <c r="I81" t="s">
-        <v>674</v>
+        <v>683</v>
       </c>
       <c r="J81" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="K81" t="s">
-        <v>558</v>
+        <v>567</v>
       </c>
       <c r="L81" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M81" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="N81" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="O81" t="s">
-        <v>687</v>
+        <v>618</v>
       </c>
       <c r="P81" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B82" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>690</v>
+        <v>680</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="H82" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="I82" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="J82" t="s">
-        <v>694</v>
+        <v>566</v>
       </c>
       <c r="K82" t="s">
-        <v>695</v>
+        <v>567</v>
       </c>
       <c r="L82" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M82" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="N82" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="O82" t="s">
-        <v>275</v>
+        <v>696</v>
       </c>
       <c r="P82" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B83" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="H83" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="I83" t="s">
-        <v>208</v>
+        <v>702</v>
       </c>
       <c r="J83" t="s">
-        <v>20</v>
+        <v>703</v>
       </c>
       <c r="K83" t="s">
-        <v>66</v>
+        <v>704</v>
       </c>
       <c r="L83" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M83" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N83" t="s">
-        <v>191</v>
+        <v>283</v>
       </c>
       <c r="O83" t="s">
-        <v>373</v>
+        <v>284</v>
       </c>
       <c r="P83" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B84" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="H84" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="I84" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="J84" t="s">
         <v>20</v>
       </c>
       <c r="K84" t="s">
         <v>66</v>
       </c>
       <c r="L84" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M84" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N84" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="O84" t="s">
-        <v>580</v>
+        <v>382</v>
       </c>
       <c r="P84" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B85" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="H85" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="I85" t="s">
-        <v>491</v>
+        <v>217</v>
       </c>
       <c r="J85" t="s">
         <v>20</v>
       </c>
       <c r="K85" t="s">
-        <v>492</v>
+        <v>66</v>
       </c>
       <c r="L85" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M85" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N85" t="s">
-        <v>181</v>
+        <v>200</v>
       </c>
       <c r="O85" t="s">
-        <v>710</v>
+        <v>589</v>
       </c>
       <c r="P85" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B86" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>707</v>
+        <v>716</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="H86" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="I86" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="J86" t="s">
         <v>20</v>
       </c>
       <c r="K86" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="L86" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M86" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N86" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="O86" t="s">
-        <v>437</v>
+        <v>719</v>
       </c>
       <c r="P86" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B87" t="s">
+        <v>721</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
         <v>716</v>
       </c>
-      <c r="C87" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="H87" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="I87" t="s">
-        <v>719</v>
+        <v>500</v>
       </c>
       <c r="J87" t="s">
-        <v>491</v>
+        <v>20</v>
       </c>
       <c r="K87" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="L87" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M87" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N87" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="O87" t="s">
-        <v>720</v>
+        <v>446</v>
       </c>
       <c r="P87" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B88" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>723</v>
+        <v>716</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="H88" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="I88" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="J88" t="s">
-        <v>578</v>
+        <v>500</v>
       </c>
       <c r="K88" t="s">
-        <v>579</v>
+        <v>501</v>
       </c>
       <c r="L88" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M88" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N88" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="O88" t="s">
-        <v>373</v>
+        <v>729</v>
       </c>
       <c r="P88" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B89" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="H89" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="I89" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="J89" t="s">
-        <v>733</v>
+        <v>587</v>
       </c>
       <c r="K89" t="s">
-        <v>734</v>
+        <v>588</v>
       </c>
       <c r="L89" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M89" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N89" t="s">
-        <v>181</v>
+        <v>200</v>
       </c>
       <c r="O89" t="s">
-        <v>735</v>
+        <v>382</v>
       </c>
       <c r="P89" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B90" t="s">
         <v>737</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>729</v>
+        <v>738</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="H90" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="I90" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="J90" t="s">
-        <v>392</v>
+        <v>742</v>
       </c>
       <c r="K90" t="s">
-        <v>393</v>
+        <v>743</v>
       </c>
       <c r="L90" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M90" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N90" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="O90" t="s">
-        <v>735</v>
+        <v>744</v>
       </c>
       <c r="P90" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B91" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>729</v>
+        <v>738</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="H91" t="s">
+        <v>748</v>
+      </c>
+      <c r="I91" t="s">
+        <v>749</v>
+      </c>
+      <c r="J91" t="s">
+        <v>401</v>
+      </c>
+      <c r="K91" t="s">
+        <v>402</v>
+      </c>
+      <c r="L91" t="s">
+        <v>169</v>
+      </c>
+      <c r="M91" t="s">
+        <v>189</v>
+      </c>
+      <c r="N91" t="s">
+        <v>190</v>
+      </c>
+      <c r="O91" t="s">
         <v>744</v>
       </c>
-      <c r="I91" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P91" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B92" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>749</v>
+        <v>738</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="H92" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="I92" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="J92" t="s">
-        <v>208</v>
+        <v>742</v>
       </c>
       <c r="K92" t="s">
-        <v>66</v>
+        <v>743</v>
       </c>
       <c r="L92" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M92" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N92" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="O92" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="P92" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B93" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="H93" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="I93" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="J93" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="K93" t="s">
         <v>66</v>
       </c>
       <c r="L93" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M93" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N93" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="O93" t="s">
-        <v>342</v>
+        <v>744</v>
       </c>
       <c r="P93" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B94" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="H94" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="I94" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="J94" t="s">
-        <v>765</v>
+        <v>217</v>
       </c>
       <c r="K94" t="s">
-        <v>766</v>
+        <v>66</v>
       </c>
       <c r="L94" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M94" t="s">
-        <v>169</v>
+        <v>189</v>
       </c>
       <c r="N94" t="s">
-        <v>170</v>
+        <v>200</v>
       </c>
       <c r="O94" t="s">
-        <v>171</v>
+        <v>351</v>
       </c>
       <c r="P94" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B95" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>761</v>
+        <v>770</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="H95" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="I95" t="s">
-        <v>764</v>
+        <v>773</v>
       </c>
       <c r="J95" t="s">
-        <v>765</v>
+        <v>774</v>
       </c>
       <c r="K95" t="s">
-        <v>766</v>
+        <v>775</v>
       </c>
       <c r="L95" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M95" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="N95" t="s">
-        <v>232</v>
+        <v>171</v>
       </c>
       <c r="O95" t="s">
-        <v>530</v>
+        <v>172</v>
       </c>
       <c r="P95" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B96" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
+        <v>770</v>
+      </c>
+      <c r="F96" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" t="s">
+        <v>778</v>
+      </c>
+      <c r="H96" t="s">
+        <v>779</v>
+      </c>
+      <c r="I96" t="s">
         <v>773</v>
       </c>
-      <c r="F96" t="s">
-[...2 lines deleted...]
-      <c r="G96" t="s">
+      <c r="J96" t="s">
         <v>774</v>
       </c>
-      <c r="H96" t="s">
+      <c r="K96" t="s">
         <v>775</v>
       </c>
-      <c r="I96" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L96" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M96" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="N96" t="s">
-        <v>274</v>
+        <v>241</v>
       </c>
       <c r="O96" t="s">
-        <v>777</v>
+        <v>539</v>
       </c>
       <c r="P96" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B97" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="H97" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="I97" t="s">
-        <v>719</v>
+        <v>785</v>
       </c>
       <c r="J97" t="s">
-        <v>491</v>
+        <v>217</v>
       </c>
       <c r="K97" t="s">
-        <v>492</v>
+        <v>66</v>
       </c>
       <c r="L97" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M97" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N97" t="s">
-        <v>181</v>
+        <v>283</v>
       </c>
       <c r="O97" t="s">
-        <v>735</v>
+        <v>786</v>
       </c>
       <c r="P97" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B98" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>780</v>
+        <v>789</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="H98" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="I98" t="s">
-        <v>719</v>
+        <v>728</v>
       </c>
       <c r="J98" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="K98" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="L98" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M98" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N98" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="O98" t="s">
-        <v>735</v>
+        <v>744</v>
       </c>
       <c r="P98" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B99" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>780</v>
+        <v>789</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="H99" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="I99" t="s">
-        <v>791</v>
+        <v>728</v>
       </c>
       <c r="J99" t="s">
-        <v>208</v>
+        <v>500</v>
       </c>
       <c r="K99" t="s">
-        <v>66</v>
+        <v>501</v>
       </c>
       <c r="L99" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M99" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N99" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="O99" t="s">
-        <v>350</v>
+        <v>744</v>
       </c>
       <c r="P99" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B100" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>794</v>
+        <v>789</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="H100" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="I100" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="J100" t="s">
-        <v>798</v>
+        <v>217</v>
       </c>
       <c r="K100" t="s">
-        <v>250</v>
+        <v>66</v>
       </c>
       <c r="L100" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M100" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N100" t="s">
-        <v>170</v>
+        <v>200</v>
       </c>
       <c r="O100" t="s">
-        <v>171</v>
+        <v>359</v>
       </c>
       <c r="P100" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B101" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="H101" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="I101" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="J101" t="s">
-        <v>208</v>
+        <v>807</v>
       </c>
       <c r="K101" t="s">
-        <v>66</v>
+        <v>259</v>
       </c>
       <c r="L101" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M101" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="N101" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="O101" t="s">
-        <v>746</v>
+        <v>172</v>
       </c>
       <c r="P101" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B102" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="H102" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="I102" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="J102" t="s">
-        <v>528</v>
+        <v>217</v>
       </c>
       <c r="K102" t="s">
-        <v>529</v>
+        <v>66</v>
       </c>
       <c r="L102" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M102" t="s">
-        <v>169</v>
+        <v>189</v>
       </c>
       <c r="N102" t="s">
-        <v>170</v>
+        <v>190</v>
       </c>
       <c r="O102" t="s">
-        <v>171</v>
+        <v>755</v>
       </c>
       <c r="P102" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B103" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="H103" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="I103" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="J103" t="s">
-        <v>208</v>
+        <v>537</v>
       </c>
       <c r="K103" t="s">
-        <v>66</v>
+        <v>538</v>
       </c>
       <c r="L103" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M103" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="N103" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="O103" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P103" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B104" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="H104" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="I104" t="s">
+        <v>825</v>
+      </c>
+      <c r="J104" t="s">
+        <v>217</v>
+      </c>
+      <c r="K104" t="s">
+        <v>66</v>
+      </c>
+      <c r="L104" t="s">
+        <v>169</v>
+      </c>
+      <c r="M104" t="s">
         <v>189</v>
       </c>
-      <c r="J104" t="s">
-[...2 lines deleted...]
-      <c r="K104" t="s">
+      <c r="N104" t="s">
+        <v>171</v>
+      </c>
+      <c r="O104" t="s">
+        <v>172</v>
+      </c>
+      <c r="P104" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>161</v>
+      </c>
+      <c r="B105" t="s">
+        <v>827</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
+        <v>828</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
+        <v>829</v>
+      </c>
+      <c r="H105" t="s">
+        <v>830</v>
+      </c>
+      <c r="I105" t="s">
+        <v>198</v>
+      </c>
+      <c r="J105" t="s">
+        <v>20</v>
+      </c>
+      <c r="K105" t="s">
+        <v>199</v>
+      </c>
+      <c r="L105" t="s">
+        <v>169</v>
+      </c>
+      <c r="M105" t="s">
+        <v>189</v>
+      </c>
+      <c r="N105" t="s">
         <v>190</v>
       </c>
-      <c r="L104" t="s">
-[...12 lines deleted...]
-        <v>822</v>
+      <c r="O105" t="s">
+        <v>370</v>
+      </c>
+      <c r="P105" t="s">
+        <v>831</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T27"/>
+  <dimension ref="A1:T28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>823</v>
+        <v>832</v>
       </c>
       <c r="J1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="K1" t="s">
-        <v>824</v>
+        <v>833</v>
       </c>
       <c r="L1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="M1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="N1" t="s">
-        <v>825</v>
+        <v>834</v>
       </c>
       <c r="O1" t="s">
-        <v>826</v>
+        <v>835</v>
       </c>
       <c r="P1" t="s">
-        <v>827</v>
+        <v>836</v>
       </c>
       <c r="Q1" t="s">
-        <v>828</v>
+        <v>837</v>
       </c>
       <c r="R1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="S1" t="s">
-        <v>829</v>
+        <v>838</v>
       </c>
       <c r="T1" t="s">
-        <v>830</v>
+        <v>839</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B2" t="s">
-        <v>832</v>
+        <v>841</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>833</v>
+        <v>842</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>834</v>
+        <v>843</v>
       </c>
       <c r="H2" t="s">
-        <v>835</v>
+        <v>844</v>
       </c>
       <c r="I2" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="J2" t="s">
-        <v>837</v>
+        <v>846</v>
       </c>
       <c r="K2" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="L2" t="s">
         <v>66</v>
       </c>
       <c r="M2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N2" t="s">
         <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="Q2" t="s">
-        <v>838</v>
+        <v>847</v>
       </c>
       <c r="R2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S2" t="s">
-        <v>839</v>
+        <v>848</v>
       </c>
       <c r="T2" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B3" t="s">
-        <v>841</v>
+        <v>850</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>833</v>
+        <v>842</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="H3" t="s">
-        <v>843</v>
+        <v>852</v>
       </c>
       <c r="I3" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="J3" t="s">
-        <v>844</v>
+        <v>853</v>
       </c>
       <c r="K3" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="L3" t="s">
         <v>66</v>
       </c>
       <c r="M3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N3" t="s">
-        <v>845</v>
+        <v>854</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="Q3" t="s">
-        <v>838</v>
+        <v>847</v>
       </c>
       <c r="R3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S3" t="s">
-        <v>846</v>
+        <v>855</v>
       </c>
       <c r="T3" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>847</v>
+        <v>856</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>848</v>
+        <v>857</v>
       </c>
       <c r="H4" t="s">
-        <v>849</v>
+        <v>858</v>
       </c>
       <c r="I4" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="J4" t="s">
-        <v>851</v>
+        <v>860</v>
       </c>
       <c r="K4" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
       <c r="L4" t="s">
         <v>30</v>
       </c>
       <c r="M4" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N4" t="s">
-        <v>852</v>
+        <v>861</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>853</v>
+        <v>862</v>
       </c>
       <c r="Q4" t="s">
-        <v>854</v>
+        <v>863</v>
       </c>
       <c r="R4" t="s">
-        <v>853</v>
+        <v>862</v>
       </c>
       <c r="S4" t="s">
         <v>31</v>
       </c>
       <c r="T4" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B5" t="s">
-        <v>855</v>
+        <v>864</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>856</v>
+        <v>865</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>857</v>
+        <v>866</v>
       </c>
       <c r="H5" t="s">
-        <v>858</v>
+        <v>867</v>
       </c>
       <c r="I5" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="J5" t="s">
-        <v>859</v>
+        <v>868</v>
       </c>
       <c r="K5" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="L5" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="M5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N5" t="s">
-        <v>860</v>
+        <v>869</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="Q5" t="s">
-        <v>862</v>
+        <v>871</v>
       </c>
       <c r="R5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S5" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="T5" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B6" t="s">
-        <v>864</v>
+        <v>873</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>856</v>
+        <v>865</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>865</v>
+        <v>874</v>
       </c>
       <c r="H6" t="s">
-        <v>866</v>
+        <v>875</v>
       </c>
       <c r="I6" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="J6" t="s">
-        <v>867</v>
+        <v>876</v>
       </c>
       <c r="K6" t="s">
-        <v>765</v>
+        <v>774</v>
       </c>
       <c r="L6" t="s">
-        <v>766</v>
+        <v>775</v>
       </c>
       <c r="M6" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N6" t="s">
-        <v>868</v>
+        <v>877</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="Q6" t="s">
-        <v>838</v>
+        <v>847</v>
       </c>
       <c r="R6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S6" t="s">
-        <v>869</v>
+        <v>878</v>
       </c>
       <c r="T6" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>856</v>
+        <v>865</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>870</v>
+        <v>879</v>
       </c>
       <c r="H7" t="s">
-        <v>871</v>
+        <v>880</v>
       </c>
       <c r="I7" t="s">
-        <v>872</v>
+        <v>881</v>
       </c>
       <c r="J7" t="s">
-        <v>601</v>
+        <v>610</v>
       </c>
       <c r="K7" t="s">
-        <v>602</v>
+        <v>611</v>
       </c>
       <c r="L7" t="s">
         <v>66</v>
       </c>
       <c r="M7" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N7" t="s">
-        <v>873</v>
+        <v>882</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="Q7" t="s">
-        <v>874</v>
+        <v>883</v>
       </c>
       <c r="R7" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="T7" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B8" t="s">
-        <v>875</v>
+        <v>884</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>856</v>
+        <v>865</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>876</v>
+        <v>885</v>
       </c>
       <c r="H8" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="I8" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="J8" t="s">
-        <v>878</v>
+        <v>887</v>
       </c>
       <c r="K8" t="s">
-        <v>879</v>
+        <v>888</v>
       </c>
       <c r="L8" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="M8" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N8" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="Q8" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="R8" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S8" t="s">
-        <v>883</v>
+        <v>892</v>
       </c>
       <c r="T8" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B9" t="s">
-        <v>884</v>
+        <v>893</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>856</v>
+        <v>865</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>885</v>
+        <v>894</v>
       </c>
       <c r="H9" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="I9" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="J9" t="s">
-        <v>837</v>
+        <v>846</v>
       </c>
       <c r="K9" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="L9" t="s">
         <v>66</v>
       </c>
       <c r="M9" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N9" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="Q9" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="R9" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S9" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="T9" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B10" t="s">
-        <v>889</v>
+        <v>898</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>856</v>
+        <v>865</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>890</v>
+        <v>899</v>
       </c>
       <c r="H10" t="s">
-        <v>891</v>
+        <v>900</v>
       </c>
       <c r="I10" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="J10" t="s">
         <v>20</v>
       </c>
       <c r="K10" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
       <c r="L10" t="s">
         <v>84</v>
       </c>
       <c r="M10" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N10" t="s">
         <v>20</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="Q10" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="R10" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S10" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="T10" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B11" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>856</v>
+        <v>865</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="H11" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
       <c r="I11" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="J11" t="s">
         <v>20</v>
       </c>
       <c r="K11" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="L11" t="s">
         <v>66</v>
       </c>
       <c r="M11" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N11" t="s">
-        <v>873</v>
+        <v>882</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="Q11" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="R11" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S11" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
       <c r="T11" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B12" t="s">
-        <v>899</v>
+        <v>908</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>856</v>
+        <v>865</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>900</v>
+        <v>909</v>
       </c>
       <c r="H12" t="s">
-        <v>901</v>
+        <v>910</v>
       </c>
       <c r="I12" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="J12" t="s">
         <v>20</v>
       </c>
       <c r="K12" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="L12" t="s">
         <v>66</v>
       </c>
       <c r="M12" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N12" t="s">
-        <v>873</v>
+        <v>882</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="Q12" t="s">
-        <v>902</v>
+        <v>911</v>
       </c>
       <c r="R12" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S12" t="s">
-        <v>903</v>
+        <v>912</v>
       </c>
       <c r="T12" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B13" t="s">
-        <v>904</v>
+        <v>913</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>856</v>
+        <v>865</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>905</v>
+        <v>914</v>
       </c>
       <c r="H13" t="s">
-        <v>906</v>
+        <v>915</v>
       </c>
       <c r="I13" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="J13" t="s">
-        <v>907</v>
+        <v>916</v>
       </c>
       <c r="K13" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="L13" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="M13" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N13" t="s">
-        <v>860</v>
+        <v>869</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="Q13" t="s">
-        <v>902</v>
+        <v>911</v>
       </c>
       <c r="R13" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S13" t="s">
-        <v>908</v>
+        <v>917</v>
       </c>
       <c r="T13" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B14" t="s">
-        <v>909</v>
+        <v>918</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>856</v>
+        <v>865</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>910</v>
+        <v>919</v>
       </c>
       <c r="H14" t="s">
+        <v>920</v>
+      </c>
+      <c r="I14" t="s">
+        <v>845</v>
+      </c>
+      <c r="J14" t="s">
+        <v>921</v>
+      </c>
+      <c r="K14" t="s">
+        <v>349</v>
+      </c>
+      <c r="L14" t="s">
+        <v>350</v>
+      </c>
+      <c r="M14" t="s">
+        <v>169</v>
+      </c>
+      <c r="N14" t="s">
+        <v>922</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>170</v>
+      </c>
+      <c r="Q14" t="s">
         <v>911</v>
       </c>
-      <c r="I14" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="R14" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S14" t="s">
-        <v>914</v>
+        <v>923</v>
       </c>
       <c r="T14" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B15" t="s">
-        <v>915</v>
+        <v>924</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>856</v>
+        <v>865</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="H15" t="s">
-        <v>917</v>
+        <v>926</v>
       </c>
       <c r="I15" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="J15" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
       <c r="K15" t="s">
-        <v>919</v>
+        <v>928</v>
       </c>
       <c r="L15" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
       <c r="M15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N15" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="Q15" t="s">
-        <v>902</v>
+        <v>911</v>
       </c>
       <c r="R15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S15" t="s">
-        <v>922</v>
+        <v>931</v>
       </c>
       <c r="T15" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B16" t="s">
-        <v>923</v>
+        <v>932</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>856</v>
+        <v>865</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="H16" t="s">
-        <v>925</v>
+        <v>934</v>
       </c>
       <c r="I16" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="J16" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
       <c r="K16" t="s">
-        <v>919</v>
+        <v>928</v>
       </c>
       <c r="L16" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
       <c r="M16" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N16" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="Q16" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="R16" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S16" t="s">
-        <v>926</v>
+        <v>935</v>
       </c>
       <c r="T16" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B17" t="s">
-        <v>927</v>
+        <v>936</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>856</v>
+        <v>865</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>928</v>
+        <v>937</v>
       </c>
       <c r="H17" t="s">
-        <v>929</v>
+        <v>938</v>
       </c>
       <c r="I17" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="J17" t="s">
         <v>20</v>
       </c>
       <c r="K17" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
       <c r="L17" t="s">
         <v>84</v>
       </c>
       <c r="M17" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N17" t="s">
-        <v>930</v>
+        <v>939</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="Q17" t="s">
-        <v>931</v>
+        <v>940</v>
       </c>
       <c r="R17" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S17" t="s">
-        <v>932</v>
+        <v>941</v>
       </c>
       <c r="T17" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B18" t="s">
-        <v>933</v>
+        <v>942</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>856</v>
+        <v>865</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="H18" t="s">
-        <v>935</v>
+        <v>944</v>
       </c>
       <c r="I18" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="J18" t="s">
-        <v>912</v>
+        <v>921</v>
       </c>
       <c r="K18" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="L18" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="M18" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N18" t="s">
-        <v>913</v>
+        <v>922</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="Q18" t="s">
-        <v>862</v>
+        <v>871</v>
       </c>
       <c r="R18" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S18" t="s">
-        <v>936</v>
+        <v>945</v>
       </c>
       <c r="T18" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B19" t="s">
-        <v>937</v>
+        <v>946</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
       <c r="H19" t="s">
-        <v>940</v>
+        <v>949</v>
       </c>
       <c r="I19" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="J19" t="s">
-        <v>601</v>
+        <v>610</v>
       </c>
       <c r="K19" t="s">
-        <v>602</v>
+        <v>611</v>
       </c>
       <c r="L19" t="s">
         <v>66</v>
       </c>
       <c r="M19" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N19" t="s">
-        <v>941</v>
+        <v>950</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="Q19" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="R19" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="S19" t="s">
-        <v>942</v>
+        <v>951</v>
       </c>
       <c r="T19" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B20" t="s">
-        <v>944</v>
+        <v>953</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>945</v>
+        <v>954</v>
       </c>
       <c r="H20" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
       <c r="I20" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="J20" t="s">
-        <v>947</v>
+        <v>956</v>
       </c>
       <c r="K20" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="L20" t="s">
         <v>66</v>
       </c>
       <c r="M20" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N20" t="s">
-        <v>948</v>
+        <v>957</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="Q20" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="R20" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="S20" t="s">
-        <v>949</v>
+        <v>958</v>
       </c>
       <c r="T20" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B21" t="s">
-        <v>950</v>
+        <v>959</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>951</v>
+        <v>960</v>
       </c>
       <c r="H21" t="s">
-        <v>952</v>
+        <v>961</v>
       </c>
       <c r="I21" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="J21" t="s">
-        <v>953</v>
+        <v>962</v>
       </c>
       <c r="K21" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="L21" t="s">
         <v>66</v>
       </c>
       <c r="M21" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N21" t="s">
-        <v>954</v>
+        <v>963</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="Q21" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="R21" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="S21" t="s">
-        <v>955</v>
+        <v>964</v>
       </c>
       <c r="T21" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B22" t="s">
         <v>82</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>956</v>
+        <v>965</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>957</v>
+        <v>966</v>
       </c>
       <c r="H22" t="s">
-        <v>958</v>
+        <v>967</v>
       </c>
       <c r="I22" t="s">
-        <v>850</v>
+        <v>845</v>
       </c>
       <c r="J22" t="s">
-        <v>959</v>
+        <v>968</v>
       </c>
       <c r="K22" t="s">
-        <v>661</v>
+        <v>670</v>
       </c>
       <c r="L22" t="s">
         <v>84</v>
       </c>
       <c r="M22" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N22" t="s">
-        <v>960</v>
+        <v>969</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>853</v>
+        <v>862</v>
       </c>
       <c r="Q22" t="s">
-        <v>961</v>
+        <v>970</v>
       </c>
       <c r="R22" t="s">
-        <v>853</v>
+        <v>862</v>
       </c>
       <c r="S22" t="s">
         <v>85</v>
       </c>
       <c r="T22" t="s">
-        <v>962</v>
+        <v>849</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B23" t="s">
-        <v>963</v>
+        <v>971</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>964</v>
+        <v>972</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>965</v>
+        <v>973</v>
       </c>
       <c r="H23" t="s">
-        <v>966</v>
+        <v>974</v>
       </c>
       <c r="I23" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="J23" t="s">
-        <v>967</v>
+        <v>975</v>
       </c>
       <c r="K23" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="L23" t="s">
         <v>66</v>
       </c>
       <c r="M23" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N23" t="s">
-        <v>968</v>
+        <v>976</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="Q23" t="s">
-        <v>969</v>
+        <v>977</v>
       </c>
       <c r="R23" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="S23" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="T23" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B24" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>973</v>
+        <v>981</v>
       </c>
       <c r="H24" t="s">
-        <v>974</v>
+        <v>982</v>
       </c>
       <c r="I24" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="J24" t="s">
-        <v>975</v>
+        <v>983</v>
       </c>
       <c r="K24" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
       <c r="L24" t="s">
         <v>30</v>
       </c>
       <c r="M24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N24" t="s">
-        <v>976</v>
+        <v>984</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>853</v>
+        <v>862</v>
       </c>
       <c r="Q24" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="R24" t="s">
-        <v>853</v>
+        <v>862</v>
       </c>
       <c r="S24" t="s">
-        <v>977</v>
+        <v>985</v>
       </c>
       <c r="T24" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B25" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>979</v>
+        <v>987</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>980</v>
+        <v>988</v>
       </c>
       <c r="H25" t="s">
-        <v>981</v>
+        <v>989</v>
       </c>
       <c r="I25" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="J25" t="s">
-        <v>982</v>
+        <v>990</v>
       </c>
       <c r="K25" t="s">
-        <v>578</v>
+        <v>587</v>
       </c>
       <c r="L25" t="s">
-        <v>579</v>
+        <v>588</v>
       </c>
       <c r="M25" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N25" t="s">
-        <v>983</v>
+        <v>991</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>853</v>
+        <v>862</v>
       </c>
       <c r="Q25" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="R25" t="s">
-        <v>853</v>
+        <v>862</v>
       </c>
       <c r="S25" t="s">
-        <v>984</v>
+        <v>992</v>
       </c>
       <c r="T25" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B26" t="s">
-        <v>985</v>
+        <v>993</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>986</v>
+        <v>994</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>987</v>
+        <v>995</v>
       </c>
       <c r="H26" t="s">
-        <v>988</v>
+        <v>996</v>
       </c>
       <c r="I26" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="J26" t="s">
         <v>20</v>
       </c>
       <c r="K26" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="L26" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="M26" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N26" t="s">
-        <v>989</v>
+        <v>997</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="Q26" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
       <c r="R26" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="S26" t="s">
-        <v>991</v>
+        <v>999</v>
       </c>
       <c r="T26" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="B27" t="s">
-        <v>992</v>
+        <v>1000</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>986</v>
+        <v>994</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>993</v>
+        <v>1001</v>
       </c>
       <c r="H27" t="s">
-        <v>994</v>
+        <v>1002</v>
       </c>
       <c r="I27" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="J27" t="s">
         <v>20</v>
       </c>
       <c r="K27" t="s">
-        <v>661</v>
+        <v>670</v>
       </c>
       <c r="L27" t="s">
         <v>84</v>
       </c>
       <c r="M27" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N27" t="s">
-        <v>995</v>
+        <v>1003</v>
       </c>
       <c r="O27" t="s">
         <v>20</v>
       </c>
       <c r="P27" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="Q27" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
       <c r="R27" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="S27" t="s">
-        <v>996</v>
+        <v>1004</v>
       </c>
       <c r="T27" t="s">
-        <v>943</v>
+        <v>952</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>840</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1007</v>
+      </c>
+      <c r="I28" t="s">
+        <v>845</v>
+      </c>
+      <c r="J28" t="s">
+        <v>968</v>
+      </c>
+      <c r="K28" t="s">
+        <v>670</v>
+      </c>
+      <c r="L28" t="s">
+        <v>84</v>
+      </c>
+      <c r="M28" t="s">
+        <v>169</v>
+      </c>
+      <c r="N28" t="s">
+        <v>1008</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>970</v>
+      </c>
+      <c r="R28" t="s">
+        <v>189</v>
+      </c>
+      <c r="S28" t="s">
+        <v>1009</v>
+      </c>
+      <c r="T28" t="s">
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>