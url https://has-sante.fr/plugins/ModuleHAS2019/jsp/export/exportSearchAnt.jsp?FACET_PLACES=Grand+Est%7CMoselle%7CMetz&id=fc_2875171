--- v0 (2025-10-18)
+++ v1 (2026-02-16)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="375" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="494" uniqueCount="203">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -68,209 +68,341 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur Anne-Charlotte SEAOURT</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>29/01/2026 15:17:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3843067/fr/docteur-anne-charlotte-seaourt</t>
+  </si>
+  <si>
+    <t>p_3843067</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>SEAOURT</t>
+  </si>
+  <si>
+    <t>Anne-Charlotte</t>
+  </si>
+  <si>
+    <t>28 January 2026</t>
+  </si>
+  <si>
+    <t>HOPITAL BELLE-ISLE DE METZ - HPM</t>
+  </si>
+  <si>
+    <t>57000</t>
+  </si>
+  <si>
+    <t>METZ</t>
+  </si>
+  <si>
+    <t>570001057</t>
+  </si>
+  <si>
+    <t>Docteur GUILLAUME ANDRE</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808449/fr/docteur-guillaume-andre</t>
+  </si>
+  <si>
+    <t>p_3808449</t>
+  </si>
+  <si>
+    <t>ANDRE</t>
+  </si>
+  <si>
+    <t>GUILLAUME</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>HOPITAL-CLINIQUE CLAUDE BERNARD</t>
+  </si>
+  <si>
+    <t>57072</t>
+  </si>
+  <si>
+    <t>METZ CEDEX 03</t>
+  </si>
+  <si>
+    <t>570000646</t>
+  </si>
+  <si>
+    <t>Docteur Jérémie RIVIERE</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808614/fr/docteur-jeremie-riviere</t>
+  </si>
+  <si>
+    <t>p_3808614</t>
+  </si>
+  <si>
+    <t>RIVIERE</t>
+  </si>
+  <si>
+    <t>Jérémie</t>
+  </si>
+  <si>
+    <t>CHU/HOPITAL DE MERCY - CHR METZ THIONVILLE</t>
+  </si>
+  <si>
+    <t>57085</t>
+  </si>
+  <si>
+    <t>570026682</t>
+  </si>
+  <si>
+    <t>Docteur Mégane MERTES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808616/fr/docteur-megane-mertes</t>
+  </si>
+  <si>
+    <t>p_3808616</t>
+  </si>
+  <si>
+    <t>MERTES</t>
+  </si>
+  <si>
+    <t>Mégane</t>
+  </si>
+  <si>
+    <t>Docteur Camille BIENTZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808618/fr/docteur-camille-bientz</t>
+  </si>
+  <si>
+    <t>p_3808618</t>
+  </si>
+  <si>
+    <t>BIENTZ</t>
+  </si>
+  <si>
+    <t>Camille</t>
+  </si>
+  <si>
+    <t>Docteur Jean-Baptiste FRANCOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808620/fr/docteur-jean-baptiste-francois</t>
+  </si>
+  <si>
+    <t>p_3808620</t>
+  </si>
+  <si>
+    <t>FRANCOIS</t>
+  </si>
+  <si>
+    <t>Jean-Baptiste</t>
+  </si>
+  <si>
+    <t>Docteur Julien SKUTECKI</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808632/fr/docteur-julien-skutecki</t>
+  </si>
+  <si>
+    <t>p_3808632</t>
+  </si>
+  <si>
+    <t>SKUTECKI</t>
+  </si>
+  <si>
+    <t>Julien</t>
+  </si>
+  <si>
     <t>Docteur DAMIEN BLOCK</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>07/04/2025 11:31:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600605/fr/docteur-damien-block</t>
   </si>
   <si>
     <t>p_3600605</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>BLOCK</t>
   </si>
   <si>
     <t>DAMIEN</t>
   </si>
   <si>
     <t>03 April 2025</t>
   </si>
   <si>
-    <t>HOPITAL-CLINIQUE CLAUDE BERNARD</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur CARL SAUNIER</t>
   </si>
   <si>
     <t>26/12/2023 15:33:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3485438/fr/docteur-carl-saunier</t>
   </si>
   <si>
     <t>p_3485438</t>
   </si>
   <si>
     <t>SAUNIER</t>
   </si>
   <si>
     <t>CARL</t>
   </si>
   <si>
     <t>21 December 2023</t>
   </si>
   <si>
     <t>Docteur Sviatlana CASTANIER</t>
   </si>
   <si>
     <t>26/12/2023 15:33:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3485605/fr/docteur-sviatlana-castanier</t>
   </si>
   <si>
     <t>p_3485605</t>
   </si>
   <si>
     <t>CASTANIER</t>
   </si>
   <si>
     <t>Sviatlana</t>
   </si>
   <si>
-    <t>CHU/HOPITAL DE MERCY - CHR METZ THIONVILLE</t>
-[...5 lines deleted...]
-    <t>570026682</t>
+    <t>19 December 2024</t>
   </si>
   <si>
     <t>Docteur NELLY GIRAUD</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3485607/fr/docteur-nelly-giraud</t>
   </si>
   <si>
     <t>p_3485607</t>
   </si>
   <si>
     <t>GIRAUD</t>
   </si>
   <si>
     <t>NELLY</t>
   </si>
   <si>
     <t>Docteur MOKHTAR MOKHTARI</t>
   </si>
   <si>
     <t>17/11/2022 14:34:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3386947/fr/docteur-mokhtar-mokhtari</t>
   </si>
   <si>
     <t>p_3386947</t>
   </si>
   <si>
     <t>MOKHTARI</t>
   </si>
   <si>
     <t>MOKHTAR</t>
   </si>
   <si>
-    <t>19 December 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur SERGE TIENTCHEU</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3386949/fr/docteur-serge-tientcheu</t>
   </si>
   <si>
     <t>p_3386949</t>
   </si>
   <si>
     <t>TIENTCHEU</t>
   </si>
   <si>
     <t>SERGE</t>
   </si>
   <si>
     <t>Docteur LEO COINUS</t>
   </si>
   <si>
     <t>17/11/2022 14:34:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3387021/fr/docteur-leo-coinus</t>
   </si>
   <si>
     <t>p_3387021</t>
   </si>
   <si>
     <t>COINUS</t>
   </si>
   <si>
     <t>LEO</t>
   </si>
   <si>
-    <t>17 November 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur LISA LEON</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3387023/fr/docteur-lisa-leon</t>
   </si>
   <si>
     <t>p_3387023</t>
   </si>
   <si>
     <t>LEON</t>
   </si>
   <si>
     <t>LISA</t>
   </si>
   <si>
     <t>Docteur CAROLINE LEFEVRE-ZAHM</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3387025/fr/docteur-caroline-lefevre-zahm</t>
   </si>
   <si>
     <t>p_3387025</t>
   </si>
   <si>
     <t>LEFEVRE-ZAHM</t>
@@ -314,174 +446,180 @@
   <si>
     <t>BECRET</t>
   </si>
   <si>
     <t>ANTOINE</t>
   </si>
   <si>
     <t>Docteur JULIE LARDE</t>
   </si>
   <si>
     <t>04/01/2021 10:32:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3227907/fr/docteur-julie-larde</t>
   </si>
   <si>
     <t>p_3227907</t>
   </si>
   <si>
     <t>LARDE</t>
   </si>
   <si>
     <t>JULIE</t>
   </si>
   <si>
-    <t>29 December 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur AMELIE LEMOINE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3227908/fr/docteur-amelie-lemoine</t>
   </si>
   <si>
     <t>p_3227908</t>
   </si>
   <si>
     <t>LEMOINE</t>
   </si>
   <si>
     <t>AMELIE</t>
   </si>
   <si>
     <t>Docteur JEAN-LUC PETIT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3227910/fr/docteur-jean-luc-petit</t>
   </si>
   <si>
     <t>p_3227910</t>
   </si>
   <si>
     <t>PETIT</t>
   </si>
   <si>
     <t>JEAN-LUC</t>
   </si>
   <si>
     <t>Docteur VALERIE JACQUES-SALET</t>
   </si>
   <si>
     <t>04/01/2021 10:32:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3227917/fr/docteur-valerie-jacques-salet</t>
   </si>
   <si>
     <t>p_3227917</t>
   </si>
   <si>
     <t>JACQUES-SALET</t>
   </si>
   <si>
     <t>VALERIE</t>
   </si>
   <si>
+    <t>HOPITAL DE SAINT AVOLD - SOS SANTE,CHU/HOPITAL DE MERCY - CHR METZ THIONVILLE</t>
+  </si>
+  <si>
+    <t>57502,57085</t>
+  </si>
+  <si>
+    <t>ST AVOLD,METZ CEDEX 03</t>
+  </si>
+  <si>
+    <t>570000216,570026682</t>
+  </si>
+  <si>
     <t>Docteur JULIE BUZON</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3227919/fr/docteur-julie-buzon</t>
   </si>
   <si>
     <t>p_3227919</t>
   </si>
   <si>
     <t>BUZON</t>
   </si>
   <si>
     <t>Docteur Ségolene LARDENOIS</t>
   </si>
   <si>
     <t>08/11/2016 11:31:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710082/fr/docteur-segolene-lardenois</t>
   </si>
   <si>
     <t>c_2710082</t>
   </si>
   <si>
     <t>LARDENOIS</t>
   </si>
   <si>
     <t>Ségolene</t>
   </si>
   <si>
-    <t>01 July 2021</t>
+    <t>26 June 2025</t>
   </si>
   <si>
     <t>Docteur M.barek IRRAZI</t>
   </si>
   <si>
     <t>08/11/2016 11:33:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711272/fr/docteur-m-barek-irrazi</t>
   </si>
   <si>
     <t>c_2711272</t>
   </si>
   <si>
     <t>IRRAZI</t>
   </si>
   <si>
     <t>M.barek</t>
   </si>
   <si>
-    <t>21 October 2021</t>
+    <t>20 November 2025</t>
   </si>
   <si>
     <t>Docteur Maria grazia COMANDELLA</t>
   </si>
   <si>
     <t>08/11/2016 11:33:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711529/fr/docteur-maria-grazia-comandella</t>
   </si>
   <si>
     <t>c_2711529</t>
   </si>
   <si>
     <t>COMANDELLA</t>
   </si>
   <si>
     <t>Maria grazia</t>
-  </si>
-[...1 lines deleted...]
-    <t>16 December 2021</t>
   </si>
   <si>
     <t>Docteur Mohammad RAHMATI</t>
   </si>
   <si>
     <t>08/11/2016 11:35:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712574/fr/docteur-mohammad-rahmati</t>
   </si>
   <si>
     <t>c_2712574</t>
   </si>
   <si>
     <t>RAHMATI</t>
   </si>
   <si>
     <t>Mohammad</t>
   </si>
   <si>
     <t>11 May 2023</t>
   </si>
   <si>
     <t>Docteur Erick PORTOCARRERO</t>
   </si>
@@ -530,51 +668,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R22"/>
+  <dimension ref="A1:R29"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -692,1119 +830,1511 @@
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
         <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q3" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R3" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H4" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
         <v>38</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="Q4" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R4" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="H5" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="L5" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
         <v>38</v>
       </c>
       <c r="O5" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="Q5" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R5" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="H6" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="L6" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="O6" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="P6" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="Q6" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H7" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="L7" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="O7" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="P7" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="Q7" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R7" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="H8" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="L8" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="O8" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="P8" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="Q8" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R8" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="L9" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="O9" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="P9" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="Q9" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R9" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="H10" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="L10" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="O10" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="P10" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="Q10" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R10" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="H11" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="L11" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="O11" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="P11" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="Q11" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R11" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="H12" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
+        <v>97</v>
+      </c>
+      <c r="L12" t="s">
+        <v>98</v>
+      </c>
+      <c r="M12" t="s">
+        <v>20</v>
+      </c>
+      <c r="N12" t="s">
         <v>93</v>
       </c>
-      <c r="L12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O12" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="P12" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="Q12" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R12" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="H13" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="L13" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="O13" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="P13" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="Q13" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R13" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="H14" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="L14" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="O14" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="P14" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="Q14" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R14" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="H15" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="L15" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="O15" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="P15" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="Q15" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R15" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="H16" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="L16" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="O16" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="P16" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="Q16" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R16" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="H17" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="L17" t="s">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="O17" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="P17" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="Q17" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R17" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="H18" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="L18" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="O18" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P18" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q18" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R18" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="H19" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="L19" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
-        <v>135</v>
+        <v>93</v>
       </c>
       <c r="O19" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="P19" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="Q19" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R19" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="H20" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="L20" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>142</v>
+        <v>93</v>
       </c>
       <c r="O20" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="P20" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="Q20" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R20" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="H21" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="L21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>149</v>
+        <v>93</v>
       </c>
       <c r="O21" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="P21" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="Q21" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R21" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
         <v>150</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
+        <v>140</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
         <v>151</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>152</v>
       </c>
-      <c r="H22" t="s">
+      <c r="I22" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J22" t="s">
+        <v>24</v>
+      </c>
+      <c r="K22" t="s">
         <v>153</v>
       </c>
-      <c r="I22" t="n">
-[...5 lines deleted...]
-      <c r="K22" t="s">
+      <c r="L22" t="s">
         <v>154</v>
       </c>
-      <c r="L22" t="s">
+      <c r="M22" t="s">
+        <v>20</v>
+      </c>
+      <c r="N22" t="s">
+        <v>93</v>
+      </c>
+      <c r="O22" t="s">
+        <v>49</v>
+      </c>
+      <c r="P22" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>41</v>
+      </c>
+      <c r="R22" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>18</v>
+      </c>
+      <c r="B23" t="s">
         <v>155</v>
       </c>
-      <c r="M22" t="s">
-[...2 lines deleted...]
-      <c r="N22" t="s">
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
         <v>156</v>
       </c>
-      <c r="O22" t="s">
-[...9 lines deleted...]
-        <v>47</v>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>157</v>
+      </c>
+      <c r="H23" t="s">
+        <v>158</v>
+      </c>
+      <c r="I23" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J23" t="s">
+        <v>24</v>
+      </c>
+      <c r="K23" t="s">
+        <v>159</v>
+      </c>
+      <c r="L23" t="s">
+        <v>160</v>
+      </c>
+      <c r="M23" t="s">
+        <v>20</v>
+      </c>
+      <c r="N23" t="s">
+        <v>93</v>
+      </c>
+      <c r="O23" t="s">
+        <v>161</v>
+      </c>
+      <c r="P23" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>163</v>
+      </c>
+      <c r="R23" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>18</v>
+      </c>
+      <c r="B24" t="s">
+        <v>165</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>156</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>166</v>
+      </c>
+      <c r="H24" t="s">
+        <v>167</v>
+      </c>
+      <c r="I24" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J24" t="s">
+        <v>24</v>
+      </c>
+      <c r="K24" t="s">
+        <v>168</v>
+      </c>
+      <c r="L24" t="s">
+        <v>144</v>
+      </c>
+      <c r="M24" t="s">
+        <v>20</v>
+      </c>
+      <c r="N24" t="s">
+        <v>93</v>
+      </c>
+      <c r="O24" t="s">
+        <v>49</v>
+      </c>
+      <c r="P24" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>41</v>
+      </c>
+      <c r="R24" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>18</v>
+      </c>
+      <c r="B25" t="s">
+        <v>169</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>170</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>171</v>
+      </c>
+      <c r="H25" t="s">
+        <v>172</v>
+      </c>
+      <c r="I25" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J25" t="s">
+        <v>24</v>
+      </c>
+      <c r="K25" t="s">
+        <v>173</v>
+      </c>
+      <c r="L25" t="s">
+        <v>174</v>
+      </c>
+      <c r="M25" t="s">
+        <v>20</v>
+      </c>
+      <c r="N25" t="s">
+        <v>175</v>
+      </c>
+      <c r="O25" t="s">
+        <v>39</v>
+      </c>
+      <c r="P25" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>41</v>
+      </c>
+      <c r="R25" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>18</v>
+      </c>
+      <c r="B26" t="s">
+        <v>176</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>177</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>178</v>
+      </c>
+      <c r="H26" t="s">
+        <v>179</v>
+      </c>
+      <c r="I26" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J26" t="s">
+        <v>24</v>
+      </c>
+      <c r="K26" t="s">
+        <v>180</v>
+      </c>
+      <c r="L26" t="s">
+        <v>181</v>
+      </c>
+      <c r="M26" t="s">
+        <v>20</v>
+      </c>
+      <c r="N26" t="s">
+        <v>182</v>
+      </c>
+      <c r="O26" t="s">
+        <v>49</v>
+      </c>
+      <c r="P26" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>41</v>
+      </c>
+      <c r="R26" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>18</v>
+      </c>
+      <c r="B27" t="s">
+        <v>183</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>184</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>185</v>
+      </c>
+      <c r="H27" t="s">
+        <v>186</v>
+      </c>
+      <c r="I27" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J27" t="s">
+        <v>24</v>
+      </c>
+      <c r="K27" t="s">
+        <v>187</v>
+      </c>
+      <c r="L27" t="s">
+        <v>188</v>
+      </c>
+      <c r="M27" t="s">
+        <v>20</v>
+      </c>
+      <c r="N27" t="s">
+        <v>38</v>
+      </c>
+      <c r="O27" t="s">
+        <v>39</v>
+      </c>
+      <c r="P27" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>41</v>
+      </c>
+      <c r="R27" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>18</v>
+      </c>
+      <c r="B28" t="s">
+        <v>189</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>190</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>191</v>
+      </c>
+      <c r="H28" t="s">
+        <v>192</v>
+      </c>
+      <c r="I28" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K28" t="s">
+        <v>193</v>
+      </c>
+      <c r="L28" t="s">
+        <v>194</v>
+      </c>
+      <c r="M28" t="s">
+        <v>20</v>
+      </c>
+      <c r="N28" t="s">
+        <v>195</v>
+      </c>
+      <c r="O28" t="s">
+        <v>49</v>
+      </c>
+      <c r="P28" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>41</v>
+      </c>
+      <c r="R28" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>18</v>
+      </c>
+      <c r="B29" t="s">
+        <v>196</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>197</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>198</v>
+      </c>
+      <c r="H29" t="s">
+        <v>199</v>
+      </c>
+      <c r="I29" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J29" t="s">
+        <v>24</v>
+      </c>
+      <c r="K29" t="s">
+        <v>200</v>
+      </c>
+      <c r="L29" t="s">
+        <v>201</v>
+      </c>
+      <c r="M29" t="s">
+        <v>20</v>
+      </c>
+      <c r="N29" t="s">
+        <v>202</v>
+      </c>
+      <c r="O29" t="s">
+        <v>49</v>
+      </c>
+      <c r="P29" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>41</v>
+      </c>
+      <c r="R29" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>