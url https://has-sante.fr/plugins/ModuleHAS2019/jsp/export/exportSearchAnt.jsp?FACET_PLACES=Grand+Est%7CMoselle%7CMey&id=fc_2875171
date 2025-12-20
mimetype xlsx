--- v0 (2025-11-01)
+++ v1 (2025-12-20)
@@ -1,59 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="288" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="412" uniqueCount="199">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -101,284 +104,338 @@
   <si>
     <t>86 Rue Jean Burger</t>
   </si>
   <si>
     <t>57070 ST JULIEN LES METZ</t>
   </si>
   <si>
     <t>ST JULIEN LES METZ</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Privé commercial</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Service autonomie aide (SAA)</t>
   </si>
   <si>
     <t>570026096</t>
   </si>
   <si>
+    <t>SAEI (MJIE) ST JULIEN LES METZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2180_FicheESSMS/fr/saei-mjie-st-julien-les-metz</t>
+  </si>
+  <si>
+    <t>2180_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue La Tannerie</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>570004879</t>
+  </si>
+  <si>
     <t>CAMSP APF DE MOSELLE SITE DE METZ</t>
   </si>
   <si>
     <t>10/09/2025 12:18:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2859_FicheESSMS/fr/camsp-apf-de-moselle-site-de-metz</t>
   </si>
   <si>
     <t>2859_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue Pierre Simon De Laplace</t>
   </si>
   <si>
     <t>57070 METZ</t>
   </si>
   <si>
     <t>METZ</t>
   </si>
   <si>
-    <t>Privé à but non lucratif</t>
-[...1 lines deleted...]
-  <si>
     <t>Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
   </si>
   <si>
     <t>570004044</t>
   </si>
   <si>
     <t>ESAT "SOLIDARITE"</t>
   </si>
   <si>
     <t>10/09/2025 12:19:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3220_FicheESSMS/fr/esat-solidarite</t>
   </si>
   <si>
     <t>3220_FicheESSMS</t>
   </si>
   <si>
     <t>99 Boulevard De La Solidarite</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
   </si>
   <si>
     <t>570004994</t>
   </si>
   <si>
+    <t>ESAT "ST JULIEN"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3583_FicheESSMS/fr/esat-st-julien</t>
+  </si>
+  <si>
+    <t>3583_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Allée Du Chateau</t>
+  </si>
+  <si>
+    <t>570014878</t>
+  </si>
+  <si>
     <t>APPARTEMENTS DE COORD.THERAPEUTIQUES</t>
   </si>
   <si>
     <t>10/09/2025 12:23:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6399_FicheESSMS/fr/appartements-de-coord-therapeutiques</t>
   </si>
   <si>
     <t>6399_FicheESSMS</t>
   </si>
   <si>
     <t>9 Rue Du Pre Chaudron</t>
   </si>
   <si>
     <t>Personne ayant des difficultés spécifiques</t>
   </si>
   <si>
     <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
   </si>
   <si>
     <t>570023978</t>
   </si>
   <si>
+    <t>EHPAD "RESIDENCE SAINT JULIEN"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7127_FicheESSMS/fr/ehpad-residence-saint-julien</t>
+  </si>
+  <si>
+    <t>7127_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Rue Des Hetres</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>570024844</t>
+  </si>
+  <si>
+    <t>EQUIPE MOBILE DE RUE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8301_FicheESSMS/fr/equipe-mobile-de-rue</t>
+  </si>
+  <si>
+    <t>8301_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue De Stoxey</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>570012658</t>
+  </si>
+  <si>
     <t>CPH AIEM METZ</t>
   </si>
   <si>
-    <t>10/09/2025 12:25:15</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/8300_FicheESSMS/fr/cph-aiem-metz</t>
   </si>
   <si>
     <t>8300_FicheESSMS</t>
   </si>
   <si>
     <t>18 Rue Du Stoxey</t>
   </si>
   <si>
-    <t>Accueil, Hébergement, Insertion</t>
-[...1 lines deleted...]
-  <si>
     <t>Centre Provisoire Hébergement (C.P.H.)</t>
   </si>
   <si>
     <t>570028787</t>
   </si>
   <si>
     <t>C.H.E DE METZ</t>
   </si>
   <si>
     <t>10/09/2025 12:25:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8596_FicheESSMS/fr/c-h-e-de-metz</t>
   </si>
   <si>
     <t>8596_FicheESSMS</t>
   </si>
   <si>
-    <t>18 Rue De Stoxey</t>
-[...4 lines deleted...]
-  <si>
     <t>570004861</t>
   </si>
   <si>
     <t>MECS SAINT JEAN</t>
   </si>
   <si>
     <t>10/09/2025 12:25:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8705_FicheESSMS/fr/mecs-saint-jean</t>
   </si>
   <si>
     <t>8705_FicheESSMS</t>
   </si>
   <si>
     <t>6 Rue Du General Metman</t>
   </si>
   <si>
-    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
-[...1 lines deleted...]
-  <si>
     <t>Maison d'Enfants à Caractère Social</t>
   </si>
   <si>
     <t>570004358</t>
   </si>
   <si>
-    <t>SERV. ACTION EDUCATIVE &amp; INVESTIGATION</t>
-[...59 lines deleted...]
-    <t>570024844</t>
+    <t>EHPAD "LE DOMAINE DE BELLETANCHE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9403_FicheESSMS/fr/ehpad-le-domaine-de-belletanche</t>
+  </si>
+  <si>
+    <t>9403_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue De Belletanche</t>
+  </si>
+  <si>
+    <t>570004317</t>
   </si>
   <si>
     <t>IEM DE ST JULIEN LES METZ</t>
   </si>
   <si>
     <t>10/09/2025 12:26:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10144_FicheESSMS/fr/iem-de-st-julien-les-metz</t>
   </si>
   <si>
     <t>10144_FicheESSMS</t>
   </si>
   <si>
     <t>2 Allée Du Fort</t>
   </si>
   <si>
     <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
   </si>
   <si>
     <t>570015032</t>
   </si>
   <si>
+    <t>SERVICE MJPM ACTIVE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10527_FicheESSMS/fr/service-mjpm-active</t>
+  </si>
+  <si>
+    <t>10527_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Thomas Edison</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>570025288</t>
+  </si>
+  <si>
     <t>SERVICE D'ACCOMPAGNEMENT (SAVS)</t>
   </si>
   <si>
     <t>10/09/2025 12:26:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10543_FicheESSMS/fr/service-d-accompagnement-savs</t>
   </si>
   <si>
     <t>10543_FicheESSMS</t>
   </si>
   <si>
     <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
   </si>
   <si>
     <t>570023044</t>
   </si>
   <si>
     <t>FAP RESIDENCE DU BOIS DE GRIMONT</t>
   </si>
   <si>
     <t>10/09/2025 12:26:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10544_FicheESSMS/fr/fap-residence-du-bois-de-grimont</t>
@@ -407,141 +464,246 @@
   <si>
     <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
   </si>
   <si>
     <t>570014092</t>
   </si>
   <si>
     <t>FAS "LE HAUT SORET"</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10699_FicheESSMS/fr/fas-le-haut-soret</t>
   </si>
   <si>
     <t>10699_FicheESSMS</t>
   </si>
   <si>
     <t>1 Route De Bouzonville</t>
   </si>
   <si>
     <t>Foyer de Vie pour Adultes Handicapés</t>
   </si>
   <si>
     <t>570021840</t>
   </si>
   <si>
+    <t>SESSAD TED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10692_FicheESSMS/fr/sessad-ted</t>
+  </si>
+  <si>
+    <t>10692_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue De Belletanche</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>570027136</t>
+  </si>
+  <si>
     <t>EHPAD "LA GRANGE AUX BOIS"</t>
   </si>
   <si>
     <t>10/09/2025 12:27:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12596_FicheESSMS/fr/ehpad-la-grange-aux-bois</t>
   </si>
   <si>
     <t>12596_FicheESSMS</t>
   </si>
   <si>
     <t>21 Rue De La Falogne</t>
   </si>
   <si>
     <t>570013144</t>
   </si>
   <si>
     <t>EHPAD "ALICE SAR"</t>
   </si>
   <si>
     <t>10/09/2025 12:28:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13154_FicheESSMS/fr/ehpad-alice-sar</t>
   </si>
   <si>
     <t>13154_FicheESSMS</t>
   </si>
   <si>
     <t>9 Impasse Des Petites Fontaines</t>
   </si>
   <si>
     <t>57070 VANTOUX</t>
   </si>
   <si>
     <t>VANTOUX</t>
   </si>
   <si>
     <t>570003509</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CLINIQUE TIVOLI DE METZ</t>
+  </si>
+  <si>
+    <t>27/05/2025 16:50:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1839_FicheEtablissement/fr/clinique-tivoli-de-metz</t>
+  </si>
+  <si>
+    <t>1839_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>24 Rue De Tivoli</t>
+  </si>
+  <si>
+    <t>0387523260</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Médecine, Psychiatrie</t>
+  </si>
+  <si>
+    <t>570004176</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>HOPITAL ROBERT SCHUMAN DE VANTOUX -HPM</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1857_FicheEtablissement/fr/hopital-robert-schuman-de-vantoux-hpm</t>
+  </si>
+  <si>
+    <t>1857_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>0357842800</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Réanimation</t>
+  </si>
+  <si>
+    <t>570026252</t>
+  </si>
+  <si>
+    <t>A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P18"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -632,814 +794,1214 @@
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
         <v>32</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="I3" t="s">
         <v>34</v>
       </c>
       <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" t="s">
         <v>35</v>
       </c>
-      <c r="K3" t="s">
+      <c r="N3" t="s">
         <v>36</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O3" t="s">
         <v>37</v>
       </c>
-      <c r="N3" t="s">
+      <c r="P3" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" t="s">
         <v>41</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>42</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="I4" t="s">
         <v>43</v>
       </c>
-      <c r="H4" t="s">
+      <c r="J4" t="s">
         <v>44</v>
       </c>
-      <c r="I4" t="s">
+      <c r="K4" t="s">
         <v>45</v>
       </c>
-      <c r="J4" t="s">
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
         <v>35</v>
-      </c>
-[...7 lines deleted...]
-        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>46</v>
       </c>
       <c r="O4" t="s">
         <v>47</v>
       </c>
       <c r="P4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
         <v>50</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" t="s">
         <v>51</v>
       </c>
       <c r="H5" t="s">
         <v>52</v>
       </c>
       <c r="I5" t="s">
         <v>53</v>
       </c>
       <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M5" t="s">
         <v>35</v>
-      </c>
-[...7 lines deleted...]
-        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>54</v>
       </c>
       <c r="O5" t="s">
         <v>55</v>
       </c>
       <c r="P5" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>58</v>
       </c>
       <c r="F6" t="s">
         <v>18</v>
       </c>
       <c r="G6" t="s">
         <v>59</v>
       </c>
       <c r="H6" t="s">
         <v>60</v>
       </c>
       <c r="I6" t="s">
         <v>61</v>
       </c>
       <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>25</v>
+      </c>
+      <c r="M6" t="s">
         <v>35</v>
       </c>
-      <c r="K6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N6" t="s">
+        <v>54</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
+        <v>64</v>
+      </c>
+      <c r="F7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" t="s">
         <v>65</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>66</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="I7" t="s">
         <v>67</v>
       </c>
-      <c r="H7" t="s">
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>45</v>
+      </c>
+      <c r="L7" t="s">
+        <v>25</v>
+      </c>
+      <c r="M7" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" t="s">
         <v>68</v>
       </c>
-      <c r="I7" t="s">
+      <c r="O7" t="s">
         <v>69</v>
       </c>
-      <c r="J7" t="s">
-[...14 lines deleted...]
-      <c r="O7" t="s">
+      <c r="P7" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
         <v>72</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" t="s">
         <v>73</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>74</v>
       </c>
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>75</v>
       </c>
-      <c r="I8" t="s">
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>25</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
         <v>76</v>
       </c>
-      <c r="J8" t="s">
-[...11 lines deleted...]
-      <c r="N8" t="s">
+      <c r="O8" t="s">
         <v>77</v>
       </c>
-      <c r="O8" t="s">
+      <c r="P8" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" t="s">
         <v>80</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" t="s">
         <v>81</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>82</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>83</v>
       </c>
-      <c r="I9" t="s">
+      <c r="J9" t="s">
+        <v>44</v>
+      </c>
+      <c r="K9" t="s">
+        <v>45</v>
+      </c>
+      <c r="L9" t="s">
+        <v>25</v>
+      </c>
+      <c r="M9" t="s">
+        <v>35</v>
+      </c>
+      <c r="N9" t="s">
         <v>84</v>
-      </c>
-[...13 lines deleted...]
-        <v>77</v>
       </c>
       <c r="O9" t="s">
         <v>85</v>
       </c>
       <c r="P9" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>87</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
+        <v>80</v>
+      </c>
+      <c r="F10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" t="s">
         <v>88</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>89</v>
       </c>
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>90</v>
       </c>
-      <c r="I10" t="s">
+      <c r="J10" t="s">
+        <v>44</v>
+      </c>
+      <c r="K10" t="s">
+        <v>45</v>
+      </c>
+      <c r="L10" t="s">
+        <v>25</v>
+      </c>
+      <c r="M10" t="s">
+        <v>35</v>
+      </c>
+      <c r="N10" t="s">
+        <v>84</v>
+      </c>
+      <c r="O10" t="s">
         <v>91</v>
-      </c>
-[...16 lines deleted...]
-        <v>47</v>
       </c>
       <c r="P10" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
         <v>93</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
         <v>94</v>
       </c>
       <c r="F11" t="s">
         <v>18</v>
       </c>
       <c r="G11" t="s">
         <v>95</v>
       </c>
       <c r="H11" t="s">
         <v>96</v>
       </c>
       <c r="I11" t="s">
+        <v>83</v>
+      </c>
+      <c r="J11" t="s">
+        <v>44</v>
+      </c>
+      <c r="K11" t="s">
+        <v>45</v>
+      </c>
+      <c r="L11" t="s">
+        <v>25</v>
+      </c>
+      <c r="M11" t="s">
+        <v>35</v>
+      </c>
+      <c r="N11" t="s">
+        <v>84</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
         <v>97</v>
-      </c>
-[...19 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" t="s">
+        <v>99</v>
+      </c>
+      <c r="F12" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" t="s">
+        <v>100</v>
+      </c>
+      <c r="H12" t="s">
         <v>101</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="I12" t="s">
         <v>102</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="J12" t="s">
+        <v>44</v>
+      </c>
+      <c r="K12" t="s">
+        <v>45</v>
+      </c>
+      <c r="L12" t="s">
+        <v>25</v>
+      </c>
+      <c r="M12" t="s">
+        <v>35</v>
+      </c>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
         <v>103</v>
       </c>
-      <c r="H12" t="s">
+      <c r="P12" t="s">
         <v>104</v>
-      </c>
-[...22 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" t="s">
+        <v>106</v>
+      </c>
+      <c r="F13" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" t="s">
+        <v>107</v>
+      </c>
+      <c r="H13" t="s">
         <v>108</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="I13" t="s">
         <v>109</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="J13" t="s">
+        <v>44</v>
+      </c>
+      <c r="K13" t="s">
+        <v>45</v>
+      </c>
+      <c r="L13" t="s">
+        <v>25</v>
+      </c>
+      <c r="M13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N13" t="s">
+        <v>76</v>
+      </c>
+      <c r="O13" t="s">
+        <v>77</v>
+      </c>
+      <c r="P13" t="s">
         <v>110</v>
-      </c>
-[...25 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>18</v>
+      </c>
+      <c r="E14" t="s">
+        <v>112</v>
+      </c>
+      <c r="F14" t="s">
+        <v>18</v>
+      </c>
+      <c r="G14" t="s">
+        <v>113</v>
+      </c>
+      <c r="H14" t="s">
         <v>114</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="I14" t="s">
         <v>115</v>
-      </c>
-[...10 lines deleted...]
-        <v>91</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>25</v>
       </c>
       <c r="M14" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="N14" t="s">
         <v>46</v>
       </c>
       <c r="O14" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="P14" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>18</v>
+      </c>
+      <c r="E15" t="s">
+        <v>119</v>
+      </c>
+      <c r="F15" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" t="s">
         <v>120</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="H15" t="s">
         <v>121</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="I15" t="s">
         <v>122</v>
       </c>
-      <c r="H15" t="s">
+      <c r="J15" t="s">
+        <v>44</v>
+      </c>
+      <c r="K15" t="s">
+        <v>45</v>
+      </c>
+      <c r="L15" t="s">
+        <v>25</v>
+      </c>
+      <c r="M15" t="s">
+        <v>35</v>
+      </c>
+      <c r="N15" t="s">
         <v>123</v>
-      </c>
-[...16 lines deleted...]
-        <v>46</v>
       </c>
       <c r="O15" t="s">
         <v>124</v>
       </c>
       <c r="P15" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
         <v>126</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>18</v>
       </c>
       <c r="E16" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="F16" t="s">
         <v>18</v>
       </c>
       <c r="G16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I16" t="s">
-        <v>129</v>
+        <v>61</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
         <v>25</v>
       </c>
       <c r="M16" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="N16" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="O16" t="s">
         <v>130</v>
       </c>
       <c r="P16" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>132</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
         <v>133</v>
       </c>
       <c r="F17" t="s">
         <v>18</v>
       </c>
       <c r="G17" t="s">
         <v>134</v>
       </c>
       <c r="H17" t="s">
         <v>135</v>
       </c>
       <c r="I17" t="s">
+        <v>61</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>25</v>
+      </c>
+      <c r="M17" t="s">
+        <v>35</v>
+      </c>
+      <c r="N17" t="s">
+        <v>54</v>
+      </c>
+      <c r="O17" t="s">
         <v>136</v>
-      </c>
-[...16 lines deleted...]
-        <v>99</v>
       </c>
       <c r="P17" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
         <v>138</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
       <c r="E18" t="s">
         <v>139</v>
       </c>
       <c r="F18" t="s">
         <v>18</v>
       </c>
       <c r="G18" t="s">
         <v>140</v>
       </c>
       <c r="H18" t="s">
         <v>141</v>
       </c>
       <c r="I18" t="s">
+        <v>23</v>
+      </c>
+      <c r="J18" t="s">
+        <v>18</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>25</v>
+      </c>
+      <c r="M18" t="s">
+        <v>35</v>
+      </c>
+      <c r="N18" t="s">
+        <v>54</v>
+      </c>
+      <c r="O18" t="s">
         <v>142</v>
       </c>
-      <c r="J18" t="s">
+      <c r="P18" t="s">
         <v>143</v>
       </c>
-      <c r="K18" t="s">
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" t="s">
         <v>144</v>
       </c>
-      <c r="L18" t="s">
-[...11 lines deleted...]
-      <c r="P18" t="s">
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>18</v>
+      </c>
+      <c r="E19" t="s">
+        <v>139</v>
+      </c>
+      <c r="F19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" t="s">
         <v>145</v>
+      </c>
+      <c r="H19" t="s">
+        <v>146</v>
+      </c>
+      <c r="I19" t="s">
+        <v>147</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>25</v>
+      </c>
+      <c r="M19" t="s">
+        <v>35</v>
+      </c>
+      <c r="N19" t="s">
+        <v>54</v>
+      </c>
+      <c r="O19" t="s">
+        <v>148</v>
+      </c>
+      <c r="P19" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" t="s">
+        <v>150</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>18</v>
+      </c>
+      <c r="E20" t="s">
+        <v>139</v>
+      </c>
+      <c r="F20" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" t="s">
+        <v>151</v>
+      </c>
+      <c r="H20" t="s">
+        <v>152</v>
+      </c>
+      <c r="I20" t="s">
+        <v>153</v>
+      </c>
+      <c r="J20" t="s">
+        <v>44</v>
+      </c>
+      <c r="K20" t="s">
+        <v>45</v>
+      </c>
+      <c r="L20" t="s">
+        <v>25</v>
+      </c>
+      <c r="M20" t="s">
+        <v>35</v>
+      </c>
+      <c r="N20" t="s">
+        <v>46</v>
+      </c>
+      <c r="O20" t="s">
+        <v>154</v>
+      </c>
+      <c r="P20" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" t="s">
+        <v>156</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E21" t="s">
+        <v>157</v>
+      </c>
+      <c r="F21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" t="s">
+        <v>158</v>
+      </c>
+      <c r="H21" t="s">
+        <v>159</v>
+      </c>
+      <c r="I21" t="s">
+        <v>160</v>
+      </c>
+      <c r="J21" t="s">
+        <v>44</v>
+      </c>
+      <c r="K21" t="s">
+        <v>45</v>
+      </c>
+      <c r="L21" t="s">
+        <v>25</v>
+      </c>
+      <c r="M21" t="s">
+        <v>35</v>
+      </c>
+      <c r="N21" t="s">
+        <v>76</v>
+      </c>
+      <c r="O21" t="s">
+        <v>77</v>
+      </c>
+      <c r="P21" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B22" t="s">
+        <v>162</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E22" t="s">
+        <v>163</v>
+      </c>
+      <c r="F22" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" t="s">
+        <v>164</v>
+      </c>
+      <c r="H22" t="s">
+        <v>165</v>
+      </c>
+      <c r="I22" t="s">
+        <v>166</v>
+      </c>
+      <c r="J22" t="s">
+        <v>167</v>
+      </c>
+      <c r="K22" t="s">
+        <v>168</v>
+      </c>
+      <c r="L22" t="s">
+        <v>25</v>
+      </c>
+      <c r="M22" t="s">
+        <v>35</v>
+      </c>
+      <c r="N22" t="s">
+        <v>76</v>
+      </c>
+      <c r="O22" t="s">
+        <v>77</v>
+      </c>
+      <c r="P22" t="s">
+        <v>169</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>170</v>
+      </c>
+      <c r="J1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K1" t="s">
+        <v>171</v>
+      </c>
+      <c r="L1" t="s">
+        <v>10</v>
+      </c>
+      <c r="M1" t="s">
+        <v>11</v>
+      </c>
+      <c r="N1" t="s">
+        <v>172</v>
+      </c>
+      <c r="O1" t="s">
+        <v>173</v>
+      </c>
+      <c r="P1" t="s">
+        <v>174</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>175</v>
+      </c>
+      <c r="R1" t="s">
+        <v>12</v>
+      </c>
+      <c r="S1" t="s">
+        <v>176</v>
+      </c>
+      <c r="T1" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B2" t="s">
+        <v>179</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G2" t="s">
+        <v>181</v>
+      </c>
+      <c r="H2" t="s">
+        <v>182</v>
+      </c>
+      <c r="I2" t="s">
+        <v>183</v>
+      </c>
+      <c r="J2" t="s">
+        <v>184</v>
+      </c>
+      <c r="K2" t="s">
+        <v>44</v>
+      </c>
+      <c r="L2" t="s">
+        <v>45</v>
+      </c>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>185</v>
+      </c>
+      <c r="O2" t="s">
+        <v>18</v>
+      </c>
+      <c r="P2" t="s">
+        <v>186</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>187</v>
+      </c>
+      <c r="R2" t="s">
+        <v>186</v>
+      </c>
+      <c r="S2" t="s">
+        <v>188</v>
+      </c>
+      <c r="T2" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>191</v>
+      </c>
+      <c r="F3" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" t="s">
+        <v>192</v>
+      </c>
+      <c r="H3" t="s">
+        <v>193</v>
+      </c>
+      <c r="I3" t="s">
+        <v>194</v>
+      </c>
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K3" t="s">
+        <v>167</v>
+      </c>
+      <c r="L3" t="s">
+        <v>168</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>195</v>
+      </c>
+      <c r="O3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>196</v>
+      </c>
+      <c r="R3" t="s">
+        <v>35</v>
+      </c>
+      <c r="S3" t="s">
+        <v>197</v>
+      </c>
+      <c r="T3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>