--- v1 (2025-12-20)
+++ v2 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
     <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="412" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="428" uniqueCount="205">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -65,135 +65,153 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>SAAD SOUS MON TOIT - DESTIA METZ</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>17/01/2026 05:12:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15485_FicheESSMS/fr/saad-sous-mon-toit-destia-metz</t>
+  </si>
+  <si>
+    <t>15485_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Graham Bell</t>
+  </si>
+  <si>
+    <t>57070 METZ</t>
+  </si>
+  <si>
+    <t>METZ</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>570029124</t>
+  </si>
+  <si>
     <t>SAD ALLIANCE AUTONOMIE - VITAME</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>14/10/2025 16:17:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14072_FicheESSMS/fr/sad-alliance-autonomie-vitame</t>
   </si>
   <si>
     <t>14072_FicheESSMS</t>
   </si>
   <si>
     <t>86 Rue Jean Burger</t>
   </si>
   <si>
     <t>57070 ST JULIEN LES METZ</t>
   </si>
   <si>
     <t>ST JULIEN LES METZ</t>
   </si>
   <si>
-    <t>57</t>
-[...10 lines deleted...]
-  <si>
     <t>570026096</t>
   </si>
   <si>
     <t>SAEI (MJIE) ST JULIEN LES METZ</t>
   </si>
   <si>
     <t>10/09/2025 12:17:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2180_FicheESSMS/fr/saei-mjie-st-julien-les-metz</t>
   </si>
   <si>
     <t>2180_FicheESSMS</t>
   </si>
   <si>
     <t>10 Rue La Tannerie</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
   </si>
   <si>
     <t>Services AEMO et AED</t>
   </si>
   <si>
     <t>570004879</t>
   </si>
   <si>
     <t>CAMSP APF DE MOSELLE SITE DE METZ</t>
   </si>
   <si>
     <t>10/09/2025 12:18:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2859_FicheESSMS/fr/camsp-apf-de-moselle-site-de-metz</t>
   </si>
   <si>
     <t>2859_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue Pierre Simon De Laplace</t>
-  </si>
-[...4 lines deleted...]
-    <t>METZ</t>
   </si>
   <si>
     <t>Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
   </si>
   <si>
     <t>570004044</t>
   </si>
   <si>
     <t>ESAT "SOLIDARITE"</t>
   </si>
   <si>
     <t>10/09/2025 12:19:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3220_FicheESSMS/fr/esat-solidarite</t>
   </si>
   <si>
     <t>3220_FicheESSMS</t>
   </si>
   <si>
     <t>99 Boulevard De La Solidarite</t>
   </si>
@@ -659,51 +677,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P22"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -794,1214 +812,1264 @@
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
         <v>32</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="I3" t="s">
         <v>34</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>25</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="N3" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
+        <v>28</v>
+      </c>
+      <c r="P3" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" t="s">
         <v>39</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" t="s">
         <v>40</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>41</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>42</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
         <v>43</v>
       </c>
-      <c r="J4" t="s">
+      <c r="N4" t="s">
         <v>44</v>
       </c>
-      <c r="K4" t="s">
+      <c r="O4" t="s">
         <v>45</v>
       </c>
-      <c r="L4" t="s">
-[...5 lines deleted...]
-      <c r="N4" t="s">
+      <c r="P4" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" t="s">
         <v>49</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>50</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="I5" t="s">
         <v>51</v>
       </c>
-      <c r="H5" t="s">
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N5" t="s">
         <v>52</v>
       </c>
-      <c r="I5" t="s">
+      <c r="O5" t="s">
         <v>53</v>
       </c>
-      <c r="J5" t="s">
-[...11 lines deleted...]
-      <c r="N5" t="s">
+      <c r="P5" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" t="s">
         <v>57</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>58</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="I6" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
         <v>25</v>
       </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N6" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="P6" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>63</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>64</v>
       </c>
       <c r="F7" t="s">
         <v>18</v>
       </c>
       <c r="G7" t="s">
         <v>65</v>
       </c>
       <c r="H7" t="s">
         <v>66</v>
       </c>
       <c r="I7" t="s">
         <v>67</v>
       </c>
       <c r="J7" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="L7" t="s">
         <v>25</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N7" t="s">
+        <v>60</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
+        <v>70</v>
+      </c>
+      <c r="F8" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" t="s">
         <v>71</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>72</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="I8" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>25</v>
       </c>
       <c r="M8" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="N8" t="s">
+        <v>74</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" t="s">
+        <v>78</v>
+      </c>
+      <c r="F9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" t="s">
         <v>79</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>80</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="I9" t="s">
         <v>81</v>
       </c>
-      <c r="H9" t="s">
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>25</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
         <v>82</v>
       </c>
-      <c r="I9" t="s">
+      <c r="O9" t="s">
         <v>83</v>
       </c>
-      <c r="J9" t="s">
-[...11 lines deleted...]
-      <c r="N9" t="s">
+      <c r="P9" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" t="s">
+        <v>86</v>
+      </c>
+      <c r="F10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" t="s">
         <v>87</v>
       </c>
-      <c r="C10" t="s">
-[...11 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>88</v>
       </c>
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>89</v>
       </c>
-      <c r="I10" t="s">
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>25</v>
+      </c>
+      <c r="M10" t="s">
+        <v>43</v>
+      </c>
+      <c r="N10" t="s">
         <v>90</v>
-      </c>
-[...13 lines deleted...]
-        <v>84</v>
       </c>
       <c r="O10" t="s">
         <v>91</v>
       </c>
       <c r="P10" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
         <v>93</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
+        <v>86</v>
+      </c>
+      <c r="F11" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" t="s">
         <v>94</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>95</v>
       </c>
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>96</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="K11" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="L11" t="s">
         <v>25</v>
       </c>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N11" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
       <c r="P11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F12" t="s">
         <v>18</v>
       </c>
       <c r="G12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="I12" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="J12" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="K12" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
         <v>25</v>
       </c>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N12" t="s">
-        <v>36</v>
+        <v>90</v>
       </c>
       <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" t="s">
         <v>105</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" t="s">
         <v>106</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>107</v>
       </c>
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>108</v>
       </c>
-      <c r="I13" t="s">
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>25</v>
+      </c>
+      <c r="M13" t="s">
+        <v>43</v>
+      </c>
+      <c r="N13" t="s">
+        <v>44</v>
+      </c>
+      <c r="O13" t="s">
         <v>109</v>
-      </c>
-[...16 lines deleted...]
-        <v>77</v>
       </c>
       <c r="P13" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
         <v>111</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
         <v>112</v>
       </c>
       <c r="F14" t="s">
         <v>18</v>
       </c>
       <c r="G14" t="s">
         <v>113</v>
       </c>
       <c r="H14" t="s">
         <v>114</v>
       </c>
       <c r="I14" t="s">
         <v>115</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>25</v>
       </c>
       <c r="M14" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N14" t="s">
-        <v>46</v>
+        <v>82</v>
       </c>
       <c r="O14" t="s">
+        <v>83</v>
+      </c>
+      <c r="P14" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>18</v>
+      </c>
+      <c r="E15" t="s">
         <v>118</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" t="s">
         <v>119</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>120</v>
       </c>
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>121</v>
       </c>
-      <c r="I15" t="s">
+      <c r="J15" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>25</v>
+      </c>
+      <c r="M15" t="s">
+        <v>43</v>
+      </c>
+      <c r="N15" t="s">
+        <v>52</v>
+      </c>
+      <c r="O15" t="s">
         <v>122</v>
       </c>
-      <c r="J15" t="s">
-[...11 lines deleted...]
-      <c r="N15" t="s">
+      <c r="P15" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>18</v>
+      </c>
+      <c r="E16" t="s">
+        <v>125</v>
+      </c>
+      <c r="F16" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" t="s">
         <v>126</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="H16" t="s">
         <v>127</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="I16" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
         <v>25</v>
       </c>
       <c r="M16" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N16" t="s">
-        <v>54</v>
+        <v>129</v>
       </c>
       <c r="O16" t="s">
         <v>130</v>
       </c>
       <c r="P16" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>132</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
         <v>133</v>
       </c>
       <c r="F17" t="s">
         <v>18</v>
       </c>
       <c r="G17" t="s">
         <v>134</v>
       </c>
       <c r="H17" t="s">
         <v>135</v>
       </c>
       <c r="I17" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="J17" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K17" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L17" t="s">
         <v>25</v>
       </c>
       <c r="M17" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N17" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="O17" t="s">
         <v>136</v>
       </c>
       <c r="P17" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
         <v>138</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
       <c r="E18" t="s">
         <v>139</v>
       </c>
       <c r="F18" t="s">
         <v>18</v>
       </c>
       <c r="G18" t="s">
         <v>140</v>
       </c>
       <c r="H18" t="s">
         <v>141</v>
       </c>
       <c r="I18" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="J18" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="K18" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L18" t="s">
         <v>25</v>
       </c>
       <c r="M18" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N18" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="O18" t="s">
         <v>142</v>
       </c>
       <c r="P18" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19" t="s">
         <v>144</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
         <v>18</v>
       </c>
       <c r="E19" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="F19" t="s">
         <v>18</v>
       </c>
       <c r="G19" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="H19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="I19" t="s">
-        <v>147</v>
+        <v>35</v>
       </c>
       <c r="J19" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K19" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L19" t="s">
         <v>25</v>
       </c>
       <c r="M19" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N19" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="O19" t="s">
         <v>148</v>
       </c>
       <c r="P19" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>16</v>
       </c>
       <c r="B20" t="s">
         <v>150</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
         <v>18</v>
       </c>
       <c r="E20" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="F20" t="s">
         <v>18</v>
       </c>
       <c r="G20" t="s">
         <v>151</v>
       </c>
       <c r="H20" t="s">
         <v>152</v>
       </c>
       <c r="I20" t="s">
         <v>153</v>
       </c>
       <c r="J20" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="K20" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="L20" t="s">
         <v>25</v>
       </c>
       <c r="M20" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N20" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="O20" t="s">
         <v>154</v>
       </c>
       <c r="P20" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>16</v>
       </c>
       <c r="B21" t="s">
         <v>156</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
         <v>18</v>
       </c>
       <c r="E21" t="s">
+        <v>145</v>
+      </c>
+      <c r="F21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" t="s">
         <v>157</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>158</v>
       </c>
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>159</v>
       </c>
-      <c r="I21" t="s">
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>25</v>
+      </c>
+      <c r="M21" t="s">
+        <v>43</v>
+      </c>
+      <c r="N21" t="s">
+        <v>52</v>
+      </c>
+      <c r="O21" t="s">
         <v>160</v>
-      </c>
-[...16 lines deleted...]
-        <v>77</v>
       </c>
       <c r="P21" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>16</v>
       </c>
       <c r="B22" t="s">
         <v>162</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
         <v>18</v>
       </c>
       <c r="E22" t="s">
         <v>163</v>
       </c>
       <c r="F22" t="s">
         <v>18</v>
       </c>
       <c r="G22" t="s">
         <v>164</v>
       </c>
       <c r="H22" t="s">
         <v>165</v>
       </c>
       <c r="I22" t="s">
         <v>166</v>
       </c>
       <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>25</v>
+      </c>
+      <c r="M22" t="s">
+        <v>43</v>
+      </c>
+      <c r="N22" t="s">
+        <v>82</v>
+      </c>
+      <c r="O22" t="s">
+        <v>83</v>
+      </c>
+      <c r="P22" t="s">
         <v>167</v>
       </c>
-      <c r="K22" t="s">
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" t="s">
         <v>168</v>
       </c>
-      <c r="L22" t="s">
-[...11 lines deleted...]
-      <c r="P22" t="s">
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>18</v>
+      </c>
+      <c r="E23" t="s">
         <v>169</v>
+      </c>
+      <c r="F23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" t="s">
+        <v>170</v>
+      </c>
+      <c r="H23" t="s">
+        <v>171</v>
+      </c>
+      <c r="I23" t="s">
+        <v>172</v>
+      </c>
+      <c r="J23" t="s">
+        <v>173</v>
+      </c>
+      <c r="K23" t="s">
+        <v>174</v>
+      </c>
+      <c r="L23" t="s">
+        <v>25</v>
+      </c>
+      <c r="M23" t="s">
+        <v>43</v>
+      </c>
+      <c r="N23" t="s">
+        <v>82</v>
+      </c>
+      <c r="O23" t="s">
+        <v>83</v>
+      </c>
+      <c r="P23" t="s">
+        <v>175</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="J1" t="s">
         <v>8</v>
       </c>
       <c r="K1" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="L1" t="s">
         <v>10</v>
       </c>
       <c r="M1" t="s">
         <v>11</v>
       </c>
       <c r="N1" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="O1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="P1" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="Q1" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="R1" t="s">
         <v>12</v>
       </c>
       <c r="S1" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="T1" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B2" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>18</v>
       </c>
       <c r="E2" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="F2" t="s">
         <v>18</v>
       </c>
       <c r="G2" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="H2" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="I2" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="J2" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="K2" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="L2" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="O2" t="s">
         <v>18</v>
       </c>
       <c r="P2" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="Q2" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="R2" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="S2" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="T2" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B3" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="H3" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="I3" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="L3" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="M3" t="s">
         <v>25</v>
       </c>
       <c r="N3" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="O3" t="s">
         <v>18</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="Q3" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="R3" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="S3" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="T3" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>