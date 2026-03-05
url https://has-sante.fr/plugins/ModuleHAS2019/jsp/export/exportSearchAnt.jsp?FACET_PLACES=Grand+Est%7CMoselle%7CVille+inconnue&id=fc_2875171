--- v0 (2025-11-05)
+++ v1 (2026-03-05)
@@ -128,51 +128,51 @@
   <si>
     <t>Docteur Claude ERB, Docteur PETRE ADRIAN TURCANU, Docteur SORIN-LEONARD MILITARU</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CHU/HOPITAL DE MERCY - CHR METZ THIONVILLE  (57)</t>
   </si>
   <si>
     <t>24/02/2022 08:35:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319433/fr/equipe-d-anesthesie-reanimation-chu/hopital-de-mercy-chr-metz-thionville-57</t>
   </si>
   <si>
     <t>p_3319433</t>
   </si>
   <si>
     <t>06 November 2024</t>
   </si>
   <si>
     <t>CHU/HOPITAL DE MERCY - CHR METZ THIONVILLE</t>
   </si>
   <si>
     <t>570026682</t>
   </si>
   <si>
-    <t>Docteur CAROLINE LEFEVRE-ZAHM, Docteur SERGE TIENTCHEU, Docteur ANTOINE BECRET, Docteur JULIE BUZON, Docteur AMELIE LEMOINE, Docteur LEO COINUS, Docteur Sviatlana CASTANIER, Docteur LISA LEON, Docteur JULIE LARDE, Docteur NELLY GIRAUD, Docteur MOKHTAR MOKHTARI, Docteur JEAN-LUC PETIT</t>
+    <t>Docteur SERGE TIENTCHEU, Docteur ANTOINE BECRET, Docteur JULIE BUZON, Docteur AMELIE LEMOINE, Docteur Sviatlana CASTANIER, Docteur JULIE LARDE, Docteur Camille BIENTZ, Docteur JEAN-LUC PETIT, Docteur Jérémie RIVIERE, Docteur CAROLINE LEFEVRE-ZAHM, Docteur Mégane MERTES, Docteur Jean-Baptiste FRANCOIS, Docteur Julien SKUTECKI, Docteur LEO COINUS, Docteur LISA LEON, Docteur NELLY GIRAUD, Docteur MOKHTAR MOKHTARI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">