--- v0 (2025-11-01)
+++ v1 (2026-02-16)
@@ -1,59 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="544" uniqueCount="250">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -62,107 +65,173 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>CMPP D'EPINAL</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 05:02:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15018_FicheESSMS/fr/cmpp-d-epinal</t>
+  </si>
+  <si>
+    <t>15018_FicheESSMS</t>
+  </si>
+  <si>
+    <t>43 Rue Du Struthof</t>
+  </si>
+  <si>
+    <t>88000 EPINAL</t>
+  </si>
+  <si>
+    <t>EPINAL</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>880783303</t>
+  </si>
+  <si>
+    <t>FOYER LA TUILERIE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14423_FicheESSMS/fr/foyer-la-tuilerie</t>
+  </si>
+  <si>
+    <t>14423_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De La Tuilerie</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>880786553</t>
+  </si>
+  <si>
+    <t>SAVS DE  L'AVSEA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14421_FicheESSMS/fr/savs-de-l-avsea</t>
+  </si>
+  <si>
+    <t>14421_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Jean Viriot</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>880006218</t>
+  </si>
+  <si>
     <t>SSIAD CCAS D'EPINAL</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>07/10/2025 16:15:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13942_FicheESSMS/fr/ssiad-ccas-d-epinal</t>
   </si>
   <si>
     <t>13942_FicheESSMS</t>
   </si>
   <si>
     <t>4 Rue Petite Rue Des Forts</t>
   </si>
   <si>
-    <t>88000 EPINAL</t>
-[...7 lines deleted...]
-  <si>
     <t>Public</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
   </si>
   <si>
     <t>880784327</t>
   </si>
   <si>
     <t>EQUIPE DE PREVENTION SPECIALISEE</t>
   </si>
   <si>
     <t>15/09/2025 16:20:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13362_FicheESSMS/fr/equipe-de-prevention-specialisee</t>
   </si>
   <si>
     <t>13362_FicheESSMS</t>
   </si>
   <si>
     <t>3 Place D'Avrinsart</t>
   </si>
   <si>
-    <t>Privé à but non lucratif</t>
-[...1 lines deleted...]
-  <si>
     <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
   </si>
   <si>
     <t>Club Equipe de Prévention</t>
   </si>
   <si>
     <t>880001185</t>
   </si>
   <si>
     <t>EHPAD ANNE ET JEAN-MARIE COMPAS</t>
   </si>
   <si>
     <t>10/09/2025 12:15:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/283_FicheESSMS/fr/ehpad-anne-et-jean-marie-compas</t>
   </si>
   <si>
     <t>283_FicheESSMS</t>
   </si>
   <si>
     <t>96 Rue Roche Guerin</t>
   </si>
   <si>
     <t>88000 DINOZE</t>
@@ -179,50 +248,68 @@
   <si>
     <t>880783634</t>
   </si>
   <si>
     <t>MECS LA PASSERELLE</t>
   </si>
   <si>
     <t>10/09/2025 12:18:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2620_FicheESSMS/fr/mecs-la-passerelle</t>
   </si>
   <si>
     <t>2620_FicheESSMS</t>
   </si>
   <si>
     <t>40 Allée Des Rapailles</t>
   </si>
   <si>
     <t>Maison d'Enfants à Caractère Social</t>
   </si>
   <si>
     <t>880783279</t>
   </si>
   <si>
+    <t>DISPOSITIF CEDRE EPINAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5179_FicheESSMS/fr/dispositif-cedre-epinal</t>
+  </si>
+  <si>
+    <t>5179_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Rue Andre Vitu</t>
+  </si>
+  <si>
+    <t>880780598</t>
+  </si>
+  <si>
     <t>CAARUD DE L'AVSEA</t>
   </si>
   <si>
     <t>10/09/2025 12:22:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5775_FicheESSMS/fr/caarud-de-l-avsea</t>
   </si>
   <si>
     <t>5775_FicheESSMS</t>
   </si>
   <si>
     <t>34 Rue Des Etats Unis</t>
   </si>
   <si>
     <t>Personne ayant des difficultés spécifiques</t>
   </si>
   <si>
     <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
   </si>
   <si>
     <t>880006754</t>
   </si>
   <si>
     <t>CSAPA EPINAL AVSEA</t>
@@ -236,53 +323,50 @@
   <si>
     <t>33 Rue Thiers</t>
   </si>
   <si>
     <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
   </si>
   <si>
     <t>880787684</t>
   </si>
   <si>
     <t>EAM LA BELLE AU BOIS DORMANT APF</t>
   </si>
   <si>
     <t>10/09/2025 12:22:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5980_FicheESSMS/fr/eam-la-belle-au-bois-dormant-apf</t>
   </si>
   <si>
     <t>5980_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue De La Bazaine</t>
   </si>
   <si>
-    <t>Personne en situation de handicap adulte</t>
-[...1 lines deleted...]
-  <si>
     <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
   </si>
   <si>
     <t>880005129</t>
   </si>
   <si>
     <t>EANM LA BELLE AU BOIS DORMANT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5979_FicheESSMS/fr/eanm-la-belle-au-bois-dormant</t>
   </si>
   <si>
     <t>5979_FicheESSMS</t>
   </si>
   <si>
     <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
   </si>
   <si>
     <t>880781281</t>
   </si>
   <si>
     <t>M.A.S APF "ACCUEIL DE JOUR"</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5978_FicheESSMS/fr/m-a-s-apf-accueil-de-jour</t>
@@ -290,119 +374,131 @@
   <si>
     <t>5978_FicheESSMS</t>
   </si>
   <si>
     <t>10 Allée Des Blanches Croix</t>
   </si>
   <si>
     <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
   </si>
   <si>
     <t>880003868</t>
   </si>
   <si>
     <t>SAVS DE L'APF DEFI-AVI-88</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5977_FicheESSMS/fr/savs-de-l-apf-defi-avi-88</t>
   </si>
   <si>
     <t>5977_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Ponscarme</t>
   </si>
   <si>
-    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
-[...1 lines deleted...]
-  <si>
     <t>880006408</t>
   </si>
   <si>
     <t>ESAT APF DE DINOZE</t>
   </si>
   <si>
     <t>10/09/2025 12:22:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5981_FicheESSMS/fr/esat-apf-de-dinoze</t>
   </si>
   <si>
     <t>5981_FicheESSMS</t>
   </si>
   <si>
     <t>283 Rue De La Papeterie</t>
   </si>
   <si>
     <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
   </si>
   <si>
     <t>880787346</t>
   </si>
   <si>
     <t>SESSAD DE L' APF</t>
   </si>
   <si>
     <t>10/09/2025 12:24:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7055_FicheESSMS/fr/sessad-de-l-apf</t>
   </si>
   <si>
     <t>7055_FicheESSMS</t>
   </si>
   <si>
     <t>18 Rue De La Voivre</t>
   </si>
   <si>
-    <t>Personne en situation de handicap enfant</t>
-[...1 lines deleted...]
-  <si>
     <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
   </si>
   <si>
     <t>880780556</t>
   </si>
   <si>
     <t>CAMSP EPINAL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7054_FicheESSMS/fr/camsp-epinal</t>
   </si>
   <si>
     <t>7054_FicheESSMS</t>
   </si>
   <si>
     <t>42 Avenue Rose Porier</t>
   </si>
   <si>
     <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
   </si>
   <si>
     <t>880006366</t>
   </si>
   <si>
+    <t>SSIAD DU CENTRE HOSPITALIER  RAVENEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7745_FicheESSMS/fr/ssiad-du-centre-hospitalier-ravenel</t>
+  </si>
+  <si>
+    <t>7745_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44 Rue Thiers</t>
+  </si>
+  <si>
+    <t>880007638</t>
+  </si>
+  <si>
     <t>EHPAD RESIDENCE DE LAUFROMONT</t>
   </si>
   <si>
     <t>10/09/2025 12:25:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8353_FicheESSMS/fr/ehpad-residence-de-laufromont</t>
   </si>
   <si>
     <t>8353_FicheESSMS</t>
   </si>
   <si>
     <t>46 Chemin Du Pre Serpent</t>
   </si>
   <si>
     <t>880788849</t>
   </si>
   <si>
     <t>AVSEA - DPF</t>
   </si>
   <si>
     <t>10/09/2025 12:25:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8665_FicheESSMS/fr/avsea-dpf</t>
@@ -416,135 +512,351 @@
   <si>
     <t>Service délégué aux prestations familiales</t>
   </si>
   <si>
     <t>880787676</t>
   </si>
   <si>
     <t>AVSEA - MJPM</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8664_FicheESSMS/fr/avsea-mjpm</t>
   </si>
   <si>
     <t>8664_FicheESSMS</t>
   </si>
   <si>
     <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Service mandataire judiciaire à la protection des majeurs</t>
   </si>
   <si>
     <t>880006796</t>
   </si>
   <si>
-    <t>SSIAD DU CENTRE HOSPITALIER  RAVENEL</t>
-[...14 lines deleted...]
-    <t>880007638</t>
+    <t>SSIAD/ESAD UTML EPINAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11604_FicheESSMS/fr/ssiad/esad-utml-epinal</t>
+  </si>
+  <si>
+    <t>11604_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Clair Matin</t>
+  </si>
+  <si>
+    <t>880784475</t>
+  </si>
+  <si>
+    <t>LES EPILOBES ANNEXE IME DE  FONTENOY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11979_FicheESSMS/fr/les-epilobes-annexe-ime-de-fontenoy</t>
+  </si>
+  <si>
+    <t>11979_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Pierre Simonet</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>880004619</t>
+  </si>
+  <si>
+    <t>SESSAD AVSEA - EPINAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11977_FicheESSMS/fr/sessad-avsea-epinal</t>
+  </si>
+  <si>
+    <t>11977_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Du Coteau</t>
+  </si>
+  <si>
+    <t>88000 DOGNEVILLE</t>
+  </si>
+  <si>
+    <t>DOGNEVILLE</t>
+  </si>
+  <si>
+    <t>880003298</t>
+  </si>
+  <si>
+    <t>SERVICE EDUCATIF VOSGIEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12106_FicheESSMS/fr/service-educatif-vosgien</t>
+  </si>
+  <si>
+    <t>12106_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Gilbert</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>880785167</t>
+  </si>
+  <si>
+    <t>ESAT AVSEA ANNEXE D'EPINAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12212_FicheESSMS/fr/esat-avsea-annexe-d-epinal</t>
+  </si>
+  <si>
+    <t>12212_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Allée Des Tilleuls</t>
+  </si>
+  <si>
+    <t>880786579</t>
+  </si>
+  <si>
+    <t>KORIAN VILLA SPINALE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12353_FicheESSMS/fr/korian-villa-spinale</t>
+  </si>
+  <si>
+    <t>12353_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Ponscarme</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>880001763</t>
   </si>
   <si>
     <t>SAVS ADAVIE</t>
   </si>
   <si>
     <t>10/09/2025 12:27:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12540_FicheESSMS/fr/savs-adavie</t>
   </si>
   <si>
     <t>12540_FicheESSMS</t>
   </si>
   <si>
     <t>20 Rue Des Etats Unis</t>
   </si>
   <si>
     <t>880008537</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>ASS LORRAINE POUR LE TRAITEMENT DE L'INSUFFISANCE RENALE</t>
+  </si>
+  <si>
+    <t>24/11/2025 08:32:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4057_FicheEtablissement/fr/centre-udm-et-autodialyse-epinal</t>
+  </si>
+  <si>
+    <t>4057_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>1 Allée Des Chênes</t>
+  </si>
+  <si>
+    <t>0383153740</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>880007653</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>CHI EMILE DURKHEIM - MAISON DE SANTE SAINT JEAN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3160_FicheEtablissement/fr/chi-e-durkheim-maison-de-sante-st-jean</t>
+  </si>
+  <si>
+    <t>3160_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>31 Rue Thiers</t>
+  </si>
+  <si>
+    <t>0329687000</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>880006663</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>HOPITAL DE JOUR POUR ADULTES D'EPINAL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7083_FicheEtablissement/fr/hopital-de-jour-pour-adultes-d-epinal</t>
+  </si>
+  <si>
+    <t>7083_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>21 Rue Thiers</t>
+  </si>
+  <si>
+    <t>0329330444</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>880784434</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P19"/>
+  <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -644,855 +956,1617 @@
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
         <v>32</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="I3" t="s">
         <v>34</v>
       </c>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
         <v>25</v>
       </c>
       <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
         <v>35</v>
       </c>
-      <c r="N3" t="s">
+      <c r="O3" t="s">
         <v>36</v>
       </c>
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" t="s">
+        <v>31</v>
+      </c>
+      <c r="F4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" t="s">
         <v>39</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>40</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="I4" t="s">
         <v>41</v>
       </c>
-      <c r="H4" t="s">
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>35</v>
+      </c>
+      <c r="O4" t="s">
         <v>42</v>
       </c>
-      <c r="I4" t="s">
+      <c r="P4" t="s">
         <v>43</v>
-      </c>
-[...19 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H5" t="s">
+        <v>47</v>
+      </c>
+      <c r="I5" t="s">
+        <v>48</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M5" t="s">
         <v>49</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="N5" t="s">
         <v>50</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="O5" t="s">
         <v>51</v>
       </c>
-      <c r="H5" t="s">
+      <c r="P5" t="s">
         <v>52</v>
-      </c>
-[...22 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
+        <v>54</v>
+      </c>
+      <c r="F6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" t="s">
+        <v>55</v>
+      </c>
+      <c r="H6" t="s">
         <v>56</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>57</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>25</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
         <v>58</v>
       </c>
-      <c r="H6" t="s">
+      <c r="O6" t="s">
         <v>59</v>
       </c>
-      <c r="I6" t="s">
+      <c r="P6" t="s">
         <v>60</v>
-      </c>
-[...19 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" t="s">
+        <v>63</v>
+      </c>
+      <c r="H7" t="s">
         <v>64</v>
       </c>
-      <c r="C7" t="s">
-[...11 lines deleted...]
-      <c r="G7" t="s">
+      <c r="I7" t="s">
         <v>65</v>
       </c>
-      <c r="H7" t="s">
+      <c r="J7" t="s">
         <v>66</v>
       </c>
-      <c r="I7" t="s">
+      <c r="K7" t="s">
         <v>67</v>
       </c>
-      <c r="J7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L7" t="s">
         <v>25</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="O7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F8" t="s">
         <v>18</v>
       </c>
       <c r="G8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>25</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="O8" t="s">
         <v>76</v>
       </c>
       <c r="P8" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
         <v>78</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="F9" t="s">
         <v>18</v>
       </c>
       <c r="G9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I9" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>25</v>
       </c>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="O9" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="F10" t="s">
         <v>18</v>
       </c>
       <c r="G10" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="H10" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="I10" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
         <v>25</v>
       </c>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="N10" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="O10" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="P10" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" t="s">
+        <v>85</v>
+      </c>
+      <c r="F11" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" t="s">
+        <v>93</v>
+      </c>
+      <c r="H11" t="s">
+        <v>94</v>
+      </c>
+      <c r="I11" t="s">
+        <v>95</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>25</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
         <v>89</v>
       </c>
-      <c r="C11" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="O11" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="P11" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="F12" t="s">
         <v>18</v>
       </c>
       <c r="G12" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="H12" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="I12" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="J12" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="K12" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
         <v>25</v>
       </c>
       <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
         <v>35</v>
       </c>
-      <c r="N12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O12" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="P12" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" t="s">
+        <v>99</v>
+      </c>
+      <c r="F13" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" t="s">
+        <v>106</v>
+      </c>
+      <c r="H13" t="s">
+        <v>107</v>
+      </c>
+      <c r="I13" t="s">
         <v>102</v>
       </c>
-      <c r="C13" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>25</v>
       </c>
       <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="O13" t="s">
         <v>108</v>
       </c>
       <c r="P13" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
         <v>110</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="F14" t="s">
         <v>18</v>
       </c>
       <c r="G14" t="s">
         <v>111</v>
       </c>
       <c r="H14" t="s">
         <v>112</v>
       </c>
       <c r="I14" t="s">
         <v>113</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>25</v>
       </c>
       <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="O14" t="s">
         <v>114</v>
       </c>
       <c r="P14" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
         <v>116</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
       <c r="E15" t="s">
+        <v>99</v>
+      </c>
+      <c r="F15" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" t="s">
         <v>117</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>118</v>
       </c>
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>25</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="O15" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="P15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>18</v>
+      </c>
+      <c r="E16" t="s">
         <v>122</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" t="s">
         <v>123</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>124</v>
       </c>
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>125</v>
       </c>
-      <c r="I16" t="s">
+      <c r="J16" t="s">
+        <v>66</v>
+      </c>
+      <c r="K16" t="s">
+        <v>67</v>
+      </c>
+      <c r="L16" t="s">
+        <v>25</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>35</v>
+      </c>
+      <c r="O16" t="s">
         <v>126</v>
       </c>
-      <c r="J16" t="s">
-[...14 lines deleted...]
-      <c r="O16" t="s">
+      <c r="P16" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>18</v>
+      </c>
+      <c r="E17" t="s">
         <v>129</v>
-      </c>
-[...7 lines deleted...]
-        <v>123</v>
       </c>
       <c r="F17" t="s">
         <v>18</v>
       </c>
       <c r="G17" t="s">
         <v>130</v>
       </c>
       <c r="H17" t="s">
         <v>131</v>
       </c>
       <c r="I17" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
         <v>25</v>
       </c>
       <c r="M17" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="N17" t="s">
-        <v>132</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>133</v>
       </c>
       <c r="P17" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
         <v>135</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
       <c r="E18" t="s">
+        <v>129</v>
+      </c>
+      <c r="F18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" t="s">
         <v>136</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>137</v>
       </c>
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
         <v>25</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>28</v>
+        <v>139</v>
       </c>
       <c r="P18" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19" t="s">
         <v>141</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
         <v>18</v>
       </c>
       <c r="E19" t="s">
         <v>142</v>
       </c>
       <c r="F19" t="s">
         <v>18</v>
       </c>
       <c r="G19" t="s">
         <v>143</v>
       </c>
       <c r="H19" t="s">
         <v>144</v>
       </c>
       <c r="I19" t="s">
         <v>145</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
         <v>25</v>
       </c>
       <c r="M19" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="N19" t="s">
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="O19" t="s">
-        <v>93</v>
+        <v>51</v>
       </c>
       <c r="P19" t="s">
         <v>146</v>
       </c>
     </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>18</v>
+      </c>
+      <c r="E20" t="s">
+        <v>148</v>
+      </c>
+      <c r="F20" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" t="s">
+        <v>149</v>
+      </c>
+      <c r="H20" t="s">
+        <v>150</v>
+      </c>
+      <c r="I20" t="s">
+        <v>151</v>
+      </c>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>25</v>
+      </c>
+      <c r="M20" t="s">
+        <v>49</v>
+      </c>
+      <c r="N20" t="s">
+        <v>68</v>
+      </c>
+      <c r="O20" t="s">
+        <v>69</v>
+      </c>
+      <c r="P20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E21" t="s">
+        <v>154</v>
+      </c>
+      <c r="F21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" t="s">
+        <v>155</v>
+      </c>
+      <c r="H21" t="s">
+        <v>156</v>
+      </c>
+      <c r="I21" t="s">
+        <v>157</v>
+      </c>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>25</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>58</v>
+      </c>
+      <c r="O21" t="s">
+        <v>158</v>
+      </c>
+      <c r="P21" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B22" t="s">
+        <v>160</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E22" t="s">
+        <v>154</v>
+      </c>
+      <c r="F22" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" t="s">
+        <v>161</v>
+      </c>
+      <c r="H22" t="s">
+        <v>162</v>
+      </c>
+      <c r="I22" t="s">
+        <v>157</v>
+      </c>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>25</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>163</v>
+      </c>
+      <c r="O22" t="s">
+        <v>164</v>
+      </c>
+      <c r="P22" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>18</v>
+      </c>
+      <c r="E23" t="s">
+        <v>167</v>
+      </c>
+      <c r="F23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" t="s">
+        <v>168</v>
+      </c>
+      <c r="H23" t="s">
+        <v>169</v>
+      </c>
+      <c r="I23" t="s">
+        <v>170</v>
+      </c>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>25</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>50</v>
+      </c>
+      <c r="O23" t="s">
+        <v>51</v>
+      </c>
+      <c r="P23" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B24" t="s">
+        <v>172</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>18</v>
+      </c>
+      <c r="E24" t="s">
+        <v>173</v>
+      </c>
+      <c r="F24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" t="s">
+        <v>174</v>
+      </c>
+      <c r="H24" t="s">
+        <v>175</v>
+      </c>
+      <c r="I24" t="s">
+        <v>176</v>
+      </c>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>25</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>177</v>
+      </c>
+      <c r="P24" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>16</v>
+      </c>
+      <c r="B25" t="s">
+        <v>179</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>18</v>
+      </c>
+      <c r="E25" t="s">
+        <v>173</v>
+      </c>
+      <c r="F25" t="s">
+        <v>18</v>
+      </c>
+      <c r="G25" t="s">
+        <v>180</v>
+      </c>
+      <c r="H25" t="s">
+        <v>181</v>
+      </c>
+      <c r="I25" t="s">
+        <v>182</v>
+      </c>
+      <c r="J25" t="s">
+        <v>183</v>
+      </c>
+      <c r="K25" t="s">
+        <v>184</v>
+      </c>
+      <c r="L25" t="s">
+        <v>25</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>133</v>
+      </c>
+      <c r="P25" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>16</v>
+      </c>
+      <c r="B26" t="s">
+        <v>186</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>18</v>
+      </c>
+      <c r="E26" t="s">
+        <v>187</v>
+      </c>
+      <c r="F26" t="s">
+        <v>18</v>
+      </c>
+      <c r="G26" t="s">
+        <v>188</v>
+      </c>
+      <c r="H26" t="s">
+        <v>189</v>
+      </c>
+      <c r="I26" t="s">
+        <v>190</v>
+      </c>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>25</v>
+      </c>
+      <c r="M26" t="s">
+        <v>26</v>
+      </c>
+      <c r="N26" t="s">
+        <v>58</v>
+      </c>
+      <c r="O26" t="s">
+        <v>191</v>
+      </c>
+      <c r="P26" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>16</v>
+      </c>
+      <c r="B27" t="s">
+        <v>193</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E27" t="s">
+        <v>194</v>
+      </c>
+      <c r="F27" t="s">
+        <v>18</v>
+      </c>
+      <c r="G27" t="s">
+        <v>195</v>
+      </c>
+      <c r="H27" t="s">
+        <v>196</v>
+      </c>
+      <c r="I27" t="s">
+        <v>197</v>
+      </c>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>25</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>35</v>
+      </c>
+      <c r="O27" t="s">
+        <v>126</v>
+      </c>
+      <c r="P27" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>16</v>
+      </c>
+      <c r="B28" t="s">
+        <v>199</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>18</v>
+      </c>
+      <c r="E28" t="s">
+        <v>200</v>
+      </c>
+      <c r="F28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G28" t="s">
+        <v>201</v>
+      </c>
+      <c r="H28" t="s">
+        <v>202</v>
+      </c>
+      <c r="I28" t="s">
+        <v>203</v>
+      </c>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>25</v>
+      </c>
+      <c r="M28" t="s">
+        <v>204</v>
+      </c>
+      <c r="N28" t="s">
+        <v>68</v>
+      </c>
+      <c r="O28" t="s">
+        <v>69</v>
+      </c>
+      <c r="P28" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>16</v>
+      </c>
+      <c r="B29" t="s">
+        <v>206</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>18</v>
+      </c>
+      <c r="E29" t="s">
+        <v>207</v>
+      </c>
+      <c r="F29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G29" t="s">
+        <v>208</v>
+      </c>
+      <c r="H29" t="s">
+        <v>209</v>
+      </c>
+      <c r="I29" t="s">
+        <v>210</v>
+      </c>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>25</v>
+      </c>
+      <c r="M29" t="s">
+        <v>26</v>
+      </c>
+      <c r="N29" t="s">
+        <v>35</v>
+      </c>
+      <c r="O29" t="s">
+        <v>42</v>
+      </c>
+      <c r="P29" t="s">
+        <v>211</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>212</v>
+      </c>
+      <c r="J1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K1" t="s">
+        <v>213</v>
+      </c>
+      <c r="L1" t="s">
+        <v>10</v>
+      </c>
+      <c r="M1" t="s">
+        <v>11</v>
+      </c>
+      <c r="N1" t="s">
+        <v>214</v>
+      </c>
+      <c r="O1" t="s">
+        <v>215</v>
+      </c>
+      <c r="P1" t="s">
+        <v>216</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>217</v>
+      </c>
+      <c r="R1" t="s">
+        <v>12</v>
+      </c>
+      <c r="S1" t="s">
+        <v>218</v>
+      </c>
+      <c r="T1" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>220</v>
+      </c>
+      <c r="B2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>222</v>
+      </c>
+      <c r="F2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G2" t="s">
+        <v>223</v>
+      </c>
+      <c r="H2" t="s">
+        <v>224</v>
+      </c>
+      <c r="I2" t="s">
+        <v>225</v>
+      </c>
+      <c r="J2" t="s">
+        <v>226</v>
+      </c>
+      <c r="K2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>227</v>
+      </c>
+      <c r="O2" t="s">
+        <v>18</v>
+      </c>
+      <c r="P2" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>228</v>
+      </c>
+      <c r="R2" t="s">
+        <v>26</v>
+      </c>
+      <c r="S2" t="s">
+        <v>229</v>
+      </c>
+      <c r="T2" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>220</v>
+      </c>
+      <c r="B3" t="s">
+        <v>231</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F3" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" t="s">
+        <v>233</v>
+      </c>
+      <c r="H3" t="s">
+        <v>234</v>
+      </c>
+      <c r="I3" t="s">
+        <v>235</v>
+      </c>
+      <c r="J3" t="s">
+        <v>236</v>
+      </c>
+      <c r="K3" t="s">
+        <v>23</v>
+      </c>
+      <c r="L3" t="s">
+        <v>24</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>237</v>
+      </c>
+      <c r="O3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P3" t="s">
+        <v>238</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>239</v>
+      </c>
+      <c r="R3" t="s">
+        <v>49</v>
+      </c>
+      <c r="S3" t="s">
+        <v>240</v>
+      </c>
+      <c r="T3" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B4" t="s">
+        <v>242</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" t="s">
+        <v>243</v>
+      </c>
+      <c r="F4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" t="s">
+        <v>244</v>
+      </c>
+      <c r="H4" t="s">
+        <v>245</v>
+      </c>
+      <c r="I4" t="s">
+        <v>235</v>
+      </c>
+      <c r="J4" t="s">
+        <v>246</v>
+      </c>
+      <c r="K4" t="s">
+        <v>23</v>
+      </c>
+      <c r="L4" t="s">
+        <v>24</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>247</v>
+      </c>
+      <c r="O4" t="s">
+        <v>18</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>248</v>
+      </c>
+      <c r="R4" t="s">
+        <v>49</v>
+      </c>
+      <c r="S4" t="s">
+        <v>249</v>
+      </c>
+      <c r="T4" t="s">
+        <v>241</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>