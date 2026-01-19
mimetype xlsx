--- v0 (2025-12-04)
+++ v1 (2026-01-19)
@@ -167,174 +167,174 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>SSAD APAJH MAYOTTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1371_FicheESSMS/fr/ssad-apajh-mayotte</t>
+  </si>
+  <si>
+    <t>1371_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Markera Moussa Nguessou</t>
+  </si>
+  <si>
+    <t>97640 SADA</t>
+  </si>
+  <si>
+    <t>SADA</t>
+  </si>
+  <si>
+    <t>9F</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>980501621</t>
+  </si>
+  <si>
     <t>IME APAJH MAYOTTE</t>
   </si>
   <si>
     <t>10/09/2025 12:16:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1568_FicheESSMS/fr/ime-apajh-mayotte</t>
   </si>
   <si>
     <t>1568_FicheESSMS</t>
   </si>
   <si>
     <t>7 Rue Daniel Kamardine Cavani</t>
   </si>
   <si>
-    <t>97640 SADA</t>
-[...13 lines deleted...]
-  <si>
     <t>Institut Médico-Educatif (I.M.E.)</t>
   </si>
   <si>
     <t>980501605</t>
   </si>
   <si>
+    <t>SESSAD APAJH MAYOTTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1567_FicheESSMS/fr/sessad-apajh-mayotte</t>
+  </si>
+  <si>
+    <t>1567_FicheESSMS</t>
+  </si>
+  <si>
+    <t>980501613</t>
+  </si>
+  <si>
     <t>SAMSAH APAJH MAYOTTE</t>
   </si>
   <si>
     <t>10/09/2025 12:17:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1763_FicheESSMS/fr/samsah-apajh-mayotte</t>
   </si>
   <si>
     <t>1763_FicheESSMS</t>
   </si>
   <si>
     <t>15 Rue Mondroha</t>
   </si>
   <si>
     <t>97680 TSINGONI</t>
   </si>
   <si>
     <t>TSINGONI</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Service d'accompagnement médico-social adultes handicapés</t>
   </si>
   <si>
     <t>980501720</t>
   </si>
   <si>
-    <t>SSAD APAJH MAYOTTE</t>
-[...19 lines deleted...]
-  <si>
     <t>ACTION EDUCATIVE EN MILIEU OUVERT</t>
   </si>
   <si>
     <t>10/09/2025 12:21:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5001_FicheESSMS/fr/action-educative-en-milieu-ouvert</t>
   </si>
   <si>
     <t>5001_FicheESSMS</t>
   </si>
   <si>
     <t>34 Rue Du College</t>
   </si>
   <si>
     <t>97600 MAMOUDZOU</t>
   </si>
   <si>
     <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
   </si>
   <si>
     <t>Services AEMO et AED</t>
   </si>
   <si>
     <t>980502496</t>
-  </si>
-[...10 lines deleted...]
-    <t>980501613</t>
   </si>
   <si>
     <t>Taille établissement</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
@@ -817,216 +817,216 @@
       <c r="B3" t="s">
         <v>62</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
         <v>63</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>64</v>
       </c>
       <c r="H3" t="s">
         <v>65</v>
       </c>
       <c r="I3" t="s">
         <v>66</v>
       </c>
       <c r="J3" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="K3" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="L3" t="s">
         <v>57</v>
       </c>
       <c r="M3" t="s">
         <v>58</v>
       </c>
       <c r="N3" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="O3" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="P3" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>49</v>
       </c>
       <c r="B4" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="I4" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="J4" t="s">
         <v>55</v>
       </c>
       <c r="K4" t="s">
         <v>56</v>
       </c>
       <c r="L4" t="s">
         <v>57</v>
       </c>
       <c r="M4" t="s">
         <v>58</v>
       </c>
       <c r="N4" t="s">
         <v>59</v>
       </c>
       <c r="O4" t="s">
-        <v>77</v>
+        <v>60</v>
       </c>
       <c r="P4" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
+        <v>73</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>74</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>75</v>
+      </c>
+      <c r="H5" t="s">
+        <v>76</v>
+      </c>
+      <c r="I5" t="s">
+        <v>77</v>
+      </c>
+      <c r="J5" t="s">
+        <v>78</v>
+      </c>
+      <c r="K5" t="s">
         <v>79</v>
-      </c>
-[...25 lines deleted...]
-        <v>30</v>
       </c>
       <c r="L5" t="s">
         <v>57</v>
       </c>
       <c r="M5" t="s">
         <v>58</v>
       </c>
       <c r="N5" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="O5" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="P5" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>49</v>
       </c>
       <c r="B6" t="s">
+        <v>83</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>84</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>85</v>
+      </c>
+      <c r="H6" t="s">
+        <v>86</v>
+      </c>
+      <c r="I6" t="s">
+        <v>87</v>
+      </c>
+      <c r="J6" t="s">
         <v>88</v>
       </c>
-      <c r="C6" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K6" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="L6" t="s">
         <v>57</v>
       </c>
       <c r="M6" t="s">
         <v>58</v>
       </c>
       <c r="N6" t="s">
-        <v>59</v>
+        <v>89</v>
       </c>
       <c r="O6" t="s">
-        <v>77</v>
+        <v>90</v>
       </c>
       <c r="P6" t="s">
         <v>91</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -1096,51 +1096,51 @@
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
         <v>102</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
         <v>103</v>
       </c>
       <c r="H2" t="s">
         <v>104</v>
       </c>
       <c r="I2" t="s">
         <v>105</v>
       </c>
       <c r="J2" t="s">
         <v>20</v>
       </c>
       <c r="K2" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="L2" t="s">
         <v>30</v>
       </c>
       <c r="M2" t="s">
         <v>57</v>
       </c>
       <c r="N2" t="s">
         <v>106</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
         <v>107</v>
       </c>
       <c r="Q2" t="s">
         <v>108</v>
       </c>
       <c r="R2" t="s">
         <v>109</v>
       </c>
       <c r="S2" t="s">
         <v>40</v>
       </c>
@@ -1158,51 +1158,51 @@
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
         <v>112</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>113</v>
       </c>
       <c r="H3" t="s">
         <v>114</v>
       </c>
       <c r="I3" t="s">
         <v>115</v>
       </c>
       <c r="J3" t="s">
         <v>116</v>
       </c>
       <c r="K3" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
         <v>57</v>
       </c>
       <c r="N3" t="s">
         <v>20</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
         <v>117</v>
       </c>
       <c r="Q3" t="s">
         <v>118</v>
       </c>
       <c r="R3" t="s">
         <v>117</v>
       </c>
       <c r="S3" t="s">
         <v>119</v>
       </c>
@@ -1220,51 +1220,51 @@
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>112</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>122</v>
       </c>
       <c r="H4" t="s">
         <v>123</v>
       </c>
       <c r="I4" t="s">
         <v>115</v>
       </c>
       <c r="J4" t="s">
         <v>124</v>
       </c>
       <c r="K4" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="L4" t="s">
         <v>30</v>
       </c>
       <c r="M4" t="s">
         <v>57</v>
       </c>
       <c r="N4" t="s">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
         <v>117</v>
       </c>
       <c r="Q4" t="s">
         <v>118</v>
       </c>
       <c r="R4" t="s">
         <v>117</v>
       </c>
       <c r="S4" t="s">
         <v>31</v>
       </c>
@@ -1406,51 +1406,51 @@
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>140</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>141</v>
       </c>
       <c r="H7" t="s">
         <v>142</v>
       </c>
       <c r="I7" t="s">
         <v>115</v>
       </c>
       <c r="J7" t="s">
         <v>20</v>
       </c>
       <c r="K7" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="L7" t="s">
         <v>30</v>
       </c>
       <c r="M7" t="s">
         <v>57</v>
       </c>
       <c r="N7" t="s">
         <v>143</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
         <v>117</v>
       </c>
       <c r="Q7" t="s">
         <v>20</v>
       </c>
       <c r="R7" t="s">
         <v>117</v>
       </c>
       <c r="S7" t="s">
         <v>144</v>
       </c>