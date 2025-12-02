--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1242" uniqueCount="524">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1582" uniqueCount="676">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1581,96 +1587,552 @@
     <t>https://www.has-sante.fr/jcms/c_2713210/fr/docteur-stephane-delforge</t>
   </si>
   <si>
     <t>c_2713210</t>
   </si>
   <si>
     <t>DELFORGE</t>
   </si>
   <si>
     <t>Stephane</t>
   </si>
   <si>
     <t>25 April 2024</t>
   </si>
   <si>
     <t>POLYCLINIQUE DU PARC - CAEN,POLYCLINIQUE DE LA MANCHE - SAINT-LO</t>
   </si>
   <si>
     <t>14052,50008</t>
   </si>
   <si>
     <t>CAEN CEDEX 4,ST LO</t>
   </si>
   <si>
     <t>140016759,500000203</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>ACT - CROIX ROUGE FRANCAISE - CAEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4579_FicheESSMS/fr/act-croix-rouge-francaise-caen</t>
+  </si>
+  <si>
+    <t>4579_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Saint Vincent De Paul</t>
+  </si>
+  <si>
+    <t>14054 CAEN CEDEX 4</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
+  </si>
+  <si>
+    <t>140025099</t>
+  </si>
+  <si>
+    <t>SERV DPF CAEN ASS UDAF DU CALVADOS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1210_FicheESSMS/fr/serv-dpf-caen-ass-udaf-du-calvados</t>
+  </si>
+  <si>
+    <t>1210_FicheESSMS</t>
+  </si>
+  <si>
+    <t>49 Rue De Lion Sur Mer</t>
+  </si>
+  <si>
+    <t>14052 CAEN CEDEX 4</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>140027129</t>
+  </si>
+  <si>
+    <t>BAPU (ESPLANADE DE LA PAIX) - CAEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1224_FicheESSMS/fr/bapu-esplanade-de-la-paix-caen</t>
+  </si>
+  <si>
+    <t>1224_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14032 CAEN CEDEX 5</t>
+  </si>
+  <si>
+    <t>Bureau d'Aide Psychologique Universitaire (B.A.P.U.)</t>
+  </si>
+  <si>
+    <t>140022674</t>
+  </si>
+  <si>
+    <t>EHPAD HENRY DUNANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2126_FicheESSMS/fr/ehpad-henry-dunant</t>
+  </si>
+  <si>
+    <t>2126_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Guillaume Trebutien</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>140016957</t>
+  </si>
+  <si>
+    <t>SERV MJPM CAEN ASS UDAF DU CALVADOS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1211_FicheESSMS/fr/serv-mjpm-caen-ass-udaf-du-calvados</t>
+  </si>
+  <si>
+    <t>1211_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>140027137</t>
+  </si>
+  <si>
+    <t>EHPAD LA CHARITÉ CHRU CAEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2758_FicheESSMS/fr/ehpad-la-charite-chru-caen</t>
+  </si>
+  <si>
+    <t>2758_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Boulevard De La Charite</t>
+  </si>
+  <si>
+    <t>14033 CAEN CEDEX 9</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>140012188</t>
+  </si>
+  <si>
+    <t>CENTRE DE RESSOURCE POUR L'AUTISME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4829_FicheESSMS/fr/centre-de-ressource-pour-l-autisme</t>
+  </si>
+  <si>
+    <t>4829_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Centres de Ressources S.A.I. (Sans Aucune Indication)</t>
+  </si>
+  <si>
+    <t>140025396</t>
+  </si>
+  <si>
+    <t>DAIA ICB CAEN ACSEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9858_FicheESSMS/fr/daia-icb-caen-acsea</t>
+  </si>
+  <si>
+    <t>9858_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Des Vaux De La Folie</t>
+  </si>
+  <si>
+    <t>14076 CAEN CEDEX 5</t>
+  </si>
+  <si>
+    <t>Etablissement Expérimental Enfance Protégée</t>
+  </si>
+  <si>
+    <t>140032715</t>
+  </si>
+  <si>
+    <t>ITEP BASSIN CAENNAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11521_FicheESSMS/fr/itep-bassin-caennais</t>
+  </si>
+  <si>
+    <t>11521_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>140000019</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>SANTE CROIX ROUGE HOSPITALISATION A DOMICILE</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:50:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/446_FicheEtablissement/fr/had-sante-croix-rouge-caen</t>
+  </si>
+  <si>
+    <t>446_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>0231848222</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>140002619</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE  COTE DE NACRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/435_FicheEtablissement/fr/chu-caen</t>
+  </si>
+  <si>
+    <t>435_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>0231063106</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE REGIONAL DE LUTTE CONTRE LE CANCER FRANCOIS BACLESSE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/444_FicheEtablissement/fr/clcc-f-baclesse</t>
+  </si>
+  <si>
+    <t>444_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Avenue Du General Harris</t>
+  </si>
+  <si>
+    <t>0231455050</t>
+  </si>
+  <si>
+    <t>CLCC</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Réanimation</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DU PARC CAEN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/455_FicheEtablissement/fr/polyclinique-du-parc</t>
+  </si>
+  <si>
+    <t>455_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>20 Avenue Georges Guynemer</t>
+  </si>
+  <si>
+    <t>0231828282</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT SOINS LONGUE DUREE DU CHRU CAEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/449_FicheEtablissement/fr/unite-soins-longue-duree-chu-caen</t>
+  </si>
+  <si>
+    <t>449_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0231823289</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>140012196</t>
+  </si>
+  <si>
+    <t>CHU/CENTRE HOSPITALIER REGIONAL  AVENUE CLEMENCEAU CAEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/448_FicheEtablissement/fr/chu/chr-georges-clemenceau-caen</t>
+  </si>
+  <si>
+    <t>448_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0231272727</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE ST MARTIN CAEN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/457_FicheEtablissement/fr/hopital-prive-st-martin</t>
+  </si>
+  <si>
+    <t>457_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18 Rue Des Roquemonts</t>
+  </si>
+  <si>
+    <t>14050 CAEN CEDEX 4</t>
+  </si>
+  <si>
+    <t>0231433143</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Réanimation</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC DE SANTE MENTALE</t>
+  </si>
+  <si>
+    <t>22/04/2024 16:32:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/443_FicheEtablissement/fr/ets-public-de-sante-mentale</t>
+  </si>
+  <si>
+    <t>443_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>15 Rue Saint Ouen</t>
+  </si>
+  <si>
+    <t>14053 CAEN CEDEX 4</t>
+  </si>
+  <si>
+    <t>0231305050</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>140000456</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R73"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -5727,41 +6189,1127 @@
       </c>
       <c r="L73" t="s">
         <v>518</v>
       </c>
       <c r="M73" t="s">
         <v>20</v>
       </c>
       <c r="N73" t="s">
         <v>519</v>
       </c>
       <c r="O73" t="s">
         <v>520</v>
       </c>
       <c r="P73" t="s">
         <v>521</v>
       </c>
       <c r="Q73" t="s">
         <v>522</v>
       </c>
       <c r="R73" t="s">
         <v>523</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>524</v>
+      </c>
+      <c r="J1" t="s">
+        <v>525</v>
+      </c>
+      <c r="K1" t="s">
+        <v>526</v>
+      </c>
+      <c r="L1" t="s">
+        <v>527</v>
+      </c>
+      <c r="M1" t="s">
+        <v>528</v>
+      </c>
+      <c r="N1" t="s">
+        <v>529</v>
+      </c>
+      <c r="O1" t="s">
+        <v>530</v>
+      </c>
+      <c r="P1" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>532</v>
+      </c>
+      <c r="B2" t="s">
+        <v>533</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>534</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>535</v>
+      </c>
+      <c r="H2" t="s">
+        <v>536</v>
+      </c>
+      <c r="I2" t="s">
+        <v>537</v>
+      </c>
+      <c r="J2" t="s">
+        <v>538</v>
+      </c>
+      <c r="K2" t="s">
+        <v>46</v>
+      </c>
+      <c r="L2" t="s">
+        <v>539</v>
+      </c>
+      <c r="M2" t="s">
+        <v>540</v>
+      </c>
+      <c r="N2" t="s">
+        <v>541</v>
+      </c>
+      <c r="O2" t="s">
+        <v>542</v>
+      </c>
+      <c r="P2" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>532</v>
+      </c>
+      <c r="B3" t="s">
+        <v>544</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>545</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>546</v>
+      </c>
+      <c r="H3" t="s">
+        <v>547</v>
+      </c>
+      <c r="I3" t="s">
+        <v>548</v>
+      </c>
+      <c r="J3" t="s">
+        <v>549</v>
+      </c>
+      <c r="K3" t="s">
+        <v>46</v>
+      </c>
+      <c r="L3" t="s">
+        <v>539</v>
+      </c>
+      <c r="M3" t="s">
+        <v>540</v>
+      </c>
+      <c r="N3" t="s">
+        <v>550</v>
+      </c>
+      <c r="O3" t="s">
+        <v>551</v>
+      </c>
+      <c r="P3" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>532</v>
+      </c>
+      <c r="B4" t="s">
+        <v>553</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>554</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>555</v>
+      </c>
+      <c r="H4" t="s">
+        <v>556</v>
+      </c>
+      <c r="I4" t="s">
+        <v>557</v>
+      </c>
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
+        <v>263</v>
+      </c>
+      <c r="L4" t="s">
+        <v>539</v>
+      </c>
+      <c r="M4" t="s">
+        <v>540</v>
+      </c>
+      <c r="N4" t="s">
+        <v>541</v>
+      </c>
+      <c r="O4" t="s">
+        <v>558</v>
+      </c>
+      <c r="P4" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>532</v>
+      </c>
+      <c r="B5" t="s">
+        <v>560</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>561</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>562</v>
+      </c>
+      <c r="H5" t="s">
+        <v>563</v>
+      </c>
+      <c r="I5" t="s">
+        <v>564</v>
+      </c>
+      <c r="J5" t="s">
+        <v>538</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5" t="s">
+        <v>539</v>
+      </c>
+      <c r="M5" t="s">
+        <v>540</v>
+      </c>
+      <c r="N5" t="s">
+        <v>565</v>
+      </c>
+      <c r="O5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P5" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>532</v>
+      </c>
+      <c r="B6" t="s">
+        <v>568</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>545</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>569</v>
+      </c>
+      <c r="H6" t="s">
+        <v>570</v>
+      </c>
+      <c r="I6" t="s">
+        <v>548</v>
+      </c>
+      <c r="J6" t="s">
+        <v>538</v>
+      </c>
+      <c r="K6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6" t="s">
+        <v>539</v>
+      </c>
+      <c r="M6" t="s">
+        <v>540</v>
+      </c>
+      <c r="N6" t="s">
+        <v>571</v>
+      </c>
+      <c r="O6" t="s">
+        <v>572</v>
+      </c>
+      <c r="P6" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>532</v>
+      </c>
+      <c r="B7" t="s">
+        <v>574</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>575</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>576</v>
+      </c>
+      <c r="H7" t="s">
+        <v>577</v>
+      </c>
+      <c r="I7" t="s">
+        <v>578</v>
+      </c>
+      <c r="J7" t="s">
+        <v>579</v>
+      </c>
+      <c r="K7" t="s">
+        <v>30</v>
+      </c>
+      <c r="L7" t="s">
+        <v>539</v>
+      </c>
+      <c r="M7" t="s">
+        <v>580</v>
+      </c>
+      <c r="N7" t="s">
+        <v>565</v>
+      </c>
+      <c r="O7" t="s">
+        <v>566</v>
+      </c>
+      <c r="P7" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>532</v>
+      </c>
+      <c r="B8" t="s">
+        <v>582</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>583</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>584</v>
+      </c>
+      <c r="H8" t="s">
+        <v>585</v>
+      </c>
+      <c r="I8" t="s">
+        <v>579</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>30</v>
+      </c>
+      <c r="L8" t="s">
+        <v>539</v>
+      </c>
+      <c r="M8" t="s">
+        <v>580</v>
+      </c>
+      <c r="N8" t="s">
+        <v>586</v>
+      </c>
+      <c r="O8" t="s">
+        <v>587</v>
+      </c>
+      <c r="P8" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>532</v>
+      </c>
+      <c r="B9" t="s">
+        <v>589</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>590</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>591</v>
+      </c>
+      <c r="H9" t="s">
+        <v>592</v>
+      </c>
+      <c r="I9" t="s">
+        <v>593</v>
+      </c>
+      <c r="J9" t="s">
+        <v>594</v>
+      </c>
+      <c r="K9" t="s">
+        <v>263</v>
+      </c>
+      <c r="L9" t="s">
+        <v>539</v>
+      </c>
+      <c r="M9" t="s">
+        <v>540</v>
+      </c>
+      <c r="N9" t="s">
+        <v>550</v>
+      </c>
+      <c r="O9" t="s">
+        <v>595</v>
+      </c>
+      <c r="P9" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>532</v>
+      </c>
+      <c r="B10" t="s">
+        <v>597</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>598</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>599</v>
+      </c>
+      <c r="H10" t="s">
+        <v>600</v>
+      </c>
+      <c r="I10" t="s">
+        <v>593</v>
+      </c>
+      <c r="J10" t="s">
+        <v>594</v>
+      </c>
+      <c r="K10" t="s">
+        <v>263</v>
+      </c>
+      <c r="L10" t="s">
+        <v>539</v>
+      </c>
+      <c r="M10" t="s">
+        <v>540</v>
+      </c>
+      <c r="N10" t="s">
+        <v>601</v>
+      </c>
+      <c r="O10" t="s">
+        <v>602</v>
+      </c>
+      <c r="P10" t="s">
+        <v>603</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>604</v>
+      </c>
+      <c r="J1" t="s">
+        <v>524</v>
+      </c>
+      <c r="K1" t="s">
+        <v>605</v>
+      </c>
+      <c r="L1" t="s">
+        <v>526</v>
+      </c>
+      <c r="M1" t="s">
+        <v>527</v>
+      </c>
+      <c r="N1" t="s">
+        <v>606</v>
+      </c>
+      <c r="O1" t="s">
+        <v>607</v>
+      </c>
+      <c r="P1" t="s">
+        <v>608</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>609</v>
+      </c>
+      <c r="R1" t="s">
+        <v>528</v>
+      </c>
+      <c r="S1" t="s">
+        <v>610</v>
+      </c>
+      <c r="T1" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>612</v>
+      </c>
+      <c r="B2" t="s">
+        <v>613</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>614</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>615</v>
+      </c>
+      <c r="H2" t="s">
+        <v>616</v>
+      </c>
+      <c r="I2" t="s">
+        <v>617</v>
+      </c>
+      <c r="J2" t="s">
+        <v>537</v>
+      </c>
+      <c r="K2" t="s">
+        <v>538</v>
+      </c>
+      <c r="L2" t="s">
+        <v>46</v>
+      </c>
+      <c r="M2" t="s">
+        <v>539</v>
+      </c>
+      <c r="N2" t="s">
+        <v>618</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>540</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>619</v>
+      </c>
+      <c r="R2" t="s">
+        <v>540</v>
+      </c>
+      <c r="S2" t="s">
+        <v>620</v>
+      </c>
+      <c r="T2" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>612</v>
+      </c>
+      <c r="B3" t="s">
+        <v>622</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>623</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>624</v>
+      </c>
+      <c r="H3" t="s">
+        <v>625</v>
+      </c>
+      <c r="I3" t="s">
+        <v>626</v>
+      </c>
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
+        <v>579</v>
+      </c>
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
+        <v>539</v>
+      </c>
+      <c r="N3" t="s">
+        <v>627</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>628</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>629</v>
+      </c>
+      <c r="R3" t="s">
+        <v>580</v>
+      </c>
+      <c r="S3" t="s">
+        <v>31</v>
+      </c>
+      <c r="T3" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>612</v>
+      </c>
+      <c r="B4" t="s">
+        <v>630</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>631</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>632</v>
+      </c>
+      <c r="H4" t="s">
+        <v>633</v>
+      </c>
+      <c r="I4" t="s">
+        <v>617</v>
+      </c>
+      <c r="J4" t="s">
+        <v>634</v>
+      </c>
+      <c r="K4" t="s">
+        <v>594</v>
+      </c>
+      <c r="L4" t="s">
+        <v>263</v>
+      </c>
+      <c r="M4" t="s">
+        <v>539</v>
+      </c>
+      <c r="N4" t="s">
+        <v>635</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>636</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>637</v>
+      </c>
+      <c r="R4" t="s">
+        <v>540</v>
+      </c>
+      <c r="S4" t="s">
+        <v>264</v>
+      </c>
+      <c r="T4" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>612</v>
+      </c>
+      <c r="B5" t="s">
+        <v>639</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>640</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>641</v>
+      </c>
+      <c r="H5" t="s">
+        <v>642</v>
+      </c>
+      <c r="I5" t="s">
+        <v>617</v>
+      </c>
+      <c r="J5" t="s">
+        <v>643</v>
+      </c>
+      <c r="K5" t="s">
+        <v>549</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>539</v>
+      </c>
+      <c r="N5" t="s">
+        <v>644</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>645</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>646</v>
+      </c>
+      <c r="R5" t="s">
+        <v>645</v>
+      </c>
+      <c r="S5" t="s">
+        <v>47</v>
+      </c>
+      <c r="T5" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>612</v>
+      </c>
+      <c r="B6" t="s">
+        <v>647</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>623</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>648</v>
+      </c>
+      <c r="H6" t="s">
+        <v>649</v>
+      </c>
+      <c r="I6" t="s">
+        <v>617</v>
+      </c>
+      <c r="J6" t="s">
+        <v>578</v>
+      </c>
+      <c r="K6" t="s">
+        <v>579</v>
+      </c>
+      <c r="L6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M6" t="s">
+        <v>539</v>
+      </c>
+      <c r="N6" t="s">
+        <v>650</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>628</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>651</v>
+      </c>
+      <c r="R6" t="s">
+        <v>580</v>
+      </c>
+      <c r="S6" t="s">
+        <v>652</v>
+      </c>
+      <c r="T6" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>612</v>
+      </c>
+      <c r="B7" t="s">
+        <v>653</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>623</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>654</v>
+      </c>
+      <c r="H7" t="s">
+        <v>655</v>
+      </c>
+      <c r="I7" t="s">
+        <v>617</v>
+      </c>
+      <c r="J7" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" t="s">
+        <v>579</v>
+      </c>
+      <c r="L7" t="s">
+        <v>30</v>
+      </c>
+      <c r="M7" t="s">
+        <v>539</v>
+      </c>
+      <c r="N7" t="s">
+        <v>656</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>628</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>657</v>
+      </c>
+      <c r="R7" t="s">
+        <v>580</v>
+      </c>
+      <c r="S7" t="s">
+        <v>312</v>
+      </c>
+      <c r="T7" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>612</v>
+      </c>
+      <c r="B8" t="s">
+        <v>658</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>659</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>660</v>
+      </c>
+      <c r="H8" t="s">
+        <v>661</v>
+      </c>
+      <c r="I8" t="s">
+        <v>617</v>
+      </c>
+      <c r="J8" t="s">
+        <v>662</v>
+      </c>
+      <c r="K8" t="s">
+        <v>663</v>
+      </c>
+      <c r="L8" t="s">
+        <v>46</v>
+      </c>
+      <c r="M8" t="s">
+        <v>539</v>
+      </c>
+      <c r="N8" t="s">
+        <v>664</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>645</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>665</v>
+      </c>
+      <c r="R8" t="s">
+        <v>645</v>
+      </c>
+      <c r="S8" t="s">
+        <v>57</v>
+      </c>
+      <c r="T8" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>612</v>
+      </c>
+      <c r="B9" t="s">
+        <v>666</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>667</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>668</v>
+      </c>
+      <c r="H9" t="s">
+        <v>669</v>
+      </c>
+      <c r="I9" t="s">
+        <v>626</v>
+      </c>
+      <c r="J9" t="s">
+        <v>670</v>
+      </c>
+      <c r="K9" t="s">
+        <v>671</v>
+      </c>
+      <c r="L9" t="s">
+        <v>46</v>
+      </c>
+      <c r="M9" t="s">
+        <v>539</v>
+      </c>
+      <c r="N9" t="s">
+        <v>672</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>580</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>673</v>
+      </c>
+      <c r="R9" t="s">
+        <v>580</v>
+      </c>
+      <c r="S9" t="s">
+        <v>674</v>
+      </c>
+      <c r="T9" t="s">
+        <v>675</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>