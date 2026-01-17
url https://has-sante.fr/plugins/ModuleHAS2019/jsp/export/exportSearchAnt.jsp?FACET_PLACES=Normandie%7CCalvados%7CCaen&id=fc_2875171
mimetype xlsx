--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1582" uniqueCount="676">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1665" uniqueCount="718">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -74,89 +74,134 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur XAVIER VALETTE</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808592/fr/docteur-xavier-valette</t>
+  </si>
+  <si>
+    <t>p_3808592</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>VALETTE</t>
+  </si>
+  <si>
+    <t>XAVIER</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>CHU CAEN</t>
+  </si>
+  <si>
+    <t>14033</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 9</t>
+  </si>
+  <si>
+    <t>140000209</t>
+  </si>
+  <si>
+    <t>Docteur Calin IVASCAU</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:15:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794039/fr/docteur-calin-ivascau</t>
+  </si>
+  <si>
+    <t>p_3794039</t>
+  </si>
+  <si>
+    <t>IVASCAU</t>
+  </si>
+  <si>
+    <t>Calin</t>
+  </si>
+  <si>
+    <t>23 October 2025</t>
+  </si>
+  <si>
+    <t>CHU COTE DE NACRE - CAEN</t>
+  </si>
+  <si>
     <t>Docteur Sabino CAPRIO</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>07/04/2025 11:30:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600496/fr/docteur-sabino-caprio</t>
   </si>
   <si>
     <t>p_3600496</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>CAPRIO</t>
   </si>
   <si>
     <t>Sabino</t>
   </si>
   <si>
     <t>03 April 2025</t>
   </si>
   <si>
-    <t>CHU COTE DE NACRE - CAEN</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur PIERRE OLLITRAULT</t>
   </si>
   <si>
     <t>07/04/2025 11:32:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600665/fr/docteur-pierre-ollitrault</t>
   </si>
   <si>
     <t>p_3600665</t>
   </si>
   <si>
     <t>OLLITRAULT</t>
   </si>
   <si>
     <t>PIERRE</t>
   </si>
   <si>
     <t>Docteur Flavie THOMAS</t>
   </si>
   <si>
     <t>07/04/2025 11:32:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600745/fr/docteur-flavie-thomas</t>
@@ -263,60 +308,60 @@
   <si>
     <t>SALLE DE CHOU</t>
   </si>
   <si>
     <t>ETIENNE</t>
   </si>
   <si>
     <t>Docteur Clément DUJEUX</t>
   </si>
   <si>
     <t>19/12/2024 15:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574607/fr/docteur-clement-dujeux</t>
   </si>
   <si>
     <t>p_3574607</t>
   </si>
   <si>
     <t>DUJEUX</t>
   </si>
   <si>
     <t>Clément</t>
   </si>
   <si>
-    <t>HOPITAL PRIVE ST MARTIN-CAEN,POLYCLINIQUE DE DEAUVILLE-CRICQUEBOEUF</t>
-[...8 lines deleted...]
-    <t>140017237,140026709</t>
+    <t>HOPITAL PRIVE ST MARTIN-CAEN,POLYCLINIQUE DE DEAUVILLE-CRICQUEBOEUF,POLYCLINIQUE DE LA MANCHE - SAINT-LO</t>
+  </si>
+  <si>
+    <t>14050,14113,50008</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 4,CRICQUEBOEUF,ST LO CEDEX</t>
+  </si>
+  <si>
+    <t>140017237,140026709,500000203</t>
   </si>
   <si>
     <t>Docteur CHARLOTTE ABADIE</t>
   </si>
   <si>
     <t>19/12/2024 15:32:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574650/fr/docteur-charlotte-abadie</t>
   </si>
   <si>
     <t>p_3574650</t>
   </si>
   <si>
     <t>ABADIE</t>
   </si>
   <si>
     <t>CHARLOTTE</t>
   </si>
   <si>
     <t>Docteur EMILIEN PUGLIESI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574652/fr/docteur-emilien-pugliesi</t>
   </si>
@@ -344,50 +389,80 @@
   <si>
     <t>FRANCK</t>
   </si>
   <si>
     <t>Docteur ANTOINE VALLOIS</t>
   </si>
   <si>
     <t>21/11/2024 10:33:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3559383/fr/docteur-antoine-vallois</t>
   </si>
   <si>
     <t>p_3559383</t>
   </si>
   <si>
     <t>VALLOIS</t>
   </si>
   <si>
     <t>ANTOINE</t>
   </si>
   <si>
     <t>20 November 2024</t>
   </si>
   <si>
+    <t>Docteur Morgane FINOCHI</t>
+  </si>
+  <si>
+    <t>21/11/2024 10:33:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3559402/fr/docteur-morgane-finochi</t>
+  </si>
+  <si>
+    <t>p_3559402</t>
+  </si>
+  <si>
+    <t>FINOCHI</t>
+  </si>
+  <si>
+    <t>Morgane</t>
+  </si>
+  <si>
+    <t>SITE SAINT MARTIN (CAEN)</t>
+  </si>
+  <si>
+    <t>14000</t>
+  </si>
+  <si>
+    <t>CAEN</t>
+  </si>
+  <si>
+    <t>140030602</t>
+  </si>
+  <si>
     <t>Docteur PIERRE-FRANCOIS LESAULT</t>
   </si>
   <si>
     <t>18/10/2024 10:33:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3550626/fr/docteur-pierre-francois-lesault</t>
   </si>
   <si>
     <t>p_3550626</t>
   </si>
   <si>
     <t>LESAULT</t>
   </si>
   <si>
     <t>PIERRE-FRANCOIS</t>
   </si>
   <si>
     <t>17 October 2024</t>
   </si>
   <si>
     <t>HOPITAL PRIVE ST MARTIN-CAEN,HOPITAL PRIVE DE L'ESTUAIRE</t>
   </si>
   <si>
     <t>14050,76620</t>
@@ -773,56 +848,50 @@
   <si>
     <t>Docteur SYLVIE COLLON</t>
   </si>
   <si>
     <t>26/09/2019 11:31:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3107478/fr/docteur-sylvie-collon</t>
   </si>
   <si>
     <t>p_3107478</t>
   </si>
   <si>
     <t>COLLON</t>
   </si>
   <si>
     <t>SYLVIE</t>
   </si>
   <si>
     <t>14 September 2023</t>
   </si>
   <si>
     <t>CLINIQUE DE LA MISERICORDE - CAEN</t>
   </si>
   <si>
-    <t>14000</t>
-[...4 lines deleted...]
-  <si>
     <t>140002452</t>
   </si>
   <si>
     <t>Docteur SHARMINI VARATHARAJAH</t>
   </si>
   <si>
     <t>26/09/2019 11:31:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3107501/fr/docteur-sharmini-varatharajah</t>
   </si>
   <si>
     <t>p_3107501</t>
   </si>
   <si>
     <t>VARATHARAJAH</t>
   </si>
   <si>
     <t>SHARMINI</t>
   </si>
   <si>
     <t>CLCC F BACLESSE</t>
   </si>
   <si>
     <t>14076</t>
@@ -947,1116 +1016,1173 @@
   <si>
     <t>LEBLANC</t>
   </si>
   <si>
     <t>FRANCOIS</t>
   </si>
   <si>
     <t>Docteur Maxime HEYNDRICKX</t>
   </si>
   <si>
     <t>14/09/2017 16:31:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2793465/fr/docteur-maxime-heyndrickx</t>
   </si>
   <si>
     <t>c_2793465</t>
   </si>
   <si>
     <t>HEYNDRICKX</t>
   </si>
   <si>
     <t>Maxime</t>
   </si>
   <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>Professeur Evelyne EMERY</t>
+  </si>
+  <si>
+    <t>17/07/2017 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2785115/fr/professeur-evelyne-emery</t>
+  </si>
+  <si>
+    <t>c_2785115</t>
+  </si>
+  <si>
+    <t>Professeur</t>
+  </si>
+  <si>
+    <t>EMERY</t>
+  </si>
+  <si>
+    <t>Evelyne</t>
+  </si>
+  <si>
+    <t>21 December 2023</t>
+  </si>
+  <si>
+    <t>Docteur Eric MOURGEON</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739320/fr/docteur-eric-mourgeon</t>
+  </si>
+  <si>
+    <t>c_2739320</t>
+  </si>
+  <si>
+    <t>MOURGEON</t>
+  </si>
+  <si>
+    <t>Eric</t>
+  </si>
+  <si>
+    <t>Docteur Philippe CUNY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739324/fr/docteur-philippe-cuny</t>
+  </si>
+  <si>
+    <t>c_2739324</t>
+  </si>
+  <si>
+    <t>CUNY</t>
+  </si>
+  <si>
+    <t>Philippe</t>
+  </si>
+  <si>
+    <t>26 November 2020</t>
+  </si>
+  <si>
+    <t>Docteur Wilfried GRANDIN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739327/fr/docteur-wilfried-grandin</t>
+  </si>
+  <si>
+    <t>c_2739327</t>
+  </si>
+  <si>
+    <t>GRANDIN</t>
+  </si>
+  <si>
+    <t>Wilfried</t>
+  </si>
+  <si>
     <t>23 September 2021</t>
   </si>
   <si>
-    <t>CHU/CHR GEORGES CLEMENCEAU - CAEN</t>
+    <t>Docteur Benoit DUBAU</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739415/fr/docteur-benoit-dubau</t>
+  </si>
+  <si>
+    <t>c_2739415</t>
+  </si>
+  <si>
+    <t>DUBAU</t>
+  </si>
+  <si>
+    <t>Benoit</t>
+  </si>
+  <si>
+    <t>23 June 2022</t>
+  </si>
+  <si>
+    <t>Docteur Frédéric HANSEN VON BÜNAU</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739646/fr/docteur-frederic-hansen-von-bunau</t>
+  </si>
+  <si>
+    <t>c_2739646</t>
+  </si>
+  <si>
+    <t>HANSEN VON BÜNAU</t>
+  </si>
+  <si>
+    <t>Frédéric</t>
+  </si>
+  <si>
+    <t>19 January 2023</t>
+  </si>
+  <si>
+    <t>Docteur Daniel SCHILTZ</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739661/fr/docteur-daniel-schiltz</t>
+  </si>
+  <si>
+    <t>c_2739661</t>
+  </si>
+  <si>
+    <t>SCHILTZ</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>15 February 2024</t>
+  </si>
+  <si>
+    <t>Docteur Sébastien LETOUZE</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739688/fr/docteur-sebastien-letouze</t>
+  </si>
+  <si>
+    <t>c_2739688</t>
+  </si>
+  <si>
+    <t>LETOUZE</t>
+  </si>
+  <si>
+    <t>Sébastien</t>
+  </si>
+  <si>
+    <t>24 September 2020</t>
+  </si>
+  <si>
+    <t>Docteur Bertrand GALAUD</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739737/fr/docteur-bertrand-galaud</t>
+  </si>
+  <si>
+    <t>c_2739737</t>
+  </si>
+  <si>
+    <t>GALAUD</t>
+  </si>
+  <si>
+    <t>Bertrand</t>
+  </si>
+  <si>
+    <t>28 March 2024</t>
+  </si>
+  <si>
+    <t>Docteur Hicham HMAIN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739806/fr/docteur-hicham-hmain</t>
+  </si>
+  <si>
+    <t>c_2739806</t>
+  </si>
+  <si>
+    <t>HMAIN</t>
+  </si>
+  <si>
+    <t>Hicham</t>
+  </si>
+  <si>
+    <t>Docteur Franck DORDAIN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739871/fr/docteur-franck-dordain</t>
+  </si>
+  <si>
+    <t>c_2739871</t>
+  </si>
+  <si>
+    <t>DORDAIN</t>
+  </si>
+  <si>
+    <t>Franck</t>
+  </si>
+  <si>
+    <t>16 December 2021</t>
+  </si>
+  <si>
+    <t>Docteur Thomas CLAEYS</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739926/fr/docteur-thomas-claeys</t>
+  </si>
+  <si>
+    <t>c_2739926</t>
+  </si>
+  <si>
+    <t>CLAEYS</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>22 September 2022</t>
+  </si>
+  <si>
+    <t>Docteur Jean-pierre TOUDIC</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740207/fr/docteur-jean-pierre-toudic</t>
+  </si>
+  <si>
+    <t>c_2740207</t>
+  </si>
+  <si>
+    <t>TOUDIC</t>
+  </si>
+  <si>
+    <t>Jean-pierre</t>
+  </si>
+  <si>
+    <t>CHU COTE DE NACRE - CAEN,HOPITAL PRIVE ST MARTIN-CAEN</t>
+  </si>
+  <si>
+    <t>14033,14050</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 9,CAEN CEDEX 4</t>
+  </si>
+  <si>
+    <t>140000209,140017237</t>
+  </si>
+  <si>
+    <t>Docteur Christelle LARTIGAU</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740276/fr/docteur-christelle-lartigau</t>
+  </si>
+  <si>
+    <t>c_2740276</t>
+  </si>
+  <si>
+    <t>LARTIGAU</t>
+  </si>
+  <si>
+    <t>Christelle</t>
+  </si>
+  <si>
+    <t>Docteur Bernard SERGENT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709059/fr/docteur-bernard-sergent</t>
+  </si>
+  <si>
+    <t>c_2709059</t>
+  </si>
+  <si>
+    <t>SERGENT</t>
+  </si>
+  <si>
+    <t>Bernard</t>
+  </si>
+  <si>
+    <t>01 July 2021</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DU PARC - CAEN,CHU/HU NECKER ENFANTS MALADES APHP</t>
+  </si>
+  <si>
+    <t>14052,75743</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 4,PARIS CEDEX 15</t>
+  </si>
+  <si>
+    <t>140016759,750100208</t>
+  </si>
+  <si>
+    <t>Docteur Daniel LABBE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709107/fr/docteur-daniel-labbe</t>
+  </si>
+  <si>
+    <t>c_2709107</t>
+  </si>
+  <si>
+    <t>LABBE</t>
+  </si>
+  <si>
+    <t>13 June 2018</t>
+  </si>
+  <si>
+    <t>Docteur Gilles SEITE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709399/fr/docteur-gilles-seite</t>
+  </si>
+  <si>
+    <t>c_2709399</t>
+  </si>
+  <si>
+    <t>SEITE</t>
+  </si>
+  <si>
+    <t>Gilles</t>
+  </si>
+  <si>
+    <t>03 February 2022</t>
+  </si>
+  <si>
+    <t>Docteur Yves-michel METAYER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710279/fr/docteur-yves-michel-metayer</t>
+  </si>
+  <si>
+    <t>c_2710279</t>
+  </si>
+  <si>
+    <t>METAYER</t>
+  </si>
+  <si>
+    <t>Yves-michel</t>
+  </si>
+  <si>
+    <t>Docteur Laurent BÉCUWE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710387/fr/docteur-laurent-becuwe</t>
+  </si>
+  <si>
+    <t>c_2710387</t>
+  </si>
+  <si>
+    <t>BÉCUWE</t>
+  </si>
+  <si>
+    <t>Laurent</t>
+  </si>
+  <si>
+    <t>Docteur Benoît HER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710432/fr/docteur-benoit-her</t>
+  </si>
+  <si>
+    <t>c_2710432</t>
+  </si>
+  <si>
+    <t>HER</t>
+  </si>
+  <si>
+    <t>Benoît</t>
+  </si>
+  <si>
+    <t>Docteur Stéphane LAMMENS</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710471/fr/docteur-stephane-lammens</t>
+  </si>
+  <si>
+    <t>c_2710471</t>
+  </si>
+  <si>
+    <t>LAMMENS</t>
+  </si>
+  <si>
+    <t>Stéphane</t>
+  </si>
+  <si>
+    <t>31 March 2022</t>
+  </si>
+  <si>
+    <t>Docteur Francis FAROY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710495/fr/docteur-francis-faroy</t>
+  </si>
+  <si>
+    <t>c_2710495</t>
+  </si>
+  <si>
+    <t>FAROY</t>
+  </si>
+  <si>
+    <t>Francis</t>
+  </si>
+  <si>
+    <t>Docteur Luc DURIN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711230/fr/docteur-luc-durin</t>
+  </si>
+  <si>
+    <t>c_2711230</t>
+  </si>
+  <si>
+    <t>DURIN</t>
+  </si>
+  <si>
+    <t>Luc</t>
+  </si>
+  <si>
+    <t>Professeur Christophe HULET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711551/fr/professeur-christophe-hulet</t>
+  </si>
+  <si>
+    <t>c_2711551</t>
+  </si>
+  <si>
+    <t>HULET</t>
+  </si>
+  <si>
+    <t>Christophe</t>
+  </si>
+  <si>
+    <t>Docteur Vincent DELAUTRE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711628/fr/docteur-vincent-delautre</t>
+  </si>
+  <si>
+    <t>c_2711628</t>
+  </si>
+  <si>
+    <t>DELAUTRE</t>
+  </si>
+  <si>
+    <t>Docteur Franck GANEM</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711934/fr/docteur-franck-ganem</t>
+  </si>
+  <si>
+    <t>c_2711934</t>
+  </si>
+  <si>
+    <t>GANEM</t>
+  </si>
+  <si>
+    <t>19 October 2023</t>
+  </si>
+  <si>
+    <t>Docteur Julien LEPORRIER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712084/fr/docteur-julien-leporrier</t>
+  </si>
+  <si>
+    <t>c_2712084</t>
+  </si>
+  <si>
+    <t>LEPORRIER</t>
+  </si>
+  <si>
+    <t>Julien</t>
+  </si>
+  <si>
+    <t>Docteur Olivier CITERNE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712468/fr/docteur-olivier-citerne</t>
+  </si>
+  <si>
+    <t>c_2712468</t>
+  </si>
+  <si>
+    <t>CITERNE</t>
+  </si>
+  <si>
+    <t>Olivier</t>
+  </si>
+  <si>
+    <t>Docteur Matthieu NOIREZ</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712596/fr/docteur-matthieu-noirez</t>
+  </si>
+  <si>
+    <t>c_2712596</t>
+  </si>
+  <si>
+    <t>NOIREZ</t>
+  </si>
+  <si>
+    <t>Matthieu</t>
+  </si>
+  <si>
+    <t>Docteur François LAVIGNE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712750/fr/docteur-francois-lavigne</t>
+  </si>
+  <si>
+    <t>c_2712750</t>
+  </si>
+  <si>
+    <t>LAVIGNE</t>
+  </si>
+  <si>
+    <t>François</t>
+  </si>
+  <si>
+    <t>15 June 2023</t>
+  </si>
+  <si>
+    <t>Docteur Stephane DELFORGE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:36:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713210/fr/docteur-stephane-delforge</t>
+  </si>
+  <si>
+    <t>c_2713210</t>
+  </si>
+  <si>
+    <t>DELFORGE</t>
+  </si>
+  <si>
+    <t>Stephane</t>
+  </si>
+  <si>
+    <t>25 April 2024</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DU PARC - CAEN,POLYCLINIQUE DE LA MANCHE - SAINT-LO</t>
+  </si>
+  <si>
+    <t>14052,50008</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 4,ST LO</t>
+  </si>
+  <si>
+    <t>140016759,500000203</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>SERV MJPM CAEN ASS UDAF DU CALVADOS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1211_FicheESSMS/fr/serv-mjpm-caen-ass-udaf-du-calvados</t>
+  </si>
+  <si>
+    <t>1211_FicheESSMS</t>
+  </si>
+  <si>
+    <t>49 Rue De Lion Sur Mer</t>
+  </si>
+  <si>
+    <t>14054 CAEN CEDEX 4</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>140027137</t>
+  </si>
+  <si>
+    <t>SERV DPF CAEN ASS UDAF DU CALVADOS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1210_FicheESSMS/fr/serv-dpf-caen-ass-udaf-du-calvados</t>
+  </si>
+  <si>
+    <t>1210_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14052 CAEN CEDEX 4</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>140027129</t>
+  </si>
+  <si>
+    <t>BAPU (ESPLANADE DE LA PAIX) - CAEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1224_FicheESSMS/fr/bapu-esplanade-de-la-paix-caen</t>
+  </si>
+  <si>
+    <t>1224_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14032 CAEN CEDEX 5</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Bureau d'Aide Psychologique Universitaire (B.A.P.U.)</t>
+  </si>
+  <si>
+    <t>140022674</t>
+  </si>
+  <si>
+    <t>EHPAD HENRY DUNANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2126_FicheESSMS/fr/ehpad-henry-dunant</t>
+  </si>
+  <si>
+    <t>2126_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Guillaume Trebutien</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>140016957</t>
+  </si>
+  <si>
+    <t>EHPAD LA CHARITÉ CHRU CAEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2758_FicheESSMS/fr/ehpad-la-charite-chru-caen</t>
+  </si>
+  <si>
+    <t>2758_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Boulevard De La Charite</t>
+  </si>
+  <si>
+    <t>14033 CAEN CEDEX 9</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>140012188</t>
+  </si>
+  <si>
+    <t>ACT - CROIX ROUGE FRANCAISE - CAEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4579_FicheESSMS/fr/act-croix-rouge-francaise-caen</t>
+  </si>
+  <si>
+    <t>4579_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Saint Vincent De Paul</t>
+  </si>
+  <si>
+    <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
+  </si>
+  <si>
+    <t>140025099</t>
+  </si>
+  <si>
+    <t>CENTRE DE RESSOURCE POUR L'AUTISME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4829_FicheESSMS/fr/centre-de-ressource-pour-l-autisme</t>
+  </si>
+  <si>
+    <t>4829_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Centres de Ressources S.A.I. (Sans Aucune Indication)</t>
+  </si>
+  <si>
+    <t>140025396</t>
+  </si>
+  <si>
+    <t>FJT RÉSIDENCE SOCIALE CAEN PERE SANSON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5387_FicheESSMS/fr/fjt-residence-sociale-caen-pere-sanson</t>
+  </si>
+  <si>
+    <t>5387_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Du Père Sanson</t>
+  </si>
+  <si>
+    <t>14074 CAEN CEDEX 5</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>140002841</t>
+  </si>
+  <si>
+    <t>CADA CAEN ASS ITINÉRAIRES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6720_FicheESSMS/fr/cada-caen-ass-itineraires</t>
+  </si>
+  <si>
+    <t>6720_FicheESSMS</t>
+  </si>
+  <si>
+    <t>210 Rue D'Auge</t>
+  </si>
+  <si>
+    <t>14089 CAEN CEDEX 6</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 6</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>140021718</t>
+  </si>
+  <si>
+    <t>DAIA ICB CAEN ACSEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9858_FicheESSMS/fr/daia-icb-caen-acsea</t>
+  </si>
+  <si>
+    <t>9858_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Des Vaux De La Folie</t>
+  </si>
+  <si>
+    <t>14076 CAEN CEDEX 5</t>
+  </si>
+  <si>
+    <t>Etablissement Expérimental Enfance Protégée</t>
+  </si>
+  <si>
+    <t>140032715</t>
+  </si>
+  <si>
+    <t>ITEP BASSIN CAENNAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11521_FicheESSMS/fr/itep-bassin-caennais</t>
+  </si>
+  <si>
+    <t>11521_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>140000019</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>SANTE CROIX ROUGE HOSPITALISATION A DOMICILE</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:50:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/446_FicheEtablissement/fr/had-sante-croix-rouge-caen</t>
+  </si>
+  <si>
+    <t>446_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>0231848222</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>140002619</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE  COTE DE NACRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/435_FicheEtablissement/fr/chu-caen</t>
+  </si>
+  <si>
+    <t>435_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>0231063106</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE REGIONAL DE LUTTE CONTRE LE CANCER FRANCOIS BACLESSE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/444_FicheEtablissement/fr/clcc-f-baclesse</t>
+  </si>
+  <si>
+    <t>444_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Avenue Du General Harris</t>
+  </si>
+  <si>
+    <t>0231455050</t>
+  </si>
+  <si>
+    <t>CLCC</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Réanimation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DU PARC CAEN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/455_FicheEtablissement/fr/polyclinique-du-parc</t>
+  </si>
+  <si>
+    <t>455_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>20 Avenue Georges Guynemer</t>
+  </si>
+  <si>
+    <t>0231828282</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT SOINS LONGUE DUREE DU CHRU CAEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/449_FicheEtablissement/fr/unite-soins-longue-duree-chu-caen</t>
+  </si>
+  <si>
+    <t>449_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0231823289</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>140012196</t>
+  </si>
+  <si>
+    <t>CHU/CENTRE HOSPITALIER REGIONAL  AVENUE CLEMENCEAU CAEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/448_FicheEtablissement/fr/chu/chr-georges-clemenceau-caen</t>
+  </si>
+  <si>
+    <t>448_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0231272727</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>140004383</t>
   </si>
   <si>
-    <t>Professeur Evelyne EMERY</t>
-[...971 lines deleted...]
-    <t>Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Réanimation</t>
+    <t>HOPITAL PRIVE ST MARTIN CAEN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/457_FicheEtablissement/fr/hopital-prive-st-martin</t>
+  </si>
+  <si>
+    <t>457_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18 Rue Des Roquemonts</t>
+  </si>
+  <si>
+    <t>14050 CAEN CEDEX 4</t>
+  </si>
+  <si>
+    <t>0231433143</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Réanimation</t>
   </si>
   <si>
     <t>A</t>
-  </si>
-[...79 lines deleted...]
-    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Réanimation</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC DE SANTE MENTALE</t>
   </si>
   <si>
     <t>22/04/2024 16:32:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/443_FicheEtablissement/fr/ets-public-de-sante-mentale</t>
   </si>
   <si>
     <t>443_FicheEtablissement</t>
   </si>
   <si>
     <t>15 Rue Saint Ouen</t>
   </si>
   <si>
     <t>14053 CAEN CEDEX 4</t>
   </si>
   <si>
     <t>0231305050</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
@@ -2093,51 +2219,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R73"/>
+  <dimension ref="A1:R76"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2252,5064 +2378,5332 @@
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
       <c r="Q3" t="s">
         <v>30</v>
       </c>
       <c r="R3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="H4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="Q4" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="R4" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
         <v>48</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>49</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
+        <v>51</v>
+      </c>
+      <c r="L5" t="s">
         <v>52</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="O5" t="s">
-        <v>55</v>
+        <v>39</v>
       </c>
       <c r="P5" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="Q5" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="R5" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="H6" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
+        <v>57</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>20</v>
+      </c>
+      <c r="N6" t="s">
+        <v>46</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>61</v>
+      </c>
+      <c r="R6" t="s">
         <v>62</v>
-      </c>
-[...19 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
         <v>64</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
         <v>65</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
+        <v>67</v>
+      </c>
+      <c r="L7" t="s">
         <v>68</v>
       </c>
-      <c r="L7" t="s">
+      <c r="M7" t="s">
+        <v>20</v>
+      </c>
+      <c r="N7" t="s">
         <v>69</v>
       </c>
-      <c r="M7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O7" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="P7" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="Q7" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R7" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="H8" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="L8" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="O8" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="P8" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="Q8" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R8" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="H9" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="L9" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="O9" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
       <c r="P9" t="s">
-        <v>83</v>
+        <v>71</v>
       </c>
       <c r="Q9" t="s">
-        <v>84</v>
+        <v>61</v>
       </c>
       <c r="R9" t="s">
-        <v>85</v>
+        <v>72</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
         <v>86</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
         <v>87</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
+        <v>89</v>
+      </c>
+      <c r="L10" t="s">
         <v>90</v>
       </c>
-      <c r="L10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="O10" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="P10" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="Q10" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R10" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
         <v>92</v>
-      </c>
-[...7 lines deleted...]
-        <v>87</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
         <v>93</v>
       </c>
       <c r="H11" t="s">
         <v>94</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
         <v>95</v>
       </c>
       <c r="L11" t="s">
         <v>96</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="O11" t="s">
-        <v>55</v>
+        <v>97</v>
       </c>
       <c r="P11" t="s">
-        <v>56</v>
+        <v>98</v>
       </c>
       <c r="Q11" t="s">
-        <v>46</v>
+        <v>99</v>
       </c>
       <c r="R11" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>87</v>
+        <v>102</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="H12" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="L12" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="O12" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="P12" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="Q12" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R12" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
         <v>102</v>
       </c>
-      <c r="C13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="H13" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="L13" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>108</v>
+        <v>69</v>
       </c>
       <c r="O13" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="P13" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="Q13" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R13" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="H14" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="L14" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>115</v>
+        <v>69</v>
       </c>
       <c r="O14" t="s">
-        <v>116</v>
+        <v>70</v>
       </c>
       <c r="P14" t="s">
-        <v>117</v>
+        <v>71</v>
       </c>
       <c r="Q14" t="s">
-        <v>118</v>
+        <v>61</v>
       </c>
       <c r="R14" t="s">
-        <v>119</v>
+        <v>72</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>118</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>119</v>
+      </c>
+      <c r="H15" t="s">
         <v>120</v>
-      </c>
-[...16 lines deleted...]
-        <v>123</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="L15" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="O15" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="P15" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="Q15" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R15" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>125</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H16" t="s">
         <v>127</v>
-      </c>
-[...16 lines deleted...]
-        <v>130</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
+        <v>128</v>
+      </c>
+      <c r="L16" t="s">
+        <v>129</v>
+      </c>
+      <c r="M16" t="s">
+        <v>20</v>
+      </c>
+      <c r="N16" t="s">
+        <v>123</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
         <v>131</v>
       </c>
-      <c r="L16" t="s">
+      <c r="Q16" t="s">
         <v>132</v>
       </c>
-      <c r="M16" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R16" t="s">
-        <v>57</v>
+        <v>133</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="L17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="O17" t="s">
-        <v>55</v>
+        <v>141</v>
       </c>
       <c r="P17" t="s">
-        <v>56</v>
+        <v>142</v>
       </c>
       <c r="Q17" t="s">
-        <v>46</v>
+        <v>143</v>
       </c>
       <c r="R17" t="s">
-        <v>57</v>
+        <v>144</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="H18" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="L18" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="O18" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="P18" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="Q18" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R18" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="H19" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="L19" t="s">
+        <v>157</v>
+      </c>
+      <c r="M19" t="s">
+        <v>20</v>
+      </c>
+      <c r="N19" t="s">
         <v>151</v>
       </c>
-      <c r="M19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O19" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="P19" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="Q19" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R19" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="H20" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="L20" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="O20" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="P20" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="Q20" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R20" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="H21" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="L21" t="s">
+        <v>170</v>
+      </c>
+      <c r="M21" t="s">
+        <v>20</v>
+      </c>
+      <c r="N21" t="s">
         <v>164</v>
       </c>
-      <c r="M21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O21" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="P21" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="Q21" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R21" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="H22" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="L22" t="s">
-        <v>75</v>
+        <v>176</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="O22" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="P22" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="Q22" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R22" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="H23" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="L23" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="O23" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="P23" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="Q23" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R23" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="H24" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="L24" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="O24" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="P24" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="Q24" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R24" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="H25" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="L25" t="s">
-        <v>190</v>
+        <v>90</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>178</v>
+        <v>196</v>
       </c>
       <c r="O25" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="P25" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="Q25" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R25" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="H26" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="L26" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="O26" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="P26" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="Q26" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R26" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="H27" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="L27" t="s">
+        <v>209</v>
+      </c>
+      <c r="M27" t="s">
+        <v>20</v>
+      </c>
+      <c r="N27" t="s">
         <v>203</v>
       </c>
-      <c r="M27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O27" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="P27" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="Q27" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R27" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="H28" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="L28" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="O28" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="P28" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="Q28" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R28" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="H29" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="L29" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="O29" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="P29" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="Q29" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R29" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="H30" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="L30" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>108</v>
+        <v>229</v>
       </c>
       <c r="O30" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="P30" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="Q30" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R30" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>220</v>
+        <v>231</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="H31" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="L31" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>108</v>
+        <v>236</v>
       </c>
       <c r="O31" t="s">
-        <v>230</v>
+        <v>70</v>
       </c>
       <c r="P31" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="Q31" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R31" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="H32" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="L32" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>108</v>
+        <v>243</v>
       </c>
       <c r="O32" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="P32" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="Q32" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R32" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="H33" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="L33" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>243</v>
+        <v>123</v>
       </c>
       <c r="O33" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="P33" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="Q33" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R33" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
         <v>245</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="H34" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="L34" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>250</v>
+        <v>123</v>
       </c>
       <c r="O34" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="P34" t="s">
-        <v>252</v>
+        <v>60</v>
       </c>
       <c r="Q34" t="s">
-        <v>253</v>
+        <v>61</v>
       </c>
       <c r="R34" t="s">
-        <v>254</v>
+        <v>62</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="H35" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="L35" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>165</v>
+        <v>123</v>
       </c>
       <c r="O35" t="s">
-        <v>261</v>
+        <v>59</v>
       </c>
       <c r="P35" t="s">
-        <v>262</v>
+        <v>60</v>
       </c>
       <c r="Q35" t="s">
-        <v>263</v>
+        <v>61</v>
       </c>
       <c r="R35" t="s">
-        <v>264</v>
+        <v>62</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
+        <v>262</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>263</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>264</v>
+      </c>
+      <c r="H36" t="s">
         <v>265</v>
-      </c>
-[...16 lines deleted...]
-        <v>268</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="L36" t="s">
-        <v>203</v>
+        <v>267</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>54</v>
+        <v>268</v>
       </c>
       <c r="O36" t="s">
-        <v>270</v>
+        <v>70</v>
       </c>
       <c r="P36" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="Q36" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R36" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
+        <v>269</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>270</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
         <v>271</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="H37" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
+        <v>273</v>
+      </c>
+      <c r="L37" t="s">
+        <v>274</v>
+      </c>
+      <c r="M37" t="s">
+        <v>20</v>
+      </c>
+      <c r="N37" t="s">
         <v>275</v>
       </c>
-      <c r="L37" t="s">
+      <c r="O37" t="s">
         <v>276</v>
       </c>
-      <c r="M37" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P37" t="s">
-        <v>56</v>
+        <v>131</v>
       </c>
       <c r="Q37" t="s">
-        <v>46</v>
+        <v>132</v>
       </c>
       <c r="R37" t="s">
-        <v>57</v>
+        <v>277</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H38" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="L38" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>283</v>
+        <v>190</v>
       </c>
       <c r="O38" t="s">
-        <v>44</v>
+        <v>284</v>
       </c>
       <c r="P38" t="s">
-        <v>45</v>
+        <v>285</v>
       </c>
       <c r="Q38" t="s">
-        <v>46</v>
+        <v>286</v>
       </c>
       <c r="R38" t="s">
-        <v>47</v>
+        <v>287</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="H39" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="L39" t="s">
-        <v>289</v>
+        <v>228</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>290</v>
+        <v>69</v>
       </c>
       <c r="O39" t="s">
-        <v>44</v>
+        <v>293</v>
       </c>
       <c r="P39" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="Q39" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R39" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="H40" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="L40" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>297</v>
+        <v>268</v>
       </c>
       <c r="O40" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="P40" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="Q40" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R40" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="H41" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="L41" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
-        <v>290</v>
+        <v>306</v>
       </c>
       <c r="O41" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="P41" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="Q41" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R41" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="H42" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="L42" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="O42" t="s">
-        <v>311</v>
+        <v>59</v>
       </c>
       <c r="P42" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="Q42" t="s">
-        <v>30</v>
+        <v>61</v>
       </c>
       <c r="R42" t="s">
-        <v>312</v>
+        <v>62</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H43" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
-        <v>317</v>
+        <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>318</v>
       </c>
       <c r="L43" t="s">
         <v>319</v>
       </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
         <v>320</v>
       </c>
       <c r="O43" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="P43" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="Q43" t="s">
-        <v>30</v>
+        <v>61</v>
       </c>
       <c r="R43" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
         <v>321</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
         <v>322</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
         <v>323</v>
       </c>
       <c r="H44" t="s">
         <v>324</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>325</v>
       </c>
       <c r="L44" t="s">
         <v>326</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>165</v>
+        <v>313</v>
       </c>
       <c r="O44" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="P44" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="Q44" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R44" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
         <v>327</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="H45" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="L45" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="O45" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="P45" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="Q45" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="R45" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="H46" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
-        <v>24</v>
+        <v>338</v>
       </c>
       <c r="K46" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="L46" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>310</v>
+        <v>341</v>
       </c>
       <c r="O46" t="s">
-        <v>55</v>
+        <v>39</v>
       </c>
       <c r="P46" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="Q46" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="R46" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="H47" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="L47" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="M47" t="s">
         <v>20</v>
       </c>
       <c r="N47" t="s">
-        <v>345</v>
+        <v>190</v>
       </c>
       <c r="O47" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="P47" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="Q47" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R47" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="H48" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="L48" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="O48" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="P48" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="Q48" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R48" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H49" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="L49" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="O49" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="P49" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="Q49" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R49" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="H50" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="L50" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="O50" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="P50" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="Q50" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R50" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H51" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="L51" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="M51" t="s">
         <v>20</v>
       </c>
       <c r="N51" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="O51" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="P51" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="Q51" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R51" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="H52" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="L52" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="M52" t="s">
         <v>20</v>
       </c>
       <c r="N52" t="s">
-        <v>345</v>
+        <v>381</v>
       </c>
       <c r="O52" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="P52" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="Q52" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R52" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="H53" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="L53" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="O53" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="P53" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="Q53" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R53" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="H54" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="L54" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="M54" t="s">
         <v>20</v>
       </c>
       <c r="N54" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="O54" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="P54" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="Q54" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R54" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="H55" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="L55" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="M55" t="s">
         <v>20</v>
       </c>
       <c r="N55" t="s">
-        <v>332</v>
+        <v>367</v>
       </c>
       <c r="O55" t="s">
-        <v>400</v>
+        <v>70</v>
       </c>
       <c r="P55" t="s">
-        <v>401</v>
+        <v>71</v>
       </c>
       <c r="Q55" t="s">
-        <v>402</v>
+        <v>61</v>
       </c>
       <c r="R55" t="s">
-        <v>403</v>
+        <v>72</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
+        <v>402</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>403</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
         <v>404</v>
       </c>
-      <c r="C56" t="s">
-[...5 lines deleted...]
-      <c r="E56" t="s">
+      <c r="H56" t="s">
         <v>405</v>
-      </c>
-[...7 lines deleted...]
-        <v>407</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
+        <v>406</v>
+      </c>
+      <c r="L56" t="s">
+        <v>407</v>
+      </c>
+      <c r="M56" t="s">
+        <v>20</v>
+      </c>
+      <c r="N56" t="s">
         <v>408</v>
       </c>
-      <c r="L56" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O56" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="P56" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="Q56" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R56" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
+        <v>409</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
         <v>410</v>
       </c>
-      <c r="C57" t="s">
-[...5 lines deleted...]
-      <c r="E57" t="s">
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
         <v>411</v>
       </c>
-      <c r="F57" t="s">
-[...2 lines deleted...]
-      <c r="G57" t="s">
+      <c r="H57" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
+        <v>413</v>
+      </c>
+      <c r="L57" t="s">
         <v>414</v>
       </c>
-      <c r="L57" t="s">
+      <c r="M57" t="s">
+        <v>20</v>
+      </c>
+      <c r="N57" t="s">
         <v>415</v>
       </c>
-      <c r="M57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O57" t="s">
-        <v>417</v>
+        <v>70</v>
       </c>
       <c r="P57" t="s">
-        <v>418</v>
+        <v>71</v>
       </c>
       <c r="Q57" t="s">
-        <v>419</v>
+        <v>61</v>
       </c>
       <c r="R57" t="s">
-        <v>420</v>
+        <v>72</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="H58" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
+        <v>420</v>
+      </c>
+      <c r="L58" t="s">
+        <v>421</v>
+      </c>
+      <c r="M58" t="s">
+        <v>20</v>
+      </c>
+      <c r="N58" t="s">
+        <v>353</v>
+      </c>
+      <c r="O58" t="s">
+        <v>422</v>
+      </c>
+      <c r="P58" t="s">
+        <v>423</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>424</v>
+      </c>
+      <c r="R58" t="s">
         <v>425</v>
-      </c>
-[...19 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
+        <v>426</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
         <v>427</v>
       </c>
-      <c r="C59" t="s">
-[...5 lines deleted...]
-      <c r="E59" t="s">
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
         <v>428</v>
       </c>
-      <c r="F59" t="s">
-[...2 lines deleted...]
-      <c r="G59" t="s">
+      <c r="H59" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
+        <v>430</v>
+      </c>
+      <c r="L59" t="s">
         <v>431</v>
       </c>
-      <c r="L59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M59" t="s">
         <v>20</v>
       </c>
       <c r="N59" t="s">
-        <v>433</v>
+        <v>123</v>
       </c>
       <c r="O59" t="s">
-        <v>251</v>
+        <v>59</v>
       </c>
       <c r="P59" t="s">
-        <v>252</v>
+        <v>60</v>
       </c>
       <c r="Q59" t="s">
-        <v>253</v>
+        <v>61</v>
       </c>
       <c r="R59" t="s">
-        <v>254</v>
+        <v>62</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
+        <v>432</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>433</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
         <v>434</v>
       </c>
-      <c r="C60" t="s">
-[...5 lines deleted...]
-      <c r="E60" t="s">
+      <c r="H60" t="s">
         <v>435</v>
-      </c>
-[...7 lines deleted...]
-        <v>437</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
+        <v>436</v>
+      </c>
+      <c r="L60" t="s">
+        <v>437</v>
+      </c>
+      <c r="M60" t="s">
+        <v>20</v>
+      </c>
+      <c r="N60" t="s">
         <v>438</v>
       </c>
-      <c r="L60" t="s">
+      <c r="O60" t="s">
         <v>439</v>
       </c>
-      <c r="M60" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P60" t="s">
-        <v>56</v>
+        <v>440</v>
       </c>
       <c r="Q60" t="s">
-        <v>46</v>
+        <v>441</v>
       </c>
       <c r="R60" t="s">
-        <v>57</v>
+        <v>442</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="H61" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="L61" t="s">
-        <v>445</v>
+        <v>380</v>
       </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>283</v>
+        <v>448</v>
       </c>
       <c r="O61" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="P61" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="Q61" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R61" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="H62" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="L62" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>345</v>
+        <v>455</v>
       </c>
       <c r="O62" t="s">
-        <v>55</v>
+        <v>276</v>
       </c>
       <c r="P62" t="s">
-        <v>56</v>
+        <v>131</v>
       </c>
       <c r="Q62" t="s">
-        <v>46</v>
+        <v>132</v>
       </c>
       <c r="R62" t="s">
-        <v>57</v>
+        <v>277</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="H63" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="L63" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="M63" t="s">
         <v>20</v>
       </c>
       <c r="N63" t="s">
-        <v>458</v>
+        <v>196</v>
       </c>
       <c r="O63" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="P63" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="Q63" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R63" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="H64" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="I64" t="n">
         <v>0.0</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="L64" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="M64" t="s">
         <v>20</v>
       </c>
       <c r="N64" t="s">
-        <v>171</v>
+        <v>306</v>
       </c>
       <c r="O64" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="P64" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="Q64" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R64" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="H65" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="I65" t="n">
         <v>0.0</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="L65" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="M65" t="s">
         <v>20</v>
       </c>
       <c r="N65" t="s">
-        <v>197</v>
+        <v>367</v>
       </c>
       <c r="O65" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="P65" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="Q65" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R65" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="H66" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="I66" t="n">
         <v>0.0</v>
       </c>
       <c r="J66" t="s">
-        <v>317</v>
+        <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="L66" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
       <c r="N66" t="s">
-        <v>297</v>
+        <v>480</v>
       </c>
       <c r="O66" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="P66" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="Q66" t="s">
-        <v>30</v>
+        <v>61</v>
       </c>
       <c r="R66" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="H67" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="I67" t="n">
         <v>0.0</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="L67" t="s">
-        <v>210</v>
+        <v>486</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
       <c r="N67" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="O67" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="P67" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="Q67" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R67" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="H68" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="I68" t="n">
         <v>0.0</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="L68" t="s">
-        <v>385</v>
+        <v>492</v>
       </c>
       <c r="M68" t="s">
         <v>20</v>
       </c>
       <c r="N68" t="s">
-        <v>487</v>
+        <v>222</v>
       </c>
       <c r="O68" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="P68" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="Q68" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="R68" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="H69" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="I69" t="n">
         <v>0.0</v>
       </c>
       <c r="J69" t="s">
-        <v>24</v>
+        <v>338</v>
       </c>
       <c r="K69" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="L69" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="M69" t="s">
         <v>20</v>
       </c>
       <c r="N69" t="s">
-        <v>283</v>
+        <v>320</v>
       </c>
       <c r="O69" t="s">
-        <v>55</v>
+        <v>39</v>
       </c>
       <c r="P69" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="Q69" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="R69" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="H70" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="I70" t="n">
         <v>0.0</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="L70" t="s">
-        <v>499</v>
+        <v>235</v>
       </c>
       <c r="M70" t="s">
         <v>20</v>
       </c>
       <c r="N70" t="s">
-        <v>243</v>
+        <v>222</v>
       </c>
       <c r="O70" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="P70" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="Q70" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R70" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="H71" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="I71" t="n">
         <v>0.0</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="L71" t="s">
-        <v>505</v>
+        <v>407</v>
       </c>
       <c r="M71" t="s">
         <v>20</v>
       </c>
       <c r="N71" t="s">
-        <v>197</v>
+        <v>509</v>
       </c>
       <c r="O71" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="P71" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="Q71" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R71" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="H72" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="I72" t="n">
         <v>0.0</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="L72" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="M72" t="s">
         <v>20</v>
       </c>
       <c r="N72" t="s">
-        <v>512</v>
+        <v>306</v>
       </c>
       <c r="O72" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="P72" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="Q72" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="R72" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="H73" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="I73" t="n">
         <v>0.0</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="L73" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="M73" t="s">
         <v>20</v>
       </c>
       <c r="N73" t="s">
-        <v>519</v>
+        <v>268</v>
       </c>
       <c r="O73" t="s">
-        <v>520</v>
+        <v>70</v>
       </c>
       <c r="P73" t="s">
-        <v>521</v>
+        <v>71</v>
       </c>
       <c r="Q73" t="s">
+        <v>61</v>
+      </c>
+      <c r="R73" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>18</v>
+      </c>
+      <c r="B74" t="s">
         <v>522</v>
       </c>
-      <c r="R73" t="s">
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
         <v>523</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>524</v>
+      </c>
+      <c r="H74" t="s">
+        <v>525</v>
+      </c>
+      <c r="I74" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J74" t="s">
+        <v>24</v>
+      </c>
+      <c r="K74" t="s">
+        <v>526</v>
+      </c>
+      <c r="L74" t="s">
+        <v>527</v>
+      </c>
+      <c r="M74" t="s">
+        <v>20</v>
+      </c>
+      <c r="N74" t="s">
+        <v>222</v>
+      </c>
+      <c r="O74" t="s">
+        <v>59</v>
+      </c>
+      <c r="P74" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>61</v>
+      </c>
+      <c r="R74" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>18</v>
+      </c>
+      <c r="B75" t="s">
+        <v>528</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>529</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>530</v>
+      </c>
+      <c r="H75" t="s">
+        <v>531</v>
+      </c>
+      <c r="I75" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J75" t="s">
+        <v>24</v>
+      </c>
+      <c r="K75" t="s">
+        <v>532</v>
+      </c>
+      <c r="L75" t="s">
+        <v>533</v>
+      </c>
+      <c r="M75" t="s">
+        <v>20</v>
+      </c>
+      <c r="N75" t="s">
+        <v>534</v>
+      </c>
+      <c r="O75" t="s">
+        <v>70</v>
+      </c>
+      <c r="P75" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>61</v>
+      </c>
+      <c r="R75" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>18</v>
+      </c>
+      <c r="B76" t="s">
+        <v>535</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>536</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>537</v>
+      </c>
+      <c r="H76" t="s">
+        <v>538</v>
+      </c>
+      <c r="I76" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J76" t="s">
+        <v>24</v>
+      </c>
+      <c r="K76" t="s">
+        <v>539</v>
+      </c>
+      <c r="L76" t="s">
+        <v>540</v>
+      </c>
+      <c r="M76" t="s">
+        <v>20</v>
+      </c>
+      <c r="N76" t="s">
+        <v>541</v>
+      </c>
+      <c r="O76" t="s">
+        <v>542</v>
+      </c>
+      <c r="P76" t="s">
+        <v>543</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>544</v>
+      </c>
+      <c r="R76" t="s">
+        <v>545</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P10"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>524</v>
+        <v>546</v>
       </c>
       <c r="J1" t="s">
-        <v>525</v>
+        <v>547</v>
       </c>
       <c r="K1" t="s">
-        <v>526</v>
+        <v>548</v>
       </c>
       <c r="L1" t="s">
-        <v>527</v>
+        <v>549</v>
       </c>
       <c r="M1" t="s">
-        <v>528</v>
+        <v>550</v>
       </c>
       <c r="N1" t="s">
-        <v>529</v>
+        <v>551</v>
       </c>
       <c r="O1" t="s">
-        <v>530</v>
+        <v>552</v>
       </c>
       <c r="P1" t="s">
-        <v>531</v>
+        <v>553</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
       <c r="B2" t="s">
-        <v>533</v>
+        <v>555</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>534</v>
+        <v>556</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>535</v>
+        <v>557</v>
       </c>
       <c r="H2" t="s">
-        <v>536</v>
+        <v>558</v>
       </c>
       <c r="I2" t="s">
-        <v>537</v>
+        <v>559</v>
       </c>
       <c r="J2" t="s">
-        <v>538</v>
+        <v>560</v>
       </c>
       <c r="K2" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="L2" t="s">
-        <v>539</v>
+        <v>561</v>
       </c>
       <c r="M2" t="s">
-        <v>540</v>
+        <v>562</v>
       </c>
       <c r="N2" t="s">
-        <v>541</v>
+        <v>563</v>
       </c>
       <c r="O2" t="s">
-        <v>542</v>
+        <v>564</v>
       </c>
       <c r="P2" t="s">
-        <v>543</v>
+        <v>565</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
       <c r="B3" t="s">
-        <v>544</v>
+        <v>566</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>545</v>
+        <v>556</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>546</v>
+        <v>567</v>
       </c>
       <c r="H3" t="s">
-        <v>547</v>
+        <v>568</v>
       </c>
       <c r="I3" t="s">
-        <v>548</v>
+        <v>559</v>
       </c>
       <c r="J3" t="s">
-        <v>549</v>
+        <v>569</v>
       </c>
       <c r="K3" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="L3" t="s">
-        <v>539</v>
+        <v>561</v>
       </c>
       <c r="M3" t="s">
-        <v>540</v>
+        <v>562</v>
       </c>
       <c r="N3" t="s">
-        <v>550</v>
+        <v>570</v>
       </c>
       <c r="O3" t="s">
-        <v>551</v>
+        <v>571</v>
       </c>
       <c r="P3" t="s">
-        <v>552</v>
+        <v>572</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
       <c r="B4" t="s">
-        <v>553</v>
+        <v>573</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>554</v>
+        <v>574</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>555</v>
+        <v>575</v>
       </c>
       <c r="H4" t="s">
-        <v>556</v>
+        <v>576</v>
       </c>
       <c r="I4" t="s">
-        <v>557</v>
+        <v>577</v>
       </c>
       <c r="J4" t="s">
         <v>20</v>
       </c>
       <c r="K4" t="s">
-        <v>263</v>
+        <v>286</v>
       </c>
       <c r="L4" t="s">
-        <v>539</v>
+        <v>561</v>
       </c>
       <c r="M4" t="s">
-        <v>540</v>
+        <v>562</v>
       </c>
       <c r="N4" t="s">
-        <v>541</v>
+        <v>578</v>
       </c>
       <c r="O4" t="s">
-        <v>558</v>
+        <v>579</v>
       </c>
       <c r="P4" t="s">
-        <v>559</v>
+        <v>580</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
       <c r="B5" t="s">
+        <v>581</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>582</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>583</v>
+      </c>
+      <c r="H5" t="s">
+        <v>584</v>
+      </c>
+      <c r="I5" t="s">
+        <v>585</v>
+      </c>
+      <c r="J5" t="s">
         <v>560</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K5" t="s">
+        <v>61</v>
+      </c>
+      <c r="L5" t="s">
         <v>561</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="M5" t="s">
         <v>562</v>
       </c>
-      <c r="H5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N5" t="s">
-        <v>565</v>
+        <v>586</v>
       </c>
       <c r="O5" t="s">
-        <v>566</v>
+        <v>587</v>
       </c>
       <c r="P5" t="s">
-        <v>567</v>
+        <v>588</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
       <c r="B6" t="s">
-        <v>568</v>
+        <v>589</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>545</v>
+        <v>590</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>569</v>
+        <v>591</v>
       </c>
       <c r="H6" t="s">
-        <v>570</v>
+        <v>592</v>
       </c>
       <c r="I6" t="s">
-        <v>548</v>
+        <v>593</v>
       </c>
       <c r="J6" t="s">
-        <v>538</v>
+        <v>594</v>
       </c>
       <c r="K6" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="L6" t="s">
-        <v>539</v>
+        <v>561</v>
       </c>
       <c r="M6" t="s">
-        <v>540</v>
+        <v>595</v>
       </c>
       <c r="N6" t="s">
-        <v>571</v>
+        <v>586</v>
       </c>
       <c r="O6" t="s">
-        <v>572</v>
+        <v>587</v>
       </c>
       <c r="P6" t="s">
-        <v>573</v>
+        <v>596</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
       <c r="B7" t="s">
-        <v>574</v>
+        <v>597</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>575</v>
+        <v>598</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>576</v>
+        <v>599</v>
       </c>
       <c r="H7" t="s">
-        <v>577</v>
+        <v>600</v>
       </c>
       <c r="I7" t="s">
+        <v>601</v>
+      </c>
+      <c r="J7" t="s">
+        <v>560</v>
+      </c>
+      <c r="K7" t="s">
+        <v>61</v>
+      </c>
+      <c r="L7" t="s">
+        <v>561</v>
+      </c>
+      <c r="M7" t="s">
+        <v>562</v>
+      </c>
+      <c r="N7" t="s">
         <v>578</v>
       </c>
-      <c r="J7" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="O7" t="s">
-        <v>566</v>
+        <v>602</v>
       </c>
       <c r="P7" t="s">
-        <v>581</v>
+        <v>603</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
       <c r="B8" t="s">
-        <v>582</v>
+        <v>604</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>583</v>
+        <v>605</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>584</v>
+        <v>606</v>
       </c>
       <c r="H8" t="s">
-        <v>585</v>
+        <v>607</v>
       </c>
       <c r="I8" t="s">
-        <v>579</v>
+        <v>594</v>
       </c>
       <c r="J8" t="s">
         <v>20</v>
       </c>
       <c r="K8" t="s">
         <v>30</v>
       </c>
       <c r="L8" t="s">
-        <v>539</v>
+        <v>561</v>
       </c>
       <c r="M8" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="N8" t="s">
-        <v>586</v>
+        <v>608</v>
       </c>
       <c r="O8" t="s">
-        <v>587</v>
+        <v>609</v>
       </c>
       <c r="P8" t="s">
-        <v>588</v>
+        <v>610</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
       <c r="B9" t="s">
-        <v>589</v>
+        <v>611</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>590</v>
+        <v>612</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>591</v>
+        <v>613</v>
       </c>
       <c r="H9" t="s">
-        <v>592</v>
+        <v>614</v>
       </c>
       <c r="I9" t="s">
-        <v>593</v>
+        <v>615</v>
       </c>
       <c r="J9" t="s">
-        <v>594</v>
+        <v>616</v>
       </c>
       <c r="K9" t="s">
-        <v>263</v>
+        <v>286</v>
       </c>
       <c r="L9" t="s">
-        <v>539</v>
+        <v>561</v>
       </c>
       <c r="M9" t="s">
-        <v>540</v>
+        <v>562</v>
       </c>
       <c r="N9" t="s">
-        <v>550</v>
+        <v>617</v>
       </c>
       <c r="O9" t="s">
-        <v>595</v>
+        <v>618</v>
       </c>
       <c r="P9" t="s">
-        <v>596</v>
+        <v>619</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
       <c r="B10" t="s">
-        <v>597</v>
+        <v>620</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>598</v>
+        <v>621</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>599</v>
+        <v>622</v>
       </c>
       <c r="H10" t="s">
-        <v>600</v>
+        <v>623</v>
       </c>
       <c r="I10" t="s">
-        <v>593</v>
+        <v>624</v>
       </c>
       <c r="J10" t="s">
-        <v>594</v>
+        <v>625</v>
       </c>
       <c r="K10" t="s">
-        <v>263</v>
+        <v>626</v>
       </c>
       <c r="L10" t="s">
-        <v>539</v>
+        <v>561</v>
       </c>
       <c r="M10" t="s">
-        <v>540</v>
+        <v>562</v>
       </c>
       <c r="N10" t="s">
-        <v>601</v>
+        <v>617</v>
       </c>
       <c r="O10" t="s">
-        <v>602</v>
+        <v>627</v>
       </c>
       <c r="P10" t="s">
-        <v>603</v>
+        <v>628</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>554</v>
+      </c>
+      <c r="B11" t="s">
+        <v>629</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>630</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>631</v>
+      </c>
+      <c r="H11" t="s">
+        <v>632</v>
+      </c>
+      <c r="I11" t="s">
+        <v>633</v>
+      </c>
+      <c r="J11" t="s">
+        <v>634</v>
+      </c>
+      <c r="K11" t="s">
+        <v>286</v>
+      </c>
+      <c r="L11" t="s">
+        <v>561</v>
+      </c>
+      <c r="M11" t="s">
+        <v>562</v>
+      </c>
+      <c r="N11" t="s">
+        <v>570</v>
+      </c>
+      <c r="O11" t="s">
+        <v>635</v>
+      </c>
+      <c r="P11" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>554</v>
+      </c>
+      <c r="B12" t="s">
+        <v>637</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>638</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>639</v>
+      </c>
+      <c r="H12" t="s">
+        <v>640</v>
+      </c>
+      <c r="I12" t="s">
+        <v>633</v>
+      </c>
+      <c r="J12" t="s">
+        <v>634</v>
+      </c>
+      <c r="K12" t="s">
+        <v>286</v>
+      </c>
+      <c r="L12" t="s">
+        <v>561</v>
+      </c>
+      <c r="M12" t="s">
+        <v>562</v>
+      </c>
+      <c r="N12" t="s">
+        <v>641</v>
+      </c>
+      <c r="O12" t="s">
+        <v>642</v>
+      </c>
+      <c r="P12" t="s">
+        <v>643</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>604</v>
+        <v>644</v>
       </c>
       <c r="J1" t="s">
-        <v>524</v>
+        <v>546</v>
       </c>
       <c r="K1" t="s">
-        <v>605</v>
+        <v>645</v>
       </c>
       <c r="L1" t="s">
-        <v>526</v>
+        <v>548</v>
       </c>
       <c r="M1" t="s">
-        <v>527</v>
+        <v>549</v>
       </c>
       <c r="N1" t="s">
-        <v>606</v>
+        <v>646</v>
       </c>
       <c r="O1" t="s">
-        <v>607</v>
+        <v>647</v>
       </c>
       <c r="P1" t="s">
-        <v>608</v>
+        <v>648</v>
       </c>
       <c r="Q1" t="s">
-        <v>609</v>
+        <v>649</v>
       </c>
       <c r="R1" t="s">
-        <v>528</v>
+        <v>550</v>
       </c>
       <c r="S1" t="s">
-        <v>610</v>
+        <v>650</v>
       </c>
       <c r="T1" t="s">
-        <v>611</v>
+        <v>651</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>612</v>
+        <v>652</v>
       </c>
       <c r="B2" t="s">
-        <v>613</v>
+        <v>653</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>614</v>
+        <v>654</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>615</v>
+        <v>655</v>
       </c>
       <c r="H2" t="s">
-        <v>616</v>
+        <v>656</v>
       </c>
       <c r="I2" t="s">
-        <v>617</v>
+        <v>657</v>
       </c>
       <c r="J2" t="s">
-        <v>537</v>
+        <v>601</v>
       </c>
       <c r="K2" t="s">
-        <v>538</v>
+        <v>560</v>
       </c>
       <c r="L2" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="M2" t="s">
-        <v>539</v>
+        <v>561</v>
       </c>
       <c r="N2" t="s">
-        <v>618</v>
+        <v>658</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>540</v>
+        <v>562</v>
       </c>
       <c r="Q2" t="s">
-        <v>619</v>
+        <v>659</v>
       </c>
       <c r="R2" t="s">
-        <v>540</v>
+        <v>562</v>
       </c>
       <c r="S2" t="s">
-        <v>620</v>
+        <v>660</v>
       </c>
       <c r="T2" t="s">
-        <v>621</v>
+        <v>661</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>612</v>
+        <v>652</v>
       </c>
       <c r="B3" t="s">
-        <v>622</v>
+        <v>662</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>623</v>
+        <v>663</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>624</v>
+        <v>664</v>
       </c>
       <c r="H3" t="s">
-        <v>625</v>
+        <v>665</v>
       </c>
       <c r="I3" t="s">
-        <v>626</v>
+        <v>666</v>
       </c>
       <c r="J3" t="s">
         <v>20</v>
       </c>
       <c r="K3" t="s">
-        <v>579</v>
+        <v>594</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
-        <v>539</v>
+        <v>561</v>
       </c>
       <c r="N3" t="s">
-        <v>627</v>
+        <v>667</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>628</v>
+        <v>668</v>
       </c>
       <c r="Q3" t="s">
-        <v>629</v>
+        <v>669</v>
       </c>
       <c r="R3" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="S3" t="s">
         <v>31</v>
       </c>
       <c r="T3" t="s">
-        <v>621</v>
+        <v>661</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>612</v>
+        <v>652</v>
       </c>
       <c r="B4" t="s">
-        <v>630</v>
+        <v>670</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>631</v>
+        <v>671</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>632</v>
+        <v>672</v>
       </c>
       <c r="H4" t="s">
-        <v>633</v>
+        <v>673</v>
       </c>
       <c r="I4" t="s">
-        <v>617</v>
+        <v>657</v>
       </c>
       <c r="J4" t="s">
+        <v>674</v>
+      </c>
+      <c r="K4" t="s">
         <v>634</v>
       </c>
-      <c r="K4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L4" t="s">
-        <v>263</v>
+        <v>286</v>
       </c>
       <c r="M4" t="s">
-        <v>539</v>
+        <v>561</v>
       </c>
       <c r="N4" t="s">
-        <v>635</v>
+        <v>675</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>636</v>
+        <v>676</v>
       </c>
       <c r="Q4" t="s">
-        <v>637</v>
+        <v>677</v>
       </c>
       <c r="R4" t="s">
-        <v>540</v>
+        <v>562</v>
       </c>
       <c r="S4" t="s">
-        <v>264</v>
+        <v>287</v>
       </c>
       <c r="T4" t="s">
-        <v>638</v>
+        <v>678</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>612</v>
+        <v>652</v>
       </c>
       <c r="B5" t="s">
-        <v>639</v>
+        <v>679</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>640</v>
+        <v>680</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>641</v>
+        <v>681</v>
       </c>
       <c r="H5" t="s">
-        <v>642</v>
+        <v>682</v>
       </c>
       <c r="I5" t="s">
-        <v>617</v>
+        <v>657</v>
       </c>
       <c r="J5" t="s">
-        <v>643</v>
+        <v>683</v>
       </c>
       <c r="K5" t="s">
-        <v>549</v>
+        <v>569</v>
       </c>
       <c r="L5" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="M5" t="s">
-        <v>539</v>
+        <v>561</v>
       </c>
       <c r="N5" t="s">
-        <v>644</v>
+        <v>684</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>645</v>
+        <v>685</v>
       </c>
       <c r="Q5" t="s">
-        <v>646</v>
+        <v>686</v>
       </c>
       <c r="R5" t="s">
-        <v>645</v>
+        <v>685</v>
       </c>
       <c r="S5" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="T5" t="s">
-        <v>621</v>
+        <v>661</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>612</v>
+        <v>652</v>
       </c>
       <c r="B6" t="s">
-        <v>647</v>
+        <v>687</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>623</v>
+        <v>663</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>648</v>
+        <v>688</v>
       </c>
       <c r="H6" t="s">
-        <v>649</v>
+        <v>689</v>
       </c>
       <c r="I6" t="s">
-        <v>617</v>
+        <v>657</v>
       </c>
       <c r="J6" t="s">
-        <v>578</v>
+        <v>593</v>
       </c>
       <c r="K6" t="s">
-        <v>579</v>
+        <v>594</v>
       </c>
       <c r="L6" t="s">
         <v>30</v>
       </c>
       <c r="M6" t="s">
-        <v>539</v>
+        <v>561</v>
       </c>
       <c r="N6" t="s">
-        <v>650</v>
+        <v>690</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>628</v>
+        <v>668</v>
       </c>
       <c r="Q6" t="s">
-        <v>651</v>
+        <v>691</v>
       </c>
       <c r="R6" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="S6" t="s">
-        <v>652</v>
+        <v>692</v>
       </c>
       <c r="T6" t="s">
-        <v>621</v>
+        <v>661</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>612</v>
+        <v>652</v>
       </c>
       <c r="B7" t="s">
-        <v>653</v>
+        <v>693</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>623</v>
+        <v>663</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>654</v>
+        <v>694</v>
       </c>
       <c r="H7" t="s">
-        <v>655</v>
+        <v>695</v>
       </c>
       <c r="I7" t="s">
-        <v>617</v>
+        <v>657</v>
       </c>
       <c r="J7" t="s">
         <v>20</v>
       </c>
       <c r="K7" t="s">
-        <v>579</v>
+        <v>594</v>
       </c>
       <c r="L7" t="s">
         <v>30</v>
       </c>
       <c r="M7" t="s">
-        <v>539</v>
+        <v>561</v>
       </c>
       <c r="N7" t="s">
-        <v>656</v>
+        <v>696</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>628</v>
+        <v>668</v>
       </c>
       <c r="Q7" t="s">
-        <v>657</v>
+        <v>697</v>
       </c>
       <c r="R7" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="S7" t="s">
-        <v>312</v>
+        <v>698</v>
       </c>
       <c r="T7" t="s">
-        <v>621</v>
+        <v>661</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>612</v>
+        <v>652</v>
       </c>
       <c r="B8" t="s">
-        <v>658</v>
+        <v>699</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>659</v>
+        <v>700</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>660</v>
+        <v>701</v>
       </c>
       <c r="H8" t="s">
-        <v>661</v>
+        <v>702</v>
       </c>
       <c r="I8" t="s">
-        <v>617</v>
+        <v>657</v>
       </c>
       <c r="J8" t="s">
-        <v>662</v>
+        <v>703</v>
       </c>
       <c r="K8" t="s">
-        <v>663</v>
+        <v>704</v>
       </c>
       <c r="L8" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="M8" t="s">
-        <v>539</v>
+        <v>561</v>
       </c>
       <c r="N8" t="s">
-        <v>664</v>
+        <v>705</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>645</v>
+        <v>685</v>
       </c>
       <c r="Q8" t="s">
-        <v>665</v>
+        <v>706</v>
       </c>
       <c r="R8" t="s">
-        <v>645</v>
+        <v>685</v>
       </c>
       <c r="S8" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="T8" t="s">
-        <v>638</v>
+        <v>707</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>612</v>
+        <v>652</v>
       </c>
       <c r="B9" t="s">
+        <v>708</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>709</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>710</v>
+      </c>
+      <c r="H9" t="s">
+        <v>711</v>
+      </c>
+      <c r="I9" t="s">
         <v>666</v>
       </c>
-      <c r="C9" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>670</v>
+        <v>712</v>
       </c>
       <c r="K9" t="s">
-        <v>671</v>
+        <v>713</v>
       </c>
       <c r="L9" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="M9" t="s">
-        <v>539</v>
+        <v>561</v>
       </c>
       <c r="N9" t="s">
-        <v>672</v>
+        <v>714</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="Q9" t="s">
-        <v>673</v>
+        <v>715</v>
       </c>
       <c r="R9" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="S9" t="s">
-        <v>674</v>
+        <v>716</v>
       </c>
       <c r="T9" t="s">
-        <v>675</v>
+        <v>717</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>