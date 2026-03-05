--- v2 (2026-01-17)
+++ v3 (2026-03-05)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1665" uniqueCount="718">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1584" uniqueCount="681">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -74,1505 +74,1478 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
-    <t>Docteur XAVIER VALETTE</t>
+    <t>Docteur Calin IVASCAU</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>12/01/2026 15:16:43</t>
-[...5 lines deleted...]
-    <t>p_3808592</t>
+    <t>11/12/2025 19:15:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794039/fr/docteur-calin-ivascau</t>
+  </si>
+  <si>
+    <t>p_3794039</t>
   </si>
   <si>
     <t>Docteur</t>
   </si>
   <si>
-    <t>VALETTE</t>
-[...2 lines deleted...]
-    <t>XAVIER</t>
+    <t>IVASCAU</t>
+  </si>
+  <si>
+    <t>Calin</t>
+  </si>
+  <si>
+    <t>23 October 2025</t>
+  </si>
+  <si>
+    <t>CHU COTE DE NACRE - CAEN</t>
+  </si>
+  <si>
+    <t>14033</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 9</t>
+  </si>
+  <si>
+    <t>140000209</t>
+  </si>
+  <si>
+    <t>Docteur Sabino CAPRIO</t>
+  </si>
+  <si>
+    <t>07/04/2025 11:30:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600496/fr/docteur-sabino-caprio</t>
+  </si>
+  <si>
+    <t>p_3600496</t>
+  </si>
+  <si>
+    <t>CAPRIO</t>
+  </si>
+  <si>
+    <t>Sabino</t>
+  </si>
+  <si>
+    <t>03 April 2025</t>
+  </si>
+  <si>
+    <t>Docteur PIERRE OLLITRAULT</t>
+  </si>
+  <si>
+    <t>07/04/2025 11:32:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600665/fr/docteur-pierre-ollitrault</t>
+  </si>
+  <si>
+    <t>p_3600665</t>
+  </si>
+  <si>
+    <t>OLLITRAULT</t>
+  </si>
+  <si>
+    <t>PIERRE</t>
+  </si>
+  <si>
+    <t>Docteur Flavie THOMAS</t>
+  </si>
+  <si>
+    <t>07/04/2025 11:32:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600745/fr/docteur-flavie-thomas</t>
+  </si>
+  <si>
+    <t>p_3600745</t>
+  </si>
+  <si>
+    <t>THOMAS</t>
+  </si>
+  <si>
+    <t>Flavie</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DU PARC - CAEN</t>
+  </si>
+  <si>
+    <t>14052</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 4</t>
+  </si>
+  <si>
+    <t>140016759</t>
+  </si>
+  <si>
+    <t>Docteur Eddy PHILIPPE</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:30:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574328/fr/docteur-eddy-philippe</t>
+  </si>
+  <si>
+    <t>p_3574328</t>
+  </si>
+  <si>
+    <t>PHILIPPE</t>
+  </si>
+  <si>
+    <t>Eddy</t>
+  </si>
+  <si>
+    <t>19 December 2024</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE ST MARTIN-CAEN</t>
+  </si>
+  <si>
+    <t>14050</t>
+  </si>
+  <si>
+    <t>140017237</t>
+  </si>
+  <si>
+    <t>Docteur JENNIFER BRUNET</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:31:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574449/fr/docteur-jennifer-brunet</t>
+  </si>
+  <si>
+    <t>p_3574449</t>
+  </si>
+  <si>
+    <t>BRUNET</t>
+  </si>
+  <si>
+    <t>JENNIFER</t>
+  </si>
+  <si>
+    <t>Docteur CHARLES DE KERGAL</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:31:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574477/fr/docteur-charles-de-kergal</t>
+  </si>
+  <si>
+    <t>p_3574477</t>
+  </si>
+  <si>
+    <t>DE KERGAL</t>
+  </si>
+  <si>
+    <t>CHARLES</t>
+  </si>
+  <si>
+    <t>Docteur ETIENNE SALLE DE CHOU</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:31:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574537/fr/docteur-etienne-salle-de-chou</t>
+  </si>
+  <si>
+    <t>p_3574537</t>
+  </si>
+  <si>
+    <t>SALLE DE CHOU</t>
+  </si>
+  <si>
+    <t>ETIENNE</t>
+  </si>
+  <si>
+    <t>Docteur Clément DUJEUX</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574607/fr/docteur-clement-dujeux</t>
+  </si>
+  <si>
+    <t>p_3574607</t>
+  </si>
+  <si>
+    <t>DUJEUX</t>
+  </si>
+  <si>
+    <t>Clément</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE ST MARTIN-CAEN,POLYCLINIQUE DE DEAUVILLE-CRICQUEBOEUF,POLYCLINIQUE DE LA MANCHE - SAINT-LO</t>
+  </si>
+  <si>
+    <t>14050,14113,50008</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 4,CRICQUEBOEUF,ST LO CEDEX</t>
+  </si>
+  <si>
+    <t>140017237,140026709,500000203</t>
+  </si>
+  <si>
+    <t>Docteur CHARLOTTE ABADIE</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:32:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574650/fr/docteur-charlotte-abadie</t>
+  </si>
+  <si>
+    <t>p_3574650</t>
+  </si>
+  <si>
+    <t>ABADIE</t>
+  </si>
+  <si>
+    <t>CHARLOTTE</t>
+  </si>
+  <si>
+    <t>Docteur EMILIEN PUGLIESI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574652/fr/docteur-emilien-pugliesi</t>
+  </si>
+  <si>
+    <t>p_3574652</t>
+  </si>
+  <si>
+    <t>PUGLIESI</t>
+  </si>
+  <si>
+    <t>EMILIEN</t>
+  </si>
+  <si>
+    <t>Docteur FRANCK BESSON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574654/fr/docteur-franck-besson</t>
+  </si>
+  <si>
+    <t>p_3574654</t>
+  </si>
+  <si>
+    <t>BESSON</t>
+  </si>
+  <si>
+    <t>FRANCK</t>
+  </si>
+  <si>
+    <t>Docteur ANTOINE VALLOIS</t>
+  </si>
+  <si>
+    <t>21/11/2024 10:33:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3559383/fr/docteur-antoine-vallois</t>
+  </si>
+  <si>
+    <t>p_3559383</t>
+  </si>
+  <si>
+    <t>VALLOIS</t>
+  </si>
+  <si>
+    <t>ANTOINE</t>
+  </si>
+  <si>
+    <t>20 November 2024</t>
+  </si>
+  <si>
+    <t>Docteur Morgane FINOCHI</t>
+  </si>
+  <si>
+    <t>21/11/2024 10:33:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3559402/fr/docteur-morgane-finochi</t>
+  </si>
+  <si>
+    <t>p_3559402</t>
+  </si>
+  <si>
+    <t>FINOCHI</t>
+  </si>
+  <si>
+    <t>Morgane</t>
+  </si>
+  <si>
+    <t>SITE SAINT MARTIN (CAEN)</t>
+  </si>
+  <si>
+    <t>14000</t>
+  </si>
+  <si>
+    <t>CAEN</t>
+  </si>
+  <si>
+    <t>140030602</t>
+  </si>
+  <si>
+    <t>Docteur PIERRE-FRANCOIS LESAULT</t>
+  </si>
+  <si>
+    <t>18/10/2024 10:33:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550626/fr/docteur-pierre-francois-lesault</t>
+  </si>
+  <si>
+    <t>p_3550626</t>
+  </si>
+  <si>
+    <t>LESAULT</t>
+  </si>
+  <si>
+    <t>PIERRE-FRANCOIS</t>
+  </si>
+  <si>
+    <t>17 October 2024</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE ST MARTIN-CAEN,HOPITAL PRIVE DE L'ESTUAIRE</t>
+  </si>
+  <si>
+    <t>14050,76620</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 4,LE HAVRE</t>
+  </si>
+  <si>
+    <t>140017237,760021329</t>
+  </si>
+  <si>
+    <t>Docteur César PRAZ</t>
+  </si>
+  <si>
+    <t>19/07/2024 15:35:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3532775/fr/docteur-cesar-praz</t>
+  </si>
+  <si>
+    <t>p_3532775</t>
+  </si>
+  <si>
+    <t>PRAZ</t>
+  </si>
+  <si>
+    <t>César</t>
+  </si>
+  <si>
+    <t>18 July 2024</t>
+  </si>
+  <si>
+    <t>Docteur Baptiste PICART</t>
+  </si>
+  <si>
+    <t>19/07/2024 15:35:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3532872/fr/docteur-baptiste-picart</t>
+  </si>
+  <si>
+    <t>p_3532872</t>
+  </si>
+  <si>
+    <t>PICART</t>
+  </si>
+  <si>
+    <t>Baptiste</t>
+  </si>
+  <si>
+    <t>Docteur MAXIMILIEN GIOVANNETTI</t>
+  </si>
+  <si>
+    <t>07/06/2024 14:39:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3521104/fr/docteur-maximilien-giovannetti</t>
+  </si>
+  <si>
+    <t>p_3521104</t>
+  </si>
+  <si>
+    <t>GIOVANNETTI</t>
+  </si>
+  <si>
+    <t>MAXIMILIEN</t>
+  </si>
+  <si>
+    <t>06 June 2024</t>
+  </si>
+  <si>
+    <t>Docteur YANN FOUQUES</t>
+  </si>
+  <si>
+    <t>07/06/2024 14:44:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3521379/fr/docteur-yann-fouques</t>
+  </si>
+  <si>
+    <t>p_3521379</t>
+  </si>
+  <si>
+    <t>FOUQUES</t>
+  </si>
+  <si>
+    <t>YANN</t>
+  </si>
+  <si>
+    <t>Docteur RAPHAEL D'ORLANDO</t>
+  </si>
+  <si>
+    <t>07/06/2024 14:51:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3521670/fr/docteur-raphael-d-orlando</t>
+  </si>
+  <si>
+    <t>p_3521670</t>
+  </si>
+  <si>
+    <t>D'ORLANDO</t>
+  </si>
+  <si>
+    <t>RAPHAEL</t>
+  </si>
+  <si>
+    <t>Docteur MARIA MANDON</t>
+  </si>
+  <si>
+    <t>18/01/2024 15:35:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3489986/fr/docteur-maria-mandon</t>
+  </si>
+  <si>
+    <t>p_3489986</t>
+  </si>
+  <si>
+    <t>MANDON</t>
+  </si>
+  <si>
+    <t>MARIA</t>
+  </si>
+  <si>
+    <t>18 January 2024</t>
+  </si>
+  <si>
+    <t>Docteur MAXIME ESLIER</t>
+  </si>
+  <si>
+    <t>24/11/2023 09:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3475746/fr/docteur-maxime-eslier</t>
+  </si>
+  <si>
+    <t>p_3475746</t>
+  </si>
+  <si>
+    <t>ESLIER</t>
+  </si>
+  <si>
+    <t>MAXIME</t>
+  </si>
+  <si>
+    <t>23 November 2023</t>
+  </si>
+  <si>
+    <t>Docteur ETIENNE JOGUET</t>
+  </si>
+  <si>
+    <t>14/10/2022 16:33:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3378706/fr/docteur-etienne-joguet</t>
+  </si>
+  <si>
+    <t>p_3378706</t>
+  </si>
+  <si>
+    <t>JOGUET</t>
+  </si>
+  <si>
+    <t>13 October 2022</t>
+  </si>
+  <si>
+    <t>Docteur AURELIEN FELISAZ</t>
+  </si>
+  <si>
+    <t>28/04/2022 12:32:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3335651/fr/docteur-aurelien-felisaz</t>
+  </si>
+  <si>
+    <t>p_3335651</t>
+  </si>
+  <si>
+    <t>FELISAZ</t>
+  </si>
+  <si>
+    <t>AURELIEN</t>
+  </si>
+  <si>
+    <t>28 April 2022</t>
+  </si>
+  <si>
+    <t>Docteur Hussein TAHAN</t>
+  </si>
+  <si>
+    <t>28/04/2022 15:30:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3335774/fr/docteur-hussein-tahan</t>
+  </si>
+  <si>
+    <t>p_3335774</t>
+  </si>
+  <si>
+    <t>TAHAN</t>
+  </si>
+  <si>
+    <t>Hussein</t>
+  </si>
+  <si>
+    <t>Docteur JEAN-GEORGES GUERIN-WALLNER</t>
+  </si>
+  <si>
+    <t>28/04/2022 15:32:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336116/fr/docteur-jean-georges-guerin-wallner</t>
+  </si>
+  <si>
+    <t>p_3336116</t>
+  </si>
+  <si>
+    <t>GUERIN-WALLNER</t>
+  </si>
+  <si>
+    <t>JEAN-GEORGES</t>
+  </si>
+  <si>
+    <t>Docteur GEOFFREY BUIA</t>
+  </si>
+  <si>
+    <t>03/01/2022 15:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307679/fr/docteur-geoffrey-buia</t>
+  </si>
+  <si>
+    <t>p_3307679</t>
+  </si>
+  <si>
+    <t>BUIA</t>
+  </si>
+  <si>
+    <t>GEOFFREY</t>
+  </si>
+  <si>
+    <t>26 February 2026</t>
+  </si>
+  <si>
+    <t>Docteur ROMAIN DAYAN</t>
+  </si>
+  <si>
+    <t>21/10/2021 14:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294508/fr/docteur-romain-dayan</t>
+  </si>
+  <si>
+    <t>p_3294508</t>
+  </si>
+  <si>
+    <t>DAYAN</t>
+  </si>
+  <si>
+    <t>ROMAIN</t>
   </si>
   <si>
     <t>18 December 2025</t>
   </si>
   <si>
+    <t>Docteur Vincent POULIQUEN</t>
+  </si>
+  <si>
+    <t>02/04/2021 09:30:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259240/fr/docteur-vincent-pouliquen</t>
+  </si>
+  <si>
+    <t>p_3259240</t>
+  </si>
+  <si>
+    <t>POULIQUEN</t>
+  </si>
+  <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>30 March 2023</t>
+  </si>
+  <si>
+    <t>Docteur GREGORY DEON</t>
+  </si>
+  <si>
+    <t>04/01/2021 16:32:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228301/fr/docteur-gregory-deon</t>
+  </si>
+  <si>
+    <t>p_3228301</t>
+  </si>
+  <si>
+    <t>DEON</t>
+  </si>
+  <si>
+    <t>GREGORY</t>
+  </si>
+  <si>
+    <t>16 January 2025</t>
+  </si>
+  <si>
+    <t>Docteur DJELLOUL GOUICEM</t>
+  </si>
+  <si>
+    <t>28/09/2020 12:32:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203872/fr/docteur-djelloul-gouicem</t>
+  </si>
+  <si>
+    <t>p_3203872</t>
+  </si>
+  <si>
+    <t>GOUICEM</t>
+  </si>
+  <si>
+    <t>DJELLOUL</t>
+  </si>
+  <si>
+    <t>Docteur Laura PALCAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203877/fr/docteur-laura-palcau</t>
+  </si>
+  <si>
+    <t>p_3203877</t>
+  </si>
+  <si>
+    <t>PALCAU</t>
+  </si>
+  <si>
+    <t>Laura</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DU PARC</t>
+  </si>
+  <si>
+    <t>Docteur Ilan KLEBANER</t>
+  </si>
+  <si>
+    <t>16/07/2020 11:31:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194439/fr/docteur-ilan-klebaner</t>
+  </si>
+  <si>
+    <t>p_3194439</t>
+  </si>
+  <si>
+    <t>KLEBANER</t>
+  </si>
+  <si>
+    <t>Ilan</t>
+  </si>
+  <si>
+    <t>Docteur SOPHIE GOMES-FERREIRA</t>
+  </si>
+  <si>
+    <t>27/02/2020 12:39:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3158922/fr/docteur-sophie-gomes-ferreira</t>
+  </si>
+  <si>
+    <t>p_3158922</t>
+  </si>
+  <si>
+    <t>GOMES-FERREIRA</t>
+  </si>
+  <si>
+    <t>SOPHIE</t>
+  </si>
+  <si>
+    <t>02 May 2022</t>
+  </si>
+  <si>
+    <t>Docteur SYLVIE COLLON</t>
+  </si>
+  <si>
+    <t>26/09/2019 11:31:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107478/fr/docteur-sylvie-collon</t>
+  </si>
+  <si>
+    <t>p_3107478</t>
+  </si>
+  <si>
+    <t>COLLON</t>
+  </si>
+  <si>
+    <t>SYLVIE</t>
+  </si>
+  <si>
+    <t>14 September 2023</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE LA MISERICORDE - CAEN</t>
+  </si>
+  <si>
+    <t>140002452</t>
+  </si>
+  <si>
+    <t>Docteur SHARMINI VARATHARAJAH</t>
+  </si>
+  <si>
+    <t>26/09/2019 11:31:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107501/fr/docteur-sharmini-varatharajah</t>
+  </si>
+  <si>
+    <t>p_3107501</t>
+  </si>
+  <si>
+    <t>VARATHARAJAH</t>
+  </si>
+  <si>
+    <t>SHARMINI</t>
+  </si>
+  <si>
+    <t>CLCC F BACLESSE</t>
+  </si>
+  <si>
+    <t>14076</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 5</t>
+  </si>
+  <si>
+    <t>140000555</t>
+  </si>
+  <si>
+    <t>Docteur ROMAIN MASSON</t>
+  </si>
+  <si>
+    <t>17/07/2019 17:31:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080115/fr/docteur-romain-masson</t>
+  </si>
+  <si>
+    <t>p_3080115</t>
+  </si>
+  <si>
+    <t>MASSON</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE ST MARTIN</t>
+  </si>
+  <si>
+    <t>Docteur ALAIN LEBON</t>
+  </si>
+  <si>
+    <t>23/05/2019 11:32:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2970389/fr/docteur-alain-lebon</t>
+  </si>
+  <si>
+    <t>c_2970389</t>
+  </si>
+  <si>
+    <t>LEBON</t>
+  </si>
+  <si>
+    <t>ALAIN</t>
+  </si>
+  <si>
+    <t>Docteur JULIE LEQUET</t>
+  </si>
+  <si>
+    <t>27/03/2019 18:32:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913363/fr/docteur-julie-lequet</t>
+  </si>
+  <si>
+    <t>c_2913363</t>
+  </si>
+  <si>
+    <t>LEQUET</t>
+  </si>
+  <si>
+    <t>JULIE</t>
+  </si>
+  <si>
+    <t>11 May 2023</t>
+  </si>
+  <si>
+    <t>Docteur ANGELIQUE CHERET</t>
+  </si>
+  <si>
+    <t>03/01/2019 11:33:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895870/fr/docteur-angelique-cheret</t>
+  </si>
+  <si>
+    <t>c_2895870</t>
+  </si>
+  <si>
+    <t>CHERET</t>
+  </si>
+  <si>
+    <t>ANGELIQUE</t>
+  </si>
+  <si>
+    <t>28 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur LAURENT PERROT</t>
+  </si>
+  <si>
+    <t>28/11/2018 16:32:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886862/fr/docteur-laurent-perrot</t>
+  </si>
+  <si>
+    <t>c_2886862</t>
+  </si>
+  <si>
+    <t>PERROT</t>
+  </si>
+  <si>
+    <t>LAURENT</t>
+  </si>
+  <si>
+    <t>15 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur FRANCOIS LEBLANC</t>
+  </si>
+  <si>
+    <t>14/06/2018 11:32:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856400/fr/docteur-francois-leblanc</t>
+  </si>
+  <si>
+    <t>c_2856400</t>
+  </si>
+  <si>
+    <t>LEBLANC</t>
+  </si>
+  <si>
+    <t>FRANCOIS</t>
+  </si>
+  <si>
+    <t>Docteur Maxime HEYNDRICKX</t>
+  </si>
+  <si>
+    <t>14/09/2017 16:31:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2793465/fr/docteur-maxime-heyndrickx</t>
+  </si>
+  <si>
+    <t>c_2793465</t>
+  </si>
+  <si>
+    <t>HEYNDRICKX</t>
+  </si>
+  <si>
+    <t>Maxime</t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
     <t>CHU CAEN</t>
   </si>
   <si>
-    <t>14033</t>
-[...575 lines deleted...]
-    <t>GEOFFREY</t>
+    <t>Professeur Evelyne EMERY</t>
+  </si>
+  <si>
+    <t>17/07/2017 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2785115/fr/professeur-evelyne-emery</t>
+  </si>
+  <si>
+    <t>c_2785115</t>
+  </si>
+  <si>
+    <t>Professeur</t>
+  </si>
+  <si>
+    <t>EMERY</t>
+  </si>
+  <si>
+    <t>Evelyne</t>
+  </si>
+  <si>
+    <t>21 December 2023</t>
+  </si>
+  <si>
+    <t>Docteur Eric MOURGEON</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739320/fr/docteur-eric-mourgeon</t>
+  </si>
+  <si>
+    <t>c_2739320</t>
+  </si>
+  <si>
+    <t>MOURGEON</t>
+  </si>
+  <si>
+    <t>Eric</t>
+  </si>
+  <si>
+    <t>Docteur Philippe CUNY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739324/fr/docteur-philippe-cuny</t>
+  </si>
+  <si>
+    <t>c_2739324</t>
+  </si>
+  <si>
+    <t>CUNY</t>
+  </si>
+  <si>
+    <t>Philippe</t>
+  </si>
+  <si>
+    <t>Docteur Wilfried GRANDIN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739327/fr/docteur-wilfried-grandin</t>
+  </si>
+  <si>
+    <t>c_2739327</t>
+  </si>
+  <si>
+    <t>GRANDIN</t>
+  </si>
+  <si>
+    <t>Wilfried</t>
+  </si>
+  <si>
+    <t>Docteur Benoit DUBAU</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739415/fr/docteur-benoit-dubau</t>
+  </si>
+  <si>
+    <t>c_2739415</t>
+  </si>
+  <si>
+    <t>DUBAU</t>
+  </si>
+  <si>
+    <t>Benoit</t>
+  </si>
+  <si>
+    <t>Docteur Frédéric HANSEN VON BÜNAU</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739646/fr/docteur-frederic-hansen-von-bunau</t>
+  </si>
+  <si>
+    <t>c_2739646</t>
+  </si>
+  <si>
+    <t>HANSEN VON BÜNAU</t>
+  </si>
+  <si>
+    <t>Frédéric</t>
+  </si>
+  <si>
+    <t>19 January 2023</t>
+  </si>
+  <si>
+    <t>Docteur Daniel SCHILTZ</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739661/fr/docteur-daniel-schiltz</t>
+  </si>
+  <si>
+    <t>c_2739661</t>
+  </si>
+  <si>
+    <t>SCHILTZ</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>15 February 2024</t>
+  </si>
+  <si>
+    <t>Docteur Sébastien LETOUZE</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739688/fr/docteur-sebastien-letouze</t>
+  </si>
+  <si>
+    <t>c_2739688</t>
+  </si>
+  <si>
+    <t>LETOUZE</t>
+  </si>
+  <si>
+    <t>Sébastien</t>
+  </si>
+  <si>
+    <t>Docteur Bertrand GALAUD</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739737/fr/docteur-bertrand-galaud</t>
+  </si>
+  <si>
+    <t>c_2739737</t>
+  </si>
+  <si>
+    <t>GALAUD</t>
+  </si>
+  <si>
+    <t>Bertrand</t>
+  </si>
+  <si>
+    <t>28 March 2024</t>
+  </si>
+  <si>
+    <t>Docteur Hicham HMAIN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739806/fr/docteur-hicham-hmain</t>
+  </si>
+  <si>
+    <t>c_2739806</t>
+  </si>
+  <si>
+    <t>HMAIN</t>
+  </si>
+  <si>
+    <t>Hicham</t>
+  </si>
+  <si>
+    <t>Docteur Franck DORDAIN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739871/fr/docteur-franck-dordain</t>
+  </si>
+  <si>
+    <t>c_2739871</t>
+  </si>
+  <si>
+    <t>DORDAIN</t>
+  </si>
+  <si>
+    <t>Franck</t>
+  </si>
+  <si>
+    <t>28 January 2026</t>
+  </si>
+  <si>
+    <t>Docteur Thomas CLAEYS</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739926/fr/docteur-thomas-claeys</t>
+  </si>
+  <si>
+    <t>c_2739926</t>
+  </si>
+  <si>
+    <t>CLAEYS</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Docteur Jean-pierre TOUDIC</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740207/fr/docteur-jean-pierre-toudic</t>
+  </si>
+  <si>
+    <t>c_2740207</t>
+  </si>
+  <si>
+    <t>TOUDIC</t>
+  </si>
+  <si>
+    <t>Jean-pierre</t>
+  </si>
+  <si>
+    <t>CHU COTE DE NACRE - CAEN,HOPITAL PRIVE ST MARTIN-CAEN</t>
+  </si>
+  <si>
+    <t>14033,14050</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 9,CAEN CEDEX 4</t>
+  </si>
+  <si>
+    <t>140000209,140017237</t>
+  </si>
+  <si>
+    <t>Docteur Christelle LARTIGAU</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740276/fr/docteur-christelle-lartigau</t>
+  </si>
+  <si>
+    <t>c_2740276</t>
+  </si>
+  <si>
+    <t>LARTIGAU</t>
+  </si>
+  <si>
+    <t>Christelle</t>
+  </si>
+  <si>
+    <t>Docteur Bernard SERGENT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709059/fr/docteur-bernard-sergent</t>
+  </si>
+  <si>
+    <t>c_2709059</t>
+  </si>
+  <si>
+    <t>SERGENT</t>
+  </si>
+  <si>
+    <t>Bernard</t>
+  </si>
+  <si>
+    <t>24 July 2025</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DU PARC - CAEN,CHU/HU NECKER ENFANTS MALADES APHP</t>
+  </si>
+  <si>
+    <t>14052,75743</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 4,PARIS CEDEX 15</t>
+  </si>
+  <si>
+    <t>140016759,750100208</t>
+  </si>
+  <si>
+    <t>Docteur Daniel LABBE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709107/fr/docteur-daniel-labbe</t>
+  </si>
+  <si>
+    <t>c_2709107</t>
+  </si>
+  <si>
+    <t>LABBE</t>
+  </si>
+  <si>
+    <t>Docteur Gilles SEITE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709399/fr/docteur-gilles-seite</t>
+  </si>
+  <si>
+    <t>c_2709399</t>
+  </si>
+  <si>
+    <t>SEITE</t>
+  </si>
+  <si>
+    <t>Gilles</t>
+  </si>
+  <si>
+    <t>03 February 2022</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE LA MISERICORDE - CAEN,CLINIQUE LES ORMEAUX</t>
+  </si>
+  <si>
+    <t>14000,76600</t>
+  </si>
+  <si>
+    <t>CAEN,LE HAVRE</t>
+  </si>
+  <si>
+    <t>140002452,760780791</t>
+  </si>
+  <si>
+    <t>Docteur Yves-michel METAYER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710279/fr/docteur-yves-michel-metayer</t>
+  </si>
+  <si>
+    <t>c_2710279</t>
+  </si>
+  <si>
+    <t>METAYER</t>
+  </si>
+  <si>
+    <t>Yves-michel</t>
+  </si>
+  <si>
+    <t>Docteur Laurent BÉCUWE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710387/fr/docteur-laurent-becuwe</t>
+  </si>
+  <si>
+    <t>c_2710387</t>
+  </si>
+  <si>
+    <t>BÉCUWE</t>
+  </si>
+  <si>
+    <t>Laurent</t>
+  </si>
+  <si>
+    <t>Docteur Benoît HER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710432/fr/docteur-benoit-her</t>
+  </si>
+  <si>
+    <t>c_2710432</t>
+  </si>
+  <si>
+    <t>HER</t>
+  </si>
+  <si>
+    <t>Benoît</t>
+  </si>
+  <si>
+    <t>Docteur Stéphane LAMMENS</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710471/fr/docteur-stephane-lammens</t>
+  </si>
+  <si>
+    <t>c_2710471</t>
+  </si>
+  <si>
+    <t>LAMMENS</t>
+  </si>
+  <si>
+    <t>Stéphane</t>
+  </si>
+  <si>
+    <t>Docteur Francis FAROY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710495/fr/docteur-francis-faroy</t>
+  </si>
+  <si>
+    <t>c_2710495</t>
+  </si>
+  <si>
+    <t>FAROY</t>
+  </si>
+  <si>
+    <t>Francis</t>
+  </si>
+  <si>
+    <t>Docteur Luc DURIN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711230/fr/docteur-luc-durin</t>
+  </si>
+  <si>
+    <t>c_2711230</t>
+  </si>
+  <si>
+    <t>DURIN</t>
+  </si>
+  <si>
+    <t>Luc</t>
+  </si>
+  <si>
+    <t>Professeur Christophe HULET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711551/fr/professeur-christophe-hulet</t>
+  </si>
+  <si>
+    <t>c_2711551</t>
+  </si>
+  <si>
+    <t>HULET</t>
+  </si>
+  <si>
+    <t>Christophe</t>
+  </si>
+  <si>
+    <t>Docteur Vincent DELAUTRE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711628/fr/docteur-vincent-delautre</t>
+  </si>
+  <si>
+    <t>c_2711628</t>
+  </si>
+  <si>
+    <t>DELAUTRE</t>
   </si>
   <si>
     <t>29 December 2021</t>
   </si>
   <si>
-    <t>Docteur ROMAIN DAYAN</t>
-[...841 lines deleted...]
-  <si>
     <t>Docteur Franck GANEM</t>
   </si>
   <si>
     <t>08/11/2016 11:34:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711934/fr/docteur-franck-ganem</t>
   </si>
   <si>
     <t>c_2711934</t>
   </si>
   <si>
     <t>GANEM</t>
   </si>
   <si>
     <t>19 October 2023</t>
   </si>
   <si>
     <t>Docteur Julien LEPORRIER</t>
   </si>
   <si>
     <t>08/11/2016 11:34:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712084/fr/docteur-julien-leporrier</t>
@@ -1682,408 +1655,324 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>SERV DPF CAEN ASS UDAF DU CALVADOS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1210_FicheESSMS/fr/serv-dpf-caen-ass-udaf-du-calvados</t>
+  </si>
+  <si>
+    <t>1210_FicheESSMS</t>
+  </si>
+  <si>
+    <t>49 Rue De Lion Sur Mer</t>
+  </si>
+  <si>
+    <t>14052 CAEN CEDEX 4</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>140027129</t>
+  </si>
+  <si>
+    <t>BAPU (ESPLANADE DE LA PAIX) - CAEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1224_FicheESSMS/fr/bapu-esplanade-de-la-paix-caen</t>
+  </si>
+  <si>
+    <t>1224_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14032 CAEN CEDEX 5</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Bureau d'Aide Psychologique Universitaire (B.A.P.U.)</t>
+  </si>
+  <si>
+    <t>140022674</t>
+  </si>
+  <si>
+    <t>EHPAD HENRY DUNANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2126_FicheESSMS/fr/ehpad-henry-dunant</t>
+  </si>
+  <si>
+    <t>2126_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Guillaume Trebutien</t>
+  </si>
+  <si>
+    <t>14054 CAEN CEDEX 4</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>140016957</t>
+  </si>
+  <si>
+    <t>EHPAD LA CHARITÉ CHRU CAEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2758_FicheESSMS/fr/ehpad-la-charite-chru-caen</t>
+  </si>
+  <si>
+    <t>2758_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Boulevard De La Charite</t>
+  </si>
+  <si>
+    <t>14033 CAEN CEDEX 9</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>140012188</t>
+  </si>
+  <si>
+    <t>CADA CAEN ASS ITINÉRAIRES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6720_FicheESSMS/fr/cada-caen-ass-itineraires</t>
+  </si>
+  <si>
+    <t>6720_FicheESSMS</t>
+  </si>
+  <si>
+    <t>210 Rue D'Auge</t>
+  </si>
+  <si>
+    <t>14089 CAEN CEDEX 6</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 6</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>140021718</t>
+  </si>
+  <si>
     <t>SERV MJPM CAEN ASS UDAF DU CALVADOS</t>
   </si>
   <si>
-    <t>10/09/2025 12:16:15</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/1211_FicheESSMS/fr/serv-mjpm-caen-ass-udaf-du-calvados</t>
   </si>
   <si>
     <t>1211_FicheESSMS</t>
   </si>
   <si>
-    <t>49 Rue De Lion Sur Mer</t>
-[...10 lines deleted...]
-  <si>
     <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Service mandataire judiciaire à la protection des majeurs</t>
   </si>
   <si>
     <t>140027137</t>
   </si>
   <si>
-    <t>SERV DPF CAEN ASS UDAF DU CALVADOS</t>
-[...101 lines deleted...]
-    <t>4579_FicheESSMS</t>
+    <t>CENTRE DE RESSOURCE POUR L'AUTISME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4829_FicheESSMS/fr/centre-de-ressource-pour-l-autisme</t>
+  </si>
+  <si>
+    <t>4829_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Centres de Ressources S.A.I. (Sans Aucune Indication)</t>
+  </si>
+  <si>
+    <t>140025396</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>SANTE CROIX ROUGE HOSPITALISATION A DOMICILE</t>
+  </si>
+  <si>
+    <t>25/02/2026 17:05:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/446_FicheEtablissement/fr/had-sante-croix-rouge-caen</t>
+  </si>
+  <si>
+    <t>446_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
   </si>
   <si>
     <t>5 Rue Saint Vincent De Paul</t>
   </si>
   <si>
-    <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
-[...92 lines deleted...]
-    <t>6 Rue Des Vaux De La Folie</t>
+    <t>0231848222</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>140002619</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE  COTE DE NACRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/435_FicheEtablissement/fr/chu-caen</t>
+  </si>
+  <si>
+    <t>435_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>0231063106</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE REGIONAL DE LUTTE CONTRE LE CANCER FRANCOIS BACLESSE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/444_FicheEtablissement/fr/clcc-f-baclesse</t>
+  </si>
+  <si>
+    <t>444_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Avenue Du General Harris</t>
   </si>
   <si>
     <t>14076 CAEN CEDEX 5</t>
-  </si>
-[...118 lines deleted...]
-    <t>3 Avenue Du General Harris</t>
   </si>
   <si>
     <t>0231455050</t>
   </si>
   <si>
     <t>CLCC</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Réanimation</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>POLYCLINIQUE DU PARC CAEN</t>
   </si>
   <si>
     <t>21/01/2025 10:17:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/455_FicheEtablissement/fr/polyclinique-du-parc</t>
   </si>
   <si>
     <t>455_FicheEtablissement</t>
   </si>
@@ -2219,51 +2108,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R76"/>
+  <dimension ref="A1:R75"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2381,5329 +2270,5073 @@
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
         <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
       <c r="Q3" t="s">
         <v>30</v>
       </c>
       <c r="R3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
         <v>40</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>41</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
+        <v>43</v>
+      </c>
+      <c r="L4" t="s">
         <v>44</v>
       </c>
-      <c r="L4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="O4" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="P4" t="s">
         <v>29</v>
       </c>
       <c r="Q4" t="s">
         <v>30</v>
       </c>
       <c r="R4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>47</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>48</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
+        <v>49</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>20</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
         <v>51</v>
       </c>
-      <c r="L5" t="s">
+      <c r="P5" t="s">
         <v>52</v>
       </c>
-      <c r="M5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q5" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="R5" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="H6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="L6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="P6" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="Q6" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="H7" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="L7" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="O7" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P7" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q7" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R7" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>72</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
         <v>73</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>74</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="L8" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="O8" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P8" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q8" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R8" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>78</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
         <v>79</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>80</v>
-      </c>
-[...7 lines deleted...]
-        <v>82</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L9" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="O9" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P9" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q9" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R9" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>84</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
         <v>85</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>86</v>
-      </c>
-[...7 lines deleted...]
-        <v>88</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
+        <v>87</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>20</v>
+      </c>
+      <c r="N10" t="s">
+        <v>61</v>
+      </c>
+      <c r="O10" t="s">
         <v>89</v>
       </c>
-      <c r="L10" t="s">
+      <c r="P10" t="s">
         <v>90</v>
       </c>
-      <c r="M10" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q10" t="s">
-        <v>61</v>
+        <v>91</v>
       </c>
       <c r="R10" t="s">
-        <v>72</v>
+        <v>92</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="H11" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="L11" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="O11" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="P11" t="s">
-        <v>98</v>
+        <v>63</v>
       </c>
       <c r="Q11" t="s">
-        <v>99</v>
+        <v>53</v>
       </c>
       <c r="R11" t="s">
-        <v>100</v>
+        <v>64</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>94</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>100</v>
+      </c>
+      <c r="H12" t="s">
         <v>101</v>
-      </c>
-[...16 lines deleted...]
-        <v>104</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="L12" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="O12" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P12" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q12" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R12" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="H13" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="L13" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="O13" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P13" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q13" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R13" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>110</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>111</v>
+      </c>
+      <c r="H14" t="s">
         <v>112</v>
-      </c>
-[...16 lines deleted...]
-        <v>114</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
+        <v>113</v>
+      </c>
+      <c r="L14" t="s">
+        <v>114</v>
+      </c>
+      <c r="M14" t="s">
+        <v>20</v>
+      </c>
+      <c r="N14" t="s">
         <v>115</v>
       </c>
-      <c r="L14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O14" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P14" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q14" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R14" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
         <v>117</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
         <v>118</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
+        <v>120</v>
+      </c>
+      <c r="L15" t="s">
         <v>121</v>
       </c>
-      <c r="L15" t="s">
+      <c r="M15" t="s">
+        <v>20</v>
+      </c>
+      <c r="N15" t="s">
+        <v>115</v>
+      </c>
+      <c r="O15" t="s">
         <v>122</v>
       </c>
-      <c r="M15" t="s">
-[...2 lines deleted...]
-      <c r="N15" t="s">
+      <c r="P15" t="s">
         <v>123</v>
       </c>
-      <c r="O15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q15" t="s">
-        <v>61</v>
+        <v>124</v>
       </c>
       <c r="R15" t="s">
-        <v>72</v>
+        <v>125</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="H16" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="L16" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="O16" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="P16" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="Q16" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="R16" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="H17" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="L17" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="O17" t="s">
-        <v>141</v>
+        <v>51</v>
       </c>
       <c r="P17" t="s">
-        <v>142</v>
+        <v>52</v>
       </c>
       <c r="Q17" t="s">
-        <v>143</v>
+        <v>53</v>
       </c>
       <c r="R17" t="s">
-        <v>144</v>
+        <v>54</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
         <v>145</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
         <v>146</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
+        <v>148</v>
+      </c>
+      <c r="L18" t="s">
         <v>149</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="O18" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="P18" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="Q18" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R18" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>150</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>151</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
         <v>152</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="H19" t="s">
         <v>153</v>
-      </c>
-[...7 lines deleted...]
-        <v>155</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
+        <v>154</v>
+      </c>
+      <c r="L19" t="s">
+        <v>155</v>
+      </c>
+      <c r="M19" t="s">
+        <v>20</v>
+      </c>
+      <c r="N19" t="s">
         <v>156</v>
       </c>
-      <c r="L19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O19" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P19" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q19" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R19" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
+        <v>157</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
         <v>158</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
         <v>159</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
+        <v>161</v>
+      </c>
+      <c r="L20" t="s">
         <v>162</v>
       </c>
-      <c r="L20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="O20" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="P20" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="Q20" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R20" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
+        <v>163</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>164</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
         <v>165</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="H21" t="s">
         <v>166</v>
-      </c>
-[...7 lines deleted...]
-        <v>168</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="L21" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="O21" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="P21" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="Q21" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R21" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
+        <v>169</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>170</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
         <v>171</v>
       </c>
-      <c r="C22" t="s">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="H22" t="s">
         <v>172</v>
-      </c>
-[...7 lines deleted...]
-        <v>174</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
+        <v>173</v>
+      </c>
+      <c r="L22" t="s">
+        <v>174</v>
+      </c>
+      <c r="M22" t="s">
+        <v>20</v>
+      </c>
+      <c r="N22" t="s">
         <v>175</v>
       </c>
-      <c r="L22" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O22" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="P22" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="Q22" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R22" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
+        <v>176</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
         <v>177</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
         <v>178</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
+        <v>180</v>
+      </c>
+      <c r="L23" t="s">
         <v>181</v>
       </c>
-      <c r="L23" t="s">
+      <c r="M23" t="s">
+        <v>20</v>
+      </c>
+      <c r="N23" t="s">
         <v>182</v>
       </c>
-      <c r="M23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O23" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="P23" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="Q23" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R23" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
+        <v>183</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
         <v>184</v>
       </c>
-      <c r="C24" t="s">
-[...5 lines deleted...]
-      <c r="E24" t="s">
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
         <v>185</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
+        <v>187</v>
+      </c>
+      <c r="L24" t="s">
+        <v>82</v>
+      </c>
+      <c r="M24" t="s">
+        <v>20</v>
+      </c>
+      <c r="N24" t="s">
         <v>188</v>
       </c>
-      <c r="L24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O24" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="P24" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="Q24" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R24" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
+        <v>189</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>190</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
         <v>191</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="H25" t="s">
         <v>192</v>
-      </c>
-[...7 lines deleted...]
-        <v>194</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
+        <v>193</v>
+      </c>
+      <c r="L25" t="s">
+        <v>194</v>
+      </c>
+      <c r="M25" t="s">
+        <v>20</v>
+      </c>
+      <c r="N25" t="s">
         <v>195</v>
       </c>
-      <c r="L25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O25" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P25" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q25" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R25" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
+        <v>196</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
         <v>197</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
         <v>198</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
+        <v>200</v>
+      </c>
+      <c r="L26" t="s">
         <v>201</v>
       </c>
-      <c r="L26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="O26" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="P26" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="Q26" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R26" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
+        <v>202</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>203</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
         <v>204</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27" t="s">
+      <c r="H27" t="s">
         <v>205</v>
-      </c>
-[...7 lines deleted...]
-        <v>207</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="L27" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="O27" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="P27" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="Q27" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R27" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
+        <v>208</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>209</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
         <v>210</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="H28" t="s">
         <v>211</v>
-      </c>
-[...7 lines deleted...]
-        <v>213</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
+        <v>212</v>
+      </c>
+      <c r="L28" t="s">
+        <v>213</v>
+      </c>
+      <c r="M28" t="s">
+        <v>20</v>
+      </c>
+      <c r="N28" t="s">
         <v>214</v>
       </c>
-      <c r="L28" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O28" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="P28" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="Q28" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R28" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
+        <v>215</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
         <v>216</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
         <v>217</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
+        <v>219</v>
+      </c>
+      <c r="L29" t="s">
         <v>220</v>
       </c>
-      <c r="L29" t="s">
+      <c r="M29" t="s">
+        <v>20</v>
+      </c>
+      <c r="N29" t="s">
         <v>221</v>
       </c>
-      <c r="M29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O29" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="P29" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="Q29" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R29" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
+        <v>222</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
         <v>223</v>
       </c>
-      <c r="C30" t="s">
-[...5 lines deleted...]
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
         <v>224</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
+        <v>226</v>
+      </c>
+      <c r="L30" t="s">
         <v>227</v>
       </c>
-      <c r="L30" t="s">
+      <c r="M30" t="s">
+        <v>20</v>
+      </c>
+      <c r="N30" t="s">
         <v>228</v>
       </c>
-      <c r="M30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O30" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="P30" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="Q30" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R30" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
+        <v>229</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
         <v>230</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
         <v>231</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
+        <v>233</v>
+      </c>
+      <c r="L31" t="s">
         <v>234</v>
       </c>
-      <c r="L31" t="s">
+      <c r="M31" t="s">
+        <v>20</v>
+      </c>
+      <c r="N31" t="s">
         <v>235</v>
       </c>
-      <c r="M31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O31" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="P31" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="Q31" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R31" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
+        <v>236</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
         <v>237</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
         <v>238</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
+        <v>240</v>
+      </c>
+      <c r="L32" t="s">
         <v>241</v>
       </c>
-      <c r="L32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>243</v>
+        <v>115</v>
       </c>
       <c r="O32" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="P32" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="Q32" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R32" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
+        <v>242</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>237</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>243</v>
+      </c>
+      <c r="H33" t="s">
         <v>244</v>
-      </c>
-[...16 lines deleted...]
-        <v>247</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="L33" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="O33" t="s">
-        <v>59</v>
+        <v>247</v>
       </c>
       <c r="P33" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="Q33" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R33" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
+        <v>248</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>249</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
         <v>250</v>
       </c>
-      <c r="C34" t="s">
-[...11 lines deleted...]
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
+        <v>252</v>
+      </c>
+      <c r="L34" t="s">
         <v>253</v>
       </c>
-      <c r="L34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="O34" t="s">
-        <v>255</v>
+        <v>51</v>
       </c>
       <c r="P34" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="Q34" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R34" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
+        <v>254</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>255</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
         <v>256</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="H35" t="s">
         <v>257</v>
-      </c>
-[...7 lines deleted...]
-        <v>259</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
+        <v>258</v>
+      </c>
+      <c r="L35" t="s">
+        <v>259</v>
+      </c>
+      <c r="M35" t="s">
+        <v>20</v>
+      </c>
+      <c r="N35" t="s">
         <v>260</v>
       </c>
-      <c r="L35" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O35" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="P35" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="Q35" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R35" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
+        <v>261</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
         <v>262</v>
       </c>
-      <c r="C36" t="s">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
         <v>263</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="H36" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
+        <v>265</v>
+      </c>
+      <c r="L36" t="s">
         <v>266</v>
       </c>
-      <c r="L36" t="s">
+      <c r="M36" t="s">
+        <v>20</v>
+      </c>
+      <c r="N36" t="s">
         <v>267</v>
       </c>
-      <c r="M36" t="s">
-[...2 lines deleted...]
-      <c r="N36" t="s">
+      <c r="O36" t="s">
         <v>268</v>
       </c>
-      <c r="O36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P36" t="s">
-        <v>71</v>
+        <v>123</v>
       </c>
       <c r="Q36" t="s">
-        <v>61</v>
+        <v>124</v>
       </c>
       <c r="R36" t="s">
-        <v>72</v>
+        <v>269</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H37" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="L37" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>275</v>
+        <v>182</v>
       </c>
       <c r="O37" t="s">
         <v>276</v>
       </c>
       <c r="P37" t="s">
-        <v>131</v>
+        <v>277</v>
       </c>
       <c r="Q37" t="s">
-        <v>132</v>
+        <v>278</v>
       </c>
       <c r="R37" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="H38" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="L38" t="s">
-        <v>283</v>
+        <v>220</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>190</v>
+        <v>61</v>
       </c>
       <c r="O38" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="P38" t="s">
-        <v>285</v>
+        <v>63</v>
       </c>
       <c r="Q38" t="s">
-        <v>286</v>
+        <v>53</v>
       </c>
       <c r="R38" t="s">
-        <v>287</v>
+        <v>64</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
+        <v>286</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>287</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
         <v>288</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="H39" t="s">
         <v>289</v>
-      </c>
-[...7 lines deleted...]
-        <v>291</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="L39" t="s">
-        <v>228</v>
+        <v>291</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>69</v>
+        <v>260</v>
       </c>
       <c r="O39" t="s">
-        <v>293</v>
+        <v>62</v>
       </c>
       <c r="P39" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q39" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R39" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
+        <v>292</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>293</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
         <v>294</v>
       </c>
-      <c r="C40" t="s">
-[...5 lines deleted...]
-      <c r="E40" t="s">
+      <c r="H40" t="s">
         <v>295</v>
-      </c>
-[...7 lines deleted...]
-        <v>297</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
+        <v>296</v>
+      </c>
+      <c r="L40" t="s">
+        <v>297</v>
+      </c>
+      <c r="M40" t="s">
+        <v>20</v>
+      </c>
+      <c r="N40" t="s">
         <v>298</v>
       </c>
-      <c r="L40" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O40" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="P40" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="Q40" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R40" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
+        <v>299</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
         <v>300</v>
       </c>
-      <c r="C41" t="s">
-[...5 lines deleted...]
-      <c r="E41" t="s">
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
         <v>301</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="H41" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
+        <v>303</v>
+      </c>
+      <c r="L41" t="s">
         <v>304</v>
       </c>
-      <c r="L41" t="s">
+      <c r="M41" t="s">
+        <v>20</v>
+      </c>
+      <c r="N41" t="s">
         <v>305</v>
       </c>
-      <c r="M41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O41" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="P41" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="Q41" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R41" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
+        <v>306</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
         <v>307</v>
       </c>
-      <c r="C42" t="s">
-[...5 lines deleted...]
-      <c r="E42" t="s">
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
         <v>308</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="H42" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
+        <v>310</v>
+      </c>
+      <c r="L42" t="s">
         <v>311</v>
       </c>
-      <c r="L42" t="s">
+      <c r="M42" t="s">
+        <v>20</v>
+      </c>
+      <c r="N42" t="s">
         <v>312</v>
       </c>
-      <c r="M42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O42" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="P42" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="Q42" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R42" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
+        <v>313</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
         <v>314</v>
       </c>
-      <c r="C43" t="s">
-[...5 lines deleted...]
-      <c r="E43" t="s">
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
         <v>315</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
+        <v>317</v>
+      </c>
+      <c r="L43" t="s">
         <v>318</v>
       </c>
-      <c r="L43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>320</v>
+        <v>305</v>
       </c>
       <c r="O43" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="P43" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="Q43" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R43" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
+        <v>319</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>320</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
         <v>321</v>
       </c>
-      <c r="C44" t="s">
-[...5 lines deleted...]
-      <c r="E44" t="s">
+      <c r="H44" t="s">
         <v>322</v>
-      </c>
-[...7 lines deleted...]
-        <v>324</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
+        <v>323</v>
+      </c>
+      <c r="L44" t="s">
+        <v>324</v>
+      </c>
+      <c r="M44" t="s">
+        <v>20</v>
+      </c>
+      <c r="N44" t="s">
         <v>325</v>
       </c>
-      <c r="L44" t="s">
+      <c r="O44" t="s">
         <v>326</v>
       </c>
-      <c r="M44" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P44" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="Q44" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="R44" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
         <v>327</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
         <v>328</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
         <v>329</v>
       </c>
       <c r="H45" t="s">
         <v>330</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
-        <v>24</v>
+        <v>331</v>
       </c>
       <c r="K45" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="L45" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="O45" t="s">
         <v>28</v>
       </c>
       <c r="P45" t="s">
         <v>29</v>
       </c>
       <c r="Q45" t="s">
         <v>30</v>
       </c>
       <c r="R45" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="H46" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
-        <v>338</v>
+        <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>339</v>
       </c>
       <c r="L46" t="s">
         <v>340</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>341</v>
+        <v>61</v>
       </c>
       <c r="O46" t="s">
-        <v>39</v>
+        <v>62</v>
       </c>
       <c r="P46" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="Q46" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="R46" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
+        <v>341</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>336</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
         <v>342</v>
       </c>
-      <c r="C47" t="s">
-[...5 lines deleted...]
-      <c r="E47" t="s">
+      <c r="H47" t="s">
         <v>343</v>
-      </c>
-[...7 lines deleted...]
-        <v>345</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="L47" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="M47" t="s">
         <v>20</v>
       </c>
       <c r="N47" t="s">
-        <v>190</v>
+        <v>61</v>
       </c>
       <c r="O47" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P47" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q47" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R47" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
+        <v>346</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>347</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
         <v>348</v>
       </c>
-      <c r="C48" t="s">
-[...11 lines deleted...]
-      <c r="G48" t="s">
+      <c r="H48" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
+        <v>350</v>
+      </c>
+      <c r="L48" t="s">
         <v>351</v>
       </c>
-      <c r="L48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>353</v>
+        <v>61</v>
       </c>
       <c r="O48" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P48" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q48" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R48" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
+        <v>352</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>353</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
         <v>354</v>
       </c>
-      <c r="C49" t="s">
-[...5 lines deleted...]
-      <c r="E49" t="s">
+      <c r="H49" t="s">
         <v>355</v>
-      </c>
-[...7 lines deleted...]
-        <v>357</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="L49" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>360</v>
+        <v>61</v>
       </c>
       <c r="O49" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P49" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q49" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R49" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
+        <v>358</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>359</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>360</v>
+      </c>
+      <c r="H50" t="s">
         <v>361</v>
-      </c>
-[...16 lines deleted...]
-        <v>364</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="L50" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="O50" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P50" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q50" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R50" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
+        <v>365</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>366</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>367</v>
+      </c>
+      <c r="H51" t="s">
         <v>368</v>
-      </c>
-[...16 lines deleted...]
-        <v>371</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="L51" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="M51" t="s">
         <v>20</v>
       </c>
       <c r="N51" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="O51" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="P51" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="Q51" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R51" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
+        <v>372</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>373</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>374</v>
+      </c>
+      <c r="H52" t="s">
         <v>375</v>
-      </c>
-[...16 lines deleted...]
-        <v>378</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="L52" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="M52" t="s">
         <v>20</v>
       </c>
       <c r="N52" t="s">
-        <v>381</v>
+        <v>61</v>
       </c>
       <c r="O52" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="P52" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="Q52" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R52" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="H53" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="L53" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="O53" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="P53" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="Q53" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R53" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="H54" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="L54" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="M54" t="s">
         <v>20</v>
       </c>
       <c r="N54" t="s">
-        <v>395</v>
+        <v>61</v>
       </c>
       <c r="O54" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="P54" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="Q54" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R54" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="H55" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="L55" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="M55" t="s">
         <v>20</v>
       </c>
       <c r="N55" t="s">
-        <v>367</v>
+        <v>397</v>
       </c>
       <c r="O55" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P55" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q55" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R55" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="H56" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="L56" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="M56" t="s">
         <v>20</v>
       </c>
       <c r="N56" t="s">
-        <v>408</v>
+        <v>61</v>
       </c>
       <c r="O56" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P56" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q56" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R56" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="H57" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
+        <v>408</v>
+      </c>
+      <c r="L57" t="s">
+        <v>409</v>
+      </c>
+      <c r="M57" t="s">
+        <v>20</v>
+      </c>
+      <c r="N57" t="s">
+        <v>61</v>
+      </c>
+      <c r="O57" t="s">
+        <v>410</v>
+      </c>
+      <c r="P57" t="s">
+        <v>411</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>412</v>
+      </c>
+      <c r="R57" t="s">
         <v>413</v>
-      </c>
-[...19 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
+        <v>414</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>415</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
         <v>416</v>
       </c>
-      <c r="C58" t="s">
-[...5 lines deleted...]
-      <c r="E58" t="s">
+      <c r="H58" t="s">
         <v>417</v>
-      </c>
-[...7 lines deleted...]
-        <v>419</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="L58" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="M58" t="s">
         <v>20</v>
       </c>
       <c r="N58" t="s">
-        <v>353</v>
+        <v>115</v>
       </c>
       <c r="O58" t="s">
-        <v>422</v>
+        <v>51</v>
       </c>
       <c r="P58" t="s">
-        <v>423</v>
+        <v>52</v>
       </c>
       <c r="Q58" t="s">
-        <v>424</v>
+        <v>53</v>
       </c>
       <c r="R58" t="s">
-        <v>425</v>
+        <v>54</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="H59" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
+        <v>424</v>
+      </c>
+      <c r="L59" t="s">
+        <v>425</v>
+      </c>
+      <c r="M59" t="s">
+        <v>20</v>
+      </c>
+      <c r="N59" t="s">
+        <v>426</v>
+      </c>
+      <c r="O59" t="s">
+        <v>427</v>
+      </c>
+      <c r="P59" t="s">
+        <v>428</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>429</v>
+      </c>
+      <c r="R59" t="s">
         <v>430</v>
-      </c>
-[...19 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
+        <v>431</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
         <v>432</v>
       </c>
-      <c r="C60" t="s">
-[...5 lines deleted...]
-      <c r="E60" t="s">
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
         <v>433</v>
       </c>
-      <c r="F60" t="s">
-[...2 lines deleted...]
-      <c r="G60" t="s">
+      <c r="H60" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="L60" t="s">
-        <v>437</v>
+        <v>370</v>
       </c>
       <c r="M60" t="s">
         <v>20</v>
       </c>
       <c r="N60" t="s">
-        <v>438</v>
+        <v>61</v>
       </c>
       <c r="O60" t="s">
-        <v>439</v>
+        <v>62</v>
       </c>
       <c r="P60" t="s">
-        <v>440</v>
+        <v>63</v>
       </c>
       <c r="Q60" t="s">
-        <v>441</v>
+        <v>53</v>
       </c>
       <c r="R60" t="s">
-        <v>442</v>
+        <v>64</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>444</v>
+        <v>437</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>445</v>
+        <v>438</v>
       </c>
       <c r="H61" t="s">
-        <v>446</v>
+        <v>439</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>447</v>
+        <v>440</v>
       </c>
       <c r="L61" t="s">
-        <v>380</v>
+        <v>441</v>
       </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="O61" t="s">
-        <v>70</v>
+        <v>443</v>
       </c>
       <c r="P61" t="s">
-        <v>71</v>
+        <v>444</v>
       </c>
       <c r="Q61" t="s">
-        <v>61</v>
+        <v>445</v>
       </c>
       <c r="R61" t="s">
-        <v>72</v>
+        <v>446</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
+        <v>447</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>448</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
         <v>449</v>
       </c>
-      <c r="C62" t="s">
-[...5 lines deleted...]
-      <c r="E62" t="s">
+      <c r="H62" t="s">
         <v>450</v>
-      </c>
-[...7 lines deleted...]
-        <v>452</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="L62" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>455</v>
+        <v>61</v>
       </c>
       <c r="O62" t="s">
-        <v>276</v>
+        <v>62</v>
       </c>
       <c r="P62" t="s">
-        <v>131</v>
+        <v>63</v>
       </c>
       <c r="Q62" t="s">
-        <v>132</v>
+        <v>53</v>
       </c>
       <c r="R62" t="s">
-        <v>277</v>
+        <v>64</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
+        <v>453</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>454</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>455</v>
+      </c>
+      <c r="H63" t="s">
         <v>456</v>
-      </c>
-[...16 lines deleted...]
-        <v>459</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="L63" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="M63" t="s">
         <v>20</v>
       </c>
       <c r="N63" t="s">
-        <v>196</v>
+        <v>61</v>
       </c>
       <c r="O63" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P63" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q63" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R63" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
+        <v>459</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>460</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>461</v>
+      </c>
+      <c r="H64" t="s">
         <v>462</v>
-      </c>
-[...16 lines deleted...]
-        <v>465</v>
       </c>
       <c r="I64" t="n">
         <v>0.0</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="L64" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="M64" t="s">
         <v>20</v>
       </c>
       <c r="N64" t="s">
-        <v>306</v>
+        <v>61</v>
       </c>
       <c r="O64" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P64" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q64" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R64" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
+        <v>465</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>466</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>467</v>
+      </c>
+      <c r="H65" t="s">
         <v>468</v>
-      </c>
-[...16 lines deleted...]
-        <v>471</v>
       </c>
       <c r="I65" t="n">
         <v>0.0</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="L65" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="M65" t="s">
         <v>20</v>
       </c>
       <c r="N65" t="s">
-        <v>367</v>
+        <v>61</v>
       </c>
       <c r="O65" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P65" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q65" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R65" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
+        <v>471</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>472</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>473</v>
+      </c>
+      <c r="H66" t="s">
         <v>474</v>
-      </c>
-[...16 lines deleted...]
-        <v>477</v>
       </c>
       <c r="I66" t="n">
         <v>0.0</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="L66" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
       <c r="N66" t="s">
-        <v>480</v>
+        <v>188</v>
       </c>
       <c r="O66" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P66" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q66" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R66" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="H67" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="I67" t="n">
         <v>0.0</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="L67" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
       <c r="N67" t="s">
-        <v>196</v>
+        <v>397</v>
       </c>
       <c r="O67" t="s">
-        <v>70</v>
+        <v>326</v>
       </c>
       <c r="P67" t="s">
-        <v>71</v>
+        <v>29</v>
       </c>
       <c r="Q67" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="R67" t="s">
-        <v>72</v>
+        <v>31</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="H68" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="I68" t="n">
         <v>0.0</v>
       </c>
       <c r="J68" t="s">
-        <v>24</v>
+        <v>331</v>
       </c>
       <c r="K68" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="L68" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="M68" t="s">
         <v>20</v>
       </c>
       <c r="N68" t="s">
-        <v>222</v>
+        <v>312</v>
       </c>
       <c r="O68" t="s">
         <v>28</v>
       </c>
       <c r="P68" t="s">
         <v>29</v>
       </c>
       <c r="Q68" t="s">
         <v>30</v>
       </c>
       <c r="R68" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="H69" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="I69" t="n">
         <v>0.0</v>
       </c>
       <c r="J69" t="s">
-        <v>338</v>
+        <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="L69" t="s">
-        <v>498</v>
+        <v>227</v>
       </c>
       <c r="M69" t="s">
         <v>20</v>
       </c>
       <c r="N69" t="s">
-        <v>320</v>
+        <v>494</v>
       </c>
       <c r="O69" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="P69" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="Q69" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="R69" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="H70" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="I70" t="n">
         <v>0.0</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="L70" t="s">
-        <v>235</v>
+        <v>396</v>
       </c>
       <c r="M70" t="s">
         <v>20</v>
       </c>
       <c r="N70" t="s">
-        <v>222</v>
+        <v>500</v>
       </c>
       <c r="O70" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="P70" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="Q70" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R70" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
+        <v>501</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>502</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>503</v>
+      </c>
+      <c r="H71" t="s">
         <v>504</v>
-      </c>
-[...16 lines deleted...]
-        <v>507</v>
       </c>
       <c r="I71" t="n">
         <v>0.0</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="L71" t="s">
-        <v>407</v>
+        <v>506</v>
       </c>
       <c r="M71" t="s">
         <v>20</v>
       </c>
       <c r="N71" t="s">
-        <v>509</v>
+        <v>298</v>
       </c>
       <c r="O71" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P71" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q71" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R71" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
+        <v>507</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>508</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>509</v>
+      </c>
+      <c r="H72" t="s">
         <v>510</v>
-      </c>
-[...16 lines deleted...]
-        <v>513</v>
       </c>
       <c r="I72" t="n">
         <v>0.0</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="L72" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="M72" t="s">
         <v>20</v>
       </c>
       <c r="N72" t="s">
-        <v>306</v>
+        <v>260</v>
       </c>
       <c r="O72" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P72" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q72" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R72" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
+        <v>513</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>514</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>515</v>
+      </c>
+      <c r="H73" t="s">
         <v>516</v>
-      </c>
-[...16 lines deleted...]
-        <v>519</v>
       </c>
       <c r="I73" t="n">
         <v>0.0</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="L73" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="M73" t="s">
         <v>20</v>
       </c>
       <c r="N73" t="s">
-        <v>268</v>
+        <v>221</v>
       </c>
       <c r="O73" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="P73" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="Q73" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R73" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
+        <v>519</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>520</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>521</v>
+      </c>
+      <c r="H74" t="s">
         <v>522</v>
-      </c>
-[...16 lines deleted...]
-        <v>525</v>
       </c>
       <c r="I74" t="n">
         <v>0.0</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="L74" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="M74" t="s">
         <v>20</v>
       </c>
       <c r="N74" t="s">
-        <v>222</v>
+        <v>525</v>
       </c>
       <c r="O74" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="P74" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="Q74" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="R74" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>18</v>
       </c>
       <c r="B75" t="s">
+        <v>526</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>527</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
         <v>528</v>
       </c>
-      <c r="C75" t="s">
-[...5 lines deleted...]
-      <c r="E75" t="s">
+      <c r="H75" t="s">
         <v>529</v>
-      </c>
-[...7 lines deleted...]
-        <v>531</v>
       </c>
       <c r="I75" t="n">
         <v>0.0</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
+        <v>530</v>
+      </c>
+      <c r="L75" t="s">
+        <v>531</v>
+      </c>
+      <c r="M75" t="s">
+        <v>20</v>
+      </c>
+      <c r="N75" t="s">
         <v>532</v>
       </c>
-      <c r="L75" t="s">
+      <c r="O75" t="s">
         <v>533</v>
       </c>
-      <c r="M75" t="s">
-[...2 lines deleted...]
-      <c r="N75" t="s">
+      <c r="P75" t="s">
         <v>534</v>
       </c>
-      <c r="O75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q75" t="s">
-        <v>61</v>
+        <v>535</v>
       </c>
       <c r="R75" t="s">
-        <v>72</v>
-[...15 lines deleted...]
-      <c r="E76" t="s">
         <v>536</v>
-      </c>
-[...37 lines deleted...]
-        <v>545</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P12"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>546</v>
+        <v>537</v>
       </c>
       <c r="J1" t="s">
-        <v>547</v>
+        <v>538</v>
       </c>
       <c r="K1" t="s">
-        <v>548</v>
+        <v>539</v>
       </c>
       <c r="L1" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
       <c r="M1" t="s">
-        <v>550</v>
+        <v>541</v>
       </c>
       <c r="N1" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
       <c r="O1" t="s">
-        <v>552</v>
+        <v>543</v>
       </c>
       <c r="P1" t="s">
-        <v>553</v>
+        <v>544</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>545</v>
+      </c>
+      <c r="B2" t="s">
+        <v>546</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>547</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>548</v>
+      </c>
+      <c r="H2" t="s">
+        <v>549</v>
+      </c>
+      <c r="I2" t="s">
+        <v>550</v>
+      </c>
+      <c r="J2" t="s">
+        <v>551</v>
+      </c>
+      <c r="K2" t="s">
+        <v>53</v>
+      </c>
+      <c r="L2" t="s">
+        <v>552</v>
+      </c>
+      <c r="M2" t="s">
+        <v>553</v>
+      </c>
+      <c r="N2" t="s">
         <v>554</v>
       </c>
-      <c r="B2" t="s">
+      <c r="O2" t="s">
         <v>555</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="P2" t="s">
         <v>556</v>
-      </c>
-[...31 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
       <c r="B3" t="s">
-        <v>566</v>
+        <v>557</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>567</v>
+        <v>559</v>
       </c>
       <c r="H3" t="s">
-        <v>568</v>
+        <v>560</v>
       </c>
       <c r="I3" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="J3" t="s">
-        <v>569</v>
+        <v>20</v>
       </c>
       <c r="K3" t="s">
-        <v>61</v>
+        <v>278</v>
       </c>
       <c r="L3" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="M3" t="s">
+        <v>553</v>
+      </c>
+      <c r="N3" t="s">
         <v>562</v>
       </c>
-      <c r="N3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O3" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
       <c r="P3" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
       <c r="B4" t="s">
+        <v>565</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>566</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>567</v>
+      </c>
+      <c r="H4" t="s">
+        <v>568</v>
+      </c>
+      <c r="I4" t="s">
+        <v>569</v>
+      </c>
+      <c r="J4" t="s">
+        <v>570</v>
+      </c>
+      <c r="K4" t="s">
+        <v>53</v>
+      </c>
+      <c r="L4" t="s">
+        <v>552</v>
+      </c>
+      <c r="M4" t="s">
+        <v>553</v>
+      </c>
+      <c r="N4" t="s">
+        <v>571</v>
+      </c>
+      <c r="O4" t="s">
+        <v>572</v>
+      </c>
+      <c r="P4" t="s">
         <v>573</v>
-      </c>
-[...40 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
       <c r="B5" t="s">
+        <v>574</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>575</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>576</v>
+      </c>
+      <c r="H5" t="s">
+        <v>577</v>
+      </c>
+      <c r="I5" t="s">
+        <v>578</v>
+      </c>
+      <c r="J5" t="s">
+        <v>579</v>
+      </c>
+      <c r="K5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L5" t="s">
+        <v>552</v>
+      </c>
+      <c r="M5" t="s">
+        <v>580</v>
+      </c>
+      <c r="N5" t="s">
+        <v>571</v>
+      </c>
+      <c r="O5" t="s">
+        <v>572</v>
+      </c>
+      <c r="P5" t="s">
         <v>581</v>
-      </c>
-[...40 lines deleted...]
-        <v>588</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
       <c r="B6" t="s">
+        <v>582</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>583</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>584</v>
+      </c>
+      <c r="H6" t="s">
+        <v>585</v>
+      </c>
+      <c r="I6" t="s">
+        <v>586</v>
+      </c>
+      <c r="J6" t="s">
+        <v>587</v>
+      </c>
+      <c r="K6" t="s">
+        <v>588</v>
+      </c>
+      <c r="L6" t="s">
+        <v>552</v>
+      </c>
+      <c r="M6" t="s">
+        <v>553</v>
+      </c>
+      <c r="N6" t="s">
         <v>589</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="O6" t="s">
         <v>590</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="P6" t="s">
         <v>591</v>
-      </c>
-[...25 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
       <c r="B7" t="s">
+        <v>592</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>547</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>593</v>
+      </c>
+      <c r="H7" t="s">
+        <v>594</v>
+      </c>
+      <c r="I7" t="s">
+        <v>550</v>
+      </c>
+      <c r="J7" t="s">
+        <v>570</v>
+      </c>
+      <c r="K7" t="s">
+        <v>53</v>
+      </c>
+      <c r="L7" t="s">
+        <v>552</v>
+      </c>
+      <c r="M7" t="s">
+        <v>553</v>
+      </c>
+      <c r="N7" t="s">
+        <v>595</v>
+      </c>
+      <c r="O7" t="s">
+        <v>596</v>
+      </c>
+      <c r="P7" t="s">
         <v>597</v>
-      </c>
-[...40 lines deleted...]
-        <v>603</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
       <c r="B8" t="s">
-        <v>604</v>
+        <v>598</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>605</v>
+        <v>599</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>606</v>
+        <v>600</v>
       </c>
       <c r="H8" t="s">
-        <v>607</v>
+        <v>601</v>
       </c>
       <c r="I8" t="s">
-        <v>594</v>
+        <v>579</v>
       </c>
       <c r="J8" t="s">
         <v>20</v>
       </c>
       <c r="K8" t="s">
         <v>30</v>
       </c>
       <c r="L8" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="M8" t="s">
-        <v>595</v>
+        <v>580</v>
       </c>
       <c r="N8" t="s">
-        <v>608</v>
+        <v>602</v>
       </c>
       <c r="O8" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
       <c r="P8" t="s">
-        <v>610</v>
-[...199 lines deleted...]
-        <v>643</v>
+        <v>604</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>644</v>
+        <v>605</v>
       </c>
       <c r="J1" t="s">
-        <v>546</v>
+        <v>537</v>
       </c>
       <c r="K1" t="s">
-        <v>645</v>
+        <v>606</v>
       </c>
       <c r="L1" t="s">
-        <v>548</v>
+        <v>539</v>
       </c>
       <c r="M1" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
       <c r="N1" t="s">
-        <v>646</v>
+        <v>607</v>
       </c>
       <c r="O1" t="s">
-        <v>647</v>
+        <v>608</v>
       </c>
       <c r="P1" t="s">
-        <v>648</v>
+        <v>609</v>
       </c>
       <c r="Q1" t="s">
-        <v>649</v>
+        <v>610</v>
       </c>
       <c r="R1" t="s">
-        <v>550</v>
+        <v>541</v>
       </c>
       <c r="S1" t="s">
-        <v>650</v>
+        <v>611</v>
       </c>
       <c r="T1" t="s">
-        <v>651</v>
+        <v>612</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>652</v>
+        <v>613</v>
       </c>
       <c r="B2" t="s">
-        <v>653</v>
+        <v>614</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>654</v>
+        <v>615</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>655</v>
+        <v>616</v>
       </c>
       <c r="H2" t="s">
-        <v>656</v>
+        <v>617</v>
       </c>
       <c r="I2" t="s">
-        <v>657</v>
+        <v>618</v>
       </c>
       <c r="J2" t="s">
-        <v>601</v>
+        <v>619</v>
       </c>
       <c r="K2" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
       <c r="L2" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="M2" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="N2" t="s">
-        <v>658</v>
+        <v>620</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>562</v>
+        <v>553</v>
       </c>
       <c r="Q2" t="s">
-        <v>659</v>
+        <v>621</v>
       </c>
       <c r="R2" t="s">
-        <v>562</v>
+        <v>553</v>
       </c>
       <c r="S2" t="s">
-        <v>660</v>
+        <v>622</v>
       </c>
       <c r="T2" t="s">
-        <v>661</v>
+        <v>623</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>652</v>
+        <v>613</v>
       </c>
       <c r="B3" t="s">
-        <v>662</v>
+        <v>624</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>663</v>
+        <v>625</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>664</v>
+        <v>626</v>
       </c>
       <c r="H3" t="s">
-        <v>665</v>
+        <v>627</v>
       </c>
       <c r="I3" t="s">
-        <v>666</v>
+        <v>628</v>
       </c>
       <c r="J3" t="s">
         <v>20</v>
       </c>
       <c r="K3" t="s">
-        <v>594</v>
+        <v>579</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="N3" t="s">
-        <v>667</v>
+        <v>629</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>668</v>
+        <v>630</v>
       </c>
       <c r="Q3" t="s">
-        <v>669</v>
+        <v>631</v>
       </c>
       <c r="R3" t="s">
-        <v>595</v>
+        <v>580</v>
       </c>
       <c r="S3" t="s">
         <v>31</v>
       </c>
       <c r="T3" t="s">
-        <v>661</v>
+        <v>623</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>652</v>
+        <v>613</v>
       </c>
       <c r="B4" t="s">
-        <v>670</v>
+        <v>632</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>671</v>
+        <v>633</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>672</v>
+        <v>634</v>
       </c>
       <c r="H4" t="s">
-        <v>673</v>
+        <v>635</v>
       </c>
       <c r="I4" t="s">
-        <v>657</v>
+        <v>618</v>
       </c>
       <c r="J4" t="s">
-        <v>674</v>
+        <v>636</v>
       </c>
       <c r="K4" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="L4" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="M4" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="N4" t="s">
-        <v>675</v>
+        <v>638</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>676</v>
+        <v>639</v>
       </c>
       <c r="Q4" t="s">
-        <v>677</v>
+        <v>640</v>
       </c>
       <c r="R4" t="s">
-        <v>562</v>
+        <v>553</v>
       </c>
       <c r="S4" t="s">
-        <v>287</v>
+        <v>279</v>
       </c>
       <c r="T4" t="s">
-        <v>678</v>
+        <v>641</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>652</v>
+        <v>613</v>
       </c>
       <c r="B5" t="s">
-        <v>679</v>
+        <v>642</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>680</v>
+        <v>643</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>681</v>
+        <v>644</v>
       </c>
       <c r="H5" t="s">
-        <v>682</v>
+        <v>645</v>
       </c>
       <c r="I5" t="s">
-        <v>657</v>
+        <v>618</v>
       </c>
       <c r="J5" t="s">
-        <v>683</v>
+        <v>646</v>
       </c>
       <c r="K5" t="s">
-        <v>569</v>
+        <v>551</v>
       </c>
       <c r="L5" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="M5" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="N5" t="s">
-        <v>684</v>
+        <v>647</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>685</v>
+        <v>648</v>
       </c>
       <c r="Q5" t="s">
-        <v>686</v>
+        <v>649</v>
       </c>
       <c r="R5" t="s">
-        <v>685</v>
+        <v>648</v>
       </c>
       <c r="S5" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="T5" t="s">
-        <v>661</v>
+        <v>623</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>613</v>
+      </c>
+      <c r="B6" t="s">
+        <v>650</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>625</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>651</v>
+      </c>
+      <c r="H6" t="s">
         <v>652</v>
       </c>
-      <c r="B6" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I6" t="s">
-        <v>657</v>
+        <v>618</v>
       </c>
       <c r="J6" t="s">
-        <v>593</v>
+        <v>578</v>
       </c>
       <c r="K6" t="s">
-        <v>594</v>
+        <v>579</v>
       </c>
       <c r="L6" t="s">
         <v>30</v>
       </c>
       <c r="M6" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="N6" t="s">
-        <v>690</v>
+        <v>653</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>668</v>
+        <v>630</v>
       </c>
       <c r="Q6" t="s">
-        <v>691</v>
+        <v>654</v>
       </c>
       <c r="R6" t="s">
-        <v>595</v>
+        <v>580</v>
       </c>
       <c r="S6" t="s">
-        <v>692</v>
+        <v>655</v>
       </c>
       <c r="T6" t="s">
-        <v>661</v>
+        <v>623</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>652</v>
+        <v>613</v>
       </c>
       <c r="B7" t="s">
-        <v>693</v>
+        <v>656</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>663</v>
+        <v>625</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>694</v>
+        <v>657</v>
       </c>
       <c r="H7" t="s">
-        <v>695</v>
+        <v>658</v>
       </c>
       <c r="I7" t="s">
-        <v>657</v>
+        <v>618</v>
       </c>
       <c r="J7" t="s">
         <v>20</v>
       </c>
       <c r="K7" t="s">
-        <v>594</v>
+        <v>579</v>
       </c>
       <c r="L7" t="s">
         <v>30</v>
       </c>
       <c r="M7" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="N7" t="s">
-        <v>696</v>
+        <v>659</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>668</v>
+        <v>630</v>
       </c>
       <c r="Q7" t="s">
-        <v>697</v>
+        <v>660</v>
       </c>
       <c r="R7" t="s">
-        <v>595</v>
+        <v>580</v>
       </c>
       <c r="S7" t="s">
-        <v>698</v>
+        <v>661</v>
       </c>
       <c r="T7" t="s">
-        <v>661</v>
+        <v>623</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>652</v>
+        <v>613</v>
       </c>
       <c r="B8" t="s">
-        <v>699</v>
+        <v>662</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>700</v>
+        <v>663</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>701</v>
+        <v>664</v>
       </c>
       <c r="H8" t="s">
-        <v>702</v>
+        <v>665</v>
       </c>
       <c r="I8" t="s">
-        <v>657</v>
+        <v>618</v>
       </c>
       <c r="J8" t="s">
-        <v>703</v>
+        <v>666</v>
       </c>
       <c r="K8" t="s">
-        <v>704</v>
+        <v>667</v>
       </c>
       <c r="L8" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="M8" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="N8" t="s">
-        <v>705</v>
+        <v>668</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>685</v>
+        <v>648</v>
       </c>
       <c r="Q8" t="s">
-        <v>706</v>
+        <v>669</v>
       </c>
       <c r="R8" t="s">
-        <v>685</v>
+        <v>648</v>
       </c>
       <c r="S8" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="T8" t="s">
-        <v>707</v>
+        <v>670</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>652</v>
+        <v>613</v>
       </c>
       <c r="B9" t="s">
-        <v>708</v>
+        <v>671</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>709</v>
+        <v>672</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>710</v>
+        <v>673</v>
       </c>
       <c r="H9" t="s">
-        <v>711</v>
+        <v>674</v>
       </c>
       <c r="I9" t="s">
-        <v>666</v>
+        <v>628</v>
       </c>
       <c r="J9" t="s">
-        <v>712</v>
+        <v>675</v>
       </c>
       <c r="K9" t="s">
-        <v>713</v>
+        <v>676</v>
       </c>
       <c r="L9" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="M9" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="N9" t="s">
-        <v>714</v>
+        <v>677</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>595</v>
+        <v>580</v>
       </c>
       <c r="Q9" t="s">
-        <v>715</v>
+        <v>678</v>
       </c>
       <c r="R9" t="s">
-        <v>595</v>
+        <v>580</v>
       </c>
       <c r="S9" t="s">
-        <v>716</v>
+        <v>679</v>
       </c>
       <c r="T9" t="s">
-        <v>717</v>
+        <v>680</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>