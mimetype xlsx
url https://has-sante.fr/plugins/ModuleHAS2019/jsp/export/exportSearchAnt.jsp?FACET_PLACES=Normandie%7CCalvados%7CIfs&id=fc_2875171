--- v0 (2025-10-30)
+++ v1 (2025-12-19)
@@ -1,59 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="408" uniqueCount="190">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -155,86 +158,182 @@
   <si>
     <t>https://www.has-sante.fr/jcms/1221_FicheESSMS/fr/camsp-caen-sud</t>
   </si>
   <si>
     <t>1221_FicheESSMS</t>
   </si>
   <si>
     <t>14123 IFS</t>
   </si>
   <si>
     <t>IFS</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
   </si>
   <si>
     <t>140031766</t>
   </si>
   <si>
+    <t>EHPAD MADELEINE LAMY - CORMELLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1995_FicheESSMS/fr/ehpad-madeleine-lamy-cormelles</t>
+  </si>
+  <si>
+    <t>1995_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Du Champ De Foire</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>140002965</t>
+  </si>
+  <si>
+    <t>SAS LOGEMENT AUTONOME ST MARTIN DE FON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5077_FicheESSMS/fr/sas-logement-autonome-st-martin-de-fon</t>
+  </si>
+  <si>
+    <t>5077_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Des Carriers</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>140030370</t>
+  </si>
+  <si>
+    <t>ESAT - IFS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5214_FicheESSMS/fr/esat-ifs</t>
+  </si>
+  <si>
+    <t>5214_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>140017013</t>
+  </si>
+  <si>
+    <t>SESSAD PRO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5486_FicheESSMS/fr/sessad-pro</t>
+  </si>
+  <si>
+    <t>5486_FicheESSMS</t>
+  </si>
+  <si>
+    <t>721 Boulevard Charles Cros</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>140028945</t>
+  </si>
+  <si>
+    <t>U.E.R.O.S. LADAPT NORMANDIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5485_FicheESSMS/fr/u-e-r-o-s-ladapt-normandie</t>
+  </si>
+  <si>
+    <t>5485_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Unités Evaluation Réentraînement et d'Orient. Soc. et Pro.</t>
+  </si>
+  <si>
+    <t>140024860</t>
+  </si>
+  <si>
     <t>FOYER DE VIE SSAM - IFS</t>
   </si>
   <si>
     <t>10/09/2025 12:23:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6581_FicheESSMS/fr/foyer-de-vie-ssam-ifs</t>
   </si>
   <si>
     <t>6581_FicheESSMS</t>
   </si>
   <si>
     <t>8 Rue Anton Tchekhov</t>
   </si>
   <si>
-    <t>Personne en situation de handicap adulte</t>
-[...1 lines deleted...]
-  <si>
     <t>Foyer de Vie pour Adultes Handicapés</t>
   </si>
   <si>
     <t>140031667</t>
   </si>
   <si>
     <t>SAS EN LOGEMENT AUTONOME - IFS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6579_FicheESSMS/fr/sas-en-logement-autonome-ifs</t>
   </si>
   <si>
     <t>6579_FicheESSMS</t>
   </si>
   <si>
-    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
-[...1 lines deleted...]
-  <si>
     <t>140030560</t>
   </si>
   <si>
     <t>FOYER D'HÉBERGEMENT - IFS</t>
   </si>
   <si>
     <t>10/09/2025 12:23:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6582_FicheESSMS/fr/foyer-d-hebergement-ifs</t>
   </si>
   <si>
     <t>6582_FicheESSMS</t>
   </si>
   <si>
     <t>Foyer Hébergement Adultes Handicapés</t>
   </si>
   <si>
     <t>140025594</t>
   </si>
   <si>
     <t>CADA 14 IFS ASS ALTHEA</t>
   </si>
   <si>
     <t>10/09/2025 12:24:53</t>
@@ -251,168 +350,333 @@
   <si>
     <t>Accueil, Hébergement, Insertion</t>
   </si>
   <si>
     <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
   </si>
   <si>
     <t>140017310</t>
   </si>
   <si>
     <t>EHPAD LE FLORILEGE - FLEURY SUR ORNE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8699_FicheESSMS/fr/ehpad-le-florilege-fleury-sur-orne</t>
   </si>
   <si>
     <t>8699_FicheESSMS</t>
   </si>
   <si>
     <t>Privé commercial</t>
   </si>
   <si>
-    <t>Personne âgée</t>
-[...4 lines deleted...]
-  <si>
     <t>140028010</t>
   </si>
   <si>
-    <t>EHPAD MADELEINE LAMY - CORMELLES</t>
-[...14 lines deleted...]
-    <t>140002965</t>
+    <t>SAMSAH APF - IFS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9531_FicheESSMS/fr/samsah-apf-ifs</t>
+  </si>
+  <si>
+    <t>9531_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Charles Sauria</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>140028077</t>
+  </si>
+  <si>
+    <t>SAVS APF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9530_FicheESSMS/fr/savs-apf</t>
+  </si>
+  <si>
+    <t>9530_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140025164</t>
+  </si>
+  <si>
+    <t>SPFS DAFHE ACSEA CORMELLES LE ROYAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9568_FicheESSMS/fr/spfs-dafhe-acsea-cormelles-le-royal</t>
+  </si>
+  <si>
+    <t>9568_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue Des Ecoles</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Centre Placement Familial Socio-Educatif (C.P.F.S.E.)</t>
+  </si>
+  <si>
+    <t>140027087</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES PENSEES- FLEURY SUR ORNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10227_FicheESSMS/fr/residence-les-pensees-fleury-sur-orne</t>
+  </si>
+  <si>
+    <t>10227_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Route D'Harcourt</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>140026766</t>
+  </si>
+  <si>
+    <t>FOYER D'ACCUEIL NON MEDICALISÉ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12022_FicheESSMS/fr/foyer-d-accueil-non-medicalise</t>
+  </si>
+  <si>
+    <t>12022_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue Du 19 Mars 1962</t>
+  </si>
+  <si>
+    <t>140030339</t>
+  </si>
+  <si>
+    <t>EHPAD LE JARDIN D'ELSA - IFS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12287_FicheESSMS/fr/ehpad-le-jardin-d-elsa-ifs</t>
+  </si>
+  <si>
+    <t>12287_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Elsa Triolet</t>
+  </si>
+  <si>
+    <t>140025560</t>
+  </si>
+  <si>
+    <t>ESAT "LA PASSERELLE VERTE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12390_FicheESSMS/fr/esat-la-passerelle-verte</t>
+  </si>
+  <si>
+    <t>12390_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9002 Rue De Rocquancourt</t>
+  </si>
+  <si>
+    <t>140024498</t>
   </si>
   <si>
     <t>DARE ANDRÉ BODEREAU</t>
   </si>
   <si>
     <t>10/09/2025 12:27:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12592_FicheESSMS/fr/dare-andre-bodereau</t>
   </si>
   <si>
     <t>12592_FicheESSMS</t>
   </si>
   <si>
     <t>29 Rue Serge Rouziere</t>
   </si>
   <si>
     <t>Institut Médico-Educatif (I.M.E.)</t>
   </si>
   <si>
     <t>140002551</t>
   </si>
   <si>
     <t>FAM FOYER SOLEIL - FLEURY SUR ORNE</t>
   </si>
   <si>
     <t>10/09/2025 12:28:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12930_FicheESSMS/fr/fam-foyer-soleil-fleury-sur-orne</t>
   </si>
   <si>
     <t>12930_FicheESSMS</t>
   </si>
   <si>
-    <t>1 Avenue Du 19 Mars 1962</t>
-[...1 lines deleted...]
-  <si>
     <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
   </si>
   <si>
     <t>140017658</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>KORIAN COTE NORMANDE</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:54:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/466_FicheEtablissement/fr/korian-cote-normande</t>
+  </si>
+  <si>
+    <t>466_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>10 Rue Anton Tchekhov</t>
+  </si>
+  <si>
+    <t>0231527100</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>140025255</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P12"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -603,414 +867,1102 @@
       <c r="B5" t="s">
         <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
         <v>49</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" t="s">
         <v>50</v>
       </c>
       <c r="H5" t="s">
         <v>51</v>
       </c>
       <c r="I5" t="s">
         <v>52</v>
       </c>
       <c r="J5" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="K5" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>25</v>
       </c>
       <c r="M5" t="s">
         <v>44</v>
       </c>
       <c r="N5" t="s">
         <v>53</v>
       </c>
       <c r="O5" t="s">
         <v>54</v>
       </c>
       <c r="P5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="F6" t="s">
         <v>18</v>
       </c>
       <c r="G6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I6" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="J6" t="s">
         <v>42</v>
       </c>
       <c r="K6" t="s">
         <v>43</v>
       </c>
       <c r="L6" t="s">
         <v>25</v>
       </c>
       <c r="M6" t="s">
         <v>44</v>
       </c>
       <c r="N6" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="P6" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="F7" t="s">
         <v>18</v>
       </c>
       <c r="G7" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H7" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I7" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="J7" t="s">
         <v>42</v>
       </c>
       <c r="K7" t="s">
         <v>43</v>
       </c>
       <c r="L7" t="s">
         <v>25</v>
       </c>
       <c r="M7" t="s">
         <v>44</v>
       </c>
       <c r="N7" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="O7" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="P7" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F8" t="s">
         <v>18</v>
       </c>
       <c r="G8" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="H8" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="I8" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="J8" t="s">
         <v>42</v>
       </c>
       <c r="K8" t="s">
         <v>43</v>
       </c>
       <c r="L8" t="s">
         <v>25</v>
       </c>
       <c r="M8" t="s">
         <v>44</v>
       </c>
       <c r="N8" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="O8" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="P8" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="F9" t="s">
         <v>18</v>
       </c>
       <c r="G9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I9" t="s">
-        <v>35</v>
+        <v>74</v>
       </c>
       <c r="J9" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="K9" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="L9" t="s">
         <v>25</v>
       </c>
       <c r="M9" t="s">
-        <v>79</v>
+        <v>44</v>
       </c>
       <c r="N9" t="s">
+        <v>61</v>
+      </c>
+      <c r="O9" t="s">
         <v>80</v>
       </c>
-      <c r="O9" t="s">
+      <c r="P9" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" t="s">
         <v>83</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" t="s">
         <v>84</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>85</v>
       </c>
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>86</v>
       </c>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="K10" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="L10" t="s">
         <v>25</v>
       </c>
       <c r="M10" t="s">
         <v>44</v>
       </c>
       <c r="N10" t="s">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="O10" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="P10" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
         <v>89</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
+        <v>83</v>
+      </c>
+      <c r="F11" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" t="s">
         <v>90</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>91</v>
       </c>
-      <c r="H11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I11" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="J11" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="K11" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="L11" t="s">
         <v>25</v>
       </c>
       <c r="M11" t="s">
         <v>44</v>
       </c>
       <c r="N11" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="O11" t="s">
-        <v>94</v>
+        <v>62</v>
       </c>
       <c r="P11" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" t="s">
+        <v>94</v>
+      </c>
+      <c r="F12" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" t="s">
+        <v>95</v>
+      </c>
+      <c r="H12" t="s">
         <v>96</v>
       </c>
-      <c r="C12" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I12" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="J12" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="K12" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="L12" t="s">
         <v>25</v>
       </c>
       <c r="M12" t="s">
         <v>44</v>
       </c>
       <c r="N12" t="s">
+        <v>61</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" t="s">
+        <v>100</v>
+      </c>
+      <c r="F13" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" t="s">
+        <v>101</v>
+      </c>
+      <c r="H13" t="s">
+        <v>102</v>
+      </c>
+      <c r="I13" t="s">
+        <v>103</v>
+      </c>
+      <c r="J13" t="s">
+        <v>42</v>
+      </c>
+      <c r="K13" t="s">
+        <v>43</v>
+      </c>
+      <c r="L13" t="s">
+        <v>25</v>
+      </c>
+      <c r="M13" t="s">
+        <v>44</v>
+      </c>
+      <c r="N13" t="s">
+        <v>104</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>18</v>
+      </c>
+      <c r="E14" t="s">
+        <v>108</v>
+      </c>
+      <c r="F14" t="s">
+        <v>18</v>
+      </c>
+      <c r="G14" t="s">
+        <v>109</v>
+      </c>
+      <c r="H14" t="s">
+        <v>110</v>
+      </c>
+      <c r="I14" t="s">
+        <v>35</v>
+      </c>
+      <c r="J14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>25</v>
+      </c>
+      <c r="M14" t="s">
+        <v>111</v>
+      </c>
+      <c r="N14" t="s">
         <v>53</v>
       </c>
-      <c r="O12" t="s">
-[...3 lines deleted...]
-        <v>102</v>
+      <c r="O14" t="s">
+        <v>54</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>18</v>
+      </c>
+      <c r="E15" t="s">
+        <v>114</v>
+      </c>
+      <c r="F15" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" t="s">
+        <v>115</v>
+      </c>
+      <c r="H15" t="s">
+        <v>116</v>
+      </c>
+      <c r="I15" t="s">
+        <v>117</v>
+      </c>
+      <c r="J15" t="s">
+        <v>42</v>
+      </c>
+      <c r="K15" t="s">
+        <v>43</v>
+      </c>
+      <c r="L15" t="s">
+        <v>25</v>
+      </c>
+      <c r="M15" t="s">
+        <v>44</v>
+      </c>
+      <c r="N15" t="s">
+        <v>61</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>18</v>
+      </c>
+      <c r="E16" t="s">
+        <v>114</v>
+      </c>
+      <c r="F16" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" t="s">
+        <v>121</v>
+      </c>
+      <c r="H16" t="s">
+        <v>122</v>
+      </c>
+      <c r="I16" t="s">
+        <v>117</v>
+      </c>
+      <c r="J16" t="s">
+        <v>42</v>
+      </c>
+      <c r="K16" t="s">
+        <v>43</v>
+      </c>
+      <c r="L16" t="s">
+        <v>25</v>
+      </c>
+      <c r="M16" t="s">
+        <v>44</v>
+      </c>
+      <c r="N16" t="s">
+        <v>61</v>
+      </c>
+      <c r="O16" t="s">
+        <v>62</v>
+      </c>
+      <c r="P16" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>18</v>
+      </c>
+      <c r="E17" t="s">
+        <v>125</v>
+      </c>
+      <c r="F17" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" t="s">
+        <v>126</v>
+      </c>
+      <c r="H17" t="s">
+        <v>127</v>
+      </c>
+      <c r="I17" t="s">
+        <v>128</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>25</v>
+      </c>
+      <c r="M17" t="s">
+        <v>44</v>
+      </c>
+      <c r="N17" t="s">
+        <v>129</v>
+      </c>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E18" t="s">
+        <v>133</v>
+      </c>
+      <c r="F18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" t="s">
+        <v>134</v>
+      </c>
+      <c r="H18" t="s">
+        <v>135</v>
+      </c>
+      <c r="I18" t="s">
+        <v>136</v>
+      </c>
+      <c r="J18" t="s">
+        <v>35</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>25</v>
+      </c>
+      <c r="M18" t="s">
+        <v>44</v>
+      </c>
+      <c r="N18" t="s">
+        <v>53</v>
+      </c>
+      <c r="O18" t="s">
+        <v>137</v>
+      </c>
+      <c r="P18" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>18</v>
+      </c>
+      <c r="E19" t="s">
+        <v>140</v>
+      </c>
+      <c r="F19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" t="s">
+        <v>141</v>
+      </c>
+      <c r="H19" t="s">
+        <v>142</v>
+      </c>
+      <c r="I19" t="s">
+        <v>143</v>
+      </c>
+      <c r="J19" t="s">
+        <v>35</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19" t="s">
+        <v>25</v>
+      </c>
+      <c r="M19" t="s">
+        <v>44</v>
+      </c>
+      <c r="N19" t="s">
+        <v>61</v>
+      </c>
+      <c r="O19" t="s">
+        <v>97</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>18</v>
+      </c>
+      <c r="E20" t="s">
+        <v>146</v>
+      </c>
+      <c r="F20" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" t="s">
+        <v>147</v>
+      </c>
+      <c r="H20" t="s">
+        <v>148</v>
+      </c>
+      <c r="I20" t="s">
+        <v>149</v>
+      </c>
+      <c r="J20" t="s">
+        <v>42</v>
+      </c>
+      <c r="K20" t="s">
+        <v>43</v>
+      </c>
+      <c r="L20" t="s">
+        <v>25</v>
+      </c>
+      <c r="M20" t="s">
+        <v>44</v>
+      </c>
+      <c r="N20" t="s">
+        <v>53</v>
+      </c>
+      <c r="O20" t="s">
+        <v>54</v>
+      </c>
+      <c r="P20" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E21" t="s">
+        <v>152</v>
+      </c>
+      <c r="F21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" t="s">
+        <v>153</v>
+      </c>
+      <c r="H21" t="s">
+        <v>154</v>
+      </c>
+      <c r="I21" t="s">
+        <v>155</v>
+      </c>
+      <c r="J21" t="s">
+        <v>42</v>
+      </c>
+      <c r="K21" t="s">
+        <v>43</v>
+      </c>
+      <c r="L21" t="s">
+        <v>25</v>
+      </c>
+      <c r="M21" t="s">
+        <v>44</v>
+      </c>
+      <c r="N21" t="s">
+        <v>61</v>
+      </c>
+      <c r="O21" t="s">
+        <v>68</v>
+      </c>
+      <c r="P21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E22" t="s">
+        <v>158</v>
+      </c>
+      <c r="F22" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" t="s">
+        <v>159</v>
+      </c>
+      <c r="H22" t="s">
+        <v>160</v>
+      </c>
+      <c r="I22" t="s">
+        <v>161</v>
+      </c>
+      <c r="J22" t="s">
+        <v>35</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>25</v>
+      </c>
+      <c r="M22" t="s">
+        <v>44</v>
+      </c>
+      <c r="N22" t="s">
+        <v>45</v>
+      </c>
+      <c r="O22" t="s">
+        <v>162</v>
+      </c>
+      <c r="P22" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" t="s">
+        <v>164</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>18</v>
+      </c>
+      <c r="E23" t="s">
+        <v>165</v>
+      </c>
+      <c r="F23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" t="s">
+        <v>166</v>
+      </c>
+      <c r="H23" t="s">
+        <v>167</v>
+      </c>
+      <c r="I23" t="s">
+        <v>143</v>
+      </c>
+      <c r="J23" t="s">
+        <v>35</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>25</v>
+      </c>
+      <c r="M23" t="s">
+        <v>44</v>
+      </c>
+      <c r="N23" t="s">
+        <v>61</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>169</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>170</v>
+      </c>
+      <c r="J1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K1" t="s">
+        <v>171</v>
+      </c>
+      <c r="L1" t="s">
+        <v>10</v>
+      </c>
+      <c r="M1" t="s">
+        <v>11</v>
+      </c>
+      <c r="N1" t="s">
+        <v>172</v>
+      </c>
+      <c r="O1" t="s">
+        <v>173</v>
+      </c>
+      <c r="P1" t="s">
+        <v>174</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>175</v>
+      </c>
+      <c r="R1" t="s">
+        <v>12</v>
+      </c>
+      <c r="S1" t="s">
+        <v>176</v>
+      </c>
+      <c r="T1" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B2" t="s">
+        <v>179</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G2" t="s">
+        <v>181</v>
+      </c>
+      <c r="H2" t="s">
+        <v>182</v>
+      </c>
+      <c r="I2" t="s">
+        <v>183</v>
+      </c>
+      <c r="J2" t="s">
+        <v>184</v>
+      </c>
+      <c r="K2" t="s">
+        <v>42</v>
+      </c>
+      <c r="L2" t="s">
+        <v>43</v>
+      </c>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>185</v>
+      </c>
+      <c r="O2" t="s">
+        <v>18</v>
+      </c>
+      <c r="P2" t="s">
+        <v>186</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>187</v>
+      </c>
+      <c r="R2" t="s">
+        <v>186</v>
+      </c>
+      <c r="S2" t="s">
+        <v>188</v>
+      </c>
+      <c r="T2" t="s">
+        <v>189</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>