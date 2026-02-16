--- v0 (2025-10-18)
+++ v1 (2026-02-16)
@@ -68,191 +68,191 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur CIPRIANO RODRIGUEZ</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808527/fr/docteur-cipriano-rodriguez</t>
+  </si>
+  <si>
+    <t>p_3808527</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>RODRIGUEZ</t>
+  </si>
+  <si>
+    <t>CIPRIANO</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE LISIEUX</t>
+  </si>
+  <si>
+    <t>14107</t>
+  </si>
+  <si>
+    <t>LISIEUX</t>
+  </si>
+  <si>
+    <t>140000027</t>
+  </si>
+  <si>
     <t>Docteur Alexandre THOBIE</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>17/01/2025 13:32:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578817/fr/docteur-alexandre-thobie</t>
   </si>
   <si>
     <t>p_3578817</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>THOBIE</t>
   </si>
   <si>
     <t>Alexandre</t>
   </si>
   <si>
     <t>16 January 2025</t>
   </si>
   <si>
     <t>POLYCLINIQUE DE LISIEUX,POLYCLINIQUE DE DEAUVILLE-CRICQUEBOEUF</t>
   </si>
   <si>
     <t>14100,14113</t>
   </si>
   <si>
     <t>LISIEUX,CRICQUEBOEUF</t>
   </si>
   <si>
     <t>140018730,140026709</t>
   </si>
   <si>
     <t>Docteur KAIS CHATTI</t>
   </si>
   <si>
     <t>26/12/2023 15:33:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3485458/fr/docteur-kais-chatti</t>
   </si>
   <si>
     <t>p_3485458</t>
   </si>
   <si>
     <t>CHATTI</t>
   </si>
   <si>
     <t>KAIS</t>
   </si>
   <si>
     <t>21 December 2023</t>
   </si>
   <si>
-    <t>CENTRE HOSPITALIER DE LISIEUX</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur FRANCOIS TIRVEILLIOT</t>
   </si>
   <si>
     <t>02/01/2023 09:33:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3401783/fr/docteur-francois-tirveilliot</t>
   </si>
   <si>
     <t>p_3401783</t>
   </si>
   <si>
     <t>TIRVEILLIOT</t>
   </si>
   <si>
     <t>FRANCOIS</t>
   </si>
   <si>
     <t>28 December 2022</t>
   </si>
   <si>
     <t>Docteur YASSINE EID</t>
   </si>
   <si>
     <t>02/01/2023 09:33:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3401849/fr/docteur-yassine-eid</t>
   </si>
   <si>
     <t>p_3401849</t>
   </si>
   <si>
     <t>EID</t>
   </si>
   <si>
     <t>YASSINE</t>
   </si>
   <si>
     <t>POLYCLINIQUE DE LISIEUX</t>
   </si>
   <si>
     <t>14100</t>
   </si>
   <si>
     <t>140018730</t>
   </si>
   <si>
-    <t>Docteur Deborah FRIED</t>
-[...19 lines deleted...]
-  <si>
     <t>Docteur MARCEL ABBAS</t>
   </si>
   <si>
     <t>27/11/2020 10:32:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3220888/fr/docteur-marcel-abbas</t>
   </si>
   <si>
     <t>p_3220888</t>
   </si>
   <si>
     <t>ABBAS</t>
   </si>
   <si>
     <t>MARCEL</t>
   </si>
   <si>
     <t>20 November 2024</t>
   </si>
   <si>
     <t>POLYCLINIQUE DE LISIEUX,POLYCLINIQUE DU PLATEAU</t>
   </si>
   <si>
     <t>14100,95870</t>
@@ -260,51 +260,51 @@
   <si>
     <t>LISIEUX,BEZONS</t>
   </si>
   <si>
     <t>140018730,950300095</t>
   </si>
   <si>
     <t>Docteur Vincent LUCAS</t>
   </si>
   <si>
     <t>08/11/2016 11:30:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708825/fr/docteur-vincent-lucas</t>
   </si>
   <si>
     <t>c_2708825</t>
   </si>
   <si>
     <t>LUCAS</t>
   </si>
   <si>
     <t>Vincent</t>
   </si>
   <si>
-    <t>29 December 2020</t>
+    <t>19 December 2024</t>
   </si>
   <si>
     <t>Docteur Jean-marc LEFORT</t>
   </si>
   <si>
     <t>08/11/2016 11:31:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709482/fr/docteur-jean-marc-lefort</t>
   </si>
   <si>
     <t>c_2709482</t>
   </si>
   <si>
     <t>LEFORT</t>
   </si>
   <si>
     <t>Jean-marc</t>
   </si>
   <si>
     <t>28 March 2024</t>
   </si>
   <si>
     <t>Docteur Ammar MAKKI</t>
   </si>
@@ -589,172 +589,172 @@
       <c r="G4" t="s">
         <v>45</v>
       </c>
       <c r="H4" t="s">
         <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
         <v>47</v>
       </c>
       <c r="L4" t="s">
         <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
         <v>49</v>
       </c>
       <c r="O4" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="P4" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="Q4" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R4" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>51</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>52</v>
       </c>
       <c r="H5" t="s">
         <v>53</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
         <v>54</v>
       </c>
       <c r="L5" t="s">
         <v>55</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="Q5" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R5" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>58</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
         <v>59</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>62</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
+        <v>61</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>20</v>
+      </c>
+      <c r="N6" t="s">
+        <v>56</v>
+      </c>
+      <c r="O6" t="s">
         <v>63</v>
       </c>
-      <c r="L6" t="s">
+      <c r="P6" t="s">
         <v>64</v>
       </c>
-      <c r="M6" t="s">
-[...2 lines deleted...]
-      <c r="N6" t="s">
+      <c r="Q6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R6" t="s">
         <v>65</v>
-      </c>
-[...10 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>66</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>67</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>68</v>
       </c>
       <c r="H7" t="s">
@@ -813,223 +813,223 @@
       <c r="G8" t="s">
         <v>79</v>
       </c>
       <c r="H8" t="s">
         <v>80</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
         <v>81</v>
       </c>
       <c r="L8" t="s">
         <v>82</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
         <v>83</v>
       </c>
       <c r="O8" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="P8" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="Q8" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R8" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>84</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
         <v>85</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
         <v>86</v>
       </c>
       <c r="H9" t="s">
         <v>87</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
         <v>88</v>
       </c>
       <c r="L9" t="s">
         <v>89</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
         <v>90</v>
       </c>
       <c r="O9" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="P9" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="Q9" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R9" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>91</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
         <v>92</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
         <v>93</v>
       </c>
       <c r="H10" t="s">
         <v>94</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
         <v>95</v>
       </c>
       <c r="L10" t="s">
         <v>96</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
         <v>97</v>
       </c>
       <c r="O10" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="P10" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="Q10" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R10" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
         <v>98</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
         <v>99</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
         <v>100</v>
       </c>
       <c r="H11" t="s">
         <v>101</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
         <v>102</v>
       </c>
       <c r="L11" t="s">
         <v>103</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
         <v>97</v>
       </c>
       <c r="O11" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="P11" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="Q11" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R11" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>