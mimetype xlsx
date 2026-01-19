--- v0 (2025-12-02)
+++ v1 (2026-01-19)
@@ -68,51 +68,51 @@
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
     <t>EHPAD BEUZEVILLE-LES FRANCHES TERRES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>10/09/2025 12:26:49</t>
+    <t>17/01/2026 05:15:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11029_FicheESSMS/fr/ehpad-beuzeville-les-franches-terres</t>
   </si>
   <si>
     <t>11029_FicheESSMS</t>
   </si>
   <si>
     <t>325 Rue L. Pasteur</t>
   </si>
   <si>
     <t>27210 BEUZEVILLE</t>
   </si>
   <si>
     <t>BEUZEVILLE</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Personne âgée</t>
   </si>