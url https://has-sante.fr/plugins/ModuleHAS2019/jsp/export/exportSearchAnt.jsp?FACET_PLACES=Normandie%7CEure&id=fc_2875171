--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2686" uniqueCount="1133">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -459,96 +465,3045 @@
     <t>https://www.has-sante.fr/jcms/c_2713302/fr/docteur-nicolas-roux</t>
   </si>
   <si>
     <t>c_2713302</t>
   </si>
   <si>
     <t>ROUX</t>
   </si>
   <si>
     <t>Nicolas</t>
   </si>
   <si>
     <t>12 September 2024</t>
   </si>
   <si>
     <t>HOPITAL PRIVE PASTEUR EVREUX,CLINIQUE MATHILDE ROUEN</t>
   </si>
   <si>
     <t>27025,76175</t>
   </si>
   <si>
     <t>EVREUX,ROUEN</t>
   </si>
   <si>
     <t>270000326,760025312</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE LE DOMAMOUR DU BOSHION</t>
+  </si>
+  <si>
+    <t>16/09/2025 16:16:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13370_FicheESSMS/fr/lieu-de-vie-le-domamour-du-boshion</t>
+  </si>
+  <si>
+    <t>13370_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Saint Pierre</t>
+  </si>
+  <si>
+    <t>27190 LE VAL DORE</t>
+  </si>
+  <si>
+    <t>LE VAL DORE</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>270020688</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LES PETITS PRES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1_FicheESSMS/fr/residence-autonomie-les-petits-pres</t>
+  </si>
+  <si>
+    <t>1_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27700 LES ANDELYS</t>
+  </si>
+  <si>
+    <t>LES ANDELYS</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>270003957</t>
+  </si>
+  <si>
+    <t>CHRS BERNAY ASS YSOS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1622_FicheESSMS/fr/chrs-bernay-ass-ysos</t>
+  </si>
+  <si>
+    <t>1622_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Du Neubourg</t>
+  </si>
+  <si>
+    <t>27300 BERNAY</t>
+  </si>
+  <si>
+    <t>BERNAY</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>270020308</t>
+  </si>
+  <si>
+    <t>LAM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1838_FicheESSMS/fr/lam</t>
+  </si>
+  <si>
+    <t>1838_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Rue Romain Rolland</t>
+  </si>
+  <si>
+    <t>27000 EVREUX</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Lits d'Accueil Médicalisés (L.A.M.)</t>
+  </si>
+  <si>
+    <t>270030067</t>
+  </si>
+  <si>
+    <t>LHSS EVREUX ASS L'ABRI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1837_FicheESSMS/fr/lhss-evreux-ass-l-abri</t>
+  </si>
+  <si>
+    <t>1837_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>270019839</t>
+  </si>
+  <si>
+    <t>DAMA EVREUX ASS L'ABRI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1836_FicheESSMS/fr/dama-evreux-ass-l-abri</t>
+  </si>
+  <si>
+    <t>1836_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Lepouze</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>270029648</t>
+  </si>
+  <si>
+    <t>CHRS EVREUX ASS L'ABRI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1835_FicheESSMS/fr/chrs-evreux-ass-l-abri</t>
+  </si>
+  <si>
+    <t>1835_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270023617</t>
+  </si>
+  <si>
+    <t>AVEDEACJE DE L'EURE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4610_FicheESSMS/fr/avedeacje-de-l-eure</t>
+  </si>
+  <si>
+    <t>4610_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Place Alfred De Musset</t>
+  </si>
+  <si>
+    <t>27033 EVREUX</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>270023666</t>
+  </si>
+  <si>
+    <t>SAEMO ANTENNE PONT-AUDEMER ASEF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/19_FicheESSMS/fr/saemo-antenne-pont-audemer-asef</t>
+  </si>
+  <si>
+    <t>19_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Quai De La Ruelle</t>
+  </si>
+  <si>
+    <t>27500 PONT AUDEMER</t>
+  </si>
+  <si>
+    <t>PONT AUDEMER</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>270026081</t>
+  </si>
+  <si>
+    <t>CMPP BERNAY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/497_FicheESSMS/fr/cmpp-bernay</t>
+  </si>
+  <si>
+    <t>497_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Du Pont De L'Etang</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>270030786</t>
+  </si>
+  <si>
+    <t>CMPP ANTENNE LES ANDELYS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/496_FicheESSMS/fr/cmpp-antenne-les-andelys</t>
+  </si>
+  <si>
+    <t>496_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270027634</t>
+  </si>
+  <si>
+    <t>CMPP ALFRED BINET PONT-AUDEMER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/495_FicheESSMS/fr/cmpp-alfred-binet-pont-audemer</t>
+  </si>
+  <si>
+    <t>495_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Quai François Mitterand</t>
+  </si>
+  <si>
+    <t>270030778</t>
+  </si>
+  <si>
+    <t>DITEP "MARIE-AMELIE LE FUR"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/759_FicheESSMS/fr/ditep-marie-amelie-le-fur</t>
+  </si>
+  <si>
+    <t>759_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue Victor Hugo</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>270027709</t>
+  </si>
+  <si>
+    <t>RESIDENCE CCAS VERNEUIL D'AVRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/877_FicheESSMS/fr/residence-ccas-verneuil-d-avre</t>
+  </si>
+  <si>
+    <t>877_FicheESSMS</t>
+  </si>
+  <si>
+    <t>611 Rue Notre-Dame</t>
+  </si>
+  <si>
+    <t>27130 VERNEUIL D AVRE ET D ITON</t>
+  </si>
+  <si>
+    <t>VERNEUIL D AVRE ET D ITON</t>
+  </si>
+  <si>
+    <t>270007727</t>
+  </si>
+  <si>
+    <t>SAEMO EVREUX ADAEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1207_FicheESSMS/fr/saemo-evreux-adaea</t>
+  </si>
+  <si>
+    <t>1207_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Arsene Meunier</t>
+  </si>
+  <si>
+    <t>27004 EVREUX</t>
+  </si>
+  <si>
+    <t>270004161</t>
+  </si>
+  <si>
+    <t>IME BEAUMESNIL ASS RP DE MAISTRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1245_FicheESSMS/fr/ime-beaumesnil-ass-rp-de-maistre</t>
+  </si>
+  <si>
+    <t>1245_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Du Chateau</t>
+  </si>
+  <si>
+    <t>27410 MESNIL EN OUCHE</t>
+  </si>
+  <si>
+    <t>MESNIL EN OUCHE</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>270000714</t>
+  </si>
+  <si>
+    <t>RESIDENCE HABITAT JEUNES ASS L'ABRI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1840_FicheESSMS/fr/residence-habitat-jeunes-ass-l-abri</t>
+  </si>
+  <si>
+    <t>1840_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27006 EVREUX</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>270002173</t>
+  </si>
+  <si>
+    <t>ACT ASS L'ABRI EVREUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1839_FicheESSMS/fr/act-ass-l-abri-evreux</t>
+  </si>
+  <si>
+    <t>1839_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Avenue Aristide Briand</t>
+  </si>
+  <si>
+    <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
+  </si>
+  <si>
+    <t>270017668</t>
+  </si>
+  <si>
+    <t>CHRS URGENCE LA PAUSE EVREUX ADAEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2011_FicheESSMS/fr/chrs-urgence-la-pause-evreux-adaea</t>
+  </si>
+  <si>
+    <t>2011_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270023476</t>
+  </si>
+  <si>
+    <t>EHPAD VILLA SAINT-MICHEL CHARLEVAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2350_FicheESSMS/fr/ehpad-villa-saint-michel-charleval</t>
+  </si>
+  <si>
+    <t>2350_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27380 CHARLEVAL</t>
+  </si>
+  <si>
+    <t>CHARLEVAL</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>270012230</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE GARCONS LES OIES SAUVAGES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3873_FicheESSMS/fr/lieu-de-vie-garcons-les-oies-sauvages</t>
+  </si>
+  <si>
+    <t>3873_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Route Le Hudar</t>
+  </si>
+  <si>
+    <t>27500 MANNEVILLE SUR RISLE</t>
+  </si>
+  <si>
+    <t>MANNEVILLE SUR RISLE</t>
+  </si>
+  <si>
+    <t>270011968</t>
+  </si>
+  <si>
+    <t>EHPAD LA PROVIDENCE SA ODYSSENIOR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3924_FicheESSMS/fr/ehpad-la-providence-sa-odyssenior</t>
+  </si>
+  <si>
+    <t>3924_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Docteur Roux</t>
+  </si>
+  <si>
+    <t>270018278</t>
+  </si>
+  <si>
+    <t>RESIDENCE JEAN GUENIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4316_FicheESSMS/fr/residence-jean-guenier</t>
+  </si>
+  <si>
+    <t>4316_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27520 GRAND BOURGTHEROULDE</t>
+  </si>
+  <si>
+    <t>GRAND BOURGTHEROULDE</t>
+  </si>
+  <si>
+    <t>270011323</t>
+  </si>
+  <si>
+    <t>RESIDENCE LYLIANE CARPENTIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4455_FicheESSMS/fr/residence-lyliane-carpentier</t>
+  </si>
+  <si>
+    <t>4455_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Jacques Philippe Breant</t>
+  </si>
+  <si>
+    <t>270012776</t>
+  </si>
+  <si>
+    <t>RESIDENCE CCAS SAINT-OUEN TILLEUL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4683_FicheESSMS/fr/residence-ccas-saint-ouen-tilleul</t>
+  </si>
+  <si>
+    <t>4683_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27670 ST OUEN DU TILLEUL</t>
+  </si>
+  <si>
+    <t>ST OUEN DU TILLEUL</t>
+  </si>
+  <si>
+    <t>270009566</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES PINS - PONT DE L'ARCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5134_FicheESSMS/fr/residence-les-pins-pont-de-l-arche</t>
+  </si>
+  <si>
+    <t>5134_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Roger Bonnet</t>
+  </si>
+  <si>
+    <t>27340 PONT DE L ARCHE</t>
+  </si>
+  <si>
+    <t>PONT DE L ARCHE</t>
+  </si>
+  <si>
+    <t>270004237</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LES JARDINS DE LYONS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6223_FicheESSMS/fr/ehpad-residence-les-jardins-de-lyons</t>
+  </si>
+  <si>
+    <t>6223_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Chemin De Croix Mesnil</t>
+  </si>
+  <si>
+    <t>27480 LYONS LA FORET</t>
+  </si>
+  <si>
+    <t>LYONS LA FORET</t>
+  </si>
+  <si>
+    <t>270013097</t>
+  </si>
+  <si>
+    <t>EHPAD LES QUATRE VENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6222_FicheESSMS/fr/ehpad-les-quatre-vents</t>
+  </si>
+  <si>
+    <t>6222_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27440 ECOUIS</t>
+  </si>
+  <si>
+    <t>ECOUIS</t>
+  </si>
+  <si>
+    <t>270002074</t>
+  </si>
+  <si>
+    <t>RESIDENCE E. QUAILLET CCAS GISORS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6401_FicheESSMS/fr/residence-e-quaillet-ccas-gisors</t>
+  </si>
+  <si>
+    <t>6401_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27140 GISORS</t>
+  </si>
+  <si>
+    <t>270009467</t>
+  </si>
+  <si>
+    <t>DITEP LE SOLEIL LEVANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6560_FicheESSMS/fr/ditep-le-soleil-levant</t>
+  </si>
+  <si>
+    <t>6560_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Jules Ferry</t>
+  </si>
+  <si>
+    <t>27180 ST SEBASTIEN DE MORSENT</t>
+  </si>
+  <si>
+    <t>ST SEBASTIEN DE MORSENT</t>
+  </si>
+  <si>
+    <t>270000755</t>
+  </si>
+  <si>
+    <t>IEM LA SOURCE A VERNON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6559_FicheESSMS/fr/iem-la-source-a-vernon</t>
+  </si>
+  <si>
+    <t>6559_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76 Rue De Bizy</t>
+  </si>
+  <si>
+    <t>27200 VERNON</t>
+  </si>
+  <si>
+    <t>VERNON</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>270013568</t>
+  </si>
+  <si>
+    <t>DITEP LES FONTAINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6561_FicheESSMS/fr/ditep-les-fontaines</t>
+  </si>
+  <si>
+    <t>6561_FicheESSMS</t>
+  </si>
+  <si>
+    <t>101 Rue De Bizy</t>
+  </si>
+  <si>
+    <t>27207 VERNON</t>
+  </si>
+  <si>
+    <t>270000847</t>
+  </si>
+  <si>
+    <t>SAD CIAS COM COM CONCHES EN OUCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1130_FicheESSMS/fr/sad-cias-com-com-conches-en-ouche</t>
+  </si>
+  <si>
+    <t>1130_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27190 CONCHES EN OUCHE</t>
+  </si>
+  <si>
+    <t>CONCHES EN OUCHE</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>270024391</t>
+  </si>
+  <si>
+    <t>SAMSAH IDEFHI - LOUVIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2965_FicheESSMS/fr/samsah-idefhi-louviers</t>
+  </si>
+  <si>
+    <t>2965_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Place Guillaume Petit</t>
+  </si>
+  <si>
+    <t>27400 LOUVIERS</t>
+  </si>
+  <si>
+    <t>LOUVIERS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>270028137</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE JACQUES DAVIEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3055_FicheESSMS/fr/ehpad-residence-jacques-daviel</t>
+  </si>
+  <si>
+    <t>3055_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Anne De Ticheville</t>
+  </si>
+  <si>
+    <t>27303 BERNAY</t>
+  </si>
+  <si>
+    <t>270009939</t>
+  </si>
+  <si>
+    <t>EHPAD LE BOSGUERARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3292_FicheESSMS/fr/ehpad-le-bosguerard</t>
+  </si>
+  <si>
+    <t>3292_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Marie De Vaudemont</t>
+  </si>
+  <si>
+    <t>27370 ST PIERRE DU BOSGUERARD</t>
+  </si>
+  <si>
+    <t>ST PIERRE DU BOSGUERARD</t>
+  </si>
+  <si>
+    <t>270010713</t>
+  </si>
+  <si>
+    <t>SERV MJPM SERQUIGNY ASS ATMP EURE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3415_FicheESSMS/fr/serv-mjpm-serquigny-ass-atmp-eure</t>
+  </si>
+  <si>
+    <t>3415_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Jean Brault</t>
+  </si>
+  <si>
+    <t>27470 SERQUIGNY</t>
+  </si>
+  <si>
+    <t>SERQUIGNY</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>270025398</t>
+  </si>
+  <si>
+    <t>SIE EVREUX ADAEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3842_FicheESSMS/fr/sie-evreux-adaea</t>
+  </si>
+  <si>
+    <t>3842_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Rue Des Cheminots</t>
+  </si>
+  <si>
+    <t>Service d'Investigation Educative</t>
+  </si>
+  <si>
+    <t>270009368</t>
+  </si>
+  <si>
+    <t>SERV MJPM GUICHAINVILLE ASS ATDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3855_FicheESSMS/fr/serv-mjpm-guichainville-ass-atde</t>
+  </si>
+  <si>
+    <t>3855_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Concorde</t>
+  </si>
+  <si>
+    <t>27930 GUICHAINVILLE</t>
+  </si>
+  <si>
+    <t>GUICHAINVILLE</t>
+  </si>
+  <si>
+    <t>270025414</t>
+  </si>
+  <si>
+    <t>EHPAD LES RIVES D'OR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3948_FicheESSMS/fr/ehpad-les-rives-d-or</t>
+  </si>
+  <si>
+    <t>3948_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37 Rue De Serez</t>
+  </si>
+  <si>
+    <t>27750 LA COUTURE BOUSSEY</t>
+  </si>
+  <si>
+    <t>LA COUTURE BOUSSEY</t>
+  </si>
+  <si>
+    <t>270010051</t>
+  </si>
+  <si>
+    <t>FJT RESIDENCE SOCIALE BAJET VERNON AJV</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5094_FicheESSMS/fr/fjt-residence-sociale-bajet-vernon-ajv</t>
+  </si>
+  <si>
+    <t>5094_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Des Ecuries Des Gardes</t>
+  </si>
+  <si>
+    <t>270000037</t>
+  </si>
+  <si>
+    <t>FJT RESIDENCE SOCIALE GAILLON AJV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5093_FicheESSMS/fr/fjt-residence-sociale-gaillon-ajv</t>
+  </si>
+  <si>
+    <t>5093_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue Francois Mitterrand</t>
+  </si>
+  <si>
+    <t>27600 GAILLON</t>
+  </si>
+  <si>
+    <t>GAILLON</t>
+  </si>
+  <si>
+    <t>270028186</t>
+  </si>
+  <si>
+    <t>FJT RESIDENCE SOCIALE LE NEUBOURG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5092_FicheESSMS/fr/fjt-residence-sociale-le-neubourg</t>
+  </si>
+  <si>
+    <t>5092_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Bioche</t>
+  </si>
+  <si>
+    <t>27110 LE NEUBOURG</t>
+  </si>
+  <si>
+    <t>LE NEUBOURG</t>
+  </si>
+  <si>
+    <t>270028012</t>
+  </si>
+  <si>
+    <t>FJT RESIDENCE SOCIALE LES ANDELYS AJV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5091_FicheESSMS/fr/fjt-residence-sociale-les-andelys-ajv</t>
+  </si>
+  <si>
+    <t>5091_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue General Fontanges</t>
+  </si>
+  <si>
+    <t>270029218</t>
+  </si>
+  <si>
+    <t>MARPA L'AUBERTINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5538_FicheESSMS/fr/marpa-l-aubertine</t>
+  </si>
+  <si>
+    <t>5538_FicheESSMS</t>
+  </si>
+  <si>
+    <t>230 Lotissement De L'Aubertine</t>
+  </si>
+  <si>
+    <t>27560 LIEUREY</t>
+  </si>
+  <si>
+    <t>LIEUREY</t>
+  </si>
+  <si>
+    <t>270023534</t>
+  </si>
+  <si>
+    <t>MECS LE RICOCHET ASS LES FONTAINES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6562_FicheESSMS/fr/mecs-le-ricochet-ass-les-fontaines</t>
+  </si>
+  <si>
+    <t>6562_FicheESSMS</t>
+  </si>
+  <si>
+    <t>211 Rue De Verdun</t>
+  </si>
+  <si>
+    <t>27203 VERNON</t>
+  </si>
+  <si>
+    <t>270000029</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE DAMVILLE FERME DU CLAIRET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7503_FicheESSMS/fr/lieu-de-vie-damville-ferme-du-clairet</t>
+  </si>
+  <si>
+    <t>7503_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Du Chateau D'Eau</t>
+  </si>
+  <si>
+    <t>27240 MESNILS SUR ITON</t>
+  </si>
+  <si>
+    <t>MESNILS SUR ITON</t>
+  </si>
+  <si>
+    <t>270027097</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE DOMAINE HESTIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7905_FicheESSMS/fr/lieu-de-vie-domaine-hestia</t>
+  </si>
+  <si>
+    <t>7905_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Amfreville Sous Les Monts</t>
+  </si>
+  <si>
+    <t>27430 CONNELLES</t>
+  </si>
+  <si>
+    <t>CONNELLES</t>
+  </si>
+  <si>
+    <t>270027915</t>
+  </si>
+  <si>
+    <t>MECS EVREUX ASS MOISSONS NOUVELLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8821_FicheESSMS/fr/mecs-evreux-ass-moissons-nouvelles</t>
+  </si>
+  <si>
+    <t>8821_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Jean Bart</t>
+  </si>
+  <si>
+    <t>270002454</t>
+  </si>
+  <si>
+    <t>DITEP JEAN DU PLESSIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9056_FicheESSMS/fr/ditep-jean-du-plessis</t>
+  </si>
+  <si>
+    <t>9056_FicheESSMS</t>
+  </si>
+  <si>
+    <t>43 Rue Pasteur</t>
+  </si>
+  <si>
+    <t>27310 BOURG ACHARD</t>
+  </si>
+  <si>
+    <t>BOURG ACHARD</t>
+  </si>
+  <si>
+    <t>270000920</t>
+  </si>
+  <si>
+    <t>CAMSP LES LOUPIOTS D'EVREUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9279_FicheESSMS/fr/camsp-les-loupiots-d-evreux</t>
+  </si>
+  <si>
+    <t>9279_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue D Avrilly</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>270002447</t>
+  </si>
+  <si>
+    <t>P4AL CATHERINE LOUISON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9277_FicheESSMS/fr/p4al-catherine-louison</t>
+  </si>
+  <si>
+    <t>9277_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Lavoisier</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>270008352</t>
+  </si>
+  <si>
+    <t>DAME PUZZLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9276_FicheESSMS/fr/dame-puzzle</t>
+  </si>
+  <si>
+    <t>9276_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270019169</t>
+  </si>
+  <si>
+    <t>SAVS SASH EVREUX ASS LA RONCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9449_FicheESSMS/fr/savs-sash-evreux-ass-la-ronce</t>
+  </si>
+  <si>
+    <t>9449_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Rue Charles Corbeau</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>270023542</t>
+  </si>
+  <si>
+    <t>SESSAD RICHARD BARET ST ANDRÉ DE L'EUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9524_FicheESSMS/fr/sessad-richard-baret-st-andre-de-l-eur</t>
+  </si>
+  <si>
+    <t>9524_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Mare Chanceuse</t>
+  </si>
+  <si>
+    <t>27220 ST ANDRE DE L EURE</t>
+  </si>
+  <si>
+    <t>ST ANDRE DE L EURE</t>
+  </si>
+  <si>
+    <t>270011489</t>
+  </si>
+  <si>
+    <t>RESIDENCE DES REFLETS D'ARGENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9684_FicheESSMS/fr/residence-des-reflets-d-argent</t>
+  </si>
+  <si>
+    <t>9684_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86 Rue Francois Mitterand</t>
+  </si>
+  <si>
+    <t>270009137</t>
+  </si>
+  <si>
+    <t>SAVA VERNON ASS PREPARE TOIT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9709_FicheESSMS/fr/sava-vernon-ass-prepare-toit</t>
+  </si>
+  <si>
+    <t>9709_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Mail Anatole France</t>
+  </si>
+  <si>
+    <t>270021199</t>
+  </si>
+  <si>
+    <t>SAMSAH LA MUSSE ST-SEBASTIEN-MORSENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9697_FicheESSMS/fr/samsah-la-musse-st-sebastien-morsent</t>
+  </si>
+  <si>
+    <t>9697_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>270017189</t>
+  </si>
+  <si>
+    <t>MAS HOPITAL LA MUSSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9696_FicheESSMS/fr/mas-hopital-la-musse</t>
+  </si>
+  <si>
+    <t>9696_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>270027964</t>
+  </si>
+  <si>
+    <t>SESSAD-UEEA LE NID BLEU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9695_FicheESSMS/fr/sessad-ueea-le-nid-bleu</t>
+  </si>
+  <si>
+    <t>9695_FicheESSMS</t>
+  </si>
+  <si>
+    <t>170 Route Des Lacs</t>
+  </si>
+  <si>
+    <t>27100 VAL DE REUIL</t>
+  </si>
+  <si>
+    <t>VAL DE REUIL</t>
+  </si>
+  <si>
+    <t>270029457</t>
+  </si>
+  <si>
+    <t>IME D'ECOUIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9900_FicheESSMS/fr/ime-d-ecouis</t>
+  </si>
+  <si>
+    <t>9900_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Route De Rouen</t>
+  </si>
+  <si>
+    <t>270000235</t>
+  </si>
+  <si>
+    <t>SESSAD LA CHRYSALIDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9899_FicheESSMS/fr/sessad-la-chrysalide</t>
+  </si>
+  <si>
+    <t>9899_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270025273</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN LA RISLE DE RUGLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10073_FicheESSMS/fr/ehpad-korian-la-risle-de-rugles</t>
+  </si>
+  <si>
+    <t>10073_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27250 RUGLES</t>
+  </si>
+  <si>
+    <t>RUGLES</t>
+  </si>
+  <si>
+    <t>270023914</t>
+  </si>
+  <si>
+    <t>SAD CCAS GISORS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10241_FicheESSMS/fr/sad-ccas-gisors</t>
+  </si>
+  <si>
+    <t>10241_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue Des Fontaines</t>
+  </si>
+  <si>
+    <t>270011125</t>
+  </si>
+  <si>
+    <t>SAMSAH EVREUX  LA RONCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10225_FicheESSMS/fr/samsah-evreux-la-ronce</t>
+  </si>
+  <si>
+    <t>10225_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270018138</t>
+  </si>
+  <si>
+    <t>MECS THIBOUVILLE ASS AGIR VINCENT PAUL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10263_FicheESSMS/fr/mecs-thibouville-ass-agir-vincent-paul</t>
+  </si>
+  <si>
+    <t>10263_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Saint Vincent</t>
+  </si>
+  <si>
+    <t>27800 THIBOUVILLE</t>
+  </si>
+  <si>
+    <t>THIBOUVILLE</t>
+  </si>
+  <si>
+    <t>270000649</t>
+  </si>
+  <si>
+    <t>DITEP DE SERQUIGNY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10635_FicheESSMS/fr/ditep-de-serquigny</t>
+  </si>
+  <si>
+    <t>10635_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Jean Brault</t>
+  </si>
+  <si>
+    <t>270000227</t>
+  </si>
+  <si>
+    <t>EHPAD CH HURABIELLE BOURG-ACHARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10757_FicheESSMS/fr/ehpad-ch-hurabielle-bourg-achard</t>
+  </si>
+  <si>
+    <t>10757_FicheESSMS</t>
+  </si>
+  <si>
+    <t>165 Rue Pasteur</t>
+  </si>
+  <si>
+    <t>270009079</t>
+  </si>
+  <si>
+    <t>RESIDENCE DU FAUBOURG CHAG PACY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10808_FicheESSMS/fr/residence-du-faubourg-chag-pacy</t>
+  </si>
+  <si>
+    <t>10808_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27120 PACY SUR EURE</t>
+  </si>
+  <si>
+    <t>PACY SUR EURE</t>
+  </si>
+  <si>
+    <t>270016728</t>
+  </si>
+  <si>
+    <t>ESAT APF FRANCE HANDICAP GUICHAINVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10827_FicheESSMS/fr/esat-apf-france-handicap-guichainville</t>
+  </si>
+  <si>
+    <t>10827_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue Concorde</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>270013477</t>
+  </si>
+  <si>
+    <t>FAM APF FRANCOIS MOREL - EVREUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10826_FicheESSMS/fr/fam-apf-francois-morel-evreux</t>
+  </si>
+  <si>
+    <t>10826_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue De La Ronde</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>270024466</t>
+  </si>
+  <si>
+    <t>SAVS SAD27 APF GUICHAINVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10825_FicheESSMS/fr/savs-sad27-apf-guichainville</t>
+  </si>
+  <si>
+    <t>10825_FicheESSMS</t>
+  </si>
+  <si>
+    <t>89 Rue Nungesser Et Coli</t>
+  </si>
+  <si>
+    <t>270022759</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR APF FRANCE HANDICAP 27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10824_FicheESSMS/fr/accueil-de-jour-apf-france-handicap-27</t>
+  </si>
+  <si>
+    <t>10824_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>270030059</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE D'EVREUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10823_FicheESSMS/fr/foyer-de-vie-d-evreux</t>
+  </si>
+  <si>
+    <t>10823_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>270000961</t>
+  </si>
+  <si>
+    <t>SERV MJPM EVREUX ASS UDAF DE L'EURE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10913_FicheESSMS/fr/serv-mjpm-evreux-ass-udaf-de-l-eure</t>
+  </si>
+  <si>
+    <t>10913_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1184 Rue Jacquard</t>
+  </si>
+  <si>
+    <t>270025372</t>
+  </si>
+  <si>
+    <t>ESAT ATELIERS CHATEAU GAILLARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10955_FicheESSMS/fr/esat-ateliers-chateau-gaillard</t>
+  </si>
+  <si>
+    <t>10955_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270002397</t>
+  </si>
+  <si>
+    <t>MAS LA HAYE BEROU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10954_FicheESSMS/fr/mas-la-haye-berou</t>
+  </si>
+  <si>
+    <t>10954_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Georges Vallerey</t>
+  </si>
+  <si>
+    <t>270002470</t>
+  </si>
+  <si>
+    <t>ESAT ATELIERS DU COUDRAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10953_FicheESSMS/fr/esat-ateliers-du-coudray</t>
+  </si>
+  <si>
+    <t>10953_FicheESSMS</t>
+  </si>
+  <si>
+    <t>934 Chemin De Ferrières</t>
+  </si>
+  <si>
+    <t>270007586</t>
+  </si>
+  <si>
+    <t>FOYER HEB. RÉSIDENCE CHARENTONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10952_FicheESSMS/fr/foyer-heb-residence-charentonne</t>
+  </si>
+  <si>
+    <t>10952_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Alexandre</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>270007594</t>
+  </si>
+  <si>
+    <t>ESAT ATELIERS DU PARC SAINT DENIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10951_FicheESSMS/fr/esat-ateliers-du-parc-saint-denis</t>
+  </si>
+  <si>
+    <t>10951_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270008394</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT RESIDENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10950_FicheESSMS/fr/foyer-d-hebergement-residence</t>
+  </si>
+  <si>
+    <t>10950_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270008402</t>
+  </si>
+  <si>
+    <t>FOYER RESIDENCE DU CHATEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10949_FicheESSMS/fr/foyer-residence-du-chateau</t>
+  </si>
+  <si>
+    <t>10949_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27120 CAILLOUET ORGEVILLE</t>
+  </si>
+  <si>
+    <t>CAILLOUET ORGEVILLE</t>
+  </si>
+  <si>
+    <t>270008410</t>
+  </si>
+  <si>
+    <t>FOYER RESIDENCE LES MURETS - GLR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10948_FicheESSMS/fr/foyer-residence-les-murets-glr</t>
+  </si>
+  <si>
+    <t>10948_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue De La Mairie</t>
+  </si>
+  <si>
+    <t>27190 GAUDREVILLE LA RIVIERE</t>
+  </si>
+  <si>
+    <t>GAUDREVILLE LA RIVIERE</t>
+  </si>
+  <si>
+    <t>270009970</t>
+  </si>
+  <si>
+    <t>FOYER OCCUP LES TOURELLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10947_FicheESSMS/fr/foyer-occup-les-tourelles</t>
+  </si>
+  <si>
+    <t>10947_FicheESSMS</t>
+  </si>
+  <si>
+    <t>52 Rue Du 8 Mai 1945</t>
+  </si>
+  <si>
+    <t>27460 IGOVILLE</t>
+  </si>
+  <si>
+    <t>IGOVILLE</t>
+  </si>
+  <si>
+    <t>270013923</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN L'ERMITAGE DE LOUVIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10941_FicheESSMS/fr/ehpad-korian-l-ermitage-de-louviers</t>
+  </si>
+  <si>
+    <t>10941_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Boulevard Georges Clemenceau</t>
+  </si>
+  <si>
+    <t>270002306</t>
+  </si>
+  <si>
+    <t>ESAT LES ATELIERS DU ROULOIR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10960_FicheESSMS/fr/esat-les-ateliers-du-rouloir</t>
+  </si>
+  <si>
+    <t>10960_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270027592</t>
+  </si>
+  <si>
+    <t>ESAT ATELIERS RIVES DE L'EURE - VDR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10959_FicheESSMS/fr/esat-ateliers-rives-de-l-eure-vdr</t>
+  </si>
+  <si>
+    <t>10959_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270018948</t>
+  </si>
+  <si>
+    <t>EAM RESIDENCE DU BOIS DE MELLEVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10958_FicheESSMS/fr/eam-residence-du-bois-de-melleville</t>
+  </si>
+  <si>
+    <t>10958_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Concorde</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>270014095</t>
+  </si>
+  <si>
+    <t>EHPAD BEUZEVILLE-LES FRANCHES TERRES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11029_FicheESSMS/fr/ehpad-beuzeville-les-franches-terres</t>
+  </si>
+  <si>
+    <t>11029_FicheESSMS</t>
+  </si>
+  <si>
+    <t>325 Rue L. Pasteur</t>
+  </si>
+  <si>
+    <t>27210 BEUZEVILLE</t>
+  </si>
+  <si>
+    <t>BEUZEVILLE</t>
+  </si>
+  <si>
+    <t>270002066</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN JARDIN DE L'ANDELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11109_FicheESSMS/fr/ehpad-korian-jardin-de-l-andelle</t>
+  </si>
+  <si>
+    <t>11109_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Des Champs</t>
+  </si>
+  <si>
+    <t>27910 PERRIERS SUR ANDELLE</t>
+  </si>
+  <si>
+    <t>PERRIERS SUR ANDELLE</t>
+  </si>
+  <si>
+    <t>270017239</t>
+  </si>
+  <si>
+    <t>DAME EST ADAPEI 27 - SITE PRINCIPAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11231_FicheESSMS/fr/dame-est-adapei-27-site-principal</t>
+  </si>
+  <si>
+    <t>11231_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Avenue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>270002033</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE RESO LA BONDE ETREPAGNY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11374_FicheESSMS/fr/lieu-de-vie-reso-la-bonde-etrepagny</t>
+  </si>
+  <si>
+    <t>11374_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Saint Maur</t>
+  </si>
+  <si>
+    <t>27150 ETREPAGNY</t>
+  </si>
+  <si>
+    <t>ETREPAGNY</t>
+  </si>
+  <si>
+    <t>270027170</t>
+  </si>
+  <si>
+    <t>KORIAN VAL AUX FLEURS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11418_FicheESSMS/fr/korian-val-aux-fleurs</t>
+  </si>
+  <si>
+    <t>11418_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27730 BUEIL</t>
+  </si>
+  <si>
+    <t>BUEIL</t>
+  </si>
+  <si>
+    <t>270002249</t>
+  </si>
+  <si>
+    <t>CSAPA PARENTHESE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11525_FicheESSMS/fr/csapa-parenthese</t>
+  </si>
+  <si>
+    <t>11525_FicheESSMS</t>
+  </si>
+  <si>
+    <t>47 Rue De La Foret</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>270025638</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT DE BERNAY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11574_FicheESSMS/fr/foyer-d-hebergement-de-bernay</t>
+  </si>
+  <si>
+    <t>11574_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Bernard Gombert</t>
+  </si>
+  <si>
+    <t>270008345</t>
+  </si>
+  <si>
+    <t>SERV DPF EVREUX ASS UDAF DE L'EURE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11688_FicheESSMS/fr/serv-dpf-evreux-ass-udaf-de-l-eure</t>
+  </si>
+  <si>
+    <t>11688_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>270025653</t>
+  </si>
+  <si>
+    <t>CHRS EVREUX ASS UDAF DE L'EURE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11855_FicheESSMS/fr/chrs-evreux-ass-udaf-de-l-eure</t>
+  </si>
+  <si>
+    <t>11855_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270012354</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LE GRAND LIEU D'EPAIGNES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12187_FicheESSMS/fr/foyer-de-vie-le-grand-lieu-d-epaignes</t>
+  </si>
+  <si>
+    <t>12187_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Andre Morin</t>
+  </si>
+  <si>
+    <t>27260 EPAIGNES</t>
+  </si>
+  <si>
+    <t>EPAIGNES</t>
+  </si>
+  <si>
+    <t>270026362</t>
+  </si>
+  <si>
+    <t>MAS EPAIGNES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12273_FicheESSMS/fr/mas-epaignes</t>
+  </si>
+  <si>
+    <t>12273_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270022668</t>
+  </si>
+  <si>
+    <t>CAARUD ADISSA DE L'EURE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12320_FicheESSMS/fr/caarud-adissa-de-l-eure</t>
+  </si>
+  <si>
+    <t>12320_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue De Meilet</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>270017718</t>
+  </si>
+  <si>
+    <t>CSAPA ADISSA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12319_FicheESSMS/fr/csapa-adissa</t>
+  </si>
+  <si>
+    <t>12319_FicheESSMS</t>
+  </si>
+  <si>
+    <t>79 Rue Henri 1Er Beauclerc</t>
+  </si>
+  <si>
+    <t>270003049</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12318_FicheESSMS/fr/csapa-adissa</t>
+  </si>
+  <si>
+    <t>12318_FicheESSMS</t>
+  </si>
+  <si>
+    <t>72 Rue Du Marechal Leclerc</t>
+  </si>
+  <si>
+    <t>270003239</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE ASS FUTUR SIMPLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12350_FicheESSMS/fr/lieu-de-vie-ass-futur-simple</t>
+  </si>
+  <si>
+    <t>12350_FicheESSMS</t>
+  </si>
+  <si>
+    <t>78 Rue De La Couranterie</t>
+  </si>
+  <si>
+    <t>27300 BOISSY LAMBERVILLE</t>
+  </si>
+  <si>
+    <t>BOISSY LAMBERVILLE</t>
+  </si>
+  <si>
+    <t>270020779</t>
+  </si>
+  <si>
+    <t>EHPAD DE BRETEUIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12359_FicheESSMS/fr/ehpad-de-breteuil</t>
+  </si>
+  <si>
+    <t>12359_FicheESSMS</t>
+  </si>
+  <si>
+    <t>230 Rue Du General Leclerc</t>
+  </si>
+  <si>
+    <t>27160 BRETEUIL</t>
+  </si>
+  <si>
+    <t>BRETEUIL</t>
+  </si>
+  <si>
+    <t>270009129</t>
+  </si>
+  <si>
+    <t>EHPAD EPMS RUGLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12358_FicheESSMS/fr/ehpad-epms-rugles</t>
+  </si>
+  <si>
+    <t>12358_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270009111</t>
+  </si>
+  <si>
+    <t>EHPAD RÉSIDENCE BEAUCLERC CH VERNEUIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12357_FicheESSMS/fr/ehpad-residence-beauclerc-ch-verneuil</t>
+  </si>
+  <si>
+    <t>12357_FicheESSMS</t>
+  </si>
+  <si>
+    <t>101 Boulevard Des Poissonniers</t>
+  </si>
+  <si>
+    <t>270008691</t>
+  </si>
+  <si>
+    <t>SERV MJPM EVREUX ADAEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12411_FicheESSMS/fr/serv-mjpm-evreux-adaea</t>
+  </si>
+  <si>
+    <t>12411_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Victor Hugo</t>
+  </si>
+  <si>
+    <t>270009293</t>
+  </si>
+  <si>
+    <t>SERV DPF EVREUX ADAEA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12410_FicheESSMS/fr/serv-dpf-evreux-adaea</t>
+  </si>
+  <si>
+    <t>12410_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Victor Hugo</t>
+  </si>
+  <si>
+    <t>270025646</t>
+  </si>
+  <si>
+    <t>SESSAD IRIS ASS DEP PEP27</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12445_FicheESSMS/fr/sessad-iris-ass-dep-pep27</t>
+  </si>
+  <si>
+    <t>12445_FicheESSMS</t>
+  </si>
+  <si>
+    <t>648 Rue Jean Monnod</t>
+  </si>
+  <si>
+    <t>270021389</t>
+  </si>
+  <si>
+    <t>SAVA - ASSO LE GRAND LIEU EPAIGNES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12661_FicheESSMS/fr/sava-asso-le-grand-lieu-epaignes</t>
+  </si>
+  <si>
+    <t>12661_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270028624</t>
+  </si>
+  <si>
+    <t>SERV MJPM EVREUX ASS MSA TUTELLES 27</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12723_FicheESSMS/fr/serv-mjpm-evreux-ass-msa-tutelles-27</t>
+  </si>
+  <si>
+    <t>12723_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Georges Politzer</t>
+  </si>
+  <si>
+    <t>270025430</t>
+  </si>
+  <si>
+    <t>RESIDENCE CCAS SAINT-MARCEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12952_FicheESSMS/fr/residence-ccas-saint-marcel</t>
+  </si>
+  <si>
+    <t>12952_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Pommeraie</t>
+  </si>
+  <si>
+    <t>27950 ST MARCEL</t>
+  </si>
+  <si>
+    <t>ST MARCEL</t>
+  </si>
+  <si>
+    <t>270004328</t>
+  </si>
+  <si>
+    <t>FAM LE GRAND LIEU D'EPAIGNES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13111_FicheESSMS/fr/fam-le-grand-lieu-d-epaignes</t>
+  </si>
+  <si>
+    <t>13111_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270024862</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>INSTITUT MEDICAL SPECIALISE DE L'EURE</t>
+  </si>
+  <si>
+    <t>25/09/2025 09:21:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/744_FicheEtablissement/fr/institut-medical-specialise-de-l-eure</t>
+  </si>
+  <si>
+    <t>744_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>12 Place Ernest Thorel</t>
+  </si>
+  <si>
+    <t>0232255050</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>270000342</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CLINIQUE DES PORTES DE L'EURE</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:51:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/768_FicheEtablissement/fr/clinique-des-portes-de-l-eure</t>
+  </si>
+  <si>
+    <t>768_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Bonaparte</t>
+  </si>
+  <si>
+    <t>0232716300</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>270027279</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CH BERNAY</t>
+  </si>
+  <si>
+    <t>30/04/2025 16:31:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/742_FicheEtablissement/fr/ch-bernay</t>
+  </si>
+  <si>
+    <t>742_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0232456300</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>270000045</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SAINT LOUIS D'EVREUX CH EURE-SEINE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/745_FicheEtablissement/fr/ch-eure-seine-evreux</t>
+  </si>
+  <si>
+    <t>745_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>27015 EVREUX</t>
+  </si>
+  <si>
+    <t>0232338000</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>270000359</t>
+  </si>
+  <si>
+    <t>HÔPITAL PRIVÉ DE L'EURE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/743_FicheEtablissement/fr/hopital-prive-de-l-eure</t>
+  </si>
+  <si>
+    <t>743_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>58 Boulevard Pasteur</t>
+  </si>
+  <si>
+    <t>0232389500</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Réanimation</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>CH PONT-AUDEMER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/749_FicheEtablissement/fr/ch-pont-audemer</t>
+  </si>
+  <si>
+    <t>749_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>64 Route De Lisieux</t>
+  </si>
+  <si>
+    <t>27504 PONT AUDEMER</t>
+  </si>
+  <si>
+    <t>0232416464</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>270000425</t>
+  </si>
+  <si>
+    <t>CENTRE DE CONVALESCENCE L'HOSTREA</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/748_FicheEtablissement/fr/csmr-l-hostrea</t>
+  </si>
+  <si>
+    <t>748_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>27720 NOYERS</t>
+  </si>
+  <si>
+    <t>NOYERS</t>
+  </si>
+  <si>
+    <t>0232277575</t>
+  </si>
+  <si>
+    <t>270000417</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE LOUVIERS VAL DE REUIL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/747_FicheEtablissement/fr/ch-louviers-chi-elbeuf</t>
+  </si>
+  <si>
+    <t>747_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Saint Jean</t>
+  </si>
+  <si>
+    <t>27406 LOUVIERS</t>
+  </si>
+  <si>
+    <t>0232257500</t>
+  </si>
+  <si>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>270000391</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE GISORS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/746_FicheEtablissement/fr/ch-gisors</t>
+  </si>
+  <si>
+    <t>746_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0232277676</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER  PIERRE HURABIELLE BOURG-ACHARD</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/754_FicheEtablissement/fr/ch-bourg-achard</t>
+  </si>
+  <si>
+    <t>754_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0232202000</t>
+  </si>
+  <si>
+    <t>270000482</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SAINT JACQUES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/753_FicheEtablissement/fr/centre-hospitalier-saint-jacques</t>
+  </si>
+  <si>
+    <t>753_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>141 Route De Paix</t>
+  </si>
+  <si>
+    <t>0232547272</t>
+  </si>
+  <si>
+    <t>270000474</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE VERNON CH EURE-SEINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/752_FicheEtablissement/fr/ch-vernon-ch-eure-seine</t>
+  </si>
+  <si>
+    <t>752_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Rue Docteur Burnet</t>
+  </si>
+  <si>
+    <t>0232716600</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine, Néphrologie, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>270000458</t>
+  </si>
+  <si>
+    <t>CH VERNEUIL-SUR-AVRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/751_FicheEtablissement/fr/ch-verneuil-sur-avre</t>
+  </si>
+  <si>
+    <t>751_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>27137 VERNEUIL SUR AVRE</t>
+  </si>
+  <si>
+    <t>VERNEUIL SUR AVRE</t>
+  </si>
+  <si>
+    <t>0232236000</t>
+  </si>
+  <si>
+    <t>270000441</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES BRUYERES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/758_FicheEtablissement/fr/clinique-les-bruyeres</t>
+  </si>
+  <si>
+    <t>758_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Des Bruyeres</t>
+  </si>
+  <si>
+    <t>27930 BROSVILLE</t>
+  </si>
+  <si>
+    <t>BROSVILLE</t>
+  </si>
+  <si>
+    <t>0232343316</t>
+  </si>
+  <si>
+    <t>270000870</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/757_FicheEtablissement/fr/clinique-bergouignan</t>
+  </si>
+  <si>
+    <t>757_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Du Dr Louis Bergouignan</t>
+  </si>
+  <si>
+    <t>27025 EVREUX CEDEX</t>
+  </si>
+  <si>
+    <t>EVREUX CEDEX</t>
+  </si>
+  <si>
+    <t>02 32 31 44 44</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SPECIALISE EN PSYCHIATRIE D EVREUX</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/756_FicheEtablissement/fr/nouvel-hopital-de-navarre</t>
+  </si>
+  <si>
+    <t>756_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>62 Rue De Conches</t>
+  </si>
+  <si>
+    <t>27022 EVREUX</t>
+  </si>
+  <si>
+    <t>0232317676</t>
+  </si>
+  <si>
+    <t>270000573</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CH EURE SEINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/767_FicheEtablissement/fr/usld-ch-eure-seine</t>
+  </si>
+  <si>
+    <t>767_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Rue Du Docteur Baudoux</t>
+  </si>
+  <si>
+    <t>0232338002</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>270026107</t>
+  </si>
+  <si>
+    <t>HAD EURE SEINE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/765_FicheEtablissement/fr/had-eure-seine</t>
+  </si>
+  <si>
+    <t>765_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>62 Route De Conches</t>
+  </si>
+  <si>
+    <t>0232282106</t>
+  </si>
+  <si>
+    <t>270016058</t>
+  </si>
+  <si>
+    <t>USLD CH PONT-AUDEMER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/764_FicheEtablissement/fr/usld-ch-pont-audemer</t>
+  </si>
+  <si>
+    <t>764_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>0232416456</t>
+  </si>
+  <si>
+    <t>270009210</t>
+  </si>
+  <si>
+    <t>USLD CH VERNEUIL-SUR-AVRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/762_FicheEtablissement/fr/usld-ch-verneuil-sur-avre</t>
+  </si>
+  <si>
+    <t>762_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>270008683</t>
+  </si>
+  <si>
+    <t>USLD LES JARDINS DU VEXIN CH GISORS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/761_FicheEtablissement/fr/usld-les-jardins-du-vexin-ch-gisors</t>
+  </si>
+  <si>
+    <t>761_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>270008667</t>
+  </si>
+  <si>
+    <t>HOPITAL LA  MUSSE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/760_FicheEtablissement/fr/hopital-la-musse</t>
+  </si>
+  <si>
+    <t>760_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0232293031</t>
+  </si>
+  <si>
+    <t>270000912</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE ARDITTI SAINT-ANDRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/759_FicheEtablissement/fr/ladapt-eure</t>
+  </si>
+  <si>
+    <t>759_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0232328900</t>
+  </si>
+  <si>
+    <t>270000896</t>
+  </si>
+  <si>
+    <t>ANIDER - EVREUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3657_FicheEtablissement/fr/anider-evreux</t>
+  </si>
+  <si>
+    <t>3657_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>43 Rue Pierre Brossolette</t>
+  </si>
+  <si>
+    <t>0232392268</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>270017478</t>
+  </si>
+  <si>
+    <t>ANIDER - ST MARCEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3656_FicheEtablissement/fr/anider-st-marcel</t>
+  </si>
+  <si>
+    <t>3656_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>8 Rue De La Poste</t>
+  </si>
+  <si>
+    <t>0232517133</t>
+  </si>
+  <si>
+    <t>270017429</t>
+  </si>
+  <si>
+    <t>ANIDER - THIBERVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3655_FicheEtablissement/fr/anider-thiberville</t>
+  </si>
+  <si>
+    <t>3655_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18 Rue De Lisieux</t>
+  </si>
+  <si>
+    <t>27230 THIBERVILLE</t>
+  </si>
+  <si>
+    <t>THIBERVILLE</t>
+  </si>
+  <si>
+    <t>0232454833</t>
+  </si>
+  <si>
+    <t>270017379</t>
+  </si>
+  <si>
+    <t>ANIDER - LOUVIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3654_FicheEtablissement/fr/anider-louviers</t>
+  </si>
+  <si>
+    <t>3654_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0232505498</t>
+  </si>
+  <si>
+    <t>270017338</t>
+  </si>
+  <si>
+    <t>HAD CH DE LA RISLE PONT AUDEMER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4803_FicheEtablissement/fr/had-ch-de-la-risle-pont-audemer</t>
+  </si>
+  <si>
+    <t>4803_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Du Moulin Des Champs</t>
+  </si>
+  <si>
+    <t>0232416613</t>
+  </si>
+  <si>
+    <t>270029416</t>
+  </si>
+  <si>
+    <t>CLINIQUE LA MARE Ô DANS</t>
+  </si>
+  <si>
+    <t>07/02/2024 16:02:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/766_FicheEtablissement/fr/clinique-la-mare-o-dans</t>
+  </si>
+  <si>
+    <t>766_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Route Forestiere</t>
+  </si>
+  <si>
+    <t>27340 LES DAMPS</t>
+  </si>
+  <si>
+    <t>LES DAMPS</t>
+  </si>
+  <si>
+    <t>0232868000</t>
+  </si>
+  <si>
+    <t>270025984</t>
+  </si>
+  <si>
+    <t>HOPITAL LOCAL LE NEUBOURG</t>
+  </si>
+  <si>
+    <t>20/03/2023 16:23:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/755_FicheEtablissement/fr/hl-le-neubourg</t>
+  </si>
+  <si>
+    <t>755_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>25 Rue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>0232356800</t>
+  </si>
+  <si>
+    <t>270000516</t>
+  </si>
+  <si>
+    <t>USLD HL LE NEUBOURG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/763_FicheEtablissement/fr/usld-hl-le-neubourg</t>
+  </si>
+  <si>
+    <t>763_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>270009087</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -1245,41 +4200,7753 @@
       </c>
       <c r="L13" t="s">
         <v>144</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
         <v>145</v>
       </c>
       <c r="O13" t="s">
         <v>146</v>
       </c>
       <c r="P13" t="s">
         <v>147</v>
       </c>
       <c r="Q13" t="s">
         <v>148</v>
       </c>
       <c r="R13" t="s">
         <v>149</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P114"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>150</v>
+      </c>
+      <c r="J1" t="s">
+        <v>151</v>
+      </c>
+      <c r="K1" t="s">
+        <v>152</v>
+      </c>
+      <c r="L1" t="s">
+        <v>153</v>
+      </c>
+      <c r="M1" t="s">
+        <v>154</v>
+      </c>
+      <c r="N1" t="s">
+        <v>155</v>
+      </c>
+      <c r="O1" t="s">
+        <v>156</v>
+      </c>
+      <c r="P1" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>158</v>
+      </c>
+      <c r="B2" t="s">
+        <v>159</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>160</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>161</v>
+      </c>
+      <c r="H2" t="s">
+        <v>162</v>
+      </c>
+      <c r="I2" t="s">
+        <v>163</v>
+      </c>
+      <c r="J2" t="s">
+        <v>164</v>
+      </c>
+      <c r="K2" t="s">
+        <v>165</v>
+      </c>
+      <c r="L2" t="s">
+        <v>166</v>
+      </c>
+      <c r="M2" t="s">
+        <v>167</v>
+      </c>
+      <c r="N2" t="s">
+        <v>168</v>
+      </c>
+      <c r="O2" t="s">
+        <v>169</v>
+      </c>
+      <c r="P2" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>172</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>173</v>
+      </c>
+      <c r="H3" t="s">
+        <v>174</v>
+      </c>
+      <c r="I3" t="s">
+        <v>175</v>
+      </c>
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
+        <v>176</v>
+      </c>
+      <c r="L3" t="s">
+        <v>166</v>
+      </c>
+      <c r="M3" t="s">
+        <v>177</v>
+      </c>
+      <c r="N3" t="s">
+        <v>178</v>
+      </c>
+      <c r="O3" t="s">
+        <v>179</v>
+      </c>
+      <c r="P3" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>158</v>
+      </c>
+      <c r="B4" t="s">
+        <v>181</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>182</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>183</v>
+      </c>
+      <c r="H4" t="s">
+        <v>184</v>
+      </c>
+      <c r="I4" t="s">
+        <v>185</v>
+      </c>
+      <c r="J4" t="s">
+        <v>186</v>
+      </c>
+      <c r="K4" t="s">
+        <v>187</v>
+      </c>
+      <c r="L4" t="s">
+        <v>166</v>
+      </c>
+      <c r="M4" t="s">
+        <v>188</v>
+      </c>
+      <c r="N4" t="s">
+        <v>189</v>
+      </c>
+      <c r="O4" t="s">
+        <v>190</v>
+      </c>
+      <c r="P4" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>158</v>
+      </c>
+      <c r="B5" t="s">
+        <v>192</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>193</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>194</v>
+      </c>
+      <c r="H5" t="s">
+        <v>195</v>
+      </c>
+      <c r="I5" t="s">
+        <v>196</v>
+      </c>
+      <c r="J5" t="s">
+        <v>197</v>
+      </c>
+      <c r="K5" t="s">
+        <v>52</v>
+      </c>
+      <c r="L5" t="s">
+        <v>166</v>
+      </c>
+      <c r="M5" t="s">
+        <v>188</v>
+      </c>
+      <c r="N5" t="s">
+        <v>198</v>
+      </c>
+      <c r="O5" t="s">
+        <v>199</v>
+      </c>
+      <c r="P5" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>158</v>
+      </c>
+      <c r="B6" t="s">
+        <v>201</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>193</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>202</v>
+      </c>
+      <c r="H6" t="s">
+        <v>203</v>
+      </c>
+      <c r="I6" t="s">
+        <v>196</v>
+      </c>
+      <c r="J6" t="s">
+        <v>197</v>
+      </c>
+      <c r="K6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L6" t="s">
+        <v>166</v>
+      </c>
+      <c r="M6" t="s">
+        <v>188</v>
+      </c>
+      <c r="N6" t="s">
+        <v>198</v>
+      </c>
+      <c r="O6" t="s">
+        <v>204</v>
+      </c>
+      <c r="P6" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>158</v>
+      </c>
+      <c r="B7" t="s">
+        <v>206</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>193</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>207</v>
+      </c>
+      <c r="H7" t="s">
+        <v>208</v>
+      </c>
+      <c r="I7" t="s">
+        <v>209</v>
+      </c>
+      <c r="J7" t="s">
+        <v>197</v>
+      </c>
+      <c r="K7" t="s">
+        <v>52</v>
+      </c>
+      <c r="L7" t="s">
+        <v>166</v>
+      </c>
+      <c r="M7" t="s">
+        <v>188</v>
+      </c>
+      <c r="N7" t="s">
+        <v>210</v>
+      </c>
+      <c r="O7" t="s">
+        <v>211</v>
+      </c>
+      <c r="P7" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>158</v>
+      </c>
+      <c r="B8" t="s">
+        <v>213</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>193</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>214</v>
+      </c>
+      <c r="H8" t="s">
+        <v>215</v>
+      </c>
+      <c r="I8" t="s">
+        <v>196</v>
+      </c>
+      <c r="J8" t="s">
+        <v>197</v>
+      </c>
+      <c r="K8" t="s">
+        <v>52</v>
+      </c>
+      <c r="L8" t="s">
+        <v>166</v>
+      </c>
+      <c r="M8" t="s">
+        <v>188</v>
+      </c>
+      <c r="N8" t="s">
+        <v>189</v>
+      </c>
+      <c r="O8" t="s">
+        <v>190</v>
+      </c>
+      <c r="P8" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>158</v>
+      </c>
+      <c r="B9" t="s">
+        <v>217</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>218</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>219</v>
+      </c>
+      <c r="H9" t="s">
+        <v>220</v>
+      </c>
+      <c r="I9" t="s">
+        <v>221</v>
+      </c>
+      <c r="J9" t="s">
+        <v>222</v>
+      </c>
+      <c r="K9" t="s">
+        <v>52</v>
+      </c>
+      <c r="L9" t="s">
+        <v>166</v>
+      </c>
+      <c r="M9" t="s">
+        <v>188</v>
+      </c>
+      <c r="N9" t="s">
+        <v>210</v>
+      </c>
+      <c r="O9" t="s">
+        <v>223</v>
+      </c>
+      <c r="P9" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>158</v>
+      </c>
+      <c r="B10" t="s">
+        <v>225</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>226</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>227</v>
+      </c>
+      <c r="H10" t="s">
+        <v>228</v>
+      </c>
+      <c r="I10" t="s">
+        <v>229</v>
+      </c>
+      <c r="J10" t="s">
+        <v>230</v>
+      </c>
+      <c r="K10" t="s">
+        <v>231</v>
+      </c>
+      <c r="L10" t="s">
+        <v>166</v>
+      </c>
+      <c r="M10" t="s">
+        <v>188</v>
+      </c>
+      <c r="N10" t="s">
+        <v>210</v>
+      </c>
+      <c r="O10" t="s">
+        <v>232</v>
+      </c>
+      <c r="P10" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>158</v>
+      </c>
+      <c r="B11" t="s">
+        <v>234</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>235</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>236</v>
+      </c>
+      <c r="H11" t="s">
+        <v>237</v>
+      </c>
+      <c r="I11" t="s">
+        <v>238</v>
+      </c>
+      <c r="J11" t="s">
+        <v>186</v>
+      </c>
+      <c r="K11" t="s">
+        <v>187</v>
+      </c>
+      <c r="L11" t="s">
+        <v>166</v>
+      </c>
+      <c r="M11" t="s">
+        <v>188</v>
+      </c>
+      <c r="N11" t="s">
+        <v>239</v>
+      </c>
+      <c r="O11" t="s">
+        <v>240</v>
+      </c>
+      <c r="P11" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>158</v>
+      </c>
+      <c r="B12" t="s">
+        <v>242</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>235</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>243</v>
+      </c>
+      <c r="H12" t="s">
+        <v>244</v>
+      </c>
+      <c r="I12" t="s">
+        <v>175</v>
+      </c>
+      <c r="J12" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" t="s">
+        <v>176</v>
+      </c>
+      <c r="L12" t="s">
+        <v>166</v>
+      </c>
+      <c r="M12" t="s">
+        <v>188</v>
+      </c>
+      <c r="N12" t="s">
+        <v>239</v>
+      </c>
+      <c r="O12" t="s">
+        <v>240</v>
+      </c>
+      <c r="P12" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>158</v>
+      </c>
+      <c r="B13" t="s">
+        <v>246</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>235</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>247</v>
+      </c>
+      <c r="H13" t="s">
+        <v>248</v>
+      </c>
+      <c r="I13" t="s">
+        <v>249</v>
+      </c>
+      <c r="J13" t="s">
+        <v>230</v>
+      </c>
+      <c r="K13" t="s">
+        <v>231</v>
+      </c>
+      <c r="L13" t="s">
+        <v>166</v>
+      </c>
+      <c r="M13" t="s">
+        <v>188</v>
+      </c>
+      <c r="N13" t="s">
+        <v>239</v>
+      </c>
+      <c r="O13" t="s">
+        <v>240</v>
+      </c>
+      <c r="P13" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>158</v>
+      </c>
+      <c r="B14" t="s">
+        <v>251</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>252</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>253</v>
+      </c>
+      <c r="H14" t="s">
+        <v>254</v>
+      </c>
+      <c r="I14" t="s">
+        <v>255</v>
+      </c>
+      <c r="J14" t="s">
+        <v>197</v>
+      </c>
+      <c r="K14" t="s">
+        <v>52</v>
+      </c>
+      <c r="L14" t="s">
+        <v>166</v>
+      </c>
+      <c r="M14" t="s">
+        <v>188</v>
+      </c>
+      <c r="N14" t="s">
+        <v>239</v>
+      </c>
+      <c r="O14" t="s">
+        <v>256</v>
+      </c>
+      <c r="P14" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>158</v>
+      </c>
+      <c r="B15" t="s">
+        <v>258</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>259</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>260</v>
+      </c>
+      <c r="H15" t="s">
+        <v>261</v>
+      </c>
+      <c r="I15" t="s">
+        <v>262</v>
+      </c>
+      <c r="J15" t="s">
+        <v>263</v>
+      </c>
+      <c r="K15" t="s">
+        <v>264</v>
+      </c>
+      <c r="L15" t="s">
+        <v>166</v>
+      </c>
+      <c r="M15" t="s">
+        <v>177</v>
+      </c>
+      <c r="N15" t="s">
+        <v>178</v>
+      </c>
+      <c r="O15" t="s">
+        <v>179</v>
+      </c>
+      <c r="P15" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>158</v>
+      </c>
+      <c r="B16" t="s">
+        <v>266</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>267</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>268</v>
+      </c>
+      <c r="H16" t="s">
+        <v>269</v>
+      </c>
+      <c r="I16" t="s">
+        <v>270</v>
+      </c>
+      <c r="J16" t="s">
+        <v>271</v>
+      </c>
+      <c r="K16" t="s">
+        <v>52</v>
+      </c>
+      <c r="L16" t="s">
+        <v>166</v>
+      </c>
+      <c r="M16" t="s">
+        <v>188</v>
+      </c>
+      <c r="N16" t="s">
+        <v>210</v>
+      </c>
+      <c r="O16" t="s">
+        <v>232</v>
+      </c>
+      <c r="P16" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>158</v>
+      </c>
+      <c r="B17" t="s">
+        <v>273</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>274</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>275</v>
+      </c>
+      <c r="H17" t="s">
+        <v>276</v>
+      </c>
+      <c r="I17" t="s">
+        <v>277</v>
+      </c>
+      <c r="J17" t="s">
+        <v>278</v>
+      </c>
+      <c r="K17" t="s">
+        <v>279</v>
+      </c>
+      <c r="L17" t="s">
+        <v>166</v>
+      </c>
+      <c r="M17" t="s">
+        <v>188</v>
+      </c>
+      <c r="N17" t="s">
+        <v>239</v>
+      </c>
+      <c r="O17" t="s">
+        <v>280</v>
+      </c>
+      <c r="P17" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>158</v>
+      </c>
+      <c r="B18" t="s">
+        <v>282</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>193</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>283</v>
+      </c>
+      <c r="H18" t="s">
+        <v>284</v>
+      </c>
+      <c r="I18" t="s">
+        <v>209</v>
+      </c>
+      <c r="J18" t="s">
+        <v>285</v>
+      </c>
+      <c r="K18" t="s">
+        <v>52</v>
+      </c>
+      <c r="L18" t="s">
+        <v>166</v>
+      </c>
+      <c r="M18" t="s">
+        <v>188</v>
+      </c>
+      <c r="N18" t="s">
+        <v>189</v>
+      </c>
+      <c r="O18" t="s">
+        <v>286</v>
+      </c>
+      <c r="P18" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>158</v>
+      </c>
+      <c r="B19" t="s">
+        <v>288</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>193</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>289</v>
+      </c>
+      <c r="H19" t="s">
+        <v>290</v>
+      </c>
+      <c r="I19" t="s">
+        <v>291</v>
+      </c>
+      <c r="J19" t="s">
+        <v>197</v>
+      </c>
+      <c r="K19" t="s">
+        <v>52</v>
+      </c>
+      <c r="L19" t="s">
+        <v>166</v>
+      </c>
+      <c r="M19" t="s">
+        <v>188</v>
+      </c>
+      <c r="N19" t="s">
+        <v>198</v>
+      </c>
+      <c r="O19" t="s">
+        <v>292</v>
+      </c>
+      <c r="P19" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>158</v>
+      </c>
+      <c r="B20" t="s">
+        <v>294</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>295</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>296</v>
+      </c>
+      <c r="H20" t="s">
+        <v>297</v>
+      </c>
+      <c r="I20" t="s">
+        <v>270</v>
+      </c>
+      <c r="J20" t="s">
+        <v>271</v>
+      </c>
+      <c r="K20" t="s">
+        <v>52</v>
+      </c>
+      <c r="L20" t="s">
+        <v>166</v>
+      </c>
+      <c r="M20" t="s">
+        <v>188</v>
+      </c>
+      <c r="N20" t="s">
+        <v>189</v>
+      </c>
+      <c r="O20" t="s">
+        <v>190</v>
+      </c>
+      <c r="P20" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>158</v>
+      </c>
+      <c r="B21" t="s">
+        <v>299</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>300</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>301</v>
+      </c>
+      <c r="H21" t="s">
+        <v>302</v>
+      </c>
+      <c r="I21" t="s">
+        <v>303</v>
+      </c>
+      <c r="J21" t="s">
+        <v>20</v>
+      </c>
+      <c r="K21" t="s">
+        <v>304</v>
+      </c>
+      <c r="L21" t="s">
+        <v>166</v>
+      </c>
+      <c r="M21" t="s">
+        <v>167</v>
+      </c>
+      <c r="N21" t="s">
+        <v>178</v>
+      </c>
+      <c r="O21" t="s">
+        <v>305</v>
+      </c>
+      <c r="P21" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>158</v>
+      </c>
+      <c r="B22" t="s">
+        <v>307</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>308</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>309</v>
+      </c>
+      <c r="H22" t="s">
+        <v>310</v>
+      </c>
+      <c r="I22" t="s">
+        <v>311</v>
+      </c>
+      <c r="J22" t="s">
+        <v>312</v>
+      </c>
+      <c r="K22" t="s">
+        <v>313</v>
+      </c>
+      <c r="L22" t="s">
+        <v>166</v>
+      </c>
+      <c r="M22" t="s">
+        <v>188</v>
+      </c>
+      <c r="N22" t="s">
+        <v>210</v>
+      </c>
+      <c r="O22" t="s">
+        <v>169</v>
+      </c>
+      <c r="P22" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>158</v>
+      </c>
+      <c r="B23" t="s">
+        <v>315</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>316</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>317</v>
+      </c>
+      <c r="H23" t="s">
+        <v>318</v>
+      </c>
+      <c r="I23" t="s">
+        <v>319</v>
+      </c>
+      <c r="J23" t="s">
+        <v>197</v>
+      </c>
+      <c r="K23" t="s">
+        <v>52</v>
+      </c>
+      <c r="L23" t="s">
+        <v>166</v>
+      </c>
+      <c r="M23" t="s">
+        <v>167</v>
+      </c>
+      <c r="N23" t="s">
+        <v>178</v>
+      </c>
+      <c r="O23" t="s">
+        <v>305</v>
+      </c>
+      <c r="P23" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>158</v>
+      </c>
+      <c r="B24" t="s">
+        <v>321</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>322</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>323</v>
+      </c>
+      <c r="H24" t="s">
+        <v>324</v>
+      </c>
+      <c r="I24" t="s">
+        <v>325</v>
+      </c>
+      <c r="J24" t="s">
+        <v>20</v>
+      </c>
+      <c r="K24" t="s">
+        <v>326</v>
+      </c>
+      <c r="L24" t="s">
+        <v>166</v>
+      </c>
+      <c r="M24" t="s">
+        <v>177</v>
+      </c>
+      <c r="N24" t="s">
+        <v>178</v>
+      </c>
+      <c r="O24" t="s">
+        <v>179</v>
+      </c>
+      <c r="P24" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>158</v>
+      </c>
+      <c r="B25" t="s">
+        <v>328</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>329</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>330</v>
+      </c>
+      <c r="H25" t="s">
+        <v>331</v>
+      </c>
+      <c r="I25" t="s">
+        <v>332</v>
+      </c>
+      <c r="J25" t="s">
+        <v>186</v>
+      </c>
+      <c r="K25" t="s">
+        <v>187</v>
+      </c>
+      <c r="L25" t="s">
+        <v>166</v>
+      </c>
+      <c r="M25" t="s">
+        <v>177</v>
+      </c>
+      <c r="N25" t="s">
+        <v>178</v>
+      </c>
+      <c r="O25" t="s">
+        <v>179</v>
+      </c>
+      <c r="P25" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>158</v>
+      </c>
+      <c r="B26" t="s">
+        <v>334</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>335</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>336</v>
+      </c>
+      <c r="H26" t="s">
+        <v>337</v>
+      </c>
+      <c r="I26" t="s">
+        <v>338</v>
+      </c>
+      <c r="J26" t="s">
+        <v>20</v>
+      </c>
+      <c r="K26" t="s">
+        <v>339</v>
+      </c>
+      <c r="L26" t="s">
+        <v>166</v>
+      </c>
+      <c r="M26" t="s">
+        <v>177</v>
+      </c>
+      <c r="N26" t="s">
+        <v>178</v>
+      </c>
+      <c r="O26" t="s">
+        <v>179</v>
+      </c>
+      <c r="P26" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>158</v>
+      </c>
+      <c r="B27" t="s">
+        <v>341</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>342</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>343</v>
+      </c>
+      <c r="H27" t="s">
+        <v>344</v>
+      </c>
+      <c r="I27" t="s">
+        <v>345</v>
+      </c>
+      <c r="J27" t="s">
+        <v>346</v>
+      </c>
+      <c r="K27" t="s">
+        <v>347</v>
+      </c>
+      <c r="L27" t="s">
+        <v>166</v>
+      </c>
+      <c r="M27" t="s">
+        <v>177</v>
+      </c>
+      <c r="N27" t="s">
+        <v>178</v>
+      </c>
+      <c r="O27" t="s">
+        <v>179</v>
+      </c>
+      <c r="P27" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>158</v>
+      </c>
+      <c r="B28" t="s">
+        <v>349</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>350</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>351</v>
+      </c>
+      <c r="H28" t="s">
+        <v>352</v>
+      </c>
+      <c r="I28" t="s">
+        <v>353</v>
+      </c>
+      <c r="J28" t="s">
+        <v>354</v>
+      </c>
+      <c r="K28" t="s">
+        <v>355</v>
+      </c>
+      <c r="L28" t="s">
+        <v>166</v>
+      </c>
+      <c r="M28" t="s">
+        <v>177</v>
+      </c>
+      <c r="N28" t="s">
+        <v>178</v>
+      </c>
+      <c r="O28" t="s">
+        <v>305</v>
+      </c>
+      <c r="P28" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>158</v>
+      </c>
+      <c r="B29" t="s">
+        <v>357</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>350</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>358</v>
+      </c>
+      <c r="H29" t="s">
+        <v>359</v>
+      </c>
+      <c r="I29" t="s">
+        <v>360</v>
+      </c>
+      <c r="J29" t="s">
+        <v>20</v>
+      </c>
+      <c r="K29" t="s">
+        <v>361</v>
+      </c>
+      <c r="L29" t="s">
+        <v>166</v>
+      </c>
+      <c r="M29" t="s">
+        <v>177</v>
+      </c>
+      <c r="N29" t="s">
+        <v>178</v>
+      </c>
+      <c r="O29" t="s">
+        <v>305</v>
+      </c>
+      <c r="P29" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>158</v>
+      </c>
+      <c r="B30" t="s">
+        <v>363</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>364</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>365</v>
+      </c>
+      <c r="H30" t="s">
+        <v>366</v>
+      </c>
+      <c r="I30" t="s">
+        <v>367</v>
+      </c>
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" t="s">
+        <v>30</v>
+      </c>
+      <c r="L30" t="s">
+        <v>166</v>
+      </c>
+      <c r="M30" t="s">
+        <v>177</v>
+      </c>
+      <c r="N30" t="s">
+        <v>178</v>
+      </c>
+      <c r="O30" t="s">
+        <v>179</v>
+      </c>
+      <c r="P30" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>158</v>
+      </c>
+      <c r="B31" t="s">
+        <v>369</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>370</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>371</v>
+      </c>
+      <c r="H31" t="s">
+        <v>372</v>
+      </c>
+      <c r="I31" t="s">
+        <v>373</v>
+      </c>
+      <c r="J31" t="s">
+        <v>374</v>
+      </c>
+      <c r="K31" t="s">
+        <v>375</v>
+      </c>
+      <c r="L31" t="s">
+        <v>166</v>
+      </c>
+      <c r="M31" t="s">
+        <v>188</v>
+      </c>
+      <c r="N31" t="s">
+        <v>239</v>
+      </c>
+      <c r="O31" t="s">
+        <v>256</v>
+      </c>
+      <c r="P31" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>158</v>
+      </c>
+      <c r="B32" t="s">
+        <v>377</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>370</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>378</v>
+      </c>
+      <c r="H32" t="s">
+        <v>379</v>
+      </c>
+      <c r="I32" t="s">
+        <v>380</v>
+      </c>
+      <c r="J32" t="s">
+        <v>381</v>
+      </c>
+      <c r="K32" t="s">
+        <v>382</v>
+      </c>
+      <c r="L32" t="s">
+        <v>166</v>
+      </c>
+      <c r="M32" t="s">
+        <v>188</v>
+      </c>
+      <c r="N32" t="s">
+        <v>239</v>
+      </c>
+      <c r="O32" t="s">
+        <v>383</v>
+      </c>
+      <c r="P32" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>158</v>
+      </c>
+      <c r="B33" t="s">
+        <v>385</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>386</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>387</v>
+      </c>
+      <c r="H33" t="s">
+        <v>388</v>
+      </c>
+      <c r="I33" t="s">
+        <v>389</v>
+      </c>
+      <c r="J33" t="s">
+        <v>390</v>
+      </c>
+      <c r="K33" t="s">
+        <v>382</v>
+      </c>
+      <c r="L33" t="s">
+        <v>166</v>
+      </c>
+      <c r="M33" t="s">
+        <v>188</v>
+      </c>
+      <c r="N33" t="s">
+        <v>239</v>
+      </c>
+      <c r="O33" t="s">
+        <v>256</v>
+      </c>
+      <c r="P33" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>158</v>
+      </c>
+      <c r="B34" t="s">
+        <v>392</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>393</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>394</v>
+      </c>
+      <c r="H34" t="s">
+        <v>395</v>
+      </c>
+      <c r="I34" t="s">
+        <v>396</v>
+      </c>
+      <c r="J34" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" t="s">
+        <v>397</v>
+      </c>
+      <c r="L34" t="s">
+        <v>166</v>
+      </c>
+      <c r="M34" t="s">
+        <v>177</v>
+      </c>
+      <c r="N34" t="s">
+        <v>398</v>
+      </c>
+      <c r="O34" t="s">
+        <v>399</v>
+      </c>
+      <c r="P34" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>158</v>
+      </c>
+      <c r="B35" t="s">
+        <v>401</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>402</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>403</v>
+      </c>
+      <c r="H35" t="s">
+        <v>404</v>
+      </c>
+      <c r="I35" t="s">
+        <v>405</v>
+      </c>
+      <c r="J35" t="s">
+        <v>406</v>
+      </c>
+      <c r="K35" t="s">
+        <v>407</v>
+      </c>
+      <c r="L35" t="s">
+        <v>166</v>
+      </c>
+      <c r="M35" t="s">
+        <v>177</v>
+      </c>
+      <c r="N35" t="s">
+        <v>408</v>
+      </c>
+      <c r="O35" t="s">
+        <v>409</v>
+      </c>
+      <c r="P35" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>158</v>
+      </c>
+      <c r="B36" t="s">
+        <v>411</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>412</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>413</v>
+      </c>
+      <c r="H36" t="s">
+        <v>414</v>
+      </c>
+      <c r="I36" t="s">
+        <v>415</v>
+      </c>
+      <c r="J36" t="s">
+        <v>416</v>
+      </c>
+      <c r="K36" t="s">
+        <v>187</v>
+      </c>
+      <c r="L36" t="s">
+        <v>166</v>
+      </c>
+      <c r="M36" t="s">
+        <v>177</v>
+      </c>
+      <c r="N36" t="s">
+        <v>178</v>
+      </c>
+      <c r="O36" t="s">
+        <v>305</v>
+      </c>
+      <c r="P36" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>158</v>
+      </c>
+      <c r="B37" t="s">
+        <v>418</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>419</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>420</v>
+      </c>
+      <c r="H37" t="s">
+        <v>421</v>
+      </c>
+      <c r="I37" t="s">
+        <v>422</v>
+      </c>
+      <c r="J37" t="s">
+        <v>423</v>
+      </c>
+      <c r="K37" t="s">
+        <v>424</v>
+      </c>
+      <c r="L37" t="s">
+        <v>166</v>
+      </c>
+      <c r="M37" t="s">
+        <v>167</v>
+      </c>
+      <c r="N37" t="s">
+        <v>178</v>
+      </c>
+      <c r="O37" t="s">
+        <v>305</v>
+      </c>
+      <c r="P37" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B38" t="s">
+        <v>426</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>427</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>428</v>
+      </c>
+      <c r="H38" t="s">
+        <v>429</v>
+      </c>
+      <c r="I38" t="s">
+        <v>430</v>
+      </c>
+      <c r="J38" t="s">
+        <v>431</v>
+      </c>
+      <c r="K38" t="s">
+        <v>432</v>
+      </c>
+      <c r="L38" t="s">
+        <v>166</v>
+      </c>
+      <c r="M38" t="s">
+        <v>188</v>
+      </c>
+      <c r="N38" t="s">
+        <v>433</v>
+      </c>
+      <c r="O38" t="s">
+        <v>434</v>
+      </c>
+      <c r="P38" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>158</v>
+      </c>
+      <c r="B39" t="s">
+        <v>436</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>437</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>438</v>
+      </c>
+      <c r="H39" t="s">
+        <v>439</v>
+      </c>
+      <c r="I39" t="s">
+        <v>440</v>
+      </c>
+      <c r="J39" t="s">
+        <v>197</v>
+      </c>
+      <c r="K39" t="s">
+        <v>52</v>
+      </c>
+      <c r="L39" t="s">
+        <v>166</v>
+      </c>
+      <c r="M39" t="s">
+        <v>188</v>
+      </c>
+      <c r="N39" t="s">
+        <v>210</v>
+      </c>
+      <c r="O39" t="s">
+        <v>441</v>
+      </c>
+      <c r="P39" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>158</v>
+      </c>
+      <c r="B40" t="s">
+        <v>443</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>444</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>445</v>
+      </c>
+      <c r="H40" t="s">
+        <v>446</v>
+      </c>
+      <c r="I40" t="s">
+        <v>447</v>
+      </c>
+      <c r="J40" t="s">
+        <v>448</v>
+      </c>
+      <c r="K40" t="s">
+        <v>449</v>
+      </c>
+      <c r="L40" t="s">
+        <v>166</v>
+      </c>
+      <c r="M40" t="s">
+        <v>188</v>
+      </c>
+      <c r="N40" t="s">
+        <v>433</v>
+      </c>
+      <c r="O40" t="s">
+        <v>434</v>
+      </c>
+      <c r="P40" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>158</v>
+      </c>
+      <c r="B41" t="s">
+        <v>451</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>452</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>453</v>
+      </c>
+      <c r="H41" t="s">
+        <v>454</v>
+      </c>
+      <c r="I41" t="s">
+        <v>455</v>
+      </c>
+      <c r="J41" t="s">
+        <v>456</v>
+      </c>
+      <c r="K41" t="s">
+        <v>457</v>
+      </c>
+      <c r="L41" t="s">
+        <v>166</v>
+      </c>
+      <c r="M41" t="s">
+        <v>167</v>
+      </c>
+      <c r="N41" t="s">
+        <v>178</v>
+      </c>
+      <c r="O41" t="s">
+        <v>305</v>
+      </c>
+      <c r="P41" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>158</v>
+      </c>
+      <c r="B42" t="s">
+        <v>459</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>460</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>461</v>
+      </c>
+      <c r="H42" t="s">
+        <v>462</v>
+      </c>
+      <c r="I42" t="s">
+        <v>463</v>
+      </c>
+      <c r="J42" t="s">
+        <v>381</v>
+      </c>
+      <c r="K42" t="s">
+        <v>382</v>
+      </c>
+      <c r="L42" t="s">
+        <v>166</v>
+      </c>
+      <c r="M42" t="s">
+        <v>188</v>
+      </c>
+      <c r="N42" t="s">
+        <v>189</v>
+      </c>
+      <c r="O42" t="s">
+        <v>286</v>
+      </c>
+      <c r="P42" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>158</v>
+      </c>
+      <c r="B43" t="s">
+        <v>465</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>460</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>466</v>
+      </c>
+      <c r="H43" t="s">
+        <v>467</v>
+      </c>
+      <c r="I43" t="s">
+        <v>468</v>
+      </c>
+      <c r="J43" t="s">
+        <v>469</v>
+      </c>
+      <c r="K43" t="s">
+        <v>470</v>
+      </c>
+      <c r="L43" t="s">
+        <v>166</v>
+      </c>
+      <c r="M43" t="s">
+        <v>188</v>
+      </c>
+      <c r="N43" t="s">
+        <v>189</v>
+      </c>
+      <c r="O43" t="s">
+        <v>286</v>
+      </c>
+      <c r="P43" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>158</v>
+      </c>
+      <c r="B44" t="s">
+        <v>472</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>460</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>473</v>
+      </c>
+      <c r="H44" t="s">
+        <v>474</v>
+      </c>
+      <c r="I44" t="s">
+        <v>475</v>
+      </c>
+      <c r="J44" t="s">
+        <v>476</v>
+      </c>
+      <c r="K44" t="s">
+        <v>477</v>
+      </c>
+      <c r="L44" t="s">
+        <v>166</v>
+      </c>
+      <c r="M44" t="s">
+        <v>188</v>
+      </c>
+      <c r="N44" t="s">
+        <v>189</v>
+      </c>
+      <c r="O44" t="s">
+        <v>286</v>
+      </c>
+      <c r="P44" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>158</v>
+      </c>
+      <c r="B45" t="s">
+        <v>479</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>460</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>480</v>
+      </c>
+      <c r="H45" t="s">
+        <v>481</v>
+      </c>
+      <c r="I45" t="s">
+        <v>482</v>
+      </c>
+      <c r="J45" t="s">
+        <v>175</v>
+      </c>
+      <c r="K45" t="s">
+        <v>176</v>
+      </c>
+      <c r="L45" t="s">
+        <v>166</v>
+      </c>
+      <c r="M45" t="s">
+        <v>188</v>
+      </c>
+      <c r="N45" t="s">
+        <v>189</v>
+      </c>
+      <c r="O45" t="s">
+        <v>286</v>
+      </c>
+      <c r="P45" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>158</v>
+      </c>
+      <c r="B46" t="s">
+        <v>484</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>485</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>486</v>
+      </c>
+      <c r="H46" t="s">
+        <v>487</v>
+      </c>
+      <c r="I46" t="s">
+        <v>488</v>
+      </c>
+      <c r="J46" t="s">
+        <v>489</v>
+      </c>
+      <c r="K46" t="s">
+        <v>490</v>
+      </c>
+      <c r="L46" t="s">
+        <v>166</v>
+      </c>
+      <c r="M46" t="s">
+        <v>177</v>
+      </c>
+      <c r="N46" t="s">
+        <v>178</v>
+      </c>
+      <c r="O46" t="s">
+        <v>179</v>
+      </c>
+      <c r="P46" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>158</v>
+      </c>
+      <c r="B47" t="s">
+        <v>492</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>386</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>493</v>
+      </c>
+      <c r="H47" t="s">
+        <v>494</v>
+      </c>
+      <c r="I47" t="s">
+        <v>495</v>
+      </c>
+      <c r="J47" t="s">
+        <v>496</v>
+      </c>
+      <c r="K47" t="s">
+        <v>382</v>
+      </c>
+      <c r="L47" t="s">
+        <v>166</v>
+      </c>
+      <c r="M47" t="s">
+        <v>188</v>
+      </c>
+      <c r="N47" t="s">
+        <v>210</v>
+      </c>
+      <c r="O47" t="s">
+        <v>211</v>
+      </c>
+      <c r="P47" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>158</v>
+      </c>
+      <c r="B48" t="s">
+        <v>498</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>499</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>500</v>
+      </c>
+      <c r="H48" t="s">
+        <v>501</v>
+      </c>
+      <c r="I48" t="s">
+        <v>502</v>
+      </c>
+      <c r="J48" t="s">
+        <v>503</v>
+      </c>
+      <c r="K48" t="s">
+        <v>504</v>
+      </c>
+      <c r="L48" t="s">
+        <v>166</v>
+      </c>
+      <c r="M48" t="s">
+        <v>188</v>
+      </c>
+      <c r="N48" t="s">
+        <v>168</v>
+      </c>
+      <c r="O48" t="s">
+        <v>169</v>
+      </c>
+      <c r="P48" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>158</v>
+      </c>
+      <c r="B49" t="s">
+        <v>506</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>507</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>508</v>
+      </c>
+      <c r="H49" t="s">
+        <v>509</v>
+      </c>
+      <c r="I49" t="s">
+        <v>510</v>
+      </c>
+      <c r="J49" t="s">
+        <v>511</v>
+      </c>
+      <c r="K49" t="s">
+        <v>512</v>
+      </c>
+      <c r="L49" t="s">
+        <v>166</v>
+      </c>
+      <c r="M49" t="s">
+        <v>167</v>
+      </c>
+      <c r="N49" t="s">
+        <v>168</v>
+      </c>
+      <c r="O49" t="s">
+        <v>169</v>
+      </c>
+      <c r="P49" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>158</v>
+      </c>
+      <c r="B50" t="s">
+        <v>514</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>515</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>516</v>
+      </c>
+      <c r="H50" t="s">
+        <v>517</v>
+      </c>
+      <c r="I50" t="s">
+        <v>518</v>
+      </c>
+      <c r="J50" t="s">
+        <v>197</v>
+      </c>
+      <c r="K50" t="s">
+        <v>52</v>
+      </c>
+      <c r="L50" t="s">
+        <v>166</v>
+      </c>
+      <c r="M50" t="s">
+        <v>188</v>
+      </c>
+      <c r="N50" t="s">
+        <v>210</v>
+      </c>
+      <c r="O50" t="s">
+        <v>211</v>
+      </c>
+      <c r="P50" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>158</v>
+      </c>
+      <c r="B51" t="s">
+        <v>520</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>521</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>522</v>
+      </c>
+      <c r="H51" t="s">
+        <v>523</v>
+      </c>
+      <c r="I51" t="s">
+        <v>524</v>
+      </c>
+      <c r="J51" t="s">
+        <v>525</v>
+      </c>
+      <c r="K51" t="s">
+        <v>526</v>
+      </c>
+      <c r="L51" t="s">
+        <v>166</v>
+      </c>
+      <c r="M51" t="s">
+        <v>188</v>
+      </c>
+      <c r="N51" t="s">
+        <v>239</v>
+      </c>
+      <c r="O51" t="s">
+        <v>256</v>
+      </c>
+      <c r="P51" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>158</v>
+      </c>
+      <c r="B52" t="s">
+        <v>528</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>529</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>530</v>
+      </c>
+      <c r="H52" t="s">
+        <v>531</v>
+      </c>
+      <c r="I52" t="s">
+        <v>532</v>
+      </c>
+      <c r="J52" t="s">
+        <v>197</v>
+      </c>
+      <c r="K52" t="s">
+        <v>52</v>
+      </c>
+      <c r="L52" t="s">
+        <v>166</v>
+      </c>
+      <c r="M52" t="s">
+        <v>188</v>
+      </c>
+      <c r="N52" t="s">
+        <v>239</v>
+      </c>
+      <c r="O52" t="s">
+        <v>533</v>
+      </c>
+      <c r="P52" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>158</v>
+      </c>
+      <c r="B53" t="s">
+        <v>535</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>529</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>536</v>
+      </c>
+      <c r="H53" t="s">
+        <v>537</v>
+      </c>
+      <c r="I53" t="s">
+        <v>538</v>
+      </c>
+      <c r="J53" t="s">
+        <v>197</v>
+      </c>
+      <c r="K53" t="s">
+        <v>52</v>
+      </c>
+      <c r="L53" t="s">
+        <v>166</v>
+      </c>
+      <c r="M53" t="s">
+        <v>188</v>
+      </c>
+      <c r="N53" t="s">
+        <v>239</v>
+      </c>
+      <c r="O53" t="s">
+        <v>539</v>
+      </c>
+      <c r="P53" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>158</v>
+      </c>
+      <c r="B54" t="s">
+        <v>541</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>529</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>542</v>
+      </c>
+      <c r="H54" t="s">
+        <v>543</v>
+      </c>
+      <c r="I54" t="s">
+        <v>538</v>
+      </c>
+      <c r="J54" t="s">
+        <v>197</v>
+      </c>
+      <c r="K54" t="s">
+        <v>52</v>
+      </c>
+      <c r="L54" t="s">
+        <v>166</v>
+      </c>
+      <c r="M54" t="s">
+        <v>188</v>
+      </c>
+      <c r="N54" t="s">
+        <v>239</v>
+      </c>
+      <c r="O54" t="s">
+        <v>280</v>
+      </c>
+      <c r="P54" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>158</v>
+      </c>
+      <c r="B55" t="s">
+        <v>545</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>546</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>547</v>
+      </c>
+      <c r="H55" t="s">
+        <v>548</v>
+      </c>
+      <c r="I55" t="s">
+        <v>549</v>
+      </c>
+      <c r="J55" t="s">
+        <v>197</v>
+      </c>
+      <c r="K55" t="s">
+        <v>52</v>
+      </c>
+      <c r="L55" t="s">
+        <v>166</v>
+      </c>
+      <c r="M55" t="s">
+        <v>188</v>
+      </c>
+      <c r="N55" t="s">
+        <v>408</v>
+      </c>
+      <c r="O55" t="s">
+        <v>550</v>
+      </c>
+      <c r="P55" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>158</v>
+      </c>
+      <c r="B56" t="s">
+        <v>552</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>553</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>554</v>
+      </c>
+      <c r="H56" t="s">
+        <v>555</v>
+      </c>
+      <c r="I56" t="s">
+        <v>556</v>
+      </c>
+      <c r="J56" t="s">
+        <v>557</v>
+      </c>
+      <c r="K56" t="s">
+        <v>558</v>
+      </c>
+      <c r="L56" t="s">
+        <v>166</v>
+      </c>
+      <c r="M56" t="s">
+        <v>188</v>
+      </c>
+      <c r="N56" t="s">
+        <v>239</v>
+      </c>
+      <c r="O56" t="s">
+        <v>539</v>
+      </c>
+      <c r="P56" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>158</v>
+      </c>
+      <c r="B57" t="s">
+        <v>560</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>561</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>562</v>
+      </c>
+      <c r="H57" t="s">
+        <v>563</v>
+      </c>
+      <c r="I57" t="s">
+        <v>564</v>
+      </c>
+      <c r="J57" t="s">
+        <v>396</v>
+      </c>
+      <c r="K57" t="s">
+        <v>397</v>
+      </c>
+      <c r="L57" t="s">
+        <v>166</v>
+      </c>
+      <c r="M57" t="s">
+        <v>177</v>
+      </c>
+      <c r="N57" t="s">
+        <v>178</v>
+      </c>
+      <c r="O57" t="s">
+        <v>305</v>
+      </c>
+      <c r="P57" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>158</v>
+      </c>
+      <c r="B58" t="s">
+        <v>566</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>567</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>568</v>
+      </c>
+      <c r="H58" t="s">
+        <v>569</v>
+      </c>
+      <c r="I58" t="s">
+        <v>570</v>
+      </c>
+      <c r="J58" t="s">
+        <v>381</v>
+      </c>
+      <c r="K58" t="s">
+        <v>382</v>
+      </c>
+      <c r="L58" t="s">
+        <v>166</v>
+      </c>
+      <c r="M58" t="s">
+        <v>188</v>
+      </c>
+      <c r="N58" t="s">
+        <v>408</v>
+      </c>
+      <c r="O58" t="s">
+        <v>550</v>
+      </c>
+      <c r="P58" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>158</v>
+      </c>
+      <c r="B59" t="s">
+        <v>572</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>567</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>573</v>
+      </c>
+      <c r="H59" t="s">
+        <v>574</v>
+      </c>
+      <c r="I59" t="s">
+        <v>374</v>
+      </c>
+      <c r="J59" t="s">
+        <v>20</v>
+      </c>
+      <c r="K59" t="s">
+        <v>375</v>
+      </c>
+      <c r="L59" t="s">
+        <v>166</v>
+      </c>
+      <c r="M59" t="s">
+        <v>188</v>
+      </c>
+      <c r="N59" t="s">
+        <v>575</v>
+      </c>
+      <c r="O59" t="s">
+        <v>409</v>
+      </c>
+      <c r="P59" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>158</v>
+      </c>
+      <c r="B60" t="s">
+        <v>577</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>567</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>578</v>
+      </c>
+      <c r="H60" t="s">
+        <v>579</v>
+      </c>
+      <c r="I60" t="s">
+        <v>374</v>
+      </c>
+      <c r="J60" t="s">
+        <v>20</v>
+      </c>
+      <c r="K60" t="s">
+        <v>375</v>
+      </c>
+      <c r="L60" t="s">
+        <v>166</v>
+      </c>
+      <c r="M60" t="s">
+        <v>188</v>
+      </c>
+      <c r="N60" t="s">
+        <v>575</v>
+      </c>
+      <c r="O60" t="s">
+        <v>580</v>
+      </c>
+      <c r="P60" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>158</v>
+      </c>
+      <c r="B61" t="s">
+        <v>582</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>567</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>583</v>
+      </c>
+      <c r="H61" t="s">
+        <v>584</v>
+      </c>
+      <c r="I61" t="s">
+        <v>585</v>
+      </c>
+      <c r="J61" t="s">
+        <v>586</v>
+      </c>
+      <c r="K61" t="s">
+        <v>587</v>
+      </c>
+      <c r="L61" t="s">
+        <v>166</v>
+      </c>
+      <c r="M61" t="s">
+        <v>188</v>
+      </c>
+      <c r="N61" t="s">
+        <v>575</v>
+      </c>
+      <c r="O61" t="s">
+        <v>539</v>
+      </c>
+      <c r="P61" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>158</v>
+      </c>
+      <c r="B62" t="s">
+        <v>589</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>590</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>591</v>
+      </c>
+      <c r="H62" t="s">
+        <v>592</v>
+      </c>
+      <c r="I62" t="s">
+        <v>593</v>
+      </c>
+      <c r="J62" t="s">
+        <v>360</v>
+      </c>
+      <c r="K62" t="s">
+        <v>361</v>
+      </c>
+      <c r="L62" t="s">
+        <v>166</v>
+      </c>
+      <c r="M62" t="s">
+        <v>177</v>
+      </c>
+      <c r="N62" t="s">
+        <v>239</v>
+      </c>
+      <c r="O62" t="s">
+        <v>280</v>
+      </c>
+      <c r="P62" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>158</v>
+      </c>
+      <c r="B63" t="s">
+        <v>595</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>590</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>596</v>
+      </c>
+      <c r="H63" t="s">
+        <v>597</v>
+      </c>
+      <c r="I63" t="s">
+        <v>593</v>
+      </c>
+      <c r="J63" t="s">
+        <v>360</v>
+      </c>
+      <c r="K63" t="s">
+        <v>361</v>
+      </c>
+      <c r="L63" t="s">
+        <v>166</v>
+      </c>
+      <c r="M63" t="s">
+        <v>177</v>
+      </c>
+      <c r="N63" t="s">
+        <v>239</v>
+      </c>
+      <c r="O63" t="s">
+        <v>539</v>
+      </c>
+      <c r="P63" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>158</v>
+      </c>
+      <c r="B64" t="s">
+        <v>599</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>600</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>601</v>
+      </c>
+      <c r="H64" t="s">
+        <v>602</v>
+      </c>
+      <c r="I64" t="s">
+        <v>603</v>
+      </c>
+      <c r="J64" t="s">
+        <v>20</v>
+      </c>
+      <c r="K64" t="s">
+        <v>604</v>
+      </c>
+      <c r="L64" t="s">
+        <v>166</v>
+      </c>
+      <c r="M64" t="s">
+        <v>167</v>
+      </c>
+      <c r="N64" t="s">
+        <v>178</v>
+      </c>
+      <c r="O64" t="s">
+        <v>305</v>
+      </c>
+      <c r="P64" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>158</v>
+      </c>
+      <c r="B65" t="s">
+        <v>606</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>607</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>608</v>
+      </c>
+      <c r="H65" t="s">
+        <v>609</v>
+      </c>
+      <c r="I65" t="s">
+        <v>610</v>
+      </c>
+      <c r="J65" t="s">
+        <v>367</v>
+      </c>
+      <c r="K65" t="s">
+        <v>30</v>
+      </c>
+      <c r="L65" t="s">
+        <v>166</v>
+      </c>
+      <c r="M65" t="s">
+        <v>177</v>
+      </c>
+      <c r="N65" t="s">
+        <v>398</v>
+      </c>
+      <c r="O65" t="s">
+        <v>399</v>
+      </c>
+      <c r="P65" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>158</v>
+      </c>
+      <c r="B66" t="s">
+        <v>612</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>607</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>613</v>
+      </c>
+      <c r="H66" t="s">
+        <v>614</v>
+      </c>
+      <c r="I66" t="s">
+        <v>549</v>
+      </c>
+      <c r="J66" t="s">
+        <v>197</v>
+      </c>
+      <c r="K66" t="s">
+        <v>52</v>
+      </c>
+      <c r="L66" t="s">
+        <v>166</v>
+      </c>
+      <c r="M66" t="s">
+        <v>188</v>
+      </c>
+      <c r="N66" t="s">
+        <v>408</v>
+      </c>
+      <c r="O66" t="s">
+        <v>409</v>
+      </c>
+      <c r="P66" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>158</v>
+      </c>
+      <c r="B67" t="s">
+        <v>616</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>617</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>618</v>
+      </c>
+      <c r="H67" t="s">
+        <v>619</v>
+      </c>
+      <c r="I67" t="s">
+        <v>620</v>
+      </c>
+      <c r="J67" t="s">
+        <v>621</v>
+      </c>
+      <c r="K67" t="s">
+        <v>622</v>
+      </c>
+      <c r="L67" t="s">
+        <v>166</v>
+      </c>
+      <c r="M67" t="s">
+        <v>188</v>
+      </c>
+      <c r="N67" t="s">
+        <v>210</v>
+      </c>
+      <c r="O67" t="s">
+        <v>211</v>
+      </c>
+      <c r="P67" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>158</v>
+      </c>
+      <c r="B68" t="s">
+        <v>624</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>625</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>626</v>
+      </c>
+      <c r="H68" t="s">
+        <v>627</v>
+      </c>
+      <c r="I68" t="s">
+        <v>628</v>
+      </c>
+      <c r="J68" t="s">
+        <v>431</v>
+      </c>
+      <c r="K68" t="s">
+        <v>432</v>
+      </c>
+      <c r="L68" t="s">
+        <v>166</v>
+      </c>
+      <c r="M68" t="s">
+        <v>188</v>
+      </c>
+      <c r="N68" t="s">
+        <v>239</v>
+      </c>
+      <c r="O68" t="s">
+        <v>256</v>
+      </c>
+      <c r="P68" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>158</v>
+      </c>
+      <c r="B69" t="s">
+        <v>630</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>631</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>632</v>
+      </c>
+      <c r="H69" t="s">
+        <v>633</v>
+      </c>
+      <c r="I69" t="s">
+        <v>634</v>
+      </c>
+      <c r="J69" t="s">
+        <v>525</v>
+      </c>
+      <c r="K69" t="s">
+        <v>526</v>
+      </c>
+      <c r="L69" t="s">
+        <v>166</v>
+      </c>
+      <c r="M69" t="s">
+        <v>177</v>
+      </c>
+      <c r="N69" t="s">
+        <v>178</v>
+      </c>
+      <c r="O69" t="s">
+        <v>305</v>
+      </c>
+      <c r="P69" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>158</v>
+      </c>
+      <c r="B70" t="s">
+        <v>636</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>637</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>638</v>
+      </c>
+      <c r="H70" t="s">
+        <v>639</v>
+      </c>
+      <c r="I70" t="s">
+        <v>640</v>
+      </c>
+      <c r="J70" t="s">
+        <v>20</v>
+      </c>
+      <c r="K70" t="s">
+        <v>641</v>
+      </c>
+      <c r="L70" t="s">
+        <v>166</v>
+      </c>
+      <c r="M70" t="s">
+        <v>177</v>
+      </c>
+      <c r="N70" t="s">
+        <v>178</v>
+      </c>
+      <c r="O70" t="s">
+        <v>179</v>
+      </c>
+      <c r="P70" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>158</v>
+      </c>
+      <c r="B71" t="s">
+        <v>643</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>644</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>645</v>
+      </c>
+      <c r="H71" t="s">
+        <v>646</v>
+      </c>
+      <c r="I71" t="s">
+        <v>647</v>
+      </c>
+      <c r="J71" t="s">
+        <v>448</v>
+      </c>
+      <c r="K71" t="s">
+        <v>449</v>
+      </c>
+      <c r="L71" t="s">
+        <v>166</v>
+      </c>
+      <c r="M71" t="s">
+        <v>188</v>
+      </c>
+      <c r="N71" t="s">
+        <v>408</v>
+      </c>
+      <c r="O71" t="s">
+        <v>648</v>
+      </c>
+      <c r="P71" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>158</v>
+      </c>
+      <c r="B72" t="s">
+        <v>650</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>644</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>651</v>
+      </c>
+      <c r="H72" t="s">
+        <v>652</v>
+      </c>
+      <c r="I72" t="s">
+        <v>653</v>
+      </c>
+      <c r="J72" t="s">
+        <v>197</v>
+      </c>
+      <c r="K72" t="s">
+        <v>52</v>
+      </c>
+      <c r="L72" t="s">
+        <v>166</v>
+      </c>
+      <c r="M72" t="s">
+        <v>188</v>
+      </c>
+      <c r="N72" t="s">
+        <v>408</v>
+      </c>
+      <c r="O72" t="s">
+        <v>654</v>
+      </c>
+      <c r="P72" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>158</v>
+      </c>
+      <c r="B73" t="s">
+        <v>656</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>644</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>657</v>
+      </c>
+      <c r="H73" t="s">
+        <v>658</v>
+      </c>
+      <c r="I73" t="s">
+        <v>659</v>
+      </c>
+      <c r="J73" t="s">
+        <v>448</v>
+      </c>
+      <c r="K73" t="s">
+        <v>449</v>
+      </c>
+      <c r="L73" t="s">
+        <v>166</v>
+      </c>
+      <c r="M73" t="s">
+        <v>188</v>
+      </c>
+      <c r="N73" t="s">
+        <v>408</v>
+      </c>
+      <c r="O73" t="s">
+        <v>550</v>
+      </c>
+      <c r="P73" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>158</v>
+      </c>
+      <c r="B74" t="s">
+        <v>661</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>644</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>662</v>
+      </c>
+      <c r="H74" t="s">
+        <v>663</v>
+      </c>
+      <c r="I74" t="s">
+        <v>647</v>
+      </c>
+      <c r="J74" t="s">
+        <v>448</v>
+      </c>
+      <c r="K74" t="s">
+        <v>449</v>
+      </c>
+      <c r="L74" t="s">
+        <v>166</v>
+      </c>
+      <c r="M74" t="s">
+        <v>188</v>
+      </c>
+      <c r="N74" t="s">
+        <v>408</v>
+      </c>
+      <c r="O74" t="s">
+        <v>664</v>
+      </c>
+      <c r="P74" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>158</v>
+      </c>
+      <c r="B75" t="s">
+        <v>666</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>644</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>667</v>
+      </c>
+      <c r="H75" t="s">
+        <v>668</v>
+      </c>
+      <c r="I75" t="s">
+        <v>653</v>
+      </c>
+      <c r="J75" t="s">
+        <v>197</v>
+      </c>
+      <c r="K75" t="s">
+        <v>52</v>
+      </c>
+      <c r="L75" t="s">
+        <v>166</v>
+      </c>
+      <c r="M75" t="s">
+        <v>188</v>
+      </c>
+      <c r="N75" t="s">
+        <v>408</v>
+      </c>
+      <c r="O75" t="s">
+        <v>669</v>
+      </c>
+      <c r="P75" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>158</v>
+      </c>
+      <c r="B76" t="s">
+        <v>671</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>672</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>673</v>
+      </c>
+      <c r="H76" t="s">
+        <v>674</v>
+      </c>
+      <c r="I76" t="s">
+        <v>675</v>
+      </c>
+      <c r="J76" t="s">
+        <v>285</v>
+      </c>
+      <c r="K76" t="s">
+        <v>52</v>
+      </c>
+      <c r="L76" t="s">
+        <v>166</v>
+      </c>
+      <c r="M76" t="s">
+        <v>188</v>
+      </c>
+      <c r="N76" t="s">
+        <v>433</v>
+      </c>
+      <c r="O76" t="s">
+        <v>434</v>
+      </c>
+      <c r="P76" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>158</v>
+      </c>
+      <c r="B77" t="s">
+        <v>677</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>678</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>679</v>
+      </c>
+      <c r="H77" t="s">
+        <v>680</v>
+      </c>
+      <c r="I77" t="s">
+        <v>175</v>
+      </c>
+      <c r="J77" t="s">
+        <v>20</v>
+      </c>
+      <c r="K77" t="s">
+        <v>176</v>
+      </c>
+      <c r="L77" t="s">
+        <v>166</v>
+      </c>
+      <c r="M77" t="s">
+        <v>188</v>
+      </c>
+      <c r="N77" t="s">
+        <v>408</v>
+      </c>
+      <c r="O77" t="s">
+        <v>648</v>
+      </c>
+      <c r="P77" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>158</v>
+      </c>
+      <c r="B78" t="s">
+        <v>682</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>678</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>683</v>
+      </c>
+      <c r="H78" t="s">
+        <v>684</v>
+      </c>
+      <c r="I78" t="s">
+        <v>685</v>
+      </c>
+      <c r="J78" t="s">
+        <v>197</v>
+      </c>
+      <c r="K78" t="s">
+        <v>52</v>
+      </c>
+      <c r="L78" t="s">
+        <v>166</v>
+      </c>
+      <c r="M78" t="s">
+        <v>188</v>
+      </c>
+      <c r="N78" t="s">
+        <v>408</v>
+      </c>
+      <c r="O78" t="s">
+        <v>580</v>
+      </c>
+      <c r="P78" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>158</v>
+      </c>
+      <c r="B79" t="s">
+        <v>687</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>678</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>688</v>
+      </c>
+      <c r="H79" t="s">
+        <v>689</v>
+      </c>
+      <c r="I79" t="s">
+        <v>690</v>
+      </c>
+      <c r="J79" t="s">
+        <v>186</v>
+      </c>
+      <c r="K79" t="s">
+        <v>187</v>
+      </c>
+      <c r="L79" t="s">
+        <v>166</v>
+      </c>
+      <c r="M79" t="s">
+        <v>188</v>
+      </c>
+      <c r="N79" t="s">
+        <v>408</v>
+      </c>
+      <c r="O79" t="s">
+        <v>648</v>
+      </c>
+      <c r="P79" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>158</v>
+      </c>
+      <c r="B80" t="s">
+        <v>692</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>678</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>693</v>
+      </c>
+      <c r="H80" t="s">
+        <v>694</v>
+      </c>
+      <c r="I80" t="s">
+        <v>695</v>
+      </c>
+      <c r="J80" t="s">
+        <v>186</v>
+      </c>
+      <c r="K80" t="s">
+        <v>187</v>
+      </c>
+      <c r="L80" t="s">
+        <v>166</v>
+      </c>
+      <c r="M80" t="s">
+        <v>188</v>
+      </c>
+      <c r="N80" t="s">
+        <v>408</v>
+      </c>
+      <c r="O80" t="s">
+        <v>696</v>
+      </c>
+      <c r="P80" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>158</v>
+      </c>
+      <c r="B81" t="s">
+        <v>698</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>678</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>699</v>
+      </c>
+      <c r="H81" t="s">
+        <v>700</v>
+      </c>
+      <c r="I81" t="s">
+        <v>263</v>
+      </c>
+      <c r="J81" t="s">
+        <v>20</v>
+      </c>
+      <c r="K81" t="s">
+        <v>264</v>
+      </c>
+      <c r="L81" t="s">
+        <v>166</v>
+      </c>
+      <c r="M81" t="s">
+        <v>188</v>
+      </c>
+      <c r="N81" t="s">
+        <v>408</v>
+      </c>
+      <c r="O81" t="s">
+        <v>648</v>
+      </c>
+      <c r="P81" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>158</v>
+      </c>
+      <c r="B82" t="s">
+        <v>702</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>678</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>703</v>
+      </c>
+      <c r="H82" t="s">
+        <v>704</v>
+      </c>
+      <c r="I82" t="s">
+        <v>603</v>
+      </c>
+      <c r="J82" t="s">
+        <v>20</v>
+      </c>
+      <c r="K82" t="s">
+        <v>604</v>
+      </c>
+      <c r="L82" t="s">
+        <v>166</v>
+      </c>
+      <c r="M82" t="s">
+        <v>188</v>
+      </c>
+      <c r="N82" t="s">
+        <v>408</v>
+      </c>
+      <c r="O82" t="s">
+        <v>696</v>
+      </c>
+      <c r="P82" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>158</v>
+      </c>
+      <c r="B83" t="s">
+        <v>706</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>678</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>707</v>
+      </c>
+      <c r="H83" t="s">
+        <v>708</v>
+      </c>
+      <c r="I83" t="s">
+        <v>709</v>
+      </c>
+      <c r="J83" t="s">
+        <v>20</v>
+      </c>
+      <c r="K83" t="s">
+        <v>710</v>
+      </c>
+      <c r="L83" t="s">
+        <v>166</v>
+      </c>
+      <c r="M83" t="s">
+        <v>188</v>
+      </c>
+      <c r="N83" t="s">
+        <v>408</v>
+      </c>
+      <c r="O83" t="s">
+        <v>696</v>
+      </c>
+      <c r="P83" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>158</v>
+      </c>
+      <c r="B84" t="s">
+        <v>712</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>678</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>713</v>
+      </c>
+      <c r="H84" t="s">
+        <v>714</v>
+      </c>
+      <c r="I84" t="s">
+        <v>715</v>
+      </c>
+      <c r="J84" t="s">
+        <v>716</v>
+      </c>
+      <c r="K84" t="s">
+        <v>717</v>
+      </c>
+      <c r="L84" t="s">
+        <v>166</v>
+      </c>
+      <c r="M84" t="s">
+        <v>188</v>
+      </c>
+      <c r="N84" t="s">
+        <v>408</v>
+      </c>
+      <c r="O84" t="s">
+        <v>669</v>
+      </c>
+      <c r="P84" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>158</v>
+      </c>
+      <c r="B85" t="s">
+        <v>719</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>678</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>720</v>
+      </c>
+      <c r="H85" t="s">
+        <v>721</v>
+      </c>
+      <c r="I85" t="s">
+        <v>722</v>
+      </c>
+      <c r="J85" t="s">
+        <v>723</v>
+      </c>
+      <c r="K85" t="s">
+        <v>724</v>
+      </c>
+      <c r="L85" t="s">
+        <v>166</v>
+      </c>
+      <c r="M85" t="s">
+        <v>188</v>
+      </c>
+      <c r="N85" t="s">
+        <v>408</v>
+      </c>
+      <c r="O85" t="s">
+        <v>669</v>
+      </c>
+      <c r="P85" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>158</v>
+      </c>
+      <c r="B86" t="s">
+        <v>726</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>678</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>727</v>
+      </c>
+      <c r="H86" t="s">
+        <v>728</v>
+      </c>
+      <c r="I86" t="s">
+        <v>729</v>
+      </c>
+      <c r="J86" t="s">
+        <v>406</v>
+      </c>
+      <c r="K86" t="s">
+        <v>407</v>
+      </c>
+      <c r="L86" t="s">
+        <v>166</v>
+      </c>
+      <c r="M86" t="s">
+        <v>167</v>
+      </c>
+      <c r="N86" t="s">
+        <v>178</v>
+      </c>
+      <c r="O86" t="s">
+        <v>305</v>
+      </c>
+      <c r="P86" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>158</v>
+      </c>
+      <c r="B87" t="s">
+        <v>731</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>732</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>733</v>
+      </c>
+      <c r="H87" t="s">
+        <v>734</v>
+      </c>
+      <c r="I87" t="s">
+        <v>396</v>
+      </c>
+      <c r="J87" t="s">
+        <v>20</v>
+      </c>
+      <c r="K87" t="s">
+        <v>397</v>
+      </c>
+      <c r="L87" t="s">
+        <v>166</v>
+      </c>
+      <c r="M87" t="s">
+        <v>188</v>
+      </c>
+      <c r="N87" t="s">
+        <v>408</v>
+      </c>
+      <c r="O87" t="s">
+        <v>648</v>
+      </c>
+      <c r="P87" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>158</v>
+      </c>
+      <c r="B88" t="s">
+        <v>736</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>732</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
+        <v>737</v>
+      </c>
+      <c r="H88" t="s">
+        <v>738</v>
+      </c>
+      <c r="I88" t="s">
+        <v>586</v>
+      </c>
+      <c r="J88" t="s">
+        <v>20</v>
+      </c>
+      <c r="K88" t="s">
+        <v>587</v>
+      </c>
+      <c r="L88" t="s">
+        <v>166</v>
+      </c>
+      <c r="M88" t="s">
+        <v>188</v>
+      </c>
+      <c r="N88" t="s">
+        <v>408</v>
+      </c>
+      <c r="O88" t="s">
+        <v>648</v>
+      </c>
+      <c r="P88" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>158</v>
+      </c>
+      <c r="B89" t="s">
+        <v>740</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>732</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>741</v>
+      </c>
+      <c r="H89" t="s">
+        <v>742</v>
+      </c>
+      <c r="I89" t="s">
+        <v>743</v>
+      </c>
+      <c r="J89" t="s">
+        <v>448</v>
+      </c>
+      <c r="K89" t="s">
+        <v>449</v>
+      </c>
+      <c r="L89" t="s">
+        <v>166</v>
+      </c>
+      <c r="M89" t="s">
+        <v>188</v>
+      </c>
+      <c r="N89" t="s">
+        <v>408</v>
+      </c>
+      <c r="O89" t="s">
+        <v>744</v>
+      </c>
+      <c r="P89" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>158</v>
+      </c>
+      <c r="B90" t="s">
+        <v>746</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>747</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
+        <v>748</v>
+      </c>
+      <c r="H90" t="s">
+        <v>749</v>
+      </c>
+      <c r="I90" t="s">
+        <v>750</v>
+      </c>
+      <c r="J90" t="s">
+        <v>751</v>
+      </c>
+      <c r="K90" t="s">
+        <v>752</v>
+      </c>
+      <c r="L90" t="s">
+        <v>166</v>
+      </c>
+      <c r="M90" t="s">
+        <v>177</v>
+      </c>
+      <c r="N90" t="s">
+        <v>178</v>
+      </c>
+      <c r="O90" t="s">
+        <v>305</v>
+      </c>
+      <c r="P90" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>158</v>
+      </c>
+      <c r="B91" t="s">
+        <v>754</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>755</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>756</v>
+      </c>
+      <c r="H91" t="s">
+        <v>757</v>
+      </c>
+      <c r="I91" t="s">
+        <v>758</v>
+      </c>
+      <c r="J91" t="s">
+        <v>759</v>
+      </c>
+      <c r="K91" t="s">
+        <v>760</v>
+      </c>
+      <c r="L91" t="s">
+        <v>166</v>
+      </c>
+      <c r="M91" t="s">
+        <v>167</v>
+      </c>
+      <c r="N91" t="s">
+        <v>178</v>
+      </c>
+      <c r="O91" t="s">
+        <v>305</v>
+      </c>
+      <c r="P91" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>158</v>
+      </c>
+      <c r="B92" t="s">
+        <v>762</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>763</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>764</v>
+      </c>
+      <c r="H92" t="s">
+        <v>765</v>
+      </c>
+      <c r="I92" t="s">
+        <v>766</v>
+      </c>
+      <c r="J92" t="s">
+        <v>175</v>
+      </c>
+      <c r="K92" t="s">
+        <v>176</v>
+      </c>
+      <c r="L92" t="s">
+        <v>166</v>
+      </c>
+      <c r="M92" t="s">
+        <v>188</v>
+      </c>
+      <c r="N92" t="s">
+        <v>239</v>
+      </c>
+      <c r="O92" t="s">
+        <v>280</v>
+      </c>
+      <c r="P92" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>158</v>
+      </c>
+      <c r="B93" t="s">
+        <v>768</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>769</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>770</v>
+      </c>
+      <c r="H93" t="s">
+        <v>771</v>
+      </c>
+      <c r="I93" t="s">
+        <v>772</v>
+      </c>
+      <c r="J93" t="s">
+        <v>773</v>
+      </c>
+      <c r="K93" t="s">
+        <v>774</v>
+      </c>
+      <c r="L93" t="s">
+        <v>166</v>
+      </c>
+      <c r="M93" t="s">
+        <v>167</v>
+      </c>
+      <c r="N93" t="s">
+        <v>210</v>
+      </c>
+      <c r="O93" t="s">
+        <v>169</v>
+      </c>
+      <c r="P93" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>158</v>
+      </c>
+      <c r="B94" t="s">
+        <v>776</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
+        <v>777</v>
+      </c>
+      <c r="F94" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" t="s">
+        <v>778</v>
+      </c>
+      <c r="H94" t="s">
+        <v>779</v>
+      </c>
+      <c r="I94" t="s">
+        <v>780</v>
+      </c>
+      <c r="J94" t="s">
+        <v>20</v>
+      </c>
+      <c r="K94" t="s">
+        <v>781</v>
+      </c>
+      <c r="L94" t="s">
+        <v>166</v>
+      </c>
+      <c r="M94" t="s">
+        <v>167</v>
+      </c>
+      <c r="N94" t="s">
+        <v>178</v>
+      </c>
+      <c r="O94" t="s">
+        <v>305</v>
+      </c>
+      <c r="P94" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>158</v>
+      </c>
+      <c r="B95" t="s">
+        <v>783</v>
+      </c>
+      <c r="C95" t="s">
+        <v>20</v>
+      </c>
+      <c r="D95" t="s">
+        <v>20</v>
+      </c>
+      <c r="E95" t="s">
+        <v>784</v>
+      </c>
+      <c r="F95" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" t="s">
+        <v>785</v>
+      </c>
+      <c r="H95" t="s">
+        <v>786</v>
+      </c>
+      <c r="I95" t="s">
+        <v>787</v>
+      </c>
+      <c r="J95" t="s">
+        <v>197</v>
+      </c>
+      <c r="K95" t="s">
+        <v>52</v>
+      </c>
+      <c r="L95" t="s">
+        <v>166</v>
+      </c>
+      <c r="M95" t="s">
+        <v>177</v>
+      </c>
+      <c r="N95" t="s">
+        <v>198</v>
+      </c>
+      <c r="O95" t="s">
+        <v>788</v>
+      </c>
+      <c r="P95" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>158</v>
+      </c>
+      <c r="B96" t="s">
+        <v>790</v>
+      </c>
+      <c r="C96" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" t="s">
+        <v>20</v>
+      </c>
+      <c r="E96" t="s">
+        <v>791</v>
+      </c>
+      <c r="F96" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" t="s">
+        <v>792</v>
+      </c>
+      <c r="H96" t="s">
+        <v>793</v>
+      </c>
+      <c r="I96" t="s">
+        <v>794</v>
+      </c>
+      <c r="J96" t="s">
+        <v>186</v>
+      </c>
+      <c r="K96" t="s">
+        <v>187</v>
+      </c>
+      <c r="L96" t="s">
+        <v>166</v>
+      </c>
+      <c r="M96" t="s">
+        <v>188</v>
+      </c>
+      <c r="N96" t="s">
+        <v>408</v>
+      </c>
+      <c r="O96" t="s">
+        <v>696</v>
+      </c>
+      <c r="P96" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>158</v>
+      </c>
+      <c r="B97" t="s">
+        <v>796</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>797</v>
+      </c>
+      <c r="F97" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" t="s">
+        <v>798</v>
+      </c>
+      <c r="H97" t="s">
+        <v>799</v>
+      </c>
+      <c r="I97" t="s">
+        <v>675</v>
+      </c>
+      <c r="J97" t="s">
+        <v>285</v>
+      </c>
+      <c r="K97" t="s">
+        <v>52</v>
+      </c>
+      <c r="L97" t="s">
+        <v>166</v>
+      </c>
+      <c r="M97" t="s">
+        <v>188</v>
+      </c>
+      <c r="N97" t="s">
+        <v>210</v>
+      </c>
+      <c r="O97" t="s">
+        <v>800</v>
+      </c>
+      <c r="P97" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>158</v>
+      </c>
+      <c r="B98" t="s">
+        <v>802</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" t="s">
+        <v>803</v>
+      </c>
+      <c r="F98" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" t="s">
+        <v>804</v>
+      </c>
+      <c r="H98" t="s">
+        <v>805</v>
+      </c>
+      <c r="I98" t="s">
+        <v>675</v>
+      </c>
+      <c r="J98" t="s">
+        <v>285</v>
+      </c>
+      <c r="K98" t="s">
+        <v>52</v>
+      </c>
+      <c r="L98" t="s">
+        <v>166</v>
+      </c>
+      <c r="M98" t="s">
+        <v>188</v>
+      </c>
+      <c r="N98" t="s">
+        <v>189</v>
+      </c>
+      <c r="O98" t="s">
+        <v>190</v>
+      </c>
+      <c r="P98" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>158</v>
+      </c>
+      <c r="B99" t="s">
+        <v>807</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
+        <v>808</v>
+      </c>
+      <c r="F99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
+        <v>809</v>
+      </c>
+      <c r="H99" t="s">
+        <v>810</v>
+      </c>
+      <c r="I99" t="s">
+        <v>811</v>
+      </c>
+      <c r="J99" t="s">
+        <v>812</v>
+      </c>
+      <c r="K99" t="s">
+        <v>813</v>
+      </c>
+      <c r="L99" t="s">
+        <v>166</v>
+      </c>
+      <c r="M99" t="s">
+        <v>188</v>
+      </c>
+      <c r="N99" t="s">
+        <v>408</v>
+      </c>
+      <c r="O99" t="s">
+        <v>669</v>
+      </c>
+      <c r="P99" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>158</v>
+      </c>
+      <c r="B100" t="s">
+        <v>815</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
+        <v>816</v>
+      </c>
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
+        <v>817</v>
+      </c>
+      <c r="H100" t="s">
+        <v>818</v>
+      </c>
+      <c r="I100" t="s">
+        <v>812</v>
+      </c>
+      <c r="J100" t="s">
+        <v>20</v>
+      </c>
+      <c r="K100" t="s">
+        <v>813</v>
+      </c>
+      <c r="L100" t="s">
+        <v>166</v>
+      </c>
+      <c r="M100" t="s">
+        <v>188</v>
+      </c>
+      <c r="N100" t="s">
+        <v>408</v>
+      </c>
+      <c r="O100" t="s">
+        <v>580</v>
+      </c>
+      <c r="P100" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>158</v>
+      </c>
+      <c r="B101" t="s">
+        <v>820</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" t="s">
+        <v>821</v>
+      </c>
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
+        <v>822</v>
+      </c>
+      <c r="H101" t="s">
+        <v>823</v>
+      </c>
+      <c r="I101" t="s">
+        <v>824</v>
+      </c>
+      <c r="J101" t="s">
+        <v>271</v>
+      </c>
+      <c r="K101" t="s">
+        <v>52</v>
+      </c>
+      <c r="L101" t="s">
+        <v>166</v>
+      </c>
+      <c r="M101" t="s">
+        <v>188</v>
+      </c>
+      <c r="N101" t="s">
+        <v>198</v>
+      </c>
+      <c r="O101" t="s">
+        <v>825</v>
+      </c>
+      <c r="P101" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>158</v>
+      </c>
+      <c r="B102" t="s">
+        <v>827</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>821</v>
+      </c>
+      <c r="F102" t="s">
+        <v>20</v>
+      </c>
+      <c r="G102" t="s">
+        <v>828</v>
+      </c>
+      <c r="H102" t="s">
+        <v>829</v>
+      </c>
+      <c r="I102" t="s">
+        <v>830</v>
+      </c>
+      <c r="J102" t="s">
+        <v>263</v>
+      </c>
+      <c r="K102" t="s">
+        <v>264</v>
+      </c>
+      <c r="L102" t="s">
+        <v>166</v>
+      </c>
+      <c r="M102" t="s">
+        <v>188</v>
+      </c>
+      <c r="N102" t="s">
+        <v>198</v>
+      </c>
+      <c r="O102" t="s">
+        <v>788</v>
+      </c>
+      <c r="P102" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>158</v>
+      </c>
+      <c r="B103" t="s">
+        <v>827</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103" t="s">
+        <v>821</v>
+      </c>
+      <c r="F103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" t="s">
+        <v>832</v>
+      </c>
+      <c r="H103" t="s">
+        <v>833</v>
+      </c>
+      <c r="I103" t="s">
+        <v>834</v>
+      </c>
+      <c r="J103" t="s">
+        <v>175</v>
+      </c>
+      <c r="K103" t="s">
+        <v>176</v>
+      </c>
+      <c r="L103" t="s">
+        <v>166</v>
+      </c>
+      <c r="M103" t="s">
+        <v>188</v>
+      </c>
+      <c r="N103" t="s">
+        <v>198</v>
+      </c>
+      <c r="O103" t="s">
+        <v>788</v>
+      </c>
+      <c r="P103" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>158</v>
+      </c>
+      <c r="B104" t="s">
+        <v>836</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>20</v>
+      </c>
+      <c r="E104" t="s">
+        <v>837</v>
+      </c>
+      <c r="F104" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" t="s">
+        <v>838</v>
+      </c>
+      <c r="H104" t="s">
+        <v>839</v>
+      </c>
+      <c r="I104" t="s">
+        <v>840</v>
+      </c>
+      <c r="J104" t="s">
+        <v>841</v>
+      </c>
+      <c r="K104" t="s">
+        <v>842</v>
+      </c>
+      <c r="L104" t="s">
+        <v>166</v>
+      </c>
+      <c r="M104" t="s">
+        <v>188</v>
+      </c>
+      <c r="N104" t="s">
+        <v>210</v>
+      </c>
+      <c r="O104" t="s">
+        <v>169</v>
+      </c>
+      <c r="P104" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>158</v>
+      </c>
+      <c r="B105" t="s">
+        <v>844</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
+        <v>845</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
+        <v>846</v>
+      </c>
+      <c r="H105" t="s">
+        <v>847</v>
+      </c>
+      <c r="I105" t="s">
+        <v>848</v>
+      </c>
+      <c r="J105" t="s">
+        <v>849</v>
+      </c>
+      <c r="K105" t="s">
+        <v>850</v>
+      </c>
+      <c r="L105" t="s">
+        <v>166</v>
+      </c>
+      <c r="M105" t="s">
+        <v>177</v>
+      </c>
+      <c r="N105" t="s">
+        <v>178</v>
+      </c>
+      <c r="O105" t="s">
+        <v>305</v>
+      </c>
+      <c r="P105" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>158</v>
+      </c>
+      <c r="B106" t="s">
+        <v>852</v>
+      </c>
+      <c r="C106" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" t="s">
+        <v>20</v>
+      </c>
+      <c r="E106" t="s">
+        <v>845</v>
+      </c>
+      <c r="F106" t="s">
+        <v>20</v>
+      </c>
+      <c r="G106" t="s">
+        <v>853</v>
+      </c>
+      <c r="H106" t="s">
+        <v>854</v>
+      </c>
+      <c r="I106" t="s">
+        <v>603</v>
+      </c>
+      <c r="J106" t="s">
+        <v>20</v>
+      </c>
+      <c r="K106" t="s">
+        <v>604</v>
+      </c>
+      <c r="L106" t="s">
+        <v>166</v>
+      </c>
+      <c r="M106" t="s">
+        <v>177</v>
+      </c>
+      <c r="N106" t="s">
+        <v>178</v>
+      </c>
+      <c r="O106" t="s">
+        <v>305</v>
+      </c>
+      <c r="P106" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>158</v>
+      </c>
+      <c r="B107" t="s">
+        <v>856</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" t="s">
+        <v>845</v>
+      </c>
+      <c r="F107" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" t="s">
+        <v>857</v>
+      </c>
+      <c r="H107" t="s">
+        <v>858</v>
+      </c>
+      <c r="I107" t="s">
+        <v>859</v>
+      </c>
+      <c r="J107" t="s">
+        <v>263</v>
+      </c>
+      <c r="K107" t="s">
+        <v>264</v>
+      </c>
+      <c r="L107" t="s">
+        <v>166</v>
+      </c>
+      <c r="M107" t="s">
+        <v>177</v>
+      </c>
+      <c r="N107" t="s">
+        <v>178</v>
+      </c>
+      <c r="O107" t="s">
+        <v>305</v>
+      </c>
+      <c r="P107" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>158</v>
+      </c>
+      <c r="B108" t="s">
+        <v>861</v>
+      </c>
+      <c r="C108" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" t="s">
+        <v>20</v>
+      </c>
+      <c r="E108" t="s">
+        <v>862</v>
+      </c>
+      <c r="F108" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" t="s">
+        <v>863</v>
+      </c>
+      <c r="H108" t="s">
+        <v>864</v>
+      </c>
+      <c r="I108" t="s">
+        <v>865</v>
+      </c>
+      <c r="J108" t="s">
+        <v>271</v>
+      </c>
+      <c r="K108" t="s">
+        <v>52</v>
+      </c>
+      <c r="L108" t="s">
+        <v>166</v>
+      </c>
+      <c r="M108" t="s">
+        <v>188</v>
+      </c>
+      <c r="N108" t="s">
+        <v>433</v>
+      </c>
+      <c r="O108" t="s">
+        <v>434</v>
+      </c>
+      <c r="P108" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>158</v>
+      </c>
+      <c r="B109" t="s">
+        <v>867</v>
+      </c>
+      <c r="C109" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
+        <v>862</v>
+      </c>
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
+        <v>868</v>
+      </c>
+      <c r="H109" t="s">
+        <v>869</v>
+      </c>
+      <c r="I109" t="s">
+        <v>870</v>
+      </c>
+      <c r="J109" t="s">
+        <v>271</v>
+      </c>
+      <c r="K109" t="s">
+        <v>52</v>
+      </c>
+      <c r="L109" t="s">
+        <v>166</v>
+      </c>
+      <c r="M109" t="s">
+        <v>188</v>
+      </c>
+      <c r="N109" t="s">
+        <v>210</v>
+      </c>
+      <c r="O109" t="s">
+        <v>800</v>
+      </c>
+      <c r="P109" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>158</v>
+      </c>
+      <c r="B110" t="s">
+        <v>872</v>
+      </c>
+      <c r="C110" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" t="s">
+        <v>20</v>
+      </c>
+      <c r="E110" t="s">
+        <v>873</v>
+      </c>
+      <c r="F110" t="s">
+        <v>20</v>
+      </c>
+      <c r="G110" t="s">
+        <v>874</v>
+      </c>
+      <c r="H110" t="s">
+        <v>875</v>
+      </c>
+      <c r="I110" t="s">
+        <v>876</v>
+      </c>
+      <c r="J110" t="s">
+        <v>197</v>
+      </c>
+      <c r="K110" t="s">
+        <v>52</v>
+      </c>
+      <c r="L110" t="s">
+        <v>166</v>
+      </c>
+      <c r="M110" t="s">
+        <v>188</v>
+      </c>
+      <c r="N110" t="s">
+        <v>239</v>
+      </c>
+      <c r="O110" t="s">
+        <v>539</v>
+      </c>
+      <c r="P110" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>158</v>
+      </c>
+      <c r="B111" t="s">
+        <v>878</v>
+      </c>
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" t="s">
+        <v>879</v>
+      </c>
+      <c r="F111" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" t="s">
+        <v>880</v>
+      </c>
+      <c r="H111" t="s">
+        <v>881</v>
+      </c>
+      <c r="I111" t="s">
+        <v>812</v>
+      </c>
+      <c r="J111" t="s">
+        <v>20</v>
+      </c>
+      <c r="K111" t="s">
+        <v>813</v>
+      </c>
+      <c r="L111" t="s">
+        <v>166</v>
+      </c>
+      <c r="M111" t="s">
+        <v>188</v>
+      </c>
+      <c r="N111" t="s">
+        <v>408</v>
+      </c>
+      <c r="O111" t="s">
+        <v>550</v>
+      </c>
+      <c r="P111" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>158</v>
+      </c>
+      <c r="B112" t="s">
+        <v>883</v>
+      </c>
+      <c r="C112" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" t="s">
+        <v>20</v>
+      </c>
+      <c r="E112" t="s">
+        <v>884</v>
+      </c>
+      <c r="F112" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" t="s">
+        <v>885</v>
+      </c>
+      <c r="H112" t="s">
+        <v>886</v>
+      </c>
+      <c r="I112" t="s">
+        <v>887</v>
+      </c>
+      <c r="J112" t="s">
+        <v>197</v>
+      </c>
+      <c r="K112" t="s">
+        <v>52</v>
+      </c>
+      <c r="L112" t="s">
+        <v>166</v>
+      </c>
+      <c r="M112" t="s">
+        <v>188</v>
+      </c>
+      <c r="N112" t="s">
+        <v>433</v>
+      </c>
+      <c r="O112" t="s">
+        <v>434</v>
+      </c>
+      <c r="P112" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>158</v>
+      </c>
+      <c r="B113" t="s">
+        <v>889</v>
+      </c>
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
+        <v>20</v>
+      </c>
+      <c r="E113" t="s">
+        <v>890</v>
+      </c>
+      <c r="F113" t="s">
+        <v>20</v>
+      </c>
+      <c r="G113" t="s">
+        <v>891</v>
+      </c>
+      <c r="H113" t="s">
+        <v>892</v>
+      </c>
+      <c r="I113" t="s">
+        <v>893</v>
+      </c>
+      <c r="J113" t="s">
+        <v>894</v>
+      </c>
+      <c r="K113" t="s">
+        <v>895</v>
+      </c>
+      <c r="L113" t="s">
+        <v>166</v>
+      </c>
+      <c r="M113" t="s">
+        <v>177</v>
+      </c>
+      <c r="N113" t="s">
+        <v>178</v>
+      </c>
+      <c r="O113" t="s">
+        <v>179</v>
+      </c>
+      <c r="P113" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>158</v>
+      </c>
+      <c r="B114" t="s">
+        <v>897</v>
+      </c>
+      <c r="C114" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" t="s">
+        <v>20</v>
+      </c>
+      <c r="E114" t="s">
+        <v>898</v>
+      </c>
+      <c r="F114" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" t="s">
+        <v>899</v>
+      </c>
+      <c r="H114" t="s">
+        <v>900</v>
+      </c>
+      <c r="I114" t="s">
+        <v>811</v>
+      </c>
+      <c r="J114" t="s">
+        <v>812</v>
+      </c>
+      <c r="K114" t="s">
+        <v>813</v>
+      </c>
+      <c r="L114" t="s">
+        <v>166</v>
+      </c>
+      <c r="M114" t="s">
+        <v>188</v>
+      </c>
+      <c r="N114" t="s">
+        <v>408</v>
+      </c>
+      <c r="O114" t="s">
+        <v>654</v>
+      </c>
+      <c r="P114" t="s">
+        <v>901</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T32"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>902</v>
+      </c>
+      <c r="J1" t="s">
+        <v>150</v>
+      </c>
+      <c r="K1" t="s">
+        <v>903</v>
+      </c>
+      <c r="L1" t="s">
+        <v>152</v>
+      </c>
+      <c r="M1" t="s">
+        <v>153</v>
+      </c>
+      <c r="N1" t="s">
+        <v>904</v>
+      </c>
+      <c r="O1" t="s">
+        <v>905</v>
+      </c>
+      <c r="P1" t="s">
+        <v>906</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>907</v>
+      </c>
+      <c r="R1" t="s">
+        <v>154</v>
+      </c>
+      <c r="S1" t="s">
+        <v>908</v>
+      </c>
+      <c r="T1" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>910</v>
+      </c>
+      <c r="B2" t="s">
+        <v>911</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>912</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>913</v>
+      </c>
+      <c r="H2" t="s">
+        <v>914</v>
+      </c>
+      <c r="I2" t="s">
+        <v>915</v>
+      </c>
+      <c r="J2" t="s">
+        <v>916</v>
+      </c>
+      <c r="K2" t="s">
+        <v>406</v>
+      </c>
+      <c r="L2" t="s">
+        <v>407</v>
+      </c>
+      <c r="M2" t="s">
+        <v>166</v>
+      </c>
+      <c r="N2" t="s">
+        <v>917</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>918</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>919</v>
+      </c>
+      <c r="R2" t="s">
+        <v>918</v>
+      </c>
+      <c r="S2" t="s">
+        <v>920</v>
+      </c>
+      <c r="T2" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>910</v>
+      </c>
+      <c r="B3" t="s">
+        <v>922</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>923</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>924</v>
+      </c>
+      <c r="H3" t="s">
+        <v>925</v>
+      </c>
+      <c r="I3" t="s">
+        <v>915</v>
+      </c>
+      <c r="J3" t="s">
+        <v>926</v>
+      </c>
+      <c r="K3" t="s">
+        <v>381</v>
+      </c>
+      <c r="L3" t="s">
+        <v>382</v>
+      </c>
+      <c r="M3" t="s">
+        <v>166</v>
+      </c>
+      <c r="N3" t="s">
+        <v>927</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>918</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>928</v>
+      </c>
+      <c r="R3" t="s">
+        <v>918</v>
+      </c>
+      <c r="S3" t="s">
+        <v>929</v>
+      </c>
+      <c r="T3" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>910</v>
+      </c>
+      <c r="B4" t="s">
+        <v>931</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>932</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>933</v>
+      </c>
+      <c r="H4" t="s">
+        <v>934</v>
+      </c>
+      <c r="I4" t="s">
+        <v>915</v>
+      </c>
+      <c r="J4" t="s">
+        <v>415</v>
+      </c>
+      <c r="K4" t="s">
+        <v>416</v>
+      </c>
+      <c r="L4" t="s">
+        <v>187</v>
+      </c>
+      <c r="M4" t="s">
+        <v>166</v>
+      </c>
+      <c r="N4" t="s">
+        <v>935</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>937</v>
+      </c>
+      <c r="R4" t="s">
+        <v>177</v>
+      </c>
+      <c r="S4" t="s">
+        <v>938</v>
+      </c>
+      <c r="T4" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>910</v>
+      </c>
+      <c r="B5" t="s">
+        <v>939</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>940</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>941</v>
+      </c>
+      <c r="H5" t="s">
+        <v>942</v>
+      </c>
+      <c r="I5" t="s">
+        <v>943</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
+        <v>944</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>166</v>
+      </c>
+      <c r="N5" t="s">
+        <v>945</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>946</v>
+      </c>
+      <c r="R5" t="s">
+        <v>177</v>
+      </c>
+      <c r="S5" t="s">
+        <v>947</v>
+      </c>
+      <c r="T5" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>910</v>
+      </c>
+      <c r="B6" t="s">
+        <v>948</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>949</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>950</v>
+      </c>
+      <c r="H6" t="s">
+        <v>951</v>
+      </c>
+      <c r="I6" t="s">
+        <v>915</v>
+      </c>
+      <c r="J6" t="s">
+        <v>952</v>
+      </c>
+      <c r="K6" t="s">
+        <v>197</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>166</v>
+      </c>
+      <c r="N6" t="s">
+        <v>953</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>918</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>954</v>
+      </c>
+      <c r="R6" t="s">
+        <v>918</v>
+      </c>
+      <c r="S6" t="s">
+        <v>94</v>
+      </c>
+      <c r="T6" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>910</v>
+      </c>
+      <c r="B7" t="s">
+        <v>956</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>957</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>958</v>
+      </c>
+      <c r="H7" t="s">
+        <v>959</v>
+      </c>
+      <c r="I7" t="s">
+        <v>915</v>
+      </c>
+      <c r="J7" t="s">
+        <v>960</v>
+      </c>
+      <c r="K7" t="s">
+        <v>961</v>
+      </c>
+      <c r="L7" t="s">
+        <v>231</v>
+      </c>
+      <c r="M7" t="s">
+        <v>166</v>
+      </c>
+      <c r="N7" t="s">
+        <v>962</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>963</v>
+      </c>
+      <c r="R7" t="s">
+        <v>177</v>
+      </c>
+      <c r="S7" t="s">
+        <v>964</v>
+      </c>
+      <c r="T7" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>910</v>
+      </c>
+      <c r="B8" t="s">
+        <v>965</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>966</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>967</v>
+      </c>
+      <c r="H8" t="s">
+        <v>968</v>
+      </c>
+      <c r="I8" t="s">
+        <v>915</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>969</v>
+      </c>
+      <c r="L8" t="s">
+        <v>970</v>
+      </c>
+      <c r="M8" t="s">
+        <v>166</v>
+      </c>
+      <c r="N8" t="s">
+        <v>971</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>188</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>919</v>
+      </c>
+      <c r="R8" t="s">
+        <v>188</v>
+      </c>
+      <c r="S8" t="s">
+        <v>972</v>
+      </c>
+      <c r="T8" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>910</v>
+      </c>
+      <c r="B9" t="s">
+        <v>973</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>974</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>975</v>
+      </c>
+      <c r="H9" t="s">
+        <v>976</v>
+      </c>
+      <c r="I9" t="s">
+        <v>915</v>
+      </c>
+      <c r="J9" t="s">
+        <v>977</v>
+      </c>
+      <c r="K9" t="s">
+        <v>978</v>
+      </c>
+      <c r="L9" t="s">
+        <v>407</v>
+      </c>
+      <c r="M9" t="s">
+        <v>166</v>
+      </c>
+      <c r="N9" t="s">
+        <v>979</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>980</v>
+      </c>
+      <c r="R9" t="s">
+        <v>177</v>
+      </c>
+      <c r="S9" t="s">
+        <v>981</v>
+      </c>
+      <c r="T9" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>910</v>
+      </c>
+      <c r="B10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>940</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>983</v>
+      </c>
+      <c r="H10" t="s">
+        <v>984</v>
+      </c>
+      <c r="I10" t="s">
+        <v>915</v>
+      </c>
+      <c r="J10" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" t="s">
+        <v>367</v>
+      </c>
+      <c r="L10" t="s">
+        <v>30</v>
+      </c>
+      <c r="M10" t="s">
+        <v>166</v>
+      </c>
+      <c r="N10" t="s">
+        <v>985</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>986</v>
+      </c>
+      <c r="R10" t="s">
+        <v>177</v>
+      </c>
+      <c r="S10" t="s">
+        <v>31</v>
+      </c>
+      <c r="T10" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>910</v>
+      </c>
+      <c r="B11" t="s">
+        <v>987</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>988</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>989</v>
+      </c>
+      <c r="H11" t="s">
+        <v>990</v>
+      </c>
+      <c r="I11" t="s">
+        <v>915</v>
+      </c>
+      <c r="J11" t="s">
+        <v>634</v>
+      </c>
+      <c r="K11" t="s">
+        <v>525</v>
+      </c>
+      <c r="L11" t="s">
+        <v>526</v>
+      </c>
+      <c r="M11" t="s">
+        <v>166</v>
+      </c>
+      <c r="N11" t="s">
+        <v>991</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>919</v>
+      </c>
+      <c r="R11" t="s">
+        <v>177</v>
+      </c>
+      <c r="S11" t="s">
+        <v>992</v>
+      </c>
+      <c r="T11" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>910</v>
+      </c>
+      <c r="B12" t="s">
+        <v>993</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>994</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>995</v>
+      </c>
+      <c r="H12" t="s">
+        <v>996</v>
+      </c>
+      <c r="I12" t="s">
+        <v>915</v>
+      </c>
+      <c r="J12" t="s">
+        <v>997</v>
+      </c>
+      <c r="K12" t="s">
+        <v>175</v>
+      </c>
+      <c r="L12" t="s">
+        <v>176</v>
+      </c>
+      <c r="M12" t="s">
+        <v>166</v>
+      </c>
+      <c r="N12" t="s">
+        <v>998</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>919</v>
+      </c>
+      <c r="R12" t="s">
+        <v>177</v>
+      </c>
+      <c r="S12" t="s">
+        <v>999</v>
+      </c>
+      <c r="T12" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>910</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>940</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1002</v>
+      </c>
+      <c r="I13" t="s">
+        <v>915</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1003</v>
+      </c>
+      <c r="K13" t="s">
+        <v>390</v>
+      </c>
+      <c r="L13" t="s">
+        <v>382</v>
+      </c>
+      <c r="M13" t="s">
+        <v>166</v>
+      </c>
+      <c r="N13" t="s">
+        <v>1004</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>1005</v>
+      </c>
+      <c r="R13" t="s">
+        <v>177</v>
+      </c>
+      <c r="S13" t="s">
+        <v>1006</v>
+      </c>
+      <c r="T13" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>910</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1010</v>
+      </c>
+      <c r="I14" t="s">
+        <v>915</v>
+      </c>
+      <c r="J14" t="s">
+        <v>859</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1011</v>
+      </c>
+      <c r="L14" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M14" t="s">
+        <v>166</v>
+      </c>
+      <c r="N14" t="s">
+        <v>1013</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>963</v>
+      </c>
+      <c r="R14" t="s">
+        <v>177</v>
+      </c>
+      <c r="S14" t="s">
+        <v>1014</v>
+      </c>
+      <c r="T14" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>910</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1018</v>
+      </c>
+      <c r="I15" t="s">
+        <v>915</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1019</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1020</v>
+      </c>
+      <c r="L15" t="s">
+        <v>1021</v>
+      </c>
+      <c r="M15" t="s">
+        <v>166</v>
+      </c>
+      <c r="N15" t="s">
+        <v>1022</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>918</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>919</v>
+      </c>
+      <c r="R15" t="s">
+        <v>918</v>
+      </c>
+      <c r="S15" t="s">
+        <v>1023</v>
+      </c>
+      <c r="T15" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>910</v>
+      </c>
+      <c r="B16" t="s">
+        <v>50</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1026</v>
+      </c>
+      <c r="I16" t="s">
+        <v>915</v>
+      </c>
+      <c r="J16" t="s">
+        <v>1027</v>
+      </c>
+      <c r="K16" t="s">
+        <v>1028</v>
+      </c>
+      <c r="L16" t="s">
+        <v>1029</v>
+      </c>
+      <c r="M16" t="s">
+        <v>166</v>
+      </c>
+      <c r="N16" t="s">
+        <v>1030</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>918</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>1031</v>
+      </c>
+      <c r="R16" t="s">
+        <v>918</v>
+      </c>
+      <c r="S16" t="s">
+        <v>53</v>
+      </c>
+      <c r="T16" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>910</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1036</v>
+      </c>
+      <c r="I17" t="s">
+        <v>943</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1037</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1038</v>
+      </c>
+      <c r="L17" t="s">
+        <v>52</v>
+      </c>
+      <c r="M17" t="s">
+        <v>166</v>
+      </c>
+      <c r="N17" t="s">
+        <v>1039</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>177</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>928</v>
+      </c>
+      <c r="R17" t="s">
+        <v>177</v>
+      </c>
+      <c r="S17" t="s">
+        <v>1040</v>
+      </c>
+      <c r="T17" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>910</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>940</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1043</v>
+      </c>
+      <c r="I18" t="s">
+        <v>915</v>
+      </c>
+      <c r="J18" t="s">
+        <v>1044</v>
+      </c>
+      <c r="K18" t="s">
+        <v>197</v>
+      </c>
+      <c r="L18" t="s">
+        <v>52</v>
+      </c>
+      <c r="M18" t="s">
+        <v>166</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1045</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>177</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>1046</v>
+      </c>
+      <c r="R18" t="s">
+        <v>177</v>
+      </c>
+      <c r="S18" t="s">
+        <v>1047</v>
+      </c>
+      <c r="T18" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>910</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1051</v>
+      </c>
+      <c r="I19" t="s">
+        <v>915</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1052</v>
+      </c>
+      <c r="K19" t="s">
+        <v>197</v>
+      </c>
+      <c r="L19" t="s">
+        <v>52</v>
+      </c>
+      <c r="M19" t="s">
+        <v>166</v>
+      </c>
+      <c r="N19" t="s">
+        <v>1053</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>918</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>20</v>
+      </c>
+      <c r="R19" t="s">
+        <v>918</v>
+      </c>
+      <c r="S19" t="s">
+        <v>1054</v>
+      </c>
+      <c r="T19" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>910</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>957</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1057</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1058</v>
+      </c>
+      <c r="J20" t="s">
+        <v>960</v>
+      </c>
+      <c r="K20" t="s">
+        <v>961</v>
+      </c>
+      <c r="L20" t="s">
+        <v>231</v>
+      </c>
+      <c r="M20" t="s">
+        <v>166</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1059</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>177</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>1046</v>
+      </c>
+      <c r="R20" t="s">
+        <v>177</v>
+      </c>
+      <c r="S20" t="s">
+        <v>1060</v>
+      </c>
+      <c r="T20" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>910</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1063</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1058</v>
+      </c>
+      <c r="J21" t="s">
+        <v>859</v>
+      </c>
+      <c r="K21" t="s">
+        <v>263</v>
+      </c>
+      <c r="L21" t="s">
+        <v>264</v>
+      </c>
+      <c r="M21" t="s">
+        <v>166</v>
+      </c>
+      <c r="N21" t="s">
+        <v>1013</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>177</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>1046</v>
+      </c>
+      <c r="R21" t="s">
+        <v>177</v>
+      </c>
+      <c r="S21" t="s">
+        <v>1064</v>
+      </c>
+      <c r="T21" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>910</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>940</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1066</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1067</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1058</v>
+      </c>
+      <c r="J22" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" t="s">
+        <v>367</v>
+      </c>
+      <c r="L22" t="s">
+        <v>30</v>
+      </c>
+      <c r="M22" t="s">
+        <v>166</v>
+      </c>
+      <c r="N22" t="s">
+        <v>985</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>177</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>1046</v>
+      </c>
+      <c r="R22" t="s">
+        <v>177</v>
+      </c>
+      <c r="S22" t="s">
+        <v>1068</v>
+      </c>
+      <c r="T22" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>910</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1072</v>
+      </c>
+      <c r="I23" t="s">
+        <v>943</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>374</v>
+      </c>
+      <c r="L23" t="s">
+        <v>375</v>
+      </c>
+      <c r="M23" t="s">
+        <v>166</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1073</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>188</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>919</v>
+      </c>
+      <c r="R23" t="s">
+        <v>188</v>
+      </c>
+      <c r="S23" t="s">
+        <v>1074</v>
+      </c>
+      <c r="T23" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>910</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1078</v>
+      </c>
+      <c r="I24" t="s">
+        <v>915</v>
+      </c>
+      <c r="J24" t="s">
+        <v>20</v>
+      </c>
+      <c r="K24" t="s">
+        <v>557</v>
+      </c>
+      <c r="L24" t="s">
+        <v>558</v>
+      </c>
+      <c r="M24" t="s">
+        <v>166</v>
+      </c>
+      <c r="N24" t="s">
+        <v>1079</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>188</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>919</v>
+      </c>
+      <c r="R24" t="s">
+        <v>188</v>
+      </c>
+      <c r="S24" t="s">
+        <v>1080</v>
+      </c>
+      <c r="T24" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>910</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>940</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1083</v>
+      </c>
+      <c r="I25" t="s">
+        <v>915</v>
+      </c>
+      <c r="J25" t="s">
+        <v>1084</v>
+      </c>
+      <c r="K25" t="s">
+        <v>197</v>
+      </c>
+      <c r="L25" t="s">
+        <v>52</v>
+      </c>
+      <c r="M25" t="s">
+        <v>166</v>
+      </c>
+      <c r="N25" t="s">
+        <v>1085</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>188</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>1086</v>
+      </c>
+      <c r="R25" t="s">
+        <v>188</v>
+      </c>
+      <c r="S25" t="s">
+        <v>1087</v>
+      </c>
+      <c r="T25" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>910</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>940</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1090</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1058</v>
+      </c>
+      <c r="J26" t="s">
+        <v>1091</v>
+      </c>
+      <c r="K26" t="s">
+        <v>894</v>
+      </c>
+      <c r="L26" t="s">
+        <v>895</v>
+      </c>
+      <c r="M26" t="s">
+        <v>166</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1092</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>188</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>1086</v>
+      </c>
+      <c r="R26" t="s">
+        <v>188</v>
+      </c>
+      <c r="S26" t="s">
+        <v>1093</v>
+      </c>
+      <c r="T26" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>910</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>940</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1096</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1058</v>
+      </c>
+      <c r="J27" t="s">
+        <v>1097</v>
+      </c>
+      <c r="K27" t="s">
+        <v>1098</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1099</v>
+      </c>
+      <c r="M27" t="s">
+        <v>166</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1100</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>188</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>1086</v>
+      </c>
+      <c r="R27" t="s">
+        <v>188</v>
+      </c>
+      <c r="S27" t="s">
+        <v>1101</v>
+      </c>
+      <c r="T27" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>910</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>940</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1104</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1058</v>
+      </c>
+      <c r="J28" t="s">
+        <v>977</v>
+      </c>
+      <c r="K28" t="s">
+        <v>406</v>
+      </c>
+      <c r="L28" t="s">
+        <v>407</v>
+      </c>
+      <c r="M28" t="s">
+        <v>166</v>
+      </c>
+      <c r="N28" t="s">
+        <v>1105</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>188</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>1086</v>
+      </c>
+      <c r="R28" t="s">
+        <v>188</v>
+      </c>
+      <c r="S28" t="s">
+        <v>1106</v>
+      </c>
+      <c r="T28" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>910</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>957</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1109</v>
+      </c>
+      <c r="I29" t="s">
+        <v>915</v>
+      </c>
+      <c r="J29" t="s">
+        <v>1110</v>
+      </c>
+      <c r="K29" t="s">
+        <v>230</v>
+      </c>
+      <c r="L29" t="s">
+        <v>231</v>
+      </c>
+      <c r="M29" t="s">
+        <v>166</v>
+      </c>
+      <c r="N29" t="s">
+        <v>1111</v>
+      </c>
+      <c r="O29" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>1031</v>
+      </c>
+      <c r="R29" t="s">
+        <v>177</v>
+      </c>
+      <c r="S29" t="s">
+        <v>1112</v>
+      </c>
+      <c r="T29" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>910</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1116</v>
+      </c>
+      <c r="I30" t="s">
+        <v>915</v>
+      </c>
+      <c r="J30" t="s">
+        <v>1117</v>
+      </c>
+      <c r="K30" t="s">
+        <v>1118</v>
+      </c>
+      <c r="L30" t="s">
+        <v>1119</v>
+      </c>
+      <c r="M30" t="s">
+        <v>166</v>
+      </c>
+      <c r="N30" t="s">
+        <v>1120</v>
+      </c>
+      <c r="O30" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" t="s">
+        <v>918</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>928</v>
+      </c>
+      <c r="R30" t="s">
+        <v>918</v>
+      </c>
+      <c r="S30" t="s">
+        <v>1121</v>
+      </c>
+      <c r="T30" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>910</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1125</v>
+      </c>
+      <c r="I31" t="s">
+        <v>915</v>
+      </c>
+      <c r="J31" t="s">
+        <v>1126</v>
+      </c>
+      <c r="K31" t="s">
+        <v>476</v>
+      </c>
+      <c r="L31" t="s">
+        <v>477</v>
+      </c>
+      <c r="M31" t="s">
+        <v>166</v>
+      </c>
+      <c r="N31" t="s">
+        <v>1127</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>919</v>
+      </c>
+      <c r="R31" t="s">
+        <v>177</v>
+      </c>
+      <c r="S31" t="s">
+        <v>1128</v>
+      </c>
+      <c r="T31" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>910</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1130</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1131</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1058</v>
+      </c>
+      <c r="J32" t="s">
+        <v>1126</v>
+      </c>
+      <c r="K32" t="s">
+        <v>476</v>
+      </c>
+      <c r="L32" t="s">
+        <v>477</v>
+      </c>
+      <c r="M32" t="s">
+        <v>166</v>
+      </c>
+      <c r="N32" t="s">
+        <v>1127</v>
+      </c>
+      <c r="O32" t="s">
+        <v>20</v>
+      </c>
+      <c r="P32" t="s">
+        <v>177</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>1046</v>
+      </c>
+      <c r="R32" t="s">
+        <v>177</v>
+      </c>
+      <c r="S32" t="s">
+        <v>1132</v>
+      </c>
+      <c r="T32" t="s">
+        <v>921</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>