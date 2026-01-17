--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -1,65 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
-    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2686" uniqueCount="1133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3498" uniqueCount="1424">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -74,89 +77,251 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur RAMI OUEZINI</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/12/2025 19:15:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794091/fr/docteur-rami-ouezini</t>
+  </si>
+  <si>
+    <t>p_3794091</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>OUEZINI</t>
+  </si>
+  <si>
+    <t>RAMI</t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE PASTEUR EVREUX</t>
+  </si>
+  <si>
+    <t>27025</t>
+  </si>
+  <si>
+    <t>EVREUX</t>
+  </si>
+  <si>
+    <t>270000326</t>
+  </si>
+  <si>
+    <t>Docteur LEOPOLD RUPARI</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794322/fr/docteur-leopold-rupari</t>
+  </si>
+  <si>
+    <t>p_3794322</t>
+  </si>
+  <si>
+    <t>RUPARI</t>
+  </si>
+  <si>
+    <t>LEOPOLD</t>
+  </si>
+  <si>
+    <t>11 September 2025</t>
+  </si>
+  <si>
+    <t>CH GISORS</t>
+  </si>
+  <si>
+    <t>27140</t>
+  </si>
+  <si>
+    <t>GISORS</t>
+  </si>
+  <si>
+    <t>270000367</t>
+  </si>
+  <si>
+    <t>Docteur PAUL SACQUIN</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794616/fr/docteur-paul-sacquin</t>
+  </si>
+  <si>
+    <t>p_3794616</t>
+  </si>
+  <si>
+    <t>SACQUIN</t>
+  </si>
+  <si>
+    <t>PAUL</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE PASTEUR EVREUX,CLINIQUE BERGOUIGNAN</t>
+  </si>
+  <si>
+    <t>27025,27025</t>
+  </si>
+  <si>
+    <t>EVREUX,EVREUX</t>
+  </si>
+  <si>
+    <t>270000326,270000862</t>
+  </si>
+  <si>
+    <t>Docteur ABDERREZAK KHADDAOUI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794618/fr/docteur-abderrezak-khaddaoui</t>
+  </si>
+  <si>
+    <t>p_3794618</t>
+  </si>
+  <si>
+    <t>KHADDAOUI</t>
+  </si>
+  <si>
+    <t>ABDERREZAK</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE PASTEUR EVREUX,CH EVREUX CH EURE-SEINE</t>
+  </si>
+  <si>
+    <t>27025,27015</t>
+  </si>
+  <si>
+    <t>270000326,270000359</t>
+  </si>
+  <si>
+    <t>Docteur HOUSSAM BEN KADDOUR</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794657/fr/docteur-houssam-ben-kaddour</t>
+  </si>
+  <si>
+    <t>p_3794657</t>
+  </si>
+  <si>
+    <t>BEN KADDOUR</t>
+  </si>
+  <si>
+    <t>HOUSSAM</t>
+  </si>
+  <si>
+    <t>Docteur LAURENT BELLEC</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794673/fr/docteur-laurent-bellec</t>
+  </si>
+  <si>
+    <t>p_3794673</t>
+  </si>
+  <si>
+    <t>BELLEC</t>
+  </si>
+  <si>
+    <t>LAURENT</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE PASTEUR</t>
+  </si>
+  <si>
+    <t>27000</t>
+  </si>
+  <si>
+    <t>Docteur NATACHA BELLEC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794679/fr/docteur-natacha-bellec</t>
+  </si>
+  <si>
+    <t>p_3794679</t>
+  </si>
+  <si>
+    <t>NATACHA</t>
+  </si>
+  <si>
     <t>Docteur MOHAMAD HUSSEIN</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>19/07/2018 11:32:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2865154/fr/docteur-mohamad-hussein</t>
   </si>
   <si>
     <t>c_2865154</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>HUSSEIN</t>
   </si>
   <si>
     <t>MOHAMAD</t>
   </si>
   <si>
     <t>30 March 2023</t>
   </si>
   <si>
-    <t>CH GISORS</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur LEON AGBONON</t>
   </si>
   <si>
     <t>15/11/2017 17:32:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2805489/fr/docteur-leon-agbonon</t>
   </si>
   <si>
     <t>c_2805489</t>
   </si>
   <si>
     <t>AGBONON</t>
   </si>
   <si>
     <t>LEON</t>
   </si>
   <si>
     <t>03 February 2022</t>
   </si>
   <si>
     <t>HOPITAL PRIVE PASTEUR EVREUX,CH VERNEUIL-SUR-AVRE</t>
   </si>
   <si>
     <t>27025,27137</t>
@@ -167,60 +332,60 @@
   <si>
     <t>270000326,270000441</t>
   </si>
   <si>
     <t>Docteur Abdulrahman SIRESS</t>
   </si>
   <si>
     <t>17/01/2017 17:32:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2740047/fr/docteur-abdulrahman-siress</t>
   </si>
   <si>
     <t>c_2740047</t>
   </si>
   <si>
     <t>SIRESS</t>
   </si>
   <si>
     <t>Abdulrahman</t>
   </si>
   <si>
     <t>18 January 2024</t>
   </si>
   <si>
-    <t>CLINIQUE BERGOUIGNAN</t>
-[...8 lines deleted...]
-    <t>270000862</t>
+    <t>HOPITAL PRIVE PASTEUR,CLINIQUE D'ALENCON</t>
+  </si>
+  <si>
+    <t>27000,61000</t>
+  </si>
+  <si>
+    <t>EVREUX,ALENCON</t>
+  </si>
+  <si>
+    <t>270000326,610006421</t>
   </si>
   <si>
     <t>Docteur Etienne HOFFMANN</t>
   </si>
   <si>
     <t>08/11/2016 11:30:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708423/fr/docteur-etienne-hoffmann</t>
   </si>
   <si>
     <t>c_2708423</t>
   </si>
   <si>
     <t>HOFFMANN</t>
   </si>
   <si>
     <t>Etienne</t>
   </si>
   <si>
     <t>17 October 2024</t>
   </si>
   <si>
     <t>CH GISORS,CHU/HU PARIS NORD SITE BEAUJON APHP,CHP SAINTE MARIE OSNY</t>
   </si>
@@ -296,56 +461,50 @@
   <si>
     <t>EVREUX,PARIS,ST GERMAIN EN LAYE</t>
   </si>
   <si>
     <t>270013758,750300071,780018727</t>
   </si>
   <si>
     <t>Docteur Corinne BOEDEC LECHOWSKI</t>
   </si>
   <si>
     <t>08/11/2016 11:31:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709224/fr/docteur-corinne-boedec-lechowski</t>
   </si>
   <si>
     <t>c_2709224</t>
   </si>
   <si>
     <t>BOEDEC LECHOWSKI</t>
   </si>
   <si>
     <t>Corinne</t>
   </si>
   <si>
-    <t>HOPITAL PRIVE PASTEUR EVREUX</t>
-[...4 lines deleted...]
-  <si>
     <t>Docteur François FOUSSADIER</t>
   </si>
   <si>
     <t>08/11/2016 11:31:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709291/fr/docteur-francois-foussadier</t>
   </si>
   <si>
     <t>c_2709291</t>
   </si>
   <si>
     <t>FOUSSADIER</t>
   </si>
   <si>
     <t>François</t>
   </si>
   <si>
     <t>31 March 2022</t>
   </si>
   <si>
     <t>CH GISORS,CLINIQUE CONTI,CHP SAINTE MARIE OSNY</t>
   </si>
   <si>
     <t>27140,95290,95520</t>
@@ -368,83 +527,50 @@
   <si>
     <t>c_2710752</t>
   </si>
   <si>
     <t>DECRETTE</t>
   </si>
   <si>
     <t>Edouard</t>
   </si>
   <si>
     <t>29 December 2021</t>
   </si>
   <si>
     <t>CLINIQUE BERGOUIGNAN,SARL SERVICE INTERCLINIQUE D IMAGERIE</t>
   </si>
   <si>
     <t>27025,92160</t>
   </si>
   <si>
     <t>EVREUX,ANTONY</t>
   </si>
   <si>
     <t>270000862,920815636</t>
   </si>
   <si>
-    <t>Docteur Louay EL AYOUBI</t>
-[...31 lines deleted...]
-  <si>
     <t>Docteur Carine BERNARD</t>
   </si>
   <si>
     <t>08/11/2016 11:35:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713089/fr/docteur-carine-bernard</t>
   </si>
   <si>
     <t>c_2713089</t>
   </si>
   <si>
     <t>BERNARD</t>
   </si>
   <si>
     <t>Carine</t>
   </si>
   <si>
     <t>28 December 2022</t>
   </si>
   <si>
     <t>CH EVREUX CH EURE-SEINE,CH VERNON CH EURE-SEINE</t>
   </si>
   <si>
     <t>27015,27207</t>
@@ -494,620 +620,1088 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>CSAPA EVREUX ASS ANPAA</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:17:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14227_FicheESSMS/fr/csapa-evreux-ass-anpaa</t>
+  </si>
+  <si>
+    <t>14227_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Dulong</t>
+  </si>
+  <si>
+    <t>27000 EVREUX</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>270013139</t>
+  </si>
+  <si>
+    <t>FOYER HEBERG HAND GISORS ASS APAJH</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14425_FicheESSMS/fr/foyer-heberg-hand-gisors-ass-apajh</t>
+  </si>
+  <si>
+    <t>14425_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Rue Cappeville</t>
+  </si>
+  <si>
+    <t>27140 GISORS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>270013626</t>
+  </si>
+  <si>
+    <t>CAJ GISORS APAJH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14424_FicheESSMS/fr/caj-gisors-apajh</t>
+  </si>
+  <si>
+    <t>14424_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Denis Papin</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>270030984</t>
+  </si>
+  <si>
+    <t>FOYER OCCUP GISORS ASS APAJH FED NAT</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14426_FicheESSMS/fr/foyer-occup-gisors-ass-apajh-fed-nat</t>
+  </si>
+  <si>
+    <t>14426_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270013634</t>
+  </si>
+  <si>
+    <t>RESIDENCE CCAS ROMILLY S/ANDELLE</t>
+  </si>
+  <si>
+    <t>28/09/2025 16:16:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13729_FicheESSMS/fr/residence-ccas-romilly-s/andelle</t>
+  </si>
+  <si>
+    <t>13729_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1529 Rue Blingue</t>
+  </si>
+  <si>
+    <t>27610 ROMILLY SUR ANDELLE</t>
+  </si>
+  <si>
+    <t>ROMILLY SUR ANDELLE</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>270004294</t>
+  </si>
+  <si>
+    <t>SESSAD TRISOMIE 21 EURE VERNON</t>
+  </si>
+  <si>
+    <t>16/09/2025 16:15:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13369_FicheESSMS/fr/sessad-trisomie-21-eure-vernon</t>
+  </si>
+  <si>
+    <t>13369_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Avenue Antonin Collet Billon</t>
+  </si>
+  <si>
+    <t>27200 VERNON</t>
+  </si>
+  <si>
+    <t>VERNON</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>270008378</t>
+  </si>
+  <si>
     <t>LIEU DE VIE LE DOMAMOUR DU BOSHION</t>
   </si>
   <si>
     <t>16/09/2025 16:16:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13370_FicheESSMS/fr/lieu-de-vie-le-domamour-du-boshion</t>
   </si>
   <si>
     <t>13370_FicheESSMS</t>
   </si>
   <si>
     <t>13 Rue Saint Pierre</t>
   </si>
   <si>
     <t>27190 LE VAL DORE</t>
   </si>
   <si>
     <t>LE VAL DORE</t>
   </si>
   <si>
-    <t>27</t>
-[...1 lines deleted...]
-  <si>
     <t>Privé commercial</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
   </si>
   <si>
     <t>Lieux de Vie et d'Accueil</t>
   </si>
   <si>
     <t>270020688</t>
   </si>
   <si>
+    <t>CADA FTDA EVREUX</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:20:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13321_FicheESSMS/fr/cada-ftda-evreux</t>
+  </si>
+  <si>
+    <t>13321_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Avenue Du Chateau</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>270002959</t>
+  </si>
+  <si>
     <t>RESIDENCE AUTONOMIE LES PETITS PRES</t>
   </si>
   <si>
     <t>10/09/2025 12:15:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1_FicheESSMS/fr/residence-autonomie-les-petits-pres</t>
   </si>
   <si>
     <t>1_FicheESSMS</t>
   </si>
   <si>
     <t>27700 LES ANDELYS</t>
   </si>
   <si>
     <t>LES ANDELYS</t>
   </si>
   <si>
-    <t>Public</t>
-[...7 lines deleted...]
-  <si>
     <t>270003957</t>
   </si>
   <si>
+    <t>SAEMO ANTENNE PONT-AUDEMER ASEF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/19_FicheESSMS/fr/saemo-antenne-pont-audemer-asef</t>
+  </si>
+  <si>
+    <t>19_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Quai De La Ruelle</t>
+  </si>
+  <si>
+    <t>27500 PONT AUDEMER</t>
+  </si>
+  <si>
+    <t>PONT AUDEMER</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>270026081</t>
+  </si>
+  <si>
+    <t>CMPP BERNAY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/497_FicheESSMS/fr/cmpp-bernay</t>
+  </si>
+  <si>
+    <t>497_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Du Pont De L'Etang</t>
+  </si>
+  <si>
+    <t>27300 BERNAY</t>
+  </si>
+  <si>
+    <t>BERNAY</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>270030786</t>
+  </si>
+  <si>
+    <t>CMPP ANTENNE LES ANDELYS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/496_FicheESSMS/fr/cmpp-antenne-les-andelys</t>
+  </si>
+  <si>
+    <t>496_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270027634</t>
+  </si>
+  <si>
+    <t>CMPP ALFRED BINET PONT-AUDEMER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/495_FicheESSMS/fr/cmpp-alfred-binet-pont-audemer</t>
+  </si>
+  <si>
+    <t>495_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Quai François Mitterand</t>
+  </si>
+  <si>
+    <t>270030778</t>
+  </si>
+  <si>
+    <t>DITEP "MARIE-AMELIE LE FUR"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/759_FicheESSMS/fr/ditep-marie-amelie-le-fur</t>
+  </si>
+  <si>
+    <t>759_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue Victor Hugo</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>270027709</t>
+  </si>
+  <si>
+    <t>RESIDENCE CCAS VERNEUIL D'AVRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/877_FicheESSMS/fr/residence-ccas-verneuil-d-avre</t>
+  </si>
+  <si>
+    <t>877_FicheESSMS</t>
+  </si>
+  <si>
+    <t>611 Rue Notre-Dame</t>
+  </si>
+  <si>
+    <t>27130 VERNEUIL D AVRE ET D ITON</t>
+  </si>
+  <si>
+    <t>VERNEUIL D AVRE ET D ITON</t>
+  </si>
+  <si>
+    <t>270007727</t>
+  </si>
+  <si>
+    <t>SAD CIAS COM COM CONCHES EN OUCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1130_FicheESSMS/fr/sad-cias-com-com-conches-en-ouche</t>
+  </si>
+  <si>
+    <t>1130_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27190 CONCHES EN OUCHE</t>
+  </si>
+  <si>
+    <t>CONCHES EN OUCHE</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>270024391</t>
+  </si>
+  <si>
+    <t>SAEMO EVREUX ADAEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1207_FicheESSMS/fr/saemo-evreux-adaea</t>
+  </si>
+  <si>
+    <t>1207_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Arsene Meunier</t>
+  </si>
+  <si>
+    <t>27004 EVREUX</t>
+  </si>
+  <si>
+    <t>270004161</t>
+  </si>
+  <si>
+    <t>IME BEAUMESNIL ASS RP DE MAISTRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1245_FicheESSMS/fr/ime-beaumesnil-ass-rp-de-maistre</t>
+  </si>
+  <si>
+    <t>1245_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Du Chateau</t>
+  </si>
+  <si>
+    <t>27410 MESNIL EN OUCHE</t>
+  </si>
+  <si>
+    <t>MESNIL EN OUCHE</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>270000714</t>
+  </si>
+  <si>
     <t>CHRS BERNAY ASS YSOS</t>
   </si>
   <si>
     <t>10/09/2025 12:16:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1622_FicheESSMS/fr/chrs-bernay-ass-ysos</t>
   </si>
   <si>
     <t>1622_FicheESSMS</t>
   </si>
   <si>
     <t>11 Rue Du Neubourg</t>
   </si>
   <si>
-    <t>27300 BERNAY</t>
-[...10 lines deleted...]
-  <si>
     <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
   </si>
   <si>
     <t>270020308</t>
   </si>
   <si>
+    <t>RESIDENCE HABITAT JEUNES ASS L'ABRI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1840_FicheESSMS/fr/residence-habitat-jeunes-ass-l-abri</t>
+  </si>
+  <si>
+    <t>1840_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Lepouze</t>
+  </si>
+  <si>
+    <t>27006 EVREUX</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>270002173</t>
+  </si>
+  <si>
+    <t>ACT ASS L'ABRI EVREUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1839_FicheESSMS/fr/act-ass-l-abri-evreux</t>
+  </si>
+  <si>
+    <t>1839_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Avenue Aristide Briand</t>
+  </si>
+  <si>
+    <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
+  </si>
+  <si>
+    <t>270017668</t>
+  </si>
+  <si>
     <t>LAM</t>
   </si>
   <si>
-    <t>10/09/2025 12:17:13</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/1838_FicheESSMS/fr/lam</t>
   </si>
   <si>
     <t>1838_FicheESSMS</t>
   </si>
   <si>
     <t>51 Rue Romain Rolland</t>
   </si>
   <si>
-    <t>27000 EVREUX</t>
-[...4 lines deleted...]
-  <si>
     <t>Lits d'Accueil Médicalisés (L.A.M.)</t>
   </si>
   <si>
     <t>270030067</t>
   </si>
   <si>
     <t>LHSS EVREUX ASS L'ABRI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1837_FicheESSMS/fr/lhss-evreux-ass-l-abri</t>
   </si>
   <si>
     <t>1837_FicheESSMS</t>
   </si>
   <si>
     <t>Lits Halte Soins Santé (L.H.S.S.)</t>
   </si>
   <si>
     <t>270019839</t>
   </si>
   <si>
     <t>DAMA EVREUX ASS L'ABRI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1836_FicheESSMS/fr/dama-evreux-ass-l-abri</t>
   </si>
   <si>
     <t>1836_FicheESSMS</t>
   </si>
   <si>
-    <t>13 Rue Lepouze</t>
-[...4 lines deleted...]
-  <si>
     <t>Maison d'Enfants à Caractère Social</t>
   </si>
   <si>
     <t>270029648</t>
   </si>
   <si>
     <t>CHRS EVREUX ASS L'ABRI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1835_FicheESSMS/fr/chrs-evreux-ass-l-abri</t>
   </si>
   <si>
     <t>1835_FicheESSMS</t>
   </si>
   <si>
     <t>270023617</t>
   </si>
   <si>
+    <t>CHRS URGENCE LA PAUSE EVREUX ADAEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2011_FicheESSMS/fr/chrs-urgence-la-pause-evreux-adaea</t>
+  </si>
+  <si>
+    <t>2011_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270023476</t>
+  </si>
+  <si>
+    <t>EHPAD VILLA SAINT-MICHEL CHARLEVAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2350_FicheESSMS/fr/ehpad-villa-saint-michel-charleval</t>
+  </si>
+  <si>
+    <t>2350_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27380 CHARLEVAL</t>
+  </si>
+  <si>
+    <t>CHARLEVAL</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>270012230</t>
+  </si>
+  <si>
+    <t>SAMSAH IDEFHI - LOUVIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2965_FicheESSMS/fr/samsah-idefhi-louviers</t>
+  </si>
+  <si>
+    <t>2965_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Place Guillaume Petit</t>
+  </si>
+  <si>
+    <t>27400 LOUVIERS</t>
+  </si>
+  <si>
+    <t>LOUVIERS</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>270028137</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE JACQUES DAVIEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3055_FicheESSMS/fr/ehpad-residence-jacques-daviel</t>
+  </si>
+  <si>
+    <t>3055_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Anne De Ticheville</t>
+  </si>
+  <si>
+    <t>27303 BERNAY</t>
+  </si>
+  <si>
+    <t>270009939</t>
+  </si>
+  <si>
+    <t>EHPAD LE BOSGUERARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3292_FicheESSMS/fr/ehpad-le-bosguerard</t>
+  </si>
+  <si>
+    <t>3292_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Marie De Vaudemont</t>
+  </si>
+  <si>
+    <t>27370 ST PIERRE DU BOSGUERARD</t>
+  </si>
+  <si>
+    <t>ST PIERRE DU BOSGUERARD</t>
+  </si>
+  <si>
+    <t>270010713</t>
+  </si>
+  <si>
+    <t>SERV MJPM SERQUIGNY ASS ATMP EURE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3415_FicheESSMS/fr/serv-mjpm-serquigny-ass-atmp-eure</t>
+  </si>
+  <si>
+    <t>3415_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Jean Brault</t>
+  </si>
+  <si>
+    <t>27470 SERQUIGNY</t>
+  </si>
+  <si>
+    <t>SERQUIGNY</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>270025398</t>
+  </si>
+  <si>
+    <t>SIE EVREUX ADAEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3842_FicheESSMS/fr/sie-evreux-adaea</t>
+  </si>
+  <si>
+    <t>3842_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Rue Des Cheminots</t>
+  </si>
+  <si>
+    <t>Service d'Investigation Educative</t>
+  </si>
+  <si>
+    <t>270009368</t>
+  </si>
+  <si>
+    <t>SERV MJPM GUICHAINVILLE ASS ATDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3855_FicheESSMS/fr/serv-mjpm-guichainville-ass-atde</t>
+  </si>
+  <si>
+    <t>3855_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Concorde</t>
+  </si>
+  <si>
+    <t>27930 GUICHAINVILLE</t>
+  </si>
+  <si>
+    <t>GUICHAINVILLE</t>
+  </si>
+  <si>
+    <t>270025414</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE GARCONS LES OIES SAUVAGES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3873_FicheESSMS/fr/lieu-de-vie-garcons-les-oies-sauvages</t>
+  </si>
+  <si>
+    <t>3873_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Route Le Hudar</t>
+  </si>
+  <si>
+    <t>27500 MANNEVILLE SUR RISLE</t>
+  </si>
+  <si>
+    <t>MANNEVILLE SUR RISLE</t>
+  </si>
+  <si>
+    <t>270011968</t>
+  </si>
+  <si>
+    <t>EHPAD LA PROVIDENCE SA ODYSSENIOR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3924_FicheESSMS/fr/ehpad-la-providence-sa-odyssenior</t>
+  </si>
+  <si>
+    <t>3924_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Docteur Roux</t>
+  </si>
+  <si>
+    <t>270018278</t>
+  </si>
+  <si>
+    <t>EHPAD LES RIVES D'OR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3948_FicheESSMS/fr/ehpad-les-rives-d-or</t>
+  </si>
+  <si>
+    <t>3948_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37 Rue De Serez</t>
+  </si>
+  <si>
+    <t>27750 LA COUTURE BOUSSEY</t>
+  </si>
+  <si>
+    <t>LA COUTURE BOUSSEY</t>
+  </si>
+  <si>
+    <t>270010051</t>
+  </si>
+  <si>
+    <t>RESIDENCE JEAN GUENIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4316_FicheESSMS/fr/residence-jean-guenier</t>
+  </si>
+  <si>
+    <t>4316_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27520 GRAND BOURGTHEROULDE</t>
+  </si>
+  <si>
+    <t>GRAND BOURGTHEROULDE</t>
+  </si>
+  <si>
+    <t>270011323</t>
+  </si>
+  <si>
+    <t>RESIDENCE LYLIANE CARPENTIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4455_FicheESSMS/fr/residence-lyliane-carpentier</t>
+  </si>
+  <si>
+    <t>4455_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Jacques Philippe Breant</t>
+  </si>
+  <si>
+    <t>270012776</t>
+  </si>
+  <si>
     <t>AVEDEACJE DE L'EURE</t>
   </si>
   <si>
     <t>10/09/2025 12:20:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4610_FicheESSMS/fr/avedeacje-de-l-eure</t>
   </si>
   <si>
     <t>4610_FicheESSMS</t>
   </si>
   <si>
     <t>4 Place Alfred De Musset</t>
   </si>
   <si>
     <t>27033 EVREUX</t>
   </si>
   <si>
     <t>Service d'Intervention Educative en Milieu Ouvert</t>
   </si>
   <si>
     <t>270023666</t>
   </si>
   <si>
-    <t>SAEMO ANTENNE PONT-AUDEMER ASEF</t>
-[...325 lines deleted...]
-  <si>
     <t>RESIDENCE CCAS SAINT-OUEN TILLEUL</t>
   </si>
   <si>
     <t>10/09/2025 12:20:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4683_FicheESSMS/fr/residence-ccas-saint-ouen-tilleul</t>
   </si>
   <si>
     <t>4683_FicheESSMS</t>
   </si>
   <si>
     <t>27670 ST OUEN DU TILLEUL</t>
   </si>
   <si>
     <t>ST OUEN DU TILLEUL</t>
   </si>
   <si>
     <t>270009566</t>
   </si>
   <si>
+    <t>FJT RESIDENCE SOCIALE BAJET VERNON AJV</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5094_FicheESSMS/fr/fjt-residence-sociale-bajet-vernon-ajv</t>
+  </si>
+  <si>
+    <t>5094_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Des Ecuries Des Gardes</t>
+  </si>
+  <si>
+    <t>270000037</t>
+  </si>
+  <si>
+    <t>FJT RESIDENCE SOCIALE GAILLON AJV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5093_FicheESSMS/fr/fjt-residence-sociale-gaillon-ajv</t>
+  </si>
+  <si>
+    <t>5093_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue Francois Mitterrand</t>
+  </si>
+  <si>
+    <t>27600 GAILLON</t>
+  </si>
+  <si>
+    <t>GAILLON</t>
+  </si>
+  <si>
+    <t>270028186</t>
+  </si>
+  <si>
+    <t>FJT RESIDENCE SOCIALE LE NEUBOURG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5092_FicheESSMS/fr/fjt-residence-sociale-le-neubourg</t>
+  </si>
+  <si>
+    <t>5092_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Bioche</t>
+  </si>
+  <si>
+    <t>27110 LE NEUBOURG</t>
+  </si>
+  <si>
+    <t>LE NEUBOURG</t>
+  </si>
+  <si>
+    <t>270028012</t>
+  </si>
+  <si>
+    <t>FJT RESIDENCE SOCIALE LES ANDELYS AJV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5091_FicheESSMS/fr/fjt-residence-sociale-les-andelys-ajv</t>
+  </si>
+  <si>
+    <t>5091_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue General Fontanges</t>
+  </si>
+  <si>
+    <t>270029218</t>
+  </si>
+  <si>
     <t>RESIDENCE LES PINS - PONT DE L'ARCHE</t>
   </si>
   <si>
     <t>10/09/2025 12:21:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5134_FicheESSMS/fr/residence-les-pins-pont-de-l-arche</t>
   </si>
   <si>
     <t>5134_FicheESSMS</t>
   </si>
   <si>
     <t>19 Rue Roger Bonnet</t>
   </si>
   <si>
     <t>27340 PONT DE L ARCHE</t>
   </si>
   <si>
     <t>PONT DE L ARCHE</t>
   </si>
   <si>
     <t>270004237</t>
   </si>
   <si>
+    <t>MARPA L'AUBERTINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5538_FicheESSMS/fr/marpa-l-aubertine</t>
+  </si>
+  <si>
+    <t>5538_FicheESSMS</t>
+  </si>
+  <si>
+    <t>230 Lotissement De L'Aubertine</t>
+  </si>
+  <si>
+    <t>27560 LIEUREY</t>
+  </si>
+  <si>
+    <t>LIEUREY</t>
+  </si>
+  <si>
+    <t>270023534</t>
+  </si>
+  <si>
+    <t>RESIDENCE ALBATROS CCAS PONT-AUDEMER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6027_FicheESSMS/fr/residence-albatros-ccas-pont-audemer</t>
+  </si>
+  <si>
+    <t>6027_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Galette Chaude</t>
+  </si>
+  <si>
+    <t>270004229</t>
+  </si>
+  <si>
     <t>EHPAD RESIDENCE LES JARDINS DE LYONS</t>
   </si>
   <si>
     <t>10/09/2025 12:23:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6223_FicheESSMS/fr/ehpad-residence-les-jardins-de-lyons</t>
   </si>
   <si>
     <t>6223_FicheESSMS</t>
   </si>
   <si>
     <t>4 Chemin De Croix Mesnil</t>
   </si>
   <si>
     <t>27480 LYONS LA FORET</t>
   </si>
   <si>
     <t>LYONS LA FORET</t>
   </si>
   <si>
     <t>270013097</t>
   </si>
   <si>
     <t>EHPAD LES QUATRE VENTS</t>
@@ -1118,611 +1712,659 @@
   <si>
     <t>6222_FicheESSMS</t>
   </si>
   <si>
     <t>27440 ECOUIS</t>
   </si>
   <si>
     <t>ECOUIS</t>
   </si>
   <si>
     <t>270002074</t>
   </si>
   <si>
     <t>RESIDENCE E. QUAILLET CCAS GISORS</t>
   </si>
   <si>
     <t>10/09/2025 12:23:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6401_FicheESSMS/fr/residence-e-quaillet-ccas-gisors</t>
   </si>
   <si>
     <t>6401_FicheESSMS</t>
   </si>
   <si>
-    <t>27140 GISORS</t>
-[...1 lines deleted...]
-  <si>
     <t>270009467</t>
   </si>
   <si>
     <t>DITEP LE SOLEIL LEVANT</t>
   </si>
   <si>
     <t>10/09/2025 12:23:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6560_FicheESSMS/fr/ditep-le-soleil-levant</t>
   </si>
   <si>
     <t>6560_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Jules Ferry</t>
   </si>
   <si>
     <t>27180 ST SEBASTIEN DE MORSENT</t>
   </si>
   <si>
     <t>ST SEBASTIEN DE MORSENT</t>
   </si>
   <si>
     <t>270000755</t>
   </si>
   <si>
     <t>IEM LA SOURCE A VERNON</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6559_FicheESSMS/fr/iem-la-source-a-vernon</t>
   </si>
   <si>
     <t>6559_FicheESSMS</t>
   </si>
   <si>
     <t>76 Rue De Bizy</t>
   </si>
   <si>
-    <t>27200 VERNON</t>
-[...4 lines deleted...]
-  <si>
     <t>Institut d'éducation motrice</t>
   </si>
   <si>
     <t>270013568</t>
   </si>
   <si>
+    <t>MECS LE RICOCHET ASS LES FONTAINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6562_FicheESSMS/fr/mecs-le-ricochet-ass-les-fontaines</t>
+  </si>
+  <si>
+    <t>6562_FicheESSMS</t>
+  </si>
+  <si>
+    <t>211 Rue De Verdun</t>
+  </si>
+  <si>
+    <t>27203 VERNON</t>
+  </si>
+  <si>
+    <t>270000029</t>
+  </si>
+  <si>
     <t>DITEP LES FONTAINES</t>
   </si>
   <si>
-    <t>10/09/2025 12:23:37</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/6561_FicheESSMS/fr/ditep-les-fontaines</t>
   </si>
   <si>
     <t>6561_FicheESSMS</t>
   </si>
   <si>
     <t>101 Rue De Bizy</t>
   </si>
   <si>
     <t>27207 VERNON</t>
   </si>
   <si>
     <t>270000847</t>
   </si>
   <si>
-    <t>SAD CIAS COM COM CONCHES EN OUCHE</t>
-[...314 lines deleted...]
-    <t>270000029</t>
+    <t>EHPAD RESIDENCE LA HARPE-  EVREUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6752_FicheESSMS/fr/ehpad-residence-la-harpe-evreux</t>
+  </si>
+  <si>
+    <t>6752_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Boulevard Chambaudoin</t>
+  </si>
+  <si>
+    <t>270013121</t>
+  </si>
+  <si>
+    <t>EHPAD LA VERTE COLLINE À IVRY LA BATAI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6886_FicheESSMS/fr/ehpad-la-verte-colline-a-ivry-la-batai</t>
+  </si>
+  <si>
+    <t>6886_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44 Rue De Garennes</t>
+  </si>
+  <si>
+    <t>27540 IVRY LA BATAILLE</t>
+  </si>
+  <si>
+    <t>IVRY LA BATAILLE</t>
+  </si>
+  <si>
+    <t>270001027</t>
   </si>
   <si>
     <t>LIEU DE VIE DAMVILLE FERME DU CLAIRET</t>
   </si>
   <si>
     <t>10/09/2025 12:24:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7503_FicheESSMS/fr/lieu-de-vie-damville-ferme-du-clairet</t>
   </si>
   <si>
     <t>7503_FicheESSMS</t>
   </si>
   <si>
     <t>8 Rue Du Chateau D'Eau</t>
   </si>
   <si>
     <t>27240 MESNILS SUR ITON</t>
   </si>
   <si>
     <t>MESNILS SUR ITON</t>
   </si>
   <si>
     <t>270027097</t>
   </si>
   <si>
+    <t>EHPAD LES JARDINS DE NASSANDRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7501_FicheESSMS/fr/ehpad-les-jardins-de-nassandres</t>
+  </si>
+  <si>
+    <t>7501_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Gilberte Holley</t>
+  </si>
+  <si>
+    <t>27550 NASSANDRES SUR RISLE</t>
+  </si>
+  <si>
+    <t>NASSANDRES SUR RISLE</t>
+  </si>
+  <si>
+    <t>270014087</t>
+  </si>
+  <si>
     <t>LIEU DE VIE DOMAINE HESTIA</t>
   </si>
   <si>
     <t>10/09/2025 12:25:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7905_FicheESSMS/fr/lieu-de-vie-domaine-hestia</t>
   </si>
   <si>
     <t>7905_FicheESSMS</t>
   </si>
   <si>
     <t>18 Rue Amfreville Sous Les Monts</t>
   </si>
   <si>
     <t>27430 CONNELLES</t>
   </si>
   <si>
     <t>CONNELLES</t>
   </si>
   <si>
     <t>270027915</t>
   </si>
   <si>
+    <t>RESIDENCE SAINT-GERMAIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7966_FicheESSMS/fr/residence-saint-germain</t>
+  </si>
+  <si>
+    <t>7966_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Du Haut Etui</t>
+  </si>
+  <si>
+    <t>270013527</t>
+  </si>
+  <si>
+    <t>MECS ST-SEBASTIEN APPRENTIS D'AUTEUIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8744_FicheESSMS/fr/mecs-st-sebastien-apprentis-d-auteuil</t>
+  </si>
+  <si>
+    <t>8744_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Allée Jules Ferry</t>
+  </si>
+  <si>
+    <t>270021488</t>
+  </si>
+  <si>
+    <t>MAS HOME NATHALIE DE GOUVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8784_FicheESSMS/fr/mas-home-nathalie-de-gouville</t>
+  </si>
+  <si>
+    <t>8784_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Route De L'Eglise</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>270013774</t>
+  </si>
+  <si>
+    <t>EEAP EVREUX ASS MARIE HELENE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8783_FicheESSMS/fr/eeap-evreux-ass-marie-helene</t>
+  </si>
+  <si>
+    <t>8783_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Lepouze</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>270000250</t>
+  </si>
+  <si>
+    <t>MAS HOME NICOLAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8782_FicheESSMS/fr/mas-home-nicolas</t>
+  </si>
+  <si>
+    <t>8782_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Boulevard Jules Janin</t>
+  </si>
+  <si>
+    <t>270027535</t>
+  </si>
+  <si>
+    <t>MAS HOME CHARLOTTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8781_FicheESSMS/fr/mas-home-charlotte</t>
+  </si>
+  <si>
+    <t>8781_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Route De Louye</t>
+  </si>
+  <si>
+    <t>27710 ST GEORGES MOTEL</t>
+  </si>
+  <si>
+    <t>ST GEORGES MOTEL</t>
+  </si>
+  <si>
+    <t>270013782</t>
+  </si>
+  <si>
+    <t>MAS HOME MICKAEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8780_FicheESSMS/fr/mas-home-mickael</t>
+  </si>
+  <si>
+    <t>8780_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Route De Louye</t>
+  </si>
+  <si>
+    <t>270028939</t>
+  </si>
+  <si>
+    <t>IME HOME PASCALE EVREUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8779_FicheESSMS/fr/ime-home-pascale-evreux</t>
+  </si>
+  <si>
+    <t>8779_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Docteur Le Thiere</t>
+  </si>
+  <si>
+    <t>270023567</t>
+  </si>
+  <si>
+    <t>SESSAD HOME PASCALE ASS MARIE HELENE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8778_FicheESSMS/fr/sessad-home-pascale-ass-marie-helene</t>
+  </si>
+  <si>
+    <t>8778_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37 Rue Saint Louis</t>
+  </si>
+  <si>
+    <t>270016488</t>
+  </si>
+  <si>
     <t>MECS EVREUX ASS MOISSONS NOUVELLES</t>
   </si>
   <si>
     <t>10/09/2025 12:25:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8821_FicheESSMS/fr/mecs-evreux-ass-moissons-nouvelles</t>
   </si>
   <si>
     <t>8821_FicheESSMS</t>
   </si>
   <si>
     <t>11 Rue Jean Bart</t>
   </si>
   <si>
     <t>270002454</t>
   </si>
   <si>
+    <t>MECS FOYER FAMILIAL OASIS LES ANDELYS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8809_FicheESSMS/fr/mecs-foyer-familial-oasis-les-andelys</t>
+  </si>
+  <si>
+    <t>8809_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Auguste Cheron</t>
+  </si>
+  <si>
+    <t>27702 LES ANDELYS</t>
+  </si>
+  <si>
+    <t>270002025</t>
+  </si>
+  <si>
+    <t>DAME PUZZLE SITE SECONDAIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8893_FicheESSMS/fr/dame-puzzle-site-secondaire</t>
+  </si>
+  <si>
+    <t>8893_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270000789</t>
+  </si>
+  <si>
+    <t>EHPAD DE L'HOPITAL DU NEUBOURG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8953_FicheESSMS/fr/ehpad-de-l-hopital-du-neubourg</t>
+  </si>
+  <si>
+    <t>8953_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>270009095</t>
+  </si>
+  <si>
+    <t>EHPAD LE BREMIEN NOTRE DAME ILLIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8998_FicheESSMS/fr/ehpad-le-bremien-notre-dame-illiers</t>
+  </si>
+  <si>
+    <t>8998_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De L'Oree Du Bois</t>
+  </si>
+  <si>
+    <t>27770 ILLIERS L EVEQUE</t>
+  </si>
+  <si>
+    <t>ILLIERS L EVEQUE</t>
+  </si>
+  <si>
+    <t>270012990</t>
+  </si>
+  <si>
     <t>DITEP JEAN DU PLESSIS</t>
   </si>
   <si>
     <t>10/09/2025 12:25:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9056_FicheESSMS/fr/ditep-jean-du-plessis</t>
   </si>
   <si>
     <t>9056_FicheESSMS</t>
   </si>
   <si>
     <t>43 Rue Pasteur</t>
   </si>
   <si>
     <t>27310 BOURG ACHARD</t>
   </si>
   <si>
     <t>BOURG ACHARD</t>
   </si>
   <si>
     <t>270000920</t>
   </si>
   <si>
+    <t>MECS PONT-AUDEMER ASS MAISON FAMILIALE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9123_FicheESSMS/fr/mecs-pont-audemer-ass-maison-familiale</t>
+  </si>
+  <si>
+    <t>9123_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Impasse Henri Godon</t>
+  </si>
+  <si>
+    <t>270002132</t>
+  </si>
+  <si>
     <t>CAMSP LES LOUPIOTS D'EVREUX</t>
   </si>
   <si>
     <t>10/09/2025 12:25:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9279_FicheESSMS/fr/camsp-les-loupiots-d-evreux</t>
   </si>
   <si>
     <t>9279_FicheESSMS</t>
   </si>
   <si>
     <t>16 Rue D Avrilly</t>
   </si>
   <si>
     <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
   </si>
   <si>
     <t>270002447</t>
   </si>
   <si>
     <t>P4AL CATHERINE LOUISON</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9277_FicheESSMS/fr/p4al-catherine-louison</t>
   </si>
   <si>
     <t>9277_FicheESSMS</t>
   </si>
   <si>
     <t>13 Rue Lavoisier</t>
   </si>
   <si>
-    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
-[...1 lines deleted...]
-  <si>
     <t>270008352</t>
   </si>
   <si>
     <t>DAME PUZZLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9276_FicheESSMS/fr/dame-puzzle</t>
   </si>
   <si>
     <t>9276_FicheESSMS</t>
   </si>
   <si>
     <t>270019169</t>
   </si>
   <si>
+    <t>CHRS HENRI DURAND LOUVIERS FDAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9255_FicheESSMS/fr/chrs-henri-durand-louviers-fdas</t>
+  </si>
+  <si>
+    <t>9255_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Avenue Winston Churchill</t>
+  </si>
+  <si>
+    <t>270000946</t>
+  </si>
+  <si>
     <t>SAVS SASH EVREUX ASS LA RONCE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9449_FicheESSMS/fr/savs-sash-evreux-ass-la-ronce</t>
   </si>
   <si>
     <t>9449_FicheESSMS</t>
   </si>
   <si>
     <t>23 Rue Charles Corbeau</t>
   </si>
   <si>
     <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
   </si>
   <si>
     <t>270023542</t>
   </si>
   <si>
+    <t>IME RICHARD BARET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9526_FicheESSMS/fr/ime-richard-baret</t>
+  </si>
+  <si>
+    <t>9526_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Du 11 Novembre 1918</t>
+  </si>
+  <si>
+    <t>27160 BRETEUIL</t>
+  </si>
+  <si>
+    <t>BRETEUIL</t>
+  </si>
+  <si>
+    <t>270000730</t>
+  </si>
+  <si>
+    <t>SESSAD PIERRE REMOND BRETEUIL SUR ITON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9525_FicheESSMS/fr/sessad-pierre-remond-breteuil-sur-iton</t>
+  </si>
+  <si>
+    <t>9525_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270013691</t>
+  </si>
+  <si>
     <t>SESSAD RICHARD BARET ST ANDRÉ DE L'EUR</t>
   </si>
   <si>
-    <t>10/09/2025 12:25:56</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/9524_FicheESSMS/fr/sessad-richard-baret-st-andre-de-l-eur</t>
   </si>
   <si>
     <t>9524_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue De La Mare Chanceuse</t>
   </si>
   <si>
     <t>27220 ST ANDRE DE L EURE</t>
   </si>
   <si>
     <t>ST ANDRE DE L EURE</t>
   </si>
   <si>
     <t>270011489</t>
   </si>
   <si>
     <t>RESIDENCE DES REFLETS D'ARGENT</t>
   </si>
   <si>
     <t>10/09/2025 12:26:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9684_FicheESSMS/fr/residence-des-reflets-d-argent</t>
@@ -1757,53 +2399,50 @@
   <si>
     <t>SAMSAH LA MUSSE ST-SEBASTIEN-MORSENT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9697_FicheESSMS/fr/samsah-la-musse-st-sebastien-morsent</t>
   </si>
   <si>
     <t>9697_FicheESSMS</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>270017189</t>
   </si>
   <si>
     <t>MAS HOPITAL LA MUSSE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9696_FicheESSMS/fr/mas-hopital-la-musse</t>
   </si>
   <si>
     <t>9696_FicheESSMS</t>
   </si>
   <si>
-    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
-[...1 lines deleted...]
-  <si>
     <t>270027964</t>
   </si>
   <si>
     <t>SESSAD-UEEA LE NID BLEU</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9695_FicheESSMS/fr/sessad-ueea-le-nid-bleu</t>
   </si>
   <si>
     <t>9695_FicheESSMS</t>
   </si>
   <si>
     <t>170 Route Des Lacs</t>
   </si>
   <si>
     <t>27100 VAL DE REUIL</t>
   </si>
   <si>
     <t>VAL DE REUIL</t>
   </si>
   <si>
     <t>270029457</t>
   </si>
   <si>
     <t>IME D'ECOUIS</t>
@@ -1889,86 +2528,134 @@
   <si>
     <t>MECS THIBOUVILLE ASS AGIR VINCENT PAUL</t>
   </si>
   <si>
     <t>10/09/2025 12:26:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10263_FicheESSMS/fr/mecs-thibouville-ass-agir-vincent-paul</t>
   </si>
   <si>
     <t>10263_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Saint Vincent</t>
   </si>
   <si>
     <t>27800 THIBOUVILLE</t>
   </si>
   <si>
     <t>THIBOUVILLE</t>
   </si>
   <si>
     <t>270000649</t>
   </si>
   <si>
+    <t>MAS NH NAVARRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10274_FicheESSMS/fr/mas-nh-navarre</t>
+  </si>
+  <si>
+    <t>10274_FicheESSMS</t>
+  </si>
+  <si>
+    <t>62 Rue De Conches</t>
+  </si>
+  <si>
+    <t>270022718</t>
+  </si>
+  <si>
     <t>DITEP DE SERQUIGNY</t>
   </si>
   <si>
     <t>10/09/2025 12:26:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10635_FicheESSMS/fr/ditep-de-serquigny</t>
   </si>
   <si>
     <t>10635_FicheESSMS</t>
   </si>
   <si>
     <t>5 Rue Jean Brault</t>
   </si>
   <si>
     <t>270000227</t>
   </si>
   <si>
+    <t>EHPAD KORIAN NYMPHEAS BLEUS VERNON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10703_FicheESSMS/fr/ehpad-korian-nympheas-bleus-vernon</t>
+  </si>
+  <si>
+    <t>10703_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Pierre Mendes France</t>
+  </si>
+  <si>
+    <t>270013345</t>
+  </si>
+  <si>
     <t>EHPAD CH HURABIELLE BOURG-ACHARD</t>
   </si>
   <si>
     <t>10/09/2025 12:26:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10757_FicheESSMS/fr/ehpad-ch-hurabielle-bourg-achard</t>
   </si>
   <si>
     <t>10757_FicheESSMS</t>
   </si>
   <si>
     <t>165 Rue Pasteur</t>
   </si>
   <si>
     <t>270009079</t>
   </si>
   <si>
+    <t>RESIDENCE AGORA HL BOURG-ACHARD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10756_FicheESSMS/fr/residence-agora-hl-bourg-achard</t>
+  </si>
+  <si>
+    <t>10756_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270025117</t>
+  </si>
+  <si>
     <t>RESIDENCE DU FAUBOURG CHAG PACY</t>
   </si>
   <si>
     <t>10/09/2025 12:26:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10808_FicheESSMS/fr/residence-du-faubourg-chag-pacy</t>
   </si>
   <si>
     <t>10808_FicheESSMS</t>
   </si>
   <si>
     <t>27120 PACY SUR EURE</t>
   </si>
   <si>
     <t>PACY SUR EURE</t>
   </si>
   <si>
     <t>270016728</t>
   </si>
   <si>
     <t>ESAT APF FRANCE HANDICAP GUICHAINVILLE</t>
   </si>
   <si>
     <t>10/09/2025 12:26:41</t>
@@ -2024,80 +2711,92 @@
   <si>
     <t>ACCUEIL DE JOUR APF FRANCE HANDICAP 27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10824_FicheESSMS/fr/accueil-de-jour-apf-france-handicap-27</t>
   </si>
   <si>
     <t>10824_FicheESSMS</t>
   </si>
   <si>
     <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
   </si>
   <si>
     <t>270030059</t>
   </si>
   <si>
     <t>FOYER DE VIE D'EVREUX</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10823_FicheESSMS/fr/foyer-de-vie-d-evreux</t>
   </si>
   <si>
     <t>10823_FicheESSMS</t>
   </si>
   <si>
-    <t>Foyer de Vie pour Adultes Handicapés</t>
-[...1 lines deleted...]
-  <si>
     <t>270000961</t>
   </si>
   <si>
     <t>SERV MJPM EVREUX ASS UDAF DE L'EURE</t>
   </si>
   <si>
     <t>10/09/2025 12:26:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10913_FicheESSMS/fr/serv-mjpm-evreux-ass-udaf-de-l-eure</t>
   </si>
   <si>
     <t>10913_FicheESSMS</t>
   </si>
   <si>
     <t>1184 Rue Jacquard</t>
   </si>
   <si>
     <t>270025372</t>
   </si>
   <si>
+    <t>ESAT LES ATELIERS DU BEFFROI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10956_FicheESSMS/fr/esat-les-ateliers-du-beffroi</t>
+  </si>
+  <si>
+    <t>10956_FicheESSMS</t>
+  </si>
+  <si>
+    <t>425 Rue Jean Monnet</t>
+  </si>
+  <si>
+    <t>270000748</t>
+  </si>
+  <si>
     <t>ESAT ATELIERS CHATEAU GAILLARD</t>
   </si>
   <si>
-    <t>10/09/2025 12:26:45</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/10955_FicheESSMS/fr/esat-ateliers-chateau-gaillard</t>
   </si>
   <si>
     <t>10955_FicheESSMS</t>
   </si>
   <si>
     <t>270002397</t>
   </si>
   <si>
     <t>MAS LA HAYE BEROU</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10954_FicheESSMS/fr/mas-la-haye-berou</t>
   </si>
   <si>
     <t>10954_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Georges Vallerey</t>
   </si>
   <si>
     <t>270002470</t>
   </si>
   <si>
     <t>ESAT ATELIERS DU COUDRAY</t>
@@ -2105,53 +2804,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/10953_FicheESSMS/fr/esat-ateliers-du-coudray</t>
   </si>
   <si>
     <t>10953_FicheESSMS</t>
   </si>
   <si>
     <t>934 Chemin De Ferrières</t>
   </si>
   <si>
     <t>270007586</t>
   </si>
   <si>
     <t>FOYER HEB. RÉSIDENCE CHARENTONNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10952_FicheESSMS/fr/foyer-heb-residence-charentonne</t>
   </si>
   <si>
     <t>10952_FicheESSMS</t>
   </si>
   <si>
     <t>30 Rue Alexandre</t>
   </si>
   <si>
-    <t>Foyer Hébergement Adultes Handicapés</t>
-[...1 lines deleted...]
-  <si>
     <t>270007594</t>
   </si>
   <si>
     <t>ESAT ATELIERS DU PARC SAINT DENIS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10951_FicheESSMS/fr/esat-ateliers-du-parc-saint-denis</t>
   </si>
   <si>
     <t>10951_FicheESSMS</t>
   </si>
   <si>
     <t>270008394</t>
   </si>
   <si>
     <t>FOYER D'HEBERGEMENT RESIDENCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10950_FicheESSMS/fr/foyer-d-hebergement-residence</t>
   </si>
   <si>
     <t>10950_FicheESSMS</t>
   </si>
   <si>
     <t>270008402</t>
@@ -2210,302 +2906,395 @@
   <si>
     <t>27460 IGOVILLE</t>
   </si>
   <si>
     <t>IGOVILLE</t>
   </si>
   <si>
     <t>270013923</t>
   </si>
   <si>
     <t>EHPAD KORIAN L'ERMITAGE DE LOUVIERS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10941_FicheESSMS/fr/ehpad-korian-l-ermitage-de-louviers</t>
   </si>
   <si>
     <t>10941_FicheESSMS</t>
   </si>
   <si>
     <t>25 Boulevard Georges Clemenceau</t>
   </si>
   <si>
     <t>270002306</t>
   </si>
   <si>
+    <t>CENTRE D'ACTIVITES DE JOUR LE PRIEURE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10961_FicheESSMS/fr/centre-d-activites-de-jour-le-prieure</t>
+  </si>
+  <si>
+    <t>10961_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270028251</t>
+  </si>
+  <si>
     <t>ESAT LES ATELIERS DU ROULOIR</t>
   </si>
   <si>
-    <t>10/09/2025 12:26:46</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/10960_FicheESSMS/fr/esat-les-ateliers-du-rouloir</t>
   </si>
   <si>
     <t>10960_FicheESSMS</t>
   </si>
   <si>
     <t>270027592</t>
   </si>
   <si>
     <t>ESAT ATELIERS RIVES DE L'EURE - VDR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10959_FicheESSMS/fr/esat-ateliers-rives-de-l-eure-vdr</t>
   </si>
   <si>
     <t>10959_FicheESSMS</t>
   </si>
   <si>
     <t>270018948</t>
   </si>
   <si>
     <t>EAM RESIDENCE DU BOIS DE MELLEVILLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10958_FicheESSMS/fr/eam-residence-du-bois-de-melleville</t>
   </si>
   <si>
     <t>10958_FicheESSMS</t>
   </si>
   <si>
     <t>3 Rue Concorde</t>
   </si>
   <si>
     <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
   </si>
   <si>
     <t>270014095</t>
   </si>
   <si>
-    <t>EHPAD BEUZEVILLE-LES FRANCHES TERRES</t>
-[...22 lines deleted...]
-  <si>
     <t>EHPAD KORIAN JARDIN DE L'ANDELLE</t>
   </si>
   <si>
     <t>10/09/2025 12:26:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11109_FicheESSMS/fr/ehpad-korian-jardin-de-l-andelle</t>
   </si>
   <si>
     <t>11109_FicheESSMS</t>
   </si>
   <si>
     <t>17 Rue Des Champs</t>
   </si>
   <si>
     <t>27910 PERRIERS SUR ANDELLE</t>
   </si>
   <si>
     <t>PERRIERS SUR ANDELLE</t>
   </si>
   <si>
     <t>270017239</t>
   </si>
   <si>
     <t>DAME EST ADAPEI 27 - SITE PRINCIPAL</t>
   </si>
   <si>
     <t>10/09/2025 12:26:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11231_FicheESSMS/fr/dame-est-adapei-27-site-principal</t>
   </si>
   <si>
     <t>11231_FicheESSMS</t>
   </si>
   <si>
     <t>19 Avenue Du General De Gaulle</t>
   </si>
   <si>
     <t>270002033</t>
   </si>
   <si>
+    <t>DAME OUEST ADAPEI 27 - SITE PRINCIPAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11230_FicheESSMS/fr/dame-ouest-adapei-27-site-principal</t>
+  </si>
+  <si>
+    <t>11230_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Jean De La Fontaine</t>
+  </si>
+  <si>
+    <t>270000821</t>
+  </si>
+  <si>
     <t>LIEU DE VIE RESO LA BONDE ETREPAGNY</t>
   </si>
   <si>
     <t>10/09/2025 12:27:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11374_FicheESSMS/fr/lieu-de-vie-reso-la-bonde-etrepagny</t>
   </si>
   <si>
     <t>11374_FicheESSMS</t>
   </si>
   <si>
     <t>32 Rue Saint Maur</t>
   </si>
   <si>
     <t>27150 ETREPAGNY</t>
   </si>
   <si>
     <t>ETREPAGNY</t>
   </si>
   <si>
     <t>270027170</t>
   </si>
   <si>
+    <t>LIEU DE VIE RESO LA BONDE FLEURY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11373_FicheESSMS/fr/lieu-de-vie-reso-la-bonde-fleury</t>
+  </si>
+  <si>
+    <t>11373_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Route De La Feuillie</t>
+  </si>
+  <si>
+    <t>27480 FLEURY LA FORET</t>
+  </si>
+  <si>
+    <t>FLEURY LA FORET</t>
+  </si>
+  <si>
+    <t>270027154</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE RESO LABONDE BEZU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11372_FicheESSMS/fr/lieu-de-vie-reso-labonde-bezu</t>
+  </si>
+  <si>
+    <t>11372_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Route De Bezu</t>
+  </si>
+  <si>
+    <t>27140 ST DENIS LE FERMENT</t>
+  </si>
+  <si>
+    <t>ST DENIS LE FERMENT</t>
+  </si>
+  <si>
+    <t>270027139</t>
+  </si>
+  <si>
     <t>KORIAN VAL AUX FLEURS</t>
   </si>
   <si>
     <t>10/09/2025 12:27:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11418_FicheESSMS/fr/korian-val-aux-fleurs</t>
   </si>
   <si>
     <t>11418_FicheESSMS</t>
   </si>
   <si>
     <t>27730 BUEIL</t>
   </si>
   <si>
     <t>BUEIL</t>
   </si>
   <si>
     <t>270002249</t>
   </si>
   <si>
+    <t>KORIAN VILLE EN VERT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11535_FicheESSMS/fr/korian-ville-en-vert</t>
+  </si>
+  <si>
+    <t>11535_FicheESSMS</t>
+  </si>
+  <si>
+    <t>175 Rue Neuve De Bemecourt</t>
+  </si>
+  <si>
+    <t>270012255</t>
+  </si>
+  <si>
     <t>CSAPA PARENTHESE</t>
   </si>
   <si>
-    <t>10/09/2025 12:27:08</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/11525_FicheESSMS/fr/csapa-parenthese</t>
   </si>
   <si>
     <t>11525_FicheESSMS</t>
   </si>
   <si>
     <t>47 Rue De La Foret</t>
   </si>
   <si>
-    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
-[...1 lines deleted...]
-  <si>
     <t>270025638</t>
   </si>
   <si>
     <t>FOYER D'HEBERGEMENT DE BERNAY</t>
   </si>
   <si>
     <t>10/09/2025 12:27:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11574_FicheESSMS/fr/foyer-d-hebergement-de-bernay</t>
   </si>
   <si>
     <t>11574_FicheESSMS</t>
   </si>
   <si>
     <t>5 Rue Bernard Gombert</t>
   </si>
   <si>
     <t>270008345</t>
   </si>
   <si>
     <t>SERV DPF EVREUX ASS UDAF DE L'EURE</t>
   </si>
   <si>
     <t>10/09/2025 12:27:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11688_FicheESSMS/fr/serv-dpf-evreux-ass-udaf-de-l-eure</t>
   </si>
   <si>
     <t>11688_FicheESSMS</t>
   </si>
   <si>
     <t>Service délégué aux prestations familiales</t>
   </si>
   <si>
     <t>270025653</t>
   </si>
   <si>
+    <t>RESIDENCE CCAS DE LOUVIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11698_FicheESSMS/fr/residence-ccas-de-louviers</t>
+  </si>
+  <si>
+    <t>11698_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue Massacre</t>
+  </si>
+  <si>
+    <t>270012370</t>
+  </si>
+  <si>
     <t>CHRS EVREUX ASS UDAF DE L'EURE</t>
   </si>
   <si>
     <t>10/09/2025 12:27:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11855_FicheESSMS/fr/chrs-evreux-ass-udaf-de-l-eure</t>
   </si>
   <si>
     <t>11855_FicheESSMS</t>
   </si>
   <si>
     <t>270012354</t>
   </si>
   <si>
     <t>FOYER DE VIE LE GRAND LIEU D'EPAIGNES</t>
   </si>
   <si>
     <t>10/09/2025 12:27:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12187_FicheESSMS/fr/foyer-de-vie-le-grand-lieu-d-epaignes</t>
   </si>
   <si>
     <t>12187_FicheESSMS</t>
   </si>
   <si>
     <t>15 Rue Andre Morin</t>
   </si>
   <si>
     <t>27260 EPAIGNES</t>
   </si>
   <si>
     <t>EPAIGNES</t>
   </si>
   <si>
     <t>270026362</t>
   </si>
   <si>
+    <t>SAVS BERNAY ASS LADAPT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12224_FicheESSMS/fr/savs-bernay-ass-ladapt</t>
+  </si>
+  <si>
+    <t>12224_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Lobrot</t>
+  </si>
+  <si>
+    <t>270019789</t>
+  </si>
+  <si>
     <t>MAS EPAIGNES</t>
   </si>
   <si>
     <t>10/09/2025 12:27:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12273_FicheESSMS/fr/mas-epaignes</t>
   </si>
   <si>
     <t>12273_FicheESSMS</t>
   </si>
   <si>
     <t>270022668</t>
   </si>
   <si>
     <t>CAARUD ADISSA DE L'EURE</t>
   </si>
   <si>
     <t>10/09/2025 12:27:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12320_FicheESSMS/fr/caarud-adissa-de-l-eure</t>
   </si>
   <si>
     <t>12320_FicheESSMS</t>
@@ -2549,284 +3338,425 @@
   <si>
     <t>LIEU DE VIE ASS FUTUR SIMPLE</t>
   </si>
   <si>
     <t>10/09/2025 12:27:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12350_FicheESSMS/fr/lieu-de-vie-ass-futur-simple</t>
   </si>
   <si>
     <t>12350_FicheESSMS</t>
   </si>
   <si>
     <t>78 Rue De La Couranterie</t>
   </si>
   <si>
     <t>27300 BOISSY LAMBERVILLE</t>
   </si>
   <si>
     <t>BOISSY LAMBERVILLE</t>
   </si>
   <si>
     <t>270020779</t>
   </si>
   <si>
+    <t>LIEU DE VIE MENNEVAL ASS EQUILIBRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12343_FicheESSMS/fr/lieu-de-vie-menneval-ass-equilibre</t>
+  </si>
+  <si>
+    <t>12343_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Allée Des Chateaux</t>
+  </si>
+  <si>
+    <t>27300 MENNEVAL</t>
+  </si>
+  <si>
+    <t>MENNEVAL</t>
+  </si>
+  <si>
+    <t>Lieux de vie</t>
+  </si>
+  <si>
+    <t>270010739</t>
+  </si>
+  <si>
     <t>EHPAD DE BRETEUIL</t>
   </si>
   <si>
     <t>10/09/2025 12:27:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12359_FicheESSMS/fr/ehpad-de-breteuil</t>
   </si>
   <si>
     <t>12359_FicheESSMS</t>
   </si>
   <si>
     <t>230 Rue Du General Leclerc</t>
   </si>
   <si>
-    <t>27160 BRETEUIL</t>
-[...4 lines deleted...]
-  <si>
     <t>270009129</t>
   </si>
   <si>
     <t>EHPAD EPMS RUGLES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12358_FicheESSMS/fr/ehpad-epms-rugles</t>
   </si>
   <si>
     <t>12358_FicheESSMS</t>
   </si>
   <si>
     <t>270009111</t>
   </si>
   <si>
     <t>EHPAD RÉSIDENCE BEAUCLERC CH VERNEUIL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12357_FicheESSMS/fr/ehpad-residence-beauclerc-ch-verneuil</t>
   </si>
   <si>
     <t>12357_FicheESSMS</t>
   </si>
   <si>
     <t>101 Boulevard Des Poissonniers</t>
   </si>
   <si>
     <t>270008691</t>
   </si>
   <si>
+    <t>SAMSAH ASS ADAPT BERNAY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12413_FicheESSMS/fr/samsah-ass-adapt-bernay</t>
+  </si>
+  <si>
+    <t>12413_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270027808</t>
+  </si>
+  <si>
     <t>SERV MJPM EVREUX ADAEA</t>
   </si>
   <si>
-    <t>10/09/2025 12:27:49</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/12411_FicheESSMS/fr/serv-mjpm-evreux-adaea</t>
   </si>
   <si>
     <t>12411_FicheESSMS</t>
   </si>
   <si>
     <t>20 Rue Victor Hugo</t>
   </si>
   <si>
     <t>270009293</t>
   </si>
   <si>
     <t>SERV DPF EVREUX ADAEA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12410_FicheESSMS/fr/serv-dpf-evreux-adaea</t>
   </si>
   <si>
     <t>12410_FicheESSMS</t>
   </si>
   <si>
     <t>24 Rue Victor Hugo</t>
   </si>
   <si>
     <t>270025646</t>
   </si>
   <si>
     <t>SESSAD IRIS ASS DEP PEP27</t>
   </si>
   <si>
     <t>10/09/2025 12:27:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12445_FicheESSMS/fr/sessad-iris-ass-dep-pep27</t>
   </si>
   <si>
     <t>12445_FicheESSMS</t>
   </si>
   <si>
     <t>648 Rue Jean Monnod</t>
   </si>
   <si>
     <t>270021389</t>
   </si>
   <si>
+    <t>SESSAD APF - GUICHAINVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12531_FicheESSMS/fr/sessad-apf-guichainville</t>
+  </si>
+  <si>
+    <t>12531_FicheESSMS</t>
+  </si>
+  <si>
+    <t>270007446</t>
+  </si>
+  <si>
     <t>SAVA - ASSO LE GRAND LIEU EPAIGNES</t>
   </si>
   <si>
     <t>10/09/2025 12:27:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12661_FicheESSMS/fr/sava-asso-le-grand-lieu-epaignes</t>
   </si>
   <si>
     <t>12661_FicheESSMS</t>
   </si>
   <si>
     <t>270028624</t>
   </si>
   <si>
     <t>SERV MJPM EVREUX ASS MSA TUTELLES 27</t>
   </si>
   <si>
     <t>10/09/2025 12:28:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12723_FicheESSMS/fr/serv-mjpm-evreux-ass-msa-tutelles-27</t>
   </si>
   <si>
     <t>12723_FicheESSMS</t>
   </si>
   <si>
     <t>32 Rue Georges Politzer</t>
   </si>
   <si>
     <t>270025430</t>
   </si>
   <si>
+    <t>SAMSAH ADAPEI 27</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12945_FicheESSMS/fr/samsah-adapei-27</t>
+  </si>
+  <si>
+    <t>12945_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue Alexandre</t>
+  </si>
+  <si>
+    <t>270030158</t>
+  </si>
+  <si>
+    <t>SESSAD TRISOMIE 21 ANTENNE EVREUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12926_FicheESSMS/fr/sessad-trisomie-21-antenne-evreux</t>
+  </si>
+  <si>
+    <t>12926_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48 Rue Victor Hugo</t>
+  </si>
+  <si>
+    <t>270002868</t>
+  </si>
+  <si>
     <t>RESIDENCE CCAS SAINT-MARCEL</t>
   </si>
   <si>
     <t>10/09/2025 12:28:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12952_FicheESSMS/fr/residence-ccas-saint-marcel</t>
   </si>
   <si>
     <t>12952_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue De La Pommeraie</t>
   </si>
   <si>
     <t>27950 ST MARCEL</t>
   </si>
   <si>
     <t>ST MARCEL</t>
   </si>
   <si>
     <t>270004328</t>
   </si>
   <si>
     <t>FAM LE GRAND LIEU D'EPAIGNES</t>
   </si>
   <si>
     <t>10/09/2025 12:28:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13111_FicheESSMS/fr/fam-le-grand-lieu-d-epaignes</t>
   </si>
   <si>
     <t>13111_FicheESSMS</t>
   </si>
   <si>
     <t>270024862</t>
   </si>
   <si>
+    <t>SAVA BERNAY ASS TRISOMIE 21 EURE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13219_FicheESSMS/fr/sava-bernay-ass-trisomie-21-eure</t>
+  </si>
+  <si>
+    <t>13219_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue De Morsan</t>
+  </si>
+  <si>
+    <t>270021249</t>
+  </si>
+  <si>
+    <t>Département de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Code Finess de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Équipe accréditée</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation HOPITAL PRIVE PASTEUR  (27)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794092/fr/equipe-d-anesthesie-reanimation-hopital-prive-pasteur-27</t>
+  </si>
+  <si>
+    <t>p_3794092</t>
+  </si>
+  <si>
+    <t>20 October 2025</t>
+  </si>
+  <si>
+    <t>Docteur LAURENT BELLEC, Docteur PAUL SACQUIN, Docteur ABDERREZAK KHADDAOUI, Docteur NATACHA BELLEC, Docteur HOUSSAM BEN KADDOUR, Docteur RAMI OUEZINI</t>
+  </si>
+  <si>
     <t>Taille établissement</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
+    <t>HÔPITAL PRIVÉ DE LEURE</t>
+  </si>
+  <si>
+    <t>10/12/2025 13:36:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/743_FicheEtablissement/fr/hopital-prive-de-leure</t>
+  </si>
+  <si>
+    <t>743_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>58 Boulevard Pasteur</t>
+  </si>
+  <si>
+    <t>0232389500</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Réanimation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
     <t>INSTITUT MEDICAL SPECIALISE DE L'EURE</t>
   </si>
   <si>
     <t>25/09/2025 09:21:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/744_FicheEtablissement/fr/institut-medical-specialise-de-l-eure</t>
   </si>
   <si>
     <t>744_FicheEtablissement</t>
   </si>
   <si>
-    <t>moyen</t>
-[...1 lines deleted...]
-  <si>
     <t>12 Place Ernest Thorel</t>
   </si>
   <si>
     <t>0232255050</t>
   </si>
   <si>
-    <t>Privé</t>
-[...1 lines deleted...]
-  <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>270000342</t>
   </si>
   <si>
-    <t>Établissements certifiés</t>
-[...1 lines deleted...]
-  <si>
     <t>CLINIQUE DES PORTES DE L'EURE</t>
   </si>
   <si>
     <t>18/06/2025 14:51:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/768_FicheEtablissement/fr/clinique-des-portes-de-l-eure</t>
   </si>
   <si>
     <t>768_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Bonaparte</t>
   </si>
   <si>
     <t>0232716300</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>270027279</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
@@ -2861,74 +3791,50 @@
   <si>
     <t>21/01/2025 10:17:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/745_FicheEtablissement/fr/ch-eure-seine-evreux</t>
   </si>
   <si>
     <t>745_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>27015 EVREUX</t>
   </si>
   <si>
     <t>0232338000</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>270000359</t>
   </si>
   <si>
-    <t>HÔPITAL PRIVÉ DE L'EURE</t>
-[...22 lines deleted...]
-  <si>
     <t>CH PONT-AUDEMER</t>
   </si>
   <si>
     <t>21/01/2025 10:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/749_FicheEtablissement/fr/ch-pont-audemer</t>
   </si>
   <si>
     <t>749_FicheEtablissement</t>
   </si>
   <si>
     <t>64 Route De Lisieux</t>
   </si>
   <si>
     <t>27504 PONT AUDEMER</t>
   </si>
   <si>
     <t>0232416464</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>270000425</t>
@@ -3089,357 +3995,327 @@
   <si>
     <t>21/01/2025 10:18:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/758_FicheEtablissement/fr/clinique-les-bruyeres</t>
   </si>
   <si>
     <t>758_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Des Bruyeres</t>
   </si>
   <si>
     <t>27930 BROSVILLE</t>
   </si>
   <si>
     <t>BROSVILLE</t>
   </si>
   <si>
     <t>0232343316</t>
   </si>
   <si>
     <t>270000870</t>
   </si>
   <si>
-    <t>21/01/2025 10:15:24</t>
-[...17 lines deleted...]
-    <t>02 32 31 44 44</t>
+    <t>CENTRE HOSPITALIER SPECIALISE EN PSYCHIATRIE D EVREUX</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/756_FicheEtablissement/fr/nouvel-hopital-de-navarre</t>
+  </si>
+  <si>
+    <t>756_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>27022 EVREUX</t>
+  </si>
+  <si>
+    <t>0232317676</t>
+  </si>
+  <si>
+    <t>270000573</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CH EURE SEINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/767_FicheEtablissement/fr/usld-ch-eure-seine</t>
+  </si>
+  <si>
+    <t>767_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Rue Du Docteur Baudoux</t>
+  </si>
+  <si>
+    <t>0232338002</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>270026107</t>
+  </si>
+  <si>
+    <t>HAD EURE SEINE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/765_FicheEtablissement/fr/had-eure-seine</t>
+  </si>
+  <si>
+    <t>765_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>62 Route De Conches</t>
+  </si>
+  <si>
+    <t>0232282106</t>
+  </si>
+  <si>
+    <t>270016058</t>
+  </si>
+  <si>
+    <t>USLD CH PONT-AUDEMER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/764_FicheEtablissement/fr/usld-ch-pont-audemer</t>
+  </si>
+  <si>
+    <t>764_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>0232416456</t>
+  </si>
+  <si>
+    <t>270009210</t>
+  </si>
+  <si>
+    <t>USLD CH VERNEUIL-SUR-AVRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/762_FicheEtablissement/fr/usld-ch-verneuil-sur-avre</t>
+  </si>
+  <si>
+    <t>762_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>270008683</t>
+  </si>
+  <si>
+    <t>USLD LES JARDINS DU VEXIN CH GISORS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/761_FicheEtablissement/fr/usld-les-jardins-du-vexin-ch-gisors</t>
+  </si>
+  <si>
+    <t>761_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>270008667</t>
+  </si>
+  <si>
+    <t>HOPITAL LA  MUSSE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/760_FicheEtablissement/fr/hopital-la-musse</t>
+  </si>
+  <si>
+    <t>760_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0232293031</t>
+  </si>
+  <si>
+    <t>270000912</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE ARDITTI SAINT-ANDRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/759_FicheEtablissement/fr/ladapt-eure</t>
+  </si>
+  <si>
+    <t>759_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0232328900</t>
+  </si>
+  <si>
+    <t>270000896</t>
+  </si>
+  <si>
+    <t>ANIDER - EVREUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3657_FicheEtablissement/fr/anider-evreux</t>
+  </si>
+  <si>
+    <t>3657_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>43 Rue Pierre Brossolette</t>
+  </si>
+  <si>
+    <t>0232392268</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>270017478</t>
+  </si>
+  <si>
+    <t>ANIDER - ST MARCEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3656_FicheEtablissement/fr/anider-st-marcel</t>
+  </si>
+  <si>
+    <t>3656_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>8 Rue De La Poste</t>
+  </si>
+  <si>
+    <t>0232517133</t>
+  </si>
+  <si>
+    <t>270017429</t>
+  </si>
+  <si>
+    <t>ANIDER - THIBERVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3655_FicheEtablissement/fr/anider-thiberville</t>
+  </si>
+  <si>
+    <t>3655_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18 Rue De Lisieux</t>
+  </si>
+  <si>
+    <t>27230 THIBERVILLE</t>
+  </si>
+  <si>
+    <t>THIBERVILLE</t>
+  </si>
+  <si>
+    <t>0232454833</t>
+  </si>
+  <si>
+    <t>270017379</t>
+  </si>
+  <si>
+    <t>ANIDER - LOUVIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3654_FicheEtablissement/fr/anider-louviers</t>
+  </si>
+  <si>
+    <t>3654_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0232505498</t>
+  </si>
+  <si>
+    <t>270017338</t>
+  </si>
+  <si>
+    <t>HAD CH DE LA RISLE PONT AUDEMER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4803_FicheEtablissement/fr/had-ch-de-la-risle-pont-audemer</t>
+  </si>
+  <si>
+    <t>4803_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Du Moulin Des Champs</t>
+  </si>
+  <si>
+    <t>0232416613</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
-    <t>B</t>
-[...238 lines deleted...]
-  <si>
     <t>270029416</t>
   </si>
   <si>
     <t>CLINIQUE LA MARE Ô DANS</t>
   </si>
   <si>
     <t>07/02/2024 16:02:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/766_FicheEtablissement/fr/clinique-la-mare-o-dans</t>
   </si>
   <si>
     <t>766_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Route Forestiere</t>
   </si>
   <si>
     <t>27340 LES DAMPS</t>
   </si>
   <si>
     <t>LES DAMPS</t>
   </si>
   <si>
     <t>0232868000</t>
   </si>
   <si>
     <t>270025984</t>
   </si>
   <si>
     <t>HOPITAL LOCAL LE NEUBOURG</t>
   </si>
   <si>
     <t>20/03/2023 16:23:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/755_FicheEtablissement/fr/hl-le-neubourg</t>
   </si>
   <si>
     <t>755_FicheEtablissement</t>
-  </si>
-[...1 lines deleted...]
-    <t>25 Rue Du General De Gaulle</t>
   </si>
   <si>
     <t>0232356800</t>
   </si>
   <si>
     <t>270000516</t>
   </si>
   <si>
     <t>USLD HL LE NEUBOURG</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/763_FicheEtablissement/fr/usld-hl-le-neubourg</t>
   </si>
   <si>
     <t>763_FicheEtablissement</t>
   </si>
   <si>
     <t>270009087</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -3459,56 +4335,56 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R13"/>
+  <dimension ref="A1:R19"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3679,8274 +4555,10844 @@
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>45</v>
       </c>
       <c r="H4" t="s">
         <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
         <v>47</v>
       </c>
       <c r="L4" t="s">
         <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
         <v>49</v>
       </c>
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>50</v>
       </c>
-      <c r="P4" t="s">
+      <c r="Q4" t="s">
         <v>51</v>
       </c>
-      <c r="Q4" t="s">
+      <c r="R4" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>54</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>55</v>
-      </c>
-[...7 lines deleted...]
-        <v>57</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>20</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
         <v>58</v>
       </c>
-      <c r="L5" t="s">
+      <c r="P5" t="s">
         <v>59</v>
       </c>
-      <c r="M5" t="s">
-[...2 lines deleted...]
-      <c r="N5" t="s">
+      <c r="Q5" t="s">
+        <v>51</v>
+      </c>
+      <c r="R5" t="s">
         <v>60</v>
-      </c>
-[...10 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="H6" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="L6" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="P6" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="Q6" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="R6" t="s">
-        <v>75</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="H7" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="L7" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="P7" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="Q7" t="s">
-        <v>85</v>
+        <v>30</v>
       </c>
       <c r="R7" t="s">
-        <v>86</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>87</v>
+        <v>75</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>88</v>
+        <v>68</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="H8" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="L8" t="s">
-        <v>92</v>
+        <v>78</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>60</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="P8" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="Q8" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="R8" t="s">
-        <v>94</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>95</v>
+        <v>79</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="H9" t="s">
-        <v>98</v>
+        <v>82</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>99</v>
+        <v>83</v>
       </c>
       <c r="L9" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>101</v>
+        <v>85</v>
       </c>
       <c r="O9" t="s">
-        <v>102</v>
+        <v>39</v>
       </c>
       <c r="P9" t="s">
-        <v>103</v>
+        <v>40</v>
       </c>
       <c r="Q9" t="s">
-        <v>104</v>
+        <v>41</v>
       </c>
       <c r="R9" t="s">
-        <v>105</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>106</v>
+        <v>86</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>107</v>
+        <v>87</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="H10" t="s">
-        <v>109</v>
+        <v>89</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="L10" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>112</v>
+        <v>92</v>
       </c>
       <c r="O10" t="s">
-        <v>113</v>
+        <v>93</v>
       </c>
       <c r="P10" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="Q10" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="R10" t="s">
-        <v>116</v>
+        <v>96</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>117</v>
+        <v>97</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>118</v>
+        <v>98</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>119</v>
+        <v>99</v>
       </c>
       <c r="H11" t="s">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>121</v>
+        <v>101</v>
       </c>
       <c r="L11" t="s">
-        <v>122</v>
+        <v>102</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>123</v>
+        <v>103</v>
       </c>
       <c r="O11" t="s">
-        <v>124</v>
+        <v>104</v>
       </c>
       <c r="P11" t="s">
-        <v>125</v>
+        <v>105</v>
       </c>
       <c r="Q11" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="R11" t="s">
-        <v>127</v>
+        <v>107</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>128</v>
+        <v>108</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>129</v>
+        <v>109</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>130</v>
+        <v>110</v>
       </c>
       <c r="H12" t="s">
-        <v>131</v>
+        <v>111</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>132</v>
+        <v>112</v>
       </c>
       <c r="L12" t="s">
-        <v>133</v>
+        <v>113</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>134</v>
+        <v>114</v>
       </c>
       <c r="O12" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="P12" t="s">
-        <v>136</v>
+        <v>116</v>
       </c>
       <c r="Q12" t="s">
-        <v>137</v>
+        <v>117</v>
       </c>
       <c r="R12" t="s">
-        <v>138</v>
+        <v>118</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>139</v>
+        <v>119</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>140</v>
+        <v>120</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>141</v>
+        <v>121</v>
       </c>
       <c r="H13" t="s">
-        <v>142</v>
+        <v>122</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
+        <v>123</v>
+      </c>
+      <c r="L13" t="s">
+        <v>124</v>
+      </c>
+      <c r="M13" t="s">
+        <v>20</v>
+      </c>
+      <c r="N13" t="s">
+        <v>125</v>
+      </c>
+      <c r="O13" t="s">
+        <v>126</v>
+      </c>
+      <c r="P13" t="s">
+        <v>127</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>128</v>
+      </c>
+      <c r="R13" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B14" t="s">
+        <v>130</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>131</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>132</v>
+      </c>
+      <c r="H14" t="s">
+        <v>133</v>
+      </c>
+      <c r="I14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J14" t="s">
+        <v>24</v>
+      </c>
+      <c r="K14" t="s">
+        <v>134</v>
+      </c>
+      <c r="L14" t="s">
+        <v>135</v>
+      </c>
+      <c r="M14" t="s">
+        <v>20</v>
+      </c>
+      <c r="N14" t="s">
+        <v>136</v>
+      </c>
+      <c r="O14" t="s">
+        <v>137</v>
+      </c>
+      <c r="P14" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>139</v>
+      </c>
+      <c r="R14" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" t="s">
+        <v>141</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>142</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
         <v>143</v>
       </c>
-      <c r="L13" t="s">
+      <c r="H15" t="s">
         <v>144</v>
       </c>
-      <c r="M13" t="s">
-[...2 lines deleted...]
-      <c r="N13" t="s">
+      <c r="I15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J15" t="s">
+        <v>24</v>
+      </c>
+      <c r="K15" t="s">
         <v>145</v>
       </c>
-      <c r="O13" t="s">
+      <c r="L15" t="s">
         <v>146</v>
       </c>
-      <c r="P13" t="s">
+      <c r="M15" t="s">
+        <v>20</v>
+      </c>
+      <c r="N15" t="s">
+        <v>114</v>
+      </c>
+      <c r="O15" t="s">
+        <v>28</v>
+      </c>
+      <c r="P15" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>30</v>
+      </c>
+      <c r="R15" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" t="s">
         <v>147</v>
       </c>
-      <c r="Q13" t="s">
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
         <v>148</v>
       </c>
-      <c r="R13" t="s">
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
         <v>149</v>
+      </c>
+      <c r="H16" t="s">
+        <v>150</v>
+      </c>
+      <c r="I16" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K16" t="s">
+        <v>151</v>
+      </c>
+      <c r="L16" t="s">
+        <v>152</v>
+      </c>
+      <c r="M16" t="s">
+        <v>20</v>
+      </c>
+      <c r="N16" t="s">
+        <v>153</v>
+      </c>
+      <c r="O16" t="s">
+        <v>154</v>
+      </c>
+      <c r="P16" t="s">
+        <v>155</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>156</v>
+      </c>
+      <c r="R16" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" t="s">
+        <v>158</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>159</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>160</v>
+      </c>
+      <c r="H17" t="s">
+        <v>161</v>
+      </c>
+      <c r="I17" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J17" t="s">
+        <v>24</v>
+      </c>
+      <c r="K17" t="s">
+        <v>162</v>
+      </c>
+      <c r="L17" t="s">
+        <v>163</v>
+      </c>
+      <c r="M17" t="s">
+        <v>20</v>
+      </c>
+      <c r="N17" t="s">
+        <v>164</v>
+      </c>
+      <c r="O17" t="s">
+        <v>165</v>
+      </c>
+      <c r="P17" t="s">
+        <v>166</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>167</v>
+      </c>
+      <c r="R17" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" t="s">
+        <v>169</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>170</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>171</v>
+      </c>
+      <c r="H18" t="s">
+        <v>172</v>
+      </c>
+      <c r="I18" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J18" t="s">
+        <v>24</v>
+      </c>
+      <c r="K18" t="s">
+        <v>173</v>
+      </c>
+      <c r="L18" t="s">
+        <v>174</v>
+      </c>
+      <c r="M18" t="s">
+        <v>20</v>
+      </c>
+      <c r="N18" t="s">
+        <v>175</v>
+      </c>
+      <c r="O18" t="s">
+        <v>176</v>
+      </c>
+      <c r="P18" t="s">
+        <v>177</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>178</v>
+      </c>
+      <c r="R18" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19" t="s">
+        <v>180</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>181</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>182</v>
+      </c>
+      <c r="H19" t="s">
+        <v>183</v>
+      </c>
+      <c r="I19" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J19" t="s">
+        <v>24</v>
+      </c>
+      <c r="K19" t="s">
+        <v>184</v>
+      </c>
+      <c r="L19" t="s">
+        <v>185</v>
+      </c>
+      <c r="M19" t="s">
+        <v>20</v>
+      </c>
+      <c r="N19" t="s">
+        <v>186</v>
+      </c>
+      <c r="O19" t="s">
+        <v>187</v>
+      </c>
+      <c r="P19" t="s">
+        <v>188</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>189</v>
+      </c>
+      <c r="R19" t="s">
+        <v>190</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P114"/>
+  <dimension ref="A1:P158"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>150</v>
+        <v>191</v>
       </c>
       <c r="J1" t="s">
-        <v>151</v>
+        <v>192</v>
       </c>
       <c r="K1" t="s">
-        <v>152</v>
+        <v>193</v>
       </c>
       <c r="L1" t="s">
-        <v>153</v>
+        <v>194</v>
       </c>
       <c r="M1" t="s">
-        <v>154</v>
+        <v>195</v>
       </c>
       <c r="N1" t="s">
-        <v>155</v>
+        <v>196</v>
       </c>
       <c r="O1" t="s">
-        <v>156</v>
+        <v>197</v>
       </c>
       <c r="P1" t="s">
-        <v>157</v>
+        <v>198</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B2" t="s">
-        <v>159</v>
+        <v>200</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>160</v>
+        <v>201</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>161</v>
+        <v>202</v>
       </c>
       <c r="H2" t="s">
-        <v>162</v>
+        <v>203</v>
       </c>
       <c r="I2" t="s">
-        <v>163</v>
+        <v>204</v>
       </c>
       <c r="J2" t="s">
-        <v>164</v>
+        <v>205</v>
       </c>
       <c r="K2" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="L2" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M2" t="s">
-        <v>167</v>
+        <v>207</v>
       </c>
       <c r="N2" t="s">
-        <v>168</v>
+        <v>208</v>
       </c>
       <c r="O2" t="s">
-        <v>169</v>
+        <v>209</v>
       </c>
       <c r="P2" t="s">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B3" t="s">
-        <v>171</v>
+        <v>211</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>172</v>
+        <v>212</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>173</v>
+        <v>213</v>
       </c>
       <c r="H3" t="s">
-        <v>174</v>
+        <v>214</v>
       </c>
       <c r="I3" t="s">
-        <v>175</v>
+        <v>215</v>
       </c>
       <c r="J3" t="s">
-        <v>20</v>
+        <v>216</v>
       </c>
       <c r="K3" t="s">
-        <v>176</v>
+        <v>41</v>
       </c>
       <c r="L3" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M3" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N3" t="s">
-        <v>178</v>
+        <v>217</v>
       </c>
       <c r="O3" t="s">
-        <v>179</v>
+        <v>218</v>
       </c>
       <c r="P3" t="s">
-        <v>180</v>
+        <v>219</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B4" t="s">
-        <v>181</v>
+        <v>220</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>182</v>
+        <v>212</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>183</v>
+        <v>221</v>
       </c>
       <c r="H4" t="s">
-        <v>184</v>
+        <v>222</v>
       </c>
       <c r="I4" t="s">
-        <v>185</v>
+        <v>223</v>
       </c>
       <c r="J4" t="s">
-        <v>186</v>
+        <v>216</v>
       </c>
       <c r="K4" t="s">
-        <v>187</v>
+        <v>41</v>
       </c>
       <c r="L4" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M4" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N4" t="s">
-        <v>189</v>
+        <v>217</v>
       </c>
       <c r="O4" t="s">
-        <v>190</v>
+        <v>224</v>
       </c>
       <c r="P4" t="s">
-        <v>191</v>
+        <v>225</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B5" t="s">
-        <v>192</v>
+        <v>226</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>193</v>
+        <v>227</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>194</v>
+        <v>228</v>
       </c>
       <c r="H5" t="s">
-        <v>195</v>
+        <v>229</v>
       </c>
       <c r="I5" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="J5" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="K5" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="L5" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M5" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N5" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="O5" t="s">
-        <v>199</v>
+        <v>224</v>
       </c>
       <c r="P5" t="s">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B6" t="s">
-        <v>201</v>
+        <v>231</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>193</v>
+        <v>232</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>202</v>
+        <v>233</v>
       </c>
       <c r="H6" t="s">
-        <v>203</v>
+        <v>234</v>
       </c>
       <c r="I6" t="s">
-        <v>196</v>
+        <v>235</v>
       </c>
       <c r="J6" t="s">
-        <v>197</v>
+        <v>236</v>
       </c>
       <c r="K6" t="s">
-        <v>52</v>
+        <v>237</v>
       </c>
       <c r="L6" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M6" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="N6" t="s">
-        <v>198</v>
+        <v>239</v>
       </c>
       <c r="O6" t="s">
-        <v>204</v>
+        <v>240</v>
       </c>
       <c r="P6" t="s">
-        <v>205</v>
+        <v>241</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B7" t="s">
-        <v>206</v>
+        <v>242</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>193</v>
+        <v>243</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
+        <v>244</v>
+      </c>
+      <c r="H7" t="s">
+        <v>245</v>
+      </c>
+      <c r="I7" t="s">
+        <v>246</v>
+      </c>
+      <c r="J7" t="s">
+        <v>247</v>
+      </c>
+      <c r="K7" t="s">
+        <v>248</v>
+      </c>
+      <c r="L7" t="s">
+        <v>206</v>
+      </c>
+      <c r="M7" t="s">
         <v>207</v>
       </c>
-      <c r="H7" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N7" t="s">
-        <v>210</v>
+        <v>249</v>
       </c>
       <c r="O7" t="s">
-        <v>211</v>
+        <v>250</v>
       </c>
       <c r="P7" t="s">
-        <v>212</v>
+        <v>251</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B8" t="s">
-        <v>213</v>
+        <v>252</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>193</v>
+        <v>253</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>214</v>
+        <v>254</v>
       </c>
       <c r="H8" t="s">
-        <v>215</v>
+        <v>255</v>
       </c>
       <c r="I8" t="s">
-        <v>196</v>
+        <v>256</v>
       </c>
       <c r="J8" t="s">
-        <v>197</v>
+        <v>257</v>
       </c>
       <c r="K8" t="s">
-        <v>52</v>
+        <v>258</v>
       </c>
       <c r="L8" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M8" t="s">
-        <v>188</v>
+        <v>259</v>
       </c>
       <c r="N8" t="s">
-        <v>189</v>
+        <v>260</v>
       </c>
       <c r="O8" t="s">
-        <v>190</v>
+        <v>261</v>
       </c>
       <c r="P8" t="s">
-        <v>216</v>
+        <v>262</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B9" t="s">
-        <v>217</v>
+        <v>263</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>218</v>
+        <v>264</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>219</v>
+        <v>265</v>
       </c>
       <c r="H9" t="s">
-        <v>220</v>
+        <v>266</v>
       </c>
       <c r="I9" t="s">
-        <v>221</v>
+        <v>267</v>
       </c>
       <c r="J9" t="s">
-        <v>222</v>
+        <v>205</v>
       </c>
       <c r="K9" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="L9" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M9" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N9" t="s">
-        <v>210</v>
+        <v>268</v>
       </c>
       <c r="O9" t="s">
-        <v>223</v>
+        <v>269</v>
       </c>
       <c r="P9" t="s">
-        <v>224</v>
+        <v>270</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B10" t="s">
-        <v>225</v>
+        <v>271</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>226</v>
+        <v>272</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>227</v>
+        <v>273</v>
       </c>
       <c r="H10" t="s">
-        <v>228</v>
+        <v>274</v>
       </c>
       <c r="I10" t="s">
-        <v>229</v>
+        <v>275</v>
       </c>
       <c r="J10" t="s">
-        <v>230</v>
+        <v>20</v>
       </c>
       <c r="K10" t="s">
-        <v>231</v>
+        <v>276</v>
       </c>
       <c r="L10" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M10" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="N10" t="s">
-        <v>210</v>
+        <v>239</v>
       </c>
       <c r="O10" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="P10" t="s">
-        <v>233</v>
+        <v>277</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B11" t="s">
-        <v>234</v>
+        <v>278</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>235</v>
+        <v>279</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>236</v>
+        <v>280</v>
       </c>
       <c r="H11" t="s">
-        <v>237</v>
+        <v>281</v>
       </c>
       <c r="I11" t="s">
-        <v>238</v>
+        <v>282</v>
       </c>
       <c r="J11" t="s">
-        <v>186</v>
+        <v>283</v>
       </c>
       <c r="K11" t="s">
-        <v>187</v>
+        <v>284</v>
       </c>
       <c r="L11" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M11" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N11" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="O11" t="s">
-        <v>240</v>
+        <v>286</v>
       </c>
       <c r="P11" t="s">
-        <v>241</v>
+        <v>287</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B12" t="s">
-        <v>242</v>
+        <v>288</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>235</v>
+        <v>289</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>243</v>
+        <v>290</v>
       </c>
       <c r="H12" t="s">
-        <v>244</v>
+        <v>291</v>
       </c>
       <c r="I12" t="s">
-        <v>175</v>
+        <v>292</v>
       </c>
       <c r="J12" t="s">
-        <v>20</v>
+        <v>293</v>
       </c>
       <c r="K12" t="s">
-        <v>176</v>
+        <v>294</v>
       </c>
       <c r="L12" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M12" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N12" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="O12" t="s">
-        <v>240</v>
+        <v>295</v>
       </c>
       <c r="P12" t="s">
-        <v>245</v>
+        <v>296</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B13" t="s">
-        <v>246</v>
+        <v>297</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>235</v>
+        <v>289</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>247</v>
+        <v>298</v>
       </c>
       <c r="H13" t="s">
-        <v>248</v>
+        <v>299</v>
       </c>
       <c r="I13" t="s">
+        <v>275</v>
+      </c>
+      <c r="J13" t="s">
+        <v>20</v>
+      </c>
+      <c r="K13" t="s">
+        <v>276</v>
+      </c>
+      <c r="L13" t="s">
+        <v>206</v>
+      </c>
+      <c r="M13" t="s">
+        <v>207</v>
+      </c>
+      <c r="N13" t="s">
         <v>249</v>
       </c>
-      <c r="J13" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="O13" t="s">
-        <v>240</v>
+        <v>295</v>
       </c>
       <c r="P13" t="s">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B14" t="s">
-        <v>251</v>
+        <v>301</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>252</v>
+        <v>289</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>253</v>
+        <v>302</v>
       </c>
       <c r="H14" t="s">
-        <v>254</v>
+        <v>303</v>
       </c>
       <c r="I14" t="s">
-        <v>255</v>
+        <v>304</v>
       </c>
       <c r="J14" t="s">
-        <v>197</v>
+        <v>283</v>
       </c>
       <c r="K14" t="s">
-        <v>52</v>
+        <v>284</v>
       </c>
       <c r="L14" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M14" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N14" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="O14" t="s">
-        <v>256</v>
+        <v>295</v>
       </c>
       <c r="P14" t="s">
-        <v>257</v>
+        <v>305</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B15" t="s">
-        <v>258</v>
+        <v>306</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>259</v>
+        <v>307</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>260</v>
+        <v>308</v>
       </c>
       <c r="H15" t="s">
-        <v>261</v>
+        <v>309</v>
       </c>
       <c r="I15" t="s">
-        <v>262</v>
+        <v>310</v>
       </c>
       <c r="J15" t="s">
-        <v>263</v>
+        <v>205</v>
       </c>
       <c r="K15" t="s">
-        <v>264</v>
+        <v>30</v>
       </c>
       <c r="L15" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M15" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N15" t="s">
-        <v>178</v>
+        <v>249</v>
       </c>
       <c r="O15" t="s">
-        <v>179</v>
+        <v>311</v>
       </c>
       <c r="P15" t="s">
-        <v>265</v>
+        <v>312</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B16" t="s">
-        <v>266</v>
+        <v>313</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>267</v>
+        <v>314</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>268</v>
+        <v>315</v>
       </c>
       <c r="H16" t="s">
-        <v>269</v>
+        <v>316</v>
       </c>
       <c r="I16" t="s">
-        <v>270</v>
+        <v>317</v>
       </c>
       <c r="J16" t="s">
-        <v>271</v>
+        <v>318</v>
       </c>
       <c r="K16" t="s">
-        <v>52</v>
+        <v>319</v>
       </c>
       <c r="L16" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M16" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="N16" t="s">
-        <v>210</v>
+        <v>239</v>
       </c>
       <c r="O16" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="P16" t="s">
-        <v>272</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B17" t="s">
-        <v>273</v>
+        <v>321</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>274</v>
+        <v>322</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>275</v>
+        <v>323</v>
       </c>
       <c r="H17" t="s">
-        <v>276</v>
+        <v>324</v>
       </c>
       <c r="I17" t="s">
-        <v>277</v>
+        <v>325</v>
       </c>
       <c r="J17" t="s">
-        <v>278</v>
+        <v>20</v>
       </c>
       <c r="K17" t="s">
-        <v>279</v>
+        <v>326</v>
       </c>
       <c r="L17" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M17" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="N17" t="s">
-        <v>239</v>
+        <v>327</v>
       </c>
       <c r="O17" t="s">
-        <v>280</v>
+        <v>328</v>
       </c>
       <c r="P17" t="s">
-        <v>281</v>
+        <v>329</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B18" t="s">
-        <v>282</v>
+        <v>330</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>193</v>
+        <v>331</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>283</v>
+        <v>332</v>
       </c>
       <c r="H18" t="s">
-        <v>284</v>
+        <v>333</v>
       </c>
       <c r="I18" t="s">
-        <v>209</v>
+        <v>334</v>
       </c>
       <c r="J18" t="s">
+        <v>335</v>
+      </c>
+      <c r="K18" t="s">
+        <v>30</v>
+      </c>
+      <c r="L18" t="s">
+        <v>206</v>
+      </c>
+      <c r="M18" t="s">
+        <v>207</v>
+      </c>
+      <c r="N18" t="s">
         <v>285</v>
-      </c>
-[...10 lines deleted...]
-        <v>189</v>
       </c>
       <c r="O18" t="s">
         <v>286</v>
       </c>
       <c r="P18" t="s">
-        <v>287</v>
+        <v>336</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B19" t="s">
-        <v>288</v>
+        <v>337</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>193</v>
+        <v>338</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>289</v>
+        <v>339</v>
       </c>
       <c r="H19" t="s">
-        <v>290</v>
+        <v>340</v>
       </c>
       <c r="I19" t="s">
-        <v>291</v>
+        <v>341</v>
       </c>
       <c r="J19" t="s">
-        <v>197</v>
+        <v>342</v>
       </c>
       <c r="K19" t="s">
-        <v>52</v>
+        <v>343</v>
       </c>
       <c r="L19" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M19" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N19" t="s">
-        <v>198</v>
+        <v>249</v>
       </c>
       <c r="O19" t="s">
-        <v>292</v>
+        <v>344</v>
       </c>
       <c r="P19" t="s">
-        <v>293</v>
+        <v>345</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B20" t="s">
+        <v>346</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>347</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>348</v>
+      </c>
+      <c r="H20" t="s">
+        <v>349</v>
+      </c>
+      <c r="I20" t="s">
+        <v>350</v>
+      </c>
+      <c r="J20" t="s">
+        <v>293</v>
+      </c>
+      <c r="K20" t="s">
         <v>294</v>
       </c>
-      <c r="C20" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="L20" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M20" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N20" t="s">
-        <v>189</v>
+        <v>268</v>
       </c>
       <c r="O20" t="s">
-        <v>190</v>
+        <v>351</v>
       </c>
       <c r="P20" t="s">
-        <v>298</v>
+        <v>352</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B21" t="s">
-        <v>299</v>
+        <v>353</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>300</v>
+        <v>354</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>301</v>
+        <v>355</v>
       </c>
       <c r="H21" t="s">
-        <v>302</v>
+        <v>356</v>
       </c>
       <c r="I21" t="s">
-        <v>303</v>
+        <v>357</v>
       </c>
       <c r="J21" t="s">
-        <v>20</v>
+        <v>358</v>
       </c>
       <c r="K21" t="s">
-        <v>304</v>
+        <v>30</v>
       </c>
       <c r="L21" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M21" t="s">
-        <v>167</v>
+        <v>207</v>
       </c>
       <c r="N21" t="s">
-        <v>178</v>
+        <v>268</v>
       </c>
       <c r="O21" t="s">
-        <v>305</v>
+        <v>359</v>
       </c>
       <c r="P21" t="s">
-        <v>306</v>
+        <v>360</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B22" t="s">
-        <v>307</v>
+        <v>361</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>308</v>
+        <v>354</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>309</v>
+        <v>362</v>
       </c>
       <c r="H22" t="s">
-        <v>310</v>
+        <v>363</v>
       </c>
       <c r="I22" t="s">
-        <v>311</v>
+        <v>364</v>
       </c>
       <c r="J22" t="s">
-        <v>312</v>
+        <v>205</v>
       </c>
       <c r="K22" t="s">
-        <v>313</v>
+        <v>30</v>
       </c>
       <c r="L22" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M22" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N22" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="O22" t="s">
-        <v>169</v>
+        <v>365</v>
       </c>
       <c r="P22" t="s">
-        <v>314</v>
+        <v>366</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B23" t="s">
-        <v>315</v>
+        <v>367</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>316</v>
+        <v>354</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>317</v>
+        <v>368</v>
       </c>
       <c r="H23" t="s">
-        <v>318</v>
+        <v>369</v>
       </c>
       <c r="I23" t="s">
-        <v>319</v>
+        <v>370</v>
       </c>
       <c r="J23" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="K23" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="L23" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M23" t="s">
-        <v>167</v>
+        <v>207</v>
       </c>
       <c r="N23" t="s">
-        <v>178</v>
+        <v>208</v>
       </c>
       <c r="O23" t="s">
-        <v>305</v>
+        <v>371</v>
       </c>
       <c r="P23" t="s">
-        <v>320</v>
+        <v>372</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B24" t="s">
-        <v>321</v>
+        <v>373</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>322</v>
+        <v>354</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>323</v>
+        <v>374</v>
       </c>
       <c r="H24" t="s">
-        <v>324</v>
+        <v>375</v>
       </c>
       <c r="I24" t="s">
-        <v>325</v>
+        <v>370</v>
       </c>
       <c r="J24" t="s">
-        <v>20</v>
+        <v>205</v>
       </c>
       <c r="K24" t="s">
-        <v>326</v>
+        <v>30</v>
       </c>
       <c r="L24" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M24" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N24" t="s">
-        <v>178</v>
+        <v>208</v>
       </c>
       <c r="O24" t="s">
-        <v>179</v>
+        <v>376</v>
       </c>
       <c r="P24" t="s">
-        <v>327</v>
+        <v>377</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B25" t="s">
-        <v>328</v>
+        <v>378</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>329</v>
+        <v>354</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>330</v>
+        <v>379</v>
       </c>
       <c r="H25" t="s">
-        <v>331</v>
+        <v>380</v>
       </c>
       <c r="I25" t="s">
-        <v>332</v>
+        <v>357</v>
       </c>
       <c r="J25" t="s">
-        <v>186</v>
+        <v>205</v>
       </c>
       <c r="K25" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
       <c r="L25" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M25" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N25" t="s">
-        <v>178</v>
+        <v>285</v>
       </c>
       <c r="O25" t="s">
-        <v>179</v>
+        <v>381</v>
       </c>
       <c r="P25" t="s">
-        <v>333</v>
+        <v>382</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B26" t="s">
-        <v>334</v>
+        <v>383</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>335</v>
+        <v>354</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>336</v>
+        <v>384</v>
       </c>
       <c r="H26" t="s">
-        <v>337</v>
+        <v>385</v>
       </c>
       <c r="I26" t="s">
-        <v>338</v>
+        <v>370</v>
       </c>
       <c r="J26" t="s">
-        <v>20</v>
+        <v>205</v>
       </c>
       <c r="K26" t="s">
-        <v>339</v>
+        <v>30</v>
       </c>
       <c r="L26" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M26" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N26" t="s">
-        <v>178</v>
+        <v>268</v>
       </c>
       <c r="O26" t="s">
-        <v>179</v>
+        <v>351</v>
       </c>
       <c r="P26" t="s">
-        <v>340</v>
+        <v>386</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B27" t="s">
-        <v>341</v>
+        <v>387</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>342</v>
+        <v>388</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>343</v>
+        <v>389</v>
       </c>
       <c r="H27" t="s">
-        <v>344</v>
+        <v>390</v>
       </c>
       <c r="I27" t="s">
-        <v>345</v>
+        <v>334</v>
       </c>
       <c r="J27" t="s">
-        <v>346</v>
+        <v>335</v>
       </c>
       <c r="K27" t="s">
-        <v>347</v>
+        <v>30</v>
       </c>
       <c r="L27" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M27" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N27" t="s">
-        <v>178</v>
+        <v>268</v>
       </c>
       <c r="O27" t="s">
-        <v>179</v>
+        <v>351</v>
       </c>
       <c r="P27" t="s">
-        <v>348</v>
+        <v>391</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B28" t="s">
-        <v>349</v>
+        <v>392</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>350</v>
+        <v>393</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>351</v>
+        <v>394</v>
       </c>
       <c r="H28" t="s">
-        <v>352</v>
+        <v>395</v>
       </c>
       <c r="I28" t="s">
-        <v>353</v>
+        <v>396</v>
       </c>
       <c r="J28" t="s">
-        <v>354</v>
+        <v>20</v>
       </c>
       <c r="K28" t="s">
-        <v>355</v>
+        <v>397</v>
       </c>
       <c r="L28" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M28" t="s">
-        <v>177</v>
+        <v>259</v>
       </c>
       <c r="N28" t="s">
-        <v>178</v>
+        <v>239</v>
       </c>
       <c r="O28" t="s">
-        <v>305</v>
+        <v>398</v>
       </c>
       <c r="P28" t="s">
-        <v>356</v>
+        <v>399</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B29" t="s">
-        <v>357</v>
+        <v>400</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>350</v>
+        <v>401</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>358</v>
+        <v>402</v>
       </c>
       <c r="H29" t="s">
-        <v>359</v>
+        <v>403</v>
       </c>
       <c r="I29" t="s">
-        <v>360</v>
+        <v>404</v>
       </c>
       <c r="J29" t="s">
-        <v>20</v>
+        <v>405</v>
       </c>
       <c r="K29" t="s">
-        <v>361</v>
+        <v>406</v>
       </c>
       <c r="L29" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M29" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="N29" t="s">
-        <v>178</v>
+        <v>217</v>
       </c>
       <c r="O29" t="s">
-        <v>305</v>
+        <v>407</v>
       </c>
       <c r="P29" t="s">
-        <v>362</v>
+        <v>408</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B30" t="s">
-        <v>363</v>
+        <v>409</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>364</v>
+        <v>410</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>365</v>
+        <v>411</v>
       </c>
       <c r="H30" t="s">
-        <v>366</v>
+        <v>412</v>
       </c>
       <c r="I30" t="s">
-        <v>367</v>
+        <v>413</v>
       </c>
       <c r="J30" t="s">
-        <v>20</v>
+        <v>414</v>
       </c>
       <c r="K30" t="s">
-        <v>30</v>
+        <v>294</v>
       </c>
       <c r="L30" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M30" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="N30" t="s">
-        <v>178</v>
+        <v>239</v>
       </c>
       <c r="O30" t="s">
-        <v>179</v>
+        <v>398</v>
       </c>
       <c r="P30" t="s">
-        <v>368</v>
+        <v>415</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B31" t="s">
-        <v>369</v>
+        <v>416</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>370</v>
+        <v>417</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="H31" t="s">
-        <v>372</v>
+        <v>419</v>
       </c>
       <c r="I31" t="s">
-        <v>373</v>
+        <v>420</v>
       </c>
       <c r="J31" t="s">
-        <v>374</v>
+        <v>421</v>
       </c>
       <c r="K31" t="s">
-        <v>375</v>
+        <v>422</v>
       </c>
       <c r="L31" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M31" t="s">
-        <v>188</v>
+        <v>259</v>
       </c>
       <c r="N31" t="s">
         <v>239</v>
       </c>
       <c r="O31" t="s">
-        <v>256</v>
+        <v>398</v>
       </c>
       <c r="P31" t="s">
-        <v>376</v>
+        <v>423</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B32" t="s">
-        <v>377</v>
+        <v>424</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>370</v>
+        <v>425</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>378</v>
+        <v>426</v>
       </c>
       <c r="H32" t="s">
-        <v>379</v>
+        <v>427</v>
       </c>
       <c r="I32" t="s">
-        <v>380</v>
+        <v>428</v>
       </c>
       <c r="J32" t="s">
-        <v>381</v>
+        <v>429</v>
       </c>
       <c r="K32" t="s">
-        <v>382</v>
+        <v>430</v>
       </c>
       <c r="L32" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M32" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N32" t="s">
-        <v>239</v>
+        <v>431</v>
       </c>
       <c r="O32" t="s">
-        <v>383</v>
+        <v>432</v>
       </c>
       <c r="P32" t="s">
-        <v>384</v>
+        <v>433</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B33" t="s">
-        <v>385</v>
+        <v>434</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>386</v>
+        <v>435</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>387</v>
+        <v>436</v>
       </c>
       <c r="H33" t="s">
-        <v>388</v>
+        <v>437</v>
       </c>
       <c r="I33" t="s">
-        <v>389</v>
+        <v>438</v>
       </c>
       <c r="J33" t="s">
-        <v>390</v>
+        <v>205</v>
       </c>
       <c r="K33" t="s">
-        <v>382</v>
+        <v>30</v>
       </c>
       <c r="L33" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M33" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N33" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="O33" t="s">
-        <v>256</v>
+        <v>439</v>
       </c>
       <c r="P33" t="s">
-        <v>391</v>
+        <v>440</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B34" t="s">
-        <v>392</v>
+        <v>441</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>393</v>
+        <v>442</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>394</v>
+        <v>443</v>
       </c>
       <c r="H34" t="s">
-        <v>395</v>
+        <v>444</v>
       </c>
       <c r="I34" t="s">
-        <v>396</v>
+        <v>445</v>
       </c>
       <c r="J34" t="s">
-        <v>20</v>
+        <v>446</v>
       </c>
       <c r="K34" t="s">
-        <v>397</v>
+        <v>447</v>
       </c>
       <c r="L34" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M34" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N34" t="s">
-        <v>398</v>
+        <v>431</v>
       </c>
       <c r="O34" t="s">
-        <v>399</v>
+        <v>432</v>
       </c>
       <c r="P34" t="s">
-        <v>400</v>
+        <v>448</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B35" t="s">
-        <v>401</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>402</v>
+        <v>450</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>403</v>
+        <v>451</v>
       </c>
       <c r="H35" t="s">
-        <v>404</v>
+        <v>452</v>
       </c>
       <c r="I35" t="s">
-        <v>405</v>
+        <v>453</v>
       </c>
       <c r="J35" t="s">
-        <v>406</v>
+        <v>454</v>
       </c>
       <c r="K35" t="s">
-        <v>407</v>
+        <v>455</v>
       </c>
       <c r="L35" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M35" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N35" t="s">
-        <v>408</v>
+        <v>285</v>
       </c>
       <c r="O35" t="s">
-        <v>409</v>
+        <v>261</v>
       </c>
       <c r="P35" t="s">
-        <v>410</v>
+        <v>456</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B36" t="s">
-        <v>411</v>
+        <v>457</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>412</v>
+        <v>458</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>413</v>
+        <v>459</v>
       </c>
       <c r="H36" t="s">
-        <v>414</v>
+        <v>460</v>
       </c>
       <c r="I36" t="s">
-        <v>415</v>
+        <v>461</v>
       </c>
       <c r="J36" t="s">
-        <v>416</v>
+        <v>205</v>
       </c>
       <c r="K36" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
       <c r="L36" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M36" t="s">
-        <v>177</v>
+        <v>259</v>
       </c>
       <c r="N36" t="s">
-        <v>178</v>
+        <v>239</v>
       </c>
       <c r="O36" t="s">
-        <v>305</v>
+        <v>398</v>
       </c>
       <c r="P36" t="s">
-        <v>417</v>
+        <v>462</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B37" t="s">
-        <v>418</v>
+        <v>463</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>419</v>
+        <v>464</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>420</v>
+        <v>465</v>
       </c>
       <c r="H37" t="s">
-        <v>421</v>
+        <v>466</v>
       </c>
       <c r="I37" t="s">
-        <v>422</v>
+        <v>467</v>
       </c>
       <c r="J37" t="s">
-        <v>423</v>
+        <v>468</v>
       </c>
       <c r="K37" t="s">
-        <v>424</v>
+        <v>469</v>
       </c>
       <c r="L37" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M37" t="s">
-        <v>167</v>
+        <v>259</v>
       </c>
       <c r="N37" t="s">
-        <v>178</v>
+        <v>239</v>
       </c>
       <c r="O37" t="s">
-        <v>305</v>
+        <v>398</v>
       </c>
       <c r="P37" t="s">
-        <v>425</v>
+        <v>470</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B38" t="s">
-        <v>426</v>
+        <v>471</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>427</v>
+        <v>472</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>428</v>
+        <v>473</v>
       </c>
       <c r="H38" t="s">
-        <v>429</v>
+        <v>474</v>
       </c>
       <c r="I38" t="s">
-        <v>430</v>
+        <v>475</v>
       </c>
       <c r="J38" t="s">
-        <v>431</v>
+        <v>20</v>
       </c>
       <c r="K38" t="s">
-        <v>432</v>
+        <v>476</v>
       </c>
       <c r="L38" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M38" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="N38" t="s">
-        <v>433</v>
+        <v>239</v>
       </c>
       <c r="O38" t="s">
-        <v>434</v>
+        <v>240</v>
       </c>
       <c r="P38" t="s">
-        <v>435</v>
+        <v>477</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B39" t="s">
-        <v>436</v>
+        <v>478</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>437</v>
+        <v>479</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>438</v>
+        <v>480</v>
       </c>
       <c r="H39" t="s">
-        <v>439</v>
+        <v>481</v>
       </c>
       <c r="I39" t="s">
-        <v>440</v>
+        <v>482</v>
       </c>
       <c r="J39" t="s">
-        <v>197</v>
+        <v>293</v>
       </c>
       <c r="K39" t="s">
-        <v>52</v>
+        <v>294</v>
       </c>
       <c r="L39" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M39" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="N39" t="s">
-        <v>210</v>
+        <v>239</v>
       </c>
       <c r="O39" t="s">
-        <v>441</v>
+        <v>240</v>
       </c>
       <c r="P39" t="s">
-        <v>442</v>
+        <v>483</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B40" t="s">
-        <v>443</v>
+        <v>484</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>444</v>
+        <v>485</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>445</v>
+        <v>486</v>
       </c>
       <c r="H40" t="s">
-        <v>446</v>
+        <v>487</v>
       </c>
       <c r="I40" t="s">
-        <v>447</v>
+        <v>488</v>
       </c>
       <c r="J40" t="s">
-        <v>448</v>
+        <v>489</v>
       </c>
       <c r="K40" t="s">
-        <v>449</v>
+        <v>30</v>
       </c>
       <c r="L40" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M40" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N40" t="s">
-        <v>433</v>
+        <v>285</v>
       </c>
       <c r="O40" t="s">
-        <v>434</v>
+        <v>490</v>
       </c>
       <c r="P40" t="s">
-        <v>450</v>
+        <v>491</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B41" t="s">
-        <v>451</v>
+        <v>492</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>452</v>
+        <v>493</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>453</v>
+        <v>494</v>
       </c>
       <c r="H41" t="s">
-        <v>454</v>
+        <v>495</v>
       </c>
       <c r="I41" t="s">
-        <v>455</v>
+        <v>496</v>
       </c>
       <c r="J41" t="s">
-        <v>456</v>
+        <v>20</v>
       </c>
       <c r="K41" t="s">
-        <v>457</v>
+        <v>497</v>
       </c>
       <c r="L41" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M41" t="s">
-        <v>167</v>
+        <v>238</v>
       </c>
       <c r="N41" t="s">
-        <v>178</v>
+        <v>239</v>
       </c>
       <c r="O41" t="s">
-        <v>305</v>
+        <v>240</v>
       </c>
       <c r="P41" t="s">
-        <v>458</v>
+        <v>498</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B42" t="s">
-        <v>459</v>
+        <v>499</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>460</v>
+        <v>500</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>461</v>
+        <v>501</v>
       </c>
       <c r="H42" t="s">
-        <v>462</v>
+        <v>502</v>
       </c>
       <c r="I42" t="s">
-        <v>463</v>
+        <v>503</v>
       </c>
       <c r="J42" t="s">
-        <v>381</v>
+        <v>247</v>
       </c>
       <c r="K42" t="s">
-        <v>382</v>
+        <v>248</v>
       </c>
       <c r="L42" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M42" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N42" t="s">
-        <v>189</v>
+        <v>268</v>
       </c>
       <c r="O42" t="s">
-        <v>286</v>
+        <v>359</v>
       </c>
       <c r="P42" t="s">
-        <v>464</v>
+        <v>504</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B43" t="s">
-        <v>465</v>
+        <v>505</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>460</v>
+        <v>500</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>466</v>
+        <v>506</v>
       </c>
       <c r="H43" t="s">
-        <v>467</v>
+        <v>507</v>
       </c>
       <c r="I43" t="s">
-        <v>468</v>
+        <v>508</v>
       </c>
       <c r="J43" t="s">
-        <v>469</v>
+        <v>509</v>
       </c>
       <c r="K43" t="s">
-        <v>470</v>
+        <v>510</v>
       </c>
       <c r="L43" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M43" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N43" t="s">
-        <v>189</v>
+        <v>268</v>
       </c>
       <c r="O43" t="s">
-        <v>286</v>
+        <v>359</v>
       </c>
       <c r="P43" t="s">
-        <v>471</v>
+        <v>511</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B44" t="s">
-        <v>472</v>
+        <v>512</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>460</v>
+        <v>500</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>473</v>
+        <v>513</v>
       </c>
       <c r="H44" t="s">
-        <v>474</v>
+        <v>514</v>
       </c>
       <c r="I44" t="s">
-        <v>475</v>
+        <v>515</v>
       </c>
       <c r="J44" t="s">
-        <v>476</v>
+        <v>516</v>
       </c>
       <c r="K44" t="s">
-        <v>477</v>
+        <v>517</v>
       </c>
       <c r="L44" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M44" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N44" t="s">
-        <v>189</v>
+        <v>268</v>
       </c>
       <c r="O44" t="s">
-        <v>286</v>
+        <v>359</v>
       </c>
       <c r="P44" t="s">
-        <v>478</v>
+        <v>518</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B45" t="s">
-        <v>479</v>
+        <v>519</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>460</v>
+        <v>500</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>480</v>
+        <v>520</v>
       </c>
       <c r="H45" t="s">
-        <v>481</v>
+        <v>521</v>
       </c>
       <c r="I45" t="s">
-        <v>482</v>
+        <v>522</v>
       </c>
       <c r="J45" t="s">
-        <v>175</v>
+        <v>275</v>
       </c>
       <c r="K45" t="s">
-        <v>176</v>
+        <v>276</v>
       </c>
       <c r="L45" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M45" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N45" t="s">
-        <v>189</v>
+        <v>268</v>
       </c>
       <c r="O45" t="s">
-        <v>286</v>
+        <v>359</v>
       </c>
       <c r="P45" t="s">
-        <v>483</v>
+        <v>523</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B46" t="s">
-        <v>484</v>
+        <v>524</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>485</v>
+        <v>525</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>486</v>
+        <v>526</v>
       </c>
       <c r="H46" t="s">
-        <v>487</v>
+        <v>527</v>
       </c>
       <c r="I46" t="s">
-        <v>488</v>
+        <v>528</v>
       </c>
       <c r="J46" t="s">
-        <v>489</v>
+        <v>529</v>
       </c>
       <c r="K46" t="s">
-        <v>490</v>
+        <v>530</v>
       </c>
       <c r="L46" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M46" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="N46" t="s">
-        <v>178</v>
+        <v>239</v>
       </c>
       <c r="O46" t="s">
-        <v>179</v>
+        <v>240</v>
       </c>
       <c r="P46" t="s">
-        <v>491</v>
+        <v>531</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B47" t="s">
-        <v>492</v>
+        <v>532</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>386</v>
+        <v>533</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>493</v>
+        <v>534</v>
       </c>
       <c r="H47" t="s">
-        <v>494</v>
+        <v>535</v>
       </c>
       <c r="I47" t="s">
-        <v>495</v>
+        <v>536</v>
       </c>
       <c r="J47" t="s">
-        <v>496</v>
+        <v>537</v>
       </c>
       <c r="K47" t="s">
-        <v>382</v>
+        <v>538</v>
       </c>
       <c r="L47" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M47" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="N47" t="s">
-        <v>210</v>
+        <v>239</v>
       </c>
       <c r="O47" t="s">
-        <v>211</v>
+        <v>240</v>
       </c>
       <c r="P47" t="s">
-        <v>497</v>
+        <v>539</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B48" t="s">
-        <v>498</v>
+        <v>540</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>499</v>
+        <v>541</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>500</v>
+        <v>542</v>
       </c>
       <c r="H48" t="s">
-        <v>501</v>
+        <v>543</v>
       </c>
       <c r="I48" t="s">
-        <v>502</v>
+        <v>544</v>
       </c>
       <c r="J48" t="s">
-        <v>503</v>
+        <v>283</v>
       </c>
       <c r="K48" t="s">
-        <v>504</v>
+        <v>284</v>
       </c>
       <c r="L48" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M48" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="N48" t="s">
-        <v>168</v>
+        <v>239</v>
       </c>
       <c r="O48" t="s">
-        <v>169</v>
+        <v>240</v>
       </c>
       <c r="P48" t="s">
-        <v>505</v>
+        <v>545</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B49" t="s">
-        <v>506</v>
+        <v>546</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>507</v>
+        <v>547</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>508</v>
+        <v>548</v>
       </c>
       <c r="H49" t="s">
-        <v>509</v>
+        <v>549</v>
       </c>
       <c r="I49" t="s">
-        <v>510</v>
+        <v>550</v>
       </c>
       <c r="J49" t="s">
-        <v>511</v>
+        <v>551</v>
       </c>
       <c r="K49" t="s">
-        <v>512</v>
+        <v>552</v>
       </c>
       <c r="L49" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M49" t="s">
-        <v>167</v>
+        <v>238</v>
       </c>
       <c r="N49" t="s">
-        <v>168</v>
+        <v>239</v>
       </c>
       <c r="O49" t="s">
-        <v>169</v>
+        <v>398</v>
       </c>
       <c r="P49" t="s">
-        <v>513</v>
+        <v>553</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B50" t="s">
-        <v>514</v>
+        <v>554</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>515</v>
+        <v>547</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>516</v>
+        <v>555</v>
       </c>
       <c r="H50" t="s">
-        <v>517</v>
+        <v>556</v>
       </c>
       <c r="I50" t="s">
-        <v>518</v>
+        <v>557</v>
       </c>
       <c r="J50" t="s">
-        <v>197</v>
+        <v>20</v>
       </c>
       <c r="K50" t="s">
-        <v>52</v>
+        <v>558</v>
       </c>
       <c r="L50" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M50" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="N50" t="s">
-        <v>210</v>
+        <v>239</v>
       </c>
       <c r="O50" t="s">
-        <v>211</v>
+        <v>398</v>
       </c>
       <c r="P50" t="s">
-        <v>519</v>
+        <v>559</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B51" t="s">
-        <v>520</v>
+        <v>560</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>521</v>
+        <v>561</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>522</v>
+        <v>562</v>
       </c>
       <c r="H51" t="s">
-        <v>523</v>
+        <v>563</v>
       </c>
       <c r="I51" t="s">
-        <v>524</v>
+        <v>216</v>
       </c>
       <c r="J51" t="s">
-        <v>525</v>
+        <v>20</v>
       </c>
       <c r="K51" t="s">
-        <v>526</v>
+        <v>41</v>
       </c>
       <c r="L51" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M51" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="N51" t="s">
         <v>239</v>
       </c>
       <c r="O51" t="s">
-        <v>256</v>
+        <v>240</v>
       </c>
       <c r="P51" t="s">
-        <v>527</v>
+        <v>564</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B52" t="s">
-        <v>528</v>
+        <v>565</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>529</v>
+        <v>566</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>530</v>
+        <v>567</v>
       </c>
       <c r="H52" t="s">
-        <v>531</v>
+        <v>568</v>
       </c>
       <c r="I52" t="s">
-        <v>532</v>
+        <v>569</v>
       </c>
       <c r="J52" t="s">
-        <v>197</v>
+        <v>570</v>
       </c>
       <c r="K52" t="s">
-        <v>52</v>
+        <v>571</v>
       </c>
       <c r="L52" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M52" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N52" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="O52" t="s">
-        <v>533</v>
+        <v>311</v>
       </c>
       <c r="P52" t="s">
-        <v>534</v>
+        <v>572</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B53" t="s">
-        <v>535</v>
+        <v>573</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>529</v>
+        <v>566</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>536</v>
+        <v>574</v>
       </c>
       <c r="H53" t="s">
-        <v>537</v>
+        <v>575</v>
       </c>
       <c r="I53" t="s">
-        <v>538</v>
+        <v>576</v>
       </c>
       <c r="J53" t="s">
-        <v>197</v>
+        <v>247</v>
       </c>
       <c r="K53" t="s">
-        <v>52</v>
+        <v>248</v>
       </c>
       <c r="L53" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M53" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N53" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="O53" t="s">
-        <v>539</v>
+        <v>577</v>
       </c>
       <c r="P53" t="s">
-        <v>540</v>
+        <v>578</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B54" t="s">
-        <v>541</v>
+        <v>579</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>529</v>
+        <v>580</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>542</v>
+        <v>581</v>
       </c>
       <c r="H54" t="s">
-        <v>543</v>
+        <v>582</v>
       </c>
       <c r="I54" t="s">
-        <v>538</v>
+        <v>583</v>
       </c>
       <c r="J54" t="s">
-        <v>197</v>
+        <v>584</v>
       </c>
       <c r="K54" t="s">
-        <v>52</v>
+        <v>248</v>
       </c>
       <c r="L54" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M54" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N54" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="O54" t="s">
-        <v>280</v>
+        <v>381</v>
       </c>
       <c r="P54" t="s">
-        <v>544</v>
+        <v>585</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B55" t="s">
-        <v>545</v>
+        <v>586</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>546</v>
+        <v>580</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>547</v>
+        <v>587</v>
       </c>
       <c r="H55" t="s">
-        <v>548</v>
+        <v>588</v>
       </c>
       <c r="I55" t="s">
-        <v>549</v>
+        <v>589</v>
       </c>
       <c r="J55" t="s">
-        <v>197</v>
+        <v>590</v>
       </c>
       <c r="K55" t="s">
-        <v>52</v>
+        <v>248</v>
       </c>
       <c r="L55" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M55" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N55" t="s">
-        <v>408</v>
+        <v>249</v>
       </c>
       <c r="O55" t="s">
-        <v>550</v>
+        <v>311</v>
       </c>
       <c r="P55" t="s">
-        <v>551</v>
+        <v>591</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B56" t="s">
-        <v>552</v>
+        <v>592</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>553</v>
+        <v>593</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>554</v>
+        <v>594</v>
       </c>
       <c r="H56" t="s">
-        <v>555</v>
+        <v>595</v>
       </c>
       <c r="I56" t="s">
-        <v>556</v>
+        <v>596</v>
       </c>
       <c r="J56" t="s">
-        <v>557</v>
+        <v>205</v>
       </c>
       <c r="K56" t="s">
-        <v>558</v>
+        <v>30</v>
       </c>
       <c r="L56" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M56" t="s">
-        <v>188</v>
+        <v>259</v>
       </c>
       <c r="N56" t="s">
         <v>239</v>
       </c>
       <c r="O56" t="s">
-        <v>539</v>
+        <v>398</v>
       </c>
       <c r="P56" t="s">
-        <v>559</v>
+        <v>597</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B57" t="s">
-        <v>560</v>
+        <v>598</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>561</v>
+        <v>599</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>562</v>
+        <v>600</v>
       </c>
       <c r="H57" t="s">
-        <v>563</v>
+        <v>601</v>
       </c>
       <c r="I57" t="s">
-        <v>564</v>
+        <v>602</v>
       </c>
       <c r="J57" t="s">
-        <v>396</v>
+        <v>603</v>
       </c>
       <c r="K57" t="s">
-        <v>397</v>
+        <v>604</v>
       </c>
       <c r="L57" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M57" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N57" t="s">
-        <v>178</v>
+        <v>239</v>
       </c>
       <c r="O57" t="s">
-        <v>305</v>
+        <v>398</v>
       </c>
       <c r="P57" t="s">
-        <v>565</v>
+        <v>605</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B58" t="s">
-        <v>566</v>
+        <v>606</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>567</v>
+        <v>607</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>568</v>
+        <v>608</v>
       </c>
       <c r="H58" t="s">
-        <v>569</v>
+        <v>609</v>
       </c>
       <c r="I58" t="s">
-        <v>570</v>
+        <v>610</v>
       </c>
       <c r="J58" t="s">
-        <v>381</v>
+        <v>611</v>
       </c>
       <c r="K58" t="s">
-        <v>382</v>
+        <v>612</v>
       </c>
       <c r="L58" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M58" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N58" t="s">
-        <v>408</v>
+        <v>260</v>
       </c>
       <c r="O58" t="s">
-        <v>550</v>
+        <v>261</v>
       </c>
       <c r="P58" t="s">
-        <v>571</v>
+        <v>613</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B59" t="s">
-        <v>572</v>
+        <v>614</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>567</v>
+        <v>607</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>573</v>
+        <v>615</v>
       </c>
       <c r="H59" t="s">
-        <v>574</v>
+        <v>616</v>
       </c>
       <c r="I59" t="s">
-        <v>374</v>
+        <v>617</v>
       </c>
       <c r="J59" t="s">
-        <v>20</v>
+        <v>618</v>
       </c>
       <c r="K59" t="s">
-        <v>375</v>
+        <v>619</v>
       </c>
       <c r="L59" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M59" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N59" t="s">
-        <v>575</v>
+        <v>239</v>
       </c>
       <c r="O59" t="s">
-        <v>409</v>
+        <v>398</v>
       </c>
       <c r="P59" t="s">
-        <v>576</v>
+        <v>620</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B60" t="s">
-        <v>577</v>
+        <v>621</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>567</v>
+        <v>622</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>578</v>
+        <v>623</v>
       </c>
       <c r="H60" t="s">
-        <v>579</v>
+        <v>624</v>
       </c>
       <c r="I60" t="s">
-        <v>374</v>
+        <v>625</v>
       </c>
       <c r="J60" t="s">
-        <v>20</v>
+        <v>626</v>
       </c>
       <c r="K60" t="s">
-        <v>375</v>
+        <v>627</v>
       </c>
       <c r="L60" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M60" t="s">
-        <v>188</v>
+        <v>259</v>
       </c>
       <c r="N60" t="s">
-        <v>575</v>
+        <v>260</v>
       </c>
       <c r="O60" t="s">
-        <v>580</v>
+        <v>261</v>
       </c>
       <c r="P60" t="s">
-        <v>581</v>
+        <v>628</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B61" t="s">
-        <v>582</v>
+        <v>629</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>567</v>
+        <v>630</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>583</v>
+        <v>631</v>
       </c>
       <c r="H61" t="s">
-        <v>584</v>
+        <v>632</v>
       </c>
       <c r="I61" t="s">
-        <v>585</v>
+        <v>633</v>
       </c>
       <c r="J61" t="s">
-        <v>586</v>
+        <v>283</v>
       </c>
       <c r="K61" t="s">
-        <v>587</v>
+        <v>284</v>
       </c>
       <c r="L61" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M61" t="s">
-        <v>188</v>
+        <v>259</v>
       </c>
       <c r="N61" t="s">
-        <v>575</v>
+        <v>239</v>
       </c>
       <c r="O61" t="s">
-        <v>539</v>
+        <v>398</v>
       </c>
       <c r="P61" t="s">
-        <v>588</v>
+        <v>634</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B62" t="s">
-        <v>589</v>
+        <v>635</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>590</v>
+        <v>636</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>591</v>
+        <v>637</v>
       </c>
       <c r="H62" t="s">
-        <v>592</v>
+        <v>638</v>
       </c>
       <c r="I62" t="s">
-        <v>593</v>
+        <v>639</v>
       </c>
       <c r="J62" t="s">
-        <v>360</v>
+        <v>570</v>
       </c>
       <c r="K62" t="s">
-        <v>361</v>
+        <v>571</v>
       </c>
       <c r="L62" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M62" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N62" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="O62" t="s">
-        <v>280</v>
+        <v>381</v>
       </c>
       <c r="P62" t="s">
-        <v>594</v>
+        <v>640</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B63" t="s">
-        <v>595</v>
+        <v>641</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>590</v>
+        <v>642</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>596</v>
+        <v>643</v>
       </c>
       <c r="H63" t="s">
-        <v>597</v>
+        <v>644</v>
       </c>
       <c r="I63" t="s">
-        <v>593</v>
+        <v>645</v>
       </c>
       <c r="J63" t="s">
-        <v>360</v>
+        <v>611</v>
       </c>
       <c r="K63" t="s">
-        <v>361</v>
+        <v>612</v>
       </c>
       <c r="L63" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M63" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N63" t="s">
-        <v>239</v>
+        <v>217</v>
       </c>
       <c r="O63" t="s">
-        <v>539</v>
+        <v>646</v>
       </c>
       <c r="P63" t="s">
-        <v>598</v>
+        <v>647</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B64" t="s">
-        <v>599</v>
+        <v>648</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>600</v>
+        <v>642</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>601</v>
+        <v>649</v>
       </c>
       <c r="H64" t="s">
-        <v>602</v>
+        <v>650</v>
       </c>
       <c r="I64" t="s">
-        <v>603</v>
+        <v>651</v>
       </c>
       <c r="J64" t="s">
-        <v>20</v>
+        <v>205</v>
       </c>
       <c r="K64" t="s">
-        <v>604</v>
+        <v>30</v>
       </c>
       <c r="L64" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M64" t="s">
-        <v>167</v>
+        <v>207</v>
       </c>
       <c r="N64" t="s">
-        <v>178</v>
+        <v>249</v>
       </c>
       <c r="O64" t="s">
-        <v>305</v>
+        <v>652</v>
       </c>
       <c r="P64" t="s">
-        <v>605</v>
+        <v>653</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B65" t="s">
-        <v>606</v>
+        <v>654</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>607</v>
+        <v>642</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>608</v>
+        <v>655</v>
       </c>
       <c r="H65" t="s">
-        <v>609</v>
+        <v>656</v>
       </c>
       <c r="I65" t="s">
-        <v>610</v>
+        <v>657</v>
       </c>
       <c r="J65" t="s">
-        <v>367</v>
+        <v>205</v>
       </c>
       <c r="K65" t="s">
         <v>30</v>
       </c>
       <c r="L65" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M65" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N65" t="s">
-        <v>398</v>
+        <v>217</v>
       </c>
       <c r="O65" t="s">
-        <v>399</v>
+        <v>646</v>
       </c>
       <c r="P65" t="s">
-        <v>611</v>
+        <v>658</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B66" t="s">
-        <v>612</v>
+        <v>659</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>607</v>
+        <v>642</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>613</v>
+        <v>660</v>
       </c>
       <c r="H66" t="s">
-        <v>614</v>
+        <v>661</v>
       </c>
       <c r="I66" t="s">
-        <v>549</v>
+        <v>662</v>
       </c>
       <c r="J66" t="s">
-        <v>197</v>
+        <v>663</v>
       </c>
       <c r="K66" t="s">
-        <v>52</v>
+        <v>664</v>
       </c>
       <c r="L66" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M66" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N66" t="s">
-        <v>408</v>
+        <v>217</v>
       </c>
       <c r="O66" t="s">
-        <v>409</v>
+        <v>646</v>
       </c>
       <c r="P66" t="s">
-        <v>615</v>
+        <v>665</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B67" t="s">
-        <v>616</v>
+        <v>666</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>617</v>
+        <v>642</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>618</v>
+        <v>667</v>
       </c>
       <c r="H67" t="s">
-        <v>619</v>
+        <v>668</v>
       </c>
       <c r="I67" t="s">
-        <v>620</v>
+        <v>669</v>
       </c>
       <c r="J67" t="s">
-        <v>621</v>
+        <v>663</v>
       </c>
       <c r="K67" t="s">
-        <v>622</v>
+        <v>664</v>
       </c>
       <c r="L67" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M67" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N67" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="O67" t="s">
-        <v>211</v>
+        <v>646</v>
       </c>
       <c r="P67" t="s">
-        <v>623</v>
+        <v>670</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B68" t="s">
-        <v>624</v>
+        <v>671</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>625</v>
+        <v>642</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>626</v>
+        <v>672</v>
       </c>
       <c r="H68" t="s">
-        <v>627</v>
+        <v>673</v>
       </c>
       <c r="I68" t="s">
-        <v>628</v>
+        <v>674</v>
       </c>
       <c r="J68" t="s">
-        <v>431</v>
+        <v>205</v>
       </c>
       <c r="K68" t="s">
-        <v>432</v>
+        <v>30</v>
       </c>
       <c r="L68" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M68" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N68" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="O68" t="s">
-        <v>256</v>
+        <v>344</v>
       </c>
       <c r="P68" t="s">
-        <v>629</v>
+        <v>675</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B69" t="s">
-        <v>630</v>
+        <v>676</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>631</v>
+        <v>642</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>632</v>
+        <v>677</v>
       </c>
       <c r="H69" t="s">
-        <v>633</v>
+        <v>678</v>
       </c>
       <c r="I69" t="s">
-        <v>634</v>
+        <v>679</v>
       </c>
       <c r="J69" t="s">
-        <v>525</v>
+        <v>205</v>
       </c>
       <c r="K69" t="s">
-        <v>526</v>
+        <v>30</v>
       </c>
       <c r="L69" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M69" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N69" t="s">
-        <v>178</v>
+        <v>249</v>
       </c>
       <c r="O69" t="s">
-        <v>305</v>
+        <v>250</v>
       </c>
       <c r="P69" t="s">
-        <v>635</v>
+        <v>680</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B70" t="s">
-        <v>636</v>
+        <v>681</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>637</v>
+        <v>682</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>638</v>
+        <v>683</v>
       </c>
       <c r="H70" t="s">
-        <v>639</v>
+        <v>684</v>
       </c>
       <c r="I70" t="s">
-        <v>640</v>
+        <v>685</v>
       </c>
       <c r="J70" t="s">
-        <v>20</v>
+        <v>205</v>
       </c>
       <c r="K70" t="s">
-        <v>641</v>
+        <v>30</v>
       </c>
       <c r="L70" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M70" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N70" t="s">
-        <v>178</v>
+        <v>285</v>
       </c>
       <c r="O70" t="s">
-        <v>179</v>
+        <v>381</v>
       </c>
       <c r="P70" t="s">
-        <v>642</v>
+        <v>686</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B71" t="s">
-        <v>643</v>
+        <v>687</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>644</v>
+        <v>682</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>645</v>
+        <v>688</v>
       </c>
       <c r="H71" t="s">
-        <v>646</v>
+        <v>689</v>
       </c>
       <c r="I71" t="s">
-        <v>647</v>
+        <v>690</v>
       </c>
       <c r="J71" t="s">
-        <v>448</v>
+        <v>691</v>
       </c>
       <c r="K71" t="s">
-        <v>449</v>
+        <v>276</v>
       </c>
       <c r="L71" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M71" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N71" t="s">
-        <v>408</v>
+        <v>285</v>
       </c>
       <c r="O71" t="s">
-        <v>648</v>
+        <v>381</v>
       </c>
       <c r="P71" t="s">
-        <v>649</v>
+        <v>692</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B72" t="s">
-        <v>650</v>
+        <v>693</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>644</v>
+        <v>694</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>651</v>
+        <v>695</v>
       </c>
       <c r="H72" t="s">
-        <v>652</v>
+        <v>696</v>
       </c>
       <c r="I72" t="s">
-        <v>653</v>
+        <v>205</v>
       </c>
       <c r="J72" t="s">
-        <v>197</v>
+        <v>20</v>
       </c>
       <c r="K72" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="L72" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M72" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N72" t="s">
-        <v>408</v>
+        <v>249</v>
       </c>
       <c r="O72" t="s">
-        <v>654</v>
+        <v>344</v>
       </c>
       <c r="P72" t="s">
-        <v>655</v>
+        <v>697</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B73" t="s">
-        <v>656</v>
+        <v>698</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>644</v>
+        <v>699</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>657</v>
+        <v>700</v>
       </c>
       <c r="H73" t="s">
-        <v>658</v>
+        <v>701</v>
       </c>
       <c r="I73" t="s">
-        <v>659</v>
+        <v>702</v>
       </c>
       <c r="J73" t="s">
-        <v>448</v>
+        <v>516</v>
       </c>
       <c r="K73" t="s">
-        <v>449</v>
+        <v>517</v>
       </c>
       <c r="L73" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M73" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="N73" t="s">
-        <v>408</v>
+        <v>239</v>
       </c>
       <c r="O73" t="s">
-        <v>550</v>
+        <v>398</v>
       </c>
       <c r="P73" t="s">
-        <v>660</v>
+        <v>703</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B74" t="s">
-        <v>661</v>
+        <v>704</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>644</v>
+        <v>705</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>662</v>
+        <v>706</v>
       </c>
       <c r="H74" t="s">
-        <v>663</v>
+        <v>707</v>
       </c>
       <c r="I74" t="s">
-        <v>647</v>
+        <v>708</v>
       </c>
       <c r="J74" t="s">
-        <v>448</v>
+        <v>709</v>
       </c>
       <c r="K74" t="s">
-        <v>449</v>
+        <v>710</v>
       </c>
       <c r="L74" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M74" t="s">
-        <v>188</v>
+        <v>259</v>
       </c>
       <c r="N74" t="s">
-        <v>408</v>
+        <v>239</v>
       </c>
       <c r="O74" t="s">
-        <v>664</v>
+        <v>398</v>
       </c>
       <c r="P74" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B75" t="s">
-        <v>666</v>
+        <v>712</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>644</v>
+        <v>713</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>667</v>
+        <v>714</v>
       </c>
       <c r="H75" t="s">
-        <v>668</v>
+        <v>715</v>
       </c>
       <c r="I75" t="s">
-        <v>653</v>
+        <v>716</v>
       </c>
       <c r="J75" t="s">
-        <v>197</v>
+        <v>717</v>
       </c>
       <c r="K75" t="s">
-        <v>52</v>
+        <v>718</v>
       </c>
       <c r="L75" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M75" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N75" t="s">
-        <v>408</v>
+        <v>249</v>
       </c>
       <c r="O75" t="s">
-        <v>669</v>
+        <v>311</v>
       </c>
       <c r="P75" t="s">
-        <v>670</v>
+        <v>719</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B76" t="s">
-        <v>671</v>
+        <v>720</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>672</v>
+        <v>721</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>673</v>
+        <v>722</v>
       </c>
       <c r="H76" t="s">
-        <v>674</v>
+        <v>723</v>
       </c>
       <c r="I76" t="s">
-        <v>675</v>
+        <v>724</v>
       </c>
       <c r="J76" t="s">
+        <v>283</v>
+      </c>
+      <c r="K76" t="s">
+        <v>284</v>
+      </c>
+      <c r="L76" t="s">
+        <v>206</v>
+      </c>
+      <c r="M76" t="s">
+        <v>207</v>
+      </c>
+      <c r="N76" t="s">
         <v>285</v>
       </c>
-      <c r="K76" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O76" t="s">
-        <v>434</v>
+        <v>381</v>
       </c>
       <c r="P76" t="s">
-        <v>676</v>
+        <v>725</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B77" t="s">
-        <v>677</v>
+        <v>726</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>678</v>
+        <v>727</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>679</v>
+        <v>728</v>
       </c>
       <c r="H77" t="s">
-        <v>680</v>
+        <v>729</v>
       </c>
       <c r="I77" t="s">
-        <v>175</v>
+        <v>730</v>
       </c>
       <c r="J77" t="s">
-        <v>20</v>
+        <v>205</v>
       </c>
       <c r="K77" t="s">
-        <v>176</v>
+        <v>30</v>
       </c>
       <c r="L77" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M77" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N77" t="s">
-        <v>408</v>
+        <v>249</v>
       </c>
       <c r="O77" t="s">
-        <v>648</v>
+        <v>731</v>
       </c>
       <c r="P77" t="s">
-        <v>681</v>
+        <v>732</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B78" t="s">
-        <v>682</v>
+        <v>733</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>678</v>
+        <v>727</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>683</v>
+        <v>734</v>
       </c>
       <c r="H78" t="s">
-        <v>684</v>
+        <v>735</v>
       </c>
       <c r="I78" t="s">
-        <v>685</v>
+        <v>736</v>
       </c>
       <c r="J78" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="K78" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="L78" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M78" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N78" t="s">
-        <v>408</v>
+        <v>249</v>
       </c>
       <c r="O78" t="s">
-        <v>580</v>
+        <v>250</v>
       </c>
       <c r="P78" t="s">
-        <v>686</v>
+        <v>737</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B79" t="s">
-        <v>687</v>
+        <v>738</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>678</v>
+        <v>727</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>688</v>
+        <v>739</v>
       </c>
       <c r="H79" t="s">
-        <v>689</v>
+        <v>740</v>
       </c>
       <c r="I79" t="s">
-        <v>690</v>
+        <v>736</v>
       </c>
       <c r="J79" t="s">
-        <v>186</v>
+        <v>205</v>
       </c>
       <c r="K79" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
       <c r="L79" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M79" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N79" t="s">
-        <v>408</v>
+        <v>249</v>
       </c>
       <c r="O79" t="s">
-        <v>648</v>
+        <v>344</v>
       </c>
       <c r="P79" t="s">
-        <v>691</v>
+        <v>741</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B80" t="s">
-        <v>692</v>
+        <v>742</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>678</v>
+        <v>727</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>693</v>
+        <v>743</v>
       </c>
       <c r="H80" t="s">
-        <v>694</v>
+        <v>744</v>
       </c>
       <c r="I80" t="s">
-        <v>695</v>
+        <v>745</v>
       </c>
       <c r="J80" t="s">
-        <v>186</v>
+        <v>405</v>
       </c>
       <c r="K80" t="s">
-        <v>187</v>
+        <v>406</v>
       </c>
       <c r="L80" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M80" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N80" t="s">
-        <v>408</v>
+        <v>268</v>
       </c>
       <c r="O80" t="s">
-        <v>696</v>
+        <v>351</v>
       </c>
       <c r="P80" t="s">
-        <v>697</v>
+        <v>746</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B81" t="s">
-        <v>698</v>
+        <v>747</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>678</v>
+        <v>748</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>699</v>
+        <v>749</v>
       </c>
       <c r="H81" t="s">
-        <v>700</v>
+        <v>750</v>
       </c>
       <c r="I81" t="s">
-        <v>263</v>
+        <v>751</v>
       </c>
       <c r="J81" t="s">
-        <v>20</v>
+        <v>205</v>
       </c>
       <c r="K81" t="s">
-        <v>264</v>
+        <v>30</v>
       </c>
       <c r="L81" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M81" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N81" t="s">
-        <v>408</v>
+        <v>217</v>
       </c>
       <c r="O81" t="s">
-        <v>648</v>
+        <v>752</v>
       </c>
       <c r="P81" t="s">
-        <v>701</v>
+        <v>753</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B82" t="s">
-        <v>702</v>
+        <v>754</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>678</v>
+        <v>755</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>703</v>
+        <v>756</v>
       </c>
       <c r="H82" t="s">
-        <v>704</v>
+        <v>757</v>
       </c>
       <c r="I82" t="s">
-        <v>603</v>
+        <v>758</v>
       </c>
       <c r="J82" t="s">
-        <v>20</v>
+        <v>759</v>
       </c>
       <c r="K82" t="s">
-        <v>604</v>
+        <v>760</v>
       </c>
       <c r="L82" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M82" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N82" t="s">
-        <v>408</v>
+        <v>249</v>
       </c>
       <c r="O82" t="s">
-        <v>696</v>
+        <v>344</v>
       </c>
       <c r="P82" t="s">
-        <v>705</v>
+        <v>761</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B83" t="s">
-        <v>706</v>
+        <v>762</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>678</v>
+        <v>755</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>707</v>
+        <v>763</v>
       </c>
       <c r="H83" t="s">
-        <v>708</v>
+        <v>764</v>
       </c>
       <c r="I83" t="s">
-        <v>709</v>
+        <v>758</v>
       </c>
       <c r="J83" t="s">
-        <v>20</v>
+        <v>759</v>
       </c>
       <c r="K83" t="s">
-        <v>710</v>
+        <v>760</v>
       </c>
       <c r="L83" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M83" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N83" t="s">
-        <v>408</v>
+        <v>249</v>
       </c>
       <c r="O83" t="s">
-        <v>696</v>
+        <v>250</v>
       </c>
       <c r="P83" t="s">
-        <v>711</v>
+        <v>765</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B84" t="s">
-        <v>712</v>
+        <v>766</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>678</v>
+        <v>755</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>713</v>
+        <v>767</v>
       </c>
       <c r="H84" t="s">
-        <v>714</v>
+        <v>768</v>
       </c>
       <c r="I84" t="s">
-        <v>715</v>
+        <v>769</v>
       </c>
       <c r="J84" t="s">
-        <v>716</v>
+        <v>770</v>
       </c>
       <c r="K84" t="s">
-        <v>717</v>
+        <v>771</v>
       </c>
       <c r="L84" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M84" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N84" t="s">
-        <v>408</v>
+        <v>249</v>
       </c>
       <c r="O84" t="s">
-        <v>669</v>
+        <v>250</v>
       </c>
       <c r="P84" t="s">
-        <v>718</v>
+        <v>772</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B85" t="s">
-        <v>719</v>
+        <v>773</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>678</v>
+        <v>774</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>720</v>
+        <v>775</v>
       </c>
       <c r="H85" t="s">
-        <v>721</v>
+        <v>776</v>
       </c>
       <c r="I85" t="s">
-        <v>722</v>
+        <v>777</v>
       </c>
       <c r="J85" t="s">
-        <v>723</v>
+        <v>325</v>
       </c>
       <c r="K85" t="s">
-        <v>724</v>
+        <v>326</v>
       </c>
       <c r="L85" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M85" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="N85" t="s">
-        <v>408</v>
+        <v>239</v>
       </c>
       <c r="O85" t="s">
-        <v>669</v>
+        <v>398</v>
       </c>
       <c r="P85" t="s">
-        <v>725</v>
+        <v>778</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B86" t="s">
-        <v>726</v>
+        <v>779</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>678</v>
+        <v>780</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>727</v>
+        <v>781</v>
       </c>
       <c r="H86" t="s">
-        <v>728</v>
+        <v>782</v>
       </c>
       <c r="I86" t="s">
-        <v>729</v>
+        <v>783</v>
       </c>
       <c r="J86" t="s">
-        <v>406</v>
+        <v>247</v>
       </c>
       <c r="K86" t="s">
-        <v>407</v>
+        <v>248</v>
       </c>
       <c r="L86" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M86" t="s">
-        <v>167</v>
+        <v>207</v>
       </c>
       <c r="N86" t="s">
-        <v>178</v>
+        <v>217</v>
       </c>
       <c r="O86" t="s">
-        <v>305</v>
+        <v>752</v>
       </c>
       <c r="P86" t="s">
-        <v>730</v>
+        <v>784</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B87" t="s">
-        <v>731</v>
+        <v>785</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>732</v>
+        <v>780</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>733</v>
+        <v>786</v>
       </c>
       <c r="H87" t="s">
-        <v>734</v>
+        <v>787</v>
       </c>
       <c r="I87" t="s">
-        <v>396</v>
+        <v>570</v>
       </c>
       <c r="J87" t="s">
         <v>20</v>
       </c>
       <c r="K87" t="s">
-        <v>397</v>
+        <v>571</v>
       </c>
       <c r="L87" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M87" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N87" t="s">
-        <v>408</v>
+        <v>788</v>
       </c>
       <c r="O87" t="s">
-        <v>648</v>
+        <v>407</v>
       </c>
       <c r="P87" t="s">
-        <v>735</v>
+        <v>789</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B88" t="s">
-        <v>736</v>
+        <v>790</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>732</v>
+        <v>780</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>737</v>
+        <v>791</v>
       </c>
       <c r="H88" t="s">
-        <v>738</v>
+        <v>792</v>
       </c>
       <c r="I88" t="s">
-        <v>586</v>
+        <v>570</v>
       </c>
       <c r="J88" t="s">
         <v>20</v>
       </c>
       <c r="K88" t="s">
-        <v>587</v>
+        <v>571</v>
       </c>
       <c r="L88" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M88" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N88" t="s">
-        <v>408</v>
+        <v>788</v>
       </c>
       <c r="O88" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="P88" t="s">
-        <v>739</v>
+        <v>793</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B89" t="s">
-        <v>740</v>
+        <v>794</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>732</v>
+        <v>780</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>741</v>
+        <v>795</v>
       </c>
       <c r="H89" t="s">
-        <v>742</v>
+        <v>796</v>
       </c>
       <c r="I89" t="s">
-        <v>743</v>
+        <v>797</v>
       </c>
       <c r="J89" t="s">
-        <v>448</v>
+        <v>798</v>
       </c>
       <c r="K89" t="s">
-        <v>449</v>
+        <v>799</v>
       </c>
       <c r="L89" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M89" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N89" t="s">
-        <v>408</v>
+        <v>788</v>
       </c>
       <c r="O89" t="s">
-        <v>744</v>
+        <v>250</v>
       </c>
       <c r="P89" t="s">
-        <v>745</v>
+        <v>800</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B90" t="s">
-        <v>746</v>
+        <v>801</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>747</v>
+        <v>802</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>748</v>
+        <v>803</v>
       </c>
       <c r="H90" t="s">
-        <v>749</v>
+        <v>804</v>
       </c>
       <c r="I90" t="s">
-        <v>750</v>
+        <v>805</v>
       </c>
       <c r="J90" t="s">
-        <v>751</v>
+        <v>557</v>
       </c>
       <c r="K90" t="s">
-        <v>752</v>
+        <v>558</v>
       </c>
       <c r="L90" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M90" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="N90" t="s">
-        <v>178</v>
+        <v>249</v>
       </c>
       <c r="O90" t="s">
-        <v>305</v>
+        <v>344</v>
       </c>
       <c r="P90" t="s">
-        <v>753</v>
+        <v>806</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B91" t="s">
-        <v>754</v>
+        <v>807</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>755</v>
+        <v>802</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>756</v>
+        <v>808</v>
       </c>
       <c r="H91" t="s">
-        <v>757</v>
+        <v>809</v>
       </c>
       <c r="I91" t="s">
-        <v>758</v>
+        <v>805</v>
       </c>
       <c r="J91" t="s">
-        <v>759</v>
+        <v>557</v>
       </c>
       <c r="K91" t="s">
-        <v>760</v>
+        <v>558</v>
       </c>
       <c r="L91" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M91" t="s">
-        <v>167</v>
+        <v>238</v>
       </c>
       <c r="N91" t="s">
-        <v>178</v>
+        <v>249</v>
       </c>
       <c r="O91" t="s">
-        <v>305</v>
+        <v>250</v>
       </c>
       <c r="P91" t="s">
-        <v>761</v>
+        <v>810</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B92" t="s">
-        <v>762</v>
+        <v>811</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>763</v>
+        <v>812</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>764</v>
+        <v>813</v>
       </c>
       <c r="H92" t="s">
-        <v>765</v>
+        <v>814</v>
       </c>
       <c r="I92" t="s">
-        <v>766</v>
+        <v>815</v>
       </c>
       <c r="J92" t="s">
-        <v>175</v>
+        <v>20</v>
       </c>
       <c r="K92" t="s">
-        <v>176</v>
+        <v>816</v>
       </c>
       <c r="L92" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M92" t="s">
-        <v>188</v>
+        <v>259</v>
       </c>
       <c r="N92" t="s">
         <v>239</v>
       </c>
       <c r="O92" t="s">
-        <v>280</v>
+        <v>398</v>
       </c>
       <c r="P92" t="s">
-        <v>767</v>
+        <v>817</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B93" t="s">
-        <v>768</v>
+        <v>818</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>769</v>
+        <v>819</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>770</v>
+        <v>820</v>
       </c>
       <c r="H93" t="s">
-        <v>771</v>
+        <v>821</v>
       </c>
       <c r="I93" t="s">
-        <v>772</v>
+        <v>822</v>
       </c>
       <c r="J93" t="s">
-        <v>773</v>
+        <v>216</v>
       </c>
       <c r="K93" t="s">
-        <v>774</v>
+        <v>41</v>
       </c>
       <c r="L93" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M93" t="s">
-        <v>167</v>
+        <v>238</v>
       </c>
       <c r="N93" t="s">
-        <v>210</v>
+        <v>327</v>
       </c>
       <c r="O93" t="s">
-        <v>169</v>
+        <v>328</v>
       </c>
       <c r="P93" t="s">
-        <v>775</v>
+        <v>823</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B94" t="s">
-        <v>776</v>
+        <v>824</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>777</v>
+        <v>819</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>778</v>
+        <v>825</v>
       </c>
       <c r="H94" t="s">
-        <v>779</v>
+        <v>826</v>
       </c>
       <c r="I94" t="s">
-        <v>780</v>
+        <v>751</v>
       </c>
       <c r="J94" t="s">
-        <v>20</v>
+        <v>205</v>
       </c>
       <c r="K94" t="s">
-        <v>781</v>
+        <v>30</v>
       </c>
       <c r="L94" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M94" t="s">
-        <v>167</v>
+        <v>207</v>
       </c>
       <c r="N94" t="s">
-        <v>178</v>
+        <v>217</v>
       </c>
       <c r="O94" t="s">
-        <v>305</v>
+        <v>407</v>
       </c>
       <c r="P94" t="s">
-        <v>782</v>
+        <v>827</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B95" t="s">
-        <v>783</v>
+        <v>828</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>784</v>
+        <v>829</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>785</v>
+        <v>830</v>
       </c>
       <c r="H95" t="s">
-        <v>786</v>
+        <v>831</v>
       </c>
       <c r="I95" t="s">
-        <v>787</v>
+        <v>832</v>
       </c>
       <c r="J95" t="s">
-        <v>197</v>
+        <v>833</v>
       </c>
       <c r="K95" t="s">
-        <v>52</v>
+        <v>834</v>
       </c>
       <c r="L95" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M95" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N95" t="s">
-        <v>198</v>
+        <v>285</v>
       </c>
       <c r="O95" t="s">
-        <v>788</v>
+        <v>381</v>
       </c>
       <c r="P95" t="s">
-        <v>789</v>
+        <v>835</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B96" t="s">
-        <v>790</v>
+        <v>836</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>791</v>
+        <v>837</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>792</v>
+        <v>838</v>
       </c>
       <c r="H96" t="s">
-        <v>793</v>
+        <v>839</v>
       </c>
       <c r="I96" t="s">
-        <v>794</v>
+        <v>840</v>
       </c>
       <c r="J96" t="s">
-        <v>186</v>
+        <v>205</v>
       </c>
       <c r="K96" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
       <c r="L96" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M96" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="N96" t="s">
-        <v>408</v>
+        <v>217</v>
       </c>
       <c r="O96" t="s">
-        <v>696</v>
+        <v>646</v>
       </c>
       <c r="P96" t="s">
-        <v>795</v>
+        <v>841</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B97" t="s">
-        <v>796</v>
+        <v>842</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>797</v>
+        <v>843</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>798</v>
+        <v>844</v>
       </c>
       <c r="H97" t="s">
-        <v>799</v>
+        <v>845</v>
       </c>
       <c r="I97" t="s">
-        <v>675</v>
+        <v>846</v>
       </c>
       <c r="J97" t="s">
-        <v>285</v>
+        <v>429</v>
       </c>
       <c r="K97" t="s">
-        <v>52</v>
+        <v>430</v>
       </c>
       <c r="L97" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M97" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N97" t="s">
-        <v>210</v>
+        <v>249</v>
       </c>
       <c r="O97" t="s">
-        <v>800</v>
+        <v>311</v>
       </c>
       <c r="P97" t="s">
-        <v>801</v>
+        <v>847</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B98" t="s">
-        <v>802</v>
+        <v>848</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>803</v>
+        <v>849</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>804</v>
+        <v>850</v>
       </c>
       <c r="H98" t="s">
-        <v>805</v>
+        <v>851</v>
       </c>
       <c r="I98" t="s">
-        <v>675</v>
+        <v>852</v>
       </c>
       <c r="J98" t="s">
-        <v>285</v>
+        <v>247</v>
       </c>
       <c r="K98" t="s">
-        <v>52</v>
+        <v>248</v>
       </c>
       <c r="L98" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M98" t="s">
-        <v>188</v>
+        <v>259</v>
       </c>
       <c r="N98" t="s">
-        <v>189</v>
+        <v>239</v>
       </c>
       <c r="O98" t="s">
-        <v>190</v>
+        <v>398</v>
       </c>
       <c r="P98" t="s">
-        <v>806</v>
+        <v>853</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B99" t="s">
-        <v>807</v>
+        <v>854</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>808</v>
+        <v>855</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>809</v>
+        <v>856</v>
       </c>
       <c r="H99" t="s">
-        <v>810</v>
+        <v>857</v>
       </c>
       <c r="I99" t="s">
-        <v>811</v>
+        <v>858</v>
       </c>
       <c r="J99" t="s">
-        <v>812</v>
+        <v>717</v>
       </c>
       <c r="K99" t="s">
-        <v>813</v>
+        <v>718</v>
       </c>
       <c r="L99" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M99" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="N99" t="s">
-        <v>408</v>
+        <v>239</v>
       </c>
       <c r="O99" t="s">
-        <v>669</v>
+        <v>398</v>
       </c>
       <c r="P99" t="s">
-        <v>814</v>
+        <v>859</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B100" t="s">
-        <v>815</v>
+        <v>860</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>816</v>
+        <v>855</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>817</v>
+        <v>861</v>
       </c>
       <c r="H100" t="s">
-        <v>818</v>
+        <v>862</v>
       </c>
       <c r="I100" t="s">
-        <v>812</v>
+        <v>717</v>
       </c>
       <c r="J100" t="s">
         <v>20</v>
       </c>
       <c r="K100" t="s">
-        <v>813</v>
+        <v>718</v>
       </c>
       <c r="L100" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M100" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="N100" t="s">
-        <v>408</v>
+        <v>239</v>
       </c>
       <c r="O100" t="s">
-        <v>580</v>
+        <v>240</v>
       </c>
       <c r="P100" t="s">
-        <v>819</v>
+        <v>863</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B101" t="s">
-        <v>820</v>
+        <v>864</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>821</v>
+        <v>865</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>822</v>
+        <v>866</v>
       </c>
       <c r="H101" t="s">
-        <v>823</v>
+        <v>867</v>
       </c>
       <c r="I101" t="s">
-        <v>824</v>
+        <v>868</v>
       </c>
       <c r="J101" t="s">
-        <v>271</v>
+        <v>20</v>
       </c>
       <c r="K101" t="s">
-        <v>52</v>
+        <v>869</v>
       </c>
       <c r="L101" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M101" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="N101" t="s">
-        <v>198</v>
+        <v>239</v>
       </c>
       <c r="O101" t="s">
-        <v>825</v>
+        <v>240</v>
       </c>
       <c r="P101" t="s">
-        <v>826</v>
+        <v>870</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B102" t="s">
-        <v>827</v>
+        <v>871</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>821</v>
+        <v>872</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>828</v>
+        <v>873</v>
       </c>
       <c r="H102" t="s">
-        <v>829</v>
+        <v>874</v>
       </c>
       <c r="I102" t="s">
-        <v>830</v>
+        <v>875</v>
       </c>
       <c r="J102" t="s">
-        <v>263</v>
+        <v>446</v>
       </c>
       <c r="K102" t="s">
-        <v>264</v>
+        <v>447</v>
       </c>
       <c r="L102" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M102" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N102" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="O102" t="s">
-        <v>788</v>
+        <v>876</v>
       </c>
       <c r="P102" t="s">
-        <v>831</v>
+        <v>877</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B103" t="s">
-        <v>827</v>
+        <v>878</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>821</v>
+        <v>872</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>832</v>
+        <v>879</v>
       </c>
       <c r="H103" t="s">
-        <v>833</v>
+        <v>880</v>
       </c>
       <c r="I103" t="s">
-        <v>834</v>
+        <v>881</v>
       </c>
       <c r="J103" t="s">
-        <v>175</v>
+        <v>205</v>
       </c>
       <c r="K103" t="s">
-        <v>176</v>
+        <v>30</v>
       </c>
       <c r="L103" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M103" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N103" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="O103" t="s">
-        <v>788</v>
+        <v>882</v>
       </c>
       <c r="P103" t="s">
-        <v>835</v>
+        <v>883</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B104" t="s">
-        <v>836</v>
+        <v>884</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>837</v>
+        <v>872</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>838</v>
+        <v>885</v>
       </c>
       <c r="H104" t="s">
-        <v>839</v>
+        <v>886</v>
       </c>
       <c r="I104" t="s">
-        <v>840</v>
+        <v>887</v>
       </c>
       <c r="J104" t="s">
-        <v>841</v>
+        <v>446</v>
       </c>
       <c r="K104" t="s">
-        <v>842</v>
+        <v>447</v>
       </c>
       <c r="L104" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M104" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N104" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="O104" t="s">
-        <v>169</v>
+        <v>752</v>
       </c>
       <c r="P104" t="s">
-        <v>843</v>
+        <v>888</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B105" t="s">
-        <v>844</v>
+        <v>889</v>
       </c>
       <c r="C105" t="s">
         <v>20</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
-        <v>845</v>
+        <v>872</v>
       </c>
       <c r="F105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
-        <v>846</v>
+        <v>890</v>
       </c>
       <c r="H105" t="s">
-        <v>847</v>
+        <v>891</v>
       </c>
       <c r="I105" t="s">
-        <v>848</v>
+        <v>875</v>
       </c>
       <c r="J105" t="s">
-        <v>849</v>
+        <v>446</v>
       </c>
       <c r="K105" t="s">
-        <v>850</v>
+        <v>447</v>
       </c>
       <c r="L105" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M105" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N105" t="s">
-        <v>178</v>
+        <v>217</v>
       </c>
       <c r="O105" t="s">
-        <v>305</v>
+        <v>892</v>
       </c>
       <c r="P105" t="s">
-        <v>851</v>
+        <v>893</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B106" t="s">
-        <v>852</v>
+        <v>894</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>845</v>
+        <v>872</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>853</v>
+        <v>895</v>
       </c>
       <c r="H106" t="s">
-        <v>854</v>
+        <v>896</v>
       </c>
       <c r="I106" t="s">
-        <v>603</v>
+        <v>881</v>
       </c>
       <c r="J106" t="s">
-        <v>20</v>
+        <v>205</v>
       </c>
       <c r="K106" t="s">
-        <v>604</v>
+        <v>30</v>
       </c>
       <c r="L106" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M106" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N106" t="s">
-        <v>178</v>
+        <v>217</v>
       </c>
       <c r="O106" t="s">
-        <v>305</v>
+        <v>224</v>
       </c>
       <c r="P106" t="s">
-        <v>855</v>
+        <v>897</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B107" t="s">
-        <v>856</v>
+        <v>898</v>
       </c>
       <c r="C107" t="s">
         <v>20</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
-        <v>845</v>
+        <v>899</v>
       </c>
       <c r="F107" t="s">
         <v>20</v>
       </c>
       <c r="G107" t="s">
-        <v>857</v>
+        <v>900</v>
       </c>
       <c r="H107" t="s">
-        <v>858</v>
+        <v>901</v>
       </c>
       <c r="I107" t="s">
-        <v>859</v>
+        <v>902</v>
       </c>
       <c r="J107" t="s">
-        <v>263</v>
+        <v>358</v>
       </c>
       <c r="K107" t="s">
-        <v>264</v>
+        <v>30</v>
       </c>
       <c r="L107" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M107" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N107" t="s">
-        <v>178</v>
+        <v>431</v>
       </c>
       <c r="O107" t="s">
-        <v>305</v>
+        <v>432</v>
       </c>
       <c r="P107" t="s">
-        <v>860</v>
+        <v>903</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B108" t="s">
-        <v>861</v>
+        <v>904</v>
       </c>
       <c r="C108" t="s">
         <v>20</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108" t="s">
-        <v>862</v>
+        <v>905</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
-        <v>863</v>
+        <v>906</v>
       </c>
       <c r="H108" t="s">
-        <v>864</v>
+        <v>907</v>
       </c>
       <c r="I108" t="s">
-        <v>865</v>
+        <v>908</v>
       </c>
       <c r="J108" t="s">
-        <v>271</v>
+        <v>205</v>
       </c>
       <c r="K108" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="L108" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M108" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N108" t="s">
-        <v>433</v>
+        <v>217</v>
       </c>
       <c r="O108" t="s">
-        <v>434</v>
+        <v>876</v>
       </c>
       <c r="P108" t="s">
-        <v>866</v>
+        <v>909</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B109" t="s">
-        <v>867</v>
+        <v>910</v>
       </c>
       <c r="C109" t="s">
         <v>20</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109" t="s">
-        <v>862</v>
+        <v>905</v>
       </c>
       <c r="F109" t="s">
         <v>20</v>
       </c>
       <c r="G109" t="s">
-        <v>868</v>
+        <v>911</v>
       </c>
       <c r="H109" t="s">
-        <v>869</v>
+        <v>912</v>
       </c>
       <c r="I109" t="s">
-        <v>870</v>
+        <v>275</v>
       </c>
       <c r="J109" t="s">
-        <v>271</v>
+        <v>20</v>
       </c>
       <c r="K109" t="s">
-        <v>52</v>
+        <v>276</v>
       </c>
       <c r="L109" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M109" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N109" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="O109" t="s">
-        <v>800</v>
+        <v>876</v>
       </c>
       <c r="P109" t="s">
-        <v>871</v>
+        <v>913</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B110" t="s">
-        <v>872</v>
+        <v>914</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>873</v>
+        <v>905</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>874</v>
+        <v>915</v>
       </c>
       <c r="H110" t="s">
-        <v>875</v>
+        <v>916</v>
       </c>
       <c r="I110" t="s">
-        <v>876</v>
+        <v>917</v>
       </c>
       <c r="J110" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="K110" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="L110" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M110" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N110" t="s">
-        <v>239</v>
+        <v>217</v>
       </c>
       <c r="O110" t="s">
-        <v>539</v>
+        <v>646</v>
       </c>
       <c r="P110" t="s">
-        <v>877</v>
+        <v>918</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B111" t="s">
-        <v>878</v>
+        <v>919</v>
       </c>
       <c r="C111" t="s">
         <v>20</v>
       </c>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111" t="s">
-        <v>879</v>
+        <v>905</v>
       </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
-        <v>880</v>
+        <v>920</v>
       </c>
       <c r="H111" t="s">
-        <v>881</v>
+        <v>921</v>
       </c>
       <c r="I111" t="s">
-        <v>812</v>
+        <v>922</v>
       </c>
       <c r="J111" t="s">
-        <v>20</v>
+        <v>293</v>
       </c>
       <c r="K111" t="s">
-        <v>813</v>
+        <v>294</v>
       </c>
       <c r="L111" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M111" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N111" t="s">
-        <v>408</v>
+        <v>217</v>
       </c>
       <c r="O111" t="s">
-        <v>550</v>
+        <v>876</v>
       </c>
       <c r="P111" t="s">
-        <v>882</v>
+        <v>923</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B112" t="s">
-        <v>883</v>
+        <v>924</v>
       </c>
       <c r="C112" t="s">
         <v>20</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>884</v>
+        <v>905</v>
       </c>
       <c r="F112" t="s">
         <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>885</v>
+        <v>925</v>
       </c>
       <c r="H112" t="s">
-        <v>886</v>
+        <v>926</v>
       </c>
       <c r="I112" t="s">
-        <v>887</v>
+        <v>927</v>
       </c>
       <c r="J112" t="s">
-        <v>197</v>
+        <v>293</v>
       </c>
       <c r="K112" t="s">
-        <v>52</v>
+        <v>294</v>
       </c>
       <c r="L112" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M112" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N112" t="s">
-        <v>433</v>
+        <v>217</v>
       </c>
       <c r="O112" t="s">
-        <v>434</v>
+        <v>218</v>
       </c>
       <c r="P112" t="s">
-        <v>888</v>
+        <v>928</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B113" t="s">
-        <v>889</v>
+        <v>929</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113" t="s">
-        <v>890</v>
+        <v>905</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
-        <v>891</v>
+        <v>930</v>
       </c>
       <c r="H113" t="s">
-        <v>892</v>
+        <v>931</v>
       </c>
       <c r="I113" t="s">
-        <v>893</v>
+        <v>318</v>
       </c>
       <c r="J113" t="s">
-        <v>894</v>
+        <v>20</v>
       </c>
       <c r="K113" t="s">
-        <v>895</v>
+        <v>319</v>
       </c>
       <c r="L113" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M113" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="N113" t="s">
-        <v>178</v>
+        <v>217</v>
       </c>
       <c r="O113" t="s">
-        <v>179</v>
+        <v>876</v>
       </c>
       <c r="P113" t="s">
-        <v>896</v>
+        <v>932</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>158</v>
+        <v>199</v>
       </c>
       <c r="B114" t="s">
-        <v>897</v>
+        <v>933</v>
       </c>
       <c r="C114" t="s">
         <v>20</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>899</v>
+        <v>934</v>
       </c>
       <c r="H114" t="s">
-        <v>900</v>
+        <v>935</v>
       </c>
       <c r="I114" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="J114" t="s">
-        <v>812</v>
+        <v>20</v>
       </c>
       <c r="K114" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="L114" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="M114" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="N114" t="s">
-        <v>408</v>
+        <v>217</v>
       </c>
       <c r="O114" t="s">
-        <v>654</v>
+        <v>218</v>
       </c>
       <c r="P114" t="s">
-        <v>901</v>
+        <v>936</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>199</v>
+      </c>
+      <c r="B115" t="s">
+        <v>937</v>
+      </c>
+      <c r="C115" t="s">
+        <v>20</v>
+      </c>
+      <c r="D115" t="s">
+        <v>20</v>
+      </c>
+      <c r="E115" t="s">
+        <v>905</v>
+      </c>
+      <c r="F115" t="s">
+        <v>20</v>
+      </c>
+      <c r="G115" t="s">
+        <v>938</v>
+      </c>
+      <c r="H115" t="s">
+        <v>939</v>
+      </c>
+      <c r="I115" t="s">
+        <v>940</v>
+      </c>
+      <c r="J115" t="s">
+        <v>20</v>
+      </c>
+      <c r="K115" t="s">
+        <v>941</v>
+      </c>
+      <c r="L115" t="s">
+        <v>206</v>
+      </c>
+      <c r="M115" t="s">
+        <v>207</v>
+      </c>
+      <c r="N115" t="s">
+        <v>217</v>
+      </c>
+      <c r="O115" t="s">
+        <v>218</v>
+      </c>
+      <c r="P115" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>199</v>
+      </c>
+      <c r="B116" t="s">
+        <v>943</v>
+      </c>
+      <c r="C116" t="s">
+        <v>20</v>
+      </c>
+      <c r="D116" t="s">
+        <v>20</v>
+      </c>
+      <c r="E116" t="s">
+        <v>905</v>
+      </c>
+      <c r="F116" t="s">
+        <v>20</v>
+      </c>
+      <c r="G116" t="s">
+        <v>944</v>
+      </c>
+      <c r="H116" t="s">
+        <v>945</v>
+      </c>
+      <c r="I116" t="s">
+        <v>946</v>
+      </c>
+      <c r="J116" t="s">
+        <v>947</v>
+      </c>
+      <c r="K116" t="s">
+        <v>948</v>
+      </c>
+      <c r="L116" t="s">
+        <v>206</v>
+      </c>
+      <c r="M116" t="s">
+        <v>207</v>
+      </c>
+      <c r="N116" t="s">
+        <v>217</v>
+      </c>
+      <c r="O116" t="s">
+        <v>224</v>
+      </c>
+      <c r="P116" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>199</v>
+      </c>
+      <c r="B117" t="s">
+        <v>950</v>
+      </c>
+      <c r="C117" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" t="s">
+        <v>20</v>
+      </c>
+      <c r="E117" t="s">
+        <v>905</v>
+      </c>
+      <c r="F117" t="s">
+        <v>20</v>
+      </c>
+      <c r="G117" t="s">
+        <v>951</v>
+      </c>
+      <c r="H117" t="s">
+        <v>952</v>
+      </c>
+      <c r="I117" t="s">
+        <v>953</v>
+      </c>
+      <c r="J117" t="s">
+        <v>954</v>
+      </c>
+      <c r="K117" t="s">
+        <v>955</v>
+      </c>
+      <c r="L117" t="s">
+        <v>206</v>
+      </c>
+      <c r="M117" t="s">
+        <v>207</v>
+      </c>
+      <c r="N117" t="s">
+        <v>217</v>
+      </c>
+      <c r="O117" t="s">
+        <v>224</v>
+      </c>
+      <c r="P117" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>199</v>
+      </c>
+      <c r="B118" t="s">
+        <v>957</v>
+      </c>
+      <c r="C118" t="s">
+        <v>20</v>
+      </c>
+      <c r="D118" t="s">
+        <v>20</v>
+      </c>
+      <c r="E118" t="s">
+        <v>905</v>
+      </c>
+      <c r="F118" t="s">
+        <v>20</v>
+      </c>
+      <c r="G118" t="s">
+        <v>958</v>
+      </c>
+      <c r="H118" t="s">
+        <v>959</v>
+      </c>
+      <c r="I118" t="s">
+        <v>960</v>
+      </c>
+      <c r="J118" t="s">
+        <v>405</v>
+      </c>
+      <c r="K118" t="s">
+        <v>406</v>
+      </c>
+      <c r="L118" t="s">
+        <v>206</v>
+      </c>
+      <c r="M118" t="s">
+        <v>259</v>
+      </c>
+      <c r="N118" t="s">
+        <v>239</v>
+      </c>
+      <c r="O118" t="s">
+        <v>398</v>
+      </c>
+      <c r="P118" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>199</v>
+      </c>
+      <c r="B119" t="s">
+        <v>962</v>
+      </c>
+      <c r="C119" t="s">
+        <v>20</v>
+      </c>
+      <c r="D119" t="s">
+        <v>20</v>
+      </c>
+      <c r="E119" t="s">
+        <v>963</v>
+      </c>
+      <c r="F119" t="s">
+        <v>20</v>
+      </c>
+      <c r="G119" t="s">
+        <v>964</v>
+      </c>
+      <c r="H119" t="s">
+        <v>965</v>
+      </c>
+      <c r="I119" t="s">
+        <v>275</v>
+      </c>
+      <c r="J119" t="s">
+        <v>20</v>
+      </c>
+      <c r="K119" t="s">
+        <v>276</v>
+      </c>
+      <c r="L119" t="s">
+        <v>206</v>
+      </c>
+      <c r="M119" t="s">
+        <v>207</v>
+      </c>
+      <c r="N119" t="s">
+        <v>217</v>
+      </c>
+      <c r="O119" t="s">
+        <v>224</v>
+      </c>
+      <c r="P119" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>199</v>
+      </c>
+      <c r="B120" t="s">
+        <v>967</v>
+      </c>
+      <c r="C120" t="s">
+        <v>20</v>
+      </c>
+      <c r="D120" t="s">
+        <v>20</v>
+      </c>
+      <c r="E120" t="s">
+        <v>963</v>
+      </c>
+      <c r="F120" t="s">
+        <v>20</v>
+      </c>
+      <c r="G120" t="s">
+        <v>968</v>
+      </c>
+      <c r="H120" t="s">
+        <v>969</v>
+      </c>
+      <c r="I120" t="s">
+        <v>325</v>
+      </c>
+      <c r="J120" t="s">
+        <v>20</v>
+      </c>
+      <c r="K120" t="s">
+        <v>326</v>
+      </c>
+      <c r="L120" t="s">
+        <v>206</v>
+      </c>
+      <c r="M120" t="s">
+        <v>207</v>
+      </c>
+      <c r="N120" t="s">
+        <v>217</v>
+      </c>
+      <c r="O120" t="s">
+        <v>876</v>
+      </c>
+      <c r="P120" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>199</v>
+      </c>
+      <c r="B121" t="s">
+        <v>971</v>
+      </c>
+      <c r="C121" t="s">
+        <v>20</v>
+      </c>
+      <c r="D121" t="s">
+        <v>20</v>
+      </c>
+      <c r="E121" t="s">
+        <v>963</v>
+      </c>
+      <c r="F121" t="s">
+        <v>20</v>
+      </c>
+      <c r="G121" t="s">
+        <v>972</v>
+      </c>
+      <c r="H121" t="s">
+        <v>973</v>
+      </c>
+      <c r="I121" t="s">
+        <v>798</v>
+      </c>
+      <c r="J121" t="s">
+        <v>20</v>
+      </c>
+      <c r="K121" t="s">
+        <v>799</v>
+      </c>
+      <c r="L121" t="s">
+        <v>206</v>
+      </c>
+      <c r="M121" t="s">
+        <v>207</v>
+      </c>
+      <c r="N121" t="s">
+        <v>217</v>
+      </c>
+      <c r="O121" t="s">
+        <v>876</v>
+      </c>
+      <c r="P121" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>199</v>
+      </c>
+      <c r="B122" t="s">
+        <v>975</v>
+      </c>
+      <c r="C122" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" t="s">
+        <v>20</v>
+      </c>
+      <c r="E122" t="s">
+        <v>963</v>
+      </c>
+      <c r="F122" t="s">
+        <v>20</v>
+      </c>
+      <c r="G122" t="s">
+        <v>976</v>
+      </c>
+      <c r="H122" t="s">
+        <v>977</v>
+      </c>
+      <c r="I122" t="s">
+        <v>978</v>
+      </c>
+      <c r="J122" t="s">
+        <v>446</v>
+      </c>
+      <c r="K122" t="s">
+        <v>447</v>
+      </c>
+      <c r="L122" t="s">
+        <v>206</v>
+      </c>
+      <c r="M122" t="s">
+        <v>207</v>
+      </c>
+      <c r="N122" t="s">
+        <v>217</v>
+      </c>
+      <c r="O122" t="s">
+        <v>979</v>
+      </c>
+      <c r="P122" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>199</v>
+      </c>
+      <c r="B123" t="s">
+        <v>981</v>
+      </c>
+      <c r="C123" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" t="s">
+        <v>20</v>
+      </c>
+      <c r="E123" t="s">
+        <v>982</v>
+      </c>
+      <c r="F123" t="s">
+        <v>20</v>
+      </c>
+      <c r="G123" t="s">
+        <v>983</v>
+      </c>
+      <c r="H123" t="s">
+        <v>984</v>
+      </c>
+      <c r="I123" t="s">
+        <v>985</v>
+      </c>
+      <c r="J123" t="s">
+        <v>986</v>
+      </c>
+      <c r="K123" t="s">
+        <v>987</v>
+      </c>
+      <c r="L123" t="s">
+        <v>206</v>
+      </c>
+      <c r="M123" t="s">
+        <v>259</v>
+      </c>
+      <c r="N123" t="s">
+        <v>239</v>
+      </c>
+      <c r="O123" t="s">
+        <v>398</v>
+      </c>
+      <c r="P123" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>199</v>
+      </c>
+      <c r="B124" t="s">
+        <v>989</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" t="s">
+        <v>20</v>
+      </c>
+      <c r="E124" t="s">
+        <v>990</v>
+      </c>
+      <c r="F124" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" t="s">
+        <v>991</v>
+      </c>
+      <c r="H124" t="s">
+        <v>992</v>
+      </c>
+      <c r="I124" t="s">
+        <v>993</v>
+      </c>
+      <c r="J124" t="s">
+        <v>275</v>
+      </c>
+      <c r="K124" t="s">
+        <v>276</v>
+      </c>
+      <c r="L124" t="s">
+        <v>206</v>
+      </c>
+      <c r="M124" t="s">
+        <v>207</v>
+      </c>
+      <c r="N124" t="s">
+        <v>249</v>
+      </c>
+      <c r="O124" t="s">
+        <v>344</v>
+      </c>
+      <c r="P124" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>199</v>
+      </c>
+      <c r="B125" t="s">
+        <v>995</v>
+      </c>
+      <c r="C125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" t="s">
+        <v>20</v>
+      </c>
+      <c r="E125" t="s">
+        <v>990</v>
+      </c>
+      <c r="F125" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" t="s">
+        <v>996</v>
+      </c>
+      <c r="H125" t="s">
+        <v>997</v>
+      </c>
+      <c r="I125" t="s">
+        <v>998</v>
+      </c>
+      <c r="J125" t="s">
+        <v>516</v>
+      </c>
+      <c r="K125" t="s">
+        <v>517</v>
+      </c>
+      <c r="L125" t="s">
+        <v>206</v>
+      </c>
+      <c r="M125" t="s">
+        <v>207</v>
+      </c>
+      <c r="N125" t="s">
+        <v>249</v>
+      </c>
+      <c r="O125" t="s">
+        <v>344</v>
+      </c>
+      <c r="P125" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>199</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C126" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" t="s">
+        <v>20</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F126" t="s">
+        <v>20</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1002</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1003</v>
+      </c>
+      <c r="I126" t="s">
+        <v>1004</v>
+      </c>
+      <c r="J126" t="s">
+        <v>1005</v>
+      </c>
+      <c r="K126" t="s">
+        <v>1006</v>
+      </c>
+      <c r="L126" t="s">
+        <v>206</v>
+      </c>
+      <c r="M126" t="s">
+        <v>259</v>
+      </c>
+      <c r="N126" t="s">
+        <v>285</v>
+      </c>
+      <c r="O126" t="s">
+        <v>261</v>
+      </c>
+      <c r="P126" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>199</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C127" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>20</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F127" t="s">
+        <v>20</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1010</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1011</v>
+      </c>
+      <c r="J127" t="s">
+        <v>1012</v>
+      </c>
+      <c r="K127" t="s">
+        <v>1013</v>
+      </c>
+      <c r="L127" t="s">
+        <v>206</v>
+      </c>
+      <c r="M127" t="s">
+        <v>259</v>
+      </c>
+      <c r="N127" t="s">
+        <v>285</v>
+      </c>
+      <c r="O127" t="s">
+        <v>261</v>
+      </c>
+      <c r="P127" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>199</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C128" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" t="s">
+        <v>20</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F128" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1017</v>
+      </c>
+      <c r="I128" t="s">
+        <v>1018</v>
+      </c>
+      <c r="J128" t="s">
+        <v>1019</v>
+      </c>
+      <c r="K128" t="s">
+        <v>1020</v>
+      </c>
+      <c r="L128" t="s">
+        <v>206</v>
+      </c>
+      <c r="M128" t="s">
+        <v>259</v>
+      </c>
+      <c r="N128" t="s">
+        <v>285</v>
+      </c>
+      <c r="O128" t="s">
+        <v>261</v>
+      </c>
+      <c r="P128" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>199</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C129" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" t="s">
+        <v>20</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F129" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H129" t="s">
+        <v>1025</v>
+      </c>
+      <c r="I129" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J129" t="s">
+        <v>20</v>
+      </c>
+      <c r="K129" t="s">
+        <v>1027</v>
+      </c>
+      <c r="L129" t="s">
+        <v>206</v>
+      </c>
+      <c r="M129" t="s">
+        <v>259</v>
+      </c>
+      <c r="N129" t="s">
+        <v>239</v>
+      </c>
+      <c r="O129" t="s">
+        <v>398</v>
+      </c>
+      <c r="P129" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>199</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C130" t="s">
+        <v>20</v>
+      </c>
+      <c r="D130" t="s">
+        <v>20</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F130" t="s">
+        <v>20</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1032</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1033</v>
+      </c>
+      <c r="J130" t="s">
+        <v>759</v>
+      </c>
+      <c r="K130" t="s">
+        <v>760</v>
+      </c>
+      <c r="L130" t="s">
+        <v>206</v>
+      </c>
+      <c r="M130" t="s">
+        <v>259</v>
+      </c>
+      <c r="N130" t="s">
+        <v>239</v>
+      </c>
+      <c r="O130" t="s">
+        <v>398</v>
+      </c>
+      <c r="P130" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>199</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C131" t="s">
+        <v>20</v>
+      </c>
+      <c r="D131" t="s">
+        <v>20</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F131" t="s">
+        <v>20</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1037</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1038</v>
+      </c>
+      <c r="J131" t="s">
+        <v>205</v>
+      </c>
+      <c r="K131" t="s">
+        <v>30</v>
+      </c>
+      <c r="L131" t="s">
+        <v>206</v>
+      </c>
+      <c r="M131" t="s">
+        <v>238</v>
+      </c>
+      <c r="N131" t="s">
+        <v>208</v>
+      </c>
+      <c r="O131" t="s">
+        <v>209</v>
+      </c>
+      <c r="P131" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>199</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C132" t="s">
+        <v>20</v>
+      </c>
+      <c r="D132" t="s">
+        <v>20</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1041</v>
+      </c>
+      <c r="F132" t="s">
+        <v>20</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1043</v>
+      </c>
+      <c r="I132" t="s">
+        <v>1044</v>
+      </c>
+      <c r="J132" t="s">
+        <v>293</v>
+      </c>
+      <c r="K132" t="s">
+        <v>294</v>
+      </c>
+      <c r="L132" t="s">
+        <v>206</v>
+      </c>
+      <c r="M132" t="s">
+        <v>207</v>
+      </c>
+      <c r="N132" t="s">
+        <v>217</v>
+      </c>
+      <c r="O132" t="s">
+        <v>218</v>
+      </c>
+      <c r="P132" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>199</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C133" t="s">
+        <v>20</v>
+      </c>
+      <c r="D133" t="s">
+        <v>20</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F133" t="s">
+        <v>20</v>
+      </c>
+      <c r="G133" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H133" t="s">
+        <v>1049</v>
+      </c>
+      <c r="I133" t="s">
+        <v>902</v>
+      </c>
+      <c r="J133" t="s">
+        <v>358</v>
+      </c>
+      <c r="K133" t="s">
+        <v>30</v>
+      </c>
+      <c r="L133" t="s">
+        <v>206</v>
+      </c>
+      <c r="M133" t="s">
+        <v>207</v>
+      </c>
+      <c r="N133" t="s">
+        <v>285</v>
+      </c>
+      <c r="O133" t="s">
+        <v>1050</v>
+      </c>
+      <c r="P133" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>199</v>
+      </c>
+      <c r="B134" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C134" t="s">
+        <v>20</v>
+      </c>
+      <c r="D134" t="s">
+        <v>20</v>
+      </c>
+      <c r="E134" t="s">
+        <v>1053</v>
+      </c>
+      <c r="F134" t="s">
+        <v>20</v>
+      </c>
+      <c r="G134" t="s">
+        <v>1054</v>
+      </c>
+      <c r="H134" t="s">
+        <v>1055</v>
+      </c>
+      <c r="I134" t="s">
+        <v>1056</v>
+      </c>
+      <c r="J134" t="s">
+        <v>405</v>
+      </c>
+      <c r="K134" t="s">
+        <v>406</v>
+      </c>
+      <c r="L134" t="s">
+        <v>206</v>
+      </c>
+      <c r="M134" t="s">
+        <v>238</v>
+      </c>
+      <c r="N134" t="s">
+        <v>239</v>
+      </c>
+      <c r="O134" t="s">
+        <v>240</v>
+      </c>
+      <c r="P134" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>199</v>
+      </c>
+      <c r="B135" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C135" t="s">
+        <v>20</v>
+      </c>
+      <c r="D135" t="s">
+        <v>20</v>
+      </c>
+      <c r="E135" t="s">
+        <v>1059</v>
+      </c>
+      <c r="F135" t="s">
+        <v>20</v>
+      </c>
+      <c r="G135" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H135" t="s">
+        <v>1061</v>
+      </c>
+      <c r="I135" t="s">
+        <v>902</v>
+      </c>
+      <c r="J135" t="s">
+        <v>358</v>
+      </c>
+      <c r="K135" t="s">
+        <v>30</v>
+      </c>
+      <c r="L135" t="s">
+        <v>206</v>
+      </c>
+      <c r="M135" t="s">
+        <v>207</v>
+      </c>
+      <c r="N135" t="s">
+        <v>268</v>
+      </c>
+      <c r="O135" t="s">
+        <v>351</v>
+      </c>
+      <c r="P135" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>199</v>
+      </c>
+      <c r="B136" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C136" t="s">
+        <v>20</v>
+      </c>
+      <c r="D136" t="s">
+        <v>20</v>
+      </c>
+      <c r="E136" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F136" t="s">
+        <v>20</v>
+      </c>
+      <c r="G136" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H136" t="s">
+        <v>1066</v>
+      </c>
+      <c r="I136" t="s">
+        <v>1067</v>
+      </c>
+      <c r="J136" t="s">
+        <v>1068</v>
+      </c>
+      <c r="K136" t="s">
+        <v>1069</v>
+      </c>
+      <c r="L136" t="s">
+        <v>206</v>
+      </c>
+      <c r="M136" t="s">
+        <v>207</v>
+      </c>
+      <c r="N136" t="s">
+        <v>217</v>
+      </c>
+      <c r="O136" t="s">
+        <v>224</v>
+      </c>
+      <c r="P136" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>199</v>
+      </c>
+      <c r="B137" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C137" t="s">
+        <v>20</v>
+      </c>
+      <c r="D137" t="s">
+        <v>20</v>
+      </c>
+      <c r="E137" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F137" t="s">
+        <v>20</v>
+      </c>
+      <c r="G137" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H137" t="s">
+        <v>1074</v>
+      </c>
+      <c r="I137" t="s">
+        <v>1075</v>
+      </c>
+      <c r="J137" t="s">
+        <v>293</v>
+      </c>
+      <c r="K137" t="s">
+        <v>294</v>
+      </c>
+      <c r="L137" t="s">
+        <v>206</v>
+      </c>
+      <c r="M137" t="s">
+        <v>207</v>
+      </c>
+      <c r="N137" t="s">
+        <v>217</v>
+      </c>
+      <c r="O137" t="s">
+        <v>752</v>
+      </c>
+      <c r="P137" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>199</v>
+      </c>
+      <c r="B138" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C138" t="s">
+        <v>20</v>
+      </c>
+      <c r="D138" t="s">
+        <v>20</v>
+      </c>
+      <c r="E138" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F138" t="s">
+        <v>20</v>
+      </c>
+      <c r="G138" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H138" t="s">
+        <v>1080</v>
+      </c>
+      <c r="I138" t="s">
+        <v>1068</v>
+      </c>
+      <c r="J138" t="s">
+        <v>20</v>
+      </c>
+      <c r="K138" t="s">
+        <v>1069</v>
+      </c>
+      <c r="L138" t="s">
+        <v>206</v>
+      </c>
+      <c r="M138" t="s">
+        <v>207</v>
+      </c>
+      <c r="N138" t="s">
+        <v>217</v>
+      </c>
+      <c r="O138" t="s">
+        <v>646</v>
+      </c>
+      <c r="P138" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>199</v>
+      </c>
+      <c r="B139" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C139" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" t="s">
+        <v>20</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F139" t="s">
+        <v>20</v>
+      </c>
+      <c r="G139" t="s">
+        <v>1084</v>
+      </c>
+      <c r="H139" t="s">
+        <v>1085</v>
+      </c>
+      <c r="I139" t="s">
+        <v>1086</v>
+      </c>
+      <c r="J139" t="s">
+        <v>335</v>
+      </c>
+      <c r="K139" t="s">
+        <v>30</v>
+      </c>
+      <c r="L139" t="s">
+        <v>206</v>
+      </c>
+      <c r="M139" t="s">
+        <v>207</v>
+      </c>
+      <c r="N139" t="s">
+        <v>208</v>
+      </c>
+      <c r="O139" t="s">
+        <v>1087</v>
+      </c>
+      <c r="P139" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>199</v>
+      </c>
+      <c r="B140" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C140" t="s">
+        <v>20</v>
+      </c>
+      <c r="D140" t="s">
+        <v>20</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F140" t="s">
+        <v>20</v>
+      </c>
+      <c r="G140" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H140" t="s">
+        <v>1091</v>
+      </c>
+      <c r="I140" t="s">
+        <v>1092</v>
+      </c>
+      <c r="J140" t="s">
+        <v>318</v>
+      </c>
+      <c r="K140" t="s">
+        <v>319</v>
+      </c>
+      <c r="L140" t="s">
+        <v>206</v>
+      </c>
+      <c r="M140" t="s">
+        <v>207</v>
+      </c>
+      <c r="N140" t="s">
+        <v>208</v>
+      </c>
+      <c r="O140" t="s">
+        <v>209</v>
+      </c>
+      <c r="P140" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>199</v>
+      </c>
+      <c r="B141" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C141" t="s">
+        <v>20</v>
+      </c>
+      <c r="D141" t="s">
+        <v>20</v>
+      </c>
+      <c r="E141" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F141" t="s">
+        <v>20</v>
+      </c>
+      <c r="G141" t="s">
+        <v>1094</v>
+      </c>
+      <c r="H141" t="s">
+        <v>1095</v>
+      </c>
+      <c r="I141" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J141" t="s">
+        <v>275</v>
+      </c>
+      <c r="K141" t="s">
+        <v>276</v>
+      </c>
+      <c r="L141" t="s">
+        <v>206</v>
+      </c>
+      <c r="M141" t="s">
+        <v>207</v>
+      </c>
+      <c r="N141" t="s">
+        <v>208</v>
+      </c>
+      <c r="O141" t="s">
+        <v>209</v>
+      </c>
+      <c r="P141" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>199</v>
+      </c>
+      <c r="B142" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C142" t="s">
+        <v>20</v>
+      </c>
+      <c r="D142" t="s">
+        <v>20</v>
+      </c>
+      <c r="E142" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F142" t="s">
+        <v>20</v>
+      </c>
+      <c r="G142" t="s">
+        <v>1100</v>
+      </c>
+      <c r="H142" t="s">
+        <v>1101</v>
+      </c>
+      <c r="I142" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J142" t="s">
+        <v>1103</v>
+      </c>
+      <c r="K142" t="s">
+        <v>1104</v>
+      </c>
+      <c r="L142" t="s">
+        <v>206</v>
+      </c>
+      <c r="M142" t="s">
+        <v>207</v>
+      </c>
+      <c r="N142" t="s">
+        <v>285</v>
+      </c>
+      <c r="O142" t="s">
+        <v>261</v>
+      </c>
+      <c r="P142" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>199</v>
+      </c>
+      <c r="B143" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C143" t="s">
+        <v>20</v>
+      </c>
+      <c r="D143" t="s">
+        <v>20</v>
+      </c>
+      <c r="E143" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F143" t="s">
+        <v>20</v>
+      </c>
+      <c r="G143" t="s">
+        <v>1107</v>
+      </c>
+      <c r="H143" t="s">
+        <v>1108</v>
+      </c>
+      <c r="I143" t="s">
+        <v>1109</v>
+      </c>
+      <c r="J143" t="s">
+        <v>1110</v>
+      </c>
+      <c r="K143" t="s">
+        <v>1111</v>
+      </c>
+      <c r="L143" t="s">
+        <v>206</v>
+      </c>
+      <c r="M143" t="s">
+        <v>207</v>
+      </c>
+      <c r="N143" t="s">
+        <v>285</v>
+      </c>
+      <c r="O143" t="s">
+        <v>1112</v>
+      </c>
+      <c r="P143" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>199</v>
+      </c>
+      <c r="B144" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C144" t="s">
+        <v>20</v>
+      </c>
+      <c r="D144" t="s">
+        <v>20</v>
+      </c>
+      <c r="E144" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F144" t="s">
+        <v>20</v>
+      </c>
+      <c r="G144" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H144" t="s">
+        <v>1117</v>
+      </c>
+      <c r="I144" t="s">
+        <v>1118</v>
+      </c>
+      <c r="J144" t="s">
+        <v>759</v>
+      </c>
+      <c r="K144" t="s">
+        <v>760</v>
+      </c>
+      <c r="L144" t="s">
+        <v>206</v>
+      </c>
+      <c r="M144" t="s">
+        <v>238</v>
+      </c>
+      <c r="N144" t="s">
+        <v>239</v>
+      </c>
+      <c r="O144" t="s">
+        <v>398</v>
+      </c>
+      <c r="P144" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>199</v>
+      </c>
+      <c r="B145" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C145" t="s">
+        <v>20</v>
+      </c>
+      <c r="D145" t="s">
+        <v>20</v>
+      </c>
+      <c r="E145" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F145" t="s">
+        <v>20</v>
+      </c>
+      <c r="G145" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H145" t="s">
+        <v>1122</v>
+      </c>
+      <c r="I145" t="s">
+        <v>815</v>
+      </c>
+      <c r="J145" t="s">
+        <v>20</v>
+      </c>
+      <c r="K145" t="s">
+        <v>816</v>
+      </c>
+      <c r="L145" t="s">
+        <v>206</v>
+      </c>
+      <c r="M145" t="s">
+        <v>238</v>
+      </c>
+      <c r="N145" t="s">
+        <v>239</v>
+      </c>
+      <c r="O145" t="s">
+        <v>398</v>
+      </c>
+      <c r="P145" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>199</v>
+      </c>
+      <c r="B146" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C146" t="s">
+        <v>20</v>
+      </c>
+      <c r="D146" t="s">
+        <v>20</v>
+      </c>
+      <c r="E146" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F146" t="s">
+        <v>20</v>
+      </c>
+      <c r="G146" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H146" t="s">
+        <v>1126</v>
+      </c>
+      <c r="I146" t="s">
+        <v>1127</v>
+      </c>
+      <c r="J146" t="s">
+        <v>318</v>
+      </c>
+      <c r="K146" t="s">
+        <v>319</v>
+      </c>
+      <c r="L146" t="s">
+        <v>206</v>
+      </c>
+      <c r="M146" t="s">
+        <v>238</v>
+      </c>
+      <c r="N146" t="s">
+        <v>239</v>
+      </c>
+      <c r="O146" t="s">
+        <v>398</v>
+      </c>
+      <c r="P146" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>199</v>
+      </c>
+      <c r="B147" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C147" t="s">
+        <v>20</v>
+      </c>
+      <c r="D147" t="s">
+        <v>20</v>
+      </c>
+      <c r="E147" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F147" t="s">
+        <v>20</v>
+      </c>
+      <c r="G147" t="s">
+        <v>1131</v>
+      </c>
+      <c r="H147" t="s">
+        <v>1132</v>
+      </c>
+      <c r="I147" t="s">
+        <v>1075</v>
+      </c>
+      <c r="J147" t="s">
+        <v>293</v>
+      </c>
+      <c r="K147" t="s">
+        <v>294</v>
+      </c>
+      <c r="L147" t="s">
+        <v>206</v>
+      </c>
+      <c r="M147" t="s">
+        <v>207</v>
+      </c>
+      <c r="N147" t="s">
+        <v>217</v>
+      </c>
+      <c r="O147" t="s">
+        <v>407</v>
+      </c>
+      <c r="P147" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>199</v>
+      </c>
+      <c r="B148" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C148" t="s">
+        <v>20</v>
+      </c>
+      <c r="D148" t="s">
+        <v>20</v>
+      </c>
+      <c r="E148" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F148" t="s">
+        <v>20</v>
+      </c>
+      <c r="G148" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H148" t="s">
+        <v>1136</v>
+      </c>
+      <c r="I148" t="s">
+        <v>1137</v>
+      </c>
+      <c r="J148" t="s">
+        <v>335</v>
+      </c>
+      <c r="K148" t="s">
+        <v>30</v>
+      </c>
+      <c r="L148" t="s">
+        <v>206</v>
+      </c>
+      <c r="M148" t="s">
+        <v>207</v>
+      </c>
+      <c r="N148" t="s">
+        <v>431</v>
+      </c>
+      <c r="O148" t="s">
+        <v>432</v>
+      </c>
+      <c r="P148" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>199</v>
+      </c>
+      <c r="B149" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C149" t="s">
+        <v>20</v>
+      </c>
+      <c r="D149" t="s">
+        <v>20</v>
+      </c>
+      <c r="E149" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F149" t="s">
+        <v>20</v>
+      </c>
+      <c r="G149" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H149" t="s">
+        <v>1141</v>
+      </c>
+      <c r="I149" t="s">
+        <v>1142</v>
+      </c>
+      <c r="J149" t="s">
+        <v>335</v>
+      </c>
+      <c r="K149" t="s">
+        <v>30</v>
+      </c>
+      <c r="L149" t="s">
+        <v>206</v>
+      </c>
+      <c r="M149" t="s">
+        <v>207</v>
+      </c>
+      <c r="N149" t="s">
+        <v>285</v>
+      </c>
+      <c r="O149" t="s">
+        <v>1050</v>
+      </c>
+      <c r="P149" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>199</v>
+      </c>
+      <c r="B150" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C150" t="s">
+        <v>20</v>
+      </c>
+      <c r="D150" t="s">
+        <v>20</v>
+      </c>
+      <c r="E150" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F150" t="s">
+        <v>20</v>
+      </c>
+      <c r="G150" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H150" t="s">
+        <v>1147</v>
+      </c>
+      <c r="I150" t="s">
+        <v>1148</v>
+      </c>
+      <c r="J150" t="s">
+        <v>205</v>
+      </c>
+      <c r="K150" t="s">
+        <v>30</v>
+      </c>
+      <c r="L150" t="s">
+        <v>206</v>
+      </c>
+      <c r="M150" t="s">
+        <v>207</v>
+      </c>
+      <c r="N150" t="s">
+        <v>249</v>
+      </c>
+      <c r="O150" t="s">
+        <v>250</v>
+      </c>
+      <c r="P150" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>199</v>
+      </c>
+      <c r="B151" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C151" t="s">
+        <v>20</v>
+      </c>
+      <c r="D151" t="s">
+        <v>20</v>
+      </c>
+      <c r="E151" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F151" t="s">
+        <v>20</v>
+      </c>
+      <c r="G151" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H151" t="s">
+        <v>1153</v>
+      </c>
+      <c r="I151" t="s">
+        <v>446</v>
+      </c>
+      <c r="J151" t="s">
+        <v>20</v>
+      </c>
+      <c r="K151" t="s">
+        <v>447</v>
+      </c>
+      <c r="L151" t="s">
+        <v>206</v>
+      </c>
+      <c r="M151" t="s">
+        <v>207</v>
+      </c>
+      <c r="N151" t="s">
+        <v>249</v>
+      </c>
+      <c r="O151" t="s">
+        <v>250</v>
+      </c>
+      <c r="P151" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>199</v>
+      </c>
+      <c r="B152" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C152" t="s">
+        <v>20</v>
+      </c>
+      <c r="D152" t="s">
+        <v>20</v>
+      </c>
+      <c r="E152" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F152" t="s">
+        <v>20</v>
+      </c>
+      <c r="G152" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H152" t="s">
+        <v>1158</v>
+      </c>
+      <c r="I152" t="s">
+        <v>1068</v>
+      </c>
+      <c r="J152" t="s">
+        <v>20</v>
+      </c>
+      <c r="K152" t="s">
+        <v>1069</v>
+      </c>
+      <c r="L152" t="s">
+        <v>206</v>
+      </c>
+      <c r="M152" t="s">
+        <v>207</v>
+      </c>
+      <c r="N152" t="s">
+        <v>217</v>
+      </c>
+      <c r="O152" t="s">
+        <v>752</v>
+      </c>
+      <c r="P152" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>199</v>
+      </c>
+      <c r="B153" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C153" t="s">
+        <v>20</v>
+      </c>
+      <c r="D153" t="s">
+        <v>20</v>
+      </c>
+      <c r="E153" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F153" t="s">
+        <v>20</v>
+      </c>
+      <c r="G153" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H153" t="s">
+        <v>1163</v>
+      </c>
+      <c r="I153" t="s">
+        <v>1164</v>
+      </c>
+      <c r="J153" t="s">
+        <v>205</v>
+      </c>
+      <c r="K153" t="s">
+        <v>30</v>
+      </c>
+      <c r="L153" t="s">
+        <v>206</v>
+      </c>
+      <c r="M153" t="s">
+        <v>207</v>
+      </c>
+      <c r="N153" t="s">
+        <v>431</v>
+      </c>
+      <c r="O153" t="s">
+        <v>432</v>
+      </c>
+      <c r="P153" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>199</v>
+      </c>
+      <c r="B154" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C154" t="s">
+        <v>20</v>
+      </c>
+      <c r="D154" t="s">
+        <v>20</v>
+      </c>
+      <c r="E154" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F154" t="s">
+        <v>20</v>
+      </c>
+      <c r="G154" t="s">
+        <v>1168</v>
+      </c>
+      <c r="H154" t="s">
+        <v>1169</v>
+      </c>
+      <c r="I154" t="s">
+        <v>1170</v>
+      </c>
+      <c r="J154" t="s">
+        <v>293</v>
+      </c>
+      <c r="K154" t="s">
+        <v>294</v>
+      </c>
+      <c r="L154" t="s">
+        <v>206</v>
+      </c>
+      <c r="M154" t="s">
+        <v>207</v>
+      </c>
+      <c r="N154" t="s">
+        <v>217</v>
+      </c>
+      <c r="O154" t="s">
+        <v>407</v>
+      </c>
+      <c r="P154" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>199</v>
+      </c>
+      <c r="B155" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C155" t="s">
+        <v>20</v>
+      </c>
+      <c r="D155" t="s">
+        <v>20</v>
+      </c>
+      <c r="E155" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F155" t="s">
+        <v>20</v>
+      </c>
+      <c r="G155" t="s">
+        <v>1173</v>
+      </c>
+      <c r="H155" t="s">
+        <v>1174</v>
+      </c>
+      <c r="I155" t="s">
+        <v>1175</v>
+      </c>
+      <c r="J155" t="s">
+        <v>205</v>
+      </c>
+      <c r="K155" t="s">
+        <v>30</v>
+      </c>
+      <c r="L155" t="s">
+        <v>206</v>
+      </c>
+      <c r="M155" t="s">
+        <v>207</v>
+      </c>
+      <c r="N155" t="s">
+        <v>249</v>
+      </c>
+      <c r="O155" t="s">
+        <v>250</v>
+      </c>
+      <c r="P155" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>199</v>
+      </c>
+      <c r="B156" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C156" t="s">
+        <v>20</v>
+      </c>
+      <c r="D156" t="s">
+        <v>20</v>
+      </c>
+      <c r="E156" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F156" t="s">
+        <v>20</v>
+      </c>
+      <c r="G156" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H156" t="s">
+        <v>1180</v>
+      </c>
+      <c r="I156" t="s">
+        <v>1181</v>
+      </c>
+      <c r="J156" t="s">
+        <v>1182</v>
+      </c>
+      <c r="K156" t="s">
+        <v>1183</v>
+      </c>
+      <c r="L156" t="s">
+        <v>206</v>
+      </c>
+      <c r="M156" t="s">
+        <v>238</v>
+      </c>
+      <c r="N156" t="s">
+        <v>239</v>
+      </c>
+      <c r="O156" t="s">
+        <v>240</v>
+      </c>
+      <c r="P156" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>199</v>
+      </c>
+      <c r="B157" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C157" t="s">
+        <v>20</v>
+      </c>
+      <c r="D157" t="s">
+        <v>20</v>
+      </c>
+      <c r="E157" t="s">
+        <v>1186</v>
+      </c>
+      <c r="F157" t="s">
+        <v>20</v>
+      </c>
+      <c r="G157" t="s">
+        <v>1187</v>
+      </c>
+      <c r="H157" t="s">
+        <v>1188</v>
+      </c>
+      <c r="I157" t="s">
+        <v>1067</v>
+      </c>
+      <c r="J157" t="s">
+        <v>1068</v>
+      </c>
+      <c r="K157" t="s">
+        <v>1069</v>
+      </c>
+      <c r="L157" t="s">
+        <v>206</v>
+      </c>
+      <c r="M157" t="s">
+        <v>207</v>
+      </c>
+      <c r="N157" t="s">
+        <v>217</v>
+      </c>
+      <c r="O157" t="s">
+        <v>882</v>
+      </c>
+      <c r="P157" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>199</v>
+      </c>
+      <c r="B158" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C158" t="s">
+        <v>20</v>
+      </c>
+      <c r="D158" t="s">
+        <v>20</v>
+      </c>
+      <c r="E158" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F158" t="s">
+        <v>20</v>
+      </c>
+      <c r="G158" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H158" t="s">
+        <v>1193</v>
+      </c>
+      <c r="I158" t="s">
+        <v>1194</v>
+      </c>
+      <c r="J158" t="s">
+        <v>293</v>
+      </c>
+      <c r="K158" t="s">
+        <v>294</v>
+      </c>
+      <c r="L158" t="s">
+        <v>206</v>
+      </c>
+      <c r="M158" t="s">
+        <v>207</v>
+      </c>
+      <c r="N158" t="s">
+        <v>217</v>
+      </c>
+      <c r="O158" t="s">
+        <v>752</v>
+      </c>
+      <c r="P158" t="s">
+        <v>1195</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T32"/>
+  <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>902</v>
+        <v>13</v>
       </c>
       <c r="J1" t="s">
-        <v>150</v>
+        <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>903</v>
+        <v>1196</v>
       </c>
       <c r="L1" t="s">
-        <v>152</v>
+        <v>1197</v>
       </c>
       <c r="M1" t="s">
-        <v>153</v>
-[...20 lines deleted...]
-        <v>909</v>
+        <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>910</v>
+        <v>1198</v>
       </c>
       <c r="B2" t="s">
-        <v>911</v>
+        <v>1199</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>912</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>913</v>
+        <v>1200</v>
       </c>
       <c r="H2" t="s">
-        <v>914</v>
+        <v>1201</v>
       </c>
       <c r="I2" t="s">
-        <v>915</v>
+        <v>1202</v>
       </c>
       <c r="J2" t="s">
-        <v>916</v>
+        <v>73</v>
       </c>
       <c r="K2" t="s">
-        <v>406</v>
+        <v>206</v>
       </c>
       <c r="L2" t="s">
-        <v>407</v>
+        <v>31</v>
       </c>
       <c r="M2" t="s">
-        <v>166</v>
+        <v>1203</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:M1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T31"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="J1" t="s">
+        <v>191</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="L1" t="s">
+        <v>193</v>
+      </c>
+      <c r="M1" t="s">
+        <v>194</v>
+      </c>
+      <c r="N1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="O1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="P1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="R1" t="s">
+        <v>195</v>
+      </c>
+      <c r="S1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="T1" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1216</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1217</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1218</v>
+      </c>
+      <c r="K2" t="s">
+        <v>205</v>
+      </c>
+      <c r="L2" t="s">
+        <v>30</v>
+      </c>
+      <c r="M2" t="s">
+        <v>206</v>
       </c>
       <c r="N2" t="s">
-        <v>917</v>
+        <v>1219</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>918</v>
+        <v>1220</v>
       </c>
       <c r="Q2" t="s">
-        <v>919</v>
+        <v>1221</v>
       </c>
       <c r="R2" t="s">
-        <v>918</v>
+        <v>1220</v>
       </c>
       <c r="S2" t="s">
-        <v>920</v>
+        <v>31</v>
       </c>
       <c r="T2" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B3" t="s">
-        <v>922</v>
+        <v>1223</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>923</v>
+        <v>1224</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>924</v>
+        <v>1225</v>
       </c>
       <c r="H3" t="s">
-        <v>925</v>
+        <v>1226</v>
       </c>
       <c r="I3" t="s">
-        <v>915</v>
+        <v>1217</v>
       </c>
       <c r="J3" t="s">
-        <v>926</v>
+        <v>1227</v>
       </c>
       <c r="K3" t="s">
-        <v>381</v>
+        <v>405</v>
       </c>
       <c r="L3" t="s">
-        <v>382</v>
+        <v>406</v>
       </c>
       <c r="M3" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N3" t="s">
-        <v>927</v>
+        <v>1228</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>918</v>
+        <v>1220</v>
       </c>
       <c r="Q3" t="s">
-        <v>928</v>
+        <v>1229</v>
       </c>
       <c r="R3" t="s">
-        <v>918</v>
+        <v>1220</v>
       </c>
       <c r="S3" t="s">
-        <v>929</v>
+        <v>1230</v>
       </c>
       <c r="T3" t="s">
-        <v>930</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B4" t="s">
-        <v>931</v>
+        <v>1231</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>932</v>
+        <v>1232</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>933</v>
+        <v>1233</v>
       </c>
       <c r="H4" t="s">
-        <v>934</v>
+        <v>1234</v>
       </c>
       <c r="I4" t="s">
-        <v>915</v>
+        <v>1217</v>
       </c>
       <c r="J4" t="s">
-        <v>415</v>
+        <v>1235</v>
       </c>
       <c r="K4" t="s">
-        <v>416</v>
+        <v>247</v>
       </c>
       <c r="L4" t="s">
-        <v>187</v>
+        <v>248</v>
       </c>
       <c r="M4" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N4" t="s">
-        <v>935</v>
+        <v>1236</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>936</v>
+        <v>1220</v>
       </c>
       <c r="Q4" t="s">
-        <v>937</v>
+        <v>1237</v>
       </c>
       <c r="R4" t="s">
-        <v>177</v>
+        <v>1220</v>
       </c>
       <c r="S4" t="s">
-        <v>938</v>
+        <v>1238</v>
       </c>
       <c r="T4" t="s">
-        <v>921</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B5" t="s">
-        <v>939</v>
+        <v>1240</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>940</v>
+        <v>1241</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>941</v>
+        <v>1242</v>
       </c>
       <c r="H5" t="s">
-        <v>942</v>
+        <v>1243</v>
       </c>
       <c r="I5" t="s">
-        <v>943</v>
+        <v>1217</v>
       </c>
       <c r="J5" t="s">
-        <v>20</v>
+        <v>413</v>
       </c>
       <c r="K5" t="s">
-        <v>944</v>
+        <v>414</v>
       </c>
       <c r="L5" t="s">
-        <v>52</v>
+        <v>294</v>
       </c>
       <c r="M5" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N5" t="s">
-        <v>945</v>
+        <v>1244</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>936</v>
+        <v>1245</v>
       </c>
       <c r="Q5" t="s">
-        <v>946</v>
+        <v>1246</v>
       </c>
       <c r="R5" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="S5" t="s">
-        <v>947</v>
+        <v>1247</v>
       </c>
       <c r="T5" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B6" t="s">
-        <v>948</v>
+        <v>1248</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>949</v>
+        <v>1249</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>950</v>
+        <v>1250</v>
       </c>
       <c r="H6" t="s">
-        <v>951</v>
+        <v>1251</v>
       </c>
       <c r="I6" t="s">
-        <v>915</v>
+        <v>1252</v>
       </c>
       <c r="J6" t="s">
-        <v>952</v>
+        <v>20</v>
       </c>
       <c r="K6" t="s">
-        <v>197</v>
+        <v>1253</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="M6" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N6" t="s">
-        <v>953</v>
+        <v>1254</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>918</v>
+        <v>1245</v>
       </c>
       <c r="Q6" t="s">
-        <v>954</v>
+        <v>1255</v>
       </c>
       <c r="R6" t="s">
-        <v>918</v>
+        <v>238</v>
       </c>
       <c r="S6" t="s">
-        <v>94</v>
+        <v>1256</v>
       </c>
       <c r="T6" t="s">
-        <v>955</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B7" t="s">
-        <v>956</v>
+        <v>1257</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>957</v>
+        <v>1258</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>958</v>
+        <v>1259</v>
       </c>
       <c r="H7" t="s">
-        <v>959</v>
+        <v>1260</v>
       </c>
       <c r="I7" t="s">
-        <v>915</v>
+        <v>1217</v>
       </c>
       <c r="J7" t="s">
-        <v>960</v>
+        <v>1261</v>
       </c>
       <c r="K7" t="s">
-        <v>961</v>
+        <v>1262</v>
       </c>
       <c r="L7" t="s">
-        <v>231</v>
+        <v>284</v>
       </c>
       <c r="M7" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N7" t="s">
-        <v>962</v>
+        <v>1263</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>936</v>
+        <v>1245</v>
       </c>
       <c r="Q7" t="s">
-        <v>963</v>
+        <v>1264</v>
       </c>
       <c r="R7" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="S7" t="s">
-        <v>964</v>
+        <v>1265</v>
       </c>
       <c r="T7" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B8" t="s">
-        <v>965</v>
+        <v>1266</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>966</v>
+        <v>1267</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>967</v>
+        <v>1268</v>
       </c>
       <c r="H8" t="s">
-        <v>968</v>
+        <v>1269</v>
       </c>
       <c r="I8" t="s">
-        <v>915</v>
+        <v>1217</v>
       </c>
       <c r="J8" t="s">
         <v>20</v>
       </c>
       <c r="K8" t="s">
-        <v>969</v>
+        <v>1270</v>
       </c>
       <c r="L8" t="s">
-        <v>970</v>
+        <v>1271</v>
       </c>
       <c r="M8" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N8" t="s">
-        <v>971</v>
+        <v>1272</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="Q8" t="s">
-        <v>919</v>
+        <v>1229</v>
       </c>
       <c r="R8" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="S8" t="s">
-        <v>972</v>
+        <v>1273</v>
       </c>
       <c r="T8" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B9" t="s">
-        <v>973</v>
+        <v>1274</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>974</v>
+        <v>1275</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>975</v>
+        <v>1276</v>
       </c>
       <c r="H9" t="s">
-        <v>976</v>
+        <v>1277</v>
       </c>
       <c r="I9" t="s">
-        <v>915</v>
+        <v>1217</v>
       </c>
       <c r="J9" t="s">
-        <v>977</v>
+        <v>1278</v>
       </c>
       <c r="K9" t="s">
-        <v>978</v>
+        <v>1279</v>
       </c>
       <c r="L9" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="M9" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N9" t="s">
-        <v>979</v>
+        <v>1280</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>936</v>
+        <v>1245</v>
       </c>
       <c r="Q9" t="s">
-        <v>980</v>
+        <v>1281</v>
       </c>
       <c r="R9" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="S9" t="s">
-        <v>981</v>
+        <v>1282</v>
       </c>
       <c r="T9" t="s">
-        <v>930</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B10" t="s">
-        <v>982</v>
+        <v>1283</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>940</v>
+        <v>1249</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>983</v>
+        <v>1284</v>
       </c>
       <c r="H10" t="s">
-        <v>984</v>
+        <v>1285</v>
       </c>
       <c r="I10" t="s">
-        <v>915</v>
+        <v>1217</v>
       </c>
       <c r="J10" t="s">
         <v>20</v>
       </c>
       <c r="K10" t="s">
-        <v>367</v>
+        <v>216</v>
       </c>
       <c r="L10" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="M10" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N10" t="s">
-        <v>985</v>
+        <v>1286</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>936</v>
+        <v>1245</v>
       </c>
       <c r="Q10" t="s">
-        <v>986</v>
+        <v>1287</v>
       </c>
       <c r="R10" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="S10" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="T10" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B11" t="s">
-        <v>987</v>
+        <v>1288</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>988</v>
+        <v>1289</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>989</v>
+        <v>1290</v>
       </c>
       <c r="H11" t="s">
-        <v>990</v>
+        <v>1291</v>
       </c>
       <c r="I11" t="s">
-        <v>915</v>
+        <v>1217</v>
       </c>
       <c r="J11" t="s">
-        <v>634</v>
+        <v>858</v>
       </c>
       <c r="K11" t="s">
-        <v>525</v>
+        <v>717</v>
       </c>
       <c r="L11" t="s">
-        <v>526</v>
+        <v>718</v>
       </c>
       <c r="M11" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N11" t="s">
-        <v>991</v>
+        <v>1292</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>936</v>
+        <v>1245</v>
       </c>
       <c r="Q11" t="s">
-        <v>919</v>
+        <v>1229</v>
       </c>
       <c r="R11" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="S11" t="s">
-        <v>992</v>
+        <v>1293</v>
       </c>
       <c r="T11" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B12" t="s">
-        <v>993</v>
+        <v>1294</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>994</v>
+        <v>1295</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>995</v>
+        <v>1296</v>
       </c>
       <c r="H12" t="s">
-        <v>996</v>
+        <v>1297</v>
       </c>
       <c r="I12" t="s">
-        <v>915</v>
+        <v>1217</v>
       </c>
       <c r="J12" t="s">
-        <v>997</v>
+        <v>1298</v>
       </c>
       <c r="K12" t="s">
-        <v>175</v>
+        <v>275</v>
       </c>
       <c r="L12" t="s">
-        <v>176</v>
+        <v>276</v>
       </c>
       <c r="M12" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N12" t="s">
-        <v>998</v>
+        <v>1299</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>936</v>
+        <v>1245</v>
       </c>
       <c r="Q12" t="s">
-        <v>919</v>
+        <v>1229</v>
       </c>
       <c r="R12" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="S12" t="s">
-        <v>999</v>
+        <v>1300</v>
       </c>
       <c r="T12" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B13" t="s">
-        <v>1000</v>
+        <v>1301</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>940</v>
+        <v>1249</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>1001</v>
+        <v>1302</v>
       </c>
       <c r="H13" t="s">
-        <v>1002</v>
+        <v>1303</v>
       </c>
       <c r="I13" t="s">
-        <v>915</v>
+        <v>1217</v>
       </c>
       <c r="J13" t="s">
-        <v>1003</v>
+        <v>1304</v>
       </c>
       <c r="K13" t="s">
-        <v>390</v>
+        <v>590</v>
       </c>
       <c r="L13" t="s">
-        <v>382</v>
+        <v>248</v>
       </c>
       <c r="M13" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N13" t="s">
-        <v>1004</v>
+        <v>1305</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>936</v>
+        <v>1245</v>
       </c>
       <c r="Q13" t="s">
-        <v>1005</v>
+        <v>1306</v>
       </c>
       <c r="R13" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="S13" t="s">
-        <v>1006</v>
+        <v>1307</v>
       </c>
       <c r="T13" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B14" t="s">
-        <v>1007</v>
+        <v>1308</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>1008</v>
+        <v>1309</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>1009</v>
+        <v>1310</v>
       </c>
       <c r="H14" t="s">
-        <v>1010</v>
+        <v>1311</v>
       </c>
       <c r="I14" t="s">
-        <v>915</v>
+        <v>1217</v>
       </c>
       <c r="J14" t="s">
-        <v>859</v>
+        <v>1127</v>
       </c>
       <c r="K14" t="s">
-        <v>1011</v>
+        <v>1312</v>
       </c>
       <c r="L14" t="s">
-        <v>1012</v>
+        <v>1313</v>
       </c>
       <c r="M14" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N14" t="s">
-        <v>1013</v>
+        <v>1314</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>936</v>
+        <v>1245</v>
       </c>
       <c r="Q14" t="s">
-        <v>963</v>
+        <v>1264</v>
       </c>
       <c r="R14" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="S14" t="s">
-        <v>1014</v>
+        <v>1315</v>
       </c>
       <c r="T14" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B15" t="s">
-        <v>1015</v>
+        <v>1316</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>1016</v>
+        <v>1317</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>1017</v>
+        <v>1318</v>
       </c>
       <c r="H15" t="s">
-        <v>1018</v>
+        <v>1319</v>
       </c>
       <c r="I15" t="s">
-        <v>915</v>
+        <v>1217</v>
       </c>
       <c r="J15" t="s">
-        <v>1019</v>
+        <v>1320</v>
       </c>
       <c r="K15" t="s">
-        <v>1020</v>
+        <v>1321</v>
       </c>
       <c r="L15" t="s">
-        <v>1021</v>
+        <v>1322</v>
       </c>
       <c r="M15" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N15" t="s">
-        <v>1022</v>
+        <v>1323</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>918</v>
+        <v>1220</v>
       </c>
       <c r="Q15" t="s">
-        <v>919</v>
+        <v>1229</v>
       </c>
       <c r="R15" t="s">
-        <v>918</v>
+        <v>1220</v>
       </c>
       <c r="S15" t="s">
-        <v>1023</v>
+        <v>1324</v>
       </c>
       <c r="T15" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B16" t="s">
-        <v>50</v>
+        <v>1325</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>1024</v>
+        <v>1326</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>1025</v>
+        <v>1327</v>
       </c>
       <c r="H16" t="s">
-        <v>1026</v>
+        <v>1328</v>
       </c>
       <c r="I16" t="s">
-        <v>915</v>
+        <v>1252</v>
       </c>
       <c r="J16" t="s">
-        <v>1027</v>
+        <v>840</v>
       </c>
       <c r="K16" t="s">
-        <v>1028</v>
+        <v>1329</v>
       </c>
       <c r="L16" t="s">
-        <v>1029</v>
+        <v>30</v>
       </c>
       <c r="M16" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N16" t="s">
-        <v>1030</v>
+        <v>1330</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>918</v>
+        <v>238</v>
       </c>
       <c r="Q16" t="s">
-        <v>1031</v>
+        <v>1237</v>
       </c>
       <c r="R16" t="s">
-        <v>918</v>
+        <v>238</v>
       </c>
       <c r="S16" t="s">
-        <v>53</v>
+        <v>1331</v>
       </c>
       <c r="T16" t="s">
-        <v>1032</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B17" t="s">
-        <v>1033</v>
+        <v>1332</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>1034</v>
+        <v>1249</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>1035</v>
+        <v>1333</v>
       </c>
       <c r="H17" t="s">
-        <v>1036</v>
+        <v>1334</v>
       </c>
       <c r="I17" t="s">
-        <v>943</v>
+        <v>1217</v>
       </c>
       <c r="J17" t="s">
-        <v>1037</v>
+        <v>1335</v>
       </c>
       <c r="K17" t="s">
-        <v>1038</v>
+        <v>205</v>
       </c>
       <c r="L17" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="M17" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N17" t="s">
-        <v>1039</v>
+        <v>1336</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="Q17" t="s">
-        <v>928</v>
+        <v>1337</v>
       </c>
       <c r="R17" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="S17" t="s">
-        <v>1040</v>
+        <v>1338</v>
       </c>
       <c r="T17" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B18" t="s">
-        <v>1041</v>
+        <v>1339</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>940</v>
+        <v>1340</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>1042</v>
+        <v>1341</v>
       </c>
       <c r="H18" t="s">
-        <v>1043</v>
+        <v>1342</v>
       </c>
       <c r="I18" t="s">
-        <v>915</v>
+        <v>1217</v>
       </c>
       <c r="J18" t="s">
-        <v>1044</v>
+        <v>1343</v>
       </c>
       <c r="K18" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="L18" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="M18" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N18" t="s">
-        <v>1045</v>
+        <v>1344</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>177</v>
+        <v>1220</v>
       </c>
       <c r="Q18" t="s">
-        <v>1046</v>
+        <v>20</v>
       </c>
       <c r="R18" t="s">
-        <v>177</v>
+        <v>1220</v>
       </c>
       <c r="S18" t="s">
-        <v>1047</v>
+        <v>1345</v>
       </c>
       <c r="T18" t="s">
-        <v>921</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B19" t="s">
-        <v>1048</v>
+        <v>1346</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>1049</v>
+        <v>1258</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>1050</v>
+        <v>1347</v>
       </c>
       <c r="H19" t="s">
-        <v>1051</v>
+        <v>1348</v>
       </c>
       <c r="I19" t="s">
-        <v>915</v>
+        <v>1349</v>
       </c>
       <c r="J19" t="s">
-        <v>1052</v>
+        <v>1261</v>
       </c>
       <c r="K19" t="s">
-        <v>197</v>
+        <v>1262</v>
       </c>
       <c r="L19" t="s">
-        <v>52</v>
+        <v>284</v>
       </c>
       <c r="M19" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N19" t="s">
-        <v>1053</v>
+        <v>1350</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>918</v>
+        <v>238</v>
       </c>
       <c r="Q19" t="s">
-        <v>20</v>
+        <v>1337</v>
       </c>
       <c r="R19" t="s">
-        <v>918</v>
+        <v>238</v>
       </c>
       <c r="S19" t="s">
-        <v>1054</v>
+        <v>1351</v>
       </c>
       <c r="T19" t="s">
-        <v>930</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B20" t="s">
-        <v>1055</v>
+        <v>1352</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>957</v>
+        <v>1309</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>1056</v>
+        <v>1353</v>
       </c>
       <c r="H20" t="s">
-        <v>1057</v>
+        <v>1354</v>
       </c>
       <c r="I20" t="s">
-        <v>1058</v>
+        <v>1349</v>
       </c>
       <c r="J20" t="s">
-        <v>960</v>
+        <v>1127</v>
       </c>
       <c r="K20" t="s">
-        <v>961</v>
+        <v>318</v>
       </c>
       <c r="L20" t="s">
-        <v>231</v>
+        <v>319</v>
       </c>
       <c r="M20" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N20" t="s">
-        <v>1059</v>
+        <v>1314</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="Q20" t="s">
-        <v>1046</v>
+        <v>1337</v>
       </c>
       <c r="R20" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="S20" t="s">
-        <v>1060</v>
+        <v>1355</v>
       </c>
       <c r="T20" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B21" t="s">
-        <v>1061</v>
+        <v>1356</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>1008</v>
+        <v>1249</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>1062</v>
+        <v>1357</v>
       </c>
       <c r="H21" t="s">
-        <v>1063</v>
+        <v>1358</v>
       </c>
       <c r="I21" t="s">
-        <v>1058</v>
+        <v>1349</v>
       </c>
       <c r="J21" t="s">
-        <v>859</v>
+        <v>20</v>
       </c>
       <c r="K21" t="s">
-        <v>263</v>
+        <v>216</v>
       </c>
       <c r="L21" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="M21" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N21" t="s">
-        <v>1013</v>
+        <v>1286</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="Q21" t="s">
-        <v>1046</v>
+        <v>1337</v>
       </c>
       <c r="R21" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="S21" t="s">
-        <v>1064</v>
+        <v>1359</v>
       </c>
       <c r="T21" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B22" t="s">
-        <v>1065</v>
+        <v>1360</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>940</v>
+        <v>1361</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>1066</v>
+        <v>1362</v>
       </c>
       <c r="H22" t="s">
-        <v>1067</v>
+        <v>1363</v>
       </c>
       <c r="I22" t="s">
-        <v>1058</v>
+        <v>1252</v>
       </c>
       <c r="J22" t="s">
         <v>20</v>
       </c>
       <c r="K22" t="s">
-        <v>367</v>
+        <v>570</v>
       </c>
       <c r="L22" t="s">
-        <v>30</v>
+        <v>571</v>
       </c>
       <c r="M22" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N22" t="s">
-        <v>985</v>
+        <v>1364</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="Q22" t="s">
-        <v>1046</v>
+        <v>1229</v>
       </c>
       <c r="R22" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="S22" t="s">
-        <v>1068</v>
+        <v>1365</v>
       </c>
       <c r="T22" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B23" t="s">
-        <v>1069</v>
+        <v>1366</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>1070</v>
+        <v>1367</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>1071</v>
+        <v>1368</v>
       </c>
       <c r="H23" t="s">
-        <v>1072</v>
+        <v>1369</v>
       </c>
       <c r="I23" t="s">
-        <v>943</v>
+        <v>1217</v>
       </c>
       <c r="J23" t="s">
         <v>20</v>
       </c>
       <c r="K23" t="s">
-        <v>374</v>
+        <v>770</v>
       </c>
       <c r="L23" t="s">
-        <v>375</v>
+        <v>771</v>
       </c>
       <c r="M23" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N23" t="s">
-        <v>1073</v>
+        <v>1370</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="Q23" t="s">
-        <v>919</v>
+        <v>1229</v>
       </c>
       <c r="R23" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="S23" t="s">
-        <v>1074</v>
+        <v>1371</v>
       </c>
       <c r="T23" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B24" t="s">
-        <v>1075</v>
+        <v>1372</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>1076</v>
+        <v>1249</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>1077</v>
+        <v>1373</v>
       </c>
       <c r="H24" t="s">
-        <v>1078</v>
+        <v>1374</v>
       </c>
       <c r="I24" t="s">
-        <v>915</v>
+        <v>1217</v>
       </c>
       <c r="J24" t="s">
-        <v>20</v>
+        <v>1375</v>
       </c>
       <c r="K24" t="s">
-        <v>557</v>
+        <v>205</v>
       </c>
       <c r="L24" t="s">
-        <v>558</v>
+        <v>30</v>
       </c>
       <c r="M24" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N24" t="s">
-        <v>1079</v>
+        <v>1376</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="Q24" t="s">
-        <v>919</v>
+        <v>1377</v>
       </c>
       <c r="R24" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="S24" t="s">
-        <v>1080</v>
+        <v>1378</v>
       </c>
       <c r="T24" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B25" t="s">
-        <v>1081</v>
+        <v>1379</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>940</v>
+        <v>1249</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>1082</v>
+        <v>1380</v>
       </c>
       <c r="H25" t="s">
-        <v>1083</v>
+        <v>1381</v>
       </c>
       <c r="I25" t="s">
-        <v>915</v>
+        <v>1349</v>
       </c>
       <c r="J25" t="s">
-        <v>1084</v>
+        <v>1382</v>
       </c>
       <c r="K25" t="s">
-        <v>197</v>
+        <v>1182</v>
       </c>
       <c r="L25" t="s">
-        <v>52</v>
+        <v>1183</v>
       </c>
       <c r="M25" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N25" t="s">
-        <v>1085</v>
+        <v>1383</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="Q25" t="s">
-        <v>1086</v>
+        <v>1377</v>
       </c>
       <c r="R25" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="S25" t="s">
-        <v>1087</v>
+        <v>1384</v>
       </c>
       <c r="T25" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B26" t="s">
-        <v>1088</v>
+        <v>1385</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>940</v>
+        <v>1249</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>1089</v>
+        <v>1386</v>
       </c>
       <c r="H26" t="s">
-        <v>1090</v>
+        <v>1387</v>
       </c>
       <c r="I26" t="s">
-        <v>1058</v>
+        <v>1349</v>
       </c>
       <c r="J26" t="s">
-        <v>1091</v>
+        <v>1388</v>
       </c>
       <c r="K26" t="s">
-        <v>894</v>
+        <v>1389</v>
       </c>
       <c r="L26" t="s">
-        <v>895</v>
+        <v>1390</v>
       </c>
       <c r="M26" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N26" t="s">
-        <v>1092</v>
+        <v>1391</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="Q26" t="s">
-        <v>1086</v>
+        <v>1377</v>
       </c>
       <c r="R26" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="S26" t="s">
-        <v>1093</v>
+        <v>1392</v>
       </c>
       <c r="T26" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B27" t="s">
-        <v>1094</v>
+        <v>1393</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>940</v>
+        <v>1249</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>1095</v>
+        <v>1394</v>
       </c>
       <c r="H27" t="s">
-        <v>1096</v>
+        <v>1395</v>
       </c>
       <c r="I27" t="s">
-        <v>1058</v>
+        <v>1349</v>
       </c>
       <c r="J27" t="s">
-        <v>1097</v>
+        <v>1278</v>
       </c>
       <c r="K27" t="s">
-        <v>1098</v>
+        <v>405</v>
       </c>
       <c r="L27" t="s">
-        <v>1099</v>
+        <v>406</v>
       </c>
       <c r="M27" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N27" t="s">
-        <v>1100</v>
+        <v>1396</v>
       </c>
       <c r="O27" t="s">
         <v>20</v>
       </c>
       <c r="P27" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="Q27" t="s">
-        <v>1086</v>
+        <v>1377</v>
       </c>
       <c r="R27" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="S27" t="s">
-        <v>1101</v>
+        <v>1397</v>
       </c>
       <c r="T27" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B28" t="s">
-        <v>1102</v>
+        <v>1398</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>940</v>
+        <v>1258</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>1103</v>
+        <v>1399</v>
       </c>
       <c r="H28" t="s">
-        <v>1104</v>
+        <v>1400</v>
       </c>
       <c r="I28" t="s">
-        <v>1058</v>
+        <v>1217</v>
       </c>
       <c r="J28" t="s">
-        <v>977</v>
+        <v>1401</v>
       </c>
       <c r="K28" t="s">
-        <v>406</v>
+        <v>283</v>
       </c>
       <c r="L28" t="s">
-        <v>407</v>
+        <v>284</v>
       </c>
       <c r="M28" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N28" t="s">
-        <v>1105</v>
+        <v>1402</v>
       </c>
       <c r="O28" t="s">
         <v>20</v>
       </c>
       <c r="P28" t="s">
-        <v>188</v>
+        <v>1245</v>
       </c>
       <c r="Q28" t="s">
-        <v>1086</v>
+        <v>1403</v>
       </c>
       <c r="R28" t="s">
-        <v>188</v>
+        <v>238</v>
       </c>
       <c r="S28" t="s">
-        <v>1106</v>
+        <v>1404</v>
       </c>
       <c r="T28" t="s">
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B29" t="s">
-        <v>1107</v>
+        <v>1405</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>957</v>
+        <v>1406</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>1108</v>
+        <v>1407</v>
       </c>
       <c r="H29" t="s">
-        <v>1109</v>
+        <v>1408</v>
       </c>
       <c r="I29" t="s">
-        <v>915</v>
+        <v>1217</v>
       </c>
       <c r="J29" t="s">
-        <v>1110</v>
+        <v>1409</v>
       </c>
       <c r="K29" t="s">
-        <v>230</v>
+        <v>1410</v>
       </c>
       <c r="L29" t="s">
-        <v>231</v>
+        <v>1411</v>
       </c>
       <c r="M29" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N29" t="s">
-        <v>1111</v>
+        <v>1412</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
-        <v>936</v>
+        <v>1220</v>
       </c>
       <c r="Q29" t="s">
-        <v>1031</v>
+        <v>1237</v>
       </c>
       <c r="R29" t="s">
-        <v>177</v>
+        <v>1220</v>
       </c>
       <c r="S29" t="s">
-        <v>1112</v>
+        <v>1413</v>
       </c>
       <c r="T29" t="s">
-        <v>921</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B30" t="s">
-        <v>1113</v>
+        <v>1414</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>1114</v>
+        <v>1415</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>1115</v>
+        <v>1416</v>
       </c>
       <c r="H30" t="s">
-        <v>1116</v>
+        <v>1417</v>
       </c>
       <c r="I30" t="s">
-        <v>915</v>
+        <v>1217</v>
       </c>
       <c r="J30" t="s">
-        <v>1117</v>
+        <v>702</v>
       </c>
       <c r="K30" t="s">
-        <v>1118</v>
+        <v>516</v>
       </c>
       <c r="L30" t="s">
-        <v>1119</v>
+        <v>517</v>
       </c>
       <c r="M30" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N30" t="s">
-        <v>1120</v>
+        <v>1418</v>
       </c>
       <c r="O30" t="s">
         <v>20</v>
       </c>
       <c r="P30" t="s">
-        <v>918</v>
+        <v>1245</v>
       </c>
       <c r="Q30" t="s">
-        <v>928</v>
+        <v>1229</v>
       </c>
       <c r="R30" t="s">
-        <v>918</v>
+        <v>238</v>
       </c>
       <c r="S30" t="s">
-        <v>1121</v>
+        <v>1419</v>
       </c>
       <c r="T30" t="s">
-        <v>930</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>910</v>
+        <v>1212</v>
       </c>
       <c r="B31" t="s">
-        <v>1122</v>
+        <v>1420</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>1123</v>
+        <v>1415</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>1124</v>
+        <v>1421</v>
       </c>
       <c r="H31" t="s">
-        <v>1125</v>
+        <v>1422</v>
       </c>
       <c r="I31" t="s">
-        <v>915</v>
+        <v>1349</v>
       </c>
       <c r="J31" t="s">
-        <v>1126</v>
+        <v>702</v>
       </c>
       <c r="K31" t="s">
-        <v>476</v>
+        <v>516</v>
       </c>
       <c r="L31" t="s">
-        <v>477</v>
+        <v>517</v>
       </c>
       <c r="M31" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="N31" t="s">
-        <v>1127</v>
+        <v>1418</v>
       </c>
       <c r="O31" t="s">
         <v>20</v>
       </c>
       <c r="P31" t="s">
-        <v>936</v>
+        <v>238</v>
       </c>
       <c r="Q31" t="s">
-        <v>919</v>
+        <v>1337</v>
       </c>
       <c r="R31" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="S31" t="s">
-        <v>1128</v>
+        <v>1423</v>
       </c>
       <c r="T31" t="s">
-        <v>921</v>
-[...61 lines deleted...]
-        <v>921</v>
+        <v>1222</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>