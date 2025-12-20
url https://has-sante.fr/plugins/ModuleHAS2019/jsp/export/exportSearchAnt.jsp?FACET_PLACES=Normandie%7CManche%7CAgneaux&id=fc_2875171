--- v0 (2025-10-18)
+++ v1 (2025-12-20)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="503" uniqueCount="254">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -149,132 +155,723 @@
   <si>
     <t>28 March 2024</t>
   </si>
   <si>
     <t>Docteur BENOIT GRIMAUX</t>
   </si>
   <si>
     <t>15/06/2023 11:34:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447306/fr/docteur-benoit-grimaux</t>
   </si>
   <si>
     <t>p_3447306</t>
   </si>
   <si>
     <t>GRIMAUX</t>
   </si>
   <si>
     <t>BENOIT</t>
   </si>
   <si>
     <t>15 June 2023</t>
   </si>
   <si>
+    <t>Docteur AURELIE DANIN</t>
+  </si>
+  <si>
+    <t>12/10/2017 11:31:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798132/fr/docteur-aurelie-danin</t>
+  </si>
+  <si>
+    <t>c_2798132</t>
+  </si>
+  <si>
+    <t>DANIN</t>
+  </si>
+  <si>
+    <t>AURELIE</t>
+  </si>
+  <si>
+    <t>21 July 2022</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE DE LA BAIE,POLYCLINIQUE DE LA MANCHE - SAINT-LO</t>
+  </si>
+  <si>
+    <t>50300,50008</t>
+  </si>
+  <si>
+    <t>AVRANCHES,ST LO CEDEX</t>
+  </si>
+  <si>
+    <t>500000146,500000203</t>
+  </si>
+  <si>
     <t>Docteur Stephane DELFORGE</t>
   </si>
   <si>
     <t>08/11/2016 11:36:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713210/fr/docteur-stephane-delforge</t>
   </si>
   <si>
     <t>c_2713210</t>
   </si>
   <si>
     <t>DELFORGE</t>
   </si>
   <si>
     <t>Stephane</t>
   </si>
   <si>
     <t>25 April 2024</t>
   </si>
   <si>
     <t>POLYCLINIQUE DU PARC - CAEN,POLYCLINIQUE DE LA MANCHE - SAINT-LO</t>
   </si>
   <si>
     <t>14052,50008</t>
   </si>
   <si>
     <t>CAEN CEDEX 4,ST LO</t>
   </si>
   <si>
     <t>140016759,500000203</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>SAVS APEI - ST LO</t>
+  </si>
+  <si>
+    <t>05/12/2025 05:10:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15033_FicheESSMS/fr/savs-apei-st-lo</t>
+  </si>
+  <si>
+    <t>15033_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Rue De La Poterne</t>
+  </si>
+  <si>
+    <t>50000 ST LO</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>500022298</t>
+  </si>
+  <si>
+    <t>CPH SAINT-LO ASS FTDA</t>
+  </si>
+  <si>
+    <t>25/11/2025 16:17:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14867_FicheESSMS/fr/cph-saint-lo-ass-ftda</t>
+  </si>
+  <si>
+    <t>14867_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Place Du Champ De Mars</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>500024039</t>
+  </si>
+  <si>
+    <t>IME MAURICE MARIE - SAINT LO</t>
+  </si>
+  <si>
+    <t>21/11/2025 16:19:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14759_FicheESSMS/fr/ime-maurice-marie-saint-lo</t>
+  </si>
+  <si>
+    <t>14759_FicheESSMS</t>
+  </si>
+  <si>
+    <t>240 Rue D'Aalen</t>
+  </si>
+  <si>
+    <t>50010 ST LO</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>500000377</t>
+  </si>
+  <si>
+    <t>SERV DPF ST-LO ASS UDAF DE LA MANCHE</t>
+  </si>
+  <si>
+    <t>12/11/2025 16:18:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14669_FicheESSMS/fr/serv-dpf-st-lo-ass-udaf-de-la-manche</t>
+  </si>
+  <si>
+    <t>14669_FicheESSMS</t>
+  </si>
+  <si>
+    <t>291 Rue Léon Jouhaux</t>
+  </si>
+  <si>
+    <t>50009 ST LO</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>500021134</t>
+  </si>
+  <si>
+    <t>SERV MJPM ST-LO ASS UDAF DE LA MANCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14668_FicheESSMS/fr/serv-mjpm-st-lo-ass-udaf-de-la-manche</t>
+  </si>
+  <si>
+    <t>14668_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>500021126</t>
+  </si>
+  <si>
+    <t>CHRS VILLA MYRIAM CCAS SAINT-LO</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:20:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14259_FicheESSMS/fr/chrs-villa-myriam-ccas-saint-lo</t>
+  </si>
+  <si>
+    <t>14259_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Des Courtils</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>500005277</t>
+  </si>
+  <si>
+    <t>CADA FTDA SAINT-LO</t>
+  </si>
+  <si>
+    <t>23/10/2025 16:16:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14204_FicheESSMS/fr/cada-ftda-saint-lo</t>
+  </si>
+  <si>
+    <t>14204_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Houssin Dumanoir</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>500018999</t>
+  </si>
+  <si>
+    <t>SESSAD DEFICIENTS VISUELS - PEP 50</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3475_FicheESSMS/fr/sessad-deficients-visuels-pep-50</t>
+  </si>
+  <si>
+    <t>3475_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue De La Poterne</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>500023189</t>
+  </si>
+  <si>
+    <t>DIRECTION SMO SAINT-LO ASS ADSEAM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6007_FicheESSMS/fr/direction-smo-saint-lo-ass-adseam</t>
+  </si>
+  <si>
+    <t>6007_FicheESSMS</t>
+  </si>
+  <si>
+    <t>709 Promenage Des Ports</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>500004510</t>
+  </si>
+  <si>
+    <t>EHPAD DE SAINT-LO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8912_FicheESSMS/fr/ehpad-de-saint-lo</t>
+  </si>
+  <si>
+    <t>8912_FicheESSMS</t>
+  </si>
+  <si>
+    <t>715 Rue Dunant</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>500012190</t>
+  </si>
+  <si>
+    <t>CAMSP "LA POMME BLEUE" - SAINT LO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9032_FicheESSMS/fr/camsp-la-pomme-bleue-saint-lo</t>
+  </si>
+  <si>
+    <t>9032_FicheESSMS</t>
+  </si>
+  <si>
+    <t>682 Rue Jules Valles</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>500019559</t>
+  </si>
+  <si>
+    <t>CSAPA - CHERBOURG-OCTEVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9226_FicheESSMS/fr/csapa-cherbourg-octeville</t>
+  </si>
+  <si>
+    <t>9226_FicheESSMS</t>
+  </si>
+  <si>
+    <t>65 Rue De Baltimore</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>500018742</t>
+  </si>
+  <si>
+    <t>SAMSAH FBS- SAINT LÔ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9225_FicheESSMS/fr/samsah-fbs-saint-lo</t>
+  </si>
+  <si>
+    <t>9225_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue De Baltimore</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>500020821</t>
+  </si>
+  <si>
+    <t>FJT ESPACE RABELAIS SAINT-LO AGGLO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10276_FicheESSMS/fr/fjt-espace-rabelais-saint-lo-agglo</t>
+  </si>
+  <si>
+    <t>10276_FicheESSMS</t>
+  </si>
+  <si>
+    <t>254 Rue Michel Brodon</t>
+  </si>
+  <si>
+    <t>50003 ST LO</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>500016589</t>
+  </si>
+  <si>
+    <t>SERV MJPM SAINT-LO ATMP MANCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10313_FicheESSMS/fr/serv-mjpm-saint-lo-atmp-manche</t>
+  </si>
+  <si>
+    <t>10313_FicheESSMS</t>
+  </si>
+  <si>
+    <t>745 Rue Jules Vallès</t>
+  </si>
+  <si>
+    <t>50006 ST LO</t>
+  </si>
+  <si>
+    <t>500021175</t>
+  </si>
+  <si>
+    <t>CMPP CENTRE MANCHE - SAINT LO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11411_FicheESSMS/fr/cmpp-centre-manche-saint-lo</t>
+  </si>
+  <si>
+    <t>11411_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue De La Varroquiere</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>500002696</t>
+  </si>
+  <si>
+    <t>CAMSP CENTRE MANCHE - SAINT LO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11410_FicheESSMS/fr/camsp-centre-manche-saint-lo</t>
+  </si>
+  <si>
+    <t>11410_FicheESSMS</t>
+  </si>
+  <si>
+    <t>682 Rue Jules Vallès</t>
+  </si>
+  <si>
+    <t>500014766</t>
+  </si>
+  <si>
+    <t>EHPAD FONTAINE FLEURY  ST LO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12167_FicheESSMS/fr/ehpad-fontaine-fleury-st-lo</t>
+  </si>
+  <si>
+    <t>12167_FicheESSMS</t>
+  </si>
+  <si>
+    <t>84 Rue Du Bois Ardent</t>
+  </si>
+  <si>
+    <t>500004940</t>
+  </si>
+  <si>
+    <t>SAD SAINT-LO FED DEP ASS ADMR MANCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12960_FicheESSMS/fr/sad-saint-lo-fed-dep-ass-admr-manche</t>
+  </si>
+  <si>
+    <t>12960_FicheESSMS</t>
+  </si>
+  <si>
+    <t>130 Rue Du Jardin Aux Chevaux</t>
+  </si>
+  <si>
+    <t>50008 ST LO</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>500019500</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>FONDATION BON SAUVEUR DE LA MANCHE - SAINT-LO</t>
+  </si>
+  <si>
+    <t>18/07/2025 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1600_FicheEtablissement/fr/fondation-bon-sauveur-de-la-manche</t>
+  </si>
+  <si>
+    <t>1600_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>66 Rue De Baltimore</t>
+  </si>
+  <si>
+    <t>0233777777</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>500000252</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>CENTRE D'ALCOOLOGIE DE SAINT-LO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1616_FicheEtablissement/fr/centre-d-alcoologie-fbs-manche</t>
+  </si>
+  <si>
+    <t>1616_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0233576107</t>
+  </si>
+  <si>
+    <t>500012661</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER MEMORIAL FRANCE ETATS-UNIS ST-LO</t>
+  </si>
+  <si>
+    <t>19/06/2023 11:32:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1608_FicheEtablissement/fr/ch-saint-lo</t>
+  </si>
+  <si>
+    <t>1608_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>0233063333</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins de longue durée, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>500000450</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R5"/>
+  <dimension ref="A1:R6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -516,43 +1113,1375 @@
       <c r="K5" t="s">
         <v>50</v>
       </c>
       <c r="L5" t="s">
         <v>51</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
         <v>52</v>
       </c>
       <c r="O5" t="s">
         <v>53</v>
       </c>
       <c r="P5" t="s">
         <v>54</v>
       </c>
       <c r="Q5" t="s">
         <v>55</v>
       </c>
       <c r="R5" t="s">
         <v>56</v>
       </c>
     </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>58</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H6" t="s">
+        <v>60</v>
+      </c>
+      <c r="I6" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K6" t="s">
+        <v>61</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>20</v>
+      </c>
+      <c r="N6" t="s">
+        <v>63</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>66</v>
+      </c>
+      <c r="R6" t="s">
+        <v>67</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P20"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1" t="s">
+        <v>69</v>
+      </c>
+      <c r="K1" t="s">
+        <v>70</v>
+      </c>
+      <c r="L1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M1" t="s">
+        <v>72</v>
+      </c>
+      <c r="N1" t="s">
+        <v>73</v>
+      </c>
+      <c r="O1" t="s">
+        <v>74</v>
+      </c>
+      <c r="P1" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>79</v>
+      </c>
+      <c r="H2" t="s">
+        <v>80</v>
+      </c>
+      <c r="I2" t="s">
+        <v>81</v>
+      </c>
+      <c r="J2" t="s">
+        <v>82</v>
+      </c>
+      <c r="K2" t="s">
+        <v>30</v>
+      </c>
+      <c r="L2" t="s">
+        <v>83</v>
+      </c>
+      <c r="M2" t="s">
+        <v>84</v>
+      </c>
+      <c r="N2" t="s">
+        <v>85</v>
+      </c>
+      <c r="O2" t="s">
+        <v>86</v>
+      </c>
+      <c r="P2" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>90</v>
+      </c>
+      <c r="H3" t="s">
+        <v>91</v>
+      </c>
+      <c r="I3" t="s">
+        <v>92</v>
+      </c>
+      <c r="J3" t="s">
+        <v>82</v>
+      </c>
+      <c r="K3" t="s">
+        <v>30</v>
+      </c>
+      <c r="L3" t="s">
+        <v>83</v>
+      </c>
+      <c r="M3" t="s">
+        <v>84</v>
+      </c>
+      <c r="N3" t="s">
+        <v>93</v>
+      </c>
+      <c r="O3" t="s">
+        <v>94</v>
+      </c>
+      <c r="P3" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>76</v>
+      </c>
+      <c r="B4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>97</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>98</v>
+      </c>
+      <c r="H4" t="s">
+        <v>99</v>
+      </c>
+      <c r="I4" t="s">
+        <v>100</v>
+      </c>
+      <c r="J4" t="s">
+        <v>101</v>
+      </c>
+      <c r="K4" t="s">
+        <v>30</v>
+      </c>
+      <c r="L4" t="s">
+        <v>83</v>
+      </c>
+      <c r="M4" t="s">
+        <v>84</v>
+      </c>
+      <c r="N4" t="s">
+        <v>102</v>
+      </c>
+      <c r="O4" t="s">
+        <v>103</v>
+      </c>
+      <c r="P4" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>76</v>
+      </c>
+      <c r="B5" t="s">
+        <v>105</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>106</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>107</v>
+      </c>
+      <c r="H5" t="s">
+        <v>108</v>
+      </c>
+      <c r="I5" t="s">
+        <v>109</v>
+      </c>
+      <c r="J5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L5" t="s">
+        <v>83</v>
+      </c>
+      <c r="M5" t="s">
+        <v>84</v>
+      </c>
+      <c r="N5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O5" t="s">
+        <v>112</v>
+      </c>
+      <c r="P5" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>76</v>
+      </c>
+      <c r="B6" t="s">
+        <v>114</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>115</v>
+      </c>
+      <c r="H6" t="s">
+        <v>116</v>
+      </c>
+      <c r="I6" t="s">
+        <v>109</v>
+      </c>
+      <c r="J6" t="s">
+        <v>110</v>
+      </c>
+      <c r="K6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L6" t="s">
+        <v>83</v>
+      </c>
+      <c r="M6" t="s">
+        <v>84</v>
+      </c>
+      <c r="N6" t="s">
+        <v>117</v>
+      </c>
+      <c r="O6" t="s">
+        <v>118</v>
+      </c>
+      <c r="P6" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>76</v>
+      </c>
+      <c r="B7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>121</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>122</v>
+      </c>
+      <c r="H7" t="s">
+        <v>123</v>
+      </c>
+      <c r="I7" t="s">
+        <v>124</v>
+      </c>
+      <c r="J7" t="s">
+        <v>82</v>
+      </c>
+      <c r="K7" t="s">
+        <v>30</v>
+      </c>
+      <c r="L7" t="s">
+        <v>83</v>
+      </c>
+      <c r="M7" t="s">
+        <v>125</v>
+      </c>
+      <c r="N7" t="s">
+        <v>93</v>
+      </c>
+      <c r="O7" t="s">
+        <v>126</v>
+      </c>
+      <c r="P7" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>128</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>129</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>130</v>
+      </c>
+      <c r="H8" t="s">
+        <v>131</v>
+      </c>
+      <c r="I8" t="s">
+        <v>132</v>
+      </c>
+      <c r="J8" t="s">
+        <v>82</v>
+      </c>
+      <c r="K8" t="s">
+        <v>30</v>
+      </c>
+      <c r="L8" t="s">
+        <v>83</v>
+      </c>
+      <c r="M8" t="s">
+        <v>84</v>
+      </c>
+      <c r="N8" t="s">
+        <v>93</v>
+      </c>
+      <c r="O8" t="s">
+        <v>133</v>
+      </c>
+      <c r="P8" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>135</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>136</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>137</v>
+      </c>
+      <c r="H9" t="s">
+        <v>138</v>
+      </c>
+      <c r="I9" t="s">
+        <v>139</v>
+      </c>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>30</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>102</v>
+      </c>
+      <c r="O9" t="s">
+        <v>140</v>
+      </c>
+      <c r="P9" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>142</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>143</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>144</v>
+      </c>
+      <c r="H10" t="s">
+        <v>145</v>
+      </c>
+      <c r="I10" t="s">
+        <v>146</v>
+      </c>
+      <c r="J10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K10" t="s">
+        <v>30</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>111</v>
+      </c>
+      <c r="O10" t="s">
+        <v>147</v>
+      </c>
+      <c r="P10" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>149</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>150</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>151</v>
+      </c>
+      <c r="H11" t="s">
+        <v>152</v>
+      </c>
+      <c r="I11" t="s">
+        <v>153</v>
+      </c>
+      <c r="J11" t="s">
+        <v>82</v>
+      </c>
+      <c r="K11" t="s">
+        <v>30</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>125</v>
+      </c>
+      <c r="N11" t="s">
+        <v>154</v>
+      </c>
+      <c r="O11" t="s">
+        <v>155</v>
+      </c>
+      <c r="P11" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>76</v>
+      </c>
+      <c r="B12" t="s">
+        <v>157</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>158</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>159</v>
+      </c>
+      <c r="H12" t="s">
+        <v>160</v>
+      </c>
+      <c r="I12" t="s">
+        <v>161</v>
+      </c>
+      <c r="J12" t="s">
+        <v>82</v>
+      </c>
+      <c r="K12" t="s">
+        <v>30</v>
+      </c>
+      <c r="L12" t="s">
+        <v>83</v>
+      </c>
+      <c r="M12" t="s">
+        <v>84</v>
+      </c>
+      <c r="N12" t="s">
+        <v>102</v>
+      </c>
+      <c r="O12" t="s">
+        <v>162</v>
+      </c>
+      <c r="P12" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>76</v>
+      </c>
+      <c r="B13" t="s">
+        <v>164</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>165</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>166</v>
+      </c>
+      <c r="H13" t="s">
+        <v>167</v>
+      </c>
+      <c r="I13" t="s">
+        <v>168</v>
+      </c>
+      <c r="J13" t="s">
+        <v>82</v>
+      </c>
+      <c r="K13" t="s">
+        <v>30</v>
+      </c>
+      <c r="L13" t="s">
+        <v>83</v>
+      </c>
+      <c r="M13" t="s">
+        <v>84</v>
+      </c>
+      <c r="N13" t="s">
+        <v>169</v>
+      </c>
+      <c r="O13" t="s">
+        <v>170</v>
+      </c>
+      <c r="P13" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" t="s">
+        <v>172</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>165</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>173</v>
+      </c>
+      <c r="H14" t="s">
+        <v>174</v>
+      </c>
+      <c r="I14" t="s">
+        <v>175</v>
+      </c>
+      <c r="J14" t="s">
+        <v>82</v>
+      </c>
+      <c r="K14" t="s">
+        <v>30</v>
+      </c>
+      <c r="L14" t="s">
+        <v>83</v>
+      </c>
+      <c r="M14" t="s">
+        <v>84</v>
+      </c>
+      <c r="N14" t="s">
+        <v>85</v>
+      </c>
+      <c r="O14" t="s">
+        <v>176</v>
+      </c>
+      <c r="P14" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>76</v>
+      </c>
+      <c r="B15" t="s">
+        <v>178</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>179</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>180</v>
+      </c>
+      <c r="H15" t="s">
+        <v>181</v>
+      </c>
+      <c r="I15" t="s">
+        <v>182</v>
+      </c>
+      <c r="J15" t="s">
+        <v>183</v>
+      </c>
+      <c r="K15" t="s">
+        <v>30</v>
+      </c>
+      <c r="L15" t="s">
+        <v>83</v>
+      </c>
+      <c r="M15" t="s">
+        <v>125</v>
+      </c>
+      <c r="N15" t="s">
+        <v>93</v>
+      </c>
+      <c r="O15" t="s">
+        <v>184</v>
+      </c>
+      <c r="P15" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>76</v>
+      </c>
+      <c r="B16" t="s">
+        <v>186</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>187</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>188</v>
+      </c>
+      <c r="H16" t="s">
+        <v>189</v>
+      </c>
+      <c r="I16" t="s">
+        <v>190</v>
+      </c>
+      <c r="J16" t="s">
+        <v>191</v>
+      </c>
+      <c r="K16" t="s">
+        <v>30</v>
+      </c>
+      <c r="L16" t="s">
+        <v>83</v>
+      </c>
+      <c r="M16" t="s">
+        <v>84</v>
+      </c>
+      <c r="N16" t="s">
+        <v>117</v>
+      </c>
+      <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>76</v>
+      </c>
+      <c r="B17" t="s">
+        <v>193</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>194</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>195</v>
+      </c>
+      <c r="H17" t="s">
+        <v>196</v>
+      </c>
+      <c r="I17" t="s">
+        <v>197</v>
+      </c>
+      <c r="J17" t="s">
+        <v>183</v>
+      </c>
+      <c r="K17" t="s">
+        <v>30</v>
+      </c>
+      <c r="L17" t="s">
+        <v>83</v>
+      </c>
+      <c r="M17" t="s">
+        <v>84</v>
+      </c>
+      <c r="N17" t="s">
+        <v>102</v>
+      </c>
+      <c r="O17" t="s">
+        <v>198</v>
+      </c>
+      <c r="P17" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B18" t="s">
+        <v>200</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>194</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>201</v>
+      </c>
+      <c r="H18" t="s">
+        <v>202</v>
+      </c>
+      <c r="I18" t="s">
+        <v>203</v>
+      </c>
+      <c r="J18" t="s">
+        <v>82</v>
+      </c>
+      <c r="K18" t="s">
+        <v>30</v>
+      </c>
+      <c r="L18" t="s">
+        <v>83</v>
+      </c>
+      <c r="M18" t="s">
+        <v>84</v>
+      </c>
+      <c r="N18" t="s">
+        <v>102</v>
+      </c>
+      <c r="O18" t="s">
+        <v>162</v>
+      </c>
+      <c r="P18" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>76</v>
+      </c>
+      <c r="B19" t="s">
+        <v>205</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>206</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>207</v>
+      </c>
+      <c r="H19" t="s">
+        <v>208</v>
+      </c>
+      <c r="I19" t="s">
+        <v>209</v>
+      </c>
+      <c r="J19" t="s">
+        <v>82</v>
+      </c>
+      <c r="K19" t="s">
+        <v>30</v>
+      </c>
+      <c r="L19" t="s">
+        <v>83</v>
+      </c>
+      <c r="M19" t="s">
+        <v>125</v>
+      </c>
+      <c r="N19" t="s">
+        <v>154</v>
+      </c>
+      <c r="O19" t="s">
+        <v>155</v>
+      </c>
+      <c r="P19" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B20" t="s">
+        <v>211</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>212</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>213</v>
+      </c>
+      <c r="H20" t="s">
+        <v>214</v>
+      </c>
+      <c r="I20" t="s">
+        <v>215</v>
+      </c>
+      <c r="J20" t="s">
+        <v>216</v>
+      </c>
+      <c r="K20" t="s">
+        <v>30</v>
+      </c>
+      <c r="L20" t="s">
+        <v>83</v>
+      </c>
+      <c r="M20" t="s">
+        <v>84</v>
+      </c>
+      <c r="N20" t="s">
+        <v>217</v>
+      </c>
+      <c r="O20" t="s">
+        <v>218</v>
+      </c>
+      <c r="P20" t="s">
+        <v>219</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>220</v>
+      </c>
+      <c r="J1" t="s">
+        <v>68</v>
+      </c>
+      <c r="K1" t="s">
+        <v>221</v>
+      </c>
+      <c r="L1" t="s">
+        <v>70</v>
+      </c>
+      <c r="M1" t="s">
+        <v>71</v>
+      </c>
+      <c r="N1" t="s">
+        <v>222</v>
+      </c>
+      <c r="O1" t="s">
+        <v>223</v>
+      </c>
+      <c r="P1" t="s">
+        <v>224</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>225</v>
+      </c>
+      <c r="R1" t="s">
+        <v>72</v>
+      </c>
+      <c r="S1" t="s">
+        <v>226</v>
+      </c>
+      <c r="T1" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>228</v>
+      </c>
+      <c r="B2" t="s">
+        <v>229</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>230</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>231</v>
+      </c>
+      <c r="H2" t="s">
+        <v>232</v>
+      </c>
+      <c r="I2" t="s">
+        <v>233</v>
+      </c>
+      <c r="J2" t="s">
+        <v>234</v>
+      </c>
+      <c r="K2" t="s">
+        <v>216</v>
+      </c>
+      <c r="L2" t="s">
+        <v>30</v>
+      </c>
+      <c r="M2" t="s">
+        <v>83</v>
+      </c>
+      <c r="N2" t="s">
+        <v>235</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>236</v>
+      </c>
+      <c r="R2" t="s">
+        <v>84</v>
+      </c>
+      <c r="S2" t="s">
+        <v>237</v>
+      </c>
+      <c r="T2" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>228</v>
+      </c>
+      <c r="B3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>230</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>240</v>
+      </c>
+      <c r="H3" t="s">
+        <v>241</v>
+      </c>
+      <c r="I3" t="s">
+        <v>233</v>
+      </c>
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
+        <v>82</v>
+      </c>
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
+        <v>83</v>
+      </c>
+      <c r="N3" t="s">
+        <v>242</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>236</v>
+      </c>
+      <c r="R3" t="s">
+        <v>84</v>
+      </c>
+      <c r="S3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T3" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>228</v>
+      </c>
+      <c r="B4" t="s">
+        <v>244</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>245</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>246</v>
+      </c>
+      <c r="H4" t="s">
+        <v>247</v>
+      </c>
+      <c r="I4" t="s">
+        <v>248</v>
+      </c>
+      <c r="J4" t="s">
+        <v>153</v>
+      </c>
+      <c r="K4" t="s">
+        <v>110</v>
+      </c>
+      <c r="L4" t="s">
+        <v>30</v>
+      </c>
+      <c r="M4" t="s">
+        <v>83</v>
+      </c>
+      <c r="N4" t="s">
+        <v>249</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>250</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>251</v>
+      </c>
+      <c r="R4" t="s">
+        <v>125</v>
+      </c>
+      <c r="S4" t="s">
+        <v>252</v>
+      </c>
+      <c r="T4" t="s">
+        <v>253</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>