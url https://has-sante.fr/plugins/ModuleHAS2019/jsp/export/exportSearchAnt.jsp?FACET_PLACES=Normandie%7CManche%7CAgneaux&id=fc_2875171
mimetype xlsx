--- v1 (2025-12-20)
+++ v2 (2026-02-16)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="503" uniqueCount="254">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="540" uniqueCount="274">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -74,68 +74,101 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur Clément DUJEUX</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574607/fr/docteur-clement-dujeux</t>
+  </si>
+  <si>
+    <t>p_3574607</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>DUJEUX</t>
+  </si>
+  <si>
+    <t>Clément</t>
+  </si>
+  <si>
+    <t>19 December 2024</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE ST MARTIN-CAEN,POLYCLINIQUE DE DEAUVILLE-CRICQUEBOEUF,POLYCLINIQUE DE LA MANCHE - SAINT-LO</t>
+  </si>
+  <si>
+    <t>14050,14113,50008</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 4,CRICQUEBOEUF,ST LO CEDEX</t>
+  </si>
+  <si>
+    <t>140017237,140026709,500000203</t>
+  </si>
+  <si>
     <t>Docteur MEHDI AZALE</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>07/06/2024 14:54:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3521818/fr/docteur-mehdi-azale</t>
   </si>
   <si>
     <t>p_3521818</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>AZALE</t>
   </si>
   <si>
     <t>MEHDI</t>
   </si>
   <si>
     <t>06 June 2024</t>
   </si>
   <si>
     <t>POLYCLINIQUE DE LA MANCHE - SAINT-LO</t>
   </si>
   <si>
     <t>50008</t>
   </si>
   <si>
     <t>ST LO</t>
   </si>
   <si>
     <t>500000203</t>
   </si>
   <si>
     <t>Docteur Afif EL HAJ CHEHADE</t>
   </si>
   <si>
     <t>28/03/2024 16:34:49</t>
@@ -777,101 +810,128 @@
     <t>19/06/2023 11:32:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1608_FicheEtablissement/fr/ch-saint-lo</t>
   </si>
   <si>
     <t>1608_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>0233063333</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins de longue durée, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>500000450</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE DE LA MANCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7769_FicheEtablissement/fr/hopital-prive-de-la-manche</t>
+  </si>
+  <si>
+    <t>7769_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>45 Rue General Koenig</t>
+  </si>
+  <si>
+    <t>0233067878</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>500026307</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R6"/>
+  <dimension ref="A1:R7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -989,172 +1049,172 @@
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
         <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q3" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R3" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H4" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="O4" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q4" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R4" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="H5" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="L5" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="Q5" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="R5" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>58</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>59</v>
       </c>
       <c r="H6" t="s">
@@ -1167,1321 +1227,1439 @@
         <v>24</v>
       </c>
       <c r="K6" t="s">
         <v>61</v>
       </c>
       <c r="L6" t="s">
         <v>62</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
         <v>63</v>
       </c>
       <c r="O6" t="s">
         <v>64</v>
       </c>
       <c r="P6" t="s">
         <v>65</v>
       </c>
       <c r="Q6" t="s">
         <v>66</v>
       </c>
       <c r="R6" t="s">
         <v>67</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>69</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>70</v>
+      </c>
+      <c r="H7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I7" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J7" t="s">
+        <v>24</v>
+      </c>
+      <c r="K7" t="s">
+        <v>72</v>
+      </c>
+      <c r="L7" t="s">
+        <v>73</v>
+      </c>
+      <c r="M7" t="s">
+        <v>20</v>
+      </c>
+      <c r="N7" t="s">
+        <v>74</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>77</v>
+      </c>
+      <c r="R7" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="J1" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="K1" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="L1" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="M1" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="N1" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="O1" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="P1" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B2" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="H2" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="I2" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="J2" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="K2" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L2" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M2" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="N2" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="O2" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="P2" t="s">
-        <v>87</v>
+        <v>98</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B3" t="s">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="H3" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="I3" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="J3" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="K3" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L3" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M3" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="N3" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="O3" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="P3" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B4" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="H4" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="I4" t="s">
-        <v>100</v>
+        <v>111</v>
       </c>
       <c r="J4" t="s">
-        <v>101</v>
+        <v>112</v>
       </c>
       <c r="K4" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L4" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M4" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="N4" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="O4" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="P4" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B5" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="H5" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="I5" t="s">
-        <v>109</v>
+        <v>120</v>
       </c>
       <c r="J5" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="K5" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L5" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M5" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="N5" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="O5" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="P5" t="s">
-        <v>113</v>
+        <v>124</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B6" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>115</v>
+        <v>126</v>
       </c>
       <c r="H6" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="I6" t="s">
-        <v>109</v>
+        <v>120</v>
       </c>
       <c r="J6" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="K6" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L6" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M6" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="N6" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="O6" t="s">
-        <v>118</v>
+        <v>129</v>
       </c>
       <c r="P6" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B7" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>122</v>
+        <v>133</v>
       </c>
       <c r="H7" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="I7" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="J7" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="K7" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L7" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M7" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="N7" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="O7" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
       <c r="P7" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B8" t="s">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
       <c r="H8" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="I8" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="J8" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="K8" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L8" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M8" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="N8" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="O8" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="P8" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B9" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>137</v>
+        <v>148</v>
       </c>
       <c r="H9" t="s">
-        <v>138</v>
+        <v>149</v>
       </c>
       <c r="I9" t="s">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="J9" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="K9" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L9" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M9" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="N9" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="O9" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="P9" t="s">
-        <v>141</v>
+        <v>152</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B10" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>143</v>
+        <v>154</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>144</v>
+        <v>155</v>
       </c>
       <c r="H10" t="s">
-        <v>145</v>
+        <v>156</v>
       </c>
       <c r="I10" t="s">
-        <v>146</v>
+        <v>157</v>
       </c>
       <c r="J10" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="K10" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L10" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M10" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="N10" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="O10" t="s">
-        <v>147</v>
+        <v>158</v>
       </c>
       <c r="P10" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B11" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="H11" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="I11" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="J11" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="K11" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L11" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M11" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="N11" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="O11" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="P11" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B12" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="H12" t="s">
-        <v>160</v>
+        <v>171</v>
       </c>
       <c r="I12" t="s">
-        <v>161</v>
+        <v>172</v>
       </c>
       <c r="J12" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="K12" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L12" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M12" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="N12" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="O12" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P12" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B13" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="H13" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="I13" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="J13" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="K13" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L13" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M13" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="N13" t="s">
-        <v>169</v>
+        <v>180</v>
       </c>
       <c r="O13" t="s">
-        <v>170</v>
+        <v>181</v>
       </c>
       <c r="P13" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B14" t="s">
-        <v>172</v>
+        <v>183</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>173</v>
+        <v>184</v>
       </c>
       <c r="H14" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="I14" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="J14" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="K14" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L14" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M14" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="N14" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="O14" t="s">
-        <v>176</v>
+        <v>187</v>
       </c>
       <c r="P14" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B15" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>179</v>
+        <v>190</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="H15" t="s">
-        <v>181</v>
+        <v>192</v>
       </c>
       <c r="I15" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="J15" t="s">
-        <v>183</v>
+        <v>194</v>
       </c>
       <c r="K15" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L15" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M15" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="N15" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="O15" t="s">
-        <v>184</v>
+        <v>195</v>
       </c>
       <c r="P15" t="s">
-        <v>185</v>
+        <v>196</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B16" t="s">
-        <v>186</v>
+        <v>197</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>187</v>
+        <v>198</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>188</v>
+        <v>199</v>
       </c>
       <c r="H16" t="s">
-        <v>189</v>
+        <v>200</v>
       </c>
       <c r="I16" t="s">
-        <v>190</v>
+        <v>201</v>
       </c>
       <c r="J16" t="s">
-        <v>191</v>
+        <v>202</v>
       </c>
       <c r="K16" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L16" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M16" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="N16" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="O16" t="s">
-        <v>118</v>
+        <v>129</v>
       </c>
       <c r="P16" t="s">
-        <v>192</v>
+        <v>203</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B17" t="s">
-        <v>193</v>
+        <v>204</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
+        <v>205</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>206</v>
+      </c>
+      <c r="H17" t="s">
+        <v>207</v>
+      </c>
+      <c r="I17" t="s">
+        <v>208</v>
+      </c>
+      <c r="J17" t="s">
         <v>194</v>
       </c>
-      <c r="F17" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K17" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L17" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M17" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="N17" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="O17" t="s">
-        <v>198</v>
+        <v>209</v>
       </c>
       <c r="P17" t="s">
-        <v>199</v>
+        <v>210</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B18" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>194</v>
+        <v>205</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>201</v>
+        <v>212</v>
       </c>
       <c r="H18" t="s">
-        <v>202</v>
+        <v>213</v>
       </c>
       <c r="I18" t="s">
-        <v>203</v>
+        <v>214</v>
       </c>
       <c r="J18" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="K18" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L18" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M18" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="N18" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="O18" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="P18" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B19" t="s">
-        <v>205</v>
+        <v>216</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>207</v>
+        <v>218</v>
       </c>
       <c r="H19" t="s">
-        <v>208</v>
+        <v>219</v>
       </c>
       <c r="I19" t="s">
-        <v>209</v>
+        <v>220</v>
       </c>
       <c r="J19" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="K19" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L19" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M19" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="N19" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="O19" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="P19" t="s">
-        <v>210</v>
+        <v>221</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B20" t="s">
-        <v>211</v>
+        <v>222</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>212</v>
+        <v>223</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="H20" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="I20" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="J20" t="s">
-        <v>216</v>
+        <v>227</v>
       </c>
       <c r="K20" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L20" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M20" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="N20" t="s">
-        <v>217</v>
+        <v>228</v>
       </c>
       <c r="O20" t="s">
-        <v>218</v>
+        <v>229</v>
       </c>
       <c r="P20" t="s">
-        <v>219</v>
+        <v>230</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T4"/>
+  <dimension ref="A1:T5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>220</v>
+        <v>231</v>
       </c>
       <c r="J1" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="K1" t="s">
-        <v>221</v>
+        <v>232</v>
       </c>
       <c r="L1" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="M1" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="N1" t="s">
-        <v>222</v>
+        <v>233</v>
       </c>
       <c r="O1" t="s">
-        <v>223</v>
+        <v>234</v>
       </c>
       <c r="P1" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="Q1" t="s">
-        <v>225</v>
+        <v>236</v>
       </c>
       <c r="R1" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="S1" t="s">
-        <v>226</v>
+        <v>237</v>
       </c>
       <c r="T1" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>228</v>
+        <v>239</v>
       </c>
       <c r="B2" t="s">
-        <v>229</v>
+        <v>240</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>230</v>
+        <v>241</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>231</v>
+        <v>242</v>
       </c>
       <c r="H2" t="s">
-        <v>232</v>
+        <v>243</v>
       </c>
       <c r="I2" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
       <c r="J2" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="K2" t="s">
-        <v>216</v>
+        <v>227</v>
       </c>
       <c r="L2" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="M2" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="N2" t="s">
-        <v>235</v>
+        <v>246</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="Q2" t="s">
-        <v>236</v>
+        <v>247</v>
       </c>
       <c r="R2" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="S2" t="s">
-        <v>237</v>
+        <v>248</v>
       </c>
       <c r="T2" t="s">
-        <v>238</v>
+        <v>249</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>228</v>
+        <v>239</v>
       </c>
       <c r="B3" t="s">
-        <v>239</v>
+        <v>250</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>230</v>
+        <v>241</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>240</v>
+        <v>251</v>
       </c>
       <c r="H3" t="s">
-        <v>241</v>
+        <v>252</v>
       </c>
       <c r="I3" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
       <c r="J3" t="s">
         <v>20</v>
       </c>
       <c r="K3" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="L3" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="M3" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="N3" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="Q3" t="s">
-        <v>236</v>
+        <v>247</v>
       </c>
       <c r="R3" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="S3" t="s">
-        <v>243</v>
+        <v>254</v>
       </c>
       <c r="T3" t="s">
-        <v>238</v>
+        <v>249</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>228</v>
+        <v>239</v>
       </c>
       <c r="B4" t="s">
-        <v>244</v>
+        <v>255</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>245</v>
+        <v>256</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>246</v>
+        <v>257</v>
       </c>
       <c r="H4" t="s">
-        <v>247</v>
+        <v>258</v>
       </c>
       <c r="I4" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="J4" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="K4" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="L4" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="M4" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="N4" t="s">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>250</v>
+        <v>261</v>
       </c>
       <c r="Q4" t="s">
-        <v>251</v>
+        <v>262</v>
       </c>
       <c r="R4" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="S4" t="s">
-        <v>252</v>
+        <v>263</v>
       </c>
       <c r="T4" t="s">
-        <v>253</v>
+        <v>264</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>239</v>
+      </c>
+      <c r="B5" t="s">
+        <v>265</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>266</v>
+      </c>
+      <c r="H5" t="s">
+        <v>267</v>
+      </c>
+      <c r="I5" t="s">
+        <v>268</v>
+      </c>
+      <c r="J5" t="s">
+        <v>269</v>
+      </c>
+      <c r="K5" t="s">
+        <v>93</v>
+      </c>
+      <c r="L5" t="s">
+        <v>41</v>
+      </c>
+      <c r="M5" t="s">
+        <v>94</v>
+      </c>
+      <c r="N5" t="s">
+        <v>270</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>271</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>272</v>
+      </c>
+      <c r="R5" t="s">
+        <v>271</v>
+      </c>
+      <c r="S5" t="s">
+        <v>273</v>
+      </c>
+      <c r="T5" t="s">
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>