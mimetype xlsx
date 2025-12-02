--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,59 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="630" uniqueCount="288">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2262" uniqueCount="943">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -873,96 +882,2061 @@
     <t>Keyvan</t>
   </si>
   <si>
     <t>28 March 2024</t>
   </si>
   <si>
     <t>Docteur Etienne GOUJARD</t>
   </si>
   <si>
     <t>08/11/2016 11:35:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713077/fr/docteur-etienne-goujard</t>
   </si>
   <si>
     <t>c_2713077</t>
   </si>
   <si>
     <t>GOUJARD</t>
   </si>
   <si>
     <t>Etienne</t>
   </si>
   <si>
     <t>22 October 2020</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>ESAT LES ATELIERS DES VAUZELLES</t>
+  </si>
+  <si>
+    <t>16/10/2025 16:15:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14104_FicheESSMS/fr/esat-les-ateliers-des-vauzelles</t>
+  </si>
+  <si>
+    <t>14104_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Rue Des Vauzelles</t>
+  </si>
+  <si>
+    <t>16100 CHATEAUBERNARD</t>
+  </si>
+  <si>
+    <t>CHATEAUBERNARD</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>160003836</t>
+  </si>
+  <si>
+    <t>EHPAD LES MAISONS DE MARTHE</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:19:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13292_FicheESSMS/fr/ehpad-les-maisons-de-marthe</t>
+  </si>
+  <si>
+    <t>13292_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue De L Hopital</t>
+  </si>
+  <si>
+    <t>16700 RUFFEC</t>
+  </si>
+  <si>
+    <t>RUFFEC</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>160007571</t>
+  </si>
+  <si>
+    <t>CSAPA DE LA CHARENTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4715_FicheESSMS/fr/csapa-de-la-charente</t>
+  </si>
+  <si>
+    <t>4715_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Avenue Du Marechal Juin</t>
+  </si>
+  <si>
+    <t>16340 L ISLE D ESPAGNAC</t>
+  </si>
+  <si>
+    <t>L ISLE D ESPAGNAC</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>160007431</t>
+  </si>
+  <si>
+    <t>SAVS SASPAH LE POINTEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4861_FicheESSMS/fr/savs-saspah-le-pointeau</t>
+  </si>
+  <si>
+    <t>4861_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16190 MONTMOREAU</t>
+  </si>
+  <si>
+    <t>MONTMOREAU</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>160007365</t>
+  </si>
+  <si>
+    <t>IME FRAINEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/687_FicheESSMS/fr/ime-fraineau</t>
+  </si>
+  <si>
+    <t>687_FicheESSMS</t>
+  </si>
+  <si>
+    <t>62 Avenue Paul Firino Martell</t>
+  </si>
+  <si>
+    <t>16100 COGNAC</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>160000014</t>
+  </si>
+  <si>
+    <t>SESSAD FRAINEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/686_FicheESSMS/fr/sessad-fraineau</t>
+  </si>
+  <si>
+    <t>686_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Avenue Claude Boucher</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>160013926</t>
+  </si>
+  <si>
+    <t>ITEP FRAINEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/998_FicheESSMS/fr/itep-fraineau</t>
+  </si>
+  <si>
+    <t>998_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>160016465</t>
+  </si>
+  <si>
+    <t>SERVICE DPF DE L'UDAF 16</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1156_FicheESSMS/fr/service-dpf-de-l-udaf-16</t>
+  </si>
+  <si>
+    <t>1156_FicheESSMS</t>
+  </si>
+  <si>
+    <t>73 Impasse Nicephore Niepce</t>
+  </si>
+  <si>
+    <t>16024 ANGOULEME</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>160015202</t>
+  </si>
+  <si>
+    <t>IME MARC SIGNAC - APEC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1318_FicheESSMS/fr/ime-marc-signac-apec</t>
+  </si>
+  <si>
+    <t>1318_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160000410</t>
+  </si>
+  <si>
+    <t>SESSAD SUD CHARENTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1309_FicheESSMS/fr/sessad-sud-charente</t>
+  </si>
+  <si>
+    <t>1309_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Place Du Chateau</t>
+  </si>
+  <si>
+    <t>16250 COTEAUX DU BLANZACAIS</t>
+  </si>
+  <si>
+    <t>COTEAUX DU BLANZACAIS</t>
+  </si>
+  <si>
+    <t>160007019</t>
+  </si>
+  <si>
+    <t>EHPAD - LA PICAUDRIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1366_FicheESSMS/fr/ehpad-la-picaudrie</t>
+  </si>
+  <si>
+    <t>1366_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Rue Du Stade</t>
+  </si>
+  <si>
+    <t>16290 HIERSAC</t>
+  </si>
+  <si>
+    <t>HIERSAC</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>160008298</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR - L'ARCHE EN CHARENTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1860_FicheESSMS/fr/accueil-de-jour-l-arche-en-charente</t>
+  </si>
+  <si>
+    <t>1860_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De L'Anisserie</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>160015038</t>
+  </si>
+  <si>
+    <t>SAVS - L'ARCHE EN CHARENTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1859_FicheESSMS/fr/savs-l-arche-en-charente</t>
+  </si>
+  <si>
+    <t>1859_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160015046</t>
+  </si>
+  <si>
+    <t>ESAT L'ARCHE A COGNAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1857_FicheESSMS/fr/esat-l-arche-a-cognac</t>
+  </si>
+  <si>
+    <t>1857_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De L Anisserie</t>
+  </si>
+  <si>
+    <t>160003984</t>
+  </si>
+  <si>
+    <t>ESAT LES SAPINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1863_FicheESSMS/fr/esat-les-sapins</t>
+  </si>
+  <si>
+    <t>1863_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16130 LIGNIERES SONNEVILLE</t>
+  </si>
+  <si>
+    <t>LIGNIERES SONNEVILLE</t>
+  </si>
+  <si>
+    <t>160003976</t>
+  </si>
+  <si>
+    <t>ESAT LA MERCI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1862_FicheESSMS/fr/esat-la-merci</t>
+  </si>
+  <si>
+    <t>1862_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16200 COURBILLAC</t>
+  </si>
+  <si>
+    <t>COURBILLAC</t>
+  </si>
+  <si>
+    <t>160003786</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE NON TRAVAILL. - L'ARCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1861_FicheESSMS/fr/foyer-de-vie-non-travaill-l-arche</t>
+  </si>
+  <si>
+    <t>1861_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Burgaud Des Marets</t>
+  </si>
+  <si>
+    <t>16200 JARNAC</t>
+  </si>
+  <si>
+    <t>JARNAC</t>
+  </si>
+  <si>
+    <t>160015020</t>
+  </si>
+  <si>
+    <t>EHPAD LES ECUREUILS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1917_FicheESSMS/fr/ehpad-les-ecureuils</t>
+  </si>
+  <si>
+    <t>1917_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Calmette</t>
+  </si>
+  <si>
+    <t>160004412</t>
+  </si>
+  <si>
+    <t>ESRP EPNAK 16</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3591_FicheESSMS/fr/esrp-epnak-16</t>
+  </si>
+  <si>
+    <t>3591_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Réadaptation Professionnelle</t>
+  </si>
+  <si>
+    <t>160017562</t>
+  </si>
+  <si>
+    <t>ESPO EPNAK 16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3589_FicheESSMS/fr/espo-epnak-16</t>
+  </si>
+  <si>
+    <t>3589_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Préorientation</t>
+  </si>
+  <si>
+    <t>160017570</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES SOURCES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5207_FicheESSMS/fr/residence-les-sources</t>
+  </si>
+  <si>
+    <t>5207_FicheESSMS</t>
+  </si>
+  <si>
+    <t>89 Chemin D'Entreroches</t>
+  </si>
+  <si>
+    <t>16800 SOYAUX</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>160003851</t>
+  </si>
+  <si>
+    <t>FOYER D'ENTREROCHES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5206_FicheESSMS/fr/foyer-d-entreroches</t>
+  </si>
+  <si>
+    <t>5206_FicheESSMS</t>
+  </si>
+  <si>
+    <t>87 Chemin D'Entreroches</t>
+  </si>
+  <si>
+    <t>160016358</t>
+  </si>
+  <si>
+    <t>SAJ RESIDENCE LES SOURCES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5205_FicheESSMS/fr/saj-residence-les-sources</t>
+  </si>
+  <si>
+    <t>5205_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160015954</t>
+  </si>
+  <si>
+    <t>MECS NORD CHARENTE GPA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5591_FicheESSMS/fr/mecs-nord-charente-gpa</t>
+  </si>
+  <si>
+    <t>5591_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Square Jean Bouillon</t>
+  </si>
+  <si>
+    <t>16230 MANSLE</t>
+  </si>
+  <si>
+    <t>MANSLE</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>160000329</t>
+  </si>
+  <si>
+    <t>EHPAD - LES HESPERIDES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5685_FicheESSMS/fr/ehpad-les-hesperides</t>
+  </si>
+  <si>
+    <t>5685_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Route De Fontenille</t>
+  </si>
+  <si>
+    <t>16230 LUXE</t>
+  </si>
+  <si>
+    <t>LUXE</t>
+  </si>
+  <si>
+    <t>160011979</t>
+  </si>
+  <si>
+    <t>EHPAD - COS LES FINS BOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5833_FicheESSMS/fr/ehpad-cos-les-fins-bois</t>
+  </si>
+  <si>
+    <t>5833_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Impasse Des Caducees</t>
+  </si>
+  <si>
+    <t>16200 MERIGNAC</t>
+  </si>
+  <si>
+    <t>MERIGNAC</t>
+  </si>
+  <si>
+    <t>160004115</t>
+  </si>
+  <si>
+    <t>EHPAD COS SAINTE MARTHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5831_FicheESSMS/fr/ehpad-cos-sainte-marthe</t>
+  </si>
+  <si>
+    <t>5831_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Du Pont</t>
+  </si>
+  <si>
+    <t>16460 ST FRONT</t>
+  </si>
+  <si>
+    <t>ST FRONT</t>
+  </si>
+  <si>
+    <t>160004446</t>
+  </si>
+  <si>
+    <t>RESIDENCE ALAIN DE RAIMOND</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6043_FicheESSMS/fr/residence-alain-de-raimond</t>
+  </si>
+  <si>
+    <t>6043_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Elysee Mousnier</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>160003737</t>
+  </si>
+  <si>
+    <t>FOYER TRAVAIL. (ESAT ST CLAUD)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6089_FicheESSMS/fr/foyer-travail-esat-st-claud</t>
+  </si>
+  <si>
+    <t>6089_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16450 ST CLAUD</t>
+  </si>
+  <si>
+    <t>ST CLAUD</t>
+  </si>
+  <si>
+    <t>160003943</t>
+  </si>
+  <si>
+    <t>FOYER NON TRAVAIL. ESAT ST CLAUD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6088_FicheESSMS/fr/foyer-non-travail-esat-st-claud</t>
+  </si>
+  <si>
+    <t>6088_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160012167</t>
+  </si>
+  <si>
+    <t>EHPAD - RESIDENCE MBV CLAIRBOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6128_FicheESSMS/fr/ehpad-residence-mbv-clairbois</t>
+  </si>
+  <si>
+    <t>6128_FicheESSMS</t>
+  </si>
+  <si>
+    <t>734 Route De La Boissiere</t>
+  </si>
+  <si>
+    <t>16410 DIRAC</t>
+  </si>
+  <si>
+    <t>DIRAC</t>
+  </si>
+  <si>
+    <t>160002143</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM DE L'UDAF 16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1155_FicheESSMS/fr/service-mjpm-de-l-udaf-16</t>
+  </si>
+  <si>
+    <t>1155_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>160015210</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERG TRAVAILLEURS - L'ARCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1858_FicheESSMS/fr/foyer-d-heberg-travailleurs-l-arche</t>
+  </si>
+  <si>
+    <t>1858_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160015012</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LES HYADES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2766_FicheESSMS/fr/ehpad-residence-les-hyades</t>
+  </si>
+  <si>
+    <t>2766_FicheESSMS</t>
+  </si>
+  <si>
+    <t>105 Rue Du Moulin A Vent</t>
+  </si>
+  <si>
+    <t>16170 ROUILLAC</t>
+  </si>
+  <si>
+    <t>ROUILLAC</t>
+  </si>
+  <si>
+    <t>160005435</t>
+  </si>
+  <si>
+    <t>EHPAD LA ROSERAIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2765_FicheESSMS/fr/ehpad-la-roseraie</t>
+  </si>
+  <si>
+    <t>2765_FicheESSMS</t>
+  </si>
+  <si>
+    <t>141 Route De Bonneville</t>
+  </si>
+  <si>
+    <t>160004461</t>
+  </si>
+  <si>
+    <t>FOYER STE MARIE (NON TRAVAIL.)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2971_FicheESSMS/fr/foyer-ste-marie-non-travail</t>
+  </si>
+  <si>
+    <t>2971_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16210 CHALAIS</t>
+  </si>
+  <si>
+    <t>CHALAIS</t>
+  </si>
+  <si>
+    <t>160012175</t>
+  </si>
+  <si>
+    <t>FOYER  D'YVIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2970_FicheESSMS/fr/foyer-d-yviers</t>
+  </si>
+  <si>
+    <t>2970_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16210 YVIERS</t>
+  </si>
+  <si>
+    <t>YVIERS</t>
+  </si>
+  <si>
+    <t>160004750</t>
+  </si>
+  <si>
+    <t>FOYER STE MARIE (TRAVAILLEURS)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2972_FicheESSMS/fr/foyer-ste-marie-travailleurs</t>
+  </si>
+  <si>
+    <t>2972_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160004040</t>
+  </si>
+  <si>
+    <t>SAVS - ADAPEI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3193_FicheESSMS/fr/savs-adapei</t>
+  </si>
+  <si>
+    <t>3193_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110 Rue Madame Curie</t>
+  </si>
+  <si>
+    <t>16600 RUELLE SUR TOUVRE</t>
+  </si>
+  <si>
+    <t>RUELLE SUR TOUVRE</t>
+  </si>
+  <si>
+    <t>160013751</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM DE L'ATPEC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5249_FicheESSMS/fr/service-mjpm-de-l-atpec</t>
+  </si>
+  <si>
+    <t>5249_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160015251</t>
+  </si>
+  <si>
+    <t>LDVA UN TEMPS POUR SOI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5702_FicheESSMS/fr/ldva-un-temps-pour-soi</t>
+  </si>
+  <si>
+    <t>5702_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue De La Mairie</t>
+  </si>
+  <si>
+    <t>16700 LES ADJOTS</t>
+  </si>
+  <si>
+    <t>LES ADJOTS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>160017471</t>
+  </si>
+  <si>
+    <t>LDVA TANDEM 16</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6855_FicheESSMS/fr/ldva-tandem-16</t>
+  </si>
+  <si>
+    <t>6855_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Saint Augustin</t>
+  </si>
+  <si>
+    <t>16140 MARCILLAC LANVILLE</t>
+  </si>
+  <si>
+    <t>MARCILLAC LANVILLE</t>
+  </si>
+  <si>
+    <t>160017695</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LE CLOS DES TOURS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7827_FicheESSMS/fr/ehpad-residence-le-clos-des-tours</t>
+  </si>
+  <si>
+    <t>7827_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Du Clos</t>
+  </si>
+  <si>
+    <t>16240 VILLEFAGNAN</t>
+  </si>
+  <si>
+    <t>VILLEFAGNAN</t>
+  </si>
+  <si>
+    <t>160007480</t>
+  </si>
+  <si>
+    <t>EHPAD LES DOUCETS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8513_FicheESSMS/fr/ehpad-les-doucets</t>
+  </si>
+  <si>
+    <t>8513_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16250 VAL DES VIGNES</t>
+  </si>
+  <si>
+    <t>VAL DES VIGNES</t>
+  </si>
+  <si>
+    <t>160007332</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES JARDINS DE LOUISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8961_FicheESSMS/fr/residence-les-jardins-de-louise</t>
+  </si>
+  <si>
+    <t>8961_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Louise Michel</t>
+  </si>
+  <si>
+    <t>160007118</t>
+  </si>
+  <si>
+    <t>LVA LES 7 CHABOTINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9115_FicheESSMS/fr/lva-les-7-chabotins</t>
+  </si>
+  <si>
+    <t>9115_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Rue Des Fossés</t>
+  </si>
+  <si>
+    <t>160017091</t>
+  </si>
+  <si>
+    <t>EHPAD LE FIL D'ARGENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9251_FicheESSMS/fr/ehpad-le-fil-d-argent</t>
+  </si>
+  <si>
+    <t>9251_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Bir Hakeim</t>
+  </si>
+  <si>
+    <t>16260 CHASSENEUIL SUR BONNIEURE</t>
+  </si>
+  <si>
+    <t>CHASSENEUIL SUR BONNIEURE</t>
+  </si>
+  <si>
+    <t>160011953</t>
+  </si>
+  <si>
+    <t>CPFSE LE POINTEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9508_FicheESSMS/fr/cpfse-le-pointeau</t>
+  </si>
+  <si>
+    <t>9508_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre Placement Familial Socio-Educatif (C.P.F.S.E.)</t>
+  </si>
+  <si>
+    <t>160002010</t>
+  </si>
+  <si>
+    <t>LVA MARPEN INSERTION FORMATION</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10039_FicheESSMS/fr/lva-marpen-insertion-formation</t>
+  </si>
+  <si>
+    <t>10039_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16140 TUSSON</t>
+  </si>
+  <si>
+    <t>TUSSON</t>
+  </si>
+  <si>
+    <t>Etablissement Expérimental Enfance Protégée</t>
+  </si>
+  <si>
+    <t>160017125</t>
+  </si>
+  <si>
+    <t>FAM - ADAPEI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10296_FicheESSMS/fr/fam-adapei</t>
+  </si>
+  <si>
+    <t>10296_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Des Halles</t>
+  </si>
+  <si>
+    <t>16500 ABZAC</t>
+  </si>
+  <si>
+    <t>ABZAC</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>160014718</t>
+  </si>
+  <si>
+    <t>MAIS. DES 1001 COULEURS - FO H. VIEIL.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10295_FicheESSMS/fr/mais-des-1001-couleurs-fo-h-vieil</t>
+  </si>
+  <si>
+    <t>10295_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160011938</t>
+  </si>
+  <si>
+    <t>MAS - CH COGNAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11079_FicheESSMS/fr/mas-ch-cognac</t>
+  </si>
+  <si>
+    <t>11079_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>160014692</t>
+  </si>
+  <si>
+    <t>ACCUEIL OCCUP. JOUR  - S.A.J.</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11252_FicheESSMS/fr/accueil-occup-jour-s-a-j</t>
+  </si>
+  <si>
+    <t>11252_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160010336</t>
+  </si>
+  <si>
+    <t>EHPAD LES PIVOINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11346_FicheESSMS/fr/ehpad-les-pivoines</t>
+  </si>
+  <si>
+    <t>11346_FicheESSMS</t>
+  </si>
+  <si>
+    <t>139 Boulevard Salvador Allende</t>
+  </si>
+  <si>
+    <t>160009890</t>
+  </si>
+  <si>
+    <t>EHPAD LES ALINS DU MARECHAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11483_FicheESSMS/fr/ehpad-les-alins-du-marechal</t>
+  </si>
+  <si>
+    <t>11483_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Route Des Alins</t>
+  </si>
+  <si>
+    <t>16730 TROIS PALIS</t>
+  </si>
+  <si>
+    <t>TROIS PALIS</t>
+  </si>
+  <si>
+    <t>160008264</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE - SAJH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11659_FicheESSMS/fr/foyer-de-vie-sajh</t>
+  </si>
+  <si>
+    <t>11659_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160005609</t>
+  </si>
+  <si>
+    <t>EHPAD LES LIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11905_FicheESSMS/fr/ehpad-les-lis</t>
+  </si>
+  <si>
+    <t>11905_FicheESSMS</t>
+  </si>
+  <si>
+    <t>58 Route De St Jean D Angely</t>
+  </si>
+  <si>
+    <t>16710 ST YRIEIX SUR CHARENTE</t>
+  </si>
+  <si>
+    <t>ST YRIEIX SUR CHARENTE</t>
+  </si>
+  <si>
+    <t>160010732</t>
+  </si>
+  <si>
+    <t>SAVS - APF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12065_FicheESSMS/fr/savs-apf</t>
+  </si>
+  <si>
+    <t>12065_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Impasse Louis Daguerre</t>
+  </si>
+  <si>
+    <t>16000 ANGOULEME</t>
+  </si>
+  <si>
+    <t>160014668</t>
+  </si>
+  <si>
+    <t>SSIAD MUTUALITE FRANCAISE CHARENTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12183_FicheESSMS/fr/ssiad-mutualite-francaise-charente</t>
+  </si>
+  <si>
+    <t>12183_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Chemin De Fregeneuil</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>160016168</t>
+  </si>
+  <si>
+    <t>EHPAD RES MUTUALISTE LES CARREAUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12182_FicheESSMS/fr/ehpad-res-mutualiste-les-carreaux</t>
+  </si>
+  <si>
+    <t>12182_FicheESSMS</t>
+  </si>
+  <si>
+    <t>119 Rue Gabriel Quement</t>
+  </si>
+  <si>
+    <t>160003760</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE MUTUALISTE LA SOURCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12185_FicheESSMS/fr/ehpad-residence-mutualiste-la-source</t>
+  </si>
+  <si>
+    <t>12185_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Paul Langevin</t>
+  </si>
+  <si>
+    <t>160014924</t>
+  </si>
+  <si>
+    <t>PUV LE LOGIS DU SOUDET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12289_FicheESSMS/fr/puv-le-logis-du-soudet</t>
+  </si>
+  <si>
+    <t>12289_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16260 LES PINS</t>
+  </si>
+  <si>
+    <t>LES PINS</t>
+  </si>
+  <si>
+    <t>160012142</t>
+  </si>
+  <si>
+    <t>APLB-ATI 16</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12393_FicheESSMS/fr/aplb-ati-16</t>
+  </si>
+  <si>
+    <t>12393_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160015236</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DE LA GARENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12696_FicheESSMS/fr/ehpad-les-jardins-de-la-garenne</t>
+  </si>
+  <si>
+    <t>12696_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160009916</t>
+  </si>
+  <si>
+    <t>Département de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Code Finess de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Équipe accréditée</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CENTRE CLINICAL SA  (16)</t>
+  </si>
+  <si>
+    <t>07/04/2025 11:30:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600451/fr/equipe-d-anesthesie-reanimation-centre-clinical-sa-16</t>
+  </si>
+  <si>
+    <t>p_3600451</t>
+  </si>
+  <si>
+    <t>26 March 2025</t>
+  </si>
+  <si>
+    <t>Docteur Xavier PAQUERON, Docteur GIANLUCA CARAGLIANO, Docteur Denis DEBOEVERE, Docteur Alexis GILLAIN, Docteur BENJAMIN PEGOT, Docteur MUSTAPHA MEKKI</t>
+  </si>
+  <si>
+    <t>Équipe de Gynécologie Obstétrique CENTRE CLINICAL SA  (16)</t>
+  </si>
+  <si>
+    <t>26/02/2025 12:30:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593275/fr/equipe-de-gynecologie-obstetrique-centre-clinical-sa-16</t>
+  </si>
+  <si>
+    <t>p_3593275</t>
+  </si>
+  <si>
+    <t>14 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur HUGO SARDAIN, Docteur Valery FONTAINE, Docteur Gauthier DHALLUIN, Docteur Mathieu KOUNDE, Docteur MELANIE ROBLIN, Docteur TITIA NDIAYE, Docteur GEOFFROY ATROUS, Docteur Aurelien BOILEAU</t>
+  </si>
+  <si>
+    <t>19/12/2022 11:31:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3397094/fr/equipe-de-gynecologie-obstetrique-centre-clinical-sa-16</t>
+  </si>
+  <si>
+    <t>p_3397094</t>
+  </si>
+  <si>
+    <t>Docteur HUGO SARDAIN, Docteur Valery FONTAINE, Docteur Gauthier DHALLUIN, Docteur Mathieu KOUNDE, Docteur Magali SALOU, Docteur MELANIE ROBLIN, Docteur TITIA NDIAYE, Docteur GEOFFROY ATROUS, Docteur Aurelien BOILEAU</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>SMR ANTENNE CRBVTA</t>
+  </si>
+  <si>
+    <t>19/06/2025 17:22:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4595_FicheEtablissement/fr/smr-antenne-crbvta</t>
+  </si>
+  <si>
+    <t>4595_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>51 Rue Leclerc Chauvin</t>
+  </si>
+  <si>
+    <t>0549552130</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>160016374</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE RUFFEC</t>
+  </si>
+  <si>
+    <t>18/06/2025 15:27:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/493_FicheEtablissement/fr/centre-hospitalier-de-ruffec</t>
+  </si>
+  <si>
+    <t>493_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>0545295000</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>160000337</t>
+  </si>
+  <si>
+    <t>CH DE LA ROCHEFOUCAULD</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/487_FicheEtablissement/fr/ch-de-la-rochefoucauld</t>
+  </si>
+  <si>
+    <t>487_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16110 LA ROCHEFOUCAULD EN ANGOUM</t>
+  </si>
+  <si>
+    <t>LA ROCHEFOUCAULD EN ANGOUM</t>
+  </si>
+  <si>
+    <t>0545675400</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>160000188</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/486_FicheEtablissement/fr/clinique-saint-joseph-angouleme</t>
+  </si>
+  <si>
+    <t>486_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>51 Avenue Du President Wilson</t>
+  </si>
+  <si>
+    <t>16021 ANGOULEME</t>
+  </si>
+  <si>
+    <t>0545386700</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Chirurgie</t>
+  </si>
+  <si>
+    <t>CH DE CHATEAUNEUF</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/495_FicheEtablissement/fr/ch-de-chateauneuf</t>
+  </si>
+  <si>
+    <t>495_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16120 CHATEAUNEUF SUR CHARENTE</t>
+  </si>
+  <si>
+    <t>CHATEAUNEUF SUR CHARENTE</t>
+  </si>
+  <si>
+    <t>0545708370</t>
+  </si>
+  <si>
+    <t>160000360</t>
+  </si>
+  <si>
+    <t>CH CAMILLE CLAUDEL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/494_FicheEtablissement/fr/ch-camille-claudel</t>
+  </si>
+  <si>
+    <t>494_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>17 Rue Camille Claudel</t>
+  </si>
+  <si>
+    <t>16400 LA COURONNE</t>
+  </si>
+  <si>
+    <t>LA COURONNE</t>
+  </si>
+  <si>
+    <t>0545675959</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>160000345</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER CONFOLENS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/492_FicheEtablissement/fr/centre-hospitalier-confolens</t>
+  </si>
+  <si>
+    <t>492_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16500 CONFOLENS</t>
+  </si>
+  <si>
+    <t>CONFOLENS</t>
+  </si>
+  <si>
+    <t>0545844000</t>
+  </si>
+  <si>
+    <t>Imagerie Médicale, Médecine</t>
+  </si>
+  <si>
+    <t>160000311</t>
+  </si>
+  <si>
+    <t>CH HOPITAUX SUD-CHARENTE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/491_FicheEtablissement/fr/ch-hopitaux-sud-charente</t>
+  </si>
+  <si>
+    <t>491_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16300 BARBEZIEUX ST HILAIRE</t>
+  </si>
+  <si>
+    <t>BARBEZIEUX ST HILAIRE</t>
+  </si>
+  <si>
+    <t>0545787800</t>
+  </si>
+  <si>
+    <t>160000303</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DE GRAND COGNAC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/490_FicheEtablissement/fr/polyclinique-de-grand-cognac</t>
+  </si>
+  <si>
+    <t>490_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>71 Avenue D'Angouleme</t>
+  </si>
+  <si>
+    <t>16112 COGNAC</t>
+  </si>
+  <si>
+    <t>0536283003</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie</t>
+  </si>
+  <si>
+    <t>CHI DU PAYS DE COGNAC - SSR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/489_FicheEtablissement/fr/chi-du-pays-de-cognac-ssr</t>
+  </si>
+  <si>
+    <t>489_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>71 Avenue D Angouleme</t>
+  </si>
+  <si>
+    <t>0545801515</t>
+  </si>
+  <si>
+    <t>160000261</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/488_FicheEtablissement/fr/centre-hospitalier-d-angouleme</t>
+  </si>
+  <si>
+    <t>488_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>16959 ANGOULEME CEDEX 9</t>
+  </si>
+  <si>
+    <t>ANGOULEME CEDEX 9</t>
+  </si>
+  <si>
+    <t>0545244040</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CLINIQUE VILLA BLEUE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/502_FicheEtablissement/fr/clinique-villa-bleue</t>
+  </si>
+  <si>
+    <t>502_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0545816666</t>
+  </si>
+  <si>
+    <t>160008231</t>
+  </si>
+  <si>
+    <t>E.H.P.A.D. SANITAIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/501_FicheEtablissement/fr/ch-cognac-usld-ctre-gerontol</t>
+  </si>
+  <si>
+    <t>501_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16108 COGNAC</t>
+  </si>
+  <si>
+    <t>0545801630</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>160006409</t>
+  </si>
+  <si>
+    <t>CH CONFOLENS - USLD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/500_FicheEtablissement/fr/ch-confolens-usld</t>
+  </si>
+  <si>
+    <t>500_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Du Docteur Marcel Perrot</t>
+  </si>
+  <si>
+    <t>0545844060</t>
+  </si>
+  <si>
+    <t>160006391</t>
+  </si>
+  <si>
+    <t>USLD - CH LA ROCHEFOUCAULD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/499_FicheEtablissement/fr/usld-ch-la-rochefoucauld</t>
+  </si>
+  <si>
+    <t>499_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>160006383</t>
+  </si>
+  <si>
+    <t>USLD DU CH CHATEAUNEUF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/498_FicheEtablissement/fr/usld-du-ch-chateauneuf</t>
+  </si>
+  <si>
+    <t>498_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>160006375</t>
+  </si>
+  <si>
+    <t>CH ANGOULEME - USLD FONT DOUCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/497_FicheEtablissement/fr/ch-angouleme-usld-font-douce</t>
+  </si>
+  <si>
+    <t>497_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0445244040</t>
+  </si>
+  <si>
+    <t>160006359</t>
+  </si>
+  <si>
+    <t>HAD MUTUALISTE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/496_FicheEtablissement/fr/had-mutualiste</t>
+  </si>
+  <si>
+    <t>496_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16025 ANGOULEME</t>
+  </si>
+  <si>
+    <t>0545205100</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>160002036</t>
+  </si>
+  <si>
+    <t>HOPITAUX DU GRAND COGNAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/507_FicheEtablissement/fr/hopitaux-du-grand-cognac</t>
+  </si>
+  <si>
+    <t>507_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>65 Avenue D Angouleme</t>
+  </si>
+  <si>
+    <t>Cancérologie, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>160015368</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/506_FicheEtablissement/fr/centre-clinical-sa</t>
+  </si>
+  <si>
+    <t>506_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Chemin De Fregeneuil</t>
+  </si>
+  <si>
+    <t>0545978800</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>CLINIQUE LE MAS BLANC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/505_FicheEtablissement/fr/clinique-le-mas-blanc</t>
+  </si>
+  <si>
+    <t>505_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0545366200</t>
+  </si>
+  <si>
+    <t>160012209</t>
+  </si>
+  <si>
+    <t>USLD - CH SUD CHARENTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/504_FicheEtablissement/fr/usld-ch-sud-charente</t>
+  </si>
+  <si>
+    <t>504_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>160009510</t>
+  </si>
+  <si>
+    <t>CTRE DE SOINS DE SUITE ET DE READAPTATION LES GLAMOTS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/503_FicheEtablissement/fr/c-s-s-r-les-glamots-roullet-st-e</t>
+  </si>
+  <si>
+    <t>503_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16440 ROULLET ST ESTEPHE</t>
+  </si>
+  <si>
+    <t>ROULLET ST ESTEPHE</t>
+  </si>
+  <si>
+    <t>0545942727</t>
+  </si>
+  <si>
+    <t>160009080</t>
+  </si>
+  <si>
+    <t>AURA POITOU-CH - CHATEAUBERNARD</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3610_FicheEtablissement/fr/aura-poitou-ch-chateaubernard</t>
+  </si>
+  <si>
+    <t>3610_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>30 Rue Albert Schweitzer</t>
+  </si>
+  <si>
+    <t>0549466312</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>160012159</t>
+  </si>
+  <si>
+    <t>AURA POITOU-CH - LA COURONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3609_FicheEtablissement/fr/aura-poitou-ch-la-couronne</t>
+  </si>
+  <si>
+    <t>3609_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>160006110</t>
+  </si>
+  <si>
+    <t>CH CAMILLE CLAUDEL - SITE JEAN DOUCET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4134_FicheEtablissement/fr/ch-camille-claudel-site-jean-doucet</t>
+  </si>
+  <si>
+    <t>4134_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16470 ST MICHEL</t>
+  </si>
+  <si>
+    <t>ST MICHEL</t>
+  </si>
+  <si>
+    <t>160017240</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R37"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -3003,41 +4977,5171 @@
       </c>
       <c r="L37" t="s">
         <v>286</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
         <v>287</v>
       </c>
       <c r="O37" t="s">
         <v>49</v>
       </c>
       <c r="P37" t="s">
         <v>50</v>
       </c>
       <c r="Q37" t="s">
         <v>51</v>
       </c>
       <c r="R37" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P65"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>288</v>
+      </c>
+      <c r="J1" t="s">
+        <v>289</v>
+      </c>
+      <c r="K1" t="s">
+        <v>290</v>
+      </c>
+      <c r="L1" t="s">
+        <v>291</v>
+      </c>
+      <c r="M1" t="s">
+        <v>292</v>
+      </c>
+      <c r="N1" t="s">
+        <v>293</v>
+      </c>
+      <c r="O1" t="s">
+        <v>294</v>
+      </c>
+      <c r="P1" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>296</v>
+      </c>
+      <c r="B2" t="s">
+        <v>297</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>298</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>299</v>
+      </c>
+      <c r="H2" t="s">
+        <v>300</v>
+      </c>
+      <c r="I2" t="s">
+        <v>301</v>
+      </c>
+      <c r="J2" t="s">
+        <v>302</v>
+      </c>
+      <c r="K2" t="s">
+        <v>303</v>
+      </c>
+      <c r="L2" t="s">
+        <v>304</v>
+      </c>
+      <c r="M2" t="s">
+        <v>305</v>
+      </c>
+      <c r="N2" t="s">
+        <v>306</v>
+      </c>
+      <c r="O2" t="s">
+        <v>307</v>
+      </c>
+      <c r="P2" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>296</v>
+      </c>
+      <c r="B3" t="s">
+        <v>309</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>310</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>311</v>
+      </c>
+      <c r="H3" t="s">
+        <v>312</v>
+      </c>
+      <c r="I3" t="s">
+        <v>313</v>
+      </c>
+      <c r="J3" t="s">
+        <v>314</v>
+      </c>
+      <c r="K3" t="s">
+        <v>315</v>
+      </c>
+      <c r="L3" t="s">
+        <v>304</v>
+      </c>
+      <c r="M3" t="s">
+        <v>316</v>
+      </c>
+      <c r="N3" t="s">
+        <v>317</v>
+      </c>
+      <c r="O3" t="s">
+        <v>318</v>
+      </c>
+      <c r="P3" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>296</v>
+      </c>
+      <c r="B4" t="s">
+        <v>320</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>321</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>322</v>
+      </c>
+      <c r="H4" t="s">
+        <v>323</v>
+      </c>
+      <c r="I4" t="s">
+        <v>324</v>
+      </c>
+      <c r="J4" t="s">
+        <v>325</v>
+      </c>
+      <c r="K4" t="s">
+        <v>326</v>
+      </c>
+      <c r="L4" t="s">
+        <v>304</v>
+      </c>
+      <c r="M4" t="s">
+        <v>305</v>
+      </c>
+      <c r="N4" t="s">
+        <v>327</v>
+      </c>
+      <c r="O4" t="s">
+        <v>328</v>
+      </c>
+      <c r="P4" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>296</v>
+      </c>
+      <c r="B5" t="s">
+        <v>330</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>331</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>332</v>
+      </c>
+      <c r="H5" t="s">
+        <v>333</v>
+      </c>
+      <c r="I5" t="s">
+        <v>334</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
+        <v>335</v>
+      </c>
+      <c r="L5" t="s">
+        <v>304</v>
+      </c>
+      <c r="M5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N5" t="s">
+        <v>306</v>
+      </c>
+      <c r="O5" t="s">
+        <v>336</v>
+      </c>
+      <c r="P5" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>296</v>
+      </c>
+      <c r="B6" t="s">
+        <v>338</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>339</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>340</v>
+      </c>
+      <c r="H6" t="s">
+        <v>341</v>
+      </c>
+      <c r="I6" t="s">
+        <v>342</v>
+      </c>
+      <c r="J6" t="s">
+        <v>343</v>
+      </c>
+      <c r="K6" t="s">
+        <v>166</v>
+      </c>
+      <c r="L6" t="s">
+        <v>304</v>
+      </c>
+      <c r="M6" t="s">
+        <v>305</v>
+      </c>
+      <c r="N6" t="s">
+        <v>344</v>
+      </c>
+      <c r="O6" t="s">
+        <v>345</v>
+      </c>
+      <c r="P6" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>296</v>
+      </c>
+      <c r="B7" t="s">
+        <v>347</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>339</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>348</v>
+      </c>
+      <c r="H7" t="s">
+        <v>349</v>
+      </c>
+      <c r="I7" t="s">
+        <v>350</v>
+      </c>
+      <c r="J7" t="s">
+        <v>302</v>
+      </c>
+      <c r="K7" t="s">
+        <v>303</v>
+      </c>
+      <c r="L7" t="s">
+        <v>304</v>
+      </c>
+      <c r="M7" t="s">
+        <v>305</v>
+      </c>
+      <c r="N7" t="s">
+        <v>344</v>
+      </c>
+      <c r="O7" t="s">
+        <v>351</v>
+      </c>
+      <c r="P7" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>296</v>
+      </c>
+      <c r="B8" t="s">
+        <v>353</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>354</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>355</v>
+      </c>
+      <c r="H8" t="s">
+        <v>356</v>
+      </c>
+      <c r="I8" t="s">
+        <v>342</v>
+      </c>
+      <c r="J8" t="s">
+        <v>343</v>
+      </c>
+      <c r="K8" t="s">
+        <v>166</v>
+      </c>
+      <c r="L8" t="s">
+        <v>304</v>
+      </c>
+      <c r="M8" t="s">
+        <v>305</v>
+      </c>
+      <c r="N8" t="s">
+        <v>344</v>
+      </c>
+      <c r="O8" t="s">
+        <v>357</v>
+      </c>
+      <c r="P8" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>296</v>
+      </c>
+      <c r="B9" t="s">
+        <v>359</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>360</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>361</v>
+      </c>
+      <c r="H9" t="s">
+        <v>362</v>
+      </c>
+      <c r="I9" t="s">
+        <v>363</v>
+      </c>
+      <c r="J9" t="s">
+        <v>364</v>
+      </c>
+      <c r="K9" t="s">
+        <v>41</v>
+      </c>
+      <c r="L9" t="s">
+        <v>304</v>
+      </c>
+      <c r="M9" t="s">
+        <v>305</v>
+      </c>
+      <c r="N9" t="s">
+        <v>365</v>
+      </c>
+      <c r="O9" t="s">
+        <v>366</v>
+      </c>
+      <c r="P9" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>296</v>
+      </c>
+      <c r="B10" t="s">
+        <v>368</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>369</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>370</v>
+      </c>
+      <c r="H10" t="s">
+        <v>371</v>
+      </c>
+      <c r="I10" t="s">
+        <v>334</v>
+      </c>
+      <c r="J10" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" t="s">
+        <v>335</v>
+      </c>
+      <c r="L10" t="s">
+        <v>304</v>
+      </c>
+      <c r="M10" t="s">
+        <v>305</v>
+      </c>
+      <c r="N10" t="s">
+        <v>344</v>
+      </c>
+      <c r="O10" t="s">
+        <v>345</v>
+      </c>
+      <c r="P10" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>296</v>
+      </c>
+      <c r="B11" t="s">
+        <v>373</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>369</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>374</v>
+      </c>
+      <c r="H11" t="s">
+        <v>375</v>
+      </c>
+      <c r="I11" t="s">
+        <v>376</v>
+      </c>
+      <c r="J11" t="s">
+        <v>377</v>
+      </c>
+      <c r="K11" t="s">
+        <v>378</v>
+      </c>
+      <c r="L11" t="s">
+        <v>304</v>
+      </c>
+      <c r="M11" t="s">
+        <v>305</v>
+      </c>
+      <c r="N11" t="s">
+        <v>344</v>
+      </c>
+      <c r="O11" t="s">
+        <v>351</v>
+      </c>
+      <c r="P11" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>296</v>
+      </c>
+      <c r="B12" t="s">
+        <v>380</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>381</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>382</v>
+      </c>
+      <c r="H12" t="s">
+        <v>383</v>
+      </c>
+      <c r="I12" t="s">
+        <v>384</v>
+      </c>
+      <c r="J12" t="s">
+        <v>385</v>
+      </c>
+      <c r="K12" t="s">
+        <v>386</v>
+      </c>
+      <c r="L12" t="s">
+        <v>304</v>
+      </c>
+      <c r="M12" t="s">
+        <v>387</v>
+      </c>
+      <c r="N12" t="s">
+        <v>317</v>
+      </c>
+      <c r="O12" t="s">
+        <v>318</v>
+      </c>
+      <c r="P12" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>296</v>
+      </c>
+      <c r="B13" t="s">
+        <v>389</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>390</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>391</v>
+      </c>
+      <c r="H13" t="s">
+        <v>392</v>
+      </c>
+      <c r="I13" t="s">
+        <v>393</v>
+      </c>
+      <c r="J13" t="s">
+        <v>302</v>
+      </c>
+      <c r="K13" t="s">
+        <v>303</v>
+      </c>
+      <c r="L13" t="s">
+        <v>304</v>
+      </c>
+      <c r="M13" t="s">
+        <v>305</v>
+      </c>
+      <c r="N13" t="s">
+        <v>306</v>
+      </c>
+      <c r="O13" t="s">
+        <v>394</v>
+      </c>
+      <c r="P13" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>296</v>
+      </c>
+      <c r="B14" t="s">
+        <v>396</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>390</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>397</v>
+      </c>
+      <c r="H14" t="s">
+        <v>398</v>
+      </c>
+      <c r="I14" t="s">
+        <v>393</v>
+      </c>
+      <c r="J14" t="s">
+        <v>302</v>
+      </c>
+      <c r="K14" t="s">
+        <v>303</v>
+      </c>
+      <c r="L14" t="s">
+        <v>304</v>
+      </c>
+      <c r="M14" t="s">
+        <v>305</v>
+      </c>
+      <c r="N14" t="s">
+        <v>306</v>
+      </c>
+      <c r="O14" t="s">
+        <v>336</v>
+      </c>
+      <c r="P14" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B15" t="s">
+        <v>400</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>390</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>401</v>
+      </c>
+      <c r="H15" t="s">
+        <v>402</v>
+      </c>
+      <c r="I15" t="s">
+        <v>403</v>
+      </c>
+      <c r="J15" t="s">
+        <v>302</v>
+      </c>
+      <c r="K15" t="s">
+        <v>303</v>
+      </c>
+      <c r="L15" t="s">
+        <v>304</v>
+      </c>
+      <c r="M15" t="s">
+        <v>305</v>
+      </c>
+      <c r="N15" t="s">
+        <v>306</v>
+      </c>
+      <c r="O15" t="s">
+        <v>307</v>
+      </c>
+      <c r="P15" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>296</v>
+      </c>
+      <c r="B16" t="s">
+        <v>405</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>406</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>407</v>
+      </c>
+      <c r="H16" t="s">
+        <v>408</v>
+      </c>
+      <c r="I16" t="s">
+        <v>409</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>410</v>
+      </c>
+      <c r="L16" t="s">
+        <v>304</v>
+      </c>
+      <c r="M16" t="s">
+        <v>305</v>
+      </c>
+      <c r="N16" t="s">
+        <v>306</v>
+      </c>
+      <c r="O16" t="s">
+        <v>307</v>
+      </c>
+      <c r="P16" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>296</v>
+      </c>
+      <c r="B17" t="s">
+        <v>412</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>406</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>413</v>
+      </c>
+      <c r="H17" t="s">
+        <v>414</v>
+      </c>
+      <c r="I17" t="s">
+        <v>415</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>416</v>
+      </c>
+      <c r="L17" t="s">
+        <v>304</v>
+      </c>
+      <c r="M17" t="s">
+        <v>305</v>
+      </c>
+      <c r="N17" t="s">
+        <v>306</v>
+      </c>
+      <c r="O17" t="s">
+        <v>307</v>
+      </c>
+      <c r="P17" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>296</v>
+      </c>
+      <c r="B18" t="s">
+        <v>418</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>406</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>419</v>
+      </c>
+      <c r="H18" t="s">
+        <v>420</v>
+      </c>
+      <c r="I18" t="s">
+        <v>421</v>
+      </c>
+      <c r="J18" t="s">
+        <v>422</v>
+      </c>
+      <c r="K18" t="s">
+        <v>423</v>
+      </c>
+      <c r="L18" t="s">
+        <v>304</v>
+      </c>
+      <c r="M18" t="s">
+        <v>305</v>
+      </c>
+      <c r="N18" t="s">
+        <v>306</v>
+      </c>
+      <c r="O18" t="s">
+        <v>394</v>
+      </c>
+      <c r="P18" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>296</v>
+      </c>
+      <c r="B19" t="s">
+        <v>425</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>426</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>427</v>
+      </c>
+      <c r="H19" t="s">
+        <v>428</v>
+      </c>
+      <c r="I19" t="s">
+        <v>429</v>
+      </c>
+      <c r="J19" t="s">
+        <v>325</v>
+      </c>
+      <c r="K19" t="s">
+        <v>326</v>
+      </c>
+      <c r="L19" t="s">
+        <v>304</v>
+      </c>
+      <c r="M19" t="s">
+        <v>305</v>
+      </c>
+      <c r="N19" t="s">
+        <v>317</v>
+      </c>
+      <c r="O19" t="s">
+        <v>318</v>
+      </c>
+      <c r="P19" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>296</v>
+      </c>
+      <c r="B20" t="s">
+        <v>431</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>432</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>433</v>
+      </c>
+      <c r="H20" t="s">
+        <v>434</v>
+      </c>
+      <c r="I20" t="s">
+        <v>324</v>
+      </c>
+      <c r="J20" t="s">
+        <v>325</v>
+      </c>
+      <c r="K20" t="s">
+        <v>326</v>
+      </c>
+      <c r="L20" t="s">
+        <v>304</v>
+      </c>
+      <c r="M20" t="s">
+        <v>316</v>
+      </c>
+      <c r="N20" t="s">
+        <v>306</v>
+      </c>
+      <c r="O20" t="s">
+        <v>435</v>
+      </c>
+      <c r="P20" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>296</v>
+      </c>
+      <c r="B21" t="s">
+        <v>437</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>432</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>438</v>
+      </c>
+      <c r="H21" t="s">
+        <v>439</v>
+      </c>
+      <c r="I21" t="s">
+        <v>324</v>
+      </c>
+      <c r="J21" t="s">
+        <v>325</v>
+      </c>
+      <c r="K21" t="s">
+        <v>326</v>
+      </c>
+      <c r="L21" t="s">
+        <v>304</v>
+      </c>
+      <c r="M21" t="s">
+        <v>316</v>
+      </c>
+      <c r="N21" t="s">
+        <v>306</v>
+      </c>
+      <c r="O21" t="s">
+        <v>440</v>
+      </c>
+      <c r="P21" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>296</v>
+      </c>
+      <c r="B22" t="s">
+        <v>442</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>443</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>444</v>
+      </c>
+      <c r="H22" t="s">
+        <v>445</v>
+      </c>
+      <c r="I22" t="s">
+        <v>446</v>
+      </c>
+      <c r="J22" t="s">
+        <v>447</v>
+      </c>
+      <c r="K22" t="s">
+        <v>51</v>
+      </c>
+      <c r="L22" t="s">
+        <v>304</v>
+      </c>
+      <c r="M22" t="s">
+        <v>305</v>
+      </c>
+      <c r="N22" t="s">
+        <v>306</v>
+      </c>
+      <c r="O22" t="s">
+        <v>448</v>
+      </c>
+      <c r="P22" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>296</v>
+      </c>
+      <c r="B23" t="s">
+        <v>450</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>443</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>451</v>
+      </c>
+      <c r="H23" t="s">
+        <v>452</v>
+      </c>
+      <c r="I23" t="s">
+        <v>453</v>
+      </c>
+      <c r="J23" t="s">
+        <v>447</v>
+      </c>
+      <c r="K23" t="s">
+        <v>51</v>
+      </c>
+      <c r="L23" t="s">
+        <v>304</v>
+      </c>
+      <c r="M23" t="s">
+        <v>305</v>
+      </c>
+      <c r="N23" t="s">
+        <v>306</v>
+      </c>
+      <c r="O23" t="s">
+        <v>394</v>
+      </c>
+      <c r="P23" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>296</v>
+      </c>
+      <c r="B24" t="s">
+        <v>455</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>443</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>456</v>
+      </c>
+      <c r="H24" t="s">
+        <v>457</v>
+      </c>
+      <c r="I24" t="s">
+        <v>446</v>
+      </c>
+      <c r="J24" t="s">
+        <v>447</v>
+      </c>
+      <c r="K24" t="s">
+        <v>51</v>
+      </c>
+      <c r="L24" t="s">
+        <v>304</v>
+      </c>
+      <c r="M24" t="s">
+        <v>305</v>
+      </c>
+      <c r="N24" t="s">
+        <v>306</v>
+      </c>
+      <c r="O24" t="s">
+        <v>394</v>
+      </c>
+      <c r="P24" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>296</v>
+      </c>
+      <c r="B25" t="s">
+        <v>459</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>460</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>461</v>
+      </c>
+      <c r="H25" t="s">
+        <v>462</v>
+      </c>
+      <c r="I25" t="s">
+        <v>463</v>
+      </c>
+      <c r="J25" t="s">
+        <v>464</v>
+      </c>
+      <c r="K25" t="s">
+        <v>465</v>
+      </c>
+      <c r="L25" t="s">
+        <v>304</v>
+      </c>
+      <c r="M25" t="s">
+        <v>305</v>
+      </c>
+      <c r="N25" t="s">
+        <v>365</v>
+      </c>
+      <c r="O25" t="s">
+        <v>466</v>
+      </c>
+      <c r="P25" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>296</v>
+      </c>
+      <c r="B26" t="s">
+        <v>468</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>469</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>470</v>
+      </c>
+      <c r="H26" t="s">
+        <v>471</v>
+      </c>
+      <c r="I26" t="s">
+        <v>472</v>
+      </c>
+      <c r="J26" t="s">
+        <v>473</v>
+      </c>
+      <c r="K26" t="s">
+        <v>474</v>
+      </c>
+      <c r="L26" t="s">
+        <v>304</v>
+      </c>
+      <c r="M26" t="s">
+        <v>316</v>
+      </c>
+      <c r="N26" t="s">
+        <v>317</v>
+      </c>
+      <c r="O26" t="s">
+        <v>318</v>
+      </c>
+      <c r="P26" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>296</v>
+      </c>
+      <c r="B27" t="s">
+        <v>476</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>477</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>478</v>
+      </c>
+      <c r="H27" t="s">
+        <v>479</v>
+      </c>
+      <c r="I27" t="s">
+        <v>480</v>
+      </c>
+      <c r="J27" t="s">
+        <v>481</v>
+      </c>
+      <c r="K27" t="s">
+        <v>482</v>
+      </c>
+      <c r="L27" t="s">
+        <v>304</v>
+      </c>
+      <c r="M27" t="s">
+        <v>305</v>
+      </c>
+      <c r="N27" t="s">
+        <v>317</v>
+      </c>
+      <c r="O27" t="s">
+        <v>318</v>
+      </c>
+      <c r="P27" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>296</v>
+      </c>
+      <c r="B28" t="s">
+        <v>484</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>477</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>485</v>
+      </c>
+      <c r="H28" t="s">
+        <v>486</v>
+      </c>
+      <c r="I28" t="s">
+        <v>487</v>
+      </c>
+      <c r="J28" t="s">
+        <v>488</v>
+      </c>
+      <c r="K28" t="s">
+        <v>489</v>
+      </c>
+      <c r="L28" t="s">
+        <v>304</v>
+      </c>
+      <c r="M28" t="s">
+        <v>305</v>
+      </c>
+      <c r="N28" t="s">
+        <v>317</v>
+      </c>
+      <c r="O28" t="s">
+        <v>318</v>
+      </c>
+      <c r="P28" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>296</v>
+      </c>
+      <c r="B29" t="s">
+        <v>491</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>492</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>493</v>
+      </c>
+      <c r="H29" t="s">
+        <v>494</v>
+      </c>
+      <c r="I29" t="s">
+        <v>495</v>
+      </c>
+      <c r="J29" t="s">
+        <v>343</v>
+      </c>
+      <c r="K29" t="s">
+        <v>166</v>
+      </c>
+      <c r="L29" t="s">
+        <v>304</v>
+      </c>
+      <c r="M29" t="s">
+        <v>316</v>
+      </c>
+      <c r="N29" t="s">
+        <v>317</v>
+      </c>
+      <c r="O29" t="s">
+        <v>496</v>
+      </c>
+      <c r="P29" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>296</v>
+      </c>
+      <c r="B30" t="s">
+        <v>498</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>499</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>500</v>
+      </c>
+      <c r="H30" t="s">
+        <v>501</v>
+      </c>
+      <c r="I30" t="s">
+        <v>502</v>
+      </c>
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" t="s">
+        <v>503</v>
+      </c>
+      <c r="L30" t="s">
+        <v>304</v>
+      </c>
+      <c r="M30" t="s">
+        <v>305</v>
+      </c>
+      <c r="N30" t="s">
+        <v>306</v>
+      </c>
+      <c r="O30" t="s">
+        <v>448</v>
+      </c>
+      <c r="P30" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>296</v>
+      </c>
+      <c r="B31" t="s">
+        <v>505</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>499</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>506</v>
+      </c>
+      <c r="H31" t="s">
+        <v>507</v>
+      </c>
+      <c r="I31" t="s">
+        <v>502</v>
+      </c>
+      <c r="J31" t="s">
+        <v>20</v>
+      </c>
+      <c r="K31" t="s">
+        <v>503</v>
+      </c>
+      <c r="L31" t="s">
+        <v>304</v>
+      </c>
+      <c r="M31" t="s">
+        <v>305</v>
+      </c>
+      <c r="N31" t="s">
+        <v>306</v>
+      </c>
+      <c r="O31" t="s">
+        <v>394</v>
+      </c>
+      <c r="P31" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>296</v>
+      </c>
+      <c r="B32" t="s">
+        <v>509</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>510</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>511</v>
+      </c>
+      <c r="H32" t="s">
+        <v>512</v>
+      </c>
+      <c r="I32" t="s">
+        <v>513</v>
+      </c>
+      <c r="J32" t="s">
+        <v>514</v>
+      </c>
+      <c r="K32" t="s">
+        <v>515</v>
+      </c>
+      <c r="L32" t="s">
+        <v>304</v>
+      </c>
+      <c r="M32" t="s">
+        <v>305</v>
+      </c>
+      <c r="N32" t="s">
+        <v>317</v>
+      </c>
+      <c r="O32" t="s">
+        <v>318</v>
+      </c>
+      <c r="P32" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>296</v>
+      </c>
+      <c r="B33" t="s">
+        <v>517</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>360</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>518</v>
+      </c>
+      <c r="H33" t="s">
+        <v>519</v>
+      </c>
+      <c r="I33" t="s">
+        <v>363</v>
+      </c>
+      <c r="J33" t="s">
+        <v>364</v>
+      </c>
+      <c r="K33" t="s">
+        <v>41</v>
+      </c>
+      <c r="L33" t="s">
+        <v>304</v>
+      </c>
+      <c r="M33" t="s">
+        <v>305</v>
+      </c>
+      <c r="N33" t="s">
+        <v>520</v>
+      </c>
+      <c r="O33" t="s">
+        <v>521</v>
+      </c>
+      <c r="P33" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>296</v>
+      </c>
+      <c r="B34" t="s">
+        <v>523</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>390</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>524</v>
+      </c>
+      <c r="H34" t="s">
+        <v>525</v>
+      </c>
+      <c r="I34" t="s">
+        <v>403</v>
+      </c>
+      <c r="J34" t="s">
+        <v>302</v>
+      </c>
+      <c r="K34" t="s">
+        <v>303</v>
+      </c>
+      <c r="L34" t="s">
+        <v>304</v>
+      </c>
+      <c r="M34" t="s">
+        <v>305</v>
+      </c>
+      <c r="N34" t="s">
+        <v>306</v>
+      </c>
+      <c r="O34" t="s">
+        <v>448</v>
+      </c>
+      <c r="P34" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>296</v>
+      </c>
+      <c r="B35" t="s">
+        <v>527</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>528</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>529</v>
+      </c>
+      <c r="H35" t="s">
+        <v>530</v>
+      </c>
+      <c r="I35" t="s">
+        <v>531</v>
+      </c>
+      <c r="J35" t="s">
+        <v>532</v>
+      </c>
+      <c r="K35" t="s">
+        <v>533</v>
+      </c>
+      <c r="L35" t="s">
+        <v>304</v>
+      </c>
+      <c r="M35" t="s">
+        <v>387</v>
+      </c>
+      <c r="N35" t="s">
+        <v>317</v>
+      </c>
+      <c r="O35" t="s">
+        <v>318</v>
+      </c>
+      <c r="P35" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>296</v>
+      </c>
+      <c r="B36" t="s">
+        <v>535</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>528</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>536</v>
+      </c>
+      <c r="H36" t="s">
+        <v>537</v>
+      </c>
+      <c r="I36" t="s">
+        <v>538</v>
+      </c>
+      <c r="J36" t="s">
+        <v>532</v>
+      </c>
+      <c r="K36" t="s">
+        <v>533</v>
+      </c>
+      <c r="L36" t="s">
+        <v>304</v>
+      </c>
+      <c r="M36" t="s">
+        <v>387</v>
+      </c>
+      <c r="N36" t="s">
+        <v>317</v>
+      </c>
+      <c r="O36" t="s">
+        <v>318</v>
+      </c>
+      <c r="P36" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>296</v>
+      </c>
+      <c r="B37" t="s">
+        <v>540</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>541</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>542</v>
+      </c>
+      <c r="H37" t="s">
+        <v>543</v>
+      </c>
+      <c r="I37" t="s">
+        <v>544</v>
+      </c>
+      <c r="J37" t="s">
+        <v>20</v>
+      </c>
+      <c r="K37" t="s">
+        <v>545</v>
+      </c>
+      <c r="L37" t="s">
+        <v>304</v>
+      </c>
+      <c r="M37" t="s">
+        <v>305</v>
+      </c>
+      <c r="N37" t="s">
+        <v>306</v>
+      </c>
+      <c r="O37" t="s">
+        <v>394</v>
+      </c>
+      <c r="P37" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>296</v>
+      </c>
+      <c r="B38" t="s">
+        <v>547</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>541</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>548</v>
+      </c>
+      <c r="H38" t="s">
+        <v>549</v>
+      </c>
+      <c r="I38" t="s">
+        <v>550</v>
+      </c>
+      <c r="J38" t="s">
+        <v>20</v>
+      </c>
+      <c r="K38" t="s">
+        <v>551</v>
+      </c>
+      <c r="L38" t="s">
+        <v>304</v>
+      </c>
+      <c r="M38" t="s">
+        <v>305</v>
+      </c>
+      <c r="N38" t="s">
+        <v>306</v>
+      </c>
+      <c r="O38" t="s">
+        <v>448</v>
+      </c>
+      <c r="P38" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>296</v>
+      </c>
+      <c r="B39" t="s">
+        <v>553</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>554</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>555</v>
+      </c>
+      <c r="H39" t="s">
+        <v>556</v>
+      </c>
+      <c r="I39" t="s">
+        <v>544</v>
+      </c>
+      <c r="J39" t="s">
+        <v>20</v>
+      </c>
+      <c r="K39" t="s">
+        <v>545</v>
+      </c>
+      <c r="L39" t="s">
+        <v>304</v>
+      </c>
+      <c r="M39" t="s">
+        <v>305</v>
+      </c>
+      <c r="N39" t="s">
+        <v>306</v>
+      </c>
+      <c r="O39" t="s">
+        <v>448</v>
+      </c>
+      <c r="P39" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>296</v>
+      </c>
+      <c r="B40" t="s">
+        <v>558</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>559</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>560</v>
+      </c>
+      <c r="H40" t="s">
+        <v>561</v>
+      </c>
+      <c r="I40" t="s">
+        <v>562</v>
+      </c>
+      <c r="J40" t="s">
+        <v>563</v>
+      </c>
+      <c r="K40" t="s">
+        <v>564</v>
+      </c>
+      <c r="L40" t="s">
+        <v>304</v>
+      </c>
+      <c r="M40" t="s">
+        <v>305</v>
+      </c>
+      <c r="N40" t="s">
+        <v>306</v>
+      </c>
+      <c r="O40" t="s">
+        <v>336</v>
+      </c>
+      <c r="P40" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>296</v>
+      </c>
+      <c r="B41" t="s">
+        <v>566</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>567</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>568</v>
+      </c>
+      <c r="H41" t="s">
+        <v>569</v>
+      </c>
+      <c r="I41" t="s">
+        <v>334</v>
+      </c>
+      <c r="J41" t="s">
+        <v>20</v>
+      </c>
+      <c r="K41" t="s">
+        <v>335</v>
+      </c>
+      <c r="L41" t="s">
+        <v>304</v>
+      </c>
+      <c r="M41" t="s">
+        <v>305</v>
+      </c>
+      <c r="N41" t="s">
+        <v>520</v>
+      </c>
+      <c r="O41" t="s">
+        <v>521</v>
+      </c>
+      <c r="P41" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>296</v>
+      </c>
+      <c r="B42" t="s">
+        <v>571</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>572</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>573</v>
+      </c>
+      <c r="H42" t="s">
+        <v>574</v>
+      </c>
+      <c r="I42" t="s">
+        <v>575</v>
+      </c>
+      <c r="J42" t="s">
+        <v>576</v>
+      </c>
+      <c r="K42" t="s">
+        <v>577</v>
+      </c>
+      <c r="L42" t="s">
+        <v>304</v>
+      </c>
+      <c r="M42" t="s">
+        <v>305</v>
+      </c>
+      <c r="N42" t="s">
+        <v>578</v>
+      </c>
+      <c r="O42" t="s">
+        <v>579</v>
+      </c>
+      <c r="P42" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>296</v>
+      </c>
+      <c r="B43" t="s">
+        <v>581</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>582</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>583</v>
+      </c>
+      <c r="H43" t="s">
+        <v>584</v>
+      </c>
+      <c r="I43" t="s">
+        <v>585</v>
+      </c>
+      <c r="J43" t="s">
+        <v>586</v>
+      </c>
+      <c r="K43" t="s">
+        <v>587</v>
+      </c>
+      <c r="L43" t="s">
+        <v>304</v>
+      </c>
+      <c r="M43" t="s">
+        <v>387</v>
+      </c>
+      <c r="N43" t="s">
+        <v>578</v>
+      </c>
+      <c r="O43" t="s">
+        <v>579</v>
+      </c>
+      <c r="P43" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>296</v>
+      </c>
+      <c r="B44" t="s">
+        <v>589</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>590</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>591</v>
+      </c>
+      <c r="H44" t="s">
+        <v>592</v>
+      </c>
+      <c r="I44" t="s">
+        <v>593</v>
+      </c>
+      <c r="J44" t="s">
+        <v>594</v>
+      </c>
+      <c r="K44" t="s">
+        <v>595</v>
+      </c>
+      <c r="L44" t="s">
+        <v>304</v>
+      </c>
+      <c r="M44" t="s">
+        <v>305</v>
+      </c>
+      <c r="N44" t="s">
+        <v>317</v>
+      </c>
+      <c r="O44" t="s">
+        <v>318</v>
+      </c>
+      <c r="P44" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>296</v>
+      </c>
+      <c r="B45" t="s">
+        <v>597</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>598</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>599</v>
+      </c>
+      <c r="H45" t="s">
+        <v>600</v>
+      </c>
+      <c r="I45" t="s">
+        <v>601</v>
+      </c>
+      <c r="J45" t="s">
+        <v>20</v>
+      </c>
+      <c r="K45" t="s">
+        <v>602</v>
+      </c>
+      <c r="L45" t="s">
+        <v>304</v>
+      </c>
+      <c r="M45" t="s">
+        <v>305</v>
+      </c>
+      <c r="N45" t="s">
+        <v>317</v>
+      </c>
+      <c r="O45" t="s">
+        <v>318</v>
+      </c>
+      <c r="P45" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>296</v>
+      </c>
+      <c r="B46" t="s">
+        <v>604</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>605</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>606</v>
+      </c>
+      <c r="H46" t="s">
+        <v>607</v>
+      </c>
+      <c r="I46" t="s">
+        <v>608</v>
+      </c>
+      <c r="J46" t="s">
+        <v>302</v>
+      </c>
+      <c r="K46" t="s">
+        <v>303</v>
+      </c>
+      <c r="L46" t="s">
+        <v>304</v>
+      </c>
+      <c r="M46" t="s">
+        <v>387</v>
+      </c>
+      <c r="N46" t="s">
+        <v>317</v>
+      </c>
+      <c r="O46" t="s">
+        <v>496</v>
+      </c>
+      <c r="P46" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>296</v>
+      </c>
+      <c r="B47" t="s">
+        <v>610</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>611</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>612</v>
+      </c>
+      <c r="H47" t="s">
+        <v>613</v>
+      </c>
+      <c r="I47" t="s">
+        <v>614</v>
+      </c>
+      <c r="J47" t="s">
+        <v>422</v>
+      </c>
+      <c r="K47" t="s">
+        <v>423</v>
+      </c>
+      <c r="L47" t="s">
+        <v>304</v>
+      </c>
+      <c r="M47" t="s">
+        <v>305</v>
+      </c>
+      <c r="N47" t="s">
+        <v>365</v>
+      </c>
+      <c r="O47" t="s">
+        <v>579</v>
+      </c>
+      <c r="P47" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>296</v>
+      </c>
+      <c r="B48" t="s">
+        <v>616</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>617</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>618</v>
+      </c>
+      <c r="H48" t="s">
+        <v>619</v>
+      </c>
+      <c r="I48" t="s">
+        <v>620</v>
+      </c>
+      <c r="J48" t="s">
+        <v>621</v>
+      </c>
+      <c r="K48" t="s">
+        <v>622</v>
+      </c>
+      <c r="L48" t="s">
+        <v>304</v>
+      </c>
+      <c r="M48" t="s">
+        <v>316</v>
+      </c>
+      <c r="N48" t="s">
+        <v>317</v>
+      </c>
+      <c r="O48" t="s">
+        <v>318</v>
+      </c>
+      <c r="P48" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>296</v>
+      </c>
+      <c r="B49" t="s">
+        <v>624</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>625</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>626</v>
+      </c>
+      <c r="H49" t="s">
+        <v>627</v>
+      </c>
+      <c r="I49" t="s">
+        <v>334</v>
+      </c>
+      <c r="J49" t="s">
+        <v>20</v>
+      </c>
+      <c r="K49" t="s">
+        <v>335</v>
+      </c>
+      <c r="L49" t="s">
+        <v>304</v>
+      </c>
+      <c r="M49" t="s">
+        <v>305</v>
+      </c>
+      <c r="N49" t="s">
+        <v>365</v>
+      </c>
+      <c r="O49" t="s">
+        <v>628</v>
+      </c>
+      <c r="P49" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>296</v>
+      </c>
+      <c r="B50" t="s">
+        <v>630</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>631</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>632</v>
+      </c>
+      <c r="H50" t="s">
+        <v>633</v>
+      </c>
+      <c r="I50" t="s">
+        <v>634</v>
+      </c>
+      <c r="J50" t="s">
+        <v>20</v>
+      </c>
+      <c r="K50" t="s">
+        <v>635</v>
+      </c>
+      <c r="L50" t="s">
+        <v>304</v>
+      </c>
+      <c r="M50" t="s">
+        <v>305</v>
+      </c>
+      <c r="N50" t="s">
+        <v>20</v>
+      </c>
+      <c r="O50" t="s">
+        <v>636</v>
+      </c>
+      <c r="P50" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>296</v>
+      </c>
+      <c r="B51" t="s">
+        <v>638</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>639</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>640</v>
+      </c>
+      <c r="H51" t="s">
+        <v>641</v>
+      </c>
+      <c r="I51" t="s">
+        <v>642</v>
+      </c>
+      <c r="J51" t="s">
+        <v>643</v>
+      </c>
+      <c r="K51" t="s">
+        <v>644</v>
+      </c>
+      <c r="L51" t="s">
+        <v>304</v>
+      </c>
+      <c r="M51" t="s">
+        <v>305</v>
+      </c>
+      <c r="N51" t="s">
+        <v>306</v>
+      </c>
+      <c r="O51" t="s">
+        <v>645</v>
+      </c>
+      <c r="P51" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>296</v>
+      </c>
+      <c r="B52" t="s">
+        <v>647</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>639</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>648</v>
+      </c>
+      <c r="H52" t="s">
+        <v>649</v>
+      </c>
+      <c r="I52" t="s">
+        <v>642</v>
+      </c>
+      <c r="J52" t="s">
+        <v>643</v>
+      </c>
+      <c r="K52" t="s">
+        <v>644</v>
+      </c>
+      <c r="L52" t="s">
+        <v>304</v>
+      </c>
+      <c r="M52" t="s">
+        <v>305</v>
+      </c>
+      <c r="N52" t="s">
+        <v>306</v>
+      </c>
+      <c r="O52" t="s">
+        <v>394</v>
+      </c>
+      <c r="P52" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>296</v>
+      </c>
+      <c r="B53" t="s">
+        <v>651</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>652</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>653</v>
+      </c>
+      <c r="H53" t="s">
+        <v>654</v>
+      </c>
+      <c r="I53" t="s">
+        <v>422</v>
+      </c>
+      <c r="J53" t="s">
+        <v>20</v>
+      </c>
+      <c r="K53" t="s">
+        <v>423</v>
+      </c>
+      <c r="L53" t="s">
+        <v>304</v>
+      </c>
+      <c r="M53" t="s">
+        <v>316</v>
+      </c>
+      <c r="N53" t="s">
+        <v>306</v>
+      </c>
+      <c r="O53" t="s">
+        <v>655</v>
+      </c>
+      <c r="P53" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>296</v>
+      </c>
+      <c r="B54" t="s">
+        <v>657</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>658</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>659</v>
+      </c>
+      <c r="H54" t="s">
+        <v>660</v>
+      </c>
+      <c r="I54" t="s">
+        <v>447</v>
+      </c>
+      <c r="J54" t="s">
+        <v>20</v>
+      </c>
+      <c r="K54" t="s">
+        <v>51</v>
+      </c>
+      <c r="L54" t="s">
+        <v>304</v>
+      </c>
+      <c r="M54" t="s">
+        <v>305</v>
+      </c>
+      <c r="N54" t="s">
+        <v>306</v>
+      </c>
+      <c r="O54" t="s">
+        <v>394</v>
+      </c>
+      <c r="P54" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>296</v>
+      </c>
+      <c r="B55" t="s">
+        <v>662</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>663</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>664</v>
+      </c>
+      <c r="H55" t="s">
+        <v>665</v>
+      </c>
+      <c r="I55" t="s">
+        <v>666</v>
+      </c>
+      <c r="J55" t="s">
+        <v>325</v>
+      </c>
+      <c r="K55" t="s">
+        <v>326</v>
+      </c>
+      <c r="L55" t="s">
+        <v>304</v>
+      </c>
+      <c r="M55" t="s">
+        <v>387</v>
+      </c>
+      <c r="N55" t="s">
+        <v>317</v>
+      </c>
+      <c r="O55" t="s">
+        <v>318</v>
+      </c>
+      <c r="P55" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>296</v>
+      </c>
+      <c r="B56" t="s">
+        <v>668</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>669</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>670</v>
+      </c>
+      <c r="H56" t="s">
+        <v>671</v>
+      </c>
+      <c r="I56" t="s">
+        <v>672</v>
+      </c>
+      <c r="J56" t="s">
+        <v>673</v>
+      </c>
+      <c r="K56" t="s">
+        <v>674</v>
+      </c>
+      <c r="L56" t="s">
+        <v>304</v>
+      </c>
+      <c r="M56" t="s">
+        <v>387</v>
+      </c>
+      <c r="N56" t="s">
+        <v>317</v>
+      </c>
+      <c r="O56" t="s">
+        <v>318</v>
+      </c>
+      <c r="P56" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>296</v>
+      </c>
+      <c r="B57" t="s">
+        <v>676</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>677</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>678</v>
+      </c>
+      <c r="H57" t="s">
+        <v>679</v>
+      </c>
+      <c r="I57" t="s">
+        <v>532</v>
+      </c>
+      <c r="J57" t="s">
+        <v>20</v>
+      </c>
+      <c r="K57" t="s">
+        <v>533</v>
+      </c>
+      <c r="L57" t="s">
+        <v>304</v>
+      </c>
+      <c r="M57" t="s">
+        <v>305</v>
+      </c>
+      <c r="N57" t="s">
+        <v>306</v>
+      </c>
+      <c r="O57" t="s">
+        <v>394</v>
+      </c>
+      <c r="P57" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>296</v>
+      </c>
+      <c r="B58" t="s">
+        <v>681</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>682</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>683</v>
+      </c>
+      <c r="H58" t="s">
+        <v>684</v>
+      </c>
+      <c r="I58" t="s">
+        <v>685</v>
+      </c>
+      <c r="J58" t="s">
+        <v>686</v>
+      </c>
+      <c r="K58" t="s">
+        <v>687</v>
+      </c>
+      <c r="L58" t="s">
+        <v>304</v>
+      </c>
+      <c r="M58" t="s">
+        <v>387</v>
+      </c>
+      <c r="N58" t="s">
+        <v>317</v>
+      </c>
+      <c r="O58" t="s">
+        <v>318</v>
+      </c>
+      <c r="P58" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>296</v>
+      </c>
+      <c r="B59" t="s">
+        <v>689</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>690</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>691</v>
+      </c>
+      <c r="H59" t="s">
+        <v>692</v>
+      </c>
+      <c r="I59" t="s">
+        <v>693</v>
+      </c>
+      <c r="J59" t="s">
+        <v>694</v>
+      </c>
+      <c r="K59" t="s">
+        <v>41</v>
+      </c>
+      <c r="L59" t="s">
+        <v>304</v>
+      </c>
+      <c r="M59" t="s">
+        <v>305</v>
+      </c>
+      <c r="N59" t="s">
+        <v>306</v>
+      </c>
+      <c r="O59" t="s">
+        <v>336</v>
+      </c>
+      <c r="P59" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>296</v>
+      </c>
+      <c r="B60" t="s">
+        <v>696</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>697</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>698</v>
+      </c>
+      <c r="H60" t="s">
+        <v>699</v>
+      </c>
+      <c r="I60" t="s">
+        <v>700</v>
+      </c>
+      <c r="J60" t="s">
+        <v>447</v>
+      </c>
+      <c r="K60" t="s">
+        <v>51</v>
+      </c>
+      <c r="L60" t="s">
+        <v>304</v>
+      </c>
+      <c r="M60" t="s">
+        <v>305</v>
+      </c>
+      <c r="N60" t="s">
+        <v>701</v>
+      </c>
+      <c r="O60" t="s">
+        <v>702</v>
+      </c>
+      <c r="P60" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>296</v>
+      </c>
+      <c r="B61" t="s">
+        <v>704</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>697</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>705</v>
+      </c>
+      <c r="H61" t="s">
+        <v>706</v>
+      </c>
+      <c r="I61" t="s">
+        <v>707</v>
+      </c>
+      <c r="J61" t="s">
+        <v>563</v>
+      </c>
+      <c r="K61" t="s">
+        <v>564</v>
+      </c>
+      <c r="L61" t="s">
+        <v>304</v>
+      </c>
+      <c r="M61" t="s">
+        <v>305</v>
+      </c>
+      <c r="N61" t="s">
+        <v>317</v>
+      </c>
+      <c r="O61" t="s">
+        <v>318</v>
+      </c>
+      <c r="P61" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>296</v>
+      </c>
+      <c r="B62" t="s">
+        <v>709</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>710</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>711</v>
+      </c>
+      <c r="H62" t="s">
+        <v>712</v>
+      </c>
+      <c r="I62" t="s">
+        <v>713</v>
+      </c>
+      <c r="J62" t="s">
+        <v>325</v>
+      </c>
+      <c r="K62" t="s">
+        <v>326</v>
+      </c>
+      <c r="L62" t="s">
+        <v>304</v>
+      </c>
+      <c r="M62" t="s">
+        <v>305</v>
+      </c>
+      <c r="N62" t="s">
+        <v>317</v>
+      </c>
+      <c r="O62" t="s">
+        <v>318</v>
+      </c>
+      <c r="P62" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>296</v>
+      </c>
+      <c r="B63" t="s">
+        <v>715</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>716</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>717</v>
+      </c>
+      <c r="H63" t="s">
+        <v>718</v>
+      </c>
+      <c r="I63" t="s">
+        <v>719</v>
+      </c>
+      <c r="J63" t="s">
+        <v>20</v>
+      </c>
+      <c r="K63" t="s">
+        <v>720</v>
+      </c>
+      <c r="L63" t="s">
+        <v>304</v>
+      </c>
+      <c r="M63" t="s">
+        <v>387</v>
+      </c>
+      <c r="N63" t="s">
+        <v>317</v>
+      </c>
+      <c r="O63" t="s">
+        <v>318</v>
+      </c>
+      <c r="P63" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>296</v>
+      </c>
+      <c r="B64" t="s">
+        <v>722</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>723</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>724</v>
+      </c>
+      <c r="H64" t="s">
+        <v>725</v>
+      </c>
+      <c r="I64" t="s">
+        <v>325</v>
+      </c>
+      <c r="J64" t="s">
+        <v>20</v>
+      </c>
+      <c r="K64" t="s">
+        <v>326</v>
+      </c>
+      <c r="L64" t="s">
+        <v>304</v>
+      </c>
+      <c r="M64" t="s">
+        <v>305</v>
+      </c>
+      <c r="N64" t="s">
+        <v>520</v>
+      </c>
+      <c r="O64" t="s">
+        <v>521</v>
+      </c>
+      <c r="P64" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>296</v>
+      </c>
+      <c r="B65" t="s">
+        <v>727</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>728</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>729</v>
+      </c>
+      <c r="H65" t="s">
+        <v>730</v>
+      </c>
+      <c r="I65" t="s">
+        <v>694</v>
+      </c>
+      <c r="J65" t="s">
+        <v>20</v>
+      </c>
+      <c r="K65" t="s">
+        <v>41</v>
+      </c>
+      <c r="L65" t="s">
+        <v>304</v>
+      </c>
+      <c r="M65" t="s">
+        <v>305</v>
+      </c>
+      <c r="N65" t="s">
+        <v>317</v>
+      </c>
+      <c r="O65" t="s">
+        <v>318</v>
+      </c>
+      <c r="P65" t="s">
+        <v>731</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>13</v>
+      </c>
+      <c r="J1" t="s">
+        <v>14</v>
+      </c>
+      <c r="K1" t="s">
+        <v>732</v>
+      </c>
+      <c r="L1" t="s">
+        <v>733</v>
+      </c>
+      <c r="M1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>734</v>
+      </c>
+      <c r="B2" t="s">
+        <v>735</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>736</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>737</v>
+      </c>
+      <c r="H2" t="s">
+        <v>738</v>
+      </c>
+      <c r="I2" t="s">
+        <v>739</v>
+      </c>
+      <c r="J2" t="s">
+        <v>49</v>
+      </c>
+      <c r="K2" t="s">
+        <v>304</v>
+      </c>
+      <c r="L2" t="s">
+        <v>52</v>
+      </c>
+      <c r="M2" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>734</v>
+      </c>
+      <c r="B3" t="s">
+        <v>741</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>742</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>743</v>
+      </c>
+      <c r="H3" t="s">
+        <v>744</v>
+      </c>
+      <c r="I3" t="s">
+        <v>745</v>
+      </c>
+      <c r="J3" t="s">
+        <v>49</v>
+      </c>
+      <c r="K3" t="s">
+        <v>304</v>
+      </c>
+      <c r="L3" t="s">
+        <v>52</v>
+      </c>
+      <c r="M3" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>734</v>
+      </c>
+      <c r="B4" t="s">
+        <v>741</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>747</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>748</v>
+      </c>
+      <c r="H4" t="s">
+        <v>749</v>
+      </c>
+      <c r="I4" t="s">
+        <v>745</v>
+      </c>
+      <c r="J4" t="s">
+        <v>49</v>
+      </c>
+      <c r="K4" t="s">
+        <v>304</v>
+      </c>
+      <c r="L4" t="s">
+        <v>52</v>
+      </c>
+      <c r="M4" t="s">
+        <v>750</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:M1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>751</v>
+      </c>
+      <c r="J1" t="s">
+        <v>288</v>
+      </c>
+      <c r="K1" t="s">
+        <v>752</v>
+      </c>
+      <c r="L1" t="s">
+        <v>290</v>
+      </c>
+      <c r="M1" t="s">
+        <v>291</v>
+      </c>
+      <c r="N1" t="s">
+        <v>753</v>
+      </c>
+      <c r="O1" t="s">
+        <v>754</v>
+      </c>
+      <c r="P1" t="s">
+        <v>755</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>756</v>
+      </c>
+      <c r="R1" t="s">
+        <v>292</v>
+      </c>
+      <c r="S1" t="s">
+        <v>757</v>
+      </c>
+      <c r="T1" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>759</v>
+      </c>
+      <c r="B2" t="s">
+        <v>760</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>761</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>762</v>
+      </c>
+      <c r="H2" t="s">
+        <v>763</v>
+      </c>
+      <c r="I2" t="s">
+        <v>764</v>
+      </c>
+      <c r="J2" t="s">
+        <v>765</v>
+      </c>
+      <c r="K2" t="s">
+        <v>694</v>
+      </c>
+      <c r="L2" t="s">
+        <v>41</v>
+      </c>
+      <c r="M2" t="s">
+        <v>304</v>
+      </c>
+      <c r="N2" t="s">
+        <v>766</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>767</v>
+      </c>
+      <c r="R2" t="s">
+        <v>305</v>
+      </c>
+      <c r="S2" t="s">
+        <v>768</v>
+      </c>
+      <c r="T2" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>759</v>
+      </c>
+      <c r="B3" t="s">
+        <v>770</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>771</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>772</v>
+      </c>
+      <c r="H3" t="s">
+        <v>773</v>
+      </c>
+      <c r="I3" t="s">
+        <v>774</v>
+      </c>
+      <c r="J3" t="s">
+        <v>313</v>
+      </c>
+      <c r="K3" t="s">
+        <v>314</v>
+      </c>
+      <c r="L3" t="s">
+        <v>315</v>
+      </c>
+      <c r="M3" t="s">
+        <v>304</v>
+      </c>
+      <c r="N3" t="s">
+        <v>775</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>776</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>777</v>
+      </c>
+      <c r="R3" t="s">
+        <v>316</v>
+      </c>
+      <c r="S3" t="s">
+        <v>778</v>
+      </c>
+      <c r="T3" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>759</v>
+      </c>
+      <c r="B4" t="s">
+        <v>779</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>780</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>781</v>
+      </c>
+      <c r="H4" t="s">
+        <v>782</v>
+      </c>
+      <c r="I4" t="s">
+        <v>774</v>
+      </c>
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
+        <v>783</v>
+      </c>
+      <c r="L4" t="s">
+        <v>784</v>
+      </c>
+      <c r="M4" t="s">
+        <v>304</v>
+      </c>
+      <c r="N4" t="s">
+        <v>785</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>776</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>786</v>
+      </c>
+      <c r="R4" t="s">
+        <v>316</v>
+      </c>
+      <c r="S4" t="s">
+        <v>787</v>
+      </c>
+      <c r="T4" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>759</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>788</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>789</v>
+      </c>
+      <c r="H5" t="s">
+        <v>790</v>
+      </c>
+      <c r="I5" t="s">
+        <v>774</v>
+      </c>
+      <c r="J5" t="s">
+        <v>791</v>
+      </c>
+      <c r="K5" t="s">
+        <v>792</v>
+      </c>
+      <c r="L5" t="s">
+        <v>41</v>
+      </c>
+      <c r="M5" t="s">
+        <v>304</v>
+      </c>
+      <c r="N5" t="s">
+        <v>793</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>794</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>795</v>
+      </c>
+      <c r="R5" t="s">
+        <v>794</v>
+      </c>
+      <c r="S5" t="s">
+        <v>42</v>
+      </c>
+      <c r="T5" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>759</v>
+      </c>
+      <c r="B6" t="s">
+        <v>796</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>797</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>798</v>
+      </c>
+      <c r="H6" t="s">
+        <v>799</v>
+      </c>
+      <c r="I6" t="s">
+        <v>774</v>
+      </c>
+      <c r="J6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" t="s">
+        <v>800</v>
+      </c>
+      <c r="L6" t="s">
+        <v>801</v>
+      </c>
+      <c r="M6" t="s">
+        <v>304</v>
+      </c>
+      <c r="N6" t="s">
+        <v>802</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>776</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>767</v>
+      </c>
+      <c r="R6" t="s">
+        <v>316</v>
+      </c>
+      <c r="S6" t="s">
+        <v>803</v>
+      </c>
+      <c r="T6" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>759</v>
+      </c>
+      <c r="B7" t="s">
+        <v>804</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>805</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>806</v>
+      </c>
+      <c r="H7" t="s">
+        <v>807</v>
+      </c>
+      <c r="I7" t="s">
+        <v>774</v>
+      </c>
+      <c r="J7" t="s">
+        <v>808</v>
+      </c>
+      <c r="K7" t="s">
+        <v>809</v>
+      </c>
+      <c r="L7" t="s">
+        <v>810</v>
+      </c>
+      <c r="M7" t="s">
+        <v>304</v>
+      </c>
+      <c r="N7" t="s">
+        <v>811</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>316</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>812</v>
+      </c>
+      <c r="R7" t="s">
+        <v>316</v>
+      </c>
+      <c r="S7" t="s">
+        <v>813</v>
+      </c>
+      <c r="T7" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>759</v>
+      </c>
+      <c r="B8" t="s">
+        <v>815</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>816</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>817</v>
+      </c>
+      <c r="H8" t="s">
+        <v>818</v>
+      </c>
+      <c r="I8" t="s">
+        <v>774</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>819</v>
+      </c>
+      <c r="L8" t="s">
+        <v>820</v>
+      </c>
+      <c r="M8" t="s">
+        <v>304</v>
+      </c>
+      <c r="N8" t="s">
+        <v>821</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>776</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>822</v>
+      </c>
+      <c r="R8" t="s">
+        <v>316</v>
+      </c>
+      <c r="S8" t="s">
+        <v>823</v>
+      </c>
+      <c r="T8" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>759</v>
+      </c>
+      <c r="B9" t="s">
+        <v>824</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>825</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>826</v>
+      </c>
+      <c r="H9" t="s">
+        <v>827</v>
+      </c>
+      <c r="I9" t="s">
+        <v>774</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>828</v>
+      </c>
+      <c r="L9" t="s">
+        <v>829</v>
+      </c>
+      <c r="M9" t="s">
+        <v>304</v>
+      </c>
+      <c r="N9" t="s">
+        <v>830</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>776</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>777</v>
+      </c>
+      <c r="R9" t="s">
+        <v>316</v>
+      </c>
+      <c r="S9" t="s">
+        <v>831</v>
+      </c>
+      <c r="T9" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>759</v>
+      </c>
+      <c r="B10" t="s">
+        <v>832</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>833</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>834</v>
+      </c>
+      <c r="H10" t="s">
+        <v>835</v>
+      </c>
+      <c r="I10" t="s">
+        <v>774</v>
+      </c>
+      <c r="J10" t="s">
+        <v>836</v>
+      </c>
+      <c r="K10" t="s">
+        <v>837</v>
+      </c>
+      <c r="L10" t="s">
+        <v>166</v>
+      </c>
+      <c r="M10" t="s">
+        <v>304</v>
+      </c>
+      <c r="N10" t="s">
+        <v>838</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>794</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>839</v>
+      </c>
+      <c r="R10" t="s">
+        <v>794</v>
+      </c>
+      <c r="S10" t="s">
+        <v>167</v>
+      </c>
+      <c r="T10" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>759</v>
+      </c>
+      <c r="B11" t="s">
+        <v>840</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>797</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>841</v>
+      </c>
+      <c r="H11" t="s">
+        <v>842</v>
+      </c>
+      <c r="I11" t="s">
+        <v>774</v>
+      </c>
+      <c r="J11" t="s">
+        <v>843</v>
+      </c>
+      <c r="K11" t="s">
+        <v>837</v>
+      </c>
+      <c r="L11" t="s">
+        <v>166</v>
+      </c>
+      <c r="M11" t="s">
+        <v>304</v>
+      </c>
+      <c r="N11" t="s">
+        <v>844</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>776</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>767</v>
+      </c>
+      <c r="R11" t="s">
+        <v>316</v>
+      </c>
+      <c r="S11" t="s">
+        <v>845</v>
+      </c>
+      <c r="T11" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>759</v>
+      </c>
+      <c r="B12" t="s">
+        <v>264</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>846</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>847</v>
+      </c>
+      <c r="H12" t="s">
+        <v>848</v>
+      </c>
+      <c r="I12" t="s">
+        <v>849</v>
+      </c>
+      <c r="J12" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" t="s">
+        <v>850</v>
+      </c>
+      <c r="L12" t="s">
+        <v>851</v>
+      </c>
+      <c r="M12" t="s">
+        <v>304</v>
+      </c>
+      <c r="N12" t="s">
+        <v>852</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>776</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>853</v>
+      </c>
+      <c r="R12" t="s">
+        <v>316</v>
+      </c>
+      <c r="S12" t="s">
+        <v>266</v>
+      </c>
+      <c r="T12" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>759</v>
+      </c>
+      <c r="B13" t="s">
+        <v>854</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>855</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>856</v>
+      </c>
+      <c r="H13" t="s">
+        <v>857</v>
+      </c>
+      <c r="I13" t="s">
+        <v>774</v>
+      </c>
+      <c r="J13" t="s">
+        <v>20</v>
+      </c>
+      <c r="K13" t="s">
+        <v>422</v>
+      </c>
+      <c r="L13" t="s">
+        <v>423</v>
+      </c>
+      <c r="M13" t="s">
+        <v>304</v>
+      </c>
+      <c r="N13" t="s">
+        <v>858</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>794</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>812</v>
+      </c>
+      <c r="R13" t="s">
+        <v>794</v>
+      </c>
+      <c r="S13" t="s">
+        <v>859</v>
+      </c>
+      <c r="T13" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>759</v>
+      </c>
+      <c r="B14" t="s">
+        <v>860</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>797</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>861</v>
+      </c>
+      <c r="H14" t="s">
+        <v>862</v>
+      </c>
+      <c r="I14" t="s">
+        <v>764</v>
+      </c>
+      <c r="J14" t="s">
+        <v>20</v>
+      </c>
+      <c r="K14" t="s">
+        <v>863</v>
+      </c>
+      <c r="L14" t="s">
+        <v>166</v>
+      </c>
+      <c r="M14" t="s">
+        <v>304</v>
+      </c>
+      <c r="N14" t="s">
+        <v>864</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>316</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>865</v>
+      </c>
+      <c r="R14" t="s">
+        <v>316</v>
+      </c>
+      <c r="S14" t="s">
+        <v>866</v>
+      </c>
+      <c r="T14" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>759</v>
+      </c>
+      <c r="B15" t="s">
+        <v>867</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>816</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>868</v>
+      </c>
+      <c r="H15" t="s">
+        <v>869</v>
+      </c>
+      <c r="I15" t="s">
+        <v>764</v>
+      </c>
+      <c r="J15" t="s">
+        <v>870</v>
+      </c>
+      <c r="K15" t="s">
+        <v>819</v>
+      </c>
+      <c r="L15" t="s">
+        <v>820</v>
+      </c>
+      <c r="M15" t="s">
+        <v>304</v>
+      </c>
+      <c r="N15" t="s">
+        <v>871</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>316</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>865</v>
+      </c>
+      <c r="R15" t="s">
+        <v>316</v>
+      </c>
+      <c r="S15" t="s">
+        <v>872</v>
+      </c>
+      <c r="T15" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>759</v>
+      </c>
+      <c r="B16" t="s">
+        <v>873</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>780</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>874</v>
+      </c>
+      <c r="H16" t="s">
+        <v>875</v>
+      </c>
+      <c r="I16" t="s">
+        <v>764</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>783</v>
+      </c>
+      <c r="L16" t="s">
+        <v>784</v>
+      </c>
+      <c r="M16" t="s">
+        <v>304</v>
+      </c>
+      <c r="N16" t="s">
+        <v>785</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>316</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>865</v>
+      </c>
+      <c r="R16" t="s">
+        <v>316</v>
+      </c>
+      <c r="S16" t="s">
+        <v>876</v>
+      </c>
+      <c r="T16" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>759</v>
+      </c>
+      <c r="B17" t="s">
+        <v>877</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>797</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>878</v>
+      </c>
+      <c r="H17" t="s">
+        <v>879</v>
+      </c>
+      <c r="I17" t="s">
+        <v>764</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>800</v>
+      </c>
+      <c r="L17" t="s">
+        <v>801</v>
+      </c>
+      <c r="M17" t="s">
+        <v>304</v>
+      </c>
+      <c r="N17" t="s">
+        <v>802</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>316</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>865</v>
+      </c>
+      <c r="R17" t="s">
+        <v>316</v>
+      </c>
+      <c r="S17" t="s">
+        <v>880</v>
+      </c>
+      <c r="T17" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>759</v>
+      </c>
+      <c r="B18" t="s">
+        <v>881</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>846</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>882</v>
+      </c>
+      <c r="H18" t="s">
+        <v>883</v>
+      </c>
+      <c r="I18" t="s">
+        <v>764</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>850</v>
+      </c>
+      <c r="L18" t="s">
+        <v>851</v>
+      </c>
+      <c r="M18" t="s">
+        <v>304</v>
+      </c>
+      <c r="N18" t="s">
+        <v>884</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>316</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>865</v>
+      </c>
+      <c r="R18" t="s">
+        <v>316</v>
+      </c>
+      <c r="S18" t="s">
+        <v>885</v>
+      </c>
+      <c r="T18" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>759</v>
+      </c>
+      <c r="B19" t="s">
+        <v>886</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>887</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>888</v>
+      </c>
+      <c r="H19" t="s">
+        <v>889</v>
+      </c>
+      <c r="I19" t="s">
+        <v>774</v>
+      </c>
+      <c r="J19" t="s">
+        <v>700</v>
+      </c>
+      <c r="K19" t="s">
+        <v>890</v>
+      </c>
+      <c r="L19" t="s">
+        <v>41</v>
+      </c>
+      <c r="M19" t="s">
+        <v>304</v>
+      </c>
+      <c r="N19" t="s">
+        <v>891</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>892</v>
+      </c>
+      <c r="R19" t="s">
+        <v>305</v>
+      </c>
+      <c r="S19" t="s">
+        <v>893</v>
+      </c>
+      <c r="T19" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>759</v>
+      </c>
+      <c r="B20" t="s">
+        <v>894</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>797</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>895</v>
+      </c>
+      <c r="H20" t="s">
+        <v>896</v>
+      </c>
+      <c r="I20" t="s">
+        <v>774</v>
+      </c>
+      <c r="J20" t="s">
+        <v>897</v>
+      </c>
+      <c r="K20" t="s">
+        <v>837</v>
+      </c>
+      <c r="L20" t="s">
+        <v>166</v>
+      </c>
+      <c r="M20" t="s">
+        <v>304</v>
+      </c>
+      <c r="N20" t="s">
+        <v>844</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>776</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>898</v>
+      </c>
+      <c r="R20" t="s">
+        <v>316</v>
+      </c>
+      <c r="S20" t="s">
+        <v>899</v>
+      </c>
+      <c r="T20" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>759</v>
+      </c>
+      <c r="B21" t="s">
+        <v>49</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>900</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>901</v>
+      </c>
+      <c r="H21" t="s">
+        <v>902</v>
+      </c>
+      <c r="I21" t="s">
+        <v>774</v>
+      </c>
+      <c r="J21" t="s">
+        <v>903</v>
+      </c>
+      <c r="K21" t="s">
+        <v>447</v>
+      </c>
+      <c r="L21" t="s">
+        <v>51</v>
+      </c>
+      <c r="M21" t="s">
+        <v>304</v>
+      </c>
+      <c r="N21" t="s">
+        <v>904</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>794</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>905</v>
+      </c>
+      <c r="R21" t="s">
+        <v>794</v>
+      </c>
+      <c r="S21" t="s">
+        <v>52</v>
+      </c>
+      <c r="T21" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>759</v>
+      </c>
+      <c r="B22" t="s">
+        <v>907</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>908</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>909</v>
+      </c>
+      <c r="H22" t="s">
+        <v>910</v>
+      </c>
+      <c r="I22" t="s">
+        <v>774</v>
+      </c>
+      <c r="J22" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" t="s">
+        <v>422</v>
+      </c>
+      <c r="L22" t="s">
+        <v>423</v>
+      </c>
+      <c r="M22" t="s">
+        <v>304</v>
+      </c>
+      <c r="N22" t="s">
+        <v>911</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>794</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>767</v>
+      </c>
+      <c r="R22" t="s">
+        <v>794</v>
+      </c>
+      <c r="S22" t="s">
+        <v>912</v>
+      </c>
+      <c r="T22" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>759</v>
+      </c>
+      <c r="B23" t="s">
+        <v>913</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>825</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>914</v>
+      </c>
+      <c r="H23" t="s">
+        <v>915</v>
+      </c>
+      <c r="I23" t="s">
+        <v>764</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>828</v>
+      </c>
+      <c r="L23" t="s">
+        <v>829</v>
+      </c>
+      <c r="M23" t="s">
+        <v>304</v>
+      </c>
+      <c r="N23" t="s">
+        <v>830</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>316</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>865</v>
+      </c>
+      <c r="R23" t="s">
+        <v>316</v>
+      </c>
+      <c r="S23" t="s">
+        <v>916</v>
+      </c>
+      <c r="T23" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>759</v>
+      </c>
+      <c r="B24" t="s">
+        <v>917</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>918</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>919</v>
+      </c>
+      <c r="H24" t="s">
+        <v>920</v>
+      </c>
+      <c r="I24" t="s">
+        <v>774</v>
+      </c>
+      <c r="J24" t="s">
+        <v>20</v>
+      </c>
+      <c r="K24" t="s">
+        <v>921</v>
+      </c>
+      <c r="L24" t="s">
+        <v>922</v>
+      </c>
+      <c r="M24" t="s">
+        <v>304</v>
+      </c>
+      <c r="N24" t="s">
+        <v>923</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>767</v>
+      </c>
+      <c r="R24" t="s">
+        <v>305</v>
+      </c>
+      <c r="S24" t="s">
+        <v>924</v>
+      </c>
+      <c r="T24" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>759</v>
+      </c>
+      <c r="B25" t="s">
+        <v>925</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>926</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>927</v>
+      </c>
+      <c r="H25" t="s">
+        <v>928</v>
+      </c>
+      <c r="I25" t="s">
+        <v>774</v>
+      </c>
+      <c r="J25" t="s">
+        <v>929</v>
+      </c>
+      <c r="K25" t="s">
+        <v>302</v>
+      </c>
+      <c r="L25" t="s">
+        <v>303</v>
+      </c>
+      <c r="M25" t="s">
+        <v>304</v>
+      </c>
+      <c r="N25" t="s">
+        <v>930</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>931</v>
+      </c>
+      <c r="R25" t="s">
+        <v>305</v>
+      </c>
+      <c r="S25" t="s">
+        <v>932</v>
+      </c>
+      <c r="T25" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>759</v>
+      </c>
+      <c r="B26" t="s">
+        <v>933</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>926</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>934</v>
+      </c>
+      <c r="H26" t="s">
+        <v>935</v>
+      </c>
+      <c r="I26" t="s">
+        <v>774</v>
+      </c>
+      <c r="J26" t="s">
+        <v>20</v>
+      </c>
+      <c r="K26" t="s">
+        <v>809</v>
+      </c>
+      <c r="L26" t="s">
+        <v>810</v>
+      </c>
+      <c r="M26" t="s">
+        <v>304</v>
+      </c>
+      <c r="N26" t="s">
+        <v>930</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>931</v>
+      </c>
+      <c r="R26" t="s">
+        <v>305</v>
+      </c>
+      <c r="S26" t="s">
+        <v>936</v>
+      </c>
+      <c r="T26" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>759</v>
+      </c>
+      <c r="B27" t="s">
+        <v>937</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>805</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>938</v>
+      </c>
+      <c r="H27" t="s">
+        <v>939</v>
+      </c>
+      <c r="I27" t="s">
+        <v>774</v>
+      </c>
+      <c r="J27" t="s">
+        <v>20</v>
+      </c>
+      <c r="K27" t="s">
+        <v>940</v>
+      </c>
+      <c r="L27" t="s">
+        <v>941</v>
+      </c>
+      <c r="M27" t="s">
+        <v>304</v>
+      </c>
+      <c r="N27" t="s">
+        <v>20</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>316</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>892</v>
+      </c>
+      <c r="R27" t="s">
+        <v>316</v>
+      </c>
+      <c r="S27" t="s">
+        <v>942</v>
+      </c>
+      <c r="T27" t="s">
+        <v>814</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>