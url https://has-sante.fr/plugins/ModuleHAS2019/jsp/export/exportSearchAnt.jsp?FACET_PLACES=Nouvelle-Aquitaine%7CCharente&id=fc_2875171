--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2262" uniqueCount="943">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2920" uniqueCount="1179">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -419,101 +419,110 @@
   <si>
     <t>18 January 2024</t>
   </si>
   <si>
     <t>Docteur Gaetan DANGELSER</t>
   </si>
   <si>
     <t>29/04/2019 11:32:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2966341/fr/docteur-gaetan-dangelser</t>
   </si>
   <si>
     <t>c_2966341</t>
   </si>
   <si>
     <t>DANGELSER</t>
   </si>
   <si>
     <t>Gaetan</t>
   </si>
   <si>
     <t>15 December 2022</t>
   </si>
   <si>
-    <t>CLINIQUE SAINT JOSEPH ANGOULEME,CHU/CHR ORLÉANS - HÔPITAL DE LA SOURCE,HOPITAL PRIVE PAYS DE SAVOIE,CLINIQUE SAINT CHARLES</t>
-[...8 lines deleted...]
-    <t>160000170,450002613,740014345,850000118</t>
+    <t>CLINIQUE SAINT JOSEPH ANGOULEME,CLINIQUE MUTUALISTE JULES VERNE,CLINIQUE SAINT CHARLES,CHM</t>
+  </si>
+  <si>
+    <t>16021,44314,85016,97600</t>
+  </si>
+  <si>
+    <t>ANGOULEME,NANTES CEDEX 3,LA ROCHE SUR YON,MAMOUDZOU</t>
+  </si>
+  <si>
+    <t>160000170,440029338,850000118,980500011</t>
   </si>
   <si>
     <t>Docteur TITIA NDIAYE</t>
   </si>
   <si>
     <t>03/01/2019 11:33:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2895882/fr/docteur-titia-ndiaye</t>
   </si>
   <si>
     <t>c_2895882</t>
   </si>
   <si>
     <t>NDIAYE</t>
   </si>
   <si>
     <t>TITIA</t>
   </si>
   <si>
     <t>Docteur PIERRE MOULLOT</t>
   </si>
   <si>
     <t>19/07/2018 11:32:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2865148/fr/docteur-pierre-moullot</t>
   </si>
   <si>
     <t>c_2865148</t>
   </si>
   <si>
     <t>MOULLOT</t>
   </si>
   <si>
     <t>PIERRE</t>
   </si>
   <si>
     <t>21 July 2022</t>
   </si>
   <si>
+    <t>CLINIQUE SAINT JOSEPH ANGOULEME,CENTRE CLINICAL SA</t>
+  </si>
+  <si>
+    <t>16021,16800</t>
+  </si>
+  <si>
+    <t>160000170,160013207</t>
+  </si>
+  <si>
     <t>Docteur TRIEU MINH TRI NGO</t>
   </si>
   <si>
     <t>14/09/2017 16:31:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2793492/fr/docteur-trieu-minh-tri-ngo</t>
   </si>
   <si>
     <t>c_2793492</t>
   </si>
   <si>
     <t>NGO</t>
   </si>
   <si>
     <t>TRIEU MINH TRI</t>
   </si>
   <si>
     <t>21 October 2021</t>
   </si>
   <si>
     <t>Docteur Maxime JUANICO</t>
   </si>
   <si>
     <t>17/01/2017 17:32:41</t>
@@ -794,1838 +803,2528 @@
   <si>
     <t>Jean jacques</t>
   </si>
   <si>
     <t>Docteur Maxence LIOT</t>
   </si>
   <si>
     <t>08/11/2016 11:34:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712201/fr/docteur-maxence-liot</t>
   </si>
   <si>
     <t>c_2712201</t>
   </si>
   <si>
     <t>LIOT</t>
   </si>
   <si>
     <t>Maxence</t>
   </si>
   <si>
     <t>15 February 2024</t>
   </si>
   <si>
-    <t>Docteur Magali SALOU</t>
-[...14 lines deleted...]
-    <t>Magali</t>
+    <t>Docteur Keyvan MOSTOFI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712968/fr/docteur-keyvan-mostofi</t>
+  </si>
+  <si>
+    <t>c_2712968</t>
+  </si>
+  <si>
+    <t>MOSTOFI</t>
+  </si>
+  <si>
+    <t>Keyvan</t>
+  </si>
+  <si>
+    <t>28 March 2024</t>
+  </si>
+  <si>
+    <t>Docteur Etienne GOUJARD</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713077/fr/docteur-etienne-goujard</t>
+  </si>
+  <si>
+    <t>c_2713077</t>
+  </si>
+  <si>
+    <t>GOUJARD</t>
+  </si>
+  <si>
+    <t>Etienne</t>
+  </si>
+  <si>
+    <t>22 October 2020</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>EEAP POLYHANDICAP LES VAUZELLES</t>
+  </si>
+  <si>
+    <t>12/11/2025 16:16:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14663_FicheESSMS/fr/eeap-polyhandicap-les-vauzelles</t>
+  </si>
+  <si>
+    <t>14663_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Rue Des Vauzelles</t>
+  </si>
+  <si>
+    <t>16100 CHATEAUBERNARD</t>
+  </si>
+  <si>
+    <t>CHATEAUBERNARD</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>160014437</t>
+  </si>
+  <si>
+    <t>ESAT LES ATELIERS DES VAUZELLES</t>
+  </si>
+  <si>
+    <t>16/10/2025 16:15:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14104_FicheESSMS/fr/esat-les-ateliers-des-vauzelles</t>
+  </si>
+  <si>
+    <t>14104_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>160003836</t>
+  </si>
+  <si>
+    <t>SAMSAH EIRC</t>
+  </si>
+  <si>
+    <t>16/10/2025 16:15:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14109_FicheESSMS/fr/samsah-eirc</t>
+  </si>
+  <si>
+    <t>14109_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>160017554</t>
+  </si>
+  <si>
+    <t>SAVS L'ESPERANCE - EIRC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14108_FicheESSMS/fr/savs-l-esperance-eirc</t>
+  </si>
+  <si>
+    <t>14108_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Rue Vauzelles</t>
+  </si>
+  <si>
+    <t>16100 COGNAC</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>160007845</t>
+  </si>
+  <si>
+    <t>SESSAD L'AZURE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14107_FicheESSMS/fr/sessad-l-azure</t>
+  </si>
+  <si>
+    <t>14107_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>160017604</t>
+  </si>
+  <si>
+    <t>IME LES VAUZELLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14106_FicheESSMS/fr/ime-les-vauzelles</t>
+  </si>
+  <si>
+    <t>14106_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>160000394</t>
+  </si>
+  <si>
+    <t>EANM LES MYOSOTIS LA TREILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14105_FicheESSMS/fr/eanm-les-myosotis-la-treille</t>
+  </si>
+  <si>
+    <t>14105_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>160005468</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS D'IROISE DE MANSLE</t>
+  </si>
+  <si>
+    <t>13/10/2025 16:16:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14032_FicheESSMS/fr/ehpad-les-jardins-d-iroise-de-mansle</t>
+  </si>
+  <si>
+    <t>14032_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16230 MANSLE</t>
+  </si>
+  <si>
+    <t>MANSLE</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>160004396</t>
+  </si>
+  <si>
+    <t>MAS - APEC</t>
+  </si>
+  <si>
+    <t>09/10/2025 16:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13993_FicheESSMS/fr/mas-apec</t>
+  </si>
+  <si>
+    <t>13993_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16190 MONTMOREAU</t>
+  </si>
+  <si>
+    <t>MONTMOREAU</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>160014726</t>
+  </si>
+  <si>
+    <t>FAM APEC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13992_FicheESSMS/fr/fam-apec</t>
+  </si>
+  <si>
+    <t>13992_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>160013785</t>
+  </si>
+  <si>
+    <t>IME MAISON FORESTIERE</t>
+  </si>
+  <si>
+    <t>08/10/2025 16:17:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13963_FicheESSMS/fr/ime-maison-forestiere</t>
+  </si>
+  <si>
+    <t>13963_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160014429</t>
+  </si>
+  <si>
+    <t>EHPAD ANDRE COMPAIN</t>
+  </si>
+  <si>
+    <t>07/10/2025 16:15:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13943_FicheESSMS/fr/ehpad-andre-compain</t>
+  </si>
+  <si>
+    <t>13943_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Boulevard De Bretagne</t>
+  </si>
+  <si>
+    <t>16470 ST MICHEL</t>
+  </si>
+  <si>
+    <t>ST MICHEL</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>160004230</t>
+  </si>
+  <si>
+    <t>CAMSP - ANTENNE SOYAUX - ADAPEI</t>
+  </si>
+  <si>
+    <t>25/09/2025 16:17:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13648_FicheESSMS/fr/camsp-antenne-soyaux-adapei</t>
+  </si>
+  <si>
+    <t>13648_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Rue De Barbezieux</t>
+  </si>
+  <si>
+    <t>16210 CHALAIS</t>
+  </si>
+  <si>
+    <t>CHALAIS</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>160015657</t>
+  </si>
+  <si>
+    <t>PUV - RESIDENCE DU NOBLET</t>
+  </si>
+  <si>
+    <t>16/09/2025 16:16:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13380_FicheESSMS/fr/puv-residence-du-noblet</t>
+  </si>
+  <si>
+    <t>13380_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Chemin De Saint Martin</t>
+  </si>
+  <si>
+    <t>16130 SALLES D ANGLES</t>
+  </si>
+  <si>
+    <t>SALLES D ANGLES</t>
+  </si>
+  <si>
+    <t>160008280</t>
+  </si>
+  <si>
+    <t>EHPAD LES AURES</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:19:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13276_FicheESSMS/fr/ehpad-les-aures</t>
+  </si>
+  <si>
+    <t>13276_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Saint Sebastien</t>
+  </si>
+  <si>
+    <t>16150 CHABANAIS</t>
+  </si>
+  <si>
+    <t>CHABANAIS</t>
+  </si>
+  <si>
+    <t>160007027</t>
+  </si>
+  <si>
+    <t>EHPAD LES MAISONS DE MARTHE</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:19:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13292_FicheESSMS/fr/ehpad-les-maisons-de-marthe</t>
+  </si>
+  <si>
+    <t>13292_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue De L Hopital</t>
+  </si>
+  <si>
+    <t>16700 RUFFEC</t>
+  </si>
+  <si>
+    <t>RUFFEC</t>
+  </si>
+  <si>
+    <t>160007571</t>
+  </si>
+  <si>
+    <t>ESAT LA TOUR D'YVIERS</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:20:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13322_FicheESSMS/fr/esat-la-tour-d-yviers</t>
+  </si>
+  <si>
+    <t>13322_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16210 YVIERS</t>
+  </si>
+  <si>
+    <t>YVIERS</t>
+  </si>
+  <si>
+    <t>160003844</t>
+  </si>
+  <si>
+    <t>IME FRAINEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/687_FicheESSMS/fr/ime-fraineau</t>
+  </si>
+  <si>
+    <t>687_FicheESSMS</t>
+  </si>
+  <si>
+    <t>62 Avenue Paul Firino Martell</t>
+  </si>
+  <si>
+    <t>160000014</t>
+  </si>
+  <si>
+    <t>SESSAD FRAINEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/686_FicheESSMS/fr/sessad-fraineau</t>
+  </si>
+  <si>
+    <t>686_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Avenue Claude Boucher</t>
+  </si>
+  <si>
+    <t>160013926</t>
+  </si>
+  <si>
+    <t>ITEP FRAINEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/998_FicheESSMS/fr/itep-fraineau</t>
+  </si>
+  <si>
+    <t>998_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>160016465</t>
+  </si>
+  <si>
+    <t>SERVICE DPF DE L'UDAF 16</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1156_FicheESSMS/fr/service-dpf-de-l-udaf-16</t>
+  </si>
+  <si>
+    <t>1156_FicheESSMS</t>
+  </si>
+  <si>
+    <t>73 Impasse Nicephore Niepce</t>
+  </si>
+  <si>
+    <t>16024 ANGOULEME</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>160015202</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM DE L'UDAF 16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1155_FicheESSMS/fr/service-mjpm-de-l-udaf-16</t>
+  </si>
+  <si>
+    <t>1155_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>160015210</t>
+  </si>
+  <si>
+    <t>IME MARC SIGNAC - APEC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1318_FicheESSMS/fr/ime-marc-signac-apec</t>
+  </si>
+  <si>
+    <t>1318_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160000410</t>
+  </si>
+  <si>
+    <t>SESSAD SUD CHARENTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1309_FicheESSMS/fr/sessad-sud-charente</t>
+  </si>
+  <si>
+    <t>1309_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Place Du Chateau</t>
+  </si>
+  <si>
+    <t>16250 COTEAUX DU BLANZACAIS</t>
+  </si>
+  <si>
+    <t>COTEAUX DU BLANZACAIS</t>
+  </si>
+  <si>
+    <t>160007019</t>
+  </si>
+  <si>
+    <t>EHPAD - LA PICAUDRIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1366_FicheESSMS/fr/ehpad-la-picaudrie</t>
+  </si>
+  <si>
+    <t>1366_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Rue Du Stade</t>
+  </si>
+  <si>
+    <t>16290 HIERSAC</t>
+  </si>
+  <si>
+    <t>HIERSAC</t>
+  </si>
+  <si>
+    <t>160008298</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR - L'ARCHE EN CHARENTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1860_FicheESSMS/fr/accueil-de-jour-l-arche-en-charente</t>
+  </si>
+  <si>
+    <t>1860_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De L'Anisserie</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>160015038</t>
+  </si>
+  <si>
+    <t>SAVS - L'ARCHE EN CHARENTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1859_FicheESSMS/fr/savs-l-arche-en-charente</t>
+  </si>
+  <si>
+    <t>1859_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160015046</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERG TRAVAILLEURS - L'ARCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1858_FicheESSMS/fr/foyer-d-heberg-travailleurs-l-arche</t>
+  </si>
+  <si>
+    <t>1858_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De L Anisserie</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>160015012</t>
+  </si>
+  <si>
+    <t>ESAT L'ARCHE A COGNAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1857_FicheESSMS/fr/esat-l-arche-a-cognac</t>
+  </si>
+  <si>
+    <t>1857_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160003984</t>
+  </si>
+  <si>
+    <t>ESAT LES SAPINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1863_FicheESSMS/fr/esat-les-sapins</t>
+  </si>
+  <si>
+    <t>1863_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16130 LIGNIERES SONNEVILLE</t>
+  </si>
+  <si>
+    <t>LIGNIERES SONNEVILLE</t>
+  </si>
+  <si>
+    <t>160003976</t>
+  </si>
+  <si>
+    <t>ESAT LA MERCI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1862_FicheESSMS/fr/esat-la-merci</t>
+  </si>
+  <si>
+    <t>1862_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16200 COURBILLAC</t>
+  </si>
+  <si>
+    <t>COURBILLAC</t>
+  </si>
+  <si>
+    <t>160003786</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE NON TRAVAILL. - L'ARCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1861_FicheESSMS/fr/foyer-de-vie-non-travaill-l-arche</t>
+  </si>
+  <si>
+    <t>1861_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Burgaud Des Marets</t>
+  </si>
+  <si>
+    <t>16200 JARNAC</t>
+  </si>
+  <si>
+    <t>JARNAC</t>
+  </si>
+  <si>
+    <t>160015020</t>
+  </si>
+  <si>
+    <t>EHPAD LES ECUREUILS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1917_FicheESSMS/fr/ehpad-les-ecureuils</t>
+  </si>
+  <si>
+    <t>1917_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Calmette</t>
+  </si>
+  <si>
+    <t>16340 L ISLE D ESPAGNAC</t>
+  </si>
+  <si>
+    <t>L ISLE D ESPAGNAC</t>
+  </si>
+  <si>
+    <t>160004412</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LES HYADES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2766_FicheESSMS/fr/ehpad-residence-les-hyades</t>
+  </si>
+  <si>
+    <t>2766_FicheESSMS</t>
+  </si>
+  <si>
+    <t>105 Rue Du Moulin A Vent</t>
+  </si>
+  <si>
+    <t>16170 ROUILLAC</t>
+  </si>
+  <si>
+    <t>ROUILLAC</t>
+  </si>
+  <si>
+    <t>160005435</t>
+  </si>
+  <si>
+    <t>EHPAD LA ROSERAIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2765_FicheESSMS/fr/ehpad-la-roseraie</t>
+  </si>
+  <si>
+    <t>2765_FicheESSMS</t>
+  </si>
+  <si>
+    <t>141 Route De Bonneville</t>
+  </si>
+  <si>
+    <t>160004461</t>
+  </si>
+  <si>
+    <t>FOYER STE MARIE (NON TRAVAIL.)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2971_FicheESSMS/fr/foyer-ste-marie-non-travail</t>
+  </si>
+  <si>
+    <t>2971_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160012175</t>
+  </si>
+  <si>
+    <t>FOYER  D'YVIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2970_FicheESSMS/fr/foyer-d-yviers</t>
+  </si>
+  <si>
+    <t>2970_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160004750</t>
+  </si>
+  <si>
+    <t>FOYER STE MARIE (TRAVAILLEURS)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2972_FicheESSMS/fr/foyer-ste-marie-travailleurs</t>
+  </si>
+  <si>
+    <t>2972_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160004040</t>
+  </si>
+  <si>
+    <t>SAVS - ADAPEI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3193_FicheESSMS/fr/savs-adapei</t>
+  </si>
+  <si>
+    <t>3193_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110 Rue Madame Curie</t>
+  </si>
+  <si>
+    <t>16600 RUELLE SUR TOUVRE</t>
+  </si>
+  <si>
+    <t>RUELLE SUR TOUVRE</t>
+  </si>
+  <si>
+    <t>160013751</t>
+  </si>
+  <si>
+    <t>ESRP EPNAK 16</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3591_FicheESSMS/fr/esrp-epnak-16</t>
+  </si>
+  <si>
+    <t>3591_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Avenue Du Marechal Juin</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Réadaptation Professionnelle</t>
+  </si>
+  <si>
+    <t>160017562</t>
+  </si>
+  <si>
+    <t>ESPO EPNAK 16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3589_FicheESSMS/fr/espo-epnak-16</t>
+  </si>
+  <si>
+    <t>3589_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Préorientation</t>
+  </si>
+  <si>
+    <t>160017570</t>
+  </si>
+  <si>
+    <t>CSAPA DE LA CHARENTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4715_FicheESSMS/fr/csapa-de-la-charente</t>
+  </si>
+  <si>
+    <t>4715_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>160007431</t>
+  </si>
+  <si>
+    <t>SAVS SASPAH LE POINTEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4861_FicheESSMS/fr/savs-saspah-le-pointeau</t>
+  </si>
+  <si>
+    <t>4861_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160007365</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES SOURCES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5207_FicheESSMS/fr/residence-les-sources</t>
+  </si>
+  <si>
+    <t>5207_FicheESSMS</t>
+  </si>
+  <si>
+    <t>89 Chemin D'Entreroches</t>
+  </si>
+  <si>
+    <t>16800 SOYAUX</t>
+  </si>
+  <si>
+    <t>160003851</t>
+  </si>
+  <si>
+    <t>FOYER D'ENTREROCHES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5206_FicheESSMS/fr/foyer-d-entreroches</t>
+  </si>
+  <si>
+    <t>5206_FicheESSMS</t>
+  </si>
+  <si>
+    <t>87 Chemin D'Entreroches</t>
+  </si>
+  <si>
+    <t>160016358</t>
+  </si>
+  <si>
+    <t>SAJ RESIDENCE LES SOURCES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5205_FicheESSMS/fr/saj-residence-les-sources</t>
+  </si>
+  <si>
+    <t>5205_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160015954</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM DE L'ATPEC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5249_FicheESSMS/fr/service-mjpm-de-l-atpec</t>
+  </si>
+  <si>
+    <t>5249_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160015251</t>
+  </si>
+  <si>
+    <t>MECS NORD CHARENTE GPA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5591_FicheESSMS/fr/mecs-nord-charente-gpa</t>
+  </si>
+  <si>
+    <t>5591_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Square Jean Bouillon</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>160000329</t>
+  </si>
+  <si>
+    <t>MECS NORD CHARENTE ST FRAIGNE GPA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5590_FicheESSMS/fr/mecs-nord-charente-st-fraigne-gpa</t>
+  </si>
+  <si>
+    <t>5590_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Du Champ Coq</t>
+  </si>
+  <si>
+    <t>16140 ST FRAIGNE</t>
+  </si>
+  <si>
+    <t>ST FRAIGNE</t>
+  </si>
+  <si>
+    <t>160016945</t>
+  </si>
+  <si>
+    <t>RES SOC FJT NELSON MANDELA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5688_FicheESSMS/fr/res-soc-fjt-nelson-mandela</t>
+  </si>
+  <si>
+    <t>5688_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De Boala</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>160017133</t>
+  </si>
+  <si>
+    <t>RES SOC FJT CHTE HABITAT JEUNES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5687_FicheESSMS/fr/res-soc-fjt-chte-habitat-jeunes</t>
+  </si>
+  <si>
+    <t>5687_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Pierre Semard</t>
+  </si>
+  <si>
+    <t>16000 ANGOULEME</t>
+  </si>
+  <si>
+    <t>160009254</t>
+  </si>
+  <si>
+    <t>EHPAD - LES HESPERIDES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5685_FicheESSMS/fr/ehpad-les-hesperides</t>
+  </si>
+  <si>
+    <t>5685_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Route De Fontenille</t>
+  </si>
+  <si>
+    <t>16230 LUXE</t>
+  </si>
+  <si>
+    <t>LUXE</t>
+  </si>
+  <si>
+    <t>160011979</t>
+  </si>
+  <si>
+    <t>LDVA UN TEMPS POUR SOI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5702_FicheESSMS/fr/ldva-un-temps-pour-soi</t>
+  </si>
+  <si>
+    <t>5702_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue De La Mairie</t>
+  </si>
+  <si>
+    <t>16700 LES ADJOTS</t>
+  </si>
+  <si>
+    <t>LES ADJOTS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>160017471</t>
+  </si>
+  <si>
+    <t>MAISON JEAN BAPTISTE FISSAC APLB</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5732_FicheESSMS/fr/maison-jean-baptiste-fissac-aplb</t>
+  </si>
+  <si>
+    <t>5732_FicheESSMS</t>
+  </si>
+  <si>
+    <t>673 Route Du Gond Pontouvre</t>
+  </si>
+  <si>
+    <t>160002606</t>
+  </si>
+  <si>
+    <t>EHPAD - COS LES FINS BOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5833_FicheESSMS/fr/ehpad-cos-les-fins-bois</t>
+  </si>
+  <si>
+    <t>5833_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Impasse Des Caducees</t>
+  </si>
+  <si>
+    <t>16200 MERIGNAC</t>
+  </si>
+  <si>
+    <t>MERIGNAC</t>
+  </si>
+  <si>
+    <t>160004115</t>
+  </si>
+  <si>
+    <t>EHPAD SAINTE MARTHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5832_FicheESSMS/fr/ehpad-sainte-marthe</t>
+  </si>
+  <si>
+    <t>5832_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Place De L Ancienne Halle</t>
+  </si>
+  <si>
+    <t>160004131</t>
+  </si>
+  <si>
+    <t>EHPAD COS SAINTE MARTHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5831_FicheESSMS/fr/ehpad-cos-sainte-marthe</t>
+  </si>
+  <si>
+    <t>5831_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Du Pont</t>
+  </si>
+  <si>
+    <t>16460 ST FRONT</t>
+  </si>
+  <si>
+    <t>ST FRONT</t>
+  </si>
+  <si>
+    <t>160004446</t>
+  </si>
+  <si>
+    <t>RESIDENCE ALAIN DE RAIMOND</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6043_FicheESSMS/fr/residence-alain-de-raimond</t>
+  </si>
+  <si>
+    <t>6043_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Elysee Mousnier</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>160003737</t>
+  </si>
+  <si>
+    <t>FOYER TRAVAIL. (ESAT ST CLAUD)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6089_FicheESSMS/fr/foyer-travail-esat-st-claud</t>
+  </si>
+  <si>
+    <t>6089_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16450 ST CLAUD</t>
+  </si>
+  <si>
+    <t>ST CLAUD</t>
+  </si>
+  <si>
+    <t>160003943</t>
+  </si>
+  <si>
+    <t>FOYER NON TRAVAIL. ESAT ST CLAUD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6088_FicheESSMS/fr/foyer-non-travail-esat-st-claud</t>
+  </si>
+  <si>
+    <t>6088_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160012167</t>
+  </si>
+  <si>
+    <t>CENTRE NOUVEL HORIZON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6105_FicheESSMS/fr/centre-nouvel-horizon</t>
+  </si>
+  <si>
+    <t>6105_FicheESSMS</t>
+  </si>
+  <si>
+    <t>56 Rue De L'Echassier</t>
+  </si>
+  <si>
+    <t>160002028</t>
+  </si>
+  <si>
+    <t>EHPAD - RESIDENCE MBV CLAIRBOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6128_FicheESSMS/fr/ehpad-residence-mbv-clairbois</t>
+  </si>
+  <si>
+    <t>6128_FicheESSMS</t>
+  </si>
+  <si>
+    <t>734 Route De La Boissiere</t>
+  </si>
+  <si>
+    <t>16410 DIRAC</t>
+  </si>
+  <si>
+    <t>DIRAC</t>
+  </si>
+  <si>
+    <t>160002143</t>
+  </si>
+  <si>
+    <t>EHPAD DES DEUX TOURS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6450_FicheESSMS/fr/ehpad-des-deux-tours</t>
+  </si>
+  <si>
+    <t>6450_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Des Remparts</t>
+  </si>
+  <si>
+    <t>16420 BRIGUEUIL</t>
+  </si>
+  <si>
+    <t>BRIGUEUIL</t>
+  </si>
+  <si>
+    <t>160002101</t>
+  </si>
+  <si>
+    <t>LDVA TANDEM 16</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6855_FicheESSMS/fr/ldva-tandem-16</t>
+  </si>
+  <si>
+    <t>6855_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Saint Augustin</t>
+  </si>
+  <si>
+    <t>16140 MARCILLAC LANVILLE</t>
+  </si>
+  <si>
+    <t>MARCILLAC LANVILLE</t>
+  </si>
+  <si>
+    <t>160017695</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LE CLOS DES TOURS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7827_FicheESSMS/fr/ehpad-residence-le-clos-des-tours</t>
+  </si>
+  <si>
+    <t>7827_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Du Clos</t>
+  </si>
+  <si>
+    <t>16240 VILLEFAGNAN</t>
+  </si>
+  <si>
+    <t>VILLEFAGNAN</t>
+  </si>
+  <si>
+    <t>160007480</t>
+  </si>
+  <si>
+    <t>SESSAD MA CAMPAGNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8025_FicheESSMS/fr/sessad-ma-campagne</t>
+  </si>
+  <si>
+    <t>8025_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41 Impasse Thomas Edison</t>
+  </si>
+  <si>
+    <t>160016556</t>
+  </si>
+  <si>
+    <t>CMPP DE LA CHARENTE - SITE ANGOULEME</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8000_FicheESSMS/fr/cmpp-de-la-charente-site-angouleme</t>
+  </si>
+  <si>
+    <t>8000_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>160002234</t>
+  </si>
+  <si>
+    <t>SESSAD DEFICIENCE SENSORIELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8063_FicheESSMS/fr/sessad-deficience-sensorielle</t>
+  </si>
+  <si>
+    <t>8063_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Impasse D Auvergne</t>
+  </si>
+  <si>
+    <t>160012225</t>
+  </si>
+  <si>
+    <t>ESAT DE LA FAYE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8282_FicheESSMS/fr/esat-de-la-faye</t>
+  </si>
+  <si>
+    <t>8282_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Chemin Des Meuniers</t>
+  </si>
+  <si>
+    <t>16700 LA FAYE</t>
+  </si>
+  <si>
+    <t>LA FAYE</t>
+  </si>
+  <si>
+    <t>160010310</t>
+  </si>
+  <si>
+    <t>CDEF LECLERC CHAUVIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8411_FicheESSMS/fr/cdef-leclerc-chauvin</t>
+  </si>
+  <si>
+    <t>8411_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Valettes</t>
+  </si>
+  <si>
+    <t>Foyer de l'Enfance</t>
+  </si>
+  <si>
+    <t>160003646</t>
+  </si>
+  <si>
+    <t>ESAT FONTGRAVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8404_FicheESSMS/fr/esat-fontgrave</t>
+  </si>
+  <si>
+    <t>8404_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue De Fontgrave</t>
+  </si>
+  <si>
+    <t>160003927</t>
+  </si>
+  <si>
+    <t>EEAP LES ROCHERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8403_FicheESSMS/fr/eeap-les-rochers</t>
+  </si>
+  <si>
+    <t>8403_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160014445</t>
+  </si>
+  <si>
+    <t>SESSAD ADAPEI 16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8399_FicheESSMS/fr/sessad-adapei-16</t>
+  </si>
+  <si>
+    <t>8399_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue Chabernaud</t>
+  </si>
+  <si>
+    <t>160013827</t>
+  </si>
+  <si>
+    <t>ESAT DE SAINT-CLAUD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8398_FicheESSMS/fr/esat-de-saint-claud</t>
+  </si>
+  <si>
+    <t>8398_FicheESSMS</t>
+  </si>
+  <si>
+    <t>54 Rue Du Farnaud</t>
+  </si>
+  <si>
+    <t>160003877</t>
+  </si>
+  <si>
+    <t>ESAT DE MAGNAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8397_FicheESSMS/fr/esat-de-magnac</t>
+  </si>
+  <si>
+    <t>8397_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16600 MAGNAC SUR TOUVRE</t>
+  </si>
+  <si>
+    <t>MAGNAC SUR TOUVRE</t>
+  </si>
+  <si>
+    <t>160011854</t>
+  </si>
+  <si>
+    <t>MAS LE LAGON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8396_FicheESSMS/fr/mas-le-lagon</t>
+  </si>
+  <si>
+    <t>8396_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Allée De La Combe Cailloux</t>
+  </si>
+  <si>
+    <t>160008991</t>
+  </si>
+  <si>
+    <t>EHPAD LES DOUCETS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8513_FicheESSMS/fr/ehpad-les-doucets</t>
+  </si>
+  <si>
+    <t>8513_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16250 VAL DES VIGNES</t>
+  </si>
+  <si>
+    <t>VAL DES VIGNES</t>
+  </si>
+  <si>
+    <t>160007332</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES JARDINS DE LOUISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8961_FicheESSMS/fr/residence-les-jardins-de-louise</t>
+  </si>
+  <si>
+    <t>8961_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Louise Michel</t>
+  </si>
+  <si>
+    <t>160007118</t>
+  </si>
+  <si>
+    <t>LVA LES 7 CHABOTINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9115_FicheESSMS/fr/lva-les-7-chabotins</t>
+  </si>
+  <si>
+    <t>9115_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Rue Des Fossés</t>
+  </si>
+  <si>
+    <t>160017091</t>
+  </si>
+  <si>
+    <t>EHPAD LE FIL D'ARGENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9251_FicheESSMS/fr/ehpad-le-fil-d-argent</t>
+  </si>
+  <si>
+    <t>9251_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Bir Hakeim</t>
+  </si>
+  <si>
+    <t>16260 CHASSENEUIL SUR BONNIEURE</t>
+  </si>
+  <si>
+    <t>CHASSENEUIL SUR BONNIEURE</t>
+  </si>
+  <si>
+    <t>160011953</t>
+  </si>
+  <si>
+    <t>EHPA VAL DES SOURCES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9314_FicheESSMS/fr/ehpa-val-des-sources</t>
+  </si>
+  <si>
+    <t>9314_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Place Du Champ De Foire</t>
+  </si>
+  <si>
+    <t>16700 NANTEUIL EN VALLEE</t>
+  </si>
+  <si>
+    <t>NANTEUIL EN VALLEE</t>
+  </si>
+  <si>
+    <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>160013538</t>
+  </si>
+  <si>
+    <t>CPFSE LE POINTEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9508_FicheESSMS/fr/cpfse-le-pointeau</t>
+  </si>
+  <si>
+    <t>9508_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre Placement Familial Socio-Educatif (C.P.F.S.E.)</t>
+  </si>
+  <si>
+    <t>160002010</t>
+  </si>
+  <si>
+    <t>LVA MARPEN INSERTION FORMATION</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10039_FicheESSMS/fr/lva-marpen-insertion-formation</t>
+  </si>
+  <si>
+    <t>10039_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16140 TUSSON</t>
+  </si>
+  <si>
+    <t>TUSSON</t>
+  </si>
+  <si>
+    <t>Etablissement Expérimental Enfance Protégée</t>
+  </si>
+  <si>
+    <t>160017125</t>
+  </si>
+  <si>
+    <t>FAM - ADAPEI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10296_FicheESSMS/fr/fam-adapei</t>
+  </si>
+  <si>
+    <t>10296_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Des Halles</t>
+  </si>
+  <si>
+    <t>16500 ABZAC</t>
+  </si>
+  <si>
+    <t>ABZAC</t>
+  </si>
+  <si>
+    <t>160014718</t>
+  </si>
+  <si>
+    <t>MAIS. DES 1001 COULEURS - FO H. VIEIL.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10295_FicheESSMS/fr/mais-des-1001-couleurs-fo-h-vieil</t>
+  </si>
+  <si>
+    <t>10295_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160011938</t>
+  </si>
+  <si>
+    <t>MAS - CH COGNAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11079_FicheESSMS/fr/mas-ch-cognac</t>
+  </si>
+  <si>
+    <t>11079_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160014692</t>
+  </si>
+  <si>
+    <t>ACCUEIL OCCUP. JOUR  - S.A.J.</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11252_FicheESSMS/fr/accueil-occup-jour-s-a-j</t>
+  </si>
+  <si>
+    <t>11252_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160010336</t>
+  </si>
+  <si>
+    <t>EHPAD LES PIVOINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11346_FicheESSMS/fr/ehpad-les-pivoines</t>
+  </si>
+  <si>
+    <t>11346_FicheESSMS</t>
+  </si>
+  <si>
+    <t>139 Boulevard Salvador Allende</t>
+  </si>
+  <si>
+    <t>160009890</t>
+  </si>
+  <si>
+    <t>EHPAD LES ALINS DU MARECHAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11483_FicheESSMS/fr/ehpad-les-alins-du-marechal</t>
+  </si>
+  <si>
+    <t>11483_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Route Des Alins</t>
+  </si>
+  <si>
+    <t>16730 TROIS PALIS</t>
+  </si>
+  <si>
+    <t>TROIS PALIS</t>
+  </si>
+  <si>
+    <t>160008264</t>
+  </si>
+  <si>
+    <t>RESIDENCE EMERAUDES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11562_FicheESSMS/fr/residence-emeraudes</t>
+  </si>
+  <si>
+    <t>11562_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37 Rue Des Gots</t>
+  </si>
+  <si>
+    <t>160015681</t>
+  </si>
+  <si>
+    <t>EHPAD - RESIDENCE EMERAUDES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11561_FicheESSMS/fr/ehpad-residence-emeraudes</t>
+  </si>
+  <si>
+    <t>11561_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160012878</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE - SAJH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11659_FicheESSMS/fr/foyer-de-vie-sajh</t>
+  </si>
+  <si>
+    <t>11659_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160005609</t>
+  </si>
+  <si>
+    <t>SAVS DIAPASOM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11788_FicheESSMS/fr/savs-diapasom</t>
+  </si>
+  <si>
+    <t>11788_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Impasse Louis Daguerre</t>
+  </si>
+  <si>
+    <t>160014676</t>
+  </si>
+  <si>
+    <t>RESIDENCE MOSAIQUE - ADAPEI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11837_FicheESSMS/fr/residence-mosaique-adapei</t>
+  </si>
+  <si>
+    <t>11837_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Route De Rejallant</t>
+  </si>
+  <si>
+    <t>160012753</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE - ADAPEI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11836_FicheESSMS/fr/foyer-de-vie-adapei</t>
+  </si>
+  <si>
+    <t>11836_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160012746</t>
+  </si>
+  <si>
+    <t>EHPAD LES LIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11905_FicheESSMS/fr/ehpad-les-lis</t>
+  </si>
+  <si>
+    <t>11905_FicheESSMS</t>
+  </si>
+  <si>
+    <t>58 Route De St Jean D Angely</t>
+  </si>
+  <si>
+    <t>16710 ST YRIEIX SUR CHARENTE</t>
+  </si>
+  <si>
+    <t>ST YRIEIX SUR CHARENTE</t>
+  </si>
+  <si>
+    <t>160010732</t>
+  </si>
+  <si>
+    <t>EHPAD - LA BOURBONNERIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11967_FicheESSMS/fr/ehpad-la-bourbonnerie</t>
+  </si>
+  <si>
+    <t>11967_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16360 BAIGNES STE RADEGONDE</t>
+  </si>
+  <si>
+    <t>BAIGNES STE RADEGONDE</t>
+  </si>
+  <si>
+    <t>160011672</t>
+  </si>
+  <si>
+    <t>SAVS - APF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12065_FicheESSMS/fr/savs-apf</t>
+  </si>
+  <si>
+    <t>12065_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160014668</t>
+  </si>
+  <si>
+    <t>SSIAD MUTUALITE FRANCAISE CHARENTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12183_FicheESSMS/fr/ssiad-mutualite-francaise-charente</t>
+  </si>
+  <si>
+    <t>12183_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Chemin De Fregeneuil</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>160016168</t>
+  </si>
+  <si>
+    <t>EHPAD RES MUTUALISTE LES CARREAUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12182_FicheESSMS/fr/ehpad-res-mutualiste-les-carreaux</t>
+  </si>
+  <si>
+    <t>12182_FicheESSMS</t>
+  </si>
+  <si>
+    <t>119 Rue Gabriel Quement</t>
+  </si>
+  <si>
+    <t>160003760</t>
+  </si>
+  <si>
+    <t>EHPAD LA CROIX DU MARECHAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12180_FicheESSMS/fr/ehpad-la-croix-du-marechal</t>
+  </si>
+  <si>
+    <t>12180_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Chemin Du Recoux</t>
+  </si>
+  <si>
+    <t>160009882</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE MUTUALISTE LA SOURCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12185_FicheESSMS/fr/ehpad-residence-mutualiste-la-source</t>
+  </si>
+  <si>
+    <t>12185_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Paul Langevin</t>
+  </si>
+  <si>
+    <t>160014924</t>
+  </si>
+  <si>
+    <t>PUV LE LOGIS DU SOUDET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12289_FicheESSMS/fr/puv-le-logis-du-soudet</t>
+  </si>
+  <si>
+    <t>12289_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16260 LES PINS</t>
+  </si>
+  <si>
+    <t>LES PINS</t>
+  </si>
+  <si>
+    <t>160012142</t>
+  </si>
+  <si>
+    <t>APLB-ATI 16</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12393_FicheESSMS/fr/aplb-ati-16</t>
+  </si>
+  <si>
+    <t>12393_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160015236</t>
+  </si>
+  <si>
+    <t>LVA LA BRÉZENTINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12502_FicheESSMS/fr/lva-la-brezentine</t>
+  </si>
+  <si>
+    <t>12502_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Route Sellas</t>
+  </si>
+  <si>
+    <t>16500 ST MAURICE DES LIONS</t>
+  </si>
+  <si>
+    <t>ST MAURICE DES LIONS</t>
+  </si>
+  <si>
+    <t>160017356</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DE LA GARENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12696_FicheESSMS/fr/ehpad-les-jardins-de-la-garenne</t>
+  </si>
+  <si>
+    <t>12696_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160009916</t>
+  </si>
+  <si>
+    <t>Département de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Code Finess de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Équipe accréditée</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CENTRE CLINICAL SA  (16)</t>
+  </si>
+  <si>
+    <t>07/04/2025 11:30:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600451/fr/equipe-d-anesthesie-reanimation-centre-clinical-sa-16</t>
+  </si>
+  <si>
+    <t>p_3600451</t>
+  </si>
+  <si>
+    <t>26 March 2025</t>
+  </si>
+  <si>
+    <t>Docteur Xavier PAQUERON, Docteur GIANLUCA CARAGLIANO, Docteur Denis DEBOEVERE, Docteur Alexis GILLAIN, Docteur BENJAMIN PEGOT, Docteur MUSTAPHA MEKKI</t>
+  </si>
+  <si>
+    <t>Équipe de Gynécologie Obstétrique CENTRE CLINICAL SA  (16)</t>
+  </si>
+  <si>
+    <t>26/02/2025 12:30:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593275/fr/equipe-de-gynecologie-obstetrique-centre-clinical-sa-16</t>
+  </si>
+  <si>
+    <t>p_3593275</t>
+  </si>
+  <si>
+    <t>14 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur HUGO SARDAIN, Docteur Valery FONTAINE, Docteur Gauthier DHALLUIN, Docteur Mathieu KOUNDE, Docteur MELANIE ROBLIN, Docteur TITIA NDIAYE, Docteur GEOFFROY ATROUS, Docteur Aurelien BOILEAU</t>
+  </si>
+  <si>
+    <t>19/12/2022 11:31:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3397094/fr/equipe-de-gynecologie-obstetrique-centre-clinical-sa-16</t>
+  </si>
+  <si>
+    <t>p_3397094</t>
+  </si>
+  <si>
+    <t>Docteur HUGO SARDAIN, Docteur Valery FONTAINE, Docteur Gauthier DHALLUIN, Docteur Mathieu KOUNDE, Docteur Magali SALOU, Docteur MELANIE ROBLIN, Docteur TITIA NDIAYE, Docteur GEOFFROY ATROUS, Docteur Aurelien BOILEAU</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>SMR ANTENNE CRBVTA</t>
+  </si>
+  <si>
+    <t>19/06/2025 17:22:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4595_FicheEtablissement/fr/smr-antenne-crbvta</t>
+  </si>
+  <si>
+    <t>4595_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>51 Rue Leclerc Chauvin</t>
+  </si>
+  <si>
+    <t>0549552130</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>160016374</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE RUFFEC</t>
+  </si>
+  <si>
+    <t>18/06/2025 15:27:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/493_FicheEtablissement/fr/centre-hospitalier-de-ruffec</t>
+  </si>
+  <si>
+    <t>493_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>0545295000</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>160000337</t>
+  </si>
+  <si>
+    <t>CH DE LA ROCHEFOUCAULD</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/487_FicheEtablissement/fr/ch-de-la-rochefoucauld</t>
+  </si>
+  <si>
+    <t>487_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16110 LA ROCHEFOUCAULD EN ANGOUM</t>
+  </si>
+  <si>
+    <t>LA ROCHEFOUCAULD EN ANGOUM</t>
+  </si>
+  <si>
+    <t>0545675400</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>160000188</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/486_FicheEtablissement/fr/clinique-saint-joseph-angouleme</t>
+  </si>
+  <si>
+    <t>486_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>51 Avenue Du President Wilson</t>
+  </si>
+  <si>
+    <t>16021 ANGOULEME</t>
+  </si>
+  <si>
+    <t>0545386700</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Chirurgie</t>
+  </si>
+  <si>
+    <t>CH DE CHATEAUNEUF</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/495_FicheEtablissement/fr/ch-de-chateauneuf</t>
+  </si>
+  <si>
+    <t>495_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16120 CHATEAUNEUF SUR CHARENTE</t>
+  </si>
+  <si>
+    <t>CHATEAUNEUF SUR CHARENTE</t>
+  </si>
+  <si>
+    <t>0545708370</t>
+  </si>
+  <si>
+    <t>160000360</t>
+  </si>
+  <si>
+    <t>CH CAMILLE CLAUDEL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/494_FicheEtablissement/fr/ch-camille-claudel</t>
+  </si>
+  <si>
+    <t>494_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>17 Rue Camille Claudel</t>
+  </si>
+  <si>
+    <t>16400 LA COURONNE</t>
+  </si>
+  <si>
+    <t>LA COURONNE</t>
+  </si>
+  <si>
+    <t>0545675959</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>160000345</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER CONFOLENS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/492_FicheEtablissement/fr/centre-hospitalier-confolens</t>
+  </si>
+  <si>
+    <t>492_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16500 CONFOLENS</t>
+  </si>
+  <si>
+    <t>CONFOLENS</t>
+  </si>
+  <si>
+    <t>0545844000</t>
+  </si>
+  <si>
+    <t>160000311</t>
+  </si>
+  <si>
+    <t>CH HOPITAUX SUD-CHARENTE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/491_FicheEtablissement/fr/ch-hopitaux-sud-charente</t>
+  </si>
+  <si>
+    <t>491_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16300 BARBEZIEUX ST HILAIRE</t>
+  </si>
+  <si>
+    <t>BARBEZIEUX ST HILAIRE</t>
+  </si>
+  <si>
+    <t>0545787800</t>
+  </si>
+  <si>
+    <t>160000303</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DE GRAND COGNAC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/490_FicheEtablissement/fr/polyclinique-de-grand-cognac</t>
+  </si>
+  <si>
+    <t>490_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>71 Avenue D'Angouleme</t>
+  </si>
+  <si>
+    <t>16112 COGNAC</t>
+  </si>
+  <si>
+    <t>0536283003</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie</t>
+  </si>
+  <si>
+    <t>CHI DU PAYS DE COGNAC - SSR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/489_FicheEtablissement/fr/chi-du-pays-de-cognac-ssr</t>
+  </si>
+  <si>
+    <t>489_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>71 Avenue D Angouleme</t>
+  </si>
+  <si>
+    <t>0545801515</t>
+  </si>
+  <si>
+    <t>160000261</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER D'ANGOULEME</t>
   </si>
   <si>
-    <t>16000</t>
+    <t>21/01/2025 10:15:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/488_FicheEtablissement/fr/centre-hospitalier-d-angouleme</t>
+  </si>
+  <si>
+    <t>488_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>16959 ANGOULEME CEDEX 9</t>
+  </si>
+  <si>
+    <t>ANGOULEME CEDEX 9</t>
+  </si>
+  <si>
+    <t>0545244040</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>160000253</t>
   </si>
   <si>
-    <t>Docteur Mélie SARREAU</t>
-[...1759 lines deleted...]
-  <si>
     <t>CLINIQUE VILLA BLEUE</t>
   </si>
   <si>
     <t>21/01/2025 10:15:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/502_FicheEtablissement/fr/clinique-villa-bleue</t>
   </si>
   <si>
     <t>502_FicheEtablissement</t>
   </si>
   <si>
     <t>0545816666</t>
   </si>
   <si>
     <t>160008231</t>
   </si>
   <si>
     <t>E.H.P.A.D. SANITAIRE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/501_FicheEtablissement/fr/ch-cognac-usld-ctre-gerontol</t>
   </si>
   <si>
     <t>501_FicheEtablissement</t>
@@ -2714,51 +3413,51 @@
   <si>
     <t>16025 ANGOULEME</t>
   </si>
   <si>
     <t>0545205100</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>160002036</t>
   </si>
   <si>
     <t>HOPITAUX DU GRAND COGNAC</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/507_FicheEtablissement/fr/hopitaux-du-grand-cognac</t>
   </si>
   <si>
     <t>507_FicheEtablissement</t>
   </si>
   <si>
     <t>65 Avenue D Angouleme</t>
   </si>
   <si>
-    <t>Cancérologie, Médecine, Obstétrique, Réanimation</t>
+    <t>Cancérologie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>160015368</t>
   </si>
   <si>
     <t>21/01/2025 10:18:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/506_FicheEtablissement/fr/centre-clinical-sa</t>
   </si>
   <si>
     <t>506_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Chemin De Fregeneuil</t>
   </si>
   <si>
     <t>0545978800</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine, Obstétrique</t>
   </si>
   <si>
     <t>A</t>
   </si>
@@ -2840,108 +3539,117 @@
   <si>
     <t>160012159</t>
   </si>
   <si>
     <t>AURA POITOU-CH - LA COURONNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3609_FicheEtablissement/fr/aura-poitou-ch-la-couronne</t>
   </si>
   <si>
     <t>3609_FicheEtablissement</t>
   </si>
   <si>
     <t>160006110</t>
   </si>
   <si>
     <t>CH CAMILLE CLAUDEL - SITE JEAN DOUCET</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4134_FicheEtablissement/fr/ch-camille-claudel-site-jean-doucet</t>
   </si>
   <si>
     <t>4134_FicheEtablissement</t>
   </si>
   <si>
-    <t>16470 ST MICHEL</t>
-[...4 lines deleted...]
-  <si>
     <t>160017240</t>
+  </si>
+  <si>
+    <t>HJ CAMILLE CLAUDEL - SITE DE BRETAGNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7737_FicheEtablissement/fr/hj-camille-claudel-site-de-bretagne</t>
+  </si>
+  <si>
+    <t>7737_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>42 Boulevard De Bretagne</t>
+  </si>
+  <si>
+    <t>160018776</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R37"/>
+  <dimension ref="A1:R35"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3899,6249 +4607,8299 @@
       <c r="G18" t="s">
         <v>145</v>
       </c>
       <c r="H18" t="s">
         <v>146</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
         <v>147</v>
       </c>
       <c r="L18" t="s">
         <v>148</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
         <v>149</v>
       </c>
       <c r="O18" t="s">
-        <v>39</v>
+        <v>150</v>
       </c>
       <c r="P18" t="s">
-        <v>40</v>
+        <v>151</v>
       </c>
       <c r="Q18" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R18" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="H19" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="L19" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="O19" t="s">
         <v>49</v>
       </c>
       <c r="P19" t="s">
         <v>50</v>
       </c>
       <c r="Q19" t="s">
         <v>51</v>
       </c>
       <c r="R19" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="H20" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="L20" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="O20" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="P20" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="Q20" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="R20" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="H21" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="L21" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="O21" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="P21" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="Q21" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="R21" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="H22" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="L22" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="O22" t="s">
         <v>49</v>
       </c>
       <c r="P22" t="s">
         <v>50</v>
       </c>
       <c r="Q22" t="s">
         <v>51</v>
       </c>
       <c r="R22" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="H23" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="L23" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="O23" t="s">
         <v>49</v>
       </c>
       <c r="P23" t="s">
         <v>50</v>
       </c>
       <c r="Q23" t="s">
         <v>51</v>
       </c>
       <c r="R23" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="H24" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="L24" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="O24" t="s">
         <v>49</v>
       </c>
       <c r="P24" t="s">
         <v>50</v>
       </c>
       <c r="Q24" t="s">
         <v>51</v>
       </c>
       <c r="R24" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="H25" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="L25" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="O25" t="s">
         <v>49</v>
       </c>
       <c r="P25" t="s">
         <v>50</v>
       </c>
       <c r="Q25" t="s">
         <v>51</v>
       </c>
       <c r="R25" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="H26" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="L26" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="O26" t="s">
         <v>49</v>
       </c>
       <c r="P26" t="s">
         <v>50</v>
       </c>
       <c r="Q26" t="s">
         <v>51</v>
       </c>
       <c r="R26" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="H27" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="L27" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="O27" t="s">
         <v>39</v>
       </c>
       <c r="P27" t="s">
         <v>40</v>
       </c>
       <c r="Q27" t="s">
         <v>41</v>
       </c>
       <c r="R27" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="H28" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="L28" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="O28" t="s">
         <v>49</v>
       </c>
       <c r="P28" t="s">
         <v>50</v>
       </c>
       <c r="Q28" t="s">
         <v>51</v>
       </c>
       <c r="R28" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="H29" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="L29" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="O29" t="s">
         <v>49</v>
       </c>
       <c r="P29" t="s">
         <v>50</v>
       </c>
       <c r="Q29" t="s">
         <v>51</v>
       </c>
       <c r="R29" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="H30" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="L30" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="O30" t="s">
         <v>49</v>
       </c>
       <c r="P30" t="s">
         <v>50</v>
       </c>
       <c r="Q30" t="s">
         <v>51</v>
       </c>
       <c r="R30" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="H31" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="L31" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
         <v>85</v>
       </c>
       <c r="O31" t="s">
         <v>49</v>
       </c>
       <c r="P31" t="s">
         <v>50</v>
       </c>
       <c r="Q31" t="s">
         <v>51</v>
       </c>
       <c r="R31" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="H32" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="L32" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="O32" t="s">
         <v>39</v>
       </c>
       <c r="P32" t="s">
         <v>40</v>
       </c>
       <c r="Q32" t="s">
         <v>41</v>
       </c>
       <c r="R32" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="H33" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="L33" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="O33" t="s">
         <v>39</v>
       </c>
       <c r="P33" t="s">
         <v>40</v>
       </c>
       <c r="Q33" t="s">
         <v>41</v>
       </c>
       <c r="R33" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="H34" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="L34" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>85</v>
+        <v>267</v>
       </c>
       <c r="O34" t="s">
-        <v>264</v>
+        <v>49</v>
       </c>
       <c r="P34" t="s">
-        <v>265</v>
+        <v>50</v>
       </c>
       <c r="Q34" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="R34" t="s">
-        <v>266</v>
+        <v>52</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H35" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="L35" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="O35" t="s">
-        <v>264</v>
+        <v>49</v>
       </c>
       <c r="P35" t="s">
-        <v>265</v>
+        <v>50</v>
       </c>
       <c r="Q35" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="R35" t="s">
-        <v>266</v>
-[...110 lines deleted...]
-      <c r="R37" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P65"/>
+  <dimension ref="A1:P107"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="J1" t="s">
-        <v>289</v>
+        <v>276</v>
       </c>
       <c r="K1" t="s">
-        <v>290</v>
+        <v>277</v>
       </c>
       <c r="L1" t="s">
-        <v>291</v>
+        <v>278</v>
       </c>
       <c r="M1" t="s">
-        <v>292</v>
+        <v>279</v>
       </c>
       <c r="N1" t="s">
-        <v>293</v>
+        <v>280</v>
       </c>
       <c r="O1" t="s">
-        <v>294</v>
+        <v>281</v>
       </c>
       <c r="P1" t="s">
-        <v>295</v>
+        <v>282</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B2" t="s">
-        <v>297</v>
+        <v>284</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>298</v>
+        <v>285</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>299</v>
+        <v>286</v>
       </c>
       <c r="H2" t="s">
-        <v>300</v>
+        <v>287</v>
       </c>
       <c r="I2" t="s">
-        <v>301</v>
+        <v>288</v>
       </c>
       <c r="J2" t="s">
-        <v>302</v>
+        <v>289</v>
       </c>
       <c r="K2" t="s">
-        <v>303</v>
+        <v>290</v>
       </c>
       <c r="L2" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M2" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N2" t="s">
-        <v>306</v>
+        <v>293</v>
       </c>
       <c r="O2" t="s">
-        <v>307</v>
+        <v>294</v>
       </c>
       <c r="P2" t="s">
-        <v>308</v>
+        <v>295</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B3" t="s">
         <v>296</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>310</v>
+        <v>297</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="H3" t="s">
-        <v>312</v>
+        <v>299</v>
       </c>
       <c r="I3" t="s">
-        <v>313</v>
+        <v>288</v>
       </c>
       <c r="J3" t="s">
-        <v>314</v>
+        <v>289</v>
       </c>
       <c r="K3" t="s">
-        <v>315</v>
+        <v>290</v>
       </c>
       <c r="L3" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M3" t="s">
-        <v>316</v>
+        <v>292</v>
       </c>
       <c r="N3" t="s">
-        <v>317</v>
+        <v>300</v>
       </c>
       <c r="O3" t="s">
-        <v>318</v>
+        <v>301</v>
       </c>
       <c r="P3" t="s">
-        <v>319</v>
+        <v>302</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B4" t="s">
-        <v>320</v>
+        <v>303</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>321</v>
+        <v>304</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>322</v>
+        <v>305</v>
       </c>
       <c r="H4" t="s">
-        <v>323</v>
+        <v>306</v>
       </c>
       <c r="I4" t="s">
-        <v>324</v>
+        <v>288</v>
       </c>
       <c r="J4" t="s">
-        <v>325</v>
+        <v>289</v>
       </c>
       <c r="K4" t="s">
-        <v>326</v>
+        <v>290</v>
       </c>
       <c r="L4" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M4" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N4" t="s">
-        <v>327</v>
+        <v>300</v>
       </c>
       <c r="O4" t="s">
-        <v>328</v>
+        <v>307</v>
       </c>
       <c r="P4" t="s">
-        <v>329</v>
+        <v>308</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B5" t="s">
-        <v>330</v>
+        <v>309</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>331</v>
+        <v>304</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>332</v>
+        <v>310</v>
       </c>
       <c r="H5" t="s">
-        <v>333</v>
+        <v>311</v>
       </c>
       <c r="I5" t="s">
-        <v>334</v>
+        <v>312</v>
       </c>
       <c r="J5" t="s">
-        <v>20</v>
+        <v>313</v>
       </c>
       <c r="K5" t="s">
-        <v>335</v>
+        <v>169</v>
       </c>
       <c r="L5" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M5" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N5" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="O5" t="s">
-        <v>336</v>
+        <v>314</v>
       </c>
       <c r="P5" t="s">
-        <v>337</v>
+        <v>315</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B6" t="s">
-        <v>338</v>
+        <v>316</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>339</v>
+        <v>304</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>340</v>
+        <v>317</v>
       </c>
       <c r="H6" t="s">
-        <v>341</v>
+        <v>318</v>
       </c>
       <c r="I6" t="s">
-        <v>342</v>
+        <v>288</v>
       </c>
       <c r="J6" t="s">
-        <v>343</v>
+        <v>289</v>
       </c>
       <c r="K6" t="s">
-        <v>166</v>
+        <v>290</v>
       </c>
       <c r="L6" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M6" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N6" t="s">
-        <v>344</v>
+        <v>293</v>
       </c>
       <c r="O6" t="s">
-        <v>345</v>
+        <v>319</v>
       </c>
       <c r="P6" t="s">
-        <v>346</v>
+        <v>320</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B7" t="s">
-        <v>347</v>
+        <v>321</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>339</v>
+        <v>304</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>348</v>
+        <v>322</v>
       </c>
       <c r="H7" t="s">
-        <v>349</v>
+        <v>323</v>
       </c>
       <c r="I7" t="s">
-        <v>350</v>
+        <v>288</v>
       </c>
       <c r="J7" t="s">
-        <v>302</v>
+        <v>289</v>
       </c>
       <c r="K7" t="s">
-        <v>303</v>
+        <v>290</v>
       </c>
       <c r="L7" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M7" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N7" t="s">
-        <v>344</v>
+        <v>293</v>
       </c>
       <c r="O7" t="s">
-        <v>351</v>
+        <v>324</v>
       </c>
       <c r="P7" t="s">
-        <v>352</v>
+        <v>325</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B8" t="s">
-        <v>353</v>
+        <v>326</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>354</v>
+        <v>304</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>355</v>
+        <v>327</v>
       </c>
       <c r="H8" t="s">
-        <v>356</v>
+        <v>328</v>
       </c>
       <c r="I8" t="s">
-        <v>342</v>
+        <v>288</v>
       </c>
       <c r="J8" t="s">
-        <v>343</v>
+        <v>289</v>
       </c>
       <c r="K8" t="s">
-        <v>166</v>
+        <v>290</v>
       </c>
       <c r="L8" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M8" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N8" t="s">
-        <v>344</v>
+        <v>300</v>
       </c>
       <c r="O8" t="s">
-        <v>357</v>
+        <v>329</v>
       </c>
       <c r="P8" t="s">
-        <v>358</v>
+        <v>330</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B9" t="s">
-        <v>359</v>
+        <v>331</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>360</v>
+        <v>332</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>361</v>
+        <v>333</v>
       </c>
       <c r="H9" t="s">
-        <v>362</v>
+        <v>334</v>
       </c>
       <c r="I9" t="s">
-        <v>363</v>
+        <v>335</v>
       </c>
       <c r="J9" t="s">
-        <v>364</v>
+        <v>20</v>
       </c>
       <c r="K9" t="s">
-        <v>41</v>
+        <v>336</v>
       </c>
       <c r="L9" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M9" t="s">
-        <v>305</v>
+        <v>337</v>
       </c>
       <c r="N9" t="s">
-        <v>365</v>
+        <v>338</v>
       </c>
       <c r="O9" t="s">
-        <v>366</v>
+        <v>339</v>
       </c>
       <c r="P9" t="s">
-        <v>367</v>
+        <v>340</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B10" t="s">
-        <v>368</v>
+        <v>341</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>369</v>
+        <v>342</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>370</v>
+        <v>343</v>
       </c>
       <c r="H10" t="s">
-        <v>371</v>
+        <v>344</v>
       </c>
       <c r="I10" t="s">
-        <v>334</v>
+        <v>345</v>
       </c>
       <c r="J10" t="s">
         <v>20</v>
       </c>
       <c r="K10" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
       <c r="L10" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M10" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N10" t="s">
-        <v>344</v>
+        <v>300</v>
       </c>
       <c r="O10" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="P10" t="s">
-        <v>372</v>
+        <v>348</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B11" t="s">
-        <v>373</v>
+        <v>349</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>369</v>
+        <v>342</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>374</v>
+        <v>350</v>
       </c>
       <c r="H11" t="s">
-        <v>375</v>
+        <v>351</v>
       </c>
       <c r="I11" t="s">
-        <v>376</v>
+        <v>345</v>
       </c>
       <c r="J11" t="s">
-        <v>377</v>
+        <v>20</v>
       </c>
       <c r="K11" t="s">
-        <v>378</v>
+        <v>346</v>
       </c>
       <c r="L11" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M11" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N11" t="s">
-        <v>344</v>
+        <v>300</v>
       </c>
       <c r="O11" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="P11" t="s">
-        <v>379</v>
+        <v>353</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B12" t="s">
-        <v>380</v>
+        <v>354</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>381</v>
+        <v>355</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>382</v>
+        <v>356</v>
       </c>
       <c r="H12" t="s">
-        <v>383</v>
+        <v>357</v>
       </c>
       <c r="I12" t="s">
-        <v>384</v>
+        <v>345</v>
       </c>
       <c r="J12" t="s">
-        <v>385</v>
+        <v>20</v>
       </c>
       <c r="K12" t="s">
-        <v>386</v>
+        <v>346</v>
       </c>
       <c r="L12" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M12" t="s">
-        <v>387</v>
+        <v>292</v>
       </c>
       <c r="N12" t="s">
-        <v>317</v>
+        <v>293</v>
       </c>
       <c r="O12" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="P12" t="s">
-        <v>388</v>
+        <v>358</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B13" t="s">
-        <v>389</v>
+        <v>359</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>390</v>
+        <v>360</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>391</v>
+        <v>361</v>
       </c>
       <c r="H13" t="s">
-        <v>392</v>
+        <v>362</v>
       </c>
       <c r="I13" t="s">
-        <v>393</v>
+        <v>363</v>
       </c>
       <c r="J13" t="s">
-        <v>302</v>
+        <v>364</v>
       </c>
       <c r="K13" t="s">
-        <v>303</v>
+        <v>365</v>
       </c>
       <c r="L13" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M13" t="s">
-        <v>305</v>
+        <v>366</v>
       </c>
       <c r="N13" t="s">
-        <v>306</v>
+        <v>338</v>
       </c>
       <c r="O13" t="s">
-        <v>394</v>
+        <v>339</v>
       </c>
       <c r="P13" t="s">
-        <v>395</v>
+        <v>367</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B14" t="s">
-        <v>396</v>
+        <v>368</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>390</v>
+        <v>369</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>397</v>
+        <v>370</v>
       </c>
       <c r="H14" t="s">
-        <v>398</v>
+        <v>371</v>
       </c>
       <c r="I14" t="s">
-        <v>393</v>
+        <v>372</v>
       </c>
       <c r="J14" t="s">
-        <v>302</v>
+        <v>373</v>
       </c>
       <c r="K14" t="s">
-        <v>303</v>
+        <v>374</v>
       </c>
       <c r="L14" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M14" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N14" t="s">
-        <v>306</v>
+        <v>293</v>
       </c>
       <c r="O14" t="s">
-        <v>336</v>
+        <v>375</v>
       </c>
       <c r="P14" t="s">
-        <v>399</v>
+        <v>376</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B15" t="s">
-        <v>400</v>
+        <v>377</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>390</v>
+        <v>378</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>401</v>
+        <v>379</v>
       </c>
       <c r="H15" t="s">
-        <v>402</v>
+        <v>380</v>
       </c>
       <c r="I15" t="s">
-        <v>403</v>
+        <v>381</v>
       </c>
       <c r="J15" t="s">
-        <v>302</v>
+        <v>382</v>
       </c>
       <c r="K15" t="s">
-        <v>303</v>
+        <v>383</v>
       </c>
       <c r="L15" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M15" t="s">
-        <v>305</v>
+        <v>337</v>
       </c>
       <c r="N15" t="s">
-        <v>306</v>
+        <v>338</v>
       </c>
       <c r="O15" t="s">
-        <v>307</v>
+        <v>339</v>
       </c>
       <c r="P15" t="s">
-        <v>404</v>
+        <v>384</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B16" t="s">
-        <v>405</v>
+        <v>385</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>406</v>
+        <v>386</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>407</v>
+        <v>387</v>
       </c>
       <c r="H16" t="s">
-        <v>408</v>
+        <v>388</v>
       </c>
       <c r="I16" t="s">
-        <v>409</v>
+        <v>389</v>
       </c>
       <c r="J16" t="s">
-        <v>20</v>
+        <v>390</v>
       </c>
       <c r="K16" t="s">
-        <v>410</v>
+        <v>391</v>
       </c>
       <c r="L16" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M16" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N16" t="s">
-        <v>306</v>
+        <v>338</v>
       </c>
       <c r="O16" t="s">
-        <v>307</v>
+        <v>339</v>
       </c>
       <c r="P16" t="s">
-        <v>411</v>
+        <v>392</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B17" t="s">
-        <v>412</v>
+        <v>393</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>406</v>
+        <v>394</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>413</v>
+        <v>395</v>
       </c>
       <c r="H17" t="s">
-        <v>414</v>
+        <v>396</v>
       </c>
       <c r="I17" t="s">
-        <v>415</v>
+        <v>397</v>
       </c>
       <c r="J17" t="s">
-        <v>20</v>
+        <v>398</v>
       </c>
       <c r="K17" t="s">
-        <v>416</v>
+        <v>399</v>
       </c>
       <c r="L17" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M17" t="s">
-        <v>305</v>
+        <v>366</v>
       </c>
       <c r="N17" t="s">
-        <v>306</v>
+        <v>338</v>
       </c>
       <c r="O17" t="s">
-        <v>307</v>
+        <v>339</v>
       </c>
       <c r="P17" t="s">
-        <v>417</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B18" t="s">
-        <v>418</v>
+        <v>401</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
+        <v>402</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>403</v>
+      </c>
+      <c r="H18" t="s">
+        <v>404</v>
+      </c>
+      <c r="I18" t="s">
+        <v>405</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
         <v>406</v>
       </c>
-      <c r="F18" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="L18" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M18" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N18" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="O18" t="s">
-        <v>394</v>
+        <v>301</v>
       </c>
       <c r="P18" t="s">
-        <v>424</v>
+        <v>407</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B19" t="s">
-        <v>425</v>
+        <v>408</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>426</v>
+        <v>409</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>427</v>
+        <v>410</v>
       </c>
       <c r="H19" t="s">
-        <v>428</v>
+        <v>411</v>
       </c>
       <c r="I19" t="s">
-        <v>429</v>
+        <v>412</v>
       </c>
       <c r="J19" t="s">
-        <v>325</v>
+        <v>313</v>
       </c>
       <c r="K19" t="s">
-        <v>326</v>
+        <v>169</v>
       </c>
       <c r="L19" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M19" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N19" t="s">
-        <v>317</v>
+        <v>293</v>
       </c>
       <c r="O19" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="P19" t="s">
-        <v>430</v>
+        <v>413</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B20" t="s">
-        <v>431</v>
+        <v>414</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>432</v>
+        <v>409</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>433</v>
+        <v>415</v>
       </c>
       <c r="H20" t="s">
-        <v>434</v>
+        <v>416</v>
       </c>
       <c r="I20" t="s">
-        <v>324</v>
+        <v>417</v>
       </c>
       <c r="J20" t="s">
-        <v>325</v>
+        <v>289</v>
       </c>
       <c r="K20" t="s">
-        <v>326</v>
+        <v>290</v>
       </c>
       <c r="L20" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M20" t="s">
-        <v>316</v>
+        <v>292</v>
       </c>
       <c r="N20" t="s">
-        <v>306</v>
+        <v>293</v>
       </c>
       <c r="O20" t="s">
-        <v>435</v>
+        <v>319</v>
       </c>
       <c r="P20" t="s">
-        <v>436</v>
+        <v>418</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B21" t="s">
-        <v>437</v>
+        <v>419</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>432</v>
+        <v>420</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>438</v>
+        <v>421</v>
       </c>
       <c r="H21" t="s">
-        <v>439</v>
+        <v>422</v>
       </c>
       <c r="I21" t="s">
-        <v>324</v>
+        <v>412</v>
       </c>
       <c r="J21" t="s">
-        <v>325</v>
+        <v>313</v>
       </c>
       <c r="K21" t="s">
-        <v>326</v>
+        <v>169</v>
       </c>
       <c r="L21" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M21" t="s">
-        <v>316</v>
+        <v>292</v>
       </c>
       <c r="N21" t="s">
-        <v>306</v>
+        <v>293</v>
       </c>
       <c r="O21" t="s">
-        <v>440</v>
+        <v>423</v>
       </c>
       <c r="P21" t="s">
-        <v>441</v>
+        <v>424</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B22" t="s">
-        <v>442</v>
+        <v>425</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>443</v>
+        <v>426</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>444</v>
+        <v>427</v>
       </c>
       <c r="H22" t="s">
-        <v>445</v>
+        <v>428</v>
       </c>
       <c r="I22" t="s">
-        <v>446</v>
+        <v>429</v>
       </c>
       <c r="J22" t="s">
-        <v>447</v>
+        <v>430</v>
       </c>
       <c r="K22" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="L22" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M22" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N22" t="s">
-        <v>306</v>
+        <v>431</v>
       </c>
       <c r="O22" t="s">
-        <v>448</v>
+        <v>432</v>
       </c>
       <c r="P22" t="s">
-        <v>449</v>
+        <v>433</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B23" t="s">
-        <v>450</v>
+        <v>434</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>443</v>
+        <v>426</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>451</v>
+        <v>435</v>
       </c>
       <c r="H23" t="s">
-        <v>452</v>
+        <v>436</v>
       </c>
       <c r="I23" t="s">
-        <v>453</v>
+        <v>429</v>
       </c>
       <c r="J23" t="s">
-        <v>447</v>
+        <v>430</v>
       </c>
       <c r="K23" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="L23" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M23" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N23" t="s">
-        <v>306</v>
+        <v>437</v>
       </c>
       <c r="O23" t="s">
-        <v>394</v>
+        <v>438</v>
       </c>
       <c r="P23" t="s">
-        <v>454</v>
+        <v>439</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B24" t="s">
-        <v>455</v>
+        <v>440</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
+        <v>441</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>442</v>
+      </c>
+      <c r="H24" t="s">
         <v>443</v>
       </c>
-      <c r="F24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I24" t="s">
-        <v>446</v>
+        <v>345</v>
       </c>
       <c r="J24" t="s">
-        <v>447</v>
+        <v>20</v>
       </c>
       <c r="K24" t="s">
-        <v>51</v>
+        <v>346</v>
       </c>
       <c r="L24" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M24" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N24" t="s">
-        <v>306</v>
+        <v>293</v>
       </c>
       <c r="O24" t="s">
-        <v>394</v>
+        <v>324</v>
       </c>
       <c r="P24" t="s">
-        <v>458</v>
+        <v>444</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B25" t="s">
-        <v>459</v>
+        <v>445</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>460</v>
+        <v>441</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>461</v>
+        <v>446</v>
       </c>
       <c r="H25" t="s">
-        <v>462</v>
+        <v>447</v>
       </c>
       <c r="I25" t="s">
-        <v>463</v>
+        <v>448</v>
       </c>
       <c r="J25" t="s">
-        <v>464</v>
+        <v>449</v>
       </c>
       <c r="K25" t="s">
-        <v>465</v>
+        <v>450</v>
       </c>
       <c r="L25" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M25" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N25" t="s">
-        <v>365</v>
+        <v>293</v>
       </c>
       <c r="O25" t="s">
-        <v>466</v>
+        <v>319</v>
       </c>
       <c r="P25" t="s">
-        <v>467</v>
+        <v>451</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B26" t="s">
-        <v>468</v>
+        <v>452</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>469</v>
+        <v>453</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>470</v>
+        <v>454</v>
       </c>
       <c r="H26" t="s">
-        <v>471</v>
+        <v>455</v>
       </c>
       <c r="I26" t="s">
-        <v>472</v>
+        <v>456</v>
       </c>
       <c r="J26" t="s">
-        <v>473</v>
+        <v>457</v>
       </c>
       <c r="K26" t="s">
-        <v>474</v>
+        <v>458</v>
       </c>
       <c r="L26" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M26" t="s">
-        <v>316</v>
+        <v>337</v>
       </c>
       <c r="N26" t="s">
-        <v>317</v>
+        <v>338</v>
       </c>
       <c r="O26" t="s">
-        <v>318</v>
+        <v>339</v>
       </c>
       <c r="P26" t="s">
-        <v>475</v>
+        <v>459</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B27" t="s">
-        <v>476</v>
+        <v>460</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>477</v>
+        <v>461</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>478</v>
+        <v>462</v>
       </c>
       <c r="H27" t="s">
-        <v>479</v>
+        <v>463</v>
       </c>
       <c r="I27" t="s">
-        <v>480</v>
+        <v>464</v>
       </c>
       <c r="J27" t="s">
-        <v>481</v>
+        <v>289</v>
       </c>
       <c r="K27" t="s">
-        <v>482</v>
+        <v>290</v>
       </c>
       <c r="L27" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M27" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N27" t="s">
-        <v>317</v>
+        <v>300</v>
       </c>
       <c r="O27" t="s">
-        <v>318</v>
+        <v>465</v>
       </c>
       <c r="P27" t="s">
-        <v>483</v>
+        <v>466</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B28" t="s">
-        <v>484</v>
+        <v>467</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>477</v>
+        <v>461</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>485</v>
+        <v>468</v>
       </c>
       <c r="H28" t="s">
-        <v>486</v>
+        <v>469</v>
       </c>
       <c r="I28" t="s">
-        <v>487</v>
+        <v>464</v>
       </c>
       <c r="J28" t="s">
-        <v>488</v>
+        <v>289</v>
       </c>
       <c r="K28" t="s">
-        <v>489</v>
+        <v>290</v>
       </c>
       <c r="L28" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M28" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N28" t="s">
-        <v>317</v>
+        <v>300</v>
       </c>
       <c r="O28" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="P28" t="s">
-        <v>490</v>
+        <v>470</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B29" t="s">
-        <v>491</v>
+        <v>471</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>492</v>
+        <v>461</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>493</v>
+        <v>472</v>
       </c>
       <c r="H29" t="s">
-        <v>494</v>
+        <v>473</v>
       </c>
       <c r="I29" t="s">
-        <v>495</v>
+        <v>474</v>
       </c>
       <c r="J29" t="s">
-        <v>343</v>
+        <v>289</v>
       </c>
       <c r="K29" t="s">
-        <v>166</v>
+        <v>290</v>
       </c>
       <c r="L29" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M29" t="s">
-        <v>316</v>
+        <v>292</v>
       </c>
       <c r="N29" t="s">
-        <v>317</v>
+        <v>300</v>
       </c>
       <c r="O29" t="s">
-        <v>496</v>
+        <v>475</v>
       </c>
       <c r="P29" t="s">
-        <v>497</v>
+        <v>476</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B30" t="s">
-        <v>498</v>
+        <v>477</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>499</v>
+        <v>461</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>500</v>
+        <v>478</v>
       </c>
       <c r="H30" t="s">
-        <v>501</v>
+        <v>479</v>
       </c>
       <c r="I30" t="s">
-        <v>502</v>
+        <v>474</v>
       </c>
       <c r="J30" t="s">
-        <v>20</v>
+        <v>289</v>
       </c>
       <c r="K30" t="s">
-        <v>503</v>
+        <v>290</v>
       </c>
       <c r="L30" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M30" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N30" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="O30" t="s">
-        <v>448</v>
+        <v>301</v>
       </c>
       <c r="P30" t="s">
-        <v>504</v>
+        <v>480</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B31" t="s">
-        <v>505</v>
+        <v>481</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>499</v>
+        <v>482</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>506</v>
+        <v>483</v>
       </c>
       <c r="H31" t="s">
-        <v>507</v>
+        <v>484</v>
       </c>
       <c r="I31" t="s">
-        <v>502</v>
+        <v>485</v>
       </c>
       <c r="J31" t="s">
         <v>20</v>
       </c>
       <c r="K31" t="s">
-        <v>503</v>
+        <v>486</v>
       </c>
       <c r="L31" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M31" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N31" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="O31" t="s">
-        <v>394</v>
+        <v>301</v>
       </c>
       <c r="P31" t="s">
-        <v>508</v>
+        <v>487</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B32" t="s">
-        <v>509</v>
+        <v>488</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>510</v>
+        <v>482</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>511</v>
+        <v>489</v>
       </c>
       <c r="H32" t="s">
-        <v>512</v>
+        <v>490</v>
       </c>
       <c r="I32" t="s">
-        <v>513</v>
+        <v>491</v>
       </c>
       <c r="J32" t="s">
-        <v>514</v>
+        <v>20</v>
       </c>
       <c r="K32" t="s">
-        <v>515</v>
+        <v>492</v>
       </c>
       <c r="L32" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M32" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N32" t="s">
-        <v>317</v>
+        <v>300</v>
       </c>
       <c r="O32" t="s">
-        <v>318</v>
+        <v>301</v>
       </c>
       <c r="P32" t="s">
-        <v>516</v>
+        <v>493</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B33" t="s">
-        <v>517</v>
+        <v>494</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>360</v>
+        <v>482</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>518</v>
+        <v>495</v>
       </c>
       <c r="H33" t="s">
-        <v>519</v>
+        <v>496</v>
       </c>
       <c r="I33" t="s">
-        <v>363</v>
+        <v>497</v>
       </c>
       <c r="J33" t="s">
-        <v>364</v>
+        <v>498</v>
       </c>
       <c r="K33" t="s">
-        <v>41</v>
+        <v>499</v>
       </c>
       <c r="L33" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M33" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N33" t="s">
-        <v>520</v>
+        <v>300</v>
       </c>
       <c r="O33" t="s">
-        <v>521</v>
+        <v>465</v>
       </c>
       <c r="P33" t="s">
-        <v>522</v>
+        <v>500</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B34" t="s">
-        <v>523</v>
+        <v>501</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>390</v>
+        <v>502</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>524</v>
+        <v>503</v>
       </c>
       <c r="H34" t="s">
-        <v>525</v>
+        <v>504</v>
       </c>
       <c r="I34" t="s">
-        <v>403</v>
+        <v>505</v>
       </c>
       <c r="J34" t="s">
-        <v>302</v>
+        <v>506</v>
       </c>
       <c r="K34" t="s">
-        <v>303</v>
+        <v>507</v>
       </c>
       <c r="L34" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M34" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N34" t="s">
-        <v>306</v>
+        <v>338</v>
       </c>
       <c r="O34" t="s">
-        <v>448</v>
+        <v>339</v>
       </c>
       <c r="P34" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B35" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>528</v>
+        <v>510</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>529</v>
+        <v>511</v>
       </c>
       <c r="H35" t="s">
-        <v>530</v>
+        <v>512</v>
       </c>
       <c r="I35" t="s">
-        <v>531</v>
+        <v>513</v>
       </c>
       <c r="J35" t="s">
-        <v>532</v>
+        <v>514</v>
       </c>
       <c r="K35" t="s">
-        <v>533</v>
+        <v>515</v>
       </c>
       <c r="L35" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M35" t="s">
-        <v>387</v>
+        <v>337</v>
       </c>
       <c r="N35" t="s">
-        <v>317</v>
+        <v>338</v>
       </c>
       <c r="O35" t="s">
-        <v>318</v>
+        <v>339</v>
       </c>
       <c r="P35" t="s">
-        <v>534</v>
+        <v>516</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B36" t="s">
-        <v>535</v>
+        <v>517</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>528</v>
+        <v>510</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>536</v>
+        <v>518</v>
       </c>
       <c r="H36" t="s">
-        <v>537</v>
+        <v>519</v>
       </c>
       <c r="I36" t="s">
-        <v>538</v>
+        <v>520</v>
       </c>
       <c r="J36" t="s">
-        <v>532</v>
+        <v>514</v>
       </c>
       <c r="K36" t="s">
-        <v>533</v>
+        <v>515</v>
       </c>
       <c r="L36" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M36" t="s">
-        <v>387</v>
+        <v>337</v>
       </c>
       <c r="N36" t="s">
-        <v>317</v>
+        <v>338</v>
       </c>
       <c r="O36" t="s">
-        <v>318</v>
+        <v>339</v>
       </c>
       <c r="P36" t="s">
-        <v>539</v>
+        <v>521</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B37" t="s">
-        <v>540</v>
+        <v>522</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>541</v>
+        <v>523</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>542</v>
+        <v>524</v>
       </c>
       <c r="H37" t="s">
-        <v>543</v>
+        <v>525</v>
       </c>
       <c r="I37" t="s">
-        <v>544</v>
+        <v>373</v>
       </c>
       <c r="J37" t="s">
         <v>20</v>
       </c>
       <c r="K37" t="s">
-        <v>545</v>
+        <v>374</v>
       </c>
       <c r="L37" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M37" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N37" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="O37" t="s">
-        <v>394</v>
+        <v>465</v>
       </c>
       <c r="P37" t="s">
-        <v>546</v>
+        <v>526</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B38" t="s">
-        <v>547</v>
+        <v>527</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>541</v>
+        <v>523</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>548</v>
+        <v>528</v>
       </c>
       <c r="H38" t="s">
-        <v>549</v>
+        <v>529</v>
       </c>
       <c r="I38" t="s">
-        <v>550</v>
+        <v>405</v>
       </c>
       <c r="J38" t="s">
         <v>20</v>
       </c>
       <c r="K38" t="s">
-        <v>551</v>
+        <v>406</v>
       </c>
       <c r="L38" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M38" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N38" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="O38" t="s">
-        <v>448</v>
+        <v>475</v>
       </c>
       <c r="P38" t="s">
-        <v>552</v>
+        <v>530</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B39" t="s">
-        <v>553</v>
+        <v>531</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>554</v>
+        <v>532</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>555</v>
+        <v>533</v>
       </c>
       <c r="H39" t="s">
-        <v>556</v>
+        <v>534</v>
       </c>
       <c r="I39" t="s">
-        <v>544</v>
+        <v>373</v>
       </c>
       <c r="J39" t="s">
         <v>20</v>
       </c>
       <c r="K39" t="s">
-        <v>545</v>
+        <v>374</v>
       </c>
       <c r="L39" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M39" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N39" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="O39" t="s">
-        <v>448</v>
+        <v>475</v>
       </c>
       <c r="P39" t="s">
-        <v>557</v>
+        <v>535</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B40" t="s">
-        <v>558</v>
+        <v>536</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>559</v>
+        <v>537</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>560</v>
+        <v>538</v>
       </c>
       <c r="H40" t="s">
-        <v>561</v>
+        <v>539</v>
       </c>
       <c r="I40" t="s">
-        <v>562</v>
+        <v>540</v>
       </c>
       <c r="J40" t="s">
-        <v>563</v>
+        <v>541</v>
       </c>
       <c r="K40" t="s">
-        <v>564</v>
+        <v>542</v>
       </c>
       <c r="L40" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M40" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N40" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="O40" t="s">
-        <v>336</v>
+        <v>314</v>
       </c>
       <c r="P40" t="s">
-        <v>565</v>
+        <v>543</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B41" t="s">
-        <v>566</v>
+        <v>544</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>567</v>
+        <v>545</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>568</v>
+        <v>546</v>
       </c>
       <c r="H41" t="s">
-        <v>569</v>
+        <v>547</v>
       </c>
       <c r="I41" t="s">
-        <v>334</v>
+        <v>548</v>
       </c>
       <c r="J41" t="s">
-        <v>20</v>
+        <v>506</v>
       </c>
       <c r="K41" t="s">
-        <v>335</v>
+        <v>507</v>
       </c>
       <c r="L41" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M41" t="s">
-        <v>305</v>
+        <v>366</v>
       </c>
       <c r="N41" t="s">
-        <v>520</v>
+        <v>300</v>
       </c>
       <c r="O41" t="s">
-        <v>521</v>
+        <v>549</v>
       </c>
       <c r="P41" t="s">
-        <v>570</v>
+        <v>550</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B42" t="s">
-        <v>571</v>
+        <v>551</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>572</v>
+        <v>545</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>573</v>
+        <v>552</v>
       </c>
       <c r="H42" t="s">
-        <v>574</v>
+        <v>553</v>
       </c>
       <c r="I42" t="s">
-        <v>575</v>
+        <v>548</v>
       </c>
       <c r="J42" t="s">
-        <v>576</v>
+        <v>506</v>
       </c>
       <c r="K42" t="s">
-        <v>577</v>
+        <v>507</v>
       </c>
       <c r="L42" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M42" t="s">
-        <v>305</v>
+        <v>366</v>
       </c>
       <c r="N42" t="s">
-        <v>578</v>
+        <v>300</v>
       </c>
       <c r="O42" t="s">
-        <v>579</v>
+        <v>554</v>
       </c>
       <c r="P42" t="s">
-        <v>580</v>
+        <v>555</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B43" t="s">
-        <v>581</v>
+        <v>556</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>582</v>
+        <v>557</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>583</v>
+        <v>558</v>
       </c>
       <c r="H43" t="s">
-        <v>584</v>
+        <v>559</v>
       </c>
       <c r="I43" t="s">
-        <v>585</v>
+        <v>548</v>
       </c>
       <c r="J43" t="s">
-        <v>586</v>
+        <v>506</v>
       </c>
       <c r="K43" t="s">
-        <v>587</v>
+        <v>507</v>
       </c>
       <c r="L43" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M43" t="s">
-        <v>387</v>
+        <v>292</v>
       </c>
       <c r="N43" t="s">
-        <v>578</v>
+        <v>560</v>
       </c>
       <c r="O43" t="s">
-        <v>579</v>
+        <v>561</v>
       </c>
       <c r="P43" t="s">
-        <v>588</v>
+        <v>562</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B44" t="s">
-        <v>589</v>
+        <v>563</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>590</v>
+        <v>564</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>591</v>
+        <v>565</v>
       </c>
       <c r="H44" t="s">
-        <v>592</v>
+        <v>566</v>
       </c>
       <c r="I44" t="s">
-        <v>593</v>
+        <v>345</v>
       </c>
       <c r="J44" t="s">
-        <v>594</v>
+        <v>20</v>
       </c>
       <c r="K44" t="s">
-        <v>595</v>
+        <v>346</v>
       </c>
       <c r="L44" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M44" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N44" t="s">
-        <v>317</v>
+        <v>300</v>
       </c>
       <c r="O44" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="P44" t="s">
-        <v>596</v>
+        <v>567</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B45" t="s">
-        <v>597</v>
+        <v>568</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>598</v>
+        <v>569</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>599</v>
+        <v>570</v>
       </c>
       <c r="H45" t="s">
-        <v>600</v>
+        <v>571</v>
       </c>
       <c r="I45" t="s">
-        <v>601</v>
+        <v>572</v>
       </c>
       <c r="J45" t="s">
-        <v>20</v>
+        <v>573</v>
       </c>
       <c r="K45" t="s">
-        <v>602</v>
+        <v>51</v>
       </c>
       <c r="L45" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M45" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N45" t="s">
-        <v>317</v>
+        <v>300</v>
       </c>
       <c r="O45" t="s">
-        <v>318</v>
+        <v>475</v>
       </c>
       <c r="P45" t="s">
-        <v>603</v>
+        <v>574</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B46" t="s">
-        <v>604</v>
+        <v>575</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>605</v>
+        <v>569</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>606</v>
+        <v>576</v>
       </c>
       <c r="H46" t="s">
-        <v>607</v>
+        <v>577</v>
       </c>
       <c r="I46" t="s">
-        <v>608</v>
+        <v>578</v>
       </c>
       <c r="J46" t="s">
-        <v>302</v>
+        <v>573</v>
       </c>
       <c r="K46" t="s">
-        <v>303</v>
+        <v>51</v>
       </c>
       <c r="L46" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M46" t="s">
-        <v>387</v>
+        <v>292</v>
       </c>
       <c r="N46" t="s">
-        <v>317</v>
+        <v>300</v>
       </c>
       <c r="O46" t="s">
-        <v>496</v>
+        <v>465</v>
       </c>
       <c r="P46" t="s">
-        <v>609</v>
+        <v>579</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B47" t="s">
-        <v>610</v>
+        <v>580</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>611</v>
+        <v>569</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>612</v>
+        <v>581</v>
       </c>
       <c r="H47" t="s">
-        <v>613</v>
+        <v>582</v>
       </c>
       <c r="I47" t="s">
-        <v>614</v>
+        <v>572</v>
       </c>
       <c r="J47" t="s">
-        <v>422</v>
+        <v>573</v>
       </c>
       <c r="K47" t="s">
-        <v>423</v>
+        <v>51</v>
       </c>
       <c r="L47" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M47" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N47" t="s">
-        <v>365</v>
+        <v>300</v>
       </c>
       <c r="O47" t="s">
-        <v>579</v>
+        <v>465</v>
       </c>
       <c r="P47" t="s">
-        <v>615</v>
+        <v>583</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B48" t="s">
-        <v>616</v>
+        <v>584</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>617</v>
+        <v>585</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>618</v>
+        <v>586</v>
       </c>
       <c r="H48" t="s">
-        <v>619</v>
+        <v>587</v>
       </c>
       <c r="I48" t="s">
-        <v>620</v>
+        <v>345</v>
       </c>
       <c r="J48" t="s">
-        <v>621</v>
+        <v>20</v>
       </c>
       <c r="K48" t="s">
-        <v>622</v>
+        <v>346</v>
       </c>
       <c r="L48" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M48" t="s">
-        <v>316</v>
+        <v>292</v>
       </c>
       <c r="N48" t="s">
-        <v>317</v>
+        <v>437</v>
       </c>
       <c r="O48" t="s">
-        <v>318</v>
+        <v>438</v>
       </c>
       <c r="P48" t="s">
-        <v>623</v>
+        <v>588</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B49" t="s">
-        <v>624</v>
+        <v>589</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>625</v>
+        <v>590</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>626</v>
+        <v>591</v>
       </c>
       <c r="H49" t="s">
-        <v>627</v>
+        <v>592</v>
       </c>
       <c r="I49" t="s">
-        <v>334</v>
+        <v>593</v>
       </c>
       <c r="J49" t="s">
-        <v>20</v>
+        <v>335</v>
       </c>
       <c r="K49" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="L49" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M49" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N49" t="s">
-        <v>365</v>
+        <v>431</v>
       </c>
       <c r="O49" t="s">
-        <v>628</v>
+        <v>594</v>
       </c>
       <c r="P49" t="s">
-        <v>629</v>
+        <v>595</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B50" t="s">
-        <v>630</v>
+        <v>596</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>631</v>
+        <v>590</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>632</v>
+        <v>597</v>
       </c>
       <c r="H50" t="s">
-        <v>633</v>
+        <v>598</v>
       </c>
       <c r="I50" t="s">
-        <v>634</v>
+        <v>599</v>
       </c>
       <c r="J50" t="s">
-        <v>20</v>
+        <v>600</v>
       </c>
       <c r="K50" t="s">
-        <v>635</v>
+        <v>601</v>
       </c>
       <c r="L50" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M50" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N50" t="s">
-        <v>20</v>
+        <v>431</v>
       </c>
       <c r="O50" t="s">
-        <v>636</v>
+        <v>594</v>
       </c>
       <c r="P50" t="s">
-        <v>637</v>
+        <v>602</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B51" t="s">
-        <v>638</v>
+        <v>603</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>639</v>
+        <v>604</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>640</v>
+        <v>605</v>
       </c>
       <c r="H51" t="s">
-        <v>641</v>
+        <v>606</v>
       </c>
       <c r="I51" t="s">
-        <v>642</v>
+        <v>607</v>
       </c>
       <c r="J51" t="s">
-        <v>643</v>
+        <v>313</v>
       </c>
       <c r="K51" t="s">
-        <v>644</v>
+        <v>169</v>
       </c>
       <c r="L51" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M51" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N51" t="s">
-        <v>306</v>
+        <v>608</v>
       </c>
       <c r="O51" t="s">
-        <v>645</v>
+        <v>609</v>
       </c>
       <c r="P51" t="s">
-        <v>646</v>
+        <v>610</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B52" t="s">
-        <v>647</v>
+        <v>611</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>639</v>
+        <v>604</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>648</v>
+        <v>612</v>
       </c>
       <c r="H52" t="s">
-        <v>649</v>
+        <v>613</v>
       </c>
       <c r="I52" t="s">
-        <v>642</v>
+        <v>614</v>
       </c>
       <c r="J52" t="s">
-        <v>643</v>
+        <v>615</v>
       </c>
       <c r="K52" t="s">
-        <v>644</v>
+        <v>41</v>
       </c>
       <c r="L52" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M52" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N52" t="s">
-        <v>306</v>
+        <v>608</v>
       </c>
       <c r="O52" t="s">
-        <v>394</v>
+        <v>609</v>
       </c>
       <c r="P52" t="s">
-        <v>650</v>
+        <v>616</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B53" t="s">
-        <v>651</v>
+        <v>617</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>652</v>
+        <v>604</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>653</v>
+        <v>618</v>
       </c>
       <c r="H53" t="s">
-        <v>654</v>
+        <v>619</v>
       </c>
       <c r="I53" t="s">
-        <v>422</v>
+        <v>620</v>
       </c>
       <c r="J53" t="s">
-        <v>20</v>
+        <v>621</v>
       </c>
       <c r="K53" t="s">
-        <v>423</v>
+        <v>622</v>
       </c>
       <c r="L53" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M53" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="N53" t="s">
-        <v>306</v>
+        <v>338</v>
       </c>
       <c r="O53" t="s">
-        <v>655</v>
+        <v>339</v>
       </c>
       <c r="P53" t="s">
-        <v>656</v>
+        <v>623</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B54" t="s">
-        <v>657</v>
+        <v>624</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>658</v>
+        <v>625</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>659</v>
+        <v>626</v>
       </c>
       <c r="H54" t="s">
-        <v>660</v>
+        <v>627</v>
       </c>
       <c r="I54" t="s">
-        <v>447</v>
+        <v>628</v>
       </c>
       <c r="J54" t="s">
-        <v>20</v>
+        <v>629</v>
       </c>
       <c r="K54" t="s">
-        <v>51</v>
+        <v>630</v>
       </c>
       <c r="L54" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M54" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N54" t="s">
-        <v>306</v>
+        <v>631</v>
       </c>
       <c r="O54" t="s">
-        <v>394</v>
+        <v>632</v>
       </c>
       <c r="P54" t="s">
-        <v>661</v>
+        <v>633</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B55" t="s">
-        <v>662</v>
+        <v>634</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>663</v>
+        <v>635</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>664</v>
+        <v>636</v>
       </c>
       <c r="H55" t="s">
-        <v>665</v>
+        <v>637</v>
       </c>
       <c r="I55" t="s">
-        <v>666</v>
+        <v>638</v>
       </c>
       <c r="J55" t="s">
-        <v>325</v>
+        <v>541</v>
       </c>
       <c r="K55" t="s">
-        <v>326</v>
+        <v>542</v>
       </c>
       <c r="L55" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M55" t="s">
-        <v>387</v>
+        <v>292</v>
       </c>
       <c r="N55" t="s">
-        <v>317</v>
+        <v>431</v>
       </c>
       <c r="O55" t="s">
-        <v>318</v>
+        <v>594</v>
       </c>
       <c r="P55" t="s">
-        <v>667</v>
+        <v>639</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B56" t="s">
-        <v>668</v>
+        <v>640</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>669</v>
+        <v>641</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>670</v>
+        <v>642</v>
       </c>
       <c r="H56" t="s">
-        <v>671</v>
+        <v>643</v>
       </c>
       <c r="I56" t="s">
-        <v>672</v>
+        <v>644</v>
       </c>
       <c r="J56" t="s">
-        <v>673</v>
+        <v>645</v>
       </c>
       <c r="K56" t="s">
-        <v>674</v>
+        <v>646</v>
       </c>
       <c r="L56" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M56" t="s">
-        <v>387</v>
+        <v>292</v>
       </c>
       <c r="N56" t="s">
-        <v>317</v>
+        <v>338</v>
       </c>
       <c r="O56" t="s">
-        <v>318</v>
+        <v>339</v>
       </c>
       <c r="P56" t="s">
-        <v>675</v>
+        <v>647</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B57" t="s">
-        <v>676</v>
+        <v>648</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>677</v>
+        <v>641</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>678</v>
+        <v>649</v>
       </c>
       <c r="H57" t="s">
-        <v>679</v>
+        <v>650</v>
       </c>
       <c r="I57" t="s">
-        <v>532</v>
+        <v>651</v>
       </c>
       <c r="J57" t="s">
-        <v>20</v>
+        <v>313</v>
       </c>
       <c r="K57" t="s">
-        <v>533</v>
+        <v>169</v>
       </c>
       <c r="L57" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M57" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N57" t="s">
-        <v>306</v>
+        <v>338</v>
       </c>
       <c r="O57" t="s">
-        <v>394</v>
+        <v>339</v>
       </c>
       <c r="P57" t="s">
-        <v>680</v>
+        <v>652</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B58" t="s">
-        <v>681</v>
+        <v>653</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>682</v>
+        <v>641</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>683</v>
+        <v>654</v>
       </c>
       <c r="H58" t="s">
-        <v>684</v>
+        <v>655</v>
       </c>
       <c r="I58" t="s">
-        <v>685</v>
+        <v>656</v>
       </c>
       <c r="J58" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
       <c r="K58" t="s">
-        <v>687</v>
+        <v>658</v>
       </c>
       <c r="L58" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M58" t="s">
-        <v>387</v>
+        <v>292</v>
       </c>
       <c r="N58" t="s">
-        <v>317</v>
+        <v>338</v>
       </c>
       <c r="O58" t="s">
-        <v>318</v>
+        <v>339</v>
       </c>
       <c r="P58" t="s">
-        <v>688</v>
+        <v>659</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B59" t="s">
-        <v>689</v>
+        <v>660</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>690</v>
+        <v>661</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>691</v>
+        <v>662</v>
       </c>
       <c r="H59" t="s">
-        <v>692</v>
+        <v>663</v>
       </c>
       <c r="I59" t="s">
-        <v>693</v>
+        <v>664</v>
       </c>
       <c r="J59" t="s">
-        <v>694</v>
+        <v>313</v>
       </c>
       <c r="K59" t="s">
-        <v>41</v>
+        <v>169</v>
       </c>
       <c r="L59" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M59" t="s">
-        <v>305</v>
+        <v>366</v>
       </c>
       <c r="N59" t="s">
-        <v>306</v>
+        <v>338</v>
       </c>
       <c r="O59" t="s">
-        <v>336</v>
+        <v>665</v>
       </c>
       <c r="P59" t="s">
-        <v>695</v>
+        <v>666</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B60" t="s">
-        <v>696</v>
+        <v>667</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>697</v>
+        <v>668</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>698</v>
+        <v>669</v>
       </c>
       <c r="H60" t="s">
-        <v>699</v>
+        <v>670</v>
       </c>
       <c r="I60" t="s">
-        <v>700</v>
+        <v>671</v>
       </c>
       <c r="J60" t="s">
-        <v>447</v>
+        <v>20</v>
       </c>
       <c r="K60" t="s">
-        <v>51</v>
+        <v>672</v>
       </c>
       <c r="L60" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M60" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N60" t="s">
-        <v>701</v>
+        <v>300</v>
       </c>
       <c r="O60" t="s">
-        <v>702</v>
+        <v>475</v>
       </c>
       <c r="P60" t="s">
-        <v>703</v>
+        <v>673</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B61" t="s">
-        <v>704</v>
+        <v>674</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>697</v>
+        <v>668</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>705</v>
+        <v>675</v>
       </c>
       <c r="H61" t="s">
-        <v>706</v>
+        <v>676</v>
       </c>
       <c r="I61" t="s">
-        <v>707</v>
+        <v>671</v>
       </c>
       <c r="J61" t="s">
-        <v>563</v>
+        <v>20</v>
       </c>
       <c r="K61" t="s">
-        <v>564</v>
+        <v>672</v>
       </c>
       <c r="L61" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M61" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N61" t="s">
-        <v>317</v>
+        <v>300</v>
       </c>
       <c r="O61" t="s">
-        <v>318</v>
+        <v>465</v>
       </c>
       <c r="P61" t="s">
-        <v>708</v>
+        <v>677</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B62" t="s">
-        <v>709</v>
+        <v>678</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>710</v>
+        <v>679</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>711</v>
+        <v>680</v>
       </c>
       <c r="H62" t="s">
-        <v>712</v>
+        <v>681</v>
       </c>
       <c r="I62" t="s">
-        <v>713</v>
+        <v>682</v>
       </c>
       <c r="J62" t="s">
-        <v>325</v>
+        <v>313</v>
       </c>
       <c r="K62" t="s">
-        <v>326</v>
+        <v>169</v>
       </c>
       <c r="L62" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M62" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="N62" t="s">
-        <v>317</v>
+        <v>431</v>
       </c>
       <c r="O62" t="s">
-        <v>318</v>
+        <v>594</v>
       </c>
       <c r="P62" t="s">
-        <v>714</v>
+        <v>683</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B63" t="s">
-        <v>715</v>
+        <v>684</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>716</v>
+        <v>685</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>717</v>
+        <v>686</v>
       </c>
       <c r="H63" t="s">
-        <v>718</v>
+        <v>687</v>
       </c>
       <c r="I63" t="s">
-        <v>719</v>
+        <v>688</v>
       </c>
       <c r="J63" t="s">
-        <v>20</v>
+        <v>689</v>
       </c>
       <c r="K63" t="s">
-        <v>720</v>
+        <v>690</v>
       </c>
       <c r="L63" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M63" t="s">
-        <v>387</v>
+        <v>292</v>
       </c>
       <c r="N63" t="s">
-        <v>317</v>
+        <v>338</v>
       </c>
       <c r="O63" t="s">
-        <v>318</v>
+        <v>339</v>
       </c>
       <c r="P63" t="s">
-        <v>721</v>
+        <v>691</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B64" t="s">
-        <v>722</v>
+        <v>692</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>723</v>
+        <v>693</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>724</v>
+        <v>694</v>
       </c>
       <c r="H64" t="s">
-        <v>725</v>
+        <v>695</v>
       </c>
       <c r="I64" t="s">
-        <v>325</v>
+        <v>696</v>
       </c>
       <c r="J64" t="s">
-        <v>20</v>
+        <v>697</v>
       </c>
       <c r="K64" t="s">
-        <v>326</v>
+        <v>698</v>
       </c>
       <c r="L64" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="M64" t="s">
-        <v>305</v>
+        <v>366</v>
       </c>
       <c r="N64" t="s">
-        <v>520</v>
+        <v>338</v>
       </c>
       <c r="O64" t="s">
-        <v>521</v>
+        <v>339</v>
       </c>
       <c r="P64" t="s">
-        <v>726</v>
+        <v>699</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B65" t="s">
+        <v>700</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>701</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>702</v>
+      </c>
+      <c r="H65" t="s">
+        <v>703</v>
+      </c>
+      <c r="I65" t="s">
+        <v>704</v>
+      </c>
+      <c r="J65" t="s">
+        <v>705</v>
+      </c>
+      <c r="K65" t="s">
+        <v>706</v>
+      </c>
+      <c r="L65" t="s">
+        <v>291</v>
+      </c>
+      <c r="M65" t="s">
+        <v>337</v>
+      </c>
+      <c r="N65" t="s">
+        <v>631</v>
+      </c>
+      <c r="O65" t="s">
+        <v>632</v>
+      </c>
+      <c r="P65" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>283</v>
+      </c>
+      <c r="B66" t="s">
+        <v>708</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>709</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>710</v>
+      </c>
+      <c r="H66" t="s">
+        <v>711</v>
+      </c>
+      <c r="I66" t="s">
+        <v>712</v>
+      </c>
+      <c r="J66" t="s">
+        <v>713</v>
+      </c>
+      <c r="K66" t="s">
+        <v>714</v>
+      </c>
+      <c r="L66" t="s">
+        <v>291</v>
+      </c>
+      <c r="M66" t="s">
+        <v>292</v>
+      </c>
+      <c r="N66" t="s">
+        <v>338</v>
+      </c>
+      <c r="O66" t="s">
+        <v>339</v>
+      </c>
+      <c r="P66" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>283</v>
+      </c>
+      <c r="B67" t="s">
+        <v>716</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>717</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>718</v>
+      </c>
+      <c r="H67" t="s">
+        <v>719</v>
+      </c>
+      <c r="I67" t="s">
+        <v>720</v>
+      </c>
+      <c r="J67" t="s">
+        <v>615</v>
+      </c>
+      <c r="K67" t="s">
+        <v>41</v>
+      </c>
+      <c r="L67" t="s">
+        <v>291</v>
+      </c>
+      <c r="M67" t="s">
+        <v>292</v>
+      </c>
+      <c r="N67" t="s">
+        <v>293</v>
+      </c>
+      <c r="O67" t="s">
+        <v>319</v>
+      </c>
+      <c r="P67" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>283</v>
+      </c>
+      <c r="B68" t="s">
+        <v>722</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>717</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>723</v>
+      </c>
+      <c r="H68" t="s">
+        <v>724</v>
+      </c>
+      <c r="I68" t="s">
+        <v>615</v>
+      </c>
+      <c r="J68" t="s">
+        <v>20</v>
+      </c>
+      <c r="K68" t="s">
+        <v>41</v>
+      </c>
+      <c r="L68" t="s">
+        <v>291</v>
+      </c>
+      <c r="M68" t="s">
+        <v>292</v>
+      </c>
+      <c r="N68" t="s">
+        <v>293</v>
+      </c>
+      <c r="O68" t="s">
+        <v>725</v>
+      </c>
+      <c r="P68" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>283</v>
+      </c>
+      <c r="B69" t="s">
         <v>727</v>
       </c>
-      <c r="C65" t="s">
-[...5 lines deleted...]
-      <c r="E65" t="s">
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
         <v>728</v>
       </c>
-      <c r="F65" t="s">
-[...2 lines deleted...]
-      <c r="G65" t="s">
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
         <v>729</v>
       </c>
-      <c r="H65" t="s">
+      <c r="H69" t="s">
         <v>730</v>
       </c>
-      <c r="I65" t="s">
-[...5 lines deleted...]
-      <c r="K65" t="s">
+      <c r="I69" t="s">
+        <v>731</v>
+      </c>
+      <c r="J69" t="s">
+        <v>615</v>
+      </c>
+      <c r="K69" t="s">
         <v>41</v>
       </c>
-      <c r="L65" t="s">
-[...12 lines deleted...]
-        <v>731</v>
+      <c r="L69" t="s">
+        <v>291</v>
+      </c>
+      <c r="M69" t="s">
+        <v>292</v>
+      </c>
+      <c r="N69" t="s">
+        <v>293</v>
+      </c>
+      <c r="O69" t="s">
+        <v>319</v>
+      </c>
+      <c r="P69" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>283</v>
+      </c>
+      <c r="B70" t="s">
+        <v>733</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>734</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>735</v>
+      </c>
+      <c r="H70" t="s">
+        <v>736</v>
+      </c>
+      <c r="I70" t="s">
+        <v>737</v>
+      </c>
+      <c r="J70" t="s">
+        <v>738</v>
+      </c>
+      <c r="K70" t="s">
+        <v>739</v>
+      </c>
+      <c r="L70" t="s">
+        <v>291</v>
+      </c>
+      <c r="M70" t="s">
+        <v>292</v>
+      </c>
+      <c r="N70" t="s">
+        <v>300</v>
+      </c>
+      <c r="O70" t="s">
+        <v>301</v>
+      </c>
+      <c r="P70" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>283</v>
+      </c>
+      <c r="B71" t="s">
+        <v>741</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>742</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>743</v>
+      </c>
+      <c r="H71" t="s">
+        <v>744</v>
+      </c>
+      <c r="I71" t="s">
+        <v>745</v>
+      </c>
+      <c r="J71" t="s">
+        <v>615</v>
+      </c>
+      <c r="K71" t="s">
+        <v>41</v>
+      </c>
+      <c r="L71" t="s">
+        <v>291</v>
+      </c>
+      <c r="M71" t="s">
+        <v>366</v>
+      </c>
+      <c r="N71" t="s">
+        <v>431</v>
+      </c>
+      <c r="O71" t="s">
+        <v>746</v>
+      </c>
+      <c r="P71" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>283</v>
+      </c>
+      <c r="B72" t="s">
+        <v>748</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>742</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>749</v>
+      </c>
+      <c r="H72" t="s">
+        <v>750</v>
+      </c>
+      <c r="I72" t="s">
+        <v>751</v>
+      </c>
+      <c r="J72" t="s">
+        <v>615</v>
+      </c>
+      <c r="K72" t="s">
+        <v>41</v>
+      </c>
+      <c r="L72" t="s">
+        <v>291</v>
+      </c>
+      <c r="M72" t="s">
+        <v>292</v>
+      </c>
+      <c r="N72" t="s">
+        <v>300</v>
+      </c>
+      <c r="O72" t="s">
+        <v>301</v>
+      </c>
+      <c r="P72" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>283</v>
+      </c>
+      <c r="B73" t="s">
+        <v>753</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>742</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>754</v>
+      </c>
+      <c r="H73" t="s">
+        <v>755</v>
+      </c>
+      <c r="I73" t="s">
+        <v>573</v>
+      </c>
+      <c r="J73" t="s">
+        <v>20</v>
+      </c>
+      <c r="K73" t="s">
+        <v>51</v>
+      </c>
+      <c r="L73" t="s">
+        <v>291</v>
+      </c>
+      <c r="M73" t="s">
+        <v>292</v>
+      </c>
+      <c r="N73" t="s">
+        <v>293</v>
+      </c>
+      <c r="O73" t="s">
+        <v>294</v>
+      </c>
+      <c r="P73" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>283</v>
+      </c>
+      <c r="B74" t="s">
+        <v>757</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>742</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>758</v>
+      </c>
+      <c r="H74" t="s">
+        <v>759</v>
+      </c>
+      <c r="I74" t="s">
+        <v>760</v>
+      </c>
+      <c r="J74" t="s">
+        <v>506</v>
+      </c>
+      <c r="K74" t="s">
+        <v>507</v>
+      </c>
+      <c r="L74" t="s">
+        <v>291</v>
+      </c>
+      <c r="M74" t="s">
+        <v>292</v>
+      </c>
+      <c r="N74" t="s">
+        <v>293</v>
+      </c>
+      <c r="O74" t="s">
+        <v>319</v>
+      </c>
+      <c r="P74" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>283</v>
+      </c>
+      <c r="B75" t="s">
+        <v>762</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>742</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>763</v>
+      </c>
+      <c r="H75" t="s">
+        <v>764</v>
+      </c>
+      <c r="I75" t="s">
+        <v>765</v>
+      </c>
+      <c r="J75" t="s">
+        <v>671</v>
+      </c>
+      <c r="K75" t="s">
+        <v>672</v>
+      </c>
+      <c r="L75" t="s">
+        <v>291</v>
+      </c>
+      <c r="M75" t="s">
+        <v>292</v>
+      </c>
+      <c r="N75" t="s">
+        <v>300</v>
+      </c>
+      <c r="O75" t="s">
+        <v>301</v>
+      </c>
+      <c r="P75" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>283</v>
+      </c>
+      <c r="B76" t="s">
+        <v>767</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>742</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>768</v>
+      </c>
+      <c r="H76" t="s">
+        <v>769</v>
+      </c>
+      <c r="I76" t="s">
+        <v>770</v>
+      </c>
+      <c r="J76" t="s">
+        <v>20</v>
+      </c>
+      <c r="K76" t="s">
+        <v>771</v>
+      </c>
+      <c r="L76" t="s">
+        <v>291</v>
+      </c>
+      <c r="M76" t="s">
+        <v>292</v>
+      </c>
+      <c r="N76" t="s">
+        <v>300</v>
+      </c>
+      <c r="O76" t="s">
+        <v>301</v>
+      </c>
+      <c r="P76" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>283</v>
+      </c>
+      <c r="B77" t="s">
+        <v>773</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>742</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>774</v>
+      </c>
+      <c r="H77" t="s">
+        <v>775</v>
+      </c>
+      <c r="I77" t="s">
+        <v>776</v>
+      </c>
+      <c r="J77" t="s">
+        <v>573</v>
+      </c>
+      <c r="K77" t="s">
+        <v>51</v>
+      </c>
+      <c r="L77" t="s">
+        <v>291</v>
+      </c>
+      <c r="M77" t="s">
+        <v>292</v>
+      </c>
+      <c r="N77" t="s">
+        <v>300</v>
+      </c>
+      <c r="O77" t="s">
+        <v>347</v>
+      </c>
+      <c r="P77" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>283</v>
+      </c>
+      <c r="B78" t="s">
+        <v>778</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>779</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>780</v>
+      </c>
+      <c r="H78" t="s">
+        <v>781</v>
+      </c>
+      <c r="I78" t="s">
+        <v>782</v>
+      </c>
+      <c r="J78" t="s">
+        <v>20</v>
+      </c>
+      <c r="K78" t="s">
+        <v>783</v>
+      </c>
+      <c r="L78" t="s">
+        <v>291</v>
+      </c>
+      <c r="M78" t="s">
+        <v>292</v>
+      </c>
+      <c r="N78" t="s">
+        <v>338</v>
+      </c>
+      <c r="O78" t="s">
+        <v>339</v>
+      </c>
+      <c r="P78" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>283</v>
+      </c>
+      <c r="B79" t="s">
+        <v>785</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>786</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>787</v>
+      </c>
+      <c r="H79" t="s">
+        <v>788</v>
+      </c>
+      <c r="I79" t="s">
+        <v>789</v>
+      </c>
+      <c r="J79" t="s">
+        <v>289</v>
+      </c>
+      <c r="K79" t="s">
+        <v>290</v>
+      </c>
+      <c r="L79" t="s">
+        <v>291</v>
+      </c>
+      <c r="M79" t="s">
+        <v>337</v>
+      </c>
+      <c r="N79" t="s">
+        <v>338</v>
+      </c>
+      <c r="O79" t="s">
+        <v>665</v>
+      </c>
+      <c r="P79" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>283</v>
+      </c>
+      <c r="B80" t="s">
+        <v>791</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>792</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>793</v>
+      </c>
+      <c r="H80" t="s">
+        <v>794</v>
+      </c>
+      <c r="I80" t="s">
+        <v>795</v>
+      </c>
+      <c r="J80" t="s">
+        <v>498</v>
+      </c>
+      <c r="K80" t="s">
+        <v>499</v>
+      </c>
+      <c r="L80" t="s">
+        <v>291</v>
+      </c>
+      <c r="M80" t="s">
+        <v>292</v>
+      </c>
+      <c r="N80" t="s">
+        <v>431</v>
+      </c>
+      <c r="O80" t="s">
+        <v>632</v>
+      </c>
+      <c r="P80" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>283</v>
+      </c>
+      <c r="B81" t="s">
+        <v>797</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>798</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>799</v>
+      </c>
+      <c r="H81" t="s">
+        <v>800</v>
+      </c>
+      <c r="I81" t="s">
+        <v>801</v>
+      </c>
+      <c r="J81" t="s">
+        <v>802</v>
+      </c>
+      <c r="K81" t="s">
+        <v>803</v>
+      </c>
+      <c r="L81" t="s">
+        <v>291</v>
+      </c>
+      <c r="M81" t="s">
+        <v>366</v>
+      </c>
+      <c r="N81" t="s">
+        <v>338</v>
+      </c>
+      <c r="O81" t="s">
+        <v>339</v>
+      </c>
+      <c r="P81" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>283</v>
+      </c>
+      <c r="B82" t="s">
+        <v>805</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>806</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>807</v>
+      </c>
+      <c r="H82" t="s">
+        <v>808</v>
+      </c>
+      <c r="I82" t="s">
+        <v>809</v>
+      </c>
+      <c r="J82" t="s">
+        <v>810</v>
+      </c>
+      <c r="K82" t="s">
+        <v>811</v>
+      </c>
+      <c r="L82" t="s">
+        <v>291</v>
+      </c>
+      <c r="M82" t="s">
+        <v>292</v>
+      </c>
+      <c r="N82" t="s">
+        <v>338</v>
+      </c>
+      <c r="O82" t="s">
+        <v>812</v>
+      </c>
+      <c r="P82" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>283</v>
+      </c>
+      <c r="B83" t="s">
+        <v>814</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>815</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>816</v>
+      </c>
+      <c r="H83" t="s">
+        <v>817</v>
+      </c>
+      <c r="I83" t="s">
+        <v>345</v>
+      </c>
+      <c r="J83" t="s">
+        <v>20</v>
+      </c>
+      <c r="K83" t="s">
+        <v>346</v>
+      </c>
+      <c r="L83" t="s">
+        <v>291</v>
+      </c>
+      <c r="M83" t="s">
+        <v>292</v>
+      </c>
+      <c r="N83" t="s">
+        <v>431</v>
+      </c>
+      <c r="O83" t="s">
+        <v>818</v>
+      </c>
+      <c r="P83" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>283</v>
+      </c>
+      <c r="B84" t="s">
+        <v>820</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>821</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>822</v>
+      </c>
+      <c r="H84" t="s">
+        <v>823</v>
+      </c>
+      <c r="I84" t="s">
+        <v>824</v>
+      </c>
+      <c r="J84" t="s">
+        <v>20</v>
+      </c>
+      <c r="K84" t="s">
+        <v>825</v>
+      </c>
+      <c r="L84" t="s">
+        <v>291</v>
+      </c>
+      <c r="M84" t="s">
+        <v>292</v>
+      </c>
+      <c r="N84" t="s">
+        <v>20</v>
+      </c>
+      <c r="O84" t="s">
+        <v>826</v>
+      </c>
+      <c r="P84" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>283</v>
+      </c>
+      <c r="B85" t="s">
+        <v>828</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>829</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>830</v>
+      </c>
+      <c r="H85" t="s">
+        <v>831</v>
+      </c>
+      <c r="I85" t="s">
+        <v>832</v>
+      </c>
+      <c r="J85" t="s">
+        <v>833</v>
+      </c>
+      <c r="K85" t="s">
+        <v>834</v>
+      </c>
+      <c r="L85" t="s">
+        <v>291</v>
+      </c>
+      <c r="M85" t="s">
+        <v>292</v>
+      </c>
+      <c r="N85" t="s">
+        <v>300</v>
+      </c>
+      <c r="O85" t="s">
+        <v>352</v>
+      </c>
+      <c r="P85" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>283</v>
+      </c>
+      <c r="B86" t="s">
+        <v>836</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>829</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>837</v>
+      </c>
+      <c r="H86" t="s">
+        <v>838</v>
+      </c>
+      <c r="I86" t="s">
+        <v>832</v>
+      </c>
+      <c r="J86" t="s">
+        <v>833</v>
+      </c>
+      <c r="K86" t="s">
+        <v>834</v>
+      </c>
+      <c r="L86" t="s">
+        <v>291</v>
+      </c>
+      <c r="M86" t="s">
+        <v>292</v>
+      </c>
+      <c r="N86" t="s">
+        <v>300</v>
+      </c>
+      <c r="O86" t="s">
+        <v>465</v>
+      </c>
+      <c r="P86" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>283</v>
+      </c>
+      <c r="B87" t="s">
+        <v>840</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>841</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>842</v>
+      </c>
+      <c r="H87" t="s">
+        <v>843</v>
+      </c>
+      <c r="I87" t="s">
+        <v>498</v>
+      </c>
+      <c r="J87" t="s">
+        <v>20</v>
+      </c>
+      <c r="K87" t="s">
+        <v>499</v>
+      </c>
+      <c r="L87" t="s">
+        <v>291</v>
+      </c>
+      <c r="M87" t="s">
+        <v>366</v>
+      </c>
+      <c r="N87" t="s">
+        <v>300</v>
+      </c>
+      <c r="O87" t="s">
+        <v>347</v>
+      </c>
+      <c r="P87" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>283</v>
+      </c>
+      <c r="B88" t="s">
+        <v>845</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>846</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
+        <v>847</v>
+      </c>
+      <c r="H88" t="s">
+        <v>848</v>
+      </c>
+      <c r="I88" t="s">
+        <v>573</v>
+      </c>
+      <c r="J88" t="s">
+        <v>20</v>
+      </c>
+      <c r="K88" t="s">
+        <v>51</v>
+      </c>
+      <c r="L88" t="s">
+        <v>291</v>
+      </c>
+      <c r="M88" t="s">
+        <v>292</v>
+      </c>
+      <c r="N88" t="s">
+        <v>300</v>
+      </c>
+      <c r="O88" t="s">
+        <v>465</v>
+      </c>
+      <c r="P88" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>283</v>
+      </c>
+      <c r="B89" t="s">
+        <v>850</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>851</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>852</v>
+      </c>
+      <c r="H89" t="s">
+        <v>853</v>
+      </c>
+      <c r="I89" t="s">
+        <v>854</v>
+      </c>
+      <c r="J89" t="s">
+        <v>506</v>
+      </c>
+      <c r="K89" t="s">
+        <v>507</v>
+      </c>
+      <c r="L89" t="s">
+        <v>291</v>
+      </c>
+      <c r="M89" t="s">
+        <v>337</v>
+      </c>
+      <c r="N89" t="s">
+        <v>338</v>
+      </c>
+      <c r="O89" t="s">
+        <v>339</v>
+      </c>
+      <c r="P89" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>283</v>
+      </c>
+      <c r="B90" t="s">
+        <v>856</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>857</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
+        <v>858</v>
+      </c>
+      <c r="H90" t="s">
+        <v>859</v>
+      </c>
+      <c r="I90" t="s">
+        <v>860</v>
+      </c>
+      <c r="J90" t="s">
+        <v>861</v>
+      </c>
+      <c r="K90" t="s">
+        <v>862</v>
+      </c>
+      <c r="L90" t="s">
+        <v>291</v>
+      </c>
+      <c r="M90" t="s">
+        <v>337</v>
+      </c>
+      <c r="N90" t="s">
+        <v>338</v>
+      </c>
+      <c r="O90" t="s">
+        <v>339</v>
+      </c>
+      <c r="P90" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>283</v>
+      </c>
+      <c r="B91" t="s">
+        <v>864</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>865</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>866</v>
+      </c>
+      <c r="H91" t="s">
+        <v>867</v>
+      </c>
+      <c r="I91" t="s">
+        <v>868</v>
+      </c>
+      <c r="J91" t="s">
+        <v>615</v>
+      </c>
+      <c r="K91" t="s">
+        <v>41</v>
+      </c>
+      <c r="L91" t="s">
+        <v>291</v>
+      </c>
+      <c r="M91" t="s">
+        <v>337</v>
+      </c>
+      <c r="N91" t="s">
+        <v>338</v>
+      </c>
+      <c r="O91" t="s">
+        <v>812</v>
+      </c>
+      <c r="P91" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>283</v>
+      </c>
+      <c r="B92" t="s">
+        <v>870</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>865</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>871</v>
+      </c>
+      <c r="H92" t="s">
+        <v>872</v>
+      </c>
+      <c r="I92" t="s">
+        <v>868</v>
+      </c>
+      <c r="J92" t="s">
+        <v>615</v>
+      </c>
+      <c r="K92" t="s">
+        <v>41</v>
+      </c>
+      <c r="L92" t="s">
+        <v>291</v>
+      </c>
+      <c r="M92" t="s">
+        <v>337</v>
+      </c>
+      <c r="N92" t="s">
+        <v>338</v>
+      </c>
+      <c r="O92" t="s">
+        <v>339</v>
+      </c>
+      <c r="P92" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>283</v>
+      </c>
+      <c r="B93" t="s">
+        <v>874</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>875</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>876</v>
+      </c>
+      <c r="H93" t="s">
+        <v>877</v>
+      </c>
+      <c r="I93" t="s">
+        <v>514</v>
+      </c>
+      <c r="J93" t="s">
+        <v>20</v>
+      </c>
+      <c r="K93" t="s">
+        <v>515</v>
+      </c>
+      <c r="L93" t="s">
+        <v>291</v>
+      </c>
+      <c r="M93" t="s">
+        <v>292</v>
+      </c>
+      <c r="N93" t="s">
+        <v>300</v>
+      </c>
+      <c r="O93" t="s">
+        <v>465</v>
+      </c>
+      <c r="P93" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>283</v>
+      </c>
+      <c r="B94" t="s">
+        <v>879</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
+        <v>880</v>
+      </c>
+      <c r="F94" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" t="s">
+        <v>881</v>
+      </c>
+      <c r="H94" t="s">
+        <v>882</v>
+      </c>
+      <c r="I94" t="s">
+        <v>883</v>
+      </c>
+      <c r="J94" t="s">
+        <v>615</v>
+      </c>
+      <c r="K94" t="s">
+        <v>41</v>
+      </c>
+      <c r="L94" t="s">
+        <v>291</v>
+      </c>
+      <c r="M94" t="s">
+        <v>292</v>
+      </c>
+      <c r="N94" t="s">
+        <v>300</v>
+      </c>
+      <c r="O94" t="s">
+        <v>314</v>
+      </c>
+      <c r="P94" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>283</v>
+      </c>
+      <c r="B95" t="s">
+        <v>885</v>
+      </c>
+      <c r="C95" t="s">
+        <v>20</v>
+      </c>
+      <c r="D95" t="s">
+        <v>20</v>
+      </c>
+      <c r="E95" t="s">
+        <v>886</v>
+      </c>
+      <c r="F95" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" t="s">
+        <v>887</v>
+      </c>
+      <c r="H95" t="s">
+        <v>888</v>
+      </c>
+      <c r="I95" t="s">
+        <v>889</v>
+      </c>
+      <c r="J95" t="s">
+        <v>398</v>
+      </c>
+      <c r="K95" t="s">
+        <v>399</v>
+      </c>
+      <c r="L95" t="s">
+        <v>291</v>
+      </c>
+      <c r="M95" t="s">
+        <v>292</v>
+      </c>
+      <c r="N95" t="s">
+        <v>300</v>
+      </c>
+      <c r="O95" t="s">
+        <v>475</v>
+      </c>
+      <c r="P95" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>283</v>
+      </c>
+      <c r="B96" t="s">
+        <v>891</v>
+      </c>
+      <c r="C96" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" t="s">
+        <v>20</v>
+      </c>
+      <c r="E96" t="s">
+        <v>886</v>
+      </c>
+      <c r="F96" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" t="s">
+        <v>892</v>
+      </c>
+      <c r="H96" t="s">
+        <v>893</v>
+      </c>
+      <c r="I96" t="s">
+        <v>889</v>
+      </c>
+      <c r="J96" t="s">
+        <v>398</v>
+      </c>
+      <c r="K96" t="s">
+        <v>399</v>
+      </c>
+      <c r="L96" t="s">
+        <v>291</v>
+      </c>
+      <c r="M96" t="s">
+        <v>292</v>
+      </c>
+      <c r="N96" t="s">
+        <v>300</v>
+      </c>
+      <c r="O96" t="s">
+        <v>465</v>
+      </c>
+      <c r="P96" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>283</v>
+      </c>
+      <c r="B97" t="s">
+        <v>895</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>896</v>
+      </c>
+      <c r="F97" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" t="s">
+        <v>897</v>
+      </c>
+      <c r="H97" t="s">
+        <v>898</v>
+      </c>
+      <c r="I97" t="s">
+        <v>899</v>
+      </c>
+      <c r="J97" t="s">
+        <v>900</v>
+      </c>
+      <c r="K97" t="s">
+        <v>901</v>
+      </c>
+      <c r="L97" t="s">
+        <v>291</v>
+      </c>
+      <c r="M97" t="s">
+        <v>337</v>
+      </c>
+      <c r="N97" t="s">
+        <v>338</v>
+      </c>
+      <c r="O97" t="s">
+        <v>339</v>
+      </c>
+      <c r="P97" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>283</v>
+      </c>
+      <c r="B98" t="s">
+        <v>903</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" t="s">
+        <v>904</v>
+      </c>
+      <c r="F98" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" t="s">
+        <v>905</v>
+      </c>
+      <c r="H98" t="s">
+        <v>906</v>
+      </c>
+      <c r="I98" t="s">
+        <v>907</v>
+      </c>
+      <c r="J98" t="s">
+        <v>20</v>
+      </c>
+      <c r="K98" t="s">
+        <v>908</v>
+      </c>
+      <c r="L98" t="s">
+        <v>291</v>
+      </c>
+      <c r="M98" t="s">
+        <v>366</v>
+      </c>
+      <c r="N98" t="s">
+        <v>338</v>
+      </c>
+      <c r="O98" t="s">
+        <v>339</v>
+      </c>
+      <c r="P98" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>283</v>
+      </c>
+      <c r="B99" t="s">
+        <v>910</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
+        <v>911</v>
+      </c>
+      <c r="F99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
+        <v>912</v>
+      </c>
+      <c r="H99" t="s">
+        <v>913</v>
+      </c>
+      <c r="I99" t="s">
+        <v>883</v>
+      </c>
+      <c r="J99" t="s">
+        <v>615</v>
+      </c>
+      <c r="K99" t="s">
+        <v>41</v>
+      </c>
+      <c r="L99" t="s">
+        <v>291</v>
+      </c>
+      <c r="M99" t="s">
+        <v>292</v>
+      </c>
+      <c r="N99" t="s">
+        <v>300</v>
+      </c>
+      <c r="O99" t="s">
+        <v>314</v>
+      </c>
+      <c r="P99" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>283</v>
+      </c>
+      <c r="B100" t="s">
+        <v>915</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
+        <v>916</v>
+      </c>
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
+        <v>917</v>
+      </c>
+      <c r="H100" t="s">
+        <v>918</v>
+      </c>
+      <c r="I100" t="s">
+        <v>919</v>
+      </c>
+      <c r="J100" t="s">
+        <v>573</v>
+      </c>
+      <c r="K100" t="s">
+        <v>51</v>
+      </c>
+      <c r="L100" t="s">
+        <v>291</v>
+      </c>
+      <c r="M100" t="s">
+        <v>292</v>
+      </c>
+      <c r="N100" t="s">
+        <v>920</v>
+      </c>
+      <c r="O100" t="s">
+        <v>921</v>
+      </c>
+      <c r="P100" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>283</v>
+      </c>
+      <c r="B101" t="s">
+        <v>923</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" t="s">
+        <v>916</v>
+      </c>
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
+        <v>924</v>
+      </c>
+      <c r="H101" t="s">
+        <v>925</v>
+      </c>
+      <c r="I101" t="s">
+        <v>926</v>
+      </c>
+      <c r="J101" t="s">
+        <v>541</v>
+      </c>
+      <c r="K101" t="s">
+        <v>542</v>
+      </c>
+      <c r="L101" t="s">
+        <v>291</v>
+      </c>
+      <c r="M101" t="s">
+        <v>292</v>
+      </c>
+      <c r="N101" t="s">
+        <v>338</v>
+      </c>
+      <c r="O101" t="s">
+        <v>339</v>
+      </c>
+      <c r="P101" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>283</v>
+      </c>
+      <c r="B102" t="s">
+        <v>928</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>916</v>
+      </c>
+      <c r="F102" t="s">
+        <v>20</v>
+      </c>
+      <c r="G102" t="s">
+        <v>929</v>
+      </c>
+      <c r="H102" t="s">
+        <v>930</v>
+      </c>
+      <c r="I102" t="s">
+        <v>931</v>
+      </c>
+      <c r="J102" t="s">
+        <v>573</v>
+      </c>
+      <c r="K102" t="s">
+        <v>51</v>
+      </c>
+      <c r="L102" t="s">
+        <v>291</v>
+      </c>
+      <c r="M102" t="s">
+        <v>337</v>
+      </c>
+      <c r="N102" t="s">
+        <v>338</v>
+      </c>
+      <c r="O102" t="s">
+        <v>339</v>
+      </c>
+      <c r="P102" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>283</v>
+      </c>
+      <c r="B103" t="s">
+        <v>933</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103" t="s">
+        <v>934</v>
+      </c>
+      <c r="F103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" t="s">
+        <v>935</v>
+      </c>
+      <c r="H103" t="s">
+        <v>936</v>
+      </c>
+      <c r="I103" t="s">
+        <v>937</v>
+      </c>
+      <c r="J103" t="s">
+        <v>506</v>
+      </c>
+      <c r="K103" t="s">
+        <v>507</v>
+      </c>
+      <c r="L103" t="s">
+        <v>291</v>
+      </c>
+      <c r="M103" t="s">
+        <v>292</v>
+      </c>
+      <c r="N103" t="s">
+        <v>338</v>
+      </c>
+      <c r="O103" t="s">
+        <v>339</v>
+      </c>
+      <c r="P103" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>283</v>
+      </c>
+      <c r="B104" t="s">
+        <v>939</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>20</v>
+      </c>
+      <c r="E104" t="s">
+        <v>940</v>
+      </c>
+      <c r="F104" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" t="s">
+        <v>941</v>
+      </c>
+      <c r="H104" t="s">
+        <v>942</v>
+      </c>
+      <c r="I104" t="s">
+        <v>943</v>
+      </c>
+      <c r="J104" t="s">
+        <v>20</v>
+      </c>
+      <c r="K104" t="s">
+        <v>944</v>
+      </c>
+      <c r="L104" t="s">
+        <v>291</v>
+      </c>
+      <c r="M104" t="s">
+        <v>337</v>
+      </c>
+      <c r="N104" t="s">
+        <v>338</v>
+      </c>
+      <c r="O104" t="s">
+        <v>339</v>
+      </c>
+      <c r="P104" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>283</v>
+      </c>
+      <c r="B105" t="s">
+        <v>946</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
+        <v>947</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
+        <v>948</v>
+      </c>
+      <c r="H105" t="s">
+        <v>949</v>
+      </c>
+      <c r="I105" t="s">
+        <v>506</v>
+      </c>
+      <c r="J105" t="s">
+        <v>20</v>
+      </c>
+      <c r="K105" t="s">
+        <v>507</v>
+      </c>
+      <c r="L105" t="s">
+        <v>291</v>
+      </c>
+      <c r="M105" t="s">
+        <v>292</v>
+      </c>
+      <c r="N105" t="s">
+        <v>437</v>
+      </c>
+      <c r="O105" t="s">
+        <v>438</v>
+      </c>
+      <c r="P105" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>283</v>
+      </c>
+      <c r="B106" t="s">
+        <v>951</v>
+      </c>
+      <c r="C106" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" t="s">
+        <v>20</v>
+      </c>
+      <c r="E106" t="s">
+        <v>952</v>
+      </c>
+      <c r="F106" t="s">
+        <v>20</v>
+      </c>
+      <c r="G106" t="s">
+        <v>953</v>
+      </c>
+      <c r="H106" t="s">
+        <v>954</v>
+      </c>
+      <c r="I106" t="s">
+        <v>955</v>
+      </c>
+      <c r="J106" t="s">
+        <v>956</v>
+      </c>
+      <c r="K106" t="s">
+        <v>957</v>
+      </c>
+      <c r="L106" t="s">
+        <v>291</v>
+      </c>
+      <c r="M106" t="s">
+        <v>337</v>
+      </c>
+      <c r="N106" t="s">
+        <v>431</v>
+      </c>
+      <c r="O106" t="s">
+        <v>632</v>
+      </c>
+      <c r="P106" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>283</v>
+      </c>
+      <c r="B107" t="s">
+        <v>959</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" t="s">
+        <v>960</v>
+      </c>
+      <c r="F107" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" t="s">
+        <v>961</v>
+      </c>
+      <c r="H107" t="s">
+        <v>962</v>
+      </c>
+      <c r="I107" t="s">
+        <v>615</v>
+      </c>
+      <c r="J107" t="s">
+        <v>20</v>
+      </c>
+      <c r="K107" t="s">
+        <v>41</v>
+      </c>
+      <c r="L107" t="s">
+        <v>291</v>
+      </c>
+      <c r="M107" t="s">
+        <v>292</v>
+      </c>
+      <c r="N107" t="s">
+        <v>338</v>
+      </c>
+      <c r="O107" t="s">
+        <v>339</v>
+      </c>
+      <c r="P107" t="s">
+        <v>963</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>732</v>
+        <v>964</v>
       </c>
       <c r="L1" t="s">
-        <v>733</v>
+        <v>965</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>734</v>
+        <v>966</v>
       </c>
       <c r="B2" t="s">
-        <v>735</v>
+        <v>967</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>736</v>
+        <v>968</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>737</v>
+        <v>969</v>
       </c>
       <c r="H2" t="s">
-        <v>738</v>
+        <v>970</v>
       </c>
       <c r="I2" t="s">
-        <v>739</v>
+        <v>971</v>
       </c>
       <c r="J2" t="s">
         <v>49</v>
       </c>
       <c r="K2" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="L2" t="s">
         <v>52</v>
       </c>
       <c r="M2" t="s">
-        <v>740</v>
+        <v>972</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>734</v>
+        <v>966</v>
       </c>
       <c r="B3" t="s">
-        <v>741</v>
+        <v>973</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>742</v>
+        <v>974</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>743</v>
+        <v>975</v>
       </c>
       <c r="H3" t="s">
-        <v>744</v>
+        <v>976</v>
       </c>
       <c r="I3" t="s">
-        <v>745</v>
+        <v>977</v>
       </c>
       <c r="J3" t="s">
         <v>49</v>
       </c>
       <c r="K3" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="L3" t="s">
         <v>52</v>
       </c>
       <c r="M3" t="s">
-        <v>746</v>
+        <v>978</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>734</v>
+        <v>966</v>
       </c>
       <c r="B4" t="s">
-        <v>741</v>
+        <v>973</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>747</v>
+        <v>979</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>748</v>
+        <v>980</v>
       </c>
       <c r="H4" t="s">
-        <v>749</v>
+        <v>981</v>
       </c>
       <c r="I4" t="s">
-        <v>745</v>
+        <v>977</v>
       </c>
       <c r="J4" t="s">
         <v>49</v>
       </c>
       <c r="K4" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="L4" t="s">
         <v>52</v>
       </c>
       <c r="M4" t="s">
-        <v>750</v>
+        <v>982</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T27"/>
+  <dimension ref="A1:T28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>751</v>
+        <v>983</v>
       </c>
       <c r="J1" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="K1" t="s">
-        <v>752</v>
+        <v>984</v>
       </c>
       <c r="L1" t="s">
-        <v>290</v>
+        <v>277</v>
       </c>
       <c r="M1" t="s">
-        <v>291</v>
+        <v>278</v>
       </c>
       <c r="N1" t="s">
-        <v>753</v>
+        <v>985</v>
       </c>
       <c r="O1" t="s">
-        <v>754</v>
+        <v>986</v>
       </c>
       <c r="P1" t="s">
-        <v>755</v>
+        <v>987</v>
       </c>
       <c r="Q1" t="s">
-        <v>756</v>
+        <v>988</v>
       </c>
       <c r="R1" t="s">
-        <v>292</v>
+        <v>279</v>
       </c>
       <c r="S1" t="s">
-        <v>757</v>
+        <v>989</v>
       </c>
       <c r="T1" t="s">
-        <v>758</v>
+        <v>990</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B2" t="s">
-        <v>760</v>
+        <v>992</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>761</v>
+        <v>993</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>762</v>
+        <v>994</v>
       </c>
       <c r="H2" t="s">
-        <v>763</v>
+        <v>995</v>
       </c>
       <c r="I2" t="s">
-        <v>764</v>
+        <v>996</v>
       </c>
       <c r="J2" t="s">
-        <v>765</v>
+        <v>997</v>
       </c>
       <c r="K2" t="s">
-        <v>694</v>
+        <v>615</v>
       </c>
       <c r="L2" t="s">
         <v>41</v>
       </c>
       <c r="M2" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N2" t="s">
-        <v>766</v>
+        <v>998</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="Q2" t="s">
-        <v>767</v>
+        <v>999</v>
       </c>
       <c r="R2" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="S2" t="s">
-        <v>768</v>
+        <v>1000</v>
       </c>
       <c r="T2" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B3" t="s">
-        <v>770</v>
+        <v>1002</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>771</v>
+        <v>1003</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>772</v>
+        <v>1004</v>
       </c>
       <c r="H3" t="s">
-        <v>773</v>
+        <v>1005</v>
       </c>
       <c r="I3" t="s">
-        <v>774</v>
+        <v>1006</v>
       </c>
       <c r="J3" t="s">
-        <v>313</v>
+        <v>397</v>
       </c>
       <c r="K3" t="s">
-        <v>314</v>
+        <v>398</v>
       </c>
       <c r="L3" t="s">
-        <v>315</v>
+        <v>399</v>
       </c>
       <c r="M3" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N3" t="s">
-        <v>775</v>
+        <v>1007</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>776</v>
+        <v>1008</v>
       </c>
       <c r="Q3" t="s">
-        <v>777</v>
+        <v>1009</v>
       </c>
       <c r="R3" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="S3" t="s">
-        <v>778</v>
+        <v>1010</v>
       </c>
       <c r="T3" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B4" t="s">
-        <v>779</v>
+        <v>1011</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>780</v>
+        <v>1012</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>781</v>
+        <v>1013</v>
       </c>
       <c r="H4" t="s">
-        <v>782</v>
+        <v>1014</v>
       </c>
       <c r="I4" t="s">
-        <v>774</v>
+        <v>1006</v>
       </c>
       <c r="J4" t="s">
         <v>20</v>
       </c>
       <c r="K4" t="s">
-        <v>783</v>
+        <v>1015</v>
       </c>
       <c r="L4" t="s">
-        <v>784</v>
+        <v>1016</v>
       </c>
       <c r="M4" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N4" t="s">
-        <v>785</v>
+        <v>1017</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>776</v>
+        <v>1008</v>
       </c>
       <c r="Q4" t="s">
-        <v>786</v>
+        <v>1018</v>
       </c>
       <c r="R4" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="S4" t="s">
-        <v>787</v>
+        <v>1019</v>
       </c>
       <c r="T4" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B5" t="s">
         <v>39</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>788</v>
+        <v>1020</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>789</v>
+        <v>1021</v>
       </c>
       <c r="H5" t="s">
-        <v>790</v>
+        <v>1022</v>
       </c>
       <c r="I5" t="s">
-        <v>774</v>
+        <v>1006</v>
       </c>
       <c r="J5" t="s">
-        <v>791</v>
+        <v>1023</v>
       </c>
       <c r="K5" t="s">
-        <v>792</v>
+        <v>1024</v>
       </c>
       <c r="L5" t="s">
         <v>41</v>
       </c>
       <c r="M5" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N5" t="s">
-        <v>793</v>
+        <v>1025</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>794</v>
+        <v>1026</v>
       </c>
       <c r="Q5" t="s">
-        <v>795</v>
+        <v>1027</v>
       </c>
       <c r="R5" t="s">
-        <v>794</v>
+        <v>1026</v>
       </c>
       <c r="S5" t="s">
         <v>42</v>
       </c>
       <c r="T5" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B6" t="s">
-        <v>796</v>
+        <v>1028</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>797</v>
+        <v>1029</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>798</v>
+        <v>1030</v>
       </c>
       <c r="H6" t="s">
-        <v>799</v>
+        <v>1031</v>
       </c>
       <c r="I6" t="s">
-        <v>774</v>
+        <v>1006</v>
       </c>
       <c r="J6" t="s">
         <v>20</v>
       </c>
       <c r="K6" t="s">
-        <v>800</v>
+        <v>1032</v>
       </c>
       <c r="L6" t="s">
-        <v>801</v>
+        <v>1033</v>
       </c>
       <c r="M6" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N6" t="s">
-        <v>802</v>
+        <v>1034</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>776</v>
+        <v>1008</v>
       </c>
       <c r="Q6" t="s">
-        <v>767</v>
+        <v>1018</v>
       </c>
       <c r="R6" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="S6" t="s">
-        <v>803</v>
+        <v>1035</v>
       </c>
       <c r="T6" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B7" t="s">
-        <v>804</v>
+        <v>1036</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>805</v>
+        <v>1037</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>806</v>
+        <v>1038</v>
       </c>
       <c r="H7" t="s">
-        <v>807</v>
+        <v>1039</v>
       </c>
       <c r="I7" t="s">
-        <v>774</v>
+        <v>1006</v>
       </c>
       <c r="J7" t="s">
-        <v>808</v>
+        <v>1040</v>
       </c>
       <c r="K7" t="s">
-        <v>809</v>
+        <v>1041</v>
       </c>
       <c r="L7" t="s">
-        <v>810</v>
+        <v>1042</v>
       </c>
       <c r="M7" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N7" t="s">
-        <v>811</v>
+        <v>1043</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="Q7" t="s">
-        <v>812</v>
+        <v>1044</v>
       </c>
       <c r="R7" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="S7" t="s">
-        <v>813</v>
+        <v>1045</v>
       </c>
       <c r="T7" t="s">
-        <v>814</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B8" t="s">
-        <v>815</v>
+        <v>1047</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>816</v>
+        <v>1048</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>817</v>
+        <v>1049</v>
       </c>
       <c r="H8" t="s">
-        <v>818</v>
+        <v>1050</v>
       </c>
       <c r="I8" t="s">
-        <v>774</v>
+        <v>1006</v>
       </c>
       <c r="J8" t="s">
         <v>20</v>
       </c>
       <c r="K8" t="s">
-        <v>819</v>
+        <v>1051</v>
       </c>
       <c r="L8" t="s">
-        <v>820</v>
+        <v>1052</v>
       </c>
       <c r="M8" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N8" t="s">
-        <v>821</v>
+        <v>1053</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>776</v>
+        <v>1008</v>
       </c>
       <c r="Q8" t="s">
-        <v>822</v>
+        <v>1009</v>
       </c>
       <c r="R8" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="S8" t="s">
-        <v>823</v>
+        <v>1054</v>
       </c>
       <c r="T8" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B9" t="s">
-        <v>824</v>
+        <v>1055</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>825</v>
+        <v>1056</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>826</v>
+        <v>1057</v>
       </c>
       <c r="H9" t="s">
-        <v>827</v>
+        <v>1058</v>
       </c>
       <c r="I9" t="s">
-        <v>774</v>
+        <v>1006</v>
       </c>
       <c r="J9" t="s">
         <v>20</v>
       </c>
       <c r="K9" t="s">
-        <v>828</v>
+        <v>1059</v>
       </c>
       <c r="L9" t="s">
-        <v>829</v>
+        <v>1060</v>
       </c>
       <c r="M9" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N9" t="s">
-        <v>830</v>
+        <v>1061</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>776</v>
+        <v>1008</v>
       </c>
       <c r="Q9" t="s">
-        <v>777</v>
+        <v>1009</v>
       </c>
       <c r="R9" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="S9" t="s">
-        <v>831</v>
+        <v>1062</v>
       </c>
       <c r="T9" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B10" t="s">
-        <v>832</v>
+        <v>1063</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>833</v>
+        <v>1064</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>834</v>
+        <v>1065</v>
       </c>
       <c r="H10" t="s">
-        <v>835</v>
+        <v>1066</v>
       </c>
       <c r="I10" t="s">
-        <v>774</v>
+        <v>1006</v>
       </c>
       <c r="J10" t="s">
-        <v>836</v>
+        <v>1067</v>
       </c>
       <c r="K10" t="s">
-        <v>837</v>
+        <v>1068</v>
       </c>
       <c r="L10" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="M10" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N10" t="s">
-        <v>838</v>
+        <v>1069</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>794</v>
+        <v>1026</v>
       </c>
       <c r="Q10" t="s">
-        <v>839</v>
+        <v>1070</v>
       </c>
       <c r="R10" t="s">
-        <v>794</v>
+        <v>1026</v>
       </c>
       <c r="S10" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="T10" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B11" t="s">
-        <v>840</v>
+        <v>1071</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>797</v>
+        <v>1029</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>841</v>
+        <v>1072</v>
       </c>
       <c r="H11" t="s">
-        <v>842</v>
+        <v>1073</v>
       </c>
       <c r="I11" t="s">
-        <v>774</v>
+        <v>1006</v>
       </c>
       <c r="J11" t="s">
-        <v>843</v>
+        <v>1074</v>
       </c>
       <c r="K11" t="s">
-        <v>837</v>
+        <v>1068</v>
       </c>
       <c r="L11" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="M11" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N11" t="s">
-        <v>844</v>
+        <v>1075</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>776</v>
+        <v>1008</v>
       </c>
       <c r="Q11" t="s">
-        <v>767</v>
+        <v>999</v>
       </c>
       <c r="R11" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="S11" t="s">
-        <v>845</v>
+        <v>1076</v>
       </c>
       <c r="T11" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B12" t="s">
-        <v>264</v>
+        <v>1077</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>846</v>
+        <v>1078</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>847</v>
+        <v>1079</v>
       </c>
       <c r="H12" t="s">
-        <v>848</v>
+        <v>1080</v>
       </c>
       <c r="I12" t="s">
-        <v>849</v>
+        <v>1081</v>
       </c>
       <c r="J12" t="s">
         <v>20</v>
       </c>
       <c r="K12" t="s">
-        <v>850</v>
+        <v>1082</v>
       </c>
       <c r="L12" t="s">
-        <v>851</v>
+        <v>1083</v>
       </c>
       <c r="M12" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N12" t="s">
-        <v>852</v>
+        <v>1084</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>776</v>
+        <v>1008</v>
       </c>
       <c r="Q12" t="s">
-        <v>853</v>
+        <v>1085</v>
       </c>
       <c r="R12" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="S12" t="s">
-        <v>266</v>
+        <v>1086</v>
       </c>
       <c r="T12" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B13" t="s">
-        <v>854</v>
+        <v>1087</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>855</v>
+        <v>1088</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>856</v>
+        <v>1089</v>
       </c>
       <c r="H13" t="s">
-        <v>857</v>
+        <v>1090</v>
       </c>
       <c r="I13" t="s">
-        <v>774</v>
+        <v>1006</v>
       </c>
       <c r="J13" t="s">
         <v>20</v>
       </c>
       <c r="K13" t="s">
-        <v>422</v>
+        <v>498</v>
       </c>
       <c r="L13" t="s">
-        <v>423</v>
+        <v>499</v>
       </c>
       <c r="M13" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N13" t="s">
-        <v>858</v>
+        <v>1091</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>794</v>
+        <v>1026</v>
       </c>
       <c r="Q13" t="s">
-        <v>812</v>
+        <v>1044</v>
       </c>
       <c r="R13" t="s">
-        <v>794</v>
+        <v>1026</v>
       </c>
       <c r="S13" t="s">
-        <v>859</v>
+        <v>1092</v>
       </c>
       <c r="T13" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B14" t="s">
-        <v>860</v>
+        <v>1093</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>797</v>
+        <v>1029</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>861</v>
+        <v>1094</v>
       </c>
       <c r="H14" t="s">
-        <v>862</v>
+        <v>1095</v>
       </c>
       <c r="I14" t="s">
-        <v>764</v>
+        <v>996</v>
       </c>
       <c r="J14" t="s">
         <v>20</v>
       </c>
       <c r="K14" t="s">
-        <v>863</v>
+        <v>1096</v>
       </c>
       <c r="L14" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="M14" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N14" t="s">
-        <v>864</v>
+        <v>1097</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="Q14" t="s">
-        <v>865</v>
+        <v>1098</v>
       </c>
       <c r="R14" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="S14" t="s">
-        <v>866</v>
+        <v>1099</v>
       </c>
       <c r="T14" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B15" t="s">
-        <v>867</v>
+        <v>1100</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>816</v>
+        <v>1048</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>868</v>
+        <v>1101</v>
       </c>
       <c r="H15" t="s">
-        <v>869</v>
+        <v>1102</v>
       </c>
       <c r="I15" t="s">
-        <v>764</v>
+        <v>996</v>
       </c>
       <c r="J15" t="s">
-        <v>870</v>
+        <v>1103</v>
       </c>
       <c r="K15" t="s">
-        <v>819</v>
+        <v>1051</v>
       </c>
       <c r="L15" t="s">
-        <v>820</v>
+        <v>1052</v>
       </c>
       <c r="M15" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N15" t="s">
-        <v>871</v>
+        <v>1104</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="Q15" t="s">
-        <v>865</v>
+        <v>1098</v>
       </c>
       <c r="R15" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="S15" t="s">
-        <v>872</v>
+        <v>1105</v>
       </c>
       <c r="T15" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B16" t="s">
-        <v>873</v>
+        <v>1106</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>780</v>
+        <v>1012</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>874</v>
+        <v>1107</v>
       </c>
       <c r="H16" t="s">
-        <v>875</v>
+        <v>1108</v>
       </c>
       <c r="I16" t="s">
-        <v>764</v>
+        <v>996</v>
       </c>
       <c r="J16" t="s">
         <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>783</v>
+        <v>1015</v>
       </c>
       <c r="L16" t="s">
-        <v>784</v>
+        <v>1016</v>
       </c>
       <c r="M16" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N16" t="s">
-        <v>785</v>
+        <v>1017</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="Q16" t="s">
-        <v>865</v>
+        <v>1098</v>
       </c>
       <c r="R16" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="S16" t="s">
-        <v>876</v>
+        <v>1109</v>
       </c>
       <c r="T16" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B17" t="s">
-        <v>877</v>
+        <v>1110</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>797</v>
+        <v>1029</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>878</v>
+        <v>1111</v>
       </c>
       <c r="H17" t="s">
-        <v>879</v>
+        <v>1112</v>
       </c>
       <c r="I17" t="s">
-        <v>764</v>
+        <v>996</v>
       </c>
       <c r="J17" t="s">
         <v>20</v>
       </c>
       <c r="K17" t="s">
-        <v>800</v>
+        <v>1032</v>
       </c>
       <c r="L17" t="s">
-        <v>801</v>
+        <v>1033</v>
       </c>
       <c r="M17" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N17" t="s">
-        <v>802</v>
+        <v>1034</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="Q17" t="s">
-        <v>865</v>
+        <v>1098</v>
       </c>
       <c r="R17" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="S17" t="s">
-        <v>880</v>
+        <v>1113</v>
       </c>
       <c r="T17" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B18" t="s">
-        <v>881</v>
+        <v>1114</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>846</v>
+        <v>1078</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>882</v>
+        <v>1115</v>
       </c>
       <c r="H18" t="s">
-        <v>883</v>
+        <v>1116</v>
       </c>
       <c r="I18" t="s">
-        <v>764</v>
+        <v>996</v>
       </c>
       <c r="J18" t="s">
         <v>20</v>
       </c>
       <c r="K18" t="s">
-        <v>850</v>
+        <v>1082</v>
       </c>
       <c r="L18" t="s">
-        <v>851</v>
+        <v>1083</v>
       </c>
       <c r="M18" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N18" t="s">
-        <v>884</v>
+        <v>1117</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="Q18" t="s">
-        <v>865</v>
+        <v>1098</v>
       </c>
       <c r="R18" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="S18" t="s">
-        <v>885</v>
+        <v>1118</v>
       </c>
       <c r="T18" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B19" t="s">
-        <v>886</v>
+        <v>1119</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>887</v>
+        <v>1120</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>888</v>
+        <v>1121</v>
       </c>
       <c r="H19" t="s">
-        <v>889</v>
+        <v>1122</v>
       </c>
       <c r="I19" t="s">
-        <v>774</v>
+        <v>1006</v>
       </c>
       <c r="J19" t="s">
-        <v>700</v>
+        <v>919</v>
       </c>
       <c r="K19" t="s">
-        <v>890</v>
+        <v>1123</v>
       </c>
       <c r="L19" t="s">
         <v>41</v>
       </c>
       <c r="M19" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N19" t="s">
-        <v>891</v>
+        <v>1124</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="Q19" t="s">
-        <v>892</v>
+        <v>1125</v>
       </c>
       <c r="R19" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="S19" t="s">
-        <v>893</v>
+        <v>1126</v>
       </c>
       <c r="T19" t="s">
-        <v>814</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B20" t="s">
-        <v>894</v>
+        <v>1127</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>797</v>
+        <v>1029</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>895</v>
+        <v>1128</v>
       </c>
       <c r="H20" t="s">
-        <v>896</v>
+        <v>1129</v>
       </c>
       <c r="I20" t="s">
-        <v>774</v>
+        <v>1006</v>
       </c>
       <c r="J20" t="s">
-        <v>897</v>
+        <v>1130</v>
       </c>
       <c r="K20" t="s">
-        <v>837</v>
+        <v>1068</v>
       </c>
       <c r="L20" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="M20" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N20" t="s">
-        <v>844</v>
+        <v>1075</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>776</v>
+        <v>1008</v>
       </c>
       <c r="Q20" t="s">
-        <v>898</v>
+        <v>1131</v>
       </c>
       <c r="R20" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="S20" t="s">
-        <v>899</v>
+        <v>1132</v>
       </c>
       <c r="T20" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B21" t="s">
         <v>49</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>900</v>
+        <v>1133</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>901</v>
+        <v>1134</v>
       </c>
       <c r="H21" t="s">
-        <v>902</v>
+        <v>1135</v>
       </c>
       <c r="I21" t="s">
-        <v>774</v>
+        <v>1006</v>
       </c>
       <c r="J21" t="s">
-        <v>903</v>
+        <v>1136</v>
       </c>
       <c r="K21" t="s">
-        <v>447</v>
+        <v>573</v>
       </c>
       <c r="L21" t="s">
         <v>51</v>
       </c>
       <c r="M21" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N21" t="s">
-        <v>904</v>
+        <v>1137</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>794</v>
+        <v>1026</v>
       </c>
       <c r="Q21" t="s">
-        <v>905</v>
+        <v>1138</v>
       </c>
       <c r="R21" t="s">
-        <v>794</v>
+        <v>1026</v>
       </c>
       <c r="S21" t="s">
         <v>52</v>
       </c>
       <c r="T21" t="s">
-        <v>906</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B22" t="s">
-        <v>907</v>
+        <v>1140</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>908</v>
+        <v>1141</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>909</v>
+        <v>1142</v>
       </c>
       <c r="H22" t="s">
-        <v>910</v>
+        <v>1143</v>
       </c>
       <c r="I22" t="s">
-        <v>774</v>
+        <v>1006</v>
       </c>
       <c r="J22" t="s">
         <v>20</v>
       </c>
       <c r="K22" t="s">
-        <v>422</v>
+        <v>498</v>
       </c>
       <c r="L22" t="s">
-        <v>423</v>
+        <v>499</v>
       </c>
       <c r="M22" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N22" t="s">
-        <v>911</v>
+        <v>1144</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>794</v>
+        <v>1026</v>
       </c>
       <c r="Q22" t="s">
-        <v>767</v>
+        <v>999</v>
       </c>
       <c r="R22" t="s">
-        <v>794</v>
+        <v>1026</v>
       </c>
       <c r="S22" t="s">
-        <v>912</v>
+        <v>1145</v>
       </c>
       <c r="T22" t="s">
-        <v>906</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B23" t="s">
-        <v>913</v>
+        <v>1146</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>825</v>
+        <v>1056</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>914</v>
+        <v>1147</v>
       </c>
       <c r="H23" t="s">
-        <v>915</v>
+        <v>1148</v>
       </c>
       <c r="I23" t="s">
-        <v>764</v>
+        <v>996</v>
       </c>
       <c r="J23" t="s">
         <v>20</v>
       </c>
       <c r="K23" t="s">
-        <v>828</v>
+        <v>1059</v>
       </c>
       <c r="L23" t="s">
-        <v>829</v>
+        <v>1060</v>
       </c>
       <c r="M23" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N23" t="s">
-        <v>830</v>
+        <v>1061</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="Q23" t="s">
-        <v>865</v>
+        <v>1098</v>
       </c>
       <c r="R23" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="S23" t="s">
-        <v>916</v>
+        <v>1149</v>
       </c>
       <c r="T23" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B24" t="s">
-        <v>917</v>
+        <v>1150</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>918</v>
+        <v>1151</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>919</v>
+        <v>1152</v>
       </c>
       <c r="H24" t="s">
-        <v>920</v>
+        <v>1153</v>
       </c>
       <c r="I24" t="s">
-        <v>774</v>
+        <v>1006</v>
       </c>
       <c r="J24" t="s">
         <v>20</v>
       </c>
       <c r="K24" t="s">
-        <v>921</v>
+        <v>1154</v>
       </c>
       <c r="L24" t="s">
-        <v>922</v>
+        <v>1155</v>
       </c>
       <c r="M24" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N24" t="s">
-        <v>923</v>
+        <v>1156</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="Q24" t="s">
-        <v>767</v>
+        <v>999</v>
       </c>
       <c r="R24" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="S24" t="s">
-        <v>924</v>
+        <v>1157</v>
       </c>
       <c r="T24" t="s">
-        <v>814</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B25" t="s">
-        <v>925</v>
+        <v>1158</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>926</v>
+        <v>1159</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>927</v>
+        <v>1160</v>
       </c>
       <c r="H25" t="s">
-        <v>928</v>
+        <v>1161</v>
       </c>
       <c r="I25" t="s">
-        <v>774</v>
+        <v>1006</v>
       </c>
       <c r="J25" t="s">
-        <v>929</v>
+        <v>1162</v>
       </c>
       <c r="K25" t="s">
-        <v>302</v>
+        <v>289</v>
       </c>
       <c r="L25" t="s">
-        <v>303</v>
+        <v>290</v>
       </c>
       <c r="M25" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N25" t="s">
-        <v>930</v>
+        <v>1163</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="Q25" t="s">
-        <v>931</v>
+        <v>1164</v>
       </c>
       <c r="R25" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="S25" t="s">
-        <v>932</v>
+        <v>1165</v>
       </c>
       <c r="T25" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B26" t="s">
-        <v>933</v>
+        <v>1166</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>926</v>
+        <v>1159</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>934</v>
+        <v>1167</v>
       </c>
       <c r="H26" t="s">
-        <v>935</v>
+        <v>1168</v>
       </c>
       <c r="I26" t="s">
-        <v>774</v>
+        <v>1006</v>
       </c>
       <c r="J26" t="s">
         <v>20</v>
       </c>
       <c r="K26" t="s">
-        <v>809</v>
+        <v>1041</v>
       </c>
       <c r="L26" t="s">
-        <v>810</v>
+        <v>1042</v>
       </c>
       <c r="M26" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N26" t="s">
-        <v>930</v>
+        <v>1163</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="Q26" t="s">
-        <v>931</v>
+        <v>1164</v>
       </c>
       <c r="R26" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="S26" t="s">
-        <v>936</v>
+        <v>1169</v>
       </c>
       <c r="T26" t="s">
-        <v>769</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>759</v>
+        <v>991</v>
       </c>
       <c r="B27" t="s">
-        <v>937</v>
+        <v>1170</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>805</v>
+        <v>1037</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>938</v>
+        <v>1171</v>
       </c>
       <c r="H27" t="s">
-        <v>939</v>
+        <v>1172</v>
       </c>
       <c r="I27" t="s">
-        <v>774</v>
+        <v>1006</v>
       </c>
       <c r="J27" t="s">
         <v>20</v>
       </c>
       <c r="K27" t="s">
-        <v>940</v>
+        <v>364</v>
       </c>
       <c r="L27" t="s">
-        <v>941</v>
+        <v>365</v>
       </c>
       <c r="M27" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="N27" t="s">
         <v>20</v>
       </c>
       <c r="O27" t="s">
         <v>20</v>
       </c>
       <c r="P27" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="Q27" t="s">
-        <v>892</v>
+        <v>1125</v>
       </c>
       <c r="R27" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="S27" t="s">
-        <v>942</v>
+        <v>1173</v>
       </c>
       <c r="T27" t="s">
-        <v>814</v>
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>991</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1176</v>
+      </c>
+      <c r="I28" t="s">
+        <v>996</v>
+      </c>
+      <c r="J28" t="s">
+        <v>1177</v>
+      </c>
+      <c r="K28" t="s">
+        <v>615</v>
+      </c>
+      <c r="L28" t="s">
+        <v>41</v>
+      </c>
+      <c r="M28" t="s">
+        <v>291</v>
+      </c>
+      <c r="N28" t="s">
+        <v>20</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>366</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>1125</v>
+      </c>
+      <c r="R28" t="s">
+        <v>366</v>
+      </c>
+      <c r="S28" t="s">
+        <v>1178</v>
+      </c>
+      <c r="T28" t="s">
+        <v>1046</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>