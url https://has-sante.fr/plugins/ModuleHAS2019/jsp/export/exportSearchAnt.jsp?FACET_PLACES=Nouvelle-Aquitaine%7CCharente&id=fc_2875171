--- v2 (2026-01-17)
+++ v3 (2026-03-05)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2920" uniqueCount="1179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2392" uniqueCount="980">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,68 +77,149 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur Roger HELOU</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>26/02/2026 15:16:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3883067/fr/docteur-roger-helou</t>
+  </si>
+  <si>
+    <t>p_3883067</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>HELOU</t>
+  </si>
+  <si>
+    <t>Roger</t>
+  </si>
+  <si>
+    <t>26 February 2026</t>
+  </si>
+  <si>
+    <t>CHI DU PAYS DE COGNAC - SSR,CH FONTENAY LE COMTE-SITE RABELAIS</t>
+  </si>
+  <si>
+    <t>16112,85201</t>
+  </si>
+  <si>
+    <t>COGNAC,FONTENAY LE COMTE</t>
+  </si>
+  <si>
+    <t>160000261,850000183</t>
+  </si>
+  <si>
+    <t>Docteur MICHEL FILIDORI</t>
+  </si>
+  <si>
+    <t>26/02/2026 15:16:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3883089/fr/docteur-michel-filidori</t>
+  </si>
+  <si>
+    <t>p_3883089</t>
+  </si>
+  <si>
+    <t>FILIDORI</t>
+  </si>
+  <si>
+    <t>MICHEL</t>
+  </si>
+  <si>
+    <t>CHI DU PAYS DE COGNAC - SSR</t>
+  </si>
+  <si>
+    <t>16112</t>
+  </si>
+  <si>
+    <t>COGNAC</t>
+  </si>
+  <si>
+    <t>160000261</t>
+  </si>
+  <si>
+    <t>Docteur HOUCINE ZAYENE</t>
+  </si>
+  <si>
+    <t>26/02/2026 15:16:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3883164/fr/docteur-houcine-zayene</t>
+  </si>
+  <si>
+    <t>p_3883164</t>
+  </si>
+  <si>
+    <t>ZAYENE</t>
+  </si>
+  <si>
+    <t>HOUCINE</t>
+  </si>
+  <si>
     <t>Docteur ANDRE TOMESCOT</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>28/07/2025 12:17:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638795/fr/docteur-andre-tomescot</t>
   </si>
   <si>
     <t>p_3638795</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>TOMESCOT</t>
   </si>
   <si>
     <t>ANDRE</t>
   </si>
   <si>
     <t>24 July 2025</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER D'ANGOULEME,CENTRE CLINICAL SA</t>
   </si>
   <si>
     <t>16000,16800</t>
   </si>
   <si>
     <t>ANGOULEME,SOYAUX</t>
   </si>
   <si>
     <t>160000253,160013207</t>
   </si>
   <si>
     <t>Docteur Sven BALLNUS</t>
   </si>
   <si>
     <t>19/05/2025 12:32:58</t>
@@ -233,74 +314,68 @@
   <si>
     <t>MELANIE</t>
   </si>
   <si>
     <t>16 January 2025</t>
   </si>
   <si>
     <t>Docteur MUSTAPHA MEKKI</t>
   </si>
   <si>
     <t>24/11/2023 09:34:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3475630/fr/docteur-mustapha-mekki</t>
   </si>
   <si>
     <t>p_3475630</t>
   </si>
   <si>
     <t>MEKKI</t>
   </si>
   <si>
     <t>MUSTAPHA</t>
   </si>
   <si>
-    <t>23 November 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur GIANLUCA CARAGLIANO</t>
   </si>
   <si>
     <t>20/10/2023 15:37:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3469906/fr/docteur-gianluca-caragliano</t>
   </si>
   <si>
     <t>p_3469906</t>
   </si>
   <si>
     <t>CARAGLIANO</t>
   </si>
   <si>
     <t>GIANLUCA</t>
   </si>
   <si>
-    <t>19 October 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur HUGO SARDAIN</t>
   </si>
   <si>
     <t>13/01/2023 09:33:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3405392/fr/docteur-hugo-sardain</t>
   </si>
   <si>
     <t>p_3405392</t>
   </si>
   <si>
     <t>SARDAIN</t>
   </si>
   <si>
     <t>HUGO</t>
   </si>
   <si>
     <t>28 December 2022</t>
   </si>
   <si>
     <t>Docteur Aurelien BOILEAU</t>
   </si>
   <si>
     <t>02/04/2021 09:31:22</t>
@@ -314,93 +389,90 @@
   <si>
     <t>BOILEAU</t>
   </si>
   <si>
     <t>Aurelien</t>
   </si>
   <si>
     <t>Docteur Lore CARLUCCI</t>
   </si>
   <si>
     <t>02/04/2021 09:32:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3259438/fr/docteur-lore-carlucci</t>
   </si>
   <si>
     <t>p_3259438</t>
   </si>
   <si>
     <t>CARLUCCI</t>
   </si>
   <si>
     <t>Lore</t>
   </si>
   <si>
-    <t>01 April 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur ANNE-SOPHIE DIDNEE</t>
   </si>
   <si>
     <t>22/10/2020 16:32:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214028/fr/docteur-anne-sophie-didnee</t>
   </si>
   <si>
     <t>p_3214028</t>
   </si>
   <si>
     <t>DIDNEE</t>
   </si>
   <si>
     <t>ANNE-SOPHIE</t>
   </si>
   <si>
     <t>17 October 2024</t>
   </si>
   <si>
     <t>Docteur HASSAN HOUMAIDA</t>
   </si>
   <si>
     <t>28/09/2020 12:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3203855/fr/docteur-hassan-houmaida</t>
   </si>
   <si>
     <t>p_3203855</t>
   </si>
   <si>
     <t>HOUMAIDA</t>
   </si>
   <si>
     <t>HASSAN</t>
   </si>
   <si>
-    <t>24 September 2020</t>
+    <t>20 February 2025</t>
   </si>
   <si>
     <t>Docteur GEOFFROY ATROUS</t>
   </si>
   <si>
     <t>27/02/2020 12:40:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3159660/fr/docteur-geoffroy-atrous</t>
   </si>
   <si>
     <t>p_3159660</t>
   </si>
   <si>
     <t>ATROUS</t>
   </si>
   <si>
     <t>GEOFFROY</t>
   </si>
   <si>
     <t>Docteur Mathieu KOUNDE</t>
   </si>
   <si>
     <t>26/09/2019 11:31:47</t>
   </si>
@@ -497,83 +569,74 @@
   <si>
     <t>16021,16800</t>
   </si>
   <si>
     <t>160000170,160013207</t>
   </si>
   <si>
     <t>Docteur TRIEU MINH TRI NGO</t>
   </si>
   <si>
     <t>14/09/2017 16:31:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2793492/fr/docteur-trieu-minh-tri-ngo</t>
   </si>
   <si>
     <t>c_2793492</t>
   </si>
   <si>
     <t>NGO</t>
   </si>
   <si>
     <t>TRIEU MINH TRI</t>
   </si>
   <si>
-    <t>21 October 2021</t>
+    <t>20 November 2025</t>
   </si>
   <si>
     <t>Docteur Maxime JUANICO</t>
   </si>
   <si>
     <t>17/01/2017 17:32:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2740138/fr/docteur-maxime-juanico</t>
   </si>
   <si>
     <t>c_2740138</t>
   </si>
   <si>
     <t>JUANICO</t>
   </si>
   <si>
     <t>Maxime</t>
   </si>
   <si>
-    <t>29 December 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>CLINIQUE DE COGNAC</t>
   </si>
   <si>
-    <t>16112</t>
-[...4 lines deleted...]
-  <si>
     <t>160000279</t>
   </si>
   <si>
     <t>Docteur Pascal CONNAULT</t>
   </si>
   <si>
     <t>08/11/2016 11:30:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708482/fr/docteur-pascal-connault</t>
   </si>
   <si>
     <t>c_2708482</t>
   </si>
   <si>
     <t>CONNAULT</t>
   </si>
   <si>
     <t>Pascal</t>
   </si>
   <si>
     <t>19 December 2024</t>
   </si>
   <si>
     <t>CLINIQUE DE COGNAC,HOPITAUX DU GRAND COGNAC</t>
@@ -662,113 +725,113 @@
   <si>
     <t>Serge</t>
   </si>
   <si>
     <t>16 December 2021</t>
   </si>
   <si>
     <t>Docteur Xavier PAQUERON</t>
   </si>
   <si>
     <t>08/11/2016 11:32:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710573/fr/docteur-xavier-paqueron</t>
   </si>
   <si>
     <t>c_2710573</t>
   </si>
   <si>
     <t>PAQUERON</t>
   </si>
   <si>
     <t>Xavier</t>
   </si>
   <si>
-    <t>01 July 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Christophe FOUCHE</t>
   </si>
   <si>
     <t>08/11/2016 11:32:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710647/fr/docteur-christophe-fouche</t>
   </si>
   <si>
     <t>c_2710647</t>
   </si>
   <si>
     <t>FOUCHE</t>
   </si>
   <si>
     <t>Christophe</t>
   </si>
   <si>
-    <t>25 November 2021</t>
+    <t>18 December 2025</t>
   </si>
   <si>
     <t>Docteur Elie IRANI</t>
   </si>
   <si>
     <t>08/11/2016 11:32:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710725/fr/docteur-elie-irani</t>
   </si>
   <si>
     <t>c_2710725</t>
   </si>
   <si>
     <t>IRANI</t>
   </si>
   <si>
     <t>Elie</t>
   </si>
   <si>
-    <t>23 September 2021</t>
+    <t>11 September 2025</t>
   </si>
   <si>
     <t>Docteur Gilles COURCHIA</t>
   </si>
   <si>
     <t>08/11/2016 11:32:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710794/fr/docteur-gilles-courchia</t>
   </si>
   <si>
     <t>c_2710794</t>
   </si>
   <si>
     <t>COURCHIA</t>
   </si>
   <si>
     <t>Gilles</t>
   </si>
   <si>
+    <t>23 October 2025</t>
+  </si>
+  <si>
     <t>Docteur Vincent BÉDU</t>
   </si>
   <si>
     <t>08/11/2016 11:33:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711590/fr/docteur-vincent-bedu</t>
   </si>
   <si>
     <t>c_2711590</t>
   </si>
   <si>
     <t>BÉDU</t>
   </si>
   <si>
     <t>Vincent</t>
   </si>
   <si>
     <t>31 March 2022</t>
   </si>
   <si>
     <t>Docteur Valery FONTAINE</t>
   </si>
   <si>
     <t>08/11/2016 11:34:00</t>
@@ -842,2745 +905,2085 @@
   <si>
     <t>Keyvan</t>
   </si>
   <si>
     <t>28 March 2024</t>
   </si>
   <si>
     <t>Docteur Etienne GOUJARD</t>
   </si>
   <si>
     <t>08/11/2016 11:35:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713077/fr/docteur-etienne-goujard</t>
   </si>
   <si>
     <t>c_2713077</t>
   </si>
   <si>
     <t>GOUJARD</t>
   </si>
   <si>
     <t>Etienne</t>
   </si>
   <si>
-    <t>22 October 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
-    <t>EEAP POLYHANDICAP LES VAUZELLES</t>
-[...8 lines deleted...]
-    <t>14663_FicheESSMS</t>
+    <t>IME LES ROCHERS</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16104_FicheESSMS/fr/ime-les-rochers</t>
+  </si>
+  <si>
+    <t>16104_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16800 SOYAUX</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>160003679</t>
+  </si>
+  <si>
+    <t>IME ANDRE DELIVERTOUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16103_FicheESSMS/fr/ime-andre-delivertoux</t>
+  </si>
+  <si>
+    <t>16103_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16500 CONFOLENS</t>
+  </si>
+  <si>
+    <t>CONFOLENS</t>
+  </si>
+  <si>
+    <t>160003794</t>
+  </si>
+  <si>
+    <t>CADA FTDA DE LA CHARENTE</t>
+  </si>
+  <si>
+    <t>01/02/2026 05:04:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15780_FicheESSMS/fr/cada-ftda-de-la-charente</t>
+  </si>
+  <si>
+    <t>15780_FicheESSMS</t>
+  </si>
+  <si>
+    <t>121 Rue De Saintes</t>
+  </si>
+  <si>
+    <t>16000 ANGOULEME</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>160016093</t>
+  </si>
+  <si>
+    <t>F. DE VIE - FERME DES VALLEES - APEC</t>
+  </si>
+  <si>
+    <t>26/01/2026 05:03:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15731_FicheESSMS/fr/f-de-vie-ferme-des-vallees-apec</t>
+  </si>
+  <si>
+    <t>15731_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16190 MONTMOREAU</t>
+  </si>
+  <si>
+    <t>MONTMOREAU</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>160011821</t>
+  </si>
+  <si>
+    <t>EHPAD L'ABBAYE</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:10:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15345_FicheESSMS/fr/ehpad-l-abbaye</t>
+  </si>
+  <si>
+    <t>15345_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Allée Du Parc</t>
+  </si>
+  <si>
+    <t>16330 ST AMANT DE BOIXE</t>
+  </si>
+  <si>
+    <t>ST AMANT DE BOIXE</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>160008330</t>
+  </si>
+  <si>
+    <t>SAVS L'ESPERANCE - EIRC</t>
+  </si>
+  <si>
+    <t>16/10/2025 16:15:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14108_FicheESSMS/fr/savs-l-esperance-eirc</t>
+  </si>
+  <si>
+    <t>14108_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Rue Vauzelles</t>
+  </si>
+  <si>
+    <t>16100 COGNAC</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>160007845</t>
+  </si>
+  <si>
+    <t>IME LES VAUZELLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14106_FicheESSMS/fr/ime-les-vauzelles</t>
+  </si>
+  <si>
+    <t>14106_FicheESSMS</t>
   </si>
   <si>
     <t>31 Rue Des Vauzelles</t>
   </si>
   <si>
     <t>16100 CHATEAUBERNARD</t>
   </si>
   <si>
     <t>CHATEAUBERNARD</t>
   </si>
   <si>
-    <t>16</t>
-[...5 lines deleted...]
-    <t>Personne en situation de handicap enfant</t>
+    <t>160000394</t>
+  </si>
+  <si>
+    <t>MAS - APEC</t>
+  </si>
+  <si>
+    <t>09/10/2025 16:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13993_FicheESSMS/fr/mas-apec</t>
+  </si>
+  <si>
+    <t>13993_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>160014726</t>
+  </si>
+  <si>
+    <t>FAM APEC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13992_FicheESSMS/fr/fam-apec</t>
+  </si>
+  <si>
+    <t>13992_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>160013785</t>
+  </si>
+  <si>
+    <t>CAMSP - ANTENNE SOYAUX - ADAPEI</t>
+  </si>
+  <si>
+    <t>25/09/2025 16:17:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13648_FicheESSMS/fr/camsp-antenne-soyaux-adapei</t>
+  </si>
+  <si>
+    <t>13648_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Rue De Barbezieux</t>
+  </si>
+  <si>
+    <t>16210 CHALAIS</t>
+  </si>
+  <si>
+    <t>CHALAIS</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>160015657</t>
+  </si>
+  <si>
+    <t>EHPAD LES MAISONS DE MARTHE</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:19:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13292_FicheESSMS/fr/ehpad-les-maisons-de-marthe</t>
+  </si>
+  <si>
+    <t>13292_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue De L Hopital</t>
+  </si>
+  <si>
+    <t>16700 RUFFEC</t>
+  </si>
+  <si>
+    <t>RUFFEC</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>160007571</t>
+  </si>
+  <si>
+    <t>ESAT LA TOUR D'YVIERS</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:20:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13322_FicheESSMS/fr/esat-la-tour-d-yviers</t>
+  </si>
+  <si>
+    <t>13322_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16210 YVIERS</t>
+  </si>
+  <si>
+    <t>YVIERS</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>160003844</t>
+  </si>
+  <si>
+    <t>ITEP FRAINEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/998_FicheESSMS/fr/itep-fraineau</t>
+  </si>
+  <si>
+    <t>998_FicheESSMS</t>
+  </si>
+  <si>
+    <t>62 Avenue Paul Firino Martell</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>160016465</t>
+  </si>
+  <si>
+    <t>SERVICE DPF DE L'UDAF 16</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1156_FicheESSMS/fr/service-dpf-de-l-udaf-16</t>
+  </si>
+  <si>
+    <t>1156_FicheESSMS</t>
+  </si>
+  <si>
+    <t>73 Impasse Nicephore Niepce</t>
+  </si>
+  <si>
+    <t>16024 ANGOULEME</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>160015202</t>
+  </si>
+  <si>
+    <t>IME MARC SIGNAC - APEC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1318_FicheESSMS/fr/ime-marc-signac-apec</t>
+  </si>
+  <si>
+    <t>1318_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160000410</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR - L'ARCHE EN CHARENTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1860_FicheESSMS/fr/accueil-de-jour-l-arche-en-charente</t>
+  </si>
+  <si>
+    <t>1860_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De L'Anisserie</t>
+  </si>
+  <si>
+    <t>160015038</t>
+  </si>
+  <si>
+    <t>SAVS - L'ARCHE EN CHARENTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1859_FicheESSMS/fr/savs-l-arche-en-charente</t>
+  </si>
+  <si>
+    <t>1859_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160015046</t>
+  </si>
+  <si>
+    <t>ESAT L'ARCHE A COGNAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1857_FicheESSMS/fr/esat-l-arche-a-cognac</t>
+  </si>
+  <si>
+    <t>1857_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De L Anisserie</t>
+  </si>
+  <si>
+    <t>160003984</t>
+  </si>
+  <si>
+    <t>ESAT LES SAPINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1863_FicheESSMS/fr/esat-les-sapins</t>
+  </si>
+  <si>
+    <t>1863_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16130 LIGNIERES SONNEVILLE</t>
+  </si>
+  <si>
+    <t>LIGNIERES SONNEVILLE</t>
+  </si>
+  <si>
+    <t>160003976</t>
+  </si>
+  <si>
+    <t>ESAT LA MERCI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1862_FicheESSMS/fr/esat-la-merci</t>
+  </si>
+  <si>
+    <t>1862_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16200 COURBILLAC</t>
+  </si>
+  <si>
+    <t>COURBILLAC</t>
+  </si>
+  <si>
+    <t>160003786</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE NON TRAVAILL. - L'ARCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1861_FicheESSMS/fr/foyer-de-vie-non-travaill-l-arche</t>
+  </si>
+  <si>
+    <t>1861_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Burgaud Des Marets</t>
+  </si>
+  <si>
+    <t>16200 JARNAC</t>
+  </si>
+  <si>
+    <t>JARNAC</t>
+  </si>
+  <si>
+    <t>160015020</t>
+  </si>
+  <si>
+    <t>ESRP EPNAK 16</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3591_FicheESSMS/fr/esrp-epnak-16</t>
+  </si>
+  <si>
+    <t>3591_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Avenue Du Marechal Juin</t>
+  </si>
+  <si>
+    <t>16340 L ISLE D ESPAGNAC</t>
+  </si>
+  <si>
+    <t>L ISLE D ESPAGNAC</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Réadaptation Professionnelle</t>
+  </si>
+  <si>
+    <t>160017562</t>
+  </si>
+  <si>
+    <t>ESPO EPNAK 16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3589_FicheESSMS/fr/espo-epnak-16</t>
+  </si>
+  <si>
+    <t>3589_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Préorientation</t>
+  </si>
+  <si>
+    <t>160017570</t>
+  </si>
+  <si>
+    <t>EHPAD - COS LES FINS BOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5833_FicheESSMS/fr/ehpad-cos-les-fins-bois</t>
+  </si>
+  <si>
+    <t>5833_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Impasse Des Caducees</t>
+  </si>
+  <si>
+    <t>16200 MERIGNAC</t>
+  </si>
+  <si>
+    <t>MERIGNAC</t>
+  </si>
+  <si>
+    <t>160004115</t>
+  </si>
+  <si>
+    <t>EHPAD COS SAINTE MARTHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5831_FicheESSMS/fr/ehpad-cos-sainte-marthe</t>
+  </si>
+  <si>
+    <t>5831_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Du Pont</t>
+  </si>
+  <si>
+    <t>16460 ST FRONT</t>
+  </si>
+  <si>
+    <t>ST FRONT</t>
+  </si>
+  <si>
+    <t>160004446</t>
+  </si>
+  <si>
+    <t>EHPAD - LA PICAUDRIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1366_FicheESSMS/fr/ehpad-la-picaudrie</t>
+  </si>
+  <si>
+    <t>1366_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Rue Du Stade</t>
+  </si>
+  <si>
+    <t>16290 HIERSAC</t>
+  </si>
+  <si>
+    <t>HIERSAC</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>160008298</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERG TRAVAILLEURS - L'ARCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1858_FicheESSMS/fr/foyer-d-heberg-travailleurs-l-arche</t>
+  </si>
+  <si>
+    <t>1858_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>160015012</t>
+  </si>
+  <si>
+    <t>EHPAD LA ROSERAIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2765_FicheESSMS/fr/ehpad-la-roseraie</t>
+  </si>
+  <si>
+    <t>2765_FicheESSMS</t>
+  </si>
+  <si>
+    <t>141 Route De Bonneville</t>
+  </si>
+  <si>
+    <t>16170 ROUILLAC</t>
+  </si>
+  <si>
+    <t>ROUILLAC</t>
+  </si>
+  <si>
+    <t>160004461</t>
+  </si>
+  <si>
+    <t>FOYER STE MARIE (NON TRAVAIL.)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2971_FicheESSMS/fr/foyer-ste-marie-non-travail</t>
+  </si>
+  <si>
+    <t>2971_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160012175</t>
+  </si>
+  <si>
+    <t>FOYER  D'YVIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2970_FicheESSMS/fr/foyer-d-yviers</t>
+  </si>
+  <si>
+    <t>2970_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160004750</t>
+  </si>
+  <si>
+    <t>FOYER STE MARIE (TRAVAILLEURS)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2972_FicheESSMS/fr/foyer-ste-marie-travailleurs</t>
+  </si>
+  <si>
+    <t>2972_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160004040</t>
+  </si>
+  <si>
+    <t>MECS NORD CHARENTE GPA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5591_FicheESSMS/fr/mecs-nord-charente-gpa</t>
+  </si>
+  <si>
+    <t>5591_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Square Jean Bouillon</t>
+  </si>
+  <si>
+    <t>16230 MANSLE</t>
+  </si>
+  <si>
+    <t>MANSLE</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>160000329</t>
+  </si>
+  <si>
+    <t>EHPAD - LES HESPERIDES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5685_FicheESSMS/fr/ehpad-les-hesperides</t>
+  </si>
+  <si>
+    <t>5685_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Route De Fontenille</t>
+  </si>
+  <si>
+    <t>16230 LUXE</t>
+  </si>
+  <si>
+    <t>LUXE</t>
+  </si>
+  <si>
+    <t>160011979</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LE CLOS DES TOURS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7827_FicheESSMS/fr/ehpad-residence-le-clos-des-tours</t>
+  </si>
+  <si>
+    <t>7827_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Du Clos</t>
+  </si>
+  <si>
+    <t>16240 VILLEFAGNAN</t>
+  </si>
+  <si>
+    <t>VILLEFAGNAN</t>
+  </si>
+  <si>
+    <t>160007480</t>
+  </si>
+  <si>
+    <t>CMPP DE LA CHARENTE - SITE ANGOULEME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8000_FicheESSMS/fr/cmpp-de-la-charente-site-angouleme</t>
+  </si>
+  <si>
+    <t>8000_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>160002234</t>
+  </si>
+  <si>
+    <t>SESSAD DEFICIENCE SENSORIELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8063_FicheESSMS/fr/sessad-deficience-sensorielle</t>
+  </si>
+  <si>
+    <t>8063_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Impasse D Auvergne</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>160012225</t>
+  </si>
+  <si>
+    <t>ESAT DE LA FAYE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8282_FicheESSMS/fr/esat-de-la-faye</t>
+  </si>
+  <si>
+    <t>8282_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Chemin Des Meuniers</t>
+  </si>
+  <si>
+    <t>16700 LA FAYE</t>
+  </si>
+  <si>
+    <t>LA FAYE</t>
+  </si>
+  <si>
+    <t>160010310</t>
+  </si>
+  <si>
+    <t>CDEF LECLERC CHAUVIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8411_FicheESSMS/fr/cdef-leclerc-chauvin</t>
+  </si>
+  <si>
+    <t>8411_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Valettes</t>
+  </si>
+  <si>
+    <t>Foyer de l'Enfance</t>
+  </si>
+  <si>
+    <t>160003646</t>
+  </si>
+  <si>
+    <t>ESAT FONTGRAVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8404_FicheESSMS/fr/esat-fontgrave</t>
+  </si>
+  <si>
+    <t>8404_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue De Fontgrave</t>
+  </si>
+  <si>
+    <t>160003927</t>
+  </si>
+  <si>
+    <t>SESSAD ADAPEI 16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8399_FicheESSMS/fr/sessad-adapei-16</t>
+  </si>
+  <si>
+    <t>8399_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue Chabernaud</t>
+  </si>
+  <si>
+    <t>160013827</t>
+  </si>
+  <si>
+    <t>MAS LE LAGON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8396_FicheESSMS/fr/mas-le-lagon</t>
+  </si>
+  <si>
+    <t>8396_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Allée De La Combe Cailloux</t>
+  </si>
+  <si>
+    <t>160008991</t>
+  </si>
+  <si>
+    <t>IME FRAINEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/687_FicheESSMS/fr/ime-fraineau</t>
+  </si>
+  <si>
+    <t>687_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160000014</t>
+  </si>
+  <si>
+    <t>SESSAD FRAINEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/686_FicheESSMS/fr/sessad-fraineau</t>
+  </si>
+  <si>
+    <t>686_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Avenue Claude Boucher</t>
+  </si>
+  <si>
+    <t>160013926</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM DE L'UDAF 16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1155_FicheESSMS/fr/service-mjpm-de-l-udaf-16</t>
+  </si>
+  <si>
+    <t>1155_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>160015210</t>
+  </si>
+  <si>
+    <t>SESSAD SUD CHARENTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1309_FicheESSMS/fr/sessad-sud-charente</t>
+  </si>
+  <si>
+    <t>1309_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Place Du Chateau</t>
+  </si>
+  <si>
+    <t>16250 COTEAUX DU BLANZACAIS</t>
+  </si>
+  <si>
+    <t>COTEAUX DU BLANZACAIS</t>
+  </si>
+  <si>
+    <t>160007019</t>
+  </si>
+  <si>
+    <t>EHPAD LES ECUREUILS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1917_FicheESSMS/fr/ehpad-les-ecureuils</t>
+  </si>
+  <si>
+    <t>1917_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Calmette</t>
+  </si>
+  <si>
+    <t>160004412</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LES HYADES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2766_FicheESSMS/fr/ehpad-residence-les-hyades</t>
+  </si>
+  <si>
+    <t>2766_FicheESSMS</t>
+  </si>
+  <si>
+    <t>105 Rue Du Moulin A Vent</t>
+  </si>
+  <si>
+    <t>160005435</t>
+  </si>
+  <si>
+    <t>SAVS - ADAPEI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3193_FicheESSMS/fr/savs-adapei</t>
+  </si>
+  <si>
+    <t>3193_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110 Rue Madame Curie</t>
+  </si>
+  <si>
+    <t>16600 RUELLE SUR TOUVRE</t>
+  </si>
+  <si>
+    <t>RUELLE SUR TOUVRE</t>
+  </si>
+  <si>
+    <t>160013751</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES SOURCES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5207_FicheESSMS/fr/residence-les-sources</t>
+  </si>
+  <si>
+    <t>5207_FicheESSMS</t>
+  </si>
+  <si>
+    <t>89 Chemin D'Entreroches</t>
+  </si>
+  <si>
+    <t>160003851</t>
+  </si>
+  <si>
+    <t>FOYER D'ENTREROCHES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5206_FicheESSMS/fr/foyer-d-entreroches</t>
+  </si>
+  <si>
+    <t>5206_FicheESSMS</t>
+  </si>
+  <si>
+    <t>87 Chemin D'Entreroches</t>
+  </si>
+  <si>
+    <t>160016358</t>
+  </si>
+  <si>
+    <t>SAJ RESIDENCE LES SOURCES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5205_FicheESSMS/fr/saj-residence-les-sources</t>
+  </si>
+  <si>
+    <t>5205_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160015954</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM DE L'ATPEC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5249_FicheESSMS/fr/service-mjpm-de-l-atpec</t>
+  </si>
+  <si>
+    <t>5249_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160015251</t>
+  </si>
+  <si>
+    <t>LDVA UN TEMPS POUR SOI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5702_FicheESSMS/fr/ldva-un-temps-pour-soi</t>
+  </si>
+  <si>
+    <t>5702_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue De La Mairie</t>
+  </si>
+  <si>
+    <t>16700 LES ADJOTS</t>
+  </si>
+  <si>
+    <t>LES ADJOTS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>160017471</t>
+  </si>
+  <si>
+    <t>FOYER NON TRAVAIL. ESAT ST CLAUD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6088_FicheESSMS/fr/foyer-non-travail-esat-st-claud</t>
+  </si>
+  <si>
+    <t>6088_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16450 ST CLAUD</t>
+  </si>
+  <si>
+    <t>ST CLAUD</t>
+  </si>
+  <si>
+    <t>160012167</t>
+  </si>
+  <si>
+    <t>LDVA TANDEM 16</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6855_FicheESSMS/fr/ldva-tandem-16</t>
+  </si>
+  <si>
+    <t>6855_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Saint Augustin</t>
+  </si>
+  <si>
+    <t>16140 MARCILLAC LANVILLE</t>
+  </si>
+  <si>
+    <t>MARCILLAC LANVILLE</t>
+  </si>
+  <si>
+    <t>160017695</t>
+  </si>
+  <si>
+    <t>EEAP LES ROCHERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8403_FicheESSMS/fr/eeap-les-rochers</t>
+  </si>
+  <si>
+    <t>8403_FicheESSMS</t>
   </si>
   <si>
     <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
   </si>
   <si>
-    <t>160014437</t>
-[...203 lines deleted...]
-    <t>7 Boulevard De Bretagne</t>
+    <t>160014445</t>
+  </si>
+  <si>
+    <t>ESAT DE SAINT-CLAUD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8398_FicheESSMS/fr/esat-de-saint-claud</t>
+  </si>
+  <si>
+    <t>8398_FicheESSMS</t>
+  </si>
+  <si>
+    <t>54 Rue Du Farnaud</t>
+  </si>
+  <si>
+    <t>160003877</t>
+  </si>
+  <si>
+    <t>ESAT DE MAGNAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8397_FicheESSMS/fr/esat-de-magnac</t>
+  </si>
+  <si>
+    <t>8397_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16600 MAGNAC SUR TOUVRE</t>
+  </si>
+  <si>
+    <t>MAGNAC SUR TOUVRE</t>
+  </si>
+  <si>
+    <t>160011854</t>
+  </si>
+  <si>
+    <t>EHPAD LES DOUCETS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8513_FicheESSMS/fr/ehpad-les-doucets</t>
+  </si>
+  <si>
+    <t>8513_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16250 VAL DES VIGNES</t>
+  </si>
+  <si>
+    <t>VAL DES VIGNES</t>
+  </si>
+  <si>
+    <t>160007332</t>
+  </si>
+  <si>
+    <t>LVA MARPEN INSERTION FORMATION</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10039_FicheESSMS/fr/lva-marpen-insertion-formation</t>
+  </si>
+  <si>
+    <t>10039_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16140 TUSSON</t>
+  </si>
+  <si>
+    <t>TUSSON</t>
+  </si>
+  <si>
+    <t>Etablissement Expérimental Enfance Protégée</t>
+  </si>
+  <si>
+    <t>160017125</t>
+  </si>
+  <si>
+    <t>MAS - CH COGNAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11079_FicheESSMS/fr/mas-ch-cognac</t>
+  </si>
+  <si>
+    <t>11079_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160014692</t>
+  </si>
+  <si>
+    <t>EHPAD LES PIVOINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11346_FicheESSMS/fr/ehpad-les-pivoines</t>
+  </si>
+  <si>
+    <t>11346_FicheESSMS</t>
+  </si>
+  <si>
+    <t>139 Boulevard Salvador Allende</t>
+  </si>
+  <si>
+    <t>160009890</t>
+  </si>
+  <si>
+    <t>EHPAD LES ALINS DU MARECHAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11483_FicheESSMS/fr/ehpad-les-alins-du-marechal</t>
+  </si>
+  <si>
+    <t>11483_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Route Des Alins</t>
+  </si>
+  <si>
+    <t>16730 TROIS PALIS</t>
+  </si>
+  <si>
+    <t>TROIS PALIS</t>
+  </si>
+  <si>
+    <t>160008264</t>
+  </si>
+  <si>
+    <t>RESIDENCE MOSAIQUE - ADAPEI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11837_FicheESSMS/fr/residence-mosaique-adapei</t>
+  </si>
+  <si>
+    <t>11837_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Route De Rejallant</t>
+  </si>
+  <si>
+    <t>160012753</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE - ADAPEI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11836_FicheESSMS/fr/foyer-de-vie-adapei</t>
+  </si>
+  <si>
+    <t>11836_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160012746</t>
+  </si>
+  <si>
+    <t>EHPAD LES LIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11905_FicheESSMS/fr/ehpad-les-lis</t>
+  </si>
+  <si>
+    <t>11905_FicheESSMS</t>
+  </si>
+  <si>
+    <t>58 Route De St Jean D Angely</t>
+  </si>
+  <si>
+    <t>16710 ST YRIEIX SUR CHARENTE</t>
+  </si>
+  <si>
+    <t>ST YRIEIX SUR CHARENTE</t>
+  </si>
+  <si>
+    <t>160010732</t>
+  </si>
+  <si>
+    <t>SSIAD MUTUALITE FRANCAISE CHARENTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12183_FicheESSMS/fr/ssiad-mutualite-francaise-charente</t>
+  </si>
+  <si>
+    <t>12183_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Chemin De Fregeneuil</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>160016168</t>
+  </si>
+  <si>
+    <t>APLB-ATI 16</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12393_FicheESSMS/fr/aplb-ati-16</t>
+  </si>
+  <si>
+    <t>12393_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160015236</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DE LA GARENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12696_FicheESSMS/fr/ehpad-les-jardins-de-la-garenne</t>
+  </si>
+  <si>
+    <t>12696_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160009916</t>
+  </si>
+  <si>
+    <t>Département de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Code Finess de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Équipe accréditée</t>
+  </si>
+  <si>
+    <t>Équipe de Gynécologie Obstétrique CHI DU PAYS DE COGNAC - SSR  (16)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3883068/fr/equipe-de-gynecologie-obstetrique-chi-du-pays-de-cognac-ssr-16</t>
+  </si>
+  <si>
+    <t>p_3883068</t>
+  </si>
+  <si>
+    <t>29 January 2026</t>
+  </si>
+  <si>
+    <t>Docteur MICHEL FILIDORI, Docteur Roger HELOU, Docteur HOUCINE ZAYENE</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CENTRE CLINICAL SA  (16)</t>
+  </si>
+  <si>
+    <t>07/04/2025 11:30:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600451/fr/equipe-d-anesthesie-reanimation-centre-clinical-sa-16</t>
+  </si>
+  <si>
+    <t>p_3600451</t>
+  </si>
+  <si>
+    <t>26 March 2025</t>
+  </si>
+  <si>
+    <t>Docteur Xavier PAQUERON, Docteur GIANLUCA CARAGLIANO, Docteur Denis DEBOEVERE, Docteur Alexis GILLAIN, Docteur BENJAMIN PEGOT, Docteur MUSTAPHA MEKKI</t>
+  </si>
+  <si>
+    <t>Équipe de Gynécologie Obstétrique CENTRE CLINICAL SA  (16)</t>
+  </si>
+  <si>
+    <t>26/02/2025 12:30:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593275/fr/equipe-de-gynecologie-obstetrique-centre-clinical-sa-16</t>
+  </si>
+  <si>
+    <t>p_3593275</t>
+  </si>
+  <si>
+    <t>14 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur HUGO SARDAIN, Docteur Valery FONTAINE, Docteur Gauthier DHALLUIN, Docteur Mathieu KOUNDE, Docteur MELANIE ROBLIN, Docteur TITIA NDIAYE, Docteur GEOFFROY ATROUS, Docteur Aurelien BOILEAU</t>
+  </si>
+  <si>
+    <t>19/12/2022 11:31:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3397094/fr/equipe-de-gynecologie-obstetrique-centre-clinical-sa-16</t>
+  </si>
+  <si>
+    <t>p_3397094</t>
+  </si>
+  <si>
+    <t>Docteur HUGO SARDAIN, Docteur Valery FONTAINE, Docteur Gauthier DHALLUIN, Docteur Mathieu KOUNDE, Docteur Magali SALOU, Docteur MELANIE ROBLIN, Docteur TITIA NDIAYE, Docteur GEOFFROY ATROUS, Docteur Aurelien BOILEAU</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>HAD MUTUALISTE</t>
+  </si>
+  <si>
+    <t>25/02/2026 16:51:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/496_FicheEtablissement/fr/had-mutualiste</t>
+  </si>
+  <si>
+    <t>496_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>16025 ANGOULEME</t>
+  </si>
+  <si>
+    <t>0545205100</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>160002036</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>SMR ANTENNE CRBVTA</t>
+  </si>
+  <si>
+    <t>19/06/2025 17:22:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4595_FicheEtablissement/fr/smr-antenne-crbvta</t>
+  </si>
+  <si>
+    <t>4595_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>51 Rue Leclerc Chauvin</t>
+  </si>
+  <si>
+    <t>0549552130</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>160016374</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE RUFFEC</t>
+  </si>
+  <si>
+    <t>18/06/2025 15:27:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/493_FicheEtablissement/fr/centre-hospitalier-de-ruffec</t>
+  </si>
+  <si>
+    <t>493_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0545295000</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>160000337</t>
+  </si>
+  <si>
+    <t>CH DE LA ROCHEFOUCAULD</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/487_FicheEtablissement/fr/ch-de-la-rochefoucauld</t>
+  </si>
+  <si>
+    <t>487_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16110 LA ROCHEFOUCAULD EN ANGOUM</t>
+  </si>
+  <si>
+    <t>LA ROCHEFOUCAULD EN ANGOUM</t>
+  </si>
+  <si>
+    <t>0545675400</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>160000188</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/486_FicheEtablissement/fr/clinique-saint-joseph-angouleme</t>
+  </si>
+  <si>
+    <t>486_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>51 Avenue Du President Wilson</t>
+  </si>
+  <si>
+    <t>16021 ANGOULEME</t>
+  </si>
+  <si>
+    <t>0545386700</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Chirurgie</t>
+  </si>
+  <si>
+    <t>CH DE CHATEAUNEUF</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/495_FicheEtablissement/fr/ch-de-chateauneuf</t>
+  </si>
+  <si>
+    <t>495_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16120 CHATEAUNEUF SUR CHARENTE</t>
+  </si>
+  <si>
+    <t>CHATEAUNEUF SUR CHARENTE</t>
+  </si>
+  <si>
+    <t>0545708370</t>
+  </si>
+  <si>
+    <t>160000360</t>
+  </si>
+  <si>
+    <t>CH CAMILLE CLAUDEL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/494_FicheEtablissement/fr/ch-camille-claudel</t>
+  </si>
+  <si>
+    <t>494_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>17 Rue Camille Claudel</t>
+  </si>
+  <si>
+    <t>16400 LA COURONNE</t>
+  </si>
+  <si>
+    <t>LA COURONNE</t>
+  </si>
+  <si>
+    <t>0545675959</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>160000345</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER CONFOLENS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/492_FicheEtablissement/fr/centre-hospitalier-confolens</t>
+  </si>
+  <si>
+    <t>492_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0545844000</t>
+  </si>
+  <si>
+    <t>160000311</t>
+  </si>
+  <si>
+    <t>CH HOPITAUX SUD-CHARENTE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/491_FicheEtablissement/fr/ch-hopitaux-sud-charente</t>
+  </si>
+  <si>
+    <t>491_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16300 BARBEZIEUX ST HILAIRE</t>
+  </si>
+  <si>
+    <t>BARBEZIEUX ST HILAIRE</t>
+  </si>
+  <si>
+    <t>0545787800</t>
+  </si>
+  <si>
+    <t>160000303</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DE GRAND COGNAC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/490_FicheEtablissement/fr/polyclinique-de-grand-cognac</t>
+  </si>
+  <si>
+    <t>490_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>71 Avenue D'Angouleme</t>
+  </si>
+  <si>
+    <t>16112 COGNAC</t>
+  </si>
+  <si>
+    <t>0536283003</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/489_FicheEtablissement/fr/chi-du-pays-de-cognac-ssr</t>
+  </si>
+  <si>
+    <t>489_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>71 Avenue D Angouleme</t>
+  </si>
+  <si>
+    <t>0545801515</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER D'ANGOULEME</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/488_FicheEtablissement/fr/centre-hospitalier-d-angouleme</t>
+  </si>
+  <si>
+    <t>488_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>16959 ANGOULEME CEDEX 9</t>
+  </si>
+  <si>
+    <t>ANGOULEME CEDEX 9</t>
+  </si>
+  <si>
+    <t>0545244040</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>160000253</t>
+  </si>
+  <si>
+    <t>CLINIQUE VILLA BLEUE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/502_FicheEtablissement/fr/clinique-villa-bleue</t>
+  </si>
+  <si>
+    <t>502_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0545816666</t>
+  </si>
+  <si>
+    <t>160008231</t>
+  </si>
+  <si>
+    <t>E.H.P.A.D. SANITAIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/501_FicheEtablissement/fr/ch-cognac-usld-ctre-gerontol</t>
+  </si>
+  <si>
+    <t>501_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16108 COGNAC</t>
+  </si>
+  <si>
+    <t>0545801630</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>160006409</t>
+  </si>
+  <si>
+    <t>CH CONFOLENS - USLD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/500_FicheEtablissement/fr/ch-confolens-usld</t>
+  </si>
+  <si>
+    <t>500_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Du Docteur Marcel Perrot</t>
+  </si>
+  <si>
+    <t>0545844060</t>
+  </si>
+  <si>
+    <t>160006391</t>
+  </si>
+  <si>
+    <t>USLD - CH LA ROCHEFOUCAULD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/499_FicheEtablissement/fr/usld-ch-la-rochefoucauld</t>
+  </si>
+  <si>
+    <t>499_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>160006383</t>
+  </si>
+  <si>
+    <t>USLD DU CH CHATEAUNEUF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/498_FicheEtablissement/fr/usld-du-ch-chateauneuf</t>
+  </si>
+  <si>
+    <t>498_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>160006375</t>
+  </si>
+  <si>
+    <t>CH ANGOULEME - USLD FONT DOUCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/497_FicheEtablissement/fr/ch-angouleme-usld-font-douce</t>
+  </si>
+  <si>
+    <t>497_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0445244040</t>
+  </si>
+  <si>
+    <t>160006359</t>
+  </si>
+  <si>
+    <t>HOPITAUX DU GRAND COGNAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/507_FicheEtablissement/fr/hopitaux-du-grand-cognac</t>
+  </si>
+  <si>
+    <t>507_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>65 Avenue D Angouleme</t>
+  </si>
+  <si>
+    <t>Cancérologie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>160015368</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/506_FicheEtablissement/fr/centre-clinical-sa</t>
+  </si>
+  <si>
+    <t>506_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Chemin De Fregeneuil</t>
+  </si>
+  <si>
+    <t>0545978800</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>CLINIQUE LE MAS BLANC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/505_FicheEtablissement/fr/clinique-le-mas-blanc</t>
+  </si>
+  <si>
+    <t>505_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0545366200</t>
+  </si>
+  <si>
+    <t>160012209</t>
+  </si>
+  <si>
+    <t>USLD - CH SUD CHARENTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/504_FicheEtablissement/fr/usld-ch-sud-charente</t>
+  </si>
+  <si>
+    <t>504_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>160009510</t>
+  </si>
+  <si>
+    <t>CTRE DE SOINS DE SUITE ET DE READAPTATION LES GLAMOTS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/503_FicheEtablissement/fr/c-s-s-r-les-glamots-roullet-st-e</t>
+  </si>
+  <si>
+    <t>503_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16440 ROULLET ST ESTEPHE</t>
+  </si>
+  <si>
+    <t>ROULLET ST ESTEPHE</t>
+  </si>
+  <si>
+    <t>0545942727</t>
+  </si>
+  <si>
+    <t>160009080</t>
+  </si>
+  <si>
+    <t>AURA POITOU-CH - CHATEAUBERNARD</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3610_FicheEtablissement/fr/aura-poitou-ch-chateaubernard</t>
+  </si>
+  <si>
+    <t>3610_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>30 Rue Albert Schweitzer</t>
+  </si>
+  <si>
+    <t>0549466312</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>160012159</t>
+  </si>
+  <si>
+    <t>AURA POITOU-CH - LA COURONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3609_FicheEtablissement/fr/aura-poitou-ch-la-couronne</t>
+  </si>
+  <si>
+    <t>3609_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>160006110</t>
+  </si>
+  <si>
+    <t>CH CAMILLE CLAUDEL - SITE JEAN DOUCET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4134_FicheEtablissement/fr/ch-camille-claudel-site-jean-doucet</t>
+  </si>
+  <si>
+    <t>4134_FicheEtablissement</t>
   </si>
   <si>
     <t>16470 ST MICHEL</t>
   </si>
   <si>
     <t>ST MICHEL</t>
-  </si>
-[...2419 lines deleted...]
-    <t>4134_FicheEtablissement</t>
   </si>
   <si>
     <t>160017240</t>
   </si>
   <si>
     <t>HJ CAMILLE CLAUDEL - SITE DE BRETAGNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7737_FicheEtablissement/fr/hj-camille-claudel-site-de-bretagne</t>
   </si>
   <si>
     <t>7737_FicheEtablissement</t>
   </si>
   <si>
     <t>42 Boulevard De Bretagne</t>
   </si>
   <si>
     <t>160018776</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -3605,51 +3008,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R35"/>
+  <dimension ref="A1:R38"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3764,9142 +3167,7501 @@
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
         <v>38</v>
       </c>
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>39</v>
       </c>
-      <c r="P3" t="s">
+      <c r="Q3" t="s">
         <v>40</v>
       </c>
-      <c r="Q3" t="s">
+      <c r="R3" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
         <v>43</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>44</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4" t="s">
         <v>47</v>
       </c>
-      <c r="L4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
         <v>38</v>
       </c>
-      <c r="O4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P4" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="Q4" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="R4" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="H5" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
+        <v>52</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>20</v>
+      </c>
+      <c r="N5" t="s">
+        <v>54</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
         <v>56</v>
       </c>
-      <c r="L5" t="s">
+      <c r="Q5" t="s">
         <v>57</v>
       </c>
-      <c r="M5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R5" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="O6" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="P6" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="Q6" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="R6" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="H7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="L7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="O7" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="P7" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="Q7" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="R7" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="H8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
+        <v>83</v>
+      </c>
+      <c r="L8" t="s">
+        <v>84</v>
+      </c>
+      <c r="M8" t="s">
+        <v>20</v>
+      </c>
+      <c r="N8" t="s">
+        <v>65</v>
+      </c>
+      <c r="O8" t="s">
         <v>76</v>
       </c>
-      <c r="L8" t="s">
+      <c r="P8" t="s">
         <v>77</v>
       </c>
-      <c r="M8" t="s">
-[...2 lines deleted...]
-      <c r="N8" t="s">
+      <c r="Q8" t="s">
         <v>78</v>
       </c>
-      <c r="O8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R8" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="H9" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="L9" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="O9" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="P9" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="Q9" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="R9" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="H10" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="L10" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="O10" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="P10" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="Q10" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="R10" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="H11" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="L11" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>98</v>
+        <v>65</v>
       </c>
       <c r="O11" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="P11" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="Q11" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="R11" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="H12" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="L12" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="O12" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="P12" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="Q12" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="R12" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="H13" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
+        <v>115</v>
+      </c>
+      <c r="L13" t="s">
+        <v>116</v>
+      </c>
+      <c r="M13" t="s">
+        <v>20</v>
+      </c>
+      <c r="N13" t="s">
         <v>110</v>
       </c>
-      <c r="L13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O13" t="s">
-        <v>39</v>
+        <v>76</v>
       </c>
       <c r="P13" t="s">
-        <v>40</v>
+        <v>77</v>
       </c>
       <c r="Q13" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
       <c r="R13" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="H14" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="L14" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="O14" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="P14" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="Q14" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="R14" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="H15" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="L15" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="O15" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="P15" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="Q15" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="R15" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="H16" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="L16" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="O16" t="s">
-        <v>133</v>
+        <v>66</v>
       </c>
       <c r="P16" t="s">
-        <v>134</v>
+        <v>67</v>
       </c>
       <c r="Q16" t="s">
-        <v>135</v>
+        <v>68</v>
       </c>
       <c r="R16" t="s">
-        <v>136</v>
+        <v>69</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
         <v>137</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
         <v>138</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
         <v>139</v>
       </c>
       <c r="H17" t="s">
         <v>140</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>141</v>
       </c>
       <c r="L17" t="s">
         <v>142</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="O17" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="P17" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="Q17" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="R17" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
         <v>143</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
         <v>144</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
         <v>145</v>
       </c>
       <c r="H18" t="s">
         <v>146</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
         <v>147</v>
       </c>
       <c r="L18" t="s">
         <v>148</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
         <v>149</v>
       </c>
       <c r="O18" t="s">
-        <v>150</v>
+        <v>76</v>
       </c>
       <c r="P18" t="s">
-        <v>151</v>
+        <v>77</v>
       </c>
       <c r="Q18" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="R18" t="s">
-        <v>152</v>
+        <v>79</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>150</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>151</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>152</v>
+      </c>
+      <c r="H19" t="s">
         <v>153</v>
-      </c>
-[...16 lines deleted...]
-        <v>156</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
+        <v>154</v>
+      </c>
+      <c r="L19" t="s">
+        <v>155</v>
+      </c>
+      <c r="M19" t="s">
+        <v>20</v>
+      </c>
+      <c r="N19" t="s">
+        <v>156</v>
+      </c>
+      <c r="O19" t="s">
         <v>157</v>
       </c>
-      <c r="L19" t="s">
+      <c r="P19" t="s">
         <v>158</v>
       </c>
-      <c r="M19" t="s">
-[...2 lines deleted...]
-      <c r="N19" t="s">
+      <c r="Q19" t="s">
         <v>159</v>
       </c>
-      <c r="O19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R19" t="s">
-        <v>52</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H20" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="L20" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>166</v>
+        <v>110</v>
       </c>
       <c r="O20" t="s">
-        <v>167</v>
+        <v>76</v>
       </c>
       <c r="P20" t="s">
-        <v>168</v>
+        <v>77</v>
       </c>
       <c r="Q20" t="s">
-        <v>169</v>
+        <v>78</v>
       </c>
       <c r="R20" t="s">
-        <v>170</v>
+        <v>79</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="H21" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
+        <v>171</v>
+      </c>
+      <c r="L21" t="s">
+        <v>172</v>
+      </c>
+      <c r="M21" t="s">
+        <v>20</v>
+      </c>
+      <c r="N21" t="s">
+        <v>173</v>
+      </c>
+      <c r="O21" t="s">
+        <v>174</v>
+      </c>
+      <c r="P21" t="s">
         <v>175</v>
       </c>
-      <c r="L21" t="s">
+      <c r="Q21" t="s">
+        <v>57</v>
+      </c>
+      <c r="R21" t="s">
         <v>176</v>
-      </c>
-[...16 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="H22" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="L22" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>166</v>
+        <v>183</v>
       </c>
       <c r="O22" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="P22" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="Q22" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="R22" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H23" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="L23" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>194</v>
+        <v>91</v>
       </c>
       <c r="O23" t="s">
-        <v>49</v>
+        <v>190</v>
       </c>
       <c r="P23" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="Q23" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="R23" t="s">
-        <v>52</v>
+        <v>191</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
+        <v>192</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>193</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>194</v>
+      </c>
+      <c r="H24" t="s">
         <v>195</v>
-      </c>
-[...16 lines deleted...]
-        <v>198</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
+        <v>196</v>
+      </c>
+      <c r="L24" t="s">
+        <v>197</v>
+      </c>
+      <c r="M24" t="s">
+        <v>20</v>
+      </c>
+      <c r="N24" t="s">
+        <v>198</v>
+      </c>
+      <c r="O24" t="s">
         <v>199</v>
       </c>
-      <c r="L24" t="s">
+      <c r="P24" t="s">
         <v>200</v>
       </c>
-      <c r="M24" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q24" t="s">
-        <v>51</v>
+        <v>201</v>
       </c>
       <c r="R24" t="s">
-        <v>52</v>
+        <v>202</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="H25" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="L25" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>207</v>
+        <v>198</v>
       </c>
       <c r="O25" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="P25" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="Q25" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="R25" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H26" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="L26" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="O26" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="P26" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="Q26" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="R26" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="H27" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="L27" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>221</v>
+        <v>65</v>
       </c>
       <c r="O27" t="s">
-        <v>39</v>
+        <v>76</v>
       </c>
       <c r="P27" t="s">
-        <v>40</v>
+        <v>77</v>
       </c>
       <c r="Q27" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
       <c r="R27" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
         <v>222</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
         <v>223</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
         <v>224</v>
       </c>
       <c r="H28" t="s">
         <v>225</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
         <v>226</v>
       </c>
       <c r="L28" t="s">
         <v>227</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
         <v>228</v>
       </c>
       <c r="O28" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="P28" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="Q28" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="R28" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
         <v>229</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
         <v>230</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
         <v>231</v>
       </c>
       <c r="H29" t="s">
         <v>232</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
         <v>233</v>
       </c>
       <c r="L29" t="s">
         <v>234</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>228</v>
+        <v>65</v>
       </c>
       <c r="O29" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="P29" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="Q29" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="R29" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
         <v>235</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
         <v>236</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
         <v>237</v>
       </c>
       <c r="H30" t="s">
         <v>238</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>239</v>
       </c>
       <c r="L30" t="s">
         <v>240</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
         <v>241</v>
       </c>
       <c r="O30" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="P30" t="s">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="Q30" t="s">
-        <v>51</v>
+        <v>68</v>
       </c>
       <c r="R30" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
         <v>242</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
         <v>243</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
         <v>244</v>
       </c>
       <c r="H31" t="s">
         <v>245</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>246</v>
       </c>
       <c r="L31" t="s">
         <v>247</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>85</v>
+        <v>248</v>
       </c>
       <c r="O31" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="P31" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="Q31" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="R31" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H32" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="L32" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>194</v>
+        <v>255</v>
       </c>
       <c r="O32" t="s">
-        <v>39</v>
+        <v>76</v>
       </c>
       <c r="P32" t="s">
-        <v>40</v>
+        <v>77</v>
       </c>
       <c r="Q32" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
       <c r="R32" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="H33" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="L33" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="O33" t="s">
-        <v>39</v>
+        <v>76</v>
       </c>
       <c r="P33" t="s">
-        <v>40</v>
+        <v>77</v>
       </c>
       <c r="Q33" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
       <c r="R33" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="H34" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="L34" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>267</v>
+        <v>110</v>
       </c>
       <c r="O34" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="P34" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="Q34" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="R34" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H35" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="L35" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>274</v>
+        <v>54</v>
       </c>
       <c r="O35" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="P35" t="s">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="Q35" t="s">
-        <v>51</v>
+        <v>68</v>
       </c>
       <c r="R35" t="s">
-        <v>52</v>
+        <v>69</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>18</v>
+      </c>
+      <c r="B36" t="s">
+        <v>275</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>276</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>277</v>
+      </c>
+      <c r="H36" t="s">
+        <v>278</v>
+      </c>
+      <c r="I36" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J36" t="s">
+        <v>24</v>
+      </c>
+      <c r="K36" t="s">
+        <v>279</v>
+      </c>
+      <c r="L36" t="s">
+        <v>280</v>
+      </c>
+      <c r="M36" t="s">
+        <v>20</v>
+      </c>
+      <c r="N36" t="s">
+        <v>281</v>
+      </c>
+      <c r="O36" t="s">
+        <v>66</v>
+      </c>
+      <c r="P36" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>68</v>
+      </c>
+      <c r="R36" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>18</v>
+      </c>
+      <c r="B37" t="s">
+        <v>282</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>283</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>284</v>
+      </c>
+      <c r="H37" t="s">
+        <v>285</v>
+      </c>
+      <c r="I37" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J37" t="s">
+        <v>24</v>
+      </c>
+      <c r="K37" t="s">
+        <v>286</v>
+      </c>
+      <c r="L37" t="s">
+        <v>287</v>
+      </c>
+      <c r="M37" t="s">
+        <v>20</v>
+      </c>
+      <c r="N37" t="s">
+        <v>288</v>
+      </c>
+      <c r="O37" t="s">
+        <v>76</v>
+      </c>
+      <c r="P37" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>78</v>
+      </c>
+      <c r="R37" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>18</v>
+      </c>
+      <c r="B38" t="s">
+        <v>289</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>290</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>291</v>
+      </c>
+      <c r="H38" t="s">
+        <v>292</v>
+      </c>
+      <c r="I38" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J38" t="s">
+        <v>24</v>
+      </c>
+      <c r="K38" t="s">
+        <v>293</v>
+      </c>
+      <c r="L38" t="s">
+        <v>294</v>
+      </c>
+      <c r="M38" t="s">
+        <v>20</v>
+      </c>
+      <c r="N38" t="s">
+        <v>136</v>
+      </c>
+      <c r="O38" t="s">
+        <v>76</v>
+      </c>
+      <c r="P38" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>78</v>
+      </c>
+      <c r="R38" t="s">
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P107"/>
+  <dimension ref="A1:P70"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>275</v>
+        <v>295</v>
       </c>
       <c r="J1" t="s">
-        <v>276</v>
+        <v>296</v>
       </c>
       <c r="K1" t="s">
-        <v>277</v>
+        <v>297</v>
       </c>
       <c r="L1" t="s">
-        <v>278</v>
+        <v>298</v>
       </c>
       <c r="M1" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="N1" t="s">
-        <v>280</v>
+        <v>300</v>
       </c>
       <c r="O1" t="s">
-        <v>281</v>
+        <v>301</v>
       </c>
       <c r="P1" t="s">
-        <v>282</v>
+        <v>302</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B2" t="s">
-        <v>284</v>
+        <v>304</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>285</v>
+        <v>305</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>286</v>
+        <v>306</v>
       </c>
       <c r="H2" t="s">
-        <v>287</v>
+        <v>307</v>
       </c>
       <c r="I2" t="s">
-        <v>288</v>
+        <v>308</v>
       </c>
       <c r="J2" t="s">
-        <v>289</v>
+        <v>20</v>
       </c>
       <c r="K2" t="s">
-        <v>290</v>
+        <v>78</v>
       </c>
       <c r="L2" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M2" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N2" t="s">
-        <v>293</v>
+        <v>311</v>
       </c>
       <c r="O2" t="s">
-        <v>294</v>
+        <v>312</v>
       </c>
       <c r="P2" t="s">
-        <v>295</v>
+        <v>313</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B3" t="s">
-        <v>296</v>
+        <v>314</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>297</v>
+        <v>305</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>298</v>
+        <v>315</v>
       </c>
       <c r="H3" t="s">
-        <v>299</v>
+        <v>316</v>
       </c>
       <c r="I3" t="s">
-        <v>288</v>
+        <v>317</v>
       </c>
       <c r="J3" t="s">
-        <v>289</v>
+        <v>20</v>
       </c>
       <c r="K3" t="s">
-        <v>290</v>
+        <v>318</v>
       </c>
       <c r="L3" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M3" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N3" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="O3" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="P3" t="s">
-        <v>302</v>
+        <v>319</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B4" t="s">
-        <v>303</v>
+        <v>320</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>304</v>
+        <v>321</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>305</v>
+        <v>322</v>
       </c>
       <c r="H4" t="s">
-        <v>306</v>
+        <v>323</v>
       </c>
       <c r="I4" t="s">
-        <v>288</v>
+        <v>324</v>
       </c>
       <c r="J4" t="s">
-        <v>289</v>
+        <v>325</v>
       </c>
       <c r="K4" t="s">
-        <v>290</v>
+        <v>68</v>
       </c>
       <c r="L4" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M4" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N4" t="s">
-        <v>300</v>
+        <v>326</v>
       </c>
       <c r="O4" t="s">
-        <v>307</v>
+        <v>327</v>
       </c>
       <c r="P4" t="s">
-        <v>308</v>
+        <v>328</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B5" t="s">
+        <v>329</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>330</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>331</v>
+      </c>
+      <c r="H5" t="s">
+        <v>332</v>
+      </c>
+      <c r="I5" t="s">
+        <v>333</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
+        <v>334</v>
+      </c>
+      <c r="L5" t="s">
         <v>309</v>
       </c>
-      <c r="C5" t="s">
-[...11 lines deleted...]
-      <c r="G5" t="s">
+      <c r="M5" t="s">
         <v>310</v>
       </c>
-      <c r="H5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N5" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="O5" t="s">
-        <v>314</v>
+        <v>336</v>
       </c>
       <c r="P5" t="s">
-        <v>315</v>
+        <v>337</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B6" t="s">
-        <v>316</v>
+        <v>338</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>304</v>
+        <v>339</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>317</v>
+        <v>340</v>
       </c>
       <c r="H6" t="s">
-        <v>318</v>
+        <v>341</v>
       </c>
       <c r="I6" t="s">
-        <v>288</v>
+        <v>342</v>
       </c>
       <c r="J6" t="s">
-        <v>289</v>
+        <v>343</v>
       </c>
       <c r="K6" t="s">
-        <v>290</v>
+        <v>344</v>
       </c>
       <c r="L6" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M6" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N6" t="s">
-        <v>293</v>
+        <v>345</v>
       </c>
       <c r="O6" t="s">
-        <v>319</v>
+        <v>346</v>
       </c>
       <c r="P6" t="s">
-        <v>320</v>
+        <v>347</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B7" t="s">
-        <v>321</v>
+        <v>348</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>304</v>
+        <v>349</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>322</v>
+        <v>350</v>
       </c>
       <c r="H7" t="s">
-        <v>323</v>
+        <v>351</v>
       </c>
       <c r="I7" t="s">
-        <v>288</v>
+        <v>352</v>
       </c>
       <c r="J7" t="s">
-        <v>289</v>
+        <v>353</v>
       </c>
       <c r="K7" t="s">
-        <v>290</v>
+        <v>40</v>
       </c>
       <c r="L7" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M7" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N7" t="s">
-        <v>293</v>
+        <v>335</v>
       </c>
       <c r="O7" t="s">
-        <v>324</v>
+        <v>354</v>
       </c>
       <c r="P7" t="s">
-        <v>325</v>
+        <v>355</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B8" t="s">
-        <v>326</v>
+        <v>356</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>304</v>
+        <v>349</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>327</v>
+        <v>357</v>
       </c>
       <c r="H8" t="s">
-        <v>328</v>
+        <v>358</v>
       </c>
       <c r="I8" t="s">
-        <v>288</v>
+        <v>359</v>
       </c>
       <c r="J8" t="s">
-        <v>289</v>
+        <v>360</v>
       </c>
       <c r="K8" t="s">
-        <v>290</v>
+        <v>361</v>
       </c>
       <c r="L8" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M8" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N8" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="O8" t="s">
-        <v>329</v>
+        <v>312</v>
       </c>
       <c r="P8" t="s">
-        <v>330</v>
+        <v>362</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B9" t="s">
-        <v>331</v>
+        <v>363</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>332</v>
+        <v>364</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
+        <v>365</v>
+      </c>
+      <c r="H9" t="s">
+        <v>366</v>
+      </c>
+      <c r="I9" t="s">
         <v>333</v>
       </c>
-      <c r="H9" t="s">
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
         <v>334</v>
       </c>
-      <c r="I9" t="s">
+      <c r="L9" t="s">
+        <v>309</v>
+      </c>
+      <c r="M9" t="s">
+        <v>310</v>
+      </c>
+      <c r="N9" t="s">
         <v>335</v>
       </c>
-      <c r="J9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="O9" t="s">
-        <v>339</v>
+        <v>367</v>
       </c>
       <c r="P9" t="s">
-        <v>340</v>
+        <v>368</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B10" t="s">
-        <v>341</v>
+        <v>369</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>342</v>
+        <v>364</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>343</v>
+        <v>370</v>
       </c>
       <c r="H10" t="s">
-        <v>344</v>
+        <v>371</v>
       </c>
       <c r="I10" t="s">
-        <v>345</v>
+        <v>333</v>
       </c>
       <c r="J10" t="s">
         <v>20</v>
       </c>
       <c r="K10" t="s">
-        <v>346</v>
+        <v>334</v>
       </c>
       <c r="L10" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M10" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N10" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="O10" t="s">
-        <v>347</v>
+        <v>372</v>
       </c>
       <c r="P10" t="s">
-        <v>348</v>
+        <v>373</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B11" t="s">
-        <v>349</v>
+        <v>374</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>342</v>
+        <v>375</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>350</v>
+        <v>376</v>
       </c>
       <c r="H11" t="s">
-        <v>351</v>
+        <v>377</v>
       </c>
       <c r="I11" t="s">
-        <v>345</v>
+        <v>378</v>
       </c>
       <c r="J11" t="s">
-        <v>20</v>
+        <v>379</v>
       </c>
       <c r="K11" t="s">
-        <v>346</v>
+        <v>380</v>
       </c>
       <c r="L11" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M11" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N11" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="O11" t="s">
-        <v>352</v>
+        <v>381</v>
       </c>
       <c r="P11" t="s">
-        <v>353</v>
+        <v>382</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B12" t="s">
-        <v>354</v>
+        <v>383</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>355</v>
+        <v>384</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>356</v>
+        <v>385</v>
       </c>
       <c r="H12" t="s">
-        <v>357</v>
+        <v>386</v>
       </c>
       <c r="I12" t="s">
+        <v>387</v>
+      </c>
+      <c r="J12" t="s">
+        <v>388</v>
+      </c>
+      <c r="K12" t="s">
+        <v>389</v>
+      </c>
+      <c r="L12" t="s">
+        <v>309</v>
+      </c>
+      <c r="M12" t="s">
+        <v>390</v>
+      </c>
+      <c r="N12" t="s">
         <v>345</v>
       </c>
-      <c r="J12" t="s">
-[...2 lines deleted...]
-      <c r="K12" t="s">
+      <c r="O12" t="s">
         <v>346</v>
       </c>
-      <c r="L12" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P12" t="s">
-        <v>358</v>
+        <v>391</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B13" t="s">
-        <v>359</v>
+        <v>392</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>360</v>
+        <v>393</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>361</v>
+        <v>394</v>
       </c>
       <c r="H13" t="s">
-        <v>362</v>
+        <v>395</v>
       </c>
       <c r="I13" t="s">
-        <v>363</v>
+        <v>396</v>
       </c>
       <c r="J13" t="s">
-        <v>364</v>
+        <v>20</v>
       </c>
       <c r="K13" t="s">
-        <v>365</v>
+        <v>397</v>
       </c>
       <c r="L13" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M13" t="s">
-        <v>366</v>
+        <v>310</v>
       </c>
       <c r="N13" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="O13" t="s">
-        <v>339</v>
+        <v>398</v>
       </c>
       <c r="P13" t="s">
-        <v>367</v>
+        <v>399</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B14" t="s">
-        <v>368</v>
+        <v>400</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>369</v>
+        <v>401</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>370</v>
+        <v>402</v>
       </c>
       <c r="H14" t="s">
-        <v>371</v>
+        <v>403</v>
       </c>
       <c r="I14" t="s">
-        <v>372</v>
+        <v>404</v>
       </c>
       <c r="J14" t="s">
-        <v>373</v>
+        <v>353</v>
       </c>
       <c r="K14" t="s">
-        <v>374</v>
+        <v>40</v>
       </c>
       <c r="L14" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M14" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N14" t="s">
-        <v>293</v>
+        <v>311</v>
       </c>
       <c r="O14" t="s">
-        <v>375</v>
+        <v>405</v>
       </c>
       <c r="P14" t="s">
-        <v>376</v>
+        <v>406</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B15" t="s">
-        <v>377</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>378</v>
+        <v>408</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>379</v>
+        <v>409</v>
       </c>
       <c r="H15" t="s">
-        <v>380</v>
+        <v>410</v>
       </c>
       <c r="I15" t="s">
-        <v>381</v>
+        <v>411</v>
       </c>
       <c r="J15" t="s">
-        <v>382</v>
+        <v>412</v>
       </c>
       <c r="K15" t="s">
-        <v>383</v>
+        <v>68</v>
       </c>
       <c r="L15" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M15" t="s">
-        <v>337</v>
+        <v>310</v>
       </c>
       <c r="N15" t="s">
-        <v>338</v>
+        <v>413</v>
       </c>
       <c r="O15" t="s">
-        <v>339</v>
+        <v>414</v>
       </c>
       <c r="P15" t="s">
-        <v>384</v>
+        <v>415</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B16" t="s">
-        <v>385</v>
+        <v>416</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>387</v>
+        <v>418</v>
       </c>
       <c r="H16" t="s">
-        <v>388</v>
+        <v>419</v>
       </c>
       <c r="I16" t="s">
-        <v>389</v>
+        <v>333</v>
       </c>
       <c r="J16" t="s">
-        <v>390</v>
+        <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>391</v>
+        <v>334</v>
       </c>
       <c r="L16" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M16" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N16" t="s">
-        <v>338</v>
+        <v>311</v>
       </c>
       <c r="O16" t="s">
-        <v>339</v>
+        <v>312</v>
       </c>
       <c r="P16" t="s">
-        <v>392</v>
+        <v>420</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B17" t="s">
-        <v>393</v>
+        <v>421</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>394</v>
+        <v>422</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="H17" t="s">
-        <v>396</v>
+        <v>424</v>
       </c>
       <c r="I17" t="s">
-        <v>397</v>
+        <v>425</v>
       </c>
       <c r="J17" t="s">
-        <v>398</v>
+        <v>360</v>
       </c>
       <c r="K17" t="s">
-        <v>399</v>
+        <v>361</v>
       </c>
       <c r="L17" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M17" t="s">
-        <v>366</v>
+        <v>310</v>
       </c>
       <c r="N17" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="O17" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="P17" t="s">
-        <v>400</v>
+        <v>426</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B18" t="s">
-        <v>401</v>
+        <v>427</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>402</v>
+        <v>422</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>403</v>
+        <v>428</v>
       </c>
       <c r="H18" t="s">
-        <v>404</v>
+        <v>429</v>
       </c>
       <c r="I18" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="J18" t="s">
-        <v>20</v>
+        <v>360</v>
       </c>
       <c r="K18" t="s">
-        <v>406</v>
+        <v>361</v>
       </c>
       <c r="L18" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M18" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N18" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="O18" t="s">
-        <v>301</v>
+        <v>354</v>
       </c>
       <c r="P18" t="s">
-        <v>407</v>
+        <v>430</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B19" t="s">
-        <v>408</v>
+        <v>431</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>409</v>
+        <v>422</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>410</v>
+        <v>432</v>
       </c>
       <c r="H19" t="s">
-        <v>411</v>
+        <v>433</v>
       </c>
       <c r="I19" t="s">
-        <v>412</v>
+        <v>434</v>
       </c>
       <c r="J19" t="s">
-        <v>313</v>
+        <v>360</v>
       </c>
       <c r="K19" t="s">
-        <v>169</v>
+        <v>361</v>
       </c>
       <c r="L19" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M19" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N19" t="s">
-        <v>293</v>
+        <v>335</v>
       </c>
       <c r="O19" t="s">
-        <v>324</v>
+        <v>398</v>
       </c>
       <c r="P19" t="s">
-        <v>413</v>
+        <v>435</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B20" t="s">
-        <v>414</v>
+        <v>436</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>409</v>
+        <v>437</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>415</v>
+        <v>438</v>
       </c>
       <c r="H20" t="s">
-        <v>416</v>
+        <v>439</v>
       </c>
       <c r="I20" t="s">
-        <v>417</v>
+        <v>440</v>
       </c>
       <c r="J20" t="s">
-        <v>289</v>
+        <v>20</v>
       </c>
       <c r="K20" t="s">
-        <v>290</v>
+        <v>441</v>
       </c>
       <c r="L20" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M20" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N20" t="s">
-        <v>293</v>
+        <v>335</v>
       </c>
       <c r="O20" t="s">
-        <v>319</v>
+        <v>398</v>
       </c>
       <c r="P20" t="s">
-        <v>418</v>
+        <v>442</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B21" t="s">
-        <v>419</v>
+        <v>443</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>420</v>
+        <v>437</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>421</v>
+        <v>444</v>
       </c>
       <c r="H21" t="s">
-        <v>422</v>
+        <v>445</v>
       </c>
       <c r="I21" t="s">
-        <v>412</v>
+        <v>446</v>
       </c>
       <c r="J21" t="s">
-        <v>313</v>
+        <v>20</v>
       </c>
       <c r="K21" t="s">
-        <v>169</v>
+        <v>447</v>
       </c>
       <c r="L21" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M21" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N21" t="s">
-        <v>293</v>
+        <v>335</v>
       </c>
       <c r="O21" t="s">
-        <v>423</v>
+        <v>398</v>
       </c>
       <c r="P21" t="s">
-        <v>424</v>
+        <v>448</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B22" t="s">
-        <v>425</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>426</v>
+        <v>437</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>427</v>
+        <v>450</v>
       </c>
       <c r="H22" t="s">
-        <v>428</v>
+        <v>451</v>
       </c>
       <c r="I22" t="s">
-        <v>429</v>
+        <v>452</v>
       </c>
       <c r="J22" t="s">
-        <v>430</v>
+        <v>453</v>
       </c>
       <c r="K22" t="s">
-        <v>41</v>
+        <v>454</v>
       </c>
       <c r="L22" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M22" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N22" t="s">
-        <v>431</v>
+        <v>335</v>
       </c>
       <c r="O22" t="s">
-        <v>432</v>
+        <v>336</v>
       </c>
       <c r="P22" t="s">
-        <v>433</v>
+        <v>455</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B23" t="s">
-        <v>434</v>
+        <v>456</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>426</v>
+        <v>457</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>435</v>
+        <v>458</v>
       </c>
       <c r="H23" t="s">
-        <v>436</v>
+        <v>459</v>
       </c>
       <c r="I23" t="s">
-        <v>429</v>
+        <v>460</v>
       </c>
       <c r="J23" t="s">
-        <v>430</v>
+        <v>461</v>
       </c>
       <c r="K23" t="s">
-        <v>41</v>
+        <v>462</v>
       </c>
       <c r="L23" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M23" t="s">
-        <v>292</v>
+        <v>390</v>
       </c>
       <c r="N23" t="s">
-        <v>437</v>
+        <v>335</v>
       </c>
       <c r="O23" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="P23" t="s">
-        <v>439</v>
+        <v>464</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B24" t="s">
-        <v>440</v>
+        <v>465</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>441</v>
+        <v>457</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>442</v>
+        <v>466</v>
       </c>
       <c r="H24" t="s">
-        <v>443</v>
+        <v>467</v>
       </c>
       <c r="I24" t="s">
-        <v>345</v>
+        <v>460</v>
       </c>
       <c r="J24" t="s">
-        <v>20</v>
+        <v>461</v>
       </c>
       <c r="K24" t="s">
-        <v>346</v>
+        <v>462</v>
       </c>
       <c r="L24" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M24" t="s">
-        <v>292</v>
+        <v>390</v>
       </c>
       <c r="N24" t="s">
-        <v>293</v>
+        <v>335</v>
       </c>
       <c r="O24" t="s">
-        <v>324</v>
+        <v>468</v>
       </c>
       <c r="P24" t="s">
-        <v>444</v>
+        <v>469</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>470</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>441</v>
+        <v>471</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>446</v>
+        <v>472</v>
       </c>
       <c r="H25" t="s">
-        <v>447</v>
+        <v>473</v>
       </c>
       <c r="I25" t="s">
-        <v>448</v>
+        <v>474</v>
       </c>
       <c r="J25" t="s">
-        <v>449</v>
+        <v>475</v>
       </c>
       <c r="K25" t="s">
-        <v>450</v>
+        <v>476</v>
       </c>
       <c r="L25" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M25" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N25" t="s">
-        <v>293</v>
+        <v>345</v>
       </c>
       <c r="O25" t="s">
-        <v>319</v>
+        <v>346</v>
       </c>
       <c r="P25" t="s">
-        <v>451</v>
+        <v>477</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B26" t="s">
-        <v>452</v>
+        <v>478</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>453</v>
+        <v>471</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>454</v>
+        <v>479</v>
       </c>
       <c r="H26" t="s">
-        <v>455</v>
+        <v>480</v>
       </c>
       <c r="I26" t="s">
-        <v>456</v>
+        <v>481</v>
       </c>
       <c r="J26" t="s">
-        <v>457</v>
+        <v>482</v>
       </c>
       <c r="K26" t="s">
-        <v>458</v>
+        <v>483</v>
       </c>
       <c r="L26" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M26" t="s">
-        <v>337</v>
+        <v>310</v>
       </c>
       <c r="N26" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="O26" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="P26" t="s">
-        <v>459</v>
+        <v>484</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B27" t="s">
-        <v>460</v>
+        <v>485</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>461</v>
+        <v>486</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>462</v>
+        <v>487</v>
       </c>
       <c r="H27" t="s">
-        <v>463</v>
+        <v>488</v>
       </c>
       <c r="I27" t="s">
-        <v>464</v>
+        <v>489</v>
       </c>
       <c r="J27" t="s">
-        <v>289</v>
+        <v>490</v>
       </c>
       <c r="K27" t="s">
-        <v>290</v>
+        <v>491</v>
       </c>
       <c r="L27" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M27" t="s">
-        <v>292</v>
+        <v>492</v>
       </c>
       <c r="N27" t="s">
-        <v>300</v>
+        <v>345</v>
       </c>
       <c r="O27" t="s">
-        <v>465</v>
+        <v>346</v>
       </c>
       <c r="P27" t="s">
-        <v>466</v>
+        <v>493</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B28" t="s">
-        <v>467</v>
+        <v>494</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>461</v>
+        <v>422</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>468</v>
+        <v>495</v>
       </c>
       <c r="H28" t="s">
-        <v>469</v>
+        <v>496</v>
       </c>
       <c r="I28" t="s">
-        <v>464</v>
+        <v>434</v>
       </c>
       <c r="J28" t="s">
-        <v>289</v>
+        <v>360</v>
       </c>
       <c r="K28" t="s">
-        <v>290</v>
+        <v>361</v>
       </c>
       <c r="L28" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M28" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N28" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="O28" t="s">
-        <v>314</v>
+        <v>497</v>
       </c>
       <c r="P28" t="s">
-        <v>470</v>
+        <v>498</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B29" t="s">
-        <v>471</v>
+        <v>499</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>461</v>
+        <v>500</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>472</v>
+        <v>501</v>
       </c>
       <c r="H29" t="s">
-        <v>473</v>
+        <v>502</v>
       </c>
       <c r="I29" t="s">
-        <v>474</v>
+        <v>503</v>
       </c>
       <c r="J29" t="s">
-        <v>289</v>
+        <v>504</v>
       </c>
       <c r="K29" t="s">
-        <v>290</v>
+        <v>505</v>
       </c>
       <c r="L29" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M29" t="s">
-        <v>292</v>
+        <v>492</v>
       </c>
       <c r="N29" t="s">
-        <v>300</v>
+        <v>345</v>
       </c>
       <c r="O29" t="s">
-        <v>475</v>
+        <v>346</v>
       </c>
       <c r="P29" t="s">
-        <v>476</v>
+        <v>506</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B30" t="s">
-        <v>477</v>
+        <v>507</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>461</v>
+        <v>508</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>478</v>
+        <v>509</v>
       </c>
       <c r="H30" t="s">
-        <v>479</v>
+        <v>510</v>
       </c>
       <c r="I30" t="s">
-        <v>474</v>
+        <v>379</v>
       </c>
       <c r="J30" t="s">
-        <v>289</v>
+        <v>20</v>
       </c>
       <c r="K30" t="s">
-        <v>290</v>
+        <v>380</v>
       </c>
       <c r="L30" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M30" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N30" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="O30" t="s">
-        <v>301</v>
+        <v>336</v>
       </c>
       <c r="P30" t="s">
-        <v>480</v>
+        <v>511</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B31" t="s">
-        <v>481</v>
+        <v>512</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>482</v>
+        <v>508</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>483</v>
+        <v>513</v>
       </c>
       <c r="H31" t="s">
-        <v>484</v>
+        <v>514</v>
       </c>
       <c r="I31" t="s">
-        <v>485</v>
+        <v>396</v>
       </c>
       <c r="J31" t="s">
         <v>20</v>
       </c>
       <c r="K31" t="s">
-        <v>486</v>
+        <v>397</v>
       </c>
       <c r="L31" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M31" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N31" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="O31" t="s">
-        <v>301</v>
+        <v>497</v>
       </c>
       <c r="P31" t="s">
-        <v>487</v>
+        <v>515</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B32" t="s">
-        <v>488</v>
+        <v>516</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>482</v>
+        <v>517</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>489</v>
+        <v>518</v>
       </c>
       <c r="H32" t="s">
-        <v>490</v>
+        <v>519</v>
       </c>
       <c r="I32" t="s">
-        <v>491</v>
+        <v>379</v>
       </c>
       <c r="J32" t="s">
         <v>20</v>
       </c>
       <c r="K32" t="s">
-        <v>492</v>
+        <v>380</v>
       </c>
       <c r="L32" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M32" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N32" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="O32" t="s">
-        <v>301</v>
+        <v>497</v>
       </c>
       <c r="P32" t="s">
-        <v>493</v>
+        <v>520</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B33" t="s">
-        <v>494</v>
+        <v>521</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>482</v>
+        <v>522</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>495</v>
+        <v>523</v>
       </c>
       <c r="H33" t="s">
-        <v>496</v>
+        <v>524</v>
       </c>
       <c r="I33" t="s">
-        <v>497</v>
+        <v>525</v>
       </c>
       <c r="J33" t="s">
-        <v>498</v>
+        <v>526</v>
       </c>
       <c r="K33" t="s">
-        <v>499</v>
+        <v>527</v>
       </c>
       <c r="L33" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M33" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N33" t="s">
-        <v>300</v>
+        <v>413</v>
       </c>
       <c r="O33" t="s">
-        <v>465</v>
+        <v>528</v>
       </c>
       <c r="P33" t="s">
-        <v>500</v>
+        <v>529</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B34" t="s">
-        <v>501</v>
+        <v>530</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>502</v>
+        <v>531</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>503</v>
+        <v>532</v>
       </c>
       <c r="H34" t="s">
-        <v>504</v>
+        <v>533</v>
       </c>
       <c r="I34" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="J34" t="s">
-        <v>506</v>
+        <v>535</v>
       </c>
       <c r="K34" t="s">
-        <v>507</v>
+        <v>536</v>
       </c>
       <c r="L34" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M34" t="s">
-        <v>292</v>
+        <v>390</v>
       </c>
       <c r="N34" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="O34" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="P34" t="s">
-        <v>508</v>
+        <v>537</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B35" t="s">
-        <v>509</v>
+        <v>538</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>510</v>
+        <v>539</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>511</v>
+        <v>540</v>
       </c>
       <c r="H35" t="s">
-        <v>512</v>
+        <v>541</v>
       </c>
       <c r="I35" t="s">
-        <v>513</v>
+        <v>542</v>
       </c>
       <c r="J35" t="s">
-        <v>514</v>
+        <v>543</v>
       </c>
       <c r="K35" t="s">
-        <v>515</v>
+        <v>544</v>
       </c>
       <c r="L35" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M35" t="s">
-        <v>337</v>
+        <v>310</v>
       </c>
       <c r="N35" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="O35" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="P35" t="s">
-        <v>516</v>
+        <v>545</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B36" t="s">
-        <v>517</v>
+        <v>546</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>510</v>
+        <v>547</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>518</v>
+        <v>548</v>
       </c>
       <c r="H36" t="s">
-        <v>519</v>
+        <v>549</v>
       </c>
       <c r="I36" t="s">
-        <v>520</v>
+        <v>325</v>
       </c>
       <c r="J36" t="s">
-        <v>514</v>
+        <v>20</v>
       </c>
       <c r="K36" t="s">
-        <v>515</v>
+        <v>68</v>
       </c>
       <c r="L36" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M36" t="s">
-        <v>337</v>
+        <v>310</v>
       </c>
       <c r="N36" t="s">
-        <v>338</v>
+        <v>311</v>
       </c>
       <c r="O36" t="s">
-        <v>339</v>
+        <v>550</v>
       </c>
       <c r="P36" t="s">
-        <v>521</v>
+        <v>551</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B37" t="s">
-        <v>522</v>
+        <v>552</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>523</v>
+        <v>553</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>524</v>
+        <v>554</v>
       </c>
       <c r="H37" t="s">
-        <v>525</v>
+        <v>555</v>
       </c>
       <c r="I37" t="s">
-        <v>373</v>
+        <v>556</v>
       </c>
       <c r="J37" t="s">
-        <v>20</v>
+        <v>325</v>
       </c>
       <c r="K37" t="s">
-        <v>374</v>
+        <v>68</v>
       </c>
       <c r="L37" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M37" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N37" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="O37" t="s">
-        <v>465</v>
+        <v>557</v>
       </c>
       <c r="P37" t="s">
-        <v>526</v>
+        <v>558</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B38" t="s">
-        <v>527</v>
+        <v>559</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>523</v>
+        <v>560</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>528</v>
+        <v>561</v>
       </c>
       <c r="H38" t="s">
-        <v>529</v>
+        <v>562</v>
       </c>
       <c r="I38" t="s">
-        <v>405</v>
+        <v>563</v>
       </c>
       <c r="J38" t="s">
-        <v>20</v>
+        <v>564</v>
       </c>
       <c r="K38" t="s">
-        <v>406</v>
+        <v>565</v>
       </c>
       <c r="L38" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M38" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N38" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="O38" t="s">
-        <v>475</v>
+        <v>398</v>
       </c>
       <c r="P38" t="s">
-        <v>530</v>
+        <v>566</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B39" t="s">
-        <v>531</v>
+        <v>567</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>532</v>
+        <v>568</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>533</v>
+        <v>569</v>
       </c>
       <c r="H39" t="s">
-        <v>534</v>
+        <v>570</v>
       </c>
       <c r="I39" t="s">
-        <v>373</v>
+        <v>571</v>
       </c>
       <c r="J39" t="s">
-        <v>20</v>
+        <v>325</v>
       </c>
       <c r="K39" t="s">
-        <v>374</v>
+        <v>68</v>
       </c>
       <c r="L39" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M39" t="s">
-        <v>292</v>
+        <v>390</v>
       </c>
       <c r="N39" t="s">
-        <v>300</v>
+        <v>413</v>
       </c>
       <c r="O39" t="s">
-        <v>475</v>
+        <v>572</v>
       </c>
       <c r="P39" t="s">
-        <v>535</v>
+        <v>573</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B40" t="s">
-        <v>536</v>
+        <v>574</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>537</v>
+        <v>568</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>538</v>
+        <v>575</v>
       </c>
       <c r="H40" t="s">
-        <v>539</v>
+        <v>576</v>
       </c>
       <c r="I40" t="s">
-        <v>540</v>
+        <v>577</v>
       </c>
       <c r="J40" t="s">
-        <v>541</v>
+        <v>325</v>
       </c>
       <c r="K40" t="s">
-        <v>542</v>
+        <v>68</v>
       </c>
       <c r="L40" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M40" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N40" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="O40" t="s">
-        <v>314</v>
+        <v>398</v>
       </c>
       <c r="P40" t="s">
-        <v>543</v>
+        <v>578</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B41" t="s">
-        <v>544</v>
+        <v>579</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>545</v>
+        <v>568</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>546</v>
+        <v>580</v>
       </c>
       <c r="H41" t="s">
-        <v>547</v>
+        <v>581</v>
       </c>
       <c r="I41" t="s">
-        <v>548</v>
+        <v>582</v>
       </c>
       <c r="J41" t="s">
-        <v>506</v>
+        <v>461</v>
       </c>
       <c r="K41" t="s">
-        <v>507</v>
+        <v>462</v>
       </c>
       <c r="L41" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M41" t="s">
-        <v>366</v>
+        <v>310</v>
       </c>
       <c r="N41" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="O41" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="P41" t="s">
-        <v>550</v>
+        <v>583</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B42" t="s">
-        <v>551</v>
+        <v>584</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>545</v>
+        <v>568</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>552</v>
+        <v>585</v>
       </c>
       <c r="H42" t="s">
-        <v>553</v>
+        <v>586</v>
       </c>
       <c r="I42" t="s">
-        <v>548</v>
+        <v>587</v>
       </c>
       <c r="J42" t="s">
-        <v>506</v>
+        <v>308</v>
       </c>
       <c r="K42" t="s">
-        <v>507</v>
+        <v>78</v>
       </c>
       <c r="L42" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M42" t="s">
-        <v>366</v>
+        <v>310</v>
       </c>
       <c r="N42" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="O42" t="s">
-        <v>554</v>
+        <v>367</v>
       </c>
       <c r="P42" t="s">
-        <v>555</v>
+        <v>588</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B43" t="s">
-        <v>556</v>
+        <v>589</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>557</v>
+        <v>590</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>558</v>
+        <v>591</v>
       </c>
       <c r="H43" t="s">
-        <v>559</v>
+        <v>592</v>
       </c>
       <c r="I43" t="s">
-        <v>548</v>
+        <v>404</v>
       </c>
       <c r="J43" t="s">
-        <v>506</v>
+        <v>353</v>
       </c>
       <c r="K43" t="s">
-        <v>507</v>
+        <v>40</v>
       </c>
       <c r="L43" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M43" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N43" t="s">
-        <v>560</v>
+        <v>311</v>
       </c>
       <c r="O43" t="s">
-        <v>561</v>
+        <v>312</v>
       </c>
       <c r="P43" t="s">
-        <v>562</v>
+        <v>593</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B44" t="s">
-        <v>563</v>
+        <v>594</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>564</v>
+        <v>590</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>565</v>
+        <v>595</v>
       </c>
       <c r="H44" t="s">
-        <v>566</v>
+        <v>596</v>
       </c>
       <c r="I44" t="s">
-        <v>345</v>
+        <v>597</v>
       </c>
       <c r="J44" t="s">
-        <v>20</v>
+        <v>360</v>
       </c>
       <c r="K44" t="s">
-        <v>346</v>
+        <v>361</v>
       </c>
       <c r="L44" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M44" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N44" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="O44" t="s">
-        <v>314</v>
+        <v>557</v>
       </c>
       <c r="P44" t="s">
-        <v>567</v>
+        <v>598</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B45" t="s">
-        <v>568</v>
+        <v>599</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>569</v>
+        <v>408</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>570</v>
+        <v>600</v>
       </c>
       <c r="H45" t="s">
-        <v>571</v>
+        <v>601</v>
       </c>
       <c r="I45" t="s">
-        <v>572</v>
+        <v>411</v>
       </c>
       <c r="J45" t="s">
-        <v>573</v>
+        <v>412</v>
       </c>
       <c r="K45" t="s">
-        <v>51</v>
+        <v>68</v>
       </c>
       <c r="L45" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M45" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N45" t="s">
-        <v>300</v>
+        <v>602</v>
       </c>
       <c r="O45" t="s">
-        <v>475</v>
+        <v>603</v>
       </c>
       <c r="P45" t="s">
-        <v>574</v>
+        <v>604</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B46" t="s">
-        <v>575</v>
+        <v>605</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>569</v>
+        <v>417</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>576</v>
+        <v>606</v>
       </c>
       <c r="H46" t="s">
-        <v>577</v>
+        <v>607</v>
       </c>
       <c r="I46" t="s">
-        <v>578</v>
+        <v>608</v>
       </c>
       <c r="J46" t="s">
-        <v>573</v>
+        <v>609</v>
       </c>
       <c r="K46" t="s">
-        <v>51</v>
+        <v>610</v>
       </c>
       <c r="L46" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M46" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N46" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="O46" t="s">
-        <v>465</v>
+        <v>557</v>
       </c>
       <c r="P46" t="s">
-        <v>579</v>
+        <v>611</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B47" t="s">
-        <v>580</v>
+        <v>612</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>569</v>
+        <v>613</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>581</v>
+        <v>614</v>
       </c>
       <c r="H47" t="s">
-        <v>582</v>
+        <v>615</v>
       </c>
       <c r="I47" t="s">
-        <v>572</v>
+        <v>616</v>
       </c>
       <c r="J47" t="s">
-        <v>573</v>
+        <v>461</v>
       </c>
       <c r="K47" t="s">
-        <v>51</v>
+        <v>462</v>
       </c>
       <c r="L47" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M47" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N47" t="s">
-        <v>300</v>
+        <v>345</v>
       </c>
       <c r="O47" t="s">
-        <v>465</v>
+        <v>346</v>
       </c>
       <c r="P47" t="s">
-        <v>583</v>
+        <v>617</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B48" t="s">
-        <v>584</v>
+        <v>618</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>585</v>
+        <v>500</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>586</v>
+        <v>619</v>
       </c>
       <c r="H48" t="s">
-        <v>587</v>
+        <v>620</v>
       </c>
       <c r="I48" t="s">
+        <v>621</v>
+      </c>
+      <c r="J48" t="s">
+        <v>504</v>
+      </c>
+      <c r="K48" t="s">
+        <v>505</v>
+      </c>
+      <c r="L48" t="s">
+        <v>309</v>
+      </c>
+      <c r="M48" t="s">
+        <v>492</v>
+      </c>
+      <c r="N48" t="s">
         <v>345</v>
       </c>
-      <c r="J48" t="s">
-[...2 lines deleted...]
-      <c r="K48" t="s">
+      <c r="O48" t="s">
         <v>346</v>
       </c>
-      <c r="L48" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P48" t="s">
-        <v>588</v>
+        <v>622</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B49" t="s">
-        <v>589</v>
+        <v>623</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>590</v>
+        <v>624</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>591</v>
+        <v>625</v>
       </c>
       <c r="H49" t="s">
-        <v>592</v>
+        <v>626</v>
       </c>
       <c r="I49" t="s">
-        <v>593</v>
+        <v>627</v>
       </c>
       <c r="J49" t="s">
+        <v>628</v>
+      </c>
+      <c r="K49" t="s">
+        <v>629</v>
+      </c>
+      <c r="L49" t="s">
+        <v>309</v>
+      </c>
+      <c r="M49" t="s">
+        <v>310</v>
+      </c>
+      <c r="N49" t="s">
         <v>335</v>
       </c>
-      <c r="K49" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O49" t="s">
-        <v>594</v>
+        <v>354</v>
       </c>
       <c r="P49" t="s">
-        <v>595</v>
+        <v>630</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B50" t="s">
-        <v>596</v>
+        <v>631</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>590</v>
+        <v>632</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>597</v>
+        <v>633</v>
       </c>
       <c r="H50" t="s">
-        <v>598</v>
+        <v>634</v>
       </c>
       <c r="I50" t="s">
-        <v>599</v>
+        <v>635</v>
       </c>
       <c r="J50" t="s">
-        <v>600</v>
+        <v>308</v>
       </c>
       <c r="K50" t="s">
-        <v>601</v>
+        <v>78</v>
       </c>
       <c r="L50" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M50" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N50" t="s">
-        <v>431</v>
+        <v>335</v>
       </c>
       <c r="O50" t="s">
-        <v>594</v>
+        <v>497</v>
       </c>
       <c r="P50" t="s">
-        <v>602</v>
+        <v>636</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B51" t="s">
-        <v>603</v>
+        <v>637</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>604</v>
+        <v>632</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>605</v>
+        <v>638</v>
       </c>
       <c r="H51" t="s">
-        <v>606</v>
+        <v>639</v>
       </c>
       <c r="I51" t="s">
-        <v>607</v>
+        <v>640</v>
       </c>
       <c r="J51" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="K51" t="s">
-        <v>169</v>
+        <v>78</v>
       </c>
       <c r="L51" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M51" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N51" t="s">
-        <v>608</v>
+        <v>335</v>
       </c>
       <c r="O51" t="s">
-        <v>609</v>
+        <v>336</v>
       </c>
       <c r="P51" t="s">
-        <v>610</v>
+        <v>641</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B52" t="s">
-        <v>611</v>
+        <v>642</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>604</v>
+        <v>632</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>612</v>
+        <v>643</v>
       </c>
       <c r="H52" t="s">
-        <v>613</v>
+        <v>644</v>
       </c>
       <c r="I52" t="s">
-        <v>614</v>
+        <v>635</v>
       </c>
       <c r="J52" t="s">
-        <v>615</v>
+        <v>308</v>
       </c>
       <c r="K52" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
       <c r="L52" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M52" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N52" t="s">
-        <v>608</v>
+        <v>335</v>
       </c>
       <c r="O52" t="s">
-        <v>609</v>
+        <v>336</v>
       </c>
       <c r="P52" t="s">
-        <v>616</v>
+        <v>645</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B53" t="s">
-        <v>617</v>
+        <v>646</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>604</v>
+        <v>647</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>618</v>
+        <v>648</v>
       </c>
       <c r="H53" t="s">
-        <v>619</v>
+        <v>649</v>
       </c>
       <c r="I53" t="s">
-        <v>620</v>
+        <v>333</v>
       </c>
       <c r="J53" t="s">
-        <v>621</v>
+        <v>20</v>
       </c>
       <c r="K53" t="s">
-        <v>622</v>
+        <v>334</v>
       </c>
       <c r="L53" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M53" t="s">
-        <v>366</v>
+        <v>310</v>
       </c>
       <c r="N53" t="s">
-        <v>338</v>
+        <v>602</v>
       </c>
       <c r="O53" t="s">
-        <v>339</v>
+        <v>603</v>
       </c>
       <c r="P53" t="s">
-        <v>623</v>
+        <v>650</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B54" t="s">
-        <v>624</v>
+        <v>651</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>625</v>
+        <v>652</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>626</v>
+        <v>653</v>
       </c>
       <c r="H54" t="s">
-        <v>627</v>
+        <v>654</v>
       </c>
       <c r="I54" t="s">
-        <v>628</v>
+        <v>655</v>
       </c>
       <c r="J54" t="s">
-        <v>629</v>
+        <v>656</v>
       </c>
       <c r="K54" t="s">
-        <v>630</v>
+        <v>657</v>
       </c>
       <c r="L54" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M54" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N54" t="s">
-        <v>631</v>
+        <v>658</v>
       </c>
       <c r="O54" t="s">
-        <v>632</v>
+        <v>659</v>
       </c>
       <c r="P54" t="s">
-        <v>633</v>
+        <v>660</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B55" t="s">
-        <v>634</v>
+        <v>661</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>635</v>
+        <v>662</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>636</v>
+        <v>663</v>
       </c>
       <c r="H55" t="s">
-        <v>637</v>
+        <v>664</v>
       </c>
       <c r="I55" t="s">
-        <v>638</v>
+        <v>665</v>
       </c>
       <c r="J55" t="s">
-        <v>541</v>
+        <v>20</v>
       </c>
       <c r="K55" t="s">
-        <v>542</v>
+        <v>666</v>
       </c>
       <c r="L55" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M55" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N55" t="s">
-        <v>431</v>
+        <v>335</v>
       </c>
       <c r="O55" t="s">
-        <v>594</v>
+        <v>336</v>
       </c>
       <c r="P55" t="s">
-        <v>639</v>
+        <v>667</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B56" t="s">
-        <v>640</v>
+        <v>668</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>641</v>
+        <v>669</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>642</v>
+        <v>670</v>
       </c>
       <c r="H56" t="s">
-        <v>643</v>
+        <v>671</v>
       </c>
       <c r="I56" t="s">
-        <v>644</v>
+        <v>672</v>
       </c>
       <c r="J56" t="s">
-        <v>645</v>
+        <v>673</v>
       </c>
       <c r="K56" t="s">
-        <v>646</v>
+        <v>674</v>
       </c>
       <c r="L56" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M56" t="s">
-        <v>292</v>
+        <v>492</v>
       </c>
       <c r="N56" t="s">
-        <v>338</v>
+        <v>658</v>
       </c>
       <c r="O56" t="s">
-        <v>339</v>
+        <v>659</v>
       </c>
       <c r="P56" t="s">
-        <v>647</v>
+        <v>675</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B57" t="s">
-        <v>648</v>
+        <v>676</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>641</v>
+        <v>568</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>649</v>
+        <v>677</v>
       </c>
       <c r="H57" t="s">
-        <v>650</v>
+        <v>678</v>
       </c>
       <c r="I57" t="s">
-        <v>651</v>
+        <v>308</v>
       </c>
       <c r="J57" t="s">
-        <v>313</v>
+        <v>20</v>
       </c>
       <c r="K57" t="s">
-        <v>169</v>
+        <v>78</v>
       </c>
       <c r="L57" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M57" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N57" t="s">
-        <v>338</v>
+        <v>311</v>
       </c>
       <c r="O57" t="s">
-        <v>339</v>
+        <v>679</v>
       </c>
       <c r="P57" t="s">
-        <v>652</v>
+        <v>680</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B58" t="s">
-        <v>653</v>
+        <v>681</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>641</v>
+        <v>568</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="H58" t="s">
-        <v>655</v>
+        <v>683</v>
       </c>
       <c r="I58" t="s">
-        <v>656</v>
+        <v>684</v>
       </c>
       <c r="J58" t="s">
-        <v>657</v>
+        <v>665</v>
       </c>
       <c r="K58" t="s">
-        <v>658</v>
+        <v>666</v>
       </c>
       <c r="L58" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M58" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N58" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="O58" t="s">
-        <v>339</v>
+        <v>398</v>
       </c>
       <c r="P58" t="s">
-        <v>659</v>
+        <v>685</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B59" t="s">
-        <v>660</v>
+        <v>686</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>661</v>
+        <v>568</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>662</v>
+        <v>687</v>
       </c>
       <c r="H59" t="s">
-        <v>663</v>
+        <v>688</v>
       </c>
       <c r="I59" t="s">
-        <v>664</v>
+        <v>689</v>
       </c>
       <c r="J59" t="s">
-        <v>313</v>
+        <v>20</v>
       </c>
       <c r="K59" t="s">
-        <v>169</v>
+        <v>690</v>
       </c>
       <c r="L59" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M59" t="s">
-        <v>366</v>
+        <v>310</v>
       </c>
       <c r="N59" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="O59" t="s">
-        <v>665</v>
+        <v>398</v>
       </c>
       <c r="P59" t="s">
-        <v>666</v>
+        <v>691</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B60" t="s">
-        <v>667</v>
+        <v>692</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>668</v>
+        <v>693</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>669</v>
+        <v>694</v>
       </c>
       <c r="H60" t="s">
-        <v>670</v>
+        <v>695</v>
       </c>
       <c r="I60" t="s">
-        <v>671</v>
+        <v>696</v>
       </c>
       <c r="J60" t="s">
         <v>20</v>
       </c>
       <c r="K60" t="s">
-        <v>672</v>
+        <v>697</v>
       </c>
       <c r="L60" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M60" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N60" t="s">
-        <v>300</v>
+        <v>345</v>
       </c>
       <c r="O60" t="s">
-        <v>475</v>
+        <v>346</v>
       </c>
       <c r="P60" t="s">
-        <v>673</v>
+        <v>698</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B61" t="s">
-        <v>674</v>
+        <v>699</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>668</v>
+        <v>700</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>675</v>
+        <v>701</v>
       </c>
       <c r="H61" t="s">
-        <v>676</v>
+        <v>702</v>
       </c>
       <c r="I61" t="s">
-        <v>671</v>
+        <v>703</v>
       </c>
       <c r="J61" t="s">
         <v>20</v>
       </c>
       <c r="K61" t="s">
-        <v>672</v>
+        <v>704</v>
       </c>
       <c r="L61" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M61" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N61" t="s">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="O61" t="s">
-        <v>465</v>
+        <v>705</v>
       </c>
       <c r="P61" t="s">
-        <v>677</v>
+        <v>706</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B62" t="s">
-        <v>678</v>
+        <v>707</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>679</v>
+        <v>708</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>680</v>
+        <v>709</v>
       </c>
       <c r="H62" t="s">
-        <v>681</v>
+        <v>710</v>
       </c>
       <c r="I62" t="s">
-        <v>682</v>
+        <v>453</v>
       </c>
       <c r="J62" t="s">
-        <v>313</v>
+        <v>20</v>
       </c>
       <c r="K62" t="s">
-        <v>169</v>
+        <v>454</v>
       </c>
       <c r="L62" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M62" t="s">
-        <v>292</v>
+        <v>390</v>
       </c>
       <c r="N62" t="s">
-        <v>431</v>
+        <v>335</v>
       </c>
       <c r="O62" t="s">
-        <v>594</v>
+        <v>367</v>
       </c>
       <c r="P62" t="s">
-        <v>683</v>
+        <v>711</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B63" t="s">
-        <v>684</v>
+        <v>712</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>685</v>
+        <v>713</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>686</v>
+        <v>714</v>
       </c>
       <c r="H63" t="s">
-        <v>687</v>
+        <v>715</v>
       </c>
       <c r="I63" t="s">
-        <v>688</v>
+        <v>716</v>
       </c>
       <c r="J63" t="s">
-        <v>689</v>
+        <v>461</v>
       </c>
       <c r="K63" t="s">
-        <v>690</v>
+        <v>462</v>
       </c>
       <c r="L63" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M63" t="s">
-        <v>292</v>
+        <v>492</v>
       </c>
       <c r="N63" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="O63" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="P63" t="s">
-        <v>691</v>
+        <v>717</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B64" t="s">
-        <v>692</v>
+        <v>718</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>693</v>
+        <v>719</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>694</v>
+        <v>720</v>
       </c>
       <c r="H64" t="s">
-        <v>695</v>
+        <v>721</v>
       </c>
       <c r="I64" t="s">
-        <v>696</v>
+        <v>722</v>
       </c>
       <c r="J64" t="s">
-        <v>697</v>
+        <v>723</v>
       </c>
       <c r="K64" t="s">
-        <v>698</v>
+        <v>724</v>
       </c>
       <c r="L64" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M64" t="s">
-        <v>366</v>
+        <v>492</v>
       </c>
       <c r="N64" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="O64" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="P64" t="s">
-        <v>699</v>
+        <v>725</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B65" t="s">
-        <v>700</v>
+        <v>726</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>701</v>
+        <v>727</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>702</v>
+        <v>728</v>
       </c>
       <c r="H65" t="s">
-        <v>703</v>
+        <v>729</v>
       </c>
       <c r="I65" t="s">
-        <v>704</v>
+        <v>730</v>
       </c>
       <c r="J65" t="s">
-        <v>705</v>
+        <v>388</v>
       </c>
       <c r="K65" t="s">
-        <v>706</v>
+        <v>389</v>
       </c>
       <c r="L65" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M65" t="s">
-        <v>337</v>
+        <v>310</v>
       </c>
       <c r="N65" t="s">
-        <v>631</v>
+        <v>335</v>
       </c>
       <c r="O65" t="s">
-        <v>632</v>
+        <v>497</v>
       </c>
       <c r="P65" t="s">
-        <v>707</v>
+        <v>731</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B66" t="s">
-        <v>708</v>
+        <v>732</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>709</v>
+        <v>727</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>710</v>
+        <v>733</v>
       </c>
       <c r="H66" t="s">
-        <v>711</v>
+        <v>734</v>
       </c>
       <c r="I66" t="s">
-        <v>712</v>
+        <v>730</v>
       </c>
       <c r="J66" t="s">
-        <v>713</v>
+        <v>388</v>
       </c>
       <c r="K66" t="s">
-        <v>714</v>
+        <v>389</v>
       </c>
       <c r="L66" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M66" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N66" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="O66" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="P66" t="s">
-        <v>715</v>
+        <v>735</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B67" t="s">
-        <v>716</v>
+        <v>736</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>717</v>
+        <v>737</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>718</v>
+        <v>738</v>
       </c>
       <c r="H67" t="s">
-        <v>719</v>
+        <v>739</v>
       </c>
       <c r="I67" t="s">
-        <v>720</v>
+        <v>740</v>
       </c>
       <c r="J67" t="s">
-        <v>615</v>
+        <v>741</v>
       </c>
       <c r="K67" t="s">
-        <v>41</v>
+        <v>742</v>
       </c>
       <c r="L67" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M67" t="s">
-        <v>292</v>
+        <v>492</v>
       </c>
       <c r="N67" t="s">
-        <v>293</v>
+        <v>345</v>
       </c>
       <c r="O67" t="s">
-        <v>319</v>
+        <v>346</v>
       </c>
       <c r="P67" t="s">
-        <v>721</v>
+        <v>743</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B68" t="s">
-        <v>722</v>
+        <v>744</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>717</v>
+        <v>745</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>723</v>
+        <v>746</v>
       </c>
       <c r="H68" t="s">
-        <v>724</v>
+        <v>747</v>
       </c>
       <c r="I68" t="s">
-        <v>615</v>
+        <v>748</v>
       </c>
       <c r="J68" t="s">
-        <v>20</v>
+        <v>308</v>
       </c>
       <c r="K68" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
       <c r="L68" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M68" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N68" t="s">
-        <v>293</v>
+        <v>749</v>
       </c>
       <c r="O68" t="s">
-        <v>725</v>
+        <v>750</v>
       </c>
       <c r="P68" t="s">
-        <v>726</v>
+        <v>751</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B69" t="s">
-        <v>727</v>
+        <v>752</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>728</v>
+        <v>753</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>729</v>
+        <v>754</v>
       </c>
       <c r="H69" t="s">
-        <v>730</v>
+        <v>755</v>
       </c>
       <c r="I69" t="s">
-        <v>731</v>
+        <v>461</v>
       </c>
       <c r="J69" t="s">
-        <v>615</v>
+        <v>20</v>
       </c>
       <c r="K69" t="s">
-        <v>41</v>
+        <v>462</v>
       </c>
       <c r="L69" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M69" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N69" t="s">
-        <v>293</v>
+        <v>602</v>
       </c>
       <c r="O69" t="s">
-        <v>319</v>
+        <v>603</v>
       </c>
       <c r="P69" t="s">
-        <v>732</v>
+        <v>756</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B70" t="s">
-        <v>733</v>
+        <v>757</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>734</v>
+        <v>758</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>735</v>
+        <v>759</v>
       </c>
       <c r="H70" t="s">
-        <v>736</v>
+        <v>760</v>
       </c>
       <c r="I70" t="s">
-        <v>737</v>
+        <v>325</v>
       </c>
       <c r="J70" t="s">
-        <v>738</v>
+        <v>20</v>
       </c>
       <c r="K70" t="s">
-        <v>739</v>
+        <v>68</v>
       </c>
       <c r="L70" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="M70" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="N70" t="s">
-        <v>300</v>
+        <v>345</v>
       </c>
       <c r="O70" t="s">
-        <v>301</v>
+        <v>346</v>
       </c>
       <c r="P70" t="s">
-        <v>740</v>
-[...198 lines deleted...]
-      <c r="P74" t="s">
         <v>761</v>
-      </c>
-[...1648 lines deleted...]
-        <v>963</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M4"/>
+  <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>964</v>
+        <v>762</v>
       </c>
       <c r="L1" t="s">
-        <v>965</v>
+        <v>763</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>966</v>
+        <v>764</v>
       </c>
       <c r="B2" t="s">
-        <v>967</v>
+        <v>765</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>968</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>969</v>
+        <v>766</v>
       </c>
       <c r="H2" t="s">
-        <v>970</v>
+        <v>767</v>
       </c>
       <c r="I2" t="s">
-        <v>971</v>
+        <v>768</v>
       </c>
       <c r="J2" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="K2" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="L2" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="M2" t="s">
-        <v>972</v>
+        <v>769</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>966</v>
+        <v>764</v>
       </c>
       <c r="B3" t="s">
-        <v>973</v>
+        <v>770</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>974</v>
+        <v>771</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>975</v>
+        <v>772</v>
       </c>
       <c r="H3" t="s">
-        <v>976</v>
+        <v>773</v>
       </c>
       <c r="I3" t="s">
-        <v>977</v>
+        <v>774</v>
       </c>
       <c r="J3" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="K3" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="L3" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="M3" t="s">
-        <v>978</v>
+        <v>775</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>966</v>
+        <v>764</v>
       </c>
       <c r="B4" t="s">
-        <v>973</v>
+        <v>776</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>979</v>
+        <v>777</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>980</v>
+        <v>778</v>
       </c>
       <c r="H4" t="s">
-        <v>981</v>
+        <v>779</v>
       </c>
       <c r="I4" t="s">
-        <v>977</v>
+        <v>780</v>
       </c>
       <c r="J4" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="K4" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="L4" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="M4" t="s">
-        <v>982</v>
+        <v>781</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>764</v>
+      </c>
+      <c r="B5" t="s">
+        <v>776</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>782</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>783</v>
+      </c>
+      <c r="H5" t="s">
+        <v>784</v>
+      </c>
+      <c r="I5" t="s">
+        <v>780</v>
+      </c>
+      <c r="J5" t="s">
+        <v>76</v>
+      </c>
+      <c r="K5" t="s">
+        <v>309</v>
+      </c>
+      <c r="L5" t="s">
+        <v>79</v>
+      </c>
+      <c r="M5" t="s">
+        <v>785</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>983</v>
+        <v>786</v>
       </c>
       <c r="J1" t="s">
-        <v>275</v>
+        <v>295</v>
       </c>
       <c r="K1" t="s">
-        <v>984</v>
+        <v>787</v>
       </c>
       <c r="L1" t="s">
-        <v>277</v>
+        <v>297</v>
       </c>
       <c r="M1" t="s">
-        <v>278</v>
+        <v>298</v>
       </c>
       <c r="N1" t="s">
-        <v>985</v>
+        <v>788</v>
       </c>
       <c r="O1" t="s">
-        <v>986</v>
+        <v>789</v>
       </c>
       <c r="P1" t="s">
-        <v>987</v>
+        <v>790</v>
       </c>
       <c r="Q1" t="s">
-        <v>988</v>
+        <v>791</v>
       </c>
       <c r="R1" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="S1" t="s">
-        <v>989</v>
+        <v>792</v>
       </c>
       <c r="T1" t="s">
-        <v>990</v>
+        <v>793</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B2" t="s">
-        <v>992</v>
+        <v>795</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>993</v>
+        <v>796</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>994</v>
+        <v>797</v>
       </c>
       <c r="H2" t="s">
-        <v>995</v>
+        <v>798</v>
       </c>
       <c r="I2" t="s">
-        <v>996</v>
+        <v>799</v>
       </c>
       <c r="J2" t="s">
-        <v>997</v>
+        <v>748</v>
       </c>
       <c r="K2" t="s">
-        <v>615</v>
+        <v>800</v>
       </c>
       <c r="L2" t="s">
-        <v>41</v>
+        <v>68</v>
       </c>
       <c r="M2" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N2" t="s">
-        <v>998</v>
+        <v>801</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="Q2" t="s">
-        <v>999</v>
+        <v>802</v>
       </c>
       <c r="R2" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="S2" t="s">
-        <v>1000</v>
+        <v>803</v>
       </c>
       <c r="T2" t="s">
-        <v>1001</v>
+        <v>804</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B3" t="s">
-        <v>1002</v>
+        <v>805</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>1003</v>
+        <v>806</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>1004</v>
+        <v>807</v>
       </c>
       <c r="H3" t="s">
-        <v>1005</v>
+        <v>808</v>
       </c>
       <c r="I3" t="s">
-        <v>1006</v>
+        <v>809</v>
       </c>
       <c r="J3" t="s">
-        <v>397</v>
+        <v>810</v>
       </c>
       <c r="K3" t="s">
-        <v>398</v>
+        <v>325</v>
       </c>
       <c r="L3" t="s">
-        <v>399</v>
+        <v>68</v>
       </c>
       <c r="M3" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N3" t="s">
-        <v>1007</v>
+        <v>811</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>1008</v>
+        <v>310</v>
       </c>
       <c r="Q3" t="s">
-        <v>1009</v>
+        <v>812</v>
       </c>
       <c r="R3" t="s">
-        <v>366</v>
+        <v>310</v>
       </c>
       <c r="S3" t="s">
-        <v>1010</v>
+        <v>813</v>
       </c>
       <c r="T3" t="s">
-        <v>1001</v>
+        <v>814</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B4" t="s">
-        <v>1011</v>
+        <v>815</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>1012</v>
+        <v>816</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>1013</v>
+        <v>817</v>
       </c>
       <c r="H4" t="s">
-        <v>1014</v>
+        <v>818</v>
       </c>
       <c r="I4" t="s">
-        <v>1006</v>
+        <v>799</v>
       </c>
       <c r="J4" t="s">
-        <v>20</v>
+        <v>387</v>
       </c>
       <c r="K4" t="s">
-        <v>1015</v>
+        <v>388</v>
       </c>
       <c r="L4" t="s">
-        <v>1016</v>
+        <v>389</v>
       </c>
       <c r="M4" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N4" t="s">
-        <v>1017</v>
+        <v>819</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>1008</v>
+        <v>820</v>
       </c>
       <c r="Q4" t="s">
-        <v>1018</v>
+        <v>821</v>
       </c>
       <c r="R4" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="S4" t="s">
-        <v>1019</v>
+        <v>822</v>
       </c>
       <c r="T4" t="s">
-        <v>1001</v>
+        <v>814</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B5" t="s">
-        <v>39</v>
+        <v>823</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>1020</v>
+        <v>824</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>1021</v>
+        <v>825</v>
       </c>
       <c r="H5" t="s">
-        <v>1022</v>
+        <v>826</v>
       </c>
       <c r="I5" t="s">
-        <v>1006</v>
+        <v>799</v>
       </c>
       <c r="J5" t="s">
-        <v>1023</v>
+        <v>20</v>
       </c>
       <c r="K5" t="s">
-        <v>1024</v>
+        <v>827</v>
       </c>
       <c r="L5" t="s">
-        <v>41</v>
+        <v>828</v>
       </c>
       <c r="M5" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N5" t="s">
-        <v>1025</v>
+        <v>829</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>1026</v>
+        <v>820</v>
       </c>
       <c r="Q5" t="s">
-        <v>1027</v>
+        <v>830</v>
       </c>
       <c r="R5" t="s">
-        <v>1026</v>
+        <v>390</v>
       </c>
       <c r="S5" t="s">
-        <v>42</v>
+        <v>831</v>
       </c>
       <c r="T5" t="s">
-        <v>1001</v>
+        <v>814</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B6" t="s">
-        <v>1028</v>
+        <v>66</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>1029</v>
+        <v>832</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>1030</v>
+        <v>833</v>
       </c>
       <c r="H6" t="s">
-        <v>1031</v>
+        <v>834</v>
       </c>
       <c r="I6" t="s">
-        <v>1006</v>
+        <v>799</v>
       </c>
       <c r="J6" t="s">
-        <v>20</v>
+        <v>835</v>
       </c>
       <c r="K6" t="s">
-        <v>1032</v>
+        <v>836</v>
       </c>
       <c r="L6" t="s">
-        <v>1033</v>
+        <v>68</v>
       </c>
       <c r="M6" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N6" t="s">
-        <v>1034</v>
+        <v>837</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>1008</v>
+        <v>838</v>
       </c>
       <c r="Q6" t="s">
-        <v>1018</v>
+        <v>839</v>
       </c>
       <c r="R6" t="s">
-        <v>366</v>
+        <v>838</v>
       </c>
       <c r="S6" t="s">
-        <v>1035</v>
+        <v>69</v>
       </c>
       <c r="T6" t="s">
-        <v>1001</v>
+        <v>814</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B7" t="s">
-        <v>1036</v>
+        <v>840</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>1037</v>
+        <v>841</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>1038</v>
+        <v>842</v>
       </c>
       <c r="H7" t="s">
-        <v>1039</v>
+        <v>843</v>
       </c>
       <c r="I7" t="s">
-        <v>1006</v>
+        <v>799</v>
       </c>
       <c r="J7" t="s">
-        <v>1040</v>
+        <v>20</v>
       </c>
       <c r="K7" t="s">
-        <v>1041</v>
+        <v>844</v>
       </c>
       <c r="L7" t="s">
-        <v>1042</v>
+        <v>845</v>
       </c>
       <c r="M7" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N7" t="s">
-        <v>1043</v>
+        <v>846</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>366</v>
+        <v>820</v>
       </c>
       <c r="Q7" t="s">
-        <v>1044</v>
+        <v>830</v>
       </c>
       <c r="R7" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="S7" t="s">
-        <v>1045</v>
+        <v>847</v>
       </c>
       <c r="T7" t="s">
-        <v>1046</v>
+        <v>814</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B8" t="s">
-        <v>1047</v>
+        <v>848</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>1048</v>
+        <v>849</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>1049</v>
+        <v>850</v>
       </c>
       <c r="H8" t="s">
-        <v>1050</v>
+        <v>851</v>
       </c>
       <c r="I8" t="s">
-        <v>1006</v>
+        <v>799</v>
       </c>
       <c r="J8" t="s">
-        <v>20</v>
+        <v>852</v>
       </c>
       <c r="K8" t="s">
-        <v>1051</v>
+        <v>853</v>
       </c>
       <c r="L8" t="s">
-        <v>1052</v>
+        <v>854</v>
       </c>
       <c r="M8" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N8" t="s">
-        <v>1053</v>
+        <v>855</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>1008</v>
+        <v>390</v>
       </c>
       <c r="Q8" t="s">
-        <v>1009</v>
+        <v>856</v>
       </c>
       <c r="R8" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="S8" t="s">
-        <v>1054</v>
+        <v>857</v>
       </c>
       <c r="T8" t="s">
-        <v>1001</v>
+        <v>804</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B9" t="s">
-        <v>1055</v>
+        <v>858</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>1056</v>
+        <v>859</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>1057</v>
+        <v>860</v>
       </c>
       <c r="H9" t="s">
-        <v>1058</v>
+        <v>861</v>
       </c>
       <c r="I9" t="s">
-        <v>1006</v>
+        <v>799</v>
       </c>
       <c r="J9" t="s">
         <v>20</v>
       </c>
       <c r="K9" t="s">
-        <v>1059</v>
+        <v>317</v>
       </c>
       <c r="L9" t="s">
-        <v>1060</v>
+        <v>318</v>
       </c>
       <c r="M9" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N9" t="s">
-        <v>1061</v>
+        <v>862</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>1008</v>
+        <v>820</v>
       </c>
       <c r="Q9" t="s">
-        <v>1009</v>
+        <v>821</v>
       </c>
       <c r="R9" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="S9" t="s">
-        <v>1062</v>
+        <v>863</v>
       </c>
       <c r="T9" t="s">
-        <v>1001</v>
+        <v>814</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B10" t="s">
-        <v>1063</v>
+        <v>864</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>1064</v>
+        <v>865</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>1065</v>
+        <v>866</v>
       </c>
       <c r="H10" t="s">
-        <v>1066</v>
+        <v>867</v>
       </c>
       <c r="I10" t="s">
-        <v>1006</v>
+        <v>799</v>
       </c>
       <c r="J10" t="s">
-        <v>1067</v>
+        <v>20</v>
       </c>
       <c r="K10" t="s">
-        <v>1068</v>
+        <v>868</v>
       </c>
       <c r="L10" t="s">
-        <v>169</v>
+        <v>869</v>
       </c>
       <c r="M10" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N10" t="s">
-        <v>1069</v>
+        <v>870</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>1026</v>
+        <v>820</v>
       </c>
       <c r="Q10" t="s">
-        <v>1070</v>
+        <v>821</v>
       </c>
       <c r="R10" t="s">
-        <v>1026</v>
+        <v>390</v>
       </c>
       <c r="S10" t="s">
-        <v>170</v>
+        <v>871</v>
       </c>
       <c r="T10" t="s">
-        <v>1001</v>
+        <v>814</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B11" t="s">
-        <v>1071</v>
+        <v>872</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>1029</v>
+        <v>873</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>1072</v>
+        <v>874</v>
       </c>
       <c r="H11" t="s">
-        <v>1073</v>
+        <v>875</v>
       </c>
       <c r="I11" t="s">
-        <v>1006</v>
+        <v>799</v>
       </c>
       <c r="J11" t="s">
-        <v>1074</v>
+        <v>876</v>
       </c>
       <c r="K11" t="s">
-        <v>1068</v>
+        <v>877</v>
       </c>
       <c r="L11" t="s">
-        <v>169</v>
+        <v>40</v>
       </c>
       <c r="M11" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N11" t="s">
-        <v>1075</v>
+        <v>878</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>1008</v>
+        <v>838</v>
       </c>
       <c r="Q11" t="s">
-        <v>999</v>
+        <v>879</v>
       </c>
       <c r="R11" t="s">
-        <v>366</v>
+        <v>838</v>
       </c>
       <c r="S11" t="s">
-        <v>1076</v>
+        <v>191</v>
       </c>
       <c r="T11" t="s">
-        <v>1001</v>
+        <v>814</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B12" t="s">
-        <v>1077</v>
+        <v>38</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>1078</v>
+        <v>841</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>1079</v>
+        <v>880</v>
       </c>
       <c r="H12" t="s">
-        <v>1080</v>
+        <v>881</v>
       </c>
       <c r="I12" t="s">
-        <v>1081</v>
+        <v>799</v>
       </c>
       <c r="J12" t="s">
-        <v>20</v>
+        <v>882</v>
       </c>
       <c r="K12" t="s">
-        <v>1082</v>
+        <v>877</v>
       </c>
       <c r="L12" t="s">
-        <v>1083</v>
+        <v>40</v>
       </c>
       <c r="M12" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N12" t="s">
-        <v>1084</v>
+        <v>883</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>1008</v>
+        <v>820</v>
       </c>
       <c r="Q12" t="s">
-        <v>1085</v>
+        <v>812</v>
       </c>
       <c r="R12" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="S12" t="s">
-        <v>1086</v>
+        <v>41</v>
       </c>
       <c r="T12" t="s">
-        <v>1001</v>
+        <v>814</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B13" t="s">
-        <v>1087</v>
+        <v>884</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>1088</v>
+        <v>885</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>1089</v>
+        <v>886</v>
       </c>
       <c r="H13" t="s">
-        <v>1090</v>
+        <v>887</v>
       </c>
       <c r="I13" t="s">
-        <v>1006</v>
+        <v>888</v>
       </c>
       <c r="J13" t="s">
         <v>20</v>
       </c>
       <c r="K13" t="s">
-        <v>498</v>
+        <v>889</v>
       </c>
       <c r="L13" t="s">
-        <v>499</v>
+        <v>890</v>
       </c>
       <c r="M13" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N13" t="s">
-        <v>1091</v>
+        <v>891</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>1026</v>
+        <v>820</v>
       </c>
       <c r="Q13" t="s">
-        <v>1044</v>
+        <v>892</v>
       </c>
       <c r="R13" t="s">
-        <v>1026</v>
+        <v>390</v>
       </c>
       <c r="S13" t="s">
-        <v>1092</v>
+        <v>893</v>
       </c>
       <c r="T13" t="s">
-        <v>1001</v>
+        <v>814</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B14" t="s">
-        <v>1093</v>
+        <v>894</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>1029</v>
+        <v>895</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>1094</v>
+        <v>896</v>
       </c>
       <c r="H14" t="s">
-        <v>1095</v>
+        <v>897</v>
       </c>
       <c r="I14" t="s">
-        <v>996</v>
+        <v>799</v>
       </c>
       <c r="J14" t="s">
         <v>20</v>
       </c>
       <c r="K14" t="s">
-        <v>1096</v>
+        <v>453</v>
       </c>
       <c r="L14" t="s">
-        <v>169</v>
+        <v>454</v>
       </c>
       <c r="M14" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N14" t="s">
-        <v>1097</v>
+        <v>898</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>366</v>
+        <v>838</v>
       </c>
       <c r="Q14" t="s">
-        <v>1098</v>
+        <v>856</v>
       </c>
       <c r="R14" t="s">
-        <v>366</v>
+        <v>838</v>
       </c>
       <c r="S14" t="s">
-        <v>1099</v>
+        <v>899</v>
       </c>
       <c r="T14" t="s">
-        <v>1001</v>
+        <v>814</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B15" t="s">
-        <v>1100</v>
+        <v>900</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>1048</v>
+        <v>841</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>1101</v>
+        <v>901</v>
       </c>
       <c r="H15" t="s">
-        <v>1102</v>
+        <v>902</v>
       </c>
       <c r="I15" t="s">
-        <v>996</v>
+        <v>809</v>
       </c>
       <c r="J15" t="s">
-        <v>1103</v>
+        <v>20</v>
       </c>
       <c r="K15" t="s">
-        <v>1051</v>
+        <v>903</v>
       </c>
       <c r="L15" t="s">
-        <v>1052</v>
+        <v>40</v>
       </c>
       <c r="M15" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N15" t="s">
-        <v>1104</v>
+        <v>904</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="Q15" t="s">
-        <v>1098</v>
+        <v>905</v>
       </c>
       <c r="R15" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="S15" t="s">
-        <v>1105</v>
+        <v>906</v>
       </c>
       <c r="T15" t="s">
-        <v>1001</v>
+        <v>814</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B16" t="s">
-        <v>1106</v>
+        <v>907</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>1012</v>
+        <v>859</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>1107</v>
+        <v>908</v>
       </c>
       <c r="H16" t="s">
-        <v>1108</v>
+        <v>909</v>
       </c>
       <c r="I16" t="s">
-        <v>996</v>
+        <v>809</v>
       </c>
       <c r="J16" t="s">
-        <v>20</v>
+        <v>910</v>
       </c>
       <c r="K16" t="s">
-        <v>1015</v>
+        <v>317</v>
       </c>
       <c r="L16" t="s">
-        <v>1016</v>
+        <v>318</v>
       </c>
       <c r="M16" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N16" t="s">
-        <v>1017</v>
+        <v>911</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="Q16" t="s">
-        <v>1098</v>
+        <v>905</v>
       </c>
       <c r="R16" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="S16" t="s">
-        <v>1109</v>
+        <v>912</v>
       </c>
       <c r="T16" t="s">
-        <v>1001</v>
+        <v>814</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B17" t="s">
-        <v>1110</v>
+        <v>913</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>1029</v>
+        <v>824</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>1111</v>
+        <v>914</v>
       </c>
       <c r="H17" t="s">
-        <v>1112</v>
+        <v>915</v>
       </c>
       <c r="I17" t="s">
-        <v>996</v>
+        <v>809</v>
       </c>
       <c r="J17" t="s">
         <v>20</v>
       </c>
       <c r="K17" t="s">
-        <v>1032</v>
+        <v>827</v>
       </c>
       <c r="L17" t="s">
-        <v>1033</v>
+        <v>828</v>
       </c>
       <c r="M17" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N17" t="s">
-        <v>1034</v>
+        <v>829</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="Q17" t="s">
-        <v>1098</v>
+        <v>905</v>
       </c>
       <c r="R17" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="S17" t="s">
-        <v>1113</v>
+        <v>916</v>
       </c>
       <c r="T17" t="s">
-        <v>1001</v>
+        <v>814</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B18" t="s">
-        <v>1114</v>
+        <v>917</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>1078</v>
+        <v>841</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>1115</v>
+        <v>918</v>
       </c>
       <c r="H18" t="s">
-        <v>1116</v>
+        <v>919</v>
       </c>
       <c r="I18" t="s">
-        <v>996</v>
+        <v>809</v>
       </c>
       <c r="J18" t="s">
         <v>20</v>
       </c>
       <c r="K18" t="s">
-        <v>1082</v>
+        <v>844</v>
       </c>
       <c r="L18" t="s">
-        <v>1083</v>
+        <v>845</v>
       </c>
       <c r="M18" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N18" t="s">
-        <v>1117</v>
+        <v>846</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="Q18" t="s">
-        <v>1098</v>
+        <v>905</v>
       </c>
       <c r="R18" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="S18" t="s">
-        <v>1118</v>
+        <v>920</v>
       </c>
       <c r="T18" t="s">
-        <v>1001</v>
+        <v>814</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B19" t="s">
-        <v>1119</v>
+        <v>921</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>1120</v>
+        <v>885</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>1121</v>
+        <v>922</v>
       </c>
       <c r="H19" t="s">
-        <v>1122</v>
+        <v>923</v>
       </c>
       <c r="I19" t="s">
-        <v>1006</v>
+        <v>809</v>
       </c>
       <c r="J19" t="s">
-        <v>919</v>
+        <v>20</v>
       </c>
       <c r="K19" t="s">
-        <v>1123</v>
+        <v>889</v>
       </c>
       <c r="L19" t="s">
-        <v>41</v>
+        <v>890</v>
       </c>
       <c r="M19" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N19" t="s">
-        <v>1124</v>
+        <v>924</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>292</v>
+        <v>390</v>
       </c>
       <c r="Q19" t="s">
-        <v>1125</v>
+        <v>905</v>
       </c>
       <c r="R19" t="s">
-        <v>292</v>
+        <v>390</v>
       </c>
       <c r="S19" t="s">
-        <v>1126</v>
+        <v>925</v>
       </c>
       <c r="T19" t="s">
-        <v>1046</v>
+        <v>814</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B20" t="s">
-        <v>1127</v>
+        <v>926</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>1029</v>
+        <v>841</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>1128</v>
+        <v>927</v>
       </c>
       <c r="H20" t="s">
-        <v>1129</v>
+        <v>928</v>
       </c>
       <c r="I20" t="s">
-        <v>1006</v>
+        <v>799</v>
       </c>
       <c r="J20" t="s">
-        <v>1130</v>
+        <v>929</v>
       </c>
       <c r="K20" t="s">
-        <v>1068</v>
+        <v>877</v>
       </c>
       <c r="L20" t="s">
-        <v>169</v>
+        <v>40</v>
       </c>
       <c r="M20" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N20" t="s">
-        <v>1075</v>
+        <v>883</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>1008</v>
+        <v>820</v>
       </c>
       <c r="Q20" t="s">
-        <v>1131</v>
+        <v>930</v>
       </c>
       <c r="R20" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="S20" t="s">
-        <v>1132</v>
+        <v>931</v>
       </c>
       <c r="T20" t="s">
-        <v>1001</v>
+        <v>814</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B21" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>1133</v>
+        <v>932</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>1134</v>
+        <v>933</v>
       </c>
       <c r="H21" t="s">
-        <v>1135</v>
+        <v>934</v>
       </c>
       <c r="I21" t="s">
-        <v>1006</v>
+        <v>799</v>
       </c>
       <c r="J21" t="s">
-        <v>1136</v>
+        <v>935</v>
       </c>
       <c r="K21" t="s">
-        <v>573</v>
+        <v>308</v>
       </c>
       <c r="L21" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="M21" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N21" t="s">
-        <v>1137</v>
+        <v>936</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>1026</v>
+        <v>838</v>
       </c>
       <c r="Q21" t="s">
-        <v>1138</v>
+        <v>937</v>
       </c>
       <c r="R21" t="s">
-        <v>1026</v>
+        <v>838</v>
       </c>
       <c r="S21" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="T21" t="s">
-        <v>1139</v>
+        <v>938</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B22" t="s">
-        <v>1140</v>
+        <v>939</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>1141</v>
+        <v>940</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>1142</v>
+        <v>941</v>
       </c>
       <c r="H22" t="s">
-        <v>1143</v>
+        <v>942</v>
       </c>
       <c r="I22" t="s">
-        <v>1006</v>
+        <v>799</v>
       </c>
       <c r="J22" t="s">
         <v>20</v>
       </c>
       <c r="K22" t="s">
-        <v>498</v>
+        <v>453</v>
       </c>
       <c r="L22" t="s">
-        <v>499</v>
+        <v>454</v>
       </c>
       <c r="M22" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N22" t="s">
-        <v>1144</v>
+        <v>943</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>1026</v>
+        <v>838</v>
       </c>
       <c r="Q22" t="s">
-        <v>999</v>
+        <v>812</v>
       </c>
       <c r="R22" t="s">
-        <v>1026</v>
+        <v>838</v>
       </c>
       <c r="S22" t="s">
-        <v>1145</v>
+        <v>944</v>
       </c>
       <c r="T22" t="s">
-        <v>1139</v>
+        <v>938</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B23" t="s">
-        <v>1146</v>
+        <v>945</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>1056</v>
+        <v>865</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>1147</v>
+        <v>946</v>
       </c>
       <c r="H23" t="s">
-        <v>1148</v>
+        <v>947</v>
       </c>
       <c r="I23" t="s">
-        <v>996</v>
+        <v>809</v>
       </c>
       <c r="J23" t="s">
         <v>20</v>
       </c>
       <c r="K23" t="s">
-        <v>1059</v>
+        <v>868</v>
       </c>
       <c r="L23" t="s">
-        <v>1060</v>
+        <v>869</v>
       </c>
       <c r="M23" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N23" t="s">
-        <v>1061</v>
+        <v>870</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="Q23" t="s">
-        <v>1098</v>
+        <v>905</v>
       </c>
       <c r="R23" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="S23" t="s">
-        <v>1149</v>
+        <v>948</v>
       </c>
       <c r="T23" t="s">
-        <v>1001</v>
+        <v>814</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B24" t="s">
-        <v>1150</v>
+        <v>949</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>1151</v>
+        <v>950</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>1152</v>
+        <v>951</v>
       </c>
       <c r="H24" t="s">
-        <v>1153</v>
+        <v>952</v>
       </c>
       <c r="I24" t="s">
-        <v>1006</v>
+        <v>799</v>
       </c>
       <c r="J24" t="s">
         <v>20</v>
       </c>
       <c r="K24" t="s">
-        <v>1154</v>
+        <v>953</v>
       </c>
       <c r="L24" t="s">
-        <v>1155</v>
+        <v>954</v>
       </c>
       <c r="M24" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N24" t="s">
-        <v>1156</v>
+        <v>955</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="Q24" t="s">
-        <v>999</v>
+        <v>812</v>
       </c>
       <c r="R24" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="S24" t="s">
-        <v>1157</v>
+        <v>956</v>
       </c>
       <c r="T24" t="s">
-        <v>1046</v>
+        <v>804</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B25" t="s">
-        <v>1158</v>
+        <v>957</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>1159</v>
+        <v>958</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>1160</v>
+        <v>959</v>
       </c>
       <c r="H25" t="s">
-        <v>1161</v>
+        <v>960</v>
       </c>
       <c r="I25" t="s">
-        <v>1006</v>
+        <v>799</v>
       </c>
       <c r="J25" t="s">
-        <v>1162</v>
+        <v>961</v>
       </c>
       <c r="K25" t="s">
-        <v>289</v>
+        <v>360</v>
       </c>
       <c r="L25" t="s">
-        <v>290</v>
+        <v>361</v>
       </c>
       <c r="M25" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N25" t="s">
-        <v>1163</v>
+        <v>962</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="Q25" t="s">
-        <v>1164</v>
+        <v>963</v>
       </c>
       <c r="R25" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="S25" t="s">
-        <v>1165</v>
+        <v>964</v>
       </c>
       <c r="T25" t="s">
-        <v>1001</v>
+        <v>814</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B26" t="s">
-        <v>1166</v>
+        <v>965</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>1159</v>
+        <v>958</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>1167</v>
+        <v>966</v>
       </c>
       <c r="H26" t="s">
-        <v>1168</v>
+        <v>967</v>
       </c>
       <c r="I26" t="s">
-        <v>1006</v>
+        <v>799</v>
       </c>
       <c r="J26" t="s">
         <v>20</v>
       </c>
       <c r="K26" t="s">
-        <v>1041</v>
+        <v>853</v>
       </c>
       <c r="L26" t="s">
-        <v>1042</v>
+        <v>854</v>
       </c>
       <c r="M26" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N26" t="s">
-        <v>1163</v>
+        <v>962</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="Q26" t="s">
-        <v>1164</v>
+        <v>963</v>
       </c>
       <c r="R26" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="S26" t="s">
-        <v>1169</v>
+        <v>968</v>
       </c>
       <c r="T26" t="s">
-        <v>1001</v>
+        <v>814</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B27" t="s">
-        <v>1170</v>
+        <v>969</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>1037</v>
+        <v>849</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>1171</v>
+        <v>970</v>
       </c>
       <c r="H27" t="s">
-        <v>1172</v>
+        <v>971</v>
       </c>
       <c r="I27" t="s">
-        <v>1006</v>
+        <v>799</v>
       </c>
       <c r="J27" t="s">
         <v>20</v>
       </c>
       <c r="K27" t="s">
-        <v>364</v>
+        <v>972</v>
       </c>
       <c r="L27" t="s">
-        <v>365</v>
+        <v>973</v>
       </c>
       <c r="M27" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N27" t="s">
         <v>20</v>
       </c>
       <c r="O27" t="s">
         <v>20</v>
       </c>
       <c r="P27" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="Q27" t="s">
-        <v>1125</v>
+        <v>802</v>
       </c>
       <c r="R27" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="S27" t="s">
-        <v>1173</v>
+        <v>974</v>
       </c>
       <c r="T27" t="s">
-        <v>1046</v>
+        <v>804</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>991</v>
+        <v>794</v>
       </c>
       <c r="B28" t="s">
-        <v>1174</v>
+        <v>975</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>1175</v>
+        <v>976</v>
       </c>
       <c r="H28" t="s">
-        <v>1176</v>
+        <v>977</v>
       </c>
       <c r="I28" t="s">
-        <v>996</v>
+        <v>809</v>
       </c>
       <c r="J28" t="s">
-        <v>1177</v>
+        <v>978</v>
       </c>
       <c r="K28" t="s">
-        <v>615</v>
+        <v>325</v>
       </c>
       <c r="L28" t="s">
-        <v>41</v>
+        <v>68</v>
       </c>
       <c r="M28" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="N28" t="s">
         <v>20</v>
       </c>
       <c r="O28" t="s">
         <v>20</v>
       </c>
       <c r="P28" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="Q28" t="s">
-        <v>1125</v>
+        <v>802</v>
       </c>
       <c r="R28" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="S28" t="s">
-        <v>1178</v>
+        <v>979</v>
       </c>
       <c r="T28" t="s">
-        <v>1046</v>
+        <v>804</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>