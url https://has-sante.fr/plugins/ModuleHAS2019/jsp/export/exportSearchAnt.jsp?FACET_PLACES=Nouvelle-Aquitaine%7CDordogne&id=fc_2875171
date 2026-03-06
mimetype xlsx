--- v0 (2026-01-19)
+++ v1 (2026-03-06)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2724" uniqueCount="1093">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2356" uniqueCount="965">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -326,104 +326,101 @@
   <si>
     <t>SCHEFFLER</t>
   </si>
   <si>
     <t>28 April 2022</t>
   </si>
   <si>
     <t>Docteur NICOLAS CERF</t>
   </si>
   <si>
     <t>03/01/2022 16:32:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3307758/fr/docteur-nicolas-cerf</t>
   </si>
   <si>
     <t>p_3307758</t>
   </si>
   <si>
     <t>CERF</t>
   </si>
   <si>
     <t>NICOLAS</t>
   </si>
   <si>
-    <t>29 December 2021</t>
+    <t>26 February 2026</t>
   </si>
   <si>
     <t>Docteur ROZBEH FARAMARZI-ROQUES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3307759/fr/docteur-rozbeh-faramarzi-roques</t>
   </si>
   <si>
     <t>p_3307759</t>
   </si>
   <si>
     <t>FARAMARZI-ROQUES</t>
   </si>
   <si>
     <t>ROZBEH</t>
   </si>
   <si>
     <t>Docteur MARC MOUZIN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3307760/fr/docteur-marc-mouzin</t>
   </si>
   <si>
     <t>p_3307760</t>
   </si>
   <si>
     <t>MOUZIN</t>
   </si>
   <si>
     <t>MARC</t>
   </si>
   <si>
     <t>Docteur LOUIS DARCHE</t>
   </si>
   <si>
     <t>27/11/2020 10:32:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3220937/fr/docteur-louis-darche</t>
   </si>
   <si>
     <t>p_3220937</t>
   </si>
   <si>
     <t>DARCHE</t>
   </si>
   <si>
     <t>LOUIS</t>
   </si>
   <si>
-    <t>26 November 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>CENTRE HOSPITALIER DE PERIGUEUX</t>
   </si>
   <si>
     <t>24019</t>
   </si>
   <si>
     <t>240000489</t>
   </si>
   <si>
     <t>Docteur ROMAIN BESSON</t>
   </si>
   <si>
     <t>16/07/2020 11:31:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3194537/fr/docteur-romain-besson</t>
   </si>
   <si>
     <t>p_3194537</t>
   </si>
   <si>
     <t>BESSON</t>
   </si>
   <si>
     <t>ROMAIN</t>
@@ -494,51 +491,51 @@
   <si>
     <t>COLIN</t>
   </si>
   <si>
     <t>Stephane</t>
   </si>
   <si>
     <t>Docteur Guy AMSALLEM</t>
   </si>
   <si>
     <t>17/01/2017 17:30:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2739263/fr/docteur-guy-amsallem</t>
   </si>
   <si>
     <t>c_2739263</t>
   </si>
   <si>
     <t>AMSALLEM</t>
   </si>
   <si>
     <t>Guy</t>
   </si>
   <si>
-    <t>01 July 2021</t>
+    <t>11 September 2025</t>
   </si>
   <si>
     <t>Docteur Sebastien LACOUR</t>
   </si>
   <si>
     <t>17/01/2017 17:31:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2739356/fr/docteur-sebastien-lacour</t>
   </si>
   <si>
     <t>c_2739356</t>
   </si>
   <si>
     <t>LACOUR</t>
   </si>
   <si>
     <t>Sebastien</t>
   </si>
   <si>
     <t>Docteur Laurent CRÉDOZ</t>
   </si>
   <si>
     <t>17/01/2017 17:31:55</t>
   </si>
@@ -572,53 +569,50 @@
   <si>
     <t>Vincent</t>
   </si>
   <si>
     <t>20 November 2024</t>
   </si>
   <si>
     <t>Docteur Dan ANGELESCU</t>
   </si>
   <si>
     <t>17/01/2017 17:32:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2740151/fr/docteur-dan-angelescu</t>
   </si>
   <si>
     <t>c_2740151</t>
   </si>
   <si>
     <t>ANGELESCU</t>
   </si>
   <si>
     <t>Dan</t>
   </si>
   <si>
-    <t>21 January 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Michael HOSSENBACCUS</t>
   </si>
   <si>
     <t>08/11/2016 11:30:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708479/fr/docteur-michael-hossenbaccus</t>
   </si>
   <si>
     <t>c_2708479</t>
   </si>
   <si>
     <t>HOSSENBACCUS</t>
   </si>
   <si>
     <t>Michael</t>
   </si>
   <si>
     <t>Docteur Vincent DESNOYERS</t>
   </si>
   <si>
     <t>08/11/2016 11:30:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708647/fr/docteur-vincent-desnoyers</t>
@@ -644,131 +638,128 @@
   <si>
     <t>MALLET</t>
   </si>
   <si>
     <t>Richard</t>
   </si>
   <si>
     <t>Docteur Nicolas DIARD</t>
   </si>
   <si>
     <t>08/11/2016 11:31:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709930/fr/docteur-nicolas-diard</t>
   </si>
   <si>
     <t>c_2709930</t>
   </si>
   <si>
     <t>DIARD</t>
   </si>
   <si>
     <t>Nicolas</t>
   </si>
   <si>
-    <t>25 November 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Julien KASSOUMA</t>
   </si>
   <si>
     <t>08/11/2016 11:31:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709949/fr/docteur-julien-kassouma</t>
   </si>
   <si>
     <t>c_2709949</t>
   </si>
   <si>
     <t>KASSOUMA</t>
   </si>
   <si>
     <t>Julien</t>
   </si>
   <si>
-    <t>15 July 2021</t>
+    <t>24 July 2025</t>
   </si>
   <si>
     <t>Docteur Eric JOLY</t>
   </si>
   <si>
     <t>08/11/2016 11:32:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710142/fr/docteur-eric-joly</t>
   </si>
   <si>
     <t>c_2710142</t>
   </si>
   <si>
     <t>JOLY</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Docteur Georges MARACHLY</t>
   </si>
   <si>
     <t>08/11/2016 11:32:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710856/fr/docteur-georges-marachly</t>
   </si>
   <si>
     <t>c_2710856</t>
   </si>
   <si>
     <t>MARACHLY</t>
   </si>
   <si>
     <t>Georges</t>
   </si>
   <si>
+    <t>28 January 2026</t>
+  </si>
+  <si>
     <t>Docteur Olivier TOUCHARD</t>
   </si>
   <si>
     <t>08/11/2016 11:33:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711546/fr/docteur-olivier-touchard</t>
   </si>
   <si>
     <t>c_2711546</t>
   </si>
   <si>
     <t>TOUCHARD</t>
   </si>
   <si>
     <t>Olivier</t>
   </si>
   <si>
-    <t>21 October 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Christophe MASSON</t>
   </si>
   <si>
     <t>08/11/2016 11:34:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712204/fr/docteur-christophe-masson</t>
   </si>
   <si>
     <t>c_2712204</t>
   </si>
   <si>
     <t>MASSON</t>
   </si>
   <si>
     <t>Christophe</t>
   </si>
   <si>
     <t>Docteur David POPESCO</t>
   </si>
   <si>
     <t>08/11/2016 11:34:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712388/fr/docteur-david-popesco</t>
@@ -848,2148 +839,1773 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>LIEU DE VIE HETRES</t>
+  </si>
+  <si>
+    <t>03/03/2026 05:05:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16426_FicheESSMS/fr/lieu-de-vie-hetres</t>
+  </si>
+  <si>
+    <t>16426_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24750 BOULAZAC ISLE MANOIRE</t>
+  </si>
+  <si>
+    <t>BOULAZAC ISLE MANOIRE</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>240008979</t>
+  </si>
+  <si>
+    <t>EHPAD HENRI FRUGIER</t>
+  </si>
+  <si>
+    <t>03/03/2026 05:07:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16452_FicheESSMS/fr/ehpad-henri-frugier</t>
+  </si>
+  <si>
+    <t>16452_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67 Rue De La Republique</t>
+  </si>
+  <si>
+    <t>24450 LA COQUILLE</t>
+  </si>
+  <si>
+    <t>LA COQUILLE</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>240002071</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE LA RIBAMBELLE</t>
+  </si>
+  <si>
+    <t>03/03/2026 05:07:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16476_FicheESSMS/fr/lieu-de-vie-la-ribambelle</t>
+  </si>
+  <si>
+    <t>16476_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Place Du Foirail-Vieux</t>
+  </si>
+  <si>
+    <t>24590 SALIGNAC EYVIGUES</t>
+  </si>
+  <si>
+    <t>SALIGNAC EYVIGUES</t>
+  </si>
+  <si>
+    <t>240010199</t>
+  </si>
+  <si>
+    <t>CHRS APARE</t>
+  </si>
+  <si>
+    <t>22/02/2026 05:05:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16246_FicheESSMS/fr/chrs-apare</t>
+  </si>
+  <si>
+    <t>16246_FicheESSMS</t>
+  </si>
+  <si>
+    <t>141 Rue Combe Des Dames</t>
+  </si>
+  <si>
+    <t>24000 PERIGUEUX</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>240006874</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT- ROME</t>
+  </si>
+  <si>
+    <t>24/01/2026 05:05:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15689_FicheESSMS/fr/ehpad-saint-rome</t>
+  </si>
+  <si>
+    <t>15689_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Marius Rossillon</t>
+  </si>
+  <si>
+    <t>24200 CARSAC AILLAC</t>
+  </si>
+  <si>
+    <t>CARSAC AILLAC</t>
+  </si>
+  <si>
+    <t>240002162</t>
+  </si>
+  <si>
     <t>EHPAD RESIDENCE DE CAVALERIE</t>
   </si>
   <si>
     <t>17/01/2026 05:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15335_FicheESSMS/fr/ehpad-residence-de-cavalerie</t>
   </si>
   <si>
     <t>15335_FicheESSMS</t>
   </si>
   <si>
     <t>37 Rue Salvatore Allende</t>
   </si>
   <si>
     <t>24130 PRIGONRIEUX</t>
   </si>
   <si>
     <t>PRIGONRIEUX</t>
   </si>
   <si>
-    <t>24</t>
-[...1 lines deleted...]
-  <si>
     <t>Privé commercial</t>
   </si>
   <si>
-    <t>Personne âgée</t>
-[...4 lines deleted...]
-  <si>
     <t>240006379</t>
   </si>
   <si>
     <t>EHPAD LA MAISON DE GOUT</t>
   </si>
   <si>
     <t>17/01/2026 05:12:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15507_FicheESSMS/fr/ehpad-la-maison-de-gout</t>
   </si>
   <si>
     <t>15507_FicheESSMS</t>
   </si>
   <si>
     <t>24320 GOUT ROSSIGNOL</t>
   </si>
   <si>
     <t>GOUT ROSSIGNOL</t>
   </si>
   <si>
-    <t>Privé à but non lucratif</t>
-[...1 lines deleted...]
-  <si>
     <t>240004184</t>
   </si>
   <si>
     <t>RESIDENCE AUTONOMIE WILSON</t>
   </si>
   <si>
     <t>17/01/2026 05:13:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15600_FicheESSMS/fr/residence-autonomie-wilson</t>
   </si>
   <si>
     <t>15600_FicheESSMS</t>
   </si>
   <si>
     <t>39 Rue President Wilson</t>
   </si>
   <si>
-    <t>24000 PERIGUEUX</t>
-[...4 lines deleted...]
-  <si>
     <t>Résidences autonomie</t>
   </si>
   <si>
     <t>240008854</t>
   </si>
   <si>
     <t>CHRS FOYER LAKANAL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15599_FicheESSMS/fr/chrs-foyer-lakanal</t>
   </si>
   <si>
     <t>15599_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Charles Mangold</t>
   </si>
   <si>
-    <t>Accueil, Hébergement, Insertion</t>
-[...4 lines deleted...]
-  <si>
     <t>240005157</t>
   </si>
   <si>
-    <t>FOYER DE CLAIRVIVRE</t>
-[...14 lines deleted...]
-    <t>SALAGNAC</t>
+    <t>SSIAD DE RIBERAC</t>
+  </si>
+  <si>
+    <t>17/11/2025 16:16:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14720_FicheESSMS/fr/ssiad-de-riberac</t>
+  </si>
+  <si>
+    <t>14720_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24600 RIBERAC</t>
+  </si>
+  <si>
+    <t>RIBERAC</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>240009464</t>
+  </si>
+  <si>
+    <t>EHPAD JACQUES FRANCOIS DE HAUTEFORT</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:27:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14553_FicheESSMS/fr/ehpad-jacques-francois-de-hautefort</t>
+  </si>
+  <si>
+    <t>14553_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Avenue Jacques Maigret</t>
+  </si>
+  <si>
+    <t>24390 HAUTEFORT</t>
+  </si>
+  <si>
+    <t>HAUTEFORT</t>
+  </si>
+  <si>
+    <t>240002246</t>
+  </si>
+  <si>
+    <t>CAARUD DORDOGNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16_FicheESSMS/fr/caarud-dordogne</t>
+  </si>
+  <si>
+    <t>16_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Kleber</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>240012278</t>
+  </si>
+  <si>
+    <t>EHPAD LES VIGNES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/213_FicheESSMS/fr/ehpad-les-vignes</t>
+  </si>
+  <si>
+    <t>213_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Alexandre Dumas</t>
+  </si>
+  <si>
+    <t>24700 MOULIN NEUF</t>
+  </si>
+  <si>
+    <t>MOULIN NEUF</t>
+  </si>
+  <si>
+    <t>240015669</t>
+  </si>
+  <si>
+    <t>MAS MAUD MANNONI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/237_FicheESSMS/fr/mas-maud-mannoni</t>
+  </si>
+  <si>
+    <t>237_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24700 MONTPON MENESTEROL</t>
+  </si>
+  <si>
+    <t>MONTPON MENESTEROL</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>240014290</t>
+  </si>
+  <si>
+    <t>CSAPA CEID ADDICTIONS - PERIGUEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/17_FicheESSMS/fr/csapa-ceid-addictions-perigueux</t>
+  </si>
+  <si>
+    <t>17_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>240003426</t>
+  </si>
+  <si>
+    <t>EHPAD LA MEYNARDIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/243_FicheESSMS/fr/ehpad-la-meynardie</t>
+  </si>
+  <si>
+    <t>243_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1480 Route De La Meynardie</t>
+  </si>
+  <si>
+    <t>24410 ST PRIVAT EN PERIGORD</t>
+  </si>
+  <si>
+    <t>ST PRIVAT EN PERIGORD</t>
+  </si>
+  <si>
+    <t>240015131</t>
+  </si>
+  <si>
+    <t>EAM LA MEYNARDIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/242_FicheESSMS/fr/eam-la-meynardie</t>
+  </si>
+  <si>
+    <t>242_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>240011189</t>
+  </si>
+  <si>
+    <t>EHPAD AU JARDIN D'ANTAN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1010_FicheESSMS/fr/ehpad-au-jardin-d-antan</t>
+  </si>
+  <si>
+    <t>1010_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Avenue Calmette</t>
+  </si>
+  <si>
+    <t>24108 BERGERAC</t>
+  </si>
+  <si>
+    <t>240007617</t>
+  </si>
+  <si>
+    <t>MAS JOHN BOST</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1125_FicheESSMS/fr/mas-john-bost</t>
+  </si>
+  <si>
+    <t>1125_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Du Pasteur Alard</t>
+  </si>
+  <si>
+    <t>24130 LA FORCE</t>
+  </si>
+  <si>
+    <t>LA FORCE</t>
+  </si>
+  <si>
+    <t>240006726</t>
+  </si>
+  <si>
+    <t>EHPAD DU CH DE BELVES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1465_FicheESSMS/fr/ehpad-du-ch-de-belves</t>
+  </si>
+  <si>
+    <t>1465_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24170 PAYS DE BELVES</t>
+  </si>
+  <si>
+    <t>PAYS DE BELVES</t>
+  </si>
+  <si>
+    <t>240007609</t>
+  </si>
+  <si>
+    <t>MAS HELIODORE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1523_FicheESSMS/fr/mas-heliodore</t>
+  </si>
+  <si>
+    <t>1523_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Impasse Pierre Corneille</t>
+  </si>
+  <si>
+    <t>240008482</t>
+  </si>
+  <si>
+    <t>EAP CALYPSO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1522_FicheESSMS/fr/eap-calypso</t>
+  </si>
+  <si>
+    <t>1522_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>240013359</t>
+  </si>
+  <si>
+    <t>EAM RESIDENCE DU VAL DE DRONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1930_FicheESSMS/fr/eam-residence-du-val-de-dronne</t>
+  </si>
+  <si>
+    <t>1930_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Avenue De Royan</t>
+  </si>
+  <si>
+    <t>240013615</t>
+  </si>
+  <si>
+    <t>LES RESIDENCES DE L'ISLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2049_FicheESSMS/fr/les-residences-de-l-isle</t>
+  </si>
+  <si>
+    <t>2049_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Des Glycines</t>
+  </si>
+  <si>
+    <t>24750 TRELISSAC</t>
+  </si>
+  <si>
+    <t>TRELISSAC</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>240006668</t>
+  </si>
+  <si>
+    <t>FOYER LA PEYROUSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2339_FicheESSMS/fr/foyer-la-peyrouse</t>
+  </si>
+  <si>
+    <t>2339_FicheESSMS</t>
+  </si>
+  <si>
+    <t>161 Chemin De Narbonne</t>
+  </si>
+  <si>
+    <t>24510 ST FELIX DE VILLADEIX</t>
+  </si>
+  <si>
+    <t>ST FELIX DE VILLADEIX</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>240009472</t>
+  </si>
+  <si>
+    <t>EANM LOU PRAT DOU SOLELH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2344_FicheESSMS/fr/eanm-lou-prat-dou-solelh</t>
+  </si>
+  <si>
+    <t>2344_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Andre Cheminade</t>
+  </si>
+  <si>
     <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
   </si>
   <si>
-    <t>240007807</t>
-[...23 lines deleted...]
-    <t>14755_FicheESSMS</t>
+    <t>240015545</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN VILLA DES CEBRADES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2517_FicheESSMS/fr/ehpad-korian-villa-des-cebrades</t>
+  </si>
+  <si>
+    <t>2517_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Mairie</t>
+  </si>
+  <si>
+    <t>24660 SANILHAC</t>
+  </si>
+  <si>
+    <t>SANILHAC</t>
+  </si>
+  <si>
+    <t>240000224</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN YVAN ROQUE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4248_FicheESSMS/fr/ehpad-korian-yvan-roque</t>
+  </si>
+  <si>
+    <t>4248_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Rue Du Tour De Ville</t>
+  </si>
+  <si>
+    <t>24560 ISSIGEAC</t>
+  </si>
+  <si>
+    <t>ISSIGEAC</t>
+  </si>
+  <si>
+    <t>240013961</t>
+  </si>
+  <si>
+    <t>EHPAD DU CH LANMARY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/239_FicheESSMS/fr/ehpad-du-ch-lanmary</t>
+  </si>
+  <si>
+    <t>239_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2140 Route De Simone Veil</t>
+  </si>
+  <si>
+    <t>24420 ANTONNE ET TRIGONANT</t>
+  </si>
+  <si>
+    <t>ANTONNE ET TRIGONANT</t>
+  </si>
+  <si>
+    <t>240007823</t>
+  </si>
+  <si>
+    <t>EHPAD LA MADELEINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/932_FicheESSMS/fr/ehpad-la-madeleine</t>
+  </si>
+  <si>
+    <t>932_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Boulevard Garrigat</t>
+  </si>
+  <si>
+    <t>24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>240008730</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/931_FicheESSMS/fr/ehpad-la-madeleine</t>
+  </si>
+  <si>
+    <t>931_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Rue Marechal Joffre</t>
+  </si>
+  <si>
+    <t>24107 BERGERAC</t>
+  </si>
+  <si>
+    <t>240002337</t>
+  </si>
+  <si>
+    <t>EHPAD LE VERGER DES BALANS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1108_FicheESSMS/fr/ehpad-le-verger-des-balans</t>
+  </si>
+  <si>
+    <t>1108_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Route Des Balans</t>
+  </si>
+  <si>
+    <t>24430 ANNESSE ET BEAULIEU</t>
+  </si>
+  <si>
+    <t>ANNESSE ET BEAULIEU</t>
+  </si>
+  <si>
+    <t>240008755</t>
+  </si>
+  <si>
+    <t>CENTRE DE JOUR  LE VERGER DES BALANS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1107_FicheESSMS/fr/centre-de-jour-le-verger-des-balans</t>
+  </si>
+  <si>
+    <t>1107_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Place Francheville</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>240003269</t>
+  </si>
+  <si>
+    <t>EANM RESIDENCE VAL DE DRONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1931_FicheESSMS/fr/eanm-residence-val-de-dronne</t>
+  </si>
+  <si>
+    <t>1931_FicheESSMS</t>
+  </si>
+  <si>
+    <t>240016154</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LYSANDER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2338_FicheESSMS/fr/foyer-de-vie-lysander</t>
+  </si>
+  <si>
+    <t>2338_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Route De L'Aerodrome</t>
+  </si>
+  <si>
+    <t>24330 BASSILLAC ET AUBEROCHE</t>
+  </si>
+  <si>
+    <t>BASSILLAC ET AUBEROCHE</t>
+  </si>
+  <si>
+    <t>240002600</t>
+  </si>
+  <si>
+    <t>EAM LE BERCAIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2346_FicheESSMS/fr/eam-le-bercail</t>
+  </si>
+  <si>
+    <t>2346_FicheESSMS</t>
+  </si>
+  <si>
+    <t>183 Chemin La Barde</t>
+  </si>
+  <si>
+    <t>24170 STE FOY DE BELVES</t>
+  </si>
+  <si>
+    <t>STE FOY DE BELVES</t>
+  </si>
+  <si>
+    <t>240000562</t>
+  </si>
+  <si>
+    <t>EHPAD MAISON DU PAYS DE VERGT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2709_FicheESSMS/fr/ehpad-maison-du-pays-de-vergt</t>
+  </si>
+  <si>
+    <t>2709_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Avenue Jean Moulin</t>
+  </si>
+  <si>
+    <t>24380 VERGT</t>
+  </si>
+  <si>
+    <t>VERGT</t>
+  </si>
+  <si>
+    <t>240013953</t>
+  </si>
+  <si>
+    <t>EHPAD LES PERGOLAS DE SIGOULES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2861_FicheESSMS/fr/ehpad-les-pergolas-de-sigoules</t>
+  </si>
+  <si>
+    <t>2861_FicheESSMS</t>
+  </si>
+  <si>
+    <t>58 Allée Des Pergolas</t>
+  </si>
+  <si>
+    <t>24240 SIGOULES ET FLAUGEAC</t>
+  </si>
+  <si>
+    <t>SIGOULES ET FLAUGEAC</t>
+  </si>
+  <si>
+    <t>240013888</t>
+  </si>
+  <si>
+    <t>ESAT OSEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2880_FicheESSMS/fr/esat-osea</t>
+  </si>
+  <si>
+    <t>2880_FicheESSMS</t>
   </si>
   <si>
     <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
   </si>
   <si>
-    <t>240004085</t>
-[...8 lines deleted...]
-    <t>14754_FicheESSMS</t>
+    <t>240004101</t>
+  </si>
+  <si>
+    <t>SAVS APEI DORDOGNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2878_FicheESSMS/fr/savs-apei-dordogne</t>
+  </si>
+  <si>
+    <t>2878_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Rue Des Termes</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>240002634</t>
+  </si>
+  <si>
+    <t>EHPAD LA BASTIDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3610_FicheESSMS/fr/ehpad-la-bastide</t>
+  </si>
+  <si>
+    <t>3610_FicheESSMS</t>
+  </si>
+  <si>
+    <t>66 Boulevard De La Resistance</t>
+  </si>
+  <si>
+    <t>24440 BEAUMONTOIS EN PERIGORD</t>
+  </si>
+  <si>
+    <t>BEAUMONTOIS EN PERIGORD</t>
+  </si>
+  <si>
+    <t>240002121</t>
+  </si>
+  <si>
+    <t>SIE OREAG BERGERAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7038_FicheESSMS/fr/sie-oreag-bergerac</t>
+  </si>
+  <si>
+    <t>7038_FicheESSMS</t>
+  </si>
+  <si>
+    <t>123 Rue Valette</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service d'Investigation Educative</t>
+  </si>
+  <si>
+    <t>240018200</t>
+  </si>
+  <si>
+    <t>EHPAD DOCTEUR JEAN GALLET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7372_FicheESSMS/fr/ehpad-docteur-jean-gallet</t>
+  </si>
+  <si>
+    <t>7372_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Richelieu</t>
+  </si>
+  <si>
+    <t>24660 COULOUNIEIX CHAMIERS</t>
+  </si>
+  <si>
+    <t>COULOUNIEIX CHAMIERS</t>
+  </si>
+  <si>
+    <t>240009761</t>
+  </si>
+  <si>
+    <t>EHPAD TIBERIADE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7961_FicheESSMS/fr/ehpad-tiberiade</t>
+  </si>
+  <si>
+    <t>7961_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Rue Commandant Pinson</t>
+  </si>
+  <si>
+    <t>240007450</t>
+  </si>
+  <si>
+    <t>EHPAD DU CH D'EXCIDEUIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7941_FicheESSMS/fr/ehpad-du-ch-d-excideuil</t>
+  </si>
+  <si>
+    <t>7941_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Allée Andre Maurois</t>
+  </si>
+  <si>
+    <t>24160 EXCIDEUIL</t>
+  </si>
+  <si>
+    <t>EXCIDEUIL</t>
+  </si>
+  <si>
+    <t>240007666</t>
+  </si>
+  <si>
+    <t>CHIC RDD EHPAD DE SAINT AULAYE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/241_FicheESSMS/fr/chic-rdd-ehpad-de-saint-aulaye</t>
+  </si>
+  <si>
+    <t>241_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Docteur Paul Broquaire</t>
+  </si>
+  <si>
+    <t>24410 ST AULAYE PUYMANGOU</t>
+  </si>
+  <si>
+    <t>ST AULAYE PUYMANGOU</t>
+  </si>
+  <si>
+    <t>240007708</t>
+  </si>
+  <si>
+    <t>EHPAD DE RIBERAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/240_FicheESSMS/fr/ehpad-de-riberac</t>
+  </si>
+  <si>
+    <t>240_FicheESSMS</t>
+  </si>
+  <si>
+    <t>240007682</t>
+  </si>
+  <si>
+    <t>EHPAD LA CHENERAIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3391_FicheESSMS/fr/ehpad-la-cheneraie</t>
+  </si>
+  <si>
+    <t>3391_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Du Petit Prince</t>
+  </si>
+  <si>
+    <t>240008789</t>
+  </si>
+  <si>
+    <t>CSAPA GENERALISTE - ANPAA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5350_FicheESSMS/fr/csapa-generaliste-anpaa</t>
+  </si>
+  <si>
+    <t>5350_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Alphee Mazieras</t>
+  </si>
+  <si>
+    <t>240008813</t>
+  </si>
+  <si>
+    <t>FOYER LA PRADA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5613_FicheESSMS/fr/foyer-la-prada</t>
+  </si>
+  <si>
+    <t>5613_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1620 Route Des Bords De La Dronne</t>
+  </si>
+  <si>
+    <t>24310 BOURDEILLES</t>
+  </si>
+  <si>
+    <t>BOURDEILLES</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>240006866</t>
+  </si>
+  <si>
+    <t>EHPAD FAUBOURG NOTRE DAME</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5612_FicheESSMS/fr/ehpad-faubourg-notre-dame</t>
+  </si>
+  <si>
+    <t>5612_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1620 Route Des Bords De Dronne</t>
+  </si>
+  <si>
+    <t>240002139</t>
+  </si>
+  <si>
+    <t>SAVS LES PAPILLONS BLANCS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7208_FicheESSMS/fr/savs-les-papillons-blancs</t>
+  </si>
+  <si>
+    <t>7208_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Pozzi</t>
+  </si>
+  <si>
+    <t>240013623</t>
+  </si>
+  <si>
+    <t>SAMSAH TSA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7207_FicheESSMS/fr/samsah-tsa</t>
+  </si>
+  <si>
+    <t>7207_FicheESSMS</t>
   </si>
   <si>
     <t>Service d'accompagnement médico-social adultes handicapés</t>
   </si>
   <si>
-    <t>240014142</t>
-[...65 lines deleted...]
-    <t>Personne en situation de handicap enfant</t>
+    <t>240016626</t>
+  </si>
+  <si>
+    <t>SESSAD LES PAPILLONS BLANCS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7201_FicheESSMS/fr/sessad-les-papillons-blancs</t>
+  </si>
+  <si>
+    <t>7201_FicheESSMS</t>
+  </si>
+  <si>
+    <t>98 Route De Rosette</t>
   </si>
   <si>
     <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
   </si>
   <si>
-    <t>240004051</t>
-[...842 lines deleted...]
-    <t>6040_FicheESSMS</t>
+    <t>240010959</t>
+  </si>
+  <si>
+    <t>SAA PROXIM'AIDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9948_FicheESSMS/fr/saa-proxim-aide</t>
+  </si>
+  <si>
+    <t>9948_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24220 ST CYPRIEN</t>
+  </si>
+  <si>
+    <t>ST CYPRIEN</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>240003848</t>
+  </si>
+  <si>
+    <t>SAA CIAS DU TERRASSONNAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10071_FicheESSMS/fr/saa-cias-du-terrassonnais</t>
+  </si>
+  <si>
+    <t>10071_FicheESSMS</t>
+  </si>
+  <si>
+    <t>58 Avenue Jean Jaures</t>
+  </si>
+  <si>
+    <t>24120 TERRASSON LAVILLEDIEU</t>
+  </si>
+  <si>
+    <t>TERRASSON LAVILLEDIEU</t>
+  </si>
+  <si>
+    <t>240011999</t>
+  </si>
+  <si>
+    <t>RA SOLANGE LEMAIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10279_FicheESSMS/fr/ra-solange-lemaire</t>
+  </si>
+  <si>
+    <t>10279_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24400 MUSSIDAN</t>
+  </si>
+  <si>
+    <t>MUSSIDAN</t>
+  </si>
+  <si>
+    <t>240005074</t>
+  </si>
+  <si>
+    <t>SESSAD DE PRIGONRIEUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13225_FicheESSMS/fr/sessad-de-prigonrieux</t>
+  </si>
+  <si>
+    <t>13225_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Route Des Junies</t>
+  </si>
+  <si>
+    <t>240012138</t>
+  </si>
+  <si>
+    <t>Département de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Code Finess de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Équipe accréditée</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique POLYCLINIQUE FRANCHEVILLE  (24)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319145/fr/equipe-de-chirurgie-urologique-polyclinique-francheville-24</t>
+  </si>
+  <si>
+    <t>p_3319145</t>
+  </si>
+  <si>
+    <t>01 February 2026</t>
+  </si>
+  <si>
+    <t>Docteur Richard MALLET, Docteur ROZBEH FARAMARZI-ROQUES, Docteur NICOLAS CERF, Docteur MARC MOUZIN, Docteur Adrien OCHOA</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation POLYCLINIQUE FRANCHEVILLE  (24)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319200/fr/equipe-d-anesthesie-reanimation-polyclinique-francheville-24</t>
+  </si>
+  <si>
+    <t>p_3319200</t>
+  </si>
+  <si>
+    <t>05 November 2023</t>
+  </si>
+  <si>
+    <t>Docteur ROBIN TELLIER, Docteur Eric JOLY, Docteur Laurent CRÉDOZ, Docteur Sebastien LACOUR, Docteur OLIVIER GARROS, Docteur Pierre-antoine DUVIGNAUD, Docteur David POPESCO, Docteur Domoina ANDRIANANJA, Docteur EMANUELE MANCONI, Docteur Astrid QUESSARD, Docteur Stephane COLIN</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>LA LANDE REEDUCATION</t>
+  </si>
+  <si>
+    <t>30/04/2025 16:34:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/686_FicheEtablissement/fr/la-lande-reeducation</t>
+  </si>
+  <si>
+    <t>686_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>59 Route De Saint Astier</t>
+  </si>
+  <si>
+    <t>0553025555</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>240002402</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>MAISON DE CONVALESCENCE - CLINIQUE PIERRE DE BRANTOME</t>
+  </si>
+  <si>
+    <t>21/02/2025 16:22:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/672_FicheEtablissement/fr/clinique-pierre-de-brantome</t>
+  </si>
+  <si>
+    <t>672_FicheEtablissement</t>
   </si>
   <si>
     <t>24310 BRANTOME EN PERIGORD</t>
   </si>
   <si>
     <t>BRANTOME EN PERIGORD</t>
   </si>
   <si>
-    <t>240006502</t>
-[...26 lines deleted...]
-    <t>6142_FicheESSMS</t>
+    <t>0553023331</t>
+  </si>
+  <si>
+    <t>240000273</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/670_FicheEtablissement/fr/clinique-pasteur</t>
+  </si>
+  <si>
+    <t>670_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>54 Rue Du Professeur Pozzi</t>
+  </si>
+  <si>
+    <t>0553615656</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE FRANCHEVILLE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/669_FicheEtablissement/fr/hopital-prive-francheville</t>
+  </si>
+  <si>
+    <t>669_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>24004 PERIGUEUX</t>
+  </si>
+  <si>
+    <t>0553021111</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE BELVES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/668_FicheEtablissement/fr/centre-hospitalier-de-belves</t>
+  </si>
+  <si>
+    <t>668_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0553314242</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>240000174</t>
+  </si>
+  <si>
+    <t>CH DEP DE SOINS DE SUITE ET DE READAPTATION DE LANMARY</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/667_FicheEtablissement/fr/ch-de-lanmary</t>
+  </si>
+  <si>
+    <t>667_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0553038888</t>
+  </si>
+  <si>
+    <t>240000091</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE DOMME</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/675_FicheEtablissement/fr/centre-hospitalier-de-domme</t>
+  </si>
+  <si>
+    <t>675_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue De L'Hopital</t>
   </si>
   <si>
     <t>24250 DOMME</t>
   </si>
   <si>
     <t>DOMME</t>
   </si>
   <si>
-    <t>240007658</t>
-[...347 lines deleted...]
-    <t>11667_FicheESSMS</t>
+    <t>0553314949</t>
+  </si>
+  <si>
+    <t>240000414</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SAMUEL POZZI</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/674_FicheEtablissement/fr/c-h-de-bergerac</t>
+  </si>
+  <si>
+    <t>674_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>9 Avenue Albert Calmette</t>
+  </si>
+  <si>
+    <t>0553638888</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>240000372</t>
+  </si>
+  <si>
+    <t>CENTRE MEDICAL LE CHATEAU DE BASSY</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/673_FicheEtablissement/fr/centre-medical-chateau-de-bassy</t>
+  </si>
+  <si>
+    <t>673_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Du Bosquet</t>
+  </si>
+  <si>
+    <t>24400 ST MEDARD DE MUSSIDAN</t>
+  </si>
+  <si>
+    <t>ST MEDARD DE MUSSIDAN</t>
+  </si>
+  <si>
+    <t>0553808800</t>
+  </si>
+  <si>
+    <t>240000307</t>
+  </si>
+  <si>
+    <t>SA CLINIQUE DU PARC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/671_FicheEtablissement/fr/clinique-du-parc</t>
+  </si>
+  <si>
+    <t>671_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>26 Rue Paul- Louis Courier</t>
+  </si>
+  <si>
+    <t>24009 PERIGUEUX</t>
+  </si>
+  <si>
+    <t>0553021616</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>CHIC RDD MEDECINE DE RIBERAC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/680_FicheEtablissement/fr/chic-rdd-medecine-de-riberac</t>
+  </si>
+  <si>
+    <t>680_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0553925555</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>240000505</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/679_FicheEtablissement/fr/centre-hospitalier-de-perigueux</t>
+  </si>
+  <si>
+    <t>679_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>80 Avenue Georges Pompidou</t>
+  </si>
+  <si>
+    <t>24019 PERIGUEUX</t>
+  </si>
+  <si>
+    <t>0553452525</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE NONTRON</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/678_FicheEtablissement/fr/centre-hospitalier-de-nontron</t>
+  </si>
+  <si>
+    <t>678_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Place De L Eglise</t>
+  </si>
+  <si>
+    <t>24300 NONTRON</t>
+  </si>
+  <si>
+    <t>NONTRON</t>
+  </si>
+  <si>
+    <t>0553608800</t>
+  </si>
+  <si>
+    <t>240000471</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER VAUCLAIRE A MONTPON MENESTEROL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/677_FicheEtablissement/fr/centre-hospitalier-vauclaire</t>
+  </si>
+  <si>
+    <t>677_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Allée Nelson Mandela</t>
+  </si>
+  <si>
+    <t>0553828282</t>
+  </si>
+  <si>
+    <t>Psychiatrie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>240000463</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER D'EXCIDEUIL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/676_FicheEtablissement/fr/centre-hospitalier-d-excideuil</t>
+  </si>
+  <si>
+    <t>676_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0553622500</t>
+  </si>
+  <si>
+    <t>240000455</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE SARLAT</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/685_FicheEtablissement/fr/centre-hospitalier-sarlat</t>
+  </si>
+  <si>
+    <t>685_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>24206 SARLAT LA CANEDA</t>
+  </si>
+  <si>
+    <t>SARLAT LA CANEDA</t>
+  </si>
+  <si>
+    <t>0553317575</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>240000687</t>
+  </si>
+  <si>
+    <t>CENTRE MEDICALISE DE LOLME</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/684_FicheEtablissement/fr/centre-medicalise-de-lolme</t>
+  </si>
+  <si>
+    <t>684_FicheEtablissement</t>
   </si>
   <si>
     <t>24540 LOLME</t>
   </si>
   <si>
     <t>LOLME</t>
-  </si>
-[...604 lines deleted...]
-    <t>684_FicheEtablissement</t>
   </si>
   <si>
     <t>0553744747</t>
   </si>
   <si>
     <t>240000661</t>
   </si>
   <si>
     <t>MAISON DE SANTE POUR MALADIES MENTALES FONDATION JOHN BOST</t>
   </si>
   <si>
     <t>21/01/2025 10:15:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/683_FicheEtablissement/fr/fondation-john-bost</t>
   </si>
   <si>
     <t>683_FicheEtablissement</t>
   </si>
   <si>
     <t>6 Rue John Bost</t>
   </si>
   <si>
     <t>0553580103</t>
   </si>
@@ -4178,7855 +3794,6705 @@
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
         <v>115</v>
       </c>
       <c r="H15" t="s">
         <v>116</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
         <v>117</v>
       </c>
       <c r="L15" t="s">
         <v>118</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
+        <v>61</v>
+      </c>
+      <c r="O15" t="s">
         <v>119</v>
       </c>
-      <c r="O15" t="s">
+      <c r="P15" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="Q15" t="s">
         <v>40</v>
       </c>
       <c r="R15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
         <v>123</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
         <v>124</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
+        <v>126</v>
+      </c>
+      <c r="L16" t="s">
         <v>127</v>
       </c>
-      <c r="L16" t="s">
+      <c r="M16" t="s">
+        <v>20</v>
+      </c>
+      <c r="N16" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
       <c r="O16" t="s">
         <v>38</v>
       </c>
       <c r="P16" t="s">
         <v>39</v>
       </c>
       <c r="Q16" t="s">
         <v>40</v>
       </c>
       <c r="R16" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
         <v>130</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
         <v>131</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
+        <v>133</v>
+      </c>
+      <c r="L17" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
         <v>75</v>
       </c>
       <c r="O17" t="s">
         <v>38</v>
       </c>
       <c r="P17" t="s">
         <v>39</v>
       </c>
       <c r="Q17" t="s">
         <v>40</v>
       </c>
       <c r="R17" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
         <v>136</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
         <v>137</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
+        <v>139</v>
+      </c>
+      <c r="L18" t="s">
         <v>140</v>
       </c>
-      <c r="L18" t="s">
+      <c r="M18" t="s">
+        <v>20</v>
+      </c>
+      <c r="N18" t="s">
         <v>141</v>
       </c>
-      <c r="M18" t="s">
-[...2 lines deleted...]
-      <c r="N18" t="s">
+      <c r="O18" t="s">
         <v>142</v>
       </c>
-      <c r="O18" t="s">
+      <c r="P18" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="Q18" t="s">
         <v>40</v>
       </c>
       <c r="R18" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>145</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
         <v>146</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
         <v>147</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
+        <v>149</v>
+      </c>
+      <c r="L19" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
         <v>75</v>
       </c>
       <c r="O19" t="s">
         <v>38</v>
       </c>
       <c r="P19" t="s">
         <v>39</v>
       </c>
       <c r="Q19" t="s">
         <v>40</v>
       </c>
       <c r="R19" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
+        <v>151</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
         <v>152</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
         <v>153</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
+        <v>155</v>
+      </c>
+      <c r="L20" t="s">
         <v>156</v>
       </c>
-      <c r="L20" t="s">
+      <c r="M20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N20" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
       <c r="O20" t="s">
         <v>38</v>
       </c>
       <c r="P20" t="s">
         <v>39</v>
       </c>
       <c r="Q20" t="s">
         <v>40</v>
       </c>
       <c r="R20" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
+        <v>158</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
         <v>159</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
         <v>160</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
+        <v>162</v>
+      </c>
+      <c r="L21" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
         <v>75</v>
       </c>
       <c r="O21" t="s">
         <v>38</v>
       </c>
       <c r="P21" t="s">
         <v>39</v>
       </c>
       <c r="Q21" t="s">
         <v>40</v>
       </c>
       <c r="R21" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
+        <v>164</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
         <v>165</v>
       </c>
-      <c r="C22" t="s">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
         <v>166</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
+        <v>168</v>
+      </c>
+      <c r="L22" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
         <v>75</v>
       </c>
       <c r="O22" t="s">
         <v>38</v>
       </c>
       <c r="P22" t="s">
         <v>39</v>
       </c>
       <c r="Q22" t="s">
         <v>40</v>
       </c>
       <c r="R22" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
+        <v>170</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
         <v>171</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
         <v>172</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
+        <v>174</v>
+      </c>
+      <c r="L23" t="s">
         <v>175</v>
       </c>
-      <c r="L23" t="s">
+      <c r="M23" t="s">
+        <v>20</v>
+      </c>
+      <c r="N23" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="O23" t="s">
         <v>38</v>
       </c>
       <c r="P23" t="s">
         <v>39</v>
       </c>
       <c r="Q23" t="s">
         <v>40</v>
       </c>
       <c r="R23" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
+        <v>177</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
         <v>178</v>
       </c>
-      <c r="C24" t="s">
-[...5 lines deleted...]
-      <c r="E24" t="s">
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
         <v>179</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
+        <v>181</v>
+      </c>
+      <c r="L24" t="s">
         <v>182</v>
       </c>
-      <c r="L24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>184</v>
+        <v>102</v>
       </c>
       <c r="O24" t="s">
+        <v>119</v>
+      </c>
+      <c r="P24" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="Q24" t="s">
         <v>40</v>
       </c>
       <c r="R24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
+        <v>183</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>184</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
         <v>185</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="H25" t="s">
         <v>186</v>
-      </c>
-[...7 lines deleted...]
-        <v>188</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="L25" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="O25" t="s">
+        <v>142</v>
+      </c>
+      <c r="P25" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="Q25" t="s">
         <v>40</v>
       </c>
       <c r="R25" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
+        <v>189</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>190</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
         <v>191</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="H26" t="s">
         <v>192</v>
-      </c>
-[...7 lines deleted...]
-        <v>194</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="L26" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
         <v>68</v>
       </c>
       <c r="O26" t="s">
         <v>28</v>
       </c>
       <c r="P26" t="s">
         <v>29</v>
       </c>
       <c r="Q26" t="s">
         <v>30</v>
       </c>
       <c r="R26" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
+        <v>194</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>195</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
         <v>196</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27" t="s">
+      <c r="H27" t="s">
         <v>197</v>
-      </c>
-[...7 lines deleted...]
-        <v>199</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="L27" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
         <v>102</v>
       </c>
       <c r="O27" t="s">
         <v>38</v>
       </c>
       <c r="P27" t="s">
         <v>39</v>
       </c>
       <c r="Q27" t="s">
         <v>40</v>
       </c>
       <c r="R27" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
+        <v>200</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>201</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
         <v>202</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="H28" t="s">
         <v>203</v>
-      </c>
-[...7 lines deleted...]
-        <v>205</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="L28" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>208</v>
+        <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>38</v>
       </c>
       <c r="P28" t="s">
         <v>39</v>
       </c>
       <c r="Q28" t="s">
         <v>40</v>
       </c>
       <c r="R28" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
+        <v>206</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>207</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>208</v>
+      </c>
+      <c r="H29" t="s">
         <v>209</v>
-      </c>
-[...16 lines deleted...]
-        <v>212</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="L29" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="O29" t="s">
         <v>38</v>
       </c>
       <c r="P29" t="s">
         <v>39</v>
       </c>
       <c r="Q29" t="s">
         <v>40</v>
       </c>
       <c r="R29" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
+        <v>213</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>214</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>215</v>
+      </c>
+      <c r="H30" t="s">
         <v>216</v>
-      </c>
-[...16 lines deleted...]
-        <v>219</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="L30" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
         <v>75</v>
       </c>
       <c r="O30" t="s">
         <v>38</v>
       </c>
       <c r="P30" t="s">
         <v>39</v>
       </c>
       <c r="Q30" t="s">
         <v>40</v>
       </c>
       <c r="R30" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
+        <v>219</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>220</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>221</v>
+      </c>
+      <c r="H31" t="s">
         <v>222</v>
-      </c>
-[...16 lines deleted...]
-        <v>225</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="L31" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>102</v>
+        <v>225</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31" t="s">
         <v>29</v>
       </c>
       <c r="Q31" t="s">
         <v>30</v>
       </c>
       <c r="R31" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
+        <v>226</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>227</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
         <v>228</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="H32" t="s">
         <v>229</v>
-      </c>
-[...7 lines deleted...]
-        <v>231</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="L32" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>234</v>
+        <v>54</v>
       </c>
       <c r="O32" t="s">
+        <v>142</v>
+      </c>
+      <c r="P32" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="Q32" t="s">
         <v>40</v>
       </c>
       <c r="R32" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
+        <v>232</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>233</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>234</v>
+      </c>
+      <c r="H33" t="s">
         <v>235</v>
-      </c>
-[...16 lines deleted...]
-        <v>238</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="L33" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="O33" t="s">
         <v>38</v>
       </c>
       <c r="P33" t="s">
         <v>39</v>
       </c>
       <c r="Q33" t="s">
         <v>40</v>
       </c>
       <c r="R33" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
+        <v>238</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>239</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>240</v>
+      </c>
+      <c r="H34" t="s">
         <v>241</v>
-      </c>
-[...16 lines deleted...]
-        <v>244</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="L34" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
         <v>75</v>
       </c>
       <c r="O34" t="s">
         <v>38</v>
       </c>
       <c r="P34" t="s">
         <v>39</v>
       </c>
       <c r="Q34" t="s">
         <v>40</v>
       </c>
       <c r="R34" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
+        <v>244</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>245</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>246</v>
+      </c>
+      <c r="H35" t="s">
         <v>247</v>
-      </c>
-[...16 lines deleted...]
-        <v>250</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="L35" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
         <v>95</v>
       </c>
       <c r="O35" t="s">
+        <v>249</v>
+      </c>
+      <c r="P35" t="s">
+        <v>250</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>251</v>
+      </c>
+      <c r="R35" t="s">
         <v>252</v>
-      </c>
-[...7 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
+        <v>253</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>254</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>255</v>
+      </c>
+      <c r="H36" t="s">
         <v>256</v>
-      </c>
-[...16 lines deleted...]
-        <v>259</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
+        <v>257</v>
+      </c>
+      <c r="L36" t="s">
+        <v>258</v>
+      </c>
+      <c r="M36" t="s">
+        <v>20</v>
+      </c>
+      <c r="N36" t="s">
+        <v>259</v>
+      </c>
+      <c r="O36" t="s">
         <v>260</v>
       </c>
-      <c r="L36" t="s">
+      <c r="P36" t="s">
         <v>261</v>
       </c>
-      <c r="M36" t="s">
-[...2 lines deleted...]
-      <c r="N36" t="s">
+      <c r="Q36" t="s">
         <v>262</v>
       </c>
-      <c r="O36" t="s">
+      <c r="R36" t="s">
         <v>263</v>
-      </c>
-[...7 lines deleted...]
-        <v>266</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P82"/>
+  <dimension ref="A1:P59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>264</v>
+      </c>
+      <c r="J1" t="s">
+        <v>265</v>
+      </c>
+      <c r="K1" t="s">
+        <v>266</v>
+      </c>
+      <c r="L1" t="s">
         <v>267</v>
       </c>
-      <c r="J1" t="s">
+      <c r="M1" t="s">
         <v>268</v>
       </c>
-      <c r="K1" t="s">
+      <c r="N1" t="s">
         <v>269</v>
       </c>
-      <c r="L1" t="s">
+      <c r="O1" t="s">
         <v>270</v>
       </c>
-      <c r="M1" t="s">
+      <c r="P1" t="s">
         <v>271</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>272</v>
+      </c>
+      <c r="B2" t="s">
+        <v>273</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>274</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
         <v>275</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>276</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="I2" t="s">
         <v>277</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
         <v>278</v>
       </c>
-      <c r="H2" t="s">
+      <c r="L2" t="s">
         <v>279</v>
       </c>
-      <c r="I2" t="s">
+      <c r="M2" t="s">
         <v>280</v>
       </c>
-      <c r="J2" t="s">
+      <c r="N2" t="s">
         <v>281</v>
       </c>
-      <c r="K2" t="s">
+      <c r="O2" t="s">
         <v>282</v>
       </c>
-      <c r="L2" t="s">
+      <c r="P2" t="s">
         <v>283</v>
-      </c>
-[...10 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B3" t="s">
+        <v>284</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>286</v>
+      </c>
+      <c r="H3" t="s">
+        <v>287</v>
+      </c>
+      <c r="I3" t="s">
         <v>288</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="J3" t="s">
         <v>289</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="K3" t="s">
         <v>290</v>
       </c>
-      <c r="H3" t="s">
+      <c r="L3" t="s">
+        <v>279</v>
+      </c>
+      <c r="M3" t="s">
         <v>291</v>
       </c>
-      <c r="I3" t="s">
+      <c r="N3" t="s">
         <v>292</v>
       </c>
-      <c r="J3" t="s">
-[...2 lines deleted...]
-      <c r="K3" t="s">
+      <c r="O3" t="s">
         <v>293</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="P3" t="s">
         <v>294</v>
-      </c>
-[...7 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B4" t="s">
+        <v>295</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
         <v>296</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>297</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>298</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>299</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
         <v>300</v>
       </c>
-      <c r="J4" t="s">
+      <c r="K4" t="s">
         <v>301</v>
       </c>
-      <c r="K4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L4" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M4" t="s">
+        <v>280</v>
+      </c>
+      <c r="N4" t="s">
+        <v>281</v>
+      </c>
+      <c r="O4" t="s">
+        <v>282</v>
+      </c>
+      <c r="P4" t="s">
         <v>302</v>
-      </c>
-[...7 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B5" t="s">
+        <v>303</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>304</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>305</v>
       </c>
-      <c r="C5" t="s">
-[...11 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>306</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>307</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="K5" t="s">
         <v>40</v>
       </c>
       <c r="L5" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M5" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="N5" t="s">
         <v>309</v>
       </c>
       <c r="O5" t="s">
         <v>310</v>
       </c>
       <c r="P5" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B6" t="s">
         <v>312</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>313</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>314</v>
       </c>
       <c r="H6" t="s">
         <v>315</v>
       </c>
       <c r="I6" t="s">
         <v>316</v>
       </c>
       <c r="J6" t="s">
-        <v>20</v>
+        <v>317</v>
       </c>
       <c r="K6" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="L6" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M6" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="N6" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="O6" t="s">
+        <v>293</v>
+      </c>
+      <c r="P6" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B7" t="s">
+        <v>320</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
         <v>321</v>
-      </c>
-[...7 lines deleted...]
-        <v>313</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>322</v>
       </c>
       <c r="H7" t="s">
         <v>323</v>
       </c>
       <c r="I7" t="s">
-        <v>316</v>
+        <v>324</v>
       </c>
       <c r="J7" t="s">
-        <v>20</v>
+        <v>325</v>
       </c>
       <c r="K7" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
       <c r="L7" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M7" t="s">
-        <v>302</v>
+        <v>327</v>
       </c>
       <c r="N7" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="O7" t="s">
-        <v>324</v>
+        <v>293</v>
       </c>
       <c r="P7" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B8" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>313</v>
+        <v>330</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="H8" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="I8" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="J8" t="s">
         <v>20</v>
       </c>
       <c r="K8" t="s">
-        <v>317</v>
+        <v>334</v>
       </c>
       <c r="L8" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M8" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="N8" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="O8" t="s">
-        <v>329</v>
+        <v>293</v>
       </c>
       <c r="P8" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B9" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>313</v>
+        <v>337</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="H9" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="I9" t="s">
-        <v>316</v>
+        <v>340</v>
       </c>
       <c r="J9" t="s">
-        <v>20</v>
+        <v>308</v>
       </c>
       <c r="K9" t="s">
-        <v>317</v>
+        <v>40</v>
       </c>
       <c r="L9" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M9" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="N9" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="O9" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
       <c r="P9" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B10" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>313</v>
+        <v>337</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="H10" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="I10" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="J10" t="s">
-        <v>20</v>
+        <v>308</v>
       </c>
       <c r="K10" t="s">
-        <v>317</v>
+        <v>40</v>
       </c>
       <c r="L10" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M10" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="N10" t="s">
-        <v>318</v>
+        <v>309</v>
       </c>
       <c r="O10" t="s">
-        <v>339</v>
+        <v>310</v>
       </c>
       <c r="P10" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B11" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="H11" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="I11" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="J11" t="s">
         <v>20</v>
       </c>
       <c r="K11" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="L11" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M11" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="N11" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
       <c r="O11" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="P11" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B12" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="H12" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="I12" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="J12" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="K12" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="L12" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M12" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="N12" t="s">
-        <v>357</v>
+        <v>292</v>
       </c>
       <c r="O12" t="s">
-        <v>358</v>
+        <v>293</v>
       </c>
       <c r="P12" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B13" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>351</v>
+        <v>366</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="H13" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="I13" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="J13" t="s">
-        <v>355</v>
+        <v>308</v>
       </c>
       <c r="K13" t="s">
-        <v>356</v>
+        <v>40</v>
       </c>
       <c r="L13" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M13" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="N13" t="s">
-        <v>357</v>
+        <v>370</v>
       </c>
       <c r="O13" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="P13" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B14" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="H14" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="I14" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="J14" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="K14" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="L14" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M14" t="s">
-        <v>302</v>
+        <v>327</v>
       </c>
       <c r="N14" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="O14" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="P14" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B15" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
       <c r="H15" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="I15" t="s">
-        <v>377</v>
+        <v>385</v>
       </c>
       <c r="J15" t="s">
-        <v>378</v>
+        <v>20</v>
       </c>
       <c r="K15" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="L15" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M15" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="N15" t="s">
-        <v>285</v>
+        <v>387</v>
       </c>
       <c r="O15" t="s">
-        <v>286</v>
+        <v>388</v>
       </c>
       <c r="P15" t="s">
-        <v>380</v>
+        <v>389</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B16" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>382</v>
+        <v>366</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>383</v>
+        <v>391</v>
       </c>
       <c r="H16" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="I16" t="s">
-        <v>385</v>
+        <v>369</v>
       </c>
       <c r="J16" t="s">
-        <v>386</v>
+        <v>308</v>
       </c>
       <c r="K16" t="s">
-        <v>387</v>
+        <v>40</v>
       </c>
       <c r="L16" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M16" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="N16" t="s">
-        <v>285</v>
+        <v>370</v>
       </c>
       <c r="O16" t="s">
-        <v>286</v>
+        <v>393</v>
       </c>
       <c r="P16" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B17" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="H17" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="I17" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="J17" t="s">
-        <v>301</v>
+        <v>399</v>
       </c>
       <c r="K17" t="s">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="L17" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M17" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="N17" t="s">
-        <v>394</v>
+        <v>292</v>
       </c>
       <c r="O17" t="s">
-        <v>395</v>
+        <v>293</v>
       </c>
       <c r="P17" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B18" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
+        <v>403</v>
+      </c>
+      <c r="H18" t="s">
+        <v>404</v>
+      </c>
+      <c r="I18" t="s">
         <v>398</v>
       </c>
-      <c r="H18" t="s">
+      <c r="J18" t="s">
         <v>399</v>
       </c>
-      <c r="I18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K18" t="s">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="L18" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M18" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="N18" t="s">
-        <v>394</v>
+        <v>387</v>
       </c>
       <c r="O18" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="P18" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="H19" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="I19" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="J19" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="K19" t="s">
-        <v>408</v>
+        <v>30</v>
       </c>
       <c r="L19" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M19" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="N19" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="O19" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="P19" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B20" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="H20" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="I20" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="J20" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="K20" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="L20" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M20" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="N20" t="s">
-        <v>285</v>
+        <v>387</v>
       </c>
       <c r="O20" t="s">
-        <v>286</v>
+        <v>388</v>
       </c>
       <c r="P20" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B21" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>411</v>
+        <v>423</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="H21" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="I21" t="s">
-        <v>414</v>
+        <v>426</v>
       </c>
       <c r="J21" t="s">
-        <v>415</v>
+        <v>20</v>
       </c>
       <c r="K21" t="s">
-        <v>416</v>
+        <v>427</v>
       </c>
       <c r="L21" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M21" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="N21" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="O21" t="s">
-        <v>421</v>
+        <v>293</v>
       </c>
       <c r="P21" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B22" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>411</v>
+        <v>430</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="H22" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="I22" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="J22" t="s">
-        <v>427</v>
+        <v>277</v>
       </c>
       <c r="K22" t="s">
-        <v>428</v>
+        <v>278</v>
       </c>
       <c r="L22" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M22" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="N22" t="s">
-        <v>285</v>
+        <v>387</v>
       </c>
       <c r="O22" t="s">
-        <v>286</v>
+        <v>388</v>
       </c>
       <c r="P22" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B23" t="s">
+        <v>435</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
         <v>430</v>
       </c>
-      <c r="C23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="H23" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="I23" t="s">
-        <v>345</v>
+        <v>433</v>
       </c>
       <c r="J23" t="s">
-        <v>20</v>
+        <v>277</v>
       </c>
       <c r="K23" t="s">
-        <v>346</v>
+        <v>278</v>
       </c>
       <c r="L23" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M23" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="N23" t="s">
-        <v>285</v>
+        <v>438</v>
       </c>
       <c r="O23" t="s">
-        <v>286</v>
+        <v>439</v>
       </c>
       <c r="P23" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B24" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>411</v>
+        <v>442</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>435</v>
+        <v>443</v>
       </c>
       <c r="H24" t="s">
-        <v>436</v>
+        <v>444</v>
       </c>
       <c r="I24" t="s">
-        <v>437</v>
+        <v>445</v>
       </c>
       <c r="J24" t="s">
-        <v>438</v>
+        <v>352</v>
       </c>
       <c r="K24" t="s">
-        <v>439</v>
+        <v>353</v>
       </c>
       <c r="L24" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M24" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="N24" t="s">
-        <v>285</v>
+        <v>387</v>
       </c>
       <c r="O24" t="s">
-        <v>286</v>
+        <v>405</v>
       </c>
       <c r="P24" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B25" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>411</v>
+        <v>448</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="H25" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="I25" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="J25" t="s">
-        <v>20</v>
+        <v>452</v>
       </c>
       <c r="K25" t="s">
-        <v>445</v>
+        <v>453</v>
       </c>
       <c r="L25" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M25" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="N25" t="s">
-        <v>318</v>
+        <v>387</v>
       </c>
       <c r="O25" t="s">
-        <v>446</v>
+        <v>454</v>
       </c>
       <c r="P25" t="s">
-        <v>447</v>
+        <v>455</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B26" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>449</v>
+        <v>457</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="H26" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="I26" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="J26" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="K26" t="s">
-        <v>30</v>
+        <v>462</v>
       </c>
       <c r="L26" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M26" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="N26" t="s">
-        <v>285</v>
+        <v>387</v>
       </c>
       <c r="O26" t="s">
-        <v>286</v>
+        <v>463</v>
       </c>
       <c r="P26" t="s">
-        <v>454</v>
+        <v>464</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B27" t="s">
-        <v>448</v>
+        <v>465</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>449</v>
+        <v>466</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>455</v>
+        <v>467</v>
       </c>
       <c r="H27" t="s">
-        <v>456</v>
+        <v>468</v>
       </c>
       <c r="I27" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="J27" t="s">
-        <v>458</v>
+        <v>352</v>
       </c>
       <c r="K27" t="s">
-        <v>30</v>
+        <v>353</v>
       </c>
       <c r="L27" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M27" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="N27" t="s">
-        <v>285</v>
+        <v>387</v>
       </c>
       <c r="O27" t="s">
-        <v>286</v>
+        <v>470</v>
       </c>
       <c r="P27" t="s">
-        <v>459</v>
+        <v>471</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B28" t="s">
-        <v>460</v>
+        <v>472</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>461</v>
+        <v>473</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>462</v>
+        <v>474</v>
       </c>
       <c r="H28" t="s">
-        <v>463</v>
+        <v>475</v>
       </c>
       <c r="I28" t="s">
-        <v>464</v>
+        <v>476</v>
       </c>
       <c r="J28" t="s">
-        <v>465</v>
+        <v>477</v>
       </c>
       <c r="K28" t="s">
-        <v>30</v>
+        <v>478</v>
       </c>
       <c r="L28" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M28" t="s">
-        <v>302</v>
+        <v>327</v>
       </c>
       <c r="N28" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="O28" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="P28" t="s">
-        <v>466</v>
+        <v>479</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B29" t="s">
-        <v>467</v>
+        <v>480</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>468</v>
+        <v>481</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>469</v>
+        <v>482</v>
       </c>
       <c r="H29" t="s">
-        <v>470</v>
+        <v>483</v>
       </c>
       <c r="I29" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="J29" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="K29" t="s">
-        <v>473</v>
+        <v>486</v>
       </c>
       <c r="L29" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M29" t="s">
-        <v>284</v>
+        <v>327</v>
       </c>
       <c r="N29" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="O29" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="P29" t="s">
-        <v>474</v>
+        <v>487</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B30" t="s">
-        <v>475</v>
+        <v>488</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>468</v>
+        <v>382</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>476</v>
+        <v>489</v>
       </c>
       <c r="H30" t="s">
-        <v>477</v>
+        <v>490</v>
       </c>
       <c r="I30" t="s">
-        <v>478</v>
+        <v>491</v>
       </c>
       <c r="J30" t="s">
-        <v>301</v>
+        <v>492</v>
       </c>
       <c r="K30" t="s">
-        <v>40</v>
+        <v>493</v>
       </c>
       <c r="L30" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M30" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="N30" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="O30" t="s">
-        <v>479</v>
+        <v>293</v>
       </c>
       <c r="P30" t="s">
-        <v>480</v>
+        <v>494</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B31" t="s">
-        <v>481</v>
+        <v>495</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>482</v>
+        <v>496</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>483</v>
+        <v>497</v>
       </c>
       <c r="H31" t="s">
-        <v>484</v>
+        <v>498</v>
       </c>
       <c r="I31" t="s">
-        <v>485</v>
+        <v>499</v>
       </c>
       <c r="J31" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
       <c r="K31" t="s">
-        <v>487</v>
+        <v>30</v>
       </c>
       <c r="L31" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M31" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="N31" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="O31" t="s">
-        <v>446</v>
+        <v>293</v>
       </c>
       <c r="P31" t="s">
-        <v>488</v>
+        <v>501</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B32" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>491</v>
+        <v>502</v>
       </c>
       <c r="H32" t="s">
-        <v>492</v>
+        <v>503</v>
       </c>
       <c r="I32" t="s">
-        <v>493</v>
+        <v>504</v>
       </c>
       <c r="J32" t="s">
-        <v>20</v>
+        <v>505</v>
       </c>
       <c r="K32" t="s">
-        <v>494</v>
+        <v>30</v>
       </c>
       <c r="L32" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M32" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="N32" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="O32" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="P32" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B33" t="s">
-        <v>496</v>
+        <v>507</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>497</v>
+        <v>508</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>498</v>
+        <v>509</v>
       </c>
       <c r="H33" t="s">
-        <v>499</v>
+        <v>510</v>
       </c>
       <c r="I33" t="s">
-        <v>500</v>
+        <v>511</v>
       </c>
       <c r="J33" t="s">
-        <v>355</v>
+        <v>512</v>
       </c>
       <c r="K33" t="s">
-        <v>356</v>
+        <v>513</v>
       </c>
       <c r="L33" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M33" t="s">
-        <v>294</v>
+        <v>327</v>
       </c>
       <c r="N33" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="O33" t="s">
-        <v>446</v>
+        <v>293</v>
       </c>
       <c r="P33" t="s">
-        <v>501</v>
+        <v>514</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B34" t="s">
-        <v>502</v>
+        <v>515</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>497</v>
+        <v>508</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>503</v>
+        <v>516</v>
       </c>
       <c r="H34" t="s">
-        <v>504</v>
+        <v>517</v>
       </c>
       <c r="I34" t="s">
-        <v>500</v>
+        <v>518</v>
       </c>
       <c r="J34" t="s">
-        <v>355</v>
+        <v>308</v>
       </c>
       <c r="K34" t="s">
-        <v>356</v>
+        <v>40</v>
       </c>
       <c r="L34" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M34" t="s">
-        <v>294</v>
+        <v>327</v>
       </c>
       <c r="N34" t="s">
-        <v>357</v>
+        <v>292</v>
       </c>
       <c r="O34" t="s">
-        <v>505</v>
+        <v>519</v>
       </c>
       <c r="P34" t="s">
-        <v>506</v>
+        <v>520</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B35" t="s">
-        <v>507</v>
+        <v>521</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>508</v>
+        <v>442</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>509</v>
+        <v>522</v>
       </c>
       <c r="H35" t="s">
-        <v>510</v>
+        <v>523</v>
       </c>
       <c r="I35" t="s">
-        <v>511</v>
+        <v>445</v>
       </c>
       <c r="J35" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="K35" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="L35" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M35" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="N35" t="s">
-        <v>318</v>
+        <v>387</v>
       </c>
       <c r="O35" t="s">
-        <v>319</v>
+        <v>470</v>
       </c>
       <c r="P35" t="s">
-        <v>512</v>
+        <v>524</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B36" t="s">
-        <v>513</v>
+        <v>525</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>508</v>
+        <v>457</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>514</v>
+        <v>526</v>
       </c>
       <c r="H36" t="s">
-        <v>515</v>
+        <v>527</v>
       </c>
       <c r="I36" t="s">
-        <v>511</v>
+        <v>528</v>
       </c>
       <c r="J36" t="s">
-        <v>345</v>
+        <v>529</v>
       </c>
       <c r="K36" t="s">
-        <v>346</v>
+        <v>530</v>
       </c>
       <c r="L36" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M36" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="N36" t="s">
-        <v>318</v>
+        <v>387</v>
       </c>
       <c r="O36" t="s">
-        <v>421</v>
+        <v>463</v>
       </c>
       <c r="P36" t="s">
-        <v>516</v>
+        <v>531</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B37" t="s">
-        <v>517</v>
+        <v>532</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>518</v>
+        <v>466</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>519</v>
+        <v>533</v>
       </c>
       <c r="H37" t="s">
-        <v>520</v>
+        <v>534</v>
       </c>
       <c r="I37" t="s">
-        <v>521</v>
+        <v>535</v>
       </c>
       <c r="J37" t="s">
-        <v>522</v>
+        <v>536</v>
       </c>
       <c r="K37" t="s">
-        <v>523</v>
+        <v>537</v>
       </c>
       <c r="L37" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M37" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="N37" t="s">
-        <v>318</v>
+        <v>387</v>
       </c>
       <c r="O37" t="s">
-        <v>524</v>
+        <v>405</v>
       </c>
       <c r="P37" t="s">
-        <v>525</v>
+        <v>538</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B38" t="s">
-        <v>526</v>
+        <v>539</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>527</v>
+        <v>540</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>528</v>
+        <v>541</v>
       </c>
       <c r="H38" t="s">
-        <v>529</v>
+        <v>542</v>
       </c>
       <c r="I38" t="s">
-        <v>530</v>
+        <v>543</v>
       </c>
       <c r="J38" t="s">
-        <v>531</v>
+        <v>544</v>
       </c>
       <c r="K38" t="s">
-        <v>532</v>
+        <v>545</v>
       </c>
       <c r="L38" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M38" t="s">
-        <v>294</v>
+        <v>327</v>
       </c>
       <c r="N38" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="O38" t="s">
-        <v>533</v>
+        <v>293</v>
       </c>
       <c r="P38" t="s">
-        <v>534</v>
+        <v>546</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B39" t="s">
-        <v>535</v>
+        <v>547</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>527</v>
+        <v>548</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>536</v>
+        <v>549</v>
       </c>
       <c r="H39" t="s">
-        <v>537</v>
+        <v>550</v>
       </c>
       <c r="I39" t="s">
-        <v>538</v>
+        <v>551</v>
       </c>
       <c r="J39" t="s">
-        <v>539</v>
+        <v>552</v>
       </c>
       <c r="K39" t="s">
-        <v>540</v>
+        <v>553</v>
       </c>
       <c r="L39" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M39" t="s">
-        <v>294</v>
+        <v>327</v>
       </c>
       <c r="N39" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="O39" t="s">
-        <v>533</v>
+        <v>293</v>
       </c>
       <c r="P39" t="s">
-        <v>541</v>
+        <v>554</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B40" t="s">
-        <v>542</v>
+        <v>555</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>543</v>
+        <v>556</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>544</v>
+        <v>557</v>
       </c>
       <c r="H40" t="s">
-        <v>545</v>
+        <v>558</v>
       </c>
       <c r="I40" t="s">
-        <v>546</v>
+        <v>452</v>
       </c>
       <c r="J40" t="s">
-        <v>547</v>
+        <v>20</v>
       </c>
       <c r="K40" t="s">
-        <v>548</v>
+        <v>453</v>
       </c>
       <c r="L40" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M40" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="N40" t="s">
-        <v>318</v>
+        <v>387</v>
       </c>
       <c r="O40" t="s">
-        <v>421</v>
+        <v>559</v>
       </c>
       <c r="P40" t="s">
-        <v>549</v>
+        <v>560</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B41" t="s">
-        <v>550</v>
+        <v>561</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>543</v>
+        <v>556</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>551</v>
+        <v>562</v>
       </c>
       <c r="H41" t="s">
-        <v>552</v>
+        <v>563</v>
       </c>
       <c r="I41" t="s">
-        <v>553</v>
+        <v>564</v>
       </c>
       <c r="J41" t="s">
-        <v>345</v>
+        <v>308</v>
       </c>
       <c r="K41" t="s">
-        <v>346</v>
+        <v>40</v>
       </c>
       <c r="L41" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M41" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="N41" t="s">
-        <v>318</v>
+        <v>387</v>
       </c>
       <c r="O41" t="s">
-        <v>319</v>
+        <v>565</v>
       </c>
       <c r="P41" t="s">
-        <v>554</v>
+        <v>566</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B42" t="s">
-        <v>555</v>
+        <v>567</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>556</v>
+        <v>568</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>557</v>
+        <v>569</v>
       </c>
       <c r="H42" t="s">
-        <v>558</v>
+        <v>570</v>
       </c>
       <c r="I42" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="J42" t="s">
-        <v>560</v>
+        <v>572</v>
       </c>
       <c r="K42" t="s">
-        <v>561</v>
+        <v>573</v>
       </c>
       <c r="L42" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M42" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="N42" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="O42" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="P42" t="s">
-        <v>562</v>
+        <v>574</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B43" t="s">
-        <v>563</v>
+        <v>575</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>564</v>
+        <v>576</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="H43" t="s">
-        <v>566</v>
+        <v>578</v>
       </c>
       <c r="I43" t="s">
-        <v>567</v>
+        <v>579</v>
       </c>
       <c r="J43" t="s">
-        <v>568</v>
+        <v>500</v>
       </c>
       <c r="K43" t="s">
-        <v>569</v>
+        <v>30</v>
       </c>
       <c r="L43" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M43" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="N43" t="s">
-        <v>285</v>
+        <v>580</v>
       </c>
       <c r="O43" t="s">
-        <v>286</v>
+        <v>581</v>
       </c>
       <c r="P43" t="s">
-        <v>570</v>
+        <v>582</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B44" t="s">
-        <v>571</v>
+        <v>583</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>572</v>
+        <v>584</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>573</v>
+        <v>585</v>
       </c>
       <c r="H44" t="s">
-        <v>574</v>
+        <v>586</v>
       </c>
       <c r="I44" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="J44" t="s">
-        <v>576</v>
+        <v>588</v>
       </c>
       <c r="K44" t="s">
-        <v>577</v>
+        <v>589</v>
       </c>
       <c r="L44" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M44" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="N44" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="O44" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="P44" t="s">
-        <v>578</v>
+        <v>590</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B45" t="s">
-        <v>579</v>
+        <v>591</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>581</v>
+        <v>593</v>
       </c>
       <c r="H45" t="s">
-        <v>582</v>
+        <v>594</v>
       </c>
       <c r="I45" t="s">
-        <v>522</v>
+        <v>595</v>
       </c>
       <c r="J45" t="s">
-        <v>20</v>
+        <v>419</v>
       </c>
       <c r="K45" t="s">
-        <v>523</v>
+        <v>420</v>
       </c>
       <c r="L45" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M45" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="N45" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="O45" t="s">
-        <v>329</v>
+        <v>293</v>
       </c>
       <c r="P45" t="s">
-        <v>583</v>
+        <v>596</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B46" t="s">
-        <v>584</v>
+        <v>597</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>585</v>
+        <v>598</v>
       </c>
       <c r="H46" t="s">
-        <v>586</v>
+        <v>599</v>
       </c>
       <c r="I46" t="s">
-        <v>587</v>
+        <v>600</v>
       </c>
       <c r="J46" t="s">
-        <v>301</v>
+        <v>601</v>
       </c>
       <c r="K46" t="s">
-        <v>40</v>
+        <v>602</v>
       </c>
       <c r="L46" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M46" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="N46" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="O46" t="s">
-        <v>339</v>
+        <v>293</v>
       </c>
       <c r="P46" t="s">
-        <v>588</v>
+        <v>603</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B47" t="s">
-        <v>589</v>
+        <v>604</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>590</v>
+        <v>382</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>591</v>
+        <v>605</v>
       </c>
       <c r="H47" t="s">
-        <v>592</v>
+        <v>606</v>
       </c>
       <c r="I47" t="s">
-        <v>593</v>
+        <v>607</v>
       </c>
       <c r="J47" t="s">
-        <v>522</v>
+        <v>608</v>
       </c>
       <c r="K47" t="s">
-        <v>523</v>
+        <v>609</v>
       </c>
       <c r="L47" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M47" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="N47" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="O47" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="P47" t="s">
-        <v>594</v>
+        <v>610</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B48" t="s">
-        <v>595</v>
+        <v>611</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>596</v>
+        <v>382</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>597</v>
+        <v>612</v>
       </c>
       <c r="H48" t="s">
-        <v>598</v>
+        <v>613</v>
       </c>
       <c r="I48" t="s">
-        <v>599</v>
+        <v>352</v>
       </c>
       <c r="J48" t="s">
-        <v>539</v>
+        <v>20</v>
       </c>
       <c r="K48" t="s">
-        <v>540</v>
+        <v>353</v>
       </c>
       <c r="L48" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M48" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="N48" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="O48" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="P48" t="s">
-        <v>600</v>
+        <v>614</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B49" t="s">
-        <v>601</v>
+        <v>615</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>602</v>
+        <v>616</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>603</v>
+        <v>617</v>
       </c>
       <c r="H49" t="s">
-        <v>604</v>
+        <v>618</v>
       </c>
       <c r="I49" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="J49" t="s">
-        <v>606</v>
+        <v>529</v>
       </c>
       <c r="K49" t="s">
-        <v>607</v>
+        <v>530</v>
       </c>
       <c r="L49" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M49" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="N49" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="O49" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="P49" t="s">
-        <v>608</v>
+        <v>620</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B50" t="s">
-        <v>609</v>
+        <v>621</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>610</v>
+        <v>622</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>611</v>
+        <v>623</v>
       </c>
       <c r="H50" t="s">
-        <v>612</v>
+        <v>624</v>
       </c>
       <c r="I50" t="s">
-        <v>613</v>
+        <v>625</v>
       </c>
       <c r="J50" t="s">
-        <v>614</v>
+        <v>308</v>
       </c>
       <c r="K50" t="s">
-        <v>615</v>
+        <v>40</v>
       </c>
       <c r="L50" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M50" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="N50" t="s">
-        <v>285</v>
+        <v>370</v>
       </c>
       <c r="O50" t="s">
-        <v>286</v>
+        <v>393</v>
       </c>
       <c r="P50" t="s">
-        <v>616</v>
+        <v>626</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B51" t="s">
-        <v>617</v>
+        <v>627</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>618</v>
+        <v>628</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
       <c r="H51" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="I51" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="J51" t="s">
-        <v>301</v>
+        <v>632</v>
       </c>
       <c r="K51" t="s">
-        <v>40</v>
+        <v>633</v>
       </c>
       <c r="L51" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M51" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="N51" t="s">
-        <v>394</v>
+        <v>387</v>
       </c>
       <c r="O51" t="s">
-        <v>395</v>
+        <v>634</v>
       </c>
       <c r="P51" t="s">
-        <v>622</v>
+        <v>635</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B52" t="s">
-        <v>623</v>
+        <v>636</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>625</v>
+        <v>637</v>
       </c>
       <c r="H52" t="s">
-        <v>626</v>
+        <v>638</v>
       </c>
       <c r="I52" t="s">
-        <v>627</v>
+        <v>639</v>
       </c>
       <c r="J52" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="K52" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="L52" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M52" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="N52" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="O52" t="s">
-        <v>630</v>
+        <v>293</v>
       </c>
       <c r="P52" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B53" t="s">
-        <v>632</v>
+        <v>641</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>624</v>
+        <v>642</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
       <c r="H53" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
       <c r="I53" t="s">
-        <v>635</v>
+        <v>645</v>
       </c>
       <c r="J53" t="s">
-        <v>628</v>
+        <v>500</v>
       </c>
       <c r="K53" t="s">
-        <v>629</v>
+        <v>30</v>
       </c>
       <c r="L53" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M53" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="N53" t="s">
-        <v>285</v>
+        <v>387</v>
       </c>
       <c r="O53" t="s">
-        <v>286</v>
+        <v>565</v>
       </c>
       <c r="P53" t="s">
-        <v>636</v>
+        <v>646</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B54" t="s">
-        <v>637</v>
+        <v>647</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
       <c r="H54" t="s">
-        <v>640</v>
+        <v>649</v>
       </c>
       <c r="I54" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="J54" t="s">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="K54" t="s">
-        <v>642</v>
+        <v>30</v>
       </c>
       <c r="L54" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M54" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="N54" t="s">
-        <v>285</v>
+        <v>387</v>
       </c>
       <c r="O54" t="s">
-        <v>303</v>
+        <v>650</v>
       </c>
       <c r="P54" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B55" t="s">
-        <v>644</v>
+        <v>652</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="H55" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="I55" t="s">
-        <v>647</v>
+        <v>655</v>
       </c>
       <c r="J55" t="s">
-        <v>641</v>
+        <v>500</v>
       </c>
       <c r="K55" t="s">
-        <v>642</v>
+        <v>30</v>
       </c>
       <c r="L55" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M55" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="N55" t="s">
-        <v>285</v>
+        <v>438</v>
       </c>
       <c r="O55" t="s">
-        <v>286</v>
+        <v>656</v>
       </c>
       <c r="P55" t="s">
-        <v>648</v>
+        <v>657</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B56" t="s">
-        <v>649</v>
+        <v>658</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>650</v>
+        <v>659</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>651</v>
+        <v>660</v>
       </c>
       <c r="H56" t="s">
-        <v>652</v>
+        <v>661</v>
       </c>
       <c r="I56" t="s">
-        <v>653</v>
+        <v>662</v>
       </c>
       <c r="J56" t="s">
         <v>20</v>
       </c>
       <c r="K56" t="s">
-        <v>654</v>
+        <v>663</v>
       </c>
       <c r="L56" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M56" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="N56" t="s">
-        <v>285</v>
+        <v>664</v>
       </c>
       <c r="O56" t="s">
-        <v>286</v>
+        <v>665</v>
       </c>
       <c r="P56" t="s">
-        <v>655</v>
+        <v>666</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B57" t="s">
-        <v>656</v>
+        <v>667</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>657</v>
+        <v>668</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>658</v>
+        <v>669</v>
       </c>
       <c r="H57" t="s">
-        <v>659</v>
+        <v>670</v>
       </c>
       <c r="I57" t="s">
-        <v>660</v>
+        <v>671</v>
       </c>
       <c r="J57" t="s">
-        <v>20</v>
+        <v>672</v>
       </c>
       <c r="K57" t="s">
-        <v>30</v>
+        <v>673</v>
       </c>
       <c r="L57" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M57" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="N57" t="s">
-        <v>318</v>
+        <v>664</v>
       </c>
       <c r="O57" t="s">
-        <v>329</v>
+        <v>665</v>
       </c>
       <c r="P57" t="s">
-        <v>661</v>
+        <v>674</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B58" t="s">
-        <v>662</v>
+        <v>675</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>657</v>
+        <v>676</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>663</v>
+        <v>677</v>
       </c>
       <c r="H58" t="s">
-        <v>664</v>
+        <v>678</v>
       </c>
       <c r="I58" t="s">
-        <v>660</v>
+        <v>679</v>
       </c>
       <c r="J58" t="s">
         <v>20</v>
       </c>
       <c r="K58" t="s">
-        <v>30</v>
+        <v>680</v>
       </c>
       <c r="L58" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M58" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="N58" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="O58" t="s">
-        <v>533</v>
+        <v>341</v>
       </c>
       <c r="P58" t="s">
-        <v>665</v>
+        <v>681</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B59" t="s">
-        <v>666</v>
+        <v>682</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>667</v>
+        <v>683</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>668</v>
+        <v>684</v>
       </c>
       <c r="H59" t="s">
-        <v>669</v>
+        <v>685</v>
       </c>
       <c r="I59" t="s">
-        <v>670</v>
+        <v>686</v>
       </c>
       <c r="J59" t="s">
-        <v>301</v>
+        <v>325</v>
       </c>
       <c r="K59" t="s">
-        <v>40</v>
+        <v>326</v>
       </c>
       <c r="L59" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="M59" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="N59" t="s">
-        <v>394</v>
+        <v>438</v>
       </c>
       <c r="O59" t="s">
-        <v>671</v>
+        <v>656</v>
       </c>
       <c r="P59" t="s">
-        <v>672</v>
-[...121 lines deleted...]
-      <c r="G62" t="s">
         <v>687</v>
-      </c>
-[...1025 lines deleted...]
-        <v>821</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>822</v>
+        <v>688</v>
       </c>
       <c r="L1" t="s">
-        <v>823</v>
+        <v>689</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>824</v>
+        <v>690</v>
       </c>
       <c r="B2" t="s">
-        <v>825</v>
+        <v>691</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>826</v>
+        <v>692</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>827</v>
+        <v>693</v>
       </c>
       <c r="H2" t="s">
-        <v>828</v>
+        <v>694</v>
       </c>
       <c r="I2" t="s">
-        <v>829</v>
+        <v>695</v>
       </c>
       <c r="J2" t="s">
         <v>38</v>
       </c>
       <c r="K2" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="L2" t="s">
         <v>41</v>
       </c>
       <c r="M2" t="s">
-        <v>830</v>
+        <v>696</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>824</v>
+        <v>690</v>
       </c>
       <c r="B3" t="s">
-        <v>831</v>
+        <v>697</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>832</v>
+        <v>698</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>833</v>
+        <v>699</v>
       </c>
       <c r="H3" t="s">
-        <v>834</v>
+        <v>700</v>
       </c>
       <c r="I3" t="s">
-        <v>835</v>
+        <v>701</v>
       </c>
       <c r="J3" t="s">
         <v>38</v>
       </c>
       <c r="K3" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="L3" t="s">
         <v>41</v>
       </c>
       <c r="M3" t="s">
-        <v>836</v>
+        <v>702</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>837</v>
+        <v>703</v>
       </c>
       <c r="J1" t="s">
+        <v>264</v>
+      </c>
+      <c r="K1" t="s">
+        <v>704</v>
+      </c>
+      <c r="L1" t="s">
+        <v>266</v>
+      </c>
+      <c r="M1" t="s">
         <v>267</v>
       </c>
-      <c r="K1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N1" t="s">
-        <v>839</v>
+        <v>705</v>
       </c>
       <c r="O1" t="s">
-        <v>840</v>
+        <v>706</v>
       </c>
       <c r="P1" t="s">
-        <v>841</v>
+        <v>707</v>
       </c>
       <c r="Q1" t="s">
-        <v>842</v>
+        <v>708</v>
       </c>
       <c r="R1" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="S1" t="s">
-        <v>843</v>
+        <v>709</v>
       </c>
       <c r="T1" t="s">
-        <v>844</v>
+        <v>710</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B2" t="s">
-        <v>846</v>
+        <v>712</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>847</v>
+        <v>713</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>848</v>
+        <v>714</v>
       </c>
       <c r="H2" t="s">
-        <v>849</v>
+        <v>715</v>
       </c>
       <c r="I2" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J2" t="s">
-        <v>851</v>
+        <v>717</v>
       </c>
       <c r="K2" t="s">
-        <v>472</v>
+        <v>512</v>
       </c>
       <c r="L2" t="s">
-        <v>473</v>
+        <v>513</v>
       </c>
       <c r="M2" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N2" t="s">
-        <v>852</v>
+        <v>718</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="Q2" t="s">
-        <v>854</v>
+        <v>720</v>
       </c>
       <c r="R2" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="S2" t="s">
-        <v>855</v>
+        <v>721</v>
       </c>
       <c r="T2" t="s">
-        <v>856</v>
+        <v>722</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B3" t="s">
-        <v>857</v>
+        <v>723</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>858</v>
+        <v>724</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>859</v>
+        <v>725</v>
       </c>
       <c r="H3" t="s">
-        <v>860</v>
+        <v>726</v>
       </c>
       <c r="I3" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J3" t="s">
         <v>20</v>
       </c>
       <c r="K3" t="s">
-        <v>641</v>
+        <v>727</v>
       </c>
       <c r="L3" t="s">
-        <v>642</v>
+        <v>728</v>
       </c>
       <c r="M3" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N3" t="s">
-        <v>861</v>
+        <v>729</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="Q3" t="s">
-        <v>854</v>
+        <v>720</v>
       </c>
       <c r="R3" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="S3" t="s">
-        <v>862</v>
+        <v>730</v>
       </c>
       <c r="T3" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>864</v>
+        <v>732</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>865</v>
+        <v>733</v>
       </c>
       <c r="H4" t="s">
-        <v>866</v>
+        <v>734</v>
       </c>
       <c r="I4" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J4" t="s">
-        <v>867</v>
+        <v>735</v>
       </c>
       <c r="K4" t="s">
-        <v>453</v>
+        <v>500</v>
       </c>
       <c r="L4" t="s">
         <v>30</v>
       </c>
       <c r="M4" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N4" t="s">
-        <v>868</v>
+        <v>736</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="Q4" t="s">
-        <v>869</v>
+        <v>737</v>
       </c>
       <c r="R4" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="S4" t="s">
         <v>31</v>
       </c>
       <c r="T4" t="s">
-        <v>870</v>
+        <v>738</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B5" t="s">
-        <v>871</v>
+        <v>739</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>872</v>
+        <v>740</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>873</v>
+        <v>741</v>
       </c>
       <c r="H5" t="s">
-        <v>874</v>
+        <v>742</v>
       </c>
       <c r="I5" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J5" t="s">
-        <v>478</v>
+        <v>518</v>
       </c>
       <c r="K5" t="s">
-        <v>875</v>
+        <v>743</v>
       </c>
       <c r="L5" t="s">
         <v>40</v>
       </c>
       <c r="M5" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N5" t="s">
-        <v>876</v>
+        <v>744</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="Q5" t="s">
-        <v>877</v>
+        <v>745</v>
       </c>
       <c r="R5" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="S5" t="s">
         <v>41</v>
       </c>
       <c r="T5" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B6" t="s">
-        <v>878</v>
+        <v>746</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>879</v>
+        <v>747</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>880</v>
+        <v>748</v>
       </c>
       <c r="H6" t="s">
-        <v>881</v>
+        <v>749</v>
       </c>
       <c r="I6" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J6" t="s">
         <v>20</v>
       </c>
       <c r="K6" t="s">
-        <v>493</v>
+        <v>426</v>
       </c>
       <c r="L6" t="s">
-        <v>494</v>
+        <v>427</v>
       </c>
       <c r="M6" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N6" t="s">
-        <v>882</v>
+        <v>750</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>883</v>
+        <v>751</v>
       </c>
       <c r="Q6" t="s">
-        <v>884</v>
+        <v>752</v>
       </c>
       <c r="R6" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S6" t="s">
-        <v>885</v>
+        <v>753</v>
       </c>
       <c r="T6" t="s">
-        <v>870</v>
+        <v>738</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B7" t="s">
-        <v>886</v>
+        <v>754</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>887</v>
+        <v>755</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>888</v>
+        <v>756</v>
       </c>
       <c r="H7" t="s">
-        <v>889</v>
+        <v>757</v>
       </c>
       <c r="I7" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J7" t="s">
-        <v>437</v>
+        <v>491</v>
       </c>
       <c r="K7" t="s">
-        <v>438</v>
+        <v>492</v>
       </c>
       <c r="L7" t="s">
-        <v>439</v>
+        <v>493</v>
       </c>
       <c r="M7" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N7" t="s">
-        <v>890</v>
+        <v>758</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>883</v>
+        <v>751</v>
       </c>
       <c r="Q7" t="s">
-        <v>854</v>
+        <v>720</v>
       </c>
       <c r="R7" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S7" t="s">
-        <v>891</v>
+        <v>759</v>
       </c>
       <c r="T7" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B8" t="s">
-        <v>892</v>
+        <v>760</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>893</v>
+        <v>761</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>894</v>
+        <v>762</v>
       </c>
       <c r="H8" t="s">
-        <v>895</v>
+        <v>763</v>
       </c>
       <c r="I8" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J8" t="s">
-        <v>896</v>
+        <v>764</v>
       </c>
       <c r="K8" t="s">
-        <v>653</v>
+        <v>765</v>
       </c>
       <c r="L8" t="s">
-        <v>654</v>
+        <v>766</v>
       </c>
       <c r="M8" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N8" t="s">
-        <v>897</v>
+        <v>767</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>883</v>
+        <v>751</v>
       </c>
       <c r="Q8" t="s">
-        <v>884</v>
+        <v>752</v>
       </c>
       <c r="R8" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S8" t="s">
-        <v>898</v>
+        <v>768</v>
       </c>
       <c r="T8" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B9" t="s">
-        <v>899</v>
+        <v>769</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>900</v>
+        <v>770</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>901</v>
+        <v>771</v>
       </c>
       <c r="H9" t="s">
-        <v>902</v>
+        <v>772</v>
       </c>
       <c r="I9" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J9" t="s">
-        <v>903</v>
+        <v>773</v>
       </c>
       <c r="K9" t="s">
-        <v>465</v>
+        <v>412</v>
       </c>
       <c r="L9" t="s">
         <v>30</v>
       </c>
       <c r="M9" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N9" t="s">
-        <v>904</v>
+        <v>774</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>883</v>
+        <v>751</v>
       </c>
       <c r="Q9" t="s">
-        <v>905</v>
+        <v>775</v>
       </c>
       <c r="R9" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S9" t="s">
-        <v>906</v>
+        <v>776</v>
       </c>
       <c r="T9" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B10" t="s">
-        <v>907</v>
+        <v>777</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>908</v>
+        <v>778</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>909</v>
+        <v>779</v>
       </c>
       <c r="H10" t="s">
-        <v>910</v>
+        <v>780</v>
       </c>
       <c r="I10" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J10" t="s">
-        <v>911</v>
+        <v>781</v>
       </c>
       <c r="K10" t="s">
-        <v>912</v>
+        <v>782</v>
       </c>
       <c r="L10" t="s">
-        <v>913</v>
+        <v>783</v>
       </c>
       <c r="M10" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N10" t="s">
-        <v>914</v>
+        <v>784</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="Q10" t="s">
-        <v>854</v>
+        <v>720</v>
       </c>
       <c r="R10" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="S10" t="s">
-        <v>915</v>
+        <v>785</v>
       </c>
       <c r="T10" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B11" t="s">
-        <v>916</v>
+        <v>786</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>917</v>
+        <v>787</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>918</v>
+        <v>788</v>
       </c>
       <c r="H11" t="s">
-        <v>919</v>
+        <v>789</v>
       </c>
       <c r="I11" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J11" t="s">
-        <v>920</v>
+        <v>790</v>
       </c>
       <c r="K11" t="s">
-        <v>921</v>
+        <v>791</v>
       </c>
       <c r="L11" t="s">
         <v>40</v>
       </c>
       <c r="M11" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N11" t="s">
-        <v>922</v>
+        <v>792</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="Q11" t="s">
-        <v>923</v>
+        <v>793</v>
       </c>
       <c r="R11" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="S11" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="T11" t="s">
-        <v>924</v>
+        <v>794</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B12" t="s">
-        <v>925</v>
+        <v>795</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>926</v>
+        <v>796</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>927</v>
+        <v>797</v>
       </c>
       <c r="H12" t="s">
-        <v>928</v>
+        <v>798</v>
       </c>
       <c r="I12" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J12" t="s">
         <v>20</v>
       </c>
       <c r="K12" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="L12" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="M12" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N12" t="s">
-        <v>929</v>
+        <v>799</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>883</v>
+        <v>751</v>
       </c>
       <c r="Q12" t="s">
-        <v>930</v>
+        <v>800</v>
       </c>
       <c r="R12" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S12" t="s">
-        <v>931</v>
+        <v>801</v>
       </c>
       <c r="T12" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B13" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>932</v>
+        <v>802</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>933</v>
+        <v>803</v>
       </c>
       <c r="H13" t="s">
-        <v>934</v>
+        <v>804</v>
       </c>
       <c r="I13" t="s">
-        <v>935</v>
+        <v>805</v>
       </c>
       <c r="J13" t="s">
-        <v>936</v>
+        <v>806</v>
       </c>
       <c r="K13" t="s">
-        <v>937</v>
+        <v>807</v>
       </c>
       <c r="L13" t="s">
         <v>40</v>
       </c>
       <c r="M13" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N13" t="s">
-        <v>938</v>
+        <v>808</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>883</v>
+        <v>751</v>
       </c>
       <c r="Q13" t="s">
-        <v>939</v>
+        <v>809</v>
       </c>
       <c r="R13" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S13" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="T13" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B14" t="s">
-        <v>940</v>
+        <v>810</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>941</v>
+        <v>811</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>942</v>
+        <v>812</v>
       </c>
       <c r="H14" t="s">
-        <v>943</v>
+        <v>813</v>
       </c>
       <c r="I14" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J14" t="s">
-        <v>944</v>
+        <v>814</v>
       </c>
       <c r="K14" t="s">
-        <v>945</v>
+        <v>815</v>
       </c>
       <c r="L14" t="s">
-        <v>946</v>
+        <v>816</v>
       </c>
       <c r="M14" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N14" t="s">
-        <v>947</v>
+        <v>817</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>883</v>
+        <v>751</v>
       </c>
       <c r="Q14" t="s">
-        <v>884</v>
+        <v>752</v>
       </c>
       <c r="R14" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S14" t="s">
-        <v>948</v>
+        <v>818</v>
       </c>
       <c r="T14" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B15" t="s">
-        <v>949</v>
+        <v>819</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>950</v>
+        <v>820</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>951</v>
+        <v>821</v>
       </c>
       <c r="H15" t="s">
-        <v>952</v>
+        <v>822</v>
       </c>
       <c r="I15" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J15" t="s">
-        <v>953</v>
+        <v>823</v>
       </c>
       <c r="K15" t="s">
-        <v>444</v>
+        <v>385</v>
       </c>
       <c r="L15" t="s">
-        <v>445</v>
+        <v>386</v>
       </c>
       <c r="M15" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N15" t="s">
-        <v>954</v>
+        <v>824</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="Q15" t="s">
-        <v>955</v>
+        <v>825</v>
       </c>
       <c r="R15" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S15" t="s">
-        <v>956</v>
+        <v>826</v>
       </c>
       <c r="T15" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B16" t="s">
-        <v>957</v>
+        <v>827</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>958</v>
+        <v>828</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>959</v>
+        <v>829</v>
       </c>
       <c r="H16" t="s">
-        <v>960</v>
+        <v>830</v>
       </c>
       <c r="I16" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J16" t="s">
-        <v>728</v>
+        <v>600</v>
       </c>
       <c r="K16" t="s">
-        <v>729</v>
+        <v>601</v>
       </c>
       <c r="L16" t="s">
-        <v>730</v>
+        <v>602</v>
       </c>
       <c r="M16" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N16" t="s">
-        <v>961</v>
+        <v>831</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>883</v>
+        <v>751</v>
       </c>
       <c r="Q16" t="s">
-        <v>884</v>
+        <v>752</v>
       </c>
       <c r="R16" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S16" t="s">
-        <v>962</v>
+        <v>832</v>
       </c>
       <c r="T16" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B17" t="s">
-        <v>963</v>
+        <v>833</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>964</v>
+        <v>834</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>965</v>
+        <v>835</v>
       </c>
       <c r="H17" t="s">
-        <v>966</v>
+        <v>836</v>
       </c>
       <c r="I17" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J17" t="s">
         <v>20</v>
       </c>
       <c r="K17" t="s">
-        <v>967</v>
+        <v>837</v>
       </c>
       <c r="L17" t="s">
-        <v>968</v>
+        <v>838</v>
       </c>
       <c r="M17" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N17" t="s">
-        <v>969</v>
+        <v>839</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>883</v>
+        <v>751</v>
       </c>
       <c r="Q17" t="s">
-        <v>970</v>
+        <v>840</v>
       </c>
       <c r="R17" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S17" t="s">
-        <v>971</v>
+        <v>841</v>
       </c>
       <c r="T17" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
+        <v>711</v>
+      </c>
+      <c r="B18" t="s">
+        <v>842</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>843</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>844</v>
+      </c>
+      <c r="H18" t="s">
         <v>845</v>
       </c>
-      <c r="B18" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I18" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J18" t="s">
         <v>20</v>
       </c>
       <c r="K18" t="s">
-        <v>772</v>
+        <v>846</v>
       </c>
       <c r="L18" t="s">
-        <v>773</v>
+        <v>847</v>
       </c>
       <c r="M18" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N18" t="s">
-        <v>976</v>
+        <v>848</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="Q18" t="s">
-        <v>854</v>
+        <v>720</v>
       </c>
       <c r="R18" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="S18" t="s">
-        <v>977</v>
+        <v>849</v>
       </c>
       <c r="T18" t="s">
-        <v>870</v>
+        <v>738</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B19" t="s">
-        <v>978</v>
+        <v>850</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>979</v>
+        <v>851</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>980</v>
+        <v>852</v>
       </c>
       <c r="H19" t="s">
-        <v>981</v>
+        <v>853</v>
       </c>
       <c r="I19" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J19" t="s">
-        <v>982</v>
+        <v>854</v>
       </c>
       <c r="K19" t="s">
-        <v>486</v>
+        <v>419</v>
       </c>
       <c r="L19" t="s">
-        <v>487</v>
+        <v>420</v>
       </c>
       <c r="M19" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N19" t="s">
-        <v>983</v>
+        <v>855</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="Q19" t="s">
-        <v>984</v>
+        <v>856</v>
       </c>
       <c r="R19" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="S19" t="s">
-        <v>985</v>
+        <v>857</v>
       </c>
       <c r="T19" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B20" t="s">
-        <v>986</v>
+        <v>858</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>926</v>
+        <v>796</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>987</v>
+        <v>859</v>
       </c>
       <c r="H20" t="s">
-        <v>988</v>
+        <v>860</v>
       </c>
       <c r="I20" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J20" t="s">
         <v>20</v>
       </c>
       <c r="K20" t="s">
-        <v>427</v>
+        <v>608</v>
       </c>
       <c r="L20" t="s">
-        <v>428</v>
+        <v>609</v>
       </c>
       <c r="M20" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N20" t="s">
-        <v>989</v>
+        <v>861</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>883</v>
+        <v>751</v>
       </c>
       <c r="Q20" t="s">
-        <v>854</v>
+        <v>720</v>
       </c>
       <c r="R20" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S20" t="s">
-        <v>990</v>
+        <v>862</v>
       </c>
       <c r="T20" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B21" t="s">
-        <v>991</v>
+        <v>863</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>992</v>
+        <v>864</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>993</v>
+        <v>865</v>
       </c>
       <c r="H21" t="s">
-        <v>994</v>
+        <v>866</v>
       </c>
       <c r="I21" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J21" t="s">
         <v>20</v>
       </c>
       <c r="K21" t="s">
-        <v>995</v>
+        <v>867</v>
       </c>
       <c r="L21" t="s">
-        <v>996</v>
+        <v>868</v>
       </c>
       <c r="M21" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N21" t="s">
-        <v>997</v>
+        <v>869</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>883</v>
+        <v>751</v>
       </c>
       <c r="Q21" t="s">
-        <v>854</v>
+        <v>720</v>
       </c>
       <c r="R21" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S21" t="s">
-        <v>998</v>
+        <v>870</v>
       </c>
       <c r="T21" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B22" t="s">
-        <v>999</v>
+        <v>871</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>864</v>
+        <v>732</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>1000</v>
+        <v>872</v>
       </c>
       <c r="H22" t="s">
-        <v>1001</v>
+        <v>873</v>
       </c>
       <c r="I22" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J22" t="s">
-        <v>1002</v>
+        <v>874</v>
       </c>
       <c r="K22" t="s">
-        <v>453</v>
+        <v>500</v>
       </c>
       <c r="L22" t="s">
         <v>30</v>
       </c>
       <c r="M22" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N22" t="s">
-        <v>868</v>
+        <v>736</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="Q22" t="s">
-        <v>930</v>
+        <v>800</v>
       </c>
       <c r="R22" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="S22" t="s">
-        <v>1003</v>
+        <v>875</v>
       </c>
       <c r="T22" t="s">
-        <v>870</v>
+        <v>738</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B23" t="s">
-        <v>1004</v>
+        <v>876</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>941</v>
+        <v>811</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>1005</v>
+        <v>877</v>
       </c>
       <c r="H23" t="s">
-        <v>1006</v>
+        <v>878</v>
       </c>
       <c r="I23" t="s">
-        <v>1007</v>
+        <v>879</v>
       </c>
       <c r="J23" t="s">
         <v>20</v>
       </c>
       <c r="K23" t="s">
-        <v>945</v>
+        <v>815</v>
       </c>
       <c r="L23" t="s">
-        <v>946</v>
+        <v>816</v>
       </c>
       <c r="M23" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N23" t="s">
-        <v>947</v>
+        <v>817</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="Q23" t="s">
-        <v>1008</v>
+        <v>880</v>
       </c>
       <c r="R23" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S23" t="s">
-        <v>1009</v>
+        <v>881</v>
       </c>
       <c r="T23" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B24" t="s">
-        <v>1010</v>
+        <v>882</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>964</v>
+        <v>834</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>1011</v>
+        <v>883</v>
       </c>
       <c r="H24" t="s">
-        <v>1012</v>
+        <v>884</v>
       </c>
       <c r="I24" t="s">
-        <v>1007</v>
+        <v>879</v>
       </c>
       <c r="J24" t="s">
         <v>20</v>
       </c>
       <c r="K24" t="s">
-        <v>967</v>
+        <v>837</v>
       </c>
       <c r="L24" t="s">
-        <v>968</v>
+        <v>838</v>
       </c>
       <c r="M24" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N24" t="s">
-        <v>969</v>
+        <v>839</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="Q24" t="s">
-        <v>1008</v>
+        <v>880</v>
       </c>
       <c r="R24" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S24" t="s">
-        <v>1013</v>
+        <v>885</v>
       </c>
       <c r="T24" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B25" t="s">
-        <v>1014</v>
+        <v>886</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>1015</v>
+        <v>887</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>1016</v>
+        <v>888</v>
       </c>
       <c r="H25" t="s">
-        <v>1017</v>
+        <v>889</v>
       </c>
       <c r="I25" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J25" t="s">
-        <v>471</v>
+        <v>511</v>
       </c>
       <c r="K25" t="s">
-        <v>472</v>
+        <v>512</v>
       </c>
       <c r="L25" t="s">
-        <v>473</v>
+        <v>513</v>
       </c>
       <c r="M25" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N25" t="s">
-        <v>1018</v>
+        <v>890</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="Q25" t="s">
-        <v>854</v>
+        <v>720</v>
       </c>
       <c r="R25" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="S25" t="s">
-        <v>1019</v>
+        <v>891</v>
       </c>
       <c r="T25" t="s">
-        <v>1020</v>
+        <v>892</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B26" t="s">
-        <v>1021</v>
+        <v>893</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>900</v>
+        <v>770</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>1022</v>
+        <v>894</v>
       </c>
       <c r="H26" t="s">
-        <v>1023</v>
+        <v>895</v>
       </c>
       <c r="I26" t="s">
-        <v>1007</v>
+        <v>879</v>
       </c>
       <c r="J26" t="s">
-        <v>464</v>
+        <v>411</v>
       </c>
       <c r="K26" t="s">
-        <v>465</v>
+        <v>412</v>
       </c>
       <c r="L26" t="s">
         <v>30</v>
       </c>
       <c r="M26" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N26" t="s">
-        <v>904</v>
+        <v>774</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="Q26" t="s">
-        <v>1008</v>
+        <v>880</v>
       </c>
       <c r="R26" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S26" t="s">
-        <v>1024</v>
+        <v>896</v>
       </c>
       <c r="T26" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B27" t="s">
-        <v>1025</v>
+        <v>897</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>932</v>
+        <v>802</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>1026</v>
+        <v>898</v>
       </c>
       <c r="H27" t="s">
-        <v>1027</v>
+        <v>899</v>
       </c>
       <c r="I27" t="s">
-        <v>1007</v>
+        <v>879</v>
       </c>
       <c r="J27" t="s">
-        <v>1028</v>
+        <v>900</v>
       </c>
       <c r="K27" t="s">
-        <v>937</v>
+        <v>807</v>
       </c>
       <c r="L27" t="s">
         <v>40</v>
       </c>
       <c r="M27" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N27" t="s">
-        <v>1029</v>
+        <v>901</v>
       </c>
       <c r="O27" t="s">
         <v>20</v>
       </c>
       <c r="P27" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="Q27" t="s">
-        <v>1008</v>
+        <v>880</v>
       </c>
       <c r="R27" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S27" t="s">
-        <v>1030</v>
+        <v>902</v>
       </c>
       <c r="T27" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B28" t="s">
-        <v>1031</v>
+        <v>903</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>950</v>
+        <v>820</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>1032</v>
+        <v>904</v>
       </c>
       <c r="H28" t="s">
-        <v>1033</v>
+        <v>905</v>
       </c>
       <c r="I28" t="s">
-        <v>1007</v>
+        <v>879</v>
       </c>
       <c r="J28" t="s">
-        <v>1034</v>
+        <v>906</v>
       </c>
       <c r="K28" t="s">
-        <v>937</v>
+        <v>807</v>
       </c>
       <c r="L28" t="s">
         <v>40</v>
       </c>
       <c r="M28" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N28" t="s">
-        <v>1035</v>
+        <v>907</v>
       </c>
       <c r="O28" t="s">
         <v>20</v>
       </c>
       <c r="P28" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="Q28" t="s">
-        <v>930</v>
+        <v>800</v>
       </c>
       <c r="R28" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S28" t="s">
-        <v>1036</v>
+        <v>908</v>
       </c>
       <c r="T28" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B29" t="s">
-        <v>1037</v>
+        <v>909</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>872</v>
+        <v>740</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>1038</v>
+        <v>910</v>
       </c>
       <c r="H29" t="s">
-        <v>1039</v>
+        <v>911</v>
       </c>
       <c r="I29" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J29" t="s">
-        <v>867</v>
+        <v>735</v>
       </c>
       <c r="K29" t="s">
-        <v>453</v>
+        <v>500</v>
       </c>
       <c r="L29" t="s">
         <v>30</v>
       </c>
       <c r="M29" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N29" t="s">
         <v>20</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="Q29" t="s">
-        <v>1040</v>
+        <v>912</v>
       </c>
       <c r="R29" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="S29" t="s">
-        <v>1041</v>
+        <v>913</v>
       </c>
       <c r="T29" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B30" t="s">
-        <v>1042</v>
+        <v>914</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>872</v>
+        <v>740</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>1043</v>
+        <v>915</v>
       </c>
       <c r="H30" t="s">
-        <v>1044</v>
+        <v>916</v>
       </c>
       <c r="I30" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J30" t="s">
-        <v>1045</v>
+        <v>917</v>
       </c>
       <c r="K30" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="L30" t="s">
         <v>40</v>
       </c>
       <c r="M30" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N30" t="s">
         <v>20</v>
       </c>
       <c r="O30" t="s">
         <v>20</v>
       </c>
       <c r="P30" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="Q30" t="s">
-        <v>1040</v>
+        <v>912</v>
       </c>
       <c r="R30" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="S30" t="s">
-        <v>1046</v>
+        <v>918</v>
       </c>
       <c r="T30" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B31" t="s">
-        <v>1047</v>
+        <v>919</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>872</v>
+        <v>740</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>1048</v>
+        <v>920</v>
       </c>
       <c r="H31" t="s">
-        <v>1049</v>
+        <v>921</v>
       </c>
       <c r="I31" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J31" t="s">
-        <v>1050</v>
+        <v>922</v>
       </c>
       <c r="K31" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="L31" t="s">
         <v>40</v>
       </c>
       <c r="M31" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N31" t="s">
-        <v>876</v>
+        <v>744</v>
       </c>
       <c r="O31" t="s">
         <v>20</v>
       </c>
       <c r="P31" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="Q31" t="s">
-        <v>1040</v>
+        <v>912</v>
       </c>
       <c r="R31" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="S31" t="s">
         <v>78</v>
       </c>
       <c r="T31" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B32" t="s">
-        <v>1051</v>
+        <v>923</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>872</v>
+        <v>740</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>1052</v>
+        <v>924</v>
       </c>
       <c r="H32" t="s">
-        <v>1053</v>
+        <v>925</v>
       </c>
       <c r="I32" t="s">
-        <v>1007</v>
+        <v>879</v>
       </c>
       <c r="J32" t="s">
-        <v>1054</v>
+        <v>926</v>
       </c>
       <c r="K32" t="s">
-        <v>1055</v>
+        <v>927</v>
       </c>
       <c r="L32" t="s">
-        <v>1056</v>
+        <v>928</v>
       </c>
       <c r="M32" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N32" t="s">
-        <v>1057</v>
+        <v>929</v>
       </c>
       <c r="O32" t="s">
         <v>20</v>
       </c>
       <c r="P32" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="Q32" t="s">
-        <v>1040</v>
+        <v>912</v>
       </c>
       <c r="R32" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="S32" t="s">
-        <v>1058</v>
+        <v>930</v>
       </c>
       <c r="T32" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B33" t="s">
-        <v>1059</v>
+        <v>931</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>872</v>
+        <v>740</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>1060</v>
+        <v>932</v>
       </c>
       <c r="H33" t="s">
-        <v>1061</v>
+        <v>933</v>
       </c>
       <c r="I33" t="s">
-        <v>1007</v>
+        <v>879</v>
       </c>
       <c r="J33" t="s">
-        <v>1062</v>
+        <v>934</v>
       </c>
       <c r="K33" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="L33" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="M33" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N33" t="s">
-        <v>1063</v>
+        <v>935</v>
       </c>
       <c r="O33" t="s">
         <v>20</v>
       </c>
       <c r="P33" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="Q33" t="s">
-        <v>1040</v>
+        <v>912</v>
       </c>
       <c r="R33" t="s">
-        <v>853</v>
+        <v>719</v>
       </c>
       <c r="S33" t="s">
-        <v>1064</v>
+        <v>936</v>
       </c>
       <c r="T33" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B34" t="s">
-        <v>1065</v>
+        <v>937</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>1066</v>
+        <v>938</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>1067</v>
+        <v>939</v>
       </c>
       <c r="H34" t="s">
-        <v>1068</v>
+        <v>940</v>
       </c>
       <c r="I34" t="s">
-        <v>1007</v>
+        <v>879</v>
       </c>
       <c r="J34" t="s">
         <v>20</v>
       </c>
       <c r="K34" t="s">
-        <v>1069</v>
+        <v>941</v>
       </c>
       <c r="L34" t="s">
-        <v>1070</v>
+        <v>942</v>
       </c>
       <c r="M34" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N34" t="s">
-        <v>1071</v>
+        <v>943</v>
       </c>
       <c r="O34" t="s">
         <v>20</v>
       </c>
       <c r="P34" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="Q34" t="s">
-        <v>1040</v>
+        <v>912</v>
       </c>
       <c r="R34" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="S34" t="s">
-        <v>1072</v>
+        <v>944</v>
       </c>
       <c r="T34" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B35" t="s">
-        <v>1073</v>
+        <v>945</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>1066</v>
+        <v>938</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>1074</v>
+        <v>946</v>
       </c>
       <c r="H35" t="s">
-        <v>1075</v>
+        <v>947</v>
       </c>
       <c r="I35" t="s">
-        <v>1007</v>
+        <v>879</v>
       </c>
       <c r="J35" t="s">
         <v>20</v>
       </c>
       <c r="K35" t="s">
-        <v>453</v>
+        <v>500</v>
       </c>
       <c r="L35" t="s">
         <v>30</v>
       </c>
       <c r="M35" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N35" t="s">
-        <v>1076</v>
+        <v>948</v>
       </c>
       <c r="O35" t="s">
         <v>20</v>
       </c>
       <c r="P35" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="Q35" t="s">
-        <v>1040</v>
+        <v>912</v>
       </c>
       <c r="R35" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="S35" t="s">
-        <v>1077</v>
+        <v>949</v>
       </c>
       <c r="T35" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B36" t="s">
-        <v>1078</v>
+        <v>950</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>950</v>
+        <v>820</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>1079</v>
+        <v>951</v>
       </c>
       <c r="H36" t="s">
-        <v>1080</v>
+        <v>952</v>
       </c>
       <c r="I36" t="s">
-        <v>850</v>
+        <v>716</v>
       </c>
       <c r="J36" t="s">
-        <v>1034</v>
+        <v>906</v>
       </c>
       <c r="K36" t="s">
-        <v>937</v>
+        <v>807</v>
       </c>
       <c r="L36" t="s">
         <v>40</v>
       </c>
       <c r="M36" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N36" t="s">
-        <v>1035</v>
+        <v>907</v>
       </c>
       <c r="O36" t="s">
         <v>20</v>
       </c>
       <c r="P36" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="Q36" t="s">
-        <v>1081</v>
+        <v>953</v>
       </c>
       <c r="R36" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S36" t="s">
-        <v>1082</v>
+        <v>954</v>
       </c>
       <c r="T36" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B37" t="s">
-        <v>1083</v>
+        <v>955</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>926</v>
+        <v>796</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>1084</v>
+        <v>956</v>
       </c>
       <c r="H37" t="s">
-        <v>1085</v>
+        <v>957</v>
       </c>
       <c r="I37" t="s">
-        <v>1007</v>
+        <v>879</v>
       </c>
       <c r="J37" t="s">
         <v>20</v>
       </c>
       <c r="K37" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="L37" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="M37" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N37" t="s">
-        <v>1086</v>
+        <v>958</v>
       </c>
       <c r="O37" t="s">
         <v>20</v>
       </c>
       <c r="P37" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="Q37" t="s">
-        <v>1008</v>
+        <v>880</v>
       </c>
       <c r="R37" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S37" t="s">
-        <v>1087</v>
+        <v>959</v>
       </c>
       <c r="T37" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>845</v>
+        <v>711</v>
       </c>
       <c r="B38" t="s">
-        <v>1088</v>
+        <v>960</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>1089</v>
+        <v>961</v>
       </c>
       <c r="H38" t="s">
-        <v>1090</v>
+        <v>962</v>
       </c>
       <c r="I38" t="s">
-        <v>1007</v>
+        <v>879</v>
       </c>
       <c r="J38" t="s">
-        <v>1091</v>
+        <v>963</v>
       </c>
       <c r="K38" t="s">
-        <v>453</v>
+        <v>500</v>
       </c>
       <c r="L38" t="s">
         <v>30</v>
       </c>
       <c r="M38" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="N38" t="s">
-        <v>954</v>
+        <v>824</v>
       </c>
       <c r="O38" t="s">
         <v>20</v>
       </c>
       <c r="P38" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="Q38" t="s">
-        <v>984</v>
+        <v>856</v>
       </c>
       <c r="R38" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="S38" t="s">
-        <v>1092</v>
+        <v>964</v>
       </c>
       <c r="T38" t="s">
-        <v>863</v>
+        <v>731</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>