--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,59 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6223" uniqueCount="2323">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11353" uniqueCount="4283">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -6978,96 +6987,5976 @@
     <t>c_2713242</t>
   </si>
   <si>
     <t>RODRIGUEZ</t>
   </si>
   <si>
     <t>Arnaud</t>
   </si>
   <si>
     <t>Docteur Melanie SALZMANN-LOVATO</t>
   </si>
   <si>
     <t>08/11/2016 11:36:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713320/fr/docteur-melanie-salzmann-lovato</t>
   </si>
   <si>
     <t>c_2713320</t>
   </si>
   <si>
     <t>SALZMANN-LOVATO</t>
   </si>
   <si>
     <t>Melanie</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>FOYER LES GENETS-ADAPEI</t>
+  </si>
+  <si>
+    <t>27/11/2025 16:26:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14943_FicheESSMS/fr/foyer-les-genets-adapei</t>
+  </si>
+  <si>
+    <t>14943_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33470 GUJAN MESTRAS</t>
+  </si>
+  <si>
+    <t>GUJAN MESTRAS</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>330020538</t>
+  </si>
+  <si>
+    <t>ITEP RAYMOND BLOY</t>
+  </si>
+  <si>
+    <t>21/11/2025 16:18:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14744_FicheESSMS/fr/itep-raymond-bloy</t>
+  </si>
+  <si>
+    <t>14744_FicheESSMS</t>
+  </si>
+  <si>
+    <t>77 Rue Jacques-Yves Cousteau</t>
+  </si>
+  <si>
+    <t>33140 VILLENAVE D ORNON</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>330782442</t>
+  </si>
+  <si>
+    <t>SAAD LA VIE A DOMICILE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:22:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14280_FicheESSMS/fr/saad-la-vie-a-domicile</t>
+  </si>
+  <si>
+    <t>14280_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Pierre Georges Latecoere</t>
+  </si>
+  <si>
+    <t>33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>330062407</t>
+  </si>
+  <si>
+    <t>SESSAD APAJH RIVE GAUCHE BRUGES</t>
+  </si>
+  <si>
+    <t>23/10/2025 16:17:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14209_FicheESSMS/fr/sessad-apajh-rive-gauche-bruges</t>
+  </si>
+  <si>
+    <t>14209_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Avenue Raymond Manaud</t>
+  </si>
+  <si>
+    <t>33520 BRUGES</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>330053471</t>
+  </si>
+  <si>
+    <t>MAS LE BARAIL</t>
+  </si>
+  <si>
+    <t>28/09/2025 16:16:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13722_FicheESSMS/fr/mas-le-barail</t>
+  </si>
+  <si>
+    <t>13722_FicheESSMS</t>
+  </si>
+  <si>
+    <t>43 Rue Jean Monnet</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>330793779</t>
+  </si>
+  <si>
+    <t>EHPAD L'OASIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/212_FicheESSMS/fr/ehpad-l-oasis</t>
+  </si>
+  <si>
+    <t>212_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Du Pont Neuf</t>
+  </si>
+  <si>
+    <t>33470 LE TEICH</t>
+  </si>
+  <si>
+    <t>LE TEICH</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>330791112</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE TALANSSA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/361_FicheESSMS/fr/ehpad-residence-talanssa</t>
+  </si>
+  <si>
+    <t>361_FicheESSMS</t>
+  </si>
+  <si>
+    <t>62 Cours Du Marechal Gallieni</t>
+  </si>
+  <si>
+    <t>33400 TALENCE</t>
+  </si>
+  <si>
+    <t>330051988</t>
+  </si>
+  <si>
+    <t>EANM BOIS JOLY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/840_FicheESSMS/fr/eanm-bois-joly</t>
+  </si>
+  <si>
+    <t>840_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Chemin Du Biala</t>
+  </si>
+  <si>
+    <t>33610 CESTAS</t>
+  </si>
+  <si>
+    <t>CESTAS</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>330791807</t>
+  </si>
+  <si>
+    <t>UNITE D'HEBERGEMENT LES TOURELLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/839_FicheESSMS/fr/unite-d-hebergement-les-tourelles</t>
+  </si>
+  <si>
+    <t>839_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De Malagenne</t>
+  </si>
+  <si>
+    <t>33290 BLANQUEFORT</t>
+  </si>
+  <si>
+    <t>BLANQUEFORT</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>330057290</t>
+  </si>
+  <si>
+    <t>FH DU BASSIN D'ARCACHON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/891_FicheESSMS/fr/fh-du-bassin-d-arcachon</t>
+  </si>
+  <si>
+    <t>891_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Cours De Verdun</t>
+  </si>
+  <si>
+    <t>330798919</t>
+  </si>
+  <si>
+    <t>IMP BEAULIEU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1069_FicheESSMS/fr/imp-beaulieu</t>
+  </si>
+  <si>
+    <t>1069_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Route De Soulac</t>
+  </si>
+  <si>
+    <t>33290 LE PIAN MEDOC</t>
+  </si>
+  <si>
+    <t>LE PIAN MEDOC</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>330781592</t>
+  </si>
+  <si>
+    <t>ESAT AGRICOLE FERME DE LA HAUTE LANDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1471_FicheESSMS/fr/esat-agricole-ferme-de-la-haute-lande</t>
+  </si>
+  <si>
+    <t>1471_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33840 CAPTIEUX</t>
+  </si>
+  <si>
+    <t>CAPTIEUX</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>330791781</t>
+  </si>
+  <si>
+    <t>EANM AGRICOLE HAUTE LANDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1470_FicheESSMS/fr/eanm-agricole-haute-lande</t>
+  </si>
+  <si>
+    <t>1470_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330791799</t>
+  </si>
+  <si>
+    <t>EHPAD LES CHARDONS BLEUS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1573_FicheESSMS/fr/ehpad-les-chardons-bleus</t>
+  </si>
+  <si>
+    <t>1573_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37 Avenue De Foncastel</t>
+  </si>
+  <si>
+    <t>330798216</t>
+  </si>
+  <si>
+    <t>EAM MARC BOEUF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2533_FicheESSMS/fr/eam-marc-boeuf</t>
+  </si>
+  <si>
+    <t>2533_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Allée De Preuilha</t>
+  </si>
+  <si>
+    <t>33160 ST MEDARD EN JALLES</t>
+  </si>
+  <si>
+    <t>ST MEDARD EN JALLES</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>330802869</t>
+  </si>
+  <si>
+    <t>EHPAD HOME MARIE CURIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4458_FicheESSMS/fr/ehpad-home-marie-curie</t>
+  </si>
+  <si>
+    <t>4458_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>330798331</t>
+  </si>
+  <si>
+    <t>ITEP SAINT-VINCENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4926_FicheESSMS/fr/itep-saint-vincent</t>
+  </si>
+  <si>
+    <t>4926_FicheESSMS</t>
+  </si>
+  <si>
+    <t>74 Avenue Du Taillan- Medoc</t>
+  </si>
+  <si>
+    <t>33320 EYSINES</t>
+  </si>
+  <si>
+    <t>EYSINES</t>
+  </si>
+  <si>
+    <t>330780925</t>
+  </si>
+  <si>
+    <t>ESAT LES ATELIERS D'ORNON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4928_FicheESSMS/fr/esat-les-ateliers-d-ornon</t>
+  </si>
+  <si>
+    <t>4928_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue Roger Lapebie</t>
+  </si>
+  <si>
+    <t>330802398</t>
+  </si>
+  <si>
+    <t>FAM LES FONTAINES DE MONJOUS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/116_FicheESSMS/fr/fam-les-fontaines-de-monjous</t>
+  </si>
+  <si>
+    <t>116_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Fontaines De Monjous</t>
+  </si>
+  <si>
+    <t>33170 GRADIGNAN</t>
+  </si>
+  <si>
+    <t>GRADIGNAN</t>
+  </si>
+  <si>
+    <t>330050659</t>
+  </si>
+  <si>
+    <t>SESSAD GRAND BARAIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/184_FicheESSMS/fr/sessad-grand-barail</t>
+  </si>
+  <si>
+    <t>184_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48 Rue Emile Zola</t>
+  </si>
+  <si>
+    <t>33110 LE BOUSCAT</t>
+  </si>
+  <si>
+    <t>LE BOUSCAT</t>
+  </si>
+  <si>
+    <t>330058561</t>
+  </si>
+  <si>
+    <t>ITEP LE GRAND BARAIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/183_FicheESSMS/fr/itep-le-grand-barail</t>
+  </si>
+  <si>
+    <t>183_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>330781717</t>
+  </si>
+  <si>
+    <t>IME DU MEDOC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/199_FicheESSMS/fr/ime-du-medoc</t>
+  </si>
+  <si>
+    <t>199_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Rue Général De Gaulle</t>
+  </si>
+  <si>
+    <t>33112 ST LAURENT MEDOC</t>
+  </si>
+  <si>
+    <t>ST LAURENT MEDOC</t>
+  </si>
+  <si>
+    <t>330785338</t>
+  </si>
+  <si>
+    <t>STP BEGLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/189_FicheESSMS/fr/stp-begles</t>
+  </si>
+  <si>
+    <t>189_FicheESSMS</t>
+  </si>
+  <si>
+    <t>98 Rue Alexis Labro</t>
+  </si>
+  <si>
+    <t>33130 BEGLES</t>
+  </si>
+  <si>
+    <t>BEGLES</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>330056466</t>
+  </si>
+  <si>
+    <t>FJT AOCDTF LAMOTHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/278_FicheESSMS/fr/fjt-aocdtf-lamothe</t>
+  </si>
+  <si>
+    <t>278_FicheESSMS</t>
+  </si>
+  <si>
+    <t>274 Route Du Stade</t>
+  </si>
+  <si>
+    <t>33190 LAMOTHE LANDERRON</t>
+  </si>
+  <si>
+    <t>LAMOTHE LANDERRON</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>330802760</t>
+  </si>
+  <si>
+    <t>ESAT DE BASSENS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/346_FicheESSMS/fr/esat-de-bassens</t>
+  </si>
+  <si>
+    <t>346_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Franklin</t>
+  </si>
+  <si>
+    <t>33530 BASSENS</t>
+  </si>
+  <si>
+    <t>BASSENS</t>
+  </si>
+  <si>
+    <t>330015058</t>
+  </si>
+  <si>
+    <t>ESAT LES EYQUEMS - MERIGNAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/438_FicheESSMS/fr/esat-les-eyquems-merignac</t>
+  </si>
+  <si>
+    <t>438_FicheESSMS</t>
+  </si>
+  <si>
+    <t>302 Avenue Aristide Briand</t>
+  </si>
+  <si>
+    <t>330804402</t>
+  </si>
+  <si>
+    <t>ESAT ARCA BAIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/633_FicheESSMS/fr/esat-arca-baie</t>
+  </si>
+  <si>
+    <t>633_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330040809</t>
+  </si>
+  <si>
+    <t>ITEP SAINT DENIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/628_FicheESSMS/fr/itep-saint-denis</t>
+  </si>
+  <si>
+    <t>628_FicheESSMS</t>
+  </si>
+  <si>
+    <t>54 Rue Paulin De Nole</t>
+  </si>
+  <si>
+    <t>33440 AMBARES ET LAGRAVE</t>
+  </si>
+  <si>
+    <t>AMBARES ET LAGRAVE</t>
+  </si>
+  <si>
+    <t>330780792</t>
+  </si>
+  <si>
+    <t>IME DE L'ALOUETTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/660_FicheESSMS/fr/ime-de-l-alouette</t>
+  </si>
+  <si>
+    <t>660_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Avenue Du Port Aerien</t>
+  </si>
+  <si>
+    <t>33600 PESSAC</t>
+  </si>
+  <si>
+    <t>330781022</t>
+  </si>
+  <si>
+    <t>IME LES TILLEULS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/659_FicheESSMS/fr/ime-les-tilleuls</t>
+  </si>
+  <si>
+    <t>659_FicheESSMS</t>
+  </si>
+  <si>
+    <t>73 Rue Des Macons</t>
+  </si>
+  <si>
+    <t>33390 BLAYE</t>
+  </si>
+  <si>
+    <t>330781683</t>
+  </si>
+  <si>
+    <t>IME PIERRE DELMAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/690_FicheESSMS/fr/ime-pierre-delmas</t>
+  </si>
+  <si>
+    <t>690_FicheESSMS</t>
+  </si>
+  <si>
+    <t>47 Avenue De L'Alouette</t>
+  </si>
+  <si>
+    <t>330781105</t>
+  </si>
+  <si>
+    <t>SESSAD PIERRE DELMAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/689_FicheESSMS/fr/sessad-pierre-delmas</t>
+  </si>
+  <si>
+    <t>689_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330062225</t>
+  </si>
+  <si>
+    <t>EAM LA REOLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/741_FicheESSMS/fr/eam-la-reole</t>
+  </si>
+  <si>
+    <t>741_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33192 LA REOLE</t>
+  </si>
+  <si>
+    <t>LA REOLE</t>
+  </si>
+  <si>
+    <t>330056094</t>
+  </si>
+  <si>
+    <t>EHPAD LE CLOS D'ALIENOR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/764_FicheESSMS/fr/ehpad-le-clos-d-alienor</t>
+  </si>
+  <si>
+    <t>764_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Rue Lamartine</t>
+  </si>
+  <si>
+    <t>330798026</t>
+  </si>
+  <si>
+    <t>UNITE D'HEBERGEMENT ST AULAIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/959_FicheESSMS/fr/unite-d-hebergement-st-aulaire</t>
+  </si>
+  <si>
+    <t>959_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Saint Aulaire</t>
+  </si>
+  <si>
+    <t>330802471</t>
+  </si>
+  <si>
+    <t>CTRE ENFANTS ADOLESCENTS POLYHANDICAP.</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1009_FicheESSMS/fr/ctre-enfants-adolescents-polyhandicap</t>
+  </si>
+  <si>
+    <t>1009_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>330014978</t>
+  </si>
+  <si>
+    <t>MAS DE LA REOLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1008_FicheESSMS/fr/mas-de-la-reole</t>
+  </si>
+  <si>
+    <t>1008_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330025768</t>
+  </si>
+  <si>
+    <t>SESSAD BEAULIEU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1068_FicheESSMS/fr/sessad-beaulieu</t>
+  </si>
+  <si>
+    <t>1068_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330021288</t>
+  </si>
+  <si>
+    <t>FOYER GENILOR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1320_FicheESSMS/fr/foyer-genilor</t>
+  </si>
+  <si>
+    <t>1320_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33310 LORMONT</t>
+  </si>
+  <si>
+    <t>330789652</t>
+  </si>
+  <si>
+    <t>SAVS LANGON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1357_FicheESSMS/fr/savs-langon</t>
+  </si>
+  <si>
+    <t>1357_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Cour Sadi Carnot</t>
+  </si>
+  <si>
+    <t>33210 LANGON</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>330059916</t>
+  </si>
+  <si>
+    <t>SAMSAH AUTISME ADIAPH SUD GIRONDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1356_FicheESSMS/fr/samsah-autisme-adiaph-sud-gironde</t>
+  </si>
+  <si>
+    <t>1356_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Cours Sadi Carnot</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>330060153</t>
+  </si>
+  <si>
+    <t>EHPAD LES MAGNOLIAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1354_FicheESSMS/fr/ehpad-les-magnolias</t>
+  </si>
+  <si>
+    <t>1354_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Avenue Victor Hugo</t>
+  </si>
+  <si>
+    <t>33380 BIGANOS</t>
+  </si>
+  <si>
+    <t>BIGANOS</t>
+  </si>
+  <si>
+    <t>330797960</t>
+  </si>
+  <si>
+    <t>FAM LA FERME DES COTEAUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1482_FicheESSMS/fr/fam-la-ferme-des-coteaux</t>
+  </si>
+  <si>
+    <t>1482_FicheESSMS</t>
+  </si>
+  <si>
+    <t>551 Route Des Cotes</t>
+  </si>
+  <si>
+    <t>33490 VERDELAIS</t>
+  </si>
+  <si>
+    <t>VERDELAIS</t>
+  </si>
+  <si>
+    <t>330058538</t>
+  </si>
+  <si>
+    <t>EHPAD LE RELAIS DES SENS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1511_FicheESSMS/fr/ehpad-le-relais-des-sens</t>
+  </si>
+  <si>
+    <t>1511_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Georges Pompidou</t>
+  </si>
+  <si>
+    <t>330792201</t>
+  </si>
+  <si>
+    <t>SESSAD DU CSES PEYRELONGUE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1824_FicheESSMS/fr/sessad-du-cses-peyrelongue</t>
+  </si>
+  <si>
+    <t>1824_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Alfred De Musset</t>
+  </si>
+  <si>
+    <t>330799818</t>
+  </si>
+  <si>
+    <t>CSES  ALFRED PEYRELONGUE  DEF. VISUELS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1823_FicheESSMS/fr/cses-alfred-peyrelongue-def-visuels</t>
+  </si>
+  <si>
+    <t>1823_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut pour Déficients Visuels</t>
+  </si>
+  <si>
+    <t>330783788</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LE VERGER D'ANNA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1942_FicheESSMS/fr/ehpad-residence-le-verger-d-anna</t>
+  </si>
+  <si>
+    <t>1942_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Du Grand Jeannot</t>
+  </si>
+  <si>
+    <t>33350 STE TERRE</t>
+  </si>
+  <si>
+    <t>STE TERRE</t>
+  </si>
+  <si>
+    <t>330799784</t>
+  </si>
+  <si>
+    <t>SERVICE DE PLACEMENT FAMILIAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2048_FicheESSMS/fr/service-de-placement-familial</t>
+  </si>
+  <si>
+    <t>2048_FicheESSMS</t>
+  </si>
+  <si>
+    <t>180 Boulevard Franklin Roosevelt</t>
+  </si>
+  <si>
+    <t>33800 BORDEAUX</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Centre Placement Familial Socio-Educatif (C.P.F.S.E.)</t>
+  </si>
+  <si>
+    <t>330782053</t>
+  </si>
+  <si>
+    <t>ESAT BEL AIR - EYSINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2070_FicheESSMS/fr/esat-bel-air-eysines</t>
+  </si>
+  <si>
+    <t>2070_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Rue Du Moulineau</t>
+  </si>
+  <si>
+    <t>330783085</t>
+  </si>
+  <si>
+    <t>CENTRE D'ACCUEIL RABA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2191_FicheESSMS/fr/centre-d-accueil-raba</t>
+  </si>
+  <si>
+    <t>2191_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Avenue Lucien Lerousseau</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>330782319</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE ABELIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2211_FicheESSMS/fr/ehpad-residence-abelia</t>
+  </si>
+  <si>
+    <t>2211_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue J Raymond Guyon</t>
+  </si>
+  <si>
+    <t>33564 CARBON BLANC</t>
+  </si>
+  <si>
+    <t>CARBON BLANC</t>
+  </si>
+  <si>
+    <t>330799461</t>
+  </si>
+  <si>
+    <t>RESIDENCE PIERRE BEREGOVOY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2302_FicheESSMS/fr/residence-pierre-beregovoy</t>
+  </si>
+  <si>
+    <t>2302_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Rue Victor Hugo</t>
+  </si>
+  <si>
+    <t>33500 LIBOURNE</t>
+  </si>
+  <si>
+    <t>330037409</t>
+  </si>
+  <si>
+    <t>EHPAD LA CHENERAIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2458_FicheESSMS/fr/ehpad-la-cheneraie</t>
+  </si>
+  <si>
+    <t>2458_FicheESSMS</t>
+  </si>
+  <si>
+    <t>78 Rue De Lacanau</t>
+  </si>
+  <si>
+    <t>33200 BORDEAUX</t>
+  </si>
+  <si>
+    <t>330799263</t>
+  </si>
+  <si>
+    <t>ERMITAGE LAMOUROUS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2594_FicheESSMS/fr/ermitage-lamourous</t>
+  </si>
+  <si>
+    <t>2594_FicheESSMS</t>
+  </si>
+  <si>
+    <t>355 Chemin Lamourous</t>
+  </si>
+  <si>
+    <t>330782236</t>
+  </si>
+  <si>
+    <t>EHPAD CHATEAU POMEROL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2610_FicheESSMS/fr/ehpad-chateau-pomerol</t>
+  </si>
+  <si>
+    <t>2610_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Avenue Des Griffons</t>
+  </si>
+  <si>
+    <t>330783465</t>
+  </si>
+  <si>
+    <t>EHPAD MA RESIDENCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2667_FicheESSMS/fr/ehpad-ma-residence</t>
+  </si>
+  <si>
+    <t>2667_FicheESSMS</t>
+  </si>
+  <si>
+    <t>185 Avenue Du Perigord</t>
+  </si>
+  <si>
+    <t>33370 YVRAC</t>
+  </si>
+  <si>
+    <t>YVRAC</t>
+  </si>
+  <si>
+    <t>330791757</t>
+  </si>
+  <si>
+    <t>EHPAD ESPACE LATOUR DU PIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3462_FicheESSMS/fr/ehpad-espace-latour-du-pin</t>
+  </si>
+  <si>
+    <t>3462_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57 Rue Hubert De L'Isle</t>
+  </si>
+  <si>
+    <t>33240 ST ANDRE DE CUBZAC</t>
+  </si>
+  <si>
+    <t>ST ANDRE DE CUBZAC</t>
+  </si>
+  <si>
+    <t>330781857</t>
+  </si>
+  <si>
+    <t>EHPAD LOUIS BRAILLE - RES AVEUGLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3502_FicheESSMS/fr/ehpad-louis-braille-res-aveugles</t>
+  </si>
+  <si>
+    <t>3502_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue D'Izon</t>
+  </si>
+  <si>
+    <t>33870 VAYRES</t>
+  </si>
+  <si>
+    <t>VAYRES</t>
+  </si>
+  <si>
+    <t>330802141</t>
+  </si>
+  <si>
+    <t>EHPAD DE L'ESPASS DE PODENSAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3754_FicheESSMS/fr/ehpad-de-l-espass-de-podensac</t>
+  </si>
+  <si>
+    <t>3754_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Allée Georges Montel</t>
+  </si>
+  <si>
+    <t>33720 PODENSAC</t>
+  </si>
+  <si>
+    <t>PODENSAC</t>
+  </si>
+  <si>
+    <t>330781766</t>
+  </si>
+  <si>
+    <t>ESPAAS ROBERT POUGET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4029_FicheESSMS/fr/espaas-robert-pouget</t>
+  </si>
+  <si>
+    <t>4029_FicheESSMS</t>
+  </si>
+  <si>
+    <t>64 Avenue Pasteur</t>
+  </si>
+  <si>
+    <t>330782467</t>
+  </si>
+  <si>
+    <t>SERVICE PREVENTION SPECIALISEE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4055_FicheESSMS/fr/service-prevention-specialisee</t>
+  </si>
+  <si>
+    <t>4055_FicheESSMS</t>
+  </si>
+  <si>
+    <t>61 Avenue Mal De Lattre De Tassigny</t>
+  </si>
+  <si>
+    <t>Club Equipe de Prévention</t>
+  </si>
+  <si>
+    <t>330783473</t>
+  </si>
+  <si>
+    <t>ACT LA CASE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4082_FicheESSMS/fr/act-la-case</t>
+  </si>
+  <si>
+    <t>4082_FicheESSMS</t>
+  </si>
+  <si>
+    <t>80 Cours Victor Hugo</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
+  </si>
+  <si>
+    <t>330028838</t>
+  </si>
+  <si>
+    <t>MECS HOME PHILIPPE MADRELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4126_FicheESSMS/fr/mecs-home-philippe-madrelle</t>
+  </si>
+  <si>
+    <t>4126_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1672 Route De Landrac</t>
+  </si>
+  <si>
+    <t>33210 MAZERES</t>
+  </si>
+  <si>
+    <t>MAZERES</t>
+  </si>
+  <si>
+    <t>330059734</t>
+  </si>
+  <si>
+    <t>FAM ADIAPH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4141_FicheESSMS/fr/fam-adiaph</t>
+  </si>
+  <si>
+    <t>4141_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De Neptune</t>
+  </si>
+  <si>
+    <t>33360 CARIGNAN DE BORDEAUX</t>
+  </si>
+  <si>
+    <t>CARIGNAN DE BORDEAUX</t>
+  </si>
+  <si>
+    <t>330050709</t>
+  </si>
+  <si>
+    <t>EHPAD LE HAMEAU DE LA PELOU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4246_FicheESSMS/fr/ehpad-le-hameau-de-la-pelou</t>
+  </si>
+  <si>
+    <t>4246_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Boulevard De Verdun</t>
+  </si>
+  <si>
+    <t>33670 CREON</t>
+  </si>
+  <si>
+    <t>CREON</t>
+  </si>
+  <si>
+    <t>330782558</t>
+  </si>
+  <si>
+    <t>VILLAGE D'ENFANTS ET D'ADOLESCENTS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4265_FicheESSMS/fr/village-d-enfants-et-d-adolescents</t>
+  </si>
+  <si>
+    <t>4265_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33910 SABLONS</t>
+  </si>
+  <si>
+    <t>SABLONS</t>
+  </si>
+  <si>
+    <t>Village d'Enfants</t>
+  </si>
+  <si>
+    <t>330063033</t>
+  </si>
+  <si>
+    <t>EHPAD GRAND BON PASTEUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4429_FicheESSMS/fr/ehpad-grand-bon-pasteur</t>
+  </si>
+  <si>
+    <t>4429_FicheESSMS</t>
+  </si>
+  <si>
+    <t>66 Avenue Charles De Gaulle</t>
+  </si>
+  <si>
+    <t>330782798</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LE BOIS DE LORET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4575_FicheESSMS/fr/ehpad-residence-le-bois-de-loret</t>
+  </si>
+  <si>
+    <t>4575_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Clément Ader</t>
+  </si>
+  <si>
+    <t>33152 CENON</t>
+  </si>
+  <si>
+    <t>CENON</t>
+  </si>
+  <si>
+    <t>330020678</t>
+  </si>
+  <si>
+    <t>EANM DU BON PASTEUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4600_FicheESSMS/fr/eanm-du-bon-pasteur</t>
+  </si>
+  <si>
+    <t>4600_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Semens</t>
+  </si>
+  <si>
+    <t>33540 ST BRICE</t>
+  </si>
+  <si>
+    <t>ST BRICE</t>
+  </si>
+  <si>
+    <t>330803289</t>
+  </si>
+  <si>
+    <t>FJT RS LE LEVAIN- BASSINS À FLOTS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4712_FicheESSMS/fr/fjt-rs-le-levain-bassins-a-flots</t>
+  </si>
+  <si>
+    <t>4712_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Quai Du Sénégal</t>
+  </si>
+  <si>
+    <t>330062969</t>
+  </si>
+  <si>
+    <t>IEM CHATEAU RABA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4896_FicheESSMS/fr/iem-chateau-raba</t>
+  </si>
+  <si>
+    <t>4896_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>330781071</t>
+  </si>
+  <si>
+    <t>SESSAD CHATEAU RABA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4895_FicheESSMS/fr/sessad-chateau-raba</t>
+  </si>
+  <si>
+    <t>4895_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Ronsard</t>
+  </si>
+  <si>
+    <t>330802158</t>
+  </si>
+  <si>
+    <t>EEAP ARC EN CIEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4894_FicheESSMS/fr/eeap-arc-en-ciel</t>
+  </si>
+  <si>
+    <t>4894_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Allée Jeanne Chanay</t>
+  </si>
+  <si>
+    <t>330804444</t>
+  </si>
+  <si>
+    <t>ESAT CRESSONNET - ST SEURIN SUR L'ISLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4929_FicheESSMS/fr/esat-cressonnet-st-seurin-sur-l-isle</t>
+  </si>
+  <si>
+    <t>4929_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Zone Industrielle La Vergnasse</t>
+  </si>
+  <si>
+    <t>33660 ST SEURIN SUR L ISLE</t>
+  </si>
+  <si>
+    <t>ST SEURIN SUR L ISLE</t>
+  </si>
+  <si>
+    <t>330798752</t>
+  </si>
+  <si>
+    <t>EHPAD  RESIDENCE D'AUDENGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4973_FicheESSMS/fr/ehpad-residence-d-audenge</t>
+  </si>
+  <si>
+    <t>4973_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Allée Ernest De Boissiere</t>
+  </si>
+  <si>
+    <t>33980 AUDENGE</t>
+  </si>
+  <si>
+    <t>AUDENGE</t>
+  </si>
+  <si>
+    <t>330797929</t>
+  </si>
+  <si>
+    <t>SESSAD LES TOURNESOLS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5218_FicheESSMS/fr/sessad-les-tournesols</t>
+  </si>
+  <si>
+    <t>5218_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Camille Corot</t>
+  </si>
+  <si>
+    <t>33150 CENON</t>
+  </si>
+  <si>
+    <t>330007477</t>
+  </si>
+  <si>
+    <t>MECS SAINT JOSEPH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5244_FicheESSMS/fr/mecs-saint-joseph</t>
+  </si>
+  <si>
+    <t>5244_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Avenue Du 8 Mai</t>
+  </si>
+  <si>
+    <t>330059767</t>
+  </si>
+  <si>
+    <t>EHPAD MARIE-JOSEE LALANNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5578_FicheESSMS/fr/ehpad-marie-josee-lalanne</t>
+  </si>
+  <si>
+    <t>5578_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Route De Soulac</t>
+  </si>
+  <si>
+    <t>33930 VENDAYS MONTALIVET</t>
+  </si>
+  <si>
+    <t>VENDAYS MONTALIVET</t>
+  </si>
+  <si>
+    <t>330026568</t>
+  </si>
+  <si>
+    <t>CSAPA GENERALISTE - CH CHARLES PERRENS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5731_FicheESSMS/fr/csapa-generaliste-ch-charles-perrens</t>
+  </si>
+  <si>
+    <t>5731_FicheESSMS</t>
+  </si>
+  <si>
+    <t>121 Rue De La Bechade</t>
+  </si>
+  <si>
+    <t>33076 BORDEAUX</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>330021908</t>
+  </si>
+  <si>
+    <t>SERVICE  AED</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6228_FicheESSMS/fr/service-aed</t>
+  </si>
+  <si>
+    <t>6228_FicheESSMS</t>
+  </si>
+  <si>
+    <t>287 Avenue De La Republique</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>330783325</t>
+  </si>
+  <si>
+    <t>MAS LE JUNCA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6462_FicheESSMS/fr/mas-le-junca</t>
+  </si>
+  <si>
+    <t>6462_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Chemin Des Cressonnieres</t>
+  </si>
+  <si>
+    <t>330802703</t>
+  </si>
+  <si>
+    <t>EHPAD FONDATION LARRIEU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6533_FicheESSMS/fr/ehpad-fondation-larrieu</t>
+  </si>
+  <si>
+    <t>6533_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue Du General Berdoulat</t>
+  </si>
+  <si>
+    <t>33120 ARCACHON</t>
+  </si>
+  <si>
+    <t>ARCACHON</t>
+  </si>
+  <si>
+    <t>330796293</t>
+  </si>
+  <si>
+    <t>EHPAD BON PASTEUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6692_FicheESSMS/fr/ehpad-bon-pasteur</t>
+  </si>
+  <si>
+    <t>6692_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Lieu-Dit Semens</t>
+  </si>
+  <si>
+    <t>330781659</t>
+  </si>
+  <si>
+    <t>FOYER AUTREMENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6883_FicheESSMS/fr/foyer-autrement</t>
+  </si>
+  <si>
+    <t>6883_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Edmond Rostand</t>
+  </si>
+  <si>
+    <t>330791609</t>
+  </si>
+  <si>
+    <t>EAM LES LILAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6882_FicheESSMS/fr/eam-les-lilas</t>
+  </si>
+  <si>
+    <t>6882_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Jean Zay</t>
+  </si>
+  <si>
+    <t>33305 LORMONT</t>
+  </si>
+  <si>
+    <t>330057142</t>
+  </si>
+  <si>
+    <t>EHPAD PAGNEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6939_FicheESSMS/fr/ehpad-pagneau</t>
+  </si>
+  <si>
+    <t>6939_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Chemin Pagneau</t>
+  </si>
+  <si>
+    <t>330799073</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE D'AQUITAINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6938_FicheESSMS/fr/ehpad-residence-d-aquitaine</t>
+  </si>
+  <si>
+    <t>6938_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Avenue Des Freres Robinson</t>
+  </si>
+  <si>
+    <t>330796376</t>
+  </si>
+  <si>
+    <t>SESSAD JEAN LE TANNEUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2708_FicheESSMS/fr/sessad-jean-le-tanneur</t>
+  </si>
+  <si>
+    <t>2708_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Chemin De Cabriacs</t>
+  </si>
+  <si>
+    <t>330061292</t>
+  </si>
+  <si>
+    <t>IMP JEAN LE TANNEUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2707_FicheESSMS/fr/imp-jean-le-tanneur</t>
+  </si>
+  <si>
+    <t>2707_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Chemin De Cabiracs</t>
+  </si>
+  <si>
+    <t>330780883</t>
+  </si>
+  <si>
+    <t>EHPAD LES SYCOMORES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2837_FicheESSMS/fr/ehpad-les-sycomores</t>
+  </si>
+  <si>
+    <t>2837_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33113 ST SYMPHORIEN</t>
+  </si>
+  <si>
+    <t>ST SYMPHORIEN</t>
+  </si>
+  <si>
+    <t>330018169</t>
+  </si>
+  <si>
+    <t>EHPAD MA MAISON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2978_FicheESSMS/fr/ehpad-ma-maison</t>
+  </si>
+  <si>
+    <t>2978_FicheESSMS</t>
+  </si>
+  <si>
+    <t>181 Rue Judaique</t>
+  </si>
+  <si>
+    <t>33081 BORDEAUX</t>
+  </si>
+  <si>
+    <t>330786187</t>
+  </si>
+  <si>
+    <t>IME DE LAMOTHE LANDERRON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3023_FicheESSMS/fr/ime-de-lamothe-landerron</t>
+  </si>
+  <si>
+    <t>3023_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330781642</t>
+  </si>
+  <si>
+    <t>EHPAD ST JACQUES DE COMPOSTELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3022_FicheESSMS/fr/ehpad-st-jacques-de-compostelle</t>
+  </si>
+  <si>
+    <t>3022_FicheESSMS</t>
+  </si>
+  <si>
+    <t>73 Route Des Lacs</t>
+  </si>
+  <si>
+    <t>33780 SOULAC SUR MER</t>
+  </si>
+  <si>
+    <t>SOULAC SUR MER</t>
+  </si>
+  <si>
+    <t>330782640</t>
+  </si>
+  <si>
+    <t>EAM L'AIRIAL DU NID DE L'AGASSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3135_FicheESSMS/fr/eam-l-airial-du-nid-de-l-agasse</t>
+  </si>
+  <si>
+    <t>3135_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Chemin De Mougnet</t>
+  </si>
+  <si>
+    <t>33114 LE BARP</t>
+  </si>
+  <si>
+    <t>LE BARP</t>
+  </si>
+  <si>
+    <t>330056433</t>
+  </si>
+  <si>
+    <t>ESAT LA FERME DES COTEAUX - VERDELAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3236_FicheESSMS/fr/esat-la-ferme-des-coteaux-verdelais</t>
+  </si>
+  <si>
+    <t>3236_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Route Narce</t>
+  </si>
+  <si>
+    <t>330785379</t>
+  </si>
+  <si>
+    <t>IME L'ESTAPE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3383_FicheESSMS/fr/ime-l-estape</t>
+  </si>
+  <si>
+    <t>3383_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue De L'Eglise</t>
+  </si>
+  <si>
+    <t>33490 ST MACAIRE</t>
+  </si>
+  <si>
+    <t>ST MACAIRE</t>
+  </si>
+  <si>
+    <t>330021239</t>
+  </si>
+  <si>
+    <t>IME TAUSSAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3382_FicheESSMS/fr/ime-taussat</t>
+  </si>
+  <si>
+    <t>3382_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Avenue Ginette Marois</t>
+  </si>
+  <si>
+    <t>33138 LANTON</t>
+  </si>
+  <si>
+    <t>LANTON</t>
+  </si>
+  <si>
+    <t>330781089</t>
+  </si>
+  <si>
+    <t>RESIDENCE LUIS DANEY - FAM IRSA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3572_FicheESSMS/fr/residence-luis-daney-fam-irsa</t>
+  </si>
+  <si>
+    <t>3572_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Avenue De Kaolack</t>
+  </si>
+  <si>
+    <t>330050618</t>
+  </si>
+  <si>
+    <t>RESIDENCE LUIS DANEY - FO IRSA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3573_FicheESSMS/fr/residence-luis-daney-fo-irsa</t>
+  </si>
+  <si>
+    <t>3573_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330052648</t>
+  </si>
+  <si>
+    <t>SAVS APAJH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3711_FicheESSMS/fr/savs-apajh</t>
+  </si>
+  <si>
+    <t>3711_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Avenue Villemejan</t>
+  </si>
+  <si>
+    <t>330802414</t>
+  </si>
+  <si>
+    <t>SERVICE EDUCATIF D'INSERTION  SOCIALE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3724_FicheESSMS/fr/service-educatif-d-insertion-sociale</t>
+  </si>
+  <si>
+    <t>3724_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De Brezet</t>
+  </si>
+  <si>
+    <t>330782475</t>
+  </si>
+  <si>
+    <t>ACTION JEUNESSE  PESSAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3750_FicheESSMS/fr/action-jeunesse-pessac</t>
+  </si>
+  <si>
+    <t>3750_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Avenue Eugene Et Marc Dulout</t>
+  </si>
+  <si>
+    <t>330783598</t>
+  </si>
+  <si>
+    <t>MAISON D'ENFANTS SAINT JOSEPH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3780_FicheESSMS/fr/maison-d-enfants-saint-joseph</t>
+  </si>
+  <si>
+    <t>3780_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Toulouse-Lautrec</t>
+  </si>
+  <si>
+    <t>330781907</t>
+  </si>
+  <si>
+    <t>SAAS PRADO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3786_FicheESSMS/fr/saas-prado</t>
+  </si>
+  <si>
+    <t>3786_FicheESSMS</t>
+  </si>
+  <si>
+    <t>118 Route De Bordeaux</t>
+  </si>
+  <si>
+    <t>330061284</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE BELLE-CROIX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3880_FicheESSMS/fr/ehpad-residence-belle-croix</t>
+  </si>
+  <si>
+    <t>3880_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Avenue Avenue Pierre Mendes France</t>
+  </si>
+  <si>
+    <t>33270 FLOIRAC</t>
+  </si>
+  <si>
+    <t>330782848</t>
+  </si>
+  <si>
+    <t>SAAD CCAS DE MERIGNAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3957_FicheESSMS/fr/saad-ccas-de-merignac</t>
+  </si>
+  <si>
+    <t>3957_FicheESSMS</t>
+  </si>
+  <si>
+    <t>60 Avenue Mal De Lattre De Tassigny</t>
+  </si>
+  <si>
+    <t>330801176</t>
+  </si>
+  <si>
+    <t>SAAD LA CLE DES AGES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3969_FicheESSMS/fr/saad-la-cle-des-ages</t>
+  </si>
+  <si>
+    <t>3969_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Place Jean Mette</t>
+  </si>
+  <si>
+    <t>330061235</t>
+  </si>
+  <si>
+    <t>FOYER JEAN RIVIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4140_FicheESSMS/fr/foyer-jean-riviere</t>
+  </si>
+  <si>
+    <t>4140_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Neptune</t>
+  </si>
+  <si>
+    <t>330019498</t>
+  </si>
+  <si>
+    <t>FOYER BOSSEGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4688_FicheESSMS/fr/foyer-bossege</t>
+  </si>
+  <si>
+    <t>4688_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Pierre Castera</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Polyvalent pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>330051848</t>
+  </si>
+  <si>
+    <t>EANM FOYER  JENNY LEPREUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5085_FicheESSMS/fr/eanm-foyer-jenny-lepreux</t>
+  </si>
+  <si>
+    <t>5085_FicheESSMS</t>
+  </si>
+  <si>
+    <t>155 Avenue Aristide Briand</t>
+  </si>
+  <si>
+    <t>330782764</t>
+  </si>
+  <si>
+    <t>SESSAD SUD GIRONDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5946_FicheESSMS/fr/sessad-sud-gironde</t>
+  </si>
+  <si>
+    <t>5946_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Cours Du General Leclerc</t>
+  </si>
+  <si>
+    <t>330056102</t>
+  </si>
+  <si>
+    <t>ITEP LANGON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5945_FicheESSMS/fr/itep-langon</t>
+  </si>
+  <si>
+    <t>5945_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Marcel Paul</t>
+  </si>
+  <si>
+    <t>330780966</t>
+  </si>
+  <si>
+    <t>EHPAD TROPAYSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6937_FicheESSMS/fr/ehpad-tropayse</t>
+  </si>
+  <si>
+    <t>6937_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Pierre Mendes-France</t>
+  </si>
+  <si>
+    <t>330803321</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE LE SUDRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8387_FicheESSMS/fr/lieu-de-vie-le-sudre</t>
+  </si>
+  <si>
+    <t>8387_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Place Pele</t>
+  </si>
+  <si>
+    <t>33670 LE POUT</t>
+  </si>
+  <si>
+    <t>LE POUT</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>330059668</t>
+  </si>
+  <si>
+    <t>MECS FERNAND MARIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8578_FicheESSMS/fr/mecs-fernand-marin</t>
+  </si>
+  <si>
+    <t>8578_FicheESSMS</t>
+  </si>
+  <si>
+    <t>60 Avenue Gaston Cabannes</t>
+  </si>
+  <si>
+    <t>330781998</t>
+  </si>
+  <si>
+    <t>SAA AAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8657_FicheESSMS/fr/saa-aas</t>
+  </si>
+  <si>
+    <t>8657_FicheESSMS</t>
+  </si>
+  <si>
+    <t>63 Rue De Quinsus</t>
+  </si>
+  <si>
+    <t>330066796</t>
+  </si>
+  <si>
+    <t>SAAD GCSMS DE LA PRESQU'ILE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8759_FicheESSMS/fr/saad-gcsms-de-la-presqu-ile</t>
+  </si>
+  <si>
+    <t>8759_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Avenue De La Liberation</t>
+  </si>
+  <si>
+    <t>330026709</t>
+  </si>
+  <si>
+    <t>SSIAD AGIR A DOMICILE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8747_FicheESSMS/fr/ssiad-agir-a-domicile</t>
+  </si>
+  <si>
+    <t>8747_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Route De Casteljaloux</t>
+  </si>
+  <si>
+    <t>33690 GRIGNOLS</t>
+  </si>
+  <si>
+    <t>GRIGNOLS</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>330027749</t>
+  </si>
+  <si>
+    <t>SAAD MEYNARD SERVICE- AUXILEO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8947_FicheESSMS/fr/saad-meynard-service-auxileo</t>
+  </si>
+  <si>
+    <t>8947_FicheESSMS</t>
+  </si>
+  <si>
+    <t>489 Avenue Mal De Lattre De Tassigny</t>
+  </si>
+  <si>
+    <t>330061458</t>
+  </si>
+  <si>
+    <t>FOYER MNA CLAUDE QUANCARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9074_FicheESSMS/fr/foyer-mna-claude-quancard</t>
+  </si>
+  <si>
+    <t>9074_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Avenue De Lattre De Tassigny</t>
+  </si>
+  <si>
+    <t>330059775</t>
+  </si>
+  <si>
+    <t>SAAD ASSOCIATION ADHM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9183_FicheESSMS/fr/saad-association-adhm</t>
+  </si>
+  <si>
+    <t>9183_FicheESSMS</t>
+  </si>
+  <si>
+    <t>79 Route De Germignan</t>
+  </si>
+  <si>
+    <t>33160 ST AUBIN DE MEDOC</t>
+  </si>
+  <si>
+    <t>ST AUBIN DE MEDOC</t>
+  </si>
+  <si>
+    <t>330055047</t>
+  </si>
+  <si>
+    <t>SAAD MES SERVICES A LA CARTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9175_FicheESSMS/fr/saad-mes-services-a-la-carte</t>
+  </si>
+  <si>
+    <t>9175_FicheESSMS</t>
+  </si>
+  <si>
+    <t>103 Avenue Emile Counord</t>
+  </si>
+  <si>
+    <t>330061474</t>
+  </si>
+  <si>
+    <t>SAAD AAPAM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9222_FicheESSMS/fr/saad-aapam</t>
+  </si>
+  <si>
+    <t>9222_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De Verdun</t>
+  </si>
+  <si>
+    <t>33340 BLAIGNAN PRIGNAC</t>
+  </si>
+  <si>
+    <t>BLAIGNAN PRIGNAC</t>
+  </si>
+  <si>
+    <t>330801945</t>
+  </si>
+  <si>
+    <t>CENTRE ESPERANZA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9455_FicheESSMS/fr/centre-esperanza</t>
+  </si>
+  <si>
+    <t>9455_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Cours St Trelody</t>
+  </si>
+  <si>
+    <t>33340 LESPARRE MEDOC</t>
+  </si>
+  <si>
+    <t>330781667</t>
+  </si>
+  <si>
+    <t>FOYER LARIDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9454_FicheESSMS/fr/foyer-laride</t>
+  </si>
+  <si>
+    <t>9454_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De La Chatellerie</t>
+  </si>
+  <si>
+    <t>33180 VERTHEUIL</t>
+  </si>
+  <si>
+    <t>VERTHEUIL</t>
+  </si>
+  <si>
+    <t>330803073</t>
+  </si>
+  <si>
+    <t>EHPAD PAUL LAVERNY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9453_FicheESSMS/fr/ehpad-paul-laverny</t>
+  </si>
+  <si>
+    <t>9453_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Armand Roux</t>
+  </si>
+  <si>
+    <t>330782632</t>
+  </si>
+  <si>
+    <t>IMPRO CHATEAU BEL AIR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9460_FicheESSMS/fr/impro-chateau-bel-air</t>
+  </si>
+  <si>
+    <t>9460_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue Du Perigord</t>
+  </si>
+  <si>
+    <t>33370 TRESSES</t>
+  </si>
+  <si>
+    <t>TRESSES</t>
+  </si>
+  <si>
+    <t>330781097</t>
+  </si>
+  <si>
+    <t>EANM FOYER LA LORETTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9459_FicheESSMS/fr/eanm-foyer-la-lorette</t>
+  </si>
+  <si>
+    <t>9459_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Rue Clement Ader</t>
+  </si>
+  <si>
+    <t>330785353</t>
+  </si>
+  <si>
+    <t>EHPAD LE PLATANE DU GRAND PARC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9587_FicheESSMS/fr/ehpad-le-platane-du-grand-parc</t>
+  </si>
+  <si>
+    <t>9587_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Des Generaux Duche</t>
+  </si>
+  <si>
+    <t>330026279</t>
+  </si>
+  <si>
+    <t>EHPAD LE DOYENNE DE LANGON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9742_FicheESSMS/fr/ehpad-le-doyenne-de-langon</t>
+  </si>
+  <si>
+    <t>9742_FicheESSMS</t>
+  </si>
+  <si>
+    <t>91 Cours Mal De Lattre De Tassigny</t>
+  </si>
+  <si>
+    <t>330020629</t>
+  </si>
+  <si>
+    <t>FJT FCR BORDEAUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9878_FicheESSMS/fr/fjt-fcr-bordeaux</t>
+  </si>
+  <si>
+    <t>9878_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110 Rue Malbec</t>
+  </si>
+  <si>
+    <t>330789678</t>
+  </si>
+  <si>
+    <t>MECS  AU MOULLEAU AVEC VINCENT DE PAUL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10027_FicheESSMS/fr/mecs-au-moulleau-avec-vincent-de-paul</t>
+  </si>
+  <si>
+    <t>10027_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160 Boulevard De La Cote D'Argent</t>
+  </si>
+  <si>
+    <t>33313 ARCACHON</t>
+  </si>
+  <si>
+    <t>330781535</t>
+  </si>
+  <si>
+    <t>SAMSAH SOS SOLIDARITES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10007_FicheESSMS/fr/samsah-sos-solidarites</t>
+  </si>
+  <si>
+    <t>10007_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Du Professeur A Lavignole</t>
+  </si>
+  <si>
+    <t>33100 BORDEAUX</t>
+  </si>
+  <si>
+    <t>330032129</t>
+  </si>
+  <si>
+    <t>SAVS DU REOLAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10086_FicheESSMS/fr/savs-du-reolais</t>
+  </si>
+  <si>
+    <t>10086_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Avenue Gabriel Chaigne</t>
+  </si>
+  <si>
+    <t>33190 LA REOLE</t>
+  </si>
+  <si>
+    <t>330031709</t>
+  </si>
+  <si>
+    <t>SAVS DEPARTEMENTAL ADAPEI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10085_FicheESSMS/fr/savs-departemental-adapei</t>
+  </si>
+  <si>
+    <t>10085_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Des Saules</t>
+  </si>
+  <si>
+    <t>330055419</t>
+  </si>
+  <si>
+    <t>SESSAD DE L'ITEP BELLEFONDS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10084_FicheESSMS/fr/sessad-de-l-itep-bellefonds</t>
+  </si>
+  <si>
+    <t>10084_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Cote De L'Empereur</t>
+  </si>
+  <si>
+    <t>330057696</t>
+  </si>
+  <si>
+    <t>ITEP BELLEFONDS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10083_FicheESSMS/fr/itep-bellefonds</t>
+  </si>
+  <si>
+    <t>10083_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330780909</t>
+  </si>
+  <si>
+    <t>SAAD SOS SOLUTION SERVICES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10123_FicheESSMS/fr/saad-sos-solution-services</t>
+  </si>
+  <si>
+    <t>10123_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Jean Artus</t>
+  </si>
+  <si>
+    <t>330061318</t>
+  </si>
+  <si>
+    <t>EHPAD LE BOIS DES PALOMBES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10172_FicheESSMS/fr/ehpad-le-bois-des-palombes</t>
+  </si>
+  <si>
+    <t>10172_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33850 LEOGNAN</t>
+  </si>
+  <si>
+    <t>LEOGNAN</t>
+  </si>
+  <si>
+    <t>330052028</t>
+  </si>
+  <si>
+    <t>L'ESTUAIRE GROUPE SOS JEUNESSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10170_FicheESSMS/fr/l-estuaire-groupe-sos-jeunesse</t>
+  </si>
+  <si>
+    <t>10170_FicheESSMS</t>
+  </si>
+  <si>
+    <t>64 Cour Balguerie Stuttenberg</t>
+  </si>
+  <si>
+    <t>330065301</t>
+  </si>
+  <si>
+    <t>EHPAD L'AROUSINEY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10206_FicheESSMS/fr/ehpad-l-arousiney</t>
+  </si>
+  <si>
+    <t>10206_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330024969</t>
+  </si>
+  <si>
+    <t>EHPAD LE PARC DES OLIVIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10182_FicheESSMS/fr/ehpad-le-parc-des-oliviers</t>
+  </si>
+  <si>
+    <t>10182_FicheESSMS</t>
+  </si>
+  <si>
+    <t>61 Rue De Vassivey</t>
+  </si>
+  <si>
+    <t>33290 PAREMPUYRE</t>
+  </si>
+  <si>
+    <t>PAREMPUYRE</t>
+  </si>
+  <si>
+    <t>330026428</t>
+  </si>
+  <si>
+    <t>FAM LE BARAIL DES JAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10414_FicheESSMS/fr/fam-le-barail-des-jais</t>
+  </si>
+  <si>
+    <t>10414_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Allée Danielle Mitterrand</t>
+  </si>
+  <si>
+    <t>33910 ST DENIS DE PILE</t>
+  </si>
+  <si>
+    <t>ST DENIS DE PILE</t>
+  </si>
+  <si>
+    <t>330028408</t>
+  </si>
+  <si>
+    <t>SAVS POLYVALENT DU BASSIN D'ARCAHON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10536_FicheESSMS/fr/savs-polyvalent-du-bassin-d-arcahon</t>
+  </si>
+  <si>
+    <t>10536_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Route Des Lacs</t>
+  </si>
+  <si>
+    <t>330034299</t>
+  </si>
+  <si>
+    <t>EHPAD LOUISE MICHEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10597_FicheESSMS/fr/ehpad-louise-michel</t>
+  </si>
+  <si>
+    <t>10597_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Louis Massina</t>
+  </si>
+  <si>
+    <t>330025149</t>
+  </si>
+  <si>
+    <t>SAAD ASSOCIATION LISETTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10631_FicheESSMS/fr/saad-association-lisette</t>
+  </si>
+  <si>
+    <t>10631_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Allée Megevie</t>
+  </si>
+  <si>
+    <t>330064189</t>
+  </si>
+  <si>
+    <t>EHPAD LES PARENTELES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10687_FicheESSMS/fr/ehpad-les-parenteles</t>
+  </si>
+  <si>
+    <t>10687_FicheESSMS</t>
+  </si>
+  <si>
+    <t>65 Avenue De L'Alouette</t>
+  </si>
+  <si>
+    <t>330025198</t>
+  </si>
+  <si>
+    <t>SAAD CCAS DE PESSAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10731_FicheESSMS/fr/saad-ccas-de-pessac</t>
+  </si>
+  <si>
+    <t>10731_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Boulevard Saint Martin</t>
+  </si>
+  <si>
+    <t>330801184</t>
+  </si>
+  <si>
+    <t>EAM NEUJON - SITE SAINT-JEAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10729_FicheESSMS/fr/eam-neujon-site-saint-jean</t>
+  </si>
+  <si>
+    <t>10729_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Rue Saint-Jean</t>
+  </si>
+  <si>
+    <t>33580 MONSEGUR</t>
+  </si>
+  <si>
+    <t>MONSEGUR</t>
+  </si>
+  <si>
+    <t>330058454</t>
+  </si>
+  <si>
+    <t>EAM NEUJON - SITE BOIS ROBIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10728_FicheESSMS/fr/eam-neujon-site-bois-robin</t>
+  </si>
+  <si>
+    <t>10728_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330792466</t>
+  </si>
+  <si>
+    <t>CSAPA GENERALISTE RESIDENTIEL - CEID</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10760_FicheESSMS/fr/csapa-generaliste-residentiel-ceid</t>
+  </si>
+  <si>
+    <t>10760_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Impasse Du 4 Septembre</t>
+  </si>
+  <si>
+    <t>330008046</t>
+  </si>
+  <si>
+    <t>CSAPA CTE THERAPEUTIQUE DU FLEUVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10759_FicheESSMS/fr/csapa-cte-therapeutique-du-fleuve</t>
+  </si>
+  <si>
+    <t>10759_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Franck Chassaigne</t>
+  </si>
+  <si>
+    <t>33720 BARSAC</t>
+  </si>
+  <si>
+    <t>BARSAC</t>
+  </si>
+  <si>
+    <t>330021619</t>
+  </si>
+  <si>
+    <t>EHPAD COS VILLA PIA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10755_FicheESSMS/fr/ehpad-cos-villa-pia</t>
+  </si>
+  <si>
+    <t>10755_FicheESSMS</t>
+  </si>
+  <si>
+    <t>52 Rue Des Treuils</t>
+  </si>
+  <si>
+    <t>33082 BORDEAUX</t>
+  </si>
+  <si>
+    <t>330786203</t>
+  </si>
+  <si>
+    <t>FOYER FRANCOIS CONSTANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10880_FicheESSMS/fr/foyer-francois-constant</t>
+  </si>
+  <si>
+    <t>10880_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Cours Tourny</t>
+  </si>
+  <si>
+    <t>330785916</t>
+  </si>
+  <si>
+    <t>EANM DU CYPRESSAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11028_FicheESSMS/fr/eanm-du-cypressat</t>
+  </si>
+  <si>
+    <t>11028_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Dumune</t>
+  </si>
+  <si>
+    <t>330026188</t>
+  </si>
+  <si>
+    <t>EHPAD LA VILLA DES PINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11020_FicheESSMS/fr/ehpad-la-villa-des-pins</t>
+  </si>
+  <si>
+    <t>11020_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Boulevard Daniel Digneaux</t>
+  </si>
+  <si>
+    <t>33510 ANDERNOS LES BAINS</t>
+  </si>
+  <si>
+    <t>ANDERNOS LES BAINS</t>
+  </si>
+  <si>
+    <t>330029018</t>
+  </si>
+  <si>
+    <t>EHPAD FOYER DE RETRAITE DU COMBATTANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11103_FicheESSMS/fr/ehpad-foyer-de-retraite-du-combattant</t>
+  </si>
+  <si>
+    <t>11103_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue De Verdun</t>
+  </si>
+  <si>
+    <t>33392 BLAYE</t>
+  </si>
+  <si>
+    <t>330783481</t>
+  </si>
+  <si>
+    <t>ESAT LIBOURNAIS-BLAYAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11223_FicheESSMS/fr/esat-libournais-blayais</t>
+  </si>
+  <si>
+    <t>11223_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Lieu-Dit Bouinot</t>
+  </si>
+  <si>
+    <t>33820 BRAUD ET ST LOUIS</t>
+  </si>
+  <si>
+    <t>BRAUD ET ST LOUIS</t>
+  </si>
+  <si>
+    <t>330791864</t>
+  </si>
+  <si>
+    <t>STP LA PAILLERIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11222_FicheESSMS/fr/stp-la-paillerie</t>
+  </si>
+  <si>
+    <t>11222_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Bouinot</t>
+  </si>
+  <si>
+    <t>330032558</t>
+  </si>
+  <si>
+    <t>CSAPA RESIDENTIEL FERME MERLET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11363_FicheESSMS/fr/csapa-residentiel-ferme-merlet</t>
+  </si>
+  <si>
+    <t>11363_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Lieu-Dit Ferme Merlet</t>
+  </si>
+  <si>
+    <t>33910 ST MARTIN DE LAYE</t>
+  </si>
+  <si>
+    <t>ST MARTIN DE LAYE</t>
+  </si>
+  <si>
+    <t>330785981</t>
+  </si>
+  <si>
+    <t>FAM AGAPE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11433_FicheESSMS/fr/fam-agape</t>
+  </si>
+  <si>
+    <t>11433_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Avenue Foch</t>
+  </si>
+  <si>
+    <t>33220 PINEUILH</t>
+  </si>
+  <si>
+    <t>PINEUILH</t>
+  </si>
+  <si>
+    <t>330042979</t>
+  </si>
+  <si>
+    <t>SAVS ST SEURIN SUR L'ISLE APAJH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11584_FicheESSMS/fr/savs-st-seurin-sur-l-isle-apajh</t>
+  </si>
+  <si>
+    <t>11584_FicheESSMS</t>
+  </si>
+  <si>
+    <t>92 Rue De La Republique</t>
+  </si>
+  <si>
+    <t>330803495</t>
+  </si>
+  <si>
+    <t>CENTRE OCCUPATIONNEL DE JOUR APAJH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11583_FicheESSMS/fr/centre-occupationnel-de-jour-apajh</t>
+  </si>
+  <si>
+    <t>11583_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330056615</t>
+  </si>
+  <si>
+    <t>EHPAD LE MOULIN DE JEANNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11572_FicheESSMS/fr/ehpad-le-moulin-de-jeanne</t>
+  </si>
+  <si>
+    <t>11572_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Rue Du Moulin Rouge</t>
+  </si>
+  <si>
+    <t>33450 ST LOUBES</t>
+  </si>
+  <si>
+    <t>ST LOUBES</t>
+  </si>
+  <si>
+    <t>330020819</t>
+  </si>
+  <si>
+    <t>EHPAD LA CHARTREUSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11621_FicheESSMS/fr/ehpad-la-chartreuse</t>
+  </si>
+  <si>
+    <t>11621_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De La Republique</t>
+  </si>
+  <si>
+    <t>33230 COUTRAS</t>
+  </si>
+  <si>
+    <t>COUTRAS</t>
+  </si>
+  <si>
+    <t>330799792</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DE L'OMBRIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11620_FicheESSMS/fr/ehpad-les-jardins-de-l-ombriere</t>
+  </si>
+  <si>
+    <t>11620_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Olivier De Serres</t>
+  </si>
+  <si>
+    <t>330799230</t>
+  </si>
+  <si>
+    <t>ESAT LORIENT - SADIRAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11981_FicheESSMS/fr/esat-lorient-sadirac</t>
+  </si>
+  <si>
+    <t>11981_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33670 SADIRAC</t>
+  </si>
+  <si>
+    <t>SADIRAC</t>
+  </si>
+  <si>
+    <t>330022468</t>
+  </si>
+  <si>
+    <t>EHPAD BOIS GRAMOND</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11995_FicheESSMS/fr/ehpad-bois-gramond</t>
+  </si>
+  <si>
+    <t>11995_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330022138</t>
+  </si>
+  <si>
+    <t>ESAT JEAN JACQUEMART</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11985_FicheESSMS/fr/esat-jean-jacquemart</t>
+  </si>
+  <si>
+    <t>11985_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Avenue Gay Lussac</t>
+  </si>
+  <si>
+    <t>33370 ARTIGUES PRES BORDEAUX</t>
+  </si>
+  <si>
+    <t>ARTIGUES PRES BORDEAUX</t>
+  </si>
+  <si>
+    <t>330781873</t>
+  </si>
+  <si>
+    <t>ESAT DESCARTES - ARTIGUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11984_FicheESSMS/fr/esat-descartes-artigues</t>
+  </si>
+  <si>
+    <t>11984_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Avenue Descartes</t>
+  </si>
+  <si>
+    <t>330781881</t>
+  </si>
+  <si>
+    <t>CPH SOS SOLIDARITE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12134_FicheESSMS/fr/cph-sos-solidarite</t>
+  </si>
+  <si>
+    <t>12134_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue Jean Jacques Rousseau</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>330060765</t>
+  </si>
+  <si>
+    <t>EHPAD LE PETIT TRIANON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12163_FicheESSMS/fr/ehpad-le-petit-trianon</t>
+  </si>
+  <si>
+    <t>12163_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Jean Artus</t>
+  </si>
+  <si>
+    <t>330051129</t>
+  </si>
+  <si>
+    <t>SAVS IRSA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12443_FicheESSMS/fr/savs-irsa</t>
+  </si>
+  <si>
+    <t>12443_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330020579</t>
+  </si>
+  <si>
+    <t>ESAT DU GUA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12434_FicheESSMS/fr/esat-du-gua</t>
+  </si>
+  <si>
+    <t>12434_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330803958</t>
+  </si>
+  <si>
+    <t>IME DON BOSCO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12527_FicheESSMS/fr/ime-don-bosco</t>
+  </si>
+  <si>
+    <t>12527_FicheESSMS</t>
+  </si>
+  <si>
+    <t>181 Rue St  Francois Xavier</t>
+  </si>
+  <si>
+    <t>33173 GRADIGNAN</t>
+  </si>
+  <si>
+    <t>330780958</t>
+  </si>
+  <si>
+    <t>IMP SAINT JOSEPH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12634_FicheESSMS/fr/imp-saint-joseph</t>
+  </si>
+  <si>
+    <t>12634_FicheESSMS</t>
+  </si>
+  <si>
+    <t>130 Cours Journu Auber</t>
+  </si>
+  <si>
+    <t>330780859</t>
+  </si>
+  <si>
+    <t>IME SAUTE MOUTON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12632_FicheESSMS/fr/ime-saute-mouton</t>
+  </si>
+  <si>
+    <t>12632_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Cours Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>330022419</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL ELISABETH YON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12624_FicheESSMS/fr/foyer-occupationnel-elisabeth-yon</t>
+  </si>
+  <si>
+    <t>12624_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Rue Lamothe</t>
+  </si>
+  <si>
+    <t>330017948</t>
+  </si>
+  <si>
+    <t>ESAT LES ATELIERS ST JOSEPH - MERIGNAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12623_FicheESSMS/fr/esat-les-ateliers-st-joseph-merignac</t>
+  </si>
+  <si>
+    <t>12623_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Allée Des  Isatis</t>
+  </si>
+  <si>
+    <t>330782046</t>
+  </si>
+  <si>
+    <t>SAVS RIVE DROITE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12745_FicheESSMS/fr/savs-rive-droite</t>
+  </si>
+  <si>
+    <t>12745_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Rue Louis Mondaut</t>
+  </si>
+  <si>
+    <t>330058066</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE DE CHAMBERY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12739_FicheESSMS/fr/ehpad-residence-de-chambery</t>
+  </si>
+  <si>
+    <t>12739_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Route De Leognan</t>
+  </si>
+  <si>
+    <t>330798612</t>
+  </si>
+  <si>
+    <t>CENTRE AUDITION ET LANGAGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12917_FicheESSMS/fr/centre-audition-et-langage</t>
+  </si>
+  <si>
+    <t>12917_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Jean Giono</t>
+  </si>
+  <si>
+    <t>Institut pour Déficients Auditifs</t>
+  </si>
+  <si>
+    <t>330780990</t>
+  </si>
+  <si>
+    <t>SESSAD DU CENTRE AUDITION ET LANGAGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12916_FicheESSMS/fr/sessad-du-centre-audition-et-langage</t>
+  </si>
+  <si>
+    <t>12916_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330012279</t>
+  </si>
+  <si>
+    <t>ESAT JEAN BERNARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12948_FicheESSMS/fr/esat-jean-bernard</t>
+  </si>
+  <si>
+    <t>12948_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330782277</t>
+  </si>
+  <si>
+    <t>SAA AISAD BIGANOS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12947_FicheESSMS/fr/saa-aisad-biganos</t>
+  </si>
+  <si>
+    <t>12947_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Avenue De La Republique</t>
+  </si>
+  <si>
+    <t>33380 MIOS</t>
+  </si>
+  <si>
+    <t>MIOS</t>
+  </si>
+  <si>
+    <t>330800814</t>
+  </si>
+  <si>
+    <t>ITEP  CHATEAU BREILLAN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12979_FicheESSMS/fr/itep-chateau-breillan</t>
+  </si>
+  <si>
+    <t>12979_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33291 BLANQUEFORT</t>
+  </si>
+  <si>
+    <t>330780800</t>
+  </si>
+  <si>
+    <t>EHPAD VILLA DES CINQ SENTES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13034_FicheESSMS/fr/ehpad-villa-des-cinq-sentes</t>
+  </si>
+  <si>
+    <t>13034_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330799404</t>
+  </si>
+  <si>
+    <t>CADA FONDATION COS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13081_FicheESSMS/fr/cada-fondation-cos</t>
+  </si>
+  <si>
+    <t>13081_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Avenue De Lattre De Tassigny</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>330799537</t>
+  </si>
+  <si>
+    <t>CENTRE PROVISOIRE HEBERGEMENT COS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13080_FicheESSMS/fr/centre-provisoire-hebergement-cos</t>
+  </si>
+  <si>
+    <t>13080_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330060757</t>
+  </si>
+  <si>
+    <t>ITEP STEHELIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13072_FicheESSMS/fr/itep-stehelin</t>
+  </si>
+  <si>
+    <t>13072_FicheESSMS</t>
+  </si>
+  <si>
+    <t>131 Rue Stehelin</t>
+  </si>
+  <si>
+    <t>330780826</t>
+  </si>
+  <si>
+    <t>EANM FOYER JEAN BERNARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13106_FicheESSMS/fr/eanm-foyer-jean-bernard</t>
+  </si>
+  <si>
+    <t>13106_FicheESSMS</t>
+  </si>
+  <si>
+    <t>330058314</t>
+  </si>
+  <si>
+    <t>SAMSAH DON BOSCO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13251_FicheESSMS/fr/samsah-don-bosco</t>
+  </si>
+  <si>
+    <t>13251_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Des Tilleuls</t>
+  </si>
+  <si>
+    <t>330060179</t>
+  </si>
+  <si>
+    <t>SESSAD SAUTE MOUTON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13249_FicheESSMS/fr/sessad-saute-mouton</t>
+  </si>
+  <si>
+    <t>13249_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Henry De Montherlant</t>
+  </si>
+  <si>
+    <t>330056144</t>
+  </si>
+  <si>
+    <t>Département de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Code Finess de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Équipe accréditée</t>
+  </si>
+  <si>
+    <t>Équipe de Radiologie et Imagerie médicale HOPITAL HAUT-LEVEQUE - CHU  (33)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638860/fr/equipe-de-radiologie-et-imagerie-medicale-hopital-haut-leveque-chu-33</t>
+  </si>
+  <si>
+    <t>p_3638860</t>
+  </si>
+  <si>
+    <t>15 June 2025</t>
+  </si>
+  <si>
+    <t>Docteur PANTELEIMON PAPADOPOULOS, Docteur MARIE-ANNAIG PEY, Docteur BRUNO LAPUYADE</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CLINIQUE SAINT- AUGUSTIN  (33)</t>
+  </si>
+  <si>
+    <t>24/03/2025 18:32:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598996/fr/equipe-d-anesthesie-reanimation-clinique-saint-augustin-33</t>
+  </si>
+  <si>
+    <t>p_3598996</t>
+  </si>
+  <si>
+    <t>19 March 2025</t>
+  </si>
+  <si>
+    <t>Docteur GILLES DEROUDILHE, Docteur STEPHANE DELORT-LAVAL, Docteur NICOLAS BARRAUD, Docteur ANTOINE GENTY, Docteur EMMANUEL GUILLAUME, Docteur CORENTIN BERTHELOT, Docteur ERIC PREVOST</t>
+  </si>
+  <si>
+    <t>Équipe de Gynécologie Obstétrique POLYCLIN BORDEAUX-NORD AQUITAINE  (33)</t>
+  </si>
+  <si>
+    <t>26/02/2025 12:30:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593226/fr/equipe-de-gynecologie-obstetrique-polyclin-bordeaux-nord-aquitaine-33</t>
+  </si>
+  <si>
+    <t>p_3593226</t>
+  </si>
+  <si>
+    <t>14 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur LAURA DUMINIL, Docteur Yannick MALARD, Docteur Anne-lys ALFONSO, Docteur Marie SARRAU, Docteur Marion POINGT, Docteur ELSA LUTRINGER, Docteur Jean-patrick LE MEAUX, Docteur CECILE BARDY, Docteur JULIE VIGIER-BLANC, Docteur Melodie BONNIN, Docteur Gilles GIOANNI, Docteur Dominique THOMAS, Docteur Alain DELEST, Docteur François DUBECQ-PRINCETEAU</t>
+  </si>
+  <si>
+    <t>Équipe de Gynécologie Obstétrique POLYCLINIQUE JEAN VILLAR  (33)</t>
+  </si>
+  <si>
+    <t>26/02/2025 12:30:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593233/fr/equipe-de-gynecologie-obstetrique-polyclinique-jean-villar-33</t>
+  </si>
+  <si>
+    <t>p_3593233</t>
+  </si>
+  <si>
+    <t>17 December 2023</t>
+  </si>
+  <si>
+    <t>Docteur MARIE-ANNE COUSTEL, Docteur Ismaël HAMADOU OUSSEINI, Docteur Alain SCHIANO, Docteur Héloïse PORTMANN, Docteur CLEMENCE BRETAUDEAU, Docteur Renaud BENICHOU</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation GROUPE HOSPITALIER PELLEGRIN - CHU  (33)</t>
+  </si>
+  <si>
+    <t>19/07/2024 15:31:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3532039/fr/equipe-d-anesthesie-reanimation-groupe-hospitalier-pellegrin-chu-33</t>
+  </si>
+  <si>
+    <t>p_3532039</t>
+  </si>
+  <si>
+    <t>12 July 2024</t>
+  </si>
+  <si>
+    <t>Docteur ANNE-EMMANUELLE GAUFICHON, Docteur Aloyse DE SERRE DE SAINT ROMAN, Docteur LOUISE GOUYET-CALIA, Docteur FREDERIQUE BOUTIN, Docteur Elena GALON, Docteur GUILLAUME DUBREUIL, Docteur Daniela mirela TAMAIAN  ÉPOUSE STUDNICSKA, Docteur Claudia MEDRANO-TROCHEZ, Docteur MATTHIEU DUMONT, Docteur GAELLE ROUX, Docteur LAURENT SOUBIRON, Docteur Khou André LY, Docteur CARLOS LOPEZ, Docteur VINCENT GENIN, Docteur AMELIE LASSERRE, Docteur ANNE PAYAN, Docteur LYDIA MOREL, Docteur LOUIS POUJOL DE MOLLIENS, Docteur SEBASTIEN MUNCK</t>
+  </si>
+  <si>
+    <t>07/06/2024 14:43:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3521353/fr/equipe-d-anesthesie-reanimation-groupe-hospitalier-pellegrin-chu-33</t>
+  </si>
+  <si>
+    <t>p_3521353</t>
+  </si>
+  <si>
+    <t>20 May 2024</t>
+  </si>
+  <si>
+    <t>Docteur AURELIE SAN MIGUEL, Docteur MARION GRITON, Docteur PIERRE CLERGET, Docteur Charlotte PORRAS, Docteur Deborah MENU, Docteur KARINE NOUETTE-GAULAIN</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie thoracique et cardio-vasculaire HOPITAL HAUT-LEVEQUE - CHU  (33)</t>
+  </si>
+  <si>
+    <t>15/02/2024 16:30:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495555/fr/equipe-de-chirurgie-thoracique-et-cardio-vasculaire-hopital-haut-leveque-chu-33</t>
+  </si>
+  <si>
+    <t>p_3495555</t>
+  </si>
+  <si>
+    <t>01 February 2024</t>
+  </si>
+  <si>
+    <t>Professeur Matthieu THUMEREL, Professeur Jacques JOUGON, Docteur ROMAIN HUSTACHE-CASTAING, Docteur Arnaud RODRIGUEZ, Docteur Benjamin CHEVALIER</t>
+  </si>
+  <si>
+    <t>26/12/2023 14:30:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483784/fr/equipe-de-gynecologie-obstetrique-polyclinique-jean-villar-33</t>
+  </si>
+  <si>
+    <t>p_3483784</t>
+  </si>
+  <si>
+    <t>Docteur MARIE-ANNE COUSTEL, Docteur Ismaël HAMADOU OUSSEINI, Docteur Alain SCHIANO, Docteur Olivier JOURDAIN, Docteur Héloïse PORTMANN, Docteur CLEMENCE BRETAUDEAU, Docteur Renaud BENICHOU</t>
+  </si>
+  <si>
+    <t>Équipe de Radiologie et Imagerie médicale GROUPE HOSPITALIER PELLEGRIN - CHU  (33)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481161/fr/equipe-de-radiologie-et-imagerie-medicale-groupe-hospitalier-pellegrin-chu-33</t>
+  </si>
+  <si>
+    <t>p_3481161</t>
+  </si>
+  <si>
+    <t>09 November 2023</t>
+  </si>
+  <si>
+    <t>Docteur EVA JAMBON, Docteur ALEXIS COUSSY, Docteur YANN LE BRAS, Docteur CLEMENT MARCELIN</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique NOUVELLE CLINIQUE BEL AIR  (33)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3462823/fr/equipe-de-chirurgie-urologique-nouvelle-clinique-bel-air-33</t>
+  </si>
+  <si>
+    <t>p_3462823</t>
+  </si>
+  <si>
+    <t>11 August 2023</t>
+  </si>
+  <si>
+    <t>Docteur JEAN-EUDES POULAIN, Docteur LAURE DUPITOUT, Docteur Candice DEBARD, Docteur HERVE WALLERAND, Docteur OLIVIER RENARD, Docteur Vincent VIGOUROUX, Docteur BENOIT WOLFF, Docteur DOMINIQUE POUSSOT</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CLINIQUE DU SPORT DE BORDEAUX-MERIGNAC  (33)</t>
+  </si>
+  <si>
+    <t>19/12/2022 11:30:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3397051/fr/equipe-d-anesthesie-reanimation-clinique-du-sport-de-bordeaux-merignac-33</t>
+  </si>
+  <si>
+    <t>p_3397051</t>
+  </si>
+  <si>
+    <t>Docteur GREGORY DESTRUHAUT, Docteur Patrick AVARGUES, Docteur CYRIL LEFRANCOIS, Docteur LAETITIA OTTOLENGHI, Docteur Laurent SURDEAU, Docteur GAELLE LE FALHER, Docteur YANN BLAVIN, Docteur DAMIEN EDOUARD</t>
+  </si>
+  <si>
+    <t>19/12/2022 11:31:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3397217/fr/equipe-d-anesthesie-reanimation-clinique-saint-augustin-33</t>
+  </si>
+  <si>
+    <t>p_3397217</t>
+  </si>
+  <si>
+    <t>13 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur YOUSSEF ABDELMOUMEN, Professeur MARC-OLIVIER FISCHER, Docteur MARIE ROCHE-BARREAU, Docteur JACQUES LOYER, Docteur Francois FORESTIER, Docteur Rudy BERTHEZENE</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:33:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319100/fr/equipe-de-gynecologie-obstetrique-polyclin-bordeaux-nord-aquitaine-33</t>
+  </si>
+  <si>
+    <t>p_3319100</t>
+  </si>
+  <si>
+    <t>Docteur LAURA DUMINIL, Docteur Yannick MALARD, Docteur Anne-lys ALFONSO, Docteur Marie SARRAU, Docteur Marion POINGT, Docteur ELSA LUTRINGER, Docteur Jean-patrick LE MEAUX, Docteur CECILE BARDY, Docteur JULIE VIGIER-BLANC, Docteur Melodie BONNIN, Docteur Gilles GIOANNI, Docteur Dominique THOMAS, Docteur Alain DELEST, Docteur Panayotis CONSTANTOPOULOS, Docteur François DUBECQ-PRINCETEAU</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation GCS CLINIQUE CHIRURGICALE LIBOURNAIS  (33)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319207/fr/equipe-d-anesthesie-reanimation-gcs-clinique-chirurgicale-libournais-33</t>
+  </si>
+  <si>
+    <t>p_3319207</t>
+  </si>
+  <si>
+    <t>26 October 2023</t>
+  </si>
+  <si>
+    <t>Docteur Patrick MESSIEN, Docteur KARIM BIHI, Docteur Catherine MOREAU, Docteur THOMAS BOYER</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation POLYCLIN BORDEAUX-NORD AQUITAINE  (33)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319304/fr/equipe-d-anesthesie-reanimation-polyclin-bordeaux-nord-aquitaine-33</t>
+  </si>
+  <si>
+    <t>p_3319304</t>
+  </si>
+  <si>
+    <t>27 September 2023</t>
+  </si>
+  <si>
+    <t>Docteur PATRICK DE BIASI, Docteur SYLVIA RENE, Docteur MIRZA HADZIC, Docteur LAURENT MERSON, Docteur JULIEN CAMOUS, Docteur Nihad ALSSABAH, Docteur TARIK RIAHI, Docteur Émilie LAPORTE, Docteur ALEXIS SOULARD, Docteur ARNAUD GERMAIN, Docteur LOUIS-MARIE AUTET, Docteur Jean-pascal PETIT, Docteur STEPHANE BONIFAZI GRENOUILLEAU, Docteur LENY RACIOPPI, Docteur FREDERIC LESAFFRE, Docteur PIERRE-ANDRE STOCKLE, Docteur YOHANN REBOLLAR</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation HOPITAL PRIVE SAINT-MARTIN  (33)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319352/fr/equipe-d-anesthesie-reanimation-hopital-prive-saint-martin-33</t>
+  </si>
+  <si>
+    <t>p_3319352</t>
+  </si>
+  <si>
+    <t>24 June 2025</t>
+  </si>
+  <si>
+    <t>Docteur Jean-christophe HA, Docteur BRIGITTE CHASTEL, Docteur MARGOT LAMARQUE, Docteur SYLVAIN VIDAL, Docteur Philippe SARRABAY, Docteur BAPTISTE VALLE, Docteur ALAIN REMY, Docteur MAXIME DENIS, Docteur SARA SMAILI, Docteur SEBASTIEN TIXIER, Docteur François MÉGRET, Docteur Grégoire WEIL</t>
+  </si>
+  <si>
+    <t>Équipe de Gastro-entérologie interventionnelle MSP BORDEAUX BAGATELLE  (33)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:35:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319398/fr/equipe-de-gastro-enterologie-interventionnelle-msp-bordeaux-bagatelle-33</t>
+  </si>
+  <si>
+    <t>p_3319398</t>
+  </si>
+  <si>
+    <t>24 June 2021</t>
+  </si>
+  <si>
+    <t>Docteur Marianne ELÉOUET-KAPLAN, Docteur Charlotte FAVREAU-WELTZER, Docteur François PIGOT, Docteur DOMINIQUE BOUCHARD, Docteur LAURINE TRACANELLI</t>
+  </si>
+  <si>
+    <t>Équipe de Gastro-entérologie interventionnelle POLYCLIN BORDEAUX-NORD AQUITAINE  (33)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:35:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319426/fr/equipe-de-gastro-enterologie-interventionnelle-polyclin-bordeaux-nord-aquitaine-33</t>
+  </si>
+  <si>
+    <t>p_3319426</t>
+  </si>
+  <si>
+    <t>27 February 2023</t>
+  </si>
+  <si>
+    <t>Docteur Cedric LECAILLE, Docteur AUDE LEPOUTRE, Docteur Camille PIN, Docteur Xavier MONCOUCY, Docteur Julie CHAPUIS-LANDAIS, Docteur Laure DUPONT-KAZMA, Docteur Iris DEVAURE</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CLINIQUE TIVOLI-DUCOS  (33)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:35:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319430/fr/equipe-d-anesthesie-reanimation-clinique-tivoli-ducos-33</t>
+  </si>
+  <si>
+    <t>p_3319430</t>
+  </si>
+  <si>
+    <t>11 July 2025</t>
+  </si>
+  <si>
+    <t>Docteur David CASTERA, Docteur Catherine BRUCE, Docteur Bruno HERPE, Docteur MIKHAEL CHOURAQUI, Docteur ISABELLE ETCHEBARNE, Docteur REMI DELFOSSE, Docteur JEAN-FRANCOIS SOUBIROU, Docteur Yannick DE CAZES</t>
+  </si>
+  <si>
+    <t>Équipe de Gastro-entérologie interventionnelle CLINIQUE TIVOLI-DUCOS  (33)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:35:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319501/fr/equipe-de-gastro-enterologie-interventionnelle-clinique-tivoli-ducos-33</t>
+  </si>
+  <si>
+    <t>p_3319501</t>
+  </si>
+  <si>
+    <t>14 October 2024</t>
+  </si>
+  <si>
+    <t>Docteur Pauline ROUMEGUERE, Docteur Jean françois VERGIER, Docteur Jean paul VOVE, Docteur Frederic CORDET, Docteur Frédéric JUGUET, Docteur Cécile LACLOTTE DUHOUX, Docteur Alain CASTINEL, Docteur Melanie SALZMANN-LOVATO</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CLINIQUE D'ARCACHON  (33)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319831/fr/equipe-d-anesthesie-reanimation-clinique-d-arcachon-33</t>
+  </si>
+  <si>
+    <t>p_3319831</t>
+  </si>
+  <si>
+    <t>14 May 2021</t>
+  </si>
+  <si>
+    <t>Docteur HABIB LY, Docteur Joachim CALDERON, Docteur ERIC ALBERT, Docteur MAXIME SALAME, Docteur Christophe CHANDECLERC</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>17/10/2025 18:24:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1033_FicheEtablissement/fr/hopital-prive-wallerstein</t>
+  </si>
+  <si>
+    <t>1033_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>14 Boulevard Javal</t>
+  </si>
+  <si>
+    <t>33740 ARES</t>
+  </si>
+  <si>
+    <t>0556038700</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>10/07/2025 15:45:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1015_FicheEtablissement/fr/gcs-clinique-chirurgicale-libournais</t>
+  </si>
+  <si>
+    <t>1015_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>119 Rue De La Marne</t>
+  </si>
+  <si>
+    <t>0536280280</t>
+  </si>
+  <si>
+    <t>Chirurgie</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DE BORDEAUX CAUDERAN "LES PINS FRANCS"</t>
+  </si>
+  <si>
+    <t>19/06/2025 16:24:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1025_FicheEtablissement/fr/polyclinique-bordeaux-cauderan</t>
+  </si>
+  <si>
+    <t>1025_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>19 Rue Jude</t>
+  </si>
+  <si>
+    <t>0556171616</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>330780354</t>
+  </si>
+  <si>
+    <t>HOSPITALISATION A DOMICILE DES VIGNES ET DES RIVIERES</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:52:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1010_FicheEtablissement/fr/had-des-vignes-et-des-rivieres</t>
+  </si>
+  <si>
+    <t>1010_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>70 Rue Des Reaux</t>
+  </si>
+  <si>
+    <t>0557502020</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>330025958</t>
+  </si>
+  <si>
+    <t>MAISON DE SANTE LES PINS</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:51:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1023_FicheEtablissement/fr/maison-de-sante-les-pins</t>
+  </si>
+  <si>
+    <t>1023_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>35 Rue Du Blayais</t>
+  </si>
+  <si>
+    <t>0557896920</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>330780313</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION RENOVATION FOYER PASTEUR</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:51:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1044_FicheEtablissement/fr/centre-readapt-pasteur-renovation</t>
+  </si>
+  <si>
+    <t>1044_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>38 Rue Pasteur</t>
+  </si>
+  <si>
+    <t>0557223282</t>
+  </si>
+  <si>
+    <t>330781170</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>HOPITAL DE JOUR WILSON</t>
+  </si>
+  <si>
+    <t>03/06/2025 14:25:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7714_FicheEtablissement/fr/hopital-de-jour-wilson</t>
+  </si>
+  <si>
+    <t>7714_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>175 Boulevard Du President Wilson</t>
+  </si>
+  <si>
+    <t>0556171212</t>
+  </si>
+  <si>
+    <t>330781972</t>
+  </si>
+  <si>
+    <t>30/04/2025 16:32:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1019_FicheEtablissement/fr/clinique-d-arcachon</t>
+  </si>
+  <si>
+    <t>1019_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>33164 LA TESTE</t>
+  </si>
+  <si>
+    <t>0557722600</t>
+  </si>
+  <si>
+    <t>Cancérologie, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>MAISON DE SANTE MARIE GALENE ASSOC DES DAMES DU CALVAIRE</t>
+  </si>
+  <si>
+    <t>27/03/2025 09:21:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/995_FicheEtablissement/fr/maison-de-sante-marie-galene</t>
+  </si>
+  <si>
+    <t>995_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>30 Rue Kleber</t>
+  </si>
+  <si>
+    <t>0557222557</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>330000217</t>
+  </si>
+  <si>
+    <t>CH SUD GIRONDE LANGON-LA REOLE - SITE LA REOLE</t>
+  </si>
+  <si>
+    <t>20/02/2025 19:07:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1001_FicheEtablissement/fr/ch-sud-gironde-site-la-reole</t>
+  </si>
+  <si>
+    <t>1001_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0556765757</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>330000597</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CH SUD GIRONDE LANGON-LA REOLE - SITE LANGON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1000_FicheEtablissement/fr/ch-sud-gironde-site-langon</t>
+  </si>
+  <si>
+    <t>1000_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>33212 LANGON</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES HORIZONS</t>
+  </si>
+  <si>
+    <t>07/02/2025 13:20:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1038_FicheEtablissement/fr/clinique-les-horizons</t>
+  </si>
+  <si>
+    <t>1038_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>374 Route De Creonet</t>
+  </si>
+  <si>
+    <t>33880 CAMBES</t>
+  </si>
+  <si>
+    <t>CAMBES</t>
+  </si>
+  <si>
+    <t>0557970808</t>
+  </si>
+  <si>
+    <t>330780776</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER ROBERT BOULIN-LIBOURNE</t>
+  </si>
+  <si>
+    <t>24/01/2025 16:24:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1002_FicheEtablissement/fr/ctre-hospit-r-boulin-libourne</t>
+  </si>
+  <si>
+    <t>1002_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>112 Rue De La Marne</t>
+  </si>
+  <si>
+    <t>33505 LIBOURNE</t>
+  </si>
+  <si>
+    <t>0557553434</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE SOINS DE SUITE ROSE DES SABLES</t>
+  </si>
+  <si>
+    <t>24/01/2025 16:29:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1050_FicheEtablissement/fr/clinique-rose-des-sables</t>
+  </si>
+  <si>
+    <t>1050_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>7 Rue Du Pont Neuf</t>
+  </si>
+  <si>
+    <t>0826967300</t>
+  </si>
+  <si>
+    <t>330781626</t>
+  </si>
+  <si>
+    <t>HOPITAL GARDEROSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1055_FicheEtablissement/fr/hopital-garderose</t>
+  </si>
+  <si>
+    <t>1055_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>330783721</t>
+  </si>
+  <si>
+    <t>HOPITAL SUBURBAIN DU BOUSCAT</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/996_FicheEtablissement/fr/hopital-suburbain-du-bouscat</t>
+  </si>
+  <si>
+    <t>996_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>97 Avenue Georges Clemenceau</t>
+  </si>
+  <si>
+    <t>33491 LE BOUSCAT</t>
+  </si>
+  <si>
+    <t>0556424949</t>
+  </si>
+  <si>
+    <t>330000332</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/997_FicheEtablissement/fr/msp-bordeaux-bagatelle</t>
+  </si>
+  <si>
+    <t>997_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>201 Rue Robespierre</t>
+  </si>
+  <si>
+    <t>33401 TALENCE</t>
+  </si>
+  <si>
+    <t>0557123456</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/998_FicheEtablissement/fr/centre-hospitalier-d-arcachon</t>
+  </si>
+  <si>
+    <t>998_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0557529008</t>
+  </si>
+  <si>
+    <t>Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE LA HAUTE GIRONDE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/999_FicheEtablissement/fr/ch-de-la-haute-gironde</t>
+  </si>
+  <si>
+    <t>999_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>97 Rue De L'Hopital</t>
+  </si>
+  <si>
+    <t>33394 BLAYE</t>
+  </si>
+  <si>
+    <t>0557334000</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE SAINTE FOY LA GRANDE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1003_FicheEtablissement/fr/centre-hospitalier-ste-foy-la-grande</t>
+  </si>
+  <si>
+    <t>1003_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Avenue Charrier</t>
+  </si>
+  <si>
+    <t>33220 STE FOY LA GRANDE</t>
+  </si>
+  <si>
+    <t>STE FOY LA GRANDE</t>
+  </si>
+  <si>
+    <t>0557419696</t>
+  </si>
+  <si>
+    <t>330000613</t>
+  </si>
+  <si>
+    <t>INSTITUT BERGONIE CENTRE REGIONAL DE LUTTE CONTRE LE CANCER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1006_FicheEtablissement/fr/institut-bergonie</t>
+  </si>
+  <si>
+    <t>1006_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>229 Cours De L'Argonne</t>
+  </si>
+  <si>
+    <t>0556333333</t>
+  </si>
+  <si>
+    <t>CLCC</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Diagnostic génétique, Médecine, Réanimation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE CADILLAC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1005_FicheEtablissement/fr/ch-de-cadillac</t>
+  </si>
+  <si>
+    <t>1005_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>89 Rue Cazeaux-Cazalet</t>
+  </si>
+  <si>
+    <t>33410 CADILLAC</t>
+  </si>
+  <si>
+    <t>CADILLAC</t>
+  </si>
+  <si>
+    <t>0556765400</t>
+  </si>
+  <si>
+    <t>330000647</t>
+  </si>
+  <si>
+    <t>CENTRE DE REEDUCATION AVICENNE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1009_FicheEtablissement/fr/centre-de-reeducation-avicenne</t>
+  </si>
+  <si>
+    <t>1009_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>7 Rue De Schwabdorf</t>
+  </si>
+  <si>
+    <t>0557508300</t>
+  </si>
+  <si>
+    <t>330024928</t>
+  </si>
+  <si>
+    <t>EHPAD - UNITE DE SOINS DE LONGUE DUREE CH DE BLAYE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1008_FicheEtablissement/fr/ehpad-usld-ch-saint-nicolas-blaye</t>
+  </si>
+  <si>
+    <t>1008_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>330007980</t>
+  </si>
+  <si>
+    <t>USLD DE L'ESPASS DE PODENSAC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1007_FicheEtablissement/fr/usld-de-l-espass-de-podensac</t>
+  </si>
+  <si>
+    <t>1007_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0556765500</t>
+  </si>
+  <si>
+    <t>330005182</t>
+  </si>
+  <si>
+    <t>SSR LE HILLOT</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1014_FicheEtablissement/fr/ssr-le-hillot</t>
+  </si>
+  <si>
+    <t>1014_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>32 Rue Jean Perrin</t>
+  </si>
+  <si>
+    <t>0557781089</t>
+  </si>
+  <si>
+    <t>330059106</t>
+  </si>
+  <si>
+    <t>KORIAN LES FLOTS - CENTRE DE SOINS DE SUITE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1013_FicheEtablissement/fr/korian-les-flots</t>
+  </si>
+  <si>
+    <t>1013_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>257 Route De Toulouse</t>
+  </si>
+  <si>
+    <t>0557011515</t>
+  </si>
+  <si>
+    <t>330057654</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1016_FicheEtablissement/fr/nouvelle-clinique-bel-air</t>
+  </si>
+  <si>
+    <t>1016_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>138 Avenue De La Republique</t>
+  </si>
+  <si>
+    <t>33073 BORDEAUX</t>
+  </si>
+  <si>
+    <t>0557810605</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT AUGUSTIN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1017_FicheEtablissement/fr/clinique-saint-augustin</t>
+  </si>
+  <si>
+    <t>1017_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>114 Avenue D'Arès</t>
+  </si>
+  <si>
+    <t>33074 BORDEAUX</t>
+  </si>
+  <si>
+    <t>0826303130</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:14:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1021_FicheEtablissement/fr/clinique-du-sport-de-bordeaux-merignac</t>
+  </si>
+  <si>
+    <t>1021_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Rue Georges Negrevergne</t>
+  </si>
+  <si>
+    <t>0557206800</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE BORDEAUX RIVE DROITE - CLINIQ QUATRE PAVILLONS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1020_FicheEtablissement/fr/polyclinique-bordeaux-rive-droite</t>
+  </si>
+  <si>
+    <t>1020_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>24 Rue Des Cavailles</t>
+  </si>
+  <si>
+    <t>0557808484</t>
+  </si>
+  <si>
+    <t>CLINIQUE BETHANIE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1024_FicheEtablissement/fr/clinique-bethanie</t>
+  </si>
+  <si>
+    <t>1024_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>144 Avenue Roul</t>
+  </si>
+  <si>
+    <t>0556848100</t>
+  </si>
+  <si>
+    <t>330780321</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE BORDEAUX NORD AQUITAINE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1027_FicheEtablissement/fr/polyclin-bordeaux-nord-aquitaine</t>
+  </si>
+  <si>
+    <t>1027_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>33 Rue Du Docteur Finlay</t>
+  </si>
+  <si>
+    <t>33077 BORDEAUX</t>
+  </si>
+  <si>
+    <t>0556437111</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>SMR LES FONTAINES DE MONJOUS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1026_FicheEtablissement/fr/smr-les-fontaines-de-monjous</t>
+  </si>
+  <si>
+    <t>1026_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>9 Rue Fontaines De Monjous</t>
+  </si>
+  <si>
+    <t>0557352828</t>
+  </si>
+  <si>
+    <t>330780370</t>
+  </si>
+  <si>
+    <t>CLINIQUE OPHTALMOLOGIQUE THIERS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1028_FicheEtablissement/fr/clinique-ophtalmologique-thiers</t>
+  </si>
+  <si>
+    <t>1028_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>144 Avenue Thiers</t>
+  </si>
+  <si>
+    <t>0826301330</t>
+  </si>
+  <si>
+    <t>330780487</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1029_FicheEtablissement/fr/clinique-mutualiste-du-medoc</t>
+  </si>
+  <si>
+    <t>1029_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>64 Rue Aristide Briand</t>
+  </si>
+  <si>
+    <t>0556731000</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINTE ANNE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1031_FicheEtablissement/fr/clinique-sainte-anne</t>
+  </si>
+  <si>
+    <t>1031_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>19 Route De Brannens</t>
+  </si>
+  <si>
+    <t>0557980303</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1030_FicheEtablissement/fr/hopital-prive-saint-martin</t>
+  </si>
+  <si>
+    <t>1030_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>33608 PESSAC</t>
+  </si>
+  <si>
+    <t>0540130267</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1032_FicheEtablissement/fr/clinique-mutualiste-de-pessac</t>
+  </si>
+  <si>
+    <t>1032_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>46 Avenue Du Docteur Schweitzer</t>
+  </si>
+  <si>
+    <t>0826305646</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>MAISON DE REPOS L'AJONCIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1037_FicheEtablissement/fr/maison-de-repos-l-ajonciere</t>
+  </si>
+  <si>
+    <t>1037_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>40 Chemin De Camparian</t>
+  </si>
+  <si>
+    <t>33610 CANEJAN</t>
+  </si>
+  <si>
+    <t>CANEJAN</t>
+  </si>
+  <si>
+    <t>0556685200</t>
+  </si>
+  <si>
+    <t>330780768</t>
+  </si>
+  <si>
+    <t>CENTRE DE SOINS DE SUITE ET DE READAPTATION LES LAURIERS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1036_FicheEtablissement/fr/cssr-les-lauriers</t>
+  </si>
+  <si>
+    <t>1036_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Avenue De La Resistance</t>
+  </si>
+  <si>
+    <t>0556773737</t>
+  </si>
+  <si>
+    <t>330780750</t>
+  </si>
+  <si>
+    <t>CENTRE DE SOINS DE SUITE ET DE READAPTATION LA PIGNADA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1034_FicheEtablissement/fr/centre-de-ssr-la-pignada</t>
+  </si>
+  <si>
+    <t>1034_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>33950 LEGE CAP FERRET</t>
+  </si>
+  <si>
+    <t>LEGE CAP FERRET</t>
+  </si>
+  <si>
+    <t>0556038200</t>
+  </si>
+  <si>
+    <t>330780560</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1041_FicheEtablissement/fr/crf-la-tour-de-gassies</t>
+  </si>
+  <si>
+    <t>1041_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>33523 BRUGES</t>
+  </si>
+  <si>
+    <t>0556163333</t>
+  </si>
+  <si>
+    <t>330781139</t>
+  </si>
+  <si>
+    <t>CENTRE DE MEDECINE PHYSIQUE ET DE READAPTATION CHATEAU RAUZE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1040_FicheEtablissement/fr/chateau-rauze-ladapt</t>
+  </si>
+  <si>
+    <t>1040_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>26 Avenue Du Rauze</t>
+  </si>
+  <si>
+    <t>33360 CENAC</t>
+  </si>
+  <si>
+    <t>CENAC</t>
+  </si>
+  <si>
+    <t>0556207165</t>
+  </si>
+  <si>
+    <t>330781121</t>
+  </si>
+  <si>
+    <t>MONTALIER - POLE DE SOINS SAINT-SELVE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1039_FicheEtablissement/fr/montalier-pole-de-soins-saint-selve</t>
+  </si>
+  <si>
+    <t>1039_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Route De La Paloumeyre</t>
+  </si>
+  <si>
+    <t>33650 ST SELVE</t>
+  </si>
+  <si>
+    <t>ST SELVE</t>
+  </si>
+  <si>
+    <t>0557971130</t>
+  </si>
+  <si>
+    <t>330780784</t>
+  </si>
+  <si>
+    <t>HOPITAL D'INSTRUCTION DES ARMEES ROBERT PICQUE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1045_FicheEtablissement/fr/hopital-instr-des-armees-robert-picque</t>
+  </si>
+  <si>
+    <t>1045_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>351 Route De Toulouse</t>
+  </si>
+  <si>
+    <t>33882 VILLENAVE D ORNON</t>
+  </si>
+  <si>
+    <t>0556847000</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>21/01/2025 14:59:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1047_FicheEtablissement/fr/hopital-saint-andre-chu</t>
+  </si>
+  <si>
+    <t>1047_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Jean Burguet</t>
+  </si>
+  <si>
+    <t>33075 BORDEAUX</t>
+  </si>
+  <si>
+    <t>0556795679</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Réanimation</t>
+  </si>
+  <si>
+    <t>HOPITAL XAVIER ARNOZAN - CHU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1046_FicheEtablissement/fr/hopital-xavier-arnozan-chu</t>
+  </si>
+  <si>
+    <t>1046_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>33604 PESSAC</t>
+  </si>
+  <si>
+    <t>0556556565</t>
+  </si>
+  <si>
+    <t>330781337</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1048_FicheEtablissement/fr/groupe-hospitalier-pellegrin-chu</t>
+  </si>
+  <si>
+    <t>1048_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1049_FicheEtablissement/fr/nouvelle-clinique-bordeaux-tondu</t>
+  </si>
+  <si>
+    <t>1049_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>46 Avenue Jean Alfonsea</t>
+  </si>
+  <si>
+    <t>0556002626</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1053_FicheEtablissement/fr/polyclinique-jean-villar</t>
+  </si>
+  <si>
+    <t>1053_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>56 Avenue Maryse Bastie</t>
+  </si>
+  <si>
+    <t>0556161357</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Chirurgie, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1054_FicheEtablissement/fr/hopital-haut-leveque-chu</t>
+  </si>
+  <si>
+    <t>1054_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES HAUTS DE CENON</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1060_FicheEtablissement/fr/clinique-les-hauts-de-cenon</t>
+  </si>
+  <si>
+    <t>1060_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Allée Saint Romain</t>
+  </si>
+  <si>
+    <t>0556334300</t>
+  </si>
+  <si>
+    <t>330802778</t>
+  </si>
+  <si>
+    <t>CENTRE JEAN ABADI - CHU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1059_FicheEtablissement/fr/centre-jean-abadie-chu</t>
+  </si>
+  <si>
+    <t>1059_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>89 Rue Des Sablieres</t>
+  </si>
+  <si>
+    <t>Médecine, Psychiatrie</t>
+  </si>
+  <si>
+    <t>330802752</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE DU CH STE FOY LA GRANDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1058_FicheEtablissement/fr/usld-ch-ste-foy-la-grande</t>
+  </si>
+  <si>
+    <t>1058_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>330798935</t>
+  </si>
+  <si>
+    <t>EHPAD - UNITE DE SOINS DE LONGUE DUREE LES ARBOUSIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1057_FicheEtablissement/fr/ehpad-usld-les-arbousiers</t>
+  </si>
+  <si>
+    <t>1057_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Allée Du Laurey</t>
+  </si>
+  <si>
+    <t>33260 LA TESTE DE BUCH</t>
+  </si>
+  <si>
+    <t>LA TESTE DE BUCH</t>
+  </si>
+  <si>
+    <t>0557529600</t>
+  </si>
+  <si>
+    <t>330791641</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE BAZAS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1063_FicheEtablissement/fr/centre-hospitalier-de-bazas</t>
+  </si>
+  <si>
+    <t>1063_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Chemin Dit De Marmande</t>
+  </si>
+  <si>
+    <t>33430 BAZAS</t>
+  </si>
+  <si>
+    <t>BAZAS</t>
+  </si>
+  <si>
+    <t>0556650465</t>
+  </si>
+  <si>
+    <t>330804501</t>
+  </si>
+  <si>
+    <t>CHS CADILLAC - SITE BAZAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1062_FicheEtablissement/fr/chs-cadillac-site-bazas</t>
+  </si>
+  <si>
+    <t>1062_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0556251314</t>
+  </si>
+  <si>
+    <t>330803032</t>
+  </si>
+  <si>
+    <t>ANTENNE D'AUTODIALYSE PBNA - BORDEAUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3707_FicheEtablissement/fr/antenne-autodialyse-pbna-bordeaux</t>
+  </si>
+  <si>
+    <t>3707_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>10 Place Ravesies</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>330007436</t>
+  </si>
+  <si>
+    <t>ANTENNE AUTODIALYSE ET UDM CA3D</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3706_FicheEtablissement/fr/antenne-autodialyse-et-udm-ca3d</t>
+  </si>
+  <si>
+    <t>3706_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>10 Rue Du Solarium</t>
+  </si>
+  <si>
+    <t>0556844511</t>
+  </si>
+  <si>
+    <t>330007410</t>
+  </si>
+  <si>
+    <t>ANTENNE D'AUTODIALYSE CADDD - CENON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3728_FicheEtablissement/fr/antenne-autodialyse-caddd</t>
+  </si>
+  <si>
+    <t>3728_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>73 Cours Victor Hugo</t>
+  </si>
+  <si>
+    <t>0556405830</t>
+  </si>
+  <si>
+    <t>330795303</t>
+  </si>
+  <si>
+    <t>ANTENNE D'AUTODIALYSE CADDD - SAINT PIERRE DE MONS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3727_FicheEtablissement/fr/antenne-autodialyse-caddd</t>
+  </si>
+  <si>
+    <t>3727_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>115 Rue Des Cerisiers</t>
+  </si>
+  <si>
+    <t>33210 ST PIERRE DE MONS</t>
+  </si>
+  <si>
+    <t>ST PIERRE DE MONS</t>
+  </si>
+  <si>
+    <t>0556634536</t>
+  </si>
+  <si>
+    <t>330795295</t>
+  </si>
+  <si>
+    <t>CENTRE HEMODIALYSE DE LA POLYCLINIQUE BX NORD AQUITAINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3726_FicheEtablissement/fr/centre-d-hemodialyse-pbna</t>
+  </si>
+  <si>
+    <t>3726_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>15 Rue Claude Boucher</t>
+  </si>
+  <si>
+    <t>330783374</t>
+  </si>
+  <si>
+    <t>ANTENNE AUTODIALYSE AURAD GRADIGNAN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3725_FicheEtablissement/fr/antenne-autodialyse-aurad-gradignan</t>
+  </si>
+  <si>
+    <t>3725_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Allée Des Demoiselles</t>
+  </si>
+  <si>
+    <t>33171 GRADIGNAN</t>
+  </si>
+  <si>
+    <t>0557350240</t>
+  </si>
+  <si>
+    <t>330780461</t>
+  </si>
+  <si>
+    <t>CENTRE D'HEMODYALISE PERIODIQUE SAINT MARTIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3724_FicheEtablissement/fr/centre-hemodyalise-saint-martin</t>
+  </si>
+  <si>
+    <t>3724_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>7 Allée Des Tulipes</t>
+  </si>
+  <si>
+    <t>0556464175</t>
+  </si>
+  <si>
+    <t>ANTENNE D'AUTODIALYSE PBNA - LORMONT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3722_FicheEtablissement/fr/antenne-autodialyse-pbna-lormont</t>
+  </si>
+  <si>
+    <t>3722_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>75 Rue Edouard Herriot</t>
+  </si>
+  <si>
+    <t>330056680</t>
+  </si>
+  <si>
+    <t>ANTENNE ET UNITE DE DIALYSE MEDICALISEE DU CTMR - ARES ANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3721_FicheEtablissement/fr/antenne/unite-de-dialyse-ctmr</t>
+  </si>
+  <si>
+    <t>3721_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0557170242</t>
+  </si>
+  <si>
+    <t>330056516</t>
+  </si>
+  <si>
+    <t>ANTENNE D'AUTODIALYSE CADDD - BEGLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3720_FicheEtablissement/fr/antenne-autodialyse-caddd</t>
+  </si>
+  <si>
+    <t>3720_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Allée Boyer</t>
+  </si>
+  <si>
+    <t>0556853921</t>
+  </si>
+  <si>
+    <t>330056227</t>
+  </si>
+  <si>
+    <t>ANTENNE AUTODIALYSE PBNA - LESPARRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3719_FicheEtablissement/fr/antenne-autodialyse-pbna-lesparre</t>
+  </si>
+  <si>
+    <t>3719_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Rue Lamartine</t>
+  </si>
+  <si>
+    <t>0556416744</t>
+  </si>
+  <si>
+    <t>330054461</t>
+  </si>
+  <si>
+    <t>ANTENNE AUTODIALYSE PBNA- CASTELNAU DU MEDOC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3718_FicheEtablissement/fr/antenne-autodialyse-pbna-castelnau</t>
+  </si>
+  <si>
+    <t>3718_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>28 Rue Carnot</t>
+  </si>
+  <si>
+    <t>33480 CASTELNAU DE MEDOC</t>
+  </si>
+  <si>
+    <t>CASTELNAU DE MEDOC</t>
+  </si>
+  <si>
+    <t>0557293151</t>
+  </si>
+  <si>
+    <t>330051608</t>
+  </si>
+  <si>
+    <t>ANTENNE D'AUTODIALYSE AURAD-AQUITAINE DAGUEY - LIBOURNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3717_FicheEtablissement/fr/antenne-autodialyse-aurad-daguey</t>
+  </si>
+  <si>
+    <t>3717_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0557487138</t>
+  </si>
+  <si>
+    <t>330024639</t>
+  </si>
+  <si>
+    <t>CENTRE HEMODIALYSE DE LA POLYCLINIQUE BX RD DES 4 PAVILLONS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3716_FicheEtablissement/fr/centre-hemodialyse-bx-rive-droite</t>
+  </si>
+  <si>
+    <t>3716_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>330017989</t>
+  </si>
+  <si>
+    <t>ANTENNE D'AUTODIALYSE PBNA - BLAYE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3715_FicheEtablissement/fr/antenne-autodialyse-pbna-blaye</t>
+  </si>
+  <si>
+    <t>3715_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Nicole Girard-Mangin</t>
+  </si>
+  <si>
+    <t>330008012</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3714_FicheEtablissement/fr/antenne-autodialyse-aurad-gradignan</t>
+  </si>
+  <si>
+    <t>3714_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0557350241</t>
+  </si>
+  <si>
+    <t>330007725</t>
+  </si>
+  <si>
+    <t>ANTENNE D'AUTODIALYSE AURAD-AQUITAINE - LIBOURNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3713_FicheEtablissement/fr/antenne-autodialyse-aurad-libourne</t>
+  </si>
+  <si>
+    <t>3713_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>88 Route De Saint Emilion</t>
+  </si>
+  <si>
+    <t>0557559060</t>
+  </si>
+  <si>
+    <t>330007683</t>
+  </si>
+  <si>
+    <t>ANTENNE D'AUTODIALYSE AURAD-AQUITAINE - LANGON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3712_FicheEtablissement/fr/antenne-autodialyse-aurad-langon</t>
+  </si>
+  <si>
+    <t>3712_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0556761321</t>
+  </si>
+  <si>
+    <t>330007667</t>
+  </si>
+  <si>
+    <t>ANTENNE D'AUTODIALYSE AURAD-AQUITAINE - PINEUILH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3711_FicheEtablissement/fr/antenne-autodialyse-aurad-pineuilh</t>
+  </si>
+  <si>
+    <t>3711_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Rue Des Freres Lumiere</t>
+  </si>
+  <si>
+    <t>0557410107</t>
+  </si>
+  <si>
+    <t>330007642</t>
+  </si>
+  <si>
+    <t>ANTENNE D'AUTODIALYSE AURAD-AQUITAINE - LA TESTE DE BUCH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3710_FicheEtablissement/fr/antenne-autodialyse-aurad-la-teste</t>
+  </si>
+  <si>
+    <t>3710_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0557529380</t>
+  </si>
+  <si>
+    <t>330007634</t>
+  </si>
+  <si>
+    <t>ANTENNE D'AUTODIALYSE AURAD-AQUITAINE - ARTIGUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3709_FicheEtablissement/fr/antenne-autodialyse-aurad-artigues</t>
+  </si>
+  <si>
+    <t>3709_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>23 Avenue Du Mirail</t>
+  </si>
+  <si>
+    <t>0556864992</t>
+  </si>
+  <si>
+    <t>330007584</t>
+  </si>
+  <si>
+    <t>ANTENNE D'AUTODIALYSE CADDD - ARCACHON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3729_FicheEtablissement/fr/antenne-autodialyse-caddd</t>
+  </si>
+  <si>
+    <t>3729_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>53 Cours Desbiey</t>
+  </si>
+  <si>
+    <t>0556545617</t>
+  </si>
+  <si>
+    <t>330802364</t>
+  </si>
+  <si>
+    <t>ANTENNE D'AUTODIALYSE AURAD AQUITAINE - LE HAILLAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4140_FicheEtablissement/fr/antenne-autodialyse-aurad-le-haillan</t>
+  </si>
+  <si>
+    <t>4140_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Allée Des Musardises</t>
+  </si>
+  <si>
+    <t>33185 LE HAILLAN</t>
+  </si>
+  <si>
+    <t>LE HAILLAN</t>
+  </si>
+  <si>
+    <t>0556351711</t>
+  </si>
+  <si>
+    <t>330058058</t>
+  </si>
+  <si>
+    <t>ANTENNE D'AUTODIALYSE DU CTMR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4984_FicheEtablissement/fr/antenne-autodialyse-ctmr</t>
+  </si>
+  <si>
+    <t>4984_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0533894999</t>
+  </si>
+  <si>
+    <t>330054453</t>
+  </si>
+  <si>
+    <t>HOPITAL DE JOUR POUR ENFANTS L'OISEAU LYRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7691_FicheEtablissement/fr/hopital-de-jour-l-oiseau-lyre</t>
+  </si>
+  <si>
+    <t>7691_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0556645282</t>
+  </si>
+  <si>
+    <t>330780289</t>
+  </si>
+  <si>
+    <t>ESAP LA RENCONTRE</t>
+  </si>
+  <si>
+    <t>18/12/2024 09:22:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7671_FicheEtablissement/fr/esap-la-rencontre</t>
+  </si>
+  <si>
+    <t>7671_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>291 Rue Frederic Sevene</t>
+  </si>
+  <si>
+    <t>0557974980</t>
+  </si>
+  <si>
+    <t>330058603</t>
+  </si>
+  <si>
+    <t>CH DE LIBOURNE - ANTENNE DE STE-FOY-LA-GRANDE</t>
+  </si>
+  <si>
+    <t>27/02/2024 14:56:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4986_FicheEtablissement/fr/ch-libourne-antenne-ste-foy-la-grande</t>
+  </si>
+  <si>
+    <t>4986_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>330058355</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER CHARLES PERRENS</t>
+  </si>
+  <si>
+    <t>04/07/2023 09:24:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1004_FicheEtablissement/fr/ch-charles-perrens</t>
+  </si>
+  <si>
+    <t>1004_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0556563434</t>
+  </si>
+  <si>
+    <t>330000639</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R366"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -27532,41 +33421,16079 @@
       </c>
       <c r="L366" t="s">
         <v>2322</v>
       </c>
       <c r="M366" t="s">
         <v>20</v>
       </c>
       <c r="N366" t="s">
         <v>1572</v>
       </c>
       <c r="O366" t="s">
         <v>219</v>
       </c>
       <c r="P366" t="s">
         <v>220</v>
       </c>
       <c r="Q366" t="s">
         <v>50</v>
       </c>
       <c r="R366" t="s">
         <v>221</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P194"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>2323</v>
+      </c>
+      <c r="J1" t="s">
+        <v>2324</v>
+      </c>
+      <c r="K1" t="s">
+        <v>2325</v>
+      </c>
+      <c r="L1" t="s">
+        <v>2326</v>
+      </c>
+      <c r="M1" t="s">
+        <v>2327</v>
+      </c>
+      <c r="N1" t="s">
+        <v>2328</v>
+      </c>
+      <c r="O1" t="s">
+        <v>2329</v>
+      </c>
+      <c r="P1" t="s">
+        <v>2330</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2332</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2333</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2334</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2335</v>
+      </c>
+      <c r="I2" t="s">
+        <v>2336</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>2337</v>
+      </c>
+      <c r="L2" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M2" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N2" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O2" t="s">
+        <v>2341</v>
+      </c>
+      <c r="P2" t="s">
+        <v>2342</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2343</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2344</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2345</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2346</v>
+      </c>
+      <c r="I3" t="s">
+        <v>2347</v>
+      </c>
+      <c r="J3" t="s">
+        <v>2348</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1067</v>
+      </c>
+      <c r="L3" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M3" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N3" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O3" t="s">
+        <v>2350</v>
+      </c>
+      <c r="P3" t="s">
+        <v>2351</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2352</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2353</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2354</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2355</v>
+      </c>
+      <c r="I4" t="s">
+        <v>2356</v>
+      </c>
+      <c r="J4" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K4" t="s">
+        <v>197</v>
+      </c>
+      <c r="L4" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M4" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N4" t="s">
+        <v>2358</v>
+      </c>
+      <c r="O4" t="s">
+        <v>2359</v>
+      </c>
+      <c r="P4" t="s">
+        <v>2360</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2361</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2362</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2363</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2364</v>
+      </c>
+      <c r="I5" t="s">
+        <v>2365</v>
+      </c>
+      <c r="J5" t="s">
+        <v>2366</v>
+      </c>
+      <c r="K5" t="s">
+        <v>75</v>
+      </c>
+      <c r="L5" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M5" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N5" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O5" t="s">
+        <v>2367</v>
+      </c>
+      <c r="P5" t="s">
+        <v>2368</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2369</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2370</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2371</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2372</v>
+      </c>
+      <c r="I6" t="s">
+        <v>2373</v>
+      </c>
+      <c r="J6" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K6" t="s">
+        <v>197</v>
+      </c>
+      <c r="L6" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M6" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N6" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O6" t="s">
+        <v>2374</v>
+      </c>
+      <c r="P6" t="s">
+        <v>2375</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2376</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2377</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2378</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2379</v>
+      </c>
+      <c r="I7" t="s">
+        <v>2380</v>
+      </c>
+      <c r="J7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="K7" t="s">
+        <v>2382</v>
+      </c>
+      <c r="L7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M7" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N7" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O7" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P7" t="s">
+        <v>2386</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2387</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2389</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2390</v>
+      </c>
+      <c r="I8" t="s">
+        <v>2391</v>
+      </c>
+      <c r="J8" t="s">
+        <v>2392</v>
+      </c>
+      <c r="K8" t="s">
+        <v>30</v>
+      </c>
+      <c r="L8" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M8" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N8" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O8" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P8" t="s">
+        <v>2393</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2394</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2395</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2396</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2397</v>
+      </c>
+      <c r="I9" t="s">
+        <v>2398</v>
+      </c>
+      <c r="J9" t="s">
+        <v>2399</v>
+      </c>
+      <c r="K9" t="s">
+        <v>2400</v>
+      </c>
+      <c r="L9" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M9" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N9" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O9" t="s">
+        <v>2401</v>
+      </c>
+      <c r="P9" t="s">
+        <v>2402</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2403</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2395</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2404</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2405</v>
+      </c>
+      <c r="I10" t="s">
+        <v>2406</v>
+      </c>
+      <c r="J10" t="s">
+        <v>2407</v>
+      </c>
+      <c r="K10" t="s">
+        <v>2408</v>
+      </c>
+      <c r="L10" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M10" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N10" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O10" t="s">
+        <v>2409</v>
+      </c>
+      <c r="P10" t="s">
+        <v>2410</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2411</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2412</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2413</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2414</v>
+      </c>
+      <c r="I11" t="s">
+        <v>2415</v>
+      </c>
+      <c r="J11" t="s">
+        <v>2336</v>
+      </c>
+      <c r="K11" t="s">
+        <v>2337</v>
+      </c>
+      <c r="L11" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M11" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N11" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O11" t="s">
+        <v>2409</v>
+      </c>
+      <c r="P11" t="s">
+        <v>2416</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2417</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2418</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2419</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2420</v>
+      </c>
+      <c r="I12" t="s">
+        <v>2421</v>
+      </c>
+      <c r="J12" t="s">
+        <v>2422</v>
+      </c>
+      <c r="K12" t="s">
+        <v>2423</v>
+      </c>
+      <c r="L12" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M12" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N12" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O12" t="s">
+        <v>2424</v>
+      </c>
+      <c r="P12" t="s">
+        <v>2425</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2426</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2427</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2428</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2429</v>
+      </c>
+      <c r="I13" t="s">
+        <v>2430</v>
+      </c>
+      <c r="J13" t="s">
+        <v>20</v>
+      </c>
+      <c r="K13" t="s">
+        <v>2431</v>
+      </c>
+      <c r="L13" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M13" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N13" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O13" t="s">
+        <v>2432</v>
+      </c>
+      <c r="P13" t="s">
+        <v>2433</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2434</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2427</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2435</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2436</v>
+      </c>
+      <c r="I14" t="s">
+        <v>2430</v>
+      </c>
+      <c r="J14" t="s">
+        <v>20</v>
+      </c>
+      <c r="K14" t="s">
+        <v>2431</v>
+      </c>
+      <c r="L14" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M14" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N14" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O14" t="s">
+        <v>2401</v>
+      </c>
+      <c r="P14" t="s">
+        <v>2437</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2438</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2439</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2440</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2441</v>
+      </c>
+      <c r="I15" t="s">
+        <v>2442</v>
+      </c>
+      <c r="J15" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K15" t="s">
+        <v>197</v>
+      </c>
+      <c r="L15" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M15" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N15" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O15" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P15" t="s">
+        <v>2443</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2444</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2445</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2446</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2447</v>
+      </c>
+      <c r="I16" t="s">
+        <v>2448</v>
+      </c>
+      <c r="J16" t="s">
+        <v>2449</v>
+      </c>
+      <c r="K16" t="s">
+        <v>2450</v>
+      </c>
+      <c r="L16" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M16" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N16" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O16" t="s">
+        <v>2451</v>
+      </c>
+      <c r="P16" t="s">
+        <v>2452</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2453</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2454</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2455</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2456</v>
+      </c>
+      <c r="I17" t="s">
+        <v>2348</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1067</v>
+      </c>
+      <c r="L17" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M17" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N17" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O17" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P17" t="s">
+        <v>2458</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2459</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2460</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2461</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2462</v>
+      </c>
+      <c r="I18" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J18" t="s">
+        <v>2464</v>
+      </c>
+      <c r="K18" t="s">
+        <v>2465</v>
+      </c>
+      <c r="L18" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M18" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N18" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O18" t="s">
+        <v>2350</v>
+      </c>
+      <c r="P18" t="s">
+        <v>2466</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2467</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2469</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2470</v>
+      </c>
+      <c r="I19" t="s">
+        <v>2471</v>
+      </c>
+      <c r="J19" t="s">
+        <v>2348</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1067</v>
+      </c>
+      <c r="L19" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M19" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N19" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O19" t="s">
+        <v>2432</v>
+      </c>
+      <c r="P19" t="s">
+        <v>2472</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2473</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2474</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2475</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2476</v>
+      </c>
+      <c r="I20" t="s">
+        <v>2477</v>
+      </c>
+      <c r="J20" t="s">
+        <v>2478</v>
+      </c>
+      <c r="K20" t="s">
+        <v>2479</v>
+      </c>
+      <c r="L20" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M20" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N20" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O20" t="s">
+        <v>2341</v>
+      </c>
+      <c r="P20" t="s">
+        <v>2480</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2481</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2482</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2483</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2484</v>
+      </c>
+      <c r="I21" t="s">
+        <v>2485</v>
+      </c>
+      <c r="J21" t="s">
+        <v>2486</v>
+      </c>
+      <c r="K21" t="s">
+        <v>2487</v>
+      </c>
+      <c r="L21" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M21" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N21" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O21" t="s">
+        <v>2367</v>
+      </c>
+      <c r="P21" t="s">
+        <v>2488</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2489</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2482</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2490</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2491</v>
+      </c>
+      <c r="I22" t="s">
+        <v>2492</v>
+      </c>
+      <c r="J22" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" t="s">
+        <v>50</v>
+      </c>
+      <c r="L22" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M22" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N22" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O22" t="s">
+        <v>2350</v>
+      </c>
+      <c r="P22" t="s">
+        <v>2493</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2494</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2495</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2496</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2497</v>
+      </c>
+      <c r="I23" t="s">
+        <v>2498</v>
+      </c>
+      <c r="J23" t="s">
+        <v>2499</v>
+      </c>
+      <c r="K23" t="s">
+        <v>2500</v>
+      </c>
+      <c r="L23" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M23" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N23" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O23" t="s">
+        <v>2424</v>
+      </c>
+      <c r="P23" t="s">
+        <v>2501</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2502</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2495</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2503</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2504</v>
+      </c>
+      <c r="I24" t="s">
+        <v>2505</v>
+      </c>
+      <c r="J24" t="s">
+        <v>2506</v>
+      </c>
+      <c r="K24" t="s">
+        <v>2507</v>
+      </c>
+      <c r="L24" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M24" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N24" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O24" t="s">
+        <v>2508</v>
+      </c>
+      <c r="P24" t="s">
+        <v>2509</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2510</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2511</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2512</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2513</v>
+      </c>
+      <c r="I25" t="s">
+        <v>2514</v>
+      </c>
+      <c r="J25" t="s">
+        <v>2515</v>
+      </c>
+      <c r="K25" t="s">
+        <v>2516</v>
+      </c>
+      <c r="L25" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M25" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N25" t="s">
+        <v>2517</v>
+      </c>
+      <c r="O25" t="s">
+        <v>2518</v>
+      </c>
+      <c r="P25" t="s">
+        <v>2519</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2520</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2522</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I26" t="s">
+        <v>2524</v>
+      </c>
+      <c r="J26" t="s">
+        <v>2525</v>
+      </c>
+      <c r="K26" t="s">
+        <v>2526</v>
+      </c>
+      <c r="L26" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M26" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N26" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O26" t="s">
+        <v>2432</v>
+      </c>
+      <c r="P26" t="s">
+        <v>2527</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2528</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2529</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2530</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2531</v>
+      </c>
+      <c r="I27" t="s">
+        <v>2532</v>
+      </c>
+      <c r="J27" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K27" t="s">
+        <v>197</v>
+      </c>
+      <c r="L27" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M27" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N27" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O27" t="s">
+        <v>2432</v>
+      </c>
+      <c r="P27" t="s">
+        <v>2533</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2534</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2535</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2536</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2537</v>
+      </c>
+      <c r="I28" t="s">
+        <v>2336</v>
+      </c>
+      <c r="J28" t="s">
+        <v>20</v>
+      </c>
+      <c r="K28" t="s">
+        <v>2337</v>
+      </c>
+      <c r="L28" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M28" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N28" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O28" t="s">
+        <v>2432</v>
+      </c>
+      <c r="P28" t="s">
+        <v>2538</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2539</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2535</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2540</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2541</v>
+      </c>
+      <c r="I29" t="s">
+        <v>2542</v>
+      </c>
+      <c r="J29" t="s">
+        <v>2543</v>
+      </c>
+      <c r="K29" t="s">
+        <v>2544</v>
+      </c>
+      <c r="L29" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M29" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N29" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O29" t="s">
+        <v>2350</v>
+      </c>
+      <c r="P29" t="s">
+        <v>2545</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2546</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2547</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2548</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2549</v>
+      </c>
+      <c r="I30" t="s">
+        <v>2550</v>
+      </c>
+      <c r="J30" t="s">
+        <v>2551</v>
+      </c>
+      <c r="K30" t="s">
+        <v>59</v>
+      </c>
+      <c r="L30" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M30" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N30" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O30" t="s">
+        <v>2424</v>
+      </c>
+      <c r="P30" t="s">
+        <v>2552</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2553</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2547</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2554</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2555</v>
+      </c>
+      <c r="I31" t="s">
+        <v>2556</v>
+      </c>
+      <c r="J31" t="s">
+        <v>2557</v>
+      </c>
+      <c r="K31" t="s">
+        <v>1280</v>
+      </c>
+      <c r="L31" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M31" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N31" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O31" t="s">
+        <v>2424</v>
+      </c>
+      <c r="P31" t="s">
+        <v>2558</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2559</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2560</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2561</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2562</v>
+      </c>
+      <c r="I32" t="s">
+        <v>2563</v>
+      </c>
+      <c r="J32" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K32" t="s">
+        <v>197</v>
+      </c>
+      <c r="L32" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M32" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N32" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O32" t="s">
+        <v>2424</v>
+      </c>
+      <c r="P32" t="s">
+        <v>2564</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2560</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2566</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2567</v>
+      </c>
+      <c r="I33" t="s">
+        <v>2563</v>
+      </c>
+      <c r="J33" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L33" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M33" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N33" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O33" t="s">
+        <v>2367</v>
+      </c>
+      <c r="P33" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2569</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2570</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2571</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2572</v>
+      </c>
+      <c r="I34" t="s">
+        <v>2573</v>
+      </c>
+      <c r="J34" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" t="s">
+        <v>2574</v>
+      </c>
+      <c r="L34" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M34" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N34" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O34" t="s">
+        <v>2451</v>
+      </c>
+      <c r="P34" t="s">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B35" t="s">
+        <v>2576</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2577</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2578</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2579</v>
+      </c>
+      <c r="I35" t="s">
+        <v>2580</v>
+      </c>
+      <c r="J35" t="s">
+        <v>2486</v>
+      </c>
+      <c r="K35" t="s">
+        <v>2487</v>
+      </c>
+      <c r="L35" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M35" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N35" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O35" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P35" t="s">
+        <v>2581</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B36" t="s">
+        <v>2582</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2583</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2584</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2585</v>
+      </c>
+      <c r="I36" t="s">
+        <v>2586</v>
+      </c>
+      <c r="J36" t="s">
+        <v>2557</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1280</v>
+      </c>
+      <c r="L36" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M36" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N36" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O36" t="s">
+        <v>2409</v>
+      </c>
+      <c r="P36" t="s">
+        <v>2587</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2588</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2589</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2590</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2591</v>
+      </c>
+      <c r="I37" t="s">
+        <v>2573</v>
+      </c>
+      <c r="J37" t="s">
+        <v>20</v>
+      </c>
+      <c r="K37" t="s">
+        <v>2574</v>
+      </c>
+      <c r="L37" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M37" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N37" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O37" t="s">
+        <v>2592</v>
+      </c>
+      <c r="P37" t="s">
+        <v>2593</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B38" t="s">
+        <v>2594</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2589</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2595</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2596</v>
+      </c>
+      <c r="I38" t="s">
+        <v>2573</v>
+      </c>
+      <c r="J38" t="s">
+        <v>20</v>
+      </c>
+      <c r="K38" t="s">
+        <v>2574</v>
+      </c>
+      <c r="L38" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M38" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N38" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O38" t="s">
+        <v>2374</v>
+      </c>
+      <c r="P38" t="s">
+        <v>2597</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B39" t="s">
+        <v>2598</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2418</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2599</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2600</v>
+      </c>
+      <c r="I39" t="s">
+        <v>2421</v>
+      </c>
+      <c r="J39" t="s">
+        <v>2422</v>
+      </c>
+      <c r="K39" t="s">
+        <v>2423</v>
+      </c>
+      <c r="L39" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M39" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N39" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O39" t="s">
+        <v>2367</v>
+      </c>
+      <c r="P39" t="s">
+        <v>2601</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B40" t="s">
+        <v>2602</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>2604</v>
+      </c>
+      <c r="H40" t="s">
+        <v>2605</v>
+      </c>
+      <c r="I40" t="s">
+        <v>2606</v>
+      </c>
+      <c r="J40" t="s">
+        <v>20</v>
+      </c>
+      <c r="K40" t="s">
+        <v>563</v>
+      </c>
+      <c r="L40" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M40" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N40" t="s">
+        <v>2517</v>
+      </c>
+      <c r="O40" t="s">
+        <v>2518</v>
+      </c>
+      <c r="P40" t="s">
+        <v>2607</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B41" t="s">
+        <v>2608</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2609</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>2610</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2611</v>
+      </c>
+      <c r="I41" t="s">
+        <v>2612</v>
+      </c>
+      <c r="J41" t="s">
+        <v>2613</v>
+      </c>
+      <c r="K41" t="s">
+        <v>627</v>
+      </c>
+      <c r="L41" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M41" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N41" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O41" t="s">
+        <v>2614</v>
+      </c>
+      <c r="P41" t="s">
+        <v>2615</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B42" t="s">
+        <v>2616</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>2609</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>2617</v>
+      </c>
+      <c r="H42" t="s">
+        <v>2618</v>
+      </c>
+      <c r="I42" t="s">
+        <v>2619</v>
+      </c>
+      <c r="J42" t="s">
+        <v>2613</v>
+      </c>
+      <c r="K42" t="s">
+        <v>627</v>
+      </c>
+      <c r="L42" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M42" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N42" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O42" t="s">
+        <v>2620</v>
+      </c>
+      <c r="P42" t="s">
+        <v>2621</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B43" t="s">
+        <v>2622</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2609</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>2623</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2624</v>
+      </c>
+      <c r="I43" t="s">
+        <v>2625</v>
+      </c>
+      <c r="J43" t="s">
+        <v>2626</v>
+      </c>
+      <c r="K43" t="s">
+        <v>2627</v>
+      </c>
+      <c r="L43" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M43" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N43" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O43" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P43" t="s">
+        <v>2628</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B44" t="s">
+        <v>2629</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2630</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>2631</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2632</v>
+      </c>
+      <c r="I44" t="s">
+        <v>2633</v>
+      </c>
+      <c r="J44" t="s">
+        <v>2634</v>
+      </c>
+      <c r="K44" t="s">
+        <v>2635</v>
+      </c>
+      <c r="L44" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M44" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N44" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O44" t="s">
+        <v>2341</v>
+      </c>
+      <c r="P44" t="s">
+        <v>2636</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B45" t="s">
+        <v>2637</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2638</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2639</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2640</v>
+      </c>
+      <c r="I45" t="s">
+        <v>2641</v>
+      </c>
+      <c r="J45" t="s">
+        <v>2392</v>
+      </c>
+      <c r="K45" t="s">
+        <v>30</v>
+      </c>
+      <c r="L45" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M45" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N45" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O45" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P45" t="s">
+        <v>2642</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B46" t="s">
+        <v>2643</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2644</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2645</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2646</v>
+      </c>
+      <c r="I46" t="s">
+        <v>2647</v>
+      </c>
+      <c r="J46" t="s">
+        <v>2543</v>
+      </c>
+      <c r="K46" t="s">
+        <v>2544</v>
+      </c>
+      <c r="L46" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M46" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N46" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O46" t="s">
+        <v>2367</v>
+      </c>
+      <c r="P46" t="s">
+        <v>2648</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B47" t="s">
+        <v>2649</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2644</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>2650</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2651</v>
+      </c>
+      <c r="I47" t="s">
+        <v>2647</v>
+      </c>
+      <c r="J47" t="s">
+        <v>2543</v>
+      </c>
+      <c r="K47" t="s">
+        <v>2544</v>
+      </c>
+      <c r="L47" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M47" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N47" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O47" t="s">
+        <v>2652</v>
+      </c>
+      <c r="P47" t="s">
+        <v>2653</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B48" t="s">
+        <v>2654</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>2655</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>2656</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2657</v>
+      </c>
+      <c r="I48" t="s">
+        <v>2658</v>
+      </c>
+      <c r="J48" t="s">
+        <v>2659</v>
+      </c>
+      <c r="K48" t="s">
+        <v>2660</v>
+      </c>
+      <c r="L48" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M48" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N48" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O48" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P48" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B49" t="s">
+        <v>2662</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2663</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2664</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2665</v>
+      </c>
+      <c r="I49" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J49" t="s">
+        <v>2667</v>
+      </c>
+      <c r="K49" t="s">
+        <v>50</v>
+      </c>
+      <c r="L49" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M49" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N49" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O49" t="s">
+        <v>2669</v>
+      </c>
+      <c r="P49" t="s">
+        <v>2670</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B50" t="s">
+        <v>2671</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2672</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>2673</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2674</v>
+      </c>
+      <c r="I50" t="s">
+        <v>2675</v>
+      </c>
+      <c r="J50" t="s">
+        <v>2464</v>
+      </c>
+      <c r="K50" t="s">
+        <v>2465</v>
+      </c>
+      <c r="L50" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M50" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N50" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O50" t="s">
+        <v>2432</v>
+      </c>
+      <c r="P50" t="s">
+        <v>2676</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B51" t="s">
+        <v>2677</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>2678</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>2679</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2680</v>
+      </c>
+      <c r="I51" t="s">
+        <v>2681</v>
+      </c>
+      <c r="J51" t="s">
+        <v>2506</v>
+      </c>
+      <c r="K51" t="s">
+        <v>2507</v>
+      </c>
+      <c r="L51" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M51" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N51" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O51" t="s">
+        <v>2682</v>
+      </c>
+      <c r="P51" t="s">
+        <v>2683</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B52" t="s">
+        <v>2684</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>2685</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>2686</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2687</v>
+      </c>
+      <c r="I52" t="s">
+        <v>2688</v>
+      </c>
+      <c r="J52" t="s">
+        <v>2689</v>
+      </c>
+      <c r="K52" t="s">
+        <v>2690</v>
+      </c>
+      <c r="L52" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M52" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N52" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O52" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P52" t="s">
+        <v>2691</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B53" t="s">
+        <v>2692</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>2694</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2695</v>
+      </c>
+      <c r="I53" t="s">
+        <v>2696</v>
+      </c>
+      <c r="J53" t="s">
+        <v>2697</v>
+      </c>
+      <c r="K53" t="s">
+        <v>473</v>
+      </c>
+      <c r="L53" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M53" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N53" t="s">
+        <v>2517</v>
+      </c>
+      <c r="O53" t="s">
+        <v>2518</v>
+      </c>
+      <c r="P53" t="s">
+        <v>2698</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B54" t="s">
+        <v>2699</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2700</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>2701</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2702</v>
+      </c>
+      <c r="I54" t="s">
+        <v>2703</v>
+      </c>
+      <c r="J54" t="s">
+        <v>2704</v>
+      </c>
+      <c r="K54" t="s">
+        <v>50</v>
+      </c>
+      <c r="L54" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M54" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N54" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O54" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P54" t="s">
+        <v>2705</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B55" t="s">
+        <v>2706</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>2707</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2708</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2709</v>
+      </c>
+      <c r="I55" t="s">
+        <v>2710</v>
+      </c>
+      <c r="J55" t="s">
+        <v>2422</v>
+      </c>
+      <c r="K55" t="s">
+        <v>2423</v>
+      </c>
+      <c r="L55" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M55" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N55" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O55" t="s">
+        <v>2682</v>
+      </c>
+      <c r="P55" t="s">
+        <v>2711</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B56" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>2713</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>2714</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2715</v>
+      </c>
+      <c r="I56" t="s">
+        <v>2716</v>
+      </c>
+      <c r="J56" t="s">
+        <v>2525</v>
+      </c>
+      <c r="K56" t="s">
+        <v>2526</v>
+      </c>
+      <c r="L56" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M56" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N56" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O56" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P56" t="s">
+        <v>2717</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B57" t="s">
+        <v>2718</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>2719</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>2720</v>
+      </c>
+      <c r="H57" t="s">
+        <v>2721</v>
+      </c>
+      <c r="I57" t="s">
+        <v>2722</v>
+      </c>
+      <c r="J57" t="s">
+        <v>2723</v>
+      </c>
+      <c r="K57" t="s">
+        <v>2724</v>
+      </c>
+      <c r="L57" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M57" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N57" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O57" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P57" t="s">
+        <v>2725</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B58" t="s">
+        <v>2726</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2727</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>2728</v>
+      </c>
+      <c r="H58" t="s">
+        <v>2729</v>
+      </c>
+      <c r="I58" t="s">
+        <v>2730</v>
+      </c>
+      <c r="J58" t="s">
+        <v>2731</v>
+      </c>
+      <c r="K58" t="s">
+        <v>2732</v>
+      </c>
+      <c r="L58" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M58" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N58" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O58" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P58" t="s">
+        <v>2733</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B59" t="s">
+        <v>2734</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>2735</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>2736</v>
+      </c>
+      <c r="H59" t="s">
+        <v>2737</v>
+      </c>
+      <c r="I59" t="s">
+        <v>2738</v>
+      </c>
+      <c r="J59" t="s">
+        <v>2739</v>
+      </c>
+      <c r="K59" t="s">
+        <v>2740</v>
+      </c>
+      <c r="L59" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M59" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N59" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O59" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P59" t="s">
+        <v>2741</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B60" t="s">
+        <v>2742</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>2743</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>2744</v>
+      </c>
+      <c r="H60" t="s">
+        <v>2745</v>
+      </c>
+      <c r="I60" t="s">
+        <v>2746</v>
+      </c>
+      <c r="J60" t="s">
+        <v>2747</v>
+      </c>
+      <c r="K60" t="s">
+        <v>2748</v>
+      </c>
+      <c r="L60" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M60" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N60" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O60" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P60" t="s">
+        <v>2749</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B61" t="s">
+        <v>2750</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>2751</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>2752</v>
+      </c>
+      <c r="H61" t="s">
+        <v>2753</v>
+      </c>
+      <c r="I61" t="s">
+        <v>2754</v>
+      </c>
+      <c r="J61" t="s">
+        <v>2551</v>
+      </c>
+      <c r="K61" t="s">
+        <v>59</v>
+      </c>
+      <c r="L61" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M61" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N61" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O61" t="s">
+        <v>2682</v>
+      </c>
+      <c r="P61" t="s">
+        <v>2755</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B62" t="s">
+        <v>2756</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>2757</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>2758</v>
+      </c>
+      <c r="H62" t="s">
+        <v>2759</v>
+      </c>
+      <c r="I62" t="s">
+        <v>2760</v>
+      </c>
+      <c r="J62" t="s">
+        <v>2506</v>
+      </c>
+      <c r="K62" t="s">
+        <v>2507</v>
+      </c>
+      <c r="L62" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M62" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N62" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O62" t="s">
+        <v>2761</v>
+      </c>
+      <c r="P62" t="s">
+        <v>2762</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B63" t="s">
+        <v>2763</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>2764</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>2765</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2766</v>
+      </c>
+      <c r="I63" t="s">
+        <v>2767</v>
+      </c>
+      <c r="J63" t="s">
+        <v>2667</v>
+      </c>
+      <c r="K63" t="s">
+        <v>50</v>
+      </c>
+      <c r="L63" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M63" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N63" t="s">
+        <v>2768</v>
+      </c>
+      <c r="O63" t="s">
+        <v>2769</v>
+      </c>
+      <c r="P63" t="s">
+        <v>2770</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B64" t="s">
+        <v>2771</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>2772</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>2773</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2774</v>
+      </c>
+      <c r="I64" t="s">
+        <v>2775</v>
+      </c>
+      <c r="J64" t="s">
+        <v>2776</v>
+      </c>
+      <c r="K64" t="s">
+        <v>2777</v>
+      </c>
+      <c r="L64" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M64" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N64" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O64" t="s">
+        <v>2682</v>
+      </c>
+      <c r="P64" t="s">
+        <v>2778</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B65" t="s">
+        <v>2779</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>2780</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>2781</v>
+      </c>
+      <c r="H65" t="s">
+        <v>2782</v>
+      </c>
+      <c r="I65" t="s">
+        <v>2783</v>
+      </c>
+      <c r="J65" t="s">
+        <v>2784</v>
+      </c>
+      <c r="K65" t="s">
+        <v>2785</v>
+      </c>
+      <c r="L65" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M65" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N65" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O65" t="s">
+        <v>2341</v>
+      </c>
+      <c r="P65" t="s">
+        <v>2786</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B66" t="s">
+        <v>2787</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>2788</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>2789</v>
+      </c>
+      <c r="H66" t="s">
+        <v>2790</v>
+      </c>
+      <c r="I66" t="s">
+        <v>2791</v>
+      </c>
+      <c r="J66" t="s">
+        <v>2792</v>
+      </c>
+      <c r="K66" t="s">
+        <v>2793</v>
+      </c>
+      <c r="L66" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M66" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N66" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O66" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P66" t="s">
+        <v>2794</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B67" t="s">
+        <v>2795</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>2796</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>2797</v>
+      </c>
+      <c r="H67" t="s">
+        <v>2798</v>
+      </c>
+      <c r="I67" t="s">
+        <v>2799</v>
+      </c>
+      <c r="J67" t="s">
+        <v>20</v>
+      </c>
+      <c r="K67" t="s">
+        <v>2800</v>
+      </c>
+      <c r="L67" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M67" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N67" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O67" t="s">
+        <v>2801</v>
+      </c>
+      <c r="P67" t="s">
+        <v>2802</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B68" t="s">
+        <v>2803</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>2804</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>2805</v>
+      </c>
+      <c r="H68" t="s">
+        <v>2806</v>
+      </c>
+      <c r="I68" t="s">
+        <v>2807</v>
+      </c>
+      <c r="J68" t="s">
+        <v>2704</v>
+      </c>
+      <c r="K68" t="s">
+        <v>50</v>
+      </c>
+      <c r="L68" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M68" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N68" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O68" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P68" t="s">
+        <v>2808</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B69" t="s">
+        <v>2809</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>2810</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>2811</v>
+      </c>
+      <c r="H69" t="s">
+        <v>2812</v>
+      </c>
+      <c r="I69" t="s">
+        <v>2813</v>
+      </c>
+      <c r="J69" t="s">
+        <v>2814</v>
+      </c>
+      <c r="K69" t="s">
+        <v>2815</v>
+      </c>
+      <c r="L69" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M69" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N69" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O69" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P69" t="s">
+        <v>2816</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B70" t="s">
+        <v>2817</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>2818</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>2819</v>
+      </c>
+      <c r="H70" t="s">
+        <v>2820</v>
+      </c>
+      <c r="I70" t="s">
+        <v>2821</v>
+      </c>
+      <c r="J70" t="s">
+        <v>2822</v>
+      </c>
+      <c r="K70" t="s">
+        <v>2823</v>
+      </c>
+      <c r="L70" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M70" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N70" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O70" t="s">
+        <v>2401</v>
+      </c>
+      <c r="P70" t="s">
+        <v>2824</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B71" t="s">
+        <v>2825</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>2826</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>2827</v>
+      </c>
+      <c r="H71" t="s">
+        <v>2828</v>
+      </c>
+      <c r="I71" t="s">
+        <v>2829</v>
+      </c>
+      <c r="J71" t="s">
+        <v>2492</v>
+      </c>
+      <c r="K71" t="s">
+        <v>50</v>
+      </c>
+      <c r="L71" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M71" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N71" t="s">
+        <v>2517</v>
+      </c>
+      <c r="O71" t="s">
+        <v>2518</v>
+      </c>
+      <c r="P71" t="s">
+        <v>2830</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B72" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>2832</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>2833</v>
+      </c>
+      <c r="H72" t="s">
+        <v>2834</v>
+      </c>
+      <c r="I72" t="s">
+        <v>2392</v>
+      </c>
+      <c r="J72" t="s">
+        <v>20</v>
+      </c>
+      <c r="K72" t="s">
+        <v>30</v>
+      </c>
+      <c r="L72" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M72" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N72" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O72" t="s">
+        <v>2835</v>
+      </c>
+      <c r="P72" t="s">
+        <v>2836</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B73" t="s">
+        <v>2837</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>2832</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>2838</v>
+      </c>
+      <c r="H73" t="s">
+        <v>2839</v>
+      </c>
+      <c r="I73" t="s">
+        <v>2840</v>
+      </c>
+      <c r="J73" t="s">
+        <v>2392</v>
+      </c>
+      <c r="K73" t="s">
+        <v>30</v>
+      </c>
+      <c r="L73" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M73" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N73" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O73" t="s">
+        <v>2367</v>
+      </c>
+      <c r="P73" t="s">
+        <v>2841</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B74" t="s">
+        <v>2842</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>2832</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>2843</v>
+      </c>
+      <c r="H74" t="s">
+        <v>2844</v>
+      </c>
+      <c r="I74" t="s">
+        <v>2845</v>
+      </c>
+      <c r="J74" t="s">
+        <v>2551</v>
+      </c>
+      <c r="K74" t="s">
+        <v>59</v>
+      </c>
+      <c r="L74" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M74" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N74" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O74" t="s">
+        <v>2592</v>
+      </c>
+      <c r="P74" t="s">
+        <v>2846</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B75" t="s">
+        <v>2847</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>2848</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2849</v>
+      </c>
+      <c r="I75" t="s">
+        <v>2850</v>
+      </c>
+      <c r="J75" t="s">
+        <v>2851</v>
+      </c>
+      <c r="K75" t="s">
+        <v>2852</v>
+      </c>
+      <c r="L75" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M75" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N75" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O75" t="s">
+        <v>2432</v>
+      </c>
+      <c r="P75" t="s">
+        <v>2853</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B76" t="s">
+        <v>2854</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>2855</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>2856</v>
+      </c>
+      <c r="H76" t="s">
+        <v>2857</v>
+      </c>
+      <c r="I76" t="s">
+        <v>2858</v>
+      </c>
+      <c r="J76" t="s">
+        <v>2859</v>
+      </c>
+      <c r="K76" t="s">
+        <v>2860</v>
+      </c>
+      <c r="L76" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M76" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N76" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O76" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P76" t="s">
+        <v>2861</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B77" t="s">
+        <v>2862</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>2863</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>2864</v>
+      </c>
+      <c r="H77" t="s">
+        <v>2865</v>
+      </c>
+      <c r="I77" t="s">
+        <v>2866</v>
+      </c>
+      <c r="J77" t="s">
+        <v>2867</v>
+      </c>
+      <c r="K77" t="s">
+        <v>2815</v>
+      </c>
+      <c r="L77" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M77" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N77" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O77" t="s">
+        <v>2367</v>
+      </c>
+      <c r="P77" t="s">
+        <v>2868</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B78" t="s">
+        <v>2869</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>2870</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>2871</v>
+      </c>
+      <c r="H78" t="s">
+        <v>2872</v>
+      </c>
+      <c r="I78" t="s">
+        <v>2873</v>
+      </c>
+      <c r="J78" t="s">
+        <v>2407</v>
+      </c>
+      <c r="K78" t="s">
+        <v>2408</v>
+      </c>
+      <c r="L78" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M78" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N78" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O78" t="s">
+        <v>2682</v>
+      </c>
+      <c r="P78" t="s">
+        <v>2874</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B79" t="s">
+        <v>2875</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>2876</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>2877</v>
+      </c>
+      <c r="H79" t="s">
+        <v>2878</v>
+      </c>
+      <c r="I79" t="s">
+        <v>2879</v>
+      </c>
+      <c r="J79" t="s">
+        <v>2880</v>
+      </c>
+      <c r="K79" t="s">
+        <v>2881</v>
+      </c>
+      <c r="L79" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M79" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N79" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O79" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P79" t="s">
+        <v>2882</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B80" t="s">
+        <v>2883</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>2884</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>2885</v>
+      </c>
+      <c r="H80" t="s">
+        <v>2886</v>
+      </c>
+      <c r="I80" t="s">
+        <v>2887</v>
+      </c>
+      <c r="J80" t="s">
+        <v>2888</v>
+      </c>
+      <c r="K80" t="s">
+        <v>50</v>
+      </c>
+      <c r="L80" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M80" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N80" t="s">
+        <v>2768</v>
+      </c>
+      <c r="O80" t="s">
+        <v>2889</v>
+      </c>
+      <c r="P80" t="s">
+        <v>2890</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B81" t="s">
+        <v>2891</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>2892</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>2893</v>
+      </c>
+      <c r="H81" t="s">
+        <v>2894</v>
+      </c>
+      <c r="I81" t="s">
+        <v>2895</v>
+      </c>
+      <c r="J81" t="s">
+        <v>2704</v>
+      </c>
+      <c r="K81" t="s">
+        <v>50</v>
+      </c>
+      <c r="L81" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M81" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N81" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O81" t="s">
+        <v>2896</v>
+      </c>
+      <c r="P81" t="s">
+        <v>2897</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B82" t="s">
+        <v>2898</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>2899</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>2900</v>
+      </c>
+      <c r="H82" t="s">
+        <v>2901</v>
+      </c>
+      <c r="I82" t="s">
+        <v>2902</v>
+      </c>
+      <c r="J82" t="s">
+        <v>2348</v>
+      </c>
+      <c r="K82" t="s">
+        <v>1067</v>
+      </c>
+      <c r="L82" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M82" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N82" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O82" t="s">
+        <v>2374</v>
+      </c>
+      <c r="P82" t="s">
+        <v>2903</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B83" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>2905</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>2906</v>
+      </c>
+      <c r="H83" t="s">
+        <v>2907</v>
+      </c>
+      <c r="I83" t="s">
+        <v>2908</v>
+      </c>
+      <c r="J83" t="s">
+        <v>2909</v>
+      </c>
+      <c r="K83" t="s">
+        <v>2910</v>
+      </c>
+      <c r="L83" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M83" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N83" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O83" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P83" t="s">
+        <v>2911</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B84" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>2913</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>2914</v>
+      </c>
+      <c r="H84" t="s">
+        <v>2915</v>
+      </c>
+      <c r="I84" t="s">
+        <v>2916</v>
+      </c>
+      <c r="J84" t="s">
+        <v>2822</v>
+      </c>
+      <c r="K84" t="s">
+        <v>2823</v>
+      </c>
+      <c r="L84" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M84" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N84" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O84" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P84" t="s">
+        <v>2917</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B85" t="s">
+        <v>2918</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>2919</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>2920</v>
+      </c>
+      <c r="H85" t="s">
+        <v>2921</v>
+      </c>
+      <c r="I85" t="s">
+        <v>2922</v>
+      </c>
+      <c r="J85" t="s">
+        <v>2867</v>
+      </c>
+      <c r="K85" t="s">
+        <v>2815</v>
+      </c>
+      <c r="L85" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M85" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N85" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O85" t="s">
+        <v>2508</v>
+      </c>
+      <c r="P85" t="s">
+        <v>2923</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B86" t="s">
+        <v>2924</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>2919</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>2925</v>
+      </c>
+      <c r="H86" t="s">
+        <v>2926</v>
+      </c>
+      <c r="I86" t="s">
+        <v>2927</v>
+      </c>
+      <c r="J86" t="s">
+        <v>2928</v>
+      </c>
+      <c r="K86" t="s">
+        <v>563</v>
+      </c>
+      <c r="L86" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M86" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N86" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O86" t="s">
+        <v>2451</v>
+      </c>
+      <c r="P86" t="s">
+        <v>2929</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B87" t="s">
+        <v>2930</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>2931</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>2932</v>
+      </c>
+      <c r="H87" t="s">
+        <v>2933</v>
+      </c>
+      <c r="I87" t="s">
+        <v>2934</v>
+      </c>
+      <c r="J87" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K87" t="s">
+        <v>197</v>
+      </c>
+      <c r="L87" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M87" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N87" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O87" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P87" t="s">
+        <v>2935</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B88" t="s">
+        <v>2936</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>2931</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
+        <v>2937</v>
+      </c>
+      <c r="H88" t="s">
+        <v>2938</v>
+      </c>
+      <c r="I88" t="s">
+        <v>2939</v>
+      </c>
+      <c r="J88" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K88" t="s">
+        <v>197</v>
+      </c>
+      <c r="L88" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M88" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N88" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O88" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P88" t="s">
+        <v>2940</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B89" t="s">
+        <v>2941</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>2942</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>2943</v>
+      </c>
+      <c r="H89" t="s">
+        <v>2944</v>
+      </c>
+      <c r="I89" t="s">
+        <v>2945</v>
+      </c>
+      <c r="J89" t="s">
+        <v>2784</v>
+      </c>
+      <c r="K89" t="s">
+        <v>2785</v>
+      </c>
+      <c r="L89" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M89" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N89" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O89" t="s">
+        <v>2367</v>
+      </c>
+      <c r="P89" t="s">
+        <v>2946</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B90" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>2942</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
+        <v>2948</v>
+      </c>
+      <c r="H90" t="s">
+        <v>2949</v>
+      </c>
+      <c r="I90" t="s">
+        <v>2950</v>
+      </c>
+      <c r="J90" t="s">
+        <v>2784</v>
+      </c>
+      <c r="K90" t="s">
+        <v>2785</v>
+      </c>
+      <c r="L90" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M90" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N90" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O90" t="s">
+        <v>2424</v>
+      </c>
+      <c r="P90" t="s">
+        <v>2951</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B91" t="s">
+        <v>2952</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>2953</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>2954</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2955</v>
+      </c>
+      <c r="I91" t="s">
+        <v>2956</v>
+      </c>
+      <c r="J91" t="s">
+        <v>20</v>
+      </c>
+      <c r="K91" t="s">
+        <v>2957</v>
+      </c>
+      <c r="L91" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M91" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N91" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O91" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P91" t="s">
+        <v>2958</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B92" t="s">
+        <v>2959</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>2960</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>2961</v>
+      </c>
+      <c r="H92" t="s">
+        <v>2962</v>
+      </c>
+      <c r="I92" t="s">
+        <v>2963</v>
+      </c>
+      <c r="J92" t="s">
+        <v>2964</v>
+      </c>
+      <c r="K92" t="s">
+        <v>50</v>
+      </c>
+      <c r="L92" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M92" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N92" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O92" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P92" t="s">
+        <v>2965</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B93" t="s">
+        <v>2966</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>2967</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>2968</v>
+      </c>
+      <c r="H93" t="s">
+        <v>2969</v>
+      </c>
+      <c r="I93" t="s">
+        <v>2515</v>
+      </c>
+      <c r="J93" t="s">
+        <v>20</v>
+      </c>
+      <c r="K93" t="s">
+        <v>2516</v>
+      </c>
+      <c r="L93" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M93" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N93" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O93" t="s">
+        <v>2424</v>
+      </c>
+      <c r="P93" t="s">
+        <v>2970</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B94" t="s">
+        <v>2971</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
+        <v>2967</v>
+      </c>
+      <c r="F94" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" t="s">
+        <v>2972</v>
+      </c>
+      <c r="H94" t="s">
+        <v>2973</v>
+      </c>
+      <c r="I94" t="s">
+        <v>2974</v>
+      </c>
+      <c r="J94" t="s">
+        <v>2975</v>
+      </c>
+      <c r="K94" t="s">
+        <v>2976</v>
+      </c>
+      <c r="L94" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M94" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N94" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O94" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P94" t="s">
+        <v>2977</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B95" t="s">
+        <v>2978</v>
+      </c>
+      <c r="C95" t="s">
+        <v>20</v>
+      </c>
+      <c r="D95" t="s">
+        <v>20</v>
+      </c>
+      <c r="E95" t="s">
+        <v>2979</v>
+      </c>
+      <c r="F95" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" t="s">
+        <v>2980</v>
+      </c>
+      <c r="H95" t="s">
+        <v>2981</v>
+      </c>
+      <c r="I95" t="s">
+        <v>2982</v>
+      </c>
+      <c r="J95" t="s">
+        <v>2983</v>
+      </c>
+      <c r="K95" t="s">
+        <v>2984</v>
+      </c>
+      <c r="L95" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M95" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N95" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O95" t="s">
+        <v>2451</v>
+      </c>
+      <c r="P95" t="s">
+        <v>2985</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B96" t="s">
+        <v>2986</v>
+      </c>
+      <c r="C96" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" t="s">
+        <v>20</v>
+      </c>
+      <c r="E96" t="s">
+        <v>2987</v>
+      </c>
+      <c r="F96" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" t="s">
+        <v>2988</v>
+      </c>
+      <c r="H96" t="s">
+        <v>2989</v>
+      </c>
+      <c r="I96" t="s">
+        <v>2990</v>
+      </c>
+      <c r="J96" t="s">
+        <v>2634</v>
+      </c>
+      <c r="K96" t="s">
+        <v>2635</v>
+      </c>
+      <c r="L96" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M96" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N96" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O96" t="s">
+        <v>2432</v>
+      </c>
+      <c r="P96" t="s">
+        <v>2991</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B97" t="s">
+        <v>2992</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>2993</v>
+      </c>
+      <c r="F97" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" t="s">
+        <v>2994</v>
+      </c>
+      <c r="H97" t="s">
+        <v>2995</v>
+      </c>
+      <c r="I97" t="s">
+        <v>2996</v>
+      </c>
+      <c r="J97" t="s">
+        <v>2997</v>
+      </c>
+      <c r="K97" t="s">
+        <v>2998</v>
+      </c>
+      <c r="L97" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M97" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N97" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O97" t="s">
+        <v>2424</v>
+      </c>
+      <c r="P97" t="s">
+        <v>2999</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B98" t="s">
+        <v>3000</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" t="s">
+        <v>2993</v>
+      </c>
+      <c r="F98" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" t="s">
+        <v>3001</v>
+      </c>
+      <c r="H98" t="s">
+        <v>3002</v>
+      </c>
+      <c r="I98" t="s">
+        <v>3003</v>
+      </c>
+      <c r="J98" t="s">
+        <v>3004</v>
+      </c>
+      <c r="K98" t="s">
+        <v>3005</v>
+      </c>
+      <c r="L98" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M98" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N98" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O98" t="s">
+        <v>2424</v>
+      </c>
+      <c r="P98" t="s">
+        <v>3006</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B99" t="s">
+        <v>3007</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
+        <v>3008</v>
+      </c>
+      <c r="F99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
+        <v>3009</v>
+      </c>
+      <c r="H99" t="s">
+        <v>3010</v>
+      </c>
+      <c r="I99" t="s">
+        <v>3011</v>
+      </c>
+      <c r="J99" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K99" t="s">
+        <v>197</v>
+      </c>
+      <c r="L99" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M99" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N99" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O99" t="s">
+        <v>2341</v>
+      </c>
+      <c r="P99" t="s">
+        <v>3012</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B100" t="s">
+        <v>3013</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
+        <v>3014</v>
+      </c>
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
+        <v>3015</v>
+      </c>
+      <c r="H100" t="s">
+        <v>3016</v>
+      </c>
+      <c r="I100" t="s">
+        <v>3011</v>
+      </c>
+      <c r="J100" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K100" t="s">
+        <v>197</v>
+      </c>
+      <c r="L100" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M100" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N100" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O100" t="s">
+        <v>2508</v>
+      </c>
+      <c r="P100" t="s">
+        <v>3017</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B101" t="s">
+        <v>3018</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" t="s">
+        <v>3019</v>
+      </c>
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
+        <v>3020</v>
+      </c>
+      <c r="H101" t="s">
+        <v>3021</v>
+      </c>
+      <c r="I101" t="s">
+        <v>3022</v>
+      </c>
+      <c r="J101" t="s">
+        <v>2551</v>
+      </c>
+      <c r="K101" t="s">
+        <v>59</v>
+      </c>
+      <c r="L101" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M101" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N101" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O101" t="s">
+        <v>2614</v>
+      </c>
+      <c r="P101" t="s">
+        <v>3023</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B102" t="s">
+        <v>3024</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>3025</v>
+      </c>
+      <c r="F102" t="s">
+        <v>20</v>
+      </c>
+      <c r="G102" t="s">
+        <v>3026</v>
+      </c>
+      <c r="H102" t="s">
+        <v>3027</v>
+      </c>
+      <c r="I102" t="s">
+        <v>3028</v>
+      </c>
+      <c r="J102" t="s">
+        <v>2667</v>
+      </c>
+      <c r="K102" t="s">
+        <v>50</v>
+      </c>
+      <c r="L102" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M102" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N102" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O102" t="s">
+        <v>2682</v>
+      </c>
+      <c r="P102" t="s">
+        <v>3029</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B103" t="s">
+        <v>3030</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103" t="s">
+        <v>2743</v>
+      </c>
+      <c r="F103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" t="s">
+        <v>3031</v>
+      </c>
+      <c r="H103" t="s">
+        <v>3032</v>
+      </c>
+      <c r="I103" t="s">
+        <v>3033</v>
+      </c>
+      <c r="J103" t="s">
+        <v>2551</v>
+      </c>
+      <c r="K103" t="s">
+        <v>59</v>
+      </c>
+      <c r="L103" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M103" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N103" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O103" t="s">
+        <v>2761</v>
+      </c>
+      <c r="P103" t="s">
+        <v>3034</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B104" t="s">
+        <v>3035</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>20</v>
+      </c>
+      <c r="E104" t="s">
+        <v>3036</v>
+      </c>
+      <c r="F104" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" t="s">
+        <v>3037</v>
+      </c>
+      <c r="H104" t="s">
+        <v>3038</v>
+      </c>
+      <c r="I104" t="s">
+        <v>3039</v>
+      </c>
+      <c r="J104" t="s">
+        <v>2747</v>
+      </c>
+      <c r="K104" t="s">
+        <v>2748</v>
+      </c>
+      <c r="L104" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M104" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N104" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O104" t="s">
+        <v>2682</v>
+      </c>
+      <c r="P104" t="s">
+        <v>3040</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B105" t="s">
+        <v>3041</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
+        <v>3042</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
+        <v>3043</v>
+      </c>
+      <c r="H105" t="s">
+        <v>3044</v>
+      </c>
+      <c r="I105" t="s">
+        <v>3045</v>
+      </c>
+      <c r="J105" t="s">
+        <v>2606</v>
+      </c>
+      <c r="K105" t="s">
+        <v>563</v>
+      </c>
+      <c r="L105" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M105" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N105" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O105" t="s">
+        <v>2682</v>
+      </c>
+      <c r="P105" t="s">
+        <v>3046</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B106" t="s">
+        <v>3047</v>
+      </c>
+      <c r="C106" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" t="s">
+        <v>20</v>
+      </c>
+      <c r="E106" t="s">
+        <v>3048</v>
+      </c>
+      <c r="F106" t="s">
+        <v>20</v>
+      </c>
+      <c r="G106" t="s">
+        <v>3049</v>
+      </c>
+      <c r="H106" t="s">
+        <v>3050</v>
+      </c>
+      <c r="I106" t="s">
+        <v>3051</v>
+      </c>
+      <c r="J106" t="s">
+        <v>3052</v>
+      </c>
+      <c r="K106" t="s">
+        <v>721</v>
+      </c>
+      <c r="L106" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M106" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N106" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O106" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P106" t="s">
+        <v>3053</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B107" t="s">
+        <v>3054</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" t="s">
+        <v>3055</v>
+      </c>
+      <c r="F107" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" t="s">
+        <v>3056</v>
+      </c>
+      <c r="H107" t="s">
+        <v>3057</v>
+      </c>
+      <c r="I107" t="s">
+        <v>3058</v>
+      </c>
+      <c r="J107" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K107" t="s">
+        <v>197</v>
+      </c>
+      <c r="L107" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M107" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N107" t="s">
+        <v>2358</v>
+      </c>
+      <c r="O107" t="s">
+        <v>2359</v>
+      </c>
+      <c r="P107" t="s">
+        <v>3059</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B108" t="s">
+        <v>3060</v>
+      </c>
+      <c r="C108" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" t="s">
+        <v>20</v>
+      </c>
+      <c r="E108" t="s">
+        <v>3061</v>
+      </c>
+      <c r="F108" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" t="s">
+        <v>3062</v>
+      </c>
+      <c r="H108" t="s">
+        <v>3063</v>
+      </c>
+      <c r="I108" t="s">
+        <v>3064</v>
+      </c>
+      <c r="J108" t="s">
+        <v>2551</v>
+      </c>
+      <c r="K108" t="s">
+        <v>59</v>
+      </c>
+      <c r="L108" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M108" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N108" t="s">
+        <v>2358</v>
+      </c>
+      <c r="O108" t="s">
+        <v>2359</v>
+      </c>
+      <c r="P108" t="s">
+        <v>3065</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B109" t="s">
+        <v>3066</v>
+      </c>
+      <c r="C109" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
+        <v>2780</v>
+      </c>
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
+        <v>3067</v>
+      </c>
+      <c r="H109" t="s">
+        <v>3068</v>
+      </c>
+      <c r="I109" t="s">
+        <v>3069</v>
+      </c>
+      <c r="J109" t="s">
+        <v>2784</v>
+      </c>
+      <c r="K109" t="s">
+        <v>2785</v>
+      </c>
+      <c r="L109" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M109" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N109" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O109" t="s">
+        <v>2508</v>
+      </c>
+      <c r="P109" t="s">
+        <v>3070</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B110" t="s">
+        <v>3071</v>
+      </c>
+      <c r="C110" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" t="s">
+        <v>20</v>
+      </c>
+      <c r="E110" t="s">
+        <v>3072</v>
+      </c>
+      <c r="F110" t="s">
+        <v>20</v>
+      </c>
+      <c r="G110" t="s">
+        <v>3073</v>
+      </c>
+      <c r="H110" t="s">
+        <v>3074</v>
+      </c>
+      <c r="I110" t="s">
+        <v>3075</v>
+      </c>
+      <c r="J110" t="s">
+        <v>2499</v>
+      </c>
+      <c r="K110" t="s">
+        <v>2500</v>
+      </c>
+      <c r="L110" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M110" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N110" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O110" t="s">
+        <v>3076</v>
+      </c>
+      <c r="P110" t="s">
+        <v>3077</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B111" t="s">
+        <v>3078</v>
+      </c>
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" t="s">
+        <v>3079</v>
+      </c>
+      <c r="F111" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" t="s">
+        <v>3080</v>
+      </c>
+      <c r="H111" t="s">
+        <v>3081</v>
+      </c>
+      <c r="I111" t="s">
+        <v>3082</v>
+      </c>
+      <c r="J111" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K111" t="s">
+        <v>197</v>
+      </c>
+      <c r="L111" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M111" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N111" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O111" t="s">
+        <v>2401</v>
+      </c>
+      <c r="P111" t="s">
+        <v>3083</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B112" t="s">
+        <v>3084</v>
+      </c>
+      <c r="C112" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" t="s">
+        <v>20</v>
+      </c>
+      <c r="E112" t="s">
+        <v>3085</v>
+      </c>
+      <c r="F112" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" t="s">
+        <v>3086</v>
+      </c>
+      <c r="H112" t="s">
+        <v>3087</v>
+      </c>
+      <c r="I112" t="s">
+        <v>3088</v>
+      </c>
+      <c r="J112" t="s">
+        <v>2613</v>
+      </c>
+      <c r="K112" t="s">
+        <v>627</v>
+      </c>
+      <c r="L112" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M112" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N112" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O112" t="s">
+        <v>2367</v>
+      </c>
+      <c r="P112" t="s">
+        <v>3089</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B113" t="s">
+        <v>3090</v>
+      </c>
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
+        <v>20</v>
+      </c>
+      <c r="E113" t="s">
+        <v>3085</v>
+      </c>
+      <c r="F113" t="s">
+        <v>20</v>
+      </c>
+      <c r="G113" t="s">
+        <v>3091</v>
+      </c>
+      <c r="H113" t="s">
+        <v>3092</v>
+      </c>
+      <c r="I113" t="s">
+        <v>3093</v>
+      </c>
+      <c r="J113" t="s">
+        <v>2613</v>
+      </c>
+      <c r="K113" t="s">
+        <v>627</v>
+      </c>
+      <c r="L113" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M113" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N113" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O113" t="s">
+        <v>2350</v>
+      </c>
+      <c r="P113" t="s">
+        <v>3094</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B114" t="s">
+        <v>3095</v>
+      </c>
+      <c r="C114" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" t="s">
+        <v>20</v>
+      </c>
+      <c r="E114" t="s">
+        <v>3096</v>
+      </c>
+      <c r="F114" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" t="s">
+        <v>3097</v>
+      </c>
+      <c r="H114" t="s">
+        <v>3098</v>
+      </c>
+      <c r="I114" t="s">
+        <v>3099</v>
+      </c>
+      <c r="J114" t="s">
+        <v>2525</v>
+      </c>
+      <c r="K114" t="s">
+        <v>2526</v>
+      </c>
+      <c r="L114" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M114" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N114" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O114" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P114" t="s">
+        <v>3100</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B115" t="s">
+        <v>3101</v>
+      </c>
+      <c r="C115" t="s">
+        <v>20</v>
+      </c>
+      <c r="D115" t="s">
+        <v>20</v>
+      </c>
+      <c r="E115" t="s">
+        <v>3102</v>
+      </c>
+      <c r="F115" t="s">
+        <v>20</v>
+      </c>
+      <c r="G115" t="s">
+        <v>3103</v>
+      </c>
+      <c r="H115" t="s">
+        <v>3104</v>
+      </c>
+      <c r="I115" t="s">
+        <v>3105</v>
+      </c>
+      <c r="J115" t="s">
+        <v>3106</v>
+      </c>
+      <c r="K115" t="s">
+        <v>3107</v>
+      </c>
+      <c r="L115" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M115" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N115" t="s">
+        <v>3108</v>
+      </c>
+      <c r="O115" t="s">
+        <v>3109</v>
+      </c>
+      <c r="P115" t="s">
+        <v>3110</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B116" t="s">
+        <v>3111</v>
+      </c>
+      <c r="C116" t="s">
+        <v>20</v>
+      </c>
+      <c r="D116" t="s">
+        <v>20</v>
+      </c>
+      <c r="E116" t="s">
+        <v>3112</v>
+      </c>
+      <c r="F116" t="s">
+        <v>20</v>
+      </c>
+      <c r="G116" t="s">
+        <v>3113</v>
+      </c>
+      <c r="H116" t="s">
+        <v>3114</v>
+      </c>
+      <c r="I116" t="s">
+        <v>3115</v>
+      </c>
+      <c r="J116" t="s">
+        <v>3052</v>
+      </c>
+      <c r="K116" t="s">
+        <v>721</v>
+      </c>
+      <c r="L116" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M116" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N116" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O116" t="s">
+        <v>2682</v>
+      </c>
+      <c r="P116" t="s">
+        <v>3116</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B117" t="s">
+        <v>3117</v>
+      </c>
+      <c r="C117" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" t="s">
+        <v>20</v>
+      </c>
+      <c r="E117" t="s">
+        <v>3118</v>
+      </c>
+      <c r="F117" t="s">
+        <v>20</v>
+      </c>
+      <c r="G117" t="s">
+        <v>3119</v>
+      </c>
+      <c r="H117" t="s">
+        <v>3120</v>
+      </c>
+      <c r="I117" t="s">
+        <v>3121</v>
+      </c>
+      <c r="J117" t="s">
+        <v>2543</v>
+      </c>
+      <c r="K117" t="s">
+        <v>2544</v>
+      </c>
+      <c r="L117" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M117" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N117" t="s">
+        <v>2358</v>
+      </c>
+      <c r="O117" t="s">
+        <v>2359</v>
+      </c>
+      <c r="P117" t="s">
+        <v>3122</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B118" t="s">
+        <v>3123</v>
+      </c>
+      <c r="C118" t="s">
+        <v>20</v>
+      </c>
+      <c r="D118" t="s">
+        <v>20</v>
+      </c>
+      <c r="E118" t="s">
+        <v>3124</v>
+      </c>
+      <c r="F118" t="s">
+        <v>20</v>
+      </c>
+      <c r="G118" t="s">
+        <v>3125</v>
+      </c>
+      <c r="H118" t="s">
+        <v>3126</v>
+      </c>
+      <c r="I118" t="s">
+        <v>3127</v>
+      </c>
+      <c r="J118" t="s">
+        <v>2928</v>
+      </c>
+      <c r="K118" t="s">
+        <v>563</v>
+      </c>
+      <c r="L118" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M118" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N118" t="s">
+        <v>2358</v>
+      </c>
+      <c r="O118" t="s">
+        <v>2359</v>
+      </c>
+      <c r="P118" t="s">
+        <v>3128</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B119" t="s">
+        <v>3129</v>
+      </c>
+      <c r="C119" t="s">
+        <v>20</v>
+      </c>
+      <c r="D119" t="s">
+        <v>20</v>
+      </c>
+      <c r="E119" t="s">
+        <v>3124</v>
+      </c>
+      <c r="F119" t="s">
+        <v>20</v>
+      </c>
+      <c r="G119" t="s">
+        <v>3130</v>
+      </c>
+      <c r="H119" t="s">
+        <v>3131</v>
+      </c>
+      <c r="I119" t="s">
+        <v>3132</v>
+      </c>
+      <c r="J119" t="s">
+        <v>3133</v>
+      </c>
+      <c r="K119" t="s">
+        <v>3134</v>
+      </c>
+      <c r="L119" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M119" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N119" t="s">
+        <v>3135</v>
+      </c>
+      <c r="O119" t="s">
+        <v>3136</v>
+      </c>
+      <c r="P119" t="s">
+        <v>3137</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B120" t="s">
+        <v>3138</v>
+      </c>
+      <c r="C120" t="s">
+        <v>20</v>
+      </c>
+      <c r="D120" t="s">
+        <v>20</v>
+      </c>
+      <c r="E120" t="s">
+        <v>3139</v>
+      </c>
+      <c r="F120" t="s">
+        <v>20</v>
+      </c>
+      <c r="G120" t="s">
+        <v>3140</v>
+      </c>
+      <c r="H120" t="s">
+        <v>3141</v>
+      </c>
+      <c r="I120" t="s">
+        <v>3142</v>
+      </c>
+      <c r="J120" t="s">
+        <v>2704</v>
+      </c>
+      <c r="K120" t="s">
+        <v>50</v>
+      </c>
+      <c r="L120" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M120" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N120" t="s">
+        <v>2358</v>
+      </c>
+      <c r="O120" t="s">
+        <v>2359</v>
+      </c>
+      <c r="P120" t="s">
+        <v>3143</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B121" t="s">
+        <v>3144</v>
+      </c>
+      <c r="C121" t="s">
+        <v>20</v>
+      </c>
+      <c r="D121" t="s">
+        <v>20</v>
+      </c>
+      <c r="E121" t="s">
+        <v>3145</v>
+      </c>
+      <c r="F121" t="s">
+        <v>20</v>
+      </c>
+      <c r="G121" t="s">
+        <v>3146</v>
+      </c>
+      <c r="H121" t="s">
+        <v>3147</v>
+      </c>
+      <c r="I121" t="s">
+        <v>3148</v>
+      </c>
+      <c r="J121" t="s">
+        <v>2348</v>
+      </c>
+      <c r="K121" t="s">
+        <v>1067</v>
+      </c>
+      <c r="L121" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M121" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N121" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O121" t="s">
+        <v>2682</v>
+      </c>
+      <c r="P121" t="s">
+        <v>3149</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B122" t="s">
+        <v>3150</v>
+      </c>
+      <c r="C122" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" t="s">
+        <v>20</v>
+      </c>
+      <c r="E122" t="s">
+        <v>3151</v>
+      </c>
+      <c r="F122" t="s">
+        <v>20</v>
+      </c>
+      <c r="G122" t="s">
+        <v>3152</v>
+      </c>
+      <c r="H122" t="s">
+        <v>3153</v>
+      </c>
+      <c r="I122" t="s">
+        <v>3154</v>
+      </c>
+      <c r="J122" t="s">
+        <v>3155</v>
+      </c>
+      <c r="K122" t="s">
+        <v>3156</v>
+      </c>
+      <c r="L122" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M122" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N122" t="s">
+        <v>2358</v>
+      </c>
+      <c r="O122" t="s">
+        <v>2359</v>
+      </c>
+      <c r="P122" t="s">
+        <v>3157</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B123" t="s">
+        <v>3158</v>
+      </c>
+      <c r="C123" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" t="s">
+        <v>20</v>
+      </c>
+      <c r="E123" t="s">
+        <v>3151</v>
+      </c>
+      <c r="F123" t="s">
+        <v>20</v>
+      </c>
+      <c r="G123" t="s">
+        <v>3159</v>
+      </c>
+      <c r="H123" t="s">
+        <v>3160</v>
+      </c>
+      <c r="I123" t="s">
+        <v>3161</v>
+      </c>
+      <c r="J123" t="s">
+        <v>2492</v>
+      </c>
+      <c r="K123" t="s">
+        <v>50</v>
+      </c>
+      <c r="L123" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M123" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N123" t="s">
+        <v>2358</v>
+      </c>
+      <c r="O123" t="s">
+        <v>2359</v>
+      </c>
+      <c r="P123" t="s">
+        <v>3162</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B124" t="s">
+        <v>3163</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" t="s">
+        <v>20</v>
+      </c>
+      <c r="E124" t="s">
+        <v>3164</v>
+      </c>
+      <c r="F124" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" t="s">
+        <v>3165</v>
+      </c>
+      <c r="H124" t="s">
+        <v>3166</v>
+      </c>
+      <c r="I124" t="s">
+        <v>3167</v>
+      </c>
+      <c r="J124" t="s">
+        <v>3168</v>
+      </c>
+      <c r="K124" t="s">
+        <v>3169</v>
+      </c>
+      <c r="L124" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M124" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N124" t="s">
+        <v>2358</v>
+      </c>
+      <c r="O124" t="s">
+        <v>2359</v>
+      </c>
+      <c r="P124" t="s">
+        <v>3170</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B125" t="s">
+        <v>3171</v>
+      </c>
+      <c r="C125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" t="s">
+        <v>20</v>
+      </c>
+      <c r="E125" t="s">
+        <v>3172</v>
+      </c>
+      <c r="F125" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" t="s">
+        <v>3173</v>
+      </c>
+      <c r="H125" t="s">
+        <v>3174</v>
+      </c>
+      <c r="I125" t="s">
+        <v>3175</v>
+      </c>
+      <c r="J125" t="s">
+        <v>3176</v>
+      </c>
+      <c r="K125" t="s">
+        <v>755</v>
+      </c>
+      <c r="L125" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M125" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N125" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O125" t="s">
+        <v>2508</v>
+      </c>
+      <c r="P125" t="s">
+        <v>3177</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B126" t="s">
+        <v>3178</v>
+      </c>
+      <c r="C126" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" t="s">
+        <v>20</v>
+      </c>
+      <c r="E126" t="s">
+        <v>3172</v>
+      </c>
+      <c r="F126" t="s">
+        <v>20</v>
+      </c>
+      <c r="G126" t="s">
+        <v>3179</v>
+      </c>
+      <c r="H126" t="s">
+        <v>3180</v>
+      </c>
+      <c r="I126" t="s">
+        <v>3181</v>
+      </c>
+      <c r="J126" t="s">
+        <v>3182</v>
+      </c>
+      <c r="K126" t="s">
+        <v>3183</v>
+      </c>
+      <c r="L126" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M126" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N126" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O126" t="s">
+        <v>2508</v>
+      </c>
+      <c r="P126" t="s">
+        <v>3184</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B127" t="s">
+        <v>3185</v>
+      </c>
+      <c r="C127" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>20</v>
+      </c>
+      <c r="E127" t="s">
+        <v>3172</v>
+      </c>
+      <c r="F127" t="s">
+        <v>20</v>
+      </c>
+      <c r="G127" t="s">
+        <v>3186</v>
+      </c>
+      <c r="H127" t="s">
+        <v>3187</v>
+      </c>
+      <c r="I127" t="s">
+        <v>3188</v>
+      </c>
+      <c r="J127" t="s">
+        <v>3182</v>
+      </c>
+      <c r="K127" t="s">
+        <v>3183</v>
+      </c>
+      <c r="L127" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M127" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N127" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O127" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P127" t="s">
+        <v>3189</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B128" t="s">
+        <v>3190</v>
+      </c>
+      <c r="C128" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" t="s">
+        <v>20</v>
+      </c>
+      <c r="E128" t="s">
+        <v>3191</v>
+      </c>
+      <c r="F128" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" t="s">
+        <v>3192</v>
+      </c>
+      <c r="H128" t="s">
+        <v>3193</v>
+      </c>
+      <c r="I128" t="s">
+        <v>3194</v>
+      </c>
+      <c r="J128" t="s">
+        <v>3195</v>
+      </c>
+      <c r="K128" t="s">
+        <v>3196</v>
+      </c>
+      <c r="L128" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M128" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N128" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O128" t="s">
+        <v>2424</v>
+      </c>
+      <c r="P128" t="s">
+        <v>3197</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B129" t="s">
+        <v>3198</v>
+      </c>
+      <c r="C129" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" t="s">
+        <v>20</v>
+      </c>
+      <c r="E129" t="s">
+        <v>3191</v>
+      </c>
+      <c r="F129" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" t="s">
+        <v>3199</v>
+      </c>
+      <c r="H129" t="s">
+        <v>3200</v>
+      </c>
+      <c r="I129" t="s">
+        <v>3201</v>
+      </c>
+      <c r="J129" t="s">
+        <v>2867</v>
+      </c>
+      <c r="K129" t="s">
+        <v>2815</v>
+      </c>
+      <c r="L129" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M129" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N129" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O129" t="s">
+        <v>2401</v>
+      </c>
+      <c r="P129" t="s">
+        <v>3202</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B130" t="s">
+        <v>3203</v>
+      </c>
+      <c r="C130" t="s">
+        <v>20</v>
+      </c>
+      <c r="D130" t="s">
+        <v>20</v>
+      </c>
+      <c r="E130" t="s">
+        <v>3204</v>
+      </c>
+      <c r="F130" t="s">
+        <v>20</v>
+      </c>
+      <c r="G130" t="s">
+        <v>3205</v>
+      </c>
+      <c r="H130" t="s">
+        <v>3206</v>
+      </c>
+      <c r="I130" t="s">
+        <v>3207</v>
+      </c>
+      <c r="J130" t="s">
+        <v>2492</v>
+      </c>
+      <c r="K130" t="s">
+        <v>50</v>
+      </c>
+      <c r="L130" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M130" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N130" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O130" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P130" t="s">
+        <v>3208</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B131" t="s">
+        <v>3209</v>
+      </c>
+      <c r="C131" t="s">
+        <v>20</v>
+      </c>
+      <c r="D131" t="s">
+        <v>20</v>
+      </c>
+      <c r="E131" t="s">
+        <v>3210</v>
+      </c>
+      <c r="F131" t="s">
+        <v>20</v>
+      </c>
+      <c r="G131" t="s">
+        <v>3211</v>
+      </c>
+      <c r="H131" t="s">
+        <v>3212</v>
+      </c>
+      <c r="I131" t="s">
+        <v>3213</v>
+      </c>
+      <c r="J131" t="s">
+        <v>2613</v>
+      </c>
+      <c r="K131" t="s">
+        <v>627</v>
+      </c>
+      <c r="L131" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M131" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N131" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O131" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P131" t="s">
+        <v>3214</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B132" t="s">
+        <v>3215</v>
+      </c>
+      <c r="C132" t="s">
+        <v>20</v>
+      </c>
+      <c r="D132" t="s">
+        <v>20</v>
+      </c>
+      <c r="E132" t="s">
+        <v>3216</v>
+      </c>
+      <c r="F132" t="s">
+        <v>20</v>
+      </c>
+      <c r="G132" t="s">
+        <v>3217</v>
+      </c>
+      <c r="H132" t="s">
+        <v>3218</v>
+      </c>
+      <c r="I132" t="s">
+        <v>3219</v>
+      </c>
+      <c r="J132" t="s">
+        <v>2667</v>
+      </c>
+      <c r="K132" t="s">
+        <v>50</v>
+      </c>
+      <c r="L132" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M132" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N132" t="s">
+        <v>2517</v>
+      </c>
+      <c r="O132" t="s">
+        <v>2518</v>
+      </c>
+      <c r="P132" t="s">
+        <v>3220</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B133" t="s">
+        <v>3221</v>
+      </c>
+      <c r="C133" t="s">
+        <v>20</v>
+      </c>
+      <c r="D133" t="s">
+        <v>20</v>
+      </c>
+      <c r="E133" t="s">
+        <v>3222</v>
+      </c>
+      <c r="F133" t="s">
+        <v>20</v>
+      </c>
+      <c r="G133" t="s">
+        <v>3223</v>
+      </c>
+      <c r="H133" t="s">
+        <v>3224</v>
+      </c>
+      <c r="I133" t="s">
+        <v>3225</v>
+      </c>
+      <c r="J133" t="s">
+        <v>3226</v>
+      </c>
+      <c r="K133" t="s">
+        <v>2910</v>
+      </c>
+      <c r="L133" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M133" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N133" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O133" t="s">
+        <v>2682</v>
+      </c>
+      <c r="P133" t="s">
+        <v>3227</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B134" t="s">
+        <v>3228</v>
+      </c>
+      <c r="C134" t="s">
+        <v>20</v>
+      </c>
+      <c r="D134" t="s">
+        <v>20</v>
+      </c>
+      <c r="E134" t="s">
+        <v>3222</v>
+      </c>
+      <c r="F134" t="s">
+        <v>20</v>
+      </c>
+      <c r="G134" t="s">
+        <v>3229</v>
+      </c>
+      <c r="H134" t="s">
+        <v>3230</v>
+      </c>
+      <c r="I134" t="s">
+        <v>3231</v>
+      </c>
+      <c r="J134" t="s">
+        <v>3232</v>
+      </c>
+      <c r="K134" t="s">
+        <v>50</v>
+      </c>
+      <c r="L134" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M134" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N134" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O134" t="s">
+        <v>2620</v>
+      </c>
+      <c r="P134" t="s">
+        <v>3233</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B135" t="s">
+        <v>3234</v>
+      </c>
+      <c r="C135" t="s">
+        <v>20</v>
+      </c>
+      <c r="D135" t="s">
+        <v>20</v>
+      </c>
+      <c r="E135" t="s">
+        <v>3235</v>
+      </c>
+      <c r="F135" t="s">
+        <v>20</v>
+      </c>
+      <c r="G135" t="s">
+        <v>3236</v>
+      </c>
+      <c r="H135" t="s">
+        <v>3237</v>
+      </c>
+      <c r="I135" t="s">
+        <v>3238</v>
+      </c>
+      <c r="J135" t="s">
+        <v>3239</v>
+      </c>
+      <c r="K135" t="s">
+        <v>2574</v>
+      </c>
+      <c r="L135" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M135" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N135" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O135" t="s">
+        <v>2614</v>
+      </c>
+      <c r="P135" t="s">
+        <v>3240</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B136" t="s">
+        <v>3241</v>
+      </c>
+      <c r="C136" t="s">
+        <v>20</v>
+      </c>
+      <c r="D136" t="s">
+        <v>20</v>
+      </c>
+      <c r="E136" t="s">
+        <v>3235</v>
+      </c>
+      <c r="F136" t="s">
+        <v>20</v>
+      </c>
+      <c r="G136" t="s">
+        <v>3242</v>
+      </c>
+      <c r="H136" t="s">
+        <v>3243</v>
+      </c>
+      <c r="I136" t="s">
+        <v>3244</v>
+      </c>
+      <c r="J136" t="s">
+        <v>2506</v>
+      </c>
+      <c r="K136" t="s">
+        <v>2507</v>
+      </c>
+      <c r="L136" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M136" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N136" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O136" t="s">
+        <v>2614</v>
+      </c>
+      <c r="P136" t="s">
+        <v>3245</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B137" t="s">
+        <v>3246</v>
+      </c>
+      <c r="C137" t="s">
+        <v>20</v>
+      </c>
+      <c r="D137" t="s">
+        <v>20</v>
+      </c>
+      <c r="E137" t="s">
+        <v>3235</v>
+      </c>
+      <c r="F137" t="s">
+        <v>20</v>
+      </c>
+      <c r="G137" t="s">
+        <v>3247</v>
+      </c>
+      <c r="H137" t="s">
+        <v>3248</v>
+      </c>
+      <c r="I137" t="s">
+        <v>3249</v>
+      </c>
+      <c r="J137" t="s">
+        <v>2867</v>
+      </c>
+      <c r="K137" t="s">
+        <v>2815</v>
+      </c>
+      <c r="L137" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M137" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N137" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O137" t="s">
+        <v>2367</v>
+      </c>
+      <c r="P137" t="s">
+        <v>3250</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B138" t="s">
+        <v>3251</v>
+      </c>
+      <c r="C138" t="s">
+        <v>20</v>
+      </c>
+      <c r="D138" t="s">
+        <v>20</v>
+      </c>
+      <c r="E138" t="s">
+        <v>3235</v>
+      </c>
+      <c r="F138" t="s">
+        <v>20</v>
+      </c>
+      <c r="G138" t="s">
+        <v>3252</v>
+      </c>
+      <c r="H138" t="s">
+        <v>3253</v>
+      </c>
+      <c r="I138" t="s">
+        <v>3249</v>
+      </c>
+      <c r="J138" t="s">
+        <v>2867</v>
+      </c>
+      <c r="K138" t="s">
+        <v>2815</v>
+      </c>
+      <c r="L138" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M138" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N138" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O138" t="s">
+        <v>2350</v>
+      </c>
+      <c r="P138" t="s">
+        <v>3254</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B139" t="s">
+        <v>3255</v>
+      </c>
+      <c r="C139" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" t="s">
+        <v>20</v>
+      </c>
+      <c r="E139" t="s">
+        <v>3256</v>
+      </c>
+      <c r="F139" t="s">
+        <v>20</v>
+      </c>
+      <c r="G139" t="s">
+        <v>3257</v>
+      </c>
+      <c r="H139" t="s">
+        <v>3258</v>
+      </c>
+      <c r="I139" t="s">
+        <v>3259</v>
+      </c>
+      <c r="J139" t="s">
+        <v>2492</v>
+      </c>
+      <c r="K139" t="s">
+        <v>50</v>
+      </c>
+      <c r="L139" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M139" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N139" t="s">
+        <v>2358</v>
+      </c>
+      <c r="O139" t="s">
+        <v>2359</v>
+      </c>
+      <c r="P139" t="s">
+        <v>3260</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B140" t="s">
+        <v>3261</v>
+      </c>
+      <c r="C140" t="s">
+        <v>20</v>
+      </c>
+      <c r="D140" t="s">
+        <v>20</v>
+      </c>
+      <c r="E140" t="s">
+        <v>3262</v>
+      </c>
+      <c r="F140" t="s">
+        <v>20</v>
+      </c>
+      <c r="G140" t="s">
+        <v>3263</v>
+      </c>
+      <c r="H140" t="s">
+        <v>3264</v>
+      </c>
+      <c r="I140" t="s">
+        <v>3265</v>
+      </c>
+      <c r="J140" t="s">
+        <v>20</v>
+      </c>
+      <c r="K140" t="s">
+        <v>3266</v>
+      </c>
+      <c r="L140" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M140" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N140" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O140" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P140" t="s">
+        <v>3267</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B141" t="s">
+        <v>3268</v>
+      </c>
+      <c r="C141" t="s">
+        <v>20</v>
+      </c>
+      <c r="D141" t="s">
+        <v>20</v>
+      </c>
+      <c r="E141" t="s">
+        <v>3262</v>
+      </c>
+      <c r="F141" t="s">
+        <v>20</v>
+      </c>
+      <c r="G141" t="s">
+        <v>3269</v>
+      </c>
+      <c r="H141" t="s">
+        <v>3270</v>
+      </c>
+      <c r="I141" t="s">
+        <v>3271</v>
+      </c>
+      <c r="J141" t="s">
+        <v>2492</v>
+      </c>
+      <c r="K141" t="s">
+        <v>50</v>
+      </c>
+      <c r="L141" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M141" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N141" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O141" t="s">
+        <v>2682</v>
+      </c>
+      <c r="P141" t="s">
+        <v>3272</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B142" t="s">
+        <v>3273</v>
+      </c>
+      <c r="C142" t="s">
+        <v>20</v>
+      </c>
+      <c r="D142" t="s">
+        <v>20</v>
+      </c>
+      <c r="E142" t="s">
+        <v>3274</v>
+      </c>
+      <c r="F142" t="s">
+        <v>20</v>
+      </c>
+      <c r="G142" t="s">
+        <v>3275</v>
+      </c>
+      <c r="H142" t="s">
+        <v>3276</v>
+      </c>
+      <c r="I142" t="s">
+        <v>2336</v>
+      </c>
+      <c r="J142" t="s">
+        <v>20</v>
+      </c>
+      <c r="K142" t="s">
+        <v>2337</v>
+      </c>
+      <c r="L142" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M142" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N142" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O142" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P142" t="s">
+        <v>3277</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B143" t="s">
+        <v>3278</v>
+      </c>
+      <c r="C143" t="s">
+        <v>20</v>
+      </c>
+      <c r="D143" t="s">
+        <v>20</v>
+      </c>
+      <c r="E143" t="s">
+        <v>3274</v>
+      </c>
+      <c r="F143" t="s">
+        <v>20</v>
+      </c>
+      <c r="G143" t="s">
+        <v>3279</v>
+      </c>
+      <c r="H143" t="s">
+        <v>3280</v>
+      </c>
+      <c r="I143" t="s">
+        <v>3281</v>
+      </c>
+      <c r="J143" t="s">
+        <v>3282</v>
+      </c>
+      <c r="K143" t="s">
+        <v>3283</v>
+      </c>
+      <c r="L143" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M143" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N143" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O143" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P143" t="s">
+        <v>3284</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B144" t="s">
+        <v>3285</v>
+      </c>
+      <c r="C144" t="s">
+        <v>20</v>
+      </c>
+      <c r="D144" t="s">
+        <v>20</v>
+      </c>
+      <c r="E144" t="s">
+        <v>3286</v>
+      </c>
+      <c r="F144" t="s">
+        <v>20</v>
+      </c>
+      <c r="G144" t="s">
+        <v>3287</v>
+      </c>
+      <c r="H144" t="s">
+        <v>3288</v>
+      </c>
+      <c r="I144" t="s">
+        <v>3289</v>
+      </c>
+      <c r="J144" t="s">
+        <v>3290</v>
+      </c>
+      <c r="K144" t="s">
+        <v>3291</v>
+      </c>
+      <c r="L144" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M144" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N144" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O144" t="s">
+        <v>2341</v>
+      </c>
+      <c r="P144" t="s">
+        <v>3292</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B145" t="s">
+        <v>3293</v>
+      </c>
+      <c r="C145" t="s">
+        <v>20</v>
+      </c>
+      <c r="D145" t="s">
+        <v>20</v>
+      </c>
+      <c r="E145" t="s">
+        <v>3294</v>
+      </c>
+      <c r="F145" t="s">
+        <v>20</v>
+      </c>
+      <c r="G145" t="s">
+        <v>3295</v>
+      </c>
+      <c r="H145" t="s">
+        <v>3296</v>
+      </c>
+      <c r="I145" t="s">
+        <v>3297</v>
+      </c>
+      <c r="J145" t="s">
+        <v>2626</v>
+      </c>
+      <c r="K145" t="s">
+        <v>2627</v>
+      </c>
+      <c r="L145" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M145" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N145" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O145" t="s">
+        <v>2614</v>
+      </c>
+      <c r="P145" t="s">
+        <v>3298</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B146" t="s">
+        <v>3299</v>
+      </c>
+      <c r="C146" t="s">
+        <v>20</v>
+      </c>
+      <c r="D146" t="s">
+        <v>20</v>
+      </c>
+      <c r="E146" t="s">
+        <v>3300</v>
+      </c>
+      <c r="F146" t="s">
+        <v>20</v>
+      </c>
+      <c r="G146" t="s">
+        <v>3301</v>
+      </c>
+      <c r="H146" t="s">
+        <v>3302</v>
+      </c>
+      <c r="I146" t="s">
+        <v>3303</v>
+      </c>
+      <c r="J146" t="s">
+        <v>2543</v>
+      </c>
+      <c r="K146" t="s">
+        <v>2544</v>
+      </c>
+      <c r="L146" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M146" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N146" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O146" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P146" t="s">
+        <v>3304</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B147" t="s">
+        <v>3305</v>
+      </c>
+      <c r="C147" t="s">
+        <v>20</v>
+      </c>
+      <c r="D147" t="s">
+        <v>20</v>
+      </c>
+      <c r="E147" t="s">
+        <v>3306</v>
+      </c>
+      <c r="F147" t="s">
+        <v>20</v>
+      </c>
+      <c r="G147" t="s">
+        <v>3307</v>
+      </c>
+      <c r="H147" t="s">
+        <v>3308</v>
+      </c>
+      <c r="I147" t="s">
+        <v>3309</v>
+      </c>
+      <c r="J147" t="s">
+        <v>2478</v>
+      </c>
+      <c r="K147" t="s">
+        <v>2479</v>
+      </c>
+      <c r="L147" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M147" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N147" t="s">
+        <v>2358</v>
+      </c>
+      <c r="O147" t="s">
+        <v>2359</v>
+      </c>
+      <c r="P147" t="s">
+        <v>3310</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B148" t="s">
+        <v>3311</v>
+      </c>
+      <c r="C148" t="s">
+        <v>20</v>
+      </c>
+      <c r="D148" t="s">
+        <v>20</v>
+      </c>
+      <c r="E148" t="s">
+        <v>3312</v>
+      </c>
+      <c r="F148" t="s">
+        <v>20</v>
+      </c>
+      <c r="G148" t="s">
+        <v>3313</v>
+      </c>
+      <c r="H148" t="s">
+        <v>3314</v>
+      </c>
+      <c r="I148" t="s">
+        <v>3315</v>
+      </c>
+      <c r="J148" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K148" t="s">
+        <v>197</v>
+      </c>
+      <c r="L148" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M148" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N148" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O148" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P148" t="s">
+        <v>3316</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B149" t="s">
+        <v>3317</v>
+      </c>
+      <c r="C149" t="s">
+        <v>20</v>
+      </c>
+      <c r="D149" t="s">
+        <v>20</v>
+      </c>
+      <c r="E149" t="s">
+        <v>3318</v>
+      </c>
+      <c r="F149" t="s">
+        <v>20</v>
+      </c>
+      <c r="G149" t="s">
+        <v>3319</v>
+      </c>
+      <c r="H149" t="s">
+        <v>3320</v>
+      </c>
+      <c r="I149" t="s">
+        <v>3321</v>
+      </c>
+      <c r="J149" t="s">
+        <v>2551</v>
+      </c>
+      <c r="K149" t="s">
+        <v>59</v>
+      </c>
+      <c r="L149" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M149" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N149" t="s">
+        <v>2358</v>
+      </c>
+      <c r="O149" t="s">
+        <v>2359</v>
+      </c>
+      <c r="P149" t="s">
+        <v>3322</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B150" t="s">
+        <v>3323</v>
+      </c>
+      <c r="C150" t="s">
+        <v>20</v>
+      </c>
+      <c r="D150" t="s">
+        <v>20</v>
+      </c>
+      <c r="E150" t="s">
+        <v>3318</v>
+      </c>
+      <c r="F150" t="s">
+        <v>20</v>
+      </c>
+      <c r="G150" t="s">
+        <v>3324</v>
+      </c>
+      <c r="H150" t="s">
+        <v>3325</v>
+      </c>
+      <c r="I150" t="s">
+        <v>3326</v>
+      </c>
+      <c r="J150" t="s">
+        <v>3327</v>
+      </c>
+      <c r="K150" t="s">
+        <v>3328</v>
+      </c>
+      <c r="L150" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M150" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N150" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O150" t="s">
+        <v>2451</v>
+      </c>
+      <c r="P150" t="s">
+        <v>3329</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B151" t="s">
+        <v>3330</v>
+      </c>
+      <c r="C151" t="s">
+        <v>20</v>
+      </c>
+      <c r="D151" t="s">
+        <v>20</v>
+      </c>
+      <c r="E151" t="s">
+        <v>3318</v>
+      </c>
+      <c r="F151" t="s">
+        <v>20</v>
+      </c>
+      <c r="G151" t="s">
+        <v>3331</v>
+      </c>
+      <c r="H151" t="s">
+        <v>3332</v>
+      </c>
+      <c r="I151" t="s">
+        <v>3327</v>
+      </c>
+      <c r="J151" t="s">
+        <v>20</v>
+      </c>
+      <c r="K151" t="s">
+        <v>3328</v>
+      </c>
+      <c r="L151" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M151" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N151" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O151" t="s">
+        <v>2451</v>
+      </c>
+      <c r="P151" t="s">
+        <v>3333</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B152" t="s">
+        <v>3334</v>
+      </c>
+      <c r="C152" t="s">
+        <v>20</v>
+      </c>
+      <c r="D152" t="s">
+        <v>20</v>
+      </c>
+      <c r="E152" t="s">
+        <v>3335</v>
+      </c>
+      <c r="F152" t="s">
+        <v>20</v>
+      </c>
+      <c r="G152" t="s">
+        <v>3336</v>
+      </c>
+      <c r="H152" t="s">
+        <v>3337</v>
+      </c>
+      <c r="I152" t="s">
+        <v>3338</v>
+      </c>
+      <c r="J152" t="s">
+        <v>2506</v>
+      </c>
+      <c r="K152" t="s">
+        <v>2507</v>
+      </c>
+      <c r="L152" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M152" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N152" t="s">
+        <v>2768</v>
+      </c>
+      <c r="O152" t="s">
+        <v>2889</v>
+      </c>
+      <c r="P152" t="s">
+        <v>3339</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B153" t="s">
+        <v>3340</v>
+      </c>
+      <c r="C153" t="s">
+        <v>20</v>
+      </c>
+      <c r="D153" t="s">
+        <v>20</v>
+      </c>
+      <c r="E153" t="s">
+        <v>3335</v>
+      </c>
+      <c r="F153" t="s">
+        <v>20</v>
+      </c>
+      <c r="G153" t="s">
+        <v>3341</v>
+      </c>
+      <c r="H153" t="s">
+        <v>3342</v>
+      </c>
+      <c r="I153" t="s">
+        <v>3343</v>
+      </c>
+      <c r="J153" t="s">
+        <v>3344</v>
+      </c>
+      <c r="K153" t="s">
+        <v>3345</v>
+      </c>
+      <c r="L153" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M153" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N153" t="s">
+        <v>2768</v>
+      </c>
+      <c r="O153" t="s">
+        <v>2889</v>
+      </c>
+      <c r="P153" t="s">
+        <v>3346</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B154" t="s">
+        <v>3347</v>
+      </c>
+      <c r="C154" t="s">
+        <v>20</v>
+      </c>
+      <c r="D154" t="s">
+        <v>20</v>
+      </c>
+      <c r="E154" t="s">
+        <v>3335</v>
+      </c>
+      <c r="F154" t="s">
+        <v>20</v>
+      </c>
+      <c r="G154" t="s">
+        <v>3348</v>
+      </c>
+      <c r="H154" t="s">
+        <v>3349</v>
+      </c>
+      <c r="I154" t="s">
+        <v>3350</v>
+      </c>
+      <c r="J154" t="s">
+        <v>3351</v>
+      </c>
+      <c r="K154" t="s">
+        <v>50</v>
+      </c>
+      <c r="L154" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M154" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N154" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O154" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P154" t="s">
+        <v>3352</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B155" t="s">
+        <v>3353</v>
+      </c>
+      <c r="C155" t="s">
+        <v>20</v>
+      </c>
+      <c r="D155" t="s">
+        <v>20</v>
+      </c>
+      <c r="E155" t="s">
+        <v>3354</v>
+      </c>
+      <c r="F155" t="s">
+        <v>20</v>
+      </c>
+      <c r="G155" t="s">
+        <v>3355</v>
+      </c>
+      <c r="H155" t="s">
+        <v>3356</v>
+      </c>
+      <c r="I155" t="s">
+        <v>3357</v>
+      </c>
+      <c r="J155" t="s">
+        <v>2697</v>
+      </c>
+      <c r="K155" t="s">
+        <v>473</v>
+      </c>
+      <c r="L155" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M155" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N155" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O155" t="s">
+        <v>2682</v>
+      </c>
+      <c r="P155" t="s">
+        <v>3358</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B156" t="s">
+        <v>3359</v>
+      </c>
+      <c r="C156" t="s">
+        <v>20</v>
+      </c>
+      <c r="D156" t="s">
+        <v>20</v>
+      </c>
+      <c r="E156" t="s">
+        <v>3360</v>
+      </c>
+      <c r="F156" t="s">
+        <v>20</v>
+      </c>
+      <c r="G156" t="s">
+        <v>3361</v>
+      </c>
+      <c r="H156" t="s">
+        <v>3362</v>
+      </c>
+      <c r="I156" t="s">
+        <v>3363</v>
+      </c>
+      <c r="J156" t="s">
+        <v>2867</v>
+      </c>
+      <c r="K156" t="s">
+        <v>2815</v>
+      </c>
+      <c r="L156" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M156" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N156" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O156" t="s">
+        <v>2401</v>
+      </c>
+      <c r="P156" t="s">
+        <v>3364</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B157" t="s">
+        <v>3365</v>
+      </c>
+      <c r="C157" t="s">
+        <v>20</v>
+      </c>
+      <c r="D157" t="s">
+        <v>20</v>
+      </c>
+      <c r="E157" t="s">
+        <v>3360</v>
+      </c>
+      <c r="F157" t="s">
+        <v>20</v>
+      </c>
+      <c r="G157" t="s">
+        <v>3366</v>
+      </c>
+      <c r="H157" t="s">
+        <v>3367</v>
+      </c>
+      <c r="I157" t="s">
+        <v>3368</v>
+      </c>
+      <c r="J157" t="s">
+        <v>3369</v>
+      </c>
+      <c r="K157" t="s">
+        <v>3370</v>
+      </c>
+      <c r="L157" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M157" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N157" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O157" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P157" t="s">
+        <v>3371</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B158" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C158" t="s">
+        <v>20</v>
+      </c>
+      <c r="D158" t="s">
+        <v>20</v>
+      </c>
+      <c r="E158" t="s">
+        <v>3373</v>
+      </c>
+      <c r="F158" t="s">
+        <v>20</v>
+      </c>
+      <c r="G158" t="s">
+        <v>3374</v>
+      </c>
+      <c r="H158" t="s">
+        <v>3375</v>
+      </c>
+      <c r="I158" t="s">
+        <v>3376</v>
+      </c>
+      <c r="J158" t="s">
+        <v>3377</v>
+      </c>
+      <c r="K158" t="s">
+        <v>1280</v>
+      </c>
+      <c r="L158" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M158" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N158" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O158" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P158" t="s">
+        <v>3378</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B159" t="s">
+        <v>3379</v>
+      </c>
+      <c r="C159" t="s">
+        <v>20</v>
+      </c>
+      <c r="D159" t="s">
+        <v>20</v>
+      </c>
+      <c r="E159" t="s">
+        <v>3380</v>
+      </c>
+      <c r="F159" t="s">
+        <v>20</v>
+      </c>
+      <c r="G159" t="s">
+        <v>3381</v>
+      </c>
+      <c r="H159" t="s">
+        <v>3382</v>
+      </c>
+      <c r="I159" t="s">
+        <v>3383</v>
+      </c>
+      <c r="J159" t="s">
+        <v>3384</v>
+      </c>
+      <c r="K159" t="s">
+        <v>3385</v>
+      </c>
+      <c r="L159" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M159" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N159" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O159" t="s">
+        <v>2432</v>
+      </c>
+      <c r="P159" t="s">
+        <v>3386</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B160" t="s">
+        <v>3387</v>
+      </c>
+      <c r="C160" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" t="s">
+        <v>20</v>
+      </c>
+      <c r="E160" t="s">
+        <v>3380</v>
+      </c>
+      <c r="F160" t="s">
+        <v>20</v>
+      </c>
+      <c r="G160" t="s">
+        <v>3388</v>
+      </c>
+      <c r="H160" t="s">
+        <v>3389</v>
+      </c>
+      <c r="I160" t="s">
+        <v>3390</v>
+      </c>
+      <c r="J160" t="s">
+        <v>3384</v>
+      </c>
+      <c r="K160" t="s">
+        <v>3385</v>
+      </c>
+      <c r="L160" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M160" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N160" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O160" t="s">
+        <v>2508</v>
+      </c>
+      <c r="P160" t="s">
+        <v>3391</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B161" t="s">
+        <v>3392</v>
+      </c>
+      <c r="C161" t="s">
+        <v>20</v>
+      </c>
+      <c r="D161" t="s">
+        <v>20</v>
+      </c>
+      <c r="E161" t="s">
+        <v>3393</v>
+      </c>
+      <c r="F161" t="s">
+        <v>20</v>
+      </c>
+      <c r="G161" t="s">
+        <v>3394</v>
+      </c>
+      <c r="H161" t="s">
+        <v>3395</v>
+      </c>
+      <c r="I161" t="s">
+        <v>3396</v>
+      </c>
+      <c r="J161" t="s">
+        <v>3397</v>
+      </c>
+      <c r="K161" t="s">
+        <v>3398</v>
+      </c>
+      <c r="L161" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M161" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N161" t="s">
+        <v>2768</v>
+      </c>
+      <c r="O161" t="s">
+        <v>2889</v>
+      </c>
+      <c r="P161" t="s">
+        <v>3399</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B162" t="s">
+        <v>3400</v>
+      </c>
+      <c r="C162" t="s">
+        <v>20</v>
+      </c>
+      <c r="D162" t="s">
+        <v>20</v>
+      </c>
+      <c r="E162" t="s">
+        <v>3401</v>
+      </c>
+      <c r="F162" t="s">
+        <v>20</v>
+      </c>
+      <c r="G162" t="s">
+        <v>3402</v>
+      </c>
+      <c r="H162" t="s">
+        <v>3403</v>
+      </c>
+      <c r="I162" t="s">
+        <v>3404</v>
+      </c>
+      <c r="J162" t="s">
+        <v>3405</v>
+      </c>
+      <c r="K162" t="s">
+        <v>3406</v>
+      </c>
+      <c r="L162" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M162" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N162" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O162" t="s">
+        <v>2341</v>
+      </c>
+      <c r="P162" t="s">
+        <v>3407</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B163" t="s">
+        <v>3408</v>
+      </c>
+      <c r="C163" t="s">
+        <v>20</v>
+      </c>
+      <c r="D163" t="s">
+        <v>20</v>
+      </c>
+      <c r="E163" t="s">
+        <v>3409</v>
+      </c>
+      <c r="F163" t="s">
+        <v>20</v>
+      </c>
+      <c r="G163" t="s">
+        <v>3410</v>
+      </c>
+      <c r="H163" t="s">
+        <v>3411</v>
+      </c>
+      <c r="I163" t="s">
+        <v>3412</v>
+      </c>
+      <c r="J163" t="s">
+        <v>2851</v>
+      </c>
+      <c r="K163" t="s">
+        <v>2852</v>
+      </c>
+      <c r="L163" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M163" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N163" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O163" t="s">
+        <v>2614</v>
+      </c>
+      <c r="P163" t="s">
+        <v>3413</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B164" t="s">
+        <v>3414</v>
+      </c>
+      <c r="C164" t="s">
+        <v>20</v>
+      </c>
+      <c r="D164" t="s">
+        <v>20</v>
+      </c>
+      <c r="E164" t="s">
+        <v>3409</v>
+      </c>
+      <c r="F164" t="s">
+        <v>20</v>
+      </c>
+      <c r="G164" t="s">
+        <v>3415</v>
+      </c>
+      <c r="H164" t="s">
+        <v>3416</v>
+      </c>
+      <c r="I164" t="s">
+        <v>3022</v>
+      </c>
+      <c r="J164" t="s">
+        <v>2551</v>
+      </c>
+      <c r="K164" t="s">
+        <v>59</v>
+      </c>
+      <c r="L164" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M164" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N164" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O164" t="s">
+        <v>2508</v>
+      </c>
+      <c r="P164" t="s">
+        <v>3417</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B165" t="s">
+        <v>3418</v>
+      </c>
+      <c r="C165" t="s">
+        <v>20</v>
+      </c>
+      <c r="D165" t="s">
+        <v>20</v>
+      </c>
+      <c r="E165" t="s">
+        <v>3409</v>
+      </c>
+      <c r="F165" t="s">
+        <v>20</v>
+      </c>
+      <c r="G165" t="s">
+        <v>3419</v>
+      </c>
+      <c r="H165" t="s">
+        <v>3420</v>
+      </c>
+      <c r="I165" t="s">
+        <v>3421</v>
+      </c>
+      <c r="J165" t="s">
+        <v>3422</v>
+      </c>
+      <c r="K165" t="s">
+        <v>3423</v>
+      </c>
+      <c r="L165" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M165" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N165" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O165" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P165" t="s">
+        <v>3424</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B166" t="s">
+        <v>3425</v>
+      </c>
+      <c r="C166" t="s">
+        <v>20</v>
+      </c>
+      <c r="D166" t="s">
+        <v>20</v>
+      </c>
+      <c r="E166" t="s">
+        <v>3426</v>
+      </c>
+      <c r="F166" t="s">
+        <v>20</v>
+      </c>
+      <c r="G166" t="s">
+        <v>3427</v>
+      </c>
+      <c r="H166" t="s">
+        <v>3428</v>
+      </c>
+      <c r="I166" t="s">
+        <v>3429</v>
+      </c>
+      <c r="J166" t="s">
+        <v>3430</v>
+      </c>
+      <c r="K166" t="s">
+        <v>3431</v>
+      </c>
+      <c r="L166" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M166" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N166" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O166" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P166" t="s">
+        <v>3432</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B167" t="s">
+        <v>3433</v>
+      </c>
+      <c r="C167" t="s">
+        <v>20</v>
+      </c>
+      <c r="D167" t="s">
+        <v>20</v>
+      </c>
+      <c r="E167" t="s">
+        <v>3426</v>
+      </c>
+      <c r="F167" t="s">
+        <v>20</v>
+      </c>
+      <c r="G167" t="s">
+        <v>3434</v>
+      </c>
+      <c r="H167" t="s">
+        <v>3435</v>
+      </c>
+      <c r="I167" t="s">
+        <v>3436</v>
+      </c>
+      <c r="J167" t="s">
+        <v>2464</v>
+      </c>
+      <c r="K167" t="s">
+        <v>2465</v>
+      </c>
+      <c r="L167" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M167" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N167" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O167" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P167" t="s">
+        <v>3437</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B168" t="s">
+        <v>3438</v>
+      </c>
+      <c r="C168" t="s">
+        <v>20</v>
+      </c>
+      <c r="D168" t="s">
+        <v>20</v>
+      </c>
+      <c r="E168" t="s">
+        <v>3439</v>
+      </c>
+      <c r="F168" t="s">
+        <v>20</v>
+      </c>
+      <c r="G168" t="s">
+        <v>3440</v>
+      </c>
+      <c r="H168" t="s">
+        <v>3441</v>
+      </c>
+      <c r="I168" t="s">
+        <v>3442</v>
+      </c>
+      <c r="J168" t="s">
+        <v>20</v>
+      </c>
+      <c r="K168" t="s">
+        <v>3443</v>
+      </c>
+      <c r="L168" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M168" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N168" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O168" t="s">
+        <v>2432</v>
+      </c>
+      <c r="P168" t="s">
+        <v>3444</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B169" t="s">
+        <v>3445</v>
+      </c>
+      <c r="C169" t="s">
+        <v>20</v>
+      </c>
+      <c r="D169" t="s">
+        <v>20</v>
+      </c>
+      <c r="E169" t="s">
+        <v>3446</v>
+      </c>
+      <c r="F169" t="s">
+        <v>20</v>
+      </c>
+      <c r="G169" t="s">
+        <v>3447</v>
+      </c>
+      <c r="H169" t="s">
+        <v>3448</v>
+      </c>
+      <c r="I169" t="s">
+        <v>2464</v>
+      </c>
+      <c r="J169" t="s">
+        <v>20</v>
+      </c>
+      <c r="K169" t="s">
+        <v>2465</v>
+      </c>
+      <c r="L169" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M169" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N169" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O169" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P169" t="s">
+        <v>3449</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B170" t="s">
+        <v>3450</v>
+      </c>
+      <c r="C170" t="s">
+        <v>20</v>
+      </c>
+      <c r="D170" t="s">
+        <v>20</v>
+      </c>
+      <c r="E170" t="s">
+        <v>3446</v>
+      </c>
+      <c r="F170" t="s">
+        <v>20</v>
+      </c>
+      <c r="G170" t="s">
+        <v>3451</v>
+      </c>
+      <c r="H170" t="s">
+        <v>3452</v>
+      </c>
+      <c r="I170" t="s">
+        <v>3453</v>
+      </c>
+      <c r="J170" t="s">
+        <v>3454</v>
+      </c>
+      <c r="K170" t="s">
+        <v>3455</v>
+      </c>
+      <c r="L170" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M170" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N170" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O170" t="s">
+        <v>2432</v>
+      </c>
+      <c r="P170" t="s">
+        <v>3456</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B171" t="s">
+        <v>3457</v>
+      </c>
+      <c r="C171" t="s">
+        <v>20</v>
+      </c>
+      <c r="D171" t="s">
+        <v>20</v>
+      </c>
+      <c r="E171" t="s">
+        <v>3446</v>
+      </c>
+      <c r="F171" t="s">
+        <v>20</v>
+      </c>
+      <c r="G171" t="s">
+        <v>3458</v>
+      </c>
+      <c r="H171" t="s">
+        <v>3459</v>
+      </c>
+      <c r="I171" t="s">
+        <v>3460</v>
+      </c>
+      <c r="J171" t="s">
+        <v>3454</v>
+      </c>
+      <c r="K171" t="s">
+        <v>3455</v>
+      </c>
+      <c r="L171" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M171" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N171" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O171" t="s">
+        <v>2432</v>
+      </c>
+      <c r="P171" t="s">
+        <v>3461</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B172" t="s">
+        <v>3462</v>
+      </c>
+      <c r="C172" t="s">
+        <v>20</v>
+      </c>
+      <c r="D172" t="s">
+        <v>20</v>
+      </c>
+      <c r="E172" t="s">
+        <v>3463</v>
+      </c>
+      <c r="F172" t="s">
+        <v>20</v>
+      </c>
+      <c r="G172" t="s">
+        <v>3464</v>
+      </c>
+      <c r="H172" t="s">
+        <v>3465</v>
+      </c>
+      <c r="I172" t="s">
+        <v>3466</v>
+      </c>
+      <c r="J172" t="s">
+        <v>2697</v>
+      </c>
+      <c r="K172" t="s">
+        <v>473</v>
+      </c>
+      <c r="L172" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M172" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N172" t="s">
+        <v>2517</v>
+      </c>
+      <c r="O172" t="s">
+        <v>3467</v>
+      </c>
+      <c r="P172" t="s">
+        <v>3468</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B173" t="s">
+        <v>3469</v>
+      </c>
+      <c r="C173" t="s">
+        <v>20</v>
+      </c>
+      <c r="D173" t="s">
+        <v>20</v>
+      </c>
+      <c r="E173" t="s">
+        <v>3470</v>
+      </c>
+      <c r="F173" t="s">
+        <v>20</v>
+      </c>
+      <c r="G173" t="s">
+        <v>3471</v>
+      </c>
+      <c r="H173" t="s">
+        <v>3472</v>
+      </c>
+      <c r="I173" t="s">
+        <v>3473</v>
+      </c>
+      <c r="J173" t="s">
+        <v>2492</v>
+      </c>
+      <c r="K173" t="s">
+        <v>50</v>
+      </c>
+      <c r="L173" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M173" t="s">
+        <v>2457</v>
+      </c>
+      <c r="N173" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O173" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P173" t="s">
+        <v>3474</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B174" t="s">
+        <v>3475</v>
+      </c>
+      <c r="C174" t="s">
+        <v>20</v>
+      </c>
+      <c r="D174" t="s">
+        <v>20</v>
+      </c>
+      <c r="E174" t="s">
+        <v>3476</v>
+      </c>
+      <c r="F174" t="s">
+        <v>20</v>
+      </c>
+      <c r="G174" t="s">
+        <v>3477</v>
+      </c>
+      <c r="H174" t="s">
+        <v>3478</v>
+      </c>
+      <c r="I174" t="s">
+        <v>3011</v>
+      </c>
+      <c r="J174" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K174" t="s">
+        <v>197</v>
+      </c>
+      <c r="L174" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M174" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N174" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O174" t="s">
+        <v>2614</v>
+      </c>
+      <c r="P174" t="s">
+        <v>3479</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B175" t="s">
+        <v>3480</v>
+      </c>
+      <c r="C175" t="s">
+        <v>20</v>
+      </c>
+      <c r="D175" t="s">
+        <v>20</v>
+      </c>
+      <c r="E175" t="s">
+        <v>3476</v>
+      </c>
+      <c r="F175" t="s">
+        <v>20</v>
+      </c>
+      <c r="G175" t="s">
+        <v>3481</v>
+      </c>
+      <c r="H175" t="s">
+        <v>3482</v>
+      </c>
+      <c r="I175" t="s">
+        <v>2543</v>
+      </c>
+      <c r="J175" t="s">
+        <v>20</v>
+      </c>
+      <c r="K175" t="s">
+        <v>2544</v>
+      </c>
+      <c r="L175" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M175" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N175" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O175" t="s">
+        <v>2432</v>
+      </c>
+      <c r="P175" t="s">
+        <v>3483</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B176" t="s">
+        <v>3484</v>
+      </c>
+      <c r="C176" t="s">
+        <v>20</v>
+      </c>
+      <c r="D176" t="s">
+        <v>20</v>
+      </c>
+      <c r="E176" t="s">
+        <v>3485</v>
+      </c>
+      <c r="F176" t="s">
+        <v>20</v>
+      </c>
+      <c r="G176" t="s">
+        <v>3486</v>
+      </c>
+      <c r="H176" t="s">
+        <v>3487</v>
+      </c>
+      <c r="I176" t="s">
+        <v>3488</v>
+      </c>
+      <c r="J176" t="s">
+        <v>3489</v>
+      </c>
+      <c r="K176" t="s">
+        <v>2479</v>
+      </c>
+      <c r="L176" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M176" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N176" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O176" t="s">
+        <v>2424</v>
+      </c>
+      <c r="P176" t="s">
+        <v>3490</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B177" t="s">
+        <v>3491</v>
+      </c>
+      <c r="C177" t="s">
+        <v>20</v>
+      </c>
+      <c r="D177" t="s">
+        <v>20</v>
+      </c>
+      <c r="E177" t="s">
+        <v>3492</v>
+      </c>
+      <c r="F177" t="s">
+        <v>20</v>
+      </c>
+      <c r="G177" t="s">
+        <v>3493</v>
+      </c>
+      <c r="H177" t="s">
+        <v>3494</v>
+      </c>
+      <c r="I177" t="s">
+        <v>3495</v>
+      </c>
+      <c r="J177" t="s">
+        <v>2492</v>
+      </c>
+      <c r="K177" t="s">
+        <v>50</v>
+      </c>
+      <c r="L177" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M177" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N177" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O177" t="s">
+        <v>2424</v>
+      </c>
+      <c r="P177" t="s">
+        <v>3496</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B178" t="s">
+        <v>3497</v>
+      </c>
+      <c r="C178" t="s">
+        <v>20</v>
+      </c>
+      <c r="D178" t="s">
+        <v>20</v>
+      </c>
+      <c r="E178" t="s">
+        <v>3492</v>
+      </c>
+      <c r="F178" t="s">
+        <v>20</v>
+      </c>
+      <c r="G178" t="s">
+        <v>3498</v>
+      </c>
+      <c r="H178" t="s">
+        <v>3499</v>
+      </c>
+      <c r="I178" t="s">
+        <v>3500</v>
+      </c>
+      <c r="J178" t="s">
+        <v>2478</v>
+      </c>
+      <c r="K178" t="s">
+        <v>2479</v>
+      </c>
+      <c r="L178" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M178" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N178" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O178" t="s">
+        <v>2424</v>
+      </c>
+      <c r="P178" t="s">
+        <v>3501</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B179" t="s">
+        <v>3502</v>
+      </c>
+      <c r="C179" t="s">
+        <v>20</v>
+      </c>
+      <c r="D179" t="s">
+        <v>20</v>
+      </c>
+      <c r="E179" t="s">
+        <v>3492</v>
+      </c>
+      <c r="F179" t="s">
+        <v>20</v>
+      </c>
+      <c r="G179" t="s">
+        <v>3503</v>
+      </c>
+      <c r="H179" t="s">
+        <v>3504</v>
+      </c>
+      <c r="I179" t="s">
+        <v>3505</v>
+      </c>
+      <c r="J179" t="s">
+        <v>2697</v>
+      </c>
+      <c r="K179" t="s">
+        <v>473</v>
+      </c>
+      <c r="L179" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M179" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N179" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O179" t="s">
+        <v>2508</v>
+      </c>
+      <c r="P179" t="s">
+        <v>3506</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B180" t="s">
+        <v>3507</v>
+      </c>
+      <c r="C180" t="s">
+        <v>20</v>
+      </c>
+      <c r="D180" t="s">
+        <v>20</v>
+      </c>
+      <c r="E180" t="s">
+        <v>3492</v>
+      </c>
+      <c r="F180" t="s">
+        <v>20</v>
+      </c>
+      <c r="G180" t="s">
+        <v>3508</v>
+      </c>
+      <c r="H180" t="s">
+        <v>3509</v>
+      </c>
+      <c r="I180" t="s">
+        <v>3510</v>
+      </c>
+      <c r="J180" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K180" t="s">
+        <v>197</v>
+      </c>
+      <c r="L180" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M180" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N180" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O180" t="s">
+        <v>2432</v>
+      </c>
+      <c r="P180" t="s">
+        <v>3511</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B181" t="s">
+        <v>3512</v>
+      </c>
+      <c r="C181" t="s">
+        <v>20</v>
+      </c>
+      <c r="D181" t="s">
+        <v>20</v>
+      </c>
+      <c r="E181" t="s">
+        <v>3513</v>
+      </c>
+      <c r="F181" t="s">
+        <v>20</v>
+      </c>
+      <c r="G181" t="s">
+        <v>3514</v>
+      </c>
+      <c r="H181" t="s">
+        <v>3515</v>
+      </c>
+      <c r="I181" t="s">
+        <v>3516</v>
+      </c>
+      <c r="J181" t="s">
+        <v>2867</v>
+      </c>
+      <c r="K181" t="s">
+        <v>2815</v>
+      </c>
+      <c r="L181" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M181" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N181" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O181" t="s">
+        <v>2614</v>
+      </c>
+      <c r="P181" t="s">
+        <v>3517</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B182" t="s">
+        <v>3518</v>
+      </c>
+      <c r="C182" t="s">
+        <v>20</v>
+      </c>
+      <c r="D182" t="s">
+        <v>20</v>
+      </c>
+      <c r="E182" t="s">
+        <v>3513</v>
+      </c>
+      <c r="F182" t="s">
+        <v>20</v>
+      </c>
+      <c r="G182" t="s">
+        <v>3519</v>
+      </c>
+      <c r="H182" t="s">
+        <v>3520</v>
+      </c>
+      <c r="I182" t="s">
+        <v>3521</v>
+      </c>
+      <c r="J182" t="s">
+        <v>2348</v>
+      </c>
+      <c r="K182" t="s">
+        <v>1067</v>
+      </c>
+      <c r="L182" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M182" t="s">
+        <v>2383</v>
+      </c>
+      <c r="N182" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O182" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P182" t="s">
+        <v>3522</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B183" t="s">
+        <v>3523</v>
+      </c>
+      <c r="C183" t="s">
+        <v>20</v>
+      </c>
+      <c r="D183" t="s">
+        <v>20</v>
+      </c>
+      <c r="E183" t="s">
+        <v>3524</v>
+      </c>
+      <c r="F183" t="s">
+        <v>20</v>
+      </c>
+      <c r="G183" t="s">
+        <v>3525</v>
+      </c>
+      <c r="H183" t="s">
+        <v>3526</v>
+      </c>
+      <c r="I183" t="s">
+        <v>3527</v>
+      </c>
+      <c r="J183" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K183" t="s">
+        <v>197</v>
+      </c>
+      <c r="L183" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M183" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N183" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O183" t="s">
+        <v>3528</v>
+      </c>
+      <c r="P183" t="s">
+        <v>3529</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B184" t="s">
+        <v>3530</v>
+      </c>
+      <c r="C184" t="s">
+        <v>20</v>
+      </c>
+      <c r="D184" t="s">
+        <v>20</v>
+      </c>
+      <c r="E184" t="s">
+        <v>3524</v>
+      </c>
+      <c r="F184" t="s">
+        <v>20</v>
+      </c>
+      <c r="G184" t="s">
+        <v>3531</v>
+      </c>
+      <c r="H184" t="s">
+        <v>3532</v>
+      </c>
+      <c r="I184" t="s">
+        <v>3527</v>
+      </c>
+      <c r="J184" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K184" t="s">
+        <v>197</v>
+      </c>
+      <c r="L184" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M184" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N184" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O184" t="s">
+        <v>2367</v>
+      </c>
+      <c r="P184" t="s">
+        <v>3533</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B185" t="s">
+        <v>3534</v>
+      </c>
+      <c r="C185" t="s">
+        <v>20</v>
+      </c>
+      <c r="D185" t="s">
+        <v>20</v>
+      </c>
+      <c r="E185" t="s">
+        <v>3535</v>
+      </c>
+      <c r="F185" t="s">
+        <v>20</v>
+      </c>
+      <c r="G185" t="s">
+        <v>3536</v>
+      </c>
+      <c r="H185" t="s">
+        <v>3537</v>
+      </c>
+      <c r="I185" t="s">
+        <v>3239</v>
+      </c>
+      <c r="J185" t="s">
+        <v>20</v>
+      </c>
+      <c r="K185" t="s">
+        <v>2574</v>
+      </c>
+      <c r="L185" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M185" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N185" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O185" t="s">
+        <v>2432</v>
+      </c>
+      <c r="P185" t="s">
+        <v>3538</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B186" t="s">
+        <v>3539</v>
+      </c>
+      <c r="C186" t="s">
+        <v>20</v>
+      </c>
+      <c r="D186" t="s">
+        <v>20</v>
+      </c>
+      <c r="E186" t="s">
+        <v>3535</v>
+      </c>
+      <c r="F186" t="s">
+        <v>20</v>
+      </c>
+      <c r="G186" t="s">
+        <v>3540</v>
+      </c>
+      <c r="H186" t="s">
+        <v>3541</v>
+      </c>
+      <c r="I186" t="s">
+        <v>3542</v>
+      </c>
+      <c r="J186" t="s">
+        <v>3543</v>
+      </c>
+      <c r="K186" t="s">
+        <v>3544</v>
+      </c>
+      <c r="L186" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M186" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N186" t="s">
+        <v>2358</v>
+      </c>
+      <c r="O186" t="s">
+        <v>2359</v>
+      </c>
+      <c r="P186" t="s">
+        <v>3545</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B187" t="s">
+        <v>3546</v>
+      </c>
+      <c r="C187" t="s">
+        <v>20</v>
+      </c>
+      <c r="D187" t="s">
+        <v>20</v>
+      </c>
+      <c r="E187" t="s">
+        <v>3547</v>
+      </c>
+      <c r="F187" t="s">
+        <v>20</v>
+      </c>
+      <c r="G187" t="s">
+        <v>3548</v>
+      </c>
+      <c r="H187" t="s">
+        <v>3549</v>
+      </c>
+      <c r="I187" t="s">
+        <v>3550</v>
+      </c>
+      <c r="J187" t="s">
+        <v>20</v>
+      </c>
+      <c r="K187" t="s">
+        <v>2408</v>
+      </c>
+      <c r="L187" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M187" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N187" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O187" t="s">
+        <v>2350</v>
+      </c>
+      <c r="P187" t="s">
+        <v>3551</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B188" t="s">
+        <v>3552</v>
+      </c>
+      <c r="C188" t="s">
+        <v>20</v>
+      </c>
+      <c r="D188" t="s">
+        <v>20</v>
+      </c>
+      <c r="E188" t="s">
+        <v>3553</v>
+      </c>
+      <c r="F188" t="s">
+        <v>20</v>
+      </c>
+      <c r="G188" t="s">
+        <v>3554</v>
+      </c>
+      <c r="H188" t="s">
+        <v>3555</v>
+      </c>
+      <c r="I188" t="s">
+        <v>2492</v>
+      </c>
+      <c r="J188" t="s">
+        <v>20</v>
+      </c>
+      <c r="K188" t="s">
+        <v>50</v>
+      </c>
+      <c r="L188" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M188" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N188" t="s">
+        <v>2384</v>
+      </c>
+      <c r="O188" t="s">
+        <v>2385</v>
+      </c>
+      <c r="P188" t="s">
+        <v>3556</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B189" t="s">
+        <v>3557</v>
+      </c>
+      <c r="C189" t="s">
+        <v>20</v>
+      </c>
+      <c r="D189" t="s">
+        <v>20</v>
+      </c>
+      <c r="E189" t="s">
+        <v>3558</v>
+      </c>
+      <c r="F189" t="s">
+        <v>20</v>
+      </c>
+      <c r="G189" t="s">
+        <v>3559</v>
+      </c>
+      <c r="H189" t="s">
+        <v>3560</v>
+      </c>
+      <c r="I189" t="s">
+        <v>3561</v>
+      </c>
+      <c r="J189" t="s">
+        <v>2348</v>
+      </c>
+      <c r="K189" t="s">
+        <v>1067</v>
+      </c>
+      <c r="L189" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M189" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N189" t="s">
+        <v>2517</v>
+      </c>
+      <c r="O189" t="s">
+        <v>3562</v>
+      </c>
+      <c r="P189" t="s">
+        <v>3563</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B190" t="s">
+        <v>3564</v>
+      </c>
+      <c r="C190" t="s">
+        <v>20</v>
+      </c>
+      <c r="D190" t="s">
+        <v>20</v>
+      </c>
+      <c r="E190" t="s">
+        <v>3558</v>
+      </c>
+      <c r="F190" t="s">
+        <v>20</v>
+      </c>
+      <c r="G190" t="s">
+        <v>3565</v>
+      </c>
+      <c r="H190" t="s">
+        <v>3566</v>
+      </c>
+      <c r="I190" t="s">
+        <v>3148</v>
+      </c>
+      <c r="J190" t="s">
+        <v>2348</v>
+      </c>
+      <c r="K190" t="s">
+        <v>1067</v>
+      </c>
+      <c r="L190" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M190" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N190" t="s">
+        <v>2517</v>
+      </c>
+      <c r="O190" t="s">
+        <v>3467</v>
+      </c>
+      <c r="P190" t="s">
+        <v>3567</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B191" t="s">
+        <v>3568</v>
+      </c>
+      <c r="C191" t="s">
+        <v>20</v>
+      </c>
+      <c r="D191" t="s">
+        <v>20</v>
+      </c>
+      <c r="E191" t="s">
+        <v>3558</v>
+      </c>
+      <c r="F191" t="s">
+        <v>20</v>
+      </c>
+      <c r="G191" t="s">
+        <v>3569</v>
+      </c>
+      <c r="H191" t="s">
+        <v>3570</v>
+      </c>
+      <c r="I191" t="s">
+        <v>3571</v>
+      </c>
+      <c r="J191" t="s">
+        <v>2704</v>
+      </c>
+      <c r="K191" t="s">
+        <v>50</v>
+      </c>
+      <c r="L191" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M191" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N191" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O191" t="s">
+        <v>2350</v>
+      </c>
+      <c r="P191" t="s">
+        <v>3572</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B192" t="s">
+        <v>3573</v>
+      </c>
+      <c r="C192" t="s">
+        <v>20</v>
+      </c>
+      <c r="D192" t="s">
+        <v>20</v>
+      </c>
+      <c r="E192" t="s">
+        <v>3574</v>
+      </c>
+      <c r="F192" t="s">
+        <v>20</v>
+      </c>
+      <c r="G192" t="s">
+        <v>3575</v>
+      </c>
+      <c r="H192" t="s">
+        <v>3576</v>
+      </c>
+      <c r="I192" t="s">
+        <v>3327</v>
+      </c>
+      <c r="J192" t="s">
+        <v>20</v>
+      </c>
+      <c r="K192" t="s">
+        <v>3328</v>
+      </c>
+      <c r="L192" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M192" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N192" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O192" t="s">
+        <v>2401</v>
+      </c>
+      <c r="P192" t="s">
+        <v>3577</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B193" t="s">
+        <v>3578</v>
+      </c>
+      <c r="C193" t="s">
+        <v>20</v>
+      </c>
+      <c r="D193" t="s">
+        <v>20</v>
+      </c>
+      <c r="E193" t="s">
+        <v>3579</v>
+      </c>
+      <c r="F193" t="s">
+        <v>20</v>
+      </c>
+      <c r="G193" t="s">
+        <v>3580</v>
+      </c>
+      <c r="H193" t="s">
+        <v>3581</v>
+      </c>
+      <c r="I193" t="s">
+        <v>3582</v>
+      </c>
+      <c r="J193" t="s">
+        <v>2478</v>
+      </c>
+      <c r="K193" t="s">
+        <v>2479</v>
+      </c>
+      <c r="L193" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M193" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N193" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O193" t="s">
+        <v>2620</v>
+      </c>
+      <c r="P193" t="s">
+        <v>3583</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B194" t="s">
+        <v>3584</v>
+      </c>
+      <c r="C194" t="s">
+        <v>20</v>
+      </c>
+      <c r="D194" t="s">
+        <v>20</v>
+      </c>
+      <c r="E194" t="s">
+        <v>3579</v>
+      </c>
+      <c r="F194" t="s">
+        <v>20</v>
+      </c>
+      <c r="G194" t="s">
+        <v>3585</v>
+      </c>
+      <c r="H194" t="s">
+        <v>3586</v>
+      </c>
+      <c r="I194" t="s">
+        <v>3587</v>
+      </c>
+      <c r="J194" t="s">
+        <v>2392</v>
+      </c>
+      <c r="K194" t="s">
+        <v>30</v>
+      </c>
+      <c r="L194" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M194" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N194" t="s">
+        <v>2349</v>
+      </c>
+      <c r="O194" t="s">
+        <v>2367</v>
+      </c>
+      <c r="P194" t="s">
+        <v>3588</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M22"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>13</v>
+      </c>
+      <c r="J1" t="s">
+        <v>14</v>
+      </c>
+      <c r="K1" t="s">
+        <v>3589</v>
+      </c>
+      <c r="L1" t="s">
+        <v>3590</v>
+      </c>
+      <c r="M1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B2" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>3593</v>
+      </c>
+      <c r="H2" t="s">
+        <v>3594</v>
+      </c>
+      <c r="I2" t="s">
+        <v>3595</v>
+      </c>
+      <c r="J2" t="s">
+        <v>57</v>
+      </c>
+      <c r="K2" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L2" t="s">
+        <v>60</v>
+      </c>
+      <c r="M2" t="s">
+        <v>3596</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B3" t="s">
+        <v>3597</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>3598</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>3599</v>
+      </c>
+      <c r="H3" t="s">
+        <v>3600</v>
+      </c>
+      <c r="I3" t="s">
+        <v>3601</v>
+      </c>
+      <c r="J3" t="s">
+        <v>98</v>
+      </c>
+      <c r="K3" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M3" t="s">
+        <v>3602</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B4" t="s">
+        <v>3603</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>3604</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>3605</v>
+      </c>
+      <c r="H4" t="s">
+        <v>3606</v>
+      </c>
+      <c r="I4" t="s">
+        <v>3607</v>
+      </c>
+      <c r="J4" t="s">
+        <v>151</v>
+      </c>
+      <c r="K4" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L4" t="s">
+        <v>153</v>
+      </c>
+      <c r="M4" t="s">
+        <v>3608</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B5" t="s">
+        <v>3609</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>3610</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>3611</v>
+      </c>
+      <c r="H5" t="s">
+        <v>3612</v>
+      </c>
+      <c r="I5" t="s">
+        <v>3613</v>
+      </c>
+      <c r="J5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K5" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L5" t="s">
+        <v>76</v>
+      </c>
+      <c r="M5" t="s">
+        <v>3614</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B6" t="s">
+        <v>3615</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>3616</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>3617</v>
+      </c>
+      <c r="H6" t="s">
+        <v>3618</v>
+      </c>
+      <c r="I6" t="s">
+        <v>3619</v>
+      </c>
+      <c r="J6" t="s">
+        <v>311</v>
+      </c>
+      <c r="K6" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L6" t="s">
+        <v>313</v>
+      </c>
+      <c r="M6" t="s">
+        <v>3620</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B7" t="s">
+        <v>3615</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>3621</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>3622</v>
+      </c>
+      <c r="H7" t="s">
+        <v>3623</v>
+      </c>
+      <c r="I7" t="s">
+        <v>3624</v>
+      </c>
+      <c r="J7" t="s">
+        <v>311</v>
+      </c>
+      <c r="K7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L7" t="s">
+        <v>313</v>
+      </c>
+      <c r="M7" t="s">
+        <v>3625</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B8" t="s">
+        <v>3626</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>3627</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>3628</v>
+      </c>
+      <c r="H8" t="s">
+        <v>3629</v>
+      </c>
+      <c r="I8" t="s">
+        <v>3630</v>
+      </c>
+      <c r="J8" t="s">
+        <v>57</v>
+      </c>
+      <c r="K8" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L8" t="s">
+        <v>60</v>
+      </c>
+      <c r="M8" t="s">
+        <v>3631</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B9" t="s">
+        <v>3609</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>3632</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>3633</v>
+      </c>
+      <c r="H9" t="s">
+        <v>3634</v>
+      </c>
+      <c r="I9" t="s">
+        <v>3613</v>
+      </c>
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+      <c r="K9" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>3635</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B10" t="s">
+        <v>3636</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>507</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>3637</v>
+      </c>
+      <c r="H10" t="s">
+        <v>3638</v>
+      </c>
+      <c r="I10" t="s">
+        <v>3639</v>
+      </c>
+      <c r="J10" t="s">
+        <v>311</v>
+      </c>
+      <c r="K10" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L10" t="s">
+        <v>313</v>
+      </c>
+      <c r="M10" t="s">
+        <v>3640</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B11" t="s">
+        <v>3641</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>571</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>3642</v>
+      </c>
+      <c r="H11" t="s">
+        <v>3643</v>
+      </c>
+      <c r="I11" t="s">
+        <v>3644</v>
+      </c>
+      <c r="J11" t="s">
+        <v>83</v>
+      </c>
+      <c r="K11" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>3645</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B12" t="s">
+        <v>3646</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>3647</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>3648</v>
+      </c>
+      <c r="H12" t="s">
+        <v>3649</v>
+      </c>
+      <c r="I12" t="s">
+        <v>695</v>
+      </c>
+      <c r="J12" t="s">
+        <v>195</v>
+      </c>
+      <c r="K12" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L12" t="s">
+        <v>198</v>
+      </c>
+      <c r="M12" t="s">
+        <v>3650</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B13" t="s">
+        <v>3597</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>3651</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>3652</v>
+      </c>
+      <c r="H13" t="s">
+        <v>3653</v>
+      </c>
+      <c r="I13" t="s">
+        <v>3654</v>
+      </c>
+      <c r="J13" t="s">
+        <v>98</v>
+      </c>
+      <c r="K13" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L13" t="s">
+        <v>100</v>
+      </c>
+      <c r="M13" t="s">
+        <v>3655</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B14" t="s">
+        <v>3603</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>3656</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>3657</v>
+      </c>
+      <c r="H14" t="s">
+        <v>3658</v>
+      </c>
+      <c r="I14" t="s">
+        <v>3607</v>
+      </c>
+      <c r="J14" t="s">
+        <v>151</v>
+      </c>
+      <c r="K14" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L14" t="s">
+        <v>153</v>
+      </c>
+      <c r="M14" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B15" t="s">
+        <v>3660</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>3661</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>3662</v>
+      </c>
+      <c r="H15" t="s">
+        <v>3663</v>
+      </c>
+      <c r="I15" t="s">
+        <v>3664</v>
+      </c>
+      <c r="J15" t="s">
+        <v>471</v>
+      </c>
+      <c r="K15" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L15" t="s">
+        <v>474</v>
+      </c>
+      <c r="M15" t="s">
+        <v>3665</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B16" t="s">
+        <v>3666</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>3667</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>3668</v>
+      </c>
+      <c r="H16" t="s">
+        <v>3669</v>
+      </c>
+      <c r="I16" t="s">
+        <v>3670</v>
+      </c>
+      <c r="J16" t="s">
+        <v>151</v>
+      </c>
+      <c r="K16" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L16" t="s">
+        <v>153</v>
+      </c>
+      <c r="M16" t="s">
+        <v>3671</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B17" t="s">
+        <v>3672</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>3673</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>3674</v>
+      </c>
+      <c r="H17" t="s">
+        <v>3675</v>
+      </c>
+      <c r="I17" t="s">
+        <v>3676</v>
+      </c>
+      <c r="J17" t="s">
+        <v>416</v>
+      </c>
+      <c r="K17" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L17" t="s">
+        <v>417</v>
+      </c>
+      <c r="M17" t="s">
+        <v>3677</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B18" t="s">
+        <v>3678</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>3679</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>3680</v>
+      </c>
+      <c r="H18" t="s">
+        <v>3681</v>
+      </c>
+      <c r="I18" t="s">
+        <v>3682</v>
+      </c>
+      <c r="J18" t="s">
+        <v>28</v>
+      </c>
+      <c r="K18" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L18" t="s">
+        <v>31</v>
+      </c>
+      <c r="M18" t="s">
+        <v>3683</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B19" t="s">
+        <v>3684</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>3685</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>3686</v>
+      </c>
+      <c r="H19" t="s">
+        <v>3687</v>
+      </c>
+      <c r="I19" t="s">
+        <v>3688</v>
+      </c>
+      <c r="J19" t="s">
+        <v>151</v>
+      </c>
+      <c r="K19" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L19" t="s">
+        <v>153</v>
+      </c>
+      <c r="M19" t="s">
+        <v>3689</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B20" t="s">
+        <v>3690</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>3691</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>3692</v>
+      </c>
+      <c r="H20" t="s">
+        <v>3693</v>
+      </c>
+      <c r="I20" t="s">
+        <v>3694</v>
+      </c>
+      <c r="J20" t="s">
+        <v>219</v>
+      </c>
+      <c r="K20" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L20" t="s">
+        <v>221</v>
+      </c>
+      <c r="M20" t="s">
+        <v>3695</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B21" t="s">
+        <v>3696</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>3697</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>3698</v>
+      </c>
+      <c r="H21" t="s">
+        <v>3699</v>
+      </c>
+      <c r="I21" t="s">
+        <v>3700</v>
+      </c>
+      <c r="J21" t="s">
+        <v>219</v>
+      </c>
+      <c r="K21" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L21" t="s">
+        <v>221</v>
+      </c>
+      <c r="M21" t="s">
+        <v>3701</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B22" t="s">
+        <v>3702</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>3703</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>3704</v>
+      </c>
+      <c r="H22" t="s">
+        <v>3705</v>
+      </c>
+      <c r="I22" t="s">
+        <v>3706</v>
+      </c>
+      <c r="J22" t="s">
+        <v>544</v>
+      </c>
+      <c r="K22" t="s">
+        <v>2338</v>
+      </c>
+      <c r="L22" t="s">
+        <v>547</v>
+      </c>
+      <c r="M22" t="s">
+        <v>3707</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:M1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T87"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>3708</v>
+      </c>
+      <c r="J1" t="s">
+        <v>2323</v>
+      </c>
+      <c r="K1" t="s">
+        <v>3709</v>
+      </c>
+      <c r="L1" t="s">
+        <v>2325</v>
+      </c>
+      <c r="M1" t="s">
+        <v>2326</v>
+      </c>
+      <c r="N1" t="s">
+        <v>3710</v>
+      </c>
+      <c r="O1" t="s">
+        <v>3711</v>
+      </c>
+      <c r="P1" t="s">
+        <v>3712</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>3713</v>
+      </c>
+      <c r="R1" t="s">
+        <v>2327</v>
+      </c>
+      <c r="S1" t="s">
+        <v>3714</v>
+      </c>
+      <c r="T1" t="s">
+        <v>3715</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B2" t="s">
+        <v>286</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>3717</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>3718</v>
+      </c>
+      <c r="H2" t="s">
+        <v>3719</v>
+      </c>
+      <c r="I2" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J2" t="s">
+        <v>3721</v>
+      </c>
+      <c r="K2" t="s">
+        <v>3722</v>
+      </c>
+      <c r="L2" t="s">
+        <v>288</v>
+      </c>
+      <c r="M2" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N2" t="s">
+        <v>3723</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>3724</v>
+      </c>
+      <c r="R2" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S2" t="s">
+        <v>289</v>
+      </c>
+      <c r="T2" t="s">
+        <v>3725</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B3" t="s">
+        <v>471</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>3726</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>3727</v>
+      </c>
+      <c r="H3" t="s">
+        <v>3728</v>
+      </c>
+      <c r="I3" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J3" t="s">
+        <v>3729</v>
+      </c>
+      <c r="K3" t="s">
+        <v>2697</v>
+      </c>
+      <c r="L3" t="s">
+        <v>473</v>
+      </c>
+      <c r="M3" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N3" t="s">
+        <v>3730</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>3731</v>
+      </c>
+      <c r="R3" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S3" t="s">
+        <v>474</v>
+      </c>
+      <c r="T3" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B4" t="s">
+        <v>3733</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>3734</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>3735</v>
+      </c>
+      <c r="H4" t="s">
+        <v>3736</v>
+      </c>
+      <c r="I4" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J4" t="s">
+        <v>3737</v>
+      </c>
+      <c r="K4" t="s">
+        <v>2704</v>
+      </c>
+      <c r="L4" t="s">
+        <v>50</v>
+      </c>
+      <c r="M4" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N4" t="s">
+        <v>3738</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>3740</v>
+      </c>
+      <c r="R4" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S4" t="s">
+        <v>3741</v>
+      </c>
+      <c r="T4" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B5" t="s">
+        <v>3742</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>3743</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>3744</v>
+      </c>
+      <c r="H5" t="s">
+        <v>3745</v>
+      </c>
+      <c r="I5" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J5" t="s">
+        <v>3746</v>
+      </c>
+      <c r="K5" t="s">
+        <v>2697</v>
+      </c>
+      <c r="L5" t="s">
+        <v>473</v>
+      </c>
+      <c r="M5" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N5" t="s">
+        <v>3747</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>3748</v>
+      </c>
+      <c r="R5" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S5" t="s">
+        <v>3749</v>
+      </c>
+      <c r="T5" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B6" t="s">
+        <v>3750</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>3751</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>3752</v>
+      </c>
+      <c r="H6" t="s">
+        <v>3753</v>
+      </c>
+      <c r="I6" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J6" t="s">
+        <v>3754</v>
+      </c>
+      <c r="K6" t="s">
+        <v>2551</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N6" t="s">
+        <v>3755</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>3756</v>
+      </c>
+      <c r="R6" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S6" t="s">
+        <v>3757</v>
+      </c>
+      <c r="T6" t="s">
+        <v>3725</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B7" t="s">
+        <v>3758</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>3759</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>3760</v>
+      </c>
+      <c r="H7" t="s">
+        <v>3761</v>
+      </c>
+      <c r="I7" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J7" t="s">
+        <v>3762</v>
+      </c>
+      <c r="K7" t="s">
+        <v>2704</v>
+      </c>
+      <c r="L7" t="s">
+        <v>50</v>
+      </c>
+      <c r="M7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N7" t="s">
+        <v>3763</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>3756</v>
+      </c>
+      <c r="R7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S7" t="s">
+        <v>3764</v>
+      </c>
+      <c r="T7" t="s">
+        <v>3765</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B8" t="s">
+        <v>3766</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>3767</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>3768</v>
+      </c>
+      <c r="H8" t="s">
+        <v>3769</v>
+      </c>
+      <c r="I8" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J8" t="s">
+        <v>3771</v>
+      </c>
+      <c r="K8" t="s">
+        <v>2704</v>
+      </c>
+      <c r="L8" t="s">
+        <v>50</v>
+      </c>
+      <c r="M8" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N8" t="s">
+        <v>3772</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>3756</v>
+      </c>
+      <c r="R8" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S8" t="s">
+        <v>3773</v>
+      </c>
+      <c r="T8" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B9" t="s">
+        <v>544</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>3774</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>3775</v>
+      </c>
+      <c r="H9" t="s">
+        <v>3776</v>
+      </c>
+      <c r="I9" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>3777</v>
+      </c>
+      <c r="L9" t="s">
+        <v>546</v>
+      </c>
+      <c r="M9" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N9" t="s">
+        <v>3778</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>3779</v>
+      </c>
+      <c r="R9" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S9" t="s">
+        <v>547</v>
+      </c>
+      <c r="T9" t="s">
+        <v>3725</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B10" t="s">
+        <v>3780</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>3781</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>3782</v>
+      </c>
+      <c r="H10" t="s">
+        <v>3783</v>
+      </c>
+      <c r="I10" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J10" t="s">
+        <v>3784</v>
+      </c>
+      <c r="K10" t="s">
+        <v>2704</v>
+      </c>
+      <c r="L10" t="s">
+        <v>50</v>
+      </c>
+      <c r="M10" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N10" t="s">
+        <v>3785</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>3786</v>
+      </c>
+      <c r="R10" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S10" t="s">
+        <v>3787</v>
+      </c>
+      <c r="T10" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B11" t="s">
+        <v>3788</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>3789</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>3790</v>
+      </c>
+      <c r="H11" t="s">
+        <v>3791</v>
+      </c>
+      <c r="I11" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
+        <v>2573</v>
+      </c>
+      <c r="L11" t="s">
+        <v>2574</v>
+      </c>
+      <c r="M11" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N11" t="s">
+        <v>3792</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>3793</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>3786</v>
+      </c>
+      <c r="R11" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S11" t="s">
+        <v>3794</v>
+      </c>
+      <c r="T11" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B12" t="s">
+        <v>3796</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>3789</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>3797</v>
+      </c>
+      <c r="H12" t="s">
+        <v>3798</v>
+      </c>
+      <c r="I12" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J12" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" t="s">
+        <v>3799</v>
+      </c>
+      <c r="L12" t="s">
+        <v>627</v>
+      </c>
+      <c r="M12" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N12" t="s">
+        <v>3792</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>3793</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>3800</v>
+      </c>
+      <c r="R12" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S12" t="s">
+        <v>1771</v>
+      </c>
+      <c r="T12" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B13" t="s">
+        <v>3801</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>3802</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>3803</v>
+      </c>
+      <c r="H13" t="s">
+        <v>3804</v>
+      </c>
+      <c r="I13" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J13" t="s">
+        <v>3805</v>
+      </c>
+      <c r="K13" t="s">
+        <v>3806</v>
+      </c>
+      <c r="L13" t="s">
+        <v>3807</v>
+      </c>
+      <c r="M13" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N13" t="s">
+        <v>3808</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>3756</v>
+      </c>
+      <c r="R13" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S13" t="s">
+        <v>3809</v>
+      </c>
+      <c r="T13" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B14" t="s">
+        <v>3810</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>3811</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>3812</v>
+      </c>
+      <c r="H14" t="s">
+        <v>3813</v>
+      </c>
+      <c r="I14" t="s">
+        <v>3814</v>
+      </c>
+      <c r="J14" t="s">
+        <v>3815</v>
+      </c>
+      <c r="K14" t="s">
+        <v>3816</v>
+      </c>
+      <c r="L14" t="s">
+        <v>473</v>
+      </c>
+      <c r="M14" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N14" t="s">
+        <v>3817</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>3793</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>3818</v>
+      </c>
+      <c r="R14" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S14" t="s">
+        <v>1743</v>
+      </c>
+      <c r="T14" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B15" t="s">
+        <v>3819</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>3820</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>3821</v>
+      </c>
+      <c r="H15" t="s">
+        <v>3822</v>
+      </c>
+      <c r="I15" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J15" t="s">
+        <v>3823</v>
+      </c>
+      <c r="K15" t="s">
+        <v>2381</v>
+      </c>
+      <c r="L15" t="s">
+        <v>2382</v>
+      </c>
+      <c r="M15" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N15" t="s">
+        <v>3824</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>3786</v>
+      </c>
+      <c r="R15" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S15" t="s">
+        <v>3825</v>
+      </c>
+      <c r="T15" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B16" t="s">
+        <v>3826</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>3811</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>3827</v>
+      </c>
+      <c r="H16" t="s">
+        <v>3828</v>
+      </c>
+      <c r="I16" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J16" t="s">
+        <v>3746</v>
+      </c>
+      <c r="K16" t="s">
+        <v>3816</v>
+      </c>
+      <c r="L16" t="s">
+        <v>473</v>
+      </c>
+      <c r="M16" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N16" t="s">
+        <v>3817</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>3793</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>3786</v>
+      </c>
+      <c r="R16" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S16" t="s">
+        <v>3829</v>
+      </c>
+      <c r="T16" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B17" t="s">
+        <v>3830</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>3831</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>3832</v>
+      </c>
+      <c r="H17" t="s">
+        <v>3833</v>
+      </c>
+      <c r="I17" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J17" t="s">
+        <v>3834</v>
+      </c>
+      <c r="K17" t="s">
+        <v>3835</v>
+      </c>
+      <c r="L17" t="s">
+        <v>2487</v>
+      </c>
+      <c r="M17" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N17" t="s">
+        <v>3836</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>3731</v>
+      </c>
+      <c r="R17" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S17" t="s">
+        <v>3837</v>
+      </c>
+      <c r="T17" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B18" t="s">
+        <v>28</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>3838</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>3839</v>
+      </c>
+      <c r="H18" t="s">
+        <v>3840</v>
+      </c>
+      <c r="I18" t="s">
+        <v>3814</v>
+      </c>
+      <c r="J18" t="s">
+        <v>3841</v>
+      </c>
+      <c r="K18" t="s">
+        <v>3842</v>
+      </c>
+      <c r="L18" t="s">
+        <v>30</v>
+      </c>
+      <c r="M18" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N18" t="s">
+        <v>3843</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>3844</v>
+      </c>
+      <c r="R18" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S18" t="s">
+        <v>31</v>
+      </c>
+      <c r="T18" t="s">
+        <v>3845</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B19" t="s">
+        <v>954</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>3846</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>3847</v>
+      </c>
+      <c r="H19" t="s">
+        <v>3848</v>
+      </c>
+      <c r="I19" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J19" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" t="s">
+        <v>3777</v>
+      </c>
+      <c r="L19" t="s">
+        <v>546</v>
+      </c>
+      <c r="M19" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N19" t="s">
+        <v>3849</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>3793</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>3850</v>
+      </c>
+      <c r="R19" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S19" t="s">
+        <v>955</v>
+      </c>
+      <c r="T19" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B20" t="s">
+        <v>3851</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>3852</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>3853</v>
+      </c>
+      <c r="H20" t="s">
+        <v>3854</v>
+      </c>
+      <c r="I20" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J20" t="s">
+        <v>3855</v>
+      </c>
+      <c r="K20" t="s">
+        <v>3856</v>
+      </c>
+      <c r="L20" t="s">
+        <v>1280</v>
+      </c>
+      <c r="M20" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N20" t="s">
+        <v>3857</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>3793</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>3858</v>
+      </c>
+      <c r="R20" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S20" t="s">
+        <v>1281</v>
+      </c>
+      <c r="T20" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B21" t="s">
+        <v>3859</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>3860</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>3861</v>
+      </c>
+      <c r="H21" t="s">
+        <v>3862</v>
+      </c>
+      <c r="I21" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J21" t="s">
+        <v>3863</v>
+      </c>
+      <c r="K21" t="s">
+        <v>3864</v>
+      </c>
+      <c r="L21" t="s">
+        <v>3865</v>
+      </c>
+      <c r="M21" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N21" t="s">
+        <v>3866</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>3793</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>3786</v>
+      </c>
+      <c r="R21" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S21" t="s">
+        <v>3867</v>
+      </c>
+      <c r="T21" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B22" t="s">
+        <v>3868</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>3869</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>3870</v>
+      </c>
+      <c r="H22" t="s">
+        <v>3871</v>
+      </c>
+      <c r="I22" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J22" t="s">
+        <v>3872</v>
+      </c>
+      <c r="K22" t="s">
+        <v>2888</v>
+      </c>
+      <c r="L22" t="s">
+        <v>50</v>
+      </c>
+      <c r="M22" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N22" t="s">
+        <v>3873</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>3874</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>3875</v>
+      </c>
+      <c r="R22" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S22" t="s">
+        <v>1105</v>
+      </c>
+      <c r="T22" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B23" t="s">
+        <v>3876</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>3877</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>3878</v>
+      </c>
+      <c r="H23" t="s">
+        <v>3879</v>
+      </c>
+      <c r="I23" t="s">
+        <v>3814</v>
+      </c>
+      <c r="J23" t="s">
+        <v>3880</v>
+      </c>
+      <c r="K23" t="s">
+        <v>3881</v>
+      </c>
+      <c r="L23" t="s">
+        <v>3882</v>
+      </c>
+      <c r="M23" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N23" t="s">
+        <v>3883</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>2457</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>3756</v>
+      </c>
+      <c r="R23" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S23" t="s">
+        <v>3884</v>
+      </c>
+      <c r="T23" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B24" t="s">
+        <v>3885</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>3886</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>3887</v>
+      </c>
+      <c r="H24" t="s">
+        <v>3888</v>
+      </c>
+      <c r="I24" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J24" t="s">
+        <v>3889</v>
+      </c>
+      <c r="K24" t="s">
+        <v>2697</v>
+      </c>
+      <c r="L24" t="s">
+        <v>473</v>
+      </c>
+      <c r="M24" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N24" t="s">
+        <v>3890</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>3786</v>
+      </c>
+      <c r="R24" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S24" t="s">
+        <v>3891</v>
+      </c>
+      <c r="T24" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B25" t="s">
+        <v>3892</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>3852</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>3893</v>
+      </c>
+      <c r="H25" t="s">
+        <v>3894</v>
+      </c>
+      <c r="I25" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J25" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" t="s">
+        <v>2557</v>
+      </c>
+      <c r="L25" t="s">
+        <v>1280</v>
+      </c>
+      <c r="M25" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N25" t="s">
+        <v>3857</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>2457</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>3895</v>
+      </c>
+      <c r="R25" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S25" t="s">
+        <v>3896</v>
+      </c>
+      <c r="T25" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B26" t="s">
+        <v>3897</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>3898</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>3899</v>
+      </c>
+      <c r="H26" t="s">
+        <v>3900</v>
+      </c>
+      <c r="I26" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J26" t="s">
+        <v>2746</v>
+      </c>
+      <c r="K26" t="s">
+        <v>2747</v>
+      </c>
+      <c r="L26" t="s">
+        <v>2748</v>
+      </c>
+      <c r="M26" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N26" t="s">
+        <v>3901</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>2457</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>3895</v>
+      </c>
+      <c r="R26" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S26" t="s">
+        <v>3902</v>
+      </c>
+      <c r="T26" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B27" t="s">
+        <v>3903</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>3904</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>3905</v>
+      </c>
+      <c r="H27" t="s">
+        <v>3906</v>
+      </c>
+      <c r="I27" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J27" t="s">
+        <v>3907</v>
+      </c>
+      <c r="K27" t="s">
+        <v>2551</v>
+      </c>
+      <c r="L27" t="s">
+        <v>59</v>
+      </c>
+      <c r="M27" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N27" t="s">
+        <v>3908</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>3786</v>
+      </c>
+      <c r="R27" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S27" t="s">
+        <v>3909</v>
+      </c>
+      <c r="T27" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B28" t="s">
+        <v>3910</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>3911</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>3912</v>
+      </c>
+      <c r="H28" t="s">
+        <v>3913</v>
+      </c>
+      <c r="I28" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J28" t="s">
+        <v>3914</v>
+      </c>
+      <c r="K28" t="s">
+        <v>2392</v>
+      </c>
+      <c r="L28" t="s">
+        <v>30</v>
+      </c>
+      <c r="M28" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N28" t="s">
+        <v>3915</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>3786</v>
+      </c>
+      <c r="R28" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S28" t="s">
+        <v>3916</v>
+      </c>
+      <c r="T28" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B29" t="s">
+        <v>83</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>3917</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>3918</v>
+      </c>
+      <c r="H29" t="s">
+        <v>3919</v>
+      </c>
+      <c r="I29" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J29" t="s">
+        <v>3920</v>
+      </c>
+      <c r="K29" t="s">
+        <v>3921</v>
+      </c>
+      <c r="L29" t="s">
+        <v>50</v>
+      </c>
+      <c r="M29" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N29" t="s">
+        <v>3922</v>
+      </c>
+      <c r="O29" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>3923</v>
+      </c>
+      <c r="R29" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S29" t="s">
+        <v>85</v>
+      </c>
+      <c r="T29" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B30" t="s">
+        <v>3924</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>3925</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>3926</v>
+      </c>
+      <c r="H30" t="s">
+        <v>3927</v>
+      </c>
+      <c r="I30" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J30" t="s">
+        <v>3928</v>
+      </c>
+      <c r="K30" t="s">
+        <v>3929</v>
+      </c>
+      <c r="L30" t="s">
+        <v>50</v>
+      </c>
+      <c r="M30" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N30" t="s">
+        <v>3930</v>
+      </c>
+      <c r="O30" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>3931</v>
+      </c>
+      <c r="R30" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S30" t="s">
+        <v>100</v>
+      </c>
+      <c r="T30" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B31" t="s">
+        <v>195</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>3932</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>3933</v>
+      </c>
+      <c r="H31" t="s">
+        <v>3934</v>
+      </c>
+      <c r="I31" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J31" t="s">
+        <v>3935</v>
+      </c>
+      <c r="K31" t="s">
+        <v>2357</v>
+      </c>
+      <c r="L31" t="s">
+        <v>197</v>
+      </c>
+      <c r="M31" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N31" t="s">
+        <v>3936</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>3731</v>
+      </c>
+      <c r="R31" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S31" t="s">
+        <v>198</v>
+      </c>
+      <c r="T31" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B32" t="s">
+        <v>3937</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>3938</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>3939</v>
+      </c>
+      <c r="H32" t="s">
+        <v>3940</v>
+      </c>
+      <c r="I32" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J32" t="s">
+        <v>3941</v>
+      </c>
+      <c r="K32" t="s">
+        <v>2606</v>
+      </c>
+      <c r="L32" t="s">
+        <v>563</v>
+      </c>
+      <c r="M32" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N32" t="s">
+        <v>3942</v>
+      </c>
+      <c r="O32" t="s">
+        <v>20</v>
+      </c>
+      <c r="P32" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>3724</v>
+      </c>
+      <c r="R32" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S32" t="s">
+        <v>564</v>
+      </c>
+      <c r="T32" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B33" t="s">
+        <v>3943</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>3944</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>3945</v>
+      </c>
+      <c r="H33" t="s">
+        <v>3946</v>
+      </c>
+      <c r="I33" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J33" t="s">
+        <v>3947</v>
+      </c>
+      <c r="K33" t="s">
+        <v>2392</v>
+      </c>
+      <c r="L33" t="s">
+        <v>30</v>
+      </c>
+      <c r="M33" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N33" t="s">
+        <v>3948</v>
+      </c>
+      <c r="O33" t="s">
+        <v>20</v>
+      </c>
+      <c r="P33" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>3756</v>
+      </c>
+      <c r="R33" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S33" t="s">
+        <v>3949</v>
+      </c>
+      <c r="T33" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B34" t="s">
+        <v>3950</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>3951</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>3952</v>
+      </c>
+      <c r="H34" t="s">
+        <v>3953</v>
+      </c>
+      <c r="I34" t="s">
+        <v>3814</v>
+      </c>
+      <c r="J34" t="s">
+        <v>3954</v>
+      </c>
+      <c r="K34" t="s">
+        <v>3955</v>
+      </c>
+      <c r="L34" t="s">
+        <v>50</v>
+      </c>
+      <c r="M34" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N34" t="s">
+        <v>3956</v>
+      </c>
+      <c r="O34" t="s">
+        <v>20</v>
+      </c>
+      <c r="P34" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>3957</v>
+      </c>
+      <c r="R34" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S34" t="s">
+        <v>153</v>
+      </c>
+      <c r="T34" t="s">
+        <v>3958</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B35" t="s">
+        <v>3959</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>3960</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>3961</v>
+      </c>
+      <c r="H35" t="s">
+        <v>3962</v>
+      </c>
+      <c r="I35" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J35" t="s">
+        <v>3963</v>
+      </c>
+      <c r="K35" t="s">
+        <v>3489</v>
+      </c>
+      <c r="L35" t="s">
+        <v>2479</v>
+      </c>
+      <c r="M35" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N35" t="s">
+        <v>3964</v>
+      </c>
+      <c r="O35" t="s">
+        <v>20</v>
+      </c>
+      <c r="P35" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>3786</v>
+      </c>
+      <c r="R35" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S35" t="s">
+        <v>3965</v>
+      </c>
+      <c r="T35" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B36" t="s">
+        <v>3966</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>3967</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>3968</v>
+      </c>
+      <c r="H36" t="s">
+        <v>3969</v>
+      </c>
+      <c r="I36" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J36" t="s">
+        <v>3970</v>
+      </c>
+      <c r="K36" t="s">
+        <v>3232</v>
+      </c>
+      <c r="L36" t="s">
+        <v>50</v>
+      </c>
+      <c r="M36" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N36" t="s">
+        <v>3971</v>
+      </c>
+      <c r="O36" t="s">
+        <v>20</v>
+      </c>
+      <c r="P36" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>3731</v>
+      </c>
+      <c r="R36" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S36" t="s">
+        <v>3972</v>
+      </c>
+      <c r="T36" t="s">
+        <v>3958</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B37" t="s">
+        <v>753</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>3973</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>3974</v>
+      </c>
+      <c r="H37" t="s">
+        <v>3975</v>
+      </c>
+      <c r="I37" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J37" t="s">
+        <v>3976</v>
+      </c>
+      <c r="K37" t="s">
+        <v>3176</v>
+      </c>
+      <c r="L37" t="s">
+        <v>755</v>
+      </c>
+      <c r="M37" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N37" t="s">
+        <v>3977</v>
+      </c>
+      <c r="O37" t="s">
+        <v>20</v>
+      </c>
+      <c r="P37" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>3978</v>
+      </c>
+      <c r="R37" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S37" t="s">
+        <v>756</v>
+      </c>
+      <c r="T37" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B38" t="s">
+        <v>3979</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>3980</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>3981</v>
+      </c>
+      <c r="H38" t="s">
+        <v>3982</v>
+      </c>
+      <c r="I38" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J38" t="s">
+        <v>3983</v>
+      </c>
+      <c r="K38" t="s">
+        <v>2613</v>
+      </c>
+      <c r="L38" t="s">
+        <v>627</v>
+      </c>
+      <c r="M38" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N38" t="s">
+        <v>3984</v>
+      </c>
+      <c r="O38" t="s">
+        <v>20</v>
+      </c>
+      <c r="P38" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>3923</v>
+      </c>
+      <c r="R38" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S38" t="s">
+        <v>628</v>
+      </c>
+      <c r="T38" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B39" t="s">
+        <v>416</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>3985</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>3986</v>
+      </c>
+      <c r="H39" t="s">
+        <v>3987</v>
+      </c>
+      <c r="I39" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J39" t="s">
+        <v>20</v>
+      </c>
+      <c r="K39" t="s">
+        <v>3988</v>
+      </c>
+      <c r="L39" t="s">
+        <v>59</v>
+      </c>
+      <c r="M39" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N39" t="s">
+        <v>3989</v>
+      </c>
+      <c r="O39" t="s">
+        <v>20</v>
+      </c>
+      <c r="P39" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>3931</v>
+      </c>
+      <c r="R39" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S39" t="s">
+        <v>417</v>
+      </c>
+      <c r="T39" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B40" t="s">
+        <v>142</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>3990</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>3991</v>
+      </c>
+      <c r="H40" t="s">
+        <v>3992</v>
+      </c>
+      <c r="I40" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J40" t="s">
+        <v>3993</v>
+      </c>
+      <c r="K40" t="s">
+        <v>3988</v>
+      </c>
+      <c r="L40" t="s">
+        <v>59</v>
+      </c>
+      <c r="M40" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N40" t="s">
+        <v>3994</v>
+      </c>
+      <c r="O40" t="s">
+        <v>20</v>
+      </c>
+      <c r="P40" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>3995</v>
+      </c>
+      <c r="R40" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S40" t="s">
+        <v>144</v>
+      </c>
+      <c r="T40" t="s">
+        <v>3845</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B41" t="s">
+        <v>3996</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>3838</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>3997</v>
+      </c>
+      <c r="H41" t="s">
+        <v>3998</v>
+      </c>
+      <c r="I41" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J41" t="s">
+        <v>3999</v>
+      </c>
+      <c r="K41" t="s">
+        <v>4000</v>
+      </c>
+      <c r="L41" t="s">
+        <v>4001</v>
+      </c>
+      <c r="M41" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N41" t="s">
+        <v>4002</v>
+      </c>
+      <c r="O41" t="s">
+        <v>20</v>
+      </c>
+      <c r="P41" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>3786</v>
+      </c>
+      <c r="R41" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S41" t="s">
+        <v>4003</v>
+      </c>
+      <c r="T41" t="s">
+        <v>3845</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B42" t="s">
+        <v>4004</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>4005</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>4006</v>
+      </c>
+      <c r="H42" t="s">
+        <v>4007</v>
+      </c>
+      <c r="I42" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J42" t="s">
+        <v>4008</v>
+      </c>
+      <c r="K42" t="s">
+        <v>2606</v>
+      </c>
+      <c r="L42" t="s">
+        <v>563</v>
+      </c>
+      <c r="M42" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N42" t="s">
+        <v>4009</v>
+      </c>
+      <c r="O42" t="s">
+        <v>20</v>
+      </c>
+      <c r="P42" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>3786</v>
+      </c>
+      <c r="R42" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S42" t="s">
+        <v>4010</v>
+      </c>
+      <c r="T42" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B43" t="s">
+        <v>4011</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>3904</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>4012</v>
+      </c>
+      <c r="H43" t="s">
+        <v>4013</v>
+      </c>
+      <c r="I43" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J43" t="s">
+        <v>20</v>
+      </c>
+      <c r="K43" t="s">
+        <v>4014</v>
+      </c>
+      <c r="L43" t="s">
+        <v>4015</v>
+      </c>
+      <c r="M43" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N43" t="s">
+        <v>4016</v>
+      </c>
+      <c r="O43" t="s">
+        <v>20</v>
+      </c>
+      <c r="P43" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>3786</v>
+      </c>
+      <c r="R43" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S43" t="s">
+        <v>4017</v>
+      </c>
+      <c r="T43" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B44" t="s">
+        <v>4018</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>4019</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>4020</v>
+      </c>
+      <c r="H44" t="s">
+        <v>4021</v>
+      </c>
+      <c r="I44" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J44" t="s">
+        <v>20</v>
+      </c>
+      <c r="K44" t="s">
+        <v>4022</v>
+      </c>
+      <c r="L44" t="s">
+        <v>75</v>
+      </c>
+      <c r="M44" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N44" t="s">
+        <v>4023</v>
+      </c>
+      <c r="O44" t="s">
+        <v>20</v>
+      </c>
+      <c r="P44" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>3786</v>
+      </c>
+      <c r="R44" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S44" t="s">
+        <v>4024</v>
+      </c>
+      <c r="T44" t="s">
+        <v>3958</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B45" t="s">
+        <v>4025</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>3985</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>4026</v>
+      </c>
+      <c r="H45" t="s">
+        <v>4027</v>
+      </c>
+      <c r="I45" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J45" t="s">
+        <v>4028</v>
+      </c>
+      <c r="K45" t="s">
+        <v>4029</v>
+      </c>
+      <c r="L45" t="s">
+        <v>4030</v>
+      </c>
+      <c r="M45" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N45" t="s">
+        <v>4031</v>
+      </c>
+      <c r="O45" t="s">
+        <v>20</v>
+      </c>
+      <c r="P45" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>3786</v>
+      </c>
+      <c r="R45" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S45" t="s">
+        <v>4032</v>
+      </c>
+      <c r="T45" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B46" t="s">
+        <v>4033</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>4034</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>4035</v>
+      </c>
+      <c r="H46" t="s">
+        <v>4036</v>
+      </c>
+      <c r="I46" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J46" t="s">
+        <v>4037</v>
+      </c>
+      <c r="K46" t="s">
+        <v>4038</v>
+      </c>
+      <c r="L46" t="s">
+        <v>4039</v>
+      </c>
+      <c r="M46" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N46" t="s">
+        <v>4040</v>
+      </c>
+      <c r="O46" t="s">
+        <v>20</v>
+      </c>
+      <c r="P46" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>3756</v>
+      </c>
+      <c r="R46" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S46" t="s">
+        <v>4041</v>
+      </c>
+      <c r="T46" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B47" t="s">
+        <v>4042</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>4043</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>4044</v>
+      </c>
+      <c r="H47" t="s">
+        <v>4045</v>
+      </c>
+      <c r="I47" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J47" t="s">
+        <v>4046</v>
+      </c>
+      <c r="K47" t="s">
+        <v>4047</v>
+      </c>
+      <c r="L47" t="s">
+        <v>1067</v>
+      </c>
+      <c r="M47" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N47" t="s">
+        <v>4048</v>
+      </c>
+      <c r="O47" t="s">
+        <v>20</v>
+      </c>
+      <c r="P47" t="s">
+        <v>2457</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>4049</v>
+      </c>
+      <c r="R47" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S47" t="s">
+        <v>1068</v>
+      </c>
+      <c r="T47" t="s">
+        <v>3958</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B48" t="s">
+        <v>48</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>4050</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>4051</v>
+      </c>
+      <c r="H48" t="s">
+        <v>4052</v>
+      </c>
+      <c r="I48" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J48" t="s">
+        <v>4053</v>
+      </c>
+      <c r="K48" t="s">
+        <v>4054</v>
+      </c>
+      <c r="L48" t="s">
+        <v>50</v>
+      </c>
+      <c r="M48" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N48" t="s">
+        <v>4055</v>
+      </c>
+      <c r="O48" t="s">
+        <v>20</v>
+      </c>
+      <c r="P48" t="s">
+        <v>4056</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>4057</v>
+      </c>
+      <c r="R48" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S48" t="s">
+        <v>51</v>
+      </c>
+      <c r="T48" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B49" t="s">
+        <v>4058</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>4050</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>4059</v>
+      </c>
+      <c r="H49" t="s">
+        <v>4060</v>
+      </c>
+      <c r="I49" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J49" t="s">
+        <v>20</v>
+      </c>
+      <c r="K49" t="s">
+        <v>4061</v>
+      </c>
+      <c r="L49" t="s">
+        <v>59</v>
+      </c>
+      <c r="M49" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N49" t="s">
+        <v>4062</v>
+      </c>
+      <c r="O49" t="s">
+        <v>20</v>
+      </c>
+      <c r="P49" t="s">
+        <v>4056</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>3740</v>
+      </c>
+      <c r="R49" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S49" t="s">
+        <v>4063</v>
+      </c>
+      <c r="T49" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B50" t="s">
+        <v>311</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>4050</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>4064</v>
+      </c>
+      <c r="H50" t="s">
+        <v>4065</v>
+      </c>
+      <c r="I50" t="s">
+        <v>3814</v>
+      </c>
+      <c r="J50" t="s">
+        <v>20</v>
+      </c>
+      <c r="K50" t="s">
+        <v>2888</v>
+      </c>
+      <c r="L50" t="s">
+        <v>50</v>
+      </c>
+      <c r="M50" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N50" t="s">
+        <v>4055</v>
+      </c>
+      <c r="O50" t="s">
+        <v>20</v>
+      </c>
+      <c r="P50" t="s">
+        <v>4056</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>4066</v>
+      </c>
+      <c r="R50" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S50" t="s">
+        <v>313</v>
+      </c>
+      <c r="T50" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B51" t="s">
+        <v>719</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>4067</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>4068</v>
+      </c>
+      <c r="H51" t="s">
+        <v>4069</v>
+      </c>
+      <c r="I51" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J51" t="s">
+        <v>4070</v>
+      </c>
+      <c r="K51" t="s">
+        <v>3052</v>
+      </c>
+      <c r="L51" t="s">
+        <v>721</v>
+      </c>
+      <c r="M51" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N51" t="s">
+        <v>4071</v>
+      </c>
+      <c r="O51" t="s">
+        <v>20</v>
+      </c>
+      <c r="P51" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>3995</v>
+      </c>
+      <c r="R51" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S51" t="s">
+        <v>722</v>
+      </c>
+      <c r="T51" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B52" t="s">
+        <v>73</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>4072</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>4073</v>
+      </c>
+      <c r="H52" t="s">
+        <v>4074</v>
+      </c>
+      <c r="I52" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J52" t="s">
+        <v>4075</v>
+      </c>
+      <c r="K52" t="s">
+        <v>4022</v>
+      </c>
+      <c r="L52" t="s">
+        <v>75</v>
+      </c>
+      <c r="M52" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N52" t="s">
+        <v>4076</v>
+      </c>
+      <c r="O52" t="s">
+        <v>20</v>
+      </c>
+      <c r="P52" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>4077</v>
+      </c>
+      <c r="R52" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S52" t="s">
+        <v>76</v>
+      </c>
+      <c r="T52" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B53" t="s">
+        <v>57</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>4050</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>4078</v>
+      </c>
+      <c r="H53" t="s">
+        <v>4079</v>
+      </c>
+      <c r="I53" t="s">
+        <v>3814</v>
+      </c>
+      <c r="J53" t="s">
+        <v>20</v>
+      </c>
+      <c r="K53" t="s">
+        <v>4061</v>
+      </c>
+      <c r="L53" t="s">
+        <v>59</v>
+      </c>
+      <c r="M53" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N53" t="s">
+        <v>4055</v>
+      </c>
+      <c r="O53" t="s">
+        <v>20</v>
+      </c>
+      <c r="P53" t="s">
+        <v>4056</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>3931</v>
+      </c>
+      <c r="R53" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S53" t="s">
+        <v>60</v>
+      </c>
+      <c r="T53" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B54" t="s">
+        <v>4080</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>4081</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>4082</v>
+      </c>
+      <c r="H54" t="s">
+        <v>4083</v>
+      </c>
+      <c r="I54" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J54" t="s">
+        <v>4084</v>
+      </c>
+      <c r="K54" t="s">
+        <v>2867</v>
+      </c>
+      <c r="L54" t="s">
+        <v>2815</v>
+      </c>
+      <c r="M54" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N54" t="s">
+        <v>4085</v>
+      </c>
+      <c r="O54" t="s">
+        <v>20</v>
+      </c>
+      <c r="P54" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>3786</v>
+      </c>
+      <c r="R54" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S54" t="s">
+        <v>4086</v>
+      </c>
+      <c r="T54" t="s">
+        <v>3958</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B55" t="s">
+        <v>4087</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>4050</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>4088</v>
+      </c>
+      <c r="H55" t="s">
+        <v>4089</v>
+      </c>
+      <c r="I55" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J55" t="s">
+        <v>4090</v>
+      </c>
+      <c r="K55" t="s">
+        <v>3955</v>
+      </c>
+      <c r="L55" t="s">
+        <v>50</v>
+      </c>
+      <c r="M55" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N55" t="s">
+        <v>4055</v>
+      </c>
+      <c r="O55" t="s">
+        <v>20</v>
+      </c>
+      <c r="P55" t="s">
+        <v>4056</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>4091</v>
+      </c>
+      <c r="R55" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S55" t="s">
+        <v>4092</v>
+      </c>
+      <c r="T55" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B56" t="s">
+        <v>4093</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>3860</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>4094</v>
+      </c>
+      <c r="H56" t="s">
+        <v>4095</v>
+      </c>
+      <c r="I56" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J56" t="s">
+        <v>3863</v>
+      </c>
+      <c r="K56" t="s">
+        <v>3864</v>
+      </c>
+      <c r="L56" t="s">
+        <v>3865</v>
+      </c>
+      <c r="M56" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N56" t="s">
+        <v>3866</v>
+      </c>
+      <c r="O56" t="s">
+        <v>20</v>
+      </c>
+      <c r="P56" t="s">
+        <v>2457</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>3895</v>
+      </c>
+      <c r="R56" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S56" t="s">
+        <v>4096</v>
+      </c>
+      <c r="T56" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B57" t="s">
+        <v>4097</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>4005</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>4098</v>
+      </c>
+      <c r="H57" t="s">
+        <v>4099</v>
+      </c>
+      <c r="I57" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J57" t="s">
+        <v>4100</v>
+      </c>
+      <c r="K57" t="s">
+        <v>4101</v>
+      </c>
+      <c r="L57" t="s">
+        <v>4102</v>
+      </c>
+      <c r="M57" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N57" t="s">
+        <v>4103</v>
+      </c>
+      <c r="O57" t="s">
+        <v>20</v>
+      </c>
+      <c r="P57" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>3895</v>
+      </c>
+      <c r="R57" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S57" t="s">
+        <v>4104</v>
+      </c>
+      <c r="T57" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B58" t="s">
+        <v>4105</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>4106</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>4107</v>
+      </c>
+      <c r="H58" t="s">
+        <v>4108</v>
+      </c>
+      <c r="I58" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J58" t="s">
+        <v>4109</v>
+      </c>
+      <c r="K58" t="s">
+        <v>4110</v>
+      </c>
+      <c r="L58" t="s">
+        <v>4111</v>
+      </c>
+      <c r="M58" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N58" t="s">
+        <v>4112</v>
+      </c>
+      <c r="O58" t="s">
+        <v>20</v>
+      </c>
+      <c r="P58" t="s">
+        <v>3793</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>3786</v>
+      </c>
+      <c r="R58" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S58" t="s">
+        <v>4113</v>
+      </c>
+      <c r="T58" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B59" t="s">
+        <v>4114</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>3877</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>4115</v>
+      </c>
+      <c r="H59" t="s">
+        <v>4116</v>
+      </c>
+      <c r="I59" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J59" t="s">
+        <v>4109</v>
+      </c>
+      <c r="K59" t="s">
+        <v>4110</v>
+      </c>
+      <c r="L59" t="s">
+        <v>4111</v>
+      </c>
+      <c r="M59" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N59" t="s">
+        <v>4117</v>
+      </c>
+      <c r="O59" t="s">
+        <v>20</v>
+      </c>
+      <c r="P59" t="s">
+        <v>2457</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>3756</v>
+      </c>
+      <c r="R59" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S59" t="s">
+        <v>4118</v>
+      </c>
+      <c r="T59" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B60" t="s">
+        <v>4119</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>3951</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>4120</v>
+      </c>
+      <c r="H60" t="s">
+        <v>4121</v>
+      </c>
+      <c r="I60" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J60" t="s">
+        <v>4122</v>
+      </c>
+      <c r="K60" t="s">
+        <v>2492</v>
+      </c>
+      <c r="L60" t="s">
+        <v>50</v>
+      </c>
+      <c r="M60" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N60" t="s">
+        <v>3956</v>
+      </c>
+      <c r="O60" t="s">
+        <v>20</v>
+      </c>
+      <c r="P60" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R60" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S60" t="s">
+        <v>4124</v>
+      </c>
+      <c r="T60" t="s">
+        <v>3958</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B61" t="s">
+        <v>4125</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>4126</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>4127</v>
+      </c>
+      <c r="H61" t="s">
+        <v>4128</v>
+      </c>
+      <c r="I61" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J61" t="s">
+        <v>4129</v>
+      </c>
+      <c r="K61" t="s">
+        <v>2478</v>
+      </c>
+      <c r="L61" t="s">
+        <v>2479</v>
+      </c>
+      <c r="M61" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N61" t="s">
+        <v>4130</v>
+      </c>
+      <c r="O61" t="s">
+        <v>20</v>
+      </c>
+      <c r="P61" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R61" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S61" t="s">
+        <v>4131</v>
+      </c>
+      <c r="T61" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B62" t="s">
+        <v>4132</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>4126</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>4133</v>
+      </c>
+      <c r="H62" t="s">
+        <v>4134</v>
+      </c>
+      <c r="I62" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J62" t="s">
+        <v>4135</v>
+      </c>
+      <c r="K62" t="s">
+        <v>2867</v>
+      </c>
+      <c r="L62" t="s">
+        <v>2815</v>
+      </c>
+      <c r="M62" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N62" t="s">
+        <v>4136</v>
+      </c>
+      <c r="O62" t="s">
+        <v>20</v>
+      </c>
+      <c r="P62" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R62" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S62" t="s">
+        <v>4137</v>
+      </c>
+      <c r="T62" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B63" t="s">
+        <v>4138</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>4126</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>4139</v>
+      </c>
+      <c r="H63" t="s">
+        <v>4140</v>
+      </c>
+      <c r="I63" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J63" t="s">
+        <v>4141</v>
+      </c>
+      <c r="K63" t="s">
+        <v>4142</v>
+      </c>
+      <c r="L63" t="s">
+        <v>4143</v>
+      </c>
+      <c r="M63" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N63" t="s">
+        <v>4144</v>
+      </c>
+      <c r="O63" t="s">
+        <v>20</v>
+      </c>
+      <c r="P63" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R63" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S63" t="s">
+        <v>4145</v>
+      </c>
+      <c r="T63" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B64" t="s">
+        <v>4146</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>3951</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>4147</v>
+      </c>
+      <c r="H64" t="s">
+        <v>4148</v>
+      </c>
+      <c r="I64" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J64" t="s">
+        <v>4149</v>
+      </c>
+      <c r="K64" t="s">
+        <v>2492</v>
+      </c>
+      <c r="L64" t="s">
+        <v>50</v>
+      </c>
+      <c r="M64" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N64" t="s">
+        <v>3956</v>
+      </c>
+      <c r="O64" t="s">
+        <v>20</v>
+      </c>
+      <c r="P64" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R64" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S64" t="s">
+        <v>4150</v>
+      </c>
+      <c r="T64" t="s">
+        <v>3958</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B65" t="s">
+        <v>4151</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>4152</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>4153</v>
+      </c>
+      <c r="H65" t="s">
+        <v>4154</v>
+      </c>
+      <c r="I65" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J65" t="s">
+        <v>4155</v>
+      </c>
+      <c r="K65" t="s">
+        <v>4156</v>
+      </c>
+      <c r="L65" t="s">
+        <v>2479</v>
+      </c>
+      <c r="M65" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N65" t="s">
+        <v>4157</v>
+      </c>
+      <c r="O65" t="s">
+        <v>20</v>
+      </c>
+      <c r="P65" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R65" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S65" t="s">
+        <v>4158</v>
+      </c>
+      <c r="T65" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B66" t="s">
+        <v>4159</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>3985</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>4160</v>
+      </c>
+      <c r="H66" t="s">
+        <v>4161</v>
+      </c>
+      <c r="I66" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J66" t="s">
+        <v>4162</v>
+      </c>
+      <c r="K66" t="s">
+        <v>3988</v>
+      </c>
+      <c r="L66" t="s">
+        <v>59</v>
+      </c>
+      <c r="M66" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N66" t="s">
+        <v>4163</v>
+      </c>
+      <c r="O66" t="s">
+        <v>20</v>
+      </c>
+      <c r="P66" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R66" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S66" t="s">
+        <v>973</v>
+      </c>
+      <c r="T66" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B67" t="s">
+        <v>4164</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>3951</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>4165</v>
+      </c>
+      <c r="H67" t="s">
+        <v>4166</v>
+      </c>
+      <c r="I67" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J67" t="s">
+        <v>4167</v>
+      </c>
+      <c r="K67" t="s">
+        <v>2606</v>
+      </c>
+      <c r="L67" t="s">
+        <v>563</v>
+      </c>
+      <c r="M67" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N67" t="s">
+        <v>3956</v>
+      </c>
+      <c r="O67" t="s">
+        <v>20</v>
+      </c>
+      <c r="P67" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R67" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S67" t="s">
+        <v>4168</v>
+      </c>
+      <c r="T67" t="s">
+        <v>3958</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B68" t="s">
+        <v>4169</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>3925</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>4170</v>
+      </c>
+      <c r="H68" t="s">
+        <v>4171</v>
+      </c>
+      <c r="I68" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J68" t="s">
+        <v>3721</v>
+      </c>
+      <c r="K68" t="s">
+        <v>3722</v>
+      </c>
+      <c r="L68" t="s">
+        <v>288</v>
+      </c>
+      <c r="M68" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N68" t="s">
+        <v>4172</v>
+      </c>
+      <c r="O68" t="s">
+        <v>20</v>
+      </c>
+      <c r="P68" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R68" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S68" t="s">
+        <v>4173</v>
+      </c>
+      <c r="T68" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B69" t="s">
+        <v>4174</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>4126</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>4175</v>
+      </c>
+      <c r="H69" t="s">
+        <v>4176</v>
+      </c>
+      <c r="I69" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J69" t="s">
+        <v>4177</v>
+      </c>
+      <c r="K69" t="s">
+        <v>2506</v>
+      </c>
+      <c r="L69" t="s">
+        <v>2507</v>
+      </c>
+      <c r="M69" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N69" t="s">
+        <v>4178</v>
+      </c>
+      <c r="O69" t="s">
+        <v>20</v>
+      </c>
+      <c r="P69" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R69" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S69" t="s">
+        <v>4179</v>
+      </c>
+      <c r="T69" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B70" t="s">
+        <v>4180</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>3951</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>4181</v>
+      </c>
+      <c r="H70" t="s">
+        <v>4182</v>
+      </c>
+      <c r="I70" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J70" t="s">
+        <v>4183</v>
+      </c>
+      <c r="K70" t="s">
+        <v>3176</v>
+      </c>
+      <c r="L70" t="s">
+        <v>755</v>
+      </c>
+      <c r="M70" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N70" t="s">
+        <v>4184</v>
+      </c>
+      <c r="O70" t="s">
+        <v>20</v>
+      </c>
+      <c r="P70" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R70" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S70" t="s">
+        <v>4185</v>
+      </c>
+      <c r="T70" t="s">
+        <v>3958</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B71" t="s">
+        <v>4186</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>3951</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>4187</v>
+      </c>
+      <c r="H71" t="s">
+        <v>4188</v>
+      </c>
+      <c r="I71" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J71" t="s">
+        <v>4189</v>
+      </c>
+      <c r="K71" t="s">
+        <v>4190</v>
+      </c>
+      <c r="L71" t="s">
+        <v>4191</v>
+      </c>
+      <c r="M71" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N71" t="s">
+        <v>4192</v>
+      </c>
+      <c r="O71" t="s">
+        <v>20</v>
+      </c>
+      <c r="P71" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R71" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S71" t="s">
+        <v>4193</v>
+      </c>
+      <c r="T71" t="s">
+        <v>3958</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B72" t="s">
+        <v>4194</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>4152</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>4195</v>
+      </c>
+      <c r="H72" t="s">
+        <v>4196</v>
+      </c>
+      <c r="I72" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J72" t="s">
+        <v>20</v>
+      </c>
+      <c r="K72" t="s">
+        <v>2697</v>
+      </c>
+      <c r="L72" t="s">
+        <v>473</v>
+      </c>
+      <c r="M72" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N72" t="s">
+        <v>4197</v>
+      </c>
+      <c r="O72" t="s">
+        <v>20</v>
+      </c>
+      <c r="P72" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R72" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S72" t="s">
+        <v>4198</v>
+      </c>
+      <c r="T72" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B73" t="s">
+        <v>4199</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>3938</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>4200</v>
+      </c>
+      <c r="H73" t="s">
+        <v>4201</v>
+      </c>
+      <c r="I73" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J73" t="s">
+        <v>3941</v>
+      </c>
+      <c r="K73" t="s">
+        <v>2606</v>
+      </c>
+      <c r="L73" t="s">
+        <v>563</v>
+      </c>
+      <c r="M73" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N73" t="s">
+        <v>3942</v>
+      </c>
+      <c r="O73" t="s">
+        <v>20</v>
+      </c>
+      <c r="P73" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R73" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S73" t="s">
+        <v>4202</v>
+      </c>
+      <c r="T73" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B74" t="s">
+        <v>4203</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>3951</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>4204</v>
+      </c>
+      <c r="H74" t="s">
+        <v>4205</v>
+      </c>
+      <c r="I74" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J74" t="s">
+        <v>4206</v>
+      </c>
+      <c r="K74" t="s">
+        <v>2557</v>
+      </c>
+      <c r="L74" t="s">
+        <v>1280</v>
+      </c>
+      <c r="M74" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N74" t="s">
+        <v>4192</v>
+      </c>
+      <c r="O74" t="s">
+        <v>20</v>
+      </c>
+      <c r="P74" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R74" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S74" t="s">
+        <v>4207</v>
+      </c>
+      <c r="T74" t="s">
+        <v>3958</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B75" t="s">
+        <v>4151</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>4152</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>4208</v>
+      </c>
+      <c r="H75" t="s">
+        <v>4209</v>
+      </c>
+      <c r="I75" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J75" t="s">
+        <v>4155</v>
+      </c>
+      <c r="K75" t="s">
+        <v>2478</v>
+      </c>
+      <c r="L75" t="s">
+        <v>2479</v>
+      </c>
+      <c r="M75" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N75" t="s">
+        <v>4210</v>
+      </c>
+      <c r="O75" t="s">
+        <v>20</v>
+      </c>
+      <c r="P75" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R75" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S75" t="s">
+        <v>4211</v>
+      </c>
+      <c r="T75" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B76" t="s">
+        <v>4212</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>4152</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>4213</v>
+      </c>
+      <c r="H76" t="s">
+        <v>4214</v>
+      </c>
+      <c r="I76" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J76" t="s">
+        <v>4215</v>
+      </c>
+      <c r="K76" t="s">
+        <v>2697</v>
+      </c>
+      <c r="L76" t="s">
+        <v>473</v>
+      </c>
+      <c r="M76" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N76" t="s">
+        <v>4216</v>
+      </c>
+      <c r="O76" t="s">
+        <v>20</v>
+      </c>
+      <c r="P76" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R76" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S76" t="s">
+        <v>4217</v>
+      </c>
+      <c r="T76" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B77" t="s">
+        <v>4218</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>4152</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>4219</v>
+      </c>
+      <c r="H77" t="s">
+        <v>4220</v>
+      </c>
+      <c r="I77" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J77" t="s">
+        <v>20</v>
+      </c>
+      <c r="K77" t="s">
+        <v>2613</v>
+      </c>
+      <c r="L77" t="s">
+        <v>627</v>
+      </c>
+      <c r="M77" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N77" t="s">
+        <v>4221</v>
+      </c>
+      <c r="O77" t="s">
+        <v>20</v>
+      </c>
+      <c r="P77" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R77" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S77" t="s">
+        <v>4222</v>
+      </c>
+      <c r="T77" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B78" t="s">
+        <v>4223</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>4152</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>4224</v>
+      </c>
+      <c r="H78" t="s">
+        <v>4225</v>
+      </c>
+      <c r="I78" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J78" t="s">
+        <v>4226</v>
+      </c>
+      <c r="K78" t="s">
+        <v>3405</v>
+      </c>
+      <c r="L78" t="s">
+        <v>3406</v>
+      </c>
+      <c r="M78" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N78" t="s">
+        <v>4227</v>
+      </c>
+      <c r="O78" t="s">
+        <v>20</v>
+      </c>
+      <c r="P78" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R78" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S78" t="s">
+        <v>4228</v>
+      </c>
+      <c r="T78" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B79" t="s">
+        <v>4229</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>4152</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>4230</v>
+      </c>
+      <c r="H79" t="s">
+        <v>4231</v>
+      </c>
+      <c r="I79" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J79" t="s">
+        <v>20</v>
+      </c>
+      <c r="K79" t="s">
+        <v>3777</v>
+      </c>
+      <c r="L79" t="s">
+        <v>546</v>
+      </c>
+      <c r="M79" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N79" t="s">
+        <v>4232</v>
+      </c>
+      <c r="O79" t="s">
+        <v>20</v>
+      </c>
+      <c r="P79" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R79" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S79" t="s">
+        <v>4233</v>
+      </c>
+      <c r="T79" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B80" t="s">
+        <v>4234</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>4152</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>4235</v>
+      </c>
+      <c r="H80" t="s">
+        <v>4236</v>
+      </c>
+      <c r="I80" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J80" t="s">
+        <v>4237</v>
+      </c>
+      <c r="K80" t="s">
+        <v>3454</v>
+      </c>
+      <c r="L80" t="s">
+        <v>3455</v>
+      </c>
+      <c r="M80" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N80" t="s">
+        <v>4238</v>
+      </c>
+      <c r="O80" t="s">
+        <v>20</v>
+      </c>
+      <c r="P80" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R80" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S80" t="s">
+        <v>4239</v>
+      </c>
+      <c r="T80" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B81" t="s">
+        <v>4240</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>4126</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>4241</v>
+      </c>
+      <c r="H81" t="s">
+        <v>4242</v>
+      </c>
+      <c r="I81" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J81" t="s">
+        <v>4243</v>
+      </c>
+      <c r="K81" t="s">
+        <v>2909</v>
+      </c>
+      <c r="L81" t="s">
+        <v>2910</v>
+      </c>
+      <c r="M81" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N81" t="s">
+        <v>4244</v>
+      </c>
+      <c r="O81" t="s">
+        <v>20</v>
+      </c>
+      <c r="P81" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R81" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S81" t="s">
+        <v>4245</v>
+      </c>
+      <c r="T81" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B82" t="s">
+        <v>4246</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>4152</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>4247</v>
+      </c>
+      <c r="H82" t="s">
+        <v>4248</v>
+      </c>
+      <c r="I82" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J82" t="s">
+        <v>4249</v>
+      </c>
+      <c r="K82" t="s">
+        <v>4250</v>
+      </c>
+      <c r="L82" t="s">
+        <v>4251</v>
+      </c>
+      <c r="M82" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N82" t="s">
+        <v>4252</v>
+      </c>
+      <c r="O82" t="s">
+        <v>20</v>
+      </c>
+      <c r="P82" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R82" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S82" t="s">
+        <v>4253</v>
+      </c>
+      <c r="T82" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B83" t="s">
+        <v>4254</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>3925</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>4255</v>
+      </c>
+      <c r="H83" t="s">
+        <v>4256</v>
+      </c>
+      <c r="I83" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J83" t="s">
+        <v>20</v>
+      </c>
+      <c r="K83" t="s">
+        <v>2366</v>
+      </c>
+      <c r="L83" t="s">
+        <v>75</v>
+      </c>
+      <c r="M83" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N83" t="s">
+        <v>4257</v>
+      </c>
+      <c r="O83" t="s">
+        <v>20</v>
+      </c>
+      <c r="P83" t="s">
+        <v>3739</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>4123</v>
+      </c>
+      <c r="R83" t="s">
+        <v>3739</v>
+      </c>
+      <c r="S83" t="s">
+        <v>4258</v>
+      </c>
+      <c r="T83" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B84" t="s">
+        <v>4259</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>4260</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>4261</v>
+      </c>
+      <c r="H84" t="s">
+        <v>4262</v>
+      </c>
+      <c r="I84" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J84" t="s">
+        <v>20</v>
+      </c>
+      <c r="K84" t="s">
+        <v>3265</v>
+      </c>
+      <c r="L84" t="s">
+        <v>3266</v>
+      </c>
+      <c r="M84" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N84" t="s">
+        <v>4263</v>
+      </c>
+      <c r="O84" t="s">
+        <v>20</v>
+      </c>
+      <c r="P84" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>3756</v>
+      </c>
+      <c r="R84" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S84" t="s">
+        <v>4264</v>
+      </c>
+      <c r="T84" t="s">
+        <v>3725</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B85" t="s">
+        <v>4265</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>4266</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>4267</v>
+      </c>
+      <c r="H85" t="s">
+        <v>4268</v>
+      </c>
+      <c r="I85" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J85" t="s">
+        <v>4269</v>
+      </c>
+      <c r="K85" t="s">
+        <v>2392</v>
+      </c>
+      <c r="L85" t="s">
+        <v>30</v>
+      </c>
+      <c r="M85" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N85" t="s">
+        <v>4270</v>
+      </c>
+      <c r="O85" t="s">
+        <v>20</v>
+      </c>
+      <c r="P85" t="s">
+        <v>2339</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>3756</v>
+      </c>
+      <c r="R85" t="s">
+        <v>2339</v>
+      </c>
+      <c r="S85" t="s">
+        <v>4271</v>
+      </c>
+      <c r="T85" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B86" t="s">
+        <v>4272</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>4273</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>4274</v>
+      </c>
+      <c r="H86" t="s">
+        <v>4275</v>
+      </c>
+      <c r="I86" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J86" t="s">
+        <v>20</v>
+      </c>
+      <c r="K86" t="s">
+        <v>3864</v>
+      </c>
+      <c r="L86" t="s">
+        <v>3865</v>
+      </c>
+      <c r="M86" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N86" t="s">
+        <v>3866</v>
+      </c>
+      <c r="O86" t="s">
+        <v>20</v>
+      </c>
+      <c r="P86" t="s">
+        <v>3793</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>3748</v>
+      </c>
+      <c r="R86" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S86" t="s">
+        <v>4276</v>
+      </c>
+      <c r="T86" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>3716</v>
+      </c>
+      <c r="B87" t="s">
+        <v>4277</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>4278</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>4279</v>
+      </c>
+      <c r="H87" t="s">
+        <v>4280</v>
+      </c>
+      <c r="I87" t="s">
+        <v>3814</v>
+      </c>
+      <c r="J87" t="s">
+        <v>2887</v>
+      </c>
+      <c r="K87" t="s">
+        <v>2888</v>
+      </c>
+      <c r="L87" t="s">
+        <v>50</v>
+      </c>
+      <c r="M87" t="s">
+        <v>2338</v>
+      </c>
+      <c r="N87" t="s">
+        <v>4281</v>
+      </c>
+      <c r="O87" t="s">
+        <v>20</v>
+      </c>
+      <c r="P87" t="s">
+        <v>2457</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>4091</v>
+      </c>
+      <c r="R87" t="s">
+        <v>2457</v>
+      </c>
+      <c r="S87" t="s">
+        <v>4282</v>
+      </c>
+      <c r="T87" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>