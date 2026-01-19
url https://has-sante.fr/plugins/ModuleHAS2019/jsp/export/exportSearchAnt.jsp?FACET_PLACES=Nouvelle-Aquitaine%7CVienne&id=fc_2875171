--- v0 (2025-12-05)
+++ v1 (2026-01-19)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3426" uniqueCount="1401">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4359" uniqueCount="1748">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,122 +77,143 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur Aurélien BOBIET</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794730/fr/docteur-aurelien-bobiet</t>
+  </si>
+  <si>
+    <t>p_3794730</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>BOBIET</t>
+  </si>
+  <si>
+    <t>Aurélien</t>
+  </si>
+  <si>
+    <t>23 October 2025</t>
+  </si>
+  <si>
+    <t>CHU LA MILETRIE</t>
+  </si>
+  <si>
+    <t>86021</t>
+  </si>
+  <si>
+    <t>POITIERS</t>
+  </si>
+  <si>
+    <t>860000223</t>
+  </si>
+  <si>
     <t>Professeur FABRICE SCHNEIDER</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>28/07/2025 12:16:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638782/fr/professeur-fabrice-schneider</t>
   </si>
   <si>
     <t>p_3638782</t>
   </si>
   <si>
     <t>Professeur</t>
   </si>
   <si>
     <t>SCHNEIDER</t>
   </si>
   <si>
     <t>FABRICE</t>
   </si>
   <si>
     <t>24 July 2025</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE DE POITIERS</t>
   </si>
   <si>
-    <t>86021</t>
-[...1 lines deleted...]
-  <si>
     <t>Poitiers</t>
   </si>
   <si>
     <t>860780980</t>
   </si>
   <si>
     <t>Docteur ANAIS PERAN</t>
   </si>
   <si>
     <t>30/06/2025 14:17:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633953/fr/docteur-anais-peran</t>
   </si>
   <si>
     <t>p_3633953</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>PERAN</t>
   </si>
   <si>
     <t>ANAIS</t>
   </si>
   <si>
     <t>26 June 2025</t>
   </si>
   <si>
-    <t>CHU LA MILETRIE</t>
-[...7 lines deleted...]
-  <si>
     <t>Docteur Francois LEBRUN</t>
   </si>
   <si>
     <t>19/12/2024 15:30:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574332/fr/docteur-francois-lebrun</t>
   </si>
   <si>
     <t>p_3574332</t>
   </si>
   <si>
     <t>LEBRUN</t>
   </si>
   <si>
     <t>Francois</t>
   </si>
   <si>
     <t>19 December 2024</t>
   </si>
   <si>
     <t>POLYCLINIQUE DE POITIERS</t>
   </si>
   <si>
     <t>86000</t>
@@ -1010,290 +1031,272 @@
   <si>
     <t>DESPERIEZ</t>
   </si>
   <si>
     <t>Michel</t>
   </si>
   <si>
     <t>Docteur Philippe MEIRE</t>
   </si>
   <si>
     <t>08/11/2016 11:30:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708761/fr/docteur-philippe-meire</t>
   </si>
   <si>
     <t>c_2708761</t>
   </si>
   <si>
     <t>MEIRE</t>
   </si>
   <si>
     <t>Philippe</t>
   </si>
   <si>
+    <t>Docteur Hayssam NASSER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708792/fr/docteur-hayssam-nasser</t>
+  </si>
+  <si>
+    <t>c_2708792</t>
+  </si>
+  <si>
+    <t>NASSER</t>
+  </si>
+  <si>
+    <t>Hayssam</t>
+  </si>
+  <si>
+    <t>03 February 2022</t>
+  </si>
+  <si>
+    <t>CHU DE POITIERS - SITE CHATELLERAULT</t>
+  </si>
+  <si>
+    <t>86106</t>
+  </si>
+  <si>
+    <t>CHATELLERAULT</t>
+  </si>
+  <si>
+    <t>860000025</t>
+  </si>
+  <si>
+    <t>Docteur Thibaud LUDOT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709351/fr/docteur-thibaud-ludot</t>
+  </si>
+  <si>
+    <t>c_2709351</t>
+  </si>
+  <si>
+    <t>LUDOT</t>
+  </si>
+  <si>
+    <t>Thibaud</t>
+  </si>
+  <si>
+    <t>Professeur Pierre CORBI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710293/fr/professeur-pierre-corbi</t>
+  </si>
+  <si>
+    <t>c_2710293</t>
+  </si>
+  <si>
+    <t>CORBI</t>
+  </si>
+  <si>
+    <t>Pierre</t>
+  </si>
+  <si>
+    <t>CHU LA MILETRIE,CDAG - CTRE DEPIST. ANON. &amp; GRAT.</t>
+  </si>
+  <si>
+    <t>86021,86000</t>
+  </si>
+  <si>
+    <t>POITIERS,POITIERS</t>
+  </si>
+  <si>
+    <t>860000223,860010552</t>
+  </si>
+  <si>
+    <t>Docteur Jean-françois BONILLO</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710364/fr/docteur-jean-francois-bonillo</t>
+  </si>
+  <si>
+    <t>c_2710364</t>
+  </si>
+  <si>
+    <t>BONILLO</t>
+  </si>
+  <si>
+    <t>Jean-françois</t>
+  </si>
+  <si>
+    <t>Docteur Eric LE PELLEY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710369/fr/docteur-eric-le-pelley</t>
+  </si>
+  <si>
+    <t>c_2710369</t>
+  </si>
+  <si>
+    <t>LE PELLEY</t>
+  </si>
+  <si>
+    <t>Eric</t>
+  </si>
+  <si>
+    <t>Docteur Christophe BRILLU</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710661/fr/docteur-christophe-brillu</t>
+  </si>
+  <si>
+    <t>c_2710661</t>
+  </si>
+  <si>
+    <t>BRILLU</t>
+  </si>
+  <si>
+    <t>Christophe</t>
+  </si>
+  <si>
+    <t>Docteur Valerie BASCOU-FERRANDIS</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710881/fr/docteur-valerie-bascou-ferrandis</t>
+  </si>
+  <si>
+    <t>c_2710881</t>
+  </si>
+  <si>
+    <t>BASCOU-FERRANDIS</t>
+  </si>
+  <si>
+    <t>Valerie</t>
+  </si>
+  <si>
+    <t>Docteur Imad BEYDOUN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711121/fr/docteur-imad-beydoun</t>
+  </si>
+  <si>
+    <t>c_2711121</t>
+  </si>
+  <si>
+    <t>BEYDOUN</t>
+  </si>
+  <si>
+    <t>Imad</t>
+  </si>
+  <si>
+    <t>16 December 2021</t>
+  </si>
+  <si>
+    <t>Docteur Alain GODARD</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711238/fr/docteur-alain-godard</t>
+  </si>
+  <si>
+    <t>c_2711238</t>
+  </si>
+  <si>
+    <t>GODARD</t>
+  </si>
+  <si>
+    <t>Alain</t>
+  </si>
+  <si>
+    <t>31 March 2022</t>
+  </si>
+  <si>
+    <t>Docteur Xavier GAULT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711853/fr/docteur-xavier-gault</t>
+  </si>
+  <si>
+    <t>c_2711853</t>
+  </si>
+  <si>
+    <t>GAULT</t>
+  </si>
+  <si>
+    <t>Xavier</t>
+  </si>
+  <si>
+    <t>13 October 2022</t>
+  </si>
+  <si>
     <t>CLINIQUE DE CHATELLERAULT</t>
   </si>
   <si>
     <t>86100</t>
   </si>
   <si>
-    <t>CHATELLERAULT</t>
-[...1 lines deleted...]
-  <si>
     <t>860780311</t>
   </si>
   <si>
-    <t>Docteur Hayssam NASSER</t>
-[...226 lines deleted...]
-  <si>
     <t>Docteur Anne MARTAILLE</t>
   </si>
   <si>
     <t>08/11/2016 11:35:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712472/fr/docteur-anne-martaille</t>
   </si>
   <si>
     <t>c_2712472</t>
   </si>
   <si>
     <t>MARTAILLE</t>
   </si>
   <si>
     <t>Anne</t>
   </si>
   <si>
     <t>29 December 2020</t>
   </si>
   <si>
     <t>Professeur Xavier FRITEL</t>
   </si>
   <si>
     <t>08/11/2016 11:35:22</t>
@@ -1304,50 +1307,83 @@
   <si>
     <t>c_2712643</t>
   </si>
   <si>
     <t>FRITEL</t>
   </si>
   <si>
     <t>Docteur Aurélie DJEZZAR-HOMO</t>
   </si>
   <si>
     <t>08/11/2016 11:35:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712829/fr/docteur-aurelie-djezzar-homo</t>
   </si>
   <si>
     <t>c_2712829</t>
   </si>
   <si>
     <t>DJEZZAR-HOMO</t>
   </si>
   <si>
     <t>Aurélie</t>
   </si>
   <si>
+    <t>Docteur Mélie SARREAU</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712893/fr/docteur-melie-sarreau</t>
+  </si>
+  <si>
+    <t>c_2712893</t>
+  </si>
+  <si>
+    <t>SARREAU</t>
+  </si>
+  <si>
+    <t>Mélie</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>GROUPE HOSPITALIER PELLEGRIN - CHU,CDAG - CHU POITIERS</t>
+  </si>
+  <si>
+    <t>33076,86106</t>
+  </si>
+  <si>
+    <t>BORDEAUX,CHATELLERAULT</t>
+  </si>
+  <si>
+    <t>330781360,860010560</t>
+  </si>
+  <si>
     <t>Docteur Bénédicte LESIEUR</t>
   </si>
   <si>
     <t>08/11/2016 11:35:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712938/fr/docteur-benedicte-lesieur</t>
   </si>
   <si>
     <t>c_2712938</t>
   </si>
   <si>
     <t>LESIEUR</t>
   </si>
   <si>
     <t>Bénédicte</t>
   </si>
   <si>
     <t>POLYCLINIQUE DE POITIERS,CLINIQUE DU FIEF DE GRIMOIRE</t>
   </si>
   <si>
     <t>86000,86000</t>
   </si>
   <si>
     <t>860010321,860780568</t>
@@ -1439,1076 +1475,1595 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>IME MOULINS RENE TETARD</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:05:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15305_FicheESSMS/fr/ime-moulins-rene-tetard</t>
+  </si>
+  <si>
+    <t>15305_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Chemin De Moulins</t>
+  </si>
+  <si>
+    <t>86800 SEVRES ANXAUMONT</t>
+  </si>
+  <si>
+    <t>SEVRES ANXAUMONT</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>860780162</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LE PARC DE GENCAY</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:12:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15518_FicheESSMS/fr/residence-autonomie-le-parc-de-gencay</t>
+  </si>
+  <si>
+    <t>15518_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Cité De La Roche</t>
+  </si>
+  <si>
+    <t>86160 GENCAY</t>
+  </si>
+  <si>
+    <t>GENCAY</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>860780790</t>
+  </si>
+  <si>
+    <t>EHPAD GERAUD DE PIERREDON</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:12:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15519_FicheESSMS/fr/ehpad-geraud-de-pierredon</t>
+  </si>
+  <si>
+    <t>15519_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Geraud De Pierredon</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>860006329</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE "LE CHANT D'OISEAUX"</t>
+  </si>
+  <si>
+    <t>17/12/2025 05:02:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15252_FicheESSMS/fr/lieu-de-vie-le-chant-d-oiseaux</t>
+  </si>
+  <si>
+    <t>15252_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue De La Gare</t>
+  </si>
+  <si>
+    <t>86250 CHARROUX</t>
+  </si>
+  <si>
+    <t>CHARROUX</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>860010909</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE "LA VIE DEVANT SOI"</t>
+  </si>
+  <si>
+    <t>11/12/2025 05:13:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15146_FicheESSMS/fr/lieu-de-vie-la-vie-devant-soi</t>
+  </si>
+  <si>
+    <t>15146_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue De La Croix Blanche</t>
+  </si>
+  <si>
+    <t>86360 CHASSENEUIL DU POITOU</t>
+  </si>
+  <si>
+    <t>CHASSENEUIL DU POITOU</t>
+  </si>
+  <si>
+    <t>860010297</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LE BON ACCUEIL</t>
+  </si>
+  <si>
+    <t>10/11/2025 16:17:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14658_FicheESSMS/fr/residence-autonomie-le-bon-accueil</t>
+  </si>
+  <si>
+    <t>14658_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Place De Freistroff</t>
+  </si>
+  <si>
+    <t>86210 ARCHIGNY</t>
+  </si>
+  <si>
+    <t>ARCHIGNY</t>
+  </si>
+  <si>
+    <t>860793272</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LA MAISOUNNAIE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14236_FicheESSMS/fr/residence-autonomie-la-maisounnaie</t>
+  </si>
+  <si>
+    <t>14236_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Du 8 Mai 1945</t>
+  </si>
+  <si>
+    <t>86600 ST SAUVANT</t>
+  </si>
+  <si>
+    <t>ST SAUVANT</t>
+  </si>
+  <si>
+    <t>860012244</t>
+  </si>
+  <si>
     <t>LVA LA PIGNONETTE</t>
   </si>
   <si>
     <t>07/11/2025 16:25:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14339_FicheESSMS/fr/lva-la-pignonette</t>
   </si>
   <si>
     <t>14339_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Des Ecoles</t>
   </si>
   <si>
     <t>86230 VELLECHES</t>
   </si>
   <si>
     <t>VELLECHES</t>
   </si>
   <si>
-    <t>86</t>
-[...1 lines deleted...]
-  <si>
     <t>Privé commercial</t>
   </si>
   <si>
-    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
-[...4 lines deleted...]
-  <si>
     <t>860015585</t>
   </si>
   <si>
     <t>LIEU DE VIE "SAINT NICOLAS"</t>
   </si>
   <si>
     <t>07/11/2025 16:26:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14398_FicheESSMS/fr/lieu-de-vie-saint-nicolas</t>
   </si>
   <si>
     <t>14398_FicheESSMS</t>
   </si>
   <si>
     <t>86340 FLEURE</t>
   </si>
   <si>
     <t>FLEURE</t>
   </si>
   <si>
-    <t>Privé à but non lucratif</t>
-[...1 lines deleted...]
-  <si>
     <t>860007368</t>
   </si>
   <si>
+    <t>EHPAD RESIDENCE LOUIS ARAGON</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14452_FicheESSMS/fr/ehpad-residence-louis-aragon</t>
+  </si>
+  <si>
+    <t>14452_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue Elsa Triolet</t>
+  </si>
+  <si>
+    <t>86530 NAINTRE</t>
+  </si>
+  <si>
+    <t>NAINTRE</t>
+  </si>
+  <si>
+    <t>860010388</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE ELSA TRIOLET</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:27:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14488_FicheESSMS/fr/residence-autonomie-elsa-triolet</t>
+  </si>
+  <si>
+    <t>14488_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860780816</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE LA CHACUNIERE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:27:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14572_FicheESSMS/fr/lieu-de-vie-la-chacuniere</t>
+  </si>
+  <si>
+    <t>14572_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86200 SAMMARCOLLES</t>
+  </si>
+  <si>
+    <t>SAMMARCOLLES</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>860014448</t>
+  </si>
+  <si>
     <t>SAAD O2 POITIERS</t>
   </si>
   <si>
     <t>21/10/2025 16:17:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14182_FicheESSMS/fr/saad-o2-poitiers</t>
   </si>
   <si>
     <t>14182_FicheESSMS</t>
   </si>
   <si>
     <t>69 Rue Carnot</t>
   </si>
   <si>
     <t>86000 POITIERS</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Service autonomie aide (SAA)</t>
   </si>
   <si>
     <t>860015858</t>
   </si>
   <si>
+    <t>EHPAD RESIDENCE LA PETITE SUISSE</t>
+  </si>
+  <si>
+    <t>01/10/2025 16:15:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13832_FicheESSMS/fr/ehpad-residence-la-petite-suisse</t>
+  </si>
+  <si>
+    <t>13832_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue De La Petite Suisse</t>
+  </si>
+  <si>
+    <t>86430 MOUTERRE SUR BLOURDE</t>
+  </si>
+  <si>
+    <t>MOUTERRE SUR BLOURDE</t>
+  </si>
+  <si>
+    <t>860790005</t>
+  </si>
+  <si>
+    <t>EANM LES FLOTTEURS POITEVINS</t>
+  </si>
+  <si>
+    <t>28/09/2025 16:16:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13679_FicheESSMS/fr/eanm-les-flotteurs-poitevins</t>
+  </si>
+  <si>
+    <t>13679_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86240 SMARVES</t>
+  </si>
+  <si>
+    <t>SMARVES</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>860791524</t>
+  </si>
+  <si>
+    <t>SESSAD MONTMORILLON</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:20:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13312_FicheESSMS/fr/sessad-montmorillon</t>
+  </si>
+  <si>
+    <t>13312_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Avenue De Provence</t>
+  </si>
+  <si>
+    <t>86500 MONTMORILLON</t>
+  </si>
+  <si>
+    <t>MONTMORILLON</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>860010586</t>
+  </si>
+  <si>
+    <t>IME LES JAUMES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13311_FicheESSMS/fr/ime-les-jaumes</t>
+  </si>
+  <si>
+    <t>13311_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Jaumes</t>
+  </si>
+  <si>
+    <t>860780410</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM DE L'ATI DE LA VIENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/81_FicheESSMS/fr/service-mjpm-de-l-ati-de-la-vienne</t>
+  </si>
+  <si>
+    <t>81_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Goelette</t>
+  </si>
+  <si>
+    <t>86280 ST BENOIT</t>
+  </si>
+  <si>
+    <t>ST BENOIT</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>860013069</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM DE L'ESAT ESSOR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/83_FicheESSMS/fr/service-mjpm-de-l-esat-essor</t>
+  </si>
+  <si>
+    <t>83_FicheESSMS</t>
+  </si>
+  <si>
+    <t>370 Avenue Jacques Coeur</t>
+  </si>
+  <si>
+    <t>86021 POITIERS</t>
+  </si>
+  <si>
+    <t>860012947</t>
+  </si>
+  <si>
+    <t>SAMSAH TSA 86</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/112_FicheESSMS/fr/samsah-tsa-86</t>
+  </si>
+  <si>
+    <t>112_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Place Richard Coeur De Lion</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>860014505</t>
+  </si>
+  <si>
+    <t>SESSAD TED 86</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/111_FicheESSMS/fr/sessad-ted-86</t>
+  </si>
+  <si>
+    <t>111_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Place Jean Sans Terre</t>
+  </si>
+  <si>
+    <t>860010727</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE PASTEUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/303_FicheESSMS/fr/ehpad-residence-pasteur</t>
+  </si>
+  <si>
+    <t>303_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Joseph Meister</t>
+  </si>
+  <si>
+    <t>860012079</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DE SALOME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/348_FicheESSMS/fr/ehpad-les-jardins-de-salome</t>
+  </si>
+  <si>
+    <t>348_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Antoine De Saint Exupery</t>
+  </si>
+  <si>
+    <t>86240 FONTAINE LE COMTE</t>
+  </si>
+  <si>
+    <t>FONTAINE LE COMTE</t>
+  </si>
+  <si>
+    <t>860013564</t>
+  </si>
+  <si>
+    <t>ACT CORDIA POITIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/355_FicheESSMS/fr/act-cordia-poitiers</t>
+  </si>
+  <si>
+    <t>355_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Scheurer Kestner</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
+  </si>
+  <si>
+    <t>860010669</t>
+  </si>
+  <si>
     <t>FAM - DEF PSYCHIQUE - H LABORIT</t>
   </si>
   <si>
     <t>10/09/2025 12:15:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/531_FicheESSMS/fr/fam-def-psychique-h-laborit</t>
   </si>
   <si>
     <t>531_FicheESSMS</t>
   </si>
   <si>
     <t>200 Rue Tino Rossi</t>
   </si>
   <si>
     <t>86550 MIGNALOUX BEAUVOIR</t>
   </si>
   <si>
     <t>MIGNALOUX BEAUVOIR</t>
   </si>
   <si>
-    <t>Public</t>
-[...4 lines deleted...]
-  <si>
     <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
   </si>
   <si>
     <t>860014109</t>
   </si>
   <si>
+    <t>EHPAD RESIDENCE LUMIERES D'AUTOMNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/937_FicheESSMS/fr/ehpad-residence-lumieres-d-automne</t>
+  </si>
+  <si>
+    <t>937_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310 Avenue De La Liberte</t>
+  </si>
+  <si>
+    <t>86180 BUXEROLLES</t>
+  </si>
+  <si>
+    <t>BUXEROLLES</t>
+  </si>
+  <si>
+    <t>860006402</t>
+  </si>
+  <si>
+    <t>MAS PORT D'ATTACHE - ADAPEI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1362_FicheESSMS/fr/mas-port-d-attache-adapei</t>
+  </si>
+  <si>
+    <t>1362_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Avenue Grottes De Passe-Lourdain</t>
+  </si>
+  <si>
+    <t>86281 ST BENOIT</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>860010958</t>
+  </si>
+  <si>
+    <t>EAM LA FORET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1361_FicheESSMS/fr/eam-la-foret</t>
+  </si>
+  <si>
+    <t>1361_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Avenue Grottes De Passe Lourdain</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>860011402</t>
+  </si>
+  <si>
     <t>IME LE ROC</t>
   </si>
   <si>
-    <t>10/09/2025 12:16:26</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/1360_FicheESSMS/fr/ime-le-roc</t>
   </si>
   <si>
     <t>1360_FicheESSMS</t>
   </si>
   <si>
     <t>8 Rue De La Mairie</t>
   </si>
   <si>
     <t>86400 ST GAUDENT</t>
   </si>
   <si>
     <t>ST GAUDENT</t>
   </si>
   <si>
-    <t>Personne en situation de handicap enfant</t>
-[...4 lines deleted...]
-  <si>
     <t>860780188</t>
   </si>
   <si>
     <t>EHPAD RES LES JARDINS DE CHARLOTTE</t>
   </si>
   <si>
     <t>10/09/2025 12:16:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1490_FicheESSMS/fr/ehpad-res-les-jardins-de-charlotte</t>
   </si>
   <si>
     <t>1490_FicheESSMS</t>
   </si>
   <si>
     <t>24 Rue Des Lilas</t>
   </si>
   <si>
     <t>86170 NEUVILLE DE POITOU</t>
   </si>
   <si>
     <t>NEUVILLE DE POITOU</t>
   </si>
   <si>
-    <t>Personne âgée</t>
-[...4 lines deleted...]
-  <si>
     <t>860010784</t>
   </si>
   <si>
+    <t>SESSAD CENTRE VIENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1575_FicheESSMS/fr/sessad-centre-vienne</t>
+  </si>
+  <si>
+    <t>1575_FicheESSMS</t>
+  </si>
+  <si>
+    <t>94 Allée De La Vervoliere</t>
+  </si>
+  <si>
+    <t>860785625</t>
+  </si>
+  <si>
+    <t>SESSAD SUD VIENNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1574_FicheESSMS/fr/sessad-sud-vienne</t>
+  </si>
+  <si>
+    <t>1574_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Theophile Porcheron</t>
+  </si>
+  <si>
+    <t>86400 CIVRAY</t>
+  </si>
+  <si>
+    <t>CIVRAY</t>
+  </si>
+  <si>
+    <t>860008804</t>
+  </si>
+  <si>
+    <t>IME LES PAPILLONS BLANCS - MAUROC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1585_FicheESSMS/fr/ime-les-papillons-blancs-mauroc</t>
+  </si>
+  <si>
+    <t>1585_FicheESSMS</t>
+  </si>
+  <si>
+    <t>49 Rue De Mauroc</t>
+  </si>
+  <si>
+    <t>860780121</t>
+  </si>
+  <si>
+    <t>EHPAD LE PETIT CLOS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1632_FicheESSMS/fr/ehpad-le-petit-clos</t>
+  </si>
+  <si>
+    <t>1632_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Allée Des Myosotis</t>
+  </si>
+  <si>
+    <t>860012673</t>
+  </si>
+  <si>
+    <t>EHPAD LE CLOS DES MYOSOTIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1631_FicheESSMS/fr/ehpad-le-clos-des-myosotis</t>
+  </si>
+  <si>
+    <t>1631_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Allée Des Myosotis</t>
+  </si>
+  <si>
+    <t>860006469</t>
+  </si>
+  <si>
     <t>EHPAD RESIDENCE DU LAC</t>
   </si>
   <si>
     <t>10/09/2025 12:16:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1633_FicheESSMS/fr/ehpad-residence-du-lac</t>
   </si>
   <si>
     <t>1633_FicheESSMS</t>
   </si>
   <si>
     <t>3 Rue De Bel Air</t>
   </si>
   <si>
     <t>86330 MONCONTOUR</t>
   </si>
   <si>
     <t>MONCONTOUR</t>
   </si>
   <si>
     <t>860789932</t>
   </si>
   <si>
+    <t>EHPAD RESIDENCE D'OR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2009_FicheESSMS/fr/ehpad-residence-d-or</t>
+  </si>
+  <si>
+    <t>2009_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue D'Ypres</t>
+  </si>
+  <si>
+    <t>860789718</t>
+  </si>
+  <si>
+    <t>SAVS ADAPEI 86</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2158_FicheESSMS/fr/savs-adapei-86</t>
+  </si>
+  <si>
+    <t>2158_FicheESSMS</t>
+  </si>
+  <si>
+    <t>78 Avenue De La Liberation</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>860791599</t>
+  </si>
+  <si>
+    <t>EANM FOYER VIE BLEU SOLEIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2157_FicheESSMS/fr/eanm-foyer-vie-bleu-soleil</t>
+  </si>
+  <si>
+    <t>2157_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Louise Michel</t>
+  </si>
+  <si>
+    <t>860015650</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE + SAJ LA PRAIRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2156_FicheESSMS/fr/foyer-de-vie-saj-la-prairie</t>
+  </si>
+  <si>
+    <t>2156_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Grande Rue</t>
+  </si>
+  <si>
+    <t>86510 CHAUNAY</t>
+  </si>
+  <si>
+    <t>CHAUNAY</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>860005578</t>
+  </si>
+  <si>
+    <t>ESAT JOSEPH ROUIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2155_FicheESSMS/fr/esat-joseph-rouil</t>
+  </si>
+  <si>
+    <t>2155_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86400 LIZANT</t>
+  </si>
+  <si>
+    <t>LIZANT</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>860784354</t>
+  </si>
+  <si>
+    <t>ESAT LAVAUSSEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2154_FicheESSMS/fr/esat-lavausseau</t>
+  </si>
+  <si>
+    <t>2154_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Route De Vouille</t>
+  </si>
+  <si>
+    <t>86470 BOIVRE LA VALLEE</t>
+  </si>
+  <si>
+    <t>BOIVRE LA VALLEE</t>
+  </si>
+  <si>
+    <t>860784503</t>
+  </si>
+  <si>
+    <t>ESAT CHANTEJEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2153_FicheESSMS/fr/esat-chantejeau</t>
+  </si>
+  <si>
+    <t>2153_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue De Chantejeau</t>
+  </si>
+  <si>
+    <t>860780600</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE EMERAUDES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2218_FicheESSMS/fr/ehpad-residence-emeraudes</t>
+  </si>
+  <si>
+    <t>2218_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Vassalour</t>
+  </si>
+  <si>
+    <t>86300 CHAUVIGNY</t>
+  </si>
+  <si>
+    <t>CHAUVIGNY</t>
+  </si>
+  <si>
+    <t>860010982</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE CERES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2220_FicheESSMS/fr/ehpad-residence-ceres</t>
+  </si>
+  <si>
+    <t>2220_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48 Rue Jules Edouard Menard</t>
+  </si>
+  <si>
+    <t>86230 ST GERVAIS LES TROIS CLOCH</t>
+  </si>
+  <si>
+    <t>ST GERVAIS LES TROIS CLOCH</t>
+  </si>
+  <si>
+    <t>860789734</t>
+  </si>
+  <si>
+    <t>CHRS POLE HEB SISA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2296_FicheESSMS/fr/chrs-pole-heb-sisa</t>
+  </si>
+  <si>
+    <t>2296_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Avenue Pierre Abelin</t>
+  </si>
+  <si>
+    <t>86100 CHATELLERAULT</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>860784313</t>
+  </si>
+  <si>
+    <t>EANM FH DES ESAT QUARTIER CHILVERT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2359_FicheESSMS/fr/eanm-fh-des-esat-quartier-chilvert</t>
+  </si>
+  <si>
+    <t>2359_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De Chilvert</t>
+  </si>
+  <si>
+    <t>860006253</t>
+  </si>
+  <si>
+    <t>LVA LES REPERES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2573_FicheESSMS/fr/lva-les-reperes</t>
+  </si>
+  <si>
+    <t>2573_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Moulin Chaperon</t>
+  </si>
+  <si>
+    <t>86130 JAUNAY MARIGNY</t>
+  </si>
+  <si>
+    <t>JAUNAY MARIGNY</t>
+  </si>
+  <si>
+    <t>860015601</t>
+  </si>
+  <si>
+    <t>ESAT JEAN DEBELUT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2598_FicheESSMS/fr/esat-jean-debelut</t>
+  </si>
+  <si>
+    <t>2598_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86800 ST JULIEN L ARS</t>
+  </si>
+  <si>
+    <t>ST JULIEN L ARS</t>
+  </si>
+  <si>
+    <t>860791482</t>
+  </si>
+  <si>
+    <t>SAVS ESAT JEAN DEBELUT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2597_FicheESSMS/fr/savs-esat-jean-debelut</t>
+  </si>
+  <si>
+    <t>2597_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860005842</t>
+  </si>
+  <si>
+    <t>EANM JEAN DEBELUT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2596_FicheESSMS/fr/eanm-jean-debelut</t>
+  </si>
+  <si>
+    <t>2596_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860792894</t>
+  </si>
+  <si>
     <t>SESSAD ABSA</t>
   </si>
   <si>
-    <t>10/09/2025 12:18:15</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/2595_FicheESSMS/fr/sessad-absa</t>
   </si>
   <si>
     <t>2595_FicheESSMS</t>
   </si>
   <si>
     <t>19 Rue Alphonse Daudet</t>
   </si>
   <si>
-    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
-[...1 lines deleted...]
-  <si>
     <t>860008846</t>
   </si>
   <si>
     <t>SERVICE D'ACCOMPAGNEMENT ESAT ESSOR</t>
   </si>
   <si>
     <t>10/09/2025 12:18:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2658_FicheESSMS/fr/service-d-accompagnement-esat-essor</t>
   </si>
   <si>
     <t>2658_FicheESSMS</t>
   </si>
   <si>
-    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
-[...1 lines deleted...]
-  <si>
     <t>860785781</t>
   </si>
   <si>
     <t>FOYER HEBERGEMENT - ESAT ESSOR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2657_FicheESSMS/fr/foyer-hebergement-esat-essor</t>
   </si>
   <si>
     <t>2657_FicheESSMS</t>
   </si>
   <si>
     <t>Foyer Hébergement Adultes Handicapés</t>
   </si>
   <si>
     <t>860784610</t>
   </si>
   <si>
+    <t>ESAT ESSOR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2656_FicheESSMS/fr/esat-essor</t>
+  </si>
+  <si>
+    <t>2656_FicheESSMS</t>
+  </si>
+  <si>
+    <t>233 Rue Des Entrepreneurs</t>
+  </si>
+  <si>
+    <t>860782531</t>
+  </si>
+  <si>
+    <t>EHPAD LES TOURNESOLS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2738_FicheESSMS/fr/ehpad-les-tournesols</t>
+  </si>
+  <si>
+    <t>2738_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Ludovic Goulier</t>
+  </si>
+  <si>
+    <t>86220 DANGE ST ROMAIN</t>
+  </si>
+  <si>
+    <t>DANGE ST ROMAIN</t>
+  </si>
+  <si>
+    <t>860010628</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LE FLOREAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2737_FicheESSMS/fr/residence-autonomie-le-floreal</t>
+  </si>
+  <si>
+    <t>2737_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Ludovic Goulier</t>
+  </si>
+  <si>
+    <t>860785112</t>
+  </si>
+  <si>
     <t>EHPAD RESIDENCE LA ROSERAIE</t>
   </si>
   <si>
-    <t>10/09/2025 12:18:26</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/2736_FicheESSMS/fr/ehpad-residence-la-roseraie</t>
   </si>
   <si>
     <t>2736_FicheESSMS</t>
   </si>
   <si>
     <t>19 Rue Des Etangs</t>
   </si>
   <si>
     <t>86460 PRESSAC</t>
   </si>
   <si>
     <t>PRESSAC</t>
   </si>
   <si>
     <t>860014216</t>
   </si>
   <si>
     <t>CSAPA POITIERS</t>
   </si>
   <si>
     <t>10/09/2025 12:18:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2764_FicheESSMS/fr/csapa-poitiers</t>
   </si>
   <si>
     <t>2764_FicheESSMS</t>
   </si>
   <si>
     <t>8 Rue Carol Heitz</t>
   </si>
   <si>
-    <t>Personne ayant des difficultés spécifiques</t>
-[...1 lines deleted...]
-  <si>
     <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
   </si>
   <si>
     <t>860784602</t>
   </si>
   <si>
+    <t>MAS - CH HENRI LABORIT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2763_FicheESSMS/fr/mas-ch-henri-laborit</t>
+  </si>
+  <si>
+    <t>2763_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Moulin Neuf</t>
+  </si>
+  <si>
+    <t>86190 VOUILLE</t>
+  </si>
+  <si>
+    <t>VOUILLE</t>
+  </si>
+  <si>
+    <t>860005800</t>
+  </si>
+  <si>
     <t>RESIDENCE AUTONOMIE DU VAL-DE-VONNE</t>
   </si>
   <si>
     <t>10/09/2025 12:18:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3083_FicheESSMS/fr/residence-autonomie-du-val-de-vonne</t>
   </si>
   <si>
     <t>3083_FicheESSMS</t>
   </si>
   <si>
     <t>20 Rue Enjambes</t>
   </si>
   <si>
     <t>86600 LUSIGNAN</t>
   </si>
   <si>
     <t>LUSIGNAN</t>
   </si>
   <si>
-    <t>Résidences autonomie</t>
-[...1 lines deleted...]
-  <si>
     <t>860790021</t>
   </si>
   <si>
+    <t>RESIDENCE AUTONOMIE L'OASIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3509_FicheESSMS/fr/residence-autonomie-l-oasis</t>
+  </si>
+  <si>
+    <t>3509_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Chateau Gaillard</t>
+  </si>
+  <si>
+    <t>860784529</t>
+  </si>
+  <si>
+    <t>LVALE CLOS DU VERGER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3577_FicheESSMS/fr/lvale-clos-du-verger</t>
+  </si>
+  <si>
+    <t>3577_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Du Quereux Du Sable</t>
+  </si>
+  <si>
+    <t>86170 CHAMPIGNY EN ROCHEREAU</t>
+  </si>
+  <si>
+    <t>CHAMPIGNY EN ROCHEREAU</t>
+  </si>
+  <si>
+    <t>860015734</t>
+  </si>
+  <si>
+    <t>ESRP EPNAK 86</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3592_FicheESSMS/fr/esrp-epnak-86</t>
+  </si>
+  <si>
+    <t>3592_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Avenue Rene Cassin</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Réadaptation Professionnelle</t>
+  </si>
+  <si>
+    <t>860015825</t>
+  </si>
+  <si>
+    <t>ESPO EPNAK 86</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3590_FicheESSMS/fr/espo-epnak-86</t>
+  </si>
+  <si>
+    <t>3590_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Préorientation</t>
+  </si>
+  <si>
+    <t>860015833</t>
+  </si>
+  <si>
+    <t>RESIDENCE GABRIEL REAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3872_FicheESSMS/fr/residence-gabriel-reau</t>
+  </si>
+  <si>
+    <t>3872_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De L Eglise</t>
+  </si>
+  <si>
+    <t>86190 AYRON</t>
+  </si>
+  <si>
+    <t>AYRON</t>
+  </si>
+  <si>
+    <t>860791284</t>
+  </si>
+  <si>
+    <t>CENTRE DE RESSOURCES AUTISME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4652_FicheESSMS/fr/centre-de-ressources-autisme</t>
+  </si>
+  <si>
+    <t>4652_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Centres de Ressources S.A.I. (Sans Aucune Indication)</t>
+  </si>
+  <si>
+    <t>860011139</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE BELLEVUE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4732_FicheESSMS/fr/ehpad-residence-bellevue</t>
+  </si>
+  <si>
+    <t>4732_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Ancien Chemin Imperial</t>
+  </si>
+  <si>
+    <t>86320 LUSSAC LES CHATEAUX</t>
+  </si>
+  <si>
+    <t>LUSSAC LES CHATEAUX</t>
+  </si>
+  <si>
+    <t>860789320</t>
+  </si>
+  <si>
+    <t>EHPAD VILLA LES VARENNES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4741_FicheESSMS/fr/ehpad-villa-les-varennes</t>
+  </si>
+  <si>
+    <t>4741_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Allée Rene Allamachere</t>
+  </si>
+  <si>
+    <t>86130 ST GEORGES LES BAILLARGEAU</t>
+  </si>
+  <si>
+    <t>ST GEORGES LES BAILLARGEAU</t>
+  </si>
+  <si>
+    <t>860010974</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE RENE CROZET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4757_FicheESSMS/fr/residence-autonomie-rene-crozet</t>
+  </si>
+  <si>
+    <t>4757_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Avenue Georges Pompidou</t>
+  </si>
+  <si>
+    <t>860780857</t>
+  </si>
+  <si>
+    <t>RESIDENCE EDITH AUGUSTIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4756_FicheESSMS/fr/residence-edith-augustin</t>
+  </si>
+  <si>
+    <t>4756_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Hubert Latham</t>
+  </si>
+  <si>
+    <t>860780832</t>
+  </si>
+  <si>
     <t>RESIDENCE AUTONOMIE MARIE NOEL</t>
   </si>
   <si>
-    <t>10/09/2025 12:21:06</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/4755_FicheESSMS/fr/residence-autonomie-marie-noel</t>
   </si>
   <si>
     <t>4755_FicheESSMS</t>
   </si>
   <si>
     <t>38 Rue Jean Valade</t>
   </si>
   <si>
     <t>860780840</t>
   </si>
   <si>
     <t>RA MARIE LOUISE TROUBAT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4754_FicheESSMS/fr/ra-marie-louise-troubat</t>
   </si>
   <si>
     <t>4754_FicheESSMS</t>
   </si>
   <si>
     <t>18 Rue De La Vallee Monnaie</t>
   </si>
   <si>
     <t>860780865</t>
   </si>
   <si>
-    <t>SAMSAH TSA 86</t>
-[...658 lines deleted...]
-  <si>
     <t>EHPAD RES MARGUERITE LE TILLIER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4753_FicheESSMS/fr/ehpad-res-marguerite-le-tillier</t>
   </si>
   <si>
     <t>4753_FicheESSMS</t>
   </si>
   <si>
     <t>10 Rue Emile Duclaux</t>
   </si>
   <si>
     <t>860012848</t>
   </si>
   <si>
     <t>EHPAD RESIDENCE RENE CROZET</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4752_FicheESSMS/fr/ehpad-residence-rene-crozet</t>
   </si>
   <si>
     <t>4752_FicheESSMS</t>
   </si>
   <si>
     <t>10 Avenue Georges Pompidou</t>
@@ -2516,56 +3071,92 @@
   <si>
     <t>860012319</t>
   </si>
   <si>
     <t>EHPAD RESIDENCE DES TAMISIERS</t>
   </si>
   <si>
     <t>10/09/2025 12:21:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4820_FicheESSMS/fr/ehpad-residence-des-tamisiers</t>
   </si>
   <si>
     <t>4820_FicheESSMS</t>
   </si>
   <si>
     <t>86360 MONTAMISE</t>
   </si>
   <si>
     <t>MONTAMISE</t>
   </si>
   <si>
     <t>860789726</t>
   </si>
   <si>
+    <t>EHPAD LES JARDINS DE MONTPLAISIR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4979_FicheESSMS/fr/ehpad-les-jardins-de-montplaisir</t>
+  </si>
+  <si>
+    <t>4979_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Impasse Colette Besson</t>
+  </si>
+  <si>
+    <t>86240 LIGUGE</t>
+  </si>
+  <si>
+    <t>LIGUGE</t>
+  </si>
+  <si>
+    <t>860010479</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LES FEUILLANTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4978_FicheESSMS/fr/ehpad-residence-les-feuillants</t>
+  </si>
+  <si>
+    <t>4978_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Voie Malraux</t>
+  </si>
+  <si>
+    <t>860789858</t>
+  </si>
+  <si>
     <t>EHPAD LES BUDDLEIAS</t>
   </si>
   <si>
-    <t>10/09/2025 12:21:29</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/4976_FicheESSMS/fr/ehpad-les-buddleias</t>
   </si>
   <si>
     <t>4976_FicheESSMS</t>
   </si>
   <si>
     <t>86290 BRIGUEIL LE CHANTRE</t>
   </si>
   <si>
     <t>BRIGUEIL LE CHANTRE</t>
   </si>
   <si>
     <t>860780543</t>
   </si>
   <si>
     <t>EHPAD LES ALBIZIAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4975_FicheESSMS/fr/ehpad-les-albizias</t>
   </si>
   <si>
     <t>4975_FicheESSMS</t>
   </si>
   <si>
     <t>15 Route De Journet</t>
@@ -2603,623 +3194,908 @@
   <si>
     <t>860010883</t>
   </si>
   <si>
     <t>RESIDENCE L'AGE D'OR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5067_FicheESSMS/fr/residence-l-age-d-or</t>
   </si>
   <si>
     <t>5067_FicheESSMS</t>
   </si>
   <si>
     <t>12 Rue Saint Exupery</t>
   </si>
   <si>
     <t>86140 LENCLOITRE</t>
   </si>
   <si>
     <t>LENCLOITRE</t>
   </si>
   <si>
     <t>860782051</t>
   </si>
   <si>
+    <t>LIEU DE VIE "LE TEMPS VOULU"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5560_FicheESSMS/fr/lieu-de-vie-le-temps-voulu</t>
+  </si>
+  <si>
+    <t>5560_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86150 QUEAUX</t>
+  </si>
+  <si>
+    <t>QUEAUX</t>
+  </si>
+  <si>
+    <t>860790658</t>
+  </si>
+  <si>
+    <t>SSIAD DU CCAS DE POITIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5931_FicheESSMS/fr/ssiad-du-ccas-de-poitiers</t>
+  </si>
+  <si>
+    <t>5931_FicheESSMS</t>
+  </si>
+  <si>
+    <t>68 Rue Du Dolmens</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>860784578</t>
+  </si>
+  <si>
     <t>EHPAD LA ROSE D'ALIENOR</t>
   </si>
   <si>
     <t>10/09/2025 12:22:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5983_FicheESSMS/fr/ehpad-la-rose-d-alienor</t>
   </si>
   <si>
     <t>5983_FicheESSMS</t>
   </si>
   <si>
     <t>18 Allée De La Providence</t>
   </si>
   <si>
     <t>860007129</t>
   </si>
   <si>
     <t>FOYER DE VIE - PROGECAT</t>
   </si>
   <si>
     <t>10/09/2025 12:22:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6084_FicheESSMS/fr/foyer-de-vie-progecat</t>
   </si>
   <si>
     <t>6084_FicheESSMS</t>
   </si>
   <si>
     <t>86420 MONTS SUR GUESNES</t>
   </si>
   <si>
     <t>MONTS SUR GUESNES</t>
   </si>
   <si>
     <t>860011303</t>
   </si>
   <si>
-    <t>FAM PROGECAT</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/6083_FicheESSMS/fr/fam-progecat</t>
+    <t>FOYER OCCUPATIONNEL ACCUEIL MEDICALISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6083_FicheESSMS/fr/foyer-occupationnel-accueil-medicalise</t>
   </si>
   <si>
     <t>6083_FicheESSMS</t>
   </si>
   <si>
+    <t>2 Rue Du Petit Crouailles</t>
+  </si>
+  <si>
     <t>860013523</t>
   </si>
   <si>
-    <t>EANM FOYERS DE LOUDIN</t>
+    <t>SECTION ANNEXE - ESAT CHEVAUX BLANCS</t>
   </si>
   <si>
     <t>10/09/2025 12:22:59</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/6124_FicheESSMS/fr/eanm-foyers-de-loudin</t>
+    <t>https://www.has-sante.fr/jcms/6125_FicheESSMS/fr/section-annexe-esat-chevaux-blancs</t>
+  </si>
+  <si>
+    <t>6125_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Avenue Ouagadougou</t>
+  </si>
+  <si>
+    <t>86200 LOUDUN</t>
+  </si>
+  <si>
+    <t>LOUDUN</t>
+  </si>
+  <si>
+    <t>860790526</t>
+  </si>
+  <si>
+    <t>EANM L'ELAN DU LOUDUNAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6124_FicheESSMS/fr/eanm-l-elan-du-loudunais</t>
   </si>
   <si>
     <t>6124_FicheESSMS</t>
   </si>
   <si>
+    <t>38 Rue Des Meures</t>
+  </si>
+  <si>
+    <t>860789783</t>
+  </si>
+  <si>
+    <t>SAVS L'ENTRE AIDE DU LOUDUNAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6123_FicheESSMS/fr/savs-l-entre-aide-du-loudunais</t>
+  </si>
+  <si>
+    <t>6123_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860009802</t>
+  </si>
+  <si>
+    <t>CTRE ENFANTS POLYHAND. - L'OASIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6145_FicheESSMS/fr/ctre-enfants-polyhand-l-oasis</t>
+  </si>
+  <si>
+    <t>6145_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86580 BIARD</t>
+  </si>
+  <si>
+    <t>BIARD</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>860006295</t>
+  </si>
+  <si>
+    <t>SESSAD AADH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6194_FicheESSMS/fr/sessad-aadh</t>
+  </si>
+  <si>
+    <t>6194_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Des Meures</t>
+  </si>
+  <si>
+    <t>860011121</t>
+  </si>
+  <si>
+    <t>IME DE VENIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6193_FicheESSMS/fr/ime-de-veniers</t>
+  </si>
+  <si>
+    <t>6193_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Marius Ferran</t>
+  </si>
+  <si>
+    <t>860780147</t>
+  </si>
+  <si>
+    <t>CAMSP - AADH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6191_FicheESSMS/fr/camsp-aadh</t>
+  </si>
+  <si>
+    <t>6191_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>860013275</t>
+  </si>
+  <si>
+    <t>LVA LA P'TITE OASIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6250_FicheESSMS/fr/lva-la-p-tite-oasis</t>
+  </si>
+  <si>
+    <t>6250_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86510 BRUX</t>
+  </si>
+  <si>
+    <t>BRUX</t>
+  </si>
+  <si>
+    <t>860790690</t>
+  </si>
+  <si>
+    <t>CHRS LA FERME DE L'ESPOIR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6380_FicheESSMS/fr/chrs-la-ferme-de-l-espoir</t>
+  </si>
+  <si>
+    <t>6380_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860011253</t>
+  </si>
+  <si>
+    <t>RESIDENCE LA NOISERAIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6409_FicheESSMS/fr/residence-la-noiseraie</t>
+  </si>
+  <si>
+    <t>6409_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Allée De La Noiseraie</t>
+  </si>
+  <si>
+    <t>860785807</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LA REVERIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6489_FicheESSMS/fr/ehpad-residence-la-reverie</t>
+  </si>
+  <si>
+    <t>6489_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Place De L'Eglise</t>
+  </si>
+  <si>
+    <t>86350 CHATEAU GARNIER</t>
+  </si>
+  <si>
+    <t>CHATEAU GARNIER</t>
+  </si>
+  <si>
+    <t>860789403</t>
+  </si>
+  <si>
+    <t>ESAT LES ATELIERS DU LOUDUNAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6486_FicheESSMS/fr/esat-les-ateliers-du-loudunais</t>
+  </si>
+  <si>
+    <t>6486_FicheESSMS</t>
+  </si>
+  <si>
     <t>45 Avenue De Ouagadougou</t>
   </si>
   <si>
-    <t>86200 LOUDUN</t>
-[...133 lines deleted...]
-  <si>
     <t>860789775</t>
   </si>
   <si>
+    <t>LA MAISON BLEUE - ACCUEIL DE JOUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6892_FicheESSMS/fr/la-maison-bleue-accueil-de-jour</t>
+  </si>
+  <si>
+    <t>6892_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue Marcelin Berthelot</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>860012590</t>
+  </si>
+  <si>
     <t>CHRS PAUL PAINLEVE</t>
   </si>
   <si>
-    <t>10/09/2025 12:24:06</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/6891_FicheESSMS/fr/chrs-paul-painleve</t>
   </si>
   <si>
     <t>6891_FicheESSMS</t>
   </si>
   <si>
     <t>136 Rue Paul Painleve</t>
   </si>
   <si>
     <t>860786110</t>
   </si>
   <si>
-    <t>SERVICE MJPM DE L'ATI DE LA VIENNE</t>
-[...266 lines deleted...]
-    <t>860784578</t>
+    <t>CEFORD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7329_FicheESSMS/fr/ceford</t>
+  </si>
+  <si>
+    <t>7329_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>860792985</t>
+  </si>
+  <si>
+    <t>CEFORD - HANDICAPES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7328_FicheESSMS/fr/ceford-handicapes</t>
+  </si>
+  <si>
+    <t>7328_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>860780170</t>
+  </si>
+  <si>
+    <t>INST D'EDUCAT. MOTRICE BIARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7440_FicheESSMS/fr/inst-d-educat-motrice-biard</t>
+  </si>
+  <si>
+    <t>7440_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>860780220</t>
+  </si>
+  <si>
+    <t>MAS TERRA NOVA - PEP 86</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7439_FicheESSMS/fr/mas-terra-nova-pep-86</t>
+  </si>
+  <si>
+    <t>7439_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860011162</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE DU MOULIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7470_FicheESSMS/fr/residence-autonomie-du-moulin</t>
+  </si>
+  <si>
+    <t>7470_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Route Du Moulin</t>
+  </si>
+  <si>
+    <t>86170 CHERVES</t>
+  </si>
+  <si>
+    <t>CHERVES</t>
+  </si>
+  <si>
+    <t>860782119</t>
+  </si>
+  <si>
+    <t>LVA LES ROBINSONS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7673_FicheESSMS/fr/lva-les-robinsons</t>
+  </si>
+  <si>
+    <t>7673_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86230 MONDION</t>
+  </si>
+  <si>
+    <t>MONDION</t>
+  </si>
+  <si>
+    <t>860015965</t>
+  </si>
+  <si>
+    <t>SAMSAH ESAT ESSOR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7700_FicheESSMS/fr/samsah-esat-essor</t>
+  </si>
+  <si>
+    <t>7700_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860012368</t>
   </si>
   <si>
     <t>LIEU DE VIE "A L'ABRI DES REMPARTS"</t>
   </si>
   <si>
     <t>10/09/2025 12:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7805_FicheESSMS/fr/lieu-de-vie-a-l-abri-des-remparts</t>
   </si>
   <si>
     <t>7805_FicheESSMS</t>
   </si>
   <si>
     <t>86330 LA GRIMAUDIERE</t>
   </si>
   <si>
     <t>LA GRIMAUDIERE</t>
   </si>
   <si>
     <t>860011097</t>
   </si>
   <si>
+    <t>EANM ANDRE RIDEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7889_FicheESSMS/fr/eanm-andre-rideau</t>
+  </si>
+  <si>
+    <t>7889_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Garestier-Lapierre</t>
+  </si>
+  <si>
+    <t>86430 ADRIERS</t>
+  </si>
+  <si>
+    <t>ADRIERS</t>
+  </si>
+  <si>
+    <t>860784420</t>
+  </si>
+  <si>
+    <t>EAM ELDORADO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7888_FicheESSMS/fr/eam-eldorado</t>
+  </si>
+  <si>
+    <t>7888_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860011907</t>
+  </si>
+  <si>
+    <t>ESAT ANDRE RIDEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7887_FicheESSMS/fr/esat-andre-rideau</t>
+  </si>
+  <si>
+    <t>7887_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860780535</t>
+  </si>
+  <si>
+    <t>ESAT LES FLOTTEURS POITEVINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7886_FicheESSMS/fr/esat-les-flotteurs-poitevins</t>
+  </si>
+  <si>
+    <t>7886_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860791516</t>
+  </si>
+  <si>
+    <t>SAVS ANDRE RIDEAU - ADRIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7885_FicheESSMS/fr/savs-andre-rideau-adriers</t>
+  </si>
+  <si>
+    <t>7885_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860791227</t>
+  </si>
+  <si>
+    <t>SAVS SMARVES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7884_FicheESSMS/fr/savs-smarves</t>
+  </si>
+  <si>
+    <t>7884_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860015452</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE "LA COURTE ECHELLE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8018_FicheESSMS/fr/lieu-de-vie-la-courte-echelle</t>
+  </si>
+  <si>
+    <t>8018_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86700 VALENCE EN POITOU</t>
+  </si>
+  <si>
+    <t>VALENCE EN POITOU</t>
+  </si>
+  <si>
+    <t>860007699</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LES FEUILLANTS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8078_FicheESSMS/fr/residence-autonomie-les-feuillants</t>
+  </si>
+  <si>
+    <t>8078_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860010339</t>
+  </si>
+  <si>
+    <t>FEM ADSEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8246_FicheESSMS/fr/fem-adsea</t>
+  </si>
+  <si>
+    <t>8246_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Du General Reibel</t>
+  </si>
+  <si>
+    <t>860780642</t>
+  </si>
+  <si>
     <t>SAA DOMILIA POITIERS</t>
   </si>
   <si>
     <t>10/09/2025 12:25:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8334_FicheESSMS/fr/saa-domilia-poitiers</t>
   </si>
   <si>
     <t>8334_FicheESSMS</t>
   </si>
   <si>
     <t>75 Boulevard Du Grand Cerf</t>
   </si>
   <si>
     <t>860016070</t>
   </si>
   <si>
+    <t>EAM L'ODYSSEE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8348_FicheESSMS/fr/eam-l-odyssee</t>
+  </si>
+  <si>
+    <t>8348_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Des Volliboeufs</t>
+  </si>
+  <si>
+    <t>860014133</t>
+  </si>
+  <si>
+    <t>EHPAD LES CHATAIGNIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8438_FicheESSMS/fr/ehpad-les-chataigniers</t>
+  </si>
+  <si>
+    <t>8438_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Chemin Du Chataignier</t>
+  </si>
+  <si>
+    <t>860780493</t>
+  </si>
+  <si>
+    <t>SAMNA ADSEA 86</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8507_FicheESSMS/fr/samna-adsea-86</t>
+  </si>
+  <si>
+    <t>8507_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Denis Papin</t>
+  </si>
+  <si>
+    <t>860014240</t>
+  </si>
+  <si>
+    <t>EHPAD LA BRUNETTERIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8503_FicheESSMS/fr/ehpad-la-brunetterie</t>
+  </si>
+  <si>
+    <t>8503_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Chemin De La Brunetterie</t>
+  </si>
+  <si>
+    <t>860780717</t>
+  </si>
+  <si>
+    <t>CMPP - PEP 86</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8529_FicheESSMS/fr/cmpp-pep-86</t>
+  </si>
+  <si>
+    <t>8529_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Allée Du Champ Dinard</t>
+  </si>
+  <si>
+    <t>86440 MIGNE AUXANCES</t>
+  </si>
+  <si>
+    <t>MIGNE AUXANCES</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>860780139</t>
+  </si>
+  <si>
+    <t>CAMSP - PEP 86</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8528_FicheESSMS/fr/camsp-pep-86</t>
+  </si>
+  <si>
+    <t>8528_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860782671</t>
+  </si>
+  <si>
+    <t>EAM FORET DES CHARMES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8691_FicheESSMS/fr/eam-foret-des-charmes</t>
+  </si>
+  <si>
+    <t>8691_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Route Du Puygiron</t>
+  </si>
+  <si>
+    <t>860010941</t>
+  </si>
+  <si>
+    <t>MAS LA FORET DES CHARMES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8689_FicheESSMS/fr/mas-la-foret-des-charmes</t>
+  </si>
+  <si>
+    <t>8689_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Route De Puygiron</t>
+  </si>
+  <si>
+    <t>860010636</t>
+  </si>
+  <si>
+    <t>SAAAIS DEFICIENTS VISUELS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8717_FicheESSMS/fr/saaais-deficients-visuels</t>
+  </si>
+  <si>
+    <t>8717_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Du Pre Medard</t>
+  </si>
+  <si>
+    <t>860011436</t>
+  </si>
+  <si>
+    <t>SESSAD IV - PEP 86</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9088_FicheESSMS/fr/sessad-iv-pep-86</t>
+  </si>
+  <si>
+    <t>9088_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860012087</t>
+  </si>
+  <si>
     <t>EHPAD RESIDENCE DE LA FONTAINE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9421_FicheESSMS/fr/ehpad-residence-de-la-fontaine</t>
   </si>
   <si>
     <t>9421_FicheESSMS</t>
   </si>
   <si>
     <t>47 Rue Des Trois Puits</t>
   </si>
   <si>
     <t>86380 ST MARTIN LA PALLU</t>
   </si>
   <si>
     <t>ST MARTIN LA PALLU</t>
   </si>
   <si>
     <t>860011444</t>
   </si>
   <si>
     <t>ITEP DE GURON</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9407_FicheESSMS/fr/itep-de-guron</t>
   </si>
   <si>
     <t>9407_FicheESSMS</t>
   </si>
   <si>
-    <t>86700 VALENCE EN POITOU</t>
-[...7 lines deleted...]
-  <si>
     <t>860780378</t>
   </si>
   <si>
     <t>SESSAD DE GURON</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9406_FicheESSMS/fr/sessad-de-guron</t>
   </si>
   <si>
     <t>9406_FicheESSMS</t>
   </si>
   <si>
     <t>860011428</t>
   </si>
   <si>
     <t>EQUIPE DE PREV. SPECIALISEE - ADSEA</t>
   </si>
   <si>
     <t>10/09/2025 12:25:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9567_FicheESSMS/fr/equipe-de-prev-specialisee-adsea</t>
   </si>
   <si>
     <t>9567_FicheESSMS</t>
@@ -3233,68 +4109,107 @@
   <si>
     <t>860782515</t>
   </si>
   <si>
     <t>SAMSAH POITIERS</t>
   </si>
   <si>
     <t>10/09/2025 12:26:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9675_FicheESSMS/fr/samsah-poitiers</t>
   </si>
   <si>
     <t>9675_FicheESSMS</t>
   </si>
   <si>
     <t>60 Rue Carnot</t>
   </si>
   <si>
     <t>86005 POITIERS</t>
   </si>
   <si>
     <t>860011915</t>
   </si>
   <si>
+    <t>CPH COALLIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10335_FicheESSMS/fr/cph-coallia</t>
+  </si>
+  <si>
+    <t>10335_FicheESSMS</t>
+  </si>
+  <si>
+    <t>62 Avenue Du Plateau Des Glieres</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>860015106</t>
+  </si>
+  <si>
+    <t>CADA COALLIA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10334_FicheESSMS/fr/cada-coallia</t>
+  </si>
+  <si>
+    <t>10334_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue De La Demi Lune</t>
+  </si>
+  <si>
+    <t>86006 POITIERS</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>860014489</t>
+  </si>
+  <si>
     <t>CADA AUDACIA</t>
   </si>
   <si>
     <t>10/09/2025 12:26:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11055_FicheESSMS/fr/cada-audacia</t>
   </si>
   <si>
     <t>11055_FicheESSMS</t>
   </si>
   <si>
     <t>6 Place Sainte Croix</t>
   </si>
   <si>
-    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
-[...1 lines deleted...]
-  <si>
     <t>860006089</t>
   </si>
   <si>
     <t>EHPAD LE BELVEDERE SAINTE CLOTILDE</t>
   </si>
   <si>
     <t>10/09/2025 12:26:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11146_FicheESSMS/fr/ehpad-le-belvedere-sainte-clotilde</t>
   </si>
   <si>
     <t>11146_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Du Moulin Neuf</t>
   </si>
   <si>
     <t>860789650</t>
   </si>
   <si>
     <t>EHPAD LE PRE SAINT JEAN</t>
   </si>
   <si>
     <t>10/09/2025 12:26:56</t>
@@ -3320,74 +4235,131 @@
   <si>
     <t>EHPAD RESIDENCE PIERRE PERICARD</t>
   </si>
   <si>
     <t>10/09/2025 12:26:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11216_FicheESSMS/fr/ehpad-residence-pierre-pericard</t>
   </si>
   <si>
     <t>11216_FicheESSMS</t>
   </si>
   <si>
     <t>11 Route De La Croche</t>
   </si>
   <si>
     <t>86320 CIVAUX</t>
   </si>
   <si>
     <t>CIVAUX</t>
   </si>
   <si>
     <t>860011378</t>
   </si>
   <si>
+    <t>CADA CROIX ROUGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11498_FicheESSMS/fr/cada-croix-rouge</t>
+  </si>
+  <si>
+    <t>11498_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Route De Guidoume</t>
+  </si>
+  <si>
+    <t>86160 SOMMIERES DU CLAIN</t>
+  </si>
+  <si>
+    <t>SOMMIERES DU CLAIN</t>
+  </si>
+  <si>
+    <t>860008598</t>
+  </si>
+  <si>
+    <t>CHRS DE LA CROIX ROUGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11497_FicheESSMS/fr/chrs-de-la-croix-rouge</t>
+  </si>
+  <si>
+    <t>11497_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Rue De La Chauvinerie</t>
+  </si>
+  <si>
+    <t>860011238</t>
+  </si>
+  <si>
     <t>EHPAD RES DU PONTREAU ST LUCIEN</t>
   </si>
   <si>
-    <t>10/09/2025 12:27:07</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/11495_FicheESSMS/fr/ehpad-res-du-pontreau-st-lucien</t>
   </si>
   <si>
     <t>11495_FicheESSMS</t>
   </si>
   <si>
     <t>10 Rue Saint Exupery</t>
   </si>
   <si>
     <t>860780709</t>
   </si>
   <si>
+    <t>RA L'HERMINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11532_FicheESSMS/fr/ra-l-hermine</t>
+  </si>
+  <si>
+    <t>11532_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Chemin De Praire</t>
+  </si>
+  <si>
+    <t>86370 VIVONNE</t>
+  </si>
+  <si>
+    <t>VIVONNE</t>
+  </si>
+  <si>
+    <t>860014646</t>
+  </si>
+  <si>
     <t>EHPAD RESIDENCE LA GENOLLIERE</t>
   </si>
   <si>
-    <t>10/09/2025 12:27:08</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/11531_FicheESSMS/fr/ehpad-residence-la-genolliere</t>
   </si>
   <si>
     <t>11531_FicheESSMS</t>
   </si>
   <si>
     <t>13 Rue De La Genolliere</t>
   </si>
   <si>
     <t>86340 NIEUIL L ESPOIR</t>
   </si>
   <si>
     <t>NIEUIL L ESPOIR</t>
   </si>
   <si>
     <t>860790476</t>
   </si>
   <si>
     <t>RESIDENCE LE CLOS ADLER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11530_FicheESSMS/fr/residence-le-clos-adler</t>
   </si>
   <si>
     <t>11530_FicheESSMS</t>
@@ -3455,185 +4427,236 @@
   <si>
     <t>2 Rue Galilee</t>
   </si>
   <si>
     <t>860011170</t>
   </si>
   <si>
     <t>SESSAD DEFICIENTS AUDITIFS DIAPASOM</t>
   </si>
   <si>
     <t>10/09/2025 12:27:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11790_FicheESSMS/fr/sessad-deficients-auditifs-diapasom</t>
   </si>
   <si>
     <t>11790_FicheESSMS</t>
   </si>
   <si>
     <t>22 Rue Gay Lussac</t>
   </si>
   <si>
     <t>860009588</t>
   </si>
   <si>
+    <t>SAVS - DIAPASOM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11789_FicheESSMS/fr/savs-diapasom</t>
+  </si>
+  <si>
+    <t>11789_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860012095</t>
+  </si>
+  <si>
     <t>EHPAD L'ARC EN CIEL</t>
   </si>
   <si>
     <t>10/09/2025 12:27:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11813_FicheESSMS/fr/ehpad-l-arc-en-ciel</t>
   </si>
   <si>
     <t>11813_FicheESSMS</t>
   </si>
   <si>
     <t>42 Rue Armand Caillard</t>
   </si>
   <si>
     <t>860780675</t>
   </si>
   <si>
     <t>CHRS AUDACIA</t>
   </si>
   <si>
     <t>10/09/2025 12:27:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12034_FicheESSMS/fr/chrs-audacia</t>
   </si>
   <si>
     <t>12034_FicheESSMS</t>
   </si>
   <si>
     <t>860012889</t>
   </si>
   <si>
     <t>DAMIE ADSEA 86</t>
   </si>
   <si>
     <t>10/09/2025 12:27:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12069_FicheESSMS/fr/damie-adsea-86</t>
   </si>
   <si>
     <t>12069_FicheESSMS</t>
   </si>
   <si>
-    <t>1 Rue Denis Papin</t>
-[...4 lines deleted...]
-  <si>
     <t>860015924</t>
   </si>
   <si>
     <t>SERVICE MJPM DE L'UDAF DE LA VIENNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12068_FicheESSMS/fr/service-mjpm-de-l-udaf-de-la-vienne</t>
   </si>
   <si>
     <t>12068_FicheESSMS</t>
   </si>
   <si>
     <t>24 Rue De La Garenne</t>
   </si>
   <si>
     <t>860012939</t>
   </si>
   <si>
+    <t>SAVS 86  APF FRANCE HANDICAP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12064_FicheESSMS/fr/savs-86-apf-france-handicap</t>
+  </si>
+  <si>
+    <t>12064_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860011873</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE LE PETIT LOGIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12697_FicheESSMS/fr/lieu-de-vie-le-petit-logis</t>
+  </si>
+  <si>
+    <t>12697_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Du Grand Rondeau</t>
+  </si>
+  <si>
+    <t>Lieux de vie</t>
+  </si>
+  <si>
+    <t>860007558</t>
+  </si>
+  <si>
     <t>SERVICE MJPM DE L'ATRC</t>
   </si>
   <si>
     <t>10/09/2025 12:28:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12877_FicheESSMS/fr/service-mjpm-de-l-atrc</t>
   </si>
   <si>
     <t>12877_FicheESSMS</t>
   </si>
   <si>
     <t>21 Résidence Jules Verne</t>
   </si>
   <si>
     <t>860013028</t>
   </si>
   <si>
     <t>SERVICE MJPM DE L'APAJH</t>
   </si>
   <si>
     <t>10/09/2025 12:28:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13036_FicheESSMS/fr/service-mjpm-de-l-apajh</t>
   </si>
   <si>
     <t>13036_FicheESSMS</t>
   </si>
   <si>
     <t>25 Rue Saint Nicolas</t>
   </si>
   <si>
-    <t>86440 MIGNE AUXANCES</t>
-[...4 lines deleted...]
-  <si>
     <t>860013010</t>
   </si>
   <si>
-    <t>EANM LE LOGIS DE LA COUR</t>
+    <t>EANM LE LOGIS DE LA COUR - 1</t>
   </si>
   <si>
     <t>10/09/2025 12:28:15</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/13113_FicheESSMS/fr/eanm-le-logis-de-la-cour</t>
+    <t>https://www.has-sante.fr/jcms/13113_FicheESSMS/fr/eanm-le-logis-de-la-cour-1</t>
   </si>
   <si>
     <t>13113_FicheESSMS</t>
   </si>
   <si>
     <t>18 Rue Pictave</t>
   </si>
   <si>
     <t>86600 JAZENEUIL</t>
   </si>
   <si>
     <t>JAZENEUIL</t>
   </si>
   <si>
     <t>860010875</t>
   </si>
   <si>
+    <t>LVA LES PETITS MOTTÉZIENS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13114_FicheESSMS/fr/lva-les-petits-motteziens</t>
+  </si>
+  <si>
+    <t>13114_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Montsabert</t>
+  </si>
+  <si>
+    <t>860015718</t>
+  </si>
+  <si>
     <t>SERVICE MJPM DE L'ATG</t>
   </si>
   <si>
     <t>10/09/2025 12:28:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13252_FicheESSMS/fr/service-mjpm-de-l-atg</t>
   </si>
   <si>
     <t>13252_FicheESSMS</t>
   </si>
   <si>
     <t>860013044</t>
   </si>
   <si>
     <t>Département de l’établissement de santé</t>
   </si>
   <si>
     <t>Code Finess de l’établissement de santé</t>
   </si>
   <si>
     <t>Équipe accréditée</t>
   </si>
   <si>
     <t>Équipe de Gynécologie Obstétrique CLINIQUE DU FIEF DE GRIMOIRE  (86)</t>
@@ -3647,84 +4670,84 @@
   <si>
     <t>p_3593257</t>
   </si>
   <si>
     <t>14 December 2023</t>
   </si>
   <si>
     <t>Docteur Valerie BASCOU-FERRANDIS, Docteur Cédric NADEAU, Docteur Florence ELLIA - BENAND, Docteur Bénédicte LESIEUR, Docteur GAELLE PIQUIER-PERRET, Docteur Aurélie DJEZZAR-HOMO</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation POLYCLINIQUE DE POITIERS  (86)</t>
   </si>
   <si>
     <t>10/12/2024 12:30:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3568412/fr/equipe-d-anesthesie-reanimation-polyclinique-de-poitiers-86</t>
   </si>
   <si>
     <t>p_3568412</t>
   </si>
   <si>
     <t>09 December 2024</t>
   </si>
   <si>
-    <t>Docteur Jean-françois BONILLO, Docteur BENJAMIN BRUGIERE, Docteur FLAVIE PAIN, Docteur Eric LE PELLEY, Docteur FRANCK CHEVALIER, Docteur MARIE CECILE DUBOIS, Docteur FRANCOIS-XAVIER GRIFFON, Docteur Francois LEBRUN, Docteur BENOIT GIRAUD, Docteur MARIE CASTIGLIONI</t>
+    <t>Docteur Jean-françois BONILLO, Docteur BENJAMIN BRUGIERE, Docteur FLAVIE PAIN, Docteur Eric LE PELLEY, Docteur LUDIVINE ROUSSEAU, Docteur FRANCK CHEVALIER, Docteur MARIE CECILE DUBOIS, Docteur FRANCOIS-XAVIER GRIFFON, Docteur Francois LEBRUN, Docteur BENOIT GIRAUD, Docteur MARIE CASTIGLIONI</t>
   </si>
   <si>
     <t>Équipe de Chirurgie viscérale et digestive CHU LA MILETRIE  (86)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3559491/fr/equipe-de-chirurgie-viscerale-et-digestive-chu-la-miletrie-86</t>
   </si>
   <si>
     <t>p_3559491</t>
   </si>
   <si>
     <t>14 October 2024</t>
   </si>
   <si>
     <t>Docteur DAVID SOUSSI-BERJONVAL, Docteur Fahim ABI FADEL, Professeur JEAN-PIERRE FAURE, Docteur Yannik TOURREAU, Docteur TONY ORTIZ FERRER, Docteur JEROME DANION, Docteur THOMAS COURVOISIER, Docteur Paul PASTRE, Professeur Gianluca DONATINI, Docteur RICCARDO GAUZOLINO</t>
   </si>
   <si>
     <t>Équipe de Chirurgie thoracique et cardio-vasculaire CHU LA MILETRIE  (86)</t>
   </si>
   <si>
     <t>31/08/2023 15:30:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3458589/fr/equipe-de-chirurgie-thoracique-et-cardio-vasculaire-chu-la-miletrie-86</t>
   </si>
   <si>
     <t>p_3458589</t>
   </si>
   <si>
     <t>09 August 2023</t>
   </si>
   <si>
-    <t>Docteur GERALDINE ALLAIN, Docteur Jamil HAJJ CHAHINE, Professeur CHRISTOPHE JAYLE, Professeur Pierre CORBI</t>
+    <t>Docteur GERALDINE ALLAIN, Docteur Aurélien BOBIET, Docteur Jamil HAJJ CHAHINE, Professeur CHRISTOPHE JAYLE, Professeur Pierre CORBI</t>
   </si>
   <si>
     <t>Équipe de Chirurgie urologique CHU LA MILETRIE  (86)</t>
   </si>
   <si>
     <t>24/06/2022 09:34:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3347831/fr/equipe-de-chirurgie-urologique-chu-la-miletrie-86</t>
   </si>
   <si>
     <t>p_3347831</t>
   </si>
   <si>
     <t>21 June 2022</t>
   </si>
   <si>
     <t>Docteur PIERRE-OLIVIER DELPECH, Docteur MAXIME VALLEE, Docteur HELOISE DUCOUSSO, Docteur Cyprien ESPEILLAC, Docteur SIMON BERNARDEAU</t>
   </si>
   <si>
     <t>24/02/2022 08:34:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319154/fr/equipe-de-gynecologie-obstetrique-clinique-du-fief-de-grimoire-86</t>
   </si>
@@ -3737,98 +4760,122 @@
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
+    <t>FOYER TROIS LOGIS</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:17:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3112_FicheEtablissement/fr/foyer-trois-logis</t>
+  </si>
+  <si>
+    <t>3112_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>6 Allée De Vervoliere</t>
+  </si>
+  <si>
+    <t>0549611191</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>860782556</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
     <t>CLINIQUE ST CHARLES - MAIS. DE CONVAL.</t>
   </si>
   <si>
     <t>26/06/2025 13:55:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3117_FicheEtablissement/fr/clinique-st-charles-mais-de-conval</t>
   </si>
   <si>
     <t>3117_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>3 Rue De La Providence</t>
   </si>
   <si>
     <t>0549422626</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>860790419</t>
   </si>
   <si>
-    <t>Établissements certifiés</t>
-[...1 lines deleted...]
-  <si>
     <t>CRF VISION-AUDITION SAINT BENOIT</t>
   </si>
   <si>
     <t>19/06/2025 17:22:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3107_FicheEtablissement/fr/crf-vision-audition-saint-benoit</t>
   </si>
   <si>
     <t>3107_FicheEtablissement</t>
   </si>
   <si>
-    <t>12 Rue Du Pre Medard</t>
-[...1 lines deleted...]
-  <si>
     <t>0549552130</t>
   </si>
   <si>
     <t>860011410</t>
   </si>
   <si>
     <t>CENTRE DE READAPTATION DU MOULIN VERT</t>
   </si>
   <si>
     <t>18/06/2025 14:49:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3104_FicheEtablissement/fr/centre-de-readaptation-du-moulin-vert</t>
   </si>
   <si>
     <t>3104_FicheEtablissement</t>
   </si>
   <si>
     <t>27 Route De Marcaziere</t>
   </si>
   <si>
     <t>0549185759</t>
   </si>
   <si>
     <t>860009208</t>
@@ -3917,53 +4964,50 @@
   <si>
     <t>3101_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Henri Dunant</t>
   </si>
   <si>
     <t>0549838383</t>
   </si>
   <si>
     <t>Chirurgie, Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>860000058</t>
   </si>
   <si>
     <t>USLD DE LUSIGNAN - CHU DE POITIERS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3100_FicheEtablissement/fr/usld-de-lusignan-chu-de-poitiers</t>
   </si>
   <si>
     <t>3100_FicheEtablissement</t>
   </si>
   <si>
-    <t>petit</t>
-[...1 lines deleted...]
-  <si>
     <t>76 Rue De Chypre</t>
   </si>
   <si>
     <t>0549443442</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>860000041</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3102_FicheEtablissement/fr/chu-la-miletrie</t>
   </si>
   <si>
     <t>3102_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue De La Miletrie</t>
   </si>
   <si>
     <t>0549444444</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
@@ -4043,53 +5087,50 @@
   <si>
     <t>38 Rue Du Fief De Grimoire</t>
   </si>
   <si>
     <t>0549422929</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Obstétrique</t>
   </si>
   <si>
     <t>SOINS REHABILITATION JB PUSSIN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3111_FicheEtablissement/fr/soins-rehabilitation-jb-pussin</t>
   </si>
   <si>
     <t>3111_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Ancien Couvent</t>
   </si>
   <si>
     <t>0549426222</t>
   </si>
   <si>
-    <t>Psychiatrie</t>
-[...1 lines deleted...]
-  <si>
     <t>860782200</t>
   </si>
   <si>
     <t>USLD LE VILLAGE - CHU POITIERS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3115_FicheEtablissement/fr/usld-le-village-chu-poitiers</t>
   </si>
   <si>
     <t>3115_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Du Dr Luc Montagnier</t>
   </si>
   <si>
     <t>860785682</t>
   </si>
   <si>
     <t>USLD DE MONTMORILLON - CHU DE POITIERS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3114_FicheEtablissement/fr/usld-de-montmorillon-chu-de-poitiers</t>
   </si>
   <si>
     <t>3114_FicheEtablissement</t>
@@ -4187,57 +5228,57 @@
   <si>
     <t>0549466312</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>860782598</t>
   </si>
   <si>
     <t>AURA POITOU-CH - CHATELLERAULT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4051_FicheEtablissement/fr/aura-poitou-ch-chatellerault</t>
   </si>
   <si>
     <t>4051_FicheEtablissement</t>
   </si>
   <si>
     <t>9 Rue Louis Jouvet</t>
   </si>
   <si>
     <t>860005768</t>
   </si>
   <si>
-    <t>H.A.D. DE POITIERS</t>
+    <t>HAD PRIVEE DE LA VIENNE</t>
   </si>
   <si>
     <t>13/04/2023 15:25:43</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3103_FicheEtablissement/fr/h-a-d-de-poitiers</t>
+    <t>https://www.has-sante.fr/jcms/3103_FicheEtablissement/fr/had-privee-de-la-vienne</t>
   </si>
   <si>
     <t>3103_FicheEtablissement</t>
   </si>
   <si>
     <t>0549422617</t>
   </si>
   <si>
     <t>860008929</t>
   </si>
   <si>
     <t>21/11/2022 17:16:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3105_FicheEtablissement/fr/polyclinique-de-poitiers</t>
   </si>
   <si>
     <t>3105_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue De La Providence</t>
   </si>
   <si>
     <t>0549617000</t>
   </si>
@@ -4271,51 +5312,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R66"/>
+  <dimension ref="A1:R67"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -4474,10771 +5515,13689 @@
       <c r="B4" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>44</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>45</v>
       </c>
       <c r="H4" t="s">
         <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K4" t="s">
         <v>47</v>
       </c>
       <c r="L4" t="s">
         <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
         <v>49</v>
       </c>
       <c r="O4" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="P4" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="Q4" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R4" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5" t="s">
         <v>53</v>
-      </c>
-[...16 lines deleted...]
-        <v>56</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K5" t="s">
+        <v>54</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>20</v>
+      </c>
+      <c r="N5" t="s">
+        <v>56</v>
+      </c>
+      <c r="O5" t="s">
         <v>57</v>
       </c>
-      <c r="L5" t="s">
+      <c r="P5" t="s">
         <v>58</v>
       </c>
-      <c r="M5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q5" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R5" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="L6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="O6" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="P6" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q6" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R6" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="H7" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="L7" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="O7" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="P7" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q7" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R7" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="O8" t="s">
-        <v>76</v>
+        <v>57</v>
       </c>
       <c r="P8" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="Q8" t="s">
-        <v>78</v>
+        <v>30</v>
       </c>
       <c r="R8" t="s">
-        <v>79</v>
+        <v>59</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>78</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>79</v>
+      </c>
+      <c r="H9" t="s">
         <v>80</v>
-      </c>
-[...16 lines deleted...]
-        <v>83</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K9" t="s">
+        <v>81</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>20</v>
+      </c>
+      <c r="N9" t="s">
+        <v>56</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
         <v>84</v>
       </c>
-      <c r="L9" t="s">
+      <c r="Q9" t="s">
         <v>85</v>
       </c>
-      <c r="M9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R9" t="s">
-        <v>52</v>
+        <v>86</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="L10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="O10" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="P10" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q10" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R10" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>98</v>
+        <v>56</v>
       </c>
       <c r="O11" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="P11" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="Q11" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R11" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
         <v>99</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
         <v>100</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
         <v>101</v>
       </c>
       <c r="H12" t="s">
         <v>102</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
         <v>103</v>
       </c>
       <c r="L12" t="s">
         <v>104</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="O12" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="P12" t="s">
         <v>29</v>
       </c>
       <c r="Q12" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R12" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="H13" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>36</v>
       </c>
       <c r="K13" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L13" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="O13" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="P13" t="s">
         <v>29</v>
       </c>
       <c r="Q13" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R13" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="L14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="O14" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="P14" t="s">
         <v>29</v>
       </c>
       <c r="Q14" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R14" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="H15" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="L15" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="O15" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="P15" t="s">
         <v>29</v>
       </c>
       <c r="Q15" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R15" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="H16" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>36</v>
       </c>
       <c r="K16" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="L16" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="O16" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="P16" t="s">
         <v>29</v>
       </c>
       <c r="Q16" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R16" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="H17" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="L17" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="O17" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="P17" t="s">
         <v>29</v>
       </c>
       <c r="Q17" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R17" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="H18" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="L18" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="O18" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="P18" t="s">
         <v>29</v>
       </c>
       <c r="Q18" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R18" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="H19" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="L19" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="O19" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="P19" t="s">
         <v>29</v>
       </c>
       <c r="Q19" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R19" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="L20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="O20" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="P20" t="s">
         <v>29</v>
       </c>
       <c r="Q20" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R20" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="L21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>153</v>
+        <v>105</v>
       </c>
       <c r="O21" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="P21" t="s">
         <v>29</v>
       </c>
       <c r="Q21" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R21" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
         <v>154</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
         <v>155</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
         <v>156</v>
       </c>
       <c r="H22" t="s">
         <v>157</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K22" t="s">
         <v>158</v>
       </c>
       <c r="L22" t="s">
         <v>159</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
         <v>160</v>
       </c>
       <c r="O22" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="P22" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="Q22" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R22" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
         <v>161</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
         <v>162</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
         <v>163</v>
       </c>
       <c r="H23" t="s">
         <v>164</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K23" t="s">
         <v>165</v>
       </c>
       <c r="L23" t="s">
         <v>166</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
         <v>167</v>
       </c>
       <c r="O23" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="P23" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q23" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R23" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
         <v>168</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
         <v>169</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
         <v>170</v>
       </c>
       <c r="H24" t="s">
         <v>171</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K24" t="s">
         <v>172</v>
       </c>
       <c r="L24" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="O24" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="P24" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q24" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R24" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="H25" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="L25" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
         <v>180</v>
       </c>
       <c r="O25" t="s">
-        <v>181</v>
+        <v>57</v>
       </c>
       <c r="P25" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="Q25" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R25" t="s">
-        <v>182</v>
+        <v>59</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
+        <v>181</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>182</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
         <v>183</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="H26" t="s">
         <v>184</v>
-      </c>
-[...7 lines deleted...]
-        <v>186</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K26" t="s">
+        <v>185</v>
+      </c>
+      <c r="L26" t="s">
+        <v>186</v>
+      </c>
+      <c r="M26" t="s">
+        <v>20</v>
+      </c>
+      <c r="N26" t="s">
         <v>187</v>
       </c>
-      <c r="L26" t="s">
+      <c r="O26" t="s">
         <v>188</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
       <c r="P26" t="s">
         <v>29</v>
       </c>
       <c r="Q26" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R26" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="H27" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="L27" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="O27" t="s">
-        <v>40</v>
+        <v>188</v>
       </c>
       <c r="P27" t="s">
         <v>29</v>
       </c>
       <c r="Q27" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R27" t="s">
-        <v>42</v>
+        <v>189</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="H28" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="L28" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="O28" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="P28" t="s">
         <v>29</v>
       </c>
       <c r="Q28" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R28" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="H29" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="L29" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="O29" t="s">
-        <v>181</v>
+        <v>28</v>
       </c>
       <c r="P29" t="s">
         <v>29</v>
       </c>
       <c r="Q29" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R29" t="s">
-        <v>182</v>
+        <v>31</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>205</v>
+        <v>191</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H30" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="L30" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>210</v>
+        <v>187</v>
       </c>
       <c r="O30" t="s">
-        <v>50</v>
+        <v>188</v>
       </c>
       <c r="P30" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="Q30" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R30" t="s">
-        <v>52</v>
+        <v>189</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
         <v>211</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
         <v>212</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
         <v>213</v>
       </c>
       <c r="H31" t="s">
         <v>214</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>215</v>
       </c>
       <c r="L31" t="s">
         <v>216</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="O31" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="P31" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q31" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R31" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="H32" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="L32" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="O32" t="s">
-        <v>181</v>
+        <v>57</v>
       </c>
       <c r="P32" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="Q32" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R32" t="s">
-        <v>182</v>
+        <v>59</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
         <v>224</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
         <v>225</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
         <v>226</v>
       </c>
       <c r="H33" t="s">
         <v>227</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>36</v>
       </c>
       <c r="K33" t="s">
         <v>228</v>
       </c>
       <c r="L33" t="s">
         <v>229</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
         <v>230</v>
       </c>
       <c r="O33" t="s">
-        <v>50</v>
+        <v>188</v>
       </c>
       <c r="P33" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="Q33" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R33" t="s">
-        <v>52</v>
+        <v>189</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
         <v>231</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
         <v>232</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
         <v>233</v>
       </c>
       <c r="H34" t="s">
         <v>234</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>235</v>
       </c>
       <c r="L34" t="s">
         <v>236</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
         <v>237</v>
       </c>
       <c r="O34" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="P34" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="Q34" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R34" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
         <v>238</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
         <v>239</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
         <v>240</v>
       </c>
       <c r="H35" t="s">
         <v>241</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K35" t="s">
         <v>242</v>
       </c>
       <c r="L35" t="s">
         <v>243</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
         <v>244</v>
       </c>
       <c r="O35" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="P35" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="Q35" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R35" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
         <v>245</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
         <v>246</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
         <v>247</v>
       </c>
       <c r="H36" t="s">
         <v>248</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>249</v>
       </c>
       <c r="L36" t="s">
         <v>250</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>223</v>
+        <v>251</v>
       </c>
       <c r="O36" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="P36" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="Q36" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R36" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="H37" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="L37" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>49</v>
+        <v>230</v>
       </c>
       <c r="O37" t="s">
-        <v>181</v>
+        <v>28</v>
       </c>
       <c r="P37" t="s">
         <v>29</v>
       </c>
       <c r="Q37" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R37" t="s">
-        <v>182</v>
+        <v>31</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H38" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="L38" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>263</v>
+        <v>56</v>
       </c>
       <c r="O38" t="s">
-        <v>40</v>
+        <v>188</v>
       </c>
       <c r="P38" t="s">
         <v>29</v>
       </c>
       <c r="Q38" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R38" t="s">
-        <v>42</v>
+        <v>189</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
         <v>264</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
         <v>265</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
         <v>266</v>
       </c>
       <c r="H39" t="s">
         <v>267</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>268</v>
       </c>
       <c r="L39" t="s">
-        <v>109</v>
+        <v>269</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="O39" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="P39" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="Q39" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R39" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="H40" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="L40" t="s">
-        <v>274</v>
+        <v>116</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="O40" t="s">
-        <v>276</v>
+        <v>57</v>
       </c>
       <c r="P40" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q40" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R40" t="s">
-        <v>277</v>
+        <v>59</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
+        <v>276</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>277</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
         <v>278</v>
       </c>
-      <c r="C41" t="s">
-[...5 lines deleted...]
-      <c r="E41" t="s">
+      <c r="H41" t="s">
         <v>279</v>
-      </c>
-[...7 lines deleted...]
-        <v>281</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K41" t="s">
+        <v>280</v>
+      </c>
+      <c r="L41" t="s">
+        <v>281</v>
+      </c>
+      <c r="M41" t="s">
+        <v>20</v>
+      </c>
+      <c r="N41" t="s">
         <v>282</v>
       </c>
-      <c r="L41" t="s">
+      <c r="O41" t="s">
         <v>283</v>
       </c>
-      <c r="M41" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P41" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q41" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R41" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H42" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="L42" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="O42" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="P42" t="s">
-        <v>291</v>
+        <v>58</v>
       </c>
       <c r="Q42" t="s">
-        <v>292</v>
+        <v>30</v>
       </c>
       <c r="R42" t="s">
-        <v>293</v>
+        <v>284</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
+        <v>291</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>292</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>293</v>
+      </c>
+      <c r="H43" t="s">
         <v>294</v>
-      </c>
-[...16 lines deleted...]
-        <v>297</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K43" t="s">
+        <v>295</v>
+      </c>
+      <c r="L43" t="s">
+        <v>296</v>
+      </c>
+      <c r="M43" t="s">
+        <v>20</v>
+      </c>
+      <c r="N43" t="s">
+        <v>282</v>
+      </c>
+      <c r="O43" t="s">
+        <v>297</v>
+      </c>
+      <c r="P43" t="s">
         <v>298</v>
       </c>
-      <c r="L43" t="s">
+      <c r="Q43" t="s">
         <v>299</v>
       </c>
-      <c r="M43" t="s">
-[...5 lines deleted...]
-      <c r="O43" t="s">
+      <c r="R43" t="s">
         <v>300</v>
-      </c>
-[...7 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
+        <v>301</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>302</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>303</v>
+      </c>
+      <c r="H44" t="s">
         <v>304</v>
-      </c>
-[...16 lines deleted...]
-        <v>307</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K44" t="s">
+        <v>305</v>
+      </c>
+      <c r="L44" t="s">
+        <v>306</v>
+      </c>
+      <c r="M44" t="s">
+        <v>20</v>
+      </c>
+      <c r="N44" t="s">
+        <v>160</v>
+      </c>
+      <c r="O44" t="s">
+        <v>307</v>
+      </c>
+      <c r="P44" t="s">
         <v>308</v>
       </c>
-      <c r="L44" t="s">
+      <c r="Q44" t="s">
         <v>309</v>
       </c>
-      <c r="M44" t="s">
-[...2 lines deleted...]
-      <c r="N44" t="s">
+      <c r="R44" t="s">
         <v>310</v>
-      </c>
-[...10 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
         <v>311</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
         <v>312</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
         <v>313</v>
       </c>
       <c r="H45" t="s">
         <v>314</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>315</v>
       </c>
       <c r="L45" t="s">
         <v>316</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
         <v>317</v>
       </c>
       <c r="O45" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="P45" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q45" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R45" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
         <v>318</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
         <v>319</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
         <v>320</v>
       </c>
       <c r="H46" t="s">
         <v>321</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>322</v>
       </c>
       <c r="L46" t="s">
         <v>323</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>49</v>
+        <v>324</v>
       </c>
       <c r="O46" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="P46" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q46" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R46" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H47" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="L47" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="M47" t="s">
         <v>20</v>
       </c>
       <c r="N47" t="s">
-        <v>98</v>
+        <v>56</v>
       </c>
       <c r="O47" t="s">
-        <v>330</v>
+        <v>57</v>
       </c>
       <c r="P47" t="s">
-        <v>331</v>
+        <v>58</v>
       </c>
       <c r="Q47" t="s">
-        <v>332</v>
+        <v>30</v>
       </c>
       <c r="R47" t="s">
-        <v>333</v>
+        <v>59</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
+        <v>331</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>332</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>333</v>
+      </c>
+      <c r="H48" t="s">
         <v>334</v>
-      </c>
-[...16 lines deleted...]
-        <v>337</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="L48" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>340</v>
+        <v>105</v>
       </c>
       <c r="O48" t="s">
-        <v>341</v>
+        <v>57</v>
       </c>
       <c r="P48" t="s">
-        <v>342</v>
+        <v>58</v>
       </c>
       <c r="Q48" t="s">
-        <v>332</v>
+        <v>30</v>
       </c>
       <c r="R48" t="s">
-        <v>343</v>
+        <v>59</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>344</v>
+        <v>337</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="H49" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
       <c r="L49" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>98</v>
+        <v>343</v>
       </c>
       <c r="O49" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="P49" t="s">
-        <v>331</v>
+        <v>345</v>
       </c>
       <c r="Q49" t="s">
-        <v>332</v>
+        <v>346</v>
       </c>
       <c r="R49" t="s">
-        <v>333</v>
+        <v>347</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
+        <v>348</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>349</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
         <v>350</v>
       </c>
-      <c r="C50" t="s">
-[...5 lines deleted...]
-      <c r="E50" t="s">
+      <c r="H50" t="s">
         <v>351</v>
-      </c>
-[...7 lines deleted...]
-        <v>353</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="L50" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="O50" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="P50" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q50" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R50" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
+        <v>354</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>355</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
         <v>356</v>
       </c>
-      <c r="C51" t="s">
-[...5 lines deleted...]
-      <c r="E51" t="s">
+      <c r="H51" t="s">
         <v>357</v>
-      </c>
-[...7 lines deleted...]
-        <v>359</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="K51" t="s">
+        <v>358</v>
+      </c>
+      <c r="L51" t="s">
+        <v>359</v>
+      </c>
+      <c r="M51" t="s">
+        <v>20</v>
+      </c>
+      <c r="N51" t="s">
+        <v>230</v>
+      </c>
+      <c r="O51" t="s">
         <v>360</v>
       </c>
-      <c r="L51" t="s">
+      <c r="P51" t="s">
         <v>361</v>
       </c>
-      <c r="M51" t="s">
-[...5 lines deleted...]
-      <c r="O51" t="s">
+      <c r="Q51" t="s">
         <v>362</v>
       </c>
-      <c r="P51" t="s">
+      <c r="R51" t="s">
         <v>363</v>
-      </c>
-[...4 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
+        <v>364</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>365</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
         <v>366</v>
       </c>
-      <c r="C52" t="s">
-[...5 lines deleted...]
-      <c r="E52" t="s">
+      <c r="H52" t="s">
         <v>367</v>
-      </c>
-[...7 lines deleted...]
-        <v>369</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="L52" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="M52" t="s">
         <v>20</v>
       </c>
       <c r="N52" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="O52" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="P52" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q52" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R52" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
+        <v>370</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>365</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>371</v>
+      </c>
+      <c r="H53" t="s">
         <v>372</v>
-      </c>
-[...16 lines deleted...]
-        <v>374</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="L53" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="O53" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="P53" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q53" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R53" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
+        <v>375</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>376</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
         <v>377</v>
       </c>
-      <c r="C54" t="s">
-[...5 lines deleted...]
-      <c r="E54" t="s">
+      <c r="H54" t="s">
         <v>378</v>
-      </c>
-[...7 lines deleted...]
-        <v>380</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="L54" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="M54" t="s">
         <v>20</v>
       </c>
       <c r="N54" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="O54" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="P54" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q54" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R54" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
+        <v>381</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>382</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
         <v>383</v>
       </c>
-      <c r="C55" t="s">
-[...5 lines deleted...]
-      <c r="E55" t="s">
+      <c r="H55" t="s">
         <v>384</v>
-      </c>
-[...7 lines deleted...]
-        <v>386</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="L55" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="M55" t="s">
         <v>20</v>
       </c>
       <c r="N55" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="O55" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="P55" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q55" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R55" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
+        <v>387</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>388</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
         <v>389</v>
       </c>
-      <c r="C56" t="s">
-[...5 lines deleted...]
-      <c r="E56" t="s">
+      <c r="H56" t="s">
         <v>390</v>
-      </c>
-[...7 lines deleted...]
-        <v>392</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K56" t="s">
+        <v>391</v>
+      </c>
+      <c r="L56" t="s">
+        <v>392</v>
+      </c>
+      <c r="M56" t="s">
+        <v>20</v>
+      </c>
+      <c r="N56" t="s">
         <v>393</v>
       </c>
-      <c r="L56" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O56" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="P56" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q56" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R56" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
+        <v>394</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>395</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
         <v>396</v>
       </c>
-      <c r="C57" t="s">
-[...5 lines deleted...]
-      <c r="E57" t="s">
+      <c r="H57" t="s">
         <v>397</v>
-      </c>
-[...7 lines deleted...]
-        <v>399</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K57" t="s">
+        <v>398</v>
+      </c>
+      <c r="L57" t="s">
+        <v>399</v>
+      </c>
+      <c r="M57" t="s">
+        <v>20</v>
+      </c>
+      <c r="N57" t="s">
         <v>400</v>
       </c>
-      <c r="L57" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O57" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="P57" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="Q57" t="s">
-        <v>332</v>
+        <v>346</v>
       </c>
       <c r="R57" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
+        <v>401</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>402</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
         <v>403</v>
       </c>
-      <c r="C58" t="s">
-[...5 lines deleted...]
-      <c r="E58" t="s">
+      <c r="H58" t="s">
         <v>404</v>
-      </c>
-[...7 lines deleted...]
-        <v>406</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K58" t="s">
+        <v>405</v>
+      </c>
+      <c r="L58" t="s">
+        <v>406</v>
+      </c>
+      <c r="M58" t="s">
+        <v>20</v>
+      </c>
+      <c r="N58" t="s">
         <v>407</v>
       </c>
-      <c r="L58" t="s">
+      <c r="O58" t="s">
         <v>408</v>
       </c>
-      <c r="M58" t="s">
-[...2 lines deleted...]
-      <c r="N58" t="s">
+      <c r="P58" t="s">
         <v>409</v>
       </c>
-      <c r="O58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q58" t="s">
-        <v>332</v>
+        <v>346</v>
       </c>
       <c r="R58" t="s">
-        <v>333</v>
+        <v>410</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="H59" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="L59" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="M59" t="s">
         <v>20</v>
       </c>
       <c r="N59" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="O59" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="P59" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q59" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R59" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H60" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="K60" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="L60" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="M60" t="s">
         <v>20</v>
       </c>
       <c r="N60" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="O60" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="P60" t="s">
         <v>29</v>
       </c>
       <c r="Q60" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R60" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="H61" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="L61" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="O61" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="P61" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q61" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R61" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="H62" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="L62" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>275</v>
+        <v>435</v>
       </c>
       <c r="O62" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="P62" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="Q62" t="s">
-        <v>364</v>
+        <v>438</v>
       </c>
       <c r="R62" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>429</v>
+        <v>441</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="H63" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="L63" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="M63" t="s">
         <v>20</v>
       </c>
       <c r="N63" t="s">
-        <v>442</v>
+        <v>282</v>
       </c>
       <c r="O63" t="s">
-        <v>330</v>
+        <v>446</v>
       </c>
       <c r="P63" t="s">
-        <v>331</v>
+        <v>447</v>
       </c>
       <c r="Q63" t="s">
-        <v>332</v>
+        <v>362</v>
       </c>
       <c r="R63" t="s">
-        <v>333</v>
+        <v>448</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="H64" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="I64" t="n">
         <v>0.0</v>
       </c>
       <c r="J64" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="L64" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="M64" t="s">
         <v>20</v>
       </c>
       <c r="N64" t="s">
-        <v>223</v>
+        <v>454</v>
       </c>
       <c r="O64" t="s">
-        <v>449</v>
+        <v>408</v>
       </c>
       <c r="P64" t="s">
-        <v>51</v>
+        <v>409</v>
       </c>
       <c r="Q64" t="s">
-        <v>41</v>
+        <v>346</v>
       </c>
       <c r="R64" t="s">
-        <v>450</v>
+        <v>410</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="H65" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="I65" t="n">
         <v>0.0</v>
       </c>
       <c r="J65" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="L65" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="M65" t="s">
         <v>20</v>
       </c>
       <c r="N65" t="s">
-        <v>457</v>
+        <v>230</v>
       </c>
       <c r="O65" t="s">
-        <v>50</v>
+        <v>461</v>
       </c>
       <c r="P65" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q65" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R65" t="s">
-        <v>52</v>
+        <v>462</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="H66" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="I66" t="n">
         <v>0.0</v>
       </c>
       <c r="J66" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="L66" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
       <c r="N66" t="s">
-        <v>160</v>
+        <v>469</v>
       </c>
       <c r="O66" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="P66" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="Q66" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R66" t="s">
-        <v>52</v>
+        <v>59</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>18</v>
+      </c>
+      <c r="B67" t="s">
+        <v>470</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>471</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>472</v>
+      </c>
+      <c r="H67" t="s">
+        <v>473</v>
+      </c>
+      <c r="I67" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J67" t="s">
+        <v>24</v>
+      </c>
+      <c r="K67" t="s">
+        <v>474</v>
+      </c>
+      <c r="L67" t="s">
+        <v>475</v>
+      </c>
+      <c r="M67" t="s">
+        <v>20</v>
+      </c>
+      <c r="N67" t="s">
+        <v>167</v>
+      </c>
+      <c r="O67" t="s">
+        <v>57</v>
+      </c>
+      <c r="P67" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>30</v>
+      </c>
+      <c r="R67" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P107"/>
+  <dimension ref="A1:P163"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>464</v>
+        <v>476</v>
       </c>
       <c r="J1" t="s">
-        <v>465</v>
+        <v>477</v>
       </c>
       <c r="K1" t="s">
-        <v>466</v>
+        <v>478</v>
       </c>
       <c r="L1" t="s">
-        <v>467</v>
+        <v>479</v>
       </c>
       <c r="M1" t="s">
-        <v>468</v>
+        <v>480</v>
       </c>
       <c r="N1" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="O1" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="P1" t="s">
-        <v>471</v>
+        <v>483</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B2" t="s">
-        <v>473</v>
+        <v>485</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>474</v>
+        <v>486</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>475</v>
+        <v>487</v>
       </c>
       <c r="H2" t="s">
-        <v>476</v>
+        <v>488</v>
       </c>
       <c r="I2" t="s">
-        <v>477</v>
+        <v>489</v>
       </c>
       <c r="J2" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="K2" t="s">
-        <v>479</v>
+        <v>491</v>
       </c>
       <c r="L2" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M2" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="N2" t="s">
-        <v>482</v>
+        <v>494</v>
       </c>
       <c r="O2" t="s">
-        <v>483</v>
+        <v>495</v>
       </c>
       <c r="P2" t="s">
-        <v>484</v>
+        <v>496</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B3" t="s">
-        <v>485</v>
+        <v>497</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>486</v>
+        <v>498</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>487</v>
+        <v>499</v>
       </c>
       <c r="H3" t="s">
-        <v>488</v>
+        <v>500</v>
       </c>
       <c r="I3" t="s">
-        <v>489</v>
+        <v>501</v>
       </c>
       <c r="J3" t="s">
-        <v>20</v>
+        <v>502</v>
       </c>
       <c r="K3" t="s">
-        <v>490</v>
+        <v>503</v>
       </c>
       <c r="L3" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M3" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="N3" t="s">
-        <v>482</v>
+        <v>505</v>
       </c>
       <c r="O3" t="s">
-        <v>483</v>
+        <v>506</v>
       </c>
       <c r="P3" t="s">
-        <v>492</v>
+        <v>507</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B4" t="s">
-        <v>493</v>
+        <v>508</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>494</v>
+        <v>509</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>495</v>
+        <v>510</v>
       </c>
       <c r="H4" t="s">
-        <v>496</v>
+        <v>511</v>
       </c>
       <c r="I4" t="s">
-        <v>497</v>
+        <v>512</v>
       </c>
       <c r="J4" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="K4" t="s">
-        <v>41</v>
+        <v>503</v>
       </c>
       <c r="L4" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M4" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="N4" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="O4" t="s">
-        <v>500</v>
+        <v>513</v>
       </c>
       <c r="P4" t="s">
-        <v>501</v>
+        <v>514</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B5" t="s">
-        <v>502</v>
+        <v>515</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>503</v>
+        <v>516</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>504</v>
+        <v>517</v>
       </c>
       <c r="H5" t="s">
-        <v>505</v>
+        <v>518</v>
       </c>
       <c r="I5" t="s">
-        <v>506</v>
+        <v>519</v>
       </c>
       <c r="J5" t="s">
-        <v>507</v>
+        <v>520</v>
       </c>
       <c r="K5" t="s">
-        <v>508</v>
+        <v>521</v>
       </c>
       <c r="L5" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M5" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="N5" t="s">
-        <v>510</v>
+        <v>522</v>
       </c>
       <c r="O5" t="s">
-        <v>511</v>
+        <v>523</v>
       </c>
       <c r="P5" t="s">
-        <v>512</v>
+        <v>524</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B6" t="s">
-        <v>513</v>
+        <v>525</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>514</v>
+        <v>526</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>515</v>
+        <v>527</v>
       </c>
       <c r="H6" t="s">
-        <v>516</v>
+        <v>528</v>
       </c>
       <c r="I6" t="s">
-        <v>517</v>
+        <v>529</v>
       </c>
       <c r="J6" t="s">
-        <v>518</v>
+        <v>530</v>
       </c>
       <c r="K6" t="s">
-        <v>519</v>
+        <v>531</v>
       </c>
       <c r="L6" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M6" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N6" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="O6" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="P6" t="s">
-        <v>522</v>
+        <v>532</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B7" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="H7" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="I7" t="s">
-        <v>527</v>
+        <v>537</v>
       </c>
       <c r="J7" t="s">
-        <v>528</v>
+        <v>538</v>
       </c>
       <c r="K7" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="L7" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M7" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="N7" t="s">
-        <v>530</v>
+        <v>505</v>
       </c>
       <c r="O7" t="s">
-        <v>531</v>
+        <v>506</v>
       </c>
       <c r="P7" t="s">
-        <v>532</v>
+        <v>540</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B8" t="s">
-        <v>533</v>
+        <v>541</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>534</v>
+        <v>542</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>535</v>
+        <v>543</v>
       </c>
       <c r="H8" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
       <c r="I8" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="J8" t="s">
-        <v>538</v>
+        <v>546</v>
       </c>
       <c r="K8" t="s">
-        <v>539</v>
+        <v>547</v>
       </c>
       <c r="L8" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M8" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="N8" t="s">
-        <v>530</v>
+        <v>505</v>
       </c>
       <c r="O8" t="s">
-        <v>531</v>
+        <v>506</v>
       </c>
       <c r="P8" t="s">
-        <v>540</v>
+        <v>548</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B9" t="s">
-        <v>541</v>
+        <v>549</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>542</v>
+        <v>550</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>543</v>
+        <v>551</v>
       </c>
       <c r="H9" t="s">
-        <v>544</v>
+        <v>552</v>
       </c>
       <c r="I9" t="s">
-        <v>545</v>
+        <v>553</v>
       </c>
       <c r="J9" t="s">
-        <v>498</v>
+        <v>554</v>
       </c>
       <c r="K9" t="s">
-        <v>41</v>
+        <v>555</v>
       </c>
       <c r="L9" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M9" t="s">
-        <v>491</v>
+        <v>556</v>
       </c>
       <c r="N9" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="O9" t="s">
-        <v>546</v>
+        <v>523</v>
       </c>
       <c r="P9" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B10" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>549</v>
+        <v>559</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>550</v>
+        <v>560</v>
       </c>
       <c r="H10" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="I10" t="s">
-        <v>506</v>
+        <v>562</v>
       </c>
       <c r="J10" t="s">
-        <v>507</v>
+        <v>20</v>
       </c>
       <c r="K10" t="s">
-        <v>508</v>
+        <v>563</v>
       </c>
       <c r="L10" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M10" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="N10" t="s">
-        <v>510</v>
+        <v>522</v>
       </c>
       <c r="O10" t="s">
-        <v>552</v>
+        <v>523</v>
       </c>
       <c r="P10" t="s">
-        <v>553</v>
+        <v>564</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B11" t="s">
-        <v>554</v>
+        <v>565</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>549</v>
+        <v>566</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>555</v>
+        <v>567</v>
       </c>
       <c r="H11" t="s">
-        <v>556</v>
+        <v>568</v>
       </c>
       <c r="I11" t="s">
-        <v>506</v>
+        <v>569</v>
       </c>
       <c r="J11" t="s">
-        <v>507</v>
+        <v>570</v>
       </c>
       <c r="K11" t="s">
-        <v>508</v>
+        <v>571</v>
       </c>
       <c r="L11" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M11" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="N11" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="O11" t="s">
-        <v>557</v>
+        <v>513</v>
       </c>
       <c r="P11" t="s">
-        <v>558</v>
+        <v>572</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B12" t="s">
-        <v>559</v>
+        <v>573</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>560</v>
+        <v>574</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>561</v>
+        <v>575</v>
       </c>
       <c r="H12" t="s">
-        <v>562</v>
+        <v>576</v>
       </c>
       <c r="I12" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="J12" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="K12" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="L12" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M12" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="N12" t="s">
-        <v>530</v>
+        <v>505</v>
       </c>
       <c r="O12" t="s">
-        <v>531</v>
+        <v>506</v>
       </c>
       <c r="P12" t="s">
-        <v>566</v>
+        <v>577</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B13" t="s">
-        <v>567</v>
+        <v>578</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>568</v>
+        <v>579</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="H13" t="s">
-        <v>570</v>
+        <v>581</v>
       </c>
       <c r="I13" t="s">
-        <v>571</v>
+        <v>582</v>
       </c>
       <c r="J13" t="s">
-        <v>498</v>
+        <v>20</v>
       </c>
       <c r="K13" t="s">
-        <v>41</v>
+        <v>583</v>
       </c>
       <c r="L13" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M13" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="N13" t="s">
-        <v>572</v>
+        <v>584</v>
       </c>
       <c r="O13" t="s">
-        <v>573</v>
+        <v>523</v>
       </c>
       <c r="P13" t="s">
-        <v>574</v>
+        <v>585</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B14" t="s">
-        <v>575</v>
+        <v>586</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>576</v>
+        <v>587</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>577</v>
+        <v>588</v>
       </c>
       <c r="H14" t="s">
-        <v>578</v>
+        <v>589</v>
       </c>
       <c r="I14" t="s">
-        <v>579</v>
+        <v>590</v>
       </c>
       <c r="J14" t="s">
-        <v>580</v>
+        <v>591</v>
       </c>
       <c r="K14" t="s">
-        <v>581</v>
+        <v>30</v>
       </c>
       <c r="L14" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M14" t="s">
-        <v>509</v>
+        <v>556</v>
       </c>
       <c r="N14" t="s">
-        <v>530</v>
+        <v>592</v>
       </c>
       <c r="O14" t="s">
-        <v>582</v>
+        <v>593</v>
       </c>
       <c r="P14" t="s">
-        <v>583</v>
+        <v>594</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B15" t="s">
-        <v>584</v>
+        <v>595</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>585</v>
+        <v>596</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>586</v>
+        <v>597</v>
       </c>
       <c r="H15" t="s">
-        <v>587</v>
+        <v>598</v>
       </c>
       <c r="I15" t="s">
-        <v>588</v>
+        <v>599</v>
       </c>
       <c r="J15" t="s">
-        <v>498</v>
+        <v>600</v>
       </c>
       <c r="K15" t="s">
-        <v>41</v>
+        <v>601</v>
       </c>
       <c r="L15" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M15" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="N15" t="s">
-        <v>530</v>
+        <v>505</v>
       </c>
       <c r="O15" t="s">
-        <v>582</v>
+        <v>513</v>
       </c>
       <c r="P15" t="s">
-        <v>589</v>
+        <v>602</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B16" t="s">
-        <v>590</v>
+        <v>603</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>585</v>
+        <v>604</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>591</v>
+        <v>605</v>
       </c>
       <c r="H16" t="s">
-        <v>592</v>
+        <v>606</v>
       </c>
       <c r="I16" t="s">
-        <v>593</v>
+        <v>607</v>
       </c>
       <c r="J16" t="s">
-        <v>498</v>
+        <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>41</v>
+        <v>608</v>
       </c>
       <c r="L16" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M16" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="N16" t="s">
-        <v>530</v>
+        <v>609</v>
       </c>
       <c r="O16" t="s">
-        <v>582</v>
+        <v>610</v>
       </c>
       <c r="P16" t="s">
-        <v>594</v>
+        <v>611</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B17" t="s">
-        <v>595</v>
+        <v>612</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>596</v>
+        <v>613</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>597</v>
+        <v>614</v>
       </c>
       <c r="H17" t="s">
-        <v>598</v>
+        <v>615</v>
       </c>
       <c r="I17" t="s">
-        <v>599</v>
+        <v>616</v>
       </c>
       <c r="J17" t="s">
-        <v>498</v>
+        <v>617</v>
       </c>
       <c r="K17" t="s">
-        <v>41</v>
+        <v>618</v>
       </c>
       <c r="L17" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M17" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N17" t="s">
-        <v>510</v>
+        <v>494</v>
       </c>
       <c r="O17" t="s">
-        <v>600</v>
+        <v>619</v>
       </c>
       <c r="P17" t="s">
-        <v>601</v>
+        <v>620</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B18" t="s">
-        <v>602</v>
+        <v>621</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>596</v>
+        <v>613</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>603</v>
+        <v>622</v>
       </c>
       <c r="H18" t="s">
-        <v>604</v>
+        <v>623</v>
       </c>
       <c r="I18" t="s">
-        <v>605</v>
+        <v>624</v>
       </c>
       <c r="J18" t="s">
-        <v>498</v>
+        <v>617</v>
       </c>
       <c r="K18" t="s">
-        <v>41</v>
+        <v>618</v>
       </c>
       <c r="L18" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M18" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N18" t="s">
-        <v>520</v>
+        <v>494</v>
       </c>
       <c r="O18" t="s">
-        <v>546</v>
+        <v>495</v>
       </c>
       <c r="P18" t="s">
-        <v>606</v>
+        <v>625</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B19" t="s">
-        <v>607</v>
+        <v>626</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>608</v>
+        <v>627</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>609</v>
+        <v>628</v>
       </c>
       <c r="H19" t="s">
-        <v>610</v>
+        <v>629</v>
       </c>
       <c r="I19" t="s">
-        <v>611</v>
+        <v>630</v>
       </c>
       <c r="J19" t="s">
-        <v>498</v>
+        <v>631</v>
       </c>
       <c r="K19" t="s">
-        <v>41</v>
+        <v>632</v>
       </c>
       <c r="L19" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M19" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="N19" t="s">
-        <v>530</v>
+        <v>633</v>
       </c>
       <c r="O19" t="s">
-        <v>531</v>
+        <v>634</v>
       </c>
       <c r="P19" t="s">
-        <v>612</v>
+        <v>635</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B20" t="s">
-        <v>613</v>
+        <v>636</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>614</v>
+        <v>637</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>615</v>
+        <v>638</v>
       </c>
       <c r="H20" t="s">
-        <v>616</v>
+        <v>639</v>
       </c>
       <c r="I20" t="s">
-        <v>617</v>
+        <v>640</v>
       </c>
       <c r="J20" t="s">
-        <v>618</v>
+        <v>641</v>
       </c>
       <c r="K20" t="s">
-        <v>619</v>
+        <v>30</v>
       </c>
       <c r="L20" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M20" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="N20" t="s">
-        <v>530</v>
+        <v>633</v>
       </c>
       <c r="O20" t="s">
-        <v>531</v>
+        <v>634</v>
       </c>
       <c r="P20" t="s">
-        <v>620</v>
+        <v>642</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B21" t="s">
-        <v>621</v>
+        <v>643</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>622</v>
+        <v>644</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>623</v>
+        <v>645</v>
       </c>
       <c r="H21" t="s">
-        <v>624</v>
+        <v>646</v>
       </c>
       <c r="I21" t="s">
-        <v>625</v>
+        <v>647</v>
       </c>
       <c r="J21" t="s">
-        <v>498</v>
+        <v>591</v>
       </c>
       <c r="K21" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="L21" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M21" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N21" t="s">
-        <v>572</v>
+        <v>609</v>
       </c>
       <c r="O21" t="s">
-        <v>626</v>
+        <v>648</v>
       </c>
       <c r="P21" t="s">
-        <v>627</v>
+        <v>649</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B22" t="s">
-        <v>628</v>
+        <v>650</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>629</v>
+        <v>644</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>630</v>
+        <v>651</v>
       </c>
       <c r="H22" t="s">
-        <v>631</v>
+        <v>652</v>
       </c>
       <c r="I22" t="s">
-        <v>632</v>
+        <v>653</v>
       </c>
       <c r="J22" t="s">
-        <v>633</v>
+        <v>591</v>
       </c>
       <c r="K22" t="s">
-        <v>634</v>
+        <v>30</v>
       </c>
       <c r="L22" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M22" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N22" t="s">
-        <v>530</v>
+        <v>494</v>
       </c>
       <c r="O22" t="s">
-        <v>531</v>
+        <v>619</v>
       </c>
       <c r="P22" t="s">
-        <v>635</v>
+        <v>654</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B23" t="s">
-        <v>636</v>
+        <v>655</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>514</v>
+        <v>656</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>637</v>
+        <v>657</v>
       </c>
       <c r="H23" t="s">
-        <v>638</v>
+        <v>658</v>
       </c>
       <c r="I23" t="s">
-        <v>639</v>
+        <v>659</v>
       </c>
       <c r="J23" t="s">
-        <v>640</v>
+        <v>591</v>
       </c>
       <c r="K23" t="s">
-        <v>641</v>
+        <v>30</v>
       </c>
       <c r="L23" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M23" t="s">
-        <v>491</v>
+        <v>556</v>
       </c>
       <c r="N23" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="O23" t="s">
-        <v>642</v>
+        <v>513</v>
       </c>
       <c r="P23" t="s">
-        <v>643</v>
+        <v>660</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B24" t="s">
-        <v>644</v>
+        <v>661</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>514</v>
+        <v>662</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="H24" t="s">
-        <v>646</v>
+        <v>664</v>
       </c>
       <c r="I24" t="s">
-        <v>647</v>
+        <v>665</v>
       </c>
       <c r="J24" t="s">
-        <v>648</v>
+        <v>666</v>
       </c>
       <c r="K24" t="s">
-        <v>641</v>
+        <v>667</v>
       </c>
       <c r="L24" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M24" t="s">
-        <v>491</v>
+        <v>556</v>
       </c>
       <c r="N24" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="O24" t="s">
-        <v>649</v>
+        <v>513</v>
       </c>
       <c r="P24" t="s">
-        <v>650</v>
+        <v>668</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B25" t="s">
-        <v>651</v>
+        <v>669</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>652</v>
+        <v>670</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>653</v>
+        <v>671</v>
       </c>
       <c r="H25" t="s">
-        <v>654</v>
+        <v>672</v>
       </c>
       <c r="I25" t="s">
-        <v>655</v>
+        <v>673</v>
       </c>
       <c r="J25" t="s">
-        <v>498</v>
+        <v>591</v>
       </c>
       <c r="K25" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="L25" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M25" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N25" t="s">
-        <v>520</v>
+        <v>674</v>
       </c>
       <c r="O25" t="s">
-        <v>546</v>
+        <v>675</v>
       </c>
       <c r="P25" t="s">
-        <v>656</v>
+        <v>676</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B26" t="s">
-        <v>657</v>
+        <v>677</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>652</v>
+        <v>678</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>658</v>
+        <v>679</v>
       </c>
       <c r="H26" t="s">
-        <v>659</v>
+        <v>680</v>
       </c>
       <c r="I26" t="s">
-        <v>660</v>
+        <v>681</v>
       </c>
       <c r="J26" t="s">
-        <v>661</v>
+        <v>682</v>
       </c>
       <c r="K26" t="s">
-        <v>662</v>
+        <v>683</v>
       </c>
       <c r="L26" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M26" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="N26" t="s">
-        <v>520</v>
+        <v>609</v>
       </c>
       <c r="O26" t="s">
-        <v>546</v>
+        <v>684</v>
       </c>
       <c r="P26" t="s">
-        <v>663</v>
+        <v>685</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B27" t="s">
-        <v>664</v>
+        <v>686</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>665</v>
+        <v>687</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>666</v>
+        <v>688</v>
       </c>
       <c r="H27" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="I27" t="s">
-        <v>668</v>
+        <v>690</v>
       </c>
       <c r="J27" t="s">
-        <v>648</v>
+        <v>691</v>
       </c>
       <c r="K27" t="s">
-        <v>641</v>
+        <v>692</v>
       </c>
       <c r="L27" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M27" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N27" t="s">
-        <v>520</v>
+        <v>505</v>
       </c>
       <c r="O27" t="s">
-        <v>521</v>
+        <v>513</v>
       </c>
       <c r="P27" t="s">
-        <v>669</v>
+        <v>693</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B28" t="s">
-        <v>670</v>
+        <v>694</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>671</v>
+        <v>695</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>672</v>
+        <v>696</v>
       </c>
       <c r="H28" t="s">
-        <v>673</v>
+        <v>697</v>
       </c>
       <c r="I28" t="s">
-        <v>674</v>
+        <v>698</v>
       </c>
       <c r="J28" t="s">
-        <v>507</v>
+        <v>699</v>
       </c>
       <c r="K28" t="s">
-        <v>508</v>
+        <v>632</v>
       </c>
       <c r="L28" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M28" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N28" t="s">
-        <v>530</v>
+        <v>609</v>
       </c>
       <c r="O28" t="s">
-        <v>531</v>
+        <v>700</v>
       </c>
       <c r="P28" t="s">
-        <v>675</v>
+        <v>701</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B29" t="s">
-        <v>676</v>
+        <v>702</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>671</v>
+        <v>695</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>677</v>
+        <v>703</v>
       </c>
       <c r="H29" t="s">
-        <v>678</v>
+        <v>704</v>
       </c>
       <c r="I29" t="s">
-        <v>679</v>
+        <v>705</v>
       </c>
       <c r="J29" t="s">
-        <v>507</v>
+        <v>631</v>
       </c>
       <c r="K29" t="s">
-        <v>508</v>
+        <v>632</v>
       </c>
       <c r="L29" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M29" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N29" t="s">
-        <v>530</v>
+        <v>609</v>
       </c>
       <c r="O29" t="s">
-        <v>531</v>
+        <v>706</v>
       </c>
       <c r="P29" t="s">
-        <v>680</v>
+        <v>707</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B30" t="s">
-        <v>681</v>
+        <v>708</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>682</v>
+        <v>695</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>683</v>
+        <v>709</v>
       </c>
       <c r="H30" t="s">
-        <v>684</v>
+        <v>710</v>
       </c>
       <c r="I30" t="s">
-        <v>685</v>
+        <v>711</v>
       </c>
       <c r="J30" t="s">
-        <v>498</v>
+        <v>712</v>
       </c>
       <c r="K30" t="s">
-        <v>41</v>
+        <v>713</v>
       </c>
       <c r="L30" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M30" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N30" t="s">
-        <v>510</v>
+        <v>494</v>
       </c>
       <c r="O30" t="s">
-        <v>552</v>
+        <v>495</v>
       </c>
       <c r="P30" t="s">
-        <v>686</v>
+        <v>714</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B31" t="s">
-        <v>687</v>
+        <v>715</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>682</v>
+        <v>716</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>688</v>
+        <v>717</v>
       </c>
       <c r="H31" t="s">
-        <v>689</v>
+        <v>718</v>
       </c>
       <c r="I31" t="s">
-        <v>690</v>
+        <v>719</v>
       </c>
       <c r="J31" t="s">
-        <v>498</v>
+        <v>720</v>
       </c>
       <c r="K31" t="s">
-        <v>41</v>
+        <v>721</v>
       </c>
       <c r="L31" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M31" t="s">
-        <v>491</v>
+        <v>556</v>
       </c>
       <c r="N31" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="O31" t="s">
-        <v>691</v>
+        <v>513</v>
       </c>
       <c r="P31" t="s">
-        <v>692</v>
+        <v>722</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B32" t="s">
-        <v>693</v>
+        <v>723</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>682</v>
+        <v>724</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>694</v>
+        <v>725</v>
       </c>
       <c r="H32" t="s">
-        <v>695</v>
+        <v>726</v>
       </c>
       <c r="I32" t="s">
-        <v>696</v>
+        <v>727</v>
       </c>
       <c r="J32" t="s">
-        <v>697</v>
+        <v>591</v>
       </c>
       <c r="K32" t="s">
-        <v>698</v>
+        <v>30</v>
       </c>
       <c r="L32" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M32" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N32" t="s">
-        <v>510</v>
+        <v>494</v>
       </c>
       <c r="O32" t="s">
-        <v>699</v>
+        <v>619</v>
       </c>
       <c r="P32" t="s">
-        <v>700</v>
+        <v>728</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B33" t="s">
-        <v>701</v>
+        <v>729</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>682</v>
+        <v>724</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>702</v>
+        <v>730</v>
       </c>
       <c r="H33" t="s">
-        <v>703</v>
+        <v>731</v>
       </c>
       <c r="I33" t="s">
-        <v>704</v>
+        <v>732</v>
       </c>
       <c r="J33" t="s">
-        <v>20</v>
+        <v>733</v>
       </c>
       <c r="K33" t="s">
-        <v>705</v>
+        <v>734</v>
       </c>
       <c r="L33" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M33" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N33" t="s">
-        <v>510</v>
+        <v>494</v>
       </c>
       <c r="O33" t="s">
-        <v>706</v>
+        <v>619</v>
       </c>
       <c r="P33" t="s">
-        <v>707</v>
+        <v>735</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B34" t="s">
-        <v>708</v>
+        <v>736</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>682</v>
+        <v>737</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>709</v>
+        <v>738</v>
       </c>
       <c r="H34" t="s">
-        <v>710</v>
+        <v>739</v>
       </c>
       <c r="I34" t="s">
-        <v>711</v>
+        <v>740</v>
       </c>
       <c r="J34" t="s">
-        <v>712</v>
+        <v>631</v>
       </c>
       <c r="K34" t="s">
-        <v>713</v>
+        <v>632</v>
       </c>
       <c r="L34" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M34" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N34" t="s">
-        <v>510</v>
+        <v>494</v>
       </c>
       <c r="O34" t="s">
-        <v>706</v>
+        <v>495</v>
       </c>
       <c r="P34" t="s">
-        <v>714</v>
+        <v>741</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B35" t="s">
-        <v>715</v>
+        <v>742</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
+        <v>743</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>744</v>
+      </c>
+      <c r="H35" t="s">
+        <v>745</v>
+      </c>
+      <c r="I35" t="s">
+        <v>746</v>
+      </c>
+      <c r="J35" t="s">
         <v>682</v>
       </c>
-      <c r="F35" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K35" t="s">
-        <v>641</v>
+        <v>683</v>
       </c>
       <c r="L35" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M35" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N35" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="O35" t="s">
-        <v>706</v>
+        <v>513</v>
       </c>
       <c r="P35" t="s">
-        <v>719</v>
+        <v>747</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B36" t="s">
-        <v>720</v>
+        <v>748</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>721</v>
+        <v>743</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>722</v>
+        <v>749</v>
       </c>
       <c r="H36" t="s">
-        <v>723</v>
+        <v>750</v>
       </c>
       <c r="I36" t="s">
-        <v>724</v>
+        <v>751</v>
       </c>
       <c r="J36" t="s">
-        <v>725</v>
+        <v>682</v>
       </c>
       <c r="K36" t="s">
-        <v>726</v>
+        <v>683</v>
       </c>
       <c r="L36" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M36" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="N36" t="s">
-        <v>530</v>
+        <v>505</v>
       </c>
       <c r="O36" t="s">
-        <v>531</v>
+        <v>513</v>
       </c>
       <c r="P36" t="s">
-        <v>727</v>
+        <v>752</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B37" t="s">
-        <v>728</v>
+        <v>753</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>729</v>
+        <v>754</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>730</v>
+        <v>755</v>
       </c>
       <c r="H37" t="s">
-        <v>731</v>
+        <v>756</v>
       </c>
       <c r="I37" t="s">
-        <v>732</v>
+        <v>757</v>
       </c>
       <c r="J37" t="s">
-        <v>733</v>
+        <v>758</v>
       </c>
       <c r="K37" t="s">
-        <v>734</v>
+        <v>759</v>
       </c>
       <c r="L37" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M37" t="s">
-        <v>481</v>
+        <v>556</v>
       </c>
       <c r="N37" t="s">
-        <v>530</v>
+        <v>505</v>
       </c>
       <c r="O37" t="s">
-        <v>531</v>
+        <v>513</v>
       </c>
       <c r="P37" t="s">
-        <v>735</v>
+        <v>760</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B38" t="s">
-        <v>736</v>
+        <v>761</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>737</v>
+        <v>762</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>738</v>
+        <v>763</v>
       </c>
       <c r="H38" t="s">
-        <v>739</v>
+        <v>764</v>
       </c>
       <c r="I38" t="s">
-        <v>740</v>
+        <v>765</v>
       </c>
       <c r="J38" t="s">
-        <v>741</v>
+        <v>617</v>
       </c>
       <c r="K38" t="s">
-        <v>332</v>
+        <v>618</v>
       </c>
       <c r="L38" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M38" t="s">
-        <v>491</v>
+        <v>556</v>
       </c>
       <c r="N38" t="s">
-        <v>742</v>
+        <v>505</v>
       </c>
       <c r="O38" t="s">
-        <v>743</v>
+        <v>513</v>
       </c>
       <c r="P38" t="s">
-        <v>744</v>
+        <v>766</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B39" t="s">
-        <v>745</v>
+        <v>767</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>746</v>
+        <v>768</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>747</v>
+        <v>769</v>
       </c>
       <c r="H39" t="s">
-        <v>748</v>
+        <v>770</v>
       </c>
       <c r="I39" t="s">
-        <v>749</v>
+        <v>771</v>
       </c>
       <c r="J39" t="s">
-        <v>498</v>
+        <v>591</v>
       </c>
       <c r="K39" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="L39" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M39" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N39" t="s">
-        <v>510</v>
+        <v>609</v>
       </c>
       <c r="O39" t="s">
-        <v>691</v>
+        <v>772</v>
       </c>
       <c r="P39" t="s">
-        <v>750</v>
+        <v>773</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B40" t="s">
-        <v>751</v>
+        <v>774</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>752</v>
+        <v>768</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>753</v>
+        <v>775</v>
       </c>
       <c r="H40" t="s">
-        <v>754</v>
+        <v>776</v>
       </c>
       <c r="I40" t="s">
-        <v>755</v>
+        <v>777</v>
       </c>
       <c r="J40" t="s">
-        <v>756</v>
+        <v>591</v>
       </c>
       <c r="K40" t="s">
-        <v>757</v>
+        <v>30</v>
       </c>
       <c r="L40" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M40" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="N40" t="s">
-        <v>758</v>
+        <v>609</v>
       </c>
       <c r="O40" t="s">
-        <v>483</v>
+        <v>610</v>
       </c>
       <c r="P40" t="s">
-        <v>759</v>
+        <v>778</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B41" t="s">
-        <v>760</v>
+        <v>779</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>542</v>
+        <v>768</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>761</v>
+        <v>780</v>
       </c>
       <c r="H41" t="s">
-        <v>762</v>
+        <v>781</v>
       </c>
       <c r="I41" t="s">
-        <v>763</v>
+        <v>782</v>
       </c>
       <c r="J41" t="s">
-        <v>20</v>
+        <v>783</v>
       </c>
       <c r="K41" t="s">
-        <v>764</v>
+        <v>784</v>
       </c>
       <c r="L41" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M41" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N41" t="s">
-        <v>510</v>
+        <v>609</v>
       </c>
       <c r="O41" t="s">
-        <v>706</v>
+        <v>785</v>
       </c>
       <c r="P41" t="s">
-        <v>765</v>
+        <v>786</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B42" t="s">
-        <v>766</v>
+        <v>787</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>542</v>
+        <v>768</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>767</v>
+        <v>788</v>
       </c>
       <c r="H42" t="s">
-        <v>768</v>
+        <v>789</v>
       </c>
       <c r="I42" t="s">
-        <v>763</v>
+        <v>790</v>
       </c>
       <c r="J42" t="s">
         <v>20</v>
       </c>
       <c r="K42" t="s">
-        <v>764</v>
+        <v>791</v>
       </c>
       <c r="L42" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M42" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N42" t="s">
-        <v>510</v>
+        <v>609</v>
       </c>
       <c r="O42" t="s">
-        <v>552</v>
+        <v>792</v>
       </c>
       <c r="P42" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B43" t="s">
-        <v>770</v>
+        <v>794</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>549</v>
+        <v>768</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>771</v>
+        <v>795</v>
       </c>
       <c r="H43" t="s">
-        <v>772</v>
+        <v>796</v>
       </c>
       <c r="I43" t="s">
-        <v>773</v>
+        <v>797</v>
       </c>
       <c r="J43" t="s">
-        <v>507</v>
+        <v>798</v>
       </c>
       <c r="K43" t="s">
-        <v>508</v>
+        <v>799</v>
       </c>
       <c r="L43" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M43" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="N43" t="s">
-        <v>510</v>
+        <v>609</v>
       </c>
       <c r="O43" t="s">
-        <v>706</v>
+        <v>792</v>
       </c>
       <c r="P43" t="s">
-        <v>774</v>
+        <v>800</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B44" t="s">
-        <v>775</v>
+        <v>801</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>776</v>
+        <v>768</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>777</v>
+        <v>802</v>
       </c>
       <c r="H44" t="s">
-        <v>778</v>
+        <v>803</v>
       </c>
       <c r="I44" t="s">
-        <v>779</v>
+        <v>804</v>
       </c>
       <c r="J44" t="s">
-        <v>780</v>
+        <v>631</v>
       </c>
       <c r="K44" t="s">
-        <v>781</v>
+        <v>632</v>
       </c>
       <c r="L44" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M44" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="N44" t="s">
-        <v>510</v>
+        <v>609</v>
       </c>
       <c r="O44" t="s">
-        <v>782</v>
+        <v>792</v>
       </c>
       <c r="P44" t="s">
-        <v>783</v>
+        <v>805</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B45" t="s">
-        <v>784</v>
+        <v>806</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>776</v>
+        <v>807</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>785</v>
+        <v>808</v>
       </c>
       <c r="H45" t="s">
-        <v>786</v>
+        <v>809</v>
       </c>
       <c r="I45" t="s">
-        <v>779</v>
+        <v>810</v>
       </c>
       <c r="J45" t="s">
-        <v>780</v>
+        <v>811</v>
       </c>
       <c r="K45" t="s">
-        <v>781</v>
+        <v>812</v>
       </c>
       <c r="L45" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M45" t="s">
-        <v>509</v>
+        <v>556</v>
       </c>
       <c r="N45" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="O45" t="s">
-        <v>787</v>
+        <v>513</v>
       </c>
       <c r="P45" t="s">
-        <v>788</v>
+        <v>813</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B46" t="s">
-        <v>789</v>
+        <v>814</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>790</v>
+        <v>815</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>791</v>
+        <v>816</v>
       </c>
       <c r="H46" t="s">
-        <v>792</v>
+        <v>817</v>
       </c>
       <c r="I46" t="s">
-        <v>793</v>
+        <v>818</v>
       </c>
       <c r="J46" t="s">
-        <v>794</v>
+        <v>819</v>
       </c>
       <c r="K46" t="s">
-        <v>795</v>
+        <v>820</v>
       </c>
       <c r="L46" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M46" t="s">
-        <v>481</v>
+        <v>556</v>
       </c>
       <c r="N46" t="s">
-        <v>530</v>
+        <v>505</v>
       </c>
       <c r="O46" t="s">
-        <v>531</v>
+        <v>513</v>
       </c>
       <c r="P46" t="s">
-        <v>796</v>
+        <v>821</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B47" t="s">
-        <v>797</v>
+        <v>822</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>798</v>
+        <v>823</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>799</v>
+        <v>824</v>
       </c>
       <c r="H47" t="s">
-        <v>800</v>
+        <v>825</v>
       </c>
       <c r="I47" t="s">
-        <v>801</v>
+        <v>826</v>
       </c>
       <c r="J47" t="s">
-        <v>802</v>
+        <v>827</v>
       </c>
       <c r="K47" t="s">
-        <v>803</v>
+        <v>346</v>
       </c>
       <c r="L47" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M47" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N47" t="s">
-        <v>530</v>
+        <v>828</v>
       </c>
       <c r="O47" t="s">
-        <v>531</v>
+        <v>829</v>
       </c>
       <c r="P47" t="s">
-        <v>804</v>
+        <v>830</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B48" t="s">
-        <v>805</v>
+        <v>831</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>585</v>
+        <v>832</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>806</v>
+        <v>833</v>
       </c>
       <c r="H48" t="s">
-        <v>807</v>
+        <v>834</v>
       </c>
       <c r="I48" t="s">
-        <v>808</v>
+        <v>835</v>
       </c>
       <c r="J48" t="s">
-        <v>498</v>
+        <v>591</v>
       </c>
       <c r="K48" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="L48" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M48" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="N48" t="s">
-        <v>530</v>
+        <v>609</v>
       </c>
       <c r="O48" t="s">
-        <v>582</v>
+        <v>610</v>
       </c>
       <c r="P48" t="s">
-        <v>809</v>
+        <v>836</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B49" t="s">
-        <v>810</v>
+        <v>837</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>585</v>
+        <v>838</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>811</v>
+        <v>839</v>
       </c>
       <c r="H49" t="s">
-        <v>812</v>
+        <v>840</v>
       </c>
       <c r="I49" t="s">
-        <v>813</v>
+        <v>841</v>
       </c>
       <c r="J49" t="s">
-        <v>498</v>
+        <v>842</v>
       </c>
       <c r="K49" t="s">
-        <v>41</v>
+        <v>843</v>
       </c>
       <c r="L49" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M49" t="s">
-        <v>509</v>
+        <v>556</v>
       </c>
       <c r="N49" t="s">
-        <v>530</v>
+        <v>584</v>
       </c>
       <c r="O49" t="s">
-        <v>582</v>
+        <v>523</v>
       </c>
       <c r="P49" t="s">
-        <v>814</v>
+        <v>844</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B50" t="s">
-        <v>815</v>
+        <v>845</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>585</v>
+        <v>846</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>816</v>
+        <v>847</v>
       </c>
       <c r="H50" t="s">
-        <v>817</v>
+        <v>848</v>
       </c>
       <c r="I50" t="s">
-        <v>818</v>
+        <v>849</v>
       </c>
       <c r="J50" t="s">
-        <v>498</v>
+        <v>20</v>
       </c>
       <c r="K50" t="s">
-        <v>41</v>
+        <v>850</v>
       </c>
       <c r="L50" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M50" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="N50" t="s">
-        <v>530</v>
+        <v>609</v>
       </c>
       <c r="O50" t="s">
-        <v>531</v>
+        <v>792</v>
       </c>
       <c r="P50" t="s">
-        <v>819</v>
+        <v>851</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B51" t="s">
-        <v>820</v>
+        <v>852</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>585</v>
+        <v>846</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>821</v>
+        <v>853</v>
       </c>
       <c r="H51" t="s">
-        <v>822</v>
+        <v>854</v>
       </c>
       <c r="I51" t="s">
-        <v>823</v>
+        <v>849</v>
       </c>
       <c r="J51" t="s">
-        <v>498</v>
+        <v>20</v>
       </c>
       <c r="K51" t="s">
-        <v>41</v>
+        <v>850</v>
       </c>
       <c r="L51" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M51" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="N51" t="s">
-        <v>530</v>
+        <v>609</v>
       </c>
       <c r="O51" t="s">
-        <v>531</v>
+        <v>772</v>
       </c>
       <c r="P51" t="s">
-        <v>824</v>
+        <v>855</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B52" t="s">
-        <v>825</v>
+        <v>856</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>826</v>
+        <v>846</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>827</v>
+        <v>857</v>
       </c>
       <c r="H52" t="s">
-        <v>828</v>
+        <v>858</v>
       </c>
       <c r="I52" t="s">
-        <v>829</v>
+        <v>849</v>
       </c>
       <c r="J52" t="s">
         <v>20</v>
       </c>
       <c r="K52" t="s">
-        <v>830</v>
+        <v>850</v>
       </c>
       <c r="L52" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M52" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="N52" t="s">
-        <v>530</v>
+        <v>609</v>
       </c>
       <c r="O52" t="s">
-        <v>531</v>
+        <v>610</v>
       </c>
       <c r="P52" t="s">
-        <v>831</v>
+        <v>859</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B53" t="s">
-        <v>832</v>
+        <v>860</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>833</v>
+        <v>846</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>834</v>
+        <v>861</v>
       </c>
       <c r="H53" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="I53" t="s">
-        <v>836</v>
+        <v>863</v>
       </c>
       <c r="J53" t="s">
-        <v>20</v>
+        <v>591</v>
       </c>
       <c r="K53" t="s">
-        <v>837</v>
+        <v>30</v>
       </c>
       <c r="L53" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M53" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="N53" t="s">
-        <v>530</v>
+        <v>494</v>
       </c>
       <c r="O53" t="s">
-        <v>531</v>
+        <v>619</v>
       </c>
       <c r="P53" t="s">
-        <v>838</v>
+        <v>864</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B54" t="s">
-        <v>839</v>
+        <v>865</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>833</v>
+        <v>866</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>840</v>
+        <v>867</v>
       </c>
       <c r="H54" t="s">
-        <v>841</v>
+        <v>868</v>
       </c>
       <c r="I54" t="s">
-        <v>842</v>
+        <v>681</v>
       </c>
       <c r="J54" t="s">
-        <v>843</v>
+        <v>682</v>
       </c>
       <c r="K54" t="s">
-        <v>844</v>
+        <v>683</v>
       </c>
       <c r="L54" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M54" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="N54" t="s">
-        <v>530</v>
+        <v>609</v>
       </c>
       <c r="O54" t="s">
-        <v>531</v>
+        <v>772</v>
       </c>
       <c r="P54" t="s">
-        <v>845</v>
+        <v>869</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B55" t="s">
-        <v>846</v>
+        <v>870</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>847</v>
+        <v>866</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>848</v>
+        <v>871</v>
       </c>
       <c r="H55" t="s">
-        <v>849</v>
+        <v>872</v>
       </c>
       <c r="I55" t="s">
-        <v>850</v>
+        <v>681</v>
       </c>
       <c r="J55" t="s">
-        <v>851</v>
+        <v>682</v>
       </c>
       <c r="K55" t="s">
-        <v>852</v>
+        <v>683</v>
       </c>
       <c r="L55" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M55" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="N55" t="s">
-        <v>530</v>
+        <v>609</v>
       </c>
       <c r="O55" t="s">
-        <v>531</v>
+        <v>873</v>
       </c>
       <c r="P55" t="s">
-        <v>853</v>
+        <v>874</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B56" t="s">
-        <v>854</v>
+        <v>875</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>847</v>
+        <v>866</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>855</v>
+        <v>876</v>
       </c>
       <c r="H56" t="s">
-        <v>856</v>
+        <v>877</v>
       </c>
       <c r="I56" t="s">
-        <v>857</v>
+        <v>878</v>
       </c>
       <c r="J56" t="s">
-        <v>858</v>
+        <v>682</v>
       </c>
       <c r="K56" t="s">
-        <v>859</v>
+        <v>683</v>
       </c>
       <c r="L56" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M56" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="N56" t="s">
-        <v>530</v>
+        <v>609</v>
       </c>
       <c r="O56" t="s">
-        <v>582</v>
+        <v>792</v>
       </c>
       <c r="P56" t="s">
-        <v>860</v>
+        <v>879</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B57" t="s">
-        <v>861</v>
+        <v>880</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>862</v>
+        <v>881</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>863</v>
+        <v>882</v>
       </c>
       <c r="H57" t="s">
-        <v>864</v>
+        <v>883</v>
       </c>
       <c r="I57" t="s">
-        <v>865</v>
+        <v>884</v>
       </c>
       <c r="J57" t="s">
-        <v>498</v>
+        <v>885</v>
       </c>
       <c r="K57" t="s">
-        <v>41</v>
+        <v>886</v>
       </c>
       <c r="L57" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M57" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="N57" t="s">
-        <v>530</v>
+        <v>505</v>
       </c>
       <c r="O57" t="s">
-        <v>531</v>
+        <v>513</v>
       </c>
       <c r="P57" t="s">
-        <v>866</v>
+        <v>887</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B58" t="s">
-        <v>867</v>
+        <v>888</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>868</v>
+        <v>881</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>869</v>
+        <v>889</v>
       </c>
       <c r="H58" t="s">
-        <v>870</v>
+        <v>890</v>
       </c>
       <c r="I58" t="s">
-        <v>871</v>
+        <v>891</v>
       </c>
       <c r="J58" t="s">
-        <v>20</v>
+        <v>885</v>
       </c>
       <c r="K58" t="s">
-        <v>872</v>
+        <v>886</v>
       </c>
       <c r="L58" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M58" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N58" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="O58" t="s">
-        <v>699</v>
+        <v>506</v>
       </c>
       <c r="P58" t="s">
-        <v>873</v>
+        <v>892</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B59" t="s">
-        <v>874</v>
+        <v>893</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>868</v>
+        <v>881</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>875</v>
+        <v>894</v>
       </c>
       <c r="H59" t="s">
-        <v>876</v>
+        <v>895</v>
       </c>
       <c r="I59" t="s">
-        <v>871</v>
+        <v>896</v>
       </c>
       <c r="J59" t="s">
-        <v>20</v>
+        <v>897</v>
       </c>
       <c r="K59" t="s">
-        <v>872</v>
+        <v>898</v>
       </c>
       <c r="L59" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M59" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N59" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="O59" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="P59" t="s">
-        <v>877</v>
+        <v>899</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B60" t="s">
-        <v>878</v>
+        <v>900</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>879</v>
+        <v>901</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>880</v>
+        <v>902</v>
       </c>
       <c r="H60" t="s">
-        <v>881</v>
+        <v>903</v>
       </c>
       <c r="I60" t="s">
-        <v>882</v>
+        <v>904</v>
       </c>
       <c r="J60" t="s">
-        <v>883</v>
+        <v>591</v>
       </c>
       <c r="K60" t="s">
-        <v>884</v>
+        <v>30</v>
       </c>
       <c r="L60" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M60" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="N60" t="s">
-        <v>510</v>
+        <v>674</v>
       </c>
       <c r="O60" t="s">
-        <v>691</v>
+        <v>905</v>
       </c>
       <c r="P60" t="s">
-        <v>885</v>
+        <v>906</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B61" t="s">
-        <v>886</v>
+        <v>907</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>887</v>
+        <v>901</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>888</v>
+        <v>908</v>
       </c>
       <c r="H61" t="s">
-        <v>889</v>
+        <v>909</v>
       </c>
       <c r="I61" t="s">
-        <v>890</v>
+        <v>910</v>
       </c>
       <c r="J61" t="s">
-        <v>20</v>
+        <v>911</v>
       </c>
       <c r="K61" t="s">
-        <v>891</v>
+        <v>912</v>
       </c>
       <c r="L61" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M61" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="N61" t="s">
-        <v>520</v>
+        <v>609</v>
       </c>
       <c r="O61" t="s">
-        <v>892</v>
+        <v>700</v>
       </c>
       <c r="P61" t="s">
-        <v>893</v>
+        <v>913</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B62" t="s">
-        <v>894</v>
+        <v>914</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>895</v>
+        <v>915</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>896</v>
+        <v>916</v>
       </c>
       <c r="H62" t="s">
-        <v>897</v>
+        <v>917</v>
       </c>
       <c r="I62" t="s">
-        <v>898</v>
+        <v>918</v>
       </c>
       <c r="J62" t="s">
-        <v>883</v>
+        <v>919</v>
       </c>
       <c r="K62" t="s">
-        <v>884</v>
+        <v>920</v>
       </c>
       <c r="L62" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M62" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="N62" t="s">
-        <v>520</v>
+        <v>505</v>
       </c>
       <c r="O62" t="s">
-        <v>546</v>
+        <v>506</v>
       </c>
       <c r="P62" t="s">
-        <v>899</v>
+        <v>921</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B63" t="s">
-        <v>900</v>
+        <v>922</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>895</v>
+        <v>923</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>901</v>
+        <v>924</v>
       </c>
       <c r="H63" t="s">
-        <v>902</v>
+        <v>925</v>
       </c>
       <c r="I63" t="s">
-        <v>903</v>
+        <v>926</v>
       </c>
       <c r="J63" t="s">
-        <v>883</v>
+        <v>617</v>
       </c>
       <c r="K63" t="s">
-        <v>884</v>
+        <v>618</v>
       </c>
       <c r="L63" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M63" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="N63" t="s">
-        <v>520</v>
+        <v>505</v>
       </c>
       <c r="O63" t="s">
-        <v>521</v>
+        <v>506</v>
       </c>
       <c r="P63" t="s">
-        <v>904</v>
+        <v>927</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B64" t="s">
-        <v>905</v>
+        <v>928</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>895</v>
+        <v>929</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>906</v>
+        <v>930</v>
       </c>
       <c r="H64" t="s">
-        <v>907</v>
+        <v>931</v>
       </c>
       <c r="I64" t="s">
-        <v>898</v>
+        <v>932</v>
       </c>
       <c r="J64" t="s">
-        <v>883</v>
+        <v>933</v>
       </c>
       <c r="K64" t="s">
-        <v>884</v>
+        <v>934</v>
       </c>
       <c r="L64" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M64" t="s">
-        <v>491</v>
+        <v>556</v>
       </c>
       <c r="N64" t="s">
-        <v>520</v>
+        <v>584</v>
       </c>
       <c r="O64" t="s">
-        <v>908</v>
+        <v>523</v>
       </c>
       <c r="P64" t="s">
-        <v>909</v>
+        <v>935</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B65" t="s">
-        <v>910</v>
+        <v>936</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>911</v>
+        <v>937</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>912</v>
+        <v>938</v>
       </c>
       <c r="H65" t="s">
-        <v>913</v>
+        <v>939</v>
       </c>
       <c r="I65" t="s">
-        <v>914</v>
+        <v>940</v>
       </c>
       <c r="J65" t="s">
-        <v>20</v>
+        <v>530</v>
       </c>
       <c r="K65" t="s">
-        <v>915</v>
+        <v>531</v>
       </c>
       <c r="L65" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M65" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="N65" t="s">
-        <v>758</v>
+        <v>609</v>
       </c>
       <c r="O65" t="s">
-        <v>483</v>
+        <v>941</v>
       </c>
       <c r="P65" t="s">
-        <v>916</v>
+        <v>942</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B66" t="s">
-        <v>917</v>
+        <v>943</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>918</v>
+        <v>937</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>919</v>
+        <v>944</v>
       </c>
       <c r="H66" t="s">
-        <v>920</v>
+        <v>945</v>
       </c>
       <c r="I66" t="s">
-        <v>921</v>
+        <v>940</v>
       </c>
       <c r="J66" t="s">
-        <v>922</v>
+        <v>530</v>
       </c>
       <c r="K66" t="s">
-        <v>923</v>
+        <v>531</v>
       </c>
       <c r="L66" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M66" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="N66" t="s">
-        <v>530</v>
+        <v>609</v>
       </c>
       <c r="O66" t="s">
-        <v>531</v>
+        <v>946</v>
       </c>
       <c r="P66" t="s">
-        <v>924</v>
+        <v>947</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B67" t="s">
-        <v>925</v>
+        <v>948</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>918</v>
+        <v>949</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>926</v>
+        <v>950</v>
       </c>
       <c r="H67" t="s">
-        <v>927</v>
+        <v>951</v>
       </c>
       <c r="I67" t="s">
-        <v>882</v>
+        <v>952</v>
       </c>
       <c r="J67" t="s">
-        <v>883</v>
+        <v>953</v>
       </c>
       <c r="K67" t="s">
-        <v>884</v>
+        <v>954</v>
       </c>
       <c r="L67" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M67" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="N67" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="O67" t="s">
-        <v>706</v>
+        <v>506</v>
       </c>
       <c r="P67" t="s">
-        <v>928</v>
+        <v>955</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B68" t="s">
-        <v>929</v>
+        <v>956</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>930</v>
+        <v>957</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>931</v>
+        <v>958</v>
       </c>
       <c r="H68" t="s">
-        <v>932</v>
+        <v>959</v>
       </c>
       <c r="I68" t="s">
-        <v>933</v>
+        <v>640</v>
       </c>
       <c r="J68" t="s">
-        <v>741</v>
+        <v>591</v>
       </c>
       <c r="K68" t="s">
-        <v>332</v>
+        <v>30</v>
       </c>
       <c r="L68" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M68" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="N68" t="s">
-        <v>742</v>
+        <v>960</v>
       </c>
       <c r="O68" t="s">
-        <v>743</v>
+        <v>961</v>
       </c>
       <c r="P68" t="s">
-        <v>934</v>
+        <v>962</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B69" t="s">
-        <v>935</v>
+        <v>963</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>936</v>
+        <v>964</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>937</v>
+        <v>965</v>
       </c>
       <c r="H69" t="s">
-        <v>938</v>
+        <v>966</v>
       </c>
       <c r="I69" t="s">
-        <v>939</v>
+        <v>967</v>
       </c>
       <c r="J69" t="s">
-        <v>648</v>
+        <v>968</v>
       </c>
       <c r="K69" t="s">
-        <v>641</v>
+        <v>969</v>
       </c>
       <c r="L69" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M69" t="s">
-        <v>491</v>
+        <v>556</v>
       </c>
       <c r="N69" t="s">
-        <v>940</v>
+        <v>505</v>
       </c>
       <c r="O69" t="s">
-        <v>941</v>
+        <v>513</v>
       </c>
       <c r="P69" t="s">
-        <v>942</v>
+        <v>970</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B70" t="s">
-        <v>943</v>
+        <v>971</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>944</v>
+        <v>972</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>945</v>
+        <v>973</v>
       </c>
       <c r="H70" t="s">
-        <v>946</v>
+        <v>974</v>
       </c>
       <c r="I70" t="s">
-        <v>947</v>
+        <v>975</v>
       </c>
       <c r="J70" t="s">
-        <v>948</v>
+        <v>976</v>
       </c>
       <c r="K70" t="s">
-        <v>41</v>
+        <v>977</v>
       </c>
       <c r="L70" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M70" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="N70" t="s">
-        <v>940</v>
+        <v>505</v>
       </c>
       <c r="O70" t="s">
-        <v>941</v>
+        <v>513</v>
       </c>
       <c r="P70" t="s">
-        <v>949</v>
+        <v>978</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B71" t="s">
-        <v>950</v>
+        <v>979</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>951</v>
+        <v>980</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>952</v>
+        <v>981</v>
       </c>
       <c r="H71" t="s">
-        <v>953</v>
+        <v>982</v>
       </c>
       <c r="I71" t="s">
-        <v>954</v>
+        <v>983</v>
       </c>
       <c r="J71" t="s">
-        <v>955</v>
+        <v>591</v>
       </c>
       <c r="K71" t="s">
-        <v>956</v>
+        <v>30</v>
       </c>
       <c r="L71" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M71" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="N71" t="s">
-        <v>530</v>
+        <v>505</v>
       </c>
       <c r="O71" t="s">
-        <v>531</v>
+        <v>506</v>
       </c>
       <c r="P71" t="s">
-        <v>957</v>
+        <v>984</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B72" t="s">
-        <v>958</v>
+        <v>985</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>542</v>
+        <v>980</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>959</v>
+        <v>986</v>
       </c>
       <c r="H72" t="s">
-        <v>960</v>
+        <v>987</v>
       </c>
       <c r="I72" t="s">
-        <v>763</v>
+        <v>988</v>
       </c>
       <c r="J72" t="s">
-        <v>20</v>
+        <v>591</v>
       </c>
       <c r="K72" t="s">
-        <v>764</v>
+        <v>30</v>
       </c>
       <c r="L72" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M72" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="N72" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="O72" t="s">
-        <v>691</v>
+        <v>506</v>
       </c>
       <c r="P72" t="s">
-        <v>961</v>
+        <v>989</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B73" t="s">
-        <v>962</v>
+        <v>990</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>560</v>
+        <v>980</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>963</v>
+        <v>991</v>
       </c>
       <c r="H73" t="s">
-        <v>964</v>
+        <v>992</v>
       </c>
       <c r="I73" t="s">
-        <v>965</v>
+        <v>993</v>
       </c>
       <c r="J73" t="s">
-        <v>966</v>
+        <v>591</v>
       </c>
       <c r="K73" t="s">
-        <v>967</v>
+        <v>30</v>
       </c>
       <c r="L73" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M73" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="N73" t="s">
-        <v>530</v>
+        <v>505</v>
       </c>
       <c r="O73" t="s">
-        <v>531</v>
+        <v>506</v>
       </c>
       <c r="P73" t="s">
-        <v>968</v>
+        <v>994</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B74" t="s">
-        <v>969</v>
+        <v>995</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>560</v>
+        <v>980</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>970</v>
+        <v>996</v>
       </c>
       <c r="H74" t="s">
-        <v>971</v>
+        <v>997</v>
       </c>
       <c r="I74" t="s">
-        <v>972</v>
+        <v>998</v>
       </c>
       <c r="J74" t="s">
-        <v>966</v>
+        <v>591</v>
       </c>
       <c r="K74" t="s">
-        <v>967</v>
+        <v>30</v>
       </c>
       <c r="L74" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M74" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="N74" t="s">
-        <v>530</v>
+        <v>505</v>
       </c>
       <c r="O74" t="s">
-        <v>582</v>
+        <v>506</v>
       </c>
       <c r="P74" t="s">
-        <v>973</v>
+        <v>999</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B75" t="s">
-        <v>974</v>
+        <v>1000</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>568</v>
+        <v>980</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>975</v>
+        <v>1001</v>
       </c>
       <c r="H75" t="s">
-        <v>976</v>
+        <v>1002</v>
       </c>
       <c r="I75" t="s">
-        <v>977</v>
+        <v>1003</v>
       </c>
       <c r="J75" t="s">
-        <v>978</v>
+        <v>591</v>
       </c>
       <c r="K75" t="s">
-        <v>979</v>
+        <v>30</v>
       </c>
       <c r="L75" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M75" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="N75" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="O75" t="s">
-        <v>642</v>
+        <v>513</v>
       </c>
       <c r="P75" t="s">
-        <v>980</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B76" t="s">
-        <v>981</v>
+        <v>1005</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>982</v>
+        <v>980</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>983</v>
+        <v>1006</v>
       </c>
       <c r="H76" t="s">
-        <v>984</v>
+        <v>1007</v>
       </c>
       <c r="I76" t="s">
-        <v>985</v>
+        <v>1008</v>
       </c>
       <c r="J76" t="s">
-        <v>955</v>
+        <v>591</v>
       </c>
       <c r="K76" t="s">
-        <v>956</v>
+        <v>30</v>
       </c>
       <c r="L76" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M76" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="N76" t="s">
-        <v>530</v>
+        <v>505</v>
       </c>
       <c r="O76" t="s">
-        <v>582</v>
+        <v>513</v>
       </c>
       <c r="P76" t="s">
-        <v>986</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B77" t="s">
-        <v>987</v>
+        <v>1010</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>988</v>
+        <v>1011</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>989</v>
+        <v>1012</v>
       </c>
       <c r="H77" t="s">
-        <v>990</v>
+        <v>1013</v>
       </c>
       <c r="I77" t="s">
-        <v>991</v>
+        <v>1014</v>
       </c>
       <c r="J77" t="s">
-        <v>992</v>
+        <v>20</v>
       </c>
       <c r="K77" t="s">
-        <v>993</v>
+        <v>1015</v>
       </c>
       <c r="L77" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M77" t="s">
-        <v>481</v>
+        <v>556</v>
       </c>
       <c r="N77" t="s">
-        <v>758</v>
+        <v>505</v>
       </c>
       <c r="O77" t="s">
-        <v>483</v>
+        <v>513</v>
       </c>
       <c r="P77" t="s">
-        <v>994</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B78" t="s">
-        <v>995</v>
+        <v>1017</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>996</v>
+        <v>1018</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>997</v>
+        <v>1019</v>
       </c>
       <c r="H78" t="s">
-        <v>998</v>
+        <v>1020</v>
       </c>
       <c r="I78" t="s">
-        <v>999</v>
+        <v>1021</v>
       </c>
       <c r="J78" t="s">
-        <v>1000</v>
+        <v>1022</v>
       </c>
       <c r="K78" t="s">
-        <v>1001</v>
+        <v>1023</v>
       </c>
       <c r="L78" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M78" t="s">
-        <v>509</v>
+        <v>556</v>
       </c>
       <c r="N78" t="s">
-        <v>530</v>
+        <v>505</v>
       </c>
       <c r="O78" t="s">
-        <v>582</v>
+        <v>513</v>
       </c>
       <c r="P78" t="s">
-        <v>1002</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B79" t="s">
-        <v>1003</v>
+        <v>1025</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>1004</v>
+        <v>1018</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>1005</v>
+        <v>1026</v>
       </c>
       <c r="H79" t="s">
-        <v>1006</v>
+        <v>1027</v>
       </c>
       <c r="I79" t="s">
-        <v>947</v>
+        <v>1028</v>
       </c>
       <c r="J79" t="s">
-        <v>498</v>
+        <v>591</v>
       </c>
       <c r="K79" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="L79" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M79" t="s">
-        <v>509</v>
+        <v>556</v>
       </c>
       <c r="N79" t="s">
-        <v>1007</v>
+        <v>505</v>
       </c>
       <c r="O79" t="s">
-        <v>1008</v>
+        <v>513</v>
       </c>
       <c r="P79" t="s">
-        <v>1009</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B80" t="s">
-        <v>1010</v>
+        <v>1030</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>1011</v>
+        <v>1018</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>1012</v>
+        <v>1031</v>
       </c>
       <c r="H80" t="s">
-        <v>1013</v>
+        <v>1032</v>
       </c>
       <c r="I80" t="s">
-        <v>1014</v>
+        <v>1033</v>
       </c>
       <c r="J80" t="s">
         <v>20</v>
       </c>
       <c r="K80" t="s">
-        <v>1015</v>
+        <v>1034</v>
       </c>
       <c r="L80" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M80" t="s">
-        <v>491</v>
+        <v>556</v>
       </c>
       <c r="N80" t="s">
-        <v>482</v>
+        <v>505</v>
       </c>
       <c r="O80" t="s">
-        <v>483</v>
+        <v>513</v>
       </c>
       <c r="P80" t="s">
-        <v>1016</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B81" t="s">
-        <v>1017</v>
+        <v>1036</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
         <v>1018</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>1019</v>
+        <v>1037</v>
       </c>
       <c r="H81" t="s">
-        <v>1020</v>
+        <v>1038</v>
       </c>
       <c r="I81" t="s">
-        <v>1021</v>
+        <v>1039</v>
       </c>
       <c r="J81" t="s">
-        <v>948</v>
+        <v>1040</v>
       </c>
       <c r="K81" t="s">
-        <v>41</v>
+        <v>1041</v>
       </c>
       <c r="L81" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M81" t="s">
-        <v>509</v>
+        <v>556</v>
       </c>
       <c r="N81" t="s">
-        <v>1022</v>
+        <v>505</v>
       </c>
       <c r="O81" t="s">
-        <v>1023</v>
+        <v>513</v>
       </c>
       <c r="P81" t="s">
-        <v>1024</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B82" t="s">
-        <v>1025</v>
+        <v>1043</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>1026</v>
+        <v>1044</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>1027</v>
+        <v>1045</v>
       </c>
       <c r="H82" t="s">
-        <v>1028</v>
+        <v>1046</v>
       </c>
       <c r="I82" t="s">
-        <v>1029</v>
+        <v>1047</v>
       </c>
       <c r="J82" t="s">
-        <v>20</v>
+        <v>1048</v>
       </c>
       <c r="K82" t="s">
-        <v>1030</v>
+        <v>1049</v>
       </c>
       <c r="L82" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M82" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N82" t="s">
-        <v>482</v>
+        <v>505</v>
       </c>
       <c r="O82" t="s">
-        <v>483</v>
+        <v>513</v>
       </c>
       <c r="P82" t="s">
-        <v>1031</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B83" t="s">
-        <v>1032</v>
+        <v>1051</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>1033</v>
+        <v>1044</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>1034</v>
+        <v>1052</v>
       </c>
       <c r="H83" t="s">
-        <v>1035</v>
+        <v>1053</v>
       </c>
       <c r="I83" t="s">
-        <v>1036</v>
+        <v>1054</v>
       </c>
       <c r="J83" t="s">
-        <v>498</v>
+        <v>1055</v>
       </c>
       <c r="K83" t="s">
-        <v>41</v>
+        <v>1056</v>
       </c>
       <c r="L83" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M83" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="N83" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="O83" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="P83" t="s">
-        <v>1037</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B84" t="s">
-        <v>1038</v>
+        <v>1058</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>1039</v>
+        <v>1059</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>1040</v>
+        <v>1060</v>
       </c>
       <c r="H84" t="s">
-        <v>1041</v>
+        <v>1061</v>
       </c>
       <c r="I84" t="s">
-        <v>1042</v>
+        <v>1062</v>
       </c>
       <c r="J84" t="s">
-        <v>1043</v>
+        <v>20</v>
       </c>
       <c r="K84" t="s">
-        <v>1044</v>
+        <v>1063</v>
       </c>
       <c r="L84" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M84" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="N84" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="O84" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
       <c r="P84" t="s">
-        <v>1045</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B85" t="s">
-        <v>1046</v>
+        <v>1065</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>1039</v>
+        <v>1066</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>1047</v>
+        <v>1067</v>
       </c>
       <c r="H85" t="s">
-        <v>1048</v>
+        <v>1068</v>
       </c>
       <c r="I85" t="s">
-        <v>1049</v>
+        <v>1069</v>
       </c>
       <c r="J85" t="s">
-        <v>20</v>
+        <v>641</v>
       </c>
       <c r="K85" t="s">
-        <v>1050</v>
+        <v>30</v>
       </c>
       <c r="L85" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M85" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="N85" t="s">
-        <v>520</v>
+        <v>1070</v>
       </c>
       <c r="O85" t="s">
-        <v>1051</v>
+        <v>1071</v>
       </c>
       <c r="P85" t="s">
-        <v>1052</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B86" t="s">
-        <v>1053</v>
+        <v>1073</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>1039</v>
+        <v>1074</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>1054</v>
+        <v>1075</v>
       </c>
       <c r="H86" t="s">
-        <v>1055</v>
+        <v>1076</v>
       </c>
       <c r="I86" t="s">
-        <v>1049</v>
+        <v>1077</v>
       </c>
       <c r="J86" t="s">
-        <v>20</v>
+        <v>591</v>
       </c>
       <c r="K86" t="s">
-        <v>1050</v>
+        <v>30</v>
       </c>
       <c r="L86" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M86" t="s">
-        <v>491</v>
+        <v>556</v>
       </c>
       <c r="N86" t="s">
-        <v>520</v>
+        <v>505</v>
       </c>
       <c r="O86" t="s">
-        <v>546</v>
+        <v>513</v>
       </c>
       <c r="P86" t="s">
-        <v>1056</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B87" t="s">
-        <v>1057</v>
+        <v>1079</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>1058</v>
+        <v>1080</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>1059</v>
+        <v>1081</v>
       </c>
       <c r="H87" t="s">
-        <v>1060</v>
+        <v>1082</v>
       </c>
       <c r="I87" t="s">
-        <v>1061</v>
+        <v>1083</v>
       </c>
       <c r="J87" t="s">
-        <v>633</v>
+        <v>20</v>
       </c>
       <c r="K87" t="s">
-        <v>634</v>
+        <v>1084</v>
       </c>
       <c r="L87" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M87" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N87" t="s">
-        <v>758</v>
+        <v>609</v>
       </c>
       <c r="O87" t="s">
-        <v>1062</v>
+        <v>785</v>
       </c>
       <c r="P87" t="s">
-        <v>1063</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B88" t="s">
-        <v>1064</v>
+        <v>1086</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>1065</v>
+        <v>1080</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>1066</v>
+        <v>1087</v>
       </c>
       <c r="H88" t="s">
-        <v>1067</v>
+        <v>1088</v>
       </c>
       <c r="I88" t="s">
-        <v>1068</v>
+        <v>1089</v>
       </c>
       <c r="J88" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="K88" t="s">
-        <v>41</v>
+        <v>1084</v>
       </c>
       <c r="L88" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M88" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N88" t="s">
-        <v>510</v>
+        <v>609</v>
       </c>
       <c r="O88" t="s">
-        <v>600</v>
+        <v>684</v>
       </c>
       <c r="P88" t="s">
-        <v>1070</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B89" t="s">
-        <v>1071</v>
+        <v>1091</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>1072</v>
+        <v>1092</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>1073</v>
+        <v>1093</v>
       </c>
       <c r="H89" t="s">
-        <v>1074</v>
+        <v>1094</v>
       </c>
       <c r="I89" t="s">
-        <v>1075</v>
+        <v>1095</v>
       </c>
       <c r="J89" t="s">
-        <v>498</v>
+        <v>1096</v>
       </c>
       <c r="K89" t="s">
-        <v>41</v>
+        <v>1097</v>
       </c>
       <c r="L89" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M89" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N89" t="s">
-        <v>742</v>
+        <v>609</v>
       </c>
       <c r="O89" t="s">
-        <v>1076</v>
+        <v>785</v>
       </c>
       <c r="P89" t="s">
-        <v>1077</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B90" t="s">
-        <v>1078</v>
+        <v>1099</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>1079</v>
+        <v>1092</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>1080</v>
+        <v>1100</v>
       </c>
       <c r="H90" t="s">
-        <v>1081</v>
+        <v>1101</v>
       </c>
       <c r="I90" t="s">
-        <v>1082</v>
+        <v>1102</v>
       </c>
       <c r="J90" t="s">
-        <v>978</v>
+        <v>1096</v>
       </c>
       <c r="K90" t="s">
-        <v>979</v>
+        <v>1097</v>
       </c>
       <c r="L90" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M90" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N90" t="s">
-        <v>530</v>
+        <v>609</v>
       </c>
       <c r="O90" t="s">
-        <v>531</v>
+        <v>610</v>
       </c>
       <c r="P90" t="s">
-        <v>1083</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B91" t="s">
-        <v>1084</v>
+        <v>1104</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>1085</v>
+        <v>1092</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>1086</v>
+        <v>1105</v>
       </c>
       <c r="H91" t="s">
-        <v>1087</v>
+        <v>1106</v>
       </c>
       <c r="I91" t="s">
-        <v>1088</v>
+        <v>1102</v>
       </c>
       <c r="J91" t="s">
-        <v>1089</v>
+        <v>1096</v>
       </c>
       <c r="K91" t="s">
-        <v>1090</v>
+        <v>1097</v>
       </c>
       <c r="L91" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M91" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N91" t="s">
-        <v>530</v>
+        <v>609</v>
       </c>
       <c r="O91" t="s">
-        <v>531</v>
+        <v>772</v>
       </c>
       <c r="P91" t="s">
-        <v>1091</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B92" t="s">
-        <v>1092</v>
+        <v>1108</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>1093</v>
+        <v>1109</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>1094</v>
+        <v>1110</v>
       </c>
       <c r="H92" t="s">
-        <v>1095</v>
+        <v>1111</v>
       </c>
       <c r="I92" t="s">
-        <v>1096</v>
+        <v>1112</v>
       </c>
       <c r="J92" t="s">
-        <v>1097</v>
+        <v>20</v>
       </c>
       <c r="K92" t="s">
-        <v>1098</v>
+        <v>1113</v>
       </c>
       <c r="L92" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M92" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N92" t="s">
-        <v>530</v>
+        <v>494</v>
       </c>
       <c r="O92" t="s">
-        <v>531</v>
+        <v>1114</v>
       </c>
       <c r="P92" t="s">
-        <v>1099</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B93" t="s">
-        <v>1100</v>
+        <v>1116</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>1101</v>
+        <v>1117</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>1102</v>
+        <v>1118</v>
       </c>
       <c r="H93" t="s">
-        <v>1103</v>
+        <v>1119</v>
       </c>
       <c r="I93" t="s">
-        <v>1104</v>
+        <v>1120</v>
       </c>
       <c r="J93" t="s">
-        <v>858</v>
+        <v>1096</v>
       </c>
       <c r="K93" t="s">
-        <v>859</v>
+        <v>1097</v>
       </c>
       <c r="L93" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M93" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N93" t="s">
-        <v>530</v>
+        <v>494</v>
       </c>
       <c r="O93" t="s">
-        <v>531</v>
+        <v>619</v>
       </c>
       <c r="P93" t="s">
-        <v>1105</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B94" t="s">
-        <v>1106</v>
+        <v>1122</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>1107</v>
+        <v>1117</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>1108</v>
+        <v>1123</v>
       </c>
       <c r="H94" t="s">
-        <v>1109</v>
+        <v>1124</v>
       </c>
       <c r="I94" t="s">
-        <v>1110</v>
+        <v>1125</v>
       </c>
       <c r="J94" t="s">
-        <v>1111</v>
+        <v>1096</v>
       </c>
       <c r="K94" t="s">
-        <v>1112</v>
+        <v>1097</v>
       </c>
       <c r="L94" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M94" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="N94" t="s">
-        <v>530</v>
+        <v>494</v>
       </c>
       <c r="O94" t="s">
-        <v>531</v>
+        <v>495</v>
       </c>
       <c r="P94" t="s">
-        <v>1113</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B95" t="s">
-        <v>1114</v>
+        <v>1127</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>1107</v>
+        <v>1117</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>1115</v>
+        <v>1128</v>
       </c>
       <c r="H95" t="s">
-        <v>1116</v>
+        <v>1129</v>
       </c>
       <c r="I95" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="J95" t="s">
-        <v>1118</v>
+        <v>1096</v>
       </c>
       <c r="K95" t="s">
-        <v>1119</v>
+        <v>1097</v>
       </c>
       <c r="L95" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M95" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N95" t="s">
-        <v>530</v>
+        <v>494</v>
       </c>
       <c r="O95" t="s">
-        <v>582</v>
+        <v>1130</v>
       </c>
       <c r="P95" t="s">
-        <v>1120</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B96" t="s">
-        <v>1121</v>
+        <v>1132</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>1107</v>
+        <v>1133</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>1122</v>
+        <v>1134</v>
       </c>
       <c r="H96" t="s">
-        <v>1123</v>
+        <v>1135</v>
       </c>
       <c r="I96" t="s">
-        <v>1124</v>
+        <v>1136</v>
       </c>
       <c r="J96" t="s">
-        <v>498</v>
+        <v>20</v>
       </c>
       <c r="K96" t="s">
-        <v>41</v>
+        <v>1137</v>
       </c>
       <c r="L96" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M96" t="s">
-        <v>481</v>
+        <v>556</v>
       </c>
       <c r="N96" t="s">
-        <v>499</v>
+        <v>584</v>
       </c>
       <c r="O96" t="s">
-        <v>500</v>
+        <v>523</v>
       </c>
       <c r="P96" t="s">
-        <v>1125</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B97" t="s">
-        <v>1126</v>
+        <v>1139</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>1127</v>
+        <v>1140</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>1128</v>
+        <v>1141</v>
       </c>
       <c r="H97" t="s">
-        <v>1129</v>
+        <v>1142</v>
       </c>
       <c r="I97" t="s">
-        <v>1130</v>
+        <v>827</v>
       </c>
       <c r="J97" t="s">
-        <v>498</v>
+        <v>20</v>
       </c>
       <c r="K97" t="s">
-        <v>41</v>
+        <v>346</v>
       </c>
       <c r="L97" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M97" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N97" t="s">
-        <v>758</v>
+        <v>828</v>
       </c>
       <c r="O97" t="s">
-        <v>1131</v>
+        <v>829</v>
       </c>
       <c r="P97" t="s">
-        <v>1132</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B98" t="s">
-        <v>1133</v>
+        <v>1144</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>1134</v>
+        <v>1145</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>1135</v>
+        <v>1146</v>
       </c>
       <c r="H98" t="s">
-        <v>1136</v>
+        <v>1147</v>
       </c>
       <c r="I98" t="s">
-        <v>1137</v>
+        <v>1148</v>
       </c>
       <c r="J98" t="s">
-        <v>489</v>
+        <v>968</v>
       </c>
       <c r="K98" t="s">
-        <v>490</v>
+        <v>969</v>
       </c>
       <c r="L98" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M98" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="N98" t="s">
-        <v>530</v>
+        <v>505</v>
       </c>
       <c r="O98" t="s">
-        <v>531</v>
+        <v>506</v>
       </c>
       <c r="P98" t="s">
-        <v>1138</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B99" t="s">
-        <v>1139</v>
+        <v>1150</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>1140</v>
+        <v>1151</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>1141</v>
+        <v>1152</v>
       </c>
       <c r="H99" t="s">
-        <v>1142</v>
+        <v>1153</v>
       </c>
       <c r="I99" t="s">
-        <v>1143</v>
+        <v>1154</v>
       </c>
       <c r="J99" t="s">
-        <v>498</v>
+        <v>1155</v>
       </c>
       <c r="K99" t="s">
-        <v>41</v>
+        <v>1156</v>
       </c>
       <c r="L99" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M99" t="s">
-        <v>491</v>
+        <v>556</v>
       </c>
       <c r="N99" t="s">
-        <v>520</v>
+        <v>505</v>
       </c>
       <c r="O99" t="s">
-        <v>546</v>
+        <v>513</v>
       </c>
       <c r="P99" t="s">
-        <v>1144</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B100" t="s">
-        <v>1145</v>
+        <v>1158</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>1147</v>
+        <v>1159</v>
       </c>
       <c r="H100" t="s">
-        <v>1148</v>
+        <v>1160</v>
       </c>
       <c r="I100" t="s">
-        <v>1149</v>
+        <v>1161</v>
       </c>
       <c r="J100" t="s">
-        <v>528</v>
+        <v>1096</v>
       </c>
       <c r="K100" t="s">
-        <v>529</v>
+        <v>1097</v>
       </c>
       <c r="L100" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M100" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N100" t="s">
-        <v>530</v>
+        <v>609</v>
       </c>
       <c r="O100" t="s">
-        <v>531</v>
+        <v>792</v>
       </c>
       <c r="P100" t="s">
-        <v>1150</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B101" t="s">
-        <v>1151</v>
+        <v>1163</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>1153</v>
+        <v>1165</v>
       </c>
       <c r="H101" t="s">
-        <v>1154</v>
+        <v>1166</v>
       </c>
       <c r="I101" t="s">
-        <v>1075</v>
+        <v>1167</v>
       </c>
       <c r="J101" t="s">
-        <v>498</v>
+        <v>827</v>
       </c>
       <c r="K101" t="s">
-        <v>41</v>
+        <v>346</v>
       </c>
       <c r="L101" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M101" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="N101" t="s">
-        <v>742</v>
+        <v>505</v>
       </c>
       <c r="O101" t="s">
-        <v>743</v>
+        <v>1168</v>
       </c>
       <c r="P101" t="s">
-        <v>1155</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B102" t="s">
-        <v>1156</v>
+        <v>1170</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>1157</v>
+        <v>1164</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>1158</v>
+        <v>1171</v>
       </c>
       <c r="H102" t="s">
-        <v>1159</v>
+        <v>1172</v>
       </c>
       <c r="I102" t="s">
-        <v>1160</v>
+        <v>1173</v>
       </c>
       <c r="J102" t="s">
-        <v>498</v>
+        <v>827</v>
       </c>
       <c r="K102" t="s">
-        <v>41</v>
+        <v>346</v>
       </c>
       <c r="L102" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M102" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="N102" t="s">
-        <v>758</v>
+        <v>828</v>
       </c>
       <c r="O102" t="s">
-        <v>1161</v>
+        <v>829</v>
       </c>
       <c r="P102" t="s">
-        <v>1162</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B103" t="s">
-        <v>1163</v>
+        <v>1175</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>1157</v>
+        <v>1176</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>1164</v>
+        <v>1177</v>
       </c>
       <c r="H103" t="s">
-        <v>1165</v>
+        <v>1178</v>
       </c>
       <c r="I103" t="s">
-        <v>1166</v>
+        <v>570</v>
       </c>
       <c r="J103" t="s">
-        <v>498</v>
+        <v>20</v>
       </c>
       <c r="K103" t="s">
-        <v>41</v>
+        <v>571</v>
       </c>
       <c r="L103" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M103" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N103" t="s">
-        <v>940</v>
+        <v>584</v>
       </c>
       <c r="O103" t="s">
-        <v>941</v>
+        <v>1179</v>
       </c>
       <c r="P103" t="s">
-        <v>1167</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B104" t="s">
-        <v>1168</v>
+        <v>1181</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>1169</v>
+        <v>1176</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>1170</v>
+        <v>1182</v>
       </c>
       <c r="H104" t="s">
-        <v>1171</v>
+        <v>1183</v>
       </c>
       <c r="I104" t="s">
-        <v>1172</v>
+        <v>570</v>
       </c>
       <c r="J104" t="s">
-        <v>741</v>
+        <v>20</v>
       </c>
       <c r="K104" t="s">
-        <v>332</v>
+        <v>571</v>
       </c>
       <c r="L104" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M104" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N104" t="s">
-        <v>940</v>
+        <v>494</v>
       </c>
       <c r="O104" t="s">
-        <v>941</v>
+        <v>1184</v>
       </c>
       <c r="P104" t="s">
-        <v>1173</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B105" t="s">
-        <v>1174</v>
+        <v>1186</v>
       </c>
       <c r="C105" t="s">
         <v>20</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
-        <v>1175</v>
+        <v>1187</v>
       </c>
       <c r="F105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
-        <v>1176</v>
+        <v>1188</v>
       </c>
       <c r="H105" t="s">
-        <v>1177</v>
+        <v>1189</v>
       </c>
       <c r="I105" t="s">
-        <v>1178</v>
+        <v>1112</v>
       </c>
       <c r="J105" t="s">
-        <v>1179</v>
+        <v>20</v>
       </c>
       <c r="K105" t="s">
-        <v>1180</v>
+        <v>1113</v>
       </c>
       <c r="L105" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M105" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N105" t="s">
-        <v>940</v>
+        <v>494</v>
       </c>
       <c r="O105" t="s">
-        <v>941</v>
+        <v>1190</v>
       </c>
       <c r="P105" t="s">
-        <v>1181</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B106" t="s">
-        <v>1182</v>
+        <v>1192</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="H106" t="s">
-        <v>1185</v>
+        <v>1194</v>
       </c>
       <c r="I106" t="s">
-        <v>1186</v>
+        <v>1112</v>
       </c>
       <c r="J106" t="s">
-        <v>1187</v>
+        <v>20</v>
       </c>
       <c r="K106" t="s">
-        <v>1188</v>
+        <v>1113</v>
       </c>
       <c r="L106" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M106" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N106" t="s">
-        <v>510</v>
+        <v>609</v>
       </c>
       <c r="O106" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
       <c r="P106" t="s">
-        <v>1189</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B107" t="s">
-        <v>1190</v>
+        <v>1196</v>
       </c>
       <c r="C107" t="s">
         <v>20</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
-        <v>1191</v>
+        <v>1197</v>
       </c>
       <c r="F107" t="s">
         <v>20</v>
       </c>
       <c r="G107" t="s">
-        <v>1192</v>
+        <v>1198</v>
       </c>
       <c r="H107" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="I107" t="s">
-        <v>939</v>
+        <v>1200</v>
       </c>
       <c r="J107" t="s">
+        <v>1201</v>
+      </c>
+      <c r="K107" t="s">
+        <v>1202</v>
+      </c>
+      <c r="L107" t="s">
+        <v>492</v>
+      </c>
+      <c r="M107" t="s">
+        <v>504</v>
+      </c>
+      <c r="N107" t="s">
+        <v>505</v>
+      </c>
+      <c r="O107" t="s">
+        <v>506</v>
+      </c>
+      <c r="P107" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>484</v>
+      </c>
+      <c r="B108" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C108" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" t="s">
+        <v>20</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F108" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H108" t="s">
+        <v>1207</v>
+      </c>
+      <c r="I108" t="s">
+        <v>1208</v>
+      </c>
+      <c r="J108" t="s">
+        <v>20</v>
+      </c>
+      <c r="K108" t="s">
+        <v>1209</v>
+      </c>
+      <c r="L108" t="s">
+        <v>492</v>
+      </c>
+      <c r="M108" t="s">
+        <v>556</v>
+      </c>
+      <c r="N108" t="s">
+        <v>522</v>
+      </c>
+      <c r="O108" t="s">
+        <v>523</v>
+      </c>
+      <c r="P108" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>484</v>
+      </c>
+      <c r="B109" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C109" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H109" t="s">
+        <v>1214</v>
+      </c>
+      <c r="I109" t="s">
+        <v>878</v>
+      </c>
+      <c r="J109" t="s">
+        <v>682</v>
+      </c>
+      <c r="K109" t="s">
+        <v>683</v>
+      </c>
+      <c r="L109" t="s">
+        <v>492</v>
+      </c>
+      <c r="M109" t="s">
+        <v>504</v>
+      </c>
+      <c r="N109" t="s">
+        <v>609</v>
+      </c>
+      <c r="O109" t="s">
         <v>648</v>
       </c>
-      <c r="K107" t="s">
-[...5 lines deleted...]
-      <c r="M107" t="s">
+      <c r="P109" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>484</v>
+      </c>
+      <c r="B110" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C110" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" t="s">
+        <v>20</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F110" t="s">
+        <v>20</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1218</v>
+      </c>
+      <c r="H110" t="s">
+        <v>1219</v>
+      </c>
+      <c r="I110" t="s">
+        <v>1220</v>
+      </c>
+      <c r="J110" t="s">
+        <v>20</v>
+      </c>
+      <c r="K110" t="s">
+        <v>1221</v>
+      </c>
+      <c r="L110" t="s">
+        <v>492</v>
+      </c>
+      <c r="M110" t="s">
+        <v>493</v>
+      </c>
+      <c r="N110" t="s">
+        <v>522</v>
+      </c>
+      <c r="O110" t="s">
+        <v>523</v>
+      </c>
+      <c r="P110" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>484</v>
+      </c>
+      <c r="B111" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F111" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H111" t="s">
+        <v>1226</v>
+      </c>
+      <c r="I111" t="s">
+        <v>1227</v>
+      </c>
+      <c r="J111" t="s">
+        <v>1228</v>
+      </c>
+      <c r="K111" t="s">
+        <v>1229</v>
+      </c>
+      <c r="L111" t="s">
+        <v>492</v>
+      </c>
+      <c r="M111" t="s">
+        <v>493</v>
+      </c>
+      <c r="N111" t="s">
+        <v>609</v>
+      </c>
+      <c r="O111" t="s">
+        <v>610</v>
+      </c>
+      <c r="P111" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>484</v>
+      </c>
+      <c r="B112" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C112" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" t="s">
+        <v>20</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F112" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" t="s">
+        <v>1232</v>
+      </c>
+      <c r="H112" t="s">
+        <v>1233</v>
+      </c>
+      <c r="I112" t="s">
+        <v>607</v>
+      </c>
+      <c r="J112" t="s">
+        <v>20</v>
+      </c>
+      <c r="K112" t="s">
+        <v>608</v>
+      </c>
+      <c r="L112" t="s">
+        <v>492</v>
+      </c>
+      <c r="M112" t="s">
+        <v>493</v>
+      </c>
+      <c r="N112" t="s">
+        <v>609</v>
+      </c>
+      <c r="O112" t="s">
+        <v>706</v>
+      </c>
+      <c r="P112" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>484</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
+        <v>20</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F113" t="s">
+        <v>20</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1236</v>
+      </c>
+      <c r="H113" t="s">
+        <v>1237</v>
+      </c>
+      <c r="I113" t="s">
+        <v>1228</v>
+      </c>
+      <c r="J113" t="s">
+        <v>20</v>
+      </c>
+      <c r="K113" t="s">
+        <v>1229</v>
+      </c>
+      <c r="L113" t="s">
+        <v>492</v>
+      </c>
+      <c r="M113" t="s">
+        <v>493</v>
+      </c>
+      <c r="N113" t="s">
+        <v>609</v>
+      </c>
+      <c r="O113" t="s">
+        <v>792</v>
+      </c>
+      <c r="P113" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>484</v>
+      </c>
+      <c r="B114" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C114" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" t="s">
+        <v>20</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F114" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1240</v>
+      </c>
+      <c r="H114" t="s">
+        <v>1241</v>
+      </c>
+      <c r="I114" t="s">
+        <v>607</v>
+      </c>
+      <c r="J114" t="s">
+        <v>20</v>
+      </c>
+      <c r="K114" t="s">
+        <v>608</v>
+      </c>
+      <c r="L114" t="s">
+        <v>492</v>
+      </c>
+      <c r="M114" t="s">
+        <v>493</v>
+      </c>
+      <c r="N114" t="s">
+        <v>609</v>
+      </c>
+      <c r="O114" t="s">
+        <v>792</v>
+      </c>
+      <c r="P114" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>484</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C115" t="s">
+        <v>20</v>
+      </c>
+      <c r="D115" t="s">
+        <v>20</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F115" t="s">
+        <v>20</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1244</v>
+      </c>
+      <c r="H115" t="s">
+        <v>1245</v>
+      </c>
+      <c r="I115" t="s">
+        <v>1227</v>
+      </c>
+      <c r="J115" t="s">
+        <v>1228</v>
+      </c>
+      <c r="K115" t="s">
+        <v>1229</v>
+      </c>
+      <c r="L115" t="s">
+        <v>492</v>
+      </c>
+      <c r="M115" t="s">
+        <v>493</v>
+      </c>
+      <c r="N115" t="s">
+        <v>609</v>
+      </c>
+      <c r="O115" t="s">
+        <v>772</v>
+      </c>
+      <c r="P115" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>484</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C116" t="s">
+        <v>20</v>
+      </c>
+      <c r="D116" t="s">
+        <v>20</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F116" t="s">
+        <v>20</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H116" t="s">
+        <v>1249</v>
+      </c>
+      <c r="I116" t="s">
+        <v>607</v>
+      </c>
+      <c r="J116" t="s">
+        <v>20</v>
+      </c>
+      <c r="K116" t="s">
+        <v>608</v>
+      </c>
+      <c r="L116" t="s">
+        <v>492</v>
+      </c>
+      <c r="M116" t="s">
+        <v>493</v>
+      </c>
+      <c r="N116" t="s">
+        <v>609</v>
+      </c>
+      <c r="O116" t="s">
+        <v>772</v>
+      </c>
+      <c r="P116" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>484</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C117" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" t="s">
+        <v>20</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F117" t="s">
+        <v>20</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1254</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1255</v>
+      </c>
+      <c r="J117" t="s">
+        <v>20</v>
+      </c>
+      <c r="K117" t="s">
+        <v>1256</v>
+      </c>
+      <c r="L117" t="s">
+        <v>492</v>
+      </c>
+      <c r="M117" t="s">
+        <v>493</v>
+      </c>
+      <c r="N117" t="s">
+        <v>522</v>
+      </c>
+      <c r="O117" t="s">
+        <v>523</v>
+      </c>
+      <c r="P117" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>484</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C118" t="s">
+        <v>20</v>
+      </c>
+      <c r="D118" t="s">
+        <v>20</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F118" t="s">
+        <v>20</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H118" t="s">
+        <v>1261</v>
+      </c>
+      <c r="I118" t="s">
+        <v>1028</v>
+      </c>
+      <c r="J118" t="s">
+        <v>591</v>
+      </c>
+      <c r="K118" t="s">
+        <v>30</v>
+      </c>
+      <c r="L118" t="s">
+        <v>492</v>
+      </c>
+      <c r="M118" t="s">
+        <v>556</v>
+      </c>
+      <c r="N118" t="s">
+        <v>505</v>
+      </c>
+      <c r="O118" t="s">
+        <v>506</v>
+      </c>
+      <c r="P118" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>484</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C119" t="s">
+        <v>20</v>
+      </c>
+      <c r="D119" t="s">
+        <v>20</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1264</v>
+      </c>
+      <c r="F119" t="s">
+        <v>20</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H119" t="s">
+        <v>1266</v>
+      </c>
+      <c r="I119" t="s">
+        <v>1267</v>
+      </c>
+      <c r="J119" t="s">
+        <v>827</v>
+      </c>
+      <c r="K119" t="s">
+        <v>346</v>
+      </c>
+      <c r="L119" t="s">
+        <v>492</v>
+      </c>
+      <c r="M119" t="s">
+        <v>493</v>
+      </c>
+      <c r="N119" t="s">
+        <v>584</v>
+      </c>
+      <c r="O119" t="s">
+        <v>1179</v>
+      </c>
+      <c r="P119" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>484</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C120" t="s">
+        <v>20</v>
+      </c>
+      <c r="D120" t="s">
+        <v>20</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1270</v>
+      </c>
+      <c r="F120" t="s">
+        <v>20</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H120" t="s">
+        <v>1272</v>
+      </c>
+      <c r="I120" t="s">
+        <v>1273</v>
+      </c>
+      <c r="J120" t="s">
+        <v>591</v>
+      </c>
+      <c r="K120" t="s">
+        <v>30</v>
+      </c>
+      <c r="L120" t="s">
+        <v>492</v>
+      </c>
+      <c r="M120" t="s">
+        <v>556</v>
+      </c>
+      <c r="N120" t="s">
+        <v>592</v>
+      </c>
+      <c r="O120" t="s">
+        <v>593</v>
+      </c>
+      <c r="P120" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>484</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C121" t="s">
+        <v>20</v>
+      </c>
+      <c r="D121" t="s">
+        <v>20</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F121" t="s">
+        <v>20</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1278</v>
+      </c>
+      <c r="I121" t="s">
+        <v>1279</v>
+      </c>
+      <c r="J121" t="s">
+        <v>617</v>
+      </c>
+      <c r="K121" t="s">
+        <v>618</v>
+      </c>
+      <c r="L121" t="s">
+        <v>492</v>
+      </c>
+      <c r="M121" t="s">
+        <v>493</v>
+      </c>
+      <c r="N121" t="s">
+        <v>609</v>
+      </c>
+      <c r="O121" t="s">
+        <v>706</v>
+      </c>
+      <c r="P121" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>484</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C122" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" t="s">
+        <v>20</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1282</v>
+      </c>
+      <c r="F122" t="s">
+        <v>20</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1284</v>
+      </c>
+      <c r="I122" t="s">
+        <v>1285</v>
+      </c>
+      <c r="J122" t="s">
+        <v>811</v>
+      </c>
+      <c r="K122" t="s">
+        <v>812</v>
+      </c>
+      <c r="L122" t="s">
+        <v>492</v>
+      </c>
+      <c r="M122" t="s">
+        <v>504</v>
+      </c>
+      <c r="N122" t="s">
+        <v>505</v>
+      </c>
+      <c r="O122" t="s">
+        <v>513</v>
+      </c>
+      <c r="P122" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>484</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C123" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" t="s">
+        <v>20</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F123" t="s">
+        <v>20</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1290</v>
+      </c>
+      <c r="I123" t="s">
+        <v>1291</v>
+      </c>
+      <c r="J123" t="s">
+        <v>591</v>
+      </c>
+      <c r="K123" t="s">
+        <v>30</v>
+      </c>
+      <c r="L123" t="s">
+        <v>492</v>
+      </c>
+      <c r="M123" t="s">
+        <v>493</v>
+      </c>
+      <c r="N123" t="s">
+        <v>584</v>
+      </c>
+      <c r="O123" t="s">
+        <v>1179</v>
+      </c>
+      <c r="P123" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>484</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" t="s">
+        <v>20</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F124" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I124" t="s">
+        <v>1296</v>
+      </c>
+      <c r="J124" t="s">
+        <v>490</v>
+      </c>
+      <c r="K124" t="s">
         <v>491</v>
       </c>
-      <c r="N107" t="s">
-[...6 lines deleted...]
-        <v>1194</v>
+      <c r="L124" t="s">
+        <v>492</v>
+      </c>
+      <c r="M124" t="s">
+        <v>504</v>
+      </c>
+      <c r="N124" t="s">
+        <v>505</v>
+      </c>
+      <c r="O124" t="s">
+        <v>513</v>
+      </c>
+      <c r="P124" t="s">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>484</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" t="s">
+        <v>20</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F125" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1300</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1301</v>
+      </c>
+      <c r="I125" t="s">
+        <v>1302</v>
+      </c>
+      <c r="J125" t="s">
+        <v>1303</v>
+      </c>
+      <c r="K125" t="s">
+        <v>1304</v>
+      </c>
+      <c r="L125" t="s">
+        <v>492</v>
+      </c>
+      <c r="M125" t="s">
+        <v>493</v>
+      </c>
+      <c r="N125" t="s">
+        <v>494</v>
+      </c>
+      <c r="O125" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P125" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>484</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C126" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" t="s">
+        <v>20</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F126" t="s">
+        <v>20</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1308</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1309</v>
+      </c>
+      <c r="I126" t="s">
+        <v>1302</v>
+      </c>
+      <c r="J126" t="s">
+        <v>1303</v>
+      </c>
+      <c r="K126" t="s">
+        <v>1304</v>
+      </c>
+      <c r="L126" t="s">
+        <v>492</v>
+      </c>
+      <c r="M126" t="s">
+        <v>493</v>
+      </c>
+      <c r="N126" t="s">
+        <v>494</v>
+      </c>
+      <c r="O126" t="s">
+        <v>1130</v>
+      </c>
+      <c r="P126" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>484</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C127" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>20</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F127" t="s">
+        <v>20</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1314</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1315</v>
+      </c>
+      <c r="J127" t="s">
+        <v>849</v>
+      </c>
+      <c r="K127" t="s">
+        <v>850</v>
+      </c>
+      <c r="L127" t="s">
+        <v>492</v>
+      </c>
+      <c r="M127" t="s">
+        <v>493</v>
+      </c>
+      <c r="N127" t="s">
+        <v>609</v>
+      </c>
+      <c r="O127" t="s">
+        <v>706</v>
+      </c>
+      <c r="P127" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>484</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C128" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" t="s">
+        <v>20</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F128" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1319</v>
+      </c>
+      <c r="I128" t="s">
+        <v>1320</v>
+      </c>
+      <c r="J128" t="s">
+        <v>849</v>
+      </c>
+      <c r="K128" t="s">
+        <v>850</v>
+      </c>
+      <c r="L128" t="s">
+        <v>492</v>
+      </c>
+      <c r="M128" t="s">
+        <v>493</v>
+      </c>
+      <c r="N128" t="s">
+        <v>609</v>
+      </c>
+      <c r="O128" t="s">
+        <v>700</v>
+      </c>
+      <c r="P128" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>484</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C129" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" t="s">
+        <v>20</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F129" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H129" t="s">
+        <v>1325</v>
+      </c>
+      <c r="I129" t="s">
+        <v>1326</v>
+      </c>
+      <c r="J129" t="s">
+        <v>631</v>
+      </c>
+      <c r="K129" t="s">
+        <v>632</v>
+      </c>
+      <c r="L129" t="s">
+        <v>492</v>
+      </c>
+      <c r="M129" t="s">
+        <v>493</v>
+      </c>
+      <c r="N129" t="s">
+        <v>494</v>
+      </c>
+      <c r="O129" t="s">
+        <v>619</v>
+      </c>
+      <c r="P129" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>484</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C130" t="s">
+        <v>20</v>
+      </c>
+      <c r="D130" t="s">
+        <v>20</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1329</v>
+      </c>
+      <c r="F130" t="s">
+        <v>20</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1330</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1331</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1302</v>
+      </c>
+      <c r="J130" t="s">
+        <v>1303</v>
+      </c>
+      <c r="K130" t="s">
+        <v>1304</v>
+      </c>
+      <c r="L130" t="s">
+        <v>492</v>
+      </c>
+      <c r="M130" t="s">
+        <v>493</v>
+      </c>
+      <c r="N130" t="s">
+        <v>494</v>
+      </c>
+      <c r="O130" t="s">
+        <v>619</v>
+      </c>
+      <c r="P130" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>484</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C131" t="s">
+        <v>20</v>
+      </c>
+      <c r="D131" t="s">
+        <v>20</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1334</v>
+      </c>
+      <c r="F131" t="s">
+        <v>20</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1335</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1336</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1337</v>
+      </c>
+      <c r="J131" t="s">
+        <v>1338</v>
+      </c>
+      <c r="K131" t="s">
+        <v>1339</v>
+      </c>
+      <c r="L131" t="s">
+        <v>492</v>
+      </c>
+      <c r="M131" t="s">
+        <v>504</v>
+      </c>
+      <c r="N131" t="s">
+        <v>505</v>
+      </c>
+      <c r="O131" t="s">
+        <v>513</v>
+      </c>
+      <c r="P131" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>484</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C132" t="s">
+        <v>20</v>
+      </c>
+      <c r="D132" t="s">
+        <v>20</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1334</v>
+      </c>
+      <c r="F132" t="s">
+        <v>20</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1342</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1343</v>
+      </c>
+      <c r="I132" t="s">
+        <v>1255</v>
+      </c>
+      <c r="J132" t="s">
+        <v>20</v>
+      </c>
+      <c r="K132" t="s">
+        <v>1256</v>
+      </c>
+      <c r="L132" t="s">
+        <v>492</v>
+      </c>
+      <c r="M132" t="s">
+        <v>493</v>
+      </c>
+      <c r="N132" t="s">
+        <v>494</v>
+      </c>
+      <c r="O132" t="s">
+        <v>1184</v>
+      </c>
+      <c r="P132" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>484</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C133" t="s">
+        <v>20</v>
+      </c>
+      <c r="D133" t="s">
+        <v>20</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1334</v>
+      </c>
+      <c r="F133" t="s">
+        <v>20</v>
+      </c>
+      <c r="G133" t="s">
+        <v>1346</v>
+      </c>
+      <c r="H133" t="s">
+        <v>1347</v>
+      </c>
+      <c r="I133" t="s">
+        <v>1255</v>
+      </c>
+      <c r="J133" t="s">
+        <v>20</v>
+      </c>
+      <c r="K133" t="s">
+        <v>1256</v>
+      </c>
+      <c r="L133" t="s">
+        <v>492</v>
+      </c>
+      <c r="M133" t="s">
+        <v>493</v>
+      </c>
+      <c r="N133" t="s">
+        <v>494</v>
+      </c>
+      <c r="O133" t="s">
+        <v>619</v>
+      </c>
+      <c r="P133" t="s">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>484</v>
+      </c>
+      <c r="B134" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C134" t="s">
+        <v>20</v>
+      </c>
+      <c r="D134" t="s">
+        <v>20</v>
+      </c>
+      <c r="E134" t="s">
+        <v>1350</v>
+      </c>
+      <c r="F134" t="s">
+        <v>20</v>
+      </c>
+      <c r="G134" t="s">
+        <v>1351</v>
+      </c>
+      <c r="H134" t="s">
+        <v>1352</v>
+      </c>
+      <c r="I134" t="s">
+        <v>1353</v>
+      </c>
+      <c r="J134" t="s">
+        <v>691</v>
+      </c>
+      <c r="K134" t="s">
+        <v>692</v>
+      </c>
+      <c r="L134" t="s">
+        <v>492</v>
+      </c>
+      <c r="M134" t="s">
+        <v>493</v>
+      </c>
+      <c r="N134" t="s">
+        <v>584</v>
+      </c>
+      <c r="O134" t="s">
+        <v>1354</v>
+      </c>
+      <c r="P134" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>484</v>
+      </c>
+      <c r="B135" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C135" t="s">
+        <v>20</v>
+      </c>
+      <c r="D135" t="s">
+        <v>20</v>
+      </c>
+      <c r="E135" t="s">
+        <v>1357</v>
+      </c>
+      <c r="F135" t="s">
+        <v>20</v>
+      </c>
+      <c r="G135" t="s">
+        <v>1358</v>
+      </c>
+      <c r="H135" t="s">
+        <v>1359</v>
+      </c>
+      <c r="I135" t="s">
+        <v>1360</v>
+      </c>
+      <c r="J135" t="s">
+        <v>1361</v>
+      </c>
+      <c r="K135" t="s">
+        <v>30</v>
+      </c>
+      <c r="L135" t="s">
+        <v>492</v>
+      </c>
+      <c r="M135" t="s">
+        <v>493</v>
+      </c>
+      <c r="N135" t="s">
+        <v>609</v>
+      </c>
+      <c r="O135" t="s">
+        <v>648</v>
+      </c>
+      <c r="P135" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>484</v>
+      </c>
+      <c r="B136" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C136" t="s">
+        <v>20</v>
+      </c>
+      <c r="D136" t="s">
+        <v>20</v>
+      </c>
+      <c r="E136" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F136" t="s">
+        <v>20</v>
+      </c>
+      <c r="G136" t="s">
+        <v>1365</v>
+      </c>
+      <c r="H136" t="s">
+        <v>1366</v>
+      </c>
+      <c r="I136" t="s">
+        <v>1367</v>
+      </c>
+      <c r="J136" t="s">
+        <v>591</v>
+      </c>
+      <c r="K136" t="s">
+        <v>30</v>
+      </c>
+      <c r="L136" t="s">
+        <v>492</v>
+      </c>
+      <c r="M136" t="s">
+        <v>493</v>
+      </c>
+      <c r="N136" t="s">
+        <v>828</v>
+      </c>
+      <c r="O136" t="s">
+        <v>1368</v>
+      </c>
+      <c r="P136" t="s">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>484</v>
+      </c>
+      <c r="B137" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C137" t="s">
+        <v>20</v>
+      </c>
+      <c r="D137" t="s">
+        <v>20</v>
+      </c>
+      <c r="E137" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F137" t="s">
+        <v>20</v>
+      </c>
+      <c r="G137" t="s">
+        <v>1371</v>
+      </c>
+      <c r="H137" t="s">
+        <v>1372</v>
+      </c>
+      <c r="I137" t="s">
+        <v>1373</v>
+      </c>
+      <c r="J137" t="s">
+        <v>1374</v>
+      </c>
+      <c r="K137" t="s">
+        <v>30</v>
+      </c>
+      <c r="L137" t="s">
+        <v>492</v>
+      </c>
+      <c r="M137" t="s">
+        <v>493</v>
+      </c>
+      <c r="N137" t="s">
+        <v>828</v>
+      </c>
+      <c r="O137" t="s">
+        <v>1375</v>
+      </c>
+      <c r="P137" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>484</v>
+      </c>
+      <c r="B138" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C138" t="s">
+        <v>20</v>
+      </c>
+      <c r="D138" t="s">
+        <v>20</v>
+      </c>
+      <c r="E138" t="s">
+        <v>1378</v>
+      </c>
+      <c r="F138" t="s">
+        <v>20</v>
+      </c>
+      <c r="G138" t="s">
+        <v>1379</v>
+      </c>
+      <c r="H138" t="s">
+        <v>1380</v>
+      </c>
+      <c r="I138" t="s">
+        <v>1381</v>
+      </c>
+      <c r="J138" t="s">
+        <v>591</v>
+      </c>
+      <c r="K138" t="s">
+        <v>30</v>
+      </c>
+      <c r="L138" t="s">
+        <v>492</v>
+      </c>
+      <c r="M138" t="s">
+        <v>493</v>
+      </c>
+      <c r="N138" t="s">
+        <v>828</v>
+      </c>
+      <c r="O138" t="s">
+        <v>1375</v>
+      </c>
+      <c r="P138" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>484</v>
+      </c>
+      <c r="B139" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C139" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" t="s">
+        <v>20</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F139" t="s">
+        <v>20</v>
+      </c>
+      <c r="G139" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H139" t="s">
+        <v>1386</v>
+      </c>
+      <c r="I139" t="s">
+        <v>1387</v>
+      </c>
+      <c r="J139" t="s">
+        <v>911</v>
+      </c>
+      <c r="K139" t="s">
+        <v>912</v>
+      </c>
+      <c r="L139" t="s">
+        <v>492</v>
+      </c>
+      <c r="M139" t="s">
+        <v>493</v>
+      </c>
+      <c r="N139" t="s">
+        <v>505</v>
+      </c>
+      <c r="O139" t="s">
+        <v>513</v>
+      </c>
+      <c r="P139" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>484</v>
+      </c>
+      <c r="B140" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C140" t="s">
+        <v>20</v>
+      </c>
+      <c r="D140" t="s">
+        <v>20</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1390</v>
+      </c>
+      <c r="F140" t="s">
+        <v>20</v>
+      </c>
+      <c r="G140" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H140" t="s">
+        <v>1392</v>
+      </c>
+      <c r="I140" t="s">
+        <v>1393</v>
+      </c>
+      <c r="J140" t="s">
+        <v>1394</v>
+      </c>
+      <c r="K140" t="s">
+        <v>1395</v>
+      </c>
+      <c r="L140" t="s">
+        <v>492</v>
+      </c>
+      <c r="M140" t="s">
+        <v>493</v>
+      </c>
+      <c r="N140" t="s">
+        <v>505</v>
+      </c>
+      <c r="O140" t="s">
+        <v>513</v>
+      </c>
+      <c r="P140" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>484</v>
+      </c>
+      <c r="B141" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C141" t="s">
+        <v>20</v>
+      </c>
+      <c r="D141" t="s">
+        <v>20</v>
+      </c>
+      <c r="E141" t="s">
+        <v>1398</v>
+      </c>
+      <c r="F141" t="s">
+        <v>20</v>
+      </c>
+      <c r="G141" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H141" t="s">
+        <v>1400</v>
+      </c>
+      <c r="I141" t="s">
+        <v>1401</v>
+      </c>
+      <c r="J141" t="s">
+        <v>1402</v>
+      </c>
+      <c r="K141" t="s">
+        <v>1403</v>
+      </c>
+      <c r="L141" t="s">
+        <v>492</v>
+      </c>
+      <c r="M141" t="s">
+        <v>493</v>
+      </c>
+      <c r="N141" t="s">
+        <v>505</v>
+      </c>
+      <c r="O141" t="s">
+        <v>513</v>
+      </c>
+      <c r="P141" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>484</v>
+      </c>
+      <c r="B142" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C142" t="s">
+        <v>20</v>
+      </c>
+      <c r="D142" t="s">
+        <v>20</v>
+      </c>
+      <c r="E142" t="s">
+        <v>1406</v>
+      </c>
+      <c r="F142" t="s">
+        <v>20</v>
+      </c>
+      <c r="G142" t="s">
+        <v>1407</v>
+      </c>
+      <c r="H142" t="s">
+        <v>1408</v>
+      </c>
+      <c r="I142" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J142" t="s">
+        <v>1410</v>
+      </c>
+      <c r="K142" t="s">
+        <v>1411</v>
+      </c>
+      <c r="L142" t="s">
+        <v>492</v>
+      </c>
+      <c r="M142" t="s">
+        <v>493</v>
+      </c>
+      <c r="N142" t="s">
+        <v>828</v>
+      </c>
+      <c r="O142" t="s">
+        <v>1375</v>
+      </c>
+      <c r="P142" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>484</v>
+      </c>
+      <c r="B143" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C143" t="s">
+        <v>20</v>
+      </c>
+      <c r="D143" t="s">
+        <v>20</v>
+      </c>
+      <c r="E143" t="s">
+        <v>1406</v>
+      </c>
+      <c r="F143" t="s">
+        <v>20</v>
+      </c>
+      <c r="G143" t="s">
+        <v>1414</v>
+      </c>
+      <c r="H143" t="s">
+        <v>1415</v>
+      </c>
+      <c r="I143" t="s">
+        <v>1416</v>
+      </c>
+      <c r="J143" t="s">
+        <v>591</v>
+      </c>
+      <c r="K143" t="s">
+        <v>30</v>
+      </c>
+      <c r="L143" t="s">
+        <v>492</v>
+      </c>
+      <c r="M143" t="s">
+        <v>493</v>
+      </c>
+      <c r="N143" t="s">
+        <v>828</v>
+      </c>
+      <c r="O143" t="s">
+        <v>829</v>
+      </c>
+      <c r="P143" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>484</v>
+      </c>
+      <c r="B144" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C144" t="s">
+        <v>20</v>
+      </c>
+      <c r="D144" t="s">
+        <v>20</v>
+      </c>
+      <c r="E144" t="s">
+        <v>1406</v>
+      </c>
+      <c r="F144" t="s">
+        <v>20</v>
+      </c>
+      <c r="G144" t="s">
+        <v>1419</v>
+      </c>
+      <c r="H144" t="s">
+        <v>1420</v>
+      </c>
+      <c r="I144" t="s">
+        <v>1421</v>
+      </c>
+      <c r="J144" t="s">
+        <v>1055</v>
+      </c>
+      <c r="K144" t="s">
+        <v>1056</v>
+      </c>
+      <c r="L144" t="s">
+        <v>492</v>
+      </c>
+      <c r="M144" t="s">
+        <v>493</v>
+      </c>
+      <c r="N144" t="s">
+        <v>505</v>
+      </c>
+      <c r="O144" t="s">
+        <v>513</v>
+      </c>
+      <c r="P144" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>484</v>
+      </c>
+      <c r="B145" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C145" t="s">
+        <v>20</v>
+      </c>
+      <c r="D145" t="s">
+        <v>20</v>
+      </c>
+      <c r="E145" t="s">
+        <v>1424</v>
+      </c>
+      <c r="F145" t="s">
+        <v>20</v>
+      </c>
+      <c r="G145" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H145" t="s">
+        <v>1426</v>
+      </c>
+      <c r="I145" t="s">
+        <v>1427</v>
+      </c>
+      <c r="J145" t="s">
+        <v>1428</v>
+      </c>
+      <c r="K145" t="s">
+        <v>1429</v>
+      </c>
+      <c r="L145" t="s">
+        <v>492</v>
+      </c>
+      <c r="M145" t="s">
+        <v>493</v>
+      </c>
+      <c r="N145" t="s">
+        <v>505</v>
+      </c>
+      <c r="O145" t="s">
+        <v>506</v>
+      </c>
+      <c r="P145" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>484</v>
+      </c>
+      <c r="B146" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C146" t="s">
+        <v>20</v>
+      </c>
+      <c r="D146" t="s">
+        <v>20</v>
+      </c>
+      <c r="E146" t="s">
+        <v>1424</v>
+      </c>
+      <c r="F146" t="s">
+        <v>20</v>
+      </c>
+      <c r="G146" t="s">
+        <v>1432</v>
+      </c>
+      <c r="H146" t="s">
+        <v>1433</v>
+      </c>
+      <c r="I146" t="s">
+        <v>1434</v>
+      </c>
+      <c r="J146" t="s">
+        <v>1435</v>
+      </c>
+      <c r="K146" t="s">
+        <v>1436</v>
+      </c>
+      <c r="L146" t="s">
+        <v>492</v>
+      </c>
+      <c r="M146" t="s">
+        <v>556</v>
+      </c>
+      <c r="N146" t="s">
+        <v>505</v>
+      </c>
+      <c r="O146" t="s">
+        <v>513</v>
+      </c>
+      <c r="P146" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>484</v>
+      </c>
+      <c r="B147" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C147" t="s">
+        <v>20</v>
+      </c>
+      <c r="D147" t="s">
+        <v>20</v>
+      </c>
+      <c r="E147" t="s">
+        <v>1424</v>
+      </c>
+      <c r="F147" t="s">
+        <v>20</v>
+      </c>
+      <c r="G147" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H147" t="s">
+        <v>1440</v>
+      </c>
+      <c r="I147" t="s">
+        <v>1441</v>
+      </c>
+      <c r="J147" t="s">
+        <v>1442</v>
+      </c>
+      <c r="K147" t="s">
+        <v>1443</v>
+      </c>
+      <c r="L147" t="s">
+        <v>492</v>
+      </c>
+      <c r="M147" t="s">
+        <v>493</v>
+      </c>
+      <c r="N147" t="s">
+        <v>505</v>
+      </c>
+      <c r="O147" t="s">
+        <v>506</v>
+      </c>
+      <c r="P147" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>484</v>
+      </c>
+      <c r="B148" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C148" t="s">
+        <v>20</v>
+      </c>
+      <c r="D148" t="s">
+        <v>20</v>
+      </c>
+      <c r="E148" t="s">
+        <v>1424</v>
+      </c>
+      <c r="F148" t="s">
+        <v>20</v>
+      </c>
+      <c r="G148" t="s">
+        <v>1446</v>
+      </c>
+      <c r="H148" t="s">
+        <v>1447</v>
+      </c>
+      <c r="I148" t="s">
+        <v>1448</v>
+      </c>
+      <c r="J148" t="s">
+        <v>591</v>
+      </c>
+      <c r="K148" t="s">
+        <v>30</v>
+      </c>
+      <c r="L148" t="s">
+        <v>492</v>
+      </c>
+      <c r="M148" t="s">
+        <v>556</v>
+      </c>
+      <c r="N148" t="s">
+        <v>592</v>
+      </c>
+      <c r="O148" t="s">
+        <v>593</v>
+      </c>
+      <c r="P148" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>484</v>
+      </c>
+      <c r="B149" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C149" t="s">
+        <v>20</v>
+      </c>
+      <c r="D149" t="s">
+        <v>20</v>
+      </c>
+      <c r="E149" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F149" t="s">
+        <v>20</v>
+      </c>
+      <c r="G149" t="s">
+        <v>1452</v>
+      </c>
+      <c r="H149" t="s">
+        <v>1453</v>
+      </c>
+      <c r="I149" t="s">
+        <v>1454</v>
+      </c>
+      <c r="J149" t="s">
+        <v>591</v>
+      </c>
+      <c r="K149" t="s">
+        <v>30</v>
+      </c>
+      <c r="L149" t="s">
+        <v>492</v>
+      </c>
+      <c r="M149" t="s">
+        <v>493</v>
+      </c>
+      <c r="N149" t="s">
+        <v>584</v>
+      </c>
+      <c r="O149" t="s">
+        <v>1455</v>
+      </c>
+      <c r="P149" t="s">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>484</v>
+      </c>
+      <c r="B150" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C150" t="s">
+        <v>20</v>
+      </c>
+      <c r="D150" t="s">
+        <v>20</v>
+      </c>
+      <c r="E150" t="s">
+        <v>1458</v>
+      </c>
+      <c r="F150" t="s">
+        <v>20</v>
+      </c>
+      <c r="G150" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H150" t="s">
+        <v>1460</v>
+      </c>
+      <c r="I150" t="s">
+        <v>1461</v>
+      </c>
+      <c r="J150" t="s">
+        <v>562</v>
+      </c>
+      <c r="K150" t="s">
+        <v>563</v>
+      </c>
+      <c r="L150" t="s">
+        <v>492</v>
+      </c>
+      <c r="M150" t="s">
+        <v>493</v>
+      </c>
+      <c r="N150" t="s">
+        <v>505</v>
+      </c>
+      <c r="O150" t="s">
+        <v>513</v>
+      </c>
+      <c r="P150" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>484</v>
+      </c>
+      <c r="B151" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C151" t="s">
+        <v>20</v>
+      </c>
+      <c r="D151" t="s">
+        <v>20</v>
+      </c>
+      <c r="E151" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F151" t="s">
+        <v>20</v>
+      </c>
+      <c r="G151" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H151" t="s">
+        <v>1466</v>
+      </c>
+      <c r="I151" t="s">
+        <v>1467</v>
+      </c>
+      <c r="J151" t="s">
+        <v>591</v>
+      </c>
+      <c r="K151" t="s">
+        <v>30</v>
+      </c>
+      <c r="L151" t="s">
+        <v>492</v>
+      </c>
+      <c r="M151" t="s">
+        <v>493</v>
+      </c>
+      <c r="N151" t="s">
+        <v>494</v>
+      </c>
+      <c r="O151" t="s">
+        <v>619</v>
+      </c>
+      <c r="P151" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>484</v>
+      </c>
+      <c r="B152" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C152" t="s">
+        <v>20</v>
+      </c>
+      <c r="D152" t="s">
+        <v>20</v>
+      </c>
+      <c r="E152" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F152" t="s">
+        <v>20</v>
+      </c>
+      <c r="G152" t="s">
+        <v>1470</v>
+      </c>
+      <c r="H152" t="s">
+        <v>1471</v>
+      </c>
+      <c r="I152" t="s">
+        <v>1467</v>
+      </c>
+      <c r="J152" t="s">
+        <v>591</v>
+      </c>
+      <c r="K152" t="s">
+        <v>30</v>
+      </c>
+      <c r="L152" t="s">
+        <v>492</v>
+      </c>
+      <c r="M152" t="s">
+        <v>493</v>
+      </c>
+      <c r="N152" t="s">
+        <v>609</v>
+      </c>
+      <c r="O152" t="s">
+        <v>772</v>
+      </c>
+      <c r="P152" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>484</v>
+      </c>
+      <c r="B153" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C153" t="s">
+        <v>20</v>
+      </c>
+      <c r="D153" t="s">
+        <v>20</v>
+      </c>
+      <c r="E153" t="s">
+        <v>1474</v>
+      </c>
+      <c r="F153" t="s">
+        <v>20</v>
+      </c>
+      <c r="G153" t="s">
+        <v>1475</v>
+      </c>
+      <c r="H153" t="s">
+        <v>1476</v>
+      </c>
+      <c r="I153" t="s">
+        <v>1477</v>
+      </c>
+      <c r="J153" t="s">
+        <v>720</v>
+      </c>
+      <c r="K153" t="s">
+        <v>721</v>
+      </c>
+      <c r="L153" t="s">
+        <v>492</v>
+      </c>
+      <c r="M153" t="s">
+        <v>493</v>
+      </c>
+      <c r="N153" t="s">
+        <v>505</v>
+      </c>
+      <c r="O153" t="s">
+        <v>513</v>
+      </c>
+      <c r="P153" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>484</v>
+      </c>
+      <c r="B154" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C154" t="s">
+        <v>20</v>
+      </c>
+      <c r="D154" t="s">
+        <v>20</v>
+      </c>
+      <c r="E154" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F154" t="s">
+        <v>20</v>
+      </c>
+      <c r="G154" t="s">
+        <v>1481</v>
+      </c>
+      <c r="H154" t="s">
+        <v>1482</v>
+      </c>
+      <c r="I154" t="s">
+        <v>1381</v>
+      </c>
+      <c r="J154" t="s">
+        <v>591</v>
+      </c>
+      <c r="K154" t="s">
+        <v>30</v>
+      </c>
+      <c r="L154" t="s">
+        <v>492</v>
+      </c>
+      <c r="M154" t="s">
+        <v>493</v>
+      </c>
+      <c r="N154" t="s">
+        <v>828</v>
+      </c>
+      <c r="O154" t="s">
+        <v>829</v>
+      </c>
+      <c r="P154" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>484</v>
+      </c>
+      <c r="B155" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C155" t="s">
+        <v>20</v>
+      </c>
+      <c r="D155" t="s">
+        <v>20</v>
+      </c>
+      <c r="E155" t="s">
+        <v>1485</v>
+      </c>
+      <c r="F155" t="s">
+        <v>20</v>
+      </c>
+      <c r="G155" t="s">
+        <v>1486</v>
+      </c>
+      <c r="H155" t="s">
+        <v>1487</v>
+      </c>
+      <c r="I155" t="s">
+        <v>1291</v>
+      </c>
+      <c r="J155" t="s">
+        <v>591</v>
+      </c>
+      <c r="K155" t="s">
+        <v>30</v>
+      </c>
+      <c r="L155" t="s">
+        <v>492</v>
+      </c>
+      <c r="M155" t="s">
+        <v>493</v>
+      </c>
+      <c r="N155" t="s">
+        <v>584</v>
+      </c>
+      <c r="O155" t="s">
+        <v>1179</v>
+      </c>
+      <c r="P155" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>484</v>
+      </c>
+      <c r="B156" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C156" t="s">
+        <v>20</v>
+      </c>
+      <c r="D156" t="s">
+        <v>20</v>
+      </c>
+      <c r="E156" t="s">
+        <v>1485</v>
+      </c>
+      <c r="F156" t="s">
+        <v>20</v>
+      </c>
+      <c r="G156" t="s">
+        <v>1490</v>
+      </c>
+      <c r="H156" t="s">
+        <v>1491</v>
+      </c>
+      <c r="I156" t="s">
+        <v>1492</v>
+      </c>
+      <c r="J156" t="s">
+        <v>591</v>
+      </c>
+      <c r="K156" t="s">
+        <v>30</v>
+      </c>
+      <c r="L156" t="s">
+        <v>492</v>
+      </c>
+      <c r="M156" t="s">
+        <v>493</v>
+      </c>
+      <c r="N156" t="s">
+        <v>633</v>
+      </c>
+      <c r="O156" t="s">
+        <v>634</v>
+      </c>
+      <c r="P156" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>484</v>
+      </c>
+      <c r="B157" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C157" t="s">
+        <v>20</v>
+      </c>
+      <c r="D157" t="s">
+        <v>20</v>
+      </c>
+      <c r="E157" t="s">
+        <v>1485</v>
+      </c>
+      <c r="F157" t="s">
+        <v>20</v>
+      </c>
+      <c r="G157" t="s">
+        <v>1495</v>
+      </c>
+      <c r="H157" t="s">
+        <v>1496</v>
+      </c>
+      <c r="I157" t="s">
+        <v>1467</v>
+      </c>
+      <c r="J157" t="s">
+        <v>591</v>
+      </c>
+      <c r="K157" t="s">
+        <v>30</v>
+      </c>
+      <c r="L157" t="s">
+        <v>492</v>
+      </c>
+      <c r="M157" t="s">
+        <v>493</v>
+      </c>
+      <c r="N157" t="s">
+        <v>609</v>
+      </c>
+      <c r="O157" t="s">
+        <v>772</v>
+      </c>
+      <c r="P157" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>484</v>
+      </c>
+      <c r="B158" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C158" t="s">
+        <v>20</v>
+      </c>
+      <c r="D158" t="s">
+        <v>20</v>
+      </c>
+      <c r="E158" t="s">
+        <v>1499</v>
+      </c>
+      <c r="F158" t="s">
+        <v>20</v>
+      </c>
+      <c r="G158" t="s">
+        <v>1500</v>
+      </c>
+      <c r="H158" t="s">
+        <v>1501</v>
+      </c>
+      <c r="I158" t="s">
+        <v>1502</v>
+      </c>
+      <c r="J158" t="s">
+        <v>591</v>
+      </c>
+      <c r="K158" t="s">
+        <v>30</v>
+      </c>
+      <c r="L158" t="s">
+        <v>492</v>
+      </c>
+      <c r="M158" t="s">
+        <v>556</v>
+      </c>
+      <c r="N158" t="s">
+        <v>584</v>
+      </c>
+      <c r="O158" t="s">
+        <v>1503</v>
+      </c>
+      <c r="P158" t="s">
+        <v>1504</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>484</v>
+      </c>
+      <c r="B159" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C159" t="s">
+        <v>20</v>
+      </c>
+      <c r="D159" t="s">
+        <v>20</v>
+      </c>
+      <c r="E159" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F159" t="s">
+        <v>20</v>
+      </c>
+      <c r="G159" t="s">
+        <v>1507</v>
+      </c>
+      <c r="H159" t="s">
+        <v>1508</v>
+      </c>
+      <c r="I159" t="s">
+        <v>1509</v>
+      </c>
+      <c r="J159" t="s">
+        <v>827</v>
+      </c>
+      <c r="K159" t="s">
+        <v>346</v>
+      </c>
+      <c r="L159" t="s">
+        <v>492</v>
+      </c>
+      <c r="M159" t="s">
+        <v>493</v>
+      </c>
+      <c r="N159" t="s">
+        <v>633</v>
+      </c>
+      <c r="O159" t="s">
+        <v>634</v>
+      </c>
+      <c r="P159" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>484</v>
+      </c>
+      <c r="B160" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C160" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" t="s">
+        <v>20</v>
+      </c>
+      <c r="E160" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F160" t="s">
+        <v>20</v>
+      </c>
+      <c r="G160" t="s">
+        <v>1513</v>
+      </c>
+      <c r="H160" t="s">
+        <v>1514</v>
+      </c>
+      <c r="I160" t="s">
+        <v>1515</v>
+      </c>
+      <c r="J160" t="s">
+        <v>1303</v>
+      </c>
+      <c r="K160" t="s">
+        <v>1304</v>
+      </c>
+      <c r="L160" t="s">
+        <v>492</v>
+      </c>
+      <c r="M160" t="s">
+        <v>493</v>
+      </c>
+      <c r="N160" t="s">
+        <v>633</v>
+      </c>
+      <c r="O160" t="s">
+        <v>634</v>
+      </c>
+      <c r="P160" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>484</v>
+      </c>
+      <c r="B161" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C161" t="s">
+        <v>20</v>
+      </c>
+      <c r="D161" t="s">
+        <v>20</v>
+      </c>
+      <c r="E161" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F161" t="s">
+        <v>20</v>
+      </c>
+      <c r="G161" t="s">
+        <v>1519</v>
+      </c>
+      <c r="H161" t="s">
+        <v>1520</v>
+      </c>
+      <c r="I161" t="s">
+        <v>1521</v>
+      </c>
+      <c r="J161" t="s">
+        <v>1522</v>
+      </c>
+      <c r="K161" t="s">
+        <v>1523</v>
+      </c>
+      <c r="L161" t="s">
+        <v>492</v>
+      </c>
+      <c r="M161" t="s">
+        <v>493</v>
+      </c>
+      <c r="N161" t="s">
+        <v>609</v>
+      </c>
+      <c r="O161" t="s">
+        <v>610</v>
+      </c>
+      <c r="P161" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>484</v>
+      </c>
+      <c r="B162" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C162" t="s">
+        <v>20</v>
+      </c>
+      <c r="D162" t="s">
+        <v>20</v>
+      </c>
+      <c r="E162" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F162" t="s">
+        <v>20</v>
+      </c>
+      <c r="G162" t="s">
+        <v>1527</v>
+      </c>
+      <c r="H162" t="s">
+        <v>1528</v>
+      </c>
+      <c r="I162" t="s">
+        <v>1529</v>
+      </c>
+      <c r="J162" t="s">
+        <v>666</v>
+      </c>
+      <c r="K162" t="s">
+        <v>667</v>
+      </c>
+      <c r="L162" t="s">
+        <v>492</v>
+      </c>
+      <c r="M162" t="s">
+        <v>556</v>
+      </c>
+      <c r="N162" t="s">
+        <v>584</v>
+      </c>
+      <c r="O162" t="s">
+        <v>523</v>
+      </c>
+      <c r="P162" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>484</v>
+      </c>
+      <c r="B163" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C163" t="s">
+        <v>20</v>
+      </c>
+      <c r="D163" t="s">
+        <v>20</v>
+      </c>
+      <c r="E163" t="s">
+        <v>1532</v>
+      </c>
+      <c r="F163" t="s">
+        <v>20</v>
+      </c>
+      <c r="G163" t="s">
+        <v>1533</v>
+      </c>
+      <c r="H163" t="s">
+        <v>1534</v>
+      </c>
+      <c r="I163" t="s">
+        <v>630</v>
+      </c>
+      <c r="J163" t="s">
+        <v>631</v>
+      </c>
+      <c r="K163" t="s">
+        <v>632</v>
+      </c>
+      <c r="L163" t="s">
+        <v>492</v>
+      </c>
+      <c r="M163" t="s">
+        <v>493</v>
+      </c>
+      <c r="N163" t="s">
+        <v>633</v>
+      </c>
+      <c r="O163" t="s">
+        <v>634</v>
+      </c>
+      <c r="P163" t="s">
+        <v>1535</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>1195</v>
+        <v>1536</v>
       </c>
       <c r="L1" t="s">
-        <v>1196</v>
+        <v>1537</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1197</v>
+        <v>1538</v>
       </c>
       <c r="B2" t="s">
-        <v>1198</v>
+        <v>1539</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>1199</v>
+        <v>1540</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>1200</v>
+        <v>1541</v>
       </c>
       <c r="H2" t="s">
-        <v>1201</v>
+        <v>1542</v>
       </c>
       <c r="I2" t="s">
-        <v>1202</v>
+        <v>1543</v>
       </c>
       <c r="J2" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="K2" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="L2" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="M2" t="s">
-        <v>1203</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1197</v>
+        <v>1538</v>
       </c>
       <c r="B3" t="s">
-        <v>1204</v>
+        <v>1545</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>1205</v>
+        <v>1546</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>1206</v>
+        <v>1547</v>
       </c>
       <c r="H3" t="s">
-        <v>1207</v>
+        <v>1548</v>
       </c>
       <c r="I3" t="s">
-        <v>1208</v>
+        <v>1549</v>
       </c>
       <c r="J3" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K3" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="L3" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="M3" t="s">
-        <v>1209</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1197</v>
+        <v>1538</v>
       </c>
       <c r="B4" t="s">
-        <v>1210</v>
+        <v>1551</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>1211</v>
+        <v>1552</v>
       </c>
       <c r="H4" t="s">
-        <v>1212</v>
+        <v>1553</v>
       </c>
       <c r="I4" t="s">
-        <v>1213</v>
+        <v>1554</v>
       </c>
       <c r="J4" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="K4" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="M4" t="s">
-        <v>1214</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1197</v>
+        <v>1538</v>
       </c>
       <c r="B5" t="s">
-        <v>1215</v>
+        <v>1556</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>1216</v>
+        <v>1557</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>1217</v>
+        <v>1558</v>
       </c>
       <c r="H5" t="s">
-        <v>1218</v>
+        <v>1559</v>
       </c>
       <c r="I5" t="s">
-        <v>1219</v>
+        <v>1560</v>
       </c>
       <c r="J5" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="K5" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="L5" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="M5" t="s">
-        <v>1220</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1197</v>
+        <v>1538</v>
       </c>
       <c r="B6" t="s">
-        <v>1221</v>
+        <v>1562</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>1222</v>
+        <v>1563</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>1223</v>
+        <v>1564</v>
       </c>
       <c r="H6" t="s">
-        <v>1224</v>
+        <v>1565</v>
       </c>
       <c r="I6" t="s">
-        <v>1225</v>
+        <v>1566</v>
       </c>
       <c r="J6" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="K6" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="L6" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="M6" t="s">
-        <v>1226</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1197</v>
+        <v>1538</v>
       </c>
       <c r="B7" t="s">
-        <v>1198</v>
+        <v>1539</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>1227</v>
+        <v>1568</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>1228</v>
+        <v>1569</v>
       </c>
       <c r="H7" t="s">
-        <v>1229</v>
+        <v>1570</v>
       </c>
       <c r="I7" t="s">
-        <v>1202</v>
+        <v>1543</v>
       </c>
       <c r="J7" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="K7" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="L7" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="M7" t="s">
-        <v>1203</v>
+        <v>1544</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T25"/>
+  <dimension ref="A1:T26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1230</v>
+        <v>1571</v>
       </c>
       <c r="J1" t="s">
-        <v>464</v>
+        <v>476</v>
       </c>
       <c r="K1" t="s">
-        <v>1231</v>
+        <v>1572</v>
       </c>
       <c r="L1" t="s">
-        <v>466</v>
+        <v>478</v>
       </c>
       <c r="M1" t="s">
-        <v>467</v>
+        <v>479</v>
       </c>
       <c r="N1" t="s">
-        <v>1232</v>
+        <v>1573</v>
       </c>
       <c r="O1" t="s">
-        <v>1233</v>
+        <v>1574</v>
       </c>
       <c r="P1" t="s">
-        <v>1234</v>
+        <v>1575</v>
       </c>
       <c r="Q1" t="s">
-        <v>1235</v>
+        <v>1576</v>
       </c>
       <c r="R1" t="s">
-        <v>468</v>
+        <v>480</v>
       </c>
       <c r="S1" t="s">
-        <v>1236</v>
+        <v>1577</v>
       </c>
       <c r="T1" t="s">
-        <v>1237</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B2" t="s">
-        <v>1239</v>
+        <v>1580</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>1240</v>
+        <v>1581</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>1241</v>
+        <v>1582</v>
       </c>
       <c r="H2" t="s">
-        <v>1242</v>
+        <v>1583</v>
       </c>
       <c r="I2" t="s">
-        <v>1243</v>
+        <v>1584</v>
       </c>
       <c r="J2" t="s">
-        <v>1244</v>
+        <v>1585</v>
       </c>
       <c r="K2" t="s">
-        <v>498</v>
+        <v>591</v>
       </c>
       <c r="L2" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="M2" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N2" t="s">
-        <v>1245</v>
+        <v>1586</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>1246</v>
+        <v>504</v>
       </c>
       <c r="Q2" t="s">
-        <v>1247</v>
+        <v>1587</v>
       </c>
       <c r="R2" t="s">
-        <v>1246</v>
+        <v>504</v>
       </c>
       <c r="S2" t="s">
-        <v>1248</v>
+        <v>1588</v>
       </c>
       <c r="T2" t="s">
-        <v>1249</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B3" t="s">
-        <v>1250</v>
+        <v>1590</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>1251</v>
+        <v>1591</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>1252</v>
+        <v>1592</v>
       </c>
       <c r="H3" t="s">
-        <v>1253</v>
+        <v>1593</v>
       </c>
       <c r="I3" t="s">
-        <v>1243</v>
+        <v>1594</v>
       </c>
       <c r="J3" t="s">
-        <v>1254</v>
+        <v>1595</v>
       </c>
       <c r="K3" t="s">
-        <v>648</v>
+        <v>591</v>
       </c>
       <c r="L3" t="s">
-        <v>641</v>
+        <v>30</v>
       </c>
       <c r="M3" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N3" t="s">
-        <v>1255</v>
+        <v>1596</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>491</v>
+        <v>1597</v>
       </c>
       <c r="Q3" t="s">
-        <v>1247</v>
+        <v>1598</v>
       </c>
       <c r="R3" t="s">
-        <v>491</v>
+        <v>1597</v>
       </c>
       <c r="S3" t="s">
-        <v>1256</v>
+        <v>1599</v>
       </c>
       <c r="T3" t="s">
-        <v>1249</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B4" t="s">
-        <v>1257</v>
+        <v>1600</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>1258</v>
+        <v>1601</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>1259</v>
+        <v>1602</v>
       </c>
       <c r="H4" t="s">
-        <v>1260</v>
+        <v>1603</v>
       </c>
       <c r="I4" t="s">
-        <v>1243</v>
+        <v>1594</v>
       </c>
       <c r="J4" t="s">
-        <v>1261</v>
+        <v>1326</v>
       </c>
       <c r="K4" t="s">
-        <v>1111</v>
+        <v>631</v>
       </c>
       <c r="L4" t="s">
-        <v>1112</v>
+        <v>632</v>
       </c>
       <c r="M4" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N4" t="s">
-        <v>1262</v>
+        <v>1604</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>1246</v>
+        <v>493</v>
       </c>
       <c r="Q4" t="s">
-        <v>1247</v>
+        <v>1598</v>
       </c>
       <c r="R4" t="s">
-        <v>1246</v>
+        <v>493</v>
       </c>
       <c r="S4" t="s">
-        <v>1263</v>
+        <v>1605</v>
       </c>
       <c r="T4" t="s">
-        <v>1264</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B5" t="s">
-        <v>341</v>
+        <v>1606</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>1265</v>
+        <v>1607</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>1266</v>
+        <v>1608</v>
       </c>
       <c r="H5" t="s">
-        <v>1267</v>
+        <v>1609</v>
       </c>
       <c r="I5" t="s">
-        <v>1268</v>
+        <v>1594</v>
       </c>
       <c r="J5" t="s">
-        <v>1269</v>
+        <v>1610</v>
       </c>
       <c r="K5" t="s">
-        <v>1270</v>
+        <v>1435</v>
       </c>
       <c r="L5" t="s">
-        <v>332</v>
+        <v>1436</v>
       </c>
       <c r="M5" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N5" t="s">
-        <v>1271</v>
+        <v>1611</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>1272</v>
+        <v>1597</v>
       </c>
       <c r="Q5" t="s">
-        <v>1273</v>
+        <v>1598</v>
       </c>
       <c r="R5" t="s">
-        <v>509</v>
+        <v>1597</v>
       </c>
       <c r="S5" t="s">
-        <v>343</v>
+        <v>1612</v>
       </c>
       <c r="T5" t="s">
-        <v>1249</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B6" t="s">
-        <v>1274</v>
+        <v>344</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>1275</v>
+        <v>1614</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>1276</v>
+        <v>1615</v>
       </c>
       <c r="H6" t="s">
-        <v>1277</v>
+        <v>1616</v>
       </c>
       <c r="I6" t="s">
-        <v>1268</v>
+        <v>1617</v>
       </c>
       <c r="J6" t="s">
-        <v>947</v>
+        <v>1618</v>
       </c>
       <c r="K6" t="s">
-        <v>948</v>
+        <v>1619</v>
       </c>
       <c r="L6" t="s">
-        <v>41</v>
+        <v>346</v>
       </c>
       <c r="M6" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N6" t="s">
-        <v>1278</v>
+        <v>1620</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>509</v>
+        <v>1621</v>
       </c>
       <c r="Q6" t="s">
-        <v>1279</v>
+        <v>1622</v>
       </c>
       <c r="R6" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="S6" t="s">
-        <v>1280</v>
+        <v>347</v>
       </c>
       <c r="T6" t="s">
-        <v>1249</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B7" t="s">
-        <v>1281</v>
+        <v>1623</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>1265</v>
+        <v>1624</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>1282</v>
+        <v>1625</v>
       </c>
       <c r="H7" t="s">
-        <v>1283</v>
+        <v>1626</v>
       </c>
       <c r="I7" t="s">
-        <v>1243</v>
+        <v>1617</v>
       </c>
       <c r="J7" t="s">
-        <v>1284</v>
+        <v>640</v>
       </c>
       <c r="K7" t="s">
-        <v>1285</v>
+        <v>641</v>
       </c>
       <c r="L7" t="s">
-        <v>884</v>
+        <v>30</v>
       </c>
       <c r="M7" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N7" t="s">
-        <v>1286</v>
+        <v>1627</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>1272</v>
+        <v>504</v>
       </c>
       <c r="Q7" t="s">
-        <v>1287</v>
+        <v>1628</v>
       </c>
       <c r="R7" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="S7" t="s">
-        <v>1288</v>
+        <v>1629</v>
       </c>
       <c r="T7" t="s">
-        <v>1249</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B8" t="s">
-        <v>1289</v>
+        <v>1630</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>1265</v>
+        <v>1614</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>1290</v>
+        <v>1631</v>
       </c>
       <c r="H8" t="s">
-        <v>1291</v>
+        <v>1632</v>
       </c>
       <c r="I8" t="s">
-        <v>1243</v>
+        <v>1594</v>
       </c>
       <c r="J8" t="s">
-        <v>1292</v>
+        <v>1633</v>
       </c>
       <c r="K8" t="s">
-        <v>955</v>
+        <v>1634</v>
       </c>
       <c r="L8" t="s">
-        <v>956</v>
+        <v>1097</v>
       </c>
       <c r="M8" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N8" t="s">
-        <v>1293</v>
+        <v>1635</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>1272</v>
+        <v>1621</v>
       </c>
       <c r="Q8" t="s">
-        <v>1294</v>
+        <v>1636</v>
       </c>
       <c r="R8" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="S8" t="s">
-        <v>1295</v>
+        <v>1637</v>
       </c>
       <c r="T8" t="s">
-        <v>1249</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B9" t="s">
-        <v>1296</v>
+        <v>1638</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>1265</v>
+        <v>1614</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>1297</v>
+        <v>1639</v>
       </c>
       <c r="H9" t="s">
-        <v>1298</v>
+        <v>1640</v>
       </c>
       <c r="I9" t="s">
-        <v>1299</v>
+        <v>1594</v>
       </c>
       <c r="J9" t="s">
-        <v>1300</v>
+        <v>1641</v>
       </c>
       <c r="K9" t="s">
-        <v>580</v>
+        <v>617</v>
       </c>
       <c r="L9" t="s">
-        <v>581</v>
+        <v>618</v>
       </c>
       <c r="M9" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N9" t="s">
-        <v>1301</v>
+        <v>1642</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>1272</v>
+        <v>1621</v>
       </c>
       <c r="Q9" t="s">
-        <v>1302</v>
+        <v>1643</v>
       </c>
       <c r="R9" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="S9" t="s">
-        <v>1303</v>
+        <v>1644</v>
       </c>
       <c r="T9" t="s">
-        <v>1249</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B10" t="s">
-        <v>40</v>
+        <v>1645</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>1265</v>
+        <v>1614</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>1304</v>
+        <v>1646</v>
       </c>
       <c r="H10" t="s">
-        <v>1305</v>
+        <v>1647</v>
       </c>
       <c r="I10" t="s">
-        <v>1268</v>
+        <v>1584</v>
       </c>
       <c r="J10" t="s">
-        <v>1306</v>
+        <v>1648</v>
       </c>
       <c r="K10" t="s">
-        <v>948</v>
+        <v>919</v>
       </c>
       <c r="L10" t="s">
-        <v>41</v>
+        <v>920</v>
       </c>
       <c r="M10" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N10" t="s">
-        <v>1307</v>
+        <v>1649</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>1272</v>
+        <v>1621</v>
       </c>
       <c r="Q10" t="s">
-        <v>1308</v>
+        <v>1650</v>
       </c>
       <c r="R10" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="S10" t="s">
-        <v>42</v>
+        <v>1651</v>
       </c>
       <c r="T10" t="s">
-        <v>1249</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B11" t="s">
-        <v>1309</v>
+        <v>28</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>1265</v>
+        <v>1614</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>1310</v>
+        <v>1652</v>
       </c>
       <c r="H11" t="s">
-        <v>1311</v>
+        <v>1653</v>
       </c>
       <c r="I11" t="s">
-        <v>1243</v>
+        <v>1617</v>
       </c>
       <c r="J11" t="s">
-        <v>1300</v>
+        <v>1654</v>
       </c>
       <c r="K11" t="s">
-        <v>580</v>
+        <v>641</v>
       </c>
       <c r="L11" t="s">
-        <v>581</v>
+        <v>30</v>
       </c>
       <c r="M11" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N11" t="s">
-        <v>1312</v>
+        <v>1655</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>1272</v>
+        <v>1621</v>
       </c>
       <c r="Q11" t="s">
-        <v>1247</v>
+        <v>1656</v>
       </c>
       <c r="R11" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="S11" t="s">
-        <v>1313</v>
+        <v>31</v>
       </c>
       <c r="T11" t="s">
-        <v>1249</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B12" t="s">
-        <v>330</v>
+        <v>1657</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>1314</v>
+        <v>1614</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>1315</v>
+        <v>1658</v>
       </c>
       <c r="H12" t="s">
-        <v>1316</v>
+        <v>1659</v>
       </c>
       <c r="I12" t="s">
-        <v>1243</v>
+        <v>1594</v>
       </c>
       <c r="J12" t="s">
-        <v>1317</v>
+        <v>1648</v>
       </c>
       <c r="K12" t="s">
-        <v>741</v>
+        <v>919</v>
       </c>
       <c r="L12" t="s">
-        <v>332</v>
+        <v>920</v>
       </c>
       <c r="M12" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N12" t="s">
-        <v>1318</v>
+        <v>1660</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>1246</v>
+        <v>1621</v>
       </c>
       <c r="Q12" t="s">
-        <v>1279</v>
+        <v>1598</v>
       </c>
       <c r="R12" t="s">
-        <v>1246</v>
+        <v>504</v>
       </c>
       <c r="S12" t="s">
-        <v>333</v>
+        <v>1661</v>
       </c>
       <c r="T12" t="s">
-        <v>1319</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B13" t="s">
-        <v>1320</v>
+        <v>408</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>1321</v>
+        <v>1662</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>1322</v>
+        <v>1663</v>
       </c>
       <c r="H13" t="s">
-        <v>1323</v>
+        <v>1664</v>
       </c>
       <c r="I13" t="s">
-        <v>1243</v>
+        <v>1594</v>
       </c>
       <c r="J13" t="s">
-        <v>1324</v>
+        <v>1665</v>
       </c>
       <c r="K13" t="s">
-        <v>1325</v>
+        <v>827</v>
       </c>
       <c r="L13" t="s">
-        <v>1326</v>
+        <v>346</v>
       </c>
       <c r="M13" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N13" t="s">
-        <v>1327</v>
+        <v>1666</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>491</v>
+        <v>1597</v>
       </c>
       <c r="Q13" t="s">
-        <v>1247</v>
+        <v>1628</v>
       </c>
       <c r="R13" t="s">
-        <v>491</v>
+        <v>1597</v>
       </c>
       <c r="S13" t="s">
-        <v>1328</v>
+        <v>410</v>
       </c>
       <c r="T13" t="s">
-        <v>1329</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B14" t="s">
-        <v>276</v>
+        <v>1668</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>1330</v>
+        <v>1669</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>1331</v>
+        <v>1670</v>
       </c>
       <c r="H14" t="s">
-        <v>1332</v>
+        <v>1671</v>
       </c>
       <c r="I14" t="s">
-        <v>1243</v>
+        <v>1594</v>
       </c>
       <c r="J14" t="s">
-        <v>1333</v>
+        <v>1672</v>
       </c>
       <c r="K14" t="s">
-        <v>498</v>
+        <v>1673</v>
       </c>
       <c r="L14" t="s">
-        <v>41</v>
+        <v>1674</v>
       </c>
       <c r="M14" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N14" t="s">
-        <v>1334</v>
+        <v>1675</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>1246</v>
+        <v>493</v>
       </c>
       <c r="Q14" t="s">
-        <v>1335</v>
+        <v>1598</v>
       </c>
       <c r="R14" t="s">
-        <v>1246</v>
+        <v>493</v>
       </c>
       <c r="S14" t="s">
-        <v>277</v>
+        <v>1676</v>
       </c>
       <c r="T14" t="s">
-        <v>1249</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B15" t="s">
-        <v>1336</v>
+        <v>283</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>1275</v>
+        <v>1678</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>1337</v>
+        <v>1679</v>
       </c>
       <c r="H15" t="s">
-        <v>1338</v>
+        <v>1680</v>
       </c>
       <c r="I15" t="s">
-        <v>1299</v>
+        <v>1594</v>
       </c>
       <c r="J15" t="s">
-        <v>1339</v>
+        <v>1681</v>
       </c>
       <c r="K15" t="s">
-        <v>1111</v>
+        <v>591</v>
       </c>
       <c r="L15" t="s">
-        <v>1112</v>
+        <v>30</v>
       </c>
       <c r="M15" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N15" t="s">
-        <v>1340</v>
+        <v>1682</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>509</v>
+        <v>1597</v>
       </c>
       <c r="Q15" t="s">
-        <v>1341</v>
+        <v>1683</v>
       </c>
       <c r="R15" t="s">
-        <v>509</v>
+        <v>1597</v>
       </c>
       <c r="S15" t="s">
-        <v>1342</v>
+        <v>284</v>
       </c>
       <c r="T15" t="s">
-        <v>1249</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B16" t="s">
-        <v>1343</v>
+        <v>1684</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>1265</v>
+        <v>1624</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>1344</v>
+        <v>1685</v>
       </c>
       <c r="H16" t="s">
-        <v>1345</v>
+        <v>1686</v>
       </c>
       <c r="I16" t="s">
-        <v>1299</v>
+        <v>1584</v>
       </c>
       <c r="J16" t="s">
-        <v>1346</v>
+        <v>1687</v>
       </c>
       <c r="K16" t="s">
-        <v>1270</v>
+        <v>1435</v>
       </c>
       <c r="L16" t="s">
-        <v>332</v>
+        <v>1436</v>
       </c>
       <c r="M16" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N16" t="s">
-        <v>1271</v>
+        <v>1688</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>1272</v>
+        <v>504</v>
       </c>
       <c r="Q16" t="s">
-        <v>1302</v>
+        <v>1587</v>
       </c>
       <c r="R16" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="S16" t="s">
-        <v>1347</v>
+        <v>1689</v>
       </c>
       <c r="T16" t="s">
-        <v>1249</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B17" t="s">
-        <v>1348</v>
+        <v>1690</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>1265</v>
+        <v>1614</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>1349</v>
+        <v>1691</v>
       </c>
       <c r="H17" t="s">
-        <v>1350</v>
+        <v>1692</v>
       </c>
       <c r="I17" t="s">
-        <v>1299</v>
+        <v>1584</v>
       </c>
       <c r="J17" t="s">
-        <v>1292</v>
+        <v>1693</v>
       </c>
       <c r="K17" t="s">
-        <v>1351</v>
+        <v>1619</v>
       </c>
       <c r="L17" t="s">
-        <v>956</v>
+        <v>346</v>
       </c>
       <c r="M17" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N17" t="s">
-        <v>1301</v>
+        <v>1620</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>1272</v>
+        <v>1621</v>
       </c>
       <c r="Q17" t="s">
-        <v>1302</v>
+        <v>1650</v>
       </c>
       <c r="R17" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="S17" t="s">
-        <v>1352</v>
+        <v>1694</v>
       </c>
       <c r="T17" t="s">
-        <v>1249</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B18" t="s">
-        <v>1353</v>
+        <v>1695</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>1265</v>
+        <v>1614</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>1354</v>
+        <v>1696</v>
       </c>
       <c r="H18" t="s">
-        <v>1355</v>
+        <v>1697</v>
       </c>
       <c r="I18" t="s">
-        <v>1299</v>
+        <v>1584</v>
       </c>
       <c r="J18" t="s">
-        <v>1306</v>
+        <v>1641</v>
       </c>
       <c r="K18" t="s">
-        <v>948</v>
+        <v>1698</v>
       </c>
       <c r="L18" t="s">
-        <v>41</v>
+        <v>618</v>
       </c>
       <c r="M18" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N18" t="s">
-        <v>1356</v>
+        <v>1649</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>1272</v>
+        <v>1621</v>
       </c>
       <c r="Q18" t="s">
-        <v>1302</v>
+        <v>1650</v>
       </c>
       <c r="R18" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="S18" t="s">
-        <v>1357</v>
+        <v>1699</v>
       </c>
       <c r="T18" t="s">
-        <v>1249</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B19" t="s">
-        <v>1358</v>
+        <v>1700</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>1359</v>
+        <v>1614</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>1360</v>
+        <v>1701</v>
       </c>
       <c r="H19" t="s">
-        <v>1361</v>
+        <v>1702</v>
       </c>
       <c r="I19" t="s">
-        <v>1243</v>
+        <v>1584</v>
       </c>
       <c r="J19" t="s">
-        <v>20</v>
+        <v>1654</v>
       </c>
       <c r="K19" t="s">
-        <v>1362</v>
+        <v>641</v>
       </c>
       <c r="L19" t="s">
-        <v>1363</v>
+        <v>30</v>
       </c>
       <c r="M19" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N19" t="s">
-        <v>1364</v>
+        <v>1703</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>491</v>
+        <v>1621</v>
       </c>
       <c r="Q19" t="s">
-        <v>1247</v>
+        <v>1650</v>
       </c>
       <c r="R19" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="S19" t="s">
-        <v>1365</v>
+        <v>1704</v>
       </c>
       <c r="T19" t="s">
-        <v>1249</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B20" t="s">
-        <v>1366</v>
+        <v>1705</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>1367</v>
+        <v>1706</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>1368</v>
+        <v>1707</v>
       </c>
       <c r="H20" t="s">
-        <v>1369</v>
+        <v>1708</v>
       </c>
       <c r="I20" t="s">
-        <v>1243</v>
+        <v>1594</v>
       </c>
       <c r="J20" t="s">
         <v>20</v>
       </c>
       <c r="K20" t="s">
-        <v>661</v>
+        <v>1709</v>
       </c>
       <c r="L20" t="s">
-        <v>662</v>
+        <v>1710</v>
       </c>
       <c r="M20" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N20" t="s">
-        <v>1370</v>
+        <v>1711</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>1246</v>
+        <v>493</v>
       </c>
       <c r="Q20" t="s">
-        <v>1247</v>
+        <v>1598</v>
       </c>
       <c r="R20" t="s">
-        <v>1246</v>
+        <v>493</v>
       </c>
       <c r="S20" t="s">
-        <v>1371</v>
+        <v>1712</v>
       </c>
       <c r="T20" t="s">
-        <v>1249</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B21" t="s">
-        <v>1372</v>
+        <v>1713</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>1265</v>
+        <v>1714</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>1373</v>
+        <v>1715</v>
       </c>
       <c r="H21" t="s">
-        <v>1374</v>
+        <v>1716</v>
       </c>
       <c r="I21" t="s">
-        <v>1299</v>
+        <v>1594</v>
       </c>
       <c r="J21" t="s">
-        <v>1284</v>
+        <v>20</v>
       </c>
       <c r="K21" t="s">
-        <v>883</v>
+        <v>733</v>
       </c>
       <c r="L21" t="s">
-        <v>884</v>
+        <v>734</v>
       </c>
       <c r="M21" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N21" t="s">
-        <v>1301</v>
+        <v>1717</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>1272</v>
+        <v>1597</v>
       </c>
       <c r="Q21" t="s">
-        <v>1302</v>
+        <v>1598</v>
       </c>
       <c r="R21" t="s">
-        <v>509</v>
+        <v>1597</v>
       </c>
       <c r="S21" t="s">
-        <v>1375</v>
+        <v>1718</v>
       </c>
       <c r="T21" t="s">
-        <v>1249</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B22" t="s">
-        <v>1376</v>
+        <v>1719</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>1377</v>
+        <v>1614</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>1378</v>
+        <v>1720</v>
       </c>
       <c r="H22" t="s">
-        <v>1379</v>
+        <v>1721</v>
       </c>
       <c r="I22" t="s">
-        <v>1243</v>
+        <v>1584</v>
       </c>
       <c r="J22" t="s">
-        <v>1380</v>
+        <v>1633</v>
       </c>
       <c r="K22" t="s">
-        <v>640</v>
+        <v>1096</v>
       </c>
       <c r="L22" t="s">
-        <v>641</v>
+        <v>1097</v>
       </c>
       <c r="M22" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N22" t="s">
-        <v>1381</v>
+        <v>1649</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>491</v>
+        <v>1621</v>
       </c>
       <c r="Q22" t="s">
-        <v>1382</v>
+        <v>1650</v>
       </c>
       <c r="R22" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="S22" t="s">
-        <v>1383</v>
+        <v>1722</v>
       </c>
       <c r="T22" t="s">
-        <v>1249</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B23" t="s">
-        <v>1384</v>
+        <v>1723</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>1377</v>
+        <v>1724</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>1385</v>
+        <v>1725</v>
       </c>
       <c r="H23" t="s">
-        <v>1386</v>
+        <v>1726</v>
       </c>
       <c r="I23" t="s">
-        <v>1243</v>
+        <v>1594</v>
       </c>
       <c r="J23" t="s">
-        <v>1387</v>
+        <v>1727</v>
       </c>
       <c r="K23" t="s">
-        <v>741</v>
+        <v>699</v>
       </c>
       <c r="L23" t="s">
-        <v>332</v>
+        <v>632</v>
       </c>
       <c r="M23" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N23" t="s">
-        <v>1381</v>
+        <v>1728</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="Q23" t="s">
-        <v>1382</v>
+        <v>1729</v>
       </c>
       <c r="R23" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="S23" t="s">
-        <v>1388</v>
+        <v>1730</v>
       </c>
       <c r="T23" t="s">
-        <v>1249</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B24" t="s">
-        <v>1389</v>
+        <v>1731</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>1390</v>
+        <v>1724</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>1391</v>
+        <v>1732</v>
       </c>
       <c r="H24" t="s">
-        <v>1392</v>
+        <v>1733</v>
       </c>
       <c r="I24" t="s">
-        <v>1243</v>
+        <v>1594</v>
       </c>
       <c r="J24" t="s">
-        <v>1244</v>
+        <v>1734</v>
       </c>
       <c r="K24" t="s">
-        <v>498</v>
+        <v>827</v>
       </c>
       <c r="L24" t="s">
-        <v>41</v>
+        <v>346</v>
       </c>
       <c r="M24" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N24" t="s">
-        <v>1393</v>
+        <v>1728</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>1246</v>
+        <v>493</v>
       </c>
       <c r="Q24" t="s">
-        <v>1279</v>
+        <v>1729</v>
       </c>
       <c r="R24" t="s">
-        <v>1246</v>
+        <v>493</v>
       </c>
       <c r="S24" t="s">
-        <v>1394</v>
+        <v>1735</v>
       </c>
       <c r="T24" t="s">
-        <v>1249</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1238</v>
+        <v>1579</v>
       </c>
       <c r="B25" t="s">
-        <v>50</v>
+        <v>1736</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>1395</v>
+        <v>1737</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>1396</v>
+        <v>1738</v>
       </c>
       <c r="H25" t="s">
-        <v>1397</v>
+        <v>1739</v>
       </c>
       <c r="I25" t="s">
-        <v>1243</v>
+        <v>1594</v>
       </c>
       <c r="J25" t="s">
-        <v>1398</v>
+        <v>1595</v>
       </c>
       <c r="K25" t="s">
-        <v>498</v>
+        <v>591</v>
       </c>
       <c r="L25" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="M25" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="N25" t="s">
-        <v>1399</v>
+        <v>1740</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>1246</v>
+        <v>1597</v>
       </c>
       <c r="Q25" t="s">
-        <v>1400</v>
+        <v>1628</v>
       </c>
       <c r="R25" t="s">
-        <v>1246</v>
+        <v>1597</v>
       </c>
       <c r="S25" t="s">
-        <v>52</v>
+        <v>1741</v>
       </c>
       <c r="T25" t="s">
-        <v>1249</v>
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B26" t="s">
+        <v>57</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1742</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1743</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1744</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1594</v>
+      </c>
+      <c r="J26" t="s">
+        <v>1745</v>
+      </c>
+      <c r="K26" t="s">
+        <v>591</v>
+      </c>
+      <c r="L26" t="s">
+        <v>30</v>
+      </c>
+      <c r="M26" t="s">
+        <v>492</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1746</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>1597</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>1747</v>
+      </c>
+      <c r="R26" t="s">
+        <v>1597</v>
+      </c>
+      <c r="S26" t="s">
+        <v>59</v>
+      </c>
+      <c r="T26" t="s">
+        <v>1589</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>