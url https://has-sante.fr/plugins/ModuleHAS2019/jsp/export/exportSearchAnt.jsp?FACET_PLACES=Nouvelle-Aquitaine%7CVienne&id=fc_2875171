--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4359" uniqueCount="1748">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3607" uniqueCount="1465">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -542,53 +542,50 @@
   <si>
     <t>ABDOLLAH Yassine</t>
   </si>
   <si>
     <t>25 April 2024</t>
   </si>
   <si>
     <t>Docteur MARIE CASTIGLIONI</t>
   </si>
   <si>
     <t>02/01/2023 09:33:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3401726/fr/docteur-marie-castiglioni</t>
   </si>
   <si>
     <t>p_3401726</t>
   </si>
   <si>
     <t>CASTIGLIONI</t>
   </si>
   <si>
     <t>MARIE</t>
   </si>
   <si>
-    <t>28 December 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur MARIE BARAT-DRILLAUD</t>
   </si>
   <si>
     <t>19/12/2022 11:33:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3397699/fr/docteur-marie-barat-drillaud</t>
   </si>
   <si>
     <t>p_3397699</t>
   </si>
   <si>
     <t>BARAT-DRILLAUD</t>
   </si>
   <si>
     <t>15 December 2022</t>
   </si>
   <si>
     <t>Docteur MAXIME VALLEE</t>
   </si>
   <si>
     <t>24/06/2022 09:34:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3347836/fr/docteur-maxime-vallee</t>
@@ -671,461 +668,458 @@
   <si>
     <t>BRETON</t>
   </si>
   <si>
     <t>JULIE</t>
   </si>
   <si>
     <t>Docteur BENOIT GIRAUD</t>
   </si>
   <si>
     <t>23/06/2022 18:33:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3347206/fr/docteur-benoit-giraud</t>
   </si>
   <si>
     <t>p_3347206</t>
   </si>
   <si>
     <t>GIRAUD</t>
   </si>
   <si>
     <t>BENOIT</t>
   </si>
   <si>
+    <t>Docteur LUDIVINE ROUSSEAU</t>
+  </si>
+  <si>
+    <t>23/06/2022 18:33:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3347214/fr/docteur-ludivine-rousseau</t>
+  </si>
+  <si>
+    <t>p_3347214</t>
+  </si>
+  <si>
+    <t>ROUSSEAU</t>
+  </si>
+  <si>
+    <t>LUDIVINE</t>
+  </si>
+  <si>
     <t>23 June 2022</t>
   </si>
   <si>
-    <t>Docteur LUDIVINE ROUSSEAU</t>
-[...16 lines deleted...]
-  <si>
     <t>Professeur CHRISTOPHE JAYLE</t>
   </si>
   <si>
     <t>28/04/2022 12:31:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3335317/fr/professeur-christophe-jayle</t>
   </si>
   <si>
     <t>p_3335317</t>
   </si>
   <si>
     <t>JAYLE</t>
   </si>
   <si>
     <t>CHRISTOPHE</t>
   </si>
   <si>
     <t>19 October 2023</t>
   </si>
   <si>
     <t>Docteur PAUL ARTHUR HAINEAUX</t>
   </si>
   <si>
     <t>02/07/2021 10:32:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3275652/fr/docteur-paul-arthur-haineaux</t>
   </si>
   <si>
     <t>p_3275652</t>
   </si>
   <si>
     <t>HAINEAUX</t>
   </si>
   <si>
     <t>PAUL ARTHUR</t>
   </si>
   <si>
-    <t>01 July 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur BRUNO DEGAND</t>
   </si>
   <si>
     <t>07/05/2021 10:31:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3265219/fr/docteur-bruno-degand</t>
   </si>
   <si>
     <t>p_3265219</t>
   </si>
   <si>
     <t>DEGAND</t>
   </si>
   <si>
     <t>BRUNO</t>
   </si>
   <si>
+    <t>Docteur CYNTHIA DUCAMP</t>
+  </si>
+  <si>
+    <t>21/01/2021 15:31:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233297/fr/docteur-cynthia-ducamp</t>
+  </si>
+  <si>
+    <t>p_3233297</t>
+  </si>
+  <si>
+    <t>DUCAMP</t>
+  </si>
+  <si>
+    <t>CYNTHIA</t>
+  </si>
+  <si>
+    <t>20 February 2025</t>
+  </si>
+  <si>
+    <t>Docteur GERALDINE ALLAIN</t>
+  </si>
+  <si>
+    <t>04/01/2021 16:32:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228263/fr/docteur-geraldine-allain</t>
+  </si>
+  <si>
+    <t>p_3228263</t>
+  </si>
+  <si>
+    <t>ALLAIN</t>
+  </si>
+  <si>
+    <t>GERALDINE</t>
+  </si>
+  <si>
+    <t>Docteur FRANCOIS LE GAL</t>
+  </si>
+  <si>
+    <t>04/01/2021 16:32:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228265/fr/docteur-francois-le-gal</t>
+  </si>
+  <si>
+    <t>p_3228265</t>
+  </si>
+  <si>
+    <t>LE GAL</t>
+  </si>
+  <si>
+    <t>FRANCOIS</t>
+  </si>
+  <si>
+    <t>Docteur SEBASTIEN LEVESQUE</t>
+  </si>
+  <si>
+    <t>27/11/2020 10:32:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220901/fr/docteur-sebastien-levesque</t>
+  </si>
+  <si>
+    <t>p_3220901</t>
+  </si>
+  <si>
+    <t>LEVESQUE</t>
+  </si>
+  <si>
+    <t>SEBASTIEN</t>
+  </si>
+  <si>
+    <t>26 November 2020</t>
+  </si>
+  <si>
+    <t>Docteur DAVID DUJARDIN</t>
+  </si>
+  <si>
+    <t>27/11/2020 10:32:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220918/fr/docteur-david-dujardin</t>
+  </si>
+  <si>
+    <t>p_3220918</t>
+  </si>
+  <si>
+    <t>DUJARDIN</t>
+  </si>
+  <si>
+    <t>Docteur GAELLE PIQUIER-PERRET</t>
+  </si>
+  <si>
+    <t>27/02/2020 12:40:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159681/fr/docteur-gaelle-piquier-perret</t>
+  </si>
+  <si>
+    <t>p_3159681</t>
+  </si>
+  <si>
+    <t>PIQUIER-PERRET</t>
+  </si>
+  <si>
+    <t>GAELLE</t>
+  </si>
+  <si>
+    <t>21 December 2023</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU FIEF DE GRIMOIRE</t>
+  </si>
+  <si>
+    <t>860780568</t>
+  </si>
+  <si>
+    <t>Docteur Cédric NADEAU</t>
+  </si>
+  <si>
+    <t>15/05/2017 17:40:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2767989/fr/docteur-cedric-nadeau</t>
+  </si>
+  <si>
+    <t>c_2767989</t>
+  </si>
+  <si>
+    <t>NADEAU</t>
+  </si>
+  <si>
+    <t>Cédric</t>
+  </si>
+  <si>
+    <t>Docteur Florence ELLIA - BENAND</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:30:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739156/fr/docteur-florence-ellia-benand</t>
+  </si>
+  <si>
+    <t>c_2739156</t>
+  </si>
+  <si>
+    <t>ELLIA - BENAND</t>
+  </si>
+  <si>
+    <t>Florence</t>
+  </si>
+  <si>
+    <t>GCS POLE DE SANTE DU VILLENEUVOIS,CLINIQUE DU FIEF DE GRIMOIRE</t>
+  </si>
+  <si>
+    <t>47305,86000</t>
+  </si>
+  <si>
+    <t>VILLENEUVE SUR LOT,POITIERS</t>
+  </si>
+  <si>
+    <t>470016049,860780568</t>
+  </si>
+  <si>
+    <t>Docteur Catherine DESBOIS SUARD</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739705/fr/docteur-catherine-desbois-suard</t>
+  </si>
+  <si>
+    <t>c_2739705</t>
+  </si>
+  <si>
+    <t>DESBOIS SUARD</t>
+  </si>
+  <si>
+    <t>Catherine</t>
+  </si>
+  <si>
+    <t>CHU DE POITIERS - SITE CHATELLERAULT,CLINIQUE DE CHATELLERAULT</t>
+  </si>
+  <si>
+    <t>86106,86100</t>
+  </si>
+  <si>
+    <t>CHATELLERAULT,CHATELLERAULT</t>
+  </si>
+  <si>
+    <t>860000025,860780311</t>
+  </si>
+  <si>
+    <t>Docteur Rob BEEKMAN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739964/fr/docteur-rob-beekman</t>
+  </si>
+  <si>
+    <t>c_2739964</t>
+  </si>
+  <si>
+    <t>BEEKMAN</t>
+  </si>
+  <si>
+    <t>Rob</t>
+  </si>
+  <si>
+    <t>19 January 2023</t>
+  </si>
+  <si>
+    <t>Docteur Lionel BONNET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708502/fr/docteur-lionel-bonnet</t>
+  </si>
+  <si>
+    <t>c_2708502</t>
+  </si>
+  <si>
+    <t>BONNET</t>
+  </si>
+  <si>
+    <t>Lionel</t>
+  </si>
+  <si>
+    <t>17 October 2024</t>
+  </si>
+  <si>
+    <t>Docteur Michel DESPERIEZ</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708534/fr/docteur-michel-desperiez</t>
+  </si>
+  <si>
+    <t>c_2708534</t>
+  </si>
+  <si>
+    <t>DESPERIEZ</t>
+  </si>
+  <si>
+    <t>Michel</t>
+  </si>
+  <si>
+    <t>Docteur Philippe MEIRE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708761/fr/docteur-philippe-meire</t>
+  </si>
+  <si>
+    <t>c_2708761</t>
+  </si>
+  <si>
+    <t>MEIRE</t>
+  </si>
+  <si>
+    <t>Philippe</t>
+  </si>
+  <si>
+    <t>Docteur Hayssam NASSER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708792/fr/docteur-hayssam-nasser</t>
+  </si>
+  <si>
+    <t>c_2708792</t>
+  </si>
+  <si>
+    <t>NASSER</t>
+  </si>
+  <si>
+    <t>Hayssam</t>
+  </si>
+  <si>
+    <t>03 February 2022</t>
+  </si>
+  <si>
+    <t>CHU DE POITIERS - SITE CHATELLERAULT</t>
+  </si>
+  <si>
+    <t>86106</t>
+  </si>
+  <si>
+    <t>CHATELLERAULT</t>
+  </si>
+  <si>
+    <t>860000025</t>
+  </si>
+  <si>
+    <t>Docteur Thibaud LUDOT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709351/fr/docteur-thibaud-ludot</t>
+  </si>
+  <si>
+    <t>c_2709351</t>
+  </si>
+  <si>
+    <t>LUDOT</t>
+  </si>
+  <si>
+    <t>Thibaud</t>
+  </si>
+  <si>
     <t>06 May 2021</t>
   </si>
   <si>
-    <t>Docteur CYNTHIA DUCAMP</t>
-[...325 lines deleted...]
-  <si>
     <t>Professeur Pierre CORBI</t>
   </si>
   <si>
     <t>08/11/2016 11:32:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710293/fr/professeur-pierre-corbi</t>
   </si>
   <si>
     <t>c_2710293</t>
   </si>
   <si>
     <t>CORBI</t>
   </si>
   <si>
     <t>Pierre</t>
   </si>
   <si>
     <t>CHU LA MILETRIE,CDAG - CTRE DEPIST. ANON. &amp; GRAT.</t>
   </si>
   <si>
     <t>86021,86000</t>
   </si>
   <si>
     <t>POITIERS,POITIERS</t>
@@ -1199,51 +1193,51 @@
   <si>
     <t>BASCOU-FERRANDIS</t>
   </si>
   <si>
     <t>Valerie</t>
   </si>
   <si>
     <t>Docteur Imad BEYDOUN</t>
   </si>
   <si>
     <t>08/11/2016 11:33:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711121/fr/docteur-imad-beydoun</t>
   </si>
   <si>
     <t>c_2711121</t>
   </si>
   <si>
     <t>BEYDOUN</t>
   </si>
   <si>
     <t>Imad</t>
   </si>
   <si>
-    <t>16 December 2021</t>
+    <t>20 November 2025</t>
   </si>
   <si>
     <t>Docteur Alain GODARD</t>
   </si>
   <si>
     <t>08/11/2016 11:33:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711238/fr/docteur-alain-godard</t>
   </si>
   <si>
     <t>c_2711238</t>
   </si>
   <si>
     <t>GODARD</t>
   </si>
   <si>
     <t>Alain</t>
   </si>
   <si>
     <t>31 March 2022</t>
   </si>
   <si>
     <t>Docteur Xavier GAULT</t>
   </si>
@@ -1271,68 +1265,71 @@
   <si>
     <t>86100</t>
   </si>
   <si>
     <t>860780311</t>
   </si>
   <si>
     <t>Docteur Anne MARTAILLE</t>
   </si>
   <si>
     <t>08/11/2016 11:35:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712472/fr/docteur-anne-martaille</t>
   </si>
   <si>
     <t>c_2712472</t>
   </si>
   <si>
     <t>MARTAILLE</t>
   </si>
   <si>
     <t>Anne</t>
   </si>
   <si>
-    <t>29 December 2020</t>
+    <t>16 January 2025</t>
   </si>
   <si>
     <t>Professeur Xavier FRITEL</t>
   </si>
   <si>
     <t>08/11/2016 11:35:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712643/fr/professeur-xavier-fritel</t>
   </si>
   <si>
     <t>c_2712643</t>
   </si>
   <si>
     <t>FRITEL</t>
   </si>
   <si>
+    <t>26 February 2026</t>
+  </si>
+  <si>
     <t>Docteur Aurélie DJEZZAR-HOMO</t>
   </si>
   <si>
     <t>08/11/2016 11:35:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712829/fr/docteur-aurelie-djezzar-homo</t>
   </si>
   <si>
     <t>c_2712829</t>
   </si>
   <si>
     <t>DJEZZAR-HOMO</t>
   </si>
   <si>
     <t>Aurélie</t>
   </si>
   <si>
     <t>Docteur Mélie SARREAU</t>
   </si>
   <si>
     <t>08/11/2016 11:35:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712893/fr/docteur-melie-sarreau</t>
@@ -1475,3581 +1472,2792 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>EHPAD RESIDENCE LES TILLEULS</t>
+  </si>
+  <si>
+    <t>04/03/2026 05:06:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16563_FicheESSMS/fr/ehpad-residence-les-tilleuls</t>
+  </si>
+  <si>
+    <t>16563_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Des Alouettes</t>
+  </si>
+  <si>
+    <t>86370 VIVONNE</t>
+  </si>
+  <si>
+    <t>VIVONNE</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>860011022</t>
+  </si>
+  <si>
+    <t>SESSAD PIERRE GARNIER</t>
+  </si>
+  <si>
+    <t>03/03/2026 05:07:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16509_FicheESSMS/fr/sessad-pierre-garnier</t>
+  </si>
+  <si>
+    <t>16509_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Route De Chauvigny</t>
+  </si>
+  <si>
+    <t>86550 MIGNALOUX BEAUVOIR</t>
+  </si>
+  <si>
+    <t>MIGNALOUX BEAUVOIR</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>860008812</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT DE L'ESAT</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:11:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16145_FicheESSMS/fr/foyer-hebergement-de-l-esat</t>
+  </si>
+  <si>
+    <t>16145_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Impasse Du General Cheminaud</t>
+  </si>
+  <si>
+    <t>86170 NEUVILLE DE POITOU</t>
+  </si>
+  <si>
+    <t>NEUVILLE DE POITOU</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>860010602</t>
+  </si>
+  <si>
+    <t>SAVS DU HAUT POITOU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16144_FicheESSMS/fr/savs-du-haut-poitou</t>
+  </si>
+  <si>
+    <t>16144_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue De Mavault</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>860015056</t>
+  </si>
+  <si>
+    <t>ESAT DU HAUT POITOU</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:11:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16146_FicheESSMS/fr/esat-du-haut-poitou</t>
+  </si>
+  <si>
+    <t>16146_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>860008622</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE "LA BARBAMAISON"</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:11:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16167_FicheESSMS/fr/lieu-de-vie-la-barbamaison</t>
+  </si>
+  <si>
+    <t>16167_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Grande Rue Rue</t>
+  </si>
+  <si>
+    <t>86700 VALENCE EN POITOU</t>
+  </si>
+  <si>
+    <t>VALENCE EN POITOU</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>860011675</t>
+  </si>
+  <si>
     <t>IME MOULINS RENE TETARD</t>
   </si>
   <si>
     <t>17/01/2026 05:05:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15305_FicheESSMS/fr/ime-moulins-rene-tetard</t>
   </si>
   <si>
     <t>15305_FicheESSMS</t>
   </si>
   <si>
     <t>13 Chemin De Moulins</t>
   </si>
   <si>
     <t>86800 SEVRES ANXAUMONT</t>
   </si>
   <si>
     <t>SEVRES ANXAUMONT</t>
   </si>
   <si>
-    <t>86</t>
-[...7 lines deleted...]
-  <si>
     <t>Institut Médico-Educatif (I.M.E.)</t>
   </si>
   <si>
     <t>860780162</t>
   </si>
   <si>
     <t>RESIDENCE AUTONOMIE LE PARC DE GENCAY</t>
   </si>
   <si>
     <t>17/01/2026 05:12:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15518_FicheESSMS/fr/residence-autonomie-le-parc-de-gencay</t>
   </si>
   <si>
     <t>15518_FicheESSMS</t>
   </si>
   <si>
     <t>1 Cité De La Roche</t>
   </si>
   <si>
     <t>86160 GENCAY</t>
   </si>
   <si>
     <t>GENCAY</t>
   </si>
   <si>
-    <t>Public</t>
-[...4 lines deleted...]
-  <si>
     <t>Résidences autonomie</t>
   </si>
   <si>
     <t>860780790</t>
   </si>
   <si>
     <t>EHPAD GERAUD DE PIERREDON</t>
   </si>
   <si>
     <t>17/01/2026 05:12:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15519_FicheESSMS/fr/ehpad-geraud-de-pierredon</t>
   </si>
   <si>
     <t>15519_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue Geraud De Pierredon</t>
   </si>
   <si>
-    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
-[...1 lines deleted...]
-  <si>
     <t>860006329</t>
   </si>
   <si>
     <t>LIEU DE VIE "LE CHANT D'OISEAUX"</t>
   </si>
   <si>
     <t>17/12/2025 05:02:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15252_FicheESSMS/fr/lieu-de-vie-le-chant-d-oiseaux</t>
   </si>
   <si>
     <t>15252_FicheESSMS</t>
   </si>
   <si>
     <t>12 Rue De La Gare</t>
   </si>
   <si>
     <t>86250 CHARROUX</t>
   </si>
   <si>
     <t>CHARROUX</t>
   </si>
   <si>
-    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
-[...4 lines deleted...]
-  <si>
     <t>860010909</t>
   </si>
   <si>
     <t>LIEU DE VIE "LA VIE DEVANT SOI"</t>
   </si>
   <si>
     <t>11/12/2025 05:13:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15146_FicheESSMS/fr/lieu-de-vie-la-vie-devant-soi</t>
   </si>
   <si>
     <t>15146_FicheESSMS</t>
   </si>
   <si>
     <t>21 Rue De La Croix Blanche</t>
   </si>
   <si>
     <t>86360 CHASSENEUIL DU POITOU</t>
   </si>
   <si>
     <t>CHASSENEUIL DU POITOU</t>
   </si>
   <si>
     <t>860010297</t>
   </si>
   <si>
-    <t>RESIDENCE AUTONOMIE LE BON ACCUEIL</t>
-[...46 lines deleted...]
-  <si>
     <t>LVA LA PIGNONETTE</t>
   </si>
   <si>
     <t>07/11/2025 16:25:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14339_FicheESSMS/fr/lva-la-pignonette</t>
   </si>
   <si>
     <t>14339_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Des Ecoles</t>
   </si>
   <si>
     <t>86230 VELLECHES</t>
   </si>
   <si>
     <t>VELLECHES</t>
   </si>
   <si>
-    <t>Privé commercial</t>
-[...1 lines deleted...]
-  <si>
     <t>860015585</t>
   </si>
   <si>
     <t>LIEU DE VIE "SAINT NICOLAS"</t>
   </si>
   <si>
     <t>07/11/2025 16:26:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14398_FicheESSMS/fr/lieu-de-vie-saint-nicolas</t>
   </si>
   <si>
     <t>14398_FicheESSMS</t>
   </si>
   <si>
     <t>86340 FLEURE</t>
   </si>
   <si>
     <t>FLEURE</t>
   </si>
   <si>
     <t>860007368</t>
   </si>
   <si>
-    <t>EHPAD RESIDENCE LOUIS ARAGON</t>
-[...11 lines deleted...]
-    <t>25 Rue Elsa Triolet</t>
+    <t>SAAD O2 POITIERS</t>
+  </si>
+  <si>
+    <t>21/10/2025 16:17:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14182_FicheESSMS/fr/saad-o2-poitiers</t>
+  </si>
+  <si>
+    <t>14182_FicheESSMS</t>
+  </si>
+  <si>
+    <t>69 Rue Carnot</t>
+  </si>
+  <si>
+    <t>86000 POITIERS</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>860015858</t>
+  </si>
+  <si>
+    <t>SESSAD MONTMORILLON</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:20:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13312_FicheESSMS/fr/sessad-montmorillon</t>
+  </si>
+  <si>
+    <t>13312_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Avenue De Provence</t>
+  </si>
+  <si>
+    <t>86500 MONTMORILLON</t>
+  </si>
+  <si>
+    <t>MONTMORILLON</t>
+  </si>
+  <si>
+    <t>860010586</t>
+  </si>
+  <si>
+    <t>IME LES JAUMES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13311_FicheESSMS/fr/ime-les-jaumes</t>
+  </si>
+  <si>
+    <t>13311_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Jaumes</t>
+  </si>
+  <si>
+    <t>860780410</t>
+  </si>
+  <si>
+    <t>FAM - DEF PSYCHIQUE - H LABORIT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/531_FicheESSMS/fr/fam-def-psychique-h-laborit</t>
+  </si>
+  <si>
+    <t>531_FicheESSMS</t>
+  </si>
+  <si>
+    <t>200 Rue Tino Rossi</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>860014109</t>
+  </si>
+  <si>
+    <t>IME LE ROC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1360_FicheESSMS/fr/ime-le-roc</t>
+  </si>
+  <si>
+    <t>1360_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De La Mairie</t>
+  </si>
+  <si>
+    <t>86400 ST GAUDENT</t>
+  </si>
+  <si>
+    <t>ST GAUDENT</t>
+  </si>
+  <si>
+    <t>860780188</t>
+  </si>
+  <si>
+    <t>EHPAD RES LES JARDINS DE CHARLOTTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1490_FicheESSMS/fr/ehpad-res-les-jardins-de-charlotte</t>
+  </si>
+  <si>
+    <t>1490_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Des Lilas</t>
+  </si>
+  <si>
+    <t>860010784</t>
+  </si>
+  <si>
+    <t>SAMSAH TSA 86</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/112_FicheESSMS/fr/samsah-tsa-86</t>
+  </si>
+  <si>
+    <t>112_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Place Richard Coeur De Lion</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>860014505</t>
+  </si>
+  <si>
+    <t>SESSAD TED 86</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/111_FicheESSMS/fr/sessad-ted-86</t>
+  </si>
+  <si>
+    <t>111_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Place Jean Sans Terre</t>
+  </si>
+  <si>
+    <t>860010727</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE PASTEUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/303_FicheESSMS/fr/ehpad-residence-pasteur</t>
+  </si>
+  <si>
+    <t>303_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Joseph Meister</t>
+  </si>
+  <si>
+    <t>860012079</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DE SALOME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/348_FicheESSMS/fr/ehpad-les-jardins-de-salome</t>
+  </si>
+  <si>
+    <t>348_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Antoine De Saint Exupery</t>
+  </si>
+  <si>
+    <t>86240 FONTAINE LE COMTE</t>
+  </si>
+  <si>
+    <t>FONTAINE LE COMTE</t>
+  </si>
+  <si>
+    <t>860013564</t>
+  </si>
+  <si>
+    <t>ACT CORDIA POITIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/355_FicheESSMS/fr/act-cordia-poitiers</t>
+  </si>
+  <si>
+    <t>355_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Scheurer Kestner</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
+  </si>
+  <si>
+    <t>860010669</t>
+  </si>
+  <si>
+    <t>MAS PORT D'ATTACHE - ADAPEI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1362_FicheESSMS/fr/mas-port-d-attache-adapei</t>
+  </si>
+  <si>
+    <t>1362_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Avenue Grottes De Passe-Lourdain</t>
+  </si>
+  <si>
+    <t>86281 ST BENOIT</t>
+  </si>
+  <si>
+    <t>ST BENOIT</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>860010958</t>
+  </si>
+  <si>
+    <t>EAM LA FORET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1361_FicheESSMS/fr/eam-la-foret</t>
+  </si>
+  <si>
+    <t>1361_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Avenue Grottes De Passe Lourdain</t>
+  </si>
+  <si>
+    <t>86280 ST BENOIT</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>860011402</t>
+  </si>
+  <si>
+    <t>SESSAD CENTRE VIENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1575_FicheESSMS/fr/sessad-centre-vienne</t>
+  </si>
+  <si>
+    <t>1575_FicheESSMS</t>
+  </si>
+  <si>
+    <t>94 Allée De La Vervoliere</t>
+  </si>
+  <si>
+    <t>860785625</t>
+  </si>
+  <si>
+    <t>SESSAD SUD VIENNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1574_FicheESSMS/fr/sessad-sud-vienne</t>
+  </si>
+  <si>
+    <t>1574_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Theophile Porcheron</t>
+  </si>
+  <si>
+    <t>86400 CIVRAY</t>
+  </si>
+  <si>
+    <t>CIVRAY</t>
+  </si>
+  <si>
+    <t>860008804</t>
+  </si>
+  <si>
+    <t>IME LES PAPILLONS BLANCS - MAUROC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1585_FicheESSMS/fr/ime-les-papillons-blancs-mauroc</t>
+  </si>
+  <si>
+    <t>1585_FicheESSMS</t>
+  </si>
+  <si>
+    <t>49 Rue De Mauroc</t>
+  </si>
+  <si>
+    <t>860780121</t>
+  </si>
+  <si>
+    <t>EHPAD LE PETIT CLOS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1632_FicheESSMS/fr/ehpad-le-petit-clos</t>
+  </si>
+  <si>
+    <t>1632_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Allée Des Myosotis</t>
+  </si>
+  <si>
+    <t>860012673</t>
+  </si>
+  <si>
+    <t>SAVS ADAPEI 86</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2158_FicheESSMS/fr/savs-adapei-86</t>
+  </si>
+  <si>
+    <t>2158_FicheESSMS</t>
+  </si>
+  <si>
+    <t>78 Avenue De La Liberation</t>
+  </si>
+  <si>
+    <t>860791599</t>
+  </si>
+  <si>
+    <t>EANM FOYER VIE BLEU SOLEIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2157_FicheESSMS/fr/eanm-foyer-vie-bleu-soleil</t>
+  </si>
+  <si>
+    <t>2157_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Louise Michel</t>
+  </si>
+  <si>
+    <t>860015650</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE + SAJ LA PRAIRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2156_FicheESSMS/fr/foyer-de-vie-saj-la-prairie</t>
+  </si>
+  <si>
+    <t>2156_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Grande Rue</t>
+  </si>
+  <si>
+    <t>86510 CHAUNAY</t>
+  </si>
+  <si>
+    <t>CHAUNAY</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>860005578</t>
+  </si>
+  <si>
+    <t>ESAT JOSEPH ROUIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2155_FicheESSMS/fr/esat-joseph-rouil</t>
+  </si>
+  <si>
+    <t>2155_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86400 LIZANT</t>
+  </si>
+  <si>
+    <t>LIZANT</t>
+  </si>
+  <si>
+    <t>860784354</t>
+  </si>
+  <si>
+    <t>ESAT CHANTEJEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2153_FicheESSMS/fr/esat-chantejeau</t>
+  </si>
+  <si>
+    <t>2153_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue De Chantejeau</t>
+  </si>
+  <si>
+    <t>860780600</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE EMERAUDES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2218_FicheESSMS/fr/ehpad-residence-emeraudes</t>
+  </si>
+  <si>
+    <t>2218_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Vassalour</t>
+  </si>
+  <si>
+    <t>86300 CHAUVIGNY</t>
+  </si>
+  <si>
+    <t>CHAUVIGNY</t>
+  </si>
+  <si>
+    <t>860010982</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE CERES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2220_FicheESSMS/fr/ehpad-residence-ceres</t>
+  </si>
+  <si>
+    <t>2220_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48 Rue Jules Edouard Menard</t>
+  </si>
+  <si>
+    <t>86230 ST GERVAIS LES TROIS CLOCH</t>
+  </si>
+  <si>
+    <t>ST GERVAIS LES TROIS CLOCH</t>
+  </si>
+  <si>
+    <t>860789734</t>
+  </si>
+  <si>
+    <t>CHRS POLE HEB SISA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2296_FicheESSMS/fr/chrs-pole-heb-sisa</t>
+  </si>
+  <si>
+    <t>2296_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Avenue Pierre Abelin</t>
+  </si>
+  <si>
+    <t>86100 CHATELLERAULT</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>860784313</t>
+  </si>
+  <si>
+    <t>ESAT ESSOR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2656_FicheESSMS/fr/esat-essor</t>
+  </si>
+  <si>
+    <t>2656_FicheESSMS</t>
+  </si>
+  <si>
+    <t>233 Rue Des Entrepreneurs</t>
+  </si>
+  <si>
+    <t>860782531</t>
+  </si>
+  <si>
+    <t>ESRP EPNAK 86</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3592_FicheESSMS/fr/esrp-epnak-86</t>
+  </si>
+  <si>
+    <t>3592_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Avenue Rene Cassin</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Réadaptation Professionnelle</t>
+  </si>
+  <si>
+    <t>860015825</t>
+  </si>
+  <si>
+    <t>ESPO EPNAK 86</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3590_FicheESSMS/fr/espo-epnak-86</t>
+  </si>
+  <si>
+    <t>3590_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Préorientation</t>
+  </si>
+  <si>
+    <t>860015833</t>
+  </si>
+  <si>
+    <t>EHPAD VILLA LES VARENNES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4741_FicheESSMS/fr/ehpad-villa-les-varennes</t>
+  </si>
+  <si>
+    <t>4741_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Allée Rene Allamachere</t>
+  </si>
+  <si>
+    <t>86130 ST GEORGES LES BAILLARGEAU</t>
+  </si>
+  <si>
+    <t>ST GEORGES LES BAILLARGEAU</t>
+  </si>
+  <si>
+    <t>860010974</t>
+  </si>
+  <si>
+    <t>EHPAD RES MARGUERITE LE TILLIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4753_FicheESSMS/fr/ehpad-res-marguerite-le-tillier</t>
+  </si>
+  <si>
+    <t>4753_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Emile Duclaux</t>
+  </si>
+  <si>
+    <t>860012848</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE RENE CROZET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4752_FicheESSMS/fr/ehpad-residence-rene-crozet</t>
+  </si>
+  <si>
+    <t>4752_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Avenue Georges Pompidou</t>
+  </si>
+  <si>
+    <t>860012319</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE DES TAMISIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4820_FicheESSMS/fr/ehpad-residence-des-tamisiers</t>
+  </si>
+  <si>
+    <t>4820_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86360 MONTAMISE</t>
+  </si>
+  <si>
+    <t>MONTAMISE</t>
+  </si>
+  <si>
+    <t>860789726</t>
+  </si>
+  <si>
+    <t>EHPAD LES BUDDLEIAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4976_FicheESSMS/fr/ehpad-les-buddleias</t>
+  </si>
+  <si>
+    <t>4976_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86290 BRIGUEIL LE CHANTRE</t>
+  </si>
+  <si>
+    <t>BRIGUEIL LE CHANTRE</t>
+  </si>
+  <si>
+    <t>860780543</t>
+  </si>
+  <si>
+    <t>EHPAD LES ALBIZIAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4975_FicheESSMS/fr/ehpad-les-albizias</t>
+  </si>
+  <si>
+    <t>4975_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Route De Journet</t>
+  </si>
+  <si>
+    <t>86290 LA TRIMOUILLE</t>
+  </si>
+  <si>
+    <t>LA TRIMOUILLE</t>
+  </si>
+  <si>
+    <t>860790625</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LA TOUR DE VIGENNA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5068_FicheESSMS/fr/ehpad-residence-la-tour-de-vigenna</t>
+  </si>
+  <si>
+    <t>5068_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Clos Senille</t>
+  </si>
+  <si>
+    <t>86100 SENILLE ST SAUVEUR</t>
+  </si>
+  <si>
+    <t>SENILLE ST SAUVEUR</t>
+  </si>
+  <si>
+    <t>860010883</t>
+  </si>
+  <si>
+    <t>RESIDENCE L'AGE D'OR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5067_FicheESSMS/fr/residence-l-age-d-or</t>
+  </si>
+  <si>
+    <t>5067_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Saint Exupery</t>
+  </si>
+  <si>
+    <t>86140 LENCLOITRE</t>
+  </si>
+  <si>
+    <t>LENCLOITRE</t>
+  </si>
+  <si>
+    <t>860782051</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LUMIERES D'AUTOMNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/937_FicheESSMS/fr/ehpad-residence-lumieres-d-automne</t>
+  </si>
+  <si>
+    <t>937_FicheESSMS</t>
+  </si>
+  <si>
+    <t>310 Avenue De La Liberte</t>
+  </si>
+  <si>
+    <t>86180 BUXEROLLES</t>
+  </si>
+  <si>
+    <t>BUXEROLLES</t>
+  </si>
+  <si>
+    <t>860006402</t>
+  </si>
+  <si>
+    <t>EHPAD LE CLOS DES MYOSOTIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1631_FicheESSMS/fr/ehpad-le-clos-des-myosotis</t>
+  </si>
+  <si>
+    <t>1631_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Allée Des Myosotis</t>
+  </si>
+  <si>
+    <t>860006469</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE D'OR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2009_FicheESSMS/fr/ehpad-residence-d-or</t>
+  </si>
+  <si>
+    <t>2009_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue D'Ypres</t>
+  </si>
+  <si>
+    <t>860789718</t>
+  </si>
+  <si>
+    <t>ESAT LAVAUSSEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2154_FicheESSMS/fr/esat-lavausseau</t>
+  </si>
+  <si>
+    <t>2154_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Route De Vouille</t>
+  </si>
+  <si>
+    <t>86470 BOIVRE LA VALLEE</t>
+  </si>
+  <si>
+    <t>BOIVRE LA VALLEE</t>
+  </si>
+  <si>
+    <t>860784503</t>
+  </si>
+  <si>
+    <t>LVA LES REPERES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2573_FicheESSMS/fr/lva-les-reperes</t>
+  </si>
+  <si>
+    <t>2573_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Moulin Chaperon</t>
+  </si>
+  <si>
+    <t>86130 JAUNAY MARIGNY</t>
+  </si>
+  <si>
+    <t>JAUNAY MARIGNY</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>860015601</t>
+  </si>
+  <si>
+    <t>EANM JEAN DEBELUT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2596_FicheESSMS/fr/eanm-jean-debelut</t>
+  </si>
+  <si>
+    <t>2596_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86800 ST JULIEN L ARS</t>
+  </si>
+  <si>
+    <t>ST JULIEN L ARS</t>
+  </si>
+  <si>
+    <t>860792894</t>
+  </si>
+  <si>
+    <t>EHPAD LES TOURNESOLS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2738_FicheESSMS/fr/ehpad-les-tournesols</t>
+  </si>
+  <si>
+    <t>2738_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Ludovic Goulier</t>
+  </si>
+  <si>
+    <t>86220 DANGE ST ROMAIN</t>
+  </si>
+  <si>
+    <t>DANGE ST ROMAIN</t>
+  </si>
+  <si>
+    <t>860010628</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LE FLOREAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2737_FicheESSMS/fr/residence-autonomie-le-floreal</t>
+  </si>
+  <si>
+    <t>2737_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Ludovic Goulier</t>
+  </si>
+  <si>
+    <t>860785112</t>
+  </si>
+  <si>
+    <t>CSAPA POITIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2764_FicheESSMS/fr/csapa-poitiers</t>
+  </si>
+  <si>
+    <t>2764_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Carol Heitz</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>860784602</t>
+  </si>
+  <si>
+    <t>MAS - CH HENRI LABORIT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2763_FicheESSMS/fr/mas-ch-henri-laborit</t>
+  </si>
+  <si>
+    <t>2763_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Moulin Neuf</t>
+  </si>
+  <si>
+    <t>86190 VOUILLE</t>
+  </si>
+  <si>
+    <t>VOUILLE</t>
+  </si>
+  <si>
+    <t>860005800</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE L'OASIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3509_FicheESSMS/fr/residence-autonomie-l-oasis</t>
+  </si>
+  <si>
+    <t>3509_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Chateau Gaillard</t>
+  </si>
+  <si>
+    <t>860784529</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LES FEUILLANTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4978_FicheESSMS/fr/ehpad-residence-les-feuillants</t>
+  </si>
+  <si>
+    <t>4978_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Voie Malraux</t>
+  </si>
+  <si>
+    <t>860789858</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL ACCUEIL MEDICALISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6083_FicheESSMS/fr/foyer-occupationnel-accueil-medicalise</t>
+  </si>
+  <si>
+    <t>6083_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Petit Crouailles</t>
+  </si>
+  <si>
+    <t>86420 MONTS SUR GUESNES</t>
+  </si>
+  <si>
+    <t>MONTS SUR GUESNES</t>
+  </si>
+  <si>
+    <t>860013523</t>
+  </si>
+  <si>
+    <t>SECTION ANNEXE - ESAT CHEVAUX BLANCS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6125_FicheESSMS/fr/section-annexe-esat-chevaux-blancs</t>
+  </si>
+  <si>
+    <t>6125_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Avenue Ouagadougou</t>
+  </si>
+  <si>
+    <t>86200 LOUDUN</t>
+  </si>
+  <si>
+    <t>LOUDUN</t>
+  </si>
+  <si>
+    <t>860790526</t>
+  </si>
+  <si>
+    <t>SAVS L'ENTRE AIDE DU LOUDUNAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6123_FicheESSMS/fr/savs-l-entre-aide-du-loudunais</t>
+  </si>
+  <si>
+    <t>6123_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Rue Des Meures</t>
+  </si>
+  <si>
+    <t>860009802</t>
+  </si>
+  <si>
+    <t>ESAT LES ATELIERS DU LOUDUNAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6486_FicheESSMS/fr/esat-les-ateliers-du-loudunais</t>
+  </si>
+  <si>
+    <t>6486_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Avenue De Ouagadougou</t>
+  </si>
+  <si>
+    <t>860789775</t>
+  </si>
+  <si>
+    <t>EANM ANDRE RIDEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7889_FicheESSMS/fr/eanm-andre-rideau</t>
+  </si>
+  <si>
+    <t>7889_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Garestier-Lapierre</t>
+  </si>
+  <si>
+    <t>86430 ADRIERS</t>
+  </si>
+  <si>
+    <t>ADRIERS</t>
+  </si>
+  <si>
+    <t>860784420</t>
+  </si>
+  <si>
+    <t>EAM ELDORADO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7888_FicheESSMS/fr/eam-eldorado</t>
+  </si>
+  <si>
+    <t>7888_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86240 SMARVES</t>
+  </si>
+  <si>
+    <t>SMARVES</t>
+  </si>
+  <si>
+    <t>860011907</t>
+  </si>
+  <si>
+    <t>ESAT ANDRE RIDEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7887_FicheESSMS/fr/esat-andre-rideau</t>
+  </si>
+  <si>
+    <t>7887_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860780535</t>
+  </si>
+  <si>
+    <t>ESAT LES FLOTTEURS POITEVINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7886_FicheESSMS/fr/esat-les-flotteurs-poitevins</t>
+  </si>
+  <si>
+    <t>7886_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860791516</t>
+  </si>
+  <si>
+    <t>SAVS ANDRE RIDEAU - ADRIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7885_FicheESSMS/fr/savs-andre-rideau-adriers</t>
+  </si>
+  <si>
+    <t>7885_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860791227</t>
+  </si>
+  <si>
+    <t>SAVS SMARVES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7884_FicheESSMS/fr/savs-smarves</t>
+  </si>
+  <si>
+    <t>7884_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860015452</t>
+  </si>
+  <si>
+    <t>FEM ADSEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8246_FicheESSMS/fr/fem-adsea</t>
+  </si>
+  <si>
+    <t>8246_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Du General Reibel</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>860780642</t>
+  </si>
+  <si>
+    <t>SAMNA ADSEA 86</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8507_FicheESSMS/fr/samna-adsea-86</t>
+  </si>
+  <si>
+    <t>8507_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Denis Papin</t>
+  </si>
+  <si>
+    <t>860014240</t>
+  </si>
+  <si>
+    <t>CMPP - PEP 86</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8529_FicheESSMS/fr/cmpp-pep-86</t>
+  </si>
+  <si>
+    <t>8529_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Allée Du Champ Dinard</t>
+  </si>
+  <si>
+    <t>86440 MIGNE AUXANCES</t>
+  </si>
+  <si>
+    <t>MIGNE AUXANCES</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>860780139</t>
+  </si>
+  <si>
+    <t>CAMSP - PEP 86</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8528_FicheESSMS/fr/camsp-pep-86</t>
+  </si>
+  <si>
+    <t>8528_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>860782671</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM DE L'ATI DE LA VIENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/81_FicheESSMS/fr/service-mjpm-de-l-ati-de-la-vienne</t>
+  </si>
+  <si>
+    <t>81_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Goelette</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>860013069</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM DE L'ESAT ESSOR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/83_FicheESSMS/fr/service-mjpm-de-l-esat-essor</t>
+  </si>
+  <si>
+    <t>83_FicheESSMS</t>
+  </si>
+  <si>
+    <t>370 Avenue Jacques Coeur</t>
+  </si>
+  <si>
+    <t>86021 POITIERS</t>
+  </si>
+  <si>
+    <t>860012947</t>
+  </si>
+  <si>
+    <t>EANM FH DES ESAT QUARTIER CHILVERT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2359_FicheESSMS/fr/eanm-fh-des-esat-quartier-chilvert</t>
+  </si>
+  <si>
+    <t>2359_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De Chilvert</t>
+  </si>
+  <si>
+    <t>860006253</t>
+  </si>
+  <si>
+    <t>ESAT JEAN DEBELUT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2598_FicheESSMS/fr/esat-jean-debelut</t>
+  </si>
+  <si>
+    <t>2598_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860791482</t>
+  </si>
+  <si>
+    <t>SAVS ESAT JEAN DEBELUT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2597_FicheESSMS/fr/savs-esat-jean-debelut</t>
+  </si>
+  <si>
+    <t>2597_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860005842</t>
+  </si>
+  <si>
+    <t>LVALE CLOS DU VERGER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3577_FicheESSMS/fr/lvale-clos-du-verger</t>
+  </si>
+  <si>
+    <t>3577_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Du Quereux Du Sable</t>
+  </si>
+  <si>
+    <t>86170 CHAMPIGNY EN ROCHEREAU</t>
+  </si>
+  <si>
+    <t>CHAMPIGNY EN ROCHEREAU</t>
+  </si>
+  <si>
+    <t>860015734</t>
+  </si>
+  <si>
+    <t>RESIDENCE GABRIEL REAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3872_FicheESSMS/fr/residence-gabriel-reau</t>
+  </si>
+  <si>
+    <t>3872_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De L Eglise</t>
+  </si>
+  <si>
+    <t>86190 AYRON</t>
+  </si>
+  <si>
+    <t>AYRON</t>
+  </si>
+  <si>
+    <t>860791284</t>
+  </si>
+  <si>
+    <t>CENTRE DE RESSOURCES AUTISME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4652_FicheESSMS/fr/centre-de-ressources-autisme</t>
+  </si>
+  <si>
+    <t>4652_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Centres de Ressources S.A.I. (Sans Aucune Indication)</t>
+  </si>
+  <si>
+    <t>860011139</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE BELLEVUE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4732_FicheESSMS/fr/ehpad-residence-bellevue</t>
+  </si>
+  <si>
+    <t>4732_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Ancien Chemin Imperial</t>
+  </si>
+  <si>
+    <t>86320 LUSSAC LES CHATEAUX</t>
+  </si>
+  <si>
+    <t>LUSSAC LES CHATEAUX</t>
+  </si>
+  <si>
+    <t>860789320</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE RENE CROZET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4757_FicheESSMS/fr/residence-autonomie-rene-crozet</t>
+  </si>
+  <si>
+    <t>4757_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Avenue Georges Pompidou</t>
+  </si>
+  <si>
+    <t>860780857</t>
+  </si>
+  <si>
+    <t>RESIDENCE EDITH AUGUSTIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4756_FicheESSMS/fr/residence-edith-augustin</t>
+  </si>
+  <si>
+    <t>4756_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Hubert Latham</t>
+  </si>
+  <si>
+    <t>860780832</t>
+  </si>
+  <si>
+    <t>RA MARIE LOUISE TROUBAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4754_FicheESSMS/fr/ra-marie-louise-troubat</t>
+  </si>
+  <si>
+    <t>4754_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue De La Vallee Monnaie</t>
+  </si>
+  <si>
+    <t>860780865</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE "LE TEMPS VOULU"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5560_FicheESSMS/fr/lieu-de-vie-le-temps-voulu</t>
+  </si>
+  <si>
+    <t>5560_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86150 QUEAUX</t>
+  </si>
+  <si>
+    <t>QUEAUX</t>
+  </si>
+  <si>
+    <t>860790658</t>
+  </si>
+  <si>
+    <t>SSIAD DU CCAS DE POITIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5931_FicheESSMS/fr/ssiad-du-ccas-de-poitiers</t>
+  </si>
+  <si>
+    <t>5931_FicheESSMS</t>
+  </si>
+  <si>
+    <t>68 Rue Du Dolmens</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>860784578</t>
+  </si>
+  <si>
+    <t>EANM L'ELAN DU LOUDUNAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6124_FicheESSMS/fr/eanm-l-elan-du-loudunais</t>
+  </si>
+  <si>
+    <t>6124_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860789783</t>
+  </si>
+  <si>
+    <t>SESSAD AADH</t>
+  </si>
+  <si>
+    <t>10/09/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6194_FicheESSMS/fr/sessad-aadh</t>
+  </si>
+  <si>
+    <t>6194_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Des Meures</t>
+  </si>
+  <si>
+    <t>860011121</t>
+  </si>
+  <si>
+    <t>IME DE VENIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6193_FicheESSMS/fr/ime-de-veniers</t>
+  </si>
+  <si>
+    <t>6193_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Marius Ferran</t>
+  </si>
+  <si>
+    <t>860780147</t>
+  </si>
+  <si>
+    <t>CAMSP - AADH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6191_FicheESSMS/fr/camsp-aadh</t>
+  </si>
+  <si>
+    <t>6191_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860013275</t>
+  </si>
+  <si>
+    <t>CHRS PAUL PAINLEVE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6891_FicheESSMS/fr/chrs-paul-painleve</t>
+  </si>
+  <si>
+    <t>6891_FicheESSMS</t>
+  </si>
+  <si>
+    <t>136 Rue Paul Painleve</t>
+  </si>
+  <si>
+    <t>860786110</t>
+  </si>
+  <si>
+    <t>CEFORD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7329_FicheESSMS/fr/ceford</t>
+  </si>
+  <si>
+    <t>7329_FicheESSMS</t>
   </si>
   <si>
     <t>86530 NAINTRE</t>
   </si>
   <si>
     <t>NAINTRE</t>
   </si>
   <si>
-    <t>860010388</t>
-[...1037 lines deleted...]
-    <t>20 Rue Enjambes</t>
+    <t>860792985</t>
+  </si>
+  <si>
+    <t>CEFORD - HANDICAPES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7328_FicheESSMS/fr/ceford-handicapes</t>
+  </si>
+  <si>
+    <t>7328_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>860780170</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE DU MOULIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7470_FicheESSMS/fr/residence-autonomie-du-moulin</t>
+  </si>
+  <si>
+    <t>7470_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Route Du Moulin</t>
+  </si>
+  <si>
+    <t>86170 CHERVES</t>
+  </si>
+  <si>
+    <t>CHERVES</t>
+  </si>
+  <si>
+    <t>860782119</t>
+  </si>
+  <si>
+    <t>LVA LES ROBINSONS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7673_FicheESSMS/fr/lva-les-robinsons</t>
+  </si>
+  <si>
+    <t>7673_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86230 MONDION</t>
+  </si>
+  <si>
+    <t>MONDION</t>
+  </si>
+  <si>
+    <t>860015965</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE "A L'ABRI DES REMPARTS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7805_FicheESSMS/fr/lieu-de-vie-a-l-abri-des-remparts</t>
+  </si>
+  <si>
+    <t>7805_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86330 LA GRIMAUDIERE</t>
+  </si>
+  <si>
+    <t>LA GRIMAUDIERE</t>
+  </si>
+  <si>
+    <t>860011097</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE "LA COURTE ECHELLE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8018_FicheESSMS/fr/lieu-de-vie-la-courte-echelle</t>
+  </si>
+  <si>
+    <t>8018_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860007699</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LES FEUILLANTS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8078_FicheESSMS/fr/residence-autonomie-les-feuillants</t>
+  </si>
+  <si>
+    <t>8078_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860010339</t>
+  </si>
+  <si>
+    <t>SAA DOMILIA POITIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8334_FicheESSMS/fr/saa-domilia-poitiers</t>
+  </si>
+  <si>
+    <t>8334_FicheESSMS</t>
+  </si>
+  <si>
+    <t>75 Boulevard Du Grand Cerf</t>
+  </si>
+  <si>
+    <t>860016070</t>
+  </si>
+  <si>
+    <t>EAM L'ODYSSEE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8348_FicheESSMS/fr/eam-l-odyssee</t>
+  </si>
+  <si>
+    <t>8348_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Des Volliboeufs</t>
+  </si>
+  <si>
+    <t>860014133</t>
+  </si>
+  <si>
+    <t>EHPAD LES CHATAIGNIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8438_FicheESSMS/fr/ehpad-les-chataigniers</t>
+  </si>
+  <si>
+    <t>8438_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Chemin Du Chataignier</t>
+  </si>
+  <si>
+    <t>860780493</t>
+  </si>
+  <si>
+    <t>EHPAD LA BRUNETTERIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8503_FicheESSMS/fr/ehpad-la-brunetterie</t>
+  </si>
+  <si>
+    <t>8503_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Chemin De La Brunetterie</t>
+  </si>
+  <si>
+    <t>860780717</t>
+  </si>
+  <si>
+    <t>EAM FORET DES CHARMES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8691_FicheESSMS/fr/eam-foret-des-charmes</t>
+  </si>
+  <si>
+    <t>8691_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Route Du Puygiron</t>
+  </si>
+  <si>
+    <t>860010941</t>
+  </si>
+  <si>
+    <t>MAS LA FORET DES CHARMES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8689_FicheESSMS/fr/mas-la-foret-des-charmes</t>
+  </si>
+  <si>
+    <t>8689_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Route De Puygiron</t>
+  </si>
+  <si>
+    <t>860010636</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE PIERRE PERICARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11216_FicheESSMS/fr/ehpad-residence-pierre-pericard</t>
+  </si>
+  <si>
+    <t>11216_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Route De La Croche</t>
+  </si>
+  <si>
+    <t>86320 CIVAUX</t>
+  </si>
+  <si>
+    <t>CIVAUX</t>
+  </si>
+  <si>
+    <t>860011378</t>
+  </si>
+  <si>
+    <t>SAAD DOUCE VIE SERVICES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11526_FicheESSMS/fr/saad-douce-vie-services</t>
+  </si>
+  <si>
+    <t>11526_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Allée De La Providence</t>
+  </si>
+  <si>
+    <t>860011337</t>
+  </si>
+  <si>
+    <t>CHRS AUDACIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12034_FicheESSMS/fr/chrs-audacia</t>
+  </si>
+  <si>
+    <t>12034_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Place Sainte Croix</t>
+  </si>
+  <si>
+    <t>860012889</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM DE L'UDAF DE LA VIENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12068_FicheESSMS/fr/service-mjpm-de-l-udaf-de-la-vienne</t>
+  </si>
+  <si>
+    <t>12068_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue De La Garenne</t>
+  </si>
+  <si>
+    <t>860012939</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE LE PETIT LOGIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12697_FicheESSMS/fr/lieu-de-vie-le-petit-logis</t>
+  </si>
+  <si>
+    <t>12697_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Du Grand Rondeau</t>
+  </si>
+  <si>
+    <t>Lieux de vie</t>
+  </si>
+  <si>
+    <t>860007558</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM DE L'ATRC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12877_FicheESSMS/fr/service-mjpm-de-l-atrc</t>
+  </si>
+  <si>
+    <t>12877_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Résidence Jules Verne</t>
+  </si>
+  <si>
+    <t>860013028</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM DE L'APAJH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13036_FicheESSMS/fr/service-mjpm-de-l-apajh</t>
+  </si>
+  <si>
+    <t>13036_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue Saint Nicolas</t>
+  </si>
+  <si>
+    <t>860013010</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM DE L'ATG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13252_FicheESSMS/fr/service-mjpm-de-l-atg</t>
+  </si>
+  <si>
+    <t>13252_FicheESSMS</t>
+  </si>
+  <si>
+    <t>860013044</t>
+  </si>
+  <si>
+    <t>Département de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Code Finess de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Équipe accréditée</t>
+  </si>
+  <si>
+    <t>Équipe de Gynécologie Obstétrique CLINIQUE DU FIEF DE GRIMOIRE  (86)</t>
+  </si>
+  <si>
+    <t>26/02/2025 12:30:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593257/fr/equipe-de-gynecologie-obstetrique-clinique-du-fief-de-grimoire-86</t>
+  </si>
+  <si>
+    <t>p_3593257</t>
+  </si>
+  <si>
+    <t>14 December 2023</t>
+  </si>
+  <si>
+    <t>Docteur Valerie BASCOU-FERRANDIS, Docteur Cédric NADEAU, Docteur Florence ELLIA - BENAND, Docteur Bénédicte LESIEUR, Docteur GAELLE PIQUIER-PERRET, Docteur Aurélie DJEZZAR-HOMO</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation POLYCLINIQUE DE POITIERS  (86)</t>
+  </si>
+  <si>
+    <t>10/12/2024 12:30:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3568412/fr/equipe-d-anesthesie-reanimation-polyclinique-de-poitiers-86</t>
+  </si>
+  <si>
+    <t>p_3568412</t>
+  </si>
+  <si>
+    <t>09 December 2024</t>
+  </si>
+  <si>
+    <t>Docteur Jean-françois BONILLO, Docteur BENJAMIN BRUGIERE, Docteur FLAVIE PAIN, Docteur Eric LE PELLEY, Docteur LUDIVINE ROUSSEAU, Docteur FRANCK CHEVALIER, Docteur MARIE CECILE DUBOIS, Docteur FRANCOIS-XAVIER GRIFFON, Docteur Francois LEBRUN, Docteur BENOIT GIRAUD, Docteur MARIE CASTIGLIONI</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie viscérale et digestive CHU LA MILETRIE  (86)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3559491/fr/equipe-de-chirurgie-viscerale-et-digestive-chu-la-miletrie-86</t>
+  </si>
+  <si>
+    <t>p_3559491</t>
+  </si>
+  <si>
+    <t>14 October 2024</t>
+  </si>
+  <si>
+    <t>Docteur DAVID SOUSSI-BERJONVAL, Docteur Fahim ABI FADEL, Professeur JEAN-PIERRE FAURE, Docteur Yannik TOURREAU, Docteur TONY ORTIZ FERRER, Docteur JEROME DANION, Docteur THOMAS COURVOISIER, Docteur Paul PASTRE, Professeur Gianluca DONATINI, Docteur RICCARDO GAUZOLINO</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie thoracique et cardio-vasculaire CHU LA MILETRIE  (86)</t>
+  </si>
+  <si>
+    <t>31/08/2023 15:30:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458589/fr/equipe-de-chirurgie-thoracique-et-cardio-vasculaire-chu-la-miletrie-86</t>
+  </si>
+  <si>
+    <t>p_3458589</t>
+  </si>
+  <si>
+    <t>09 August 2023</t>
+  </si>
+  <si>
+    <t>Docteur GERALDINE ALLAIN, Docteur Aurélien BOBIET, Docteur Jamil HAJJ CHAHINE, Professeur CHRISTOPHE JAYLE, Professeur Pierre CORBI</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique CHU LA MILETRIE  (86)</t>
+  </si>
+  <si>
+    <t>24/06/2022 09:34:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3347831/fr/equipe-de-chirurgie-urologique-chu-la-miletrie-86</t>
+  </si>
+  <si>
+    <t>p_3347831</t>
+  </si>
+  <si>
+    <t>21 June 2022</t>
+  </si>
+  <si>
+    <t>Docteur PIERRE-OLIVIER DELPECH, Docteur MAXIME VALLEE, Docteur HELOISE DUCOUSSO, Docteur Cyprien ESPEILLAC, Docteur SIMON BERNARDEAU</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319154/fr/equipe-de-gynecologie-obstetrique-clinique-du-fief-de-grimoire-86</t>
+  </si>
+  <si>
+    <t>p_3319154</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>05/02/2026 23:07:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3098_FicheEtablissement/fr/chu-de-poitiers-site-chatellerault</t>
+  </si>
+  <si>
+    <t>3098_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>1 Rue Du Docteur Luc Montagnier</t>
+  </si>
+  <si>
+    <t>86106 CHATELLERAULT</t>
+  </si>
+  <si>
+    <t>0549029090</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CHU DE POITIERS - SITE DE LOUDUN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3099_FicheEtablissement/fr/chu-de-poitiers-site-de-loudun</t>
+  </si>
+  <si>
+    <t>3099_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>3 Rue Des Visitandines</t>
+  </si>
+  <si>
+    <t>86206 LOUDUN</t>
+  </si>
+  <si>
+    <t>0549984242</t>
+  </si>
+  <si>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>860000033</t>
+  </si>
+  <si>
+    <t>CHU DE POITIERS - SITE DE MONTMORILLON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3101_FicheEtablissement/fr/chu-de-poitiers-site-de-montmorillon</t>
+  </si>
+  <si>
+    <t>3101_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Henri Dunant</t>
+  </si>
+  <si>
+    <t>0549838383</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>860000058</t>
+  </si>
+  <si>
+    <t>USLD DE LUSIGNAN - CHU DE POITIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3100_FicheEtablissement/fr/usld-de-lusignan-chu-de-poitiers</t>
+  </si>
+  <si>
+    <t>3100_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>76 Rue De Chypre</t>
   </si>
   <si>
     <t>86600 LUSIGNAN</t>
   </si>
   <si>
     <t>LUSIGNAN</t>
   </si>
   <si>
-    <t>860790021</t>
-[...1211 lines deleted...]
-    <t>8717_FicheESSMS</t>
+    <t>0549443442</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>860000041</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3102_FicheEtablissement/fr/chu-la-miletrie</t>
+  </si>
+  <si>
+    <t>3102_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue De La Miletrie</t>
+  </si>
+  <si>
+    <t>0549444444</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CHU DE POITIERS - SITE DE LUSIGNAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3106_FicheEtablissement/fr/chu-de-poitiers-site-de-lusignan</t>
+  </si>
+  <si>
+    <t>3106_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0549893800</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>860011014</t>
+  </si>
+  <si>
+    <t>USLD LE VILLAGE - CHU POITIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3115_FicheEtablissement/fr/usld-le-village-chu-poitiers</t>
+  </si>
+  <si>
+    <t>3115_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Du Dr Luc Montagnier</t>
+  </si>
+  <si>
+    <t>860785682</t>
+  </si>
+  <si>
+    <t>USLD DE MONTMORILLON - CHU DE POITIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3114_FicheEtablissement/fr/usld-de-montmorillon-chu-de-poitiers</t>
+  </si>
+  <si>
+    <t>3114_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>86501 MONTMORILLON</t>
+  </si>
+  <si>
+    <t>860785559</t>
+  </si>
+  <si>
+    <t>USLD DE POITIERS - CHU DE POITIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3113_FicheEtablissement/fr/usld-de-poitiers-chu-de-poitiers</t>
+  </si>
+  <si>
+    <t>3113_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0549443642</t>
+  </si>
+  <si>
+    <t>860785542</t>
+  </si>
+  <si>
+    <t>USLD LOUDUN - CHU DE POITIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3116_FicheEtablissement/fr/usld-loudun-chu-de-poitiers</t>
+  </si>
+  <si>
+    <t>3116_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>860789585</t>
+  </si>
+  <si>
+    <t>FOYER TROIS LOGIS</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:17:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3112_FicheEtablissement/fr/foyer-trois-logis</t>
+  </si>
+  <si>
+    <t>3112_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>6 Allée De Vervoliere</t>
+  </si>
+  <si>
+    <t>0549611191</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>860782556</t>
+  </si>
+  <si>
+    <t>CLINIQUE ST CHARLES - MAIS. DE CONVAL.</t>
+  </si>
+  <si>
+    <t>26/06/2025 13:55:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3117_FicheEtablissement/fr/clinique-st-charles-mais-de-conval</t>
+  </si>
+  <si>
+    <t>3117_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue De La Providence</t>
+  </si>
+  <si>
+    <t>0549422626</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>860790419</t>
+  </si>
+  <si>
+    <t>CRF VISION-AUDITION SAINT BENOIT</t>
+  </si>
+  <si>
+    <t>19/06/2025 17:22:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3107_FicheEtablissement/fr/crf-vision-audition-saint-benoit</t>
+  </si>
+  <si>
+    <t>3107_FicheEtablissement</t>
   </si>
   <si>
     <t>12 Rue Du Pre Medard</t>
   </si>
   <si>
-    <t>860011436</t>
-[...320 lines deleted...]
-    <t>13 Rue De La Genolliere</t>
+    <t>0549552130</t>
+  </si>
+  <si>
+    <t>860011410</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION DU MOULIN VERT</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:49:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3104_FicheEtablissement/fr/centre-de-readaptation-du-moulin-vert</t>
+  </si>
+  <si>
+    <t>3104_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>27 Route De Marcaziere</t>
   </si>
   <si>
     <t>86340 NIEUIL L ESPOIR</t>
   </si>
   <si>
     <t>NIEUIL L ESPOIR</t>
   </si>
   <si>
-    <t>860790476</t>
-[...520 lines deleted...]
-  <si>
     <t>0549185759</t>
   </si>
   <si>
     <t>860009208</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
-    <t>21/01/2025 10:15:47</t>
-[...25 lines deleted...]
-  <si>
     <t>CENTRE HOSPITALIER SPECIALISE EN PSYCHIATRIE</t>
   </si>
   <si>
     <t>21/01/2025 10:17:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3097_FicheEtablissement/fr/ch-henri-laborit</t>
   </si>
   <si>
     <t>3097_FicheEtablissement</t>
   </si>
   <si>
     <t>0549445757</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>860000017</t>
   </si>
   <si>
-    <t>CHU DE POITIERS - SITE DE LOUDUN</t>
-[...94 lines deleted...]
-  <si>
     <t>21/01/2025 10:18:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3108_FicheEtablissement/fr/clinique-de-chatellerault</t>
   </si>
   <si>
     <t>3108_FicheEtablissement</t>
   </si>
   <si>
     <t>17 Rue De Verdun</t>
   </si>
   <si>
     <t>0549858585</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>SSR LA COLLINE ENSOLEILLEE</t>
   </si>
   <si>
     <t>21/01/2025 10:18:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3109_FicheEtablissement/fr/ssr-la-colline-ensoleillee</t>
@@ -5090,147 +4298,90 @@
   <si>
     <t>0549422929</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Obstétrique</t>
   </si>
   <si>
     <t>SOINS REHABILITATION JB PUSSIN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3111_FicheEtablissement/fr/soins-rehabilitation-jb-pussin</t>
   </si>
   <si>
     <t>3111_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Ancien Couvent</t>
   </si>
   <si>
     <t>0549426222</t>
   </si>
   <si>
     <t>860782200</t>
   </si>
   <si>
-    <t>USLD LE VILLAGE - CHU POITIERS</t>
-[...43 lines deleted...]
-  <si>
     <t>ETS CONVALESC. P ALCOOLIQUES - PAYROUX</t>
   </si>
   <si>
     <t>21/01/2025 10:18:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3119_FicheEtablissement/fr/ets-convalesc-p-alcooliques-payroux</t>
   </si>
   <si>
     <t>3119_FicheEtablissement</t>
   </si>
   <si>
     <t>86350 PAYROUX</t>
   </si>
   <si>
     <t>PAYROUX</t>
   </si>
   <si>
     <t>0549870199</t>
   </si>
   <si>
     <t>860793405</t>
   </si>
   <si>
     <t>CLINIQUE L'OREGON</t>
   </si>
   <si>
     <t>21/01/2025 10:15:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3118_FicheEtablissement/fr/clinique-l-oregon</t>
   </si>
   <si>
     <t>3118_FicheEtablissement</t>
   </si>
   <si>
     <t>0549879999</t>
   </si>
   <si>
     <t>860791268</t>
-  </si>
-[...10 lines deleted...]
-    <t>860789585</t>
   </si>
   <si>
     <t>AURA POITOU-CHARENTES - ST BENOIT</t>
   </si>
   <si>
     <t>21/01/2025 10:17:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4052_FicheEtablissement/fr/aura-poitou-charentes-st-benoit</t>
   </si>
   <si>
     <t>4052_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Du Pre Medard</t>
   </si>
   <si>
     <t>0549466312</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>860782598</t>
   </si>
@@ -6647,12557 +5798,10207 @@
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
         <v>170</v>
       </c>
       <c r="H24" t="s">
         <v>171</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
         <v>172</v>
       </c>
       <c r="L24" t="s">
         <v>173</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>174</v>
+        <v>56</v>
       </c>
       <c r="O24" t="s">
         <v>57</v>
       </c>
       <c r="P24" t="s">
         <v>58</v>
       </c>
       <c r="Q24" t="s">
         <v>30</v>
       </c>
       <c r="R24" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
+        <v>174</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
         <v>175</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
         <v>176</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="L25" t="s">
         <v>173</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="O25" t="s">
         <v>57</v>
       </c>
       <c r="P25" t="s">
         <v>58</v>
       </c>
       <c r="Q25" t="s">
         <v>30</v>
       </c>
       <c r="R25" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
+        <v>180</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
         <v>181</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
         <v>182</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
+        <v>184</v>
+      </c>
+      <c r="L26" t="s">
         <v>185</v>
       </c>
-      <c r="L26" t="s">
+      <c r="M26" t="s">
+        <v>20</v>
+      </c>
+      <c r="N26" t="s">
         <v>186</v>
       </c>
-      <c r="M26" t="s">
-[...2 lines deleted...]
-      <c r="N26" t="s">
+      <c r="O26" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="P26" t="s">
         <v>29</v>
       </c>
       <c r="Q26" t="s">
         <v>30</v>
       </c>
       <c r="R26" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
+        <v>189</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
         <v>190</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
         <v>191</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
+        <v>193</v>
+      </c>
+      <c r="L27" t="s">
         <v>194</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
+        <v>186</v>
+      </c>
+      <c r="O27" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="P27" t="s">
         <v>29</v>
       </c>
       <c r="Q27" t="s">
         <v>30</v>
       </c>
       <c r="R27" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
+        <v>195</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>190</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
         <v>196</v>
       </c>
-      <c r="C28" t="s">
-[...11 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
+        <v>198</v>
+      </c>
+      <c r="L28" t="s">
         <v>199</v>
       </c>
-      <c r="L28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28" t="s">
         <v>29</v>
       </c>
       <c r="Q28" t="s">
         <v>30</v>
       </c>
       <c r="R28" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
+        <v>200</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>190</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
         <v>201</v>
       </c>
-      <c r="C29" t="s">
-[...11 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
+        <v>203</v>
+      </c>
+      <c r="L29" t="s">
         <v>204</v>
       </c>
-      <c r="L29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="O29" t="s">
         <v>28</v>
       </c>
       <c r="P29" t="s">
         <v>29</v>
       </c>
       <c r="Q29" t="s">
         <v>30</v>
       </c>
       <c r="R29" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
+        <v>205</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>190</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
         <v>206</v>
       </c>
-      <c r="C30" t="s">
-[...11 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
+        <v>208</v>
+      </c>
+      <c r="L30" t="s">
         <v>209</v>
       </c>
-      <c r="L30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
+        <v>186</v>
+      </c>
+      <c r="O30" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="P30" t="s">
         <v>29</v>
       </c>
       <c r="Q30" t="s">
         <v>30</v>
       </c>
       <c r="R30" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
+        <v>210</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
         <v>211</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
         <v>212</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
+        <v>214</v>
+      </c>
+      <c r="L31" t="s">
         <v>215</v>
       </c>
-      <c r="L31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>217</v>
+        <v>56</v>
       </c>
       <c r="O31" t="s">
         <v>57</v>
       </c>
       <c r="P31" t="s">
         <v>58</v>
       </c>
       <c r="Q31" t="s">
         <v>30</v>
       </c>
       <c r="R31" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
+        <v>216</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>217</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
         <v>218</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="H32" t="s">
         <v>219</v>
-      </c>
-[...7 lines deleted...]
-        <v>221</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
+        <v>220</v>
+      </c>
+      <c r="L32" t="s">
+        <v>221</v>
+      </c>
+      <c r="M32" t="s">
+        <v>20</v>
+      </c>
+      <c r="N32" t="s">
         <v>222</v>
-      </c>
-[...7 lines deleted...]
-        <v>217</v>
       </c>
       <c r="O32" t="s">
         <v>57</v>
       </c>
       <c r="P32" t="s">
         <v>58</v>
       </c>
       <c r="Q32" t="s">
         <v>30</v>
       </c>
       <c r="R32" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
+        <v>223</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
         <v>224</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
         <v>225</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>36</v>
       </c>
       <c r="K33" t="s">
+        <v>227</v>
+      </c>
+      <c r="L33" t="s">
         <v>228</v>
       </c>
-      <c r="L33" t="s">
+      <c r="M33" t="s">
+        <v>20</v>
+      </c>
+      <c r="N33" t="s">
         <v>229</v>
       </c>
-      <c r="M33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O33" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="P33" t="s">
         <v>29</v>
       </c>
       <c r="Q33" t="s">
         <v>30</v>
       </c>
       <c r="R33" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
+        <v>230</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
         <v>231</v>
       </c>
-      <c r="C34" t="s">
-[...5 lines deleted...]
-      <c r="E34" t="s">
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
         <v>232</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
+        <v>234</v>
+      </c>
+      <c r="L34" t="s">
         <v>235</v>
       </c>
-      <c r="L34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>237</v>
+        <v>49</v>
       </c>
       <c r="O34" t="s">
         <v>57</v>
       </c>
       <c r="P34" t="s">
         <v>58</v>
       </c>
       <c r="Q34" t="s">
         <v>30</v>
       </c>
       <c r="R34" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
+        <v>236</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>237</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
         <v>238</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="H35" t="s">
         <v>239</v>
-      </c>
-[...7 lines deleted...]
-        <v>241</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="L35" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>244</v>
+        <v>49</v>
       </c>
       <c r="O35" t="s">
         <v>28</v>
       </c>
       <c r="P35" t="s">
         <v>29</v>
       </c>
       <c r="Q35" t="s">
         <v>30</v>
       </c>
       <c r="R35" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
+        <v>242</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>243</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>244</v>
+      </c>
+      <c r="H36" t="s">
         <v>245</v>
-      </c>
-[...16 lines deleted...]
-        <v>248</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="L36" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="O36" t="s">
         <v>57</v>
       </c>
       <c r="P36" t="s">
         <v>58</v>
       </c>
       <c r="Q36" t="s">
         <v>30</v>
       </c>
       <c r="R36" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
+        <v>249</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>250</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>251</v>
+      </c>
+      <c r="H37" t="s">
         <v>252</v>
-      </c>
-[...16 lines deleted...]
-        <v>255</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="L37" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="O37" t="s">
         <v>28</v>
       </c>
       <c r="P37" t="s">
         <v>29</v>
       </c>
       <c r="Q37" t="s">
         <v>30</v>
       </c>
       <c r="R37" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
+        <v>255</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>256</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>257</v>
+      </c>
+      <c r="H38" t="s">
         <v>258</v>
-      </c>
-[...16 lines deleted...]
-        <v>261</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="L38" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
         <v>56</v>
       </c>
       <c r="O38" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="P38" t="s">
         <v>29</v>
       </c>
       <c r="Q38" t="s">
         <v>30</v>
       </c>
       <c r="R38" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
+        <v>261</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>262</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>263</v>
+      </c>
+      <c r="H39" t="s">
         <v>264</v>
-      </c>
-[...16 lines deleted...]
-        <v>267</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="L39" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="O39" t="s">
         <v>28</v>
       </c>
       <c r="P39" t="s">
         <v>29</v>
       </c>
       <c r="Q39" t="s">
         <v>30</v>
       </c>
       <c r="R39" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
+        <v>268</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>269</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>270</v>
+      </c>
+      <c r="H40" t="s">
         <v>271</v>
-      </c>
-[...16 lines deleted...]
-        <v>274</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="L40" t="s">
         <v>116</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>270</v>
+        <v>56</v>
       </c>
       <c r="O40" t="s">
         <v>57</v>
       </c>
       <c r="P40" t="s">
         <v>58</v>
       </c>
       <c r="Q40" t="s">
         <v>30</v>
       </c>
       <c r="R40" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
+        <v>273</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>274</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>275</v>
+      </c>
+      <c r="H41" t="s">
         <v>276</v>
-      </c>
-[...16 lines deleted...]
-        <v>279</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
+        <v>277</v>
+      </c>
+      <c r="L41" t="s">
+        <v>278</v>
+      </c>
+      <c r="M41" t="s">
+        <v>20</v>
+      </c>
+      <c r="N41" t="s">
+        <v>279</v>
+      </c>
+      <c r="O41" t="s">
         <v>280</v>
-      </c>
-[...10 lines deleted...]
-        <v>283</v>
       </c>
       <c r="P41" t="s">
         <v>58</v>
       </c>
       <c r="Q41" t="s">
         <v>30</v>
       </c>
       <c r="R41" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
+        <v>282</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>283</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>284</v>
+      </c>
+      <c r="H42" t="s">
         <v>285</v>
-      </c>
-[...16 lines deleted...]
-        <v>288</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="L42" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="O42" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="P42" t="s">
         <v>58</v>
       </c>
       <c r="Q42" t="s">
         <v>30</v>
       </c>
       <c r="R42" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
+        <v>288</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>289</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>290</v>
+      </c>
+      <c r="H43" t="s">
         <v>291</v>
-      </c>
-[...16 lines deleted...]
-        <v>294</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
+        <v>292</v>
+      </c>
+      <c r="L43" t="s">
+        <v>293</v>
+      </c>
+      <c r="M43" t="s">
+        <v>20</v>
+      </c>
+      <c r="N43" t="s">
+        <v>279</v>
+      </c>
+      <c r="O43" t="s">
+        <v>294</v>
+      </c>
+      <c r="P43" t="s">
         <v>295</v>
       </c>
-      <c r="L43" t="s">
+      <c r="Q43" t="s">
         <v>296</v>
       </c>
-      <c r="M43" t="s">
-[...5 lines deleted...]
-      <c r="O43" t="s">
+      <c r="R43" t="s">
         <v>297</v>
-      </c>
-[...7 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
+        <v>298</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>299</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>300</v>
+      </c>
+      <c r="H44" t="s">
         <v>301</v>
-      </c>
-[...16 lines deleted...]
-        <v>304</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="L44" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
         <v>160</v>
       </c>
       <c r="O44" t="s">
+        <v>304</v>
+      </c>
+      <c r="P44" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>306</v>
+      </c>
+      <c r="R44" t="s">
         <v>307</v>
-      </c>
-[...7 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
+        <v>308</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>309</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>310</v>
+      </c>
+      <c r="H45" t="s">
         <v>311</v>
-      </c>
-[...16 lines deleted...]
-        <v>314</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="L45" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="O45" t="s">
         <v>57</v>
       </c>
       <c r="P45" t="s">
         <v>58</v>
       </c>
       <c r="Q45" t="s">
         <v>30</v>
       </c>
       <c r="R45" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
+        <v>315</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>316</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>317</v>
+      </c>
+      <c r="H46" t="s">
         <v>318</v>
-      </c>
-[...16 lines deleted...]
-        <v>321</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="L46" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="O46" t="s">
         <v>57</v>
       </c>
       <c r="P46" t="s">
         <v>58</v>
       </c>
       <c r="Q46" t="s">
         <v>30</v>
       </c>
       <c r="R46" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
+        <v>322</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>323</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>324</v>
+      </c>
+      <c r="H47" t="s">
         <v>325</v>
-      </c>
-[...16 lines deleted...]
-        <v>328</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="L47" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="M47" t="s">
         <v>20</v>
       </c>
       <c r="N47" t="s">
         <v>56</v>
       </c>
       <c r="O47" t="s">
         <v>57</v>
       </c>
       <c r="P47" t="s">
         <v>58</v>
       </c>
       <c r="Q47" t="s">
         <v>30</v>
       </c>
       <c r="R47" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
+        <v>328</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>329</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>330</v>
+      </c>
+      <c r="H48" t="s">
         <v>331</v>
-      </c>
-[...16 lines deleted...]
-        <v>334</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="L48" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
         <v>105</v>
       </c>
       <c r="O48" t="s">
         <v>57</v>
       </c>
       <c r="P48" t="s">
         <v>58</v>
       </c>
       <c r="Q48" t="s">
         <v>30</v>
       </c>
       <c r="R48" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
+        <v>334</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>335</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>336</v>
+      </c>
+      <c r="H49" t="s">
         <v>337</v>
-      </c>
-[...16 lines deleted...]
-        <v>340</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
+        <v>338</v>
+      </c>
+      <c r="L49" t="s">
+        <v>339</v>
+      </c>
+      <c r="M49" t="s">
+        <v>20</v>
+      </c>
+      <c r="N49" t="s">
+        <v>340</v>
+      </c>
+      <c r="O49" t="s">
         <v>341</v>
       </c>
-      <c r="L49" t="s">
+      <c r="P49" t="s">
         <v>342</v>
       </c>
-      <c r="M49" t="s">
-[...2 lines deleted...]
-      <c r="N49" t="s">
+      <c r="Q49" t="s">
         <v>343</v>
       </c>
-      <c r="O49" t="s">
+      <c r="R49" t="s">
         <v>344</v>
-      </c>
-[...7 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
+        <v>345</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>346</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>347</v>
+      </c>
+      <c r="H50" t="s">
         <v>348</v>
-      </c>
-[...16 lines deleted...]
-        <v>351</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="L50" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>244</v>
+        <v>351</v>
       </c>
       <c r="O50" t="s">
         <v>57</v>
       </c>
       <c r="P50" t="s">
         <v>58</v>
       </c>
       <c r="Q50" t="s">
         <v>30</v>
       </c>
       <c r="R50" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
+        <v>352</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>353</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
         <v>354</v>
       </c>
-      <c r="C51" t="s">
-[...5 lines deleted...]
-      <c r="E51" t="s">
+      <c r="H51" t="s">
         <v>355</v>
-      </c>
-[...7 lines deleted...]
-        <v>357</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>36</v>
       </c>
       <c r="K51" t="s">
+        <v>356</v>
+      </c>
+      <c r="L51" t="s">
+        <v>357</v>
+      </c>
+      <c r="M51" t="s">
+        <v>20</v>
+      </c>
+      <c r="N51" t="s">
+        <v>229</v>
+      </c>
+      <c r="O51" t="s">
         <v>358</v>
       </c>
-      <c r="L51" t="s">
+      <c r="P51" t="s">
         <v>359</v>
       </c>
-      <c r="M51" t="s">
-[...5 lines deleted...]
-      <c r="O51" t="s">
+      <c r="Q51" t="s">
         <v>360</v>
       </c>
-      <c r="P51" t="s">
+      <c r="R51" t="s">
         <v>361</v>
-      </c>
-[...4 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
+        <v>362</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>363</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
         <v>364</v>
       </c>
-      <c r="C52" t="s">
-[...5 lines deleted...]
-      <c r="E52" t="s">
+      <c r="H52" t="s">
         <v>365</v>
-      </c>
-[...7 lines deleted...]
-        <v>367</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="L52" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="M52" t="s">
         <v>20</v>
       </c>
       <c r="N52" t="s">
         <v>56</v>
       </c>
       <c r="O52" t="s">
         <v>57</v>
       </c>
       <c r="P52" t="s">
         <v>58</v>
       </c>
       <c r="Q52" t="s">
         <v>30</v>
       </c>
       <c r="R52" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
+        <v>368</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>363</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>369</v>
+      </c>
+      <c r="H53" t="s">
         <v>370</v>
-      </c>
-[...16 lines deleted...]
-        <v>372</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="L53" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>217</v>
+        <v>56</v>
       </c>
       <c r="O53" t="s">
         <v>57</v>
       </c>
       <c r="P53" t="s">
         <v>58</v>
       </c>
       <c r="Q53" t="s">
         <v>30</v>
       </c>
       <c r="R53" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
+        <v>373</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>374</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
         <v>375</v>
       </c>
-      <c r="C54" t="s">
-[...5 lines deleted...]
-      <c r="E54" t="s">
+      <c r="H54" t="s">
         <v>376</v>
-      </c>
-[...7 lines deleted...]
-        <v>378</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="L54" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="M54" t="s">
         <v>20</v>
       </c>
       <c r="N54" t="s">
-        <v>237</v>
+        <v>39</v>
       </c>
       <c r="O54" t="s">
         <v>57</v>
       </c>
       <c r="P54" t="s">
         <v>58</v>
       </c>
       <c r="Q54" t="s">
         <v>30</v>
       </c>
       <c r="R54" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
+        <v>379</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>380</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
         <v>381</v>
       </c>
-      <c r="C55" t="s">
-[...5 lines deleted...]
-      <c r="E55" t="s">
+      <c r="H55" t="s">
         <v>382</v>
-      </c>
-[...7 lines deleted...]
-        <v>384</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="L55" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="M55" t="s">
         <v>20</v>
       </c>
       <c r="N55" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="O55" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="P55" t="s">
         <v>58</v>
       </c>
       <c r="Q55" t="s">
         <v>30</v>
       </c>
       <c r="R55" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
+        <v>385</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>386</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
         <v>387</v>
       </c>
-      <c r="C56" t="s">
-[...5 lines deleted...]
-      <c r="E56" t="s">
+      <c r="H56" t="s">
         <v>388</v>
-      </c>
-[...7 lines deleted...]
-        <v>390</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
+        <v>389</v>
+      </c>
+      <c r="L56" t="s">
+        <v>390</v>
+      </c>
+      <c r="M56" t="s">
+        <v>20</v>
+      </c>
+      <c r="N56" t="s">
         <v>391</v>
-      </c>
-[...7 lines deleted...]
-        <v>393</v>
       </c>
       <c r="O56" t="s">
         <v>57</v>
       </c>
       <c r="P56" t="s">
         <v>58</v>
       </c>
       <c r="Q56" t="s">
         <v>30</v>
       </c>
       <c r="R56" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
+        <v>392</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>393</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
         <v>394</v>
       </c>
-      <c r="C57" t="s">
-[...5 lines deleted...]
-      <c r="E57" t="s">
+      <c r="H57" t="s">
         <v>395</v>
-      </c>
-[...7 lines deleted...]
-        <v>397</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
+        <v>396</v>
+      </c>
+      <c r="L57" t="s">
+        <v>397</v>
+      </c>
+      <c r="M57" t="s">
+        <v>20</v>
+      </c>
+      <c r="N57" t="s">
         <v>398</v>
       </c>
-      <c r="L57" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O57" t="s">
+        <v>341</v>
+      </c>
+      <c r="P57" t="s">
+        <v>342</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>343</v>
+      </c>
+      <c r="R57" t="s">
         <v>344</v>
-      </c>
-[...7 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
+        <v>399</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>400</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
         <v>401</v>
       </c>
-      <c r="C58" t="s">
-[...5 lines deleted...]
-      <c r="E58" t="s">
+      <c r="H58" t="s">
         <v>402</v>
-      </c>
-[...7 lines deleted...]
-        <v>404</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
+        <v>403</v>
+      </c>
+      <c r="L58" t="s">
+        <v>404</v>
+      </c>
+      <c r="M58" t="s">
+        <v>20</v>
+      </c>
+      <c r="N58" t="s">
         <v>405</v>
       </c>
-      <c r="L58" t="s">
+      <c r="O58" t="s">
         <v>406</v>
       </c>
-      <c r="M58" t="s">
-[...2 lines deleted...]
-      <c r="N58" t="s">
+      <c r="P58" t="s">
         <v>407</v>
       </c>
-      <c r="O58" t="s">
+      <c r="Q58" t="s">
+        <v>343</v>
+      </c>
+      <c r="R58" t="s">
         <v>408</v>
-      </c>
-[...7 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
+        <v>409</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>410</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
         <v>411</v>
       </c>
-      <c r="C59" t="s">
-[...5 lines deleted...]
-      <c r="E59" t="s">
+      <c r="H59" t="s">
         <v>412</v>
-      </c>
-[...7 lines deleted...]
-        <v>414</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
+        <v>413</v>
+      </c>
+      <c r="L59" t="s">
+        <v>414</v>
+      </c>
+      <c r="M59" t="s">
+        <v>20</v>
+      </c>
+      <c r="N59" t="s">
         <v>415</v>
-      </c>
-[...7 lines deleted...]
-        <v>417</v>
       </c>
       <c r="O59" t="s">
         <v>57</v>
       </c>
       <c r="P59" t="s">
         <v>58</v>
       </c>
       <c r="Q59" t="s">
         <v>30</v>
       </c>
       <c r="R59" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
+        <v>416</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>417</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
         <v>418</v>
       </c>
-      <c r="C60" t="s">
-[...5 lines deleted...]
-      <c r="E60" t="s">
+      <c r="H60" t="s">
         <v>419</v>
-      </c>
-[...7 lines deleted...]
-        <v>421</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
         <v>36</v>
       </c>
       <c r="K60" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="L60" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="M60" t="s">
         <v>20</v>
       </c>
       <c r="N60" t="s">
-        <v>393</v>
+        <v>421</v>
       </c>
       <c r="O60" t="s">
         <v>28</v>
       </c>
       <c r="P60" t="s">
         <v>29</v>
       </c>
       <c r="Q60" t="s">
         <v>30</v>
       </c>
       <c r="R60" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
+        <v>422</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
         <v>423</v>
       </c>
-      <c r="C61" t="s">
-[...5 lines deleted...]
-      <c r="E61" t="s">
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
         <v>424</v>
       </c>
-      <c r="F61" t="s">
-[...2 lines deleted...]
-      <c r="G61" t="s">
+      <c r="H61" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
+        <v>426</v>
+      </c>
+      <c r="L61" t="s">
         <v>427</v>
       </c>
-      <c r="L61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="O61" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="P61" t="s">
         <v>58</v>
       </c>
       <c r="Q61" t="s">
         <v>30</v>
       </c>
       <c r="R61" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
+        <v>428</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
         <v>429</v>
       </c>
-      <c r="C62" t="s">
-[...5 lines deleted...]
-      <c r="E62" t="s">
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
         <v>430</v>
       </c>
-      <c r="F62" t="s">
-[...2 lines deleted...]
-      <c r="G62" t="s">
+      <c r="H62" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
+        <v>432</v>
+      </c>
+      <c r="L62" t="s">
         <v>433</v>
       </c>
-      <c r="L62" t="s">
+      <c r="M62" t="s">
+        <v>20</v>
+      </c>
+      <c r="N62" t="s">
         <v>434</v>
       </c>
-      <c r="M62" t="s">
-[...2 lines deleted...]
-      <c r="N62" t="s">
+      <c r="O62" t="s">
         <v>435</v>
       </c>
-      <c r="O62" t="s">
+      <c r="P62" t="s">
         <v>436</v>
       </c>
-      <c r="P62" t="s">
+      <c r="Q62" t="s">
         <v>437</v>
       </c>
-      <c r="Q62" t="s">
+      <c r="R62" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
+        <v>439</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
         <v>440</v>
       </c>
-      <c r="C63" t="s">
-[...5 lines deleted...]
-      <c r="E63" t="s">
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
         <v>441</v>
       </c>
-      <c r="F63" t="s">
-[...2 lines deleted...]
-      <c r="G63" t="s">
+      <c r="H63" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
+        <v>443</v>
+      </c>
+      <c r="L63" t="s">
         <v>444</v>
       </c>
-      <c r="L63" t="s">
+      <c r="M63" t="s">
+        <v>20</v>
+      </c>
+      <c r="N63" t="s">
+        <v>279</v>
+      </c>
+      <c r="O63" t="s">
         <v>445</v>
       </c>
-      <c r="M63" t="s">
-[...5 lines deleted...]
-      <c r="O63" t="s">
+      <c r="P63" t="s">
         <v>446</v>
       </c>
-      <c r="P63" t="s">
+      <c r="Q63" t="s">
+        <v>360</v>
+      </c>
+      <c r="R63" t="s">
         <v>447</v>
-      </c>
-[...4 lines deleted...]
-        <v>448</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
+        <v>448</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>440</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
         <v>449</v>
       </c>
-      <c r="C64" t="s">
-[...11 lines deleted...]
-      <c r="G64" t="s">
+      <c r="H64" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="I64" t="n">
         <v>0.0</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
+        <v>451</v>
+      </c>
+      <c r="L64" t="s">
         <v>452</v>
       </c>
-      <c r="L64" t="s">
+      <c r="M64" t="s">
+        <v>20</v>
+      </c>
+      <c r="N64" t="s">
         <v>453</v>
       </c>
-      <c r="M64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O64" t="s">
+        <v>406</v>
+      </c>
+      <c r="P64" t="s">
+        <v>407</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>343</v>
+      </c>
+      <c r="R64" t="s">
         <v>408</v>
-      </c>
-[...7 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
+        <v>454</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
         <v>455</v>
       </c>
-      <c r="C65" t="s">
-[...5 lines deleted...]
-      <c r="E65" t="s">
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
         <v>456</v>
       </c>
-      <c r="F65" t="s">
-[...2 lines deleted...]
-      <c r="G65" t="s">
+      <c r="H65" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
       <c r="I65" t="n">
         <v>0.0</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
+        <v>458</v>
+      </c>
+      <c r="L65" t="s">
         <v>459</v>
       </c>
-      <c r="L65" t="s">
+      <c r="M65" t="s">
+        <v>20</v>
+      </c>
+      <c r="N65" t="s">
+        <v>229</v>
+      </c>
+      <c r="O65" t="s">
         <v>460</v>
-      </c>
-[...7 lines deleted...]
-        <v>461</v>
       </c>
       <c r="P65" t="s">
         <v>58</v>
       </c>
       <c r="Q65" t="s">
         <v>30</v>
       </c>
       <c r="R65" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
+        <v>462</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
         <v>463</v>
       </c>
-      <c r="C66" t="s">
-[...5 lines deleted...]
-      <c r="E66" t="s">
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
         <v>464</v>
       </c>
-      <c r="F66" t="s">
-[...2 lines deleted...]
-      <c r="G66" t="s">
+      <c r="H66" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
       <c r="I66" t="n">
         <v>0.0</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
+        <v>466</v>
+      </c>
+      <c r="L66" t="s">
         <v>467</v>
       </c>
-      <c r="L66" t="s">
+      <c r="M66" t="s">
+        <v>20</v>
+      </c>
+      <c r="N66" t="s">
         <v>468</v>
-      </c>
-[...4 lines deleted...]
-        <v>469</v>
       </c>
       <c r="O66" t="s">
         <v>57</v>
       </c>
       <c r="P66" t="s">
         <v>58</v>
       </c>
       <c r="Q66" t="s">
         <v>30</v>
       </c>
       <c r="R66" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
+        <v>469</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
         <v>470</v>
       </c>
-      <c r="C67" t="s">
-[...5 lines deleted...]
-      <c r="E67" t="s">
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
         <v>471</v>
       </c>
-      <c r="F67" t="s">
-[...2 lines deleted...]
-      <c r="G67" t="s">
+      <c r="H67" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
       <c r="I67" t="n">
         <v>0.0</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
+        <v>473</v>
+      </c>
+      <c r="L67" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
       <c r="N67" t="s">
         <v>167</v>
       </c>
       <c r="O67" t="s">
         <v>57</v>
       </c>
       <c r="P67" t="s">
         <v>58</v>
       </c>
       <c r="Q67" t="s">
         <v>30</v>
       </c>
       <c r="R67" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P163"/>
+  <dimension ref="A1:P116"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>475</v>
+      </c>
+      <c r="J1" t="s">
         <v>476</v>
       </c>
-      <c r="J1" t="s">
+      <c r="K1" t="s">
         <v>477</v>
       </c>
-      <c r="K1" t="s">
+      <c r="L1" t="s">
         <v>478</v>
       </c>
-      <c r="L1" t="s">
+      <c r="M1" t="s">
         <v>479</v>
       </c>
-      <c r="M1" t="s">
+      <c r="N1" t="s">
         <v>480</v>
       </c>
-      <c r="N1" t="s">
+      <c r="O1" t="s">
         <v>481</v>
       </c>
-      <c r="O1" t="s">
+      <c r="P1" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B2" t="s">
         <v>484</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
         <v>485</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
         <v>486</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>487</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>488</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>489</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>490</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>491</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>492</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>493</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>494</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B3" t="s">
+        <v>496</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
         <v>497</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
         <v>498</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>499</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>500</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J3" t="s">
         <v>501</v>
       </c>
-      <c r="J3" t="s">
+      <c r="K3" t="s">
         <v>502</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
+        <v>491</v>
+      </c>
+      <c r="M3" t="s">
         <v>503</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="N3" t="s">
         <v>504</v>
       </c>
-      <c r="N3" t="s">
+      <c r="O3" t="s">
         <v>505</v>
       </c>
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B4" t="s">
+        <v>507</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
         <v>508</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>509</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>510</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>511</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
         <v>512</v>
       </c>
-      <c r="J4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K4" t="s">
+        <v>513</v>
+      </c>
+      <c r="L4" t="s">
+        <v>491</v>
+      </c>
+      <c r="M4" t="s">
         <v>503</v>
       </c>
-      <c r="L4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N4" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="O4" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="P4" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B5" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="H5" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="I5" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="J5" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="K5" t="s">
+        <v>513</v>
+      </c>
+      <c r="L5" t="s">
+        <v>491</v>
+      </c>
+      <c r="M5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N5" t="s">
+        <v>514</v>
+      </c>
+      <c r="O5" t="s">
         <v>521</v>
       </c>
-      <c r="L5" t="s">
-[...5 lines deleted...]
-      <c r="N5" t="s">
+      <c r="P5" t="s">
         <v>522</v>
-      </c>
-[...4 lines deleted...]
-        <v>524</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B6" t="s">
+        <v>523</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>524</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
         <v>525</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>526</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="I6" t="s">
+        <v>520</v>
+      </c>
+      <c r="J6" t="s">
+        <v>512</v>
+      </c>
+      <c r="K6" t="s">
+        <v>513</v>
+      </c>
+      <c r="L6" t="s">
+        <v>491</v>
+      </c>
+      <c r="M6" t="s">
+        <v>503</v>
+      </c>
+      <c r="N6" t="s">
+        <v>514</v>
+      </c>
+      <c r="O6" t="s">
         <v>527</v>
       </c>
-      <c r="H6" t="s">
+      <c r="P6" t="s">
         <v>528</v>
-      </c>
-[...22 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B7" t="s">
+        <v>529</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>530</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>531</v>
+      </c>
+      <c r="H7" t="s">
+        <v>532</v>
+      </c>
+      <c r="I7" t="s">
         <v>533</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="J7" t="s">
         <v>534</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="K7" t="s">
         <v>535</v>
       </c>
-      <c r="H7" t="s">
+      <c r="L7" t="s">
+        <v>491</v>
+      </c>
+      <c r="M7" t="s">
         <v>536</v>
       </c>
-      <c r="I7" t="s">
+      <c r="N7" t="s">
         <v>537</v>
       </c>
-      <c r="J7" t="s">
+      <c r="O7" t="s">
         <v>538</v>
       </c>
-      <c r="K7" t="s">
+      <c r="P7" t="s">
         <v>539</v>
-      </c>
-[...13 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B8" t="s">
+        <v>540</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
         <v>541</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
         <v>542</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>543</v>
       </c>
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>544</v>
       </c>
-      <c r="I8" t="s">
+      <c r="J8" t="s">
         <v>545</v>
       </c>
-      <c r="J8" t="s">
+      <c r="K8" t="s">
         <v>546</v>
       </c>
-      <c r="K8" t="s">
+      <c r="L8" t="s">
+        <v>491</v>
+      </c>
+      <c r="M8" t="s">
+        <v>503</v>
+      </c>
+      <c r="N8" t="s">
+        <v>504</v>
+      </c>
+      <c r="O8" t="s">
         <v>547</v>
-      </c>
-[...10 lines deleted...]
-        <v>506</v>
       </c>
       <c r="P8" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B9" t="s">
         <v>549</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
         <v>550</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
         <v>551</v>
       </c>
       <c r="H9" t="s">
         <v>552</v>
       </c>
       <c r="I9" t="s">
         <v>553</v>
       </c>
       <c r="J9" t="s">
         <v>554</v>
       </c>
       <c r="K9" t="s">
         <v>555</v>
       </c>
       <c r="L9" t="s">
+        <v>491</v>
+      </c>
+      <c r="M9" t="s">
         <v>492</v>
       </c>
-      <c r="M9" t="s">
+      <c r="N9" t="s">
+        <v>493</v>
+      </c>
+      <c r="O9" t="s">
         <v>556</v>
-      </c>
-[...4 lines deleted...]
-        <v>523</v>
       </c>
       <c r="P9" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B10" t="s">
         <v>558</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
         <v>559</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
         <v>560</v>
       </c>
       <c r="H10" t="s">
         <v>561</v>
       </c>
       <c r="I10" t="s">
         <v>562</v>
       </c>
       <c r="J10" t="s">
-        <v>20</v>
+        <v>554</v>
       </c>
       <c r="K10" t="s">
+        <v>555</v>
+      </c>
+      <c r="L10" t="s">
+        <v>491</v>
+      </c>
+      <c r="M10" t="s">
+        <v>492</v>
+      </c>
+      <c r="N10" t="s">
+        <v>493</v>
+      </c>
+      <c r="O10" t="s">
+        <v>494</v>
+      </c>
+      <c r="P10" t="s">
         <v>563</v>
-      </c>
-[...13 lines deleted...]
-        <v>564</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
         <v>565</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
         <v>566</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>567</v>
       </c>
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>568</v>
       </c>
-      <c r="I11" t="s">
+      <c r="J11" t="s">
         <v>569</v>
       </c>
-      <c r="J11" t="s">
+      <c r="K11" t="s">
         <v>570</v>
       </c>
-      <c r="K11" t="s">
+      <c r="L11" t="s">
+        <v>491</v>
+      </c>
+      <c r="M11" t="s">
+        <v>503</v>
+      </c>
+      <c r="N11" t="s">
+        <v>537</v>
+      </c>
+      <c r="O11" t="s">
+        <v>538</v>
+      </c>
+      <c r="P11" t="s">
         <v>571</v>
-      </c>
-[...13 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B12" t="s">
+        <v>572</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
         <v>573</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
         <v>574</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>575</v>
       </c>
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>576</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="K12" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="L12" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M12" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="N12" t="s">
-        <v>505</v>
+        <v>537</v>
       </c>
       <c r="O12" t="s">
-        <v>506</v>
+        <v>538</v>
       </c>
       <c r="P12" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B13" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="H13" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="I13" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="J13" t="s">
-        <v>20</v>
+        <v>585</v>
       </c>
       <c r="K13" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="L13" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M13" t="s">
-        <v>493</v>
+        <v>536</v>
       </c>
       <c r="N13" t="s">
-        <v>584</v>
+        <v>537</v>
       </c>
       <c r="O13" t="s">
-        <v>523</v>
+        <v>538</v>
       </c>
       <c r="P13" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B14" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="H14" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="I14" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="J14" t="s">
-        <v>591</v>
+        <v>20</v>
       </c>
       <c r="K14" t="s">
-        <v>30</v>
+        <v>593</v>
       </c>
       <c r="L14" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M14" t="s">
-        <v>556</v>
+        <v>503</v>
       </c>
       <c r="N14" t="s">
-        <v>592</v>
+        <v>537</v>
       </c>
       <c r="O14" t="s">
-        <v>593</v>
+        <v>538</v>
       </c>
       <c r="P14" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B15" t="s">
         <v>595</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
         <v>596</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
         <v>597</v>
       </c>
       <c r="H15" t="s">
         <v>598</v>
       </c>
       <c r="I15" t="s">
         <v>599</v>
       </c>
       <c r="J15" t="s">
         <v>600</v>
       </c>
       <c r="K15" t="s">
+        <v>30</v>
+      </c>
+      <c r="L15" t="s">
+        <v>491</v>
+      </c>
+      <c r="M15" t="s">
+        <v>536</v>
+      </c>
+      <c r="N15" t="s">
         <v>601</v>
       </c>
-      <c r="L15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O15" t="s">
-        <v>513</v>
+        <v>602</v>
       </c>
       <c r="P15" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B16" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H16" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="I16" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="J16" t="s">
-        <v>20</v>
+        <v>609</v>
       </c>
       <c r="K16" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="L16" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M16" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N16" t="s">
-        <v>609</v>
+        <v>504</v>
       </c>
       <c r="O16" t="s">
-        <v>610</v>
+        <v>505</v>
       </c>
       <c r="P16" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B17" t="s">
         <v>612</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
+        <v>605</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
         <v>613</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>614</v>
       </c>
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>615</v>
       </c>
-      <c r="I17" t="s">
+      <c r="J17" t="s">
+        <v>609</v>
+      </c>
+      <c r="K17" t="s">
+        <v>610</v>
+      </c>
+      <c r="L17" t="s">
+        <v>491</v>
+      </c>
+      <c r="M17" t="s">
+        <v>503</v>
+      </c>
+      <c r="N17" t="s">
+        <v>504</v>
+      </c>
+      <c r="O17" t="s">
+        <v>547</v>
+      </c>
+      <c r="P17" t="s">
         <v>616</v>
-      </c>
-[...19 lines deleted...]
-        <v>620</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B18" t="s">
+        <v>617</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>618</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>619</v>
+      </c>
+      <c r="H18" t="s">
+        <v>620</v>
+      </c>
+      <c r="I18" t="s">
         <v>621</v>
       </c>
-      <c r="C18" t="s">
-[...11 lines deleted...]
-      <c r="G18" t="s">
+      <c r="J18" t="s">
+        <v>501</v>
+      </c>
+      <c r="K18" t="s">
+        <v>502</v>
+      </c>
+      <c r="L18" t="s">
+        <v>491</v>
+      </c>
+      <c r="M18" t="s">
+        <v>492</v>
+      </c>
+      <c r="N18" t="s">
+        <v>514</v>
+      </c>
+      <c r="O18" t="s">
         <v>622</v>
       </c>
-      <c r="H18" t="s">
+      <c r="P18" t="s">
         <v>623</v>
-      </c>
-[...22 lines deleted...]
-        <v>625</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B19" t="s">
+        <v>624</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>625</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
         <v>626</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="H19" t="s">
         <v>627</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="I19" t="s">
         <v>628</v>
       </c>
-      <c r="H19" t="s">
+      <c r="J19" t="s">
         <v>629</v>
       </c>
-      <c r="I19" t="s">
+      <c r="K19" t="s">
         <v>630</v>
       </c>
-      <c r="J19" t="s">
+      <c r="L19" t="s">
+        <v>491</v>
+      </c>
+      <c r="M19" t="s">
+        <v>503</v>
+      </c>
+      <c r="N19" t="s">
+        <v>504</v>
+      </c>
+      <c r="O19" t="s">
+        <v>547</v>
+      </c>
+      <c r="P19" t="s">
         <v>631</v>
-      </c>
-[...16 lines deleted...]
-        <v>635</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B20" t="s">
+        <v>632</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>633</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>634</v>
+      </c>
+      <c r="H20" t="s">
+        <v>635</v>
+      </c>
+      <c r="I20" t="s">
         <v>636</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="J20" t="s">
+        <v>512</v>
+      </c>
+      <c r="K20" t="s">
+        <v>513</v>
+      </c>
+      <c r="L20" t="s">
+        <v>491</v>
+      </c>
+      <c r="M20" t="s">
+        <v>536</v>
+      </c>
+      <c r="N20" t="s">
+        <v>493</v>
+      </c>
+      <c r="O20" t="s">
+        <v>494</v>
+      </c>
+      <c r="P20" t="s">
         <v>637</v>
-      </c>
-[...31 lines deleted...]
-        <v>642</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B21" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>644</v>
+        <v>639</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>645</v>
+        <v>640</v>
       </c>
       <c r="H21" t="s">
-        <v>646</v>
+        <v>641</v>
       </c>
       <c r="I21" t="s">
-        <v>647</v>
+        <v>642</v>
       </c>
       <c r="J21" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="K21" t="s">
         <v>30</v>
       </c>
       <c r="L21" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M21" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N21" t="s">
-        <v>609</v>
+        <v>514</v>
       </c>
       <c r="O21" t="s">
-        <v>648</v>
+        <v>643</v>
       </c>
       <c r="P21" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B22" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>644</v>
+        <v>639</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
       <c r="H22" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
       <c r="I22" t="s">
-        <v>653</v>
+        <v>648</v>
       </c>
       <c r="J22" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="K22" t="s">
         <v>30</v>
       </c>
       <c r="L22" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M22" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N22" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="O22" t="s">
-        <v>619</v>
+        <v>505</v>
       </c>
       <c r="P22" t="s">
-        <v>654</v>
+        <v>649</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B23" t="s">
-        <v>655</v>
+        <v>650</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>656</v>
+        <v>651</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>657</v>
+        <v>652</v>
       </c>
       <c r="H23" t="s">
-        <v>658</v>
+        <v>653</v>
       </c>
       <c r="I23" t="s">
-        <v>659</v>
+        <v>654</v>
       </c>
       <c r="J23" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="K23" t="s">
         <v>30</v>
       </c>
       <c r="L23" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M23" t="s">
-        <v>556</v>
+        <v>536</v>
       </c>
       <c r="N23" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="O23" t="s">
-        <v>513</v>
+        <v>494</v>
       </c>
       <c r="P23" t="s">
-        <v>660</v>
+        <v>655</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B24" t="s">
+        <v>656</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>657</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>658</v>
+      </c>
+      <c r="H24" t="s">
+        <v>659</v>
+      </c>
+      <c r="I24" t="s">
+        <v>660</v>
+      </c>
+      <c r="J24" t="s">
         <v>661</v>
       </c>
-      <c r="C24" t="s">
-[...5 lines deleted...]
-      <c r="E24" t="s">
+      <c r="K24" t="s">
         <v>662</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="L24" t="s">
+        <v>491</v>
+      </c>
+      <c r="M24" t="s">
+        <v>536</v>
+      </c>
+      <c r="N24" t="s">
+        <v>493</v>
+      </c>
+      <c r="O24" t="s">
+        <v>494</v>
+      </c>
+      <c r="P24" t="s">
         <v>663</v>
-      </c>
-[...25 lines deleted...]
-        <v>668</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B25" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="H25" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="I25" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="J25" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="K25" t="s">
         <v>30</v>
       </c>
       <c r="L25" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M25" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N25" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="O25" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="P25" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B26" t="s">
+        <v>672</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>625</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>673</v>
+      </c>
+      <c r="H26" t="s">
+        <v>674</v>
+      </c>
+      <c r="I26" t="s">
+        <v>675</v>
+      </c>
+      <c r="J26" t="s">
+        <v>676</v>
+      </c>
+      <c r="K26" t="s">
         <v>677</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="L26" t="s">
+        <v>491</v>
+      </c>
+      <c r="M26" t="s">
+        <v>503</v>
+      </c>
+      <c r="N26" t="s">
+        <v>514</v>
+      </c>
+      <c r="O26" t="s">
         <v>678</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="P26" t="s">
         <v>679</v>
-      </c>
-[...25 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B27" t="s">
+        <v>680</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>625</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>681</v>
+      </c>
+      <c r="H27" t="s">
+        <v>682</v>
+      </c>
+      <c r="I27" t="s">
+        <v>683</v>
+      </c>
+      <c r="J27" t="s">
+        <v>684</v>
+      </c>
+      <c r="K27" t="s">
+        <v>677</v>
+      </c>
+      <c r="L27" t="s">
+        <v>491</v>
+      </c>
+      <c r="M27" t="s">
+        <v>503</v>
+      </c>
+      <c r="N27" t="s">
+        <v>514</v>
+      </c>
+      <c r="O27" t="s">
+        <v>685</v>
+      </c>
+      <c r="P27" t="s">
         <v>686</v>
-      </c>
-[...40 lines deleted...]
-        <v>693</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B28" t="s">
-        <v>694</v>
+        <v>687</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>695</v>
+        <v>688</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>696</v>
+        <v>689</v>
       </c>
       <c r="H28" t="s">
-        <v>697</v>
+        <v>690</v>
       </c>
       <c r="I28" t="s">
-        <v>698</v>
+        <v>691</v>
       </c>
       <c r="J28" t="s">
-        <v>699</v>
+        <v>600</v>
       </c>
       <c r="K28" t="s">
-        <v>632</v>
+        <v>30</v>
       </c>
       <c r="L28" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M28" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N28" t="s">
-        <v>609</v>
+        <v>504</v>
       </c>
       <c r="O28" t="s">
-        <v>700</v>
+        <v>505</v>
       </c>
       <c r="P28" t="s">
-        <v>701</v>
+        <v>692</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B29" t="s">
-        <v>702</v>
+        <v>693</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
+        <v>688</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>694</v>
+      </c>
+      <c r="H29" t="s">
         <v>695</v>
       </c>
-      <c r="F29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I29" t="s">
-        <v>705</v>
+        <v>696</v>
       </c>
       <c r="J29" t="s">
-        <v>631</v>
+        <v>697</v>
       </c>
       <c r="K29" t="s">
-        <v>632</v>
+        <v>698</v>
       </c>
       <c r="L29" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M29" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N29" t="s">
-        <v>609</v>
+        <v>504</v>
       </c>
       <c r="O29" t="s">
-        <v>706</v>
+        <v>505</v>
       </c>
       <c r="P29" t="s">
-        <v>707</v>
+        <v>699</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B30" t="s">
-        <v>708</v>
+        <v>700</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
       <c r="H30" t="s">
-        <v>710</v>
+        <v>703</v>
       </c>
       <c r="I30" t="s">
-        <v>711</v>
+        <v>704</v>
       </c>
       <c r="J30" t="s">
-        <v>712</v>
+        <v>684</v>
       </c>
       <c r="K30" t="s">
-        <v>713</v>
+        <v>677</v>
       </c>
       <c r="L30" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M30" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N30" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="O30" t="s">
-        <v>495</v>
+        <v>547</v>
       </c>
       <c r="P30" t="s">
-        <v>714</v>
+        <v>705</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B31" t="s">
-        <v>715</v>
+        <v>706</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>716</v>
+        <v>707</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>717</v>
+        <v>708</v>
       </c>
       <c r="H31" t="s">
-        <v>718</v>
+        <v>709</v>
       </c>
       <c r="I31" t="s">
-        <v>719</v>
+        <v>710</v>
       </c>
       <c r="J31" t="s">
-        <v>720</v>
+        <v>501</v>
       </c>
       <c r="K31" t="s">
-        <v>721</v>
+        <v>502</v>
       </c>
       <c r="L31" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M31" t="s">
-        <v>556</v>
+        <v>503</v>
       </c>
       <c r="N31" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="O31" t="s">
-        <v>513</v>
+        <v>494</v>
       </c>
       <c r="P31" t="s">
-        <v>722</v>
+        <v>711</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B32" t="s">
-        <v>723</v>
+        <v>712</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>724</v>
+        <v>713</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>725</v>
+        <v>714</v>
       </c>
       <c r="H32" t="s">
-        <v>726</v>
+        <v>715</v>
       </c>
       <c r="I32" t="s">
-        <v>727</v>
+        <v>716</v>
       </c>
       <c r="J32" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="K32" t="s">
         <v>30</v>
       </c>
       <c r="L32" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M32" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N32" t="s">
-        <v>494</v>
+        <v>514</v>
       </c>
       <c r="O32" t="s">
-        <v>619</v>
+        <v>521</v>
       </c>
       <c r="P32" t="s">
-        <v>728</v>
+        <v>717</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B33" t="s">
-        <v>729</v>
+        <v>718</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>724</v>
+        <v>713</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>730</v>
+        <v>719</v>
       </c>
       <c r="H33" t="s">
-        <v>731</v>
+        <v>720</v>
       </c>
       <c r="I33" t="s">
-        <v>732</v>
+        <v>721</v>
       </c>
       <c r="J33" t="s">
-        <v>733</v>
+        <v>600</v>
       </c>
       <c r="K33" t="s">
-        <v>734</v>
+        <v>30</v>
       </c>
       <c r="L33" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M33" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N33" t="s">
-        <v>494</v>
+        <v>514</v>
       </c>
       <c r="O33" t="s">
-        <v>619</v>
+        <v>515</v>
       </c>
       <c r="P33" t="s">
-        <v>735</v>
+        <v>722</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B34" t="s">
-        <v>736</v>
+        <v>723</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>737</v>
+        <v>713</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>738</v>
+        <v>724</v>
       </c>
       <c r="H34" t="s">
-        <v>739</v>
+        <v>725</v>
       </c>
       <c r="I34" t="s">
-        <v>740</v>
+        <v>726</v>
       </c>
       <c r="J34" t="s">
-        <v>631</v>
+        <v>727</v>
       </c>
       <c r="K34" t="s">
-        <v>632</v>
+        <v>728</v>
       </c>
       <c r="L34" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M34" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N34" t="s">
-        <v>494</v>
+        <v>514</v>
       </c>
       <c r="O34" t="s">
-        <v>495</v>
+        <v>729</v>
       </c>
       <c r="P34" t="s">
-        <v>741</v>
+        <v>730</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B35" t="s">
-        <v>742</v>
+        <v>731</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>743</v>
+        <v>713</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>744</v>
+        <v>732</v>
       </c>
       <c r="H35" t="s">
-        <v>745</v>
+        <v>733</v>
       </c>
       <c r="I35" t="s">
-        <v>746</v>
+        <v>734</v>
       </c>
       <c r="J35" t="s">
-        <v>682</v>
+        <v>20</v>
       </c>
       <c r="K35" t="s">
-        <v>683</v>
+        <v>735</v>
       </c>
       <c r="L35" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M35" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N35" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="O35" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="P35" t="s">
-        <v>747</v>
+        <v>736</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B36" t="s">
-        <v>748</v>
+        <v>737</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>743</v>
+        <v>713</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>749</v>
+        <v>738</v>
       </c>
       <c r="H36" t="s">
-        <v>750</v>
+        <v>739</v>
       </c>
       <c r="I36" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="J36" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="K36" t="s">
-        <v>683</v>
+        <v>677</v>
       </c>
       <c r="L36" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M36" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N36" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="O36" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="P36" t="s">
-        <v>752</v>
+        <v>741</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B37" t="s">
-        <v>753</v>
+        <v>742</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>754</v>
+        <v>743</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>755</v>
+        <v>744</v>
       </c>
       <c r="H37" t="s">
-        <v>756</v>
+        <v>745</v>
       </c>
       <c r="I37" t="s">
-        <v>757</v>
+        <v>746</v>
       </c>
       <c r="J37" t="s">
-        <v>758</v>
+        <v>747</v>
       </c>
       <c r="K37" t="s">
-        <v>759</v>
+        <v>748</v>
       </c>
       <c r="L37" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M37" t="s">
-        <v>556</v>
+        <v>536</v>
       </c>
       <c r="N37" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="O37" t="s">
-        <v>513</v>
+        <v>494</v>
       </c>
       <c r="P37" t="s">
-        <v>760</v>
+        <v>749</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B38" t="s">
-        <v>761</v>
+        <v>750</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>762</v>
+        <v>751</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>763</v>
+        <v>752</v>
       </c>
       <c r="H38" t="s">
-        <v>764</v>
+        <v>753</v>
       </c>
       <c r="I38" t="s">
-        <v>765</v>
+        <v>754</v>
       </c>
       <c r="J38" t="s">
-        <v>617</v>
+        <v>755</v>
       </c>
       <c r="K38" t="s">
-        <v>618</v>
+        <v>756</v>
       </c>
       <c r="L38" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M38" t="s">
-        <v>556</v>
+        <v>536</v>
       </c>
       <c r="N38" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="O38" t="s">
-        <v>513</v>
+        <v>494</v>
       </c>
       <c r="P38" t="s">
-        <v>766</v>
+        <v>757</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B39" t="s">
-        <v>767</v>
+        <v>758</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>768</v>
+        <v>759</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>769</v>
+        <v>760</v>
       </c>
       <c r="H39" t="s">
-        <v>770</v>
+        <v>761</v>
       </c>
       <c r="I39" t="s">
-        <v>771</v>
+        <v>762</v>
       </c>
       <c r="J39" t="s">
-        <v>591</v>
+        <v>763</v>
       </c>
       <c r="K39" t="s">
-        <v>30</v>
+        <v>343</v>
       </c>
       <c r="L39" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M39" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N39" t="s">
-        <v>609</v>
+        <v>764</v>
       </c>
       <c r="O39" t="s">
-        <v>772</v>
+        <v>765</v>
       </c>
       <c r="P39" t="s">
-        <v>773</v>
+        <v>766</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B40" t="s">
-        <v>774</v>
+        <v>767</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
         <v>768</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>775</v>
+        <v>769</v>
       </c>
       <c r="H40" t="s">
-        <v>776</v>
+        <v>770</v>
       </c>
       <c r="I40" t="s">
-        <v>777</v>
+        <v>771</v>
       </c>
       <c r="J40" t="s">
-        <v>591</v>
+        <v>501</v>
       </c>
       <c r="K40" t="s">
-        <v>30</v>
+        <v>502</v>
       </c>
       <c r="L40" t="s">
+        <v>491</v>
+      </c>
+      <c r="M40" t="s">
         <v>492</v>
       </c>
-      <c r="M40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N40" t="s">
-        <v>609</v>
+        <v>514</v>
       </c>
       <c r="O40" t="s">
-        <v>610</v>
+        <v>527</v>
       </c>
       <c r="P40" t="s">
-        <v>778</v>
+        <v>772</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B41" t="s">
+        <v>773</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>774</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>775</v>
+      </c>
+      <c r="H41" t="s">
+        <v>776</v>
+      </c>
+      <c r="I41" t="s">
+        <v>777</v>
+      </c>
+      <c r="J41" t="s">
+        <v>577</v>
+      </c>
+      <c r="K41" t="s">
+        <v>578</v>
+      </c>
+      <c r="L41" t="s">
+        <v>491</v>
+      </c>
+      <c r="M41" t="s">
+        <v>492</v>
+      </c>
+      <c r="N41" t="s">
+        <v>514</v>
+      </c>
+      <c r="O41" t="s">
+        <v>778</v>
+      </c>
+      <c r="P41" t="s">
         <v>779</v>
-      </c>
-[...40 lines deleted...]
-        <v>786</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B42" t="s">
-        <v>787</v>
+        <v>780</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>768</v>
+        <v>774</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>788</v>
+        <v>781</v>
       </c>
       <c r="H42" t="s">
-        <v>789</v>
+        <v>782</v>
       </c>
       <c r="I42" t="s">
-        <v>790</v>
+        <v>777</v>
       </c>
       <c r="J42" t="s">
-        <v>20</v>
+        <v>577</v>
       </c>
       <c r="K42" t="s">
-        <v>791</v>
+        <v>578</v>
       </c>
       <c r="L42" t="s">
+        <v>491</v>
+      </c>
+      <c r="M42" t="s">
         <v>492</v>
       </c>
-      <c r="M42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N42" t="s">
-        <v>609</v>
+        <v>514</v>
       </c>
       <c r="O42" t="s">
-        <v>792</v>
+        <v>783</v>
       </c>
       <c r="P42" t="s">
-        <v>793</v>
+        <v>784</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B43" t="s">
-        <v>794</v>
+        <v>785</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>768</v>
+        <v>786</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>795</v>
+        <v>787</v>
       </c>
       <c r="H43" t="s">
-        <v>796</v>
+        <v>788</v>
       </c>
       <c r="I43" t="s">
-        <v>797</v>
+        <v>789</v>
       </c>
       <c r="J43" t="s">
-        <v>798</v>
+        <v>790</v>
       </c>
       <c r="K43" t="s">
-        <v>799</v>
+        <v>791</v>
       </c>
       <c r="L43" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M43" t="s">
+        <v>503</v>
+      </c>
+      <c r="N43" t="s">
         <v>493</v>
       </c>
-      <c r="N43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O43" t="s">
+        <v>494</v>
+      </c>
+      <c r="P43" t="s">
         <v>792</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B44" t="s">
-        <v>801</v>
+        <v>793</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>768</v>
+        <v>794</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>802</v>
+        <v>795</v>
       </c>
       <c r="H44" t="s">
-        <v>803</v>
+        <v>796</v>
       </c>
       <c r="I44" t="s">
-        <v>804</v>
+        <v>797</v>
       </c>
       <c r="J44" t="s">
-        <v>631</v>
+        <v>600</v>
       </c>
       <c r="K44" t="s">
-        <v>632</v>
+        <v>30</v>
       </c>
       <c r="L44" t="s">
+        <v>491</v>
+      </c>
+      <c r="M44" t="s">
         <v>492</v>
       </c>
-      <c r="M44" t="s">
+      <c r="N44" t="s">
         <v>493</v>
       </c>
-      <c r="N44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O44" t="s">
-        <v>792</v>
+        <v>494</v>
       </c>
       <c r="P44" t="s">
-        <v>805</v>
+        <v>798</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B45" t="s">
-        <v>806</v>
+        <v>799</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>807</v>
+        <v>794</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>808</v>
+        <v>800</v>
       </c>
       <c r="H45" t="s">
-        <v>809</v>
+        <v>801</v>
       </c>
       <c r="I45" t="s">
-        <v>810</v>
+        <v>802</v>
       </c>
       <c r="J45" t="s">
-        <v>811</v>
+        <v>600</v>
       </c>
       <c r="K45" t="s">
-        <v>812</v>
+        <v>30</v>
       </c>
       <c r="L45" t="s">
+        <v>491</v>
+      </c>
+      <c r="M45" t="s">
         <v>492</v>
       </c>
-      <c r="M45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N45" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="O45" t="s">
-        <v>513</v>
+        <v>494</v>
       </c>
       <c r="P45" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B46" t="s">
-        <v>814</v>
+        <v>804</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>815</v>
+        <v>805</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>816</v>
+        <v>806</v>
       </c>
       <c r="H46" t="s">
-        <v>817</v>
+        <v>807</v>
       </c>
       <c r="I46" t="s">
-        <v>818</v>
+        <v>808</v>
       </c>
       <c r="J46" t="s">
-        <v>819</v>
+        <v>20</v>
       </c>
       <c r="K46" t="s">
-        <v>820</v>
+        <v>809</v>
       </c>
       <c r="L46" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M46" t="s">
-        <v>556</v>
+        <v>536</v>
       </c>
       <c r="N46" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="O46" t="s">
-        <v>513</v>
+        <v>494</v>
       </c>
       <c r="P46" t="s">
-        <v>821</v>
+        <v>810</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B47" t="s">
-        <v>822</v>
+        <v>811</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>823</v>
+        <v>812</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>824</v>
+        <v>813</v>
       </c>
       <c r="H47" t="s">
-        <v>825</v>
+        <v>814</v>
       </c>
       <c r="I47" t="s">
-        <v>826</v>
+        <v>815</v>
       </c>
       <c r="J47" t="s">
-        <v>827</v>
+        <v>20</v>
       </c>
       <c r="K47" t="s">
-        <v>346</v>
+        <v>816</v>
       </c>
       <c r="L47" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M47" t="s">
+        <v>536</v>
+      </c>
+      <c r="N47" t="s">
         <v>493</v>
       </c>
-      <c r="N47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O47" t="s">
-        <v>829</v>
+        <v>494</v>
       </c>
       <c r="P47" t="s">
-        <v>830</v>
+        <v>817</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B48" t="s">
-        <v>831</v>
+        <v>818</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>832</v>
+        <v>812</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>833</v>
+        <v>819</v>
       </c>
       <c r="H48" t="s">
-        <v>834</v>
+        <v>820</v>
       </c>
       <c r="I48" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="J48" t="s">
-        <v>591</v>
+        <v>822</v>
       </c>
       <c r="K48" t="s">
-        <v>30</v>
+        <v>823</v>
       </c>
       <c r="L48" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M48" t="s">
+        <v>536</v>
+      </c>
+      <c r="N48" t="s">
         <v>493</v>
       </c>
-      <c r="N48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O48" t="s">
-        <v>610</v>
+        <v>494</v>
       </c>
       <c r="P48" t="s">
-        <v>836</v>
+        <v>824</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B49" t="s">
-        <v>837</v>
+        <v>825</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>838</v>
+        <v>826</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>839</v>
+        <v>827</v>
       </c>
       <c r="H49" t="s">
-        <v>840</v>
+        <v>828</v>
       </c>
       <c r="I49" t="s">
-        <v>841</v>
+        <v>829</v>
       </c>
       <c r="J49" t="s">
-        <v>842</v>
+        <v>830</v>
       </c>
       <c r="K49" t="s">
-        <v>843</v>
+        <v>831</v>
       </c>
       <c r="L49" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M49" t="s">
-        <v>556</v>
+        <v>503</v>
       </c>
       <c r="N49" t="s">
-        <v>584</v>
+        <v>493</v>
       </c>
       <c r="O49" t="s">
-        <v>523</v>
+        <v>494</v>
       </c>
       <c r="P49" t="s">
-        <v>844</v>
+        <v>832</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B50" t="s">
-        <v>845</v>
+        <v>833</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>846</v>
+        <v>826</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>847</v>
+        <v>834</v>
       </c>
       <c r="H50" t="s">
-        <v>848</v>
+        <v>835</v>
       </c>
       <c r="I50" t="s">
-        <v>849</v>
+        <v>836</v>
       </c>
       <c r="J50" t="s">
-        <v>20</v>
+        <v>837</v>
       </c>
       <c r="K50" t="s">
-        <v>850</v>
+        <v>838</v>
       </c>
       <c r="L50" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M50" t="s">
+        <v>503</v>
+      </c>
+      <c r="N50" t="s">
         <v>493</v>
       </c>
-      <c r="N50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O50" t="s">
-        <v>792</v>
+        <v>556</v>
       </c>
       <c r="P50" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B51" t="s">
-        <v>852</v>
+        <v>840</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
+        <v>841</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>842</v>
+      </c>
+      <c r="H51" t="s">
+        <v>843</v>
+      </c>
+      <c r="I51" t="s">
+        <v>844</v>
+      </c>
+      <c r="J51" t="s">
+        <v>845</v>
+      </c>
+      <c r="K51" t="s">
         <v>846</v>
       </c>
-      <c r="F51" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="L51" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M51" t="s">
+        <v>503</v>
+      </c>
+      <c r="N51" t="s">
         <v>493</v>
       </c>
-      <c r="N51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O51" t="s">
-        <v>772</v>
+        <v>494</v>
       </c>
       <c r="P51" t="s">
-        <v>855</v>
+        <v>847</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B52" t="s">
-        <v>856</v>
+        <v>848</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>846</v>
+        <v>707</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>857</v>
+        <v>849</v>
       </c>
       <c r="H52" t="s">
-        <v>858</v>
+        <v>850</v>
       </c>
       <c r="I52" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="J52" t="s">
-        <v>20</v>
+        <v>501</v>
       </c>
       <c r="K52" t="s">
-        <v>850</v>
+        <v>502</v>
       </c>
       <c r="L52" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M52" t="s">
+        <v>503</v>
+      </c>
+      <c r="N52" t="s">
         <v>493</v>
       </c>
-      <c r="N52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O52" t="s">
-        <v>610</v>
+        <v>494</v>
       </c>
       <c r="P52" t="s">
-        <v>859</v>
+        <v>852</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B53" t="s">
-        <v>860</v>
+        <v>853</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>846</v>
+        <v>854</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>861</v>
+        <v>855</v>
       </c>
       <c r="H53" t="s">
-        <v>862</v>
+        <v>856</v>
       </c>
       <c r="I53" t="s">
-        <v>863</v>
+        <v>857</v>
       </c>
       <c r="J53" t="s">
-        <v>591</v>
+        <v>609</v>
       </c>
       <c r="K53" t="s">
-        <v>30</v>
+        <v>610</v>
       </c>
       <c r="L53" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M53" t="s">
+        <v>536</v>
+      </c>
+      <c r="N53" t="s">
         <v>493</v>
       </c>
-      <c r="N53" t="s">
+      <c r="O53" t="s">
         <v>494</v>
       </c>
-      <c r="O53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P53" t="s">
-        <v>864</v>
+        <v>858</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B54" t="s">
+        <v>859</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>713</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>860</v>
+      </c>
+      <c r="H54" t="s">
+        <v>861</v>
+      </c>
+      <c r="I54" t="s">
+        <v>862</v>
+      </c>
+      <c r="J54" t="s">
+        <v>863</v>
+      </c>
+      <c r="K54" t="s">
+        <v>864</v>
+      </c>
+      <c r="L54" t="s">
+        <v>491</v>
+      </c>
+      <c r="M54" t="s">
+        <v>503</v>
+      </c>
+      <c r="N54" t="s">
+        <v>514</v>
+      </c>
+      <c r="O54" t="s">
+        <v>527</v>
+      </c>
+      <c r="P54" t="s">
         <v>865</v>
-      </c>
-[...40 lines deleted...]
-        <v>869</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B55" t="s">
+        <v>866</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>867</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>868</v>
+      </c>
+      <c r="H55" t="s">
+        <v>869</v>
+      </c>
+      <c r="I55" t="s">
         <v>870</v>
       </c>
-      <c r="C55" t="s">
-[...11 lines deleted...]
-      <c r="G55" t="s">
+      <c r="J55" t="s">
         <v>871</v>
       </c>
-      <c r="H55" t="s">
+      <c r="K55" t="s">
         <v>872</v>
       </c>
-      <c r="I55" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L55" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M55" t="s">
-        <v>504</v>
+        <v>536</v>
       </c>
       <c r="N55" t="s">
-        <v>609</v>
+        <v>873</v>
       </c>
       <c r="O55" t="s">
-        <v>873</v>
+        <v>538</v>
       </c>
       <c r="P55" t="s">
         <v>874</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B56" t="s">
         <v>875</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>866</v>
+        <v>876</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="H56" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="I56" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="J56" t="s">
-        <v>682</v>
+        <v>20</v>
       </c>
       <c r="K56" t="s">
-        <v>683</v>
+        <v>880</v>
       </c>
       <c r="L56" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M56" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="N56" t="s">
-        <v>609</v>
+        <v>514</v>
       </c>
       <c r="O56" t="s">
-        <v>792</v>
+        <v>515</v>
       </c>
       <c r="P56" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B57" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="H57" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="I57" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="J57" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="K57" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="L57" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M57" t="s">
+        <v>503</v>
+      </c>
+      <c r="N57" t="s">
         <v>493</v>
       </c>
-      <c r="N57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O57" t="s">
-        <v>513</v>
+        <v>494</v>
       </c>
       <c r="P57" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B58" t="s">
+        <v>890</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>883</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>891</v>
+      </c>
+      <c r="H58" t="s">
+        <v>892</v>
+      </c>
+      <c r="I58" t="s">
+        <v>893</v>
+      </c>
+      <c r="J58" t="s">
+        <v>887</v>
+      </c>
+      <c r="K58" t="s">
         <v>888</v>
       </c>
-      <c r="C58" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="L58" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M58" t="s">
+        <v>503</v>
+      </c>
+      <c r="N58" t="s">
         <v>493</v>
       </c>
-      <c r="N58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O58" t="s">
-        <v>506</v>
+        <v>556</v>
       </c>
       <c r="P58" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B59" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>881</v>
+        <v>896</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="H59" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="I59" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="J59" t="s">
-        <v>897</v>
+        <v>600</v>
       </c>
       <c r="K59" t="s">
-        <v>898</v>
+        <v>30</v>
       </c>
       <c r="L59" t="s">
+        <v>491</v>
+      </c>
+      <c r="M59" t="s">
         <v>492</v>
       </c>
-      <c r="M59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N59" t="s">
-        <v>505</v>
+        <v>669</v>
       </c>
       <c r="O59" t="s">
-        <v>513</v>
+        <v>900</v>
       </c>
       <c r="P59" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B60" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>901</v>
+        <v>896</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="H60" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="I60" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="J60" t="s">
-        <v>591</v>
+        <v>906</v>
       </c>
       <c r="K60" t="s">
-        <v>30</v>
+        <v>907</v>
       </c>
       <c r="L60" t="s">
+        <v>491</v>
+      </c>
+      <c r="M60" t="s">
         <v>492</v>
       </c>
-      <c r="M60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N60" t="s">
-        <v>674</v>
+        <v>514</v>
       </c>
       <c r="O60" t="s">
-        <v>905</v>
+        <v>678</v>
       </c>
       <c r="P60" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B61" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>901</v>
+        <v>910</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="H61" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="I61" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="J61" t="s">
-        <v>911</v>
+        <v>609</v>
       </c>
       <c r="K61" t="s">
-        <v>912</v>
+        <v>610</v>
       </c>
       <c r="L61" t="s">
+        <v>491</v>
+      </c>
+      <c r="M61" t="s">
         <v>492</v>
       </c>
-      <c r="M61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N61" t="s">
-        <v>609</v>
+        <v>493</v>
       </c>
       <c r="O61" t="s">
-        <v>700</v>
+        <v>556</v>
       </c>
       <c r="P61" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B62" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>915</v>
+        <v>812</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
         <v>916</v>
       </c>
       <c r="H62" t="s">
         <v>917</v>
       </c>
       <c r="I62" t="s">
         <v>918</v>
       </c>
       <c r="J62" t="s">
+        <v>600</v>
+      </c>
+      <c r="K62" t="s">
+        <v>30</v>
+      </c>
+      <c r="L62" t="s">
+        <v>491</v>
+      </c>
+      <c r="M62" t="s">
+        <v>536</v>
+      </c>
+      <c r="N62" t="s">
+        <v>493</v>
+      </c>
+      <c r="O62" t="s">
+        <v>494</v>
+      </c>
+      <c r="P62" t="s">
         <v>919</v>
-      </c>
-[...16 lines deleted...]
-        <v>921</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B63" t="s">
+        <v>920</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>921</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
         <v>922</v>
       </c>
-      <c r="C63" t="s">
-[...5 lines deleted...]
-      <c r="E63" t="s">
+      <c r="H63" t="s">
         <v>923</v>
       </c>
-      <c r="F63" t="s">
-[...2 lines deleted...]
-      <c r="G63" t="s">
+      <c r="I63" t="s">
         <v>924</v>
       </c>
-      <c r="H63" t="s">
+      <c r="J63" t="s">
         <v>925</v>
       </c>
-      <c r="I63" t="s">
+      <c r="K63" t="s">
         <v>926</v>
       </c>
-      <c r="J63" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L63" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M63" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="N63" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="O63" t="s">
-        <v>506</v>
+        <v>622</v>
       </c>
       <c r="P63" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B64" t="s">
         <v>928</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
         <v>929</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
         <v>930</v>
       </c>
       <c r="H64" t="s">
         <v>931</v>
       </c>
       <c r="I64" t="s">
         <v>932</v>
       </c>
       <c r="J64" t="s">
         <v>933</v>
       </c>
       <c r="K64" t="s">
         <v>934</v>
       </c>
       <c r="L64" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M64" t="s">
-        <v>556</v>
+        <v>503</v>
       </c>
       <c r="N64" t="s">
-        <v>584</v>
+        <v>514</v>
       </c>
       <c r="O64" t="s">
-        <v>523</v>
+        <v>729</v>
       </c>
       <c r="P64" t="s">
         <v>935</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B65" t="s">
         <v>936</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
+        <v>929</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
         <v>937</v>
       </c>
-      <c r="F65" t="s">
-[...2 lines deleted...]
-      <c r="G65" t="s">
+      <c r="H65" t="s">
         <v>938</v>
       </c>
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>939</v>
       </c>
-      <c r="I65" t="s">
+      <c r="J65" t="s">
+        <v>933</v>
+      </c>
+      <c r="K65" t="s">
+        <v>934</v>
+      </c>
+      <c r="L65" t="s">
+        <v>491</v>
+      </c>
+      <c r="M65" t="s">
+        <v>503</v>
+      </c>
+      <c r="N65" t="s">
+        <v>514</v>
+      </c>
+      <c r="O65" t="s">
+        <v>521</v>
+      </c>
+      <c r="P65" t="s">
         <v>940</v>
-      </c>
-[...19 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B66" t="s">
+        <v>941</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>942</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
         <v>943</v>
       </c>
-      <c r="C66" t="s">
-[...11 lines deleted...]
-      <c r="G66" t="s">
+      <c r="H66" t="s">
         <v>944</v>
       </c>
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>945</v>
       </c>
-      <c r="I66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J66" t="s">
-        <v>530</v>
+        <v>933</v>
       </c>
       <c r="K66" t="s">
-        <v>531</v>
+        <v>934</v>
       </c>
       <c r="L66" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M66" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="N66" t="s">
-        <v>609</v>
+        <v>514</v>
       </c>
       <c r="O66" t="s">
+        <v>527</v>
+      </c>
+      <c r="P66" t="s">
         <v>946</v>
-      </c>
-[...1 lines deleted...]
-        <v>947</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B67" t="s">
+        <v>947</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
         <v>948</v>
       </c>
-      <c r="C67" t="s">
-[...5 lines deleted...]
-      <c r="E67" t="s">
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
         <v>949</v>
       </c>
-      <c r="F67" t="s">
-[...2 lines deleted...]
-      <c r="G67" t="s">
+      <c r="H67" t="s">
         <v>950</v>
       </c>
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>951</v>
       </c>
-      <c r="I67" t="s">
+      <c r="J67" t="s">
         <v>952</v>
       </c>
-      <c r="J67" t="s">
+      <c r="K67" t="s">
         <v>953</v>
       </c>
-      <c r="K67" t="s">
+      <c r="L67" t="s">
+        <v>491</v>
+      </c>
+      <c r="M67" t="s">
+        <v>503</v>
+      </c>
+      <c r="N67" t="s">
+        <v>514</v>
+      </c>
+      <c r="O67" t="s">
+        <v>515</v>
+      </c>
+      <c r="P67" t="s">
         <v>954</v>
-      </c>
-[...13 lines deleted...]
-        <v>955</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B68" t="s">
+        <v>955</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>948</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
         <v>956</v>
       </c>
-      <c r="C68" t="s">
-[...5 lines deleted...]
-      <c r="E68" t="s">
+      <c r="H68" t="s">
         <v>957</v>
       </c>
-      <c r="F68" t="s">
-[...2 lines deleted...]
-      <c r="G68" t="s">
+      <c r="I68" t="s">
         <v>958</v>
       </c>
-      <c r="H68" t="s">
+      <c r="J68" t="s">
+        <v>20</v>
+      </c>
+      <c r="K68" t="s">
         <v>959</v>
       </c>
-      <c r="I68" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L68" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M68" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="N68" t="s">
+        <v>514</v>
+      </c>
+      <c r="O68" t="s">
+        <v>685</v>
+      </c>
+      <c r="P68" t="s">
         <v>960</v>
-      </c>
-[...4 lines deleted...]
-        <v>962</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B69" t="s">
+        <v>961</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>948</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>962</v>
+      </c>
+      <c r="H69" t="s">
         <v>963</v>
       </c>
-      <c r="C69" t="s">
-[...5 lines deleted...]
-      <c r="E69" t="s">
+      <c r="I69" t="s">
+        <v>952</v>
+      </c>
+      <c r="J69" t="s">
+        <v>20</v>
+      </c>
+      <c r="K69" t="s">
+        <v>953</v>
+      </c>
+      <c r="L69" t="s">
+        <v>491</v>
+      </c>
+      <c r="M69" t="s">
+        <v>503</v>
+      </c>
+      <c r="N69" t="s">
+        <v>514</v>
+      </c>
+      <c r="O69" t="s">
+        <v>527</v>
+      </c>
+      <c r="P69" t="s">
         <v>964</v>
-      </c>
-[...31 lines deleted...]
-        <v>970</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B70" t="s">
-        <v>971</v>
+        <v>965</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>972</v>
+        <v>948</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>973</v>
+        <v>966</v>
       </c>
       <c r="H70" t="s">
-        <v>974</v>
+        <v>967</v>
       </c>
       <c r="I70" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="J70" t="s">
-        <v>976</v>
+        <v>20</v>
       </c>
       <c r="K70" t="s">
-        <v>977</v>
+        <v>959</v>
       </c>
       <c r="L70" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M70" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N70" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="O70" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="P70" t="s">
-        <v>978</v>
+        <v>968</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B71" t="s">
-        <v>979</v>
+        <v>969</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>980</v>
+        <v>948</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>981</v>
+        <v>970</v>
       </c>
       <c r="H71" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="I71" t="s">
-        <v>983</v>
+        <v>951</v>
       </c>
       <c r="J71" t="s">
-        <v>591</v>
+        <v>952</v>
       </c>
       <c r="K71" t="s">
-        <v>30</v>
+        <v>953</v>
       </c>
       <c r="L71" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M71" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="N71" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="O71" t="s">
-        <v>506</v>
+        <v>521</v>
       </c>
       <c r="P71" t="s">
-        <v>984</v>
+        <v>972</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B72" t="s">
-        <v>985</v>
+        <v>973</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>980</v>
+        <v>948</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>986</v>
+        <v>974</v>
       </c>
       <c r="H72" t="s">
-        <v>987</v>
+        <v>975</v>
       </c>
       <c r="I72" t="s">
-        <v>988</v>
+        <v>958</v>
       </c>
       <c r="J72" t="s">
-        <v>591</v>
+        <v>20</v>
       </c>
       <c r="K72" t="s">
-        <v>30</v>
+        <v>959</v>
       </c>
       <c r="L72" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M72" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="N72" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="O72" t="s">
-        <v>506</v>
+        <v>521</v>
       </c>
       <c r="P72" t="s">
-        <v>989</v>
+        <v>976</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B73" t="s">
-        <v>990</v>
+        <v>977</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
+        <v>978</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>979</v>
+      </c>
+      <c r="H73" t="s">
         <v>980</v>
       </c>
-      <c r="F73" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I73" t="s">
-        <v>993</v>
+        <v>981</v>
       </c>
       <c r="J73" t="s">
-        <v>591</v>
+        <v>763</v>
       </c>
       <c r="K73" t="s">
-        <v>30</v>
+        <v>343</v>
       </c>
       <c r="L73" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M73" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="N73" t="s">
-        <v>505</v>
+        <v>873</v>
       </c>
       <c r="O73" t="s">
-        <v>506</v>
+        <v>982</v>
       </c>
       <c r="P73" t="s">
-        <v>994</v>
+        <v>983</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B74" t="s">
-        <v>995</v>
+        <v>984</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>996</v>
+        <v>986</v>
       </c>
       <c r="H74" t="s">
-        <v>997</v>
+        <v>987</v>
       </c>
       <c r="I74" t="s">
-        <v>998</v>
+        <v>988</v>
       </c>
       <c r="J74" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="K74" t="s">
         <v>30</v>
       </c>
       <c r="L74" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M74" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="N74" t="s">
-        <v>505</v>
+        <v>873</v>
       </c>
       <c r="O74" t="s">
-        <v>506</v>
+        <v>982</v>
       </c>
       <c r="P74" t="s">
-        <v>999</v>
+        <v>989</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B75" t="s">
-        <v>1000</v>
+        <v>990</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>980</v>
+        <v>991</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>1001</v>
+        <v>992</v>
       </c>
       <c r="H75" t="s">
-        <v>1002</v>
+        <v>993</v>
       </c>
       <c r="I75" t="s">
-        <v>1003</v>
+        <v>994</v>
       </c>
       <c r="J75" t="s">
-        <v>591</v>
+        <v>995</v>
       </c>
       <c r="K75" t="s">
-        <v>30</v>
+        <v>996</v>
       </c>
       <c r="L75" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M75" t="s">
+        <v>503</v>
+      </c>
+      <c r="N75" t="s">
         <v>504</v>
       </c>
-      <c r="N75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O75" t="s">
-        <v>513</v>
+        <v>997</v>
       </c>
       <c r="P75" t="s">
-        <v>1004</v>
+        <v>998</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B76" t="s">
-        <v>1005</v>
+        <v>999</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>980</v>
+        <v>991</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>1006</v>
+        <v>1000</v>
       </c>
       <c r="H76" t="s">
-        <v>1007</v>
+        <v>1001</v>
       </c>
       <c r="I76" t="s">
-        <v>1008</v>
+        <v>994</v>
       </c>
       <c r="J76" t="s">
-        <v>591</v>
+        <v>995</v>
       </c>
       <c r="K76" t="s">
-        <v>30</v>
+        <v>996</v>
       </c>
       <c r="L76" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M76" t="s">
+        <v>503</v>
+      </c>
+      <c r="N76" t="s">
         <v>504</v>
       </c>
-      <c r="N76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O76" t="s">
-        <v>513</v>
+        <v>1002</v>
       </c>
       <c r="P76" t="s">
-        <v>1009</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B77" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1007</v>
+      </c>
+      <c r="I77" t="s">
+        <v>1008</v>
+      </c>
+      <c r="J77" t="s">
+        <v>684</v>
+      </c>
+      <c r="K77" t="s">
+        <v>677</v>
+      </c>
+      <c r="L77" t="s">
+        <v>491</v>
+      </c>
+      <c r="M77" t="s">
+        <v>503</v>
+      </c>
+      <c r="N77" t="s">
+        <v>1009</v>
+      </c>
+      <c r="O77" t="s">
         <v>1010</v>
       </c>
-      <c r="C77" t="s">
-[...5 lines deleted...]
-      <c r="E77" t="s">
+      <c r="P77" t="s">
         <v>1011</v>
-      </c>
-[...31 lines deleted...]
-        <v>1016</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B78" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1014</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1015</v>
+      </c>
+      <c r="I78" t="s">
+        <v>1016</v>
+      </c>
+      <c r="J78" t="s">
         <v>1017</v>
       </c>
-      <c r="C78" t="s">
-[...5 lines deleted...]
-      <c r="E78" t="s">
+      <c r="K78" t="s">
+        <v>30</v>
+      </c>
+      <c r="L78" t="s">
+        <v>491</v>
+      </c>
+      <c r="M78" t="s">
+        <v>492</v>
+      </c>
+      <c r="N78" t="s">
+        <v>1009</v>
+      </c>
+      <c r="O78" t="s">
+        <v>1010</v>
+      </c>
+      <c r="P78" t="s">
         <v>1018</v>
-      </c>
-[...31 lines deleted...]
-        <v>1024</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B79" t="s">
-        <v>1025</v>
+        <v>1019</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>1026</v>
+        <v>1021</v>
       </c>
       <c r="H79" t="s">
-        <v>1027</v>
+        <v>1022</v>
       </c>
       <c r="I79" t="s">
-        <v>1028</v>
+        <v>1023</v>
       </c>
       <c r="J79" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="K79" t="s">
         <v>30</v>
       </c>
       <c r="L79" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M79" t="s">
-        <v>556</v>
+        <v>503</v>
       </c>
       <c r="N79" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="O79" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="P79" t="s">
-        <v>1029</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B80" t="s">
-        <v>1030</v>
+        <v>1025</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>1018</v>
+        <v>876</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>1031</v>
+        <v>1026</v>
       </c>
       <c r="H80" t="s">
-        <v>1032</v>
+        <v>1027</v>
       </c>
       <c r="I80" t="s">
-        <v>1033</v>
+        <v>879</v>
       </c>
       <c r="J80" t="s">
         <v>20</v>
       </c>
       <c r="K80" t="s">
-        <v>1034</v>
+        <v>880</v>
       </c>
       <c r="L80" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M80" t="s">
-        <v>556</v>
+        <v>503</v>
       </c>
       <c r="N80" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="O80" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="P80" t="s">
-        <v>1035</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B81" t="s">
-        <v>1036</v>
+        <v>1029</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>1018</v>
+        <v>876</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="H81" t="s">
-        <v>1038</v>
+        <v>1031</v>
       </c>
       <c r="I81" t="s">
-        <v>1039</v>
+        <v>879</v>
       </c>
       <c r="J81" t="s">
-        <v>1040</v>
+        <v>20</v>
       </c>
       <c r="K81" t="s">
-        <v>1041</v>
+        <v>880</v>
       </c>
       <c r="L81" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M81" t="s">
-        <v>556</v>
+        <v>503</v>
       </c>
       <c r="N81" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="O81" t="s">
-        <v>513</v>
+        <v>521</v>
       </c>
       <c r="P81" t="s">
-        <v>1042</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B82" t="s">
-        <v>1043</v>
+        <v>1033</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>1044</v>
+        <v>1034</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>1045</v>
+        <v>1035</v>
       </c>
       <c r="H82" t="s">
-        <v>1046</v>
+        <v>1036</v>
       </c>
       <c r="I82" t="s">
-        <v>1047</v>
+        <v>1037</v>
       </c>
       <c r="J82" t="s">
-        <v>1048</v>
+        <v>1038</v>
       </c>
       <c r="K82" t="s">
-        <v>1049</v>
+        <v>1039</v>
       </c>
       <c r="L82" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M82" t="s">
-        <v>493</v>
+        <v>536</v>
       </c>
       <c r="N82" t="s">
-        <v>505</v>
+        <v>873</v>
       </c>
       <c r="O82" t="s">
-        <v>513</v>
+        <v>538</v>
       </c>
       <c r="P82" t="s">
-        <v>1050</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B83" t="s">
-        <v>1051</v>
+        <v>1041</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H83" t="s">
         <v>1044</v>
       </c>
-      <c r="F83" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I83" t="s">
-        <v>1054</v>
+        <v>1045</v>
       </c>
       <c r="J83" t="s">
-        <v>1055</v>
+        <v>1046</v>
       </c>
       <c r="K83" t="s">
-        <v>1056</v>
+        <v>1047</v>
       </c>
       <c r="L83" t="s">
+        <v>491</v>
+      </c>
+      <c r="M83" t="s">
         <v>492</v>
       </c>
-      <c r="M83" t="s">
+      <c r="N83" t="s">
         <v>493</v>
       </c>
-      <c r="N83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O83" t="s">
-        <v>506</v>
+        <v>556</v>
       </c>
       <c r="P83" t="s">
-        <v>1057</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B84" t="s">
-        <v>1058</v>
+        <v>1049</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>1059</v>
+        <v>1050</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>1060</v>
+        <v>1051</v>
       </c>
       <c r="H84" t="s">
-        <v>1061</v>
+        <v>1052</v>
       </c>
       <c r="I84" t="s">
-        <v>1062</v>
+        <v>1016</v>
       </c>
       <c r="J84" t="s">
-        <v>20</v>
+        <v>600</v>
       </c>
       <c r="K84" t="s">
-        <v>1063</v>
+        <v>30</v>
       </c>
       <c r="L84" t="s">
+        <v>491</v>
+      </c>
+      <c r="M84" t="s">
         <v>492</v>
       </c>
-      <c r="M84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N84" t="s">
-        <v>522</v>
+        <v>1053</v>
       </c>
       <c r="O84" t="s">
-        <v>523</v>
+        <v>1054</v>
       </c>
       <c r="P84" t="s">
-        <v>1064</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B85" t="s">
-        <v>1065</v>
+        <v>1056</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>1066</v>
+        <v>1057</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>1067</v>
+        <v>1058</v>
       </c>
       <c r="H85" t="s">
-        <v>1068</v>
+        <v>1059</v>
       </c>
       <c r="I85" t="s">
-        <v>1069</v>
+        <v>1060</v>
       </c>
       <c r="J85" t="s">
-        <v>641</v>
+        <v>1061</v>
       </c>
       <c r="K85" t="s">
-        <v>30</v>
+        <v>1062</v>
       </c>
       <c r="L85" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M85" t="s">
-        <v>504</v>
+        <v>536</v>
       </c>
       <c r="N85" t="s">
-        <v>1070</v>
+        <v>493</v>
       </c>
       <c r="O85" t="s">
-        <v>1071</v>
+        <v>494</v>
       </c>
       <c r="P85" t="s">
-        <v>1072</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B86" t="s">
-        <v>1073</v>
+        <v>1064</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>1074</v>
+        <v>794</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>1075</v>
+        <v>1065</v>
       </c>
       <c r="H86" t="s">
-        <v>1076</v>
+        <v>1066</v>
       </c>
       <c r="I86" t="s">
-        <v>1077</v>
+        <v>1067</v>
       </c>
       <c r="J86" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="K86" t="s">
         <v>30</v>
       </c>
       <c r="L86" t="s">
+        <v>491</v>
+      </c>
+      <c r="M86" t="s">
         <v>492</v>
       </c>
-      <c r="M86" t="s">
+      <c r="N86" t="s">
+        <v>493</v>
+      </c>
+      <c r="O86" t="s">
         <v>556</v>
       </c>
-      <c r="N86" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P86" t="s">
-        <v>1078</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B87" t="s">
-        <v>1079</v>
+        <v>1069</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>1080</v>
+        <v>794</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>1081</v>
+        <v>1070</v>
       </c>
       <c r="H87" t="s">
-        <v>1082</v>
+        <v>1071</v>
       </c>
       <c r="I87" t="s">
-        <v>1083</v>
+        <v>1072</v>
       </c>
       <c r="J87" t="s">
-        <v>20</v>
+        <v>600</v>
       </c>
       <c r="K87" t="s">
-        <v>1084</v>
+        <v>30</v>
       </c>
       <c r="L87" t="s">
+        <v>491</v>
+      </c>
+      <c r="M87" t="s">
         <v>492</v>
       </c>
-      <c r="M87" t="s">
+      <c r="N87" t="s">
         <v>493</v>
       </c>
-      <c r="N87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O87" t="s">
-        <v>785</v>
+        <v>556</v>
       </c>
       <c r="P87" t="s">
-        <v>1085</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B88" t="s">
-        <v>1086</v>
+        <v>1074</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>1080</v>
+        <v>794</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>1087</v>
+        <v>1075</v>
       </c>
       <c r="H88" t="s">
-        <v>1088</v>
+        <v>1076</v>
       </c>
       <c r="I88" t="s">
-        <v>1089</v>
+        <v>1077</v>
       </c>
       <c r="J88" t="s">
-        <v>1083</v>
+        <v>600</v>
       </c>
       <c r="K88" t="s">
-        <v>1084</v>
+        <v>30</v>
       </c>
       <c r="L88" t="s">
+        <v>491</v>
+      </c>
+      <c r="M88" t="s">
         <v>492</v>
       </c>
-      <c r="M88" t="s">
+      <c r="N88" t="s">
         <v>493</v>
       </c>
-      <c r="N88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O88" t="s">
-        <v>684</v>
+        <v>556</v>
       </c>
       <c r="P88" t="s">
-        <v>1090</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B89" t="s">
-        <v>1091</v>
+        <v>1079</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>1092</v>
+        <v>1080</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>1093</v>
+        <v>1081</v>
       </c>
       <c r="H89" t="s">
-        <v>1094</v>
+        <v>1082</v>
       </c>
       <c r="I89" t="s">
-        <v>1095</v>
+        <v>1083</v>
       </c>
       <c r="J89" t="s">
-        <v>1096</v>
+        <v>20</v>
       </c>
       <c r="K89" t="s">
-        <v>1097</v>
+        <v>1084</v>
       </c>
       <c r="L89" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M89" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N89" t="s">
-        <v>609</v>
+        <v>537</v>
       </c>
       <c r="O89" t="s">
-        <v>785</v>
+        <v>538</v>
       </c>
       <c r="P89" t="s">
-        <v>1098</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B90" t="s">
-        <v>1099</v>
+        <v>1086</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H90" t="s">
+        <v>1089</v>
+      </c>
+      <c r="I90" t="s">
+        <v>1090</v>
+      </c>
+      <c r="J90" t="s">
+        <v>1017</v>
+      </c>
+      <c r="K90" t="s">
+        <v>30</v>
+      </c>
+      <c r="L90" t="s">
+        <v>491</v>
+      </c>
+      <c r="M90" t="s">
+        <v>492</v>
+      </c>
+      <c r="N90" t="s">
+        <v>1091</v>
+      </c>
+      <c r="O90" t="s">
         <v>1092</v>
       </c>
-      <c r="F90" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="P90" t="s">
-        <v>1103</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B91" t="s">
-        <v>1104</v>
+        <v>1094</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>1092</v>
+        <v>929</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>1105</v>
+        <v>1095</v>
       </c>
       <c r="H91" t="s">
-        <v>1106</v>
+        <v>1096</v>
       </c>
       <c r="I91" t="s">
-        <v>1102</v>
+        <v>939</v>
       </c>
       <c r="J91" t="s">
-        <v>1096</v>
+        <v>933</v>
       </c>
       <c r="K91" t="s">
+        <v>934</v>
+      </c>
+      <c r="L91" t="s">
+        <v>491</v>
+      </c>
+      <c r="M91" t="s">
+        <v>503</v>
+      </c>
+      <c r="N91" t="s">
+        <v>514</v>
+      </c>
+      <c r="O91" t="s">
+        <v>515</v>
+      </c>
+      <c r="P91" t="s">
         <v>1097</v>
-      </c>
-[...13 lines deleted...]
-        <v>1107</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B92" t="s">
-        <v>1108</v>
+        <v>1098</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>1109</v>
+        <v>1099</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>1110</v>
+        <v>1100</v>
       </c>
       <c r="H92" t="s">
-        <v>1111</v>
+        <v>1101</v>
       </c>
       <c r="I92" t="s">
-        <v>1112</v>
+        <v>1102</v>
       </c>
       <c r="J92" t="s">
-        <v>20</v>
+        <v>933</v>
       </c>
       <c r="K92" t="s">
-        <v>1113</v>
+        <v>934</v>
       </c>
       <c r="L92" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M92" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N92" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="O92" t="s">
-        <v>1114</v>
+        <v>505</v>
       </c>
       <c r="P92" t="s">
-        <v>1115</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B93" t="s">
-        <v>1116</v>
+        <v>1104</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>1117</v>
+        <v>1105</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>1118</v>
+        <v>1106</v>
       </c>
       <c r="H93" t="s">
-        <v>1119</v>
+        <v>1107</v>
       </c>
       <c r="I93" t="s">
-        <v>1120</v>
+        <v>1108</v>
       </c>
       <c r="J93" t="s">
-        <v>1096</v>
+        <v>933</v>
       </c>
       <c r="K93" t="s">
-        <v>1097</v>
+        <v>934</v>
       </c>
       <c r="L93" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M93" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N93" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="O93" t="s">
-        <v>619</v>
+        <v>547</v>
       </c>
       <c r="P93" t="s">
-        <v>1121</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B94" t="s">
-        <v>1122</v>
+        <v>1110</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>1117</v>
+        <v>1105</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>1123</v>
+        <v>1111</v>
       </c>
       <c r="H94" t="s">
-        <v>1124</v>
+        <v>1112</v>
       </c>
       <c r="I94" t="s">
-        <v>1125</v>
+        <v>1102</v>
       </c>
       <c r="J94" t="s">
-        <v>1096</v>
+        <v>933</v>
       </c>
       <c r="K94" t="s">
-        <v>1097</v>
+        <v>934</v>
       </c>
       <c r="L94" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M94" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N94" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="O94" t="s">
-        <v>495</v>
+        <v>1002</v>
       </c>
       <c r="P94" t="s">
-        <v>1126</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B95" t="s">
-        <v>1127</v>
+        <v>1114</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F95" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H95" t="s">
         <v>1117</v>
       </c>
-      <c r="F95" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I95" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="J95" t="s">
-        <v>1096</v>
+        <v>763</v>
       </c>
       <c r="K95" t="s">
-        <v>1097</v>
+        <v>343</v>
       </c>
       <c r="L95" t="s">
+        <v>491</v>
+      </c>
+      <c r="M95" t="s">
         <v>492</v>
       </c>
-      <c r="M95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N95" t="s">
-        <v>494</v>
+        <v>764</v>
       </c>
       <c r="O95" t="s">
-        <v>1130</v>
+        <v>765</v>
       </c>
       <c r="P95" t="s">
-        <v>1131</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B96" t="s">
-        <v>1132</v>
+        <v>1120</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>1133</v>
+        <v>1121</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>1134</v>
+        <v>1122</v>
       </c>
       <c r="H96" t="s">
-        <v>1135</v>
+        <v>1123</v>
       </c>
       <c r="I96" t="s">
-        <v>1136</v>
+        <v>1124</v>
       </c>
       <c r="J96" t="s">
         <v>20</v>
       </c>
       <c r="K96" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="L96" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M96" t="s">
-        <v>556</v>
+        <v>503</v>
       </c>
       <c r="N96" t="s">
-        <v>584</v>
+        <v>873</v>
       </c>
       <c r="O96" t="s">
-        <v>523</v>
+        <v>982</v>
       </c>
       <c r="P96" t="s">
-        <v>1138</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B97" t="s">
-        <v>1139</v>
+        <v>1127</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>1140</v>
+        <v>1121</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>1141</v>
+        <v>1128</v>
       </c>
       <c r="H97" t="s">
-        <v>1142</v>
+        <v>1129</v>
       </c>
       <c r="I97" t="s">
-        <v>827</v>
+        <v>1124</v>
       </c>
       <c r="J97" t="s">
         <v>20</v>
       </c>
       <c r="K97" t="s">
-        <v>346</v>
+        <v>1125</v>
       </c>
       <c r="L97" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M97" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N97" t="s">
-        <v>828</v>
+        <v>504</v>
       </c>
       <c r="O97" t="s">
-        <v>829</v>
+        <v>1130</v>
       </c>
       <c r="P97" t="s">
-        <v>1143</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B98" t="s">
-        <v>1144</v>
+        <v>1132</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>1145</v>
+        <v>1133</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>1146</v>
+        <v>1134</v>
       </c>
       <c r="H98" t="s">
-        <v>1147</v>
+        <v>1135</v>
       </c>
       <c r="I98" t="s">
-        <v>1148</v>
+        <v>1136</v>
       </c>
       <c r="J98" t="s">
-        <v>968</v>
+        <v>1137</v>
       </c>
       <c r="K98" t="s">
-        <v>969</v>
+        <v>1138</v>
       </c>
       <c r="L98" t="s">
+        <v>491</v>
+      </c>
+      <c r="M98" t="s">
         <v>492</v>
       </c>
-      <c r="M98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N98" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="O98" t="s">
-        <v>506</v>
+        <v>556</v>
       </c>
       <c r="P98" t="s">
-        <v>1149</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B99" t="s">
-        <v>1150</v>
+        <v>1140</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>1151</v>
+        <v>1141</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>1152</v>
+        <v>1142</v>
       </c>
       <c r="H99" t="s">
-        <v>1153</v>
+        <v>1143</v>
       </c>
       <c r="I99" t="s">
-        <v>1154</v>
+        <v>1144</v>
       </c>
       <c r="J99" t="s">
-        <v>1155</v>
+        <v>20</v>
       </c>
       <c r="K99" t="s">
-        <v>1156</v>
+        <v>1145</v>
       </c>
       <c r="L99" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M99" t="s">
-        <v>556</v>
+        <v>536</v>
       </c>
       <c r="N99" t="s">
-        <v>505</v>
+        <v>537</v>
       </c>
       <c r="O99" t="s">
-        <v>513</v>
+        <v>538</v>
       </c>
       <c r="P99" t="s">
-        <v>1157</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B100" t="s">
-        <v>1158</v>
+        <v>1147</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
+        <v>1149</v>
+      </c>
+      <c r="H100" t="s">
+        <v>1150</v>
+      </c>
+      <c r="I100" t="s">
         <v>1151</v>
       </c>
-      <c r="F100" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J100" t="s">
-        <v>1096</v>
+        <v>20</v>
       </c>
       <c r="K100" t="s">
-        <v>1097</v>
+        <v>1152</v>
       </c>
       <c r="L100" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M100" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N100" t="s">
-        <v>609</v>
+        <v>537</v>
       </c>
       <c r="O100" t="s">
-        <v>792</v>
+        <v>538</v>
       </c>
       <c r="P100" t="s">
-        <v>1162</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B101" t="s">
-        <v>1163</v>
+        <v>1154</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>1164</v>
+        <v>1155</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>1165</v>
+        <v>1156</v>
       </c>
       <c r="H101" t="s">
-        <v>1166</v>
+        <v>1157</v>
       </c>
       <c r="I101" t="s">
-        <v>1167</v>
+        <v>534</v>
       </c>
       <c r="J101" t="s">
-        <v>827</v>
+        <v>20</v>
       </c>
       <c r="K101" t="s">
-        <v>346</v>
+        <v>535</v>
       </c>
       <c r="L101" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M101" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="N101" t="s">
-        <v>505</v>
+        <v>537</v>
       </c>
       <c r="O101" t="s">
-        <v>1168</v>
+        <v>538</v>
       </c>
       <c r="P101" t="s">
-        <v>1169</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B102" t="s">
-        <v>1170</v>
+        <v>1159</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>1164</v>
+        <v>1160</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>1171</v>
+        <v>1161</v>
       </c>
       <c r="H102" t="s">
-        <v>1172</v>
+        <v>1162</v>
       </c>
       <c r="I102" t="s">
-        <v>1173</v>
+        <v>918</v>
       </c>
       <c r="J102" t="s">
-        <v>827</v>
+        <v>600</v>
       </c>
       <c r="K102" t="s">
-        <v>346</v>
+        <v>30</v>
       </c>
       <c r="L102" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M102" t="s">
-        <v>504</v>
+        <v>536</v>
       </c>
       <c r="N102" t="s">
-        <v>828</v>
+        <v>493</v>
       </c>
       <c r="O102" t="s">
-        <v>829</v>
+        <v>556</v>
       </c>
       <c r="P102" t="s">
-        <v>1174</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B103" t="s">
-        <v>1175</v>
+        <v>1164</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>1176</v>
+        <v>1165</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>1177</v>
+        <v>1166</v>
       </c>
       <c r="H103" t="s">
-        <v>1178</v>
+        <v>1167</v>
       </c>
       <c r="I103" t="s">
-        <v>570</v>
+        <v>1168</v>
       </c>
       <c r="J103" t="s">
-        <v>20</v>
+        <v>600</v>
       </c>
       <c r="K103" t="s">
-        <v>571</v>
+        <v>30</v>
       </c>
       <c r="L103" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M103" t="s">
-        <v>493</v>
+        <v>536</v>
       </c>
       <c r="N103" t="s">
-        <v>584</v>
+        <v>601</v>
       </c>
       <c r="O103" t="s">
-        <v>1179</v>
+        <v>602</v>
       </c>
       <c r="P103" t="s">
-        <v>1180</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B104" t="s">
-        <v>1181</v>
+        <v>1170</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>1176</v>
+        <v>1171</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>1182</v>
+        <v>1172</v>
       </c>
       <c r="H104" t="s">
-        <v>1183</v>
+        <v>1173</v>
       </c>
       <c r="I104" t="s">
-        <v>570</v>
+        <v>1174</v>
       </c>
       <c r="J104" t="s">
-        <v>20</v>
+        <v>609</v>
       </c>
       <c r="K104" t="s">
-        <v>571</v>
+        <v>610</v>
       </c>
       <c r="L104" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M104" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N104" t="s">
-        <v>494</v>
+        <v>514</v>
       </c>
       <c r="O104" t="s">
-        <v>1184</v>
+        <v>685</v>
       </c>
       <c r="P104" t="s">
-        <v>1185</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B105" t="s">
-        <v>1186</v>
+        <v>1176</v>
       </c>
       <c r="C105" t="s">
         <v>20</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
-        <v>1187</v>
+        <v>1177</v>
       </c>
       <c r="F105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
-        <v>1188</v>
+        <v>1178</v>
       </c>
       <c r="H105" t="s">
-        <v>1189</v>
+        <v>1179</v>
       </c>
       <c r="I105" t="s">
-        <v>1112</v>
+        <v>1180</v>
       </c>
       <c r="J105" t="s">
-        <v>20</v>
+        <v>747</v>
       </c>
       <c r="K105" t="s">
-        <v>1113</v>
+        <v>748</v>
       </c>
       <c r="L105" t="s">
+        <v>491</v>
+      </c>
+      <c r="M105" t="s">
         <v>492</v>
       </c>
-      <c r="M105" t="s">
+      <c r="N105" t="s">
         <v>493</v>
       </c>
-      <c r="N105" t="s">
+      <c r="O105" t="s">
         <v>494</v>
       </c>
-      <c r="O105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P105" t="s">
-        <v>1191</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B106" t="s">
-        <v>1192</v>
+        <v>1182</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>1187</v>
+        <v>985</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>1193</v>
+        <v>1183</v>
       </c>
       <c r="H106" t="s">
-        <v>1194</v>
+        <v>1184</v>
       </c>
       <c r="I106" t="s">
-        <v>1112</v>
+        <v>1185</v>
       </c>
       <c r="J106" t="s">
-        <v>20</v>
+        <v>545</v>
       </c>
       <c r="K106" t="s">
-        <v>1113</v>
+        <v>546</v>
       </c>
       <c r="L106" t="s">
+        <v>491</v>
+      </c>
+      <c r="M106" t="s">
         <v>492</v>
       </c>
-      <c r="M106" t="s">
+      <c r="N106" t="s">
         <v>493</v>
       </c>
-      <c r="N106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O106" t="s">
-        <v>700</v>
+        <v>494</v>
       </c>
       <c r="P106" t="s">
-        <v>1195</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B107" t="s">
-        <v>1196</v>
+        <v>1187</v>
       </c>
       <c r="C107" t="s">
         <v>20</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
-        <v>1197</v>
+        <v>1188</v>
       </c>
       <c r="F107" t="s">
         <v>20</v>
       </c>
       <c r="G107" t="s">
-        <v>1198</v>
+        <v>1189</v>
       </c>
       <c r="H107" t="s">
-        <v>1199</v>
+        <v>1190</v>
       </c>
       <c r="I107" t="s">
-        <v>1200</v>
+        <v>1191</v>
       </c>
       <c r="J107" t="s">
-        <v>1201</v>
+        <v>879</v>
       </c>
       <c r="K107" t="s">
-        <v>1202</v>
+        <v>880</v>
       </c>
       <c r="L107" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M107" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="N107" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="O107" t="s">
-        <v>506</v>
+        <v>685</v>
       </c>
       <c r="P107" t="s">
-        <v>1203</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B108" t="s">
-        <v>1204</v>
+        <v>1193</v>
       </c>
       <c r="C108" t="s">
         <v>20</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108" t="s">
-        <v>1205</v>
+        <v>1188</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
-        <v>1206</v>
+        <v>1194</v>
       </c>
       <c r="H108" t="s">
-        <v>1207</v>
+        <v>1195</v>
       </c>
       <c r="I108" t="s">
-        <v>1208</v>
+        <v>1196</v>
       </c>
       <c r="J108" t="s">
-        <v>20</v>
+        <v>879</v>
       </c>
       <c r="K108" t="s">
-        <v>1209</v>
+        <v>880</v>
       </c>
       <c r="L108" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M108" t="s">
-        <v>556</v>
+        <v>503</v>
       </c>
       <c r="N108" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="O108" t="s">
-        <v>523</v>
+        <v>678</v>
       </c>
       <c r="P108" t="s">
-        <v>1210</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B109" t="s">
-        <v>1211</v>
+        <v>1198</v>
       </c>
       <c r="C109" t="s">
         <v>20</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109" t="s">
-        <v>1212</v>
+        <v>1199</v>
       </c>
       <c r="F109" t="s">
         <v>20</v>
       </c>
       <c r="G109" t="s">
-        <v>1213</v>
+        <v>1200</v>
       </c>
       <c r="H109" t="s">
-        <v>1214</v>
+        <v>1201</v>
       </c>
       <c r="I109" t="s">
-        <v>878</v>
+        <v>1202</v>
       </c>
       <c r="J109" t="s">
-        <v>682</v>
+        <v>1203</v>
       </c>
       <c r="K109" t="s">
-        <v>683</v>
+        <v>1204</v>
       </c>
       <c r="L109" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M109" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="N109" t="s">
-        <v>609</v>
+        <v>493</v>
       </c>
       <c r="O109" t="s">
-        <v>648</v>
+        <v>494</v>
       </c>
       <c r="P109" t="s">
-        <v>1215</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B110" t="s">
-        <v>1216</v>
+        <v>1206</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>1217</v>
+        <v>1207</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>1218</v>
+        <v>1208</v>
       </c>
       <c r="H110" t="s">
-        <v>1219</v>
+        <v>1209</v>
       </c>
       <c r="I110" t="s">
-        <v>1220</v>
+        <v>1210</v>
       </c>
       <c r="J110" t="s">
-        <v>20</v>
+        <v>600</v>
       </c>
       <c r="K110" t="s">
-        <v>1221</v>
+        <v>30</v>
       </c>
       <c r="L110" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M110" t="s">
-        <v>493</v>
+        <v>536</v>
       </c>
       <c r="N110" t="s">
-        <v>522</v>
+        <v>601</v>
       </c>
       <c r="O110" t="s">
-        <v>523</v>
+        <v>602</v>
       </c>
       <c r="P110" t="s">
-        <v>1222</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B111" t="s">
-        <v>1223</v>
+        <v>1212</v>
       </c>
       <c r="C111" t="s">
         <v>20</v>
       </c>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111" t="s">
-        <v>1224</v>
+        <v>1213</v>
       </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
-        <v>1225</v>
+        <v>1214</v>
       </c>
       <c r="H111" t="s">
-        <v>1226</v>
+        <v>1215</v>
       </c>
       <c r="I111" t="s">
-        <v>1227</v>
+        <v>1216</v>
       </c>
       <c r="J111" t="s">
-        <v>1228</v>
+        <v>600</v>
       </c>
       <c r="K111" t="s">
-        <v>1229</v>
+        <v>30</v>
       </c>
       <c r="L111" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M111" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N111" t="s">
-        <v>609</v>
+        <v>764</v>
       </c>
       <c r="O111" t="s">
-        <v>610</v>
+        <v>765</v>
       </c>
       <c r="P111" t="s">
-        <v>1230</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B112" t="s">
-        <v>1231</v>
+        <v>1218</v>
       </c>
       <c r="C112" t="s">
         <v>20</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>1224</v>
+        <v>1219</v>
       </c>
       <c r="F112" t="s">
         <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>1232</v>
+        <v>1220</v>
       </c>
       <c r="H112" t="s">
-        <v>1233</v>
+        <v>1221</v>
       </c>
       <c r="I112" t="s">
-        <v>607</v>
+        <v>1222</v>
       </c>
       <c r="J112" t="s">
-        <v>20</v>
+        <v>600</v>
       </c>
       <c r="K112" t="s">
-        <v>608</v>
+        <v>30</v>
       </c>
       <c r="L112" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M112" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N112" t="s">
-        <v>609</v>
+        <v>1009</v>
       </c>
       <c r="O112" t="s">
-        <v>706</v>
+        <v>1010</v>
       </c>
       <c r="P112" t="s">
-        <v>1234</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B113" t="s">
-        <v>1235</v>
+        <v>1224</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
-        <v>1236</v>
+        <v>1226</v>
       </c>
       <c r="H113" t="s">
-        <v>1237</v>
+        <v>1227</v>
       </c>
       <c r="I113" t="s">
         <v>1228</v>
       </c>
       <c r="J113" t="s">
-        <v>20</v>
+        <v>600</v>
       </c>
       <c r="K113" t="s">
+        <v>30</v>
+      </c>
+      <c r="L113" t="s">
+        <v>491</v>
+      </c>
+      <c r="M113" t="s">
+        <v>536</v>
+      </c>
+      <c r="N113" t="s">
+        <v>873</v>
+      </c>
+      <c r="O113" t="s">
         <v>1229</v>
       </c>
-      <c r="L113" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P113" t="s">
-        <v>1238</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B114" t="s">
-        <v>1239</v>
+        <v>1231</v>
       </c>
       <c r="C114" t="s">
         <v>20</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>1224</v>
+        <v>1232</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>1240</v>
+        <v>1233</v>
       </c>
       <c r="H114" t="s">
-        <v>1241</v>
+        <v>1234</v>
       </c>
       <c r="I114" t="s">
-        <v>607</v>
+        <v>1235</v>
       </c>
       <c r="J114" t="s">
-        <v>20</v>
+        <v>763</v>
       </c>
       <c r="K114" t="s">
-        <v>608</v>
+        <v>343</v>
       </c>
       <c r="L114" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M114" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N114" t="s">
-        <v>609</v>
+        <v>1009</v>
       </c>
       <c r="O114" t="s">
-        <v>792</v>
+        <v>1010</v>
       </c>
       <c r="P114" t="s">
-        <v>1242</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B115" t="s">
-        <v>1243</v>
+        <v>1237</v>
       </c>
       <c r="C115" t="s">
         <v>20</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
-        <v>1224</v>
+        <v>1238</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>1244</v>
+        <v>1239</v>
       </c>
       <c r="H115" t="s">
-        <v>1245</v>
+        <v>1240</v>
       </c>
       <c r="I115" t="s">
-        <v>1227</v>
+        <v>1241</v>
       </c>
       <c r="J115" t="s">
-        <v>1228</v>
+        <v>995</v>
       </c>
       <c r="K115" t="s">
-        <v>1229</v>
+        <v>996</v>
       </c>
       <c r="L115" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="M115" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="N115" t="s">
-        <v>609</v>
+        <v>1009</v>
       </c>
       <c r="O115" t="s">
-        <v>772</v>
+        <v>1010</v>
       </c>
       <c r="P115" t="s">
-        <v>1246</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B116" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C116" t="s">
+        <v>20</v>
+      </c>
+      <c r="D116" t="s">
+        <v>20</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F116" t="s">
+        <v>20</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H116" t="s">
+        <v>1246</v>
+      </c>
+      <c r="I116" t="s">
+        <v>1008</v>
+      </c>
+      <c r="J116" t="s">
+        <v>684</v>
+      </c>
+      <c r="K116" t="s">
+        <v>677</v>
+      </c>
+      <c r="L116" t="s">
+        <v>491</v>
+      </c>
+      <c r="M116" t="s">
+        <v>503</v>
+      </c>
+      <c r="N116" t="s">
+        <v>1009</v>
+      </c>
+      <c r="O116" t="s">
+        <v>1010</v>
+      </c>
+      <c r="P116" t="s">
         <v>1247</v>
-      </c>
-[...2390 lines deleted...]
-        <v>1535</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>1536</v>
+        <v>1248</v>
       </c>
       <c r="L1" t="s">
-        <v>1537</v>
+        <v>1249</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1538</v>
+        <v>1250</v>
       </c>
       <c r="B2" t="s">
-        <v>1539</v>
+        <v>1251</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>1540</v>
+        <v>1252</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>1541</v>
+        <v>1253</v>
       </c>
       <c r="H2" t="s">
-        <v>1542</v>
+        <v>1254</v>
       </c>
       <c r="I2" t="s">
-        <v>1543</v>
+        <v>1255</v>
       </c>
       <c r="J2" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="K2" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="L2" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="M2" t="s">
-        <v>1544</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1538</v>
+        <v>1250</v>
       </c>
       <c r="B3" t="s">
-        <v>1545</v>
+        <v>1257</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>1546</v>
+        <v>1258</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>1547</v>
+        <v>1259</v>
       </c>
       <c r="H3" t="s">
-        <v>1548</v>
+        <v>1260</v>
       </c>
       <c r="I3" t="s">
-        <v>1549</v>
+        <v>1261</v>
       </c>
       <c r="J3" t="s">
         <v>57</v>
       </c>
       <c r="K3" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="L3" t="s">
         <v>59</v>
       </c>
       <c r="M3" t="s">
-        <v>1550</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1538</v>
+        <v>1250</v>
       </c>
       <c r="B4" t="s">
-        <v>1551</v>
+        <v>1263</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>100</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>1552</v>
+        <v>1264</v>
       </c>
       <c r="H4" t="s">
-        <v>1553</v>
+        <v>1265</v>
       </c>
       <c r="I4" t="s">
-        <v>1554</v>
+        <v>1266</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="L4" t="s">
         <v>31</v>
       </c>
       <c r="M4" t="s">
-        <v>1555</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1538</v>
+        <v>1250</v>
       </c>
       <c r="B5" t="s">
-        <v>1556</v>
+        <v>1268</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>1557</v>
+        <v>1269</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>1558</v>
+        <v>1270</v>
       </c>
       <c r="H5" t="s">
-        <v>1559</v>
+        <v>1271</v>
       </c>
       <c r="I5" t="s">
-        <v>1560</v>
+        <v>1272</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="L5" t="s">
         <v>31</v>
       </c>
       <c r="M5" t="s">
-        <v>1561</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1538</v>
+        <v>1250</v>
       </c>
       <c r="B6" t="s">
-        <v>1562</v>
+        <v>1274</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>1563</v>
+        <v>1275</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>1564</v>
+        <v>1276</v>
       </c>
       <c r="H6" t="s">
-        <v>1565</v>
+        <v>1277</v>
       </c>
       <c r="I6" t="s">
-        <v>1566</v>
+        <v>1278</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="L6" t="s">
         <v>31</v>
       </c>
       <c r="M6" t="s">
-        <v>1567</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1538</v>
+        <v>1250</v>
       </c>
       <c r="B7" t="s">
-        <v>1539</v>
+        <v>1251</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>1568</v>
+        <v>1280</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>1569</v>
+        <v>1281</v>
       </c>
       <c r="H7" t="s">
-        <v>1570</v>
+        <v>1282</v>
       </c>
       <c r="I7" t="s">
-        <v>1543</v>
+        <v>1255</v>
       </c>
       <c r="J7" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="K7" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="L7" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="M7" t="s">
-        <v>1544</v>
+        <v>1256</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1571</v>
+        <v>1283</v>
       </c>
       <c r="J1" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="K1" t="s">
-        <v>1572</v>
+        <v>1284</v>
       </c>
       <c r="L1" t="s">
+        <v>477</v>
+      </c>
+      <c r="M1" t="s">
         <v>478</v>
       </c>
-      <c r="M1" t="s">
+      <c r="N1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="O1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="P1" t="s">
+        <v>1287</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="R1" t="s">
         <v>479</v>
       </c>
-      <c r="N1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="S1" t="s">
-        <v>1577</v>
+        <v>1289</v>
       </c>
       <c r="T1" t="s">
-        <v>1578</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B2" t="s">
-        <v>1580</v>
+        <v>341</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>1581</v>
+        <v>1292</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>1582</v>
+        <v>1293</v>
       </c>
       <c r="H2" t="s">
-        <v>1583</v>
+        <v>1294</v>
       </c>
       <c r="I2" t="s">
-        <v>1584</v>
+        <v>1295</v>
       </c>
       <c r="J2" t="s">
-        <v>1585</v>
+        <v>1296</v>
       </c>
       <c r="K2" t="s">
-        <v>591</v>
+        <v>1297</v>
       </c>
       <c r="L2" t="s">
-        <v>30</v>
+        <v>343</v>
       </c>
       <c r="M2" t="s">
+        <v>491</v>
+      </c>
+      <c r="N2" t="s">
+        <v>1298</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>1299</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>1300</v>
+      </c>
+      <c r="R2" t="s">
         <v>492</v>
       </c>
-      <c r="N2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="S2" t="s">
-        <v>1588</v>
+        <v>344</v>
       </c>
       <c r="T2" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B3" t="s">
-        <v>1590</v>
+        <v>1302</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>1591</v>
+        <v>1292</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>1592</v>
+        <v>1303</v>
       </c>
       <c r="H3" t="s">
-        <v>1593</v>
+        <v>1304</v>
       </c>
       <c r="I3" t="s">
-        <v>1594</v>
+        <v>1305</v>
       </c>
       <c r="J3" t="s">
-        <v>1595</v>
+        <v>1306</v>
       </c>
       <c r="K3" t="s">
-        <v>591</v>
+        <v>1307</v>
       </c>
       <c r="L3" t="s">
-        <v>30</v>
+        <v>934</v>
       </c>
       <c r="M3" t="s">
+        <v>491</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1308</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>1299</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>1309</v>
+      </c>
+      <c r="R3" t="s">
         <v>492</v>
       </c>
-      <c r="N3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="S3" t="s">
-        <v>1599</v>
+        <v>1310</v>
       </c>
       <c r="T3" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B4" t="s">
-        <v>1600</v>
+        <v>1311</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>1601</v>
+        <v>1292</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>1602</v>
+        <v>1312</v>
       </c>
       <c r="H4" t="s">
-        <v>1603</v>
+        <v>1313</v>
       </c>
       <c r="I4" t="s">
-        <v>1594</v>
+        <v>1305</v>
       </c>
       <c r="J4" t="s">
-        <v>1326</v>
+        <v>1314</v>
       </c>
       <c r="K4" t="s">
-        <v>631</v>
+        <v>609</v>
       </c>
       <c r="L4" t="s">
-        <v>632</v>
+        <v>610</v>
       </c>
       <c r="M4" t="s">
+        <v>491</v>
+      </c>
+      <c r="N4" t="s">
+        <v>1315</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>1299</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>1316</v>
+      </c>
+      <c r="R4" t="s">
         <v>492</v>
       </c>
-      <c r="N4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="S4" t="s">
-        <v>1605</v>
+        <v>1317</v>
       </c>
       <c r="T4" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B5" t="s">
-        <v>1606</v>
+        <v>1318</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>1607</v>
+        <v>1292</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>1608</v>
+        <v>1319</v>
       </c>
       <c r="H5" t="s">
-        <v>1609</v>
+        <v>1320</v>
       </c>
       <c r="I5" t="s">
-        <v>1594</v>
+        <v>1321</v>
       </c>
       <c r="J5" t="s">
-        <v>1610</v>
+        <v>1322</v>
       </c>
       <c r="K5" t="s">
-        <v>1435</v>
+        <v>1323</v>
       </c>
       <c r="L5" t="s">
-        <v>1436</v>
+        <v>1324</v>
       </c>
       <c r="M5" t="s">
+        <v>491</v>
+      </c>
+      <c r="N5" t="s">
+        <v>1325</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>1299</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>1326</v>
+      </c>
+      <c r="R5" t="s">
         <v>492</v>
       </c>
-      <c r="N5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="S5" t="s">
-        <v>1612</v>
+        <v>1327</v>
       </c>
       <c r="T5" t="s">
-        <v>1613</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B6" t="s">
-        <v>344</v>
+        <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>1614</v>
+        <v>1292</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>1615</v>
+        <v>1328</v>
       </c>
       <c r="H6" t="s">
-        <v>1616</v>
+        <v>1329</v>
       </c>
       <c r="I6" t="s">
-        <v>1617</v>
+        <v>1295</v>
       </c>
       <c r="J6" t="s">
-        <v>1618</v>
+        <v>1330</v>
       </c>
       <c r="K6" t="s">
-        <v>1619</v>
+        <v>1017</v>
       </c>
       <c r="L6" t="s">
-        <v>346</v>
+        <v>30</v>
       </c>
       <c r="M6" t="s">
+        <v>491</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1331</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>1299</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>1332</v>
+      </c>
+      <c r="R6" t="s">
         <v>492</v>
       </c>
-      <c r="N6" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="S6" t="s">
-        <v>347</v>
+        <v>31</v>
       </c>
       <c r="T6" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B7" t="s">
-        <v>1623</v>
+        <v>1333</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>1624</v>
+        <v>1292</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>1625</v>
+        <v>1334</v>
       </c>
       <c r="H7" t="s">
-        <v>1626</v>
+        <v>1335</v>
       </c>
       <c r="I7" t="s">
-        <v>1617</v>
+        <v>1305</v>
       </c>
       <c r="J7" t="s">
-        <v>640</v>
+        <v>1322</v>
       </c>
       <c r="K7" t="s">
-        <v>641</v>
+        <v>1323</v>
       </c>
       <c r="L7" t="s">
-        <v>30</v>
+        <v>1324</v>
       </c>
       <c r="M7" t="s">
+        <v>491</v>
+      </c>
+      <c r="N7" t="s">
+        <v>1336</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>1299</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>1337</v>
+      </c>
+      <c r="R7" t="s">
         <v>492</v>
       </c>
-      <c r="N7" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="S7" t="s">
-        <v>1629</v>
+        <v>1338</v>
       </c>
       <c r="T7" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B8" t="s">
-        <v>1630</v>
+        <v>1339</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>1614</v>
+        <v>1292</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>1631</v>
+        <v>1340</v>
       </c>
       <c r="H8" t="s">
-        <v>1632</v>
+        <v>1341</v>
       </c>
       <c r="I8" t="s">
-        <v>1594</v>
+        <v>1321</v>
       </c>
       <c r="J8" t="s">
-        <v>1633</v>
+        <v>1342</v>
       </c>
       <c r="K8" t="s">
-        <v>1634</v>
+        <v>1297</v>
       </c>
       <c r="L8" t="s">
-        <v>1097</v>
+        <v>343</v>
       </c>
       <c r="M8" t="s">
+        <v>491</v>
+      </c>
+      <c r="N8" t="s">
+        <v>1298</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>1299</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>1326</v>
+      </c>
+      <c r="R8" t="s">
         <v>492</v>
       </c>
-      <c r="N8" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="S8" t="s">
-        <v>1637</v>
+        <v>1343</v>
       </c>
       <c r="T8" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B9" t="s">
-        <v>1638</v>
+        <v>1344</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>1614</v>
+        <v>1292</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>1639</v>
+        <v>1345</v>
       </c>
       <c r="H9" t="s">
-        <v>1640</v>
+        <v>1346</v>
       </c>
       <c r="I9" t="s">
-        <v>1594</v>
+        <v>1321</v>
       </c>
       <c r="J9" t="s">
-        <v>1641</v>
+        <v>1314</v>
       </c>
       <c r="K9" t="s">
-        <v>617</v>
+        <v>1347</v>
       </c>
       <c r="L9" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M9" t="s">
+        <v>491</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1325</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1299</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>1326</v>
+      </c>
+      <c r="R9" t="s">
         <v>492</v>
       </c>
-      <c r="N9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="S9" t="s">
-        <v>1644</v>
+        <v>1348</v>
       </c>
       <c r="T9" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B10" t="s">
-        <v>1645</v>
+        <v>1349</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>1614</v>
+        <v>1292</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>1646</v>
+        <v>1350</v>
       </c>
       <c r="H10" t="s">
-        <v>1647</v>
+        <v>1351</v>
       </c>
       <c r="I10" t="s">
-        <v>1584</v>
+        <v>1321</v>
       </c>
       <c r="J10" t="s">
-        <v>1648</v>
+        <v>1330</v>
       </c>
       <c r="K10" t="s">
-        <v>919</v>
+        <v>1017</v>
       </c>
       <c r="L10" t="s">
-        <v>920</v>
+        <v>30</v>
       </c>
       <c r="M10" t="s">
+        <v>491</v>
+      </c>
+      <c r="N10" t="s">
+        <v>1352</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>1299</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>1326</v>
+      </c>
+      <c r="R10" t="s">
         <v>492</v>
       </c>
-      <c r="N10" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="S10" t="s">
-        <v>1651</v>
+        <v>1353</v>
       </c>
       <c r="T10" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B11" t="s">
-        <v>28</v>
+        <v>1354</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>1614</v>
+        <v>1292</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>1652</v>
+        <v>1355</v>
       </c>
       <c r="H11" t="s">
-        <v>1653</v>
+        <v>1356</v>
       </c>
       <c r="I11" t="s">
-        <v>1617</v>
+        <v>1321</v>
       </c>
       <c r="J11" t="s">
-        <v>1654</v>
+        <v>1306</v>
       </c>
       <c r="K11" t="s">
-        <v>641</v>
+        <v>933</v>
       </c>
       <c r="L11" t="s">
-        <v>30</v>
+        <v>934</v>
       </c>
       <c r="M11" t="s">
+        <v>491</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1325</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>1299</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>1326</v>
+      </c>
+      <c r="R11" t="s">
         <v>492</v>
       </c>
-      <c r="N11" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="S11" t="s">
-        <v>31</v>
+        <v>1357</v>
       </c>
       <c r="T11" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B12" t="s">
-        <v>1657</v>
+        <v>1358</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>1614</v>
+        <v>1359</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>1658</v>
+        <v>1360</v>
       </c>
       <c r="H12" t="s">
-        <v>1659</v>
+        <v>1361</v>
       </c>
       <c r="I12" t="s">
-        <v>1594</v>
+        <v>1321</v>
       </c>
       <c r="J12" t="s">
-        <v>1648</v>
+        <v>1362</v>
       </c>
       <c r="K12" t="s">
-        <v>919</v>
+        <v>600</v>
       </c>
       <c r="L12" t="s">
-        <v>920</v>
+        <v>30</v>
       </c>
       <c r="M12" t="s">
+        <v>491</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1363</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
         <v>492</v>
       </c>
-      <c r="N12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q12" t="s">
-        <v>1598</v>
+        <v>1364</v>
       </c>
       <c r="R12" t="s">
-        <v>504</v>
+        <v>492</v>
       </c>
       <c r="S12" t="s">
-        <v>1661</v>
+        <v>1365</v>
       </c>
       <c r="T12" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B13" t="s">
-        <v>408</v>
+        <v>1366</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>1662</v>
+        <v>1367</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>1663</v>
+        <v>1368</v>
       </c>
       <c r="H13" t="s">
-        <v>1664</v>
+        <v>1369</v>
       </c>
       <c r="I13" t="s">
-        <v>1594</v>
+        <v>1305</v>
       </c>
       <c r="J13" t="s">
-        <v>1665</v>
+        <v>1370</v>
       </c>
       <c r="K13" t="s">
-        <v>827</v>
+        <v>600</v>
       </c>
       <c r="L13" t="s">
-        <v>346</v>
+        <v>30</v>
       </c>
       <c r="M13" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="N13" t="s">
-        <v>1666</v>
+        <v>1371</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>1597</v>
+        <v>1372</v>
       </c>
       <c r="Q13" t="s">
-        <v>1628</v>
+        <v>1337</v>
       </c>
       <c r="R13" t="s">
-        <v>1597</v>
+        <v>1372</v>
       </c>
       <c r="S13" t="s">
-        <v>410</v>
+        <v>1373</v>
       </c>
       <c r="T13" t="s">
-        <v>1667</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B14" t="s">
-        <v>1668</v>
+        <v>1374</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>1669</v>
+        <v>1375</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>1670</v>
+        <v>1376</v>
       </c>
       <c r="H14" t="s">
-        <v>1671</v>
+        <v>1377</v>
       </c>
       <c r="I14" t="s">
-        <v>1594</v>
+        <v>1305</v>
       </c>
       <c r="J14" t="s">
-        <v>1672</v>
+        <v>1378</v>
       </c>
       <c r="K14" t="s">
-        <v>1673</v>
+        <v>684</v>
       </c>
       <c r="L14" t="s">
-        <v>1674</v>
+        <v>677</v>
       </c>
       <c r="M14" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="N14" t="s">
-        <v>1675</v>
+        <v>1379</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="Q14" t="s">
-        <v>1598</v>
+        <v>1337</v>
       </c>
       <c r="R14" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="S14" t="s">
-        <v>1676</v>
+        <v>1380</v>
       </c>
       <c r="T14" t="s">
-        <v>1677</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B15" t="s">
-        <v>283</v>
+        <v>1381</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>1678</v>
+        <v>1382</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>1679</v>
+        <v>1383</v>
       </c>
       <c r="H15" t="s">
-        <v>1680</v>
+        <v>1384</v>
       </c>
       <c r="I15" t="s">
-        <v>1594</v>
+        <v>1305</v>
       </c>
       <c r="J15" t="s">
-        <v>1681</v>
+        <v>1385</v>
       </c>
       <c r="K15" t="s">
-        <v>591</v>
+        <v>1386</v>
       </c>
       <c r="L15" t="s">
-        <v>30</v>
+        <v>1387</v>
       </c>
       <c r="M15" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="N15" t="s">
-        <v>1682</v>
+        <v>1388</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>1597</v>
+        <v>1372</v>
       </c>
       <c r="Q15" t="s">
-        <v>1683</v>
+        <v>1337</v>
       </c>
       <c r="R15" t="s">
-        <v>1597</v>
+        <v>1372</v>
       </c>
       <c r="S15" t="s">
-        <v>284</v>
+        <v>1389</v>
       </c>
       <c r="T15" t="s">
-        <v>1589</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B16" t="s">
-        <v>1684</v>
+        <v>1391</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>1624</v>
+        <v>1392</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>1685</v>
+        <v>1393</v>
       </c>
       <c r="H16" t="s">
-        <v>1686</v>
+        <v>1394</v>
       </c>
       <c r="I16" t="s">
-        <v>1584</v>
+        <v>1295</v>
       </c>
       <c r="J16" t="s">
-        <v>1687</v>
+        <v>1016</v>
       </c>
       <c r="K16" t="s">
-        <v>1435</v>
+        <v>1017</v>
       </c>
       <c r="L16" t="s">
-        <v>1436</v>
+        <v>30</v>
       </c>
       <c r="M16" t="s">
+        <v>491</v>
+      </c>
+      <c r="N16" t="s">
+        <v>1395</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
         <v>492</v>
       </c>
-      <c r="N16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q16" t="s">
-        <v>1587</v>
+        <v>1396</v>
       </c>
       <c r="R16" t="s">
-        <v>504</v>
+        <v>492</v>
       </c>
       <c r="S16" t="s">
-        <v>1689</v>
+        <v>1397</v>
       </c>
       <c r="T16" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B17" t="s">
-        <v>1690</v>
+        <v>406</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>1614</v>
+        <v>1398</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>1691</v>
+        <v>1399</v>
       </c>
       <c r="H17" t="s">
-        <v>1692</v>
+        <v>1400</v>
       </c>
       <c r="I17" t="s">
-        <v>1584</v>
+        <v>1305</v>
       </c>
       <c r="J17" t="s">
-        <v>1693</v>
+        <v>1401</v>
       </c>
       <c r="K17" t="s">
-        <v>1619</v>
+        <v>763</v>
       </c>
       <c r="L17" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="M17" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="N17" t="s">
-        <v>1620</v>
+        <v>1402</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>1621</v>
+        <v>1372</v>
       </c>
       <c r="Q17" t="s">
-        <v>1650</v>
+        <v>1396</v>
       </c>
       <c r="R17" t="s">
-        <v>504</v>
+        <v>1372</v>
       </c>
       <c r="S17" t="s">
-        <v>1694</v>
+        <v>408</v>
       </c>
       <c r="T17" t="s">
-        <v>1589</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B18" t="s">
-        <v>1695</v>
+        <v>1404</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>1614</v>
+        <v>1405</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>1696</v>
+        <v>1406</v>
       </c>
       <c r="H18" t="s">
-        <v>1697</v>
+        <v>1407</v>
       </c>
       <c r="I18" t="s">
-        <v>1584</v>
+        <v>1305</v>
       </c>
       <c r="J18" t="s">
-        <v>1641</v>
+        <v>1408</v>
       </c>
       <c r="K18" t="s">
-        <v>1698</v>
+        <v>1409</v>
       </c>
       <c r="L18" t="s">
-        <v>618</v>
+        <v>1410</v>
       </c>
       <c r="M18" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="N18" t="s">
-        <v>1649</v>
+        <v>1411</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>1621</v>
+        <v>503</v>
       </c>
       <c r="Q18" t="s">
-        <v>1650</v>
+        <v>1337</v>
       </c>
       <c r="R18" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="S18" t="s">
-        <v>1699</v>
+        <v>1412</v>
       </c>
       <c r="T18" t="s">
-        <v>1589</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B19" t="s">
-        <v>1700</v>
+        <v>280</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>1614</v>
+        <v>1414</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>1701</v>
+        <v>1415</v>
       </c>
       <c r="H19" t="s">
-        <v>1702</v>
+        <v>1416</v>
       </c>
       <c r="I19" t="s">
-        <v>1584</v>
+        <v>1305</v>
       </c>
       <c r="J19" t="s">
-        <v>1654</v>
+        <v>1417</v>
       </c>
       <c r="K19" t="s">
-        <v>641</v>
+        <v>600</v>
       </c>
       <c r="L19" t="s">
         <v>30</v>
       </c>
       <c r="M19" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="N19" t="s">
-        <v>1703</v>
+        <v>1418</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>1621</v>
+        <v>1372</v>
       </c>
       <c r="Q19" t="s">
-        <v>1650</v>
+        <v>1419</v>
       </c>
       <c r="R19" t="s">
-        <v>504</v>
+        <v>1372</v>
       </c>
       <c r="S19" t="s">
-        <v>1704</v>
+        <v>281</v>
       </c>
       <c r="T19" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B20" t="s">
-        <v>1705</v>
+        <v>1420</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>1706</v>
+        <v>1392</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>1707</v>
+        <v>1421</v>
       </c>
       <c r="H20" t="s">
-        <v>1708</v>
+        <v>1422</v>
       </c>
       <c r="I20" t="s">
-        <v>1594</v>
+        <v>1321</v>
       </c>
       <c r="J20" t="s">
-        <v>20</v>
+        <v>1423</v>
       </c>
       <c r="K20" t="s">
-        <v>1709</v>
+        <v>1386</v>
       </c>
       <c r="L20" t="s">
-        <v>1710</v>
+        <v>1387</v>
       </c>
       <c r="M20" t="s">
+        <v>491</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1424</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
         <v>492</v>
       </c>
-      <c r="N20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q20" t="s">
-        <v>1598</v>
+        <v>1364</v>
       </c>
       <c r="R20" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="S20" t="s">
-        <v>1712</v>
+        <v>1425</v>
       </c>
       <c r="T20" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B21" t="s">
-        <v>1713</v>
+        <v>1426</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>1714</v>
+        <v>1427</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>1715</v>
+        <v>1428</v>
       </c>
       <c r="H21" t="s">
-        <v>1716</v>
+        <v>1429</v>
       </c>
       <c r="I21" t="s">
-        <v>1594</v>
+        <v>1305</v>
       </c>
       <c r="J21" t="s">
         <v>20</v>
       </c>
       <c r="K21" t="s">
-        <v>733</v>
+        <v>1430</v>
       </c>
       <c r="L21" t="s">
-        <v>734</v>
+        <v>1431</v>
       </c>
       <c r="M21" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="N21" t="s">
-        <v>1717</v>
+        <v>1432</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>1597</v>
+        <v>503</v>
       </c>
       <c r="Q21" t="s">
-        <v>1598</v>
+        <v>1337</v>
       </c>
       <c r="R21" t="s">
-        <v>1597</v>
+        <v>503</v>
       </c>
       <c r="S21" t="s">
-        <v>1718</v>
+        <v>1433</v>
       </c>
       <c r="T21" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B22" t="s">
-        <v>1719</v>
+        <v>1434</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>1614</v>
+        <v>1435</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>1720</v>
+        <v>1436</v>
       </c>
       <c r="H22" t="s">
-        <v>1721</v>
+        <v>1437</v>
       </c>
       <c r="I22" t="s">
-        <v>1584</v>
+        <v>1305</v>
       </c>
       <c r="J22" t="s">
-        <v>1633</v>
+        <v>20</v>
       </c>
       <c r="K22" t="s">
-        <v>1096</v>
+        <v>697</v>
       </c>
       <c r="L22" t="s">
-        <v>1097</v>
+        <v>698</v>
       </c>
       <c r="M22" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="N22" t="s">
-        <v>1649</v>
+        <v>1438</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>1621</v>
+        <v>1372</v>
       </c>
       <c r="Q22" t="s">
-        <v>1650</v>
+        <v>1337</v>
       </c>
       <c r="R22" t="s">
-        <v>504</v>
+        <v>1372</v>
       </c>
       <c r="S22" t="s">
-        <v>1722</v>
+        <v>1439</v>
       </c>
       <c r="T22" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B23" t="s">
-        <v>1723</v>
+        <v>1440</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>1724</v>
+        <v>1441</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>1725</v>
+        <v>1442</v>
       </c>
       <c r="H23" t="s">
-        <v>1726</v>
+        <v>1443</v>
       </c>
       <c r="I23" t="s">
-        <v>1594</v>
+        <v>1305</v>
       </c>
       <c r="J23" t="s">
-        <v>1727</v>
+        <v>1444</v>
       </c>
       <c r="K23" t="s">
-        <v>699</v>
+        <v>676</v>
       </c>
       <c r="L23" t="s">
-        <v>632</v>
+        <v>677</v>
       </c>
       <c r="M23" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="N23" t="s">
-        <v>1728</v>
+        <v>1445</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="Q23" t="s">
-        <v>1729</v>
+        <v>1446</v>
       </c>
       <c r="R23" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="S23" t="s">
-        <v>1730</v>
+        <v>1447</v>
       </c>
       <c r="T23" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B24" t="s">
-        <v>1731</v>
+        <v>1448</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>1724</v>
+        <v>1441</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>1732</v>
+        <v>1449</v>
       </c>
       <c r="H24" t="s">
-        <v>1733</v>
+        <v>1450</v>
       </c>
       <c r="I24" t="s">
-        <v>1594</v>
+        <v>1305</v>
       </c>
       <c r="J24" t="s">
-        <v>1734</v>
+        <v>1451</v>
       </c>
       <c r="K24" t="s">
-        <v>827</v>
+        <v>763</v>
       </c>
       <c r="L24" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="M24" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="N24" t="s">
-        <v>1728</v>
+        <v>1445</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="Q24" t="s">
-        <v>1729</v>
+        <v>1446</v>
       </c>
       <c r="R24" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="S24" t="s">
-        <v>1735</v>
+        <v>1452</v>
       </c>
       <c r="T24" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B25" t="s">
-        <v>1736</v>
+        <v>1453</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>1737</v>
+        <v>1454</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>1738</v>
+        <v>1455</v>
       </c>
       <c r="H25" t="s">
-        <v>1739</v>
+        <v>1456</v>
       </c>
       <c r="I25" t="s">
-        <v>1594</v>
+        <v>1305</v>
       </c>
       <c r="J25" t="s">
-        <v>1595</v>
+        <v>1370</v>
       </c>
       <c r="K25" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="L25" t="s">
         <v>30</v>
       </c>
       <c r="M25" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="N25" t="s">
-        <v>1740</v>
+        <v>1457</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>1597</v>
+        <v>1372</v>
       </c>
       <c r="Q25" t="s">
-        <v>1628</v>
+        <v>1396</v>
       </c>
       <c r="R25" t="s">
-        <v>1597</v>
+        <v>1372</v>
       </c>
       <c r="S25" t="s">
-        <v>1741</v>
+        <v>1458</v>
       </c>
       <c r="T25" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1579</v>
+        <v>1291</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>1742</v>
+        <v>1459</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>1743</v>
+        <v>1460</v>
       </c>
       <c r="H26" t="s">
-        <v>1744</v>
+        <v>1461</v>
       </c>
       <c r="I26" t="s">
-        <v>1594</v>
+        <v>1305</v>
       </c>
       <c r="J26" t="s">
-        <v>1745</v>
+        <v>1462</v>
       </c>
       <c r="K26" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="L26" t="s">
         <v>30</v>
       </c>
       <c r="M26" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="N26" t="s">
-        <v>1746</v>
+        <v>1463</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>1597</v>
+        <v>1372</v>
       </c>
       <c r="Q26" t="s">
-        <v>1747</v>
+        <v>1464</v>
       </c>
       <c r="R26" t="s">
-        <v>1597</v>
+        <v>1372</v>
       </c>
       <c r="S26" t="s">
         <v>59</v>
       </c>
       <c r="T26" t="s">
-        <v>1589</v>
+        <v>1301</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>