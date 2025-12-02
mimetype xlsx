--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="906" uniqueCount="413">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -294,96 +300,1050 @@
     <t>Christophe</t>
   </si>
   <si>
     <t>20 November 2024</t>
   </si>
   <si>
     <t>Docteur Essam HASSAN</t>
   </si>
   <si>
     <t>08/11/2016 11:32:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710246/fr/docteur-essam-hassan</t>
   </si>
   <si>
     <t>c_2710246</t>
   </si>
   <si>
     <t>HASSAN</t>
   </si>
   <si>
     <t>Essam</t>
   </si>
   <si>
     <t>21 October 2021</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>EHPAD "LE CHATEAU"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/703_FicheESSMS/fr/ehpad-le-chateau</t>
+  </si>
+  <si>
+    <t>703_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue Des Monts D Olmes</t>
+  </si>
+  <si>
+    <t>09340 VERNIOLLE</t>
+  </si>
+  <si>
+    <t>VERNIOLLE</t>
+  </si>
+  <si>
+    <t>09</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>090781642</t>
+  </si>
+  <si>
+    <t>CSAPA  DE L'ANPAA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2202_FicheESSMS/fr/csapa-de-l-anpaa</t>
+  </si>
+  <si>
+    <t>2202_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Cours Irenee Cros</t>
+  </si>
+  <si>
+    <t>09000 FOIX</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>090002452</t>
+  </si>
+  <si>
+    <t>EHPAD DE CASTILLON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2374_FicheESSMS/fr/ehpad-de-castillon</t>
+  </si>
+  <si>
+    <t>2374_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Avenue Noel Peyrevidal</t>
+  </si>
+  <si>
+    <t>09800 CASTILLON EN COUSERANS</t>
+  </si>
+  <si>
+    <t>CASTILLON EN COUSERANS</t>
+  </si>
+  <si>
+    <t>090783283</t>
+  </si>
+  <si>
+    <t>RESIDENCE LE VERT COTEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4050_FicheESSMS/fr/residence-le-vert-coteau</t>
+  </si>
+  <si>
+    <t>4050_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09700 SAVERDUN</t>
+  </si>
+  <si>
+    <t>SAVERDUN</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>090780362</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT HANDICAPES ST GIRONS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4207_FicheESSMS/fr/foyer-hebergement-handicapes-st-girons</t>
+  </si>
+  <si>
+    <t>4207_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Avenue Henri Bernere</t>
+  </si>
+  <si>
+    <t>09200 ST GIRONS</t>
+  </si>
+  <si>
+    <t>ST GIRONS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>090784265</t>
+  </si>
+  <si>
+    <t>EANM LE SABARTHES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4205_FicheESSMS/fr/eanm-le-sabarthes</t>
+  </si>
+  <si>
+    <t>4205_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09120 MONTEGUT PLANTAUREL</t>
+  </si>
+  <si>
+    <t>MONTEGUT PLANTAUREL</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>090782327</t>
+  </si>
+  <si>
+    <t>MECS CISELL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4204_FicheESSMS/fr/mecs-cisell</t>
+  </si>
+  <si>
+    <t>4204_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09300 LAVELANET</t>
+  </si>
+  <si>
+    <t>LAVELANET</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>090783820</t>
+  </si>
+  <si>
+    <t>EHPAD CH SAINT LOUIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4254_FicheESSMS/fr/ehpad-ch-saint-louis</t>
+  </si>
+  <si>
+    <t>4254_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09110 AX LES THERMES</t>
+  </si>
+  <si>
+    <t>AX LES THERMES</t>
+  </si>
+  <si>
+    <t>090782707</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT JOSEPH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4337_FicheESSMS/fr/ehpad-saint-joseph</t>
+  </si>
+  <si>
+    <t>4337_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09140 OUST</t>
+  </si>
+  <si>
+    <t>OUST</t>
+  </si>
+  <si>
+    <t>090781634</t>
+  </si>
+  <si>
+    <t>MAS LES MARGUERITES CHAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5069_FicheESSMS/fr/mas-les-marguerites-chac</t>
+  </si>
+  <si>
+    <t>5069_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09190 ST LIZIER</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>090000639</t>
+  </si>
+  <si>
+    <t>SESSAD LA VERGNIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5306_FicheESSMS/fr/sessad-la-vergniere</t>
+  </si>
+  <si>
+    <t>5306_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Avenue De La Lerida</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>090002635</t>
+  </si>
+  <si>
+    <t>CENTRE DE JOUR POUR PERSONNES ÂGEES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5925_FicheESSMS/fr/centre-de-jour-pour-personnes-agees</t>
+  </si>
+  <si>
+    <t>5925_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Allée Les Tilleuls</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>090001579</t>
+  </si>
+  <si>
+    <t>IME DE ST JEAN DU FALGA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3818_FicheESSMS/fr/ime-de-st-jean-du-falga</t>
+  </si>
+  <si>
+    <t>3818_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Jean Armaing</t>
+  </si>
+  <si>
+    <t>09100 ST JEAN DU FALGA</t>
+  </si>
+  <si>
+    <t>ST JEAN DU FALGA</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>090780164</t>
+  </si>
+  <si>
+    <t>IME DE LEZAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3817_FicheESSMS/fr/ime-de-lezat</t>
+  </si>
+  <si>
+    <t>3817_FicheESSMS</t>
+  </si>
+  <si>
+    <t>89 Route De Castagnac</t>
+  </si>
+  <si>
+    <t>09210 LEZAT SUR LEZE</t>
+  </si>
+  <si>
+    <t>LEZAT SUR LEZE</t>
+  </si>
+  <si>
+    <t>090781550</t>
+  </si>
+  <si>
+    <t>SESSAD DE PAMIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3816_FicheESSMS/fr/sessad-de-pamiers</t>
+  </si>
+  <si>
+    <t>3816_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48 Avenue De La Rijole</t>
+  </si>
+  <si>
+    <t>09100 PAMIERS</t>
+  </si>
+  <si>
+    <t>PAMIERS</t>
+  </si>
+  <si>
+    <t>090783531</t>
+  </si>
+  <si>
+    <t>SSIAD DES PORTES D'ARIEGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4052_FicheESSMS/fr/ssiad-des-portes-d-ariege</t>
+  </si>
+  <si>
+    <t>4052_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>090000365</t>
+  </si>
+  <si>
+    <t>RESIDENCE LE CLOS DU RAUNIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4051_FicheESSMS/fr/residence-le-clos-du-raunier</t>
+  </si>
+  <si>
+    <t>4051_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09270 MAZERES</t>
+  </si>
+  <si>
+    <t>MAZERES</t>
+  </si>
+  <si>
+    <t>090780156</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL AUZAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4206_FicheESSMS/fr/foyer-occupationnel-auzat</t>
+  </si>
+  <si>
+    <t>4206_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09220 AUZAT</t>
+  </si>
+  <si>
+    <t>AUZAT</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>090002544</t>
+  </si>
+  <si>
+    <t>SERV. M.J.P.M. DE L'ARIEGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5800_FicheESSMS/fr/serv-m-j-p-m-de-l-ariege</t>
+  </si>
+  <si>
+    <t>5800_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Chemin De Berdoulet</t>
+  </si>
+  <si>
+    <t>09003 FOIX</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>090003138</t>
+  </si>
+  <si>
+    <t>SAAD RESO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5924_FicheESSMS/fr/saad-reso</t>
+  </si>
+  <si>
+    <t>5924_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>090002296</t>
+  </si>
+  <si>
+    <t>SSIAD DE SAINT GIRONS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5923_FicheESSMS/fr/ssiad-de-saint-girons</t>
+  </si>
+  <si>
+    <t>5923_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Allée Des Tilleuls</t>
+  </si>
+  <si>
+    <t>090782715</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8514_FicheESSMS/fr/serv-m-j-p-m-de-l-ariege</t>
+  </si>
+  <si>
+    <t>8514_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Boulevard Alsace Lorraine</t>
+  </si>
+  <si>
+    <t>090003112</t>
+  </si>
+  <si>
+    <t>SAVS ESPOIR ARIEGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9004_FicheESSMS/fr/savs-espoir-ariege</t>
+  </si>
+  <si>
+    <t>9004_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Avenue Du Marechal Leclerc</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>090004110</t>
+  </si>
+  <si>
+    <t>S.A.M.S.A.H ESPOIR ARIEGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9003_FicheESSMS/fr/s-a-m-s-a-h-espoir-ariege</t>
+  </si>
+  <si>
+    <t>9003_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Avenue Marechal Leclerc</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>090002874</t>
+  </si>
+  <si>
+    <t>ESAT INDUSTRIEL DE PAMIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10625_FicheESSMS/fr/esat-industriel-de-pamiers</t>
+  </si>
+  <si>
+    <t>10625_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Chemin De La Prairie</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>090781576</t>
+  </si>
+  <si>
+    <t>ESAT AGRICOLE DE VARILHES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10624_FicheESSMS/fr/esat-agricole-de-varilhes</t>
+  </si>
+  <si>
+    <t>10624_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09120 VARILHES</t>
+  </si>
+  <si>
+    <t>VARILHES</t>
+  </si>
+  <si>
+    <t>090782038</t>
+  </si>
+  <si>
+    <t>MAS DU GIRBET - SAVERDUN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10863_FicheESSMS/fr/mas-du-girbet-saverdun</t>
+  </si>
+  <si>
+    <t>10863_FicheESSMS</t>
+  </si>
+  <si>
+    <t>090002221</t>
+  </si>
+  <si>
+    <t>FAM DE CAMBIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10875_FicheESSMS/fr/fam-de-cambie</t>
+  </si>
+  <si>
+    <t>10875_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09000 SERRES SUR ARGET</t>
+  </si>
+  <si>
+    <t>SERRES SUR ARGET</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>090002536</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL RESIDENCE DE MONIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11151_FicheESSMS/fr/foyer-occupationnel-residence-de-monie</t>
+  </si>
+  <si>
+    <t>11151_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Chemin Du Bac</t>
+  </si>
+  <si>
+    <t>090781725</t>
+  </si>
+  <si>
+    <t>SCE ACCOMPAGNENT VIE SOCIALE PAMIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11150_FicheESSMS/fr/sce-accompagnent-vie-sociale-pamiers</t>
+  </si>
+  <si>
+    <t>11150_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Du Portail Rouge</t>
+  </si>
+  <si>
+    <t>090000621</t>
+  </si>
+  <si>
+    <t>LOGEMENTS FOYER ADSEAA PAMIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11480_FicheESSMS/fr/logements-foyer-adseaa-pamiers</t>
+  </si>
+  <si>
+    <t>11480_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De Loumet</t>
+  </si>
+  <si>
+    <t>09102 PAMIERS</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>090784067</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT RESIDENCE LA PRAIRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11467_FicheESSMS/fr/foyer-hebergement-residence-la-prairie</t>
+  </si>
+  <si>
+    <t>11467_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Jules Ferry</t>
+  </si>
+  <si>
+    <t>090002965</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT HANDICAPES MIREPOIX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11466_FicheESSMS/fr/foyer-hebergement-handicapes-mirepoix</t>
+  </si>
+  <si>
+    <t>11466_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09500 MIREPOIX</t>
+  </si>
+  <si>
+    <t>MIREPOIX</t>
+  </si>
+  <si>
+    <t>090781956</t>
+  </si>
+  <si>
+    <t>FOYER HEBERG RESIDENCE DE LOUMET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11465_FicheESSMS/fr/foyer-heberg-residence-de-loumet</t>
+  </si>
+  <si>
+    <t>11465_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Place Du Marche Aux Boeufs</t>
+  </si>
+  <si>
+    <t>090782954</t>
+  </si>
+  <si>
+    <t>FOYER HEBERG HANDICAPES DE VARILHES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11464_FicheESSMS/fr/foyer-heberg-handicapes-de-varilhes</t>
+  </si>
+  <si>
+    <t>11464_FicheESSMS</t>
+  </si>
+  <si>
+    <t>090781717</t>
+  </si>
+  <si>
+    <t>CPH FRANCE HORIZON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12814_FicheESSMS/fr/cph-france-horizon</t>
+  </si>
+  <si>
+    <t>12814_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>090004540</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CHIVA SITE LAVELANET CH DU PAYS D'OLMES (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/237_FicheEtablissement/fr/chiva-site-lavelanet</t>
+  </si>
+  <si>
+    <t>237_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>09301 LAVELANET</t>
+  </si>
+  <si>
+    <t>0561657878</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>090001629</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER ARIEGE COUSERANS SITE SAINT LIZIER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/236_FicheEtablissement/fr/ch-ariege-couserans-site-st-lizier</t>
+  </si>
+  <si>
+    <t>236_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0561962018</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CHIVA SITE SAINT JEAN DE VERGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/235_FicheEtablissement/fr/chiva-site-st-jean-de-verges</t>
+  </si>
+  <si>
+    <t>235_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>09000 ST JEAN DE VERGES</t>
+  </si>
+  <si>
+    <t>0561033177</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SAINT LOUIS AX LES THERMES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/234_FicheEtablissement/fr/ch-saint-louis-ax-les-thermes</t>
+  </si>
+  <si>
+    <t>234_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0561022400</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>090000019</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM SAINT LIZIER CLINIQUE DES ROZES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3578_FicheEtablissement/fr/aair-uad-udm-st-lizier</t>
+  </si>
+  <si>
+    <t>3578_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>0561161100</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>090784679</t>
+  </si>
+  <si>
+    <t>AAIR UAD LAVELANET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3577_FicheEtablissement/fr/aair-uad-lavelanet</t>
+  </si>
+  <si>
+    <t>3577_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>41 Rue Alscace Lorraine</t>
+  </si>
+  <si>
+    <t>090784125</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM DD PAMIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3576_FicheEtablissement/fr/aair-uad-udm-dd-pamiers</t>
+  </si>
+  <si>
+    <t>3576_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>7 Chemin Des Menestrels</t>
+  </si>
+  <si>
+    <t>090002833</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -856,41 +1816,2415 @@
       </c>
       <c r="L9" t="s">
         <v>93</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
         <v>94</v>
       </c>
       <c r="O9" t="s">
         <v>60</v>
       </c>
       <c r="P9" t="s">
         <v>61</v>
       </c>
       <c r="Q9" t="s">
         <v>62</v>
       </c>
       <c r="R9" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P37"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>95</v>
+      </c>
+      <c r="J1" t="s">
+        <v>96</v>
+      </c>
+      <c r="K1" t="s">
+        <v>97</v>
+      </c>
+      <c r="L1" t="s">
+        <v>98</v>
+      </c>
+      <c r="M1" t="s">
+        <v>99</v>
+      </c>
+      <c r="N1" t="s">
+        <v>100</v>
+      </c>
+      <c r="O1" t="s">
+        <v>101</v>
+      </c>
+      <c r="P1" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B2" t="s">
+        <v>104</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>106</v>
+      </c>
+      <c r="H2" t="s">
+        <v>107</v>
+      </c>
+      <c r="I2" t="s">
+        <v>108</v>
+      </c>
+      <c r="J2" t="s">
+        <v>109</v>
+      </c>
+      <c r="K2" t="s">
+        <v>110</v>
+      </c>
+      <c r="L2" t="s">
+        <v>111</v>
+      </c>
+      <c r="M2" t="s">
+        <v>112</v>
+      </c>
+      <c r="N2" t="s">
+        <v>113</v>
+      </c>
+      <c r="O2" t="s">
+        <v>114</v>
+      </c>
+      <c r="P2" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B3" t="s">
+        <v>116</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>118</v>
+      </c>
+      <c r="H3" t="s">
+        <v>119</v>
+      </c>
+      <c r="I3" t="s">
+        <v>120</v>
+      </c>
+      <c r="J3" t="s">
+        <v>121</v>
+      </c>
+      <c r="K3" t="s">
+        <v>51</v>
+      </c>
+      <c r="L3" t="s">
+        <v>111</v>
+      </c>
+      <c r="M3" t="s">
+        <v>112</v>
+      </c>
+      <c r="N3" t="s">
+        <v>122</v>
+      </c>
+      <c r="O3" t="s">
+        <v>123</v>
+      </c>
+      <c r="P3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>103</v>
+      </c>
+      <c r="B4" t="s">
+        <v>125</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>126</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>127</v>
+      </c>
+      <c r="H4" t="s">
+        <v>128</v>
+      </c>
+      <c r="I4" t="s">
+        <v>129</v>
+      </c>
+      <c r="J4" t="s">
+        <v>130</v>
+      </c>
+      <c r="K4" t="s">
+        <v>131</v>
+      </c>
+      <c r="L4" t="s">
+        <v>111</v>
+      </c>
+      <c r="M4" t="s">
+        <v>112</v>
+      </c>
+      <c r="N4" t="s">
+        <v>113</v>
+      </c>
+      <c r="O4" t="s">
+        <v>114</v>
+      </c>
+      <c r="P4" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>103</v>
+      </c>
+      <c r="B5" t="s">
+        <v>133</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>134</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>135</v>
+      </c>
+      <c r="H5" t="s">
+        <v>136</v>
+      </c>
+      <c r="I5" t="s">
+        <v>137</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
+        <v>138</v>
+      </c>
+      <c r="L5" t="s">
+        <v>111</v>
+      </c>
+      <c r="M5" t="s">
+        <v>139</v>
+      </c>
+      <c r="N5" t="s">
+        <v>113</v>
+      </c>
+      <c r="O5" t="s">
+        <v>114</v>
+      </c>
+      <c r="P5" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>103</v>
+      </c>
+      <c r="B6" t="s">
+        <v>141</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>142</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>143</v>
+      </c>
+      <c r="H6" t="s">
+        <v>144</v>
+      </c>
+      <c r="I6" t="s">
+        <v>145</v>
+      </c>
+      <c r="J6" t="s">
+        <v>146</v>
+      </c>
+      <c r="K6" t="s">
+        <v>147</v>
+      </c>
+      <c r="L6" t="s">
+        <v>111</v>
+      </c>
+      <c r="M6" t="s">
+        <v>112</v>
+      </c>
+      <c r="N6" t="s">
+        <v>148</v>
+      </c>
+      <c r="O6" t="s">
+        <v>149</v>
+      </c>
+      <c r="P6" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>103</v>
+      </c>
+      <c r="B7" t="s">
+        <v>151</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>142</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>152</v>
+      </c>
+      <c r="H7" t="s">
+        <v>153</v>
+      </c>
+      <c r="I7" t="s">
+        <v>154</v>
+      </c>
+      <c r="J7" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" t="s">
+        <v>155</v>
+      </c>
+      <c r="L7" t="s">
+        <v>111</v>
+      </c>
+      <c r="M7" t="s">
+        <v>112</v>
+      </c>
+      <c r="N7" t="s">
+        <v>148</v>
+      </c>
+      <c r="O7" t="s">
+        <v>156</v>
+      </c>
+      <c r="P7" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>103</v>
+      </c>
+      <c r="B8" t="s">
+        <v>158</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>142</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>159</v>
+      </c>
+      <c r="H8" t="s">
+        <v>160</v>
+      </c>
+      <c r="I8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>162</v>
+      </c>
+      <c r="L8" t="s">
+        <v>111</v>
+      </c>
+      <c r="M8" t="s">
+        <v>112</v>
+      </c>
+      <c r="N8" t="s">
+        <v>163</v>
+      </c>
+      <c r="O8" t="s">
+        <v>164</v>
+      </c>
+      <c r="P8" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>103</v>
+      </c>
+      <c r="B9" t="s">
+        <v>166</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>167</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>168</v>
+      </c>
+      <c r="H9" t="s">
+        <v>169</v>
+      </c>
+      <c r="I9" t="s">
+        <v>170</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>171</v>
+      </c>
+      <c r="L9" t="s">
+        <v>111</v>
+      </c>
+      <c r="M9" t="s">
+        <v>139</v>
+      </c>
+      <c r="N9" t="s">
+        <v>113</v>
+      </c>
+      <c r="O9" t="s">
+        <v>114</v>
+      </c>
+      <c r="P9" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>103</v>
+      </c>
+      <c r="B10" t="s">
+        <v>173</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>174</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>175</v>
+      </c>
+      <c r="H10" t="s">
+        <v>176</v>
+      </c>
+      <c r="I10" t="s">
+        <v>177</v>
+      </c>
+      <c r="J10" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" t="s">
+        <v>178</v>
+      </c>
+      <c r="L10" t="s">
+        <v>111</v>
+      </c>
+      <c r="M10" t="s">
+        <v>112</v>
+      </c>
+      <c r="N10" t="s">
+        <v>113</v>
+      </c>
+      <c r="O10" t="s">
+        <v>114</v>
+      </c>
+      <c r="P10" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>103</v>
+      </c>
+      <c r="B11" t="s">
+        <v>180</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>181</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>182</v>
+      </c>
+      <c r="H11" t="s">
+        <v>183</v>
+      </c>
+      <c r="I11" t="s">
+        <v>184</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
+        <v>62</v>
+      </c>
+      <c r="L11" t="s">
+        <v>111</v>
+      </c>
+      <c r="M11" t="s">
+        <v>139</v>
+      </c>
+      <c r="N11" t="s">
+        <v>148</v>
+      </c>
+      <c r="O11" t="s">
+        <v>185</v>
+      </c>
+      <c r="P11" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>187</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>188</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>189</v>
+      </c>
+      <c r="H12" t="s">
+        <v>190</v>
+      </c>
+      <c r="I12" t="s">
+        <v>191</v>
+      </c>
+      <c r="J12" t="s">
+        <v>121</v>
+      </c>
+      <c r="K12" t="s">
+        <v>51</v>
+      </c>
+      <c r="L12" t="s">
+        <v>111</v>
+      </c>
+      <c r="M12" t="s">
+        <v>139</v>
+      </c>
+      <c r="N12" t="s">
+        <v>192</v>
+      </c>
+      <c r="O12" t="s">
+        <v>193</v>
+      </c>
+      <c r="P12" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>195</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>196</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>197</v>
+      </c>
+      <c r="H13" t="s">
+        <v>198</v>
+      </c>
+      <c r="I13" t="s">
+        <v>199</v>
+      </c>
+      <c r="J13" t="s">
+        <v>146</v>
+      </c>
+      <c r="K13" t="s">
+        <v>147</v>
+      </c>
+      <c r="L13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M13" t="s">
+        <v>112</v>
+      </c>
+      <c r="N13" t="s">
+        <v>113</v>
+      </c>
+      <c r="O13" t="s">
+        <v>200</v>
+      </c>
+      <c r="P13" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>202</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>203</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>204</v>
+      </c>
+      <c r="H14" t="s">
+        <v>205</v>
+      </c>
+      <c r="I14" t="s">
+        <v>206</v>
+      </c>
+      <c r="J14" t="s">
+        <v>207</v>
+      </c>
+      <c r="K14" t="s">
+        <v>208</v>
+      </c>
+      <c r="L14" t="s">
+        <v>111</v>
+      </c>
+      <c r="M14" t="s">
+        <v>112</v>
+      </c>
+      <c r="N14" t="s">
+        <v>192</v>
+      </c>
+      <c r="O14" t="s">
+        <v>209</v>
+      </c>
+      <c r="P14" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>211</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>203</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>212</v>
+      </c>
+      <c r="H15" t="s">
+        <v>213</v>
+      </c>
+      <c r="I15" t="s">
+        <v>214</v>
+      </c>
+      <c r="J15" t="s">
+        <v>215</v>
+      </c>
+      <c r="K15" t="s">
+        <v>216</v>
+      </c>
+      <c r="L15" t="s">
+        <v>111</v>
+      </c>
+      <c r="M15" t="s">
+        <v>112</v>
+      </c>
+      <c r="N15" t="s">
+        <v>192</v>
+      </c>
+      <c r="O15" t="s">
+        <v>209</v>
+      </c>
+      <c r="P15" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B16" t="s">
+        <v>218</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>203</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>219</v>
+      </c>
+      <c r="H16" t="s">
+        <v>220</v>
+      </c>
+      <c r="I16" t="s">
+        <v>221</v>
+      </c>
+      <c r="J16" t="s">
+        <v>222</v>
+      </c>
+      <c r="K16" t="s">
+        <v>223</v>
+      </c>
+      <c r="L16" t="s">
+        <v>111</v>
+      </c>
+      <c r="M16" t="s">
+        <v>112</v>
+      </c>
+      <c r="N16" t="s">
+        <v>192</v>
+      </c>
+      <c r="O16" t="s">
+        <v>193</v>
+      </c>
+      <c r="P16" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>103</v>
+      </c>
+      <c r="B17" t="s">
+        <v>225</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>134</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>226</v>
+      </c>
+      <c r="H17" t="s">
+        <v>227</v>
+      </c>
+      <c r="I17" t="s">
+        <v>137</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>138</v>
+      </c>
+      <c r="L17" t="s">
+        <v>111</v>
+      </c>
+      <c r="M17" t="s">
+        <v>139</v>
+      </c>
+      <c r="N17" t="s">
+        <v>228</v>
+      </c>
+      <c r="O17" t="s">
+        <v>229</v>
+      </c>
+      <c r="P17" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>103</v>
+      </c>
+      <c r="B18" t="s">
+        <v>231</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>134</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>232</v>
+      </c>
+      <c r="H18" t="s">
+        <v>233</v>
+      </c>
+      <c r="I18" t="s">
+        <v>234</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>235</v>
+      </c>
+      <c r="L18" t="s">
+        <v>111</v>
+      </c>
+      <c r="M18" t="s">
+        <v>139</v>
+      </c>
+      <c r="N18" t="s">
+        <v>113</v>
+      </c>
+      <c r="O18" t="s">
+        <v>114</v>
+      </c>
+      <c r="P18" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>103</v>
+      </c>
+      <c r="B19" t="s">
+        <v>237</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>142</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>238</v>
+      </c>
+      <c r="H19" t="s">
+        <v>239</v>
+      </c>
+      <c r="I19" t="s">
+        <v>240</v>
+      </c>
+      <c r="J19" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" t="s">
+        <v>241</v>
+      </c>
+      <c r="L19" t="s">
+        <v>111</v>
+      </c>
+      <c r="M19" t="s">
+        <v>112</v>
+      </c>
+      <c r="N19" t="s">
+        <v>148</v>
+      </c>
+      <c r="O19" t="s">
+        <v>242</v>
+      </c>
+      <c r="P19" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>103</v>
+      </c>
+      <c r="B20" t="s">
+        <v>244</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>245</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>246</v>
+      </c>
+      <c r="H20" t="s">
+        <v>247</v>
+      </c>
+      <c r="I20" t="s">
+        <v>248</v>
+      </c>
+      <c r="J20" t="s">
+        <v>249</v>
+      </c>
+      <c r="K20" t="s">
+        <v>51</v>
+      </c>
+      <c r="L20" t="s">
+        <v>111</v>
+      </c>
+      <c r="M20" t="s">
+        <v>112</v>
+      </c>
+      <c r="N20" t="s">
+        <v>250</v>
+      </c>
+      <c r="O20" t="s">
+        <v>251</v>
+      </c>
+      <c r="P20" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>103</v>
+      </c>
+      <c r="B21" t="s">
+        <v>253</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>196</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>254</v>
+      </c>
+      <c r="H21" t="s">
+        <v>255</v>
+      </c>
+      <c r="I21" t="s">
+        <v>146</v>
+      </c>
+      <c r="J21" t="s">
+        <v>20</v>
+      </c>
+      <c r="K21" t="s">
+        <v>147</v>
+      </c>
+      <c r="L21" t="s">
+        <v>111</v>
+      </c>
+      <c r="M21" t="s">
+        <v>112</v>
+      </c>
+      <c r="N21" t="s">
+        <v>256</v>
+      </c>
+      <c r="O21" t="s">
+        <v>257</v>
+      </c>
+      <c r="P21" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>103</v>
+      </c>
+      <c r="B22" t="s">
+        <v>259</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>196</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>260</v>
+      </c>
+      <c r="H22" t="s">
+        <v>261</v>
+      </c>
+      <c r="I22" t="s">
+        <v>262</v>
+      </c>
+      <c r="J22" t="s">
+        <v>146</v>
+      </c>
+      <c r="K22" t="s">
+        <v>147</v>
+      </c>
+      <c r="L22" t="s">
+        <v>111</v>
+      </c>
+      <c r="M22" t="s">
+        <v>112</v>
+      </c>
+      <c r="N22" t="s">
+        <v>228</v>
+      </c>
+      <c r="O22" t="s">
+        <v>229</v>
+      </c>
+      <c r="P22" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>103</v>
+      </c>
+      <c r="B23" t="s">
+        <v>244</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>264</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>265</v>
+      </c>
+      <c r="H23" t="s">
+        <v>266</v>
+      </c>
+      <c r="I23" t="s">
+        <v>267</v>
+      </c>
+      <c r="J23" t="s">
+        <v>121</v>
+      </c>
+      <c r="K23" t="s">
+        <v>51</v>
+      </c>
+      <c r="L23" t="s">
+        <v>111</v>
+      </c>
+      <c r="M23" t="s">
+        <v>112</v>
+      </c>
+      <c r="N23" t="s">
+        <v>250</v>
+      </c>
+      <c r="O23" t="s">
+        <v>251</v>
+      </c>
+      <c r="P23" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>103</v>
+      </c>
+      <c r="B24" t="s">
+        <v>269</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>270</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>271</v>
+      </c>
+      <c r="H24" t="s">
+        <v>272</v>
+      </c>
+      <c r="I24" t="s">
+        <v>273</v>
+      </c>
+      <c r="J24" t="s">
+        <v>161</v>
+      </c>
+      <c r="K24" t="s">
+        <v>162</v>
+      </c>
+      <c r="L24" t="s">
+        <v>111</v>
+      </c>
+      <c r="M24" t="s">
+        <v>112</v>
+      </c>
+      <c r="N24" t="s">
+        <v>148</v>
+      </c>
+      <c r="O24" t="s">
+        <v>274</v>
+      </c>
+      <c r="P24" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>103</v>
+      </c>
+      <c r="B25" t="s">
+        <v>276</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>270</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>277</v>
+      </c>
+      <c r="H25" t="s">
+        <v>278</v>
+      </c>
+      <c r="I25" t="s">
+        <v>279</v>
+      </c>
+      <c r="J25" t="s">
+        <v>161</v>
+      </c>
+      <c r="K25" t="s">
+        <v>162</v>
+      </c>
+      <c r="L25" t="s">
+        <v>111</v>
+      </c>
+      <c r="M25" t="s">
+        <v>112</v>
+      </c>
+      <c r="N25" t="s">
+        <v>148</v>
+      </c>
+      <c r="O25" t="s">
+        <v>280</v>
+      </c>
+      <c r="P25" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>103</v>
+      </c>
+      <c r="B26" t="s">
+        <v>282</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>283</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>284</v>
+      </c>
+      <c r="H26" t="s">
+        <v>285</v>
+      </c>
+      <c r="I26" t="s">
+        <v>286</v>
+      </c>
+      <c r="J26" t="s">
+        <v>222</v>
+      </c>
+      <c r="K26" t="s">
+        <v>223</v>
+      </c>
+      <c r="L26" t="s">
+        <v>111</v>
+      </c>
+      <c r="M26" t="s">
+        <v>112</v>
+      </c>
+      <c r="N26" t="s">
+        <v>148</v>
+      </c>
+      <c r="O26" t="s">
+        <v>287</v>
+      </c>
+      <c r="P26" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>103</v>
+      </c>
+      <c r="B27" t="s">
+        <v>289</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>283</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>290</v>
+      </c>
+      <c r="H27" t="s">
+        <v>291</v>
+      </c>
+      <c r="I27" t="s">
+        <v>292</v>
+      </c>
+      <c r="J27" t="s">
+        <v>20</v>
+      </c>
+      <c r="K27" t="s">
+        <v>293</v>
+      </c>
+      <c r="L27" t="s">
+        <v>111</v>
+      </c>
+      <c r="M27" t="s">
+        <v>112</v>
+      </c>
+      <c r="N27" t="s">
+        <v>148</v>
+      </c>
+      <c r="O27" t="s">
+        <v>287</v>
+      </c>
+      <c r="P27" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>103</v>
+      </c>
+      <c r="B28" t="s">
+        <v>295</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>296</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>297</v>
+      </c>
+      <c r="H28" t="s">
+        <v>298</v>
+      </c>
+      <c r="I28" t="s">
+        <v>137</v>
+      </c>
+      <c r="J28" t="s">
+        <v>20</v>
+      </c>
+      <c r="K28" t="s">
+        <v>138</v>
+      </c>
+      <c r="L28" t="s">
+        <v>111</v>
+      </c>
+      <c r="M28" t="s">
+        <v>112</v>
+      </c>
+      <c r="N28" t="s">
+        <v>148</v>
+      </c>
+      <c r="O28" t="s">
+        <v>185</v>
+      </c>
+      <c r="P28" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>103</v>
+      </c>
+      <c r="B29" t="s">
+        <v>300</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>301</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>302</v>
+      </c>
+      <c r="H29" t="s">
+        <v>303</v>
+      </c>
+      <c r="I29" t="s">
+        <v>304</v>
+      </c>
+      <c r="J29" t="s">
+        <v>20</v>
+      </c>
+      <c r="K29" t="s">
+        <v>305</v>
+      </c>
+      <c r="L29" t="s">
+        <v>111</v>
+      </c>
+      <c r="M29" t="s">
+        <v>112</v>
+      </c>
+      <c r="N29" t="s">
+        <v>148</v>
+      </c>
+      <c r="O29" t="s">
+        <v>306</v>
+      </c>
+      <c r="P29" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>103</v>
+      </c>
+      <c r="B30" t="s">
+        <v>308</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>309</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>310</v>
+      </c>
+      <c r="H30" t="s">
+        <v>311</v>
+      </c>
+      <c r="I30" t="s">
+        <v>312</v>
+      </c>
+      <c r="J30" t="s">
+        <v>207</v>
+      </c>
+      <c r="K30" t="s">
+        <v>208</v>
+      </c>
+      <c r="L30" t="s">
+        <v>111</v>
+      </c>
+      <c r="M30" t="s">
+        <v>112</v>
+      </c>
+      <c r="N30" t="s">
+        <v>148</v>
+      </c>
+      <c r="O30" t="s">
+        <v>242</v>
+      </c>
+      <c r="P30" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>103</v>
+      </c>
+      <c r="B31" t="s">
+        <v>314</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>309</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>315</v>
+      </c>
+      <c r="H31" t="s">
+        <v>316</v>
+      </c>
+      <c r="I31" t="s">
+        <v>317</v>
+      </c>
+      <c r="J31" t="s">
+        <v>222</v>
+      </c>
+      <c r="K31" t="s">
+        <v>223</v>
+      </c>
+      <c r="L31" t="s">
+        <v>111</v>
+      </c>
+      <c r="M31" t="s">
+        <v>112</v>
+      </c>
+      <c r="N31" t="s">
+        <v>148</v>
+      </c>
+      <c r="O31" t="s">
+        <v>274</v>
+      </c>
+      <c r="P31" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>103</v>
+      </c>
+      <c r="B32" t="s">
+        <v>319</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>320</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>321</v>
+      </c>
+      <c r="H32" t="s">
+        <v>322</v>
+      </c>
+      <c r="I32" t="s">
+        <v>323</v>
+      </c>
+      <c r="J32" t="s">
+        <v>324</v>
+      </c>
+      <c r="K32" t="s">
+        <v>223</v>
+      </c>
+      <c r="L32" t="s">
+        <v>111</v>
+      </c>
+      <c r="M32" t="s">
+        <v>112</v>
+      </c>
+      <c r="N32" t="s">
+        <v>113</v>
+      </c>
+      <c r="O32" t="s">
+        <v>325</v>
+      </c>
+      <c r="P32" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>103</v>
+      </c>
+      <c r="B33" t="s">
+        <v>327</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>320</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>328</v>
+      </c>
+      <c r="H33" t="s">
+        <v>329</v>
+      </c>
+      <c r="I33" t="s">
+        <v>330</v>
+      </c>
+      <c r="J33" t="s">
+        <v>207</v>
+      </c>
+      <c r="K33" t="s">
+        <v>208</v>
+      </c>
+      <c r="L33" t="s">
+        <v>111</v>
+      </c>
+      <c r="M33" t="s">
+        <v>112</v>
+      </c>
+      <c r="N33" t="s">
+        <v>148</v>
+      </c>
+      <c r="O33" t="s">
+        <v>149</v>
+      </c>
+      <c r="P33" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>103</v>
+      </c>
+      <c r="B34" t="s">
+        <v>332</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>320</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>333</v>
+      </c>
+      <c r="H34" t="s">
+        <v>334</v>
+      </c>
+      <c r="I34" t="s">
+        <v>335</v>
+      </c>
+      <c r="J34" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" t="s">
+        <v>336</v>
+      </c>
+      <c r="L34" t="s">
+        <v>111</v>
+      </c>
+      <c r="M34" t="s">
+        <v>112</v>
+      </c>
+      <c r="N34" t="s">
+        <v>148</v>
+      </c>
+      <c r="O34" t="s">
+        <v>149</v>
+      </c>
+      <c r="P34" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>103</v>
+      </c>
+      <c r="B35" t="s">
+        <v>338</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>320</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>339</v>
+      </c>
+      <c r="H35" t="s">
+        <v>340</v>
+      </c>
+      <c r="I35" t="s">
+        <v>341</v>
+      </c>
+      <c r="J35" t="s">
+        <v>222</v>
+      </c>
+      <c r="K35" t="s">
+        <v>223</v>
+      </c>
+      <c r="L35" t="s">
+        <v>111</v>
+      </c>
+      <c r="M35" t="s">
+        <v>112</v>
+      </c>
+      <c r="N35" t="s">
+        <v>148</v>
+      </c>
+      <c r="O35" t="s">
+        <v>149</v>
+      </c>
+      <c r="P35" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>103</v>
+      </c>
+      <c r="B36" t="s">
+        <v>343</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>320</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>344</v>
+      </c>
+      <c r="H36" t="s">
+        <v>345</v>
+      </c>
+      <c r="I36" t="s">
+        <v>317</v>
+      </c>
+      <c r="J36" t="s">
+        <v>222</v>
+      </c>
+      <c r="K36" t="s">
+        <v>223</v>
+      </c>
+      <c r="L36" t="s">
+        <v>111</v>
+      </c>
+      <c r="M36" t="s">
+        <v>112</v>
+      </c>
+      <c r="N36" t="s">
+        <v>148</v>
+      </c>
+      <c r="O36" t="s">
+        <v>149</v>
+      </c>
+      <c r="P36" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>103</v>
+      </c>
+      <c r="B37" t="s">
+        <v>347</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>348</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>349</v>
+      </c>
+      <c r="H37" t="s">
+        <v>350</v>
+      </c>
+      <c r="I37" t="s">
+        <v>121</v>
+      </c>
+      <c r="J37" t="s">
+        <v>20</v>
+      </c>
+      <c r="K37" t="s">
+        <v>51</v>
+      </c>
+      <c r="L37" t="s">
+        <v>111</v>
+      </c>
+      <c r="M37" t="s">
+        <v>112</v>
+      </c>
+      <c r="N37" t="s">
+        <v>351</v>
+      </c>
+      <c r="O37" t="s">
+        <v>352</v>
+      </c>
+      <c r="P37" t="s">
+        <v>353</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>354</v>
+      </c>
+      <c r="J1" t="s">
+        <v>95</v>
+      </c>
+      <c r="K1" t="s">
+        <v>355</v>
+      </c>
+      <c r="L1" t="s">
+        <v>97</v>
+      </c>
+      <c r="M1" t="s">
+        <v>98</v>
+      </c>
+      <c r="N1" t="s">
+        <v>356</v>
+      </c>
+      <c r="O1" t="s">
+        <v>357</v>
+      </c>
+      <c r="P1" t="s">
+        <v>358</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>359</v>
+      </c>
+      <c r="R1" t="s">
+        <v>99</v>
+      </c>
+      <c r="S1" t="s">
+        <v>360</v>
+      </c>
+      <c r="T1" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>362</v>
+      </c>
+      <c r="B2" t="s">
+        <v>363</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>364</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>365</v>
+      </c>
+      <c r="H2" t="s">
+        <v>366</v>
+      </c>
+      <c r="I2" t="s">
+        <v>367</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>368</v>
+      </c>
+      <c r="L2" t="s">
+        <v>162</v>
+      </c>
+      <c r="M2" t="s">
+        <v>111</v>
+      </c>
+      <c r="N2" t="s">
+        <v>369</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>370</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>371</v>
+      </c>
+      <c r="R2" t="s">
+        <v>139</v>
+      </c>
+      <c r="S2" t="s">
+        <v>372</v>
+      </c>
+      <c r="T2" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>362</v>
+      </c>
+      <c r="B3" t="s">
+        <v>374</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>375</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>376</v>
+      </c>
+      <c r="H3" t="s">
+        <v>377</v>
+      </c>
+      <c r="I3" t="s">
+        <v>367</v>
+      </c>
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
+        <v>184</v>
+      </c>
+      <c r="L3" t="s">
+        <v>62</v>
+      </c>
+      <c r="M3" t="s">
+        <v>111</v>
+      </c>
+      <c r="N3" t="s">
+        <v>378</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>370</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>379</v>
+      </c>
+      <c r="R3" t="s">
+        <v>139</v>
+      </c>
+      <c r="S3" t="s">
+        <v>63</v>
+      </c>
+      <c r="T3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>362</v>
+      </c>
+      <c r="B4" t="s">
+        <v>380</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>364</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>381</v>
+      </c>
+      <c r="H4" t="s">
+        <v>382</v>
+      </c>
+      <c r="I4" t="s">
+        <v>383</v>
+      </c>
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
+        <v>384</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>111</v>
+      </c>
+      <c r="N4" t="s">
+        <v>385</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>370</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>386</v>
+      </c>
+      <c r="R4" t="s">
+        <v>139</v>
+      </c>
+      <c r="S4" t="s">
+        <v>42</v>
+      </c>
+      <c r="T4" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>362</v>
+      </c>
+      <c r="B5" t="s">
+        <v>387</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>388</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>389</v>
+      </c>
+      <c r="H5" t="s">
+        <v>390</v>
+      </c>
+      <c r="I5" t="s">
+        <v>367</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
+        <v>170</v>
+      </c>
+      <c r="L5" t="s">
+        <v>171</v>
+      </c>
+      <c r="M5" t="s">
+        <v>111</v>
+      </c>
+      <c r="N5" t="s">
+        <v>391</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>370</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>392</v>
+      </c>
+      <c r="R5" t="s">
+        <v>139</v>
+      </c>
+      <c r="S5" t="s">
+        <v>393</v>
+      </c>
+      <c r="T5" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>362</v>
+      </c>
+      <c r="B6" t="s">
+        <v>395</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>396</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>397</v>
+      </c>
+      <c r="H6" t="s">
+        <v>398</v>
+      </c>
+      <c r="I6" t="s">
+        <v>399</v>
+      </c>
+      <c r="J6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" t="s">
+        <v>184</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>111</v>
+      </c>
+      <c r="N6" t="s">
+        <v>400</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>401</v>
+      </c>
+      <c r="R6" t="s">
+        <v>112</v>
+      </c>
+      <c r="S6" t="s">
+        <v>402</v>
+      </c>
+      <c r="T6" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>362</v>
+      </c>
+      <c r="B7" t="s">
+        <v>403</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>396</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>404</v>
+      </c>
+      <c r="H7" t="s">
+        <v>405</v>
+      </c>
+      <c r="I7" t="s">
+        <v>399</v>
+      </c>
+      <c r="J7" t="s">
+        <v>406</v>
+      </c>
+      <c r="K7" t="s">
+        <v>161</v>
+      </c>
+      <c r="L7" t="s">
+        <v>162</v>
+      </c>
+      <c r="M7" t="s">
+        <v>111</v>
+      </c>
+      <c r="N7" t="s">
+        <v>400</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>401</v>
+      </c>
+      <c r="R7" t="s">
+        <v>112</v>
+      </c>
+      <c r="S7" t="s">
+        <v>407</v>
+      </c>
+      <c r="T7" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>362</v>
+      </c>
+      <c r="B8" t="s">
+        <v>408</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>396</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>409</v>
+      </c>
+      <c r="H8" t="s">
+        <v>410</v>
+      </c>
+      <c r="I8" t="s">
+        <v>367</v>
+      </c>
+      <c r="J8" t="s">
+        <v>411</v>
+      </c>
+      <c r="K8" t="s">
+        <v>222</v>
+      </c>
+      <c r="L8" t="s">
+        <v>223</v>
+      </c>
+      <c r="M8" t="s">
+        <v>111</v>
+      </c>
+      <c r="N8" t="s">
+        <v>400</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>401</v>
+      </c>
+      <c r="R8" t="s">
+        <v>112</v>
+      </c>
+      <c r="S8" t="s">
+        <v>412</v>
+      </c>
+      <c r="T8" t="s">
+        <v>373</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>