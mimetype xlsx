--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="906" uniqueCount="413">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1113" uniqueCount="483">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -74,101 +74,68 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
-    <t>Docteur Pierre JASKARZEC</t>
+    <t>Docteur Loredana TANASE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>18/10/2024 10:33:43</t>
-[...5 lines deleted...]
-    <t>p_3550603</t>
+    <t>13/09/2024 15:34:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541600/fr/docteur-loredana-tanase</t>
+  </si>
+  <si>
+    <t>p_3541600</t>
   </si>
   <si>
     <t>Docteur</t>
   </si>
   <si>
-    <t>JASKARZEC</t>
-[...31 lines deleted...]
-  <si>
     <t>TANASE</t>
   </si>
   <si>
     <t>Loredana</t>
   </si>
   <si>
     <t>12 September 2024</t>
   </si>
   <si>
     <t>CHIVA SITE ST JEAN DE VERGES</t>
   </si>
   <si>
     <t>09000</t>
   </si>
   <si>
     <t>ST JEAN DE VERGES</t>
   </si>
   <si>
     <t>090000175</t>
   </si>
   <si>
     <t>Docteur ISRAEL GUTIERREZ</t>
   </si>
   <si>
     <t>20/04/2023 10:33:04</t>
@@ -230,80 +197,80 @@
   <si>
     <t>090000183</t>
   </si>
   <si>
     <t>Docteur OTILIA OFRIM</t>
   </si>
   <si>
     <t>25/10/2018 10:32:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2880455/fr/docteur-otilia-ofrim</t>
   </si>
   <si>
     <t>c_2880455</t>
   </si>
   <si>
     <t>OFRIM</t>
   </si>
   <si>
     <t>OTILIA</t>
   </si>
   <si>
     <t>17 November 2022</t>
   </si>
   <si>
-    <t>CHIVA SITE ST JEAN DE VERGES,CH ARIEGE COUSERANS SITE ST LIZIER</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur Benjamin VAN CORTENBOSCH</t>
   </si>
   <si>
     <t>15/05/2017 17:38:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2766811/fr/docteur-benjamin-van-cortenbosch</t>
   </si>
   <si>
     <t>c_2766811</t>
   </si>
   <si>
     <t>VAN CORTENBOSCH</t>
   </si>
   <si>
     <t>Benjamin</t>
   </si>
   <si>
+    <t>CHIVA SITE ST JEAN DE VERGES,CHIVA SITE LAVELANET</t>
+  </si>
+  <si>
+    <t>09000,09301</t>
+  </si>
+  <si>
+    <t>ST JEAN DE VERGES,LAVELANET</t>
+  </si>
+  <si>
+    <t>090000175,090001629</t>
+  </si>
+  <si>
     <t>Docteur Christophe PITON</t>
   </si>
   <si>
     <t>08/11/2016 11:30:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708752/fr/docteur-christophe-piton</t>
   </si>
   <si>
     <t>c_2708752</t>
   </si>
   <si>
     <t>PITON</t>
   </si>
   <si>
     <t>Christophe</t>
   </si>
   <si>
     <t>20 November 2024</t>
   </si>
   <si>
     <t>Docteur Essam HASSAN</t>
   </si>
   <si>
     <t>08/11/2016 11:32:10</t>
@@ -329,83 +296,155 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>RESIDENCE JULES ROUSSE</t>
+  </si>
+  <si>
+    <t>14/10/2025 16:16:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14044_FicheESSMS/fr/residence-jules-rousse</t>
+  </si>
+  <si>
+    <t>14044_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09400 TARASCON SUR ARIEGE</t>
+  </si>
+  <si>
+    <t>TARASCON SUR ARIEGE</t>
+  </si>
+  <si>
+    <t>09</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>090782343</t>
+  </si>
+  <si>
+    <t>SESSAD DE LERAN</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:20:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13307_FicheESSMS/fr/sessad-de-leran</t>
+  </si>
+  <si>
+    <t>13307_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Avenue Saint Roch</t>
+  </si>
+  <si>
+    <t>09600 LERAN</t>
+  </si>
+  <si>
+    <t>LERAN</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>090000548</t>
+  </si>
+  <si>
+    <t>IME  ADPEP 09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13306_FicheESSMS/fr/ime-adpep-09</t>
+  </si>
+  <si>
+    <t>13306_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Cour St Jacques</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>090780347</t>
+  </si>
+  <si>
     <t>EHPAD "LE CHATEAU"</t>
   </si>
   <si>
     <t>10/09/2025 12:15:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/703_FicheESSMS/fr/ehpad-le-chateau</t>
   </si>
   <si>
     <t>703_FicheESSMS</t>
   </si>
   <si>
     <t>4 Avenue Des Monts D Olmes</t>
   </si>
   <si>
     <t>09340 VERNIOLLE</t>
   </si>
   <si>
     <t>VERNIOLLE</t>
   </si>
   <si>
-    <t>09</t>
-[...10 lines deleted...]
-  <si>
     <t>090781642</t>
   </si>
   <si>
     <t>CSAPA  DE L'ANPAA</t>
   </si>
   <si>
     <t>10/09/2025 12:17:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2202_FicheESSMS/fr/csapa-de-l-anpaa</t>
   </si>
   <si>
     <t>2202_FicheESSMS</t>
   </si>
   <si>
     <t>6 Cours Irenee Cros</t>
   </si>
   <si>
     <t>09000 FOIX</t>
   </si>
   <si>
     <t>Personne ayant des difficultés spécifiques</t>
   </si>
   <si>
     <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
@@ -416,104 +455,224 @@
   <si>
     <t>EHPAD DE CASTILLON</t>
   </si>
   <si>
     <t>10/09/2025 12:17:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2374_FicheESSMS/fr/ehpad-de-castillon</t>
   </si>
   <si>
     <t>2374_FicheESSMS</t>
   </si>
   <si>
     <t>38 Avenue Noel Peyrevidal</t>
   </si>
   <si>
     <t>09800 CASTILLON EN COUSERANS</t>
   </si>
   <si>
     <t>CASTILLON EN COUSERANS</t>
   </si>
   <si>
     <t>090783283</t>
   </si>
   <si>
+    <t>IME DE ST JEAN DU FALGA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3818_FicheESSMS/fr/ime-de-st-jean-du-falga</t>
+  </si>
+  <si>
+    <t>3818_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Jean Armaing</t>
+  </si>
+  <si>
+    <t>09100 ST JEAN DU FALGA</t>
+  </si>
+  <si>
+    <t>ST JEAN DU FALGA</t>
+  </si>
+  <si>
+    <t>090780164</t>
+  </si>
+  <si>
+    <t>IME DE LEZAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3817_FicheESSMS/fr/ime-de-lezat</t>
+  </si>
+  <si>
+    <t>3817_FicheESSMS</t>
+  </si>
+  <si>
+    <t>89 Route De Castagnac</t>
+  </si>
+  <si>
+    <t>09210 LEZAT SUR LEZE</t>
+  </si>
+  <si>
+    <t>LEZAT SUR LEZE</t>
+  </si>
+  <si>
+    <t>090781550</t>
+  </si>
+  <si>
+    <t>SESSAD DE PAMIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3816_FicheESSMS/fr/sessad-de-pamiers</t>
+  </si>
+  <si>
+    <t>3816_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48 Avenue De La Rijole</t>
+  </si>
+  <si>
+    <t>09100 PAMIERS</t>
+  </si>
+  <si>
+    <t>PAMIERS</t>
+  </si>
+  <si>
+    <t>090783531</t>
+  </si>
+  <si>
+    <t>SSIAD DES PORTES D'ARIEGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4052_FicheESSMS/fr/ssiad-des-portes-d-ariege</t>
+  </si>
+  <si>
+    <t>4052_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09700 SAVERDUN</t>
+  </si>
+  <si>
+    <t>SAVERDUN</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>090000365</t>
+  </si>
+  <si>
+    <t>RESIDENCE LE CLOS DU RAUNIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4051_FicheESSMS/fr/residence-le-clos-du-raunier</t>
+  </si>
+  <si>
+    <t>4051_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09270 MAZERES</t>
+  </si>
+  <si>
+    <t>MAZERES</t>
+  </si>
+  <si>
+    <t>090780156</t>
+  </si>
+  <si>
     <t>RESIDENCE LE VERT COTEAU</t>
   </si>
   <si>
-    <t>10/09/2025 12:20:10</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/4050_FicheESSMS/fr/residence-le-vert-coteau</t>
   </si>
   <si>
     <t>4050_FicheESSMS</t>
   </si>
   <si>
-    <t>09700 SAVERDUN</t>
-[...7 lines deleted...]
-  <si>
     <t>090780362</t>
   </si>
   <si>
     <t>FOYER HEBERGEMENT HANDICAPES ST GIRONS</t>
   </si>
   <si>
     <t>10/09/2025 12:20:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4207_FicheESSMS/fr/foyer-hebergement-handicapes-st-girons</t>
   </si>
   <si>
     <t>4207_FicheESSMS</t>
   </si>
   <si>
     <t>39 Avenue Henri Bernere</t>
   </si>
   <si>
     <t>09200 ST GIRONS</t>
   </si>
   <si>
     <t>ST GIRONS</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Foyer Hébergement Adultes Handicapés</t>
   </si>
   <si>
     <t>090784265</t>
   </si>
   <si>
+    <t>FOYER OCCUPATIONNEL AUZAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4206_FicheESSMS/fr/foyer-occupationnel-auzat</t>
+  </si>
+  <si>
+    <t>4206_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09220 AUZAT</t>
+  </si>
+  <si>
+    <t>AUZAT</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>090002544</t>
+  </si>
+  <si>
     <t>EANM LE SABARTHES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4205_FicheESSMS/fr/eanm-le-sabarthes</t>
   </si>
   <si>
     <t>4205_FicheESSMS</t>
   </si>
   <si>
     <t>09120 MONTEGUT PLANTAUREL</t>
   </si>
   <si>
     <t>MONTEGUT PLANTAUREL</t>
   </si>
   <si>
     <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
   </si>
   <si>
     <t>090782327</t>
   </si>
   <si>
     <t>MECS CISELL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4204_FicheESSMS/fr/mecs-cisell</t>
@@ -548,399 +707,432 @@
   <si>
     <t>4254_FicheESSMS</t>
   </si>
   <si>
     <t>09110 AX LES THERMES</t>
   </si>
   <si>
     <t>AX LES THERMES</t>
   </si>
   <si>
     <t>090782707</t>
   </si>
   <si>
     <t>EHPAD SAINT JOSEPH</t>
   </si>
   <si>
     <t>10/09/2025 12:20:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4337_FicheESSMS/fr/ehpad-saint-joseph</t>
   </si>
   <si>
     <t>4337_FicheESSMS</t>
   </si>
   <si>
+    <t>9 Impasse Saint Joseph</t>
+  </si>
+  <si>
     <t>09140 OUST</t>
   </si>
   <si>
     <t>OUST</t>
   </si>
   <si>
     <t>090781634</t>
   </si>
   <si>
     <t>MAS LES MARGUERITES CHAC</t>
   </si>
   <si>
     <t>10/09/2025 12:21:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5069_FicheESSMS/fr/mas-les-marguerites-chac</t>
   </si>
   <si>
     <t>5069_FicheESSMS</t>
   </si>
   <si>
     <t>09190 ST LIZIER</t>
   </si>
   <si>
     <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
   </si>
   <si>
     <t>090000639</t>
   </si>
   <si>
+    <t>IME DE LA VERGNIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5305_FicheESSMS/fr/ime-de-la-vergniere</t>
+  </si>
+  <si>
+    <t>5305_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09000 L HERM</t>
+  </si>
+  <si>
+    <t>L HERM</t>
+  </si>
+  <si>
+    <t>090780354</t>
+  </si>
+  <si>
+    <t>CAAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5304_FicheESSMS/fr/caais</t>
+  </si>
+  <si>
+    <t>5304_FicheESSMS</t>
+  </si>
+  <si>
+    <t>71 Avenue Jean Jaures</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>090003914</t>
+  </si>
+  <si>
+    <t>ITEP DE LA VERGNIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5303_FicheESSMS/fr/itep-de-la-vergniere</t>
+  </si>
+  <si>
+    <t>5303_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09004 FOIX</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>090784356</t>
+  </si>
+  <si>
     <t>SESSAD LA VERGNIERE</t>
   </si>
   <si>
     <t>10/09/2025 12:21:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5306_FicheESSMS/fr/sessad-la-vergniere</t>
   </si>
   <si>
     <t>5306_FicheESSMS</t>
   </si>
   <si>
     <t>9 Avenue De La Lerida</t>
   </si>
   <si>
-    <t>Personne en situation de handicap enfant</t>
-[...4 lines deleted...]
-  <si>
     <t>090002635</t>
   </si>
   <si>
+    <t>ESAT DE LAVELANET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5389_FicheESSMS/fr/esat-de-lavelanet</t>
+  </si>
+  <si>
+    <t>5389_FicheESSMS</t>
+  </si>
+  <si>
+    <t>71 Rue Jean Jaures</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>090783994</t>
+  </si>
+  <si>
+    <t>SERV. M.J.P.M. DE L'ARIEGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5800_FicheESSMS/fr/serv-m-j-p-m-de-l-ariege</t>
+  </si>
+  <si>
+    <t>5800_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Chemin De Berdoulet</t>
+  </si>
+  <si>
+    <t>09003 FOIX</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>090003138</t>
+  </si>
+  <si>
     <t>CENTRE DE JOUR POUR PERSONNES ÂGEES</t>
   </si>
   <si>
     <t>10/09/2025 12:22:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5925_FicheESSMS/fr/centre-de-jour-pour-personnes-agees</t>
   </si>
   <si>
     <t>5925_FicheESSMS</t>
   </si>
   <si>
     <t>8 Allée Les Tilleuls</t>
   </si>
   <si>
     <t>Centre de Jour pour Personnes Agées</t>
   </si>
   <si>
     <t>090001579</t>
   </si>
   <si>
-    <t>IME DE ST JEAN DU FALGA</t>
-[...151 lines deleted...]
-  <si>
     <t>SAAD RESO</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5924_FicheESSMS/fr/saad-reso</t>
   </si>
   <si>
     <t>5924_FicheESSMS</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Service autonomie aide (SAA)</t>
   </si>
   <si>
     <t>090002296</t>
   </si>
   <si>
     <t>SSIAD DE SAINT GIRONS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5923_FicheESSMS/fr/ssiad-de-saint-girons</t>
   </si>
   <si>
     <t>5923_FicheESSMS</t>
   </si>
   <si>
     <t>8 Allée Des Tilleuls</t>
   </si>
   <si>
     <t>090782715</t>
   </si>
   <si>
+    <t>RESIDENCE AUTONOMIE BLEU PRINTEMPS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7759_FicheESSMS/fr/residence-autonomie-bleu-printemps</t>
+  </si>
+  <si>
+    <t>7759_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Avenue Jacques Carrie</t>
+  </si>
+  <si>
+    <t>09120 VARILHES</t>
+  </si>
+  <si>
+    <t>VARILHES</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>090000662</t>
+  </si>
+  <si>
+    <t>CADA INSTITUT PROTESTANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8047_FicheESSMS/fr/cada-institut-protestant</t>
+  </si>
+  <si>
+    <t>8047_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>090003989</t>
+  </si>
+  <si>
+    <t>SERV. D.P.F. DE L'ARIEGE</t>
+  </si>
+  <si>
     <t>10/09/2025 12:25:22</t>
   </si>
   <si>
+    <t>https://www.has-sante.fr/jcms/8515_FicheESSMS/fr/serv-d-p-f-de-l-ariege</t>
+  </si>
+  <si>
+    <t>8515_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Boulevard Alsace Lorraine</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>090003104</t>
+  </si>
+  <si>
     <t>https://www.has-sante.fr/jcms/8514_FicheESSMS/fr/serv-m-j-p-m-de-l-ariege</t>
   </si>
   <si>
     <t>8514_FicheESSMS</t>
   </si>
   <si>
-    <t>1 Boulevard Alsace Lorraine</t>
-[...1 lines deleted...]
-  <si>
     <t>090003112</t>
   </si>
   <si>
+    <t>EHPAD DE LEZAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8641_FicheESSMS/fr/ehpad-de-lezat</t>
+  </si>
+  <si>
+    <t>8641_FicheESSMS</t>
+  </si>
+  <si>
+    <t>090782285</t>
+  </si>
+  <si>
+    <t>SAMSAH DE FOIX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8902_FicheESSMS/fr/samsah-de-foix</t>
+  </si>
+  <si>
+    <t>8902_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>090002858</t>
+  </si>
+  <si>
     <t>SAVS ESPOIR ARIEGE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9004_FicheESSMS/fr/savs-espoir-ariege</t>
   </si>
   <si>
     <t>9004_FicheESSMS</t>
   </si>
   <si>
     <t>16 Avenue Du Marechal Leclerc</t>
   </si>
   <si>
-    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
-[...1 lines deleted...]
-  <si>
     <t>090004110</t>
   </si>
   <si>
     <t>S.A.M.S.A.H ESPOIR ARIEGE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9003_FicheESSMS/fr/s-a-m-s-a-h-espoir-ariege</t>
   </si>
   <si>
     <t>9003_FicheESSMS</t>
   </si>
   <si>
     <t>16 Avenue Marechal Leclerc</t>
   </si>
   <si>
-    <t>Service d'accompagnement médico-social adultes handicapés</t>
-[...1 lines deleted...]
-  <si>
     <t>090002874</t>
   </si>
   <si>
-    <t>ESAT INDUSTRIEL DE PAMIERS</t>
+    <t>ESAT ADAPEI 09 (INDUSTRIEL) PAMIERS</t>
   </si>
   <si>
     <t>10/09/2025 12:26:34</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/10625_FicheESSMS/fr/esat-industriel-de-pamiers</t>
+    <t>https://www.has-sante.fr/jcms/10625_FicheESSMS/fr/esat-adapei-09-industriel-pamiers</t>
   </si>
   <si>
     <t>10625_FicheESSMS</t>
   </si>
   <si>
     <t>1 Chemin De La Prairie</t>
   </si>
   <si>
-    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
-[...1 lines deleted...]
-  <si>
     <t>090781576</t>
   </si>
   <si>
-    <t>ESAT AGRICOLE DE VARILHES</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/10624_FicheESSMS/fr/esat-agricole-de-varilhes</t>
+    <t>ESAT ADAPEI 09(AGRICOLE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10624_FicheESSMS/fr/esat-adapei-09-agricole</t>
   </si>
   <si>
     <t>10624_FicheESSMS</t>
   </si>
   <si>
-    <t>09120 VARILHES</t>
-[...2 lines deleted...]
-    <t>VARILHES</t>
+    <t>177 Rue André-Marie Ampere</t>
   </si>
   <si>
     <t>090782038</t>
   </si>
   <si>
     <t>MAS DU GIRBET - SAVERDUN</t>
   </si>
   <si>
     <t>10/09/2025 12:26:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10863_FicheESSMS/fr/mas-du-girbet-saverdun</t>
   </si>
   <si>
     <t>10863_FicheESSMS</t>
   </si>
   <si>
     <t>090002221</t>
   </si>
   <si>
     <t>FAM DE CAMBIE</t>
   </si>
   <si>
     <t>10/09/2025 12:26:43</t>
   </si>
@@ -974,71 +1166,80 @@
   <si>
     <t>11151_FicheESSMS</t>
   </si>
   <si>
     <t>1 Chemin Du Bac</t>
   </si>
   <si>
     <t>090781725</t>
   </si>
   <si>
     <t>SCE ACCOMPAGNENT VIE SOCIALE PAMIERS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11150_FicheESSMS/fr/sce-accompagnent-vie-sociale-pamiers</t>
   </si>
   <si>
     <t>11150_FicheESSMS</t>
   </si>
   <si>
     <t>6 Rue Du Portail Rouge</t>
   </si>
   <si>
     <t>090000621</t>
   </si>
   <si>
+    <t>EHPAD DES SOURCES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11481_FicheESSMS/fr/ehpad-des-sources</t>
+  </si>
+  <si>
+    <t>11481_FicheESSMS</t>
+  </si>
+  <si>
+    <t>090003005</t>
+  </si>
+  <si>
     <t>LOGEMENTS FOYER ADSEAA PAMIERS</t>
   </si>
   <si>
-    <t>10/09/2025 12:27:06</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/11480_FicheESSMS/fr/logements-foyer-adseaa-pamiers</t>
   </si>
   <si>
     <t>11480_FicheESSMS</t>
   </si>
   <si>
     <t>7 Rue De Loumet</t>
   </si>
   <si>
     <t>09102 PAMIERS</t>
   </si>
   <si>
-    <t>Résidences autonomie</t>
-[...1 lines deleted...]
-  <si>
     <t>090784067</t>
   </si>
   <si>
     <t>FOYER HEBERGEMENT RESIDENCE LA PRAIRIE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11467_FicheESSMS/fr/foyer-hebergement-residence-la-prairie</t>
   </si>
   <si>
     <t>11467_FicheESSMS</t>
   </si>
   <si>
     <t>21 Rue Jules Ferry</t>
   </si>
   <si>
     <t>090002965</t>
   </si>
   <si>
     <t>FOYER HEBERGEMENT HANDICAPES MIREPOIX</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11466_FicheESSMS/fr/foyer-hebergement-handicapes-mirepoix</t>
   </si>
   <si>
     <t>11466_FicheESSMS</t>
@@ -1058,63 +1259,72 @@
   <si>
     <t>https://www.has-sante.fr/jcms/11465_FicheESSMS/fr/foyer-heberg-residence-de-loumet</t>
   </si>
   <si>
     <t>11465_FicheESSMS</t>
   </si>
   <si>
     <t>11 Place Du Marche Aux Boeufs</t>
   </si>
   <si>
     <t>090782954</t>
   </si>
   <si>
     <t>FOYER HEBERG HANDICAPES DE VARILHES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11464_FicheESSMS/fr/foyer-heberg-handicapes-de-varilhes</t>
   </si>
   <si>
     <t>11464_FicheESSMS</t>
   </si>
   <si>
     <t>090781717</t>
   </si>
   <si>
+    <t>CADA FRANCE HORIZON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12815_FicheESSMS/fr/cada-france-horizon</t>
+  </si>
+  <si>
+    <t>12815_FicheESSMS</t>
+  </si>
+  <si>
+    <t>090003963</t>
+  </si>
+  <si>
     <t>CPH FRANCE HORIZON</t>
   </si>
   <si>
-    <t>10/09/2025 12:28:05</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/12814_FicheESSMS/fr/cph-france-horizon</t>
   </si>
   <si>
     <t>12814_FicheESSMS</t>
-  </si>
-[...1 lines deleted...]
-    <t>Accueil, Hébergement, Insertion</t>
   </si>
   <si>
     <t>Centre Provisoire Hébergement (C.P.H.)</t>
   </si>
   <si>
     <t>090004540</t>
   </si>
   <si>
     <t>Taille établissement</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
@@ -1304,51 +1514,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R9"/>
+  <dimension ref="A1:R8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1469,107 +1679,107 @@
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
         <v>38</v>
       </c>
       <c r="O3" t="s">
         <v>39</v>
       </c>
       <c r="P3" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q3" t="s">
         <v>40</v>
       </c>
-      <c r="Q3" t="s">
+      <c r="R3" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
         <v>43</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>44</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4" t="s">
         <v>47</v>
       </c>
-      <c r="L4" t="s">
+      <c r="M4" t="s">
+        <v>20</v>
+      </c>
+      <c r="N4" t="s">
         <v>48</v>
       </c>
-      <c r="M4" t="s">
-[...2 lines deleted...]
-      <c r="N4" t="s">
+      <c r="O4" t="s">
         <v>49</v>
       </c>
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="Q4" t="s">
         <v>51</v>
       </c>
       <c r="R4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>53</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>54</v>
       </c>
       <c r="F5" t="s">
@@ -1578,2653 +1788,3297 @@
       <c r="G5" t="s">
         <v>55</v>
       </c>
       <c r="H5" t="s">
         <v>56</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
         <v>57</v>
       </c>
       <c r="L5" t="s">
         <v>58</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
         <v>59</v>
       </c>
       <c r="O5" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="P5" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="Q5" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="R5" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="H6" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
+        <v>64</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>20</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q6" t="s">
         <v>68</v>
       </c>
-      <c r="L6" t="s">
+      <c r="R6" t="s">
         <v>69</v>
-      </c>
-[...16 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H7" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="L7" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="Q7" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="R7" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="H8" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="L8" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="O8" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="P8" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="Q8" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="R8" t="s">
-        <v>63</v>
-[...55 lines deleted...]
-        <v>63</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P37"/>
+  <dimension ref="A1:P51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="J1" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="K1" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="L1" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="M1" t="s">
-        <v>99</v>
+        <v>88</v>
       </c>
       <c r="N1" t="s">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="O1" t="s">
-        <v>101</v>
+        <v>90</v>
       </c>
       <c r="P1" t="s">
-        <v>102</v>
+        <v>91</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>95</v>
+      </c>
+      <c r="H2" t="s">
+        <v>96</v>
+      </c>
+      <c r="I2" t="s">
+        <v>97</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>98</v>
+      </c>
+      <c r="L2" t="s">
+        <v>99</v>
+      </c>
+      <c r="M2" t="s">
+        <v>100</v>
+      </c>
+      <c r="N2" t="s">
+        <v>101</v>
+      </c>
+      <c r="O2" t="s">
+        <v>102</v>
+      </c>
+      <c r="P2" t="s">
         <v>103</v>
-      </c>
-[...43 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B3" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>118</v>
+        <v>106</v>
       </c>
       <c r="H3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="I3" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="J3" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="K3" t="s">
-        <v>51</v>
+        <v>110</v>
       </c>
       <c r="L3" t="s">
+        <v>99</v>
+      </c>
+      <c r="M3" t="s">
         <v>111</v>
       </c>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
         <v>112</v>
       </c>
-      <c r="N3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O3" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="P3" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B4" t="s">
-        <v>125</v>
+        <v>115</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>126</v>
+        <v>105</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>127</v>
+        <v>116</v>
       </c>
       <c r="H4" t="s">
-        <v>128</v>
+        <v>117</v>
       </c>
       <c r="I4" t="s">
-        <v>129</v>
+        <v>118</v>
       </c>
       <c r="J4" t="s">
-        <v>130</v>
+        <v>109</v>
       </c>
       <c r="K4" t="s">
-        <v>131</v>
+        <v>110</v>
       </c>
       <c r="L4" t="s">
+        <v>99</v>
+      </c>
+      <c r="M4" t="s">
         <v>111</v>
       </c>
-      <c r="M4" t="s">
+      <c r="N4" t="s">
         <v>112</v>
       </c>
-      <c r="N4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O4" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="P4" t="s">
-        <v>132</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B5" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="H5" t="s">
-        <v>136</v>
+        <v>124</v>
       </c>
       <c r="I5" t="s">
-        <v>137</v>
+        <v>125</v>
       </c>
       <c r="J5" t="s">
-        <v>20</v>
+        <v>126</v>
       </c>
       <c r="K5" t="s">
-        <v>138</v>
+        <v>127</v>
       </c>
       <c r="L5" t="s">
+        <v>99</v>
+      </c>
+      <c r="M5" t="s">
         <v>111</v>
       </c>
-      <c r="M5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N5" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="O5" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="P5" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B6" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="H6" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="I6" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="J6" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="K6" t="s">
-        <v>147</v>
+        <v>40</v>
       </c>
       <c r="L6" t="s">
+        <v>99</v>
+      </c>
+      <c r="M6" t="s">
         <v>111</v>
       </c>
-      <c r="M6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N6" t="s">
-        <v>148</v>
+        <v>135</v>
       </c>
       <c r="O6" t="s">
-        <v>149</v>
+        <v>136</v>
       </c>
       <c r="P6" t="s">
-        <v>150</v>
+        <v>137</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B7" t="s">
-        <v>151</v>
+        <v>138</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
+        <v>139</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>140</v>
+      </c>
+      <c r="H7" t="s">
+        <v>141</v>
+      </c>
+      <c r="I7" t="s">
         <v>142</v>
       </c>
-      <c r="F7" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>20</v>
+        <v>143</v>
       </c>
       <c r="K7" t="s">
-        <v>155</v>
+        <v>144</v>
       </c>
       <c r="L7" t="s">
+        <v>99</v>
+      </c>
+      <c r="M7" t="s">
         <v>111</v>
       </c>
-      <c r="M7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N7" t="s">
-        <v>148</v>
+        <v>101</v>
       </c>
       <c r="O7" t="s">
-        <v>156</v>
+        <v>102</v>
       </c>
       <c r="P7" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B8" t="s">
-        <v>158</v>
+        <v>146</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="H8" t="s">
-        <v>160</v>
+        <v>149</v>
       </c>
       <c r="I8" t="s">
-        <v>161</v>
+        <v>150</v>
       </c>
       <c r="J8" t="s">
-        <v>20</v>
+        <v>151</v>
       </c>
       <c r="K8" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="L8" t="s">
+        <v>99</v>
+      </c>
+      <c r="M8" t="s">
         <v>111</v>
       </c>
-      <c r="M8" t="s">
+      <c r="N8" t="s">
         <v>112</v>
       </c>
-      <c r="N8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O8" t="s">
-        <v>164</v>
+        <v>119</v>
       </c>
       <c r="P8" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B9" t="s">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>167</v>
+        <v>147</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="H9" t="s">
-        <v>169</v>
+        <v>156</v>
       </c>
       <c r="I9" t="s">
-        <v>170</v>
+        <v>157</v>
       </c>
       <c r="J9" t="s">
-        <v>20</v>
+        <v>158</v>
       </c>
       <c r="K9" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="L9" t="s">
+        <v>99</v>
+      </c>
+      <c r="M9" t="s">
         <v>111</v>
       </c>
-      <c r="M9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N9" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="O9" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="P9" t="s">
-        <v>172</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B10" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>174</v>
+        <v>147</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>175</v>
+        <v>162</v>
       </c>
       <c r="H10" t="s">
-        <v>176</v>
+        <v>163</v>
       </c>
       <c r="I10" t="s">
-        <v>177</v>
+        <v>164</v>
       </c>
       <c r="J10" t="s">
-        <v>20</v>
+        <v>165</v>
       </c>
       <c r="K10" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="L10" t="s">
+        <v>99</v>
+      </c>
+      <c r="M10" t="s">
         <v>111</v>
       </c>
-      <c r="M10" t="s">
+      <c r="N10" t="s">
         <v>112</v>
       </c>
-      <c r="N10" t="s">
+      <c r="O10" t="s">
         <v>113</v>
       </c>
-      <c r="O10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P10" t="s">
-        <v>179</v>
+        <v>167</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B11" t="s">
-        <v>180</v>
+        <v>168</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="H11" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="I11" t="s">
-        <v>184</v>
+        <v>172</v>
       </c>
       <c r="J11" t="s">
         <v>20</v>
       </c>
       <c r="K11" t="s">
-        <v>62</v>
+        <v>173</v>
       </c>
       <c r="L11" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="M11" t="s">
-        <v>139</v>
+        <v>100</v>
       </c>
       <c r="N11" t="s">
-        <v>148</v>
+        <v>174</v>
       </c>
       <c r="O11" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="P11" t="s">
-        <v>186</v>
+        <v>176</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>188</v>
+        <v>169</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>189</v>
+        <v>178</v>
       </c>
       <c r="H12" t="s">
-        <v>190</v>
+        <v>179</v>
       </c>
       <c r="I12" t="s">
-        <v>191</v>
+        <v>180</v>
       </c>
       <c r="J12" t="s">
-        <v>121</v>
+        <v>20</v>
       </c>
       <c r="K12" t="s">
-        <v>51</v>
+        <v>181</v>
       </c>
       <c r="L12" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="M12" t="s">
-        <v>139</v>
+        <v>100</v>
       </c>
       <c r="N12" t="s">
-        <v>192</v>
+        <v>101</v>
       </c>
       <c r="O12" t="s">
-        <v>193</v>
+        <v>102</v>
       </c>
       <c r="P12" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B13" t="s">
-        <v>195</v>
+        <v>183</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>196</v>
+        <v>169</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>197</v>
+        <v>184</v>
       </c>
       <c r="H13" t="s">
-        <v>198</v>
+        <v>185</v>
       </c>
       <c r="I13" t="s">
-        <v>199</v>
+        <v>172</v>
       </c>
       <c r="J13" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="K13" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="L13" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="M13" t="s">
-        <v>112</v>
+        <v>100</v>
       </c>
       <c r="N13" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="O13" t="s">
-        <v>200</v>
+        <v>102</v>
       </c>
       <c r="P13" t="s">
-        <v>201</v>
+        <v>186</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B14" t="s">
-        <v>202</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>203</v>
+        <v>188</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>204</v>
+        <v>189</v>
       </c>
       <c r="H14" t="s">
-        <v>205</v>
+        <v>190</v>
       </c>
       <c r="I14" t="s">
-        <v>206</v>
+        <v>191</v>
       </c>
       <c r="J14" t="s">
-        <v>207</v>
+        <v>192</v>
       </c>
       <c r="K14" t="s">
-        <v>208</v>
+        <v>193</v>
       </c>
       <c r="L14" t="s">
+        <v>99</v>
+      </c>
+      <c r="M14" t="s">
         <v>111</v>
       </c>
-      <c r="M14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N14" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="O14" t="s">
-        <v>209</v>
+        <v>195</v>
       </c>
       <c r="P14" t="s">
-        <v>210</v>
+        <v>196</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B15" t="s">
-        <v>211</v>
+        <v>197</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
+        <v>188</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>198</v>
+      </c>
+      <c r="H15" t="s">
+        <v>199</v>
+      </c>
+      <c r="I15" t="s">
+        <v>200</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>201</v>
+      </c>
+      <c r="L15" t="s">
+        <v>99</v>
+      </c>
+      <c r="M15" t="s">
+        <v>111</v>
+      </c>
+      <c r="N15" t="s">
+        <v>194</v>
+      </c>
+      <c r="O15" t="s">
+        <v>202</v>
+      </c>
+      <c r="P15" t="s">
         <v>203</v>
-      </c>
-[...31 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B16" t="s">
-        <v>218</v>
+        <v>204</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>203</v>
+        <v>188</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>219</v>
+        <v>205</v>
       </c>
       <c r="H16" t="s">
-        <v>220</v>
+        <v>206</v>
       </c>
       <c r="I16" t="s">
-        <v>221</v>
+        <v>207</v>
       </c>
       <c r="J16" t="s">
-        <v>222</v>
+        <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>223</v>
+        <v>208</v>
       </c>
       <c r="L16" t="s">
+        <v>99</v>
+      </c>
+      <c r="M16" t="s">
         <v>111</v>
       </c>
-      <c r="M16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N16" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="O16" t="s">
-        <v>193</v>
+        <v>209</v>
       </c>
       <c r="P16" t="s">
-        <v>224</v>
+        <v>210</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B17" t="s">
-        <v>225</v>
+        <v>211</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>134</v>
+        <v>188</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>226</v>
+        <v>212</v>
       </c>
       <c r="H17" t="s">
-        <v>227</v>
+        <v>213</v>
       </c>
       <c r="I17" t="s">
-        <v>137</v>
+        <v>214</v>
       </c>
       <c r="J17" t="s">
         <v>20</v>
       </c>
       <c r="K17" t="s">
-        <v>138</v>
+        <v>215</v>
       </c>
       <c r="L17" t="s">
+        <v>99</v>
+      </c>
+      <c r="M17" t="s">
         <v>111</v>
       </c>
-      <c r="M17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N17" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="O17" t="s">
-        <v>229</v>
+        <v>217</v>
       </c>
       <c r="P17" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B18" t="s">
-        <v>231</v>
+        <v>219</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>134</v>
+        <v>220</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>232</v>
+        <v>221</v>
       </c>
       <c r="H18" t="s">
-        <v>233</v>
+        <v>222</v>
       </c>
       <c r="I18" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
       <c r="J18" t="s">
         <v>20</v>
       </c>
       <c r="K18" t="s">
-        <v>235</v>
+        <v>224</v>
       </c>
       <c r="L18" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="M18" t="s">
-        <v>139</v>
+        <v>100</v>
       </c>
       <c r="N18" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="O18" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="P18" t="s">
-        <v>236</v>
+        <v>225</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B19" t="s">
-        <v>237</v>
+        <v>226</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>142</v>
+        <v>227</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="H19" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
       <c r="I19" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="J19" t="s">
-        <v>20</v>
+        <v>231</v>
       </c>
       <c r="K19" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="L19" t="s">
+        <v>99</v>
+      </c>
+      <c r="M19" t="s">
         <v>111</v>
       </c>
-      <c r="M19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N19" t="s">
-        <v>148</v>
+        <v>101</v>
       </c>
       <c r="O19" t="s">
-        <v>242</v>
+        <v>102</v>
       </c>
       <c r="P19" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B20" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="H20" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
       <c r="I20" t="s">
-        <v>248</v>
+        <v>238</v>
       </c>
       <c r="J20" t="s">
-        <v>249</v>
+        <v>20</v>
       </c>
       <c r="K20" t="s">
         <v>51</v>
       </c>
       <c r="L20" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="M20" t="s">
-        <v>112</v>
+        <v>100</v>
       </c>
       <c r="N20" t="s">
-        <v>250</v>
+        <v>194</v>
       </c>
       <c r="O20" t="s">
-        <v>251</v>
+        <v>239</v>
       </c>
       <c r="P20" t="s">
-        <v>252</v>
+        <v>240</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B21" t="s">
-        <v>253</v>
+        <v>241</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>196</v>
+        <v>242</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="H21" t="s">
-        <v>255</v>
+        <v>244</v>
       </c>
       <c r="I21" t="s">
-        <v>146</v>
+        <v>245</v>
       </c>
       <c r="J21" t="s">
         <v>20</v>
       </c>
       <c r="K21" t="s">
-        <v>147</v>
+        <v>246</v>
       </c>
       <c r="L21" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="M21" t="s">
+        <v>100</v>
+      </c>
+      <c r="N21" t="s">
         <v>112</v>
       </c>
-      <c r="N21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O21" t="s">
-        <v>257</v>
+        <v>119</v>
       </c>
       <c r="P21" t="s">
-        <v>258</v>
+        <v>247</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B22" t="s">
-        <v>259</v>
+        <v>248</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>196</v>
+        <v>242</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>260</v>
+        <v>249</v>
       </c>
       <c r="H22" t="s">
-        <v>261</v>
+        <v>250</v>
       </c>
       <c r="I22" t="s">
-        <v>262</v>
+        <v>251</v>
       </c>
       <c r="J22" t="s">
-        <v>146</v>
+        <v>214</v>
       </c>
       <c r="K22" t="s">
-        <v>147</v>
+        <v>215</v>
       </c>
       <c r="L22" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="M22" t="s">
-        <v>112</v>
+        <v>100</v>
       </c>
       <c r="N22" t="s">
-        <v>228</v>
+        <v>194</v>
       </c>
       <c r="O22" t="s">
-        <v>229</v>
+        <v>252</v>
       </c>
       <c r="P22" t="s">
-        <v>263</v>
+        <v>253</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B23" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>264</v>
+        <v>242</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="H23" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="I23" t="s">
-        <v>267</v>
+        <v>257</v>
       </c>
       <c r="J23" t="s">
-        <v>121</v>
+        <v>20</v>
       </c>
       <c r="K23" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="L23" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="M23" t="s">
+        <v>100</v>
+      </c>
+      <c r="N23" t="s">
         <v>112</v>
       </c>
-      <c r="N23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O23" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="P23" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B24" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="H24" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="I24" t="s">
-        <v>273</v>
+        <v>264</v>
       </c>
       <c r="J24" t="s">
-        <v>161</v>
+        <v>134</v>
       </c>
       <c r="K24" t="s">
-        <v>162</v>
+        <v>40</v>
       </c>
       <c r="L24" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="M24" t="s">
+        <v>100</v>
+      </c>
+      <c r="N24" t="s">
         <v>112</v>
       </c>
-      <c r="N24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O24" t="s">
-        <v>274</v>
+        <v>113</v>
       </c>
       <c r="P24" t="s">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B25" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
+        <v>267</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>268</v>
+      </c>
+      <c r="H25" t="s">
+        <v>269</v>
+      </c>
+      <c r="I25" t="s">
         <v>270</v>
       </c>
-      <c r="F25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>161</v>
+        <v>214</v>
       </c>
       <c r="K25" t="s">
-        <v>162</v>
+        <v>215</v>
       </c>
       <c r="L25" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="M25" t="s">
-        <v>112</v>
+        <v>100</v>
       </c>
       <c r="N25" t="s">
-        <v>148</v>
+        <v>194</v>
       </c>
       <c r="O25" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="P25" t="s">
-        <v>281</v>
+        <v>272</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B26" t="s">
-        <v>282</v>
+        <v>273</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>283</v>
+        <v>274</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="H26" t="s">
-        <v>285</v>
+        <v>276</v>
       </c>
       <c r="I26" t="s">
-        <v>286</v>
+        <v>277</v>
       </c>
       <c r="J26" t="s">
-        <v>222</v>
+        <v>278</v>
       </c>
       <c r="K26" t="s">
-        <v>223</v>
+        <v>40</v>
       </c>
       <c r="L26" t="s">
+        <v>99</v>
+      </c>
+      <c r="M26" t="s">
         <v>111</v>
       </c>
-      <c r="M26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N26" t="s">
-        <v>148</v>
+        <v>279</v>
       </c>
       <c r="O26" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="P26" t="s">
-        <v>288</v>
+        <v>281</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B27" t="s">
-        <v>289</v>
+        <v>282</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
         <v>283</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="H27" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="I27" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="J27" t="s">
-        <v>20</v>
+        <v>192</v>
       </c>
       <c r="K27" t="s">
-        <v>293</v>
+        <v>193</v>
       </c>
       <c r="L27" t="s">
+        <v>99</v>
+      </c>
+      <c r="M27" t="s">
         <v>111</v>
       </c>
-      <c r="M27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N27" t="s">
-        <v>148</v>
+        <v>101</v>
       </c>
       <c r="O27" t="s">
         <v>287</v>
       </c>
       <c r="P27" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B28" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="H28" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="I28" t="s">
-        <v>137</v>
+        <v>192</v>
       </c>
       <c r="J28" t="s">
         <v>20</v>
       </c>
       <c r="K28" t="s">
-        <v>138</v>
+        <v>193</v>
       </c>
       <c r="L28" t="s">
+        <v>99</v>
+      </c>
+      <c r="M28" t="s">
         <v>111</v>
       </c>
-      <c r="M28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N28" t="s">
-        <v>148</v>
+        <v>292</v>
       </c>
       <c r="O28" t="s">
-        <v>185</v>
+        <v>293</v>
       </c>
       <c r="P28" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B29" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="H29" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="I29" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="J29" t="s">
-        <v>20</v>
+        <v>192</v>
       </c>
       <c r="K29" t="s">
-        <v>305</v>
+        <v>193</v>
       </c>
       <c r="L29" t="s">
+        <v>99</v>
+      </c>
+      <c r="M29" t="s">
         <v>111</v>
       </c>
-      <c r="M29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N29" t="s">
-        <v>148</v>
+        <v>174</v>
       </c>
       <c r="O29" t="s">
-        <v>306</v>
+        <v>175</v>
       </c>
       <c r="P29" t="s">
-        <v>307</v>
+        <v>299</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B30" t="s">
+        <v>300</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>301</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>302</v>
+      </c>
+      <c r="H30" t="s">
+        <v>303</v>
+      </c>
+      <c r="I30" t="s">
+        <v>304</v>
+      </c>
+      <c r="J30" t="s">
+        <v>305</v>
+      </c>
+      <c r="K30" t="s">
+        <v>306</v>
+      </c>
+      <c r="L30" t="s">
+        <v>99</v>
+      </c>
+      <c r="M30" t="s">
+        <v>100</v>
+      </c>
+      <c r="N30" t="s">
+        <v>101</v>
+      </c>
+      <c r="O30" t="s">
+        <v>307</v>
+      </c>
+      <c r="P30" t="s">
         <v>308</v>
-      </c>
-[...40 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B31" t="s">
+        <v>309</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>310</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>311</v>
+      </c>
+      <c r="H31" t="s">
+        <v>312</v>
+      </c>
+      <c r="I31" t="s">
+        <v>172</v>
+      </c>
+      <c r="J31" t="s">
+        <v>20</v>
+      </c>
+      <c r="K31" t="s">
+        <v>173</v>
+      </c>
+      <c r="L31" t="s">
+        <v>99</v>
+      </c>
+      <c r="M31" t="s">
+        <v>111</v>
+      </c>
+      <c r="N31" t="s">
+        <v>313</v>
+      </c>
+      <c r="O31" t="s">
         <v>314</v>
       </c>
-      <c r="C31" t="s">
-[...11 lines deleted...]
-      <c r="G31" t="s">
+      <c r="P31" t="s">
         <v>315</v>
-      </c>
-[...25 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B32" t="s">
+        <v>316</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>317</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>318</v>
+      </c>
+      <c r="H32" t="s">
         <v>319</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="I32" t="s">
         <v>320</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="J32" t="s">
+        <v>134</v>
+      </c>
+      <c r="K32" t="s">
+        <v>40</v>
+      </c>
+      <c r="L32" t="s">
+        <v>99</v>
+      </c>
+      <c r="M32" t="s">
+        <v>111</v>
+      </c>
+      <c r="N32" t="s">
+        <v>216</v>
+      </c>
+      <c r="O32" t="s">
         <v>321</v>
       </c>
-      <c r="H32" t="s">
+      <c r="P32" t="s">
         <v>322</v>
-      </c>
-[...22 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B33" t="s">
-        <v>327</v>
+        <v>273</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
+        <v>317</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>323</v>
+      </c>
+      <c r="H33" t="s">
+        <v>324</v>
+      </c>
+      <c r="I33" t="s">
         <v>320</v>
       </c>
-      <c r="F33" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>207</v>
+        <v>134</v>
       </c>
       <c r="K33" t="s">
-        <v>208</v>
+        <v>40</v>
       </c>
       <c r="L33" t="s">
+        <v>99</v>
+      </c>
+      <c r="M33" t="s">
         <v>111</v>
       </c>
-      <c r="M33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N33" t="s">
-        <v>148</v>
+        <v>279</v>
       </c>
       <c r="O33" t="s">
-        <v>149</v>
+        <v>280</v>
       </c>
       <c r="P33" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B34" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="H34" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="I34" t="s">
-        <v>335</v>
+        <v>158</v>
       </c>
       <c r="J34" t="s">
         <v>20</v>
       </c>
       <c r="K34" t="s">
-        <v>336</v>
+        <v>159</v>
       </c>
       <c r="L34" t="s">
+        <v>99</v>
+      </c>
+      <c r="M34" t="s">
         <v>111</v>
       </c>
-      <c r="M34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N34" t="s">
-        <v>148</v>
+        <v>101</v>
       </c>
       <c r="O34" t="s">
-        <v>149</v>
+        <v>102</v>
       </c>
       <c r="P34" t="s">
-        <v>337</v>
+        <v>330</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B35" t="s">
-        <v>338</v>
+        <v>331</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="H35" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="I35" t="s">
-        <v>341</v>
+        <v>134</v>
       </c>
       <c r="J35" t="s">
-        <v>222</v>
+        <v>20</v>
       </c>
       <c r="K35" t="s">
-        <v>223</v>
+        <v>40</v>
       </c>
       <c r="L35" t="s">
+        <v>99</v>
+      </c>
+      <c r="M35" t="s">
         <v>111</v>
       </c>
-      <c r="M35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N35" t="s">
-        <v>148</v>
+        <v>194</v>
       </c>
       <c r="O35" t="s">
-        <v>149</v>
+        <v>335</v>
       </c>
       <c r="P35" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B36" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>320</v>
+        <v>338</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="H36" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="I36" t="s">
-        <v>317</v>
+        <v>341</v>
       </c>
       <c r="J36" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="K36" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="L36" t="s">
+        <v>99</v>
+      </c>
+      <c r="M36" t="s">
         <v>111</v>
       </c>
-      <c r="M36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N36" t="s">
-        <v>148</v>
+        <v>194</v>
       </c>
       <c r="O36" t="s">
-        <v>149</v>
+        <v>252</v>
       </c>
       <c r="P36" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B37" t="s">
+        <v>343</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>338</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>344</v>
+      </c>
+      <c r="H37" t="s">
+        <v>345</v>
+      </c>
+      <c r="I37" t="s">
+        <v>346</v>
+      </c>
+      <c r="J37" t="s">
+        <v>214</v>
+      </c>
+      <c r="K37" t="s">
+        <v>215</v>
+      </c>
+      <c r="L37" t="s">
+        <v>99</v>
+      </c>
+      <c r="M37" t="s">
+        <v>111</v>
+      </c>
+      <c r="N37" t="s">
+        <v>194</v>
+      </c>
+      <c r="O37" t="s">
+        <v>335</v>
+      </c>
+      <c r="P37" t="s">
         <v>347</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>92</v>
+      </c>
+      <c r="B38" t="s">
         <v>348</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
         <v>349</v>
       </c>
-      <c r="H37" t="s">
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
         <v>350</v>
       </c>
-      <c r="I37" t="s">
-[...8 lines deleted...]
-      <c r="L37" t="s">
+      <c r="H38" t="s">
+        <v>351</v>
+      </c>
+      <c r="I38" t="s">
+        <v>352</v>
+      </c>
+      <c r="J38" t="s">
+        <v>165</v>
+      </c>
+      <c r="K38" t="s">
+        <v>166</v>
+      </c>
+      <c r="L38" t="s">
+        <v>99</v>
+      </c>
+      <c r="M38" t="s">
         <v>111</v>
       </c>
-      <c r="M37" t="s">
-[...8 lines deleted...]
-      <c r="P37" t="s">
+      <c r="N38" t="s">
+        <v>194</v>
+      </c>
+      <c r="O38" t="s">
+        <v>271</v>
+      </c>
+      <c r="P38" t="s">
         <v>353</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>92</v>
+      </c>
+      <c r="B39" t="s">
+        <v>354</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>349</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>355</v>
+      </c>
+      <c r="H39" t="s">
+        <v>356</v>
+      </c>
+      <c r="I39" t="s">
+        <v>357</v>
+      </c>
+      <c r="J39" t="s">
+        <v>305</v>
+      </c>
+      <c r="K39" t="s">
+        <v>306</v>
+      </c>
+      <c r="L39" t="s">
+        <v>99</v>
+      </c>
+      <c r="M39" t="s">
+        <v>111</v>
+      </c>
+      <c r="N39" t="s">
+        <v>194</v>
+      </c>
+      <c r="O39" t="s">
+        <v>271</v>
+      </c>
+      <c r="P39" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>92</v>
+      </c>
+      <c r="B40" t="s">
+        <v>359</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>360</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>361</v>
+      </c>
+      <c r="H40" t="s">
+        <v>362</v>
+      </c>
+      <c r="I40" t="s">
+        <v>172</v>
+      </c>
+      <c r="J40" t="s">
+        <v>20</v>
+      </c>
+      <c r="K40" t="s">
+        <v>173</v>
+      </c>
+      <c r="L40" t="s">
+        <v>99</v>
+      </c>
+      <c r="M40" t="s">
+        <v>111</v>
+      </c>
+      <c r="N40" t="s">
+        <v>194</v>
+      </c>
+      <c r="O40" t="s">
+        <v>239</v>
+      </c>
+      <c r="P40" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>92</v>
+      </c>
+      <c r="B41" t="s">
+        <v>364</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>365</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>366</v>
+      </c>
+      <c r="H41" t="s">
+        <v>367</v>
+      </c>
+      <c r="I41" t="s">
+        <v>368</v>
+      </c>
+      <c r="J41" t="s">
+        <v>20</v>
+      </c>
+      <c r="K41" t="s">
+        <v>369</v>
+      </c>
+      <c r="L41" t="s">
+        <v>99</v>
+      </c>
+      <c r="M41" t="s">
+        <v>111</v>
+      </c>
+      <c r="N41" t="s">
+        <v>194</v>
+      </c>
+      <c r="O41" t="s">
+        <v>370</v>
+      </c>
+      <c r="P41" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>92</v>
+      </c>
+      <c r="B42" t="s">
+        <v>372</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>373</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>374</v>
+      </c>
+      <c r="H42" t="s">
+        <v>375</v>
+      </c>
+      <c r="I42" t="s">
+        <v>376</v>
+      </c>
+      <c r="J42" t="s">
+        <v>151</v>
+      </c>
+      <c r="K42" t="s">
+        <v>152</v>
+      </c>
+      <c r="L42" t="s">
+        <v>99</v>
+      </c>
+      <c r="M42" t="s">
+        <v>111</v>
+      </c>
+      <c r="N42" t="s">
+        <v>194</v>
+      </c>
+      <c r="O42" t="s">
+        <v>202</v>
+      </c>
+      <c r="P42" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>92</v>
+      </c>
+      <c r="B43" t="s">
+        <v>378</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>373</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>379</v>
+      </c>
+      <c r="H43" t="s">
+        <v>380</v>
+      </c>
+      <c r="I43" t="s">
+        <v>381</v>
+      </c>
+      <c r="J43" t="s">
+        <v>165</v>
+      </c>
+      <c r="K43" t="s">
+        <v>166</v>
+      </c>
+      <c r="L43" t="s">
+        <v>99</v>
+      </c>
+      <c r="M43" t="s">
+        <v>111</v>
+      </c>
+      <c r="N43" t="s">
+        <v>194</v>
+      </c>
+      <c r="O43" t="s">
+        <v>252</v>
+      </c>
+      <c r="P43" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>92</v>
+      </c>
+      <c r="B44" t="s">
+        <v>383</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>384</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>385</v>
+      </c>
+      <c r="H44" t="s">
+        <v>386</v>
+      </c>
+      <c r="I44" t="s">
+        <v>151</v>
+      </c>
+      <c r="J44" t="s">
+        <v>20</v>
+      </c>
+      <c r="K44" t="s">
+        <v>152</v>
+      </c>
+      <c r="L44" t="s">
+        <v>99</v>
+      </c>
+      <c r="M44" t="s">
+        <v>111</v>
+      </c>
+      <c r="N44" t="s">
+        <v>101</v>
+      </c>
+      <c r="O44" t="s">
+        <v>102</v>
+      </c>
+      <c r="P44" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" t="s">
+        <v>388</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>384</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>389</v>
+      </c>
+      <c r="H45" t="s">
+        <v>390</v>
+      </c>
+      <c r="I45" t="s">
+        <v>391</v>
+      </c>
+      <c r="J45" t="s">
+        <v>392</v>
+      </c>
+      <c r="K45" t="s">
+        <v>166</v>
+      </c>
+      <c r="L45" t="s">
+        <v>99</v>
+      </c>
+      <c r="M45" t="s">
+        <v>111</v>
+      </c>
+      <c r="N45" t="s">
+        <v>101</v>
+      </c>
+      <c r="O45" t="s">
+        <v>307</v>
+      </c>
+      <c r="P45" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>92</v>
+      </c>
+      <c r="B46" t="s">
+        <v>394</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>384</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>395</v>
+      </c>
+      <c r="H46" t="s">
+        <v>396</v>
+      </c>
+      <c r="I46" t="s">
+        <v>397</v>
+      </c>
+      <c r="J46" t="s">
+        <v>151</v>
+      </c>
+      <c r="K46" t="s">
+        <v>152</v>
+      </c>
+      <c r="L46" t="s">
+        <v>99</v>
+      </c>
+      <c r="M46" t="s">
+        <v>111</v>
+      </c>
+      <c r="N46" t="s">
+        <v>194</v>
+      </c>
+      <c r="O46" t="s">
+        <v>195</v>
+      </c>
+      <c r="P46" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>92</v>
+      </c>
+      <c r="B47" t="s">
+        <v>399</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>384</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>400</v>
+      </c>
+      <c r="H47" t="s">
+        <v>401</v>
+      </c>
+      <c r="I47" t="s">
+        <v>402</v>
+      </c>
+      <c r="J47" t="s">
+        <v>20</v>
+      </c>
+      <c r="K47" t="s">
+        <v>403</v>
+      </c>
+      <c r="L47" t="s">
+        <v>99</v>
+      </c>
+      <c r="M47" t="s">
+        <v>111</v>
+      </c>
+      <c r="N47" t="s">
+        <v>194</v>
+      </c>
+      <c r="O47" t="s">
+        <v>195</v>
+      </c>
+      <c r="P47" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>92</v>
+      </c>
+      <c r="B48" t="s">
+        <v>405</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>384</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>406</v>
+      </c>
+      <c r="H48" t="s">
+        <v>407</v>
+      </c>
+      <c r="I48" t="s">
+        <v>408</v>
+      </c>
+      <c r="J48" t="s">
+        <v>165</v>
+      </c>
+      <c r="K48" t="s">
+        <v>166</v>
+      </c>
+      <c r="L48" t="s">
+        <v>99</v>
+      </c>
+      <c r="M48" t="s">
+        <v>111</v>
+      </c>
+      <c r="N48" t="s">
+        <v>194</v>
+      </c>
+      <c r="O48" t="s">
+        <v>195</v>
+      </c>
+      <c r="P48" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>92</v>
+      </c>
+      <c r="B49" t="s">
+        <v>410</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>384</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>411</v>
+      </c>
+      <c r="H49" t="s">
+        <v>412</v>
+      </c>
+      <c r="I49" t="s">
+        <v>381</v>
+      </c>
+      <c r="J49" t="s">
+        <v>165</v>
+      </c>
+      <c r="K49" t="s">
+        <v>166</v>
+      </c>
+      <c r="L49" t="s">
+        <v>99</v>
+      </c>
+      <c r="M49" t="s">
+        <v>111</v>
+      </c>
+      <c r="N49" t="s">
+        <v>194</v>
+      </c>
+      <c r="O49" t="s">
+        <v>195</v>
+      </c>
+      <c r="P49" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>92</v>
+      </c>
+      <c r="B50" t="s">
+        <v>414</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>415</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>416</v>
+      </c>
+      <c r="H50" t="s">
+        <v>417</v>
+      </c>
+      <c r="I50" t="s">
+        <v>134</v>
+      </c>
+      <c r="J50" t="s">
+        <v>20</v>
+      </c>
+      <c r="K50" t="s">
+        <v>40</v>
+      </c>
+      <c r="L50" t="s">
+        <v>99</v>
+      </c>
+      <c r="M50" t="s">
+        <v>111</v>
+      </c>
+      <c r="N50" t="s">
+        <v>313</v>
+      </c>
+      <c r="O50" t="s">
+        <v>314</v>
+      </c>
+      <c r="P50" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>92</v>
+      </c>
+      <c r="B51" t="s">
+        <v>419</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>415</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>420</v>
+      </c>
+      <c r="H51" t="s">
+        <v>421</v>
+      </c>
+      <c r="I51" t="s">
+        <v>134</v>
+      </c>
+      <c r="J51" t="s">
+        <v>20</v>
+      </c>
+      <c r="K51" t="s">
+        <v>40</v>
+      </c>
+      <c r="L51" t="s">
+        <v>99</v>
+      </c>
+      <c r="M51" t="s">
+        <v>111</v>
+      </c>
+      <c r="N51" t="s">
+        <v>313</v>
+      </c>
+      <c r="O51" t="s">
+        <v>422</v>
+      </c>
+      <c r="P51" t="s">
+        <v>423</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>354</v>
+        <v>424</v>
       </c>
       <c r="J1" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="K1" t="s">
-        <v>355</v>
+        <v>425</v>
       </c>
       <c r="L1" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="M1" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="N1" t="s">
-        <v>356</v>
+        <v>426</v>
       </c>
       <c r="O1" t="s">
-        <v>357</v>
+        <v>427</v>
       </c>
       <c r="P1" t="s">
-        <v>358</v>
+        <v>428</v>
       </c>
       <c r="Q1" t="s">
-        <v>359</v>
+        <v>429</v>
       </c>
       <c r="R1" t="s">
-        <v>99</v>
+        <v>88</v>
       </c>
       <c r="S1" t="s">
-        <v>360</v>
+        <v>430</v>
       </c>
       <c r="T1" t="s">
-        <v>361</v>
+        <v>431</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>362</v>
+        <v>432</v>
       </c>
       <c r="B2" t="s">
-        <v>363</v>
+        <v>433</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>364</v>
+        <v>434</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>365</v>
+        <v>435</v>
       </c>
       <c r="H2" t="s">
-        <v>366</v>
+        <v>436</v>
       </c>
       <c r="I2" t="s">
-        <v>367</v>
+        <v>437</v>
       </c>
       <c r="J2" t="s">
         <v>20</v>
       </c>
       <c r="K2" t="s">
-        <v>368</v>
+        <v>438</v>
       </c>
       <c r="L2" t="s">
-        <v>162</v>
+        <v>215</v>
       </c>
       <c r="M2" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="N2" t="s">
-        <v>369</v>
+        <v>439</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>370</v>
+        <v>440</v>
       </c>
       <c r="Q2" t="s">
-        <v>371</v>
+        <v>441</v>
       </c>
       <c r="R2" t="s">
-        <v>139</v>
+        <v>100</v>
       </c>
       <c r="S2" t="s">
-        <v>372</v>
+        <v>442</v>
       </c>
       <c r="T2" t="s">
-        <v>373</v>
+        <v>443</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>362</v>
+        <v>432</v>
       </c>
       <c r="B3" t="s">
-        <v>374</v>
+        <v>444</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>375</v>
+        <v>445</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>376</v>
+        <v>446</v>
       </c>
       <c r="H3" t="s">
-        <v>377</v>
+        <v>447</v>
       </c>
       <c r="I3" t="s">
-        <v>367</v>
+        <v>437</v>
       </c>
       <c r="J3" t="s">
         <v>20</v>
       </c>
       <c r="K3" t="s">
-        <v>184</v>
+        <v>238</v>
       </c>
       <c r="L3" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="M3" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="N3" t="s">
-        <v>378</v>
+        <v>448</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>370</v>
+        <v>440</v>
       </c>
       <c r="Q3" t="s">
-        <v>379</v>
+        <v>449</v>
       </c>
       <c r="R3" t="s">
-        <v>139</v>
+        <v>100</v>
       </c>
       <c r="S3" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="T3" t="s">
-        <v>373</v>
+        <v>443</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>362</v>
+        <v>432</v>
       </c>
       <c r="B4" t="s">
-        <v>380</v>
+        <v>450</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>364</v>
+        <v>434</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>381</v>
+        <v>451</v>
       </c>
       <c r="H4" t="s">
-        <v>382</v>
+        <v>452</v>
       </c>
       <c r="I4" t="s">
-        <v>383</v>
+        <v>453</v>
       </c>
       <c r="J4" t="s">
         <v>20</v>
       </c>
       <c r="K4" t="s">
-        <v>384</v>
+        <v>454</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="M4" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="N4" t="s">
-        <v>385</v>
+        <v>455</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>370</v>
+        <v>440</v>
       </c>
       <c r="Q4" t="s">
-        <v>386</v>
+        <v>456</v>
       </c>
       <c r="R4" t="s">
-        <v>139</v>
+        <v>100</v>
       </c>
       <c r="S4" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="T4" t="s">
-        <v>373</v>
+        <v>443</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>362</v>
+        <v>432</v>
       </c>
       <c r="B5" t="s">
-        <v>387</v>
+        <v>457</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>388</v>
+        <v>458</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>389</v>
+        <v>459</v>
       </c>
       <c r="H5" t="s">
-        <v>390</v>
+        <v>460</v>
       </c>
       <c r="I5" t="s">
-        <v>367</v>
+        <v>437</v>
       </c>
       <c r="J5" t="s">
         <v>20</v>
       </c>
       <c r="K5" t="s">
-        <v>170</v>
+        <v>223</v>
       </c>
       <c r="L5" t="s">
-        <v>171</v>
+        <v>224</v>
       </c>
       <c r="M5" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="N5" t="s">
-        <v>391</v>
+        <v>461</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>370</v>
+        <v>440</v>
       </c>
       <c r="Q5" t="s">
-        <v>392</v>
+        <v>462</v>
       </c>
       <c r="R5" t="s">
-        <v>139</v>
+        <v>100</v>
       </c>
       <c r="S5" t="s">
-        <v>393</v>
+        <v>463</v>
       </c>
       <c r="T5" t="s">
-        <v>394</v>
+        <v>464</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>362</v>
+        <v>432</v>
       </c>
       <c r="B6" t="s">
-        <v>395</v>
+        <v>465</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>396</v>
+        <v>466</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>397</v>
+        <v>467</v>
       </c>
       <c r="H6" t="s">
-        <v>398</v>
+        <v>468</v>
       </c>
       <c r="I6" t="s">
-        <v>399</v>
+        <v>469</v>
       </c>
       <c r="J6" t="s">
         <v>20</v>
       </c>
       <c r="K6" t="s">
-        <v>184</v>
+        <v>238</v>
       </c>
       <c r="L6" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s">
+        <v>99</v>
+      </c>
+      <c r="N6" t="s">
+        <v>470</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
         <v>111</v>
       </c>
-      <c r="N6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q6" t="s">
-        <v>401</v>
+        <v>471</v>
       </c>
       <c r="R6" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="S6" t="s">
-        <v>402</v>
+        <v>472</v>
       </c>
       <c r="T6" t="s">
-        <v>373</v>
+        <v>443</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>362</v>
+        <v>432</v>
       </c>
       <c r="B7" t="s">
-        <v>403</v>
+        <v>473</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>396</v>
+        <v>466</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>404</v>
+        <v>474</v>
       </c>
       <c r="H7" t="s">
-        <v>405</v>
+        <v>475</v>
       </c>
       <c r="I7" t="s">
-        <v>399</v>
+        <v>469</v>
       </c>
       <c r="J7" t="s">
-        <v>406</v>
+        <v>476</v>
       </c>
       <c r="K7" t="s">
-        <v>161</v>
+        <v>214</v>
       </c>
       <c r="L7" t="s">
-        <v>162</v>
+        <v>215</v>
       </c>
       <c r="M7" t="s">
+        <v>99</v>
+      </c>
+      <c r="N7" t="s">
+        <v>470</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
         <v>111</v>
       </c>
-      <c r="N7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q7" t="s">
-        <v>401</v>
+        <v>471</v>
       </c>
       <c r="R7" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="S7" t="s">
-        <v>407</v>
+        <v>477</v>
       </c>
       <c r="T7" t="s">
-        <v>373</v>
+        <v>443</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>362</v>
+        <v>432</v>
       </c>
       <c r="B8" t="s">
-        <v>408</v>
+        <v>478</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>396</v>
+        <v>466</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>409</v>
+        <v>479</v>
       </c>
       <c r="H8" t="s">
-        <v>410</v>
+        <v>480</v>
       </c>
       <c r="I8" t="s">
-        <v>367</v>
+        <v>437</v>
       </c>
       <c r="J8" t="s">
-        <v>411</v>
+        <v>481</v>
       </c>
       <c r="K8" t="s">
-        <v>222</v>
+        <v>165</v>
       </c>
       <c r="L8" t="s">
-        <v>223</v>
+        <v>166</v>
       </c>
       <c r="M8" t="s">
+        <v>99</v>
+      </c>
+      <c r="N8" t="s">
+        <v>470</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
         <v>111</v>
       </c>
-      <c r="N8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q8" t="s">
-        <v>401</v>
+        <v>471</v>
       </c>
       <c r="R8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="S8" t="s">
-        <v>412</v>
+        <v>482</v>
       </c>
       <c r="T8" t="s">
-        <v>373</v>
+        <v>443</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>