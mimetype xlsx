--- v2 (2026-01-17)
+++ v3 (2026-03-05)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1113" uniqueCount="483">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1017" uniqueCount="451">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -266,284 +266,638 @@
   <si>
     <t>Christophe</t>
   </si>
   <si>
     <t>20 November 2024</t>
   </si>
   <si>
     <t>Docteur Essam HASSAN</t>
   </si>
   <si>
     <t>08/11/2016 11:32:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710246/fr/docteur-essam-hassan</t>
   </si>
   <si>
     <t>c_2710246</t>
   </si>
   <si>
     <t>HASSAN</t>
   </si>
   <si>
     <t>Essam</t>
   </si>
   <si>
-    <t>21 October 2021</t>
+    <t>18 December 2025</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
-    <t>RESIDENCE JULES ROUSSE</t>
-[...14 lines deleted...]
-    <t>TARASCON SUR ARIEGE</t>
+    <t>SCE D'ACCOMPAGNEMENT A LA VIE SOCIALE</t>
+  </si>
+  <si>
+    <t>03/03/2026 05:07:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16512_FicheESSMS/fr/sce-d-accompagnement-a-la-vie-sociale</t>
+  </si>
+  <si>
+    <t>16512_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Chemin De Berdoulet</t>
+  </si>
+  <si>
+    <t>09000 FOIX</t>
   </si>
   <si>
     <t>09</t>
   </si>
   <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>090001959</t>
+  </si>
+  <si>
+    <t>EAM UTHAA</t>
+  </si>
+  <si>
+    <t>03/03/2026 05:07:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16546_FicheESSMS/fr/eam-uthaa</t>
+  </si>
+  <si>
+    <t>16546_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Impasse De La Lauze</t>
+  </si>
+  <si>
+    <t>09240 LA BASTIDE DE SEROU</t>
+  </si>
+  <si>
+    <t>LA BASTIDE DE SEROU</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>090002486</t>
+  </si>
+  <si>
+    <t>CAMSP DE FOIX</t>
+  </si>
+  <si>
+    <t>23/02/2026 05:03:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16261_FicheESSMS/fr/camsp-de-foix</t>
+  </si>
+  <si>
+    <t>16261_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Salvador Allende</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>090781832</t>
+  </si>
+  <si>
+    <t>EAM DU CARLA BAYLE</t>
+  </si>
+  <si>
+    <t>22/02/2026 05:05:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16237_FicheESSMS/fr/eam-du-carla-bayle</t>
+  </si>
+  <si>
+    <t>16237_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09130 CARLA BAYLE</t>
+  </si>
+  <si>
+    <t>CARLA BAYLE</t>
+  </si>
+  <si>
+    <t>090783481</t>
+  </si>
+  <si>
+    <t>CMPP FOIX</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:09:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15889_FicheESSMS/fr/cmpp-foix</t>
+  </si>
+  <si>
+    <t>15889_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Allée De Villote</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>090780388</t>
+  </si>
+  <si>
+    <t>EHPAD DE LA BASTIDE DE SEROU</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:11:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16168_FicheESSMS/fr/ehpad-de-la-bastide-de-serou</t>
+  </si>
+  <si>
+    <t>16168_FicheESSMS</t>
+  </si>
+  <si>
     <t>Public</t>
   </si>
   <si>
     <t>Personne âgée</t>
   </si>
   <si>
     <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
   </si>
   <si>
-    <t>090782343</t>
-[...26 lines deleted...]
-    <t>Personne en situation de handicap enfant</t>
+    <t>090782616</t>
+  </si>
+  <si>
+    <t>S.I.S.P.A.H</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16200_FicheESSMS/fr/s-i-s-p-a-h</t>
+  </si>
+  <si>
+    <t>16200_FicheESSMS</t>
+  </si>
+  <si>
+    <t>090003849</t>
+  </si>
+  <si>
+    <t>CSAPA  DE L'ANPAA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2202_FicheESSMS/fr/csapa-de-l-anpaa</t>
+  </si>
+  <si>
+    <t>2202_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Cours Irenee Cros</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>090002452</t>
+  </si>
+  <si>
+    <t>EHPAD DE CASTILLON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2374_FicheESSMS/fr/ehpad-de-castillon</t>
+  </si>
+  <si>
+    <t>2374_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Avenue Noel Peyrevidal</t>
+  </si>
+  <si>
+    <t>09800 CASTILLON EN COUSERANS</t>
+  </si>
+  <si>
+    <t>CASTILLON EN COUSERANS</t>
+  </si>
+  <si>
+    <t>090783283</t>
+  </si>
+  <si>
+    <t>EANM LE SABARTHES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4205_FicheESSMS/fr/eanm-le-sabarthes</t>
+  </si>
+  <si>
+    <t>4205_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09120 MONTEGUT PLANTAUREL</t>
+  </si>
+  <si>
+    <t>MONTEGUT PLANTAUREL</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>090782327</t>
+  </si>
+  <si>
+    <t>MECS CISELL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4204_FicheESSMS/fr/mecs-cisell</t>
+  </si>
+  <si>
+    <t>4204_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09300 LAVELANET</t>
+  </si>
+  <si>
+    <t>LAVELANET</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>090783820</t>
+  </si>
+  <si>
+    <t>EHPAD CH SAINT LOUIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4254_FicheESSMS/fr/ehpad-ch-saint-louis</t>
+  </si>
+  <si>
+    <t>4254_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09110 AX LES THERMES</t>
+  </si>
+  <si>
+    <t>AX LES THERMES</t>
+  </si>
+  <si>
+    <t>090782707</t>
+  </si>
+  <si>
+    <t>MAS LES MARGUERITES CHAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5069_FicheESSMS/fr/mas-les-marguerites-chac</t>
+  </si>
+  <si>
+    <t>5069_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09190 ST LIZIER</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>090000639</t>
+  </si>
+  <si>
+    <t>SESSAD LA VERGNIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5306_FicheESSMS/fr/sessad-la-vergniere</t>
+  </si>
+  <si>
+    <t>5306_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Avenue De La Lerida</t>
   </si>
   <si>
     <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
   </si>
   <si>
-    <t>090000548</t>
-[...11 lines deleted...]
-    <t>34 Cour St Jacques</t>
+    <t>090002635</t>
+  </si>
+  <si>
+    <t>EHPAD "LE CHATEAU"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/703_FicheESSMS/fr/ehpad-le-chateau</t>
+  </si>
+  <si>
+    <t>703_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue Des Monts D Olmes</t>
+  </si>
+  <si>
+    <t>09340 VERNIOLLE</t>
+  </si>
+  <si>
+    <t>VERNIOLLE</t>
+  </si>
+  <si>
+    <t>090781642</t>
+  </si>
+  <si>
+    <t>IME DE ST JEAN DU FALGA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3818_FicheESSMS/fr/ime-de-st-jean-du-falga</t>
+  </si>
+  <si>
+    <t>3818_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Jean Armaing</t>
+  </si>
+  <si>
+    <t>09100 ST JEAN DU FALGA</t>
+  </si>
+  <si>
+    <t>ST JEAN DU FALGA</t>
   </si>
   <si>
     <t>Institut Médico-Educatif (I.M.E.)</t>
   </si>
   <si>
-    <t>090780347</t>
-[...97 lines deleted...]
-  <si>
     <t>090780164</t>
   </si>
   <si>
     <t>IME DE LEZAT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3817_FicheESSMS/fr/ime-de-lezat</t>
   </si>
   <si>
     <t>3817_FicheESSMS</t>
   </si>
   <si>
     <t>89 Route De Castagnac</t>
   </si>
   <si>
     <t>09210 LEZAT SUR LEZE</t>
   </si>
   <si>
     <t>LEZAT SUR LEZE</t>
   </si>
   <si>
     <t>090781550</t>
   </si>
   <si>
+    <t>FOYER HEBERGEMENT HANDICAPES ST GIRONS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4207_FicheESSMS/fr/foyer-hebergement-handicapes-st-girons</t>
+  </si>
+  <si>
+    <t>4207_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Avenue Henri Bernere</t>
+  </si>
+  <si>
+    <t>09200 ST GIRONS</t>
+  </si>
+  <si>
+    <t>ST GIRONS</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>090784265</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL AUZAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4206_FicheESSMS/fr/foyer-occupationnel-auzat</t>
+  </si>
+  <si>
+    <t>4206_FicheESSMS</t>
+  </si>
+  <si>
+    <t>09220 AUZAT</t>
+  </si>
+  <si>
+    <t>AUZAT</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>090002544</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT JOSEPH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4337_FicheESSMS/fr/ehpad-saint-joseph</t>
+  </si>
+  <si>
+    <t>4337_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Impasse Saint Joseph</t>
+  </si>
+  <si>
+    <t>09140 OUST</t>
+  </si>
+  <si>
+    <t>OUST</t>
+  </si>
+  <si>
+    <t>090781634</t>
+  </si>
+  <si>
+    <t>CAAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5304_FicheESSMS/fr/caais</t>
+  </si>
+  <si>
+    <t>5304_FicheESSMS</t>
+  </si>
+  <si>
+    <t>71 Avenue Jean Jaures</t>
+  </si>
+  <si>
+    <t>090003914</t>
+  </si>
+  <si>
+    <t>CENTRE DE JOUR POUR PERSONNES ÂGEES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5925_FicheESSMS/fr/centre-de-jour-pour-personnes-agees</t>
+  </si>
+  <si>
+    <t>5925_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Allée Les Tilleuls</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>090001579</t>
+  </si>
+  <si>
+    <t>SERV. D.P.F. DE L'ARIEGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8515_FicheESSMS/fr/serv-d-p-f-de-l-ariege</t>
+  </si>
+  <si>
+    <t>8515_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Boulevard Alsace Lorraine</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>090003104</t>
+  </si>
+  <si>
+    <t>EHPAD DE LEZAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8641_FicheESSMS/fr/ehpad-de-lezat</t>
+  </si>
+  <si>
+    <t>8641_FicheESSMS</t>
+  </si>
+  <si>
+    <t>090782285</t>
+  </si>
+  <si>
+    <t>SAVS ESPOIR ARIEGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9004_FicheESSMS/fr/savs-espoir-ariege</t>
+  </si>
+  <si>
+    <t>9004_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Avenue Du Marechal Leclerc</t>
+  </si>
+  <si>
+    <t>090004110</t>
+  </si>
+  <si>
     <t>SESSAD DE PAMIERS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3816_FicheESSMS/fr/sessad-de-pamiers</t>
   </si>
   <si>
     <t>3816_FicheESSMS</t>
   </si>
   <si>
     <t>48 Avenue De La Rijole</t>
   </si>
   <si>
     <t>09100 PAMIERS</t>
   </si>
   <si>
     <t>PAMIERS</t>
   </si>
   <si>
     <t>090783531</t>
   </si>
   <si>
     <t>SSIAD DES PORTES D'ARIEGE</t>
   </si>
   <si>
     <t>10/09/2025 12:20:10</t>
@@ -578,674 +932,254 @@
   <si>
     <t>4051_FicheESSMS</t>
   </si>
   <si>
     <t>09270 MAZERES</t>
   </si>
   <si>
     <t>MAZERES</t>
   </si>
   <si>
     <t>090780156</t>
   </si>
   <si>
     <t>RESIDENCE LE VERT COTEAU</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4050_FicheESSMS/fr/residence-le-vert-coteau</t>
   </si>
   <si>
     <t>4050_FicheESSMS</t>
   </si>
   <si>
     <t>090780362</t>
   </si>
   <si>
-    <t>FOYER HEBERGEMENT HANDICAPES ST GIRONS</t>
-[...160 lines deleted...]
-  <si>
     <t>IME DE LA VERGNIERE</t>
   </si>
   <si>
-    <t>10/09/2025 12:21:55</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/5305_FicheESSMS/fr/ime-de-la-vergniere</t>
   </si>
   <si>
     <t>5305_FicheESSMS</t>
   </si>
   <si>
     <t>09000 L HERM</t>
   </si>
   <si>
     <t>L HERM</t>
   </si>
   <si>
     <t>090780354</t>
   </si>
   <si>
-    <t>CAAIS</t>
-[...52 lines deleted...]
-  <si>
     <t>ESAT DE LAVELANET</t>
   </si>
   <si>
     <t>10/09/2025 12:22:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5389_FicheESSMS/fr/esat-de-lavelanet</t>
   </si>
   <si>
     <t>5389_FicheESSMS</t>
   </si>
   <si>
     <t>71 Rue Jean Jaures</t>
   </si>
   <si>
     <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
   </si>
   <si>
     <t>090783994</t>
   </si>
   <si>
     <t>SERV. M.J.P.M. DE L'ARIEGE</t>
   </si>
   <si>
     <t>10/09/2025 12:22:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5800_FicheESSMS/fr/serv-m-j-p-m-de-l-ariege</t>
   </si>
   <si>
     <t>5800_FicheESSMS</t>
   </si>
   <si>
-    <t>21 Chemin De Berdoulet</t>
-[...1 lines deleted...]
-  <si>
     <t>09003 FOIX</t>
   </si>
   <si>
     <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Service mandataire judiciaire à la protection des majeurs</t>
   </si>
   <si>
     <t>090003138</t>
   </si>
   <si>
-    <t>CENTRE DE JOUR POUR PERSONNES ÂGEES</t>
-[...19 lines deleted...]
-  <si>
     <t>SAAD RESO</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5924_FicheESSMS/fr/saad-reso</t>
   </si>
   <si>
     <t>5924_FicheESSMS</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Service autonomie aide (SAA)</t>
   </si>
   <si>
     <t>090002296</t>
   </si>
   <si>
     <t>SSIAD DE SAINT GIRONS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5923_FicheESSMS/fr/ssiad-de-saint-girons</t>
   </si>
   <si>
     <t>5923_FicheESSMS</t>
   </si>
   <si>
     <t>8 Allée Des Tilleuls</t>
   </si>
   <si>
     <t>090782715</t>
   </si>
   <si>
-    <t>RESIDENCE AUTONOMIE BLEU PRINTEMPS</t>
-[...11 lines deleted...]
-    <t>10 Avenue Jacques Carrie</t>
+    <t>CADA INSTITUT PROTESTANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8047_FicheESSMS/fr/cada-institut-protestant</t>
+  </si>
+  <si>
+    <t>8047_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>090003989</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8514_FicheESSMS/fr/serv-m-j-p-m-de-l-ariege</t>
+  </si>
+  <si>
+    <t>8514_FicheESSMS</t>
+  </si>
+  <si>
+    <t>090003112</t>
+  </si>
+  <si>
+    <t>ESAT ADAPEI 09 (INDUSTRIEL) PAMIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10625_FicheESSMS/fr/esat-adapei-09-industriel-pamiers</t>
+  </si>
+  <si>
+    <t>10625_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Chemin De La Prairie</t>
+  </si>
+  <si>
+    <t>090781576</t>
+  </si>
+  <si>
+    <t>ESAT ADAPEI 09(AGRICOLE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10624_FicheESSMS/fr/esat-adapei-09-agricole</t>
+  </si>
+  <si>
+    <t>10624_FicheESSMS</t>
+  </si>
+  <si>
+    <t>177 Rue André-Marie Ampere</t>
   </si>
   <si>
     <t>09120 VARILHES</t>
   </si>
   <si>
     <t>VARILHES</t>
   </si>
   <si>
-    <t>Résidences autonomie</t>
-[...151 lines deleted...]
-  <si>
     <t>090782038</t>
   </si>
   <si>
     <t>MAS DU GIRBET - SAVERDUN</t>
   </si>
   <si>
     <t>10/09/2025 12:26:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10863_FicheESSMS/fr/mas-du-girbet-saverdun</t>
   </si>
   <si>
     <t>10863_FicheESSMS</t>
   </si>
   <si>
     <t>090002221</t>
   </si>
   <si>
-    <t>FAM DE CAMBIE</t>
-[...23 lines deleted...]
-    <t>FOYER OCCUPATIONNEL RESIDENCE DE MONIE</t>
+    <t>SCE ACCOMPAGNENT VIE SOCIALE PAMIERS</t>
   </si>
   <si>
     <t>10/09/2025 12:26:54</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/11151_FicheESSMS/fr/foyer-occupationnel-residence-de-monie</t>
-[...13 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/11150_FicheESSMS/fr/sce-accompagnent-vie-sociale-pamiers</t>
   </si>
   <si>
     <t>11150_FicheESSMS</t>
   </si>
   <si>
     <t>6 Rue Du Portail Rouge</t>
   </si>
   <si>
     <t>090000621</t>
   </si>
   <si>
-    <t>EHPAD DES SOURCES</t>
+    <t>FOYER HEBERGEMENT RESIDENCE LA PRAIRIE</t>
   </si>
   <si>
     <t>10/09/2025 12:27:06</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/11481_FicheESSMS/fr/ehpad-des-sources</t>
-[...28 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/11467_FicheESSMS/fr/foyer-hebergement-residence-la-prairie</t>
   </si>
   <si>
     <t>11467_FicheESSMS</t>
   </si>
   <si>
     <t>21 Rue Jules Ferry</t>
   </si>
   <si>
     <t>090002965</t>
   </si>
   <si>
     <t>FOYER HEBERGEMENT HANDICAPES MIREPOIX</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11466_FicheESSMS/fr/foyer-hebergement-handicapes-mirepoix</t>
   </si>
   <si>
     <t>11466_FicheESSMS</t>
   </si>
   <si>
     <t>09500 MIREPOIX</t>
   </si>
   <si>
     <t>MIREPOIX</t>
@@ -1257,80 +1191,50 @@
     <t>FOYER HEBERG RESIDENCE DE LOUMET</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11465_FicheESSMS/fr/foyer-heberg-residence-de-loumet</t>
   </si>
   <si>
     <t>11465_FicheESSMS</t>
   </si>
   <si>
     <t>11 Place Du Marche Aux Boeufs</t>
   </si>
   <si>
     <t>090782954</t>
   </si>
   <si>
     <t>FOYER HEBERG HANDICAPES DE VARILHES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11464_FicheESSMS/fr/foyer-heberg-handicapes-de-varilhes</t>
   </si>
   <si>
     <t>11464_FicheESSMS</t>
   </si>
   <si>
     <t>090781717</t>
-  </si>
-[...28 lines deleted...]
-    <t>090004540</t>
   </si>
   <si>
     <t>Taille établissement</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
@@ -1976,51 +1880,51 @@
       </c>
       <c r="N8" t="s">
         <v>83</v>
       </c>
       <c r="O8" t="s">
         <v>49</v>
       </c>
       <c r="P8" t="s">
         <v>50</v>
       </c>
       <c r="Q8" t="s">
         <v>51</v>
       </c>
       <c r="R8" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P51"/>
+  <dimension ref="A1:P45"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2061,54 +1965,54 @@
       <c r="B2" t="s">
         <v>93</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
         <v>94</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
         <v>95</v>
       </c>
       <c r="H2" t="s">
         <v>96</v>
       </c>
       <c r="I2" t="s">
         <v>97</v>
       </c>
       <c r="J2" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="K2" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="L2" t="s">
         <v>99</v>
       </c>
       <c r="M2" t="s">
         <v>100</v>
       </c>
       <c r="N2" t="s">
         <v>101</v>
       </c>
       <c r="O2" t="s">
         <v>102</v>
       </c>
       <c r="P2" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>92</v>
       </c>
       <c r="B3" t="s">
         <v>104</v>
       </c>
       <c r="C3" t="s">
@@ -2120,2965 +2024,2665 @@
       <c r="E3" t="s">
         <v>105</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>106</v>
       </c>
       <c r="H3" t="s">
         <v>107</v>
       </c>
       <c r="I3" t="s">
         <v>108</v>
       </c>
       <c r="J3" t="s">
         <v>109</v>
       </c>
       <c r="K3" t="s">
         <v>110</v>
       </c>
       <c r="L3" t="s">
         <v>99</v>
       </c>
       <c r="M3" t="s">
+        <v>100</v>
+      </c>
+      <c r="N3" t="s">
+        <v>101</v>
+      </c>
+      <c r="O3" t="s">
         <v>111</v>
       </c>
-      <c r="N3" t="s">
+      <c r="P3" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>92</v>
       </c>
       <c r="B4" t="s">
+        <v>113</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>114</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>115</v>
       </c>
-      <c r="C4" t="s">
-[...11 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>116</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>117</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
+        <v>98</v>
+      </c>
+      <c r="K4" t="s">
+        <v>40</v>
+      </c>
+      <c r="L4" t="s">
+        <v>99</v>
+      </c>
+      <c r="M4" t="s">
+        <v>100</v>
+      </c>
+      <c r="N4" t="s">
         <v>118</v>
-      </c>
-[...13 lines deleted...]
-        <v>112</v>
       </c>
       <c r="O4" t="s">
         <v>119</v>
       </c>
       <c r="P4" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>92</v>
       </c>
       <c r="B5" t="s">
         <v>121</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>122</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>123</v>
       </c>
       <c r="H5" t="s">
         <v>124</v>
       </c>
       <c r="I5" t="s">
         <v>125</v>
       </c>
       <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
         <v>126</v>
       </c>
-      <c r="K5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L5" t="s">
         <v>99</v>
       </c>
       <c r="M5" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="N5" t="s">
         <v>101</v>
       </c>
       <c r="O5" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="P5" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>92</v>
       </c>
       <c r="B6" t="s">
+        <v>128</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
         <v>129</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
         <v>130</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>131</v>
       </c>
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>132</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>134</v>
+        <v>98</v>
       </c>
       <c r="K6" t="s">
         <v>40</v>
       </c>
       <c r="L6" t="s">
         <v>99</v>
       </c>
       <c r="M6" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="N6" t="s">
-        <v>135</v>
+        <v>118</v>
       </c>
       <c r="O6" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="P6" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>92</v>
       </c>
       <c r="B7" t="s">
+        <v>135</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>136</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>137</v>
+      </c>
+      <c r="H7" t="s">
         <v>138</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="I7" t="s">
+        <v>109</v>
+      </c>
+      <c r="J7" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" t="s">
+        <v>110</v>
+      </c>
+      <c r="L7" t="s">
+        <v>99</v>
+      </c>
+      <c r="M7" t="s">
         <v>139</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="N7" t="s">
         <v>140</v>
       </c>
-      <c r="H7" t="s">
+      <c r="O7" t="s">
         <v>141</v>
       </c>
-      <c r="I7" t="s">
+      <c r="P7" t="s">
         <v>142</v>
-      </c>
-[...19 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>92</v>
       </c>
       <c r="B8" t="s">
+        <v>143</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>144</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>145</v>
+      </c>
+      <c r="H8" t="s">
         <v>146</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="I8" t="s">
+        <v>97</v>
+      </c>
+      <c r="J8" t="s">
+        <v>98</v>
+      </c>
+      <c r="K8" t="s">
+        <v>40</v>
+      </c>
+      <c r="L8" t="s">
+        <v>99</v>
+      </c>
+      <c r="M8" t="s">
+        <v>100</v>
+      </c>
+      <c r="N8" t="s">
+        <v>101</v>
+      </c>
+      <c r="O8" t="s">
+        <v>102</v>
+      </c>
+      <c r="P8" t="s">
         <v>147</v>
-      </c>
-[...31 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>92</v>
       </c>
       <c r="B9" t="s">
+        <v>148</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>149</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>150</v>
+      </c>
+      <c r="H9" t="s">
+        <v>151</v>
+      </c>
+      <c r="I9" t="s">
+        <v>152</v>
+      </c>
+      <c r="J9" t="s">
+        <v>98</v>
+      </c>
+      <c r="K9" t="s">
+        <v>40</v>
+      </c>
+      <c r="L9" t="s">
+        <v>99</v>
+      </c>
+      <c r="M9" t="s">
+        <v>100</v>
+      </c>
+      <c r="N9" t="s">
+        <v>153</v>
+      </c>
+      <c r="O9" t="s">
         <v>154</v>
       </c>
-      <c r="C9" t="s">
-[...11 lines deleted...]
-      <c r="G9" t="s">
+      <c r="P9" t="s">
         <v>155</v>
-      </c>
-[...25 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>92</v>
       </c>
       <c r="B10" t="s">
+        <v>156</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>157</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>158</v>
+      </c>
+      <c r="H10" t="s">
+        <v>159</v>
+      </c>
+      <c r="I10" t="s">
+        <v>160</v>
+      </c>
+      <c r="J10" t="s">
         <v>161</v>
       </c>
-      <c r="C10" t="s">
-[...11 lines deleted...]
-      <c r="G10" t="s">
+      <c r="K10" t="s">
         <v>162</v>
       </c>
-      <c r="H10" t="s">
+      <c r="L10" t="s">
+        <v>99</v>
+      </c>
+      <c r="M10" t="s">
+        <v>100</v>
+      </c>
+      <c r="N10" t="s">
+        <v>140</v>
+      </c>
+      <c r="O10" t="s">
+        <v>141</v>
+      </c>
+      <c r="P10" t="s">
         <v>163</v>
-      </c>
-[...22 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>92</v>
       </c>
       <c r="B11" t="s">
+        <v>164</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>165</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>166</v>
+      </c>
+      <c r="H11" t="s">
+        <v>167</v>
+      </c>
+      <c r="I11" t="s">
         <v>168</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
         <v>169</v>
-      </c>
-[...16 lines deleted...]
-        <v>173</v>
       </c>
       <c r="L11" t="s">
         <v>99</v>
       </c>
       <c r="M11" t="s">
         <v>100</v>
       </c>
       <c r="N11" t="s">
-        <v>174</v>
+        <v>101</v>
       </c>
       <c r="O11" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="P11" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="H12" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="I12" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="J12" t="s">
         <v>20</v>
       </c>
       <c r="K12" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="L12" t="s">
         <v>99</v>
       </c>
       <c r="M12" t="s">
         <v>100</v>
       </c>
       <c r="N12" t="s">
-        <v>101</v>
+        <v>177</v>
       </c>
       <c r="O12" t="s">
-        <v>102</v>
+        <v>178</v>
       </c>
       <c r="P12" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>92</v>
       </c>
       <c r="B13" t="s">
+        <v>180</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>181</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>182</v>
+      </c>
+      <c r="H13" t="s">
         <v>183</v>
       </c>
-      <c r="C13" t="s">
-[...11 lines deleted...]
-      <c r="G13" t="s">
+      <c r="I13" t="s">
         <v>184</v>
       </c>
-      <c r="H13" t="s">
+      <c r="J13" t="s">
+        <v>20</v>
+      </c>
+      <c r="K13" t="s">
         <v>185</v>
       </c>
-      <c r="I13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L13" t="s">
         <v>99</v>
       </c>
       <c r="M13" t="s">
-        <v>100</v>
+        <v>139</v>
       </c>
       <c r="N13" t="s">
-        <v>101</v>
+        <v>140</v>
       </c>
       <c r="O13" t="s">
-        <v>102</v>
+        <v>141</v>
       </c>
       <c r="P13" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>92</v>
       </c>
       <c r="B14" t="s">
         <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
         <v>188</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
         <v>189</v>
       </c>
       <c r="H14" t="s">
         <v>190</v>
       </c>
       <c r="I14" t="s">
         <v>191</v>
       </c>
       <c r="J14" t="s">
+        <v>20</v>
+      </c>
+      <c r="K14" t="s">
+        <v>51</v>
+      </c>
+      <c r="L14" t="s">
+        <v>99</v>
+      </c>
+      <c r="M14" t="s">
+        <v>139</v>
+      </c>
+      <c r="N14" t="s">
+        <v>101</v>
+      </c>
+      <c r="O14" t="s">
         <v>192</v>
       </c>
-      <c r="K14" t="s">
+      <c r="P14" t="s">
         <v>193</v>
-      </c>
-[...13 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>92</v>
       </c>
       <c r="B15" t="s">
+        <v>194</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>195</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>196</v>
+      </c>
+      <c r="H15" t="s">
         <v>197</v>
       </c>
-      <c r="C15" t="s">
-[...11 lines deleted...]
-      <c r="G15" t="s">
+      <c r="I15" t="s">
         <v>198</v>
       </c>
-      <c r="H15" t="s">
+      <c r="J15" t="s">
+        <v>98</v>
+      </c>
+      <c r="K15" t="s">
+        <v>40</v>
+      </c>
+      <c r="L15" t="s">
+        <v>99</v>
+      </c>
+      <c r="M15" t="s">
+        <v>139</v>
+      </c>
+      <c r="N15" t="s">
+        <v>118</v>
+      </c>
+      <c r="O15" t="s">
         <v>199</v>
       </c>
-      <c r="I15" t="s">
+      <c r="P15" t="s">
         <v>200</v>
-      </c>
-[...19 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>92</v>
       </c>
       <c r="B16" t="s">
+        <v>201</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>202</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>203</v>
+      </c>
+      <c r="H16" t="s">
         <v>204</v>
       </c>
-      <c r="C16" t="s">
-[...11 lines deleted...]
-      <c r="G16" t="s">
+      <c r="I16" t="s">
         <v>205</v>
       </c>
-      <c r="H16" t="s">
+      <c r="J16" t="s">
         <v>206</v>
       </c>
-      <c r="I16" t="s">
+      <c r="K16" t="s">
         <v>207</v>
       </c>
-      <c r="J16" t="s">
-[...2 lines deleted...]
-      <c r="K16" t="s">
+      <c r="L16" t="s">
+        <v>99</v>
+      </c>
+      <c r="M16" t="s">
+        <v>100</v>
+      </c>
+      <c r="N16" t="s">
+        <v>140</v>
+      </c>
+      <c r="O16" t="s">
+        <v>141</v>
+      </c>
+      <c r="P16" t="s">
         <v>208</v>
-      </c>
-[...13 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>92</v>
       </c>
       <c r="B17" t="s">
+        <v>209</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>210</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
         <v>211</v>
       </c>
-      <c r="C17" t="s">
-[...11 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>212</v>
       </c>
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>213</v>
       </c>
-      <c r="I17" t="s">
+      <c r="J17" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K17" t="s">
         <v>215</v>
       </c>
       <c r="L17" t="s">
         <v>99</v>
       </c>
       <c r="M17" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="N17" t="s">
+        <v>118</v>
+      </c>
+      <c r="O17" t="s">
         <v>216</v>
       </c>
-      <c r="O17" t="s">
+      <c r="P17" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>92</v>
       </c>
       <c r="B18" t="s">
+        <v>218</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>210</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
         <v>219</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="H18" t="s">
         <v>220</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="I18" t="s">
         <v>221</v>
       </c>
-      <c r="H18" t="s">
+      <c r="J18" t="s">
         <v>222</v>
       </c>
-      <c r="I18" t="s">
+      <c r="K18" t="s">
         <v>223</v>
-      </c>
-[...4 lines deleted...]
-        <v>224</v>
       </c>
       <c r="L18" t="s">
         <v>99</v>
       </c>
       <c r="M18" t="s">
         <v>100</v>
       </c>
       <c r="N18" t="s">
-        <v>101</v>
+        <v>118</v>
       </c>
       <c r="O18" t="s">
-        <v>102</v>
+        <v>216</v>
       </c>
       <c r="P18" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>92</v>
       </c>
       <c r="B19" t="s">
+        <v>225</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>165</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
         <v>226</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="H19" t="s">
         <v>227</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="I19" t="s">
         <v>228</v>
       </c>
-      <c r="H19" t="s">
+      <c r="J19" t="s">
         <v>229</v>
       </c>
-      <c r="I19" t="s">
+      <c r="K19" t="s">
         <v>230</v>
       </c>
-      <c r="J19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L19" t="s">
         <v>99</v>
       </c>
       <c r="M19" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="N19" t="s">
         <v>101</v>
       </c>
       <c r="O19" t="s">
-        <v>102</v>
+        <v>231</v>
       </c>
       <c r="P19" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>92</v>
       </c>
       <c r="B20" t="s">
+        <v>233</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>165</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
         <v>234</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="H20" t="s">
         <v>235</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="I20" t="s">
         <v>236</v>
       </c>
-      <c r="H20" t="s">
+      <c r="J20" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" t="s">
         <v>237</v>
-      </c>
-[...7 lines deleted...]
-        <v>51</v>
       </c>
       <c r="L20" t="s">
         <v>99</v>
       </c>
       <c r="M20" t="s">
         <v>100</v>
       </c>
       <c r="N20" t="s">
-        <v>194</v>
+        <v>101</v>
       </c>
       <c r="O20" t="s">
+        <v>238</v>
+      </c>
+      <c r="P20" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>92</v>
       </c>
       <c r="B21" t="s">
+        <v>240</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
         <v>241</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
         <v>242</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>243</v>
       </c>
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>244</v>
       </c>
-      <c r="I21" t="s">
+      <c r="J21" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K21" t="s">
         <v>246</v>
       </c>
       <c r="L21" t="s">
         <v>99</v>
       </c>
       <c r="M21" t="s">
         <v>100</v>
       </c>
       <c r="N21" t="s">
-        <v>112</v>
+        <v>140</v>
       </c>
       <c r="O21" t="s">
-        <v>119</v>
+        <v>141</v>
       </c>
       <c r="P21" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>92</v>
       </c>
       <c r="B22" t="s">
         <v>248</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H22" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="I22" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J22" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="K22" t="s">
-        <v>215</v>
+        <v>176</v>
       </c>
       <c r="L22" t="s">
         <v>99</v>
       </c>
       <c r="M22" t="s">
-        <v>100</v>
+        <v>139</v>
       </c>
       <c r="N22" t="s">
-        <v>194</v>
+        <v>101</v>
       </c>
       <c r="O22" t="s">
-        <v>252</v>
+        <v>102</v>
       </c>
       <c r="P22" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>92</v>
       </c>
       <c r="B23" t="s">
         <v>254</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>242</v>
+        <v>255</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H23" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="I23" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="J23" t="s">
-        <v>20</v>
+        <v>229</v>
       </c>
       <c r="K23" t="s">
-        <v>40</v>
+        <v>230</v>
       </c>
       <c r="L23" t="s">
         <v>99</v>
       </c>
       <c r="M23" t="s">
         <v>100</v>
       </c>
       <c r="N23" t="s">
-        <v>112</v>
+        <v>140</v>
       </c>
       <c r="O23" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="P23" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>92</v>
       </c>
       <c r="B24" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="H24" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="I24" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="J24" t="s">
-        <v>134</v>
+        <v>98</v>
       </c>
       <c r="K24" t="s">
         <v>40</v>
       </c>
       <c r="L24" t="s">
         <v>99</v>
       </c>
       <c r="M24" t="s">
         <v>100</v>
       </c>
       <c r="N24" t="s">
-        <v>112</v>
+        <v>177</v>
       </c>
       <c r="O24" t="s">
-        <v>113</v>
+        <v>266</v>
       </c>
       <c r="P24" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>92</v>
       </c>
       <c r="B25" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="H25" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="I25" t="s">
-        <v>270</v>
+        <v>222</v>
       </c>
       <c r="J25" t="s">
-        <v>214</v>
+        <v>20</v>
       </c>
       <c r="K25" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="L25" t="s">
         <v>99</v>
       </c>
       <c r="M25" t="s">
         <v>100</v>
       </c>
       <c r="N25" t="s">
-        <v>194</v>
+        <v>140</v>
       </c>
       <c r="O25" t="s">
-        <v>271</v>
+        <v>141</v>
       </c>
       <c r="P25" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>92</v>
       </c>
       <c r="B26" t="s">
         <v>273</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
         <v>274</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
         <v>275</v>
       </c>
       <c r="H26" t="s">
         <v>276</v>
       </c>
       <c r="I26" t="s">
         <v>277</v>
       </c>
       <c r="J26" t="s">
+        <v>175</v>
+      </c>
+      <c r="K26" t="s">
+        <v>176</v>
+      </c>
+      <c r="L26" t="s">
+        <v>99</v>
+      </c>
+      <c r="M26" t="s">
+        <v>100</v>
+      </c>
+      <c r="N26" t="s">
+        <v>101</v>
+      </c>
+      <c r="O26" t="s">
+        <v>102</v>
+      </c>
+      <c r="P26" t="s">
         <v>278</v>
-      </c>
-[...16 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>92</v>
       </c>
       <c r="B27" t="s">
+        <v>279</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>210</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>280</v>
+      </c>
+      <c r="H27" t="s">
+        <v>281</v>
+      </c>
+      <c r="I27" t="s">
         <v>282</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27" t="s">
+      <c r="J27" t="s">
         <v>283</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="K27" t="s">
         <v>284</v>
       </c>
-      <c r="H27" t="s">
+      <c r="L27" t="s">
+        <v>99</v>
+      </c>
+      <c r="M27" t="s">
+        <v>100</v>
+      </c>
+      <c r="N27" t="s">
+        <v>118</v>
+      </c>
+      <c r="O27" t="s">
+        <v>199</v>
+      </c>
+      <c r="P27" t="s">
         <v>285</v>
-      </c>
-[...22 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>92</v>
       </c>
       <c r="B28" t="s">
+        <v>286</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>287</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>288</v>
+      </c>
+      <c r="H28" t="s">
         <v>289</v>
       </c>
-      <c r="C28" t="s">
-[...11 lines deleted...]
-      <c r="G28" t="s">
+      <c r="I28" t="s">
         <v>290</v>
       </c>
-      <c r="H28" t="s">
+      <c r="J28" t="s">
+        <v>20</v>
+      </c>
+      <c r="K28" t="s">
         <v>291</v>
       </c>
-      <c r="I28" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L28" t="s">
         <v>99</v>
       </c>
       <c r="M28" t="s">
-        <v>111</v>
+        <v>139</v>
       </c>
       <c r="N28" t="s">
         <v>292</v>
       </c>
       <c r="O28" t="s">
         <v>293</v>
       </c>
       <c r="P28" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>92</v>
       </c>
       <c r="B29" t="s">
         <v>295</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
         <v>296</v>
       </c>
       <c r="H29" t="s">
         <v>297</v>
       </c>
       <c r="I29" t="s">
         <v>298</v>
       </c>
       <c r="J29" t="s">
-        <v>192</v>
+        <v>20</v>
       </c>
       <c r="K29" t="s">
-        <v>193</v>
+        <v>299</v>
       </c>
       <c r="L29" t="s">
         <v>99</v>
       </c>
       <c r="M29" t="s">
-        <v>111</v>
+        <v>139</v>
       </c>
       <c r="N29" t="s">
-        <v>174</v>
+        <v>140</v>
       </c>
       <c r="O29" t="s">
-        <v>175</v>
+        <v>141</v>
       </c>
       <c r="P29" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>92</v>
       </c>
       <c r="B30" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>301</v>
+        <v>287</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
         <v>302</v>
       </c>
       <c r="H30" t="s">
         <v>303</v>
       </c>
       <c r="I30" t="s">
+        <v>290</v>
+      </c>
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" t="s">
+        <v>291</v>
+      </c>
+      <c r="L30" t="s">
+        <v>99</v>
+      </c>
+      <c r="M30" t="s">
+        <v>139</v>
+      </c>
+      <c r="N30" t="s">
+        <v>140</v>
+      </c>
+      <c r="O30" t="s">
+        <v>141</v>
+      </c>
+      <c r="P30" t="s">
         <v>304</v>
-      </c>
-[...19 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>92</v>
       </c>
       <c r="B31" t="s">
+        <v>305</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>249</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>306</v>
+      </c>
+      <c r="H31" t="s">
+        <v>307</v>
+      </c>
+      <c r="I31" t="s">
+        <v>308</v>
+      </c>
+      <c r="J31" t="s">
+        <v>20</v>
+      </c>
+      <c r="K31" t="s">
         <v>309</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="L31" t="s">
+        <v>99</v>
+      </c>
+      <c r="M31" t="s">
+        <v>139</v>
+      </c>
+      <c r="N31" t="s">
+        <v>118</v>
+      </c>
+      <c r="O31" t="s">
+        <v>216</v>
+      </c>
+      <c r="P31" t="s">
         <v>310</v>
-      </c>
-[...31 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>92</v>
       </c>
       <c r="B32" t="s">
+        <v>311</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>312</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>313</v>
+      </c>
+      <c r="H32" t="s">
+        <v>314</v>
+      </c>
+      <c r="I32" t="s">
+        <v>315</v>
+      </c>
+      <c r="J32" t="s">
+        <v>175</v>
+      </c>
+      <c r="K32" t="s">
+        <v>176</v>
+      </c>
+      <c r="L32" t="s">
+        <v>99</v>
+      </c>
+      <c r="M32" t="s">
+        <v>139</v>
+      </c>
+      <c r="N32" t="s">
+        <v>101</v>
+      </c>
+      <c r="O32" t="s">
         <v>316</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="P32" t="s">
         <v>317</v>
-      </c>
-[...31 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>92</v>
       </c>
       <c r="B33" t="s">
-        <v>273</v>
+        <v>318</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="H33" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="I33" t="s">
-        <v>320</v>
+        <v>97</v>
       </c>
       <c r="J33" t="s">
-        <v>134</v>
+        <v>322</v>
       </c>
       <c r="K33" t="s">
         <v>40</v>
       </c>
       <c r="L33" t="s">
         <v>99</v>
       </c>
       <c r="M33" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="N33" t="s">
-        <v>279</v>
+        <v>323</v>
       </c>
       <c r="O33" t="s">
-        <v>280</v>
+        <v>324</v>
       </c>
       <c r="P33" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>92</v>
       </c>
       <c r="B34" t="s">
         <v>326</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
+        <v>255</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
         <v>327</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>328</v>
       </c>
-      <c r="H34" t="s">
+      <c r="I34" t="s">
+        <v>229</v>
+      </c>
+      <c r="J34" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" t="s">
+        <v>230</v>
+      </c>
+      <c r="L34" t="s">
+        <v>99</v>
+      </c>
+      <c r="M34" t="s">
+        <v>100</v>
+      </c>
+      <c r="N34" t="s">
         <v>329</v>
       </c>
-      <c r="I34" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="O34" t="s">
-        <v>102</v>
+        <v>330</v>
       </c>
       <c r="P34" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>92</v>
       </c>
       <c r="B35" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>332</v>
+        <v>255</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
         <v>333</v>
       </c>
       <c r="H35" t="s">
         <v>334</v>
       </c>
       <c r="I35" t="s">
-        <v>134</v>
+        <v>335</v>
       </c>
       <c r="J35" t="s">
-        <v>20</v>
+        <v>229</v>
       </c>
       <c r="K35" t="s">
-        <v>40</v>
+        <v>230</v>
       </c>
       <c r="L35" t="s">
         <v>99</v>
       </c>
       <c r="M35" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="N35" t="s">
-        <v>194</v>
+        <v>292</v>
       </c>
       <c r="O35" t="s">
-        <v>335</v>
+        <v>293</v>
       </c>
       <c r="P35" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>92</v>
       </c>
       <c r="B36" t="s">
         <v>337</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
         <v>338</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
         <v>339</v>
       </c>
       <c r="H36" t="s">
         <v>340</v>
       </c>
       <c r="I36" t="s">
+        <v>290</v>
+      </c>
+      <c r="J36" t="s">
+        <v>20</v>
+      </c>
+      <c r="K36" t="s">
+        <v>291</v>
+      </c>
+      <c r="L36" t="s">
+        <v>99</v>
+      </c>
+      <c r="M36" t="s">
+        <v>100</v>
+      </c>
+      <c r="N36" t="s">
         <v>341</v>
       </c>
-      <c r="J36" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="O36" t="s">
-        <v>252</v>
+        <v>342</v>
       </c>
       <c r="P36" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>92</v>
       </c>
       <c r="B37" t="s">
-        <v>343</v>
+        <v>318</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>338</v>
+        <v>262</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
         <v>344</v>
       </c>
       <c r="H37" t="s">
         <v>345</v>
       </c>
       <c r="I37" t="s">
+        <v>265</v>
+      </c>
+      <c r="J37" t="s">
+        <v>98</v>
+      </c>
+      <c r="K37" t="s">
+        <v>40</v>
+      </c>
+      <c r="L37" t="s">
+        <v>99</v>
+      </c>
+      <c r="M37" t="s">
+        <v>100</v>
+      </c>
+      <c r="N37" t="s">
+        <v>323</v>
+      </c>
+      <c r="O37" t="s">
+        <v>324</v>
+      </c>
+      <c r="P37" t="s">
         <v>346</v>
-      </c>
-[...19 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>92</v>
       </c>
       <c r="B38" t="s">
+        <v>347</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
         <v>348</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
         <v>349</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="H38" t="s">
         <v>350</v>
       </c>
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>351</v>
       </c>
-      <c r="I38" t="s">
+      <c r="J38" t="s">
+        <v>283</v>
+      </c>
+      <c r="K38" t="s">
+        <v>284</v>
+      </c>
+      <c r="L38" t="s">
+        <v>99</v>
+      </c>
+      <c r="M38" t="s">
+        <v>100</v>
+      </c>
+      <c r="N38" t="s">
+        <v>101</v>
+      </c>
+      <c r="O38" t="s">
+        <v>316</v>
+      </c>
+      <c r="P38" t="s">
         <v>352</v>
-      </c>
-[...19 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>92</v>
       </c>
       <c r="B39" t="s">
+        <v>353</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>348</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
         <v>354</v>
       </c>
-      <c r="C39" t="s">
-[...11 lines deleted...]
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>355</v>
       </c>
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>356</v>
       </c>
-      <c r="I39" t="s">
+      <c r="J39" t="s">
         <v>357</v>
       </c>
-      <c r="J39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K39" t="s">
-        <v>306</v>
+        <v>358</v>
       </c>
       <c r="L39" t="s">
         <v>99</v>
       </c>
       <c r="M39" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="N39" t="s">
-        <v>194</v>
+        <v>101</v>
       </c>
       <c r="O39" t="s">
-        <v>271</v>
+        <v>316</v>
       </c>
       <c r="P39" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>92</v>
       </c>
       <c r="B40" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="H40" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="I40" t="s">
-        <v>172</v>
+        <v>290</v>
       </c>
       <c r="J40" t="s">
         <v>20</v>
       </c>
       <c r="K40" t="s">
-        <v>173</v>
+        <v>291</v>
       </c>
       <c r="L40" t="s">
         <v>99</v>
       </c>
       <c r="M40" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="N40" t="s">
-        <v>194</v>
+        <v>101</v>
       </c>
       <c r="O40" t="s">
-        <v>239</v>
+        <v>192</v>
       </c>
       <c r="P40" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>92</v>
       </c>
       <c r="B41" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="H41" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="I41" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="J41" t="s">
-        <v>20</v>
+        <v>283</v>
       </c>
       <c r="K41" t="s">
-        <v>369</v>
+        <v>284</v>
       </c>
       <c r="L41" t="s">
         <v>99</v>
       </c>
       <c r="M41" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="N41" t="s">
-        <v>194</v>
+        <v>101</v>
       </c>
       <c r="O41" t="s">
+        <v>102</v>
+      </c>
+      <c r="P41" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>92</v>
       </c>
       <c r="B42" t="s">
+        <v>371</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
         <v>372</v>
       </c>
-      <c r="C42" t="s">
-[...5 lines deleted...]
-      <c r="E42" t="s">
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
         <v>373</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="H42" t="s">
         <v>374</v>
       </c>
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>375</v>
       </c>
-      <c r="I42" t="s">
+      <c r="J42" t="s">
+        <v>214</v>
+      </c>
+      <c r="K42" t="s">
+        <v>215</v>
+      </c>
+      <c r="L42" t="s">
+        <v>99</v>
+      </c>
+      <c r="M42" t="s">
+        <v>100</v>
+      </c>
+      <c r="N42" t="s">
+        <v>101</v>
+      </c>
+      <c r="O42" t="s">
+        <v>231</v>
+      </c>
+      <c r="P42" t="s">
         <v>376</v>
-      </c>
-[...19 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>92</v>
       </c>
       <c r="B43" t="s">
+        <v>377</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>372</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
         <v>378</v>
       </c>
-      <c r="C43" t="s">
-[...11 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>379</v>
       </c>
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>380</v>
       </c>
-      <c r="I43" t="s">
+      <c r="J43" t="s">
+        <v>20</v>
+      </c>
+      <c r="K43" t="s">
         <v>381</v>
       </c>
-      <c r="J43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L43" t="s">
         <v>99</v>
       </c>
       <c r="M43" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="N43" t="s">
-        <v>194</v>
+        <v>101</v>
       </c>
       <c r="O43" t="s">
-        <v>252</v>
+        <v>231</v>
       </c>
       <c r="P43" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>383</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
+        <v>372</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
         <v>384</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="H44" t="s">
         <v>385</v>
       </c>
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>386</v>
       </c>
-      <c r="I44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J44" t="s">
-        <v>20</v>
+        <v>283</v>
       </c>
       <c r="K44" t="s">
-        <v>152</v>
+        <v>284</v>
       </c>
       <c r="L44" t="s">
         <v>99</v>
       </c>
       <c r="M44" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="N44" t="s">
         <v>101</v>
       </c>
       <c r="O44" t="s">
-        <v>102</v>
+        <v>231</v>
       </c>
       <c r="P44" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>92</v>
       </c>
       <c r="B45" t="s">
         <v>388</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>384</v>
+        <v>372</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
         <v>389</v>
       </c>
       <c r="H45" t="s">
         <v>390</v>
       </c>
       <c r="I45" t="s">
-        <v>391</v>
+        <v>369</v>
       </c>
       <c r="J45" t="s">
-        <v>392</v>
+        <v>283</v>
       </c>
       <c r="K45" t="s">
-        <v>166</v>
+        <v>284</v>
       </c>
       <c r="L45" t="s">
         <v>99</v>
       </c>
       <c r="M45" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="N45" t="s">
         <v>101</v>
       </c>
       <c r="O45" t="s">
-        <v>307</v>
+        <v>231</v>
       </c>
       <c r="P45" t="s">
-        <v>393</v>
-[...299 lines deleted...]
-        <v>423</v>
+        <v>391</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>424</v>
+        <v>392</v>
       </c>
       <c r="J1" t="s">
         <v>84</v>
       </c>
       <c r="K1" t="s">
-        <v>425</v>
+        <v>393</v>
       </c>
       <c r="L1" t="s">
         <v>86</v>
       </c>
       <c r="M1" t="s">
         <v>87</v>
       </c>
       <c r="N1" t="s">
-        <v>426</v>
+        <v>394</v>
       </c>
       <c r="O1" t="s">
-        <v>427</v>
+        <v>395</v>
       </c>
       <c r="P1" t="s">
-        <v>428</v>
+        <v>396</v>
       </c>
       <c r="Q1" t="s">
-        <v>429</v>
+        <v>397</v>
       </c>
       <c r="R1" t="s">
         <v>88</v>
       </c>
       <c r="S1" t="s">
-        <v>430</v>
+        <v>398</v>
       </c>
       <c r="T1" t="s">
-        <v>431</v>
+        <v>399</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>432</v>
+        <v>400</v>
       </c>
       <c r="B2" t="s">
-        <v>433</v>
+        <v>401</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>434</v>
+        <v>402</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>435</v>
+        <v>403</v>
       </c>
       <c r="H2" t="s">
-        <v>436</v>
+        <v>404</v>
       </c>
       <c r="I2" t="s">
-        <v>437</v>
+        <v>405</v>
       </c>
       <c r="J2" t="s">
         <v>20</v>
       </c>
       <c r="K2" t="s">
-        <v>438</v>
+        <v>406</v>
       </c>
       <c r="L2" t="s">
-        <v>215</v>
+        <v>176</v>
       </c>
       <c r="M2" t="s">
         <v>99</v>
       </c>
       <c r="N2" t="s">
-        <v>439</v>
+        <v>407</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>440</v>
+        <v>408</v>
       </c>
       <c r="Q2" t="s">
-        <v>441</v>
+        <v>409</v>
       </c>
       <c r="R2" t="s">
-        <v>100</v>
+        <v>139</v>
       </c>
       <c r="S2" t="s">
-        <v>442</v>
+        <v>410</v>
       </c>
       <c r="T2" t="s">
-        <v>443</v>
+        <v>411</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>432</v>
+        <v>400</v>
       </c>
       <c r="B3" t="s">
-        <v>444</v>
+        <v>412</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>445</v>
+        <v>413</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>446</v>
+        <v>414</v>
       </c>
       <c r="H3" t="s">
-        <v>447</v>
+        <v>415</v>
       </c>
       <c r="I3" t="s">
-        <v>437</v>
+        <v>405</v>
       </c>
       <c r="J3" t="s">
         <v>20</v>
       </c>
       <c r="K3" t="s">
-        <v>238</v>
+        <v>191</v>
       </c>
       <c r="L3" t="s">
         <v>51</v>
       </c>
       <c r="M3" t="s">
         <v>99</v>
       </c>
       <c r="N3" t="s">
-        <v>448</v>
+        <v>416</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>440</v>
+        <v>408</v>
       </c>
       <c r="Q3" t="s">
-        <v>449</v>
+        <v>417</v>
       </c>
       <c r="R3" t="s">
-        <v>100</v>
+        <v>139</v>
       </c>
       <c r="S3" t="s">
         <v>52</v>
       </c>
       <c r="T3" t="s">
-        <v>443</v>
+        <v>411</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>432</v>
+        <v>400</v>
       </c>
       <c r="B4" t="s">
-        <v>450</v>
+        <v>418</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>434</v>
+        <v>402</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>451</v>
+        <v>419</v>
       </c>
       <c r="H4" t="s">
-        <v>452</v>
+        <v>420</v>
       </c>
       <c r="I4" t="s">
-        <v>453</v>
+        <v>421</v>
       </c>
       <c r="J4" t="s">
         <v>20</v>
       </c>
       <c r="K4" t="s">
-        <v>454</v>
+        <v>422</v>
       </c>
       <c r="L4" t="s">
         <v>30</v>
       </c>
       <c r="M4" t="s">
         <v>99</v>
       </c>
       <c r="N4" t="s">
-        <v>455</v>
+        <v>423</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>440</v>
+        <v>408</v>
       </c>
       <c r="Q4" t="s">
-        <v>456</v>
+        <v>424</v>
       </c>
       <c r="R4" t="s">
-        <v>100</v>
+        <v>139</v>
       </c>
       <c r="S4" t="s">
         <v>31</v>
       </c>
       <c r="T4" t="s">
-        <v>443</v>
+        <v>411</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>400</v>
+      </c>
+      <c r="B5" t="s">
+        <v>425</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>426</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>427</v>
+      </c>
+      <c r="H5" t="s">
+        <v>428</v>
+      </c>
+      <c r="I5" t="s">
+        <v>405</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
+        <v>184</v>
+      </c>
+      <c r="L5" t="s">
+        <v>185</v>
+      </c>
+      <c r="M5" t="s">
+        <v>99</v>
+      </c>
+      <c r="N5" t="s">
+        <v>429</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>408</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>430</v>
+      </c>
+      <c r="R5" t="s">
+        <v>139</v>
+      </c>
+      <c r="S5" t="s">
+        <v>431</v>
+      </c>
+      <c r="T5" t="s">
         <v>432</v>
-      </c>
-[...55 lines deleted...]
-        <v>464</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>432</v>
+        <v>400</v>
       </c>
       <c r="B6" t="s">
-        <v>465</v>
+        <v>433</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>466</v>
+        <v>434</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>467</v>
+        <v>435</v>
       </c>
       <c r="H6" t="s">
-        <v>468</v>
+        <v>436</v>
       </c>
       <c r="I6" t="s">
-        <v>469</v>
+        <v>437</v>
       </c>
       <c r="J6" t="s">
         <v>20</v>
       </c>
       <c r="K6" t="s">
-        <v>238</v>
+        <v>191</v>
       </c>
       <c r="L6" t="s">
         <v>51</v>
       </c>
       <c r="M6" t="s">
         <v>99</v>
       </c>
       <c r="N6" t="s">
-        <v>470</v>
+        <v>438</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="Q6" t="s">
-        <v>471</v>
+        <v>439</v>
       </c>
       <c r="R6" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="S6" t="s">
-        <v>472</v>
+        <v>440</v>
       </c>
       <c r="T6" t="s">
-        <v>443</v>
+        <v>411</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>432</v>
+        <v>400</v>
       </c>
       <c r="B7" t="s">
-        <v>473</v>
+        <v>441</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>466</v>
+        <v>434</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>474</v>
+        <v>442</v>
       </c>
       <c r="H7" t="s">
-        <v>475</v>
+        <v>443</v>
       </c>
       <c r="I7" t="s">
-        <v>469</v>
+        <v>437</v>
       </c>
       <c r="J7" t="s">
-        <v>476</v>
+        <v>444</v>
       </c>
       <c r="K7" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="L7" t="s">
-        <v>215</v>
+        <v>176</v>
       </c>
       <c r="M7" t="s">
         <v>99</v>
       </c>
       <c r="N7" t="s">
-        <v>470</v>
+        <v>438</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="Q7" t="s">
-        <v>471</v>
+        <v>439</v>
       </c>
       <c r="R7" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="S7" t="s">
-        <v>477</v>
+        <v>445</v>
       </c>
       <c r="T7" t="s">
-        <v>443</v>
+        <v>411</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>432</v>
+        <v>400</v>
       </c>
       <c r="B8" t="s">
-        <v>478</v>
+        <v>446</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>466</v>
+        <v>434</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>479</v>
+        <v>447</v>
       </c>
       <c r="H8" t="s">
-        <v>480</v>
+        <v>448</v>
       </c>
       <c r="I8" t="s">
-        <v>437</v>
+        <v>405</v>
       </c>
       <c r="J8" t="s">
-        <v>481</v>
+        <v>449</v>
       </c>
       <c r="K8" t="s">
-        <v>165</v>
+        <v>283</v>
       </c>
       <c r="L8" t="s">
-        <v>166</v>
+        <v>284</v>
       </c>
       <c r="M8" t="s">
         <v>99</v>
       </c>
       <c r="N8" t="s">
-        <v>470</v>
+        <v>438</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="Q8" t="s">
-        <v>471</v>
+        <v>439</v>
       </c>
       <c r="R8" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="S8" t="s">
-        <v>482</v>
+        <v>450</v>
       </c>
       <c r="T8" t="s">
-        <v>443</v>
+        <v>411</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>