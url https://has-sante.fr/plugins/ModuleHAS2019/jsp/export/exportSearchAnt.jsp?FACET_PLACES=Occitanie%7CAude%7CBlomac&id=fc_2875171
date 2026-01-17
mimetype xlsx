--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -113,51 +113,51 @@
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Institut Médico-Educatif (I.M.E.)</t>
   </si>
   <si>
     <t>110780285</t>
   </si>
   <si>
     <t>IME DE CAPENDU</t>
   </si>
   <si>
     <t>10/09/2025 12:15:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/707_FicheESSMS/fr/ime-de-capendu</t>
   </si>
   <si>
     <t>707_FicheESSMS</t>
   </si>
   <si>
-    <t>8 Avenue De Carcassonne</t>
+    <t>7 Rue Simone Villa</t>
   </si>
   <si>
     <t>11700 CAPENDU</t>
   </si>
   <si>
     <t>CAPENDU</t>
   </si>
   <si>
     <t>110780293</t>
   </si>
   <si>
     <t>SAVS MINERVOIS CORBIERES</t>
   </si>
   <si>
     <t>10/09/2025 12:20:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4504_FicheESSMS/fr/savs-minervois-corbieres</t>
   </si>
   <si>
     <t>4504_FicheESSMS</t>
   </si>
   <si>
     <t>11700 PUICHERIC</t>
   </si>