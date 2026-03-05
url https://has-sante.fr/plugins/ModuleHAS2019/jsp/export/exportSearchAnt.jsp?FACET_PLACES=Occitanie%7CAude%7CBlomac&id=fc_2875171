--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -101,114 +101,114 @@
   <si>
     <t>3 Rue Du Progres</t>
   </si>
   <si>
     <t>11700 PEPIEUX</t>
   </si>
   <si>
     <t>PEPIEUX</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Institut Médico-Educatif (I.M.E.)</t>
   </si>
   <si>
     <t>110780285</t>
   </si>
   <si>
+    <t>EANM PUICHERIC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4503_FicheESSMS/fr/eanm-puicheric</t>
+  </si>
+  <si>
+    <t>4503_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11700 PUICHERIC</t>
+  </si>
+  <si>
+    <t>PUICHERIC</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>110781150</t>
+  </si>
+  <si>
     <t>IME DE CAPENDU</t>
   </si>
   <si>
     <t>10/09/2025 12:15:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/707_FicheESSMS/fr/ime-de-capendu</t>
   </si>
   <si>
     <t>707_FicheESSMS</t>
   </si>
   <si>
     <t>7 Rue Simone Villa</t>
   </si>
   <si>
     <t>11700 CAPENDU</t>
   </si>
   <si>
     <t>CAPENDU</t>
   </si>
   <si>
     <t>110780293</t>
   </si>
   <si>
     <t>SAVS MINERVOIS CORBIERES</t>
   </si>
   <si>
-    <t>10/09/2025 12:20:46</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/4504_FicheESSMS/fr/savs-minervois-corbieres</t>
   </si>
   <si>
     <t>4504_FicheESSMS</t>
   </si>
   <si>
-    <t>11700 PUICHERIC</t>
-[...7 lines deleted...]
-  <si>
     <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
   </si>
   <si>
     <t>110009883</t>
-  </si>
-[...13 lines deleted...]
-    <t>110781150</t>
   </si>
   <si>
     <t>EANM CAPENDU</t>
   </si>
   <si>
     <t>10/09/2025 12:28:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13237_FicheESSMS/fr/eanm-capendu</t>
   </si>
   <si>
     <t>13237_FicheESSMS</t>
   </si>
   <si>
     <t>9 Lotissement Les Muriers</t>
   </si>
   <si>
     <t>110786019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -368,214 +368,214 @@
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
         <v>32</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="I3" t="s">
         <v>34</v>
       </c>
       <c r="J3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K3" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>25</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O3" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J4" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="L4" t="s">
         <v>25</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="P4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
         <v>49</v>
       </c>
       <c r="I5" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="L5" t="s">
         <v>25</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="O5" t="s">
         <v>50</v>
       </c>
       <c r="P5" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>53</v>
       </c>
       <c r="F6" t="s">
         <v>18</v>
       </c>
       <c r="G6" t="s">
         <v>54</v>
       </c>
       <c r="H6" t="s">
         <v>55</v>
       </c>
       <c r="I6" t="s">
         <v>56</v>
       </c>
       <c r="J6" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="K6" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="L6" t="s">
         <v>25</v>
       </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="O6" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="P6" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>