--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="341" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="341" uniqueCount="160">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -185,53 +185,50 @@
   <si>
     <t>Salim</t>
   </si>
   <si>
     <t>12 September 2024</t>
   </si>
   <si>
     <t>Docteur Jouan AZIZ</t>
   </si>
   <si>
     <t>19/07/2024 15:31:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3532037/fr/docteur-jouan-aziz</t>
   </si>
   <si>
     <t>p_3532037</t>
   </si>
   <si>
     <t>AZIZ</t>
   </si>
   <si>
     <t>Jouan</t>
   </si>
   <si>
-    <t>18 July 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>HOPITAL PRIVE DU GRAND NARBONNE,POLYCL MONTREAL CARCASSONNE</t>
   </si>
   <si>
     <t>11100,11890</t>
   </si>
   <si>
     <t>MONTREDON DES CORBIERES,CARCASSONNE CEDEX 9</t>
   </si>
   <si>
     <t>110780228,110780483</t>
   </si>
   <si>
     <t>Docteur JULIEN HEMMER</t>
   </si>
   <si>
     <t>20/04/2023 10:32:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3429326/fr/docteur-julien-hemmer</t>
   </si>
   <si>
     <t>p_3429326</t>
   </si>
   <si>
     <t>HEMMER</t>
@@ -266,116 +263,107 @@
   <si>
     <t>11010</t>
   </si>
   <si>
     <t>110000023</t>
   </si>
   <si>
     <t>Docteur MARIA TEODORA TOCACIU</t>
   </si>
   <si>
     <t>06/04/2020 10:31:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3169754/fr/docteur-maria-teodora-tocaciu</t>
   </si>
   <si>
     <t>p_3169754</t>
   </si>
   <si>
     <t>TOCACIU</t>
   </si>
   <si>
     <t>MARIA TEODORA</t>
   </si>
   <si>
-    <t>01 April 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Jean michel ROUILLON</t>
   </si>
   <si>
     <t>15/05/2017 17:41:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2768112/fr/docteur-jean-michel-rouillon</t>
   </si>
   <si>
     <t>c_2768112</t>
   </si>
   <si>
     <t>ROUILLON</t>
   </si>
   <si>
     <t>Jean michel</t>
   </si>
   <si>
-    <t>01 April 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Philippe MALAVIALLE</t>
   </si>
   <si>
     <t>17/01/2017 17:31:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2739486/fr/docteur-philippe-malavialle</t>
   </si>
   <si>
     <t>c_2739486</t>
   </si>
   <si>
     <t>MALAVIALLE</t>
   </si>
   <si>
     <t>Philippe</t>
   </si>
   <si>
     <t>14 September 2023</t>
   </si>
   <si>
     <t>Docteur Thierry LE TIEC</t>
   </si>
   <si>
     <t>08/11/2016 11:30:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708730/fr/docteur-thierry-le-tiec</t>
   </si>
   <si>
     <t>c_2708730</t>
   </si>
   <si>
     <t>LE TIEC</t>
   </si>
   <si>
     <t>Thierry</t>
   </si>
   <si>
-    <t>29 December 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur François DAGUES</t>
   </si>
   <si>
     <t>08/11/2016 11:31:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709322/fr/docteur-francois-dagues</t>
   </si>
   <si>
     <t>c_2709322</t>
   </si>
   <si>
     <t>DAGUES</t>
   </si>
   <si>
     <t>François</t>
   </si>
   <si>
     <t>21 December 2023</t>
   </si>
   <si>
     <t>CH CARCASSONNE,POLYCL MONTREAL CARCASSONNE</t>
   </si>
   <si>
     <t>11010,11890</t>
@@ -401,147 +389,150 @@
   <si>
     <t>VAVDIN</t>
   </si>
   <si>
     <t>Frederic</t>
   </si>
   <si>
     <t>Docteur Dominique SIMON</t>
   </si>
   <si>
     <t>08/11/2016 11:33:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711227/fr/docteur-dominique-simon</t>
   </si>
   <si>
     <t>c_2711227</t>
   </si>
   <si>
     <t>SIMON</t>
   </si>
   <si>
     <t>Dominique</t>
   </si>
   <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>Docteur Stephane VIALE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711701/fr/docteur-stephane-viale</t>
+  </si>
+  <si>
+    <t>c_2711701</t>
+  </si>
+  <si>
+    <t>VIALE</t>
+  </si>
+  <si>
+    <t>Stephane</t>
+  </si>
+  <si>
+    <t>Docteur Emile NINI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712276/fr/docteur-emile-nini</t>
+  </si>
+  <si>
+    <t>c_2712276</t>
+  </si>
+  <si>
+    <t>NINI</t>
+  </si>
+  <si>
+    <t>Emile</t>
+  </si>
+  <si>
+    <t>23 November 2023</t>
+  </si>
+  <si>
+    <t>Docteur Gérald LE BARTZ</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712291/fr/docteur-gerald-le-bartz</t>
+  </si>
+  <si>
+    <t>c_2712291</t>
+  </si>
+  <si>
+    <t>LE BARTZ</t>
+  </si>
+  <si>
+    <t>Gérald</t>
+  </si>
+  <si>
+    <t>Docteur Vincent LEHUT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712348/fr/docteur-vincent-lehut</t>
+  </si>
+  <si>
+    <t>c_2712348</t>
+  </si>
+  <si>
+    <t>LEHUT</t>
+  </si>
+  <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>19 October 2023</t>
+  </si>
+  <si>
+    <t>Docteur Helene CLAUSEL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712438/fr/docteur-helene-clausel</t>
+  </si>
+  <si>
+    <t>c_2712438</t>
+  </si>
+  <si>
+    <t>CLAUSEL</t>
+  </si>
+  <si>
+    <t>Helene</t>
+  </si>
+  <si>
     <t>21 October 2021</t>
-  </si>
-[...94 lines deleted...]
-    <t>Helene</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -875,835 +866,835 @@
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>54</v>
       </c>
       <c r="H6" t="s">
         <v>55</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
         <v>56</v>
       </c>
       <c r="L6" t="s">
         <v>57</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
         <v>58</v>
       </c>
-      <c r="O6" t="s">
+      <c r="P6" t="s">
         <v>59</v>
       </c>
-      <c r="P6" t="s">
+      <c r="Q6" t="s">
         <v>60</v>
       </c>
-      <c r="Q6" t="s">
+      <c r="R6" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
         <v>63</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
         <v>64</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>65</v>
       </c>
-      <c r="H7" t="s">
+      <c r="I7" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J7" t="s">
+        <v>24</v>
+      </c>
+      <c r="K7" t="s">
         <v>66</v>
       </c>
-      <c r="I7" t="n">
-[...5 lines deleted...]
-      <c r="K7" t="s">
+      <c r="L7" t="s">
         <v>67</v>
       </c>
-      <c r="L7" t="s">
+      <c r="M7" t="s">
+        <v>20</v>
+      </c>
+      <c r="N7" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7" t="s">
         <v>29</v>
       </c>
       <c r="Q7" t="s">
         <v>30</v>
       </c>
       <c r="R7" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
         <v>70</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
         <v>71</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>72</v>
       </c>
-      <c r="H8" t="s">
+      <c r="I8" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J8" t="s">
+        <v>24</v>
+      </c>
+      <c r="K8" t="s">
         <v>73</v>
       </c>
-      <c r="I8" t="n">
-[...5 lines deleted...]
-      <c r="K8" t="s">
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>20</v>
+      </c>
+      <c r="N8" t="s">
         <v>74</v>
       </c>
-      <c r="L8" t="s">
-[...5 lines deleted...]
-      <c r="N8" t="s">
+      <c r="O8" t="s">
         <v>75</v>
       </c>
-      <c r="O8" t="s">
+      <c r="P8" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="Q8" t="s">
         <v>30</v>
       </c>
       <c r="R8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
         <v>79</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
         <v>80</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>81</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J9" t="s">
+        <v>24</v>
+      </c>
+      <c r="K9" t="s">
         <v>82</v>
       </c>
-      <c r="I9" t="n">
-[...5 lines deleted...]
-      <c r="K9" t="s">
+      <c r="L9" t="s">
         <v>83</v>
       </c>
-      <c r="L9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>85</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9" t="s">
         <v>29</v>
       </c>
       <c r="Q9" t="s">
         <v>30</v>
       </c>
       <c r="R9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>85</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
         <v>86</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>87</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="I10" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K10" t="s">
         <v>88</v>
       </c>
-      <c r="H10" t="s">
+      <c r="L10" t="s">
         <v>89</v>
       </c>
-      <c r="I10" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
       <c r="P10" t="s">
         <v>29</v>
       </c>
       <c r="Q10" t="s">
         <v>30</v>
       </c>
       <c r="R10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>91</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>92</v>
+      </c>
+      <c r="H11" t="s">
         <v>93</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="I11" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J11" t="s">
+        <v>24</v>
+      </c>
+      <c r="K11" t="s">
         <v>94</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="L11" t="s">
         <v>95</v>
       </c>
-      <c r="H11" t="s">
+      <c r="M11" t="s">
+        <v>20</v>
+      </c>
+      <c r="N11" t="s">
         <v>96</v>
-      </c>
-[...16 lines deleted...]
-        <v>99</v>
       </c>
       <c r="O11" t="s">
         <v>28</v>
       </c>
       <c r="P11" t="s">
         <v>29</v>
       </c>
       <c r="Q11" t="s">
         <v>30</v>
       </c>
       <c r="R11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>98</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>99</v>
+      </c>
+      <c r="H12" t="s">
         <v>100</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="I12" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J12" t="s">
+        <v>24</v>
+      </c>
+      <c r="K12" t="s">
         <v>101</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="L12" t="s">
         <v>102</v>
       </c>
-      <c r="H12" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>106</v>
+        <v>44</v>
       </c>
       <c r="O12" t="s">
         <v>28</v>
       </c>
       <c r="P12" t="s">
         <v>29</v>
       </c>
       <c r="Q12" t="s">
         <v>30</v>
       </c>
       <c r="R12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>104</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>105</v>
+      </c>
+      <c r="H13" t="s">
+        <v>106</v>
+      </c>
+      <c r="I13" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J13" t="s">
+        <v>24</v>
+      </c>
+      <c r="K13" t="s">
         <v>107</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="L13" t="s">
         <v>108</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="M13" t="s">
+        <v>20</v>
+      </c>
+      <c r="N13" t="s">
         <v>109</v>
       </c>
-      <c r="H13" t="s">
+      <c r="O13" t="s">
         <v>110</v>
       </c>
-      <c r="I13" t="n">
-[...5 lines deleted...]
-      <c r="K13" t="s">
+      <c r="P13" t="s">
         <v>111</v>
       </c>
-      <c r="L13" t="s">
+      <c r="Q13" t="s">
         <v>112</v>
       </c>
-      <c r="M13" t="s">
-[...2 lines deleted...]
-      <c r="N13" t="s">
+      <c r="R13" t="s">
         <v>113</v>
-      </c>
-[...10 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>115</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>116</v>
+      </c>
+      <c r="H14" t="s">
+        <v>117</v>
+      </c>
+      <c r="I14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J14" t="s">
+        <v>24</v>
+      </c>
+      <c r="K14" t="s">
         <v>118</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="L14" t="s">
         <v>119</v>
       </c>
-      <c r="F14" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="O14" t="s">
         <v>28</v>
       </c>
       <c r="P14" t="s">
         <v>29</v>
       </c>
       <c r="Q14" t="s">
         <v>30</v>
       </c>
       <c r="R14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>121</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>122</v>
+      </c>
+      <c r="H15" t="s">
+        <v>123</v>
+      </c>
+      <c r="I15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J15" t="s">
+        <v>24</v>
+      </c>
+      <c r="K15" t="s">
         <v>124</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="L15" t="s">
         <v>125</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="M15" t="s">
+        <v>20</v>
+      </c>
+      <c r="N15" t="s">
         <v>126</v>
-      </c>
-[...19 lines deleted...]
-        <v>130</v>
       </c>
       <c r="O15" t="s">
         <v>28</v>
       </c>
       <c r="P15" t="s">
         <v>29</v>
       </c>
       <c r="Q15" t="s">
         <v>30</v>
       </c>
       <c r="R15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>128</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>129</v>
+      </c>
+      <c r="H16" t="s">
+        <v>130</v>
+      </c>
+      <c r="I16" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K16" t="s">
         <v>131</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="L16" t="s">
         <v>132</v>
       </c>
-      <c r="F16" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
+        <v>109</v>
+      </c>
+      <c r="O16" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>112</v>
+      </c>
+      <c r="R16" t="s">
         <v>113</v>
-      </c>
-[...10 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>134</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>135</v>
+      </c>
+      <c r="H17" t="s">
+        <v>136</v>
+      </c>
+      <c r="I17" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J17" t="s">
+        <v>24</v>
+      </c>
+      <c r="K17" t="s">
         <v>137</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="L17" t="s">
         <v>138</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="M17" t="s">
+        <v>20</v>
+      </c>
+      <c r="N17" t="s">
         <v>139</v>
       </c>
-      <c r="H17" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="O17" t="s">
+        <v>75</v>
+      </c>
+      <c r="P17" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="Q17" t="s">
         <v>30</v>
       </c>
       <c r="R17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
+        <v>140</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>141</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>142</v>
+      </c>
+      <c r="H18" t="s">
+        <v>143</v>
+      </c>
+      <c r="I18" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J18" t="s">
+        <v>24</v>
+      </c>
+      <c r="K18" t="s">
         <v>144</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="L18" t="s">
         <v>145</v>
       </c>
-      <c r="F18" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="O18" t="s">
         <v>28</v>
       </c>
       <c r="P18" t="s">
         <v>29</v>
       </c>
       <c r="Q18" t="s">
         <v>30</v>
       </c>
       <c r="R18" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>147</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>148</v>
+      </c>
+      <c r="H19" t="s">
+        <v>149</v>
+      </c>
+      <c r="I19" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J19" t="s">
+        <v>24</v>
+      </c>
+      <c r="K19" t="s">
         <v>150</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="L19" t="s">
         <v>151</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="M19" t="s">
+        <v>20</v>
+      </c>
+      <c r="N19" t="s">
         <v>152</v>
-      </c>
-[...19 lines deleted...]
-        <v>156</v>
       </c>
       <c r="O19" t="s">
         <v>28</v>
       </c>
       <c r="P19" t="s">
         <v>29</v>
       </c>
       <c r="Q19" t="s">
         <v>30</v>
       </c>
       <c r="R19" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
+        <v>153</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>154</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>155</v>
+      </c>
+      <c r="H20" t="s">
+        <v>156</v>
+      </c>
+      <c r="I20" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J20" t="s">
+        <v>24</v>
+      </c>
+      <c r="K20" t="s">
         <v>157</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="L20" t="s">
         <v>158</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="M20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N20" t="s">
         <v>159</v>
-      </c>
-[...19 lines deleted...]
-        <v>130</v>
       </c>
       <c r="O20" t="s">
         <v>28</v>
       </c>
       <c r="P20" t="s">
         <v>29</v>
       </c>
       <c r="Q20" t="s">
         <v>30</v>
       </c>
       <c r="R20" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>