--- v0 (2026-01-17)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
     <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="524" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="428" uniqueCount="207">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -65,630 +65,516 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
-    <t>DITEP  SAINT PIERRE MILLEGRAND-MO</t>
+    <t>ADSEA SERVICE AEMO</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>16/11/2025 16:18:11</t>
-[...5 lines deleted...]
-    <t>14700_FicheESSMS</t>
+    <t>19/02/2026 05:09:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15891_FicheESSMS/fr/adsea-service-aemo</t>
+  </si>
+  <si>
+    <t>15891_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Gabarres</t>
   </si>
   <si>
     <t>11000 CARCASSONNE</t>
   </si>
   <si>
     <t>CARCASSONNE</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
-    <t>Personne en situation de handicap enfant</t>
-[...20 lines deleted...]
-    <t>46 Rue Antoine Marty</t>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>110006244</t>
+  </si>
+  <si>
+    <t>SIE-SERVICE INVESTIGATION  EDUCATIVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15890_FicheESSMS/fr/sie-service-investigation-educative</t>
+  </si>
+  <si>
+    <t>15890_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Garbarres</t>
+  </si>
+  <si>
+    <t>Service d'Investigation Educative</t>
+  </si>
+  <si>
+    <t>110791415</t>
+  </si>
+  <si>
+    <t>ESAT CARCASSONNE CASTELNAUDARY</t>
+  </si>
+  <si>
+    <t>02/02/2026 05:02:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15816_FicheESSMS/fr/esat-carcassonne-castelnaudary</t>
+  </si>
+  <si>
+    <t>15816_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Michel Faraday</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>110786647</t>
+  </si>
+  <si>
+    <t>SAVS CARCASSONNE / NARBONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/142_FicheESSMS/fr/savs-carcassonne-/-narbonne</t>
+  </si>
+  <si>
+    <t>142_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Rue Seville</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>110789427</t>
+  </si>
+  <si>
+    <t>CAARUD ASM CARCASSONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1137_FicheESSMS/fr/caarud-asm-carcassonne</t>
+  </si>
+  <si>
+    <t>1137_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>110004603</t>
+  </si>
+  <si>
+    <t>AUDE URGENCE ACCUEIL AGAPE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4557_FicheESSMS/fr/aude-urgence-accueil-agape</t>
+  </si>
+  <si>
+    <t>4557_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Place Joseph Poux</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>110791811</t>
+  </si>
+  <si>
+    <t>CSAPA ASM CARCASSONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5567_FicheESSMS/fr/csapa-asm-carcassonne</t>
+  </si>
+  <si>
+    <t>5567_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Rue Pierre Germain</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>110002672</t>
+  </si>
+  <si>
+    <t>SAVS APF AUDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2715_FicheESSMS/fr/savs-apf-aude</t>
+  </si>
+  <si>
+    <t>2715_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Allée Gutenberg</t>
+  </si>
+  <si>
+    <t>110004348</t>
+  </si>
+  <si>
+    <t>SAMSAH APF AUDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2714_FicheESSMS/fr/samsah-apf-aude</t>
+  </si>
+  <si>
+    <t>2714_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>110005212</t>
+  </si>
+  <si>
+    <t>CADA FAOL CARCASSONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3099_FicheESSMS/fr/cada-faol-carcassonne</t>
+  </si>
+  <si>
+    <t>3099_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Avenue Jules Verne</t>
+  </si>
+  <si>
+    <t>11880 CARCASSONNE CEDEX 9</t>
+  </si>
+  <si>
+    <t>CARCASSONNE CEDEX 9</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>110005022</t>
+  </si>
+  <si>
+    <t>CPH FAOL CARCASSONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7930_FicheESSMS/fr/cph-faol-carcassonne</t>
+  </si>
+  <si>
+    <t>7930_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Buffon</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>110005477</t>
+  </si>
+  <si>
+    <t>SAADF GDAAF SERVICE TISF -MAESF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6448_FicheESSMS/fr/saadf-gdaaf-service-tisf-maesf</t>
+  </si>
+  <si>
+    <t>6448_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Impasse Des Caroubiers</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'aide et d'accompagnement à domicile aux familles</t>
+  </si>
+  <si>
+    <t>110006236</t>
+  </si>
+  <si>
+    <t>UDAF 11</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7692_FicheESSMS/fr/udaf-11</t>
+  </si>
+  <si>
+    <t>7692_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11890 CARCASSONNE CEDEX 9</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>110005725</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7691_FicheESSMS/fr/udaf-11</t>
+  </si>
+  <si>
+    <t>7691_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>110005733</t>
+  </si>
+  <si>
+    <t>AUX TROIS SERVICES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9303_FicheESSMS/fr/aux-trois-services</t>
+  </si>
+  <si>
+    <t>9303_FicheESSMS</t>
+  </si>
+  <si>
+    <t>865 Boulevard Denis Papin</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>110008372</t>
+  </si>
+  <si>
+    <t>ATDI 11</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9622_FicheESSMS/fr/atdi-11</t>
+  </si>
+  <si>
+    <t>9622_FicheESSMS</t>
+  </si>
+  <si>
+    <t>335 Boulevard Joseph Gay Lussac</t>
+  </si>
+  <si>
+    <t>110005741</t>
+  </si>
+  <si>
+    <t>EHPAD RÉSIDENCE LES BERGES DU CANAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12229_FicheESSMS/fr/ehpad-residence-les-berges-du-canal</t>
+  </si>
+  <si>
+    <t>12229_FicheESSMS</t>
+  </si>
+  <si>
+    <t>78 Route Minervoise</t>
+  </si>
+  <si>
+    <t>11022 CARCASSONNE</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>110002623</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU SUD CARCASSONNE</t>
+  </si>
+  <si>
+    <t>22/05/2025 15:35:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/269_FicheEtablissement/fr/cl-du-sud-carcassonne</t>
+  </si>
+  <si>
+    <t>269_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>0468110549</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>110003118</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER CARCASSONNE ANTOINE GAYRAUD</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/262_FicheEtablissement/fr/ch-carcassonne</t>
+  </si>
+  <si>
+    <t>262_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>1060 Chemin De La Madeleine</t>
+  </si>
+  <si>
+    <t>11010 CARCASSONNE CEDEX 9</t>
+  </si>
+  <si>
+    <t>0468242010</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
-  </si>
-[...526 lines deleted...]
-    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>110000023</t>
   </si>
   <si>
     <t>USLD LES RIVES D'ODE CH CARCASSONNE (EX PONT VIEUX)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/276_FicheEtablissement/fr/usld-les-rives-d-ode-ch-carcassonne</t>
   </si>
   <si>
     <t>276_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Joseph Anglade</t>
   </si>
   <si>
     <t>0468242009</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>110006137</t>
   </si>
@@ -797,51 +683,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P24"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -882,1612 +768,1312 @@
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>18</v>
       </c>
       <c r="E2" t="s">
         <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>18</v>
       </c>
       <c r="G2" t="s">
         <v>20</v>
       </c>
       <c r="H2" t="s">
         <v>21</v>
       </c>
       <c r="I2" t="s">
         <v>22</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
         <v>31</v>
       </c>
       <c r="H3" t="s">
         <v>32</v>
       </c>
       <c r="I3" t="s">
         <v>33</v>
       </c>
       <c r="J3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
         <v>34</v>
       </c>
-      <c r="N3" t="s">
+      <c r="P3" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" t="s">
+        <v>37</v>
+      </c>
+      <c r="F4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" t="s">
         <v>38</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>39</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="I4" t="s">
         <v>40</v>
       </c>
-      <c r="H4" t="s">
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
         <v>41</v>
       </c>
-      <c r="I4" t="s">
+      <c r="O4" t="s">
         <v>42</v>
       </c>
-      <c r="J4" t="s">
-[...14 lines deleted...]
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" t="s">
         <v>45</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" t="s">
         <v>46</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>47</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>48</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>41</v>
+      </c>
+      <c r="O5" t="s">
         <v>49</v>
       </c>
-      <c r="J5" t="s">
-[...14 lines deleted...]
-      <c r="O5" t="s">
+      <c r="P5" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>52</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" t="s">
         <v>53</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>54</v>
       </c>
-      <c r="H6" t="s">
+      <c r="I6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>25</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
         <v>55</v>
       </c>
-      <c r="I6" t="s">
+      <c r="O6" t="s">
         <v>56</v>
       </c>
-      <c r="J6" t="s">
-[...11 lines deleted...]
-      <c r="N6" t="s">
+      <c r="P6" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" t="s">
         <v>60</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>61</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="I7" t="s">
         <v>62</v>
       </c>
-      <c r="H7" t="s">
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>25</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
         <v>63</v>
       </c>
-      <c r="I7" t="s">
-[...14 lines deleted...]
-      <c r="N7" t="s">
+      <c r="O7" t="s">
         <v>64</v>
       </c>
-      <c r="O7" t="s">
+      <c r="P7" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
         <v>67</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" t="s">
         <v>68</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>69</v>
       </c>
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>70</v>
       </c>
-      <c r="I8" t="s">
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>25</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>55</v>
+      </c>
+      <c r="O8" t="s">
         <v>71</v>
-      </c>
-[...16 lines deleted...]
-        <v>58</v>
       </c>
       <c r="P8" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
         <v>73</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="F9" t="s">
         <v>18</v>
       </c>
       <c r="G9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="I9" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="J9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="O9" t="s">
-        <v>76</v>
+        <v>49</v>
       </c>
       <c r="P9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="F10" t="s">
         <v>18</v>
       </c>
       <c r="G10" t="s">
         <v>80</v>
       </c>
       <c r="H10" t="s">
         <v>81</v>
       </c>
       <c r="I10" t="s">
+        <v>77</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>25</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>41</v>
+      </c>
+      <c r="O10" t="s">
         <v>82</v>
       </c>
-      <c r="J10" t="s">
+      <c r="P10" t="s">
         <v>83</v>
-      </c>
-[...16 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" t="s">
+        <v>85</v>
+      </c>
+      <c r="F11" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" t="s">
+        <v>86</v>
+      </c>
+      <c r="H11" t="s">
+        <v>87</v>
+      </c>
+      <c r="I11" t="s">
         <v>88</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="J11" t="s">
         <v>89</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="K11" t="s">
         <v>90</v>
       </c>
-      <c r="H11" t="s">
+      <c r="L11" t="s">
+        <v>25</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>63</v>
+      </c>
+      <c r="O11" t="s">
         <v>91</v>
       </c>
-      <c r="I11" t="s">
+      <c r="P11" t="s">
         <v>92</v>
-      </c>
-[...19 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" t="s">
+        <v>94</v>
+      </c>
+      <c r="F12" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" t="s">
         <v>95</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="H12" t="s">
         <v>96</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="I12" t="s">
         <v>97</v>
       </c>
-      <c r="H12" t="s">
+      <c r="J12" t="s">
+        <v>89</v>
+      </c>
+      <c r="K12" t="s">
+        <v>90</v>
+      </c>
+      <c r="L12" t="s">
+        <v>25</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>63</v>
+      </c>
+      <c r="O12" t="s">
         <v>98</v>
       </c>
-      <c r="I12" t="s">
+      <c r="P12" t="s">
         <v>99</v>
-      </c>
-[...19 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" t="s">
         <v>101</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" t="s">
         <v>102</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>103</v>
       </c>
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>104</v>
       </c>
-      <c r="I13" t="s">
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>25</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
         <v>105</v>
-      </c>
-[...13 lines deleted...]
-        <v>64</v>
       </c>
       <c r="O13" t="s">
         <v>106</v>
       </c>
       <c r="P13" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
         <v>108</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
         <v>109</v>
       </c>
       <c r="F14" t="s">
         <v>18</v>
       </c>
       <c r="G14" t="s">
         <v>110</v>
       </c>
       <c r="H14" t="s">
         <v>111</v>
       </c>
       <c r="I14" t="s">
         <v>112</v>
       </c>
       <c r="J14" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K14" t="s">
-        <v>23</v>
+        <v>90</v>
       </c>
       <c r="L14" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M14" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
         <v>113</v>
       </c>
-      <c r="O14" t="s">
+      <c r="P14" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>18</v>
+      </c>
+      <c r="E15" t="s">
+        <v>109</v>
+      </c>
+      <c r="F15" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" t="s">
+        <v>115</v>
+      </c>
+      <c r="H15" t="s">
         <v>116</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="I15" t="s">
+        <v>112</v>
+      </c>
+      <c r="J15" t="s">
+        <v>18</v>
+      </c>
+      <c r="K15" t="s">
+        <v>90</v>
+      </c>
+      <c r="L15" t="s">
+        <v>25</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
         <v>117</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="O15" t="s">
         <v>118</v>
       </c>
-      <c r="H15" t="s">
+      <c r="P15" t="s">
         <v>119</v>
-      </c>
-[...22 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>18</v>
+      </c>
+      <c r="E16" t="s">
+        <v>121</v>
+      </c>
+      <c r="F16" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" t="s">
+        <v>122</v>
+      </c>
+      <c r="H16" t="s">
+        <v>123</v>
+      </c>
+      <c r="I16" t="s">
+        <v>124</v>
+      </c>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>25</v>
+      </c>
+      <c r="M16" t="s">
         <v>125</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="N16" t="s">
+        <v>105</v>
+      </c>
+      <c r="O16" t="s">
         <v>126</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="P16" t="s">
         <v>127</v>
-      </c>
-[...25 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F17" t="s">
         <v>18</v>
       </c>
       <c r="G17" t="s">
+        <v>130</v>
+      </c>
+      <c r="H17" t="s">
+        <v>131</v>
+      </c>
+      <c r="I17" t="s">
         <v>132</v>
       </c>
-      <c r="H17" t="s">
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>25</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>117</v>
+      </c>
+      <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
         <v>133</v>
-      </c>
-[...22 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E18" t="s">
+        <v>135</v>
+      </c>
+      <c r="F18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" t="s">
+        <v>136</v>
+      </c>
+      <c r="H18" t="s">
         <v>137</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="I18" t="s">
         <v>138</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="J18" t="s">
         <v>139</v>
       </c>
-      <c r="H18" t="s">
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>25</v>
+      </c>
+      <c r="M18" t="s">
+        <v>125</v>
+      </c>
+      <c r="N18" t="s">
         <v>140</v>
       </c>
-      <c r="I18" t="s">
+      <c r="O18" t="s">
         <v>141</v>
       </c>
-      <c r="J18" t="s">
-[...14 lines deleted...]
-      <c r="O18" t="s">
+      <c r="P18" t="s">
         <v>142</v>
-      </c>
-[...301 lines deleted...]
-        <v>181</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>182</v>
+        <v>143</v>
       </c>
       <c r="J1" t="s">
         <v>8</v>
       </c>
       <c r="K1" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="L1" t="s">
         <v>10</v>
       </c>
       <c r="M1" t="s">
         <v>11</v>
       </c>
       <c r="N1" t="s">
-        <v>184</v>
+        <v>145</v>
       </c>
       <c r="O1" t="s">
-        <v>185</v>
+        <v>146</v>
       </c>
       <c r="P1" t="s">
-        <v>186</v>
+        <v>147</v>
       </c>
       <c r="Q1" t="s">
-        <v>187</v>
+        <v>148</v>
       </c>
       <c r="R1" t="s">
         <v>12</v>
       </c>
       <c r="S1" t="s">
-        <v>188</v>
+        <v>149</v>
       </c>
       <c r="T1" t="s">
-        <v>189</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>190</v>
+        <v>151</v>
       </c>
       <c r="B2" t="s">
-        <v>191</v>
+        <v>152</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>18</v>
       </c>
       <c r="E2" t="s">
-        <v>192</v>
+        <v>153</v>
       </c>
       <c r="F2" t="s">
         <v>18</v>
       </c>
       <c r="G2" t="s">
-        <v>193</v>
+        <v>154</v>
       </c>
       <c r="H2" t="s">
-        <v>194</v>
+        <v>155</v>
       </c>
       <c r="I2" t="s">
-        <v>195</v>
+        <v>156</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="N2" t="s">
-        <v>196</v>
+        <v>157</v>
       </c>
       <c r="O2" t="s">
         <v>18</v>
       </c>
       <c r="P2" t="s">
-        <v>197</v>
+        <v>158</v>
       </c>
       <c r="Q2" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="R2" t="s">
-        <v>197</v>
+        <v>158</v>
       </c>
       <c r="S2" t="s">
-        <v>199</v>
+        <v>160</v>
       </c>
       <c r="T2" t="s">
-        <v>200</v>
+        <v>161</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>190</v>
+        <v>151</v>
       </c>
       <c r="B3" t="s">
-        <v>201</v>
+        <v>162</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>202</v>
+        <v>163</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
-        <v>203</v>
+        <v>164</v>
       </c>
       <c r="H3" t="s">
-        <v>204</v>
+        <v>165</v>
       </c>
       <c r="I3" t="s">
-        <v>205</v>
+        <v>166</v>
       </c>
       <c r="J3" t="s">
-        <v>206</v>
+        <v>167</v>
       </c>
       <c r="K3" t="s">
-        <v>207</v>
+        <v>168</v>
       </c>
       <c r="L3" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="M3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="N3" t="s">
-        <v>208</v>
+        <v>169</v>
       </c>
       <c r="O3" t="s">
         <v>18</v>
       </c>
       <c r="P3" t="s">
-        <v>209</v>
+        <v>170</v>
       </c>
       <c r="Q3" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="R3" t="s">
-        <v>34</v>
+        <v>172</v>
       </c>
       <c r="S3" t="s">
-        <v>211</v>
+        <v>173</v>
       </c>
       <c r="T3" t="s">
-        <v>200</v>
+        <v>161</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>190</v>
+        <v>151</v>
       </c>
       <c r="B4" t="s">
-        <v>212</v>
+        <v>174</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>202</v>
+        <v>163</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
-        <v>213</v>
+        <v>175</v>
       </c>
       <c r="H4" t="s">
-        <v>214</v>
+        <v>176</v>
       </c>
       <c r="I4" t="s">
-        <v>195</v>
+        <v>156</v>
       </c>
       <c r="J4" t="s">
-        <v>215</v>
+        <v>177</v>
       </c>
       <c r="K4" t="s">
-        <v>207</v>
+        <v>168</v>
       </c>
       <c r="L4" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="N4" t="s">
-        <v>216</v>
+        <v>178</v>
       </c>
       <c r="O4" t="s">
         <v>18</v>
       </c>
       <c r="P4" t="s">
-        <v>34</v>
+        <v>172</v>
       </c>
       <c r="Q4" t="s">
-        <v>217</v>
+        <v>179</v>
       </c>
       <c r="R4" t="s">
-        <v>34</v>
+        <v>172</v>
       </c>
       <c r="S4" t="s">
-        <v>218</v>
+        <v>180</v>
       </c>
       <c r="T4" t="s">
-        <v>200</v>
+        <v>161</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>151</v>
+      </c>
+      <c r="B5" t="s">
+        <v>181</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" t="s">
+        <v>182</v>
+      </c>
+      <c r="F5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" t="s">
+        <v>183</v>
+      </c>
+      <c r="H5" t="s">
+        <v>184</v>
+      </c>
+      <c r="I5" t="s">
+        <v>185</v>
+      </c>
+      <c r="J5" t="s">
+        <v>186</v>
+      </c>
+      <c r="K5" t="s">
+        <v>23</v>
+      </c>
+      <c r="L5" t="s">
+        <v>24</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>187</v>
+      </c>
+      <c r="O5" t="s">
+        <v>18</v>
+      </c>
+      <c r="P5" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>188</v>
+      </c>
+      <c r="R5" t="s">
+        <v>26</v>
+      </c>
+      <c r="S5" t="s">
+        <v>189</v>
+      </c>
+      <c r="T5" t="s">
         <v>190</v>
-      </c>
-[...55 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>190</v>
+        <v>151</v>
       </c>
       <c r="B6" t="s">
-        <v>229</v>
+        <v>191</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>230</v>
+        <v>192</v>
       </c>
       <c r="F6" t="s">
         <v>18</v>
       </c>
       <c r="G6" t="s">
-        <v>231</v>
+        <v>193</v>
       </c>
       <c r="H6" t="s">
-        <v>232</v>
+        <v>194</v>
       </c>
       <c r="I6" t="s">
+        <v>156</v>
+      </c>
+      <c r="J6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K6" t="s">
+        <v>112</v>
+      </c>
+      <c r="L6" t="s">
+        <v>90</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
         <v>195</v>
       </c>
-      <c r="J6" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="O6" t="s">
         <v>18</v>
       </c>
       <c r="P6" t="s">
+        <v>158</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>196</v>
+      </c>
+      <c r="R6" t="s">
+        <v>158</v>
+      </c>
+      <c r="S6" t="s">
         <v>197</v>
       </c>
-      <c r="Q6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T6" t="s">
-        <v>200</v>
+        <v>161</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>190</v>
+        <v>151</v>
       </c>
       <c r="B7" t="s">
-        <v>236</v>
+        <v>198</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>237</v>
+        <v>199</v>
       </c>
       <c r="F7" t="s">
         <v>18</v>
       </c>
       <c r="G7" t="s">
-        <v>238</v>
+        <v>200</v>
       </c>
       <c r="H7" t="s">
-        <v>239</v>
+        <v>201</v>
       </c>
       <c r="I7" t="s">
-        <v>195</v>
+        <v>156</v>
       </c>
       <c r="J7" t="s">
-        <v>240</v>
+        <v>202</v>
       </c>
       <c r="K7" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="L7" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="N7" t="s">
-        <v>241</v>
+        <v>203</v>
       </c>
       <c r="O7" t="s">
         <v>18</v>
       </c>
       <c r="P7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Q7" t="s">
-        <v>242</v>
+        <v>204</v>
       </c>
       <c r="R7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="S7" t="s">
-        <v>243</v>
+        <v>205</v>
       </c>
       <c r="T7" t="s">
-        <v>244</v>
+        <v>206</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>