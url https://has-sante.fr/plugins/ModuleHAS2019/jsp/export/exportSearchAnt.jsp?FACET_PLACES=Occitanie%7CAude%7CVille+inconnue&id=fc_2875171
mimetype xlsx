--- v0 (2025-11-05)
+++ v1 (2026-03-05)
@@ -9,143 +9,161 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Équipe accréditée" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Département de l’établissement de santé</t>
   </si>
   <si>
     <t>Code Finess de l’établissement de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
     <t>Équipe accréditée</t>
   </si>
   <si>
+    <t>Équipe d'Anesthésie Réanimation POLYCL MONTREAL CARCASSONNE  (11)</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>26/02/2026 15:15:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3882864/fr/equipe-d-anesthesie-reanimation-polycl-montreal-carcassonne-11</t>
+  </si>
+  <si>
+    <t>p_3882864</t>
+  </si>
+  <si>
+    <t>18 February 2026</t>
+  </si>
+  <si>
+    <t>POLYCL MONTREAL CARCASSONNE</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>110780483</t>
+  </si>
+  <si>
+    <t>Docteur Helene CLAUSEL, Docteur Vincent LEHUT, Docteur Philippe MALAVIALLE</t>
+  </si>
+  <si>
     <t>Équipe de Chirurgie urologique HOPITAL PRIVE DU GRAND NARBONNE  (11)</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>28/04/2022 12:30:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3335123/fr/equipe-de-chirurgie-urologique-hopital-prive-du-grand-narbonne-11</t>
   </si>
   <si>
     <t>p_3335123</t>
   </si>
   <si>
     <t>10 April 2022</t>
   </si>
   <si>
     <t>HOPITAL PRIVE DU GRAND NARBONNE</t>
   </si>
   <si>
-    <t>11</t>
-[...1 lines deleted...]
-  <si>
     <t>110780228</t>
   </si>
   <si>
     <t>Docteur JULIEN BERTRAND, Docteur ETIENNE BROGGI, Docteur Bruno HOSTYN</t>
   </si>
   <si>
     <t>Équipe de Chirurgie urologique POLYCL MONTREAL CARCASSONNE  (11)</t>
   </si>
   <si>
     <t>24/02/2022 08:34:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319136/fr/equipe-de-chirurgie-urologique-polycl-montreal-carcassonne-11</t>
   </si>
   <si>
     <t>p_3319136</t>
   </si>
   <si>
     <t>09 December 2023</t>
-  </si>
-[...4 lines deleted...]
-    <t>110780483</t>
   </si>
   <si>
     <t>Docteur Stephane VIALE, Docteur Frederic VAVDIN, Docteur François DAGUES</t>
   </si>
   <si>
     <t>Équipe de Gastro-entérologie interventionnelle POLYCL MONTREAL CARCASSONNE  (11)</t>
   </si>
   <si>
     <t>24/02/2022 08:35:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319579/fr/equipe-de-gastro-enterologie-interventionnelle-polycl-montreal-carcassonne-11</t>
   </si>
   <si>
     <t>p_3319579</t>
   </si>
   <si>
     <t>10 April 2025</t>
   </si>
   <si>
     <t>Docteur Jouan AZIZ, Docteur Jean michel ROUILLON, Docteur Najima BOUTA, Docteur MARIA TEODORA TOCACIU, Docteur BOGDAN BOSIANU</t>
   </si>
 </sst>
 </file>
 
@@ -173,51 +191,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M4"/>
+  <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -331,55 +349,96 @@
       <c r="B4" t="s">
         <v>32</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
         <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
         <v>34</v>
       </c>
       <c r="H4" t="s">
         <v>35</v>
       </c>
       <c r="I4" t="s">
         <v>36</v>
       </c>
       <c r="J4" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="K4" t="s">
         <v>21</v>
       </c>
       <c r="L4" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="M4" t="s">
         <v>37</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
+        <v>21</v>
+      </c>
+      <c r="L5" t="s">
+        <v>22</v>
+      </c>
+      <c r="M5" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>