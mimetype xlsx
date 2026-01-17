--- v0 (2025-10-19)
+++ v1 (2026-01-17)
@@ -1,59 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="579" uniqueCount="270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2724" uniqueCount="1103">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -68,68 +77,101 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur QUENAEL HERAIL</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808475/fr/docteur-quenael-herail</t>
+  </si>
+  <si>
+    <t>p_3808475</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>HERAIL</t>
+  </si>
+  <si>
+    <t>QUENAEL</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE DU GRAND NARBONNE</t>
+  </si>
+  <si>
+    <t>11100</t>
+  </si>
+  <si>
+    <t>MONTREDON DES CORBIERES</t>
+  </si>
+  <si>
+    <t>110780228</t>
+  </si>
+  <si>
     <t>Docteur Najima BOUTA</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>19/05/2025 12:32:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606551/fr/docteur-najima-bouta</t>
   </si>
   <si>
     <t>p_3606551</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>BOUTA</t>
   </si>
   <si>
     <t>Najima</t>
   </si>
   <si>
     <t>15 May 2025</t>
   </si>
   <si>
     <t>POLYCL MONTREAL CARCASSONNE</t>
   </si>
   <si>
     <t>11890</t>
   </si>
   <si>
     <t>CARCASSONNE CEDEX 9</t>
   </si>
   <si>
     <t>110780483</t>
   </si>
   <si>
     <t>Docteur BOGDAN BOSIANU</t>
   </si>
   <si>
     <t>19/05/2025 12:33:06</t>
@@ -251,62 +293,50 @@
   <si>
     <t>110000056,340000033</t>
   </si>
   <si>
     <t>Docteur Antoine MONNOT</t>
   </si>
   <si>
     <t>26/04/2024 12:34:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3514211/fr/docteur-antoine-monnot</t>
   </si>
   <si>
     <t>p_3514211</t>
   </si>
   <si>
     <t>MONNOT</t>
   </si>
   <si>
     <t>Antoine</t>
   </si>
   <si>
     <t>25 April 2024</t>
   </si>
   <si>
-    <t>HOPITAL PRIVE DU GRAND NARBONNE</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur PIERRE COCQUET</t>
   </si>
   <si>
     <t>28/03/2024 16:34:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3504146/fr/docteur-pierre-cocquet</t>
   </si>
   <si>
     <t>p_3504146</t>
   </si>
   <si>
     <t>COCQUET</t>
   </si>
   <si>
     <t>PIERRE</t>
   </si>
   <si>
     <t>28 March 2024</t>
   </si>
   <si>
     <t>CH NARBONNE</t>
   </si>
   <si>
     <t>11108</t>
@@ -819,101 +849,2579 @@
     <t>CLAUSEL</t>
   </si>
   <si>
     <t>Helene</t>
   </si>
   <si>
     <t>Docteur Aurélien POURCEL</t>
   </si>
   <si>
     <t>08/11/2016 11:35:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712679/fr/docteur-aurelien-pourcel</t>
   </si>
   <si>
     <t>c_2712679</t>
   </si>
   <si>
     <t>POURCEL</t>
   </si>
   <si>
     <t>Aurélien</t>
   </si>
   <si>
     <t>03 February 2022</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>EHPAD FONDATION GAUDISSARD</t>
+  </si>
+  <si>
+    <t>05/12/2025 05:10:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15040_FicheESSMS/fr/ehpad-fondation-gaudissard</t>
+  </si>
+  <si>
+    <t>15040_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Elie Sermet</t>
+  </si>
+  <si>
+    <t>11260 ESPERAZA</t>
+  </si>
+  <si>
+    <t>ESPERAZA</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>110780731</t>
+  </si>
+  <si>
+    <t>MECS PEP DE LEZIGNAN</t>
+  </si>
+  <si>
+    <t>23/11/2025 16:21:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14813_FicheESSMS/fr/mecs-pep-de-lezignan</t>
+  </si>
+  <si>
+    <t>14813_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Georges Freche</t>
+  </si>
+  <si>
+    <t>11200 LEZIGNAN CORBIERES</t>
+  </si>
+  <si>
+    <t>LEZIGNAN CORBIERES</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>110780426</t>
+  </si>
+  <si>
+    <t>SAAD - SADAF SERVICE TISF NARBONNE</t>
+  </si>
+  <si>
+    <t>21/11/2025 16:19:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14777_FicheESSMS/fr/saad-sadaf-service-tisf-narbonne</t>
+  </si>
+  <si>
+    <t>14777_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Avenue Pierre Semard</t>
+  </si>
+  <si>
+    <t>11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'aide et d'accompagnement à domicile aux familles</t>
+  </si>
+  <si>
+    <t>110006210</t>
+  </si>
+  <si>
+    <t>MECS PEP DE NARBONNE</t>
+  </si>
+  <si>
+    <t>21/11/2025 16:19:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14778_FicheESSMS/fr/mecs-pep-de-narbonne</t>
+  </si>
+  <si>
+    <t>14778_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110781176</t>
+  </si>
+  <si>
+    <t>DITEP SAINT PIERRE MILLEGRAND</t>
+  </si>
+  <si>
+    <t>16/11/2025 16:18:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14701_FicheESSMS/fr/ditep-saint-pierre-millegrand</t>
+  </si>
+  <si>
+    <t>14701_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11800 TREBES</t>
+  </si>
+  <si>
+    <t>TREBES</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>110780343</t>
+  </si>
+  <si>
+    <t>DITEP  SAINT PIERRE MILLEGRAND-MO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14700_FicheESSMS/fr/ditep-saint-pierre-millegrand-mo</t>
+  </si>
+  <si>
+    <t>14700_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11000 CARCASSONNE</t>
+  </si>
+  <si>
+    <t>CARCASSONNE</t>
+  </si>
+  <si>
+    <t>110789591</t>
+  </si>
+  <si>
+    <t>EANM PENNAUTIER LA CANARDE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:21:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14270_FicheESSMS/fr/eanm-pennautier-la-canarde</t>
+  </si>
+  <si>
+    <t>14270_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11610 PENNAUTIER</t>
+  </si>
+  <si>
+    <t>PENNAUTIER</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>110004777</t>
+  </si>
+  <si>
+    <t>CSAPA ASM NARBONNE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:22:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14279_FicheESSMS/fr/csapa-asm-narbonne</t>
+  </si>
+  <si>
+    <t>14279_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41 Avenue Anatole France</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>110009248</t>
+  </si>
+  <si>
+    <t>UEMO NARBONNE (STEMO AUDE)</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14510_FicheESSMS/fr/uemo-narbonne-stemo-aude</t>
+  </si>
+  <si>
+    <t>14510_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Avenue Du Marechal Juin</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>110010667</t>
+  </si>
+  <si>
+    <t>UEMO CARCASSONNE (STEMO AUDE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14509_FicheESSMS/fr/uemo-carcassonne-stemo-aude</t>
+  </si>
+  <si>
+    <t>14509_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Rue Antoine Marty</t>
+  </si>
+  <si>
+    <t>110010659</t>
+  </si>
+  <si>
+    <t>EHPAD ROBERT BADOC</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:28:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14581_FicheESSMS/fr/ehpad-robert-badoc</t>
+  </si>
+  <si>
+    <t>14581_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Place Du 22 Septembre</t>
+  </si>
+  <si>
+    <t>11300 LIMOUX</t>
+  </si>
+  <si>
+    <t>LIMOUX</t>
+  </si>
+  <si>
+    <t>110005584</t>
+  </si>
+  <si>
+    <t>MECS PEP DE CARCASSONNE</t>
+  </si>
+  <si>
+    <t>16/10/2025 16:16:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14130_FicheESSMS/fr/mecs-pep-de-carcassonne</t>
+  </si>
+  <si>
+    <t>14130_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Avenue Pierre Semard</t>
+  </si>
+  <si>
+    <t>110781168</t>
+  </si>
+  <si>
+    <t>CAMSP CH CARCASSONNE</t>
+  </si>
+  <si>
+    <t>22/09/2025 16:16:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13514_FicheESSMS/fr/camsp-ch-carcassonne</t>
+  </si>
+  <si>
+    <t>13514_FicheESSMS</t>
+  </si>
+  <si>
+    <t>52 Avenue Achille Mir</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>110791373</t>
+  </si>
+  <si>
+    <t>RA LES NIDS TREBEENS</t>
+  </si>
+  <si>
+    <t>18/09/2025 16:16:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13446_FicheESSMS/fr/ra-les-nids-trebeens</t>
+  </si>
+  <si>
+    <t>13446_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Route Du Vieux Rustique</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>110783032</t>
+  </si>
+  <si>
+    <t>SAVS CARCASSONNE / NARBONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/142_FicheESSMS/fr/savs-carcassonne-/-narbonne</t>
+  </si>
+  <si>
+    <t>142_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Rue Seville</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>110789427</t>
+  </si>
+  <si>
+    <t>EANM PAULE MONTALT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/165_FicheESSMS/fr/eanm-paule-montalt</t>
+  </si>
+  <si>
+    <t>165_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Avenue Charles De Gaulle</t>
+  </si>
+  <si>
+    <t>11590 CUXAC D AUDE</t>
+  </si>
+  <si>
+    <t>CUXAC D AUDE</t>
+  </si>
+  <si>
+    <t>110786241</t>
+  </si>
+  <si>
+    <t>IME ROBERT SEGUY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/524_FicheESSMS/fr/ime-robert-seguy</t>
+  </si>
+  <si>
+    <t>524_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Progres</t>
+  </si>
+  <si>
+    <t>11700 PEPIEUX</t>
+  </si>
+  <si>
+    <t>PEPIEUX</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>110780285</t>
+  </si>
+  <si>
+    <t>IME LOUIS SIGNOLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/623_FicheESSMS/fr/ime-louis-signoles</t>
+  </si>
+  <si>
+    <t>623_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110004652</t>
+  </si>
+  <si>
+    <t>IME LA SOLO CENNE MONESTIES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/622_FicheESSMS/fr/ime-la-solo-cenne-monesties</t>
+  </si>
+  <si>
+    <t>622_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11170 CENNE MONESTIES</t>
+  </si>
+  <si>
+    <t>CENNE MONESTIES</t>
+  </si>
+  <si>
+    <t>110780277</t>
+  </si>
+  <si>
+    <t>IME DE CAPENDU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/707_FicheESSMS/fr/ime-de-capendu</t>
+  </si>
+  <si>
+    <t>707_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Simone Villa</t>
+  </si>
+  <si>
+    <t>11700 CAPENDU</t>
+  </si>
+  <si>
+    <t>CAPENDU</t>
+  </si>
+  <si>
+    <t>110780293</t>
+  </si>
+  <si>
+    <t>ESAT CERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1140_FicheESSMS/fr/esat-cers</t>
+  </si>
+  <si>
+    <t>1140_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue Du 1Er Mai</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>110783248</t>
+  </si>
+  <si>
+    <t>MAS DU RAZES ASM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1139_FicheESSMS/fr/mas-du-razes-asm</t>
+  </si>
+  <si>
+    <t>1139_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11240 ALAIGNE</t>
+  </si>
+  <si>
+    <t>ALAIGNE</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>110002599</t>
+  </si>
+  <si>
+    <t>MAS LES GENETS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1138_FicheESSMS/fr/mas-les-genets</t>
+  </si>
+  <si>
+    <t>1138_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Avenue Des Genets</t>
+  </si>
+  <si>
+    <t>110785474</t>
+  </si>
+  <si>
+    <t>CAARUD ASM CARCASSONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1137_FicheESSMS/fr/caarud-asm-carcassonne</t>
+  </si>
+  <si>
+    <t>1137_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>110004603</t>
+  </si>
+  <si>
+    <t>CAARUD ASM NARBONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1136_FicheESSMS/fr/caarud-asm-narbonne</t>
+  </si>
+  <si>
+    <t>1136_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110004611</t>
+  </si>
+  <si>
+    <t>FAM HENRI PECH DE LACLAUSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1214_FicheESSMS/fr/fam-henri-pech-de-laclause</t>
+  </si>
+  <si>
+    <t>1214_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>110002854</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN LES PINS VERTS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1292_FicheESSMS/fr/ehpad-korian-les-pins-verts</t>
+  </si>
+  <si>
+    <t>1292_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue Emile Eudes</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>110004488</t>
+  </si>
+  <si>
+    <t>CADA FAOL NARBONNE-LAGRASSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1687_FicheESSMS/fr/cada-faol-narbonne-lagrasse</t>
+  </si>
+  <si>
+    <t>1687_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Boulevard Gambetta</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>110005030</t>
+  </si>
+  <si>
+    <t>APAM DE LIMOUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2297_FicheESSMS/fr/apam-de-limoux</t>
+  </si>
+  <si>
+    <t>2297_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Bourrerie</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>110005766</t>
+  </si>
+  <si>
+    <t>SAVS APF AUDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2715_FicheESSMS/fr/savs-apf-aude</t>
+  </si>
+  <si>
+    <t>2715_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Allée Gutenberg</t>
+  </si>
+  <si>
+    <t>110004348</t>
+  </si>
+  <si>
+    <t>SAMSAH APF AUDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2714_FicheESSMS/fr/samsah-apf-aude</t>
+  </si>
+  <si>
+    <t>2714_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>110005212</t>
+  </si>
+  <si>
+    <t>CADA FAOL CARCASSONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3099_FicheESSMS/fr/cada-faol-carcassonne</t>
+  </si>
+  <si>
+    <t>3099_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Avenue Jules Verne</t>
+  </si>
+  <si>
+    <t>11880 CARCASSONNE CEDEX 9</t>
+  </si>
+  <si>
+    <t>110005022</t>
+  </si>
+  <si>
+    <t>EHPAD LA BONANCA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3480_FicheESSMS/fr/ehpad-la-bonanca</t>
+  </si>
+  <si>
+    <t>3480_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11430 GRUISSAN</t>
+  </si>
+  <si>
+    <t>GRUISSAN</t>
+  </si>
+  <si>
+    <t>110004496</t>
+  </si>
+  <si>
+    <t>ITEP LES 4 FONTAINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3524_FicheESSMS/fr/itep-les-4-fontaines</t>
+  </si>
+  <si>
+    <t>3524_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Du Luxembourg</t>
+  </si>
+  <si>
+    <t>110780301</t>
+  </si>
+  <si>
+    <t>MECS LE RAYON DE SOLEIL CABRESPINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4395_FicheESSMS/fr/mecs-le-rayon-de-soleil-cabrespine</t>
+  </si>
+  <si>
+    <t>4395_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Chemin De Pradelles</t>
+  </si>
+  <si>
+    <t>11160 CABRESPINE</t>
+  </si>
+  <si>
+    <t>CABRESPINE</t>
+  </si>
+  <si>
+    <t>110780806</t>
+  </si>
+  <si>
+    <t>CENTRE PARENTAL FOYER NARBONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4414_FicheESSMS/fr/centre-parental-foyer-narbonne</t>
+  </si>
+  <si>
+    <t>4414_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Avenue Karl Marx</t>
+  </si>
+  <si>
+    <t>Etablissement d'Accueil Mère-Enfant</t>
+  </si>
+  <si>
+    <t>110787108</t>
+  </si>
+  <si>
+    <t>SAVS MINERVOIS CORBIERES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4504_FicheESSMS/fr/savs-minervois-corbieres</t>
+  </si>
+  <si>
+    <t>4504_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11700 PUICHERIC</t>
+  </si>
+  <si>
+    <t>PUICHERIC</t>
+  </si>
+  <si>
+    <t>110009883</t>
+  </si>
+  <si>
+    <t>EANM PUICHERIC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4503_FicheESSMS/fr/eanm-puicheric</t>
+  </si>
+  <si>
+    <t>4503_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110781150</t>
+  </si>
+  <si>
+    <t>EANM LEUCATE VILLAGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4502_FicheESSMS/fr/eanm-leucate-village</t>
+  </si>
+  <si>
+    <t>4502_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De L'Aire</t>
+  </si>
+  <si>
+    <t>11370 LEUCATE</t>
+  </si>
+  <si>
+    <t>LEUCATE</t>
+  </si>
+  <si>
+    <t>110786274</t>
+  </si>
+  <si>
+    <t>AUDE URGENCE ACCUEIL AGAPE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4557_FicheESSMS/fr/aude-urgence-accueil-agape</t>
+  </si>
+  <si>
+    <t>4557_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Place Joseph Poux</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>110791811</t>
+  </si>
+  <si>
+    <t>EANM CASTELNAUDARY LES HIRONDELLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5084_FicheESSMS/fr/eanm-castelnaudary-les-hirondelles</t>
+  </si>
+  <si>
+    <t>5084_FicheESSMS</t>
+  </si>
+  <si>
+    <t>47 Rue Des Potiers</t>
+  </si>
+  <si>
+    <t>11400 CASTELNAUDARY</t>
+  </si>
+  <si>
+    <t>CASTELNAUDARY</t>
+  </si>
+  <si>
+    <t>110002862</t>
+  </si>
+  <si>
+    <t>EANM LIMOUX LES HIRONDELLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5083_FicheESSMS/fr/eanm-limoux-les-hirondelles</t>
+  </si>
+  <si>
+    <t>5083_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Du Docteur Sarda</t>
+  </si>
+  <si>
+    <t>110003522</t>
+  </si>
+  <si>
+    <t>CHRS A.D.A.F.F.</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5117_FicheESSMS/fr/chrs-a-d-a-f-f</t>
+  </si>
+  <si>
+    <t>5117_FicheESSMS</t>
+  </si>
+  <si>
+    <t>272 Avenue General Leclerc</t>
+  </si>
+  <si>
+    <t>110791845</t>
+  </si>
+  <si>
+    <t>EANM NARBONNE PLAGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5413_FicheESSMS/fr/eanm-narbonne-plage</t>
+  </si>
+  <si>
+    <t>5413_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110786290</t>
+  </si>
+  <si>
+    <t>EANM NARBONNE QUATOURZE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5414_FicheESSMS/fr/eanm-narbonne-quatourze</t>
+  </si>
+  <si>
+    <t>5414_FicheESSMS</t>
+  </si>
+  <si>
+    <t>186 Chemin Du Quatourze</t>
+  </si>
+  <si>
+    <t>110004751</t>
+  </si>
+  <si>
+    <t>EANM LA COLLINE DE LUGUEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5539_FicheESSMS/fr/eanm-la-colline-de-luguel</t>
+  </si>
+  <si>
+    <t>5539_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Chemin De Luguel</t>
+  </si>
+  <si>
+    <t>110005865</t>
+  </si>
+  <si>
+    <t>SAVS ASM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5549_FicheESSMS/fr/savs-asm</t>
+  </si>
+  <si>
+    <t>5549_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue De La Gare</t>
+  </si>
+  <si>
+    <t>110005873</t>
+  </si>
+  <si>
+    <t>CSAPA ASM CARCASSONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5567_FicheESSMS/fr/csapa-asm-carcassonne</t>
+  </si>
+  <si>
+    <t>5567_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Rue Pierre Germain</t>
+  </si>
+  <si>
+    <t>110002672</t>
+  </si>
+  <si>
+    <t>SESSAD LES 4 FONTAINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5911_FicheESSMS/fr/sessad-les-4-fontaines</t>
+  </si>
+  <si>
+    <t>5911_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Boulevard 1848</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>110004231</t>
+  </si>
+  <si>
+    <t>SAADF GDAAF SERVICE TISF -MAESF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6448_FicheESSMS/fr/saadf-gdaaf-service-tisf-maesf</t>
+  </si>
+  <si>
+    <t>6448_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Impasse Des Caroubiers</t>
+  </si>
+  <si>
+    <t>110006236</t>
+  </si>
+  <si>
+    <t>EHPAD CARMABLEU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7194_FicheESSMS/fr/ehpad-carmableu</t>
+  </si>
+  <si>
+    <t>7194_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue Barbacane</t>
+  </si>
+  <si>
+    <t>110002763</t>
+  </si>
+  <si>
+    <t>CAMSP NARBONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7618_FicheESSMS/fr/camsp-narbonne</t>
+  </si>
+  <si>
+    <t>7618_FicheESSMS</t>
+  </si>
+  <si>
+    <t>56 Rue St Salvayre</t>
+  </si>
+  <si>
+    <t>110003506</t>
+  </si>
+  <si>
+    <t>CMPP  GRANDIR EN COULEUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7617_FicheESSMS/fr/cmpp-grandir-en-couleur</t>
+  </si>
+  <si>
+    <t>7617_FicheESSMS</t>
+  </si>
+  <si>
+    <t>43 Rue Mirabeau</t>
+  </si>
+  <si>
+    <t>11210 PORT LA NOUVELLE</t>
+  </si>
+  <si>
+    <t>PORT LA NOUVELLE</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>110009099</t>
+  </si>
+  <si>
+    <t>CMPP GRANDIR EN COULEUR -SITE NARBONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7616_FicheESSMS/fr/cmpp-grandir-en-couleur-site-narbonne</t>
+  </si>
+  <si>
+    <t>7616_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110780400</t>
+  </si>
+  <si>
+    <t>UDAF 11</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7692_FicheESSMS/fr/udaf-11</t>
+  </si>
+  <si>
+    <t>7692_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11890 CARCASSONNE CEDEX 9</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>110005725</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7691_FicheESSMS/fr/udaf-11</t>
+  </si>
+  <si>
+    <t>7691_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110005733</t>
+  </si>
+  <si>
+    <t>CPH FAOL CARCASSONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7930_FicheESSMS/fr/cph-faol-carcassonne</t>
+  </si>
+  <si>
+    <t>7930_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Buffon</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>110005477</t>
+  </si>
+  <si>
+    <t>EHPAD L'OUSTAL DE TALAIRAN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8233_FicheESSMS/fr/ehpad-l-oustal-de-talairan</t>
+  </si>
+  <si>
+    <t>8233_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Chemin Saint Vincent</t>
+  </si>
+  <si>
+    <t>11220 TALAIRAN</t>
+  </si>
+  <si>
+    <t>TALAIRAN</t>
+  </si>
+  <si>
+    <t>110005824</t>
+  </si>
+  <si>
+    <t>EHPAD LES HAUTS DE BON ACCUEIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8701_FicheESSMS/fr/ehpad-les-hauts-de-bon-accueil</t>
+  </si>
+  <si>
+    <t>8701_FicheESSMS</t>
+  </si>
+  <si>
+    <t>597 Lotissement Les Hauts De Bon Accueil</t>
+  </si>
+  <si>
+    <t>11230 CHALABRE</t>
+  </si>
+  <si>
+    <t>CHALABRE</t>
+  </si>
+  <si>
+    <t>110780723</t>
+  </si>
+  <si>
+    <t>SAMSAH APAJH CARCASSONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9025_FicheESSMS/fr/samsah-apajh-carcassonne</t>
+  </si>
+  <si>
+    <t>9025_FicheESSMS</t>
+  </si>
+  <si>
+    <t>58 Avenue Bunau Varilla</t>
+  </si>
+  <si>
+    <t>110005360</t>
+  </si>
+  <si>
+    <t>EHPAD LA MAISON DES ARBOUSIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9095_FicheESSMS/fr/ehpad-la-maison-des-arbousiers</t>
+  </si>
+  <si>
+    <t>9095_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Des Mailheuls</t>
+  </si>
+  <si>
+    <t>11200 BIZANET</t>
+  </si>
+  <si>
+    <t>BIZANET</t>
+  </si>
+  <si>
+    <t>110005501</t>
+  </si>
+  <si>
+    <t>EHPAD LAETITIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9166_FicheESSMS/fr/ehpad-laetitia</t>
+  </si>
+  <si>
+    <t>9166_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11110 COURSAN</t>
+  </si>
+  <si>
+    <t>COURSAN</t>
+  </si>
+  <si>
+    <t>110002813</t>
+  </si>
+  <si>
+    <t>AUX TROIS SERVICES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9303_FicheESSMS/fr/aux-trois-services</t>
+  </si>
+  <si>
+    <t>9303_FicheESSMS</t>
+  </si>
+  <si>
+    <t>865 Boulevard Denis Papin</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>110008372</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9576_FicheESSMS/fr/aux-trois-services</t>
+  </si>
+  <si>
+    <t>9576_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Quai De Lorraine</t>
+  </si>
+  <si>
+    <t>110008398</t>
+  </si>
+  <si>
+    <t>ATDI 11</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9622_FicheESSMS/fr/atdi-11</t>
+  </si>
+  <si>
+    <t>9622_FicheESSMS</t>
+  </si>
+  <si>
+    <t>335 Boulevard Joseph Gay Lussac</t>
+  </si>
+  <si>
+    <t>110005741</t>
+  </si>
+  <si>
+    <t>EHPAD LES ROSIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9738_FicheESSMS/fr/ehpad-les-rosiers</t>
+  </si>
+  <si>
+    <t>9738_FicheESSMS</t>
+  </si>
+  <si>
+    <t>101 Allée Des Lilas</t>
+  </si>
+  <si>
+    <t>110005576</t>
+  </si>
+  <si>
+    <t>EHPAD LE CLOS DES VIGNES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9737_FicheESSMS/fr/ehpad-le-clos-des-vignes</t>
+  </si>
+  <si>
+    <t>9737_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Neuve</t>
+  </si>
+  <si>
+    <t>11350 TUCHAN</t>
+  </si>
+  <si>
+    <t>TUCHAN</t>
+  </si>
+  <si>
+    <t>110005980</t>
+  </si>
+  <si>
+    <t>EHPAD DOMINIQUE RIBES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9993_FicheESSMS/fr/ehpad-dominique-ribes</t>
+  </si>
+  <si>
+    <t>9993_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11590 OUVEILLAN</t>
+  </si>
+  <si>
+    <t>OUVEILLAN</t>
+  </si>
+  <si>
+    <t>110007119</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN LE BASTION</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10034_FicheESSMS/fr/ehpad-korian-le-bastion</t>
+  </si>
+  <si>
+    <t>10034_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Boulevard Du Commandant Roumens</t>
+  </si>
+  <si>
+    <t>110782950</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE CUXAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10591_FicheESSMS/fr/foyer-de-vie-cuxac</t>
+  </si>
+  <si>
+    <t>10591_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Allée Des Sapinettes</t>
+  </si>
+  <si>
+    <t>11390 CUXAC CABARDES</t>
+  </si>
+  <si>
+    <t>CUXAC CABARDES</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>110788809</t>
+  </si>
+  <si>
+    <t>FAM LA TERRASSE DU CARDOU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10676_FicheESSMS/fr/fam-la-terrasse-du-cardou</t>
+  </si>
+  <si>
+    <t>10676_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11190 RENNES LES BAINS</t>
+  </si>
+  <si>
+    <t>RENNES LES BAINS</t>
+  </si>
+  <si>
+    <t>110004306</t>
+  </si>
+  <si>
+    <t>SAVS DE NARBONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10870_FicheESSMS/fr/savs-de-narbonne</t>
+  </si>
+  <si>
+    <t>10870_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Quai D'Alsace</t>
+  </si>
+  <si>
+    <t>110005931</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LES MIMOSAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11324_FicheESSMS/fr/ehpad-residence-les-mimosas</t>
+  </si>
+  <si>
+    <t>11324_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Des Arts</t>
+  </si>
+  <si>
+    <t>110782927</t>
+  </si>
+  <si>
+    <t>SAD AUXILIA SERVICES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11553_FicheESSMS/fr/sad-auxilia-services</t>
+  </si>
+  <si>
+    <t>11553_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Cours De La Republique</t>
+  </si>
+  <si>
+    <t>110008430</t>
+  </si>
+  <si>
+    <t>CSAPA INTERMEDE LIMOUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12169_FicheESSMS/fr/csapa-intermede-limoux</t>
+  </si>
+  <si>
+    <t>12169_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Avenue Andre Chenier</t>
+  </si>
+  <si>
+    <t>110004462</t>
+  </si>
+  <si>
+    <t>EHPAD RÉSIDENCE LES BERGES DU CANAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12229_FicheESSMS/fr/ehpad-residence-les-berges-du-canal</t>
+  </si>
+  <si>
+    <t>12229_FicheESSMS</t>
+  </si>
+  <si>
+    <t>78 Route Minervoise</t>
+  </si>
+  <si>
+    <t>11022 CARCASSONNE</t>
+  </si>
+  <si>
+    <t>110002623</t>
+  </si>
+  <si>
+    <t>CSAPA CH CARCASSONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12290_FicheESSMS/fr/csapa-ch-carcassonne</t>
+  </si>
+  <si>
+    <t>12290_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Pierre Germain</t>
+  </si>
+  <si>
+    <t>110002821</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT LES CEDRES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12574_FicheESSMS/fr/foyer-hebergement-les-cedres</t>
+  </si>
+  <si>
+    <t>12574_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue Paul Riquet</t>
+  </si>
+  <si>
+    <t>11150 BRAM</t>
+  </si>
+  <si>
+    <t>BRAM</t>
+  </si>
+  <si>
+    <t>110786266</t>
+  </si>
+  <si>
+    <t>EHPAD LA TRAMONTANE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12874_FicheESSMS/fr/ehpad-la-tramontane</t>
+  </si>
+  <si>
+    <t>12874_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110005527</t>
+  </si>
+  <si>
+    <t>CADA FTA LIMOUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12906_FicheESSMS/fr/cada-fta-limoux</t>
+  </si>
+  <si>
+    <t>12906_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110007689</t>
+  </si>
+  <si>
+    <t>EANM PORT LEUCATE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12986_FicheESSMS/fr/eanm-port-leucate</t>
+  </si>
+  <si>
+    <t>12986_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2035 Avenue Pierre Racine</t>
+  </si>
+  <si>
+    <t>110786639</t>
+  </si>
+  <si>
+    <t>EAM LE CARIGNAN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13127_FicheESSMS/fr/eam-le-carignan</t>
+  </si>
+  <si>
+    <t>13127_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11220 RIBAUTE</t>
+  </si>
+  <si>
+    <t>RIBAUTE</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>110002938</t>
+  </si>
+  <si>
+    <t>EANM LAROQUE DE FA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13153_FicheESSMS/fr/eanm-laroque-de-fa</t>
+  </si>
+  <si>
+    <t>13153_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11330 LAROQUE DE FA</t>
+  </si>
+  <si>
+    <t>LAROQUE DE FA</t>
+  </si>
+  <si>
+    <t>110004678</t>
+  </si>
+  <si>
+    <t>EANM SAISSAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13136_FicheESSMS/fr/eanm-saissac</t>
+  </si>
+  <si>
+    <t>13136_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11310 SAISSAC</t>
+  </si>
+  <si>
+    <t>SAISSAC</t>
+  </si>
+  <si>
+    <t>110786035</t>
+  </si>
+  <si>
+    <t>EANM CAPENDU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13237_FicheESSMS/fr/eanm-capendu</t>
+  </si>
+  <si>
+    <t>13237_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Lotissement Les Muriers</t>
+  </si>
+  <si>
+    <t>110786019</t>
+  </si>
+  <si>
+    <t>Département de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Code Finess de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Équipe accréditée</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique HOPITAL PRIVE DU GRAND NARBONNE  (11)</t>
+  </si>
+  <si>
+    <t>28/04/2022 12:30:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3335123/fr/equipe-de-chirurgie-urologique-hopital-prive-du-grand-narbonne-11</t>
+  </si>
+  <si>
+    <t>p_3335123</t>
+  </si>
+  <si>
+    <t>10 April 2022</t>
+  </si>
+  <si>
+    <t>Docteur JULIEN BERTRAND, Docteur ETIENNE BROGGI, Docteur Bruno HOSTYN</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique POLYCL MONTREAL CARCASSONNE  (11)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319136/fr/equipe-de-chirurgie-urologique-polycl-montreal-carcassonne-11</t>
+  </si>
+  <si>
+    <t>p_3319136</t>
+  </si>
+  <si>
+    <t>09 December 2023</t>
+  </si>
+  <si>
+    <t>Docteur Stephane VIALE, Docteur Frederic VAVDIN, Docteur François DAGUES</t>
+  </si>
+  <si>
+    <t>Équipe de Gastro-entérologie interventionnelle POLYCL MONTREAL CARCASSONNE  (11)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:35:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319579/fr/equipe-de-gastro-enterologie-interventionnelle-polycl-montreal-carcassonne-11</t>
+  </si>
+  <si>
+    <t>p_3319579</t>
+  </si>
+  <si>
+    <t>10 April 2025</t>
+  </si>
+  <si>
+    <t>Docteur Jouan AZIZ, Docteur Jean michel ROUILLON, Docteur Najima BOUTA, Docteur MARIA TEODORA TOCACIU, Docteur BOGDAN BOSIANU</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CLINIQUE SOINS DE SUITE ET DE READAPTATION CHRISTINA</t>
+  </si>
+  <si>
+    <t>17/07/2025 11:40:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/279_FicheEtablissement/fr/cl-christina-chalabre</t>
+  </si>
+  <si>
+    <t>279_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>0468693600</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>110780194</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU SUD CARCASSONNE</t>
+  </si>
+  <si>
+    <t>22/05/2025 15:35:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/269_FicheEtablissement/fr/cl-du-sud-carcassonne</t>
+  </si>
+  <si>
+    <t>269_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0468110549</t>
+  </si>
+  <si>
+    <t>110003118</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE MIREMONT BADENS</t>
+  </si>
+  <si>
+    <t>20/05/2025 19:47:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/278_FicheEtablissement/fr/cl-miremont-badens</t>
+  </si>
+  <si>
+    <t>278_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11800 BADENS</t>
+  </si>
+  <si>
+    <t>BADENS</t>
+  </si>
+  <si>
+    <t>0468791206</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>110780152</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER JEAN PIERRE CASSABEL (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>23/01/2025 15:44:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/263_FicheEtablissement/fr/ch-jp-cassabel-castelnaudary</t>
+  </si>
+  <si>
+    <t>263_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>19 Avenue Monseigneur De Langle</t>
+  </si>
+  <si>
+    <t>0468945752</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>110000049</t>
+  </si>
+  <si>
+    <t>CENTRE DE LONG SEJOUR DU CENTRE HOSPITALIE DE CASTELNAUDARY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/290_FicheEtablissement/fr/usld-ch-castelnaudary</t>
+  </si>
+  <si>
+    <t>290_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>0468945880</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>110787322</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE NARBONNE HOTEL DIEU</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/264_FicheEtablissement/fr/ch-narbonne</t>
+  </si>
+  <si>
+    <t>264_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>11108 NARBONNE</t>
+  </si>
+  <si>
+    <t>0468426002</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER CARCASSONNE ANTOINE GAYRAUD</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/262_FicheEtablissement/fr/ch-carcassonne</t>
+  </si>
+  <si>
+    <t>262_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1060 Chemin De La Madeleine</t>
+  </si>
+  <si>
+    <t>11010 CARCASSONNE CEDEX 9</t>
+  </si>
+  <si>
+    <t>0468242010</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>SSR CENTRE LORDAT CASTELNAUDARY</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/277_FicheEtablissement/fr/ssr-ctre-lordat-castelnaudary</t>
+  </si>
+  <si>
+    <t>277_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Allée Des Lilas</t>
+  </si>
+  <si>
+    <t>0411690704</t>
+  </si>
+  <si>
+    <t>110007630</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>USLD LES RIVES D'ODE CH CARCASSONNE (EX PONT VIEUX)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/276_FicheEtablissement/fr/usld-les-rives-d-ode-ch-carcassonne</t>
+  </si>
+  <si>
+    <t>276_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Joseph Anglade</t>
+  </si>
+  <si>
+    <t>0468242009</t>
+  </si>
+  <si>
+    <t>110006137</t>
+  </si>
+  <si>
+    <t>CLINIQUE VIA DOMITIA NARBONNE USSAP</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/274_FicheEtablissement/fr/cl-via-domitia-narbonne-ussap</t>
+  </si>
+  <si>
+    <t>274_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>8 Rue Charles Darwin</t>
+  </si>
+  <si>
+    <t>0468466363</t>
+  </si>
+  <si>
+    <t>110005279</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>SSR GERIATRIE CH NARBONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/273_FicheEtablissement/fr/ssr-geriatrie-ch-narbonne</t>
+  </si>
+  <si>
+    <t>273_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0468426000</t>
+  </si>
+  <si>
+    <t>110005246</t>
+  </si>
+  <si>
+    <t>HAD HOPITAL PPRIVE DU GRAND NARBONNE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/272_FicheEtablissement/fr/had-hopital-prive-du-grand-narbonne</t>
+  </si>
+  <si>
+    <t>272_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Pr Christiaan Barnard</t>
+  </si>
+  <si>
+    <t>11100 MONTREDON DES CORBIERES</t>
+  </si>
+  <si>
+    <t>0434274600</t>
+  </si>
+  <si>
+    <t>110005048</t>
+  </si>
+  <si>
+    <t>SSR LES QUATRE FONTAINES KORIAN SAS LA PINEDE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/271_FicheEtablissement/fr/les-quatre-fontaines-korian-narbonne</t>
+  </si>
+  <si>
+    <t>271_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>20 Rue Nicolas Leblanc</t>
+  </si>
+  <si>
+    <t>0468482352</t>
+  </si>
+  <si>
+    <t>110004942</t>
+  </si>
+  <si>
+    <t>CL VERDEAU PAILLES CARCASSONNE USSAP MONTREDON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/270_FicheEtablissement/fr/cl-verdeau-pailles-carcassonne-ussap</t>
+  </si>
+  <si>
+    <t>270_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1690 Chemin De La Madeleine</t>
+  </si>
+  <si>
+    <t>0468108755</t>
+  </si>
+  <si>
+    <t>110004397</t>
+  </si>
+  <si>
+    <t>CL LES OLIVIERS LEZIGNAN USSAP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/268_FicheEtablissement/fr/cl-les-oliviers-lezignan-ussap</t>
+  </si>
+  <si>
+    <t>268_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0468746400</t>
+  </si>
+  <si>
+    <t>110002946</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER INTERCOMMUNAL NARBONNE PORT LA NOUVELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/267_FicheEtablissement/fr/chi-narbonne-port-la-nouvelle</t>
+  </si>
+  <si>
+    <t>267_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>150 Rue Frederic De Girard</t>
+  </si>
+  <si>
+    <t>0468404250</t>
+  </si>
+  <si>
+    <t>110000262</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE LEZIGNAN CORBIERES (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/266_FicheEtablissement/fr/ch-lezignan-corbieres</t>
+  </si>
+  <si>
+    <t>266_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11202 LEZIGNAN CORBIERES</t>
+  </si>
+  <si>
+    <t>0468277920</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>110000247</t>
+  </si>
+  <si>
+    <t>CH LIMOUX QUILLAN SITE DE LIMOUX (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/265_FicheEtablissement/fr/ch-limoux-quillan-site-de-limoux</t>
+  </si>
+  <si>
+    <t>265_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>17 Rue Madeleine Bres</t>
+  </si>
+  <si>
+    <t>11304 LIMOUX</t>
+  </si>
+  <si>
+    <t>0468746704</t>
+  </si>
+  <si>
+    <t>110000189</t>
+  </si>
+  <si>
+    <t>SOINS DE SUITE ET READAPTATION LIMOUX ARAGOU LES TILLEULS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/289_FicheEtablissement/fr/ssr-limoux-aragou-les-tilleuls-ussap</t>
+  </si>
+  <si>
+    <t>289_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>110786746</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE LIMOUX ASM USSAP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/288_FicheEtablissement/fr/usld-limoux-ussap</t>
+  </si>
+  <si>
+    <t>288_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Place Du 22 Septembre</t>
+  </si>
+  <si>
+    <t>110785789</t>
+  </si>
+  <si>
+    <t>CL ARAGOU LES TILLEULS HC CATTG ADULTE LIMOUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/287_FicheEtablissement/fr/cl-aragou-tilleul-hc-cattg-adul-limoux</t>
+  </si>
+  <si>
+    <t>287_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>110785516</t>
+  </si>
+  <si>
+    <t>CLINIQUE PSYCHIATRIQUE SAINTE THERESE CH NARBONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/285_FicheEtablissement/fr/cl-ste-therese-ch-narbonne</t>
+  </si>
+  <si>
+    <t>285_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0468426260</t>
+  </si>
+  <si>
+    <t>110781291</t>
+  </si>
+  <si>
+    <t>USLD PECH D'ALCY CH NARBONNE POLE GERONTOLOGIQUE DE LA COUPE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/284_FicheEtablissement/fr/usld-pech-d-alcy-ch-narbonne-la-coupe</t>
+  </si>
+  <si>
+    <t>284_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>15 Rue Marcellin Boule</t>
+  </si>
+  <si>
+    <t>0468426600</t>
+  </si>
+  <si>
+    <t>110781283</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE MONTREAL CARCASSONNE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/283_FicheEtablissement/fr/polycl-montreal-carcassonne</t>
+  </si>
+  <si>
+    <t>283_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0468115353</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>CH DE LIMOUX QUILLAN SITE DE QUILLAN (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/282_FicheEtablissement/fr/ch-limoux-quillan-site-de-quillan</t>
+  </si>
+  <si>
+    <t>282_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11500 QUILLAN</t>
+  </si>
+  <si>
+    <t>QUILLAN</t>
+  </si>
+  <si>
+    <t>0468208500</t>
+  </si>
+  <si>
+    <t>110780236</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/281_FicheEtablissement/fr/hopital-prive-du-grand-narbonne</t>
+  </si>
+  <si>
+    <t>281_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0434274800</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CLINIQUE KORIAN LA VERNEDE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/280_FicheEtablissement/fr/cl-korian-la-vernede</t>
+  </si>
+  <si>
+    <t>280_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11600 CONQUES SUR ORBIEL</t>
+  </si>
+  <si>
+    <t>CONQUES SUR ORBIEL</t>
+  </si>
+  <si>
+    <t>0468771257</t>
+  </si>
+  <si>
+    <t>110780202</t>
+  </si>
+  <si>
+    <t>CENTRE LONG SEJOUR DU CENTRE HOSPITALIER LEZIGNAN CORBIERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/291_FicheEtablissement/fr/usld-ch-lezignan</t>
+  </si>
+  <si>
+    <t>291_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>110787363</t>
+  </si>
+  <si>
+    <t>AIDER SANTE UAD UDM CH CARCASSONNE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3584_FicheEtablissement/fr/aider-sante-uad-udm-ch-carcassonne</t>
+  </si>
+  <si>
+    <t>3584_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1060 Chemin De Christol</t>
+  </si>
+  <si>
+    <t>0430731013</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>110005311</t>
+  </si>
+  <si>
+    <t>AIDER SANTE UAD UDM TREBES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3583_FicheEtablissement/fr/aider-sante-uad-udm-trebes</t>
+  </si>
+  <si>
+    <t>3583_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>110004439</t>
+  </si>
+  <si>
+    <t>AIDER SANTE UAD UDM CH LIMOUX QUILLAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3582_FicheEtablissement/fr/aider-sante-uad-udm-ch-limoux-quillan</t>
+  </si>
+  <si>
+    <t>3582_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>110004421</t>
+  </si>
+  <si>
+    <t>AIDER SANTE UAD MONTREDON DES CORBIERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3581_FicheEtablissement/fr/aider-sante-uad-montredon-corbieres</t>
+  </si>
+  <si>
+    <t>3581_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Du Pr Christian Cabrol</t>
+  </si>
+  <si>
+    <t>0468328235</t>
+  </si>
+  <si>
+    <t>110004413</t>
+  </si>
+  <si>
+    <t>CH NARBONNE HOSPIT JOUR PSY GEN PSYCHOTIQUES CHRONI GRAVES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4337_FicheEtablissement/fr/hj-psy-gen-psychotique-ch-narbonne</t>
+  </si>
+  <si>
+    <t>4337_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0911 Rue Mascara</t>
+  </si>
+  <si>
+    <t>0468426835</t>
+  </si>
+  <si>
+    <t>110002953</t>
+  </si>
+  <si>
+    <t>UDM HOPITAL PRIVE DU GRAND NARBONNE (LANGUEDOC-LES GENETS)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4351_FicheEtablissement/fr/udm-hopital-prive-du-grand-narbonne</t>
+  </si>
+  <si>
+    <t>4351_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0434274434</t>
+  </si>
+  <si>
+    <t>110007259</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R34"/>
+  <dimension ref="A1:R35"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1028,331 +3536,331 @@
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q3" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R3" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="H4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>20</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>41</v>
+      </c>
+      <c r="R4" t="s">
         <v>42</v>
-      </c>
-[...19 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="H5" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="L5" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="O5" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P5" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q5" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R5" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="H6" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="L6" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="P6" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Q6" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="R6" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>63</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>64</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>65</v>
       </c>
       <c r="H7" t="s">
         <v>66</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
         <v>67</v>
       </c>
       <c r="L7" t="s">
         <v>68</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="O7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="R7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="L8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="O8" t="s">
         <v>80</v>
       </c>
       <c r="P8" t="s">
         <v>81</v>
       </c>
       <c r="Q8" t="s">
         <v>82</v>
       </c>
       <c r="R8" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>84</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
@@ -1367,116 +3875,116 @@
       <c r="G9" t="s">
         <v>86</v>
       </c>
       <c r="H9" t="s">
         <v>87</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
         <v>88</v>
       </c>
       <c r="L9" t="s">
         <v>89</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
         <v>90</v>
       </c>
       <c r="O9" t="s">
-        <v>91</v>
+        <v>28</v>
       </c>
       <c r="P9" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="Q9" t="s">
-        <v>93</v>
+        <v>30</v>
       </c>
       <c r="R9" t="s">
-        <v>94</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="H10" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
+        <v>95</v>
+      </c>
+      <c r="L10" t="s">
+        <v>96</v>
+      </c>
+      <c r="M10" t="s">
+        <v>20</v>
+      </c>
+      <c r="N10" t="s">
+        <v>97</v>
+      </c>
+      <c r="O10" t="s">
+        <v>98</v>
+      </c>
+      <c r="P10" t="s">
         <v>99</v>
       </c>
-      <c r="L10" t="s">
+      <c r="Q10" t="s">
         <v>100</v>
       </c>
-      <c r="M10" t="s">
-[...2 lines deleted...]
-      <c r="N10" t="s">
+      <c r="R10" t="s">
         <v>101</v>
-      </c>
-[...10 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
         <v>102</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
         <v>103</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
         <v>104</v>
       </c>
       <c r="H11" t="s">
@@ -1526,405 +4034,405 @@
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
         <v>110</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
         <v>111</v>
       </c>
       <c r="H12" t="s">
         <v>112</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
         <v>113</v>
       </c>
       <c r="L12" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="O12" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="P12" t="s">
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="Q12" t="s">
-        <v>82</v>
+        <v>41</v>
       </c>
       <c r="R12" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="L13" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
         <v>121</v>
       </c>
       <c r="O13" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
       <c r="P13" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="Q13" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="R13" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
         <v>122</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
         <v>123</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
         <v>124</v>
       </c>
       <c r="H14" t="s">
         <v>125</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
         <v>126</v>
       </c>
       <c r="L14" t="s">
-        <v>107</v>
+        <v>127</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="O14" t="s">
-        <v>128</v>
+        <v>28</v>
       </c>
       <c r="P14" t="s">
-        <v>129</v>
+        <v>29</v>
       </c>
       <c r="Q14" t="s">
         <v>30</v>
       </c>
       <c r="R14" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
+        <v>129</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>130</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
         <v>131</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="H15" t="s">
         <v>132</v>
-      </c>
-[...7 lines deleted...]
-        <v>134</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
+        <v>133</v>
+      </c>
+      <c r="L15" t="s">
+        <v>114</v>
+      </c>
+      <c r="M15" t="s">
+        <v>20</v>
+      </c>
+      <c r="N15" t="s">
+        <v>134</v>
+      </c>
+      <c r="O15" t="s">
         <v>135</v>
       </c>
-      <c r="L15" t="s">
+      <c r="P15" t="s">
         <v>136</v>
       </c>
-      <c r="M15" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q15" t="s">
-        <v>82</v>
+        <v>41</v>
       </c>
       <c r="R15" t="s">
-        <v>83</v>
+        <v>137</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H16" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L16" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>143</v>
+        <v>90</v>
       </c>
       <c r="O16" t="s">
         <v>28</v>
       </c>
       <c r="P16" t="s">
         <v>29</v>
       </c>
       <c r="Q16" t="s">
         <v>30</v>
       </c>
       <c r="R16" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
         <v>144</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
         <v>145</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
         <v>146</v>
       </c>
       <c r="H17" t="s">
         <v>147</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>148</v>
       </c>
       <c r="L17" t="s">
-        <v>113</v>
+        <v>149</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="O17" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="P17" t="s">
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="Q17" t="s">
-        <v>82</v>
+        <v>41</v>
       </c>
       <c r="R17" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H18" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="L18" t="s">
-        <v>155</v>
+        <v>120</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
         <v>156</v>
       </c>
       <c r="O18" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
       <c r="P18" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="Q18" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="R18" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>157</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
         <v>158</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
         <v>159</v>
       </c>
       <c r="H19" t="s">
@@ -1980,399 +4488,399 @@
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
         <v>166</v>
       </c>
       <c r="H20" t="s">
         <v>167</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
         <v>168</v>
       </c>
       <c r="L20" t="s">
         <v>169</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="O20" t="s">
-        <v>170</v>
+        <v>39</v>
       </c>
       <c r="P20" t="s">
-        <v>171</v>
+        <v>40</v>
       </c>
       <c r="Q20" t="s">
-        <v>172</v>
+        <v>41</v>
       </c>
       <c r="R20" t="s">
-        <v>173</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
+        <v>171</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>172</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>173</v>
+      </c>
+      <c r="H21" t="s">
         <v>174</v>
-      </c>
-[...16 lines deleted...]
-        <v>177</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
+        <v>175</v>
+      </c>
+      <c r="L21" t="s">
+        <v>176</v>
+      </c>
+      <c r="M21" t="s">
+        <v>20</v>
+      </c>
+      <c r="N21" t="s">
+        <v>170</v>
+      </c>
+      <c r="O21" t="s">
+        <v>177</v>
+      </c>
+      <c r="P21" t="s">
         <v>178</v>
       </c>
-      <c r="L21" t="s">
+      <c r="Q21" t="s">
         <v>179</v>
       </c>
-      <c r="M21" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R21" t="s">
-        <v>31</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="H22" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="L22" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>186</v>
+        <v>108</v>
       </c>
       <c r="O22" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P22" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q22" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R22" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
         <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
         <v>188</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
         <v>189</v>
       </c>
       <c r="H23" t="s">
         <v>190</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
         <v>191</v>
       </c>
       <c r="L23" t="s">
         <v>192</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>114</v>
+        <v>193</v>
       </c>
       <c r="O23" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="P23" t="s">
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="Q23" t="s">
-        <v>82</v>
+        <v>41</v>
       </c>
       <c r="R23" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H24" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="L24" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>199</v>
+        <v>121</v>
       </c>
       <c r="O24" t="s">
-        <v>200</v>
+        <v>28</v>
       </c>
       <c r="P24" t="s">
-        <v>201</v>
+        <v>29</v>
       </c>
       <c r="Q24" t="s">
-        <v>202</v>
+        <v>30</v>
       </c>
       <c r="R24" t="s">
-        <v>203</v>
+        <v>31</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="H25" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
+        <v>204</v>
+      </c>
+      <c r="L25" t="s">
+        <v>205</v>
+      </c>
+      <c r="M25" t="s">
+        <v>20</v>
+      </c>
+      <c r="N25" t="s">
+        <v>206</v>
+      </c>
+      <c r="O25" t="s">
+        <v>207</v>
+      </c>
+      <c r="P25" t="s">
         <v>208</v>
       </c>
-      <c r="L25" t="s">
+      <c r="Q25" t="s">
         <v>209</v>
       </c>
-      <c r="M25" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R25" t="s">
-        <v>31</v>
+        <v>210</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="H26" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="L26" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>216</v>
+        <v>206</v>
       </c>
       <c r="O26" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="P26" t="s">
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="Q26" t="s">
-        <v>82</v>
+        <v>41</v>
       </c>
       <c r="R26" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
         <v>217</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
         <v>218</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
         <v>219</v>
       </c>
       <c r="H27" t="s">
@@ -2431,391 +4939,7123 @@
       <c r="G28" t="s">
         <v>226</v>
       </c>
       <c r="H28" t="s">
         <v>227</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
         <v>228</v>
       </c>
       <c r="L28" t="s">
         <v>229</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
         <v>230</v>
       </c>
       <c r="O28" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="P28" t="s">
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="Q28" t="s">
-        <v>82</v>
+        <v>41</v>
       </c>
       <c r="R28" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
         <v>231</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
         <v>232</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
         <v>233</v>
       </c>
       <c r="H29" t="s">
         <v>234</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
         <v>235</v>
       </c>
       <c r="L29" t="s">
         <v>236</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>199</v>
+        <v>237</v>
       </c>
       <c r="O29" t="s">
-        <v>200</v>
+        <v>28</v>
       </c>
       <c r="P29" t="s">
-        <v>201</v>
+        <v>29</v>
       </c>
       <c r="Q29" t="s">
-        <v>202</v>
+        <v>30</v>
       </c>
       <c r="R29" t="s">
-        <v>203</v>
+        <v>31</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="H30" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="L30" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>243</v>
+        <v>206</v>
       </c>
       <c r="O30" t="s">
-        <v>128</v>
+        <v>207</v>
       </c>
       <c r="P30" t="s">
-        <v>129</v>
+        <v>208</v>
       </c>
       <c r="Q30" t="s">
-        <v>30</v>
+        <v>209</v>
       </c>
       <c r="R30" t="s">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
         <v>244</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
         <v>245</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
         <v>246</v>
       </c>
       <c r="H31" t="s">
         <v>247</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>248</v>
       </c>
       <c r="L31" t="s">
         <v>249</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>101</v>
+        <v>250</v>
       </c>
       <c r="O31" t="s">
-        <v>28</v>
+        <v>135</v>
       </c>
       <c r="P31" t="s">
-        <v>29</v>
+        <v>136</v>
       </c>
       <c r="Q31" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R31" t="s">
-        <v>31</v>
+        <v>137</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H32" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="L32" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>256</v>
+        <v>108</v>
       </c>
       <c r="O32" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P32" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q32" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R32" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
         <v>257</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
         <v>258</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
         <v>259</v>
       </c>
       <c r="H33" t="s">
         <v>260</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
         <v>261</v>
       </c>
       <c r="L33" t="s">
         <v>262</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>223</v>
+        <v>263</v>
       </c>
       <c r="O33" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P33" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q33" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R33" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H34" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="L34" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>269</v>
+        <v>230</v>
       </c>
       <c r="O34" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="P34" t="s">
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="Q34" t="s">
-        <v>82</v>
+        <v>41</v>
       </c>
       <c r="R34" t="s">
-        <v>83</v>
+        <v>42</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>18</v>
+      </c>
+      <c r="B35" t="s">
+        <v>270</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>271</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>272</v>
+      </c>
+      <c r="H35" t="s">
+        <v>273</v>
+      </c>
+      <c r="I35" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J35" t="s">
+        <v>24</v>
+      </c>
+      <c r="K35" t="s">
+        <v>274</v>
+      </c>
+      <c r="L35" t="s">
+        <v>275</v>
+      </c>
+      <c r="M35" t="s">
+        <v>20</v>
+      </c>
+      <c r="N35" t="s">
+        <v>276</v>
+      </c>
+      <c r="O35" t="s">
+        <v>28</v>
+      </c>
+      <c r="P35" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>30</v>
+      </c>
+      <c r="R35" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P86"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>277</v>
+      </c>
+      <c r="J1" t="s">
+        <v>278</v>
+      </c>
+      <c r="K1" t="s">
+        <v>279</v>
+      </c>
+      <c r="L1" t="s">
+        <v>280</v>
+      </c>
+      <c r="M1" t="s">
+        <v>281</v>
+      </c>
+      <c r="N1" t="s">
+        <v>282</v>
+      </c>
+      <c r="O1" t="s">
+        <v>283</v>
+      </c>
+      <c r="P1" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>285</v>
+      </c>
+      <c r="B2" t="s">
+        <v>286</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>287</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>288</v>
+      </c>
+      <c r="H2" t="s">
+        <v>289</v>
+      </c>
+      <c r="I2" t="s">
+        <v>290</v>
+      </c>
+      <c r="J2" t="s">
+        <v>291</v>
+      </c>
+      <c r="K2" t="s">
+        <v>292</v>
+      </c>
+      <c r="L2" t="s">
+        <v>293</v>
+      </c>
+      <c r="M2" t="s">
+        <v>294</v>
+      </c>
+      <c r="N2" t="s">
+        <v>295</v>
+      </c>
+      <c r="O2" t="s">
+        <v>296</v>
+      </c>
+      <c r="P2" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B3" t="s">
+        <v>298</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>299</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>300</v>
+      </c>
+      <c r="H3" t="s">
+        <v>301</v>
+      </c>
+      <c r="I3" t="s">
+        <v>302</v>
+      </c>
+      <c r="J3" t="s">
+        <v>303</v>
+      </c>
+      <c r="K3" t="s">
+        <v>304</v>
+      </c>
+      <c r="L3" t="s">
+        <v>293</v>
+      </c>
+      <c r="M3" t="s">
+        <v>305</v>
+      </c>
+      <c r="N3" t="s">
+        <v>306</v>
+      </c>
+      <c r="O3" t="s">
+        <v>307</v>
+      </c>
+      <c r="P3" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>285</v>
+      </c>
+      <c r="B4" t="s">
+        <v>309</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>310</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>311</v>
+      </c>
+      <c r="H4" t="s">
+        <v>312</v>
+      </c>
+      <c r="I4" t="s">
+        <v>313</v>
+      </c>
+      <c r="J4" t="s">
+        <v>314</v>
+      </c>
+      <c r="K4" t="s">
+        <v>100</v>
+      </c>
+      <c r="L4" t="s">
+        <v>293</v>
+      </c>
+      <c r="M4" t="s">
+        <v>305</v>
+      </c>
+      <c r="N4" t="s">
+        <v>315</v>
+      </c>
+      <c r="O4" t="s">
+        <v>316</v>
+      </c>
+      <c r="P4" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>285</v>
+      </c>
+      <c r="B5" t="s">
+        <v>318</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>319</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>320</v>
+      </c>
+      <c r="H5" t="s">
+        <v>321</v>
+      </c>
+      <c r="I5" t="s">
+        <v>313</v>
+      </c>
+      <c r="J5" t="s">
+        <v>314</v>
+      </c>
+      <c r="K5" t="s">
+        <v>100</v>
+      </c>
+      <c r="L5" t="s">
+        <v>293</v>
+      </c>
+      <c r="M5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N5" t="s">
+        <v>306</v>
+      </c>
+      <c r="O5" t="s">
+        <v>307</v>
+      </c>
+      <c r="P5" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>285</v>
+      </c>
+      <c r="B6" t="s">
+        <v>323</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>324</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>325</v>
+      </c>
+      <c r="H6" t="s">
+        <v>326</v>
+      </c>
+      <c r="I6" t="s">
+        <v>327</v>
+      </c>
+      <c r="J6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" t="s">
+        <v>328</v>
+      </c>
+      <c r="L6" t="s">
+        <v>293</v>
+      </c>
+      <c r="M6" t="s">
+        <v>305</v>
+      </c>
+      <c r="N6" t="s">
+        <v>329</v>
+      </c>
+      <c r="O6" t="s">
+        <v>330</v>
+      </c>
+      <c r="P6" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>285</v>
+      </c>
+      <c r="B7" t="s">
+        <v>332</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>324</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>333</v>
+      </c>
+      <c r="H7" t="s">
+        <v>334</v>
+      </c>
+      <c r="I7" t="s">
+        <v>335</v>
+      </c>
+      <c r="J7" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" t="s">
+        <v>336</v>
+      </c>
+      <c r="L7" t="s">
+        <v>293</v>
+      </c>
+      <c r="M7" t="s">
+        <v>305</v>
+      </c>
+      <c r="N7" t="s">
+        <v>329</v>
+      </c>
+      <c r="O7" t="s">
+        <v>330</v>
+      </c>
+      <c r="P7" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>285</v>
+      </c>
+      <c r="B8" t="s">
+        <v>338</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>339</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>340</v>
+      </c>
+      <c r="H8" t="s">
+        <v>341</v>
+      </c>
+      <c r="I8" t="s">
+        <v>342</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>343</v>
+      </c>
+      <c r="L8" t="s">
+        <v>293</v>
+      </c>
+      <c r="M8" t="s">
+        <v>305</v>
+      </c>
+      <c r="N8" t="s">
+        <v>344</v>
+      </c>
+      <c r="O8" t="s">
+        <v>345</v>
+      </c>
+      <c r="P8" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>285</v>
+      </c>
+      <c r="B9" t="s">
+        <v>347</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>348</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>349</v>
+      </c>
+      <c r="H9" t="s">
+        <v>350</v>
+      </c>
+      <c r="I9" t="s">
+        <v>351</v>
+      </c>
+      <c r="J9" t="s">
+        <v>314</v>
+      </c>
+      <c r="K9" t="s">
+        <v>100</v>
+      </c>
+      <c r="L9" t="s">
+        <v>293</v>
+      </c>
+      <c r="M9" t="s">
+        <v>305</v>
+      </c>
+      <c r="N9" t="s">
+        <v>352</v>
+      </c>
+      <c r="O9" t="s">
+        <v>353</v>
+      </c>
+      <c r="P9" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>285</v>
+      </c>
+      <c r="B10" t="s">
+        <v>355</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>356</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>357</v>
+      </c>
+      <c r="H10" t="s">
+        <v>358</v>
+      </c>
+      <c r="I10" t="s">
+        <v>359</v>
+      </c>
+      <c r="J10" t="s">
+        <v>314</v>
+      </c>
+      <c r="K10" t="s">
+        <v>100</v>
+      </c>
+      <c r="L10" t="s">
+        <v>293</v>
+      </c>
+      <c r="M10" t="s">
+        <v>294</v>
+      </c>
+      <c r="N10" t="s">
+        <v>306</v>
+      </c>
+      <c r="O10" t="s">
+        <v>360</v>
+      </c>
+      <c r="P10" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>285</v>
+      </c>
+      <c r="B11" t="s">
+        <v>362</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>356</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>363</v>
+      </c>
+      <c r="H11" t="s">
+        <v>364</v>
+      </c>
+      <c r="I11" t="s">
+        <v>365</v>
+      </c>
+      <c r="J11" t="s">
+        <v>335</v>
+      </c>
+      <c r="K11" t="s">
+        <v>336</v>
+      </c>
+      <c r="L11" t="s">
+        <v>293</v>
+      </c>
+      <c r="M11" t="s">
+        <v>294</v>
+      </c>
+      <c r="N11" t="s">
+        <v>306</v>
+      </c>
+      <c r="O11" t="s">
+        <v>360</v>
+      </c>
+      <c r="P11" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>285</v>
+      </c>
+      <c r="B12" t="s">
+        <v>367</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>368</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>369</v>
+      </c>
+      <c r="H12" t="s">
+        <v>370</v>
+      </c>
+      <c r="I12" t="s">
+        <v>371</v>
+      </c>
+      <c r="J12" t="s">
+        <v>372</v>
+      </c>
+      <c r="K12" t="s">
+        <v>373</v>
+      </c>
+      <c r="L12" t="s">
+        <v>293</v>
+      </c>
+      <c r="M12" t="s">
+        <v>305</v>
+      </c>
+      <c r="N12" t="s">
+        <v>295</v>
+      </c>
+      <c r="O12" t="s">
+        <v>296</v>
+      </c>
+      <c r="P12" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>285</v>
+      </c>
+      <c r="B13" t="s">
+        <v>375</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>376</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>377</v>
+      </c>
+      <c r="H13" t="s">
+        <v>378</v>
+      </c>
+      <c r="I13" t="s">
+        <v>379</v>
+      </c>
+      <c r="J13" t="s">
+        <v>335</v>
+      </c>
+      <c r="K13" t="s">
+        <v>336</v>
+      </c>
+      <c r="L13" t="s">
+        <v>293</v>
+      </c>
+      <c r="M13" t="s">
+        <v>305</v>
+      </c>
+      <c r="N13" t="s">
+        <v>306</v>
+      </c>
+      <c r="O13" t="s">
+        <v>307</v>
+      </c>
+      <c r="P13" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>285</v>
+      </c>
+      <c r="B14" t="s">
+        <v>381</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>382</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>383</v>
+      </c>
+      <c r="H14" t="s">
+        <v>384</v>
+      </c>
+      <c r="I14" t="s">
+        <v>385</v>
+      </c>
+      <c r="J14" t="s">
+        <v>335</v>
+      </c>
+      <c r="K14" t="s">
+        <v>336</v>
+      </c>
+      <c r="L14" t="s">
+        <v>293</v>
+      </c>
+      <c r="M14" t="s">
+        <v>294</v>
+      </c>
+      <c r="N14" t="s">
+        <v>329</v>
+      </c>
+      <c r="O14" t="s">
+        <v>386</v>
+      </c>
+      <c r="P14" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>285</v>
+      </c>
+      <c r="B15" t="s">
+        <v>388</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>389</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>390</v>
+      </c>
+      <c r="H15" t="s">
+        <v>391</v>
+      </c>
+      <c r="I15" t="s">
+        <v>392</v>
+      </c>
+      <c r="J15" t="s">
+        <v>327</v>
+      </c>
+      <c r="K15" t="s">
+        <v>328</v>
+      </c>
+      <c r="L15" t="s">
+        <v>293</v>
+      </c>
+      <c r="M15" t="s">
+        <v>294</v>
+      </c>
+      <c r="N15" t="s">
+        <v>295</v>
+      </c>
+      <c r="O15" t="s">
+        <v>393</v>
+      </c>
+      <c r="P15" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>285</v>
+      </c>
+      <c r="B16" t="s">
+        <v>395</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>396</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>397</v>
+      </c>
+      <c r="H16" t="s">
+        <v>398</v>
+      </c>
+      <c r="I16" t="s">
+        <v>399</v>
+      </c>
+      <c r="J16" t="s">
+        <v>335</v>
+      </c>
+      <c r="K16" t="s">
+        <v>336</v>
+      </c>
+      <c r="L16" t="s">
+        <v>293</v>
+      </c>
+      <c r="M16" t="s">
+        <v>305</v>
+      </c>
+      <c r="N16" t="s">
+        <v>344</v>
+      </c>
+      <c r="O16" t="s">
+        <v>400</v>
+      </c>
+      <c r="P16" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>285</v>
+      </c>
+      <c r="B17" t="s">
+        <v>402</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>403</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>404</v>
+      </c>
+      <c r="H17" t="s">
+        <v>405</v>
+      </c>
+      <c r="I17" t="s">
+        <v>406</v>
+      </c>
+      <c r="J17" t="s">
+        <v>407</v>
+      </c>
+      <c r="K17" t="s">
+        <v>408</v>
+      </c>
+      <c r="L17" t="s">
+        <v>293</v>
+      </c>
+      <c r="M17" t="s">
+        <v>305</v>
+      </c>
+      <c r="N17" t="s">
+        <v>344</v>
+      </c>
+      <c r="O17" t="s">
+        <v>345</v>
+      </c>
+      <c r="P17" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>285</v>
+      </c>
+      <c r="B18" t="s">
+        <v>410</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>411</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>412</v>
+      </c>
+      <c r="H18" t="s">
+        <v>413</v>
+      </c>
+      <c r="I18" t="s">
+        <v>414</v>
+      </c>
+      <c r="J18" t="s">
+        <v>415</v>
+      </c>
+      <c r="K18" t="s">
+        <v>416</v>
+      </c>
+      <c r="L18" t="s">
+        <v>293</v>
+      </c>
+      <c r="M18" t="s">
+        <v>305</v>
+      </c>
+      <c r="N18" t="s">
+        <v>329</v>
+      </c>
+      <c r="O18" t="s">
+        <v>417</v>
+      </c>
+      <c r="P18" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>285</v>
+      </c>
+      <c r="B19" t="s">
+        <v>419</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>420</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>421</v>
+      </c>
+      <c r="H19" t="s">
+        <v>422</v>
+      </c>
+      <c r="I19" t="s">
+        <v>314</v>
+      </c>
+      <c r="J19" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" t="s">
+        <v>100</v>
+      </c>
+      <c r="L19" t="s">
+        <v>293</v>
+      </c>
+      <c r="M19" t="s">
+        <v>305</v>
+      </c>
+      <c r="N19" t="s">
+        <v>329</v>
+      </c>
+      <c r="O19" t="s">
+        <v>417</v>
+      </c>
+      <c r="P19" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>285</v>
+      </c>
+      <c r="B20" t="s">
+        <v>424</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>420</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>425</v>
+      </c>
+      <c r="H20" t="s">
+        <v>426</v>
+      </c>
+      <c r="I20" t="s">
+        <v>427</v>
+      </c>
+      <c r="J20" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" t="s">
+        <v>428</v>
+      </c>
+      <c r="L20" t="s">
+        <v>293</v>
+      </c>
+      <c r="M20" t="s">
+        <v>305</v>
+      </c>
+      <c r="N20" t="s">
+        <v>329</v>
+      </c>
+      <c r="O20" t="s">
+        <v>417</v>
+      </c>
+      <c r="P20" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>285</v>
+      </c>
+      <c r="B21" t="s">
+        <v>430</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>431</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>432</v>
+      </c>
+      <c r="H21" t="s">
+        <v>433</v>
+      </c>
+      <c r="I21" t="s">
+        <v>434</v>
+      </c>
+      <c r="J21" t="s">
+        <v>435</v>
+      </c>
+      <c r="K21" t="s">
+        <v>436</v>
+      </c>
+      <c r="L21" t="s">
+        <v>293</v>
+      </c>
+      <c r="M21" t="s">
+        <v>305</v>
+      </c>
+      <c r="N21" t="s">
+        <v>329</v>
+      </c>
+      <c r="O21" t="s">
+        <v>417</v>
+      </c>
+      <c r="P21" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>285</v>
+      </c>
+      <c r="B22" t="s">
+        <v>438</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>439</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>440</v>
+      </c>
+      <c r="H22" t="s">
+        <v>441</v>
+      </c>
+      <c r="I22" t="s">
+        <v>442</v>
+      </c>
+      <c r="J22" t="s">
+        <v>372</v>
+      </c>
+      <c r="K22" t="s">
+        <v>373</v>
+      </c>
+      <c r="L22" t="s">
+        <v>293</v>
+      </c>
+      <c r="M22" t="s">
+        <v>305</v>
+      </c>
+      <c r="N22" t="s">
+        <v>344</v>
+      </c>
+      <c r="O22" t="s">
+        <v>443</v>
+      </c>
+      <c r="P22" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>285</v>
+      </c>
+      <c r="B23" t="s">
+        <v>445</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>439</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>446</v>
+      </c>
+      <c r="H23" t="s">
+        <v>447</v>
+      </c>
+      <c r="I23" t="s">
+        <v>448</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>449</v>
+      </c>
+      <c r="L23" t="s">
+        <v>293</v>
+      </c>
+      <c r="M23" t="s">
+        <v>305</v>
+      </c>
+      <c r="N23" t="s">
+        <v>344</v>
+      </c>
+      <c r="O23" t="s">
+        <v>450</v>
+      </c>
+      <c r="P23" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>285</v>
+      </c>
+      <c r="B24" t="s">
+        <v>452</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>439</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>453</v>
+      </c>
+      <c r="H24" t="s">
+        <v>454</v>
+      </c>
+      <c r="I24" t="s">
+        <v>455</v>
+      </c>
+      <c r="J24" t="s">
+        <v>303</v>
+      </c>
+      <c r="K24" t="s">
+        <v>304</v>
+      </c>
+      <c r="L24" t="s">
+        <v>293</v>
+      </c>
+      <c r="M24" t="s">
+        <v>305</v>
+      </c>
+      <c r="N24" t="s">
+        <v>344</v>
+      </c>
+      <c r="O24" t="s">
+        <v>450</v>
+      </c>
+      <c r="P24" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>285</v>
+      </c>
+      <c r="B25" t="s">
+        <v>457</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>439</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>458</v>
+      </c>
+      <c r="H25" t="s">
+        <v>459</v>
+      </c>
+      <c r="I25" t="s">
+        <v>335</v>
+      </c>
+      <c r="J25" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" t="s">
+        <v>336</v>
+      </c>
+      <c r="L25" t="s">
+        <v>293</v>
+      </c>
+      <c r="M25" t="s">
+        <v>305</v>
+      </c>
+      <c r="N25" t="s">
+        <v>352</v>
+      </c>
+      <c r="O25" t="s">
+        <v>460</v>
+      </c>
+      <c r="P25" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>285</v>
+      </c>
+      <c r="B26" t="s">
+        <v>462</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>439</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>463</v>
+      </c>
+      <c r="H26" t="s">
+        <v>464</v>
+      </c>
+      <c r="I26" t="s">
+        <v>351</v>
+      </c>
+      <c r="J26" t="s">
+        <v>314</v>
+      </c>
+      <c r="K26" t="s">
+        <v>100</v>
+      </c>
+      <c r="L26" t="s">
+        <v>293</v>
+      </c>
+      <c r="M26" t="s">
+        <v>305</v>
+      </c>
+      <c r="N26" t="s">
+        <v>352</v>
+      </c>
+      <c r="O26" t="s">
+        <v>460</v>
+      </c>
+      <c r="P26" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>285</v>
+      </c>
+      <c r="B27" t="s">
+        <v>466</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>467</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>468</v>
+      </c>
+      <c r="H27" t="s">
+        <v>469</v>
+      </c>
+      <c r="I27" t="s">
+        <v>407</v>
+      </c>
+      <c r="J27" t="s">
+        <v>20</v>
+      </c>
+      <c r="K27" t="s">
+        <v>408</v>
+      </c>
+      <c r="L27" t="s">
+        <v>293</v>
+      </c>
+      <c r="M27" t="s">
+        <v>305</v>
+      </c>
+      <c r="N27" t="s">
+        <v>344</v>
+      </c>
+      <c r="O27" t="s">
+        <v>470</v>
+      </c>
+      <c r="P27" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>285</v>
+      </c>
+      <c r="B28" t="s">
+        <v>472</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>473</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>474</v>
+      </c>
+      <c r="H28" t="s">
+        <v>475</v>
+      </c>
+      <c r="I28" t="s">
+        <v>476</v>
+      </c>
+      <c r="J28" t="s">
+        <v>314</v>
+      </c>
+      <c r="K28" t="s">
+        <v>100</v>
+      </c>
+      <c r="L28" t="s">
+        <v>293</v>
+      </c>
+      <c r="M28" t="s">
+        <v>477</v>
+      </c>
+      <c r="N28" t="s">
+        <v>295</v>
+      </c>
+      <c r="O28" t="s">
+        <v>296</v>
+      </c>
+      <c r="P28" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>285</v>
+      </c>
+      <c r="B29" t="s">
+        <v>479</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>480</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>481</v>
+      </c>
+      <c r="H29" t="s">
+        <v>482</v>
+      </c>
+      <c r="I29" t="s">
+        <v>483</v>
+      </c>
+      <c r="J29" t="s">
+        <v>314</v>
+      </c>
+      <c r="K29" t="s">
+        <v>100</v>
+      </c>
+      <c r="L29" t="s">
+        <v>293</v>
+      </c>
+      <c r="M29" t="s">
+        <v>305</v>
+      </c>
+      <c r="N29" t="s">
+        <v>484</v>
+      </c>
+      <c r="O29" t="s">
+        <v>485</v>
+      </c>
+      <c r="P29" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>285</v>
+      </c>
+      <c r="B30" t="s">
+        <v>487</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>488</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>489</v>
+      </c>
+      <c r="H30" t="s">
+        <v>490</v>
+      </c>
+      <c r="I30" t="s">
+        <v>491</v>
+      </c>
+      <c r="J30" t="s">
+        <v>372</v>
+      </c>
+      <c r="K30" t="s">
+        <v>373</v>
+      </c>
+      <c r="L30" t="s">
+        <v>293</v>
+      </c>
+      <c r="M30" t="s">
+        <v>305</v>
+      </c>
+      <c r="N30" t="s">
+        <v>492</v>
+      </c>
+      <c r="O30" t="s">
+        <v>493</v>
+      </c>
+      <c r="P30" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>285</v>
+      </c>
+      <c r="B31" t="s">
+        <v>495</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>496</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>497</v>
+      </c>
+      <c r="H31" t="s">
+        <v>498</v>
+      </c>
+      <c r="I31" t="s">
+        <v>499</v>
+      </c>
+      <c r="J31" t="s">
+        <v>335</v>
+      </c>
+      <c r="K31" t="s">
+        <v>336</v>
+      </c>
+      <c r="L31" t="s">
+        <v>293</v>
+      </c>
+      <c r="M31" t="s">
+        <v>305</v>
+      </c>
+      <c r="N31" t="s">
+        <v>344</v>
+      </c>
+      <c r="O31" t="s">
+        <v>400</v>
+      </c>
+      <c r="P31" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>285</v>
+      </c>
+      <c r="B32" t="s">
+        <v>501</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>496</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>502</v>
+      </c>
+      <c r="H32" t="s">
+        <v>503</v>
+      </c>
+      <c r="I32" t="s">
+        <v>499</v>
+      </c>
+      <c r="J32" t="s">
+        <v>335</v>
+      </c>
+      <c r="K32" t="s">
+        <v>336</v>
+      </c>
+      <c r="L32" t="s">
+        <v>293</v>
+      </c>
+      <c r="M32" t="s">
+        <v>305</v>
+      </c>
+      <c r="N32" t="s">
+        <v>344</v>
+      </c>
+      <c r="O32" t="s">
+        <v>504</v>
+      </c>
+      <c r="P32" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>285</v>
+      </c>
+      <c r="B33" t="s">
+        <v>506</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>507</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>508</v>
+      </c>
+      <c r="H33" t="s">
+        <v>509</v>
+      </c>
+      <c r="I33" t="s">
+        <v>510</v>
+      </c>
+      <c r="J33" t="s">
+        <v>511</v>
+      </c>
+      <c r="K33" t="s">
+        <v>41</v>
+      </c>
+      <c r="L33" t="s">
+        <v>293</v>
+      </c>
+      <c r="M33" t="s">
+        <v>305</v>
+      </c>
+      <c r="N33" t="s">
+        <v>484</v>
+      </c>
+      <c r="O33" t="s">
+        <v>485</v>
+      </c>
+      <c r="P33" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>285</v>
+      </c>
+      <c r="B34" t="s">
+        <v>513</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>514</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>515</v>
+      </c>
+      <c r="H34" t="s">
+        <v>516</v>
+      </c>
+      <c r="I34" t="s">
+        <v>517</v>
+      </c>
+      <c r="J34" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" t="s">
+        <v>518</v>
+      </c>
+      <c r="L34" t="s">
+        <v>293</v>
+      </c>
+      <c r="M34" t="s">
+        <v>305</v>
+      </c>
+      <c r="N34" t="s">
+        <v>295</v>
+      </c>
+      <c r="O34" t="s">
+        <v>296</v>
+      </c>
+      <c r="P34" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>285</v>
+      </c>
+      <c r="B35" t="s">
+        <v>520</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>521</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>522</v>
+      </c>
+      <c r="H35" t="s">
+        <v>523</v>
+      </c>
+      <c r="I35" t="s">
+        <v>524</v>
+      </c>
+      <c r="J35" t="s">
+        <v>314</v>
+      </c>
+      <c r="K35" t="s">
+        <v>100</v>
+      </c>
+      <c r="L35" t="s">
+        <v>293</v>
+      </c>
+      <c r="M35" t="s">
+        <v>305</v>
+      </c>
+      <c r="N35" t="s">
+        <v>329</v>
+      </c>
+      <c r="O35" t="s">
+        <v>330</v>
+      </c>
+      <c r="P35" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>285</v>
+      </c>
+      <c r="B36" t="s">
+        <v>526</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>527</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>528</v>
+      </c>
+      <c r="H36" t="s">
+        <v>529</v>
+      </c>
+      <c r="I36" t="s">
+        <v>530</v>
+      </c>
+      <c r="J36" t="s">
+        <v>531</v>
+      </c>
+      <c r="K36" t="s">
+        <v>532</v>
+      </c>
+      <c r="L36" t="s">
+        <v>293</v>
+      </c>
+      <c r="M36" t="s">
+        <v>305</v>
+      </c>
+      <c r="N36" t="s">
+        <v>306</v>
+      </c>
+      <c r="O36" t="s">
+        <v>307</v>
+      </c>
+      <c r="P36" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>285</v>
+      </c>
+      <c r="B37" t="s">
+        <v>534</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>535</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>536</v>
+      </c>
+      <c r="H37" t="s">
+        <v>537</v>
+      </c>
+      <c r="I37" t="s">
+        <v>538</v>
+      </c>
+      <c r="J37" t="s">
+        <v>314</v>
+      </c>
+      <c r="K37" t="s">
+        <v>100</v>
+      </c>
+      <c r="L37" t="s">
+        <v>293</v>
+      </c>
+      <c r="M37" t="s">
+        <v>305</v>
+      </c>
+      <c r="N37" t="s">
+        <v>306</v>
+      </c>
+      <c r="O37" t="s">
+        <v>539</v>
+      </c>
+      <c r="P37" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>285</v>
+      </c>
+      <c r="B38" t="s">
+        <v>541</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>542</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>543</v>
+      </c>
+      <c r="H38" t="s">
+        <v>544</v>
+      </c>
+      <c r="I38" t="s">
+        <v>545</v>
+      </c>
+      <c r="J38" t="s">
+        <v>20</v>
+      </c>
+      <c r="K38" t="s">
+        <v>546</v>
+      </c>
+      <c r="L38" t="s">
+        <v>293</v>
+      </c>
+      <c r="M38" t="s">
+        <v>305</v>
+      </c>
+      <c r="N38" t="s">
+        <v>344</v>
+      </c>
+      <c r="O38" t="s">
+        <v>400</v>
+      </c>
+      <c r="P38" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>285</v>
+      </c>
+      <c r="B39" t="s">
+        <v>548</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>542</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>549</v>
+      </c>
+      <c r="H39" t="s">
+        <v>550</v>
+      </c>
+      <c r="I39" t="s">
+        <v>545</v>
+      </c>
+      <c r="J39" t="s">
+        <v>20</v>
+      </c>
+      <c r="K39" t="s">
+        <v>546</v>
+      </c>
+      <c r="L39" t="s">
+        <v>293</v>
+      </c>
+      <c r="M39" t="s">
+        <v>305</v>
+      </c>
+      <c r="N39" t="s">
+        <v>344</v>
+      </c>
+      <c r="O39" t="s">
+        <v>345</v>
+      </c>
+      <c r="P39" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>285</v>
+      </c>
+      <c r="B40" t="s">
+        <v>552</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>542</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>553</v>
+      </c>
+      <c r="H40" t="s">
+        <v>554</v>
+      </c>
+      <c r="I40" t="s">
+        <v>555</v>
+      </c>
+      <c r="J40" t="s">
+        <v>556</v>
+      </c>
+      <c r="K40" t="s">
+        <v>557</v>
+      </c>
+      <c r="L40" t="s">
+        <v>293</v>
+      </c>
+      <c r="M40" t="s">
+        <v>305</v>
+      </c>
+      <c r="N40" t="s">
+        <v>344</v>
+      </c>
+      <c r="O40" t="s">
+        <v>345</v>
+      </c>
+      <c r="P40" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>285</v>
+      </c>
+      <c r="B41" t="s">
+        <v>559</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>560</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>561</v>
+      </c>
+      <c r="H41" t="s">
+        <v>562</v>
+      </c>
+      <c r="I41" t="s">
+        <v>563</v>
+      </c>
+      <c r="J41" t="s">
+        <v>335</v>
+      </c>
+      <c r="K41" t="s">
+        <v>336</v>
+      </c>
+      <c r="L41" t="s">
+        <v>293</v>
+      </c>
+      <c r="M41" t="s">
+        <v>305</v>
+      </c>
+      <c r="N41" t="s">
+        <v>484</v>
+      </c>
+      <c r="O41" t="s">
+        <v>564</v>
+      </c>
+      <c r="P41" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>285</v>
+      </c>
+      <c r="B42" t="s">
+        <v>566</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>567</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>568</v>
+      </c>
+      <c r="H42" t="s">
+        <v>569</v>
+      </c>
+      <c r="I42" t="s">
+        <v>570</v>
+      </c>
+      <c r="J42" t="s">
+        <v>571</v>
+      </c>
+      <c r="K42" t="s">
+        <v>572</v>
+      </c>
+      <c r="L42" t="s">
+        <v>293</v>
+      </c>
+      <c r="M42" t="s">
+        <v>305</v>
+      </c>
+      <c r="N42" t="s">
+        <v>344</v>
+      </c>
+      <c r="O42" t="s">
+        <v>345</v>
+      </c>
+      <c r="P42" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>285</v>
+      </c>
+      <c r="B43" t="s">
+        <v>574</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>567</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>575</v>
+      </c>
+      <c r="H43" t="s">
+        <v>576</v>
+      </c>
+      <c r="I43" t="s">
+        <v>577</v>
+      </c>
+      <c r="J43" t="s">
+        <v>372</v>
+      </c>
+      <c r="K43" t="s">
+        <v>373</v>
+      </c>
+      <c r="L43" t="s">
+        <v>293</v>
+      </c>
+      <c r="M43" t="s">
+        <v>305</v>
+      </c>
+      <c r="N43" t="s">
+        <v>344</v>
+      </c>
+      <c r="O43" t="s">
+        <v>345</v>
+      </c>
+      <c r="P43" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>285</v>
+      </c>
+      <c r="B44" t="s">
+        <v>579</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>580</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>581</v>
+      </c>
+      <c r="H44" t="s">
+        <v>582</v>
+      </c>
+      <c r="I44" t="s">
+        <v>583</v>
+      </c>
+      <c r="J44" t="s">
+        <v>335</v>
+      </c>
+      <c r="K44" t="s">
+        <v>336</v>
+      </c>
+      <c r="L44" t="s">
+        <v>293</v>
+      </c>
+      <c r="M44" t="s">
+        <v>305</v>
+      </c>
+      <c r="N44" t="s">
+        <v>484</v>
+      </c>
+      <c r="O44" t="s">
+        <v>564</v>
+      </c>
+      <c r="P44" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>285</v>
+      </c>
+      <c r="B45" t="s">
+        <v>585</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>586</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>587</v>
+      </c>
+      <c r="H45" t="s">
+        <v>588</v>
+      </c>
+      <c r="I45" t="s">
+        <v>314</v>
+      </c>
+      <c r="J45" t="s">
+        <v>20</v>
+      </c>
+      <c r="K45" t="s">
+        <v>100</v>
+      </c>
+      <c r="L45" t="s">
+        <v>293</v>
+      </c>
+      <c r="M45" t="s">
+        <v>305</v>
+      </c>
+      <c r="N45" t="s">
+        <v>344</v>
+      </c>
+      <c r="O45" t="s">
+        <v>345</v>
+      </c>
+      <c r="P45" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>285</v>
+      </c>
+      <c r="B46" t="s">
+        <v>590</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>591</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>592</v>
+      </c>
+      <c r="H46" t="s">
+        <v>593</v>
+      </c>
+      <c r="I46" t="s">
+        <v>594</v>
+      </c>
+      <c r="J46" t="s">
+        <v>314</v>
+      </c>
+      <c r="K46" t="s">
+        <v>100</v>
+      </c>
+      <c r="L46" t="s">
+        <v>293</v>
+      </c>
+      <c r="M46" t="s">
+        <v>305</v>
+      </c>
+      <c r="N46" t="s">
+        <v>344</v>
+      </c>
+      <c r="O46" t="s">
+        <v>345</v>
+      </c>
+      <c r="P46" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>285</v>
+      </c>
+      <c r="B47" t="s">
+        <v>596</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>597</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>598</v>
+      </c>
+      <c r="H47" t="s">
+        <v>599</v>
+      </c>
+      <c r="I47" t="s">
+        <v>600</v>
+      </c>
+      <c r="J47" t="s">
+        <v>372</v>
+      </c>
+      <c r="K47" t="s">
+        <v>373</v>
+      </c>
+      <c r="L47" t="s">
+        <v>293</v>
+      </c>
+      <c r="M47" t="s">
+        <v>305</v>
+      </c>
+      <c r="N47" t="s">
+        <v>344</v>
+      </c>
+      <c r="O47" t="s">
+        <v>345</v>
+      </c>
+      <c r="P47" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>285</v>
+      </c>
+      <c r="B48" t="s">
+        <v>602</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>603</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>604</v>
+      </c>
+      <c r="H48" t="s">
+        <v>605</v>
+      </c>
+      <c r="I48" t="s">
+        <v>606</v>
+      </c>
+      <c r="J48" t="s">
+        <v>372</v>
+      </c>
+      <c r="K48" t="s">
+        <v>373</v>
+      </c>
+      <c r="L48" t="s">
+        <v>293</v>
+      </c>
+      <c r="M48" t="s">
+        <v>305</v>
+      </c>
+      <c r="N48" t="s">
+        <v>344</v>
+      </c>
+      <c r="O48" t="s">
+        <v>400</v>
+      </c>
+      <c r="P48" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>285</v>
+      </c>
+      <c r="B49" t="s">
+        <v>608</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>609</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>610</v>
+      </c>
+      <c r="H49" t="s">
+        <v>611</v>
+      </c>
+      <c r="I49" t="s">
+        <v>612</v>
+      </c>
+      <c r="J49" t="s">
+        <v>335</v>
+      </c>
+      <c r="K49" t="s">
+        <v>336</v>
+      </c>
+      <c r="L49" t="s">
+        <v>293</v>
+      </c>
+      <c r="M49" t="s">
+        <v>305</v>
+      </c>
+      <c r="N49" t="s">
+        <v>352</v>
+      </c>
+      <c r="O49" t="s">
+        <v>353</v>
+      </c>
+      <c r="P49" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>285</v>
+      </c>
+      <c r="B50" t="s">
+        <v>614</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>615</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>616</v>
+      </c>
+      <c r="H50" t="s">
+        <v>617</v>
+      </c>
+      <c r="I50" t="s">
+        <v>618</v>
+      </c>
+      <c r="J50" t="s">
+        <v>314</v>
+      </c>
+      <c r="K50" t="s">
+        <v>100</v>
+      </c>
+      <c r="L50" t="s">
+        <v>293</v>
+      </c>
+      <c r="M50" t="s">
+        <v>305</v>
+      </c>
+      <c r="N50" t="s">
+        <v>329</v>
+      </c>
+      <c r="O50" t="s">
+        <v>619</v>
+      </c>
+      <c r="P50" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>285</v>
+      </c>
+      <c r="B51" t="s">
+        <v>621</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>622</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>623</v>
+      </c>
+      <c r="H51" t="s">
+        <v>624</v>
+      </c>
+      <c r="I51" t="s">
+        <v>625</v>
+      </c>
+      <c r="J51" t="s">
+        <v>335</v>
+      </c>
+      <c r="K51" t="s">
+        <v>336</v>
+      </c>
+      <c r="L51" t="s">
+        <v>293</v>
+      </c>
+      <c r="M51" t="s">
+        <v>305</v>
+      </c>
+      <c r="N51" t="s">
+        <v>315</v>
+      </c>
+      <c r="O51" t="s">
+        <v>316</v>
+      </c>
+      <c r="P51" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>285</v>
+      </c>
+      <c r="B52" t="s">
+        <v>627</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>628</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>629</v>
+      </c>
+      <c r="H52" t="s">
+        <v>630</v>
+      </c>
+      <c r="I52" t="s">
+        <v>631</v>
+      </c>
+      <c r="J52" t="s">
+        <v>335</v>
+      </c>
+      <c r="K52" t="s">
+        <v>336</v>
+      </c>
+      <c r="L52" t="s">
+        <v>293</v>
+      </c>
+      <c r="M52" t="s">
+        <v>477</v>
+      </c>
+      <c r="N52" t="s">
+        <v>295</v>
+      </c>
+      <c r="O52" t="s">
+        <v>296</v>
+      </c>
+      <c r="P52" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>285</v>
+      </c>
+      <c r="B53" t="s">
+        <v>633</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>634</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>635</v>
+      </c>
+      <c r="H53" t="s">
+        <v>636</v>
+      </c>
+      <c r="I53" t="s">
+        <v>637</v>
+      </c>
+      <c r="J53" t="s">
+        <v>314</v>
+      </c>
+      <c r="K53" t="s">
+        <v>100</v>
+      </c>
+      <c r="L53" t="s">
+        <v>293</v>
+      </c>
+      <c r="M53" t="s">
+        <v>305</v>
+      </c>
+      <c r="N53" t="s">
+        <v>329</v>
+      </c>
+      <c r="O53" t="s">
+        <v>386</v>
+      </c>
+      <c r="P53" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>285</v>
+      </c>
+      <c r="B54" t="s">
+        <v>639</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>634</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>640</v>
+      </c>
+      <c r="H54" t="s">
+        <v>641</v>
+      </c>
+      <c r="I54" t="s">
+        <v>642</v>
+      </c>
+      <c r="J54" t="s">
+        <v>643</v>
+      </c>
+      <c r="K54" t="s">
+        <v>644</v>
+      </c>
+      <c r="L54" t="s">
+        <v>293</v>
+      </c>
+      <c r="M54" t="s">
+        <v>305</v>
+      </c>
+      <c r="N54" t="s">
+        <v>329</v>
+      </c>
+      <c r="O54" t="s">
+        <v>645</v>
+      </c>
+      <c r="P54" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>285</v>
+      </c>
+      <c r="B55" t="s">
+        <v>647</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>634</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>648</v>
+      </c>
+      <c r="H55" t="s">
+        <v>649</v>
+      </c>
+      <c r="I55" t="s">
+        <v>637</v>
+      </c>
+      <c r="J55" t="s">
+        <v>314</v>
+      </c>
+      <c r="K55" t="s">
+        <v>100</v>
+      </c>
+      <c r="L55" t="s">
+        <v>293</v>
+      </c>
+      <c r="M55" t="s">
+        <v>305</v>
+      </c>
+      <c r="N55" t="s">
+        <v>329</v>
+      </c>
+      <c r="O55" t="s">
+        <v>645</v>
+      </c>
+      <c r="P55" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>285</v>
+      </c>
+      <c r="B56" t="s">
+        <v>651</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>652</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>653</v>
+      </c>
+      <c r="H56" t="s">
+        <v>654</v>
+      </c>
+      <c r="I56" t="s">
+        <v>655</v>
+      </c>
+      <c r="J56" t="s">
+        <v>20</v>
+      </c>
+      <c r="K56" t="s">
+        <v>41</v>
+      </c>
+      <c r="L56" t="s">
+        <v>293</v>
+      </c>
+      <c r="M56" t="s">
+        <v>305</v>
+      </c>
+      <c r="N56" t="s">
+        <v>306</v>
+      </c>
+      <c r="O56" t="s">
+        <v>656</v>
+      </c>
+      <c r="P56" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>285</v>
+      </c>
+      <c r="B57" t="s">
+        <v>651</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>652</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>658</v>
+      </c>
+      <c r="H57" t="s">
+        <v>659</v>
+      </c>
+      <c r="I57" t="s">
+        <v>655</v>
+      </c>
+      <c r="J57" t="s">
+        <v>20</v>
+      </c>
+      <c r="K57" t="s">
+        <v>41</v>
+      </c>
+      <c r="L57" t="s">
+        <v>293</v>
+      </c>
+      <c r="M57" t="s">
+        <v>305</v>
+      </c>
+      <c r="N57" t="s">
+        <v>492</v>
+      </c>
+      <c r="O57" t="s">
+        <v>493</v>
+      </c>
+      <c r="P57" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>285</v>
+      </c>
+      <c r="B58" t="s">
+        <v>661</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>662</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>663</v>
+      </c>
+      <c r="H58" t="s">
+        <v>664</v>
+      </c>
+      <c r="I58" t="s">
+        <v>665</v>
+      </c>
+      <c r="J58" t="s">
+        <v>511</v>
+      </c>
+      <c r="K58" t="s">
+        <v>41</v>
+      </c>
+      <c r="L58" t="s">
+        <v>293</v>
+      </c>
+      <c r="M58" t="s">
+        <v>305</v>
+      </c>
+      <c r="N58" t="s">
+        <v>484</v>
+      </c>
+      <c r="O58" t="s">
+        <v>666</v>
+      </c>
+      <c r="P58" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>285</v>
+      </c>
+      <c r="B59" t="s">
+        <v>668</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>669</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>670</v>
+      </c>
+      <c r="H59" t="s">
+        <v>671</v>
+      </c>
+      <c r="I59" t="s">
+        <v>672</v>
+      </c>
+      <c r="J59" t="s">
+        <v>673</v>
+      </c>
+      <c r="K59" t="s">
+        <v>674</v>
+      </c>
+      <c r="L59" t="s">
+        <v>293</v>
+      </c>
+      <c r="M59" t="s">
+        <v>305</v>
+      </c>
+      <c r="N59" t="s">
+        <v>295</v>
+      </c>
+      <c r="O59" t="s">
+        <v>296</v>
+      </c>
+      <c r="P59" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>285</v>
+      </c>
+      <c r="B60" t="s">
+        <v>676</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>677</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>678</v>
+      </c>
+      <c r="H60" t="s">
+        <v>679</v>
+      </c>
+      <c r="I60" t="s">
+        <v>680</v>
+      </c>
+      <c r="J60" t="s">
+        <v>681</v>
+      </c>
+      <c r="K60" t="s">
+        <v>682</v>
+      </c>
+      <c r="L60" t="s">
+        <v>293</v>
+      </c>
+      <c r="M60" t="s">
+        <v>294</v>
+      </c>
+      <c r="N60" t="s">
+        <v>295</v>
+      </c>
+      <c r="O60" t="s">
+        <v>296</v>
+      </c>
+      <c r="P60" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>285</v>
+      </c>
+      <c r="B61" t="s">
+        <v>684</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>685</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>686</v>
+      </c>
+      <c r="H61" t="s">
+        <v>687</v>
+      </c>
+      <c r="I61" t="s">
+        <v>688</v>
+      </c>
+      <c r="J61" t="s">
+        <v>335</v>
+      </c>
+      <c r="K61" t="s">
+        <v>336</v>
+      </c>
+      <c r="L61" t="s">
+        <v>293</v>
+      </c>
+      <c r="M61" t="s">
+        <v>305</v>
+      </c>
+      <c r="N61" t="s">
+        <v>344</v>
+      </c>
+      <c r="O61" t="s">
+        <v>504</v>
+      </c>
+      <c r="P61" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>285</v>
+      </c>
+      <c r="B62" t="s">
+        <v>690</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>691</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>692</v>
+      </c>
+      <c r="H62" t="s">
+        <v>693</v>
+      </c>
+      <c r="I62" t="s">
+        <v>694</v>
+      </c>
+      <c r="J62" t="s">
+        <v>695</v>
+      </c>
+      <c r="K62" t="s">
+        <v>696</v>
+      </c>
+      <c r="L62" t="s">
+        <v>293</v>
+      </c>
+      <c r="M62" t="s">
+        <v>305</v>
+      </c>
+      <c r="N62" t="s">
+        <v>295</v>
+      </c>
+      <c r="O62" t="s">
+        <v>296</v>
+      </c>
+      <c r="P62" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>285</v>
+      </c>
+      <c r="B63" t="s">
+        <v>698</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>699</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>700</v>
+      </c>
+      <c r="H63" t="s">
+        <v>701</v>
+      </c>
+      <c r="I63" t="s">
+        <v>702</v>
+      </c>
+      <c r="J63" t="s">
+        <v>20</v>
+      </c>
+      <c r="K63" t="s">
+        <v>703</v>
+      </c>
+      <c r="L63" t="s">
+        <v>293</v>
+      </c>
+      <c r="M63" t="s">
+        <v>477</v>
+      </c>
+      <c r="N63" t="s">
+        <v>295</v>
+      </c>
+      <c r="O63" t="s">
+        <v>296</v>
+      </c>
+      <c r="P63" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>285</v>
+      </c>
+      <c r="B64" t="s">
+        <v>705</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>706</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>707</v>
+      </c>
+      <c r="H64" t="s">
+        <v>708</v>
+      </c>
+      <c r="I64" t="s">
+        <v>709</v>
+      </c>
+      <c r="J64" t="s">
+        <v>335</v>
+      </c>
+      <c r="K64" t="s">
+        <v>336</v>
+      </c>
+      <c r="L64" t="s">
+        <v>293</v>
+      </c>
+      <c r="M64" t="s">
+        <v>477</v>
+      </c>
+      <c r="N64" t="s">
+        <v>315</v>
+      </c>
+      <c r="O64" t="s">
+        <v>710</v>
+      </c>
+      <c r="P64" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>285</v>
+      </c>
+      <c r="B65" t="s">
+        <v>705</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>712</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>713</v>
+      </c>
+      <c r="H65" t="s">
+        <v>714</v>
+      </c>
+      <c r="I65" t="s">
+        <v>715</v>
+      </c>
+      <c r="J65" t="s">
+        <v>314</v>
+      </c>
+      <c r="K65" t="s">
+        <v>100</v>
+      </c>
+      <c r="L65" t="s">
+        <v>293</v>
+      </c>
+      <c r="M65" t="s">
+        <v>477</v>
+      </c>
+      <c r="N65" t="s">
+        <v>315</v>
+      </c>
+      <c r="O65" t="s">
+        <v>710</v>
+      </c>
+      <c r="P65" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>285</v>
+      </c>
+      <c r="B66" t="s">
+        <v>717</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>718</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>719</v>
+      </c>
+      <c r="H66" t="s">
+        <v>720</v>
+      </c>
+      <c r="I66" t="s">
+        <v>721</v>
+      </c>
+      <c r="J66" t="s">
+        <v>335</v>
+      </c>
+      <c r="K66" t="s">
+        <v>336</v>
+      </c>
+      <c r="L66" t="s">
+        <v>293</v>
+      </c>
+      <c r="M66" t="s">
+        <v>305</v>
+      </c>
+      <c r="N66" t="s">
+        <v>492</v>
+      </c>
+      <c r="O66" t="s">
+        <v>493</v>
+      </c>
+      <c r="P66" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>285</v>
+      </c>
+      <c r="B67" t="s">
+        <v>723</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>724</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>725</v>
+      </c>
+      <c r="H67" t="s">
+        <v>726</v>
+      </c>
+      <c r="I67" t="s">
+        <v>727</v>
+      </c>
+      <c r="J67" t="s">
+        <v>571</v>
+      </c>
+      <c r="K67" t="s">
+        <v>572</v>
+      </c>
+      <c r="L67" t="s">
+        <v>293</v>
+      </c>
+      <c r="M67" t="s">
+        <v>305</v>
+      </c>
+      <c r="N67" t="s">
+        <v>295</v>
+      </c>
+      <c r="O67" t="s">
+        <v>296</v>
+      </c>
+      <c r="P67" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>285</v>
+      </c>
+      <c r="B68" t="s">
+        <v>729</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>724</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>730</v>
+      </c>
+      <c r="H68" t="s">
+        <v>731</v>
+      </c>
+      <c r="I68" t="s">
+        <v>732</v>
+      </c>
+      <c r="J68" t="s">
+        <v>733</v>
+      </c>
+      <c r="K68" t="s">
+        <v>734</v>
+      </c>
+      <c r="L68" t="s">
+        <v>293</v>
+      </c>
+      <c r="M68" t="s">
+        <v>305</v>
+      </c>
+      <c r="N68" t="s">
+        <v>295</v>
+      </c>
+      <c r="O68" t="s">
+        <v>296</v>
+      </c>
+      <c r="P68" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>285</v>
+      </c>
+      <c r="B69" t="s">
+        <v>736</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>737</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>738</v>
+      </c>
+      <c r="H69" t="s">
+        <v>739</v>
+      </c>
+      <c r="I69" t="s">
+        <v>740</v>
+      </c>
+      <c r="J69" t="s">
+        <v>20</v>
+      </c>
+      <c r="K69" t="s">
+        <v>741</v>
+      </c>
+      <c r="L69" t="s">
+        <v>293</v>
+      </c>
+      <c r="M69" t="s">
+        <v>305</v>
+      </c>
+      <c r="N69" t="s">
+        <v>295</v>
+      </c>
+      <c r="O69" t="s">
+        <v>296</v>
+      </c>
+      <c r="P69" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>285</v>
+      </c>
+      <c r="B70" t="s">
+        <v>743</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>744</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>745</v>
+      </c>
+      <c r="H70" t="s">
+        <v>746</v>
+      </c>
+      <c r="I70" t="s">
+        <v>747</v>
+      </c>
+      <c r="J70" t="s">
+        <v>335</v>
+      </c>
+      <c r="K70" t="s">
+        <v>336</v>
+      </c>
+      <c r="L70" t="s">
+        <v>293</v>
+      </c>
+      <c r="M70" t="s">
+        <v>477</v>
+      </c>
+      <c r="N70" t="s">
+        <v>295</v>
+      </c>
+      <c r="O70" t="s">
+        <v>296</v>
+      </c>
+      <c r="P70" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>285</v>
+      </c>
+      <c r="B71" t="s">
+        <v>749</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>750</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>751</v>
+      </c>
+      <c r="H71" t="s">
+        <v>752</v>
+      </c>
+      <c r="I71" t="s">
+        <v>753</v>
+      </c>
+      <c r="J71" t="s">
+        <v>754</v>
+      </c>
+      <c r="K71" t="s">
+        <v>755</v>
+      </c>
+      <c r="L71" t="s">
+        <v>293</v>
+      </c>
+      <c r="M71" t="s">
+        <v>294</v>
+      </c>
+      <c r="N71" t="s">
+        <v>344</v>
+      </c>
+      <c r="O71" t="s">
+        <v>756</v>
+      </c>
+      <c r="P71" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>285</v>
+      </c>
+      <c r="B72" t="s">
+        <v>758</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>759</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>760</v>
+      </c>
+      <c r="H72" t="s">
+        <v>761</v>
+      </c>
+      <c r="I72" t="s">
+        <v>762</v>
+      </c>
+      <c r="J72" t="s">
+        <v>20</v>
+      </c>
+      <c r="K72" t="s">
+        <v>763</v>
+      </c>
+      <c r="L72" t="s">
+        <v>293</v>
+      </c>
+      <c r="M72" t="s">
+        <v>305</v>
+      </c>
+      <c r="N72" t="s">
+        <v>344</v>
+      </c>
+      <c r="O72" t="s">
+        <v>470</v>
+      </c>
+      <c r="P72" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>285</v>
+      </c>
+      <c r="B73" t="s">
+        <v>765</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>766</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>767</v>
+      </c>
+      <c r="H73" t="s">
+        <v>768</v>
+      </c>
+      <c r="I73" t="s">
+        <v>769</v>
+      </c>
+      <c r="J73" t="s">
+        <v>314</v>
+      </c>
+      <c r="K73" t="s">
+        <v>100</v>
+      </c>
+      <c r="L73" t="s">
+        <v>293</v>
+      </c>
+      <c r="M73" t="s">
+        <v>305</v>
+      </c>
+      <c r="N73" t="s">
+        <v>344</v>
+      </c>
+      <c r="O73" t="s">
+        <v>400</v>
+      </c>
+      <c r="P73" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>285</v>
+      </c>
+      <c r="B74" t="s">
+        <v>771</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>772</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>773</v>
+      </c>
+      <c r="H74" t="s">
+        <v>774</v>
+      </c>
+      <c r="I74" t="s">
+        <v>775</v>
+      </c>
+      <c r="J74" t="s">
+        <v>314</v>
+      </c>
+      <c r="K74" t="s">
+        <v>100</v>
+      </c>
+      <c r="L74" t="s">
+        <v>293</v>
+      </c>
+      <c r="M74" t="s">
+        <v>477</v>
+      </c>
+      <c r="N74" t="s">
+        <v>295</v>
+      </c>
+      <c r="O74" t="s">
+        <v>296</v>
+      </c>
+      <c r="P74" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>285</v>
+      </c>
+      <c r="B75" t="s">
+        <v>777</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>778</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>779</v>
+      </c>
+      <c r="H75" t="s">
+        <v>780</v>
+      </c>
+      <c r="I75" t="s">
+        <v>781</v>
+      </c>
+      <c r="J75" t="s">
+        <v>303</v>
+      </c>
+      <c r="K75" t="s">
+        <v>304</v>
+      </c>
+      <c r="L75" t="s">
+        <v>293</v>
+      </c>
+      <c r="M75" t="s">
+        <v>477</v>
+      </c>
+      <c r="N75" t="s">
+        <v>315</v>
+      </c>
+      <c r="O75" t="s">
+        <v>710</v>
+      </c>
+      <c r="P75" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>285</v>
+      </c>
+      <c r="B76" t="s">
+        <v>783</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>784</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>785</v>
+      </c>
+      <c r="H76" t="s">
+        <v>786</v>
+      </c>
+      <c r="I76" t="s">
+        <v>787</v>
+      </c>
+      <c r="J76" t="s">
+        <v>372</v>
+      </c>
+      <c r="K76" t="s">
+        <v>373</v>
+      </c>
+      <c r="L76" t="s">
+        <v>293</v>
+      </c>
+      <c r="M76" t="s">
+        <v>305</v>
+      </c>
+      <c r="N76" t="s">
+        <v>352</v>
+      </c>
+      <c r="O76" t="s">
+        <v>353</v>
+      </c>
+      <c r="P76" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>285</v>
+      </c>
+      <c r="B77" t="s">
+        <v>789</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>790</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>791</v>
+      </c>
+      <c r="H77" t="s">
+        <v>792</v>
+      </c>
+      <c r="I77" t="s">
+        <v>793</v>
+      </c>
+      <c r="J77" t="s">
+        <v>794</v>
+      </c>
+      <c r="K77" t="s">
+        <v>336</v>
+      </c>
+      <c r="L77" t="s">
+        <v>293</v>
+      </c>
+      <c r="M77" t="s">
+        <v>477</v>
+      </c>
+      <c r="N77" t="s">
+        <v>295</v>
+      </c>
+      <c r="O77" t="s">
+        <v>296</v>
+      </c>
+      <c r="P77" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>285</v>
+      </c>
+      <c r="B78" t="s">
+        <v>796</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>797</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>798</v>
+      </c>
+      <c r="H78" t="s">
+        <v>799</v>
+      </c>
+      <c r="I78" t="s">
+        <v>800</v>
+      </c>
+      <c r="J78" t="s">
+        <v>655</v>
+      </c>
+      <c r="K78" t="s">
+        <v>41</v>
+      </c>
+      <c r="L78" t="s">
+        <v>293</v>
+      </c>
+      <c r="M78" t="s">
+        <v>294</v>
+      </c>
+      <c r="N78" t="s">
+        <v>352</v>
+      </c>
+      <c r="O78" t="s">
+        <v>353</v>
+      </c>
+      <c r="P78" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>285</v>
+      </c>
+      <c r="B79" t="s">
+        <v>802</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>803</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>804</v>
+      </c>
+      <c r="H79" t="s">
+        <v>805</v>
+      </c>
+      <c r="I79" t="s">
+        <v>806</v>
+      </c>
+      <c r="J79" t="s">
+        <v>807</v>
+      </c>
+      <c r="K79" t="s">
+        <v>808</v>
+      </c>
+      <c r="L79" t="s">
+        <v>293</v>
+      </c>
+      <c r="M79" t="s">
+        <v>305</v>
+      </c>
+      <c r="N79" t="s">
+        <v>344</v>
+      </c>
+      <c r="O79" t="s">
+        <v>345</v>
+      </c>
+      <c r="P79" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>285</v>
+      </c>
+      <c r="B80" t="s">
+        <v>810</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>811</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>812</v>
+      </c>
+      <c r="H80" t="s">
+        <v>813</v>
+      </c>
+      <c r="I80" t="s">
+        <v>556</v>
+      </c>
+      <c r="J80" t="s">
+        <v>20</v>
+      </c>
+      <c r="K80" t="s">
+        <v>557</v>
+      </c>
+      <c r="L80" t="s">
+        <v>293</v>
+      </c>
+      <c r="M80" t="s">
+        <v>477</v>
+      </c>
+      <c r="N80" t="s">
+        <v>295</v>
+      </c>
+      <c r="O80" t="s">
+        <v>296</v>
+      </c>
+      <c r="P80" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>285</v>
+      </c>
+      <c r="B81" t="s">
+        <v>815</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>816</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>817</v>
+      </c>
+      <c r="H81" t="s">
+        <v>818</v>
+      </c>
+      <c r="I81" t="s">
+        <v>372</v>
+      </c>
+      <c r="J81" t="s">
+        <v>20</v>
+      </c>
+      <c r="K81" t="s">
+        <v>373</v>
+      </c>
+      <c r="L81" t="s">
+        <v>293</v>
+      </c>
+      <c r="M81" t="s">
+        <v>305</v>
+      </c>
+      <c r="N81" t="s">
+        <v>484</v>
+      </c>
+      <c r="O81" t="s">
+        <v>485</v>
+      </c>
+      <c r="P81" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>285</v>
+      </c>
+      <c r="B82" t="s">
+        <v>820</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>821</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>822</v>
+      </c>
+      <c r="H82" t="s">
+        <v>823</v>
+      </c>
+      <c r="I82" t="s">
+        <v>824</v>
+      </c>
+      <c r="J82" t="s">
+        <v>556</v>
+      </c>
+      <c r="K82" t="s">
+        <v>557</v>
+      </c>
+      <c r="L82" t="s">
+        <v>293</v>
+      </c>
+      <c r="M82" t="s">
+        <v>305</v>
+      </c>
+      <c r="N82" t="s">
+        <v>344</v>
+      </c>
+      <c r="O82" t="s">
+        <v>345</v>
+      </c>
+      <c r="P82" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>285</v>
+      </c>
+      <c r="B83" t="s">
+        <v>826</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>827</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>828</v>
+      </c>
+      <c r="H83" t="s">
+        <v>829</v>
+      </c>
+      <c r="I83" t="s">
+        <v>830</v>
+      </c>
+      <c r="J83" t="s">
+        <v>20</v>
+      </c>
+      <c r="K83" t="s">
+        <v>831</v>
+      </c>
+      <c r="L83" t="s">
+        <v>293</v>
+      </c>
+      <c r="M83" t="s">
+        <v>305</v>
+      </c>
+      <c r="N83" t="s">
+        <v>344</v>
+      </c>
+      <c r="O83" t="s">
+        <v>832</v>
+      </c>
+      <c r="P83" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>285</v>
+      </c>
+      <c r="B84" t="s">
+        <v>834</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>835</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>836</v>
+      </c>
+      <c r="H84" t="s">
+        <v>837</v>
+      </c>
+      <c r="I84" t="s">
+        <v>838</v>
+      </c>
+      <c r="J84" t="s">
+        <v>20</v>
+      </c>
+      <c r="K84" t="s">
+        <v>839</v>
+      </c>
+      <c r="L84" t="s">
+        <v>293</v>
+      </c>
+      <c r="M84" t="s">
+        <v>305</v>
+      </c>
+      <c r="N84" t="s">
+        <v>344</v>
+      </c>
+      <c r="O84" t="s">
+        <v>345</v>
+      </c>
+      <c r="P84" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>285</v>
+      </c>
+      <c r="B85" t="s">
+        <v>841</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>835</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>842</v>
+      </c>
+      <c r="H85" t="s">
+        <v>843</v>
+      </c>
+      <c r="I85" t="s">
+        <v>844</v>
+      </c>
+      <c r="J85" t="s">
+        <v>20</v>
+      </c>
+      <c r="K85" t="s">
+        <v>845</v>
+      </c>
+      <c r="L85" t="s">
+        <v>293</v>
+      </c>
+      <c r="M85" t="s">
+        <v>305</v>
+      </c>
+      <c r="N85" t="s">
+        <v>344</v>
+      </c>
+      <c r="O85" t="s">
+        <v>345</v>
+      </c>
+      <c r="P85" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>285</v>
+      </c>
+      <c r="B86" t="s">
+        <v>847</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>848</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>849</v>
+      </c>
+      <c r="H86" t="s">
+        <v>850</v>
+      </c>
+      <c r="I86" t="s">
+        <v>851</v>
+      </c>
+      <c r="J86" t="s">
+        <v>435</v>
+      </c>
+      <c r="K86" t="s">
+        <v>436</v>
+      </c>
+      <c r="L86" t="s">
+        <v>293</v>
+      </c>
+      <c r="M86" t="s">
+        <v>305</v>
+      </c>
+      <c r="N86" t="s">
+        <v>344</v>
+      </c>
+      <c r="O86" t="s">
+        <v>345</v>
+      </c>
+      <c r="P86" t="s">
+        <v>852</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>13</v>
+      </c>
+      <c r="J1" t="s">
+        <v>14</v>
+      </c>
+      <c r="K1" t="s">
+        <v>853</v>
+      </c>
+      <c r="L1" t="s">
+        <v>854</v>
+      </c>
+      <c r="M1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>855</v>
+      </c>
+      <c r="B2" t="s">
+        <v>856</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>857</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>858</v>
+      </c>
+      <c r="H2" t="s">
+        <v>859</v>
+      </c>
+      <c r="I2" t="s">
+        <v>860</v>
+      </c>
+      <c r="J2" t="s">
+        <v>28</v>
+      </c>
+      <c r="K2" t="s">
+        <v>293</v>
+      </c>
+      <c r="L2" t="s">
+        <v>31</v>
+      </c>
+      <c r="M2" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>855</v>
+      </c>
+      <c r="B3" t="s">
+        <v>862</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>863</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>864</v>
+      </c>
+      <c r="H3" t="s">
+        <v>865</v>
+      </c>
+      <c r="I3" t="s">
+        <v>866</v>
+      </c>
+      <c r="J3" t="s">
+        <v>39</v>
+      </c>
+      <c r="K3" t="s">
+        <v>293</v>
+      </c>
+      <c r="L3" t="s">
+        <v>42</v>
+      </c>
+      <c r="M3" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>855</v>
+      </c>
+      <c r="B4" t="s">
+        <v>868</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>869</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>870</v>
+      </c>
+      <c r="H4" t="s">
+        <v>871</v>
+      </c>
+      <c r="I4" t="s">
+        <v>872</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>293</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>873</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:M1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T35"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>874</v>
+      </c>
+      <c r="J1" t="s">
+        <v>277</v>
+      </c>
+      <c r="K1" t="s">
+        <v>875</v>
+      </c>
+      <c r="L1" t="s">
+        <v>279</v>
+      </c>
+      <c r="M1" t="s">
+        <v>280</v>
+      </c>
+      <c r="N1" t="s">
+        <v>876</v>
+      </c>
+      <c r="O1" t="s">
+        <v>877</v>
+      </c>
+      <c r="P1" t="s">
+        <v>878</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>879</v>
+      </c>
+      <c r="R1" t="s">
+        <v>281</v>
+      </c>
+      <c r="S1" t="s">
+        <v>880</v>
+      </c>
+      <c r="T1" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>882</v>
+      </c>
+      <c r="B2" t="s">
+        <v>883</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>884</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>885</v>
+      </c>
+      <c r="H2" t="s">
+        <v>886</v>
+      </c>
+      <c r="I2" t="s">
+        <v>887</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>681</v>
+      </c>
+      <c r="L2" t="s">
+        <v>682</v>
+      </c>
+      <c r="M2" t="s">
+        <v>293</v>
+      </c>
+      <c r="N2" t="s">
+        <v>888</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>889</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>890</v>
+      </c>
+      <c r="R2" t="s">
+        <v>889</v>
+      </c>
+      <c r="S2" t="s">
+        <v>891</v>
+      </c>
+      <c r="T2" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>882</v>
+      </c>
+      <c r="B3" t="s">
+        <v>893</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>894</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>895</v>
+      </c>
+      <c r="H3" t="s">
+        <v>896</v>
+      </c>
+      <c r="I3" t="s">
+        <v>887</v>
+      </c>
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
+        <v>335</v>
+      </c>
+      <c r="L3" t="s">
+        <v>336</v>
+      </c>
+      <c r="M3" t="s">
+        <v>293</v>
+      </c>
+      <c r="N3" t="s">
+        <v>897</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>889</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>890</v>
+      </c>
+      <c r="R3" t="s">
+        <v>889</v>
+      </c>
+      <c r="S3" t="s">
+        <v>898</v>
+      </c>
+      <c r="T3" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>882</v>
+      </c>
+      <c r="B4" t="s">
+        <v>900</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>901</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>902</v>
+      </c>
+      <c r="H4" t="s">
+        <v>903</v>
+      </c>
+      <c r="I4" t="s">
+        <v>887</v>
+      </c>
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
+        <v>904</v>
+      </c>
+      <c r="L4" t="s">
+        <v>905</v>
+      </c>
+      <c r="M4" t="s">
+        <v>293</v>
+      </c>
+      <c r="N4" t="s">
+        <v>906</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>889</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>907</v>
+      </c>
+      <c r="R4" t="s">
+        <v>889</v>
+      </c>
+      <c r="S4" t="s">
+        <v>908</v>
+      </c>
+      <c r="T4" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>882</v>
+      </c>
+      <c r="B5" t="s">
+        <v>910</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>911</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>912</v>
+      </c>
+      <c r="H5" t="s">
+        <v>913</v>
+      </c>
+      <c r="I5" t="s">
+        <v>887</v>
+      </c>
+      <c r="J5" t="s">
+        <v>914</v>
+      </c>
+      <c r="K5" t="s">
+        <v>571</v>
+      </c>
+      <c r="L5" t="s">
+        <v>572</v>
+      </c>
+      <c r="M5" t="s">
+        <v>293</v>
+      </c>
+      <c r="N5" t="s">
+        <v>915</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>916</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>917</v>
+      </c>
+      <c r="R5" t="s">
+        <v>294</v>
+      </c>
+      <c r="S5" t="s">
+        <v>918</v>
+      </c>
+      <c r="T5" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>882</v>
+      </c>
+      <c r="B6" t="s">
+        <v>919</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>911</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>920</v>
+      </c>
+      <c r="H6" t="s">
+        <v>921</v>
+      </c>
+      <c r="I6" t="s">
+        <v>922</v>
+      </c>
+      <c r="J6" t="s">
+        <v>914</v>
+      </c>
+      <c r="K6" t="s">
+        <v>571</v>
+      </c>
+      <c r="L6" t="s">
+        <v>572</v>
+      </c>
+      <c r="M6" t="s">
+        <v>293</v>
+      </c>
+      <c r="N6" t="s">
+        <v>923</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>294</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>924</v>
+      </c>
+      <c r="R6" t="s">
+        <v>294</v>
+      </c>
+      <c r="S6" t="s">
+        <v>925</v>
+      </c>
+      <c r="T6" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>882</v>
+      </c>
+      <c r="B7" t="s">
+        <v>926</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>927</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>928</v>
+      </c>
+      <c r="H7" t="s">
+        <v>929</v>
+      </c>
+      <c r="I7" t="s">
+        <v>930</v>
+      </c>
+      <c r="J7" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" t="s">
+        <v>931</v>
+      </c>
+      <c r="L7" t="s">
+        <v>100</v>
+      </c>
+      <c r="M7" t="s">
+        <v>293</v>
+      </c>
+      <c r="N7" t="s">
+        <v>932</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>916</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>933</v>
+      </c>
+      <c r="R7" t="s">
+        <v>294</v>
+      </c>
+      <c r="S7" t="s">
+        <v>101</v>
+      </c>
+      <c r="T7" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>882</v>
+      </c>
+      <c r="B8" t="s">
+        <v>934</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>935</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>936</v>
+      </c>
+      <c r="H8" t="s">
+        <v>937</v>
+      </c>
+      <c r="I8" t="s">
+        <v>930</v>
+      </c>
+      <c r="J8" t="s">
+        <v>938</v>
+      </c>
+      <c r="K8" t="s">
+        <v>939</v>
+      </c>
+      <c r="L8" t="s">
+        <v>41</v>
+      </c>
+      <c r="M8" t="s">
+        <v>293</v>
+      </c>
+      <c r="N8" t="s">
+        <v>940</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>916</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>941</v>
+      </c>
+      <c r="R8" t="s">
+        <v>294</v>
+      </c>
+      <c r="S8" t="s">
+        <v>137</v>
+      </c>
+      <c r="T8" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>882</v>
+      </c>
+      <c r="B9" t="s">
+        <v>942</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>943</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>944</v>
+      </c>
+      <c r="H9" t="s">
+        <v>945</v>
+      </c>
+      <c r="I9" t="s">
+        <v>887</v>
+      </c>
+      <c r="J9" t="s">
+        <v>946</v>
+      </c>
+      <c r="K9" t="s">
+        <v>571</v>
+      </c>
+      <c r="L9" t="s">
+        <v>572</v>
+      </c>
+      <c r="M9" t="s">
+        <v>293</v>
+      </c>
+      <c r="N9" t="s">
+        <v>947</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>890</v>
+      </c>
+      <c r="R9" t="s">
+        <v>305</v>
+      </c>
+      <c r="S9" t="s">
+        <v>948</v>
+      </c>
+      <c r="T9" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>882</v>
+      </c>
+      <c r="B10" t="s">
+        <v>950</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>935</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>951</v>
+      </c>
+      <c r="H10" t="s">
+        <v>952</v>
+      </c>
+      <c r="I10" t="s">
+        <v>887</v>
+      </c>
+      <c r="J10" t="s">
+        <v>953</v>
+      </c>
+      <c r="K10" t="s">
+        <v>939</v>
+      </c>
+      <c r="L10" t="s">
+        <v>41</v>
+      </c>
+      <c r="M10" t="s">
+        <v>293</v>
+      </c>
+      <c r="N10" t="s">
+        <v>954</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>294</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>924</v>
+      </c>
+      <c r="R10" t="s">
+        <v>294</v>
+      </c>
+      <c r="S10" t="s">
+        <v>955</v>
+      </c>
+      <c r="T10" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>882</v>
+      </c>
+      <c r="B11" t="s">
+        <v>956</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>957</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>958</v>
+      </c>
+      <c r="H11" t="s">
+        <v>959</v>
+      </c>
+      <c r="I11" t="s">
+        <v>922</v>
+      </c>
+      <c r="J11" t="s">
+        <v>960</v>
+      </c>
+      <c r="K11" t="s">
+        <v>314</v>
+      </c>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" t="s">
+        <v>293</v>
+      </c>
+      <c r="N11" t="s">
+        <v>961</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>907</v>
+      </c>
+      <c r="R11" t="s">
+        <v>305</v>
+      </c>
+      <c r="S11" t="s">
+        <v>962</v>
+      </c>
+      <c r="T11" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>882</v>
+      </c>
+      <c r="B12" t="s">
+        <v>964</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>927</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>965</v>
+      </c>
+      <c r="H12" t="s">
+        <v>966</v>
+      </c>
+      <c r="I12" t="s">
+        <v>887</v>
+      </c>
+      <c r="J12" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" t="s">
+        <v>314</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>293</v>
+      </c>
+      <c r="N12" t="s">
+        <v>967</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>916</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>890</v>
+      </c>
+      <c r="R12" t="s">
+        <v>294</v>
+      </c>
+      <c r="S12" t="s">
+        <v>968</v>
+      </c>
+      <c r="T12" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>882</v>
+      </c>
+      <c r="B13" t="s">
+        <v>969</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>970</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>971</v>
+      </c>
+      <c r="H13" t="s">
+        <v>972</v>
+      </c>
+      <c r="I13" t="s">
+        <v>887</v>
+      </c>
+      <c r="J13" t="s">
+        <v>973</v>
+      </c>
+      <c r="K13" t="s">
+        <v>974</v>
+      </c>
+      <c r="L13" t="s">
+        <v>30</v>
+      </c>
+      <c r="M13" t="s">
+        <v>293</v>
+      </c>
+      <c r="N13" t="s">
+        <v>975</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>889</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>20</v>
+      </c>
+      <c r="R13" t="s">
+        <v>889</v>
+      </c>
+      <c r="S13" t="s">
+        <v>976</v>
+      </c>
+      <c r="T13" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>882</v>
+      </c>
+      <c r="B14" t="s">
+        <v>977</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>978</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>979</v>
+      </c>
+      <c r="H14" t="s">
+        <v>980</v>
+      </c>
+      <c r="I14" t="s">
+        <v>887</v>
+      </c>
+      <c r="J14" t="s">
+        <v>981</v>
+      </c>
+      <c r="K14" t="s">
+        <v>314</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>293</v>
+      </c>
+      <c r="N14" t="s">
+        <v>982</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>889</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>890</v>
+      </c>
+      <c r="R14" t="s">
+        <v>889</v>
+      </c>
+      <c r="S14" t="s">
+        <v>983</v>
+      </c>
+      <c r="T14" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>882</v>
+      </c>
+      <c r="B15" t="s">
+        <v>984</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>957</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>985</v>
+      </c>
+      <c r="H15" t="s">
+        <v>986</v>
+      </c>
+      <c r="I15" t="s">
+        <v>922</v>
+      </c>
+      <c r="J15" t="s">
+        <v>987</v>
+      </c>
+      <c r="K15" t="s">
+        <v>335</v>
+      </c>
+      <c r="L15" t="s">
+        <v>336</v>
+      </c>
+      <c r="M15" t="s">
+        <v>293</v>
+      </c>
+      <c r="N15" t="s">
+        <v>988</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>907</v>
+      </c>
+      <c r="R15" t="s">
+        <v>305</v>
+      </c>
+      <c r="S15" t="s">
+        <v>989</v>
+      </c>
+      <c r="T15" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>882</v>
+      </c>
+      <c r="B16" t="s">
+        <v>990</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>957</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>991</v>
+      </c>
+      <c r="H16" t="s">
+        <v>992</v>
+      </c>
+      <c r="I16" t="s">
+        <v>922</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>303</v>
+      </c>
+      <c r="L16" t="s">
+        <v>304</v>
+      </c>
+      <c r="M16" t="s">
+        <v>293</v>
+      </c>
+      <c r="N16" t="s">
+        <v>993</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>907</v>
+      </c>
+      <c r="R16" t="s">
+        <v>305</v>
+      </c>
+      <c r="S16" t="s">
+        <v>994</v>
+      </c>
+      <c r="T16" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>882</v>
+      </c>
+      <c r="B17" t="s">
+        <v>995</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>927</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>996</v>
+      </c>
+      <c r="H17" t="s">
+        <v>997</v>
+      </c>
+      <c r="I17" t="s">
+        <v>887</v>
+      </c>
+      <c r="J17" t="s">
+        <v>998</v>
+      </c>
+      <c r="K17" t="s">
+        <v>643</v>
+      </c>
+      <c r="L17" t="s">
+        <v>644</v>
+      </c>
+      <c r="M17" t="s">
+        <v>293</v>
+      </c>
+      <c r="N17" t="s">
+        <v>999</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>916</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>890</v>
+      </c>
+      <c r="R17" t="s">
+        <v>294</v>
+      </c>
+      <c r="S17" t="s">
+        <v>1000</v>
+      </c>
+      <c r="T17" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>882</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1004</v>
+      </c>
+      <c r="I18" t="s">
+        <v>887</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1005</v>
+      </c>
+      <c r="L18" t="s">
+        <v>304</v>
+      </c>
+      <c r="M18" t="s">
+        <v>293</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1006</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>916</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>1007</v>
+      </c>
+      <c r="R18" t="s">
+        <v>294</v>
+      </c>
+      <c r="S18" t="s">
+        <v>1008</v>
+      </c>
+      <c r="T18" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>882</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1012</v>
+      </c>
+      <c r="I19" t="s">
+        <v>887</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1013</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1014</v>
+      </c>
+      <c r="L19" t="s">
+        <v>373</v>
+      </c>
+      <c r="M19" t="s">
+        <v>293</v>
+      </c>
+      <c r="N19" t="s">
+        <v>1015</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>916</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>917</v>
+      </c>
+      <c r="R19" t="s">
+        <v>294</v>
+      </c>
+      <c r="S19" t="s">
+        <v>1016</v>
+      </c>
+      <c r="T19" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>882</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>957</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1019</v>
+      </c>
+      <c r="I20" t="s">
+        <v>887</v>
+      </c>
+      <c r="J20" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" t="s">
+        <v>372</v>
+      </c>
+      <c r="L20" t="s">
+        <v>373</v>
+      </c>
+      <c r="M20" t="s">
+        <v>293</v>
+      </c>
+      <c r="N20" t="s">
+        <v>993</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>890</v>
+      </c>
+      <c r="R20" t="s">
+        <v>305</v>
+      </c>
+      <c r="S20" t="s">
+        <v>1020</v>
+      </c>
+      <c r="T20" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>882</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>957</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1023</v>
+      </c>
+      <c r="I21" t="s">
+        <v>922</v>
+      </c>
+      <c r="J21" t="s">
+        <v>1024</v>
+      </c>
+      <c r="K21" t="s">
+        <v>372</v>
+      </c>
+      <c r="L21" t="s">
+        <v>373</v>
+      </c>
+      <c r="M21" t="s">
+        <v>293</v>
+      </c>
+      <c r="N21" t="s">
+        <v>993</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>924</v>
+      </c>
+      <c r="R21" t="s">
+        <v>305</v>
+      </c>
+      <c r="S21" t="s">
+        <v>1025</v>
+      </c>
+      <c r="T21" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>882</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>957</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I22" t="s">
+        <v>922</v>
+      </c>
+      <c r="J22" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" t="s">
+        <v>372</v>
+      </c>
+      <c r="L22" t="s">
+        <v>373</v>
+      </c>
+      <c r="M22" t="s">
+        <v>293</v>
+      </c>
+      <c r="N22" t="s">
+        <v>993</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>907</v>
+      </c>
+      <c r="R22" t="s">
+        <v>305</v>
+      </c>
+      <c r="S22" t="s">
+        <v>1029</v>
+      </c>
+      <c r="T22" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>882</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>927</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1032</v>
+      </c>
+      <c r="I23" t="s">
+        <v>922</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>314</v>
+      </c>
+      <c r="L23" t="s">
+        <v>100</v>
+      </c>
+      <c r="M23" t="s">
+        <v>293</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1033</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>916</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>907</v>
+      </c>
+      <c r="R23" t="s">
+        <v>294</v>
+      </c>
+      <c r="S23" t="s">
+        <v>1034</v>
+      </c>
+      <c r="T23" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>882</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>927</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1037</v>
+      </c>
+      <c r="I24" t="s">
+        <v>887</v>
+      </c>
+      <c r="J24" t="s">
+        <v>1038</v>
+      </c>
+      <c r="K24" t="s">
+        <v>931</v>
+      </c>
+      <c r="L24" t="s">
+        <v>100</v>
+      </c>
+      <c r="M24" t="s">
+        <v>293</v>
+      </c>
+      <c r="N24" t="s">
+        <v>1039</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>294</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>924</v>
+      </c>
+      <c r="R24" t="s">
+        <v>294</v>
+      </c>
+      <c r="S24" t="s">
+        <v>1040</v>
+      </c>
+      <c r="T24" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>882</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1044</v>
+      </c>
+      <c r="I25" t="s">
+        <v>887</v>
+      </c>
+      <c r="J25" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" t="s">
+        <v>655</v>
+      </c>
+      <c r="L25" t="s">
+        <v>41</v>
+      </c>
+      <c r="M25" t="s">
+        <v>293</v>
+      </c>
+      <c r="N25" t="s">
+        <v>1045</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>889</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>1046</v>
+      </c>
+      <c r="R25" t="s">
+        <v>889</v>
+      </c>
+      <c r="S25" t="s">
+        <v>42</v>
+      </c>
+      <c r="T25" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>882</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1049</v>
+      </c>
+      <c r="I26" t="s">
+        <v>887</v>
+      </c>
+      <c r="J26" t="s">
+        <v>20</v>
+      </c>
+      <c r="K26" t="s">
+        <v>1050</v>
+      </c>
+      <c r="L26" t="s">
+        <v>1051</v>
+      </c>
+      <c r="M26" t="s">
+        <v>293</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1052</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>916</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>1007</v>
+      </c>
+      <c r="R26" t="s">
+        <v>294</v>
+      </c>
+      <c r="S26" t="s">
+        <v>1053</v>
+      </c>
+      <c r="T26" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>882</v>
+      </c>
+      <c r="B27" t="s">
+        <v>28</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>970</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1054</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1055</v>
+      </c>
+      <c r="I27" t="s">
+        <v>887</v>
+      </c>
+      <c r="J27" t="s">
+        <v>973</v>
+      </c>
+      <c r="K27" t="s">
+        <v>974</v>
+      </c>
+      <c r="L27" t="s">
+        <v>30</v>
+      </c>
+      <c r="M27" t="s">
+        <v>293</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1056</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>889</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>1057</v>
+      </c>
+      <c r="R27" t="s">
+        <v>889</v>
+      </c>
+      <c r="S27" t="s">
+        <v>31</v>
+      </c>
+      <c r="T27" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>882</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1059</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1061</v>
+      </c>
+      <c r="I28" t="s">
+        <v>887</v>
+      </c>
+      <c r="J28" t="s">
+        <v>20</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1062</v>
+      </c>
+      <c r="L28" t="s">
+        <v>1063</v>
+      </c>
+      <c r="M28" t="s">
+        <v>293</v>
+      </c>
+      <c r="N28" t="s">
+        <v>1064</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>889</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>890</v>
+      </c>
+      <c r="R28" t="s">
+        <v>889</v>
+      </c>
+      <c r="S28" t="s">
+        <v>1065</v>
+      </c>
+      <c r="T28" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>882</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1068</v>
+      </c>
+      <c r="I29" t="s">
+        <v>922</v>
+      </c>
+      <c r="J29" t="s">
+        <v>20</v>
+      </c>
+      <c r="K29" t="s">
+        <v>1005</v>
+      </c>
+      <c r="L29" t="s">
+        <v>304</v>
+      </c>
+      <c r="M29" t="s">
+        <v>293</v>
+      </c>
+      <c r="N29" t="s">
+        <v>1006</v>
+      </c>
+      <c r="O29" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>294</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>924</v>
+      </c>
+      <c r="R29" t="s">
+        <v>294</v>
+      </c>
+      <c r="S29" t="s">
+        <v>1069</v>
+      </c>
+      <c r="T29" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>882</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I30" t="s">
+        <v>887</v>
+      </c>
+      <c r="J30" t="s">
+        <v>1074</v>
+      </c>
+      <c r="K30" t="s">
+        <v>655</v>
+      </c>
+      <c r="L30" t="s">
+        <v>41</v>
+      </c>
+      <c r="M30" t="s">
+        <v>293</v>
+      </c>
+      <c r="N30" t="s">
+        <v>1075</v>
+      </c>
+      <c r="O30" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>1076</v>
+      </c>
+      <c r="R30" t="s">
+        <v>305</v>
+      </c>
+      <c r="S30" t="s">
+        <v>1077</v>
+      </c>
+      <c r="T30" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>882</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1080</v>
+      </c>
+      <c r="I31" t="s">
+        <v>922</v>
+      </c>
+      <c r="J31" t="s">
+        <v>20</v>
+      </c>
+      <c r="K31" t="s">
+        <v>327</v>
+      </c>
+      <c r="L31" t="s">
+        <v>328</v>
+      </c>
+      <c r="M31" t="s">
+        <v>293</v>
+      </c>
+      <c r="N31" t="s">
+        <v>1075</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>1076</v>
+      </c>
+      <c r="R31" t="s">
+        <v>305</v>
+      </c>
+      <c r="S31" t="s">
+        <v>1081</v>
+      </c>
+      <c r="T31" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>882</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1084</v>
+      </c>
+      <c r="I32" t="s">
+        <v>922</v>
+      </c>
+      <c r="J32" t="s">
+        <v>20</v>
+      </c>
+      <c r="K32" t="s">
+        <v>372</v>
+      </c>
+      <c r="L32" t="s">
+        <v>373</v>
+      </c>
+      <c r="M32" t="s">
+        <v>293</v>
+      </c>
+      <c r="N32" t="s">
+        <v>1075</v>
+      </c>
+      <c r="O32" t="s">
+        <v>20</v>
+      </c>
+      <c r="P32" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>1076</v>
+      </c>
+      <c r="R32" t="s">
+        <v>305</v>
+      </c>
+      <c r="S32" t="s">
+        <v>1085</v>
+      </c>
+      <c r="T32" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>882</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1087</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1088</v>
+      </c>
+      <c r="I33" t="s">
+        <v>887</v>
+      </c>
+      <c r="J33" t="s">
+        <v>1089</v>
+      </c>
+      <c r="K33" t="s">
+        <v>974</v>
+      </c>
+      <c r="L33" t="s">
+        <v>30</v>
+      </c>
+      <c r="M33" t="s">
+        <v>293</v>
+      </c>
+      <c r="N33" t="s">
+        <v>1090</v>
+      </c>
+      <c r="O33" t="s">
+        <v>20</v>
+      </c>
+      <c r="P33" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>1076</v>
+      </c>
+      <c r="R33" t="s">
+        <v>305</v>
+      </c>
+      <c r="S33" t="s">
+        <v>1091</v>
+      </c>
+      <c r="T33" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>882</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>927</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1094</v>
+      </c>
+      <c r="I34" t="s">
+        <v>887</v>
+      </c>
+      <c r="J34" t="s">
+        <v>1095</v>
+      </c>
+      <c r="K34" t="s">
+        <v>314</v>
+      </c>
+      <c r="L34" t="s">
+        <v>100</v>
+      </c>
+      <c r="M34" t="s">
+        <v>293</v>
+      </c>
+      <c r="N34" t="s">
+        <v>1096</v>
+      </c>
+      <c r="O34" t="s">
+        <v>20</v>
+      </c>
+      <c r="P34" t="s">
+        <v>916</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>907</v>
+      </c>
+      <c r="R34" t="s">
+        <v>294</v>
+      </c>
+      <c r="S34" t="s">
+        <v>1097</v>
+      </c>
+      <c r="T34" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>882</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>970</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1100</v>
+      </c>
+      <c r="I35" t="s">
+        <v>887</v>
+      </c>
+      <c r="J35" t="s">
+        <v>973</v>
+      </c>
+      <c r="K35" t="s">
+        <v>974</v>
+      </c>
+      <c r="L35" t="s">
+        <v>30</v>
+      </c>
+      <c r="M35" t="s">
+        <v>293</v>
+      </c>
+      <c r="N35" t="s">
+        <v>1101</v>
+      </c>
+      <c r="O35" t="s">
+        <v>20</v>
+      </c>
+      <c r="P35" t="s">
+        <v>889</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>1076</v>
+      </c>
+      <c r="R35" t="s">
+        <v>889</v>
+      </c>
+      <c r="S35" t="s">
+        <v>1102</v>
+      </c>
+      <c r="T35" t="s">
+        <v>949</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>