--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2724" uniqueCount="1103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2433" uniqueCount="985">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -227,83 +227,83 @@
   <si>
     <t>Salim</t>
   </si>
   <si>
     <t>12 September 2024</t>
   </si>
   <si>
     <t>Docteur Jouan AZIZ</t>
   </si>
   <si>
     <t>19/07/2024 15:31:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3532037/fr/docteur-jouan-aziz</t>
   </si>
   <si>
     <t>p_3532037</t>
   </si>
   <si>
     <t>AZIZ</t>
   </si>
   <si>
     <t>Jouan</t>
   </si>
   <si>
+    <t>HOPITAL PRIVE DU GRAND NARBONNE,POLYCL MONTREAL CARCASSONNE</t>
+  </si>
+  <si>
+    <t>11100,11890</t>
+  </si>
+  <si>
+    <t>MONTREDON DES CORBIERES,CARCASSONNE CEDEX 9</t>
+  </si>
+  <si>
+    <t>110780228,110780483</t>
+  </si>
+  <si>
+    <t>Docteur Caroline KAZANDJIAN</t>
+  </si>
+  <si>
+    <t>19/07/2024 15:35:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3532867/fr/docteur-caroline-kazandjian</t>
+  </si>
+  <si>
+    <t>p_3532867</t>
+  </si>
+  <si>
+    <t>KAZANDJIAN</t>
+  </si>
+  <si>
+    <t>Caroline</t>
+  </si>
+  <si>
     <t>18 July 2024</t>
   </si>
   <si>
-    <t>HOPITAL PRIVE DU GRAND NARBONNE,POLYCL MONTREAL CARCASSONNE</t>
-[...28 lines deleted...]
-  <si>
     <t>CH NARBONNE,CH BEZIERS</t>
   </si>
   <si>
     <t>11108,34525</t>
   </si>
   <si>
     <t>NARBONNE,BEZIERS</t>
   </si>
   <si>
     <t>110000056,340000033</t>
   </si>
   <si>
     <t>Docteur Antoine MONNOT</t>
   </si>
   <si>
     <t>26/04/2024 12:34:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3514211/fr/docteur-antoine-monnot</t>
   </si>
   <si>
     <t>p_3514211</t>
   </si>
   <si>
     <t>MONNOT</t>
@@ -404,51 +404,51 @@
   <si>
     <t>BERTRAND</t>
   </si>
   <si>
     <t>24 May 2022</t>
   </si>
   <si>
     <t>Docteur EMMANUEL JOLY</t>
   </si>
   <si>
     <t>02/07/2021 10:32:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3275664/fr/docteur-emmanuel-joly</t>
   </si>
   <si>
     <t>p_3275664</t>
   </si>
   <si>
     <t>JOLY</t>
   </si>
   <si>
     <t>EMMANUEL</t>
   </si>
   <si>
-    <t>01 July 2021</t>
+    <t>24 July 2025</t>
   </si>
   <si>
     <t>Docteur JULIEN CAILLIEZ</t>
   </si>
   <si>
     <t>16/07/2020 11:31:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3194501/fr/docteur-julien-cailliez</t>
   </si>
   <si>
     <t>p_3194501</t>
   </si>
   <si>
     <t>CAILLIEZ</t>
   </si>
   <si>
     <t>20 November 2024</t>
   </si>
   <si>
     <t>CH CARCASSONNE</t>
   </si>
   <si>
     <t>11010</t>
   </si>
@@ -470,182 +470,176 @@
   <si>
     <t>BOISSET</t>
   </si>
   <si>
     <t>GILDAS</t>
   </si>
   <si>
     <t>Docteur MARIA TEODORA TOCACIU</t>
   </si>
   <si>
     <t>06/04/2020 10:31:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3169754/fr/docteur-maria-teodora-tocaciu</t>
   </si>
   <si>
     <t>p_3169754</t>
   </si>
   <si>
     <t>TOCACIU</t>
   </si>
   <si>
     <t>MARIA TEODORA</t>
   </si>
   <si>
-    <t>01 April 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur BERTRAND SAINT-LEBES</t>
   </si>
   <si>
     <t>23/05/2019 11:32:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2970399/fr/docteur-bertrand-saint-lebes</t>
   </si>
   <si>
     <t>c_2970399</t>
   </si>
   <si>
     <t>SAINT-LEBES</t>
   </si>
   <si>
     <t>20 July 2023</t>
   </si>
   <si>
     <t>Docteur XAVIER SEMAT</t>
   </si>
   <si>
     <t>15/11/2017 17:32:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2805468/fr/docteur-xavier-semat</t>
   </si>
   <si>
     <t>c_2805468</t>
   </si>
   <si>
     <t>SEMAT</t>
   </si>
   <si>
     <t>XAVIER</t>
   </si>
   <si>
-    <t>25 November 2021</t>
+    <t>20 November 2025</t>
   </si>
   <si>
     <t>Docteur Jean michel ROUILLON</t>
   </si>
   <si>
     <t>15/05/2017 17:41:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2768112/fr/docteur-jean-michel-rouillon</t>
   </si>
   <si>
     <t>c_2768112</t>
   </si>
   <si>
     <t>ROUILLON</t>
   </si>
   <si>
     <t>Jean michel</t>
   </si>
   <si>
-    <t>01 April 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Pierre PARIS</t>
   </si>
   <si>
     <t>17/01/2017 17:30:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2739270/fr/docteur-pierre-paris</t>
   </si>
   <si>
     <t>c_2739270</t>
   </si>
   <si>
     <t>PARIS</t>
   </si>
   <si>
     <t>Pierre</t>
   </si>
   <si>
+    <t>03 April 2025</t>
+  </si>
+  <si>
     <t>HOPITAL PRIVE DU GRAND NARBONNE,CL DU DR JEAN CAUSSE COLOMBIERS</t>
   </si>
   <si>
     <t>11100,34440</t>
   </si>
   <si>
     <t>MONTREDON DES CORBIERES,COLOMBIERS</t>
   </si>
   <si>
     <t>110780228,340780139</t>
   </si>
   <si>
     <t>Docteur Philippe MALAVIALLE</t>
   </si>
   <si>
     <t>17/01/2017 17:31:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2739486/fr/docteur-philippe-malavialle</t>
   </si>
   <si>
     <t>c_2739486</t>
   </si>
   <si>
     <t>MALAVIALLE</t>
   </si>
   <si>
     <t>Philippe</t>
   </si>
   <si>
     <t>Docteur Thierry LE TIEC</t>
   </si>
   <si>
     <t>08/11/2016 11:30:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708730/fr/docteur-thierry-le-tiec</t>
   </si>
   <si>
     <t>c_2708730</t>
   </si>
   <si>
     <t>LE TIEC</t>
   </si>
   <si>
     <t>Thierry</t>
   </si>
   <si>
-    <t>29 December 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Bruno HOSTYN</t>
   </si>
   <si>
     <t>08/11/2016 11:31:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709308/fr/docteur-bruno-hostyn</t>
   </si>
   <si>
     <t>c_2709308</t>
   </si>
   <si>
     <t>HOSTYN</t>
   </si>
   <si>
     <t>Bruno</t>
   </si>
   <si>
     <t>Docteur François DAGUES</t>
   </si>
   <si>
     <t>08/11/2016 11:31:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709322/fr/docteur-francois-dagues</t>
@@ -710,1475 +704,1349 @@
   <si>
     <t>Patrick</t>
   </si>
   <si>
     <t>22 September 2022</t>
   </si>
   <si>
     <t>Docteur Dominique SIMON</t>
   </si>
   <si>
     <t>08/11/2016 11:33:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711227/fr/docteur-dominique-simon</t>
   </si>
   <si>
     <t>c_2711227</t>
   </si>
   <si>
     <t>SIMON</t>
   </si>
   <si>
     <t>Dominique</t>
   </si>
   <si>
+    <t>Docteur Oliver MAURER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711274/fr/docteur-oliver-maurer</t>
+  </si>
+  <si>
+    <t>c_2711274</t>
+  </si>
+  <si>
+    <t>MAURER</t>
+  </si>
+  <si>
+    <t>Oliver</t>
+  </si>
+  <si>
+    <t>Docteur Stephane VIALE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711701/fr/docteur-stephane-viale</t>
+  </si>
+  <si>
+    <t>c_2711701</t>
+  </si>
+  <si>
+    <t>VIALE</t>
+  </si>
+  <si>
+    <t>Stephane</t>
+  </si>
+  <si>
+    <t>Docteur Emile NINI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712276/fr/docteur-emile-nini</t>
+  </si>
+  <si>
+    <t>c_2712276</t>
+  </si>
+  <si>
+    <t>NINI</t>
+  </si>
+  <si>
+    <t>Emile</t>
+  </si>
+  <si>
+    <t>23 November 2023</t>
+  </si>
+  <si>
+    <t>Docteur Gérald LE BARTZ</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712291/fr/docteur-gerald-le-bartz</t>
+  </si>
+  <si>
+    <t>c_2712291</t>
+  </si>
+  <si>
+    <t>LE BARTZ</t>
+  </si>
+  <si>
+    <t>Gérald</t>
+  </si>
+  <si>
+    <t>Docteur Vincent LEHUT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712348/fr/docteur-vincent-lehut</t>
+  </si>
+  <si>
+    <t>c_2712348</t>
+  </si>
+  <si>
+    <t>LEHUT</t>
+  </si>
+  <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>19 October 2023</t>
+  </si>
+  <si>
+    <t>Docteur Helene CLAUSEL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712438/fr/docteur-helene-clausel</t>
+  </si>
+  <si>
+    <t>c_2712438</t>
+  </si>
+  <si>
+    <t>CLAUSEL</t>
+  </si>
+  <si>
+    <t>Helene</t>
+  </si>
+  <si>
     <t>21 October 2021</t>
   </si>
   <si>
-    <t>Docteur Oliver MAURER</t>
-[...115 lines deleted...]
-  <si>
     <t>Docteur Aurélien POURCEL</t>
   </si>
   <si>
     <t>08/11/2016 11:35:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712679/fr/docteur-aurelien-pourcel</t>
   </si>
   <si>
     <t>c_2712679</t>
   </si>
   <si>
     <t>POURCEL</t>
   </si>
   <si>
     <t>Aurélien</t>
   </si>
   <si>
-    <t>03 February 2022</t>
+    <t>28 January 2026</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
-    <t>EHPAD FONDATION GAUDISSARD</t>
-[...17 lines deleted...]
-    <t>ESPERAZA</t>
+    <t>PSEP OLYMPE DE GOUGES</t>
+  </si>
+  <si>
+    <t>04/03/2026 05:04:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16552_FicheESSMS/fr/psep-olympe-de-gouges</t>
+  </si>
+  <si>
+    <t>16552_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Fanum</t>
+  </si>
+  <si>
+    <t>11400 FENDEILLE</t>
+  </si>
+  <si>
+    <t>FENDEILLE</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>110780053</t>
+  </si>
+  <si>
+    <t>CENTRE EDUCATIF FERMÉ "CHEMINS DU SUD"</t>
+  </si>
+  <si>
+    <t>25/02/2026 05:10:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16355_FicheESSMS/fr/centre-educatif-ferme-chemins-du-sud</t>
+  </si>
+  <si>
+    <t>16355_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>110007127</t>
+  </si>
+  <si>
+    <t>ADSEA SERVICE AEMO</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:09:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15891_FicheESSMS/fr/adsea-service-aemo</t>
+  </si>
+  <si>
+    <t>15891_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Gabarres</t>
+  </si>
+  <si>
+    <t>11000 CARCASSONNE</t>
+  </si>
+  <si>
+    <t>CARCASSONNE</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>110006244</t>
+  </si>
+  <si>
+    <t>SIE-SERVICE INVESTIGATION  EDUCATIVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15890_FicheESSMS/fr/sie-service-investigation-educative</t>
+  </si>
+  <si>
+    <t>15890_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Garbarres</t>
+  </si>
+  <si>
+    <t>Service d'Investigation Educative</t>
+  </si>
+  <si>
+    <t>110791415</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN LE CLOS DE L'ORCHIDEE</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:13:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16214_FicheESSMS/fr/ehpad-korian-le-clos-de-l-orchidee</t>
+  </si>
+  <si>
+    <t>16214_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Avenue Des Constellations</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>110005386</t>
+  </si>
+  <si>
+    <t>ESAT LES TROIS TERROIRS</t>
+  </si>
+  <si>
+    <t>02/02/2026 05:02:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15815_FicheESSMS/fr/esat-les-trois-terroirs</t>
+  </si>
+  <si>
+    <t>15815_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11370 LEUCATE</t>
+  </si>
+  <si>
+    <t>LEUCATE</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>110786621</t>
+  </si>
+  <si>
+    <t>ESAT CARCASSONNE CASTELNAUDARY</t>
+  </si>
+  <si>
+    <t>02/02/2026 05:02:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15816_FicheESSMS/fr/esat-carcassonne-castelnaudary</t>
+  </si>
+  <si>
+    <t>15816_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Michel Faraday</t>
+  </si>
+  <si>
+    <t>110786647</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT VINCENT</t>
+  </si>
+  <si>
+    <t>26/01/2026 05:10:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15737_FicheESSMS/fr/ehpad-saint-vincent</t>
+  </si>
+  <si>
+    <t>15737_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11170 MONTOLIEU</t>
+  </si>
+  <si>
+    <t>MONTOLIEU</t>
+  </si>
+  <si>
+    <t>110782851</t>
+  </si>
+  <si>
+    <t>SAAD - SADAF SERVICE TISF NARBONNE</t>
+  </si>
+  <si>
+    <t>21/11/2025 16:19:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14777_FicheESSMS/fr/saad-sadaf-service-tisf-narbonne</t>
+  </si>
+  <si>
+    <t>14777_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Avenue Pierre Semard</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'aide et d'accompagnement à domicile aux familles</t>
+  </si>
+  <si>
+    <t>110006210</t>
+  </si>
+  <si>
+    <t>MECS PEP DE NARBONNE</t>
+  </si>
+  <si>
+    <t>21/11/2025 16:19:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14778_FicheESSMS/fr/mecs-pep-de-narbonne</t>
+  </si>
+  <si>
+    <t>14778_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110781176</t>
+  </si>
+  <si>
+    <t>UEMO NARBONNE (STEMO AUDE)</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14510_FicheESSMS/fr/uemo-narbonne-stemo-aude</t>
+  </si>
+  <si>
+    <t>14510_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Avenue Du Marechal Juin</t>
+  </si>
+  <si>
     <t>Public</t>
   </si>
   <si>
-    <t>Personne âgée</t>
-[...20 lines deleted...]
-    <t>1 Rue Georges Freche</t>
+    <t>110010667</t>
+  </si>
+  <si>
+    <t>RA LES NIDS TREBEENS</t>
+  </si>
+  <si>
+    <t>18/09/2025 16:16:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13446_FicheESSMS/fr/ra-les-nids-trebeens</t>
+  </si>
+  <si>
+    <t>13446_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Route Du Vieux Rustique</t>
+  </si>
+  <si>
+    <t>11800 TREBES</t>
+  </si>
+  <si>
+    <t>TREBES</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>110783032</t>
+  </si>
+  <si>
+    <t>SAVS CARCASSONNE / NARBONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/142_FicheESSMS/fr/savs-carcassonne-/-narbonne</t>
+  </si>
+  <si>
+    <t>142_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Rue Seville</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>110789427</t>
+  </si>
+  <si>
+    <t>EANM PAULE MONTALT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/165_FicheESSMS/fr/eanm-paule-montalt</t>
+  </si>
+  <si>
+    <t>165_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Avenue Charles De Gaulle</t>
+  </si>
+  <si>
+    <t>11590 CUXAC D AUDE</t>
+  </si>
+  <si>
+    <t>CUXAC D AUDE</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>110786241</t>
+  </si>
+  <si>
+    <t>IME ROBERT SEGUY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/524_FicheESSMS/fr/ime-robert-seguy</t>
+  </si>
+  <si>
+    <t>524_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Progres</t>
+  </si>
+  <si>
+    <t>11700 PEPIEUX</t>
+  </si>
+  <si>
+    <t>PEPIEUX</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>110780285</t>
+  </si>
+  <si>
+    <t>IME LA SOLO CENNE MONESTIES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/622_FicheESSMS/fr/ime-la-solo-cenne-monesties</t>
+  </si>
+  <si>
+    <t>622_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11170 CENNE MONESTIES</t>
+  </si>
+  <si>
+    <t>CENNE MONESTIES</t>
+  </si>
+  <si>
+    <t>110780277</t>
+  </si>
+  <si>
+    <t>CAARUD ASM CARCASSONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1137_FicheESSMS/fr/caarud-asm-carcassonne</t>
+  </si>
+  <si>
+    <t>1137_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>110004603</t>
+  </si>
+  <si>
+    <t>FAM HENRI PECH DE LACLAUSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1214_FicheESSMS/fr/fam-henri-pech-de-laclause</t>
+  </si>
+  <si>
+    <t>1214_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>110002854</t>
+  </si>
+  <si>
+    <t>MECS LE RAYON DE SOLEIL CABRESPINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4395_FicheESSMS/fr/mecs-le-rayon-de-soleil-cabrespine</t>
+  </si>
+  <si>
+    <t>4395_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Chemin De Pradelles</t>
+  </si>
+  <si>
+    <t>11160 CABRESPINE</t>
+  </si>
+  <si>
+    <t>CABRESPINE</t>
+  </si>
+  <si>
+    <t>110780806</t>
+  </si>
+  <si>
+    <t>EANM PUICHERIC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4503_FicheESSMS/fr/eanm-puicheric</t>
+  </si>
+  <si>
+    <t>4503_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11700 PUICHERIC</t>
+  </si>
+  <si>
+    <t>PUICHERIC</t>
+  </si>
+  <si>
+    <t>110781150</t>
+  </si>
+  <si>
+    <t>AUDE URGENCE ACCUEIL AGAPE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4557_FicheESSMS/fr/aude-urgence-accueil-agape</t>
+  </si>
+  <si>
+    <t>4557_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Place Joseph Poux</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>110791811</t>
+  </si>
+  <si>
+    <t>EANM CASTELNAUDARY LES HIRONDELLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5084_FicheESSMS/fr/eanm-castelnaudary-les-hirondelles</t>
+  </si>
+  <si>
+    <t>5084_FicheESSMS</t>
+  </si>
+  <si>
+    <t>47 Rue Des Potiers</t>
+  </si>
+  <si>
+    <t>11400 CASTELNAUDARY</t>
+  </si>
+  <si>
+    <t>CASTELNAUDARY</t>
+  </si>
+  <si>
+    <t>110002862</t>
+  </si>
+  <si>
+    <t>EANM LIMOUX LES HIRONDELLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5083_FicheESSMS/fr/eanm-limoux-les-hirondelles</t>
+  </si>
+  <si>
+    <t>5083_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Du Docteur Sarda</t>
+  </si>
+  <si>
+    <t>11300 LIMOUX</t>
+  </si>
+  <si>
+    <t>LIMOUX</t>
+  </si>
+  <si>
+    <t>110003522</t>
+  </si>
+  <si>
+    <t>CSAPA ASM CARCASSONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5567_FicheESSMS/fr/csapa-asm-carcassonne</t>
+  </si>
+  <si>
+    <t>5567_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Rue Pierre Germain</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>110002672</t>
+  </si>
+  <si>
+    <t>IME LOUIS SIGNOLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/623_FicheESSMS/fr/ime-louis-signoles</t>
+  </si>
+  <si>
+    <t>623_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110004652</t>
+  </si>
+  <si>
+    <t>IME DE CAPENDU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/707_FicheESSMS/fr/ime-de-capendu</t>
+  </si>
+  <si>
+    <t>707_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Simone Villa</t>
+  </si>
+  <si>
+    <t>11700 CAPENDU</t>
+  </si>
+  <si>
+    <t>CAPENDU</t>
+  </si>
+  <si>
+    <t>110780293</t>
+  </si>
+  <si>
+    <t>CAARUD ASM NARBONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1136_FicheESSMS/fr/caarud-asm-narbonne</t>
+  </si>
+  <si>
+    <t>1136_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41 Avenue Anatole France</t>
+  </si>
+  <si>
+    <t>110004611</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN LES PINS VERTS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1292_FicheESSMS/fr/ehpad-korian-les-pins-verts</t>
+  </si>
+  <si>
+    <t>1292_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue Emile Eudes</t>
+  </si>
+  <si>
+    <t>110004488</t>
+  </si>
+  <si>
+    <t>CADA FAOL NARBONNE-LAGRASSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1687_FicheESSMS/fr/cada-faol-narbonne-lagrasse</t>
+  </si>
+  <si>
+    <t>1687_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Boulevard Gambetta</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>110005030</t>
+  </si>
+  <si>
+    <t>SAVS APF AUDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2715_FicheESSMS/fr/savs-apf-aude</t>
+  </si>
+  <si>
+    <t>2715_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Allée Gutenberg</t>
+  </si>
+  <si>
+    <t>110004348</t>
+  </si>
+  <si>
+    <t>SAMSAH APF AUDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2714_FicheESSMS/fr/samsah-apf-aude</t>
+  </si>
+  <si>
+    <t>2714_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>110005212</t>
+  </si>
+  <si>
+    <t>CADA FAOL CARCASSONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3099_FicheESSMS/fr/cada-faol-carcassonne</t>
+  </si>
+  <si>
+    <t>3099_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Avenue Jules Verne</t>
+  </si>
+  <si>
+    <t>11880 CARCASSONNE CEDEX 9</t>
+  </si>
+  <si>
+    <t>110005022</t>
+  </si>
+  <si>
+    <t>EHPAD LA BONANCA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3480_FicheESSMS/fr/ehpad-la-bonanca</t>
+  </si>
+  <si>
+    <t>3480_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11430 GRUISSAN</t>
+  </si>
+  <si>
+    <t>GRUISSAN</t>
+  </si>
+  <si>
+    <t>110004496</t>
+  </si>
+  <si>
+    <t>EANM NARBONNE PLAGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5413_FicheESSMS/fr/eanm-narbonne-plage</t>
+  </si>
+  <si>
+    <t>5413_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110786290</t>
+  </si>
+  <si>
+    <t>EANM NARBONNE QUATOURZE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5414_FicheESSMS/fr/eanm-narbonne-quatourze</t>
+  </si>
+  <si>
+    <t>5414_FicheESSMS</t>
+  </si>
+  <si>
+    <t>186 Chemin Du Quatourze</t>
+  </si>
+  <si>
+    <t>110004751</t>
+  </si>
+  <si>
+    <t>EANM LA COLLINE DE LUGUEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5539_FicheESSMS/fr/eanm-la-colline-de-luguel</t>
+  </si>
+  <si>
+    <t>5539_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Chemin De Luguel</t>
+  </si>
+  <si>
+    <t>110005865</t>
+  </si>
+  <si>
+    <t>SAVS ASM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5549_FicheESSMS/fr/savs-asm</t>
+  </si>
+  <si>
+    <t>5549_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue De La Gare</t>
+  </si>
+  <si>
+    <t>110005873</t>
+  </si>
+  <si>
+    <t>SESSAD LES 4 FONTAINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5911_FicheESSMS/fr/sessad-les-4-fontaines</t>
+  </si>
+  <si>
+    <t>5911_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Boulevard 1848</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>110004231</t>
+  </si>
+  <si>
+    <t>CAMSP NARBONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7618_FicheESSMS/fr/camsp-narbonne</t>
+  </si>
+  <si>
+    <t>7618_FicheESSMS</t>
+  </si>
+  <si>
+    <t>56 Rue St Salvayre</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>110003506</t>
+  </si>
+  <si>
+    <t>CMPP  GRANDIR EN COULEUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7617_FicheESSMS/fr/cmpp-grandir-en-couleur</t>
+  </si>
+  <si>
+    <t>7617_FicheESSMS</t>
+  </si>
+  <si>
+    <t>43 Rue Mirabeau</t>
+  </si>
+  <si>
+    <t>11210 PORT LA NOUVELLE</t>
+  </si>
+  <si>
+    <t>PORT LA NOUVELLE</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>110009099</t>
+  </si>
+  <si>
+    <t>CMPP GRANDIR EN COULEUR -SITE NARBONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7616_FicheESSMS/fr/cmpp-grandir-en-couleur-site-narbonne</t>
+  </si>
+  <si>
+    <t>7616_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110780400</t>
+  </si>
+  <si>
+    <t>CPH FAOL CARCASSONNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7930_FicheESSMS/fr/cph-faol-carcassonne</t>
+  </si>
+  <si>
+    <t>7930_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Buffon</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>110005477</t>
+  </si>
+  <si>
+    <t>EHPAD L'OUSTAL DE TALAIRAN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8233_FicheESSMS/fr/ehpad-l-oustal-de-talairan</t>
+  </si>
+  <si>
+    <t>8233_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Chemin Saint Vincent</t>
+  </si>
+  <si>
+    <t>11220 TALAIRAN</t>
+  </si>
+  <si>
+    <t>TALAIRAN</t>
+  </si>
+  <si>
+    <t>110005824</t>
+  </si>
+  <si>
+    <t>ESAT CERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1140_FicheESSMS/fr/esat-cers</t>
+  </si>
+  <si>
+    <t>1140_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue Du 1Er Mai</t>
+  </si>
+  <si>
+    <t>110783248</t>
+  </si>
+  <si>
+    <t>MAS DU RAZES ASM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1139_FicheESSMS/fr/mas-du-razes-asm</t>
+  </si>
+  <si>
+    <t>1139_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11240 ALAIGNE</t>
+  </si>
+  <si>
+    <t>ALAIGNE</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>110002599</t>
+  </si>
+  <si>
+    <t>MAS LES GENETS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1138_FicheESSMS/fr/mas-les-genets</t>
+  </si>
+  <si>
+    <t>1138_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Avenue Des Genets</t>
   </si>
   <si>
     <t>11200 LEZIGNAN CORBIERES</t>
   </si>
   <si>
     <t>LEZIGNAN CORBIERES</t>
   </si>
   <si>
-    <t>Privé à but non lucratif</t>
-[...71 lines deleted...]
-    <t>Personne en situation de handicap enfant</t>
+    <t>110785474</t>
+  </si>
+  <si>
+    <t>APAM DE LIMOUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2297_FicheESSMS/fr/apam-de-limoux</t>
+  </si>
+  <si>
+    <t>2297_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Bourrerie</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>110005766</t>
+  </si>
+  <si>
+    <t>ITEP LES 4 FONTAINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3524_FicheESSMS/fr/itep-les-4-fontaines</t>
+  </si>
+  <si>
+    <t>3524_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Du Luxembourg</t>
   </si>
   <si>
     <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
   </si>
   <si>
-    <t>110780343</t>
-[...580 lines deleted...]
-  <si>
     <t>110780301</t>
   </si>
   <si>
-    <t>MECS LE RAYON DE SOLEIL CABRESPINE</t>
-[...22 lines deleted...]
-  <si>
     <t>CENTRE PARENTAL FOYER NARBONNE</t>
   </si>
   <si>
     <t>10/09/2025 12:20:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4414_FicheESSMS/fr/centre-parental-foyer-narbonne</t>
   </si>
   <si>
     <t>4414_FicheESSMS</t>
   </si>
   <si>
     <t>9 Avenue Karl Marx</t>
   </si>
   <si>
     <t>Etablissement d'Accueil Mère-Enfant</t>
   </si>
   <si>
     <t>110787108</t>
   </si>
   <si>
     <t>SAVS MINERVOIS CORBIERES</t>
   </si>
   <si>
-    <t>10/09/2025 12:20:46</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/4504_FicheESSMS/fr/savs-minervois-corbieres</t>
   </si>
   <si>
     <t>4504_FicheESSMS</t>
   </si>
   <si>
-    <t>11700 PUICHERIC</t>
-[...4 lines deleted...]
-  <si>
     <t>110009883</t>
   </si>
   <si>
-    <t>EANM PUICHERIC</t>
-[...10 lines deleted...]
-  <si>
     <t>EANM LEUCATE VILLAGE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4502_FicheESSMS/fr/eanm-leucate-village</t>
   </si>
   <si>
     <t>4502_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue De L'Aire</t>
   </si>
   <si>
-    <t>11370 LEUCATE</t>
-[...4 lines deleted...]
-  <si>
     <t>110786274</t>
   </si>
   <si>
-    <t>AUDE URGENCE ACCUEIL AGAPE</t>
-[...184 lines deleted...]
-  <si>
     <t>SAADF GDAAF SERVICE TISF -MAESF</t>
   </si>
   <si>
     <t>10/09/2025 12:23:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6448_FicheESSMS/fr/saadf-gdaaf-service-tisf-maesf</t>
   </si>
   <si>
     <t>6448_FicheESSMS</t>
   </si>
   <si>
     <t>4 Impasse Des Caroubiers</t>
   </si>
   <si>
     <t>110006236</t>
   </si>
   <si>
-    <t>EHPAD CARMABLEU</t>
-[...70 lines deleted...]
-  <si>
     <t>UDAF 11</t>
   </si>
   <si>
     <t>10/09/2025 12:24:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7692_FicheESSMS/fr/udaf-11</t>
   </si>
   <si>
     <t>7692_FicheESSMS</t>
   </si>
   <si>
     <t>11890 CARCASSONNE CEDEX 9</t>
   </si>
   <si>
     <t>Service délégué aux prestations familiales</t>
   </si>
   <si>
     <t>110005725</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7691_FicheESSMS/fr/udaf-11</t>
   </si>
   <si>
     <t>7691_FicheESSMS</t>
   </si>
   <si>
     <t>110005733</t>
   </si>
   <si>
-    <t>CPH FAOL CARCASSONNE</t>
-[...43 lines deleted...]
-  <si>
     <t>EHPAD LES HAUTS DE BON ACCUEIL</t>
   </si>
   <si>
     <t>10/09/2025 12:25:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8701_FicheESSMS/fr/ehpad-les-hauts-de-bon-accueil</t>
   </si>
   <si>
     <t>8701_FicheESSMS</t>
   </si>
   <si>
     <t>597 Lotissement Les Hauts De Bon Accueil</t>
   </si>
   <si>
     <t>11230 CHALABRE</t>
   </si>
   <si>
     <t>CHALABRE</t>
   </si>
   <si>
     <t>110780723</t>
   </si>
   <si>
-    <t>SAMSAH APAJH CARCASSONNE</t>
-[...61 lines deleted...]
-  <si>
     <t>AUX TROIS SERVICES</t>
   </si>
   <si>
     <t>10/09/2025 12:25:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9303_FicheESSMS/fr/aux-trois-services</t>
   </si>
   <si>
     <t>9303_FicheESSMS</t>
   </si>
   <si>
     <t>865 Boulevard Denis Papin</t>
   </si>
   <si>
     <t>Service autonomie aide (SAA)</t>
   </si>
   <si>
     <t>110008372</t>
   </si>
   <si>
     <t>10/09/2025 12:25:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9576_FicheESSMS/fr/aux-trois-services</t>
@@ -2228,137 +2096,50 @@
   <si>
     <t>110005576</t>
   </si>
   <si>
     <t>EHPAD LE CLOS DES VIGNES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9737_FicheESSMS/fr/ehpad-le-clos-des-vignes</t>
   </si>
   <si>
     <t>9737_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue Neuve</t>
   </si>
   <si>
     <t>11350 TUCHAN</t>
   </si>
   <si>
     <t>TUCHAN</t>
   </si>
   <si>
     <t>110005980</t>
   </si>
   <si>
-    <t>EHPAD DOMINIQUE RIBES</t>
-[...85 lines deleted...]
-  <si>
     <t>SAVS DE NARBONNE</t>
   </si>
   <si>
     <t>10/09/2025 12:26:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10870_FicheESSMS/fr/savs-de-narbonne</t>
   </si>
   <si>
     <t>10870_FicheESSMS</t>
   </si>
   <si>
     <t>1 Quai D'Alsace</t>
   </si>
   <si>
     <t>110005931</t>
   </si>
   <si>
     <t>EHPAD RESIDENCE LES MIMOSAS</t>
   </si>
   <si>
     <t>10/09/2025 12:27:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11324_FicheESSMS/fr/ehpad-residence-les-mimosas</t>
@@ -2369,269 +2150,131 @@
   <si>
     <t>4 Rue Des Arts</t>
   </si>
   <si>
     <t>110782927</t>
   </si>
   <si>
     <t>SAD AUXILIA SERVICES</t>
   </si>
   <si>
     <t>10/09/2025 12:27:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11553_FicheESSMS/fr/sad-auxilia-services</t>
   </si>
   <si>
     <t>11553_FicheESSMS</t>
   </si>
   <si>
     <t>8 Cours De La Republique</t>
   </si>
   <si>
     <t>110008430</t>
   </si>
   <si>
-    <t>CSAPA INTERMEDE LIMOUX</t>
-[...16 lines deleted...]
-  <si>
     <t>EHPAD RÉSIDENCE LES BERGES DU CANAL</t>
   </si>
   <si>
     <t>10/09/2025 12:27:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12229_FicheESSMS/fr/ehpad-residence-les-berges-du-canal</t>
   </si>
   <si>
     <t>12229_FicheESSMS</t>
   </si>
   <si>
     <t>78 Route Minervoise</t>
   </si>
   <si>
     <t>11022 CARCASSONNE</t>
   </si>
   <si>
     <t>110002623</t>
   </si>
   <si>
-    <t>CSAPA CH CARCASSONNE</t>
-[...55 lines deleted...]
-  <si>
     <t>CADA FTA LIMOUX</t>
   </si>
   <si>
     <t>10/09/2025 12:28:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12906_FicheESSMS/fr/cada-fta-limoux</t>
   </si>
   <si>
     <t>12906_FicheESSMS</t>
   </si>
   <si>
     <t>110007689</t>
   </si>
   <si>
-    <t>EANM PORT LEUCATE</t>
-[...79 lines deleted...]
-  <si>
     <t>EANM CAPENDU</t>
   </si>
   <si>
     <t>10/09/2025 12:28:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13237_FicheESSMS/fr/eanm-capendu</t>
   </si>
   <si>
     <t>13237_FicheESSMS</t>
   </si>
   <si>
     <t>9 Lotissement Les Muriers</t>
   </si>
   <si>
     <t>110786019</t>
   </si>
   <si>
     <t>Département de l’établissement de santé</t>
   </si>
   <si>
     <t>Code Finess de l’établissement de santé</t>
   </si>
   <si>
     <t>Équipe accréditée</t>
   </si>
   <si>
+    <t>Équipe d'Anesthésie Réanimation POLYCL MONTREAL CARCASSONNE  (11)</t>
+  </si>
+  <si>
+    <t>26/02/2026 15:15:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3882864/fr/equipe-d-anesthesie-reanimation-polycl-montreal-carcassonne-11</t>
+  </si>
+  <si>
+    <t>p_3882864</t>
+  </si>
+  <si>
+    <t>18 February 2026</t>
+  </si>
+  <si>
+    <t>Docteur Helene CLAUSEL, Docteur Vincent LEHUT, Docteur Philippe MALAVIALLE</t>
+  </si>
+  <si>
     <t>Équipe de Chirurgie urologique HOPITAL PRIVE DU GRAND NARBONNE  (11)</t>
   </si>
   <si>
     <t>28/04/2022 12:30:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3335123/fr/equipe-de-chirurgie-urologique-hopital-prive-du-grand-narbonne-11</t>
   </si>
   <si>
     <t>p_3335123</t>
   </si>
   <si>
     <t>10 April 2022</t>
   </si>
   <si>
     <t>Docteur JULIEN BERTRAND, Docteur ETIENNE BROGGI, Docteur Bruno HOSTYN</t>
   </si>
   <si>
     <t>Équipe de Chirurgie urologique POLYCL MONTREAL CARCASSONNE  (11)</t>
   </si>
   <si>
     <t>24/02/2022 08:34:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319136/fr/equipe-de-chirurgie-urologique-polycl-montreal-carcassonne-11</t>
@@ -2946,50 +2589,53 @@
     <t>0468426000</t>
   </si>
   <si>
     <t>110005246</t>
   </si>
   <si>
     <t>HAD HOPITAL PPRIVE DU GRAND NARBONNE</t>
   </si>
   <si>
     <t>21/01/2025 10:15:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/272_FicheEtablissement/fr/had-hopital-prive-du-grand-narbonne</t>
   </si>
   <si>
     <t>272_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Pr Christiaan Barnard</t>
   </si>
   <si>
     <t>11100 MONTREDON DES CORBIERES</t>
   </si>
   <si>
     <t>0434274600</t>
+  </si>
+  <si>
+    <t>Médecine</t>
   </si>
   <si>
     <t>110005048</t>
   </si>
   <si>
     <t>SSR LES QUATRE FONTAINES KORIAN SAS LA PINEDE</t>
   </si>
   <si>
     <t>21/01/2025 10:18:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/271_FicheEtablissement/fr/les-quatre-fontaines-korian-narbonne</t>
   </si>
   <si>
     <t>271_FicheEtablissement</t>
   </si>
   <si>
     <t>20 Rue Nicolas Leblanc</t>
   </si>
   <si>
     <t>0468482352</t>
   </si>
   <si>
     <t>110004942</t>
   </si>
@@ -3760,107 +3406,107 @@
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>65</v>
       </c>
       <c r="H7" t="s">
         <v>66</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
         <v>67</v>
       </c>
       <c r="L7" t="s">
         <v>68</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
         <v>69</v>
       </c>
-      <c r="O7" t="s">
+      <c r="P7" t="s">
         <v>70</v>
       </c>
-      <c r="P7" t="s">
+      <c r="Q7" t="s">
         <v>71</v>
       </c>
-      <c r="Q7" t="s">
+      <c r="R7" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
         <v>74</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
         <v>75</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
+        <v>77</v>
+      </c>
+      <c r="L8" t="s">
         <v>78</v>
       </c>
-      <c r="L8" t="s">
+      <c r="M8" t="s">
+        <v>20</v>
+      </c>
+      <c r="N8" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
       <c r="O8" t="s">
         <v>80</v>
       </c>
       <c r="P8" t="s">
         <v>81</v>
       </c>
       <c r="Q8" t="s">
         <v>82</v>
       </c>
       <c r="R8" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>84</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
@@ -4320,7742 +3966,6833 @@
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
         <v>146</v>
       </c>
       <c r="H17" t="s">
         <v>147</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>148</v>
       </c>
       <c r="L17" t="s">
         <v>149</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>150</v>
+        <v>38</v>
       </c>
       <c r="O17" t="s">
         <v>39</v>
       </c>
       <c r="P17" t="s">
         <v>40</v>
       </c>
       <c r="Q17" t="s">
         <v>41</v>
       </c>
       <c r="R17" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
+        <v>150</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
         <v>151</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
         <v>152</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="L18" t="s">
         <v>120</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="O18" t="s">
         <v>28</v>
       </c>
       <c r="P18" t="s">
         <v>29</v>
       </c>
       <c r="Q18" t="s">
         <v>30</v>
       </c>
       <c r="R18" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>156</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
         <v>157</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
         <v>158</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
+        <v>160</v>
+      </c>
+      <c r="L19" t="s">
         <v>161</v>
       </c>
-      <c r="L19" t="s">
+      <c r="M19" t="s">
+        <v>20</v>
+      </c>
+      <c r="N19" t="s">
         <v>162</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
       <c r="O19" t="s">
         <v>28</v>
       </c>
       <c r="P19" t="s">
         <v>29</v>
       </c>
       <c r="Q19" t="s">
         <v>30</v>
       </c>
       <c r="R19" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
+        <v>163</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
         <v>164</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
         <v>165</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
+        <v>167</v>
+      </c>
+      <c r="L20" t="s">
         <v>168</v>
       </c>
-      <c r="L20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>170</v>
+        <v>38</v>
       </c>
       <c r="O20" t="s">
         <v>39</v>
       </c>
       <c r="P20" t="s">
         <v>40</v>
       </c>
       <c r="Q20" t="s">
         <v>41</v>
       </c>
       <c r="R20" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
+        <v>169</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>170</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
         <v>171</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="H21" t="s">
         <v>172</v>
-      </c>
-[...7 lines deleted...]
-        <v>174</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
+        <v>173</v>
+      </c>
+      <c r="L21" t="s">
+        <v>174</v>
+      </c>
+      <c r="M21" t="s">
+        <v>20</v>
+      </c>
+      <c r="N21" t="s">
         <v>175</v>
       </c>
-      <c r="L21" t="s">
+      <c r="O21" t="s">
         <v>176</v>
       </c>
-      <c r="M21" t="s">
-[...5 lines deleted...]
-      <c r="O21" t="s">
+      <c r="P21" t="s">
         <v>177</v>
       </c>
-      <c r="P21" t="s">
+      <c r="Q21" t="s">
         <v>178</v>
       </c>
-      <c r="Q21" t="s">
+      <c r="R21" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
+        <v>180</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
         <v>181</v>
       </c>
-      <c r="C22" t="s">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
         <v>182</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
+        <v>184</v>
+      </c>
+      <c r="L22" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
         <v>108</v>
       </c>
       <c r="O22" t="s">
         <v>39</v>
       </c>
       <c r="P22" t="s">
         <v>40</v>
       </c>
       <c r="Q22" t="s">
         <v>41</v>
       </c>
       <c r="R22" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
+        <v>186</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
         <v>187</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
         <v>188</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
+        <v>190</v>
+      </c>
+      <c r="L23" t="s">
         <v>191</v>
       </c>
-      <c r="L23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>193</v>
+        <v>55</v>
       </c>
       <c r="O23" t="s">
         <v>39</v>
       </c>
       <c r="P23" t="s">
         <v>40</v>
       </c>
       <c r="Q23" t="s">
         <v>41</v>
       </c>
       <c r="R23" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
+        <v>192</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>193</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
         <v>194</v>
       </c>
-      <c r="C24" t="s">
-[...5 lines deleted...]
-      <c r="E24" t="s">
+      <c r="H24" t="s">
         <v>195</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="L24" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
         <v>121</v>
       </c>
       <c r="O24" t="s">
         <v>28</v>
       </c>
       <c r="P24" t="s">
         <v>29</v>
       </c>
       <c r="Q24" t="s">
         <v>30</v>
       </c>
       <c r="R24" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
+        <v>198</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>199</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
         <v>200</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="H25" t="s">
         <v>201</v>
-      </c>
-[...7 lines deleted...]
-        <v>203</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
+        <v>202</v>
+      </c>
+      <c r="L25" t="s">
+        <v>203</v>
+      </c>
+      <c r="M25" t="s">
+        <v>20</v>
+      </c>
+      <c r="N25" t="s">
         <v>204</v>
       </c>
-      <c r="L25" t="s">
+      <c r="O25" t="s">
         <v>205</v>
       </c>
-      <c r="M25" t="s">
-[...2 lines deleted...]
-      <c r="N25" t="s">
+      <c r="P25" t="s">
         <v>206</v>
       </c>
-      <c r="O25" t="s">
+      <c r="Q25" t="s">
         <v>207</v>
       </c>
-      <c r="P25" t="s">
+      <c r="R25" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
+        <v>209</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>210</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
         <v>211</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="H26" t="s">
         <v>212</v>
-      </c>
-[...7 lines deleted...]
-        <v>214</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="L26" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="O26" t="s">
         <v>39</v>
       </c>
       <c r="P26" t="s">
         <v>40</v>
       </c>
       <c r="Q26" t="s">
         <v>41</v>
       </c>
       <c r="R26" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
+        <v>215</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>216</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
         <v>217</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27" t="s">
+      <c r="H27" t="s">
         <v>218</v>
-      </c>
-[...7 lines deleted...]
-        <v>220</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
+        <v>219</v>
+      </c>
+      <c r="L27" t="s">
+        <v>220</v>
+      </c>
+      <c r="M27" t="s">
+        <v>20</v>
+      </c>
+      <c r="N27" t="s">
         <v>221</v>
-      </c>
-[...7 lines deleted...]
-        <v>223</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27" t="s">
         <v>29</v>
       </c>
       <c r="Q27" t="s">
         <v>30</v>
       </c>
       <c r="R27" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
+        <v>222</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>223</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
         <v>224</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="H28" t="s">
         <v>225</v>
-      </c>
-[...7 lines deleted...]
-        <v>227</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="L28" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>230</v>
+        <v>162</v>
       </c>
       <c r="O28" t="s">
         <v>39</v>
       </c>
       <c r="P28" t="s">
         <v>40</v>
       </c>
       <c r="Q28" t="s">
         <v>41</v>
       </c>
       <c r="R28" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
+        <v>228</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>229</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>230</v>
+      </c>
+      <c r="H29" t="s">
         <v>231</v>
-      </c>
-[...16 lines deleted...]
-        <v>234</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="L29" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>237</v>
+        <v>162</v>
       </c>
       <c r="O29" t="s">
         <v>28</v>
       </c>
       <c r="P29" t="s">
         <v>29</v>
       </c>
       <c r="Q29" t="s">
         <v>30</v>
       </c>
       <c r="R29" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="H30" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="L30" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
+        <v>204</v>
+      </c>
+      <c r="O30" t="s">
+        <v>205</v>
+      </c>
+      <c r="P30" t="s">
         <v>206</v>
       </c>
-      <c r="O30" t="s">
+      <c r="Q30" t="s">
         <v>207</v>
       </c>
-      <c r="P30" t="s">
+      <c r="R30" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="H31" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="L31" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="O31" t="s">
         <v>135</v>
       </c>
       <c r="P31" t="s">
         <v>136</v>
       </c>
       <c r="Q31" t="s">
         <v>41</v>
       </c>
       <c r="R31" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="H32" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="L32" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
         <v>108</v>
       </c>
       <c r="O32" t="s">
         <v>39</v>
       </c>
       <c r="P32" t="s">
         <v>40</v>
       </c>
       <c r="Q32" t="s">
         <v>41</v>
       </c>
       <c r="R32" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="H33" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="L33" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="O33" t="s">
         <v>39</v>
       </c>
       <c r="P33" t="s">
         <v>40</v>
       </c>
       <c r="Q33" t="s">
         <v>41</v>
       </c>
       <c r="R33" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="H34" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="L34" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>230</v>
+        <v>266</v>
       </c>
       <c r="O34" t="s">
         <v>39</v>
       </c>
       <c r="P34" t="s">
         <v>40</v>
       </c>
       <c r="Q34" t="s">
         <v>41</v>
       </c>
       <c r="R34" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
+        <v>267</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>268</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>269</v>
+      </c>
+      <c r="H35" t="s">
         <v>270</v>
-      </c>
-[...16 lines deleted...]
-        <v>273</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="L35" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="O35" t="s">
         <v>28</v>
       </c>
       <c r="P35" t="s">
         <v>29</v>
       </c>
       <c r="Q35" t="s">
         <v>30</v>
       </c>
       <c r="R35" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P86"/>
+  <dimension ref="A1:P67"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>274</v>
+      </c>
+      <c r="J1" t="s">
+        <v>275</v>
+      </c>
+      <c r="K1" t="s">
+        <v>276</v>
+      </c>
+      <c r="L1" t="s">
         <v>277</v>
       </c>
-      <c r="J1" t="s">
+      <c r="M1" t="s">
         <v>278</v>
       </c>
-      <c r="K1" t="s">
+      <c r="N1" t="s">
         <v>279</v>
       </c>
-      <c r="L1" t="s">
+      <c r="O1" t="s">
         <v>280</v>
       </c>
-      <c r="M1" t="s">
+      <c r="P1" t="s">
         <v>281</v>
-      </c>
-[...7 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>282</v>
+      </c>
+      <c r="B2" t="s">
+        <v>283</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>284</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
         <v>285</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>286</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="I2" t="s">
         <v>287</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="J2" t="s">
         <v>288</v>
       </c>
-      <c r="H2" t="s">
+      <c r="K2" t="s">
         <v>289</v>
       </c>
-      <c r="I2" t="s">
+      <c r="L2" t="s">
         <v>290</v>
       </c>
-      <c r="J2" t="s">
+      <c r="M2" t="s">
         <v>291</v>
       </c>
-      <c r="K2" t="s">
+      <c r="N2" t="s">
         <v>292</v>
       </c>
-      <c r="L2" t="s">
+      <c r="O2" t="s">
         <v>293</v>
       </c>
-      <c r="M2" t="s">
+      <c r="P2" t="s">
         <v>294</v>
-      </c>
-[...7 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B3" t="s">
+        <v>295</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>296</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>297</v>
+      </c>
+      <c r="H3" t="s">
         <v>298</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="I3" t="s">
         <v>299</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
+        <v>100</v>
+      </c>
+      <c r="L3" t="s">
+        <v>290</v>
+      </c>
+      <c r="M3" t="s">
+        <v>291</v>
+      </c>
+      <c r="N3" t="s">
+        <v>292</v>
+      </c>
+      <c r="O3" t="s">
         <v>300</v>
       </c>
-      <c r="H3" t="s">
+      <c r="P3" t="s">
         <v>301</v>
-      </c>
-[...22 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B4" t="s">
+        <v>302</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>303</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>304</v>
+      </c>
+      <c r="H4" t="s">
+        <v>305</v>
+      </c>
+      <c r="I4" t="s">
+        <v>306</v>
+      </c>
+      <c r="J4" t="s">
+        <v>307</v>
+      </c>
+      <c r="K4" t="s">
+        <v>308</v>
+      </c>
+      <c r="L4" t="s">
+        <v>290</v>
+      </c>
+      <c r="M4" t="s">
+        <v>291</v>
+      </c>
+      <c r="N4" t="s">
+        <v>292</v>
+      </c>
+      <c r="O4" t="s">
         <v>309</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="P4" t="s">
         <v>310</v>
-      </c>
-[...31 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B5" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>319</v>
+        <v>303</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>320</v>
+        <v>312</v>
       </c>
       <c r="H5" t="s">
-        <v>321</v>
+        <v>313</v>
       </c>
       <c r="I5" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="J5" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="K5" t="s">
-        <v>100</v>
+        <v>308</v>
       </c>
       <c r="L5" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M5" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N5" t="s">
-        <v>306</v>
+        <v>292</v>
       </c>
       <c r="O5" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="P5" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B6" t="s">
+        <v>317</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>318</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>319</v>
+      </c>
+      <c r="H6" t="s">
+        <v>320</v>
+      </c>
+      <c r="I6" t="s">
+        <v>321</v>
+      </c>
+      <c r="J6" t="s">
+        <v>299</v>
+      </c>
+      <c r="K6" t="s">
+        <v>100</v>
+      </c>
+      <c r="L6" t="s">
+        <v>290</v>
+      </c>
+      <c r="M6" t="s">
+        <v>322</v>
+      </c>
+      <c r="N6" t="s">
         <v>323</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="O6" t="s">
         <v>324</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="P6" t="s">
         <v>325</v>
-      </c>
-[...25 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B7" t="s">
+        <v>326</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>327</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>328</v>
+      </c>
+      <c r="H7" t="s">
+        <v>329</v>
+      </c>
+      <c r="I7" t="s">
+        <v>330</v>
+      </c>
+      <c r="J7" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" t="s">
+        <v>331</v>
+      </c>
+      <c r="L7" t="s">
+        <v>290</v>
+      </c>
+      <c r="M7" t="s">
+        <v>291</v>
+      </c>
+      <c r="N7" t="s">
         <v>332</v>
       </c>
-      <c r="C7" t="s">
-[...11 lines deleted...]
-      <c r="G7" t="s">
+      <c r="O7" t="s">
         <v>333</v>
       </c>
-      <c r="H7" t="s">
+      <c r="P7" t="s">
         <v>334</v>
-      </c>
-[...22 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B8" t="s">
+        <v>335</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>336</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>337</v>
+      </c>
+      <c r="H8" t="s">
         <v>338</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="I8" t="s">
         <v>339</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="J8" t="s">
+        <v>307</v>
+      </c>
+      <c r="K8" t="s">
+        <v>308</v>
+      </c>
+      <c r="L8" t="s">
+        <v>290</v>
+      </c>
+      <c r="M8" t="s">
+        <v>291</v>
+      </c>
+      <c r="N8" t="s">
+        <v>332</v>
+      </c>
+      <c r="O8" t="s">
+        <v>333</v>
+      </c>
+      <c r="P8" t="s">
         <v>340</v>
-      </c>
-[...25 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B9" t="s">
+        <v>341</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>342</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>343</v>
+      </c>
+      <c r="H9" t="s">
+        <v>344</v>
+      </c>
+      <c r="I9" t="s">
+        <v>345</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>346</v>
+      </c>
+      <c r="L9" t="s">
+        <v>290</v>
+      </c>
+      <c r="M9" t="s">
+        <v>291</v>
+      </c>
+      <c r="N9" t="s">
+        <v>323</v>
+      </c>
+      <c r="O9" t="s">
+        <v>324</v>
+      </c>
+      <c r="P9" t="s">
         <v>347</v>
-      </c>
-[...40 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B10" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="H10" t="s">
-        <v>358</v>
+        <v>351</v>
       </c>
       <c r="I10" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="J10" t="s">
-        <v>314</v>
+        <v>299</v>
       </c>
       <c r="K10" t="s">
         <v>100</v>
       </c>
       <c r="L10" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M10" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="N10" t="s">
-        <v>306</v>
+        <v>353</v>
       </c>
       <c r="O10" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
       <c r="P10" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B11" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="H11" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="I11" t="s">
-        <v>365</v>
+        <v>352</v>
       </c>
       <c r="J11" t="s">
-        <v>335</v>
+        <v>299</v>
       </c>
       <c r="K11" t="s">
-        <v>336</v>
+        <v>100</v>
       </c>
       <c r="L11" t="s">
+        <v>290</v>
+      </c>
+      <c r="M11" t="s">
+        <v>291</v>
+      </c>
+      <c r="N11" t="s">
+        <v>292</v>
+      </c>
+      <c r="O11" t="s">
         <v>293</v>
       </c>
-      <c r="M11" t="s">
-[...5 lines deleted...]
-      <c r="O11" t="s">
+      <c r="P11" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B12" t="s">
+        <v>361</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>362</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>363</v>
+      </c>
+      <c r="H12" t="s">
+        <v>364</v>
+      </c>
+      <c r="I12" t="s">
+        <v>365</v>
+      </c>
+      <c r="J12" t="s">
+        <v>299</v>
+      </c>
+      <c r="K12" t="s">
+        <v>100</v>
+      </c>
+      <c r="L12" t="s">
+        <v>290</v>
+      </c>
+      <c r="M12" t="s">
+        <v>366</v>
+      </c>
+      <c r="N12" t="s">
+        <v>292</v>
+      </c>
+      <c r="O12" t="s">
+        <v>300</v>
+      </c>
+      <c r="P12" t="s">
         <v>367</v>
-      </c>
-[...40 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B13" t="s">
+        <v>368</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>369</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>370</v>
+      </c>
+      <c r="H13" t="s">
+        <v>371</v>
+      </c>
+      <c r="I13" t="s">
+        <v>372</v>
+      </c>
+      <c r="J13" t="s">
+        <v>373</v>
+      </c>
+      <c r="K13" t="s">
+        <v>374</v>
+      </c>
+      <c r="L13" t="s">
+        <v>290</v>
+      </c>
+      <c r="M13" t="s">
+        <v>366</v>
+      </c>
+      <c r="N13" t="s">
+        <v>323</v>
+      </c>
+      <c r="O13" t="s">
         <v>375</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="P13" t="s">
         <v>376</v>
-      </c>
-[...31 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B14" t="s">
+        <v>377</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>378</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>379</v>
+      </c>
+      <c r="H14" t="s">
+        <v>380</v>
+      </c>
+      <c r="I14" t="s">
         <v>381</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="J14" t="s">
+        <v>307</v>
+      </c>
+      <c r="K14" t="s">
+        <v>308</v>
+      </c>
+      <c r="L14" t="s">
+        <v>290</v>
+      </c>
+      <c r="M14" t="s">
+        <v>291</v>
+      </c>
+      <c r="N14" t="s">
+        <v>332</v>
+      </c>
+      <c r="O14" t="s">
         <v>382</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="P14" t="s">
         <v>383</v>
-      </c>
-[...25 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B15" t="s">
+        <v>384</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>385</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>386</v>
+      </c>
+      <c r="H15" t="s">
+        <v>387</v>
+      </c>
+      <c r="I15" t="s">
         <v>388</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="J15" t="s">
         <v>389</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="K15" t="s">
         <v>390</v>
       </c>
-      <c r="H15" t="s">
+      <c r="L15" t="s">
+        <v>290</v>
+      </c>
+      <c r="M15" t="s">
+        <v>291</v>
+      </c>
+      <c r="N15" t="s">
+        <v>332</v>
+      </c>
+      <c r="O15" t="s">
         <v>391</v>
       </c>
-      <c r="I15" t="s">
+      <c r="P15" t="s">
         <v>392</v>
-      </c>
-[...19 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B16" t="s">
+        <v>393</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>394</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
         <v>395</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="H16" t="s">
         <v>396</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="I16" t="s">
         <v>397</v>
       </c>
-      <c r="H16" t="s">
+      <c r="J16" t="s">
         <v>398</v>
       </c>
-      <c r="I16" t="s">
+      <c r="K16" t="s">
         <v>399</v>
       </c>
-      <c r="J16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L16" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M16" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N16" t="s">
-        <v>344</v>
+        <v>400</v>
       </c>
       <c r="O16" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="P16" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="H17" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="I17" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="J17" t="s">
-        <v>407</v>
+        <v>20</v>
       </c>
       <c r="K17" t="s">
         <v>408</v>
       </c>
       <c r="L17" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M17" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N17" t="s">
-        <v>344</v>
+        <v>400</v>
       </c>
       <c r="O17" t="s">
-        <v>345</v>
+        <v>401</v>
       </c>
       <c r="P17" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B18" t="s">
         <v>410</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
         <v>411</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
         <v>412</v>
       </c>
       <c r="H18" t="s">
         <v>413</v>
       </c>
       <c r="I18" t="s">
+        <v>307</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>308</v>
+      </c>
+      <c r="L18" t="s">
+        <v>290</v>
+      </c>
+      <c r="M18" t="s">
+        <v>291</v>
+      </c>
+      <c r="N18" t="s">
         <v>414</v>
       </c>
-      <c r="J18" t="s">
+      <c r="O18" t="s">
         <v>415</v>
       </c>
-      <c r="K18" t="s">
+      <c r="P18" t="s">
         <v>416</v>
-      </c>
-[...13 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B19" t="s">
+        <v>417</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>418</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
         <v>419</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="H19" t="s">
         <v>420</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="I19" t="s">
+        <v>389</v>
+      </c>
+      <c r="J19" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" t="s">
+        <v>390</v>
+      </c>
+      <c r="L19" t="s">
+        <v>290</v>
+      </c>
+      <c r="M19" t="s">
+        <v>291</v>
+      </c>
+      <c r="N19" t="s">
+        <v>332</v>
+      </c>
+      <c r="O19" t="s">
         <v>421</v>
       </c>
-      <c r="H19" t="s">
+      <c r="P19" t="s">
         <v>422</v>
-      </c>
-[...22 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B20" t="s">
+        <v>423</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
         <v>424</v>
-      </c>
-[...7 lines deleted...]
-        <v>420</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
         <v>425</v>
       </c>
       <c r="H20" t="s">
         <v>426</v>
       </c>
       <c r="I20" t="s">
         <v>427</v>
       </c>
       <c r="J20" t="s">
-        <v>20</v>
+        <v>428</v>
       </c>
       <c r="K20" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="L20" t="s">
+        <v>290</v>
+      </c>
+      <c r="M20" t="s">
+        <v>291</v>
+      </c>
+      <c r="N20" t="s">
+        <v>292</v>
+      </c>
+      <c r="O20" t="s">
         <v>293</v>
       </c>
-      <c r="M20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P20" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B21" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H21" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I21" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="J21" t="s">
-        <v>435</v>
+        <v>20</v>
       </c>
       <c r="K21" t="s">
         <v>436</v>
       </c>
       <c r="L21" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M21" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N21" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="O21" t="s">
-        <v>417</v>
+        <v>391</v>
       </c>
       <c r="P21" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B22" t="s">
         <v>438</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
         <v>439</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
         <v>440</v>
       </c>
       <c r="H22" t="s">
         <v>441</v>
       </c>
       <c r="I22" t="s">
         <v>442</v>
       </c>
       <c r="J22" t="s">
-        <v>372</v>
+        <v>307</v>
       </c>
       <c r="K22" t="s">
-        <v>373</v>
+        <v>308</v>
       </c>
       <c r="L22" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M22" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N22" t="s">
-        <v>344</v>
+        <v>443</v>
       </c>
       <c r="O22" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="P22" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="H23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="I23" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="J23" t="s">
-        <v>20</v>
+        <v>451</v>
       </c>
       <c r="K23" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="L23" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M23" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N23" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
       <c r="O23" t="s">
-        <v>450</v>
+        <v>391</v>
       </c>
       <c r="P23" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B24" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="H24" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="I24" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="J24" t="s">
-        <v>303</v>
+        <v>458</v>
       </c>
       <c r="K24" t="s">
-        <v>304</v>
+        <v>459</v>
       </c>
       <c r="L24" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M24" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N24" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
       <c r="O24" t="s">
-        <v>450</v>
+        <v>391</v>
       </c>
       <c r="P24" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B25" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>439</v>
+        <v>462</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="H25" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="I25" t="s">
-        <v>335</v>
+        <v>465</v>
       </c>
       <c r="J25" t="s">
-        <v>20</v>
+        <v>307</v>
       </c>
       <c r="K25" t="s">
-        <v>336</v>
+        <v>308</v>
       </c>
       <c r="L25" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M25" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N25" t="s">
-        <v>352</v>
+        <v>414</v>
       </c>
       <c r="O25" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="P25" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B26" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>439</v>
+        <v>404</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="H26" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="I26" t="s">
-        <v>351</v>
+        <v>299</v>
       </c>
       <c r="J26" t="s">
-        <v>314</v>
+        <v>20</v>
       </c>
       <c r="K26" t="s">
         <v>100</v>
       </c>
       <c r="L26" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M26" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N26" t="s">
-        <v>352</v>
+        <v>400</v>
       </c>
       <c r="O26" t="s">
-        <v>460</v>
+        <v>401</v>
       </c>
       <c r="P26" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B27" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="H27" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="I27" t="s">
-        <v>407</v>
+        <v>476</v>
       </c>
       <c r="J27" t="s">
-        <v>20</v>
+        <v>477</v>
       </c>
       <c r="K27" t="s">
-        <v>408</v>
+        <v>478</v>
       </c>
       <c r="L27" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M27" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N27" t="s">
-        <v>344</v>
+        <v>400</v>
       </c>
       <c r="O27" t="s">
-        <v>470</v>
+        <v>401</v>
       </c>
       <c r="P27" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B28" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>473</v>
+        <v>411</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
       <c r="H28" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="I28" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="J28" t="s">
-        <v>314</v>
+        <v>299</v>
       </c>
       <c r="K28" t="s">
         <v>100</v>
       </c>
       <c r="L28" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M28" t="s">
-        <v>477</v>
+        <v>291</v>
       </c>
       <c r="N28" t="s">
-        <v>295</v>
+        <v>414</v>
       </c>
       <c r="O28" t="s">
-        <v>296</v>
+        <v>415</v>
       </c>
       <c r="P28" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B29" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="H29" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="I29" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="J29" t="s">
-        <v>314</v>
+        <v>299</v>
       </c>
       <c r="K29" t="s">
         <v>100</v>
       </c>
       <c r="L29" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M29" t="s">
-        <v>305</v>
+        <v>322</v>
       </c>
       <c r="N29" t="s">
-        <v>484</v>
+        <v>323</v>
       </c>
       <c r="O29" t="s">
-        <v>485</v>
+        <v>324</v>
       </c>
       <c r="P29" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B30" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="H30" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="I30" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="J30" t="s">
-        <v>372</v>
+        <v>299</v>
       </c>
       <c r="K30" t="s">
-        <v>373</v>
+        <v>100</v>
       </c>
       <c r="L30" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M30" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N30" t="s">
-        <v>492</v>
+        <v>443</v>
       </c>
       <c r="O30" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="P30" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B31" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="H31" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="I31" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="J31" t="s">
-        <v>335</v>
+        <v>307</v>
       </c>
       <c r="K31" t="s">
-        <v>336</v>
+        <v>308</v>
       </c>
       <c r="L31" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M31" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N31" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
       <c r="O31" t="s">
-        <v>400</v>
+        <v>382</v>
       </c>
       <c r="P31" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B32" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
+        <v>505</v>
+      </c>
+      <c r="H32" t="s">
+        <v>506</v>
+      </c>
+      <c r="I32" t="s">
         <v>502</v>
       </c>
-      <c r="H32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>335</v>
+        <v>307</v>
       </c>
       <c r="K32" t="s">
-        <v>336</v>
+        <v>308</v>
       </c>
       <c r="L32" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M32" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N32" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
       <c r="O32" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="P32" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B33" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="H33" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="I33" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="J33" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="K33" t="s">
         <v>41</v>
       </c>
       <c r="L33" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M33" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N33" t="s">
-        <v>484</v>
+        <v>443</v>
       </c>
       <c r="O33" t="s">
-        <v>485</v>
+        <v>496</v>
       </c>
       <c r="P33" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B34" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="H34" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="I34" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="J34" t="s">
         <v>20</v>
       </c>
       <c r="K34" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="L34" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M34" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N34" t="s">
-        <v>295</v>
+        <v>323</v>
       </c>
       <c r="O34" t="s">
-        <v>296</v>
+        <v>324</v>
       </c>
       <c r="P34" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B35" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="H35" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="I35" t="s">
-        <v>524</v>
+        <v>299</v>
       </c>
       <c r="J35" t="s">
-        <v>314</v>
+        <v>20</v>
       </c>
       <c r="K35" t="s">
         <v>100</v>
       </c>
       <c r="L35" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M35" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N35" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="O35" t="s">
-        <v>330</v>
+        <v>391</v>
       </c>
       <c r="P35" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B36" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="H36" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="I36" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="J36" t="s">
-        <v>531</v>
+        <v>299</v>
       </c>
       <c r="K36" t="s">
-        <v>532</v>
+        <v>100</v>
       </c>
       <c r="L36" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M36" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N36" t="s">
-        <v>306</v>
+        <v>332</v>
       </c>
       <c r="O36" t="s">
-        <v>307</v>
+        <v>391</v>
       </c>
       <c r="P36" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B37" t="s">
         <v>534</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
         <v>535</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
         <v>536</v>
       </c>
       <c r="H37" t="s">
         <v>537</v>
       </c>
       <c r="I37" t="s">
         <v>538</v>
       </c>
       <c r="J37" t="s">
-        <v>314</v>
+        <v>458</v>
       </c>
       <c r="K37" t="s">
-        <v>100</v>
+        <v>459</v>
       </c>
       <c r="L37" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M37" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N37" t="s">
-        <v>306</v>
+        <v>332</v>
       </c>
       <c r="O37" t="s">
+        <v>391</v>
+      </c>
+      <c r="P37" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B38" t="s">
+        <v>540</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
         <v>541</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
         <v>542</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="H38" t="s">
         <v>543</v>
       </c>
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>544</v>
       </c>
-      <c r="I38" t="s">
+      <c r="J38" t="s">
+        <v>458</v>
+      </c>
+      <c r="K38" t="s">
+        <v>459</v>
+      </c>
+      <c r="L38" t="s">
+        <v>290</v>
+      </c>
+      <c r="M38" t="s">
+        <v>291</v>
+      </c>
+      <c r="N38" t="s">
+        <v>332</v>
+      </c>
+      <c r="O38" t="s">
+        <v>382</v>
+      </c>
+      <c r="P38" t="s">
         <v>545</v>
-      </c>
-[...19 lines deleted...]
-        <v>547</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B39" t="s">
+        <v>546</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>547</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
         <v>548</v>
       </c>
-      <c r="C39" t="s">
-[...11 lines deleted...]
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>549</v>
       </c>
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>550</v>
       </c>
-      <c r="I39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>20</v>
+        <v>299</v>
       </c>
       <c r="K39" t="s">
-        <v>546</v>
+        <v>100</v>
       </c>
       <c r="L39" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M39" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N39" t="s">
-        <v>344</v>
+        <v>400</v>
       </c>
       <c r="O39" t="s">
-        <v>345</v>
+        <v>551</v>
       </c>
       <c r="P39" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B40" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>542</v>
+        <v>554</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="H40" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="I40" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="J40" t="s">
-        <v>556</v>
+        <v>299</v>
       </c>
       <c r="K40" t="s">
-        <v>557</v>
+        <v>100</v>
       </c>
       <c r="L40" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M40" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N40" t="s">
-        <v>344</v>
+        <v>400</v>
       </c>
       <c r="O40" t="s">
-        <v>345</v>
+        <v>558</v>
       </c>
       <c r="P40" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B41" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
         <v>561</v>
       </c>
       <c r="H41" t="s">
         <v>562</v>
       </c>
       <c r="I41" t="s">
         <v>563</v>
       </c>
       <c r="J41" t="s">
-        <v>335</v>
+        <v>564</v>
       </c>
       <c r="K41" t="s">
-        <v>336</v>
+        <v>565</v>
       </c>
       <c r="L41" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M41" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N41" t="s">
-        <v>484</v>
+        <v>400</v>
       </c>
       <c r="O41" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="P41" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B42" t="s">
+        <v>568</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>554</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>569</v>
+      </c>
+      <c r="H42" t="s">
+        <v>570</v>
+      </c>
+      <c r="I42" t="s">
+        <v>557</v>
+      </c>
+      <c r="J42" t="s">
+        <v>299</v>
+      </c>
+      <c r="K42" t="s">
+        <v>100</v>
+      </c>
+      <c r="L42" t="s">
+        <v>290</v>
+      </c>
+      <c r="M42" t="s">
+        <v>291</v>
+      </c>
+      <c r="N42" t="s">
+        <v>400</v>
+      </c>
+      <c r="O42" t="s">
         <v>566</v>
       </c>
-      <c r="C42" t="s">
-[...20 lines deleted...]
-      <c r="J42" t="s">
+      <c r="P42" t="s">
         <v>571</v>
-      </c>
-[...16 lines deleted...]
-        <v>573</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B43" t="s">
+        <v>572</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>573</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
         <v>574</v>
       </c>
-      <c r="C43" t="s">
-[...11 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>575</v>
       </c>
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>576</v>
       </c>
-      <c r="I43" t="s">
+      <c r="J43" t="s">
+        <v>514</v>
+      </c>
+      <c r="K43" t="s">
+        <v>41</v>
+      </c>
+      <c r="L43" t="s">
+        <v>290</v>
+      </c>
+      <c r="M43" t="s">
+        <v>291</v>
+      </c>
+      <c r="N43" t="s">
+        <v>443</v>
+      </c>
+      <c r="O43" t="s">
         <v>577</v>
-      </c>
-[...16 lines deleted...]
-        <v>345</v>
       </c>
       <c r="P43" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B44" t="s">
         <v>579</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
         <v>580</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
         <v>581</v>
       </c>
       <c r="H44" t="s">
         <v>582</v>
       </c>
       <c r="I44" t="s">
         <v>583</v>
       </c>
       <c r="J44" t="s">
-        <v>335</v>
+        <v>584</v>
       </c>
       <c r="K44" t="s">
-        <v>336</v>
+        <v>585</v>
       </c>
       <c r="L44" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M44" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N44" t="s">
-        <v>484</v>
+        <v>323</v>
       </c>
       <c r="O44" t="s">
-        <v>564</v>
+        <v>324</v>
       </c>
       <c r="P44" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B45" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>586</v>
+        <v>411</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="H45" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="I45" t="s">
-        <v>314</v>
+        <v>590</v>
       </c>
       <c r="J45" t="s">
-        <v>20</v>
+        <v>458</v>
       </c>
       <c r="K45" t="s">
-        <v>100</v>
+        <v>459</v>
       </c>
       <c r="L45" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M45" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N45" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
       <c r="O45" t="s">
-        <v>345</v>
+        <v>333</v>
       </c>
       <c r="P45" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B46" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>591</v>
+        <v>411</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="H46" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="I46" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="J46" t="s">
-        <v>314</v>
+        <v>20</v>
       </c>
       <c r="K46" t="s">
-        <v>100</v>
+        <v>596</v>
       </c>
       <c r="L46" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M46" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N46" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
       <c r="O46" t="s">
-        <v>345</v>
+        <v>597</v>
       </c>
       <c r="P46" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B47" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
+        <v>411</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>600</v>
+      </c>
+      <c r="H47" t="s">
+        <v>601</v>
+      </c>
+      <c r="I47" t="s">
+        <v>602</v>
+      </c>
+      <c r="J47" t="s">
+        <v>603</v>
+      </c>
+      <c r="K47" t="s">
+        <v>604</v>
+      </c>
+      <c r="L47" t="s">
+        <v>290</v>
+      </c>
+      <c r="M47" t="s">
+        <v>291</v>
+      </c>
+      <c r="N47" t="s">
+        <v>332</v>
+      </c>
+      <c r="O47" t="s">
         <v>597</v>
       </c>
-      <c r="F47" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="P47" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B48" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="H48" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="I48" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="J48" t="s">
-        <v>372</v>
+        <v>458</v>
       </c>
       <c r="K48" t="s">
-        <v>373</v>
+        <v>459</v>
       </c>
       <c r="L48" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M48" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N48" t="s">
-        <v>344</v>
+        <v>611</v>
       </c>
       <c r="O48" t="s">
-        <v>400</v>
+        <v>612</v>
       </c>
       <c r="P48" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B49" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="H49" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="I49" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="J49" t="s">
-        <v>335</v>
+        <v>299</v>
       </c>
       <c r="K49" t="s">
-        <v>336</v>
+        <v>100</v>
       </c>
       <c r="L49" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M49" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N49" t="s">
-        <v>352</v>
+        <v>400</v>
       </c>
       <c r="O49" t="s">
-        <v>353</v>
+        <v>619</v>
       </c>
       <c r="P49" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B50" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>616</v>
+        <v>623</v>
       </c>
       <c r="H50" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
       <c r="I50" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="J50" t="s">
-        <v>314</v>
+        <v>299</v>
       </c>
       <c r="K50" t="s">
         <v>100</v>
       </c>
       <c r="L50" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M50" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N50" t="s">
-        <v>329</v>
+        <v>292</v>
       </c>
       <c r="O50" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="P50" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B51" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>622</v>
+        <v>432</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="H51" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="I51" t="s">
-        <v>625</v>
+        <v>435</v>
       </c>
       <c r="J51" t="s">
-        <v>335</v>
+        <v>20</v>
       </c>
       <c r="K51" t="s">
-        <v>336</v>
+        <v>436</v>
       </c>
       <c r="L51" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M51" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N51" t="s">
-        <v>315</v>
+        <v>332</v>
       </c>
       <c r="O51" t="s">
-        <v>316</v>
+        <v>382</v>
       </c>
       <c r="P51" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B52" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>628</v>
+        <v>432</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="H52" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="I52" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="J52" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="K52" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="L52" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M52" t="s">
-        <v>477</v>
+        <v>291</v>
       </c>
       <c r="N52" t="s">
-        <v>295</v>
+        <v>332</v>
       </c>
       <c r="O52" t="s">
-        <v>296</v>
+        <v>391</v>
       </c>
       <c r="P52" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B53" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="H53" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="I53" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="J53" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="K53" t="s">
-        <v>100</v>
+        <v>308</v>
       </c>
       <c r="L53" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M53" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N53" t="s">
-        <v>329</v>
+        <v>353</v>
       </c>
       <c r="O53" t="s">
-        <v>386</v>
+        <v>354</v>
       </c>
       <c r="P53" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B54" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="H54" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="I54" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="J54" t="s">
-        <v>643</v>
+        <v>20</v>
       </c>
       <c r="K54" t="s">
-        <v>644</v>
+        <v>41</v>
       </c>
       <c r="L54" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M54" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N54" t="s">
-        <v>329</v>
+        <v>292</v>
       </c>
       <c r="O54" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="P54" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B55" t="s">
+        <v>643</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>644</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>650</v>
+      </c>
+      <c r="H55" t="s">
+        <v>651</v>
+      </c>
+      <c r="I55" t="s">
         <v>647</v>
       </c>
-      <c r="C55" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J55" t="s">
-        <v>314</v>
+        <v>20</v>
       </c>
       <c r="K55" t="s">
-        <v>100</v>
+        <v>41</v>
       </c>
       <c r="L55" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M55" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N55" t="s">
-        <v>329</v>
+        <v>611</v>
       </c>
       <c r="O55" t="s">
-        <v>645</v>
+        <v>612</v>
       </c>
       <c r="P55" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B56" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="H56" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="I56" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="J56" t="s">
-        <v>20</v>
+        <v>658</v>
       </c>
       <c r="K56" t="s">
-        <v>41</v>
+        <v>659</v>
       </c>
       <c r="L56" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M56" t="s">
-        <v>305</v>
+        <v>366</v>
       </c>
       <c r="N56" t="s">
-        <v>306</v>
+        <v>323</v>
       </c>
       <c r="O56" t="s">
-        <v>656</v>
+        <v>324</v>
       </c>
       <c r="P56" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B57" t="s">
-        <v>651</v>
+        <v>661</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>652</v>
+        <v>662</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="H57" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="I57" t="s">
-        <v>655</v>
+        <v>665</v>
       </c>
       <c r="J57" t="s">
-        <v>20</v>
+        <v>307</v>
       </c>
       <c r="K57" t="s">
-        <v>41</v>
+        <v>308</v>
       </c>
       <c r="L57" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M57" t="s">
-        <v>305</v>
+        <v>322</v>
       </c>
       <c r="N57" t="s">
-        <v>492</v>
+        <v>353</v>
       </c>
       <c r="O57" t="s">
-        <v>493</v>
+        <v>666</v>
       </c>
       <c r="P57" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B58" t="s">
         <v>661</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="H58" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="I58" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="J58" t="s">
-        <v>511</v>
+        <v>299</v>
       </c>
       <c r="K58" t="s">
-        <v>41</v>
+        <v>100</v>
       </c>
       <c r="L58" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M58" t="s">
-        <v>305</v>
+        <v>322</v>
       </c>
       <c r="N58" t="s">
-        <v>484</v>
+        <v>353</v>
       </c>
       <c r="O58" t="s">
         <v>666</v>
       </c>
       <c r="P58" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B59" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="H59" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="I59" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="J59" t="s">
-        <v>673</v>
+        <v>307</v>
       </c>
       <c r="K59" t="s">
-        <v>674</v>
+        <v>308</v>
       </c>
       <c r="L59" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M59" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N59" t="s">
-        <v>295</v>
+        <v>611</v>
       </c>
       <c r="O59" t="s">
-        <v>296</v>
+        <v>612</v>
       </c>
       <c r="P59" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B60" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="H60" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="I60" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="J60" t="s">
-        <v>681</v>
+        <v>451</v>
       </c>
       <c r="K60" t="s">
-        <v>682</v>
+        <v>452</v>
       </c>
       <c r="L60" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M60" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="N60" t="s">
-        <v>295</v>
+        <v>323</v>
       </c>
       <c r="O60" t="s">
-        <v>296</v>
+        <v>324</v>
       </c>
       <c r="P60" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B61" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
         <v>686</v>
       </c>
       <c r="H61" t="s">
         <v>687</v>
       </c>
       <c r="I61" t="s">
         <v>688</v>
       </c>
       <c r="J61" t="s">
-        <v>335</v>
+        <v>689</v>
       </c>
       <c r="K61" t="s">
-        <v>336</v>
+        <v>690</v>
       </c>
       <c r="L61" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M61" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N61" t="s">
-        <v>344</v>
+        <v>323</v>
       </c>
       <c r="O61" t="s">
-        <v>504</v>
+        <v>324</v>
       </c>
       <c r="P61" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B62" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="H62" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="I62" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="J62" t="s">
-        <v>695</v>
+        <v>299</v>
       </c>
       <c r="K62" t="s">
-        <v>696</v>
+        <v>100</v>
       </c>
       <c r="L62" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M62" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="N62" t="s">
-        <v>295</v>
+        <v>332</v>
       </c>
       <c r="O62" t="s">
-        <v>296</v>
+        <v>382</v>
       </c>
       <c r="P62" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B63" t="s">
         <v>698</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
         <v>699</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
         <v>700</v>
       </c>
       <c r="H63" t="s">
         <v>701</v>
       </c>
       <c r="I63" t="s">
         <v>702</v>
       </c>
       <c r="J63" t="s">
-        <v>20</v>
+        <v>299</v>
       </c>
       <c r="K63" t="s">
+        <v>100</v>
+      </c>
+      <c r="L63" t="s">
+        <v>290</v>
+      </c>
+      <c r="M63" t="s">
+        <v>322</v>
+      </c>
+      <c r="N63" t="s">
+        <v>323</v>
+      </c>
+      <c r="O63" t="s">
+        <v>324</v>
+      </c>
+      <c r="P63" t="s">
         <v>703</v>
-      </c>
-[...13 lines deleted...]
-        <v>704</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B64" t="s">
+        <v>704</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
         <v>705</v>
       </c>
-      <c r="C64" t="s">
-[...5 lines deleted...]
-      <c r="E64" t="s">
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
         <v>706</v>
       </c>
-      <c r="F64" t="s">
-[...2 lines deleted...]
-      <c r="G64" t="s">
+      <c r="H64" t="s">
         <v>707</v>
       </c>
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>708</v>
       </c>
-      <c r="I64" t="s">
+      <c r="J64" t="s">
+        <v>603</v>
+      </c>
+      <c r="K64" t="s">
+        <v>604</v>
+      </c>
+      <c r="L64" t="s">
+        <v>290</v>
+      </c>
+      <c r="M64" t="s">
+        <v>322</v>
+      </c>
+      <c r="N64" t="s">
+        <v>353</v>
+      </c>
+      <c r="O64" t="s">
+        <v>666</v>
+      </c>
+      <c r="P64" t="s">
         <v>709</v>
-      </c>
-[...19 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B65" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
+        <v>711</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
         <v>712</v>
       </c>
-      <c r="F65" t="s">
-[...2 lines deleted...]
-      <c r="G65" t="s">
+      <c r="H65" t="s">
         <v>713</v>
       </c>
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>714</v>
       </c>
-      <c r="I65" t="s">
+      <c r="J65" t="s">
         <v>715</v>
       </c>
-      <c r="J65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K65" t="s">
-        <v>100</v>
+        <v>308</v>
       </c>
       <c r="L65" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="M65" t="s">
-        <v>477</v>
+        <v>322</v>
       </c>
       <c r="N65" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
       <c r="O65" t="s">
-        <v>710</v>
+        <v>324</v>
       </c>
       <c r="P65" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B66" t="s">
         <v>717</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
         <v>718</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
         <v>719</v>
       </c>
       <c r="H66" t="s">
         <v>720</v>
       </c>
       <c r="I66" t="s">
+        <v>458</v>
+      </c>
+      <c r="J66" t="s">
+        <v>20</v>
+      </c>
+      <c r="K66" t="s">
+        <v>459</v>
+      </c>
+      <c r="L66" t="s">
+        <v>290</v>
+      </c>
+      <c r="M66" t="s">
+        <v>291</v>
+      </c>
+      <c r="N66" t="s">
+        <v>443</v>
+      </c>
+      <c r="O66" t="s">
+        <v>496</v>
+      </c>
+      <c r="P66" t="s">
         <v>721</v>
-      </c>
-[...19 lines deleted...]
-        <v>722</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B67" t="s">
+        <v>722</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
         <v>723</v>
       </c>
-      <c r="C67" t="s">
-[...5 lines deleted...]
-      <c r="E67" t="s">
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
         <v>724</v>
       </c>
-      <c r="F67" t="s">
-[...2 lines deleted...]
-      <c r="G67" t="s">
+      <c r="H67" t="s">
         <v>725</v>
       </c>
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>726</v>
       </c>
-      <c r="I67" t="s">
+      <c r="J67" t="s">
+        <v>477</v>
+      </c>
+      <c r="K67" t="s">
+        <v>478</v>
+      </c>
+      <c r="L67" t="s">
+        <v>290</v>
+      </c>
+      <c r="M67" t="s">
+        <v>291</v>
+      </c>
+      <c r="N67" t="s">
+        <v>332</v>
+      </c>
+      <c r="O67" t="s">
+        <v>391</v>
+      </c>
+      <c r="P67" t="s">
         <v>727</v>
-      </c>
-[...969 lines deleted...]
-        <v>852</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M4"/>
+  <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>853</v>
+        <v>728</v>
       </c>
       <c r="L1" t="s">
-        <v>854</v>
+        <v>729</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>855</v>
+        <v>730</v>
       </c>
       <c r="B2" t="s">
-        <v>856</v>
+        <v>731</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>857</v>
+        <v>732</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>858</v>
+        <v>733</v>
       </c>
       <c r="H2" t="s">
-        <v>859</v>
+        <v>734</v>
       </c>
       <c r="I2" t="s">
-        <v>860</v>
+        <v>735</v>
       </c>
       <c r="J2" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="K2" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="L2" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="M2" t="s">
-        <v>861</v>
+        <v>736</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>855</v>
+        <v>730</v>
       </c>
       <c r="B3" t="s">
-        <v>862</v>
+        <v>737</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>863</v>
+        <v>738</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>864</v>
+        <v>739</v>
       </c>
       <c r="H3" t="s">
-        <v>865</v>
+        <v>740</v>
       </c>
       <c r="I3" t="s">
-        <v>866</v>
+        <v>741</v>
       </c>
       <c r="J3" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="K3" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="L3" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="M3" t="s">
-        <v>867</v>
+        <v>742</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>855</v>
+        <v>730</v>
       </c>
       <c r="B4" t="s">
-        <v>868</v>
+        <v>743</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>869</v>
+        <v>744</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>870</v>
+        <v>745</v>
       </c>
       <c r="H4" t="s">
-        <v>871</v>
+        <v>746</v>
       </c>
       <c r="I4" t="s">
-        <v>872</v>
+        <v>747</v>
       </c>
       <c r="J4" t="s">
         <v>39</v>
       </c>
       <c r="K4" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>873</v>
+        <v>748</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>730</v>
+      </c>
+      <c r="B5" t="s">
+        <v>749</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>750</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>751</v>
+      </c>
+      <c r="H5" t="s">
+        <v>752</v>
+      </c>
+      <c r="I5" t="s">
+        <v>753</v>
+      </c>
+      <c r="J5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K5" t="s">
+        <v>290</v>
+      </c>
+      <c r="L5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M5" t="s">
+        <v>754</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>874</v>
+        <v>755</v>
       </c>
       <c r="J1" t="s">
+        <v>274</v>
+      </c>
+      <c r="K1" t="s">
+        <v>756</v>
+      </c>
+      <c r="L1" t="s">
+        <v>276</v>
+      </c>
+      <c r="M1" t="s">
         <v>277</v>
       </c>
-      <c r="K1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N1" t="s">
-        <v>876</v>
+        <v>757</v>
       </c>
       <c r="O1" t="s">
-        <v>877</v>
+        <v>758</v>
       </c>
       <c r="P1" t="s">
-        <v>878</v>
+        <v>759</v>
       </c>
       <c r="Q1" t="s">
-        <v>879</v>
+        <v>760</v>
       </c>
       <c r="R1" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="S1" t="s">
-        <v>880</v>
+        <v>761</v>
       </c>
       <c r="T1" t="s">
-        <v>881</v>
+        <v>762</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B2" t="s">
-        <v>883</v>
+        <v>764</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>884</v>
+        <v>765</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>885</v>
+        <v>766</v>
       </c>
       <c r="H2" t="s">
-        <v>886</v>
+        <v>767</v>
       </c>
       <c r="I2" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J2" t="s">
         <v>20</v>
       </c>
       <c r="K2" t="s">
-        <v>681</v>
+        <v>658</v>
       </c>
       <c r="L2" t="s">
-        <v>682</v>
+        <v>659</v>
       </c>
       <c r="M2" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N2" t="s">
-        <v>888</v>
+        <v>769</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>889</v>
+        <v>770</v>
       </c>
       <c r="Q2" t="s">
-        <v>890</v>
+        <v>771</v>
       </c>
       <c r="R2" t="s">
-        <v>889</v>
+        <v>770</v>
       </c>
       <c r="S2" t="s">
-        <v>891</v>
+        <v>772</v>
       </c>
       <c r="T2" t="s">
-        <v>892</v>
+        <v>773</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B3" t="s">
-        <v>893</v>
+        <v>774</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>894</v>
+        <v>775</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>895</v>
+        <v>776</v>
       </c>
       <c r="H3" t="s">
-        <v>896</v>
+        <v>777</v>
       </c>
       <c r="I3" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J3" t="s">
         <v>20</v>
       </c>
       <c r="K3" t="s">
-        <v>335</v>
+        <v>307</v>
       </c>
       <c r="L3" t="s">
-        <v>336</v>
+        <v>308</v>
       </c>
       <c r="M3" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N3" t="s">
-        <v>897</v>
+        <v>778</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>889</v>
+        <v>770</v>
       </c>
       <c r="Q3" t="s">
-        <v>890</v>
+        <v>771</v>
       </c>
       <c r="R3" t="s">
-        <v>889</v>
+        <v>770</v>
       </c>
       <c r="S3" t="s">
-        <v>898</v>
+        <v>779</v>
       </c>
       <c r="T3" t="s">
-        <v>899</v>
+        <v>780</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B4" t="s">
-        <v>900</v>
+        <v>781</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>901</v>
+        <v>782</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>902</v>
+        <v>783</v>
       </c>
       <c r="H4" t="s">
-        <v>903</v>
+        <v>784</v>
       </c>
       <c r="I4" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J4" t="s">
         <v>20</v>
       </c>
       <c r="K4" t="s">
-        <v>904</v>
+        <v>785</v>
       </c>
       <c r="L4" t="s">
-        <v>905</v>
+        <v>786</v>
       </c>
       <c r="M4" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N4" t="s">
-        <v>906</v>
+        <v>787</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>889</v>
+        <v>770</v>
       </c>
       <c r="Q4" t="s">
-        <v>907</v>
+        <v>788</v>
       </c>
       <c r="R4" t="s">
-        <v>889</v>
+        <v>770</v>
       </c>
       <c r="S4" t="s">
-        <v>908</v>
+        <v>789</v>
       </c>
       <c r="T4" t="s">
-        <v>909</v>
+        <v>790</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B5" t="s">
-        <v>910</v>
+        <v>791</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>911</v>
+        <v>792</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>912</v>
+        <v>793</v>
       </c>
       <c r="H5" t="s">
-        <v>913</v>
+        <v>794</v>
       </c>
       <c r="I5" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J5" t="s">
-        <v>914</v>
+        <v>795</v>
       </c>
       <c r="K5" t="s">
-        <v>571</v>
+        <v>451</v>
       </c>
       <c r="L5" t="s">
-        <v>572</v>
+        <v>452</v>
       </c>
       <c r="M5" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N5" t="s">
-        <v>915</v>
+        <v>796</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>916</v>
+        <v>797</v>
       </c>
       <c r="Q5" t="s">
-        <v>917</v>
+        <v>798</v>
       </c>
       <c r="R5" t="s">
-        <v>294</v>
+        <v>366</v>
       </c>
       <c r="S5" t="s">
-        <v>918</v>
+        <v>799</v>
       </c>
       <c r="T5" t="s">
-        <v>899</v>
+        <v>780</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B6" t="s">
-        <v>919</v>
+        <v>800</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>911</v>
+        <v>792</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>920</v>
+        <v>801</v>
       </c>
       <c r="H6" t="s">
-        <v>921</v>
+        <v>802</v>
       </c>
       <c r="I6" t="s">
-        <v>922</v>
+        <v>803</v>
       </c>
       <c r="J6" t="s">
-        <v>914</v>
+        <v>795</v>
       </c>
       <c r="K6" t="s">
-        <v>571</v>
+        <v>451</v>
       </c>
       <c r="L6" t="s">
-        <v>572</v>
+        <v>452</v>
       </c>
       <c r="M6" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N6" t="s">
-        <v>923</v>
+        <v>804</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>294</v>
+        <v>366</v>
       </c>
       <c r="Q6" t="s">
-        <v>924</v>
+        <v>805</v>
       </c>
       <c r="R6" t="s">
-        <v>294</v>
+        <v>366</v>
       </c>
       <c r="S6" t="s">
-        <v>925</v>
+        <v>806</v>
       </c>
       <c r="T6" t="s">
-        <v>899</v>
+        <v>780</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B7" t="s">
-        <v>926</v>
+        <v>807</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>927</v>
+        <v>808</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>928</v>
+        <v>809</v>
       </c>
       <c r="H7" t="s">
-        <v>929</v>
+        <v>810</v>
       </c>
       <c r="I7" t="s">
-        <v>930</v>
+        <v>811</v>
       </c>
       <c r="J7" t="s">
         <v>20</v>
       </c>
       <c r="K7" t="s">
-        <v>931</v>
+        <v>812</v>
       </c>
       <c r="L7" t="s">
         <v>100</v>
       </c>
       <c r="M7" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N7" t="s">
-        <v>932</v>
+        <v>813</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>916</v>
+        <v>797</v>
       </c>
       <c r="Q7" t="s">
-        <v>933</v>
+        <v>814</v>
       </c>
       <c r="R7" t="s">
-        <v>294</v>
+        <v>366</v>
       </c>
       <c r="S7" t="s">
         <v>101</v>
       </c>
       <c r="T7" t="s">
-        <v>899</v>
+        <v>780</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B8" t="s">
-        <v>934</v>
+        <v>815</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>935</v>
+        <v>816</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>936</v>
+        <v>817</v>
       </c>
       <c r="H8" t="s">
-        <v>937</v>
+        <v>818</v>
       </c>
       <c r="I8" t="s">
-        <v>930</v>
+        <v>811</v>
       </c>
       <c r="J8" t="s">
-        <v>938</v>
+        <v>819</v>
       </c>
       <c r="K8" t="s">
-        <v>939</v>
+        <v>820</v>
       </c>
       <c r="L8" t="s">
         <v>41</v>
       </c>
       <c r="M8" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N8" t="s">
-        <v>940</v>
+        <v>821</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>916</v>
+        <v>797</v>
       </c>
       <c r="Q8" t="s">
-        <v>941</v>
+        <v>822</v>
       </c>
       <c r="R8" t="s">
-        <v>294</v>
+        <v>366</v>
       </c>
       <c r="S8" t="s">
         <v>137</v>
       </c>
       <c r="T8" t="s">
-        <v>899</v>
+        <v>780</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B9" t="s">
-        <v>942</v>
+        <v>823</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>943</v>
+        <v>824</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>944</v>
+        <v>825</v>
       </c>
       <c r="H9" t="s">
-        <v>945</v>
+        <v>826</v>
       </c>
       <c r="I9" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J9" t="s">
-        <v>946</v>
+        <v>827</v>
       </c>
       <c r="K9" t="s">
-        <v>571</v>
+        <v>451</v>
       </c>
       <c r="L9" t="s">
-        <v>572</v>
+        <v>452</v>
       </c>
       <c r="M9" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N9" t="s">
-        <v>947</v>
+        <v>828</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="Q9" t="s">
-        <v>890</v>
+        <v>771</v>
       </c>
       <c r="R9" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="S9" t="s">
-        <v>948</v>
+        <v>829</v>
       </c>
       <c r="T9" t="s">
-        <v>949</v>
+        <v>830</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B10" t="s">
-        <v>950</v>
+        <v>831</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>935</v>
+        <v>816</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>951</v>
+        <v>832</v>
       </c>
       <c r="H10" t="s">
-        <v>952</v>
+        <v>833</v>
       </c>
       <c r="I10" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J10" t="s">
-        <v>953</v>
+        <v>834</v>
       </c>
       <c r="K10" t="s">
-        <v>939</v>
+        <v>820</v>
       </c>
       <c r="L10" t="s">
         <v>41</v>
       </c>
       <c r="M10" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N10" t="s">
-        <v>954</v>
+        <v>835</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>294</v>
+        <v>366</v>
       </c>
       <c r="Q10" t="s">
-        <v>924</v>
+        <v>805</v>
       </c>
       <c r="R10" t="s">
-        <v>294</v>
+        <v>366</v>
       </c>
       <c r="S10" t="s">
-        <v>955</v>
+        <v>836</v>
       </c>
       <c r="T10" t="s">
-        <v>899</v>
+        <v>780</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B11" t="s">
-        <v>956</v>
+        <v>837</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>957</v>
+        <v>838</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>958</v>
+        <v>839</v>
       </c>
       <c r="H11" t="s">
-        <v>959</v>
+        <v>840</v>
       </c>
       <c r="I11" t="s">
-        <v>922</v>
+        <v>803</v>
       </c>
       <c r="J11" t="s">
-        <v>960</v>
+        <v>841</v>
       </c>
       <c r="K11" t="s">
-        <v>314</v>
+        <v>299</v>
       </c>
       <c r="L11" t="s">
         <v>100</v>
       </c>
       <c r="M11" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N11" t="s">
-        <v>961</v>
+        <v>842</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="Q11" t="s">
-        <v>907</v>
+        <v>788</v>
       </c>
       <c r="R11" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="S11" t="s">
-        <v>962</v>
+        <v>843</v>
       </c>
       <c r="T11" t="s">
-        <v>963</v>
+        <v>844</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B12" t="s">
-        <v>964</v>
+        <v>845</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>927</v>
+        <v>808</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>965</v>
+        <v>846</v>
       </c>
       <c r="H12" t="s">
-        <v>966</v>
+        <v>847</v>
       </c>
       <c r="I12" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J12" t="s">
         <v>20</v>
       </c>
       <c r="K12" t="s">
-        <v>314</v>
+        <v>299</v>
       </c>
       <c r="L12" t="s">
         <v>100</v>
       </c>
       <c r="M12" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N12" t="s">
-        <v>967</v>
+        <v>848</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>916</v>
+        <v>797</v>
       </c>
       <c r="Q12" t="s">
-        <v>890</v>
+        <v>771</v>
       </c>
       <c r="R12" t="s">
-        <v>294</v>
+        <v>366</v>
       </c>
       <c r="S12" t="s">
-        <v>968</v>
+        <v>849</v>
       </c>
       <c r="T12" t="s">
-        <v>899</v>
+        <v>780</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B13" t="s">
-        <v>969</v>
+        <v>850</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>970</v>
+        <v>851</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>971</v>
+        <v>852</v>
       </c>
       <c r="H13" t="s">
-        <v>972</v>
+        <v>853</v>
       </c>
       <c r="I13" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J13" t="s">
-        <v>973</v>
+        <v>854</v>
       </c>
       <c r="K13" t="s">
-        <v>974</v>
+        <v>855</v>
       </c>
       <c r="L13" t="s">
         <v>30</v>
       </c>
       <c r="M13" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N13" t="s">
-        <v>975</v>
+        <v>856</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>889</v>
+        <v>770</v>
       </c>
       <c r="Q13" t="s">
-        <v>20</v>
+        <v>857</v>
       </c>
       <c r="R13" t="s">
-        <v>889</v>
+        <v>770</v>
       </c>
       <c r="S13" t="s">
-        <v>976</v>
+        <v>858</v>
       </c>
       <c r="T13" t="s">
-        <v>949</v>
+        <v>830</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B14" t="s">
-        <v>977</v>
+        <v>859</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>978</v>
+        <v>860</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>979</v>
+        <v>861</v>
       </c>
       <c r="H14" t="s">
-        <v>980</v>
+        <v>862</v>
       </c>
       <c r="I14" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J14" t="s">
-        <v>981</v>
+        <v>863</v>
       </c>
       <c r="K14" t="s">
-        <v>314</v>
+        <v>299</v>
       </c>
       <c r="L14" t="s">
         <v>100</v>
       </c>
       <c r="M14" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N14" t="s">
-        <v>982</v>
+        <v>864</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>889</v>
+        <v>770</v>
       </c>
       <c r="Q14" t="s">
-        <v>890</v>
+        <v>771</v>
       </c>
       <c r="R14" t="s">
-        <v>889</v>
+        <v>770</v>
       </c>
       <c r="S14" t="s">
-        <v>983</v>
+        <v>865</v>
       </c>
       <c r="T14" t="s">
-        <v>949</v>
+        <v>830</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B15" t="s">
-        <v>984</v>
+        <v>866</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>957</v>
+        <v>838</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>985</v>
+        <v>867</v>
       </c>
       <c r="H15" t="s">
-        <v>986</v>
+        <v>868</v>
       </c>
       <c r="I15" t="s">
-        <v>922</v>
+        <v>803</v>
       </c>
       <c r="J15" t="s">
-        <v>987</v>
+        <v>869</v>
       </c>
       <c r="K15" t="s">
-        <v>335</v>
+        <v>307</v>
       </c>
       <c r="L15" t="s">
-        <v>336</v>
+        <v>308</v>
       </c>
       <c r="M15" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N15" t="s">
-        <v>988</v>
+        <v>870</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="Q15" t="s">
-        <v>907</v>
+        <v>788</v>
       </c>
       <c r="R15" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="S15" t="s">
-        <v>989</v>
+        <v>871</v>
       </c>
       <c r="T15" t="s">
-        <v>963</v>
+        <v>844</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B16" t="s">
-        <v>990</v>
+        <v>872</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>957</v>
+        <v>838</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>991</v>
+        <v>873</v>
       </c>
       <c r="H16" t="s">
-        <v>992</v>
+        <v>874</v>
       </c>
       <c r="I16" t="s">
-        <v>922</v>
+        <v>803</v>
       </c>
       <c r="J16" t="s">
         <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>303</v>
+        <v>603</v>
       </c>
       <c r="L16" t="s">
-        <v>304</v>
+        <v>604</v>
       </c>
       <c r="M16" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N16" t="s">
-        <v>993</v>
+        <v>875</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="Q16" t="s">
-        <v>907</v>
+        <v>788</v>
       </c>
       <c r="R16" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="S16" t="s">
-        <v>994</v>
+        <v>876</v>
       </c>
       <c r="T16" t="s">
-        <v>963</v>
+        <v>844</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>763</v>
+      </c>
+      <c r="B17" t="s">
+        <v>877</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>808</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>878</v>
+      </c>
+      <c r="H17" t="s">
+        <v>879</v>
+      </c>
+      <c r="I17" t="s">
+        <v>768</v>
+      </c>
+      <c r="J17" t="s">
+        <v>880</v>
+      </c>
+      <c r="K17" t="s">
+        <v>564</v>
+      </c>
+      <c r="L17" t="s">
+        <v>565</v>
+      </c>
+      <c r="M17" t="s">
+        <v>290</v>
+      </c>
+      <c r="N17" t="s">
+        <v>881</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>797</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>771</v>
+      </c>
+      <c r="R17" t="s">
+        <v>366</v>
+      </c>
+      <c r="S17" t="s">
         <v>882</v>
       </c>
-      <c r="B17" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="T17" t="s">
-        <v>899</v>
+        <v>780</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B18" t="s">
-        <v>1001</v>
+        <v>883</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>1002</v>
+        <v>884</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>1003</v>
+        <v>885</v>
       </c>
       <c r="H18" t="s">
-        <v>1004</v>
+        <v>886</v>
       </c>
       <c r="I18" t="s">
+        <v>768</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
         <v>887</v>
       </c>
-      <c r="J18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L18" t="s">
-        <v>304</v>
+        <v>604</v>
       </c>
       <c r="M18" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N18" t="s">
-        <v>1006</v>
+        <v>888</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>916</v>
+        <v>797</v>
       </c>
       <c r="Q18" t="s">
-        <v>1007</v>
+        <v>889</v>
       </c>
       <c r="R18" t="s">
-        <v>294</v>
+        <v>366</v>
       </c>
       <c r="S18" t="s">
-        <v>1008</v>
+        <v>890</v>
       </c>
       <c r="T18" t="s">
-        <v>899</v>
+        <v>780</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B19" t="s">
-        <v>1009</v>
+        <v>891</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>1010</v>
+        <v>892</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>1011</v>
+        <v>893</v>
       </c>
       <c r="H19" t="s">
-        <v>1012</v>
+        <v>894</v>
       </c>
       <c r="I19" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J19" t="s">
-        <v>1013</v>
+        <v>895</v>
       </c>
       <c r="K19" t="s">
-        <v>1014</v>
+        <v>896</v>
       </c>
       <c r="L19" t="s">
-        <v>373</v>
+        <v>459</v>
       </c>
       <c r="M19" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N19" t="s">
-        <v>1015</v>
+        <v>897</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>916</v>
+        <v>797</v>
       </c>
       <c r="Q19" t="s">
-        <v>917</v>
+        <v>798</v>
       </c>
       <c r="R19" t="s">
-        <v>294</v>
+        <v>366</v>
       </c>
       <c r="S19" t="s">
-        <v>1016</v>
+        <v>898</v>
       </c>
       <c r="T19" t="s">
-        <v>899</v>
+        <v>780</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B20" t="s">
-        <v>1017</v>
+        <v>899</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>957</v>
+        <v>838</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>1018</v>
+        <v>900</v>
       </c>
       <c r="H20" t="s">
-        <v>1019</v>
+        <v>901</v>
       </c>
       <c r="I20" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J20" t="s">
         <v>20</v>
       </c>
       <c r="K20" t="s">
-        <v>372</v>
+        <v>458</v>
       </c>
       <c r="L20" t="s">
-        <v>373</v>
+        <v>459</v>
       </c>
       <c r="M20" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N20" t="s">
-        <v>993</v>
+        <v>875</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="Q20" t="s">
-        <v>890</v>
+        <v>771</v>
       </c>
       <c r="R20" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="S20" t="s">
-        <v>1020</v>
+        <v>902</v>
       </c>
       <c r="T20" t="s">
-        <v>963</v>
+        <v>844</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B21" t="s">
-        <v>1021</v>
+        <v>903</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>957</v>
+        <v>838</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>1022</v>
+        <v>904</v>
       </c>
       <c r="H21" t="s">
-        <v>1023</v>
+        <v>905</v>
       </c>
       <c r="I21" t="s">
-        <v>922</v>
+        <v>803</v>
       </c>
       <c r="J21" t="s">
-        <v>1024</v>
+        <v>906</v>
       </c>
       <c r="K21" t="s">
-        <v>372</v>
+        <v>458</v>
       </c>
       <c r="L21" t="s">
-        <v>373</v>
+        <v>459</v>
       </c>
       <c r="M21" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N21" t="s">
-        <v>993</v>
+        <v>875</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="Q21" t="s">
-        <v>924</v>
+        <v>805</v>
       </c>
       <c r="R21" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="S21" t="s">
-        <v>1025</v>
+        <v>907</v>
       </c>
       <c r="T21" t="s">
-        <v>963</v>
+        <v>844</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B22" t="s">
-        <v>1026</v>
+        <v>908</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>957</v>
+        <v>838</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>1027</v>
+        <v>909</v>
       </c>
       <c r="H22" t="s">
-        <v>1028</v>
+        <v>910</v>
       </c>
       <c r="I22" t="s">
-        <v>922</v>
+        <v>803</v>
       </c>
       <c r="J22" t="s">
         <v>20</v>
       </c>
       <c r="K22" t="s">
-        <v>372</v>
+        <v>458</v>
       </c>
       <c r="L22" t="s">
-        <v>373</v>
+        <v>459</v>
       </c>
       <c r="M22" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N22" t="s">
-        <v>993</v>
+        <v>875</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="Q22" t="s">
-        <v>907</v>
+        <v>788</v>
       </c>
       <c r="R22" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="S22" t="s">
-        <v>1029</v>
+        <v>911</v>
       </c>
       <c r="T22" t="s">
-        <v>963</v>
+        <v>844</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B23" t="s">
-        <v>1030</v>
+        <v>912</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>927</v>
+        <v>808</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>1031</v>
+        <v>913</v>
       </c>
       <c r="H23" t="s">
-        <v>1032</v>
+        <v>914</v>
       </c>
       <c r="I23" t="s">
-        <v>922</v>
+        <v>803</v>
       </c>
       <c r="J23" t="s">
         <v>20</v>
       </c>
       <c r="K23" t="s">
-        <v>314</v>
+        <v>299</v>
       </c>
       <c r="L23" t="s">
         <v>100</v>
       </c>
       <c r="M23" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N23" t="s">
-        <v>1033</v>
+        <v>915</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
+        <v>797</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>788</v>
+      </c>
+      <c r="R23" t="s">
+        <v>366</v>
+      </c>
+      <c r="S23" t="s">
         <v>916</v>
       </c>
-      <c r="Q23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T23" t="s">
-        <v>899</v>
+        <v>780</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B24" t="s">
-        <v>1035</v>
+        <v>917</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>927</v>
+        <v>808</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>1036</v>
+        <v>918</v>
       </c>
       <c r="H24" t="s">
-        <v>1037</v>
+        <v>919</v>
       </c>
       <c r="I24" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J24" t="s">
-        <v>1038</v>
+        <v>920</v>
       </c>
       <c r="K24" t="s">
-        <v>931</v>
+        <v>812</v>
       </c>
       <c r="L24" t="s">
         <v>100</v>
       </c>
       <c r="M24" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N24" t="s">
-        <v>1039</v>
+        <v>921</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>294</v>
+        <v>366</v>
       </c>
       <c r="Q24" t="s">
-        <v>924</v>
+        <v>805</v>
       </c>
       <c r="R24" t="s">
-        <v>294</v>
+        <v>366</v>
       </c>
       <c r="S24" t="s">
-        <v>1040</v>
+        <v>922</v>
       </c>
       <c r="T24" t="s">
-        <v>899</v>
+        <v>780</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B25" t="s">
-        <v>1041</v>
+        <v>923</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>1042</v>
+        <v>924</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>1043</v>
+        <v>925</v>
       </c>
       <c r="H25" t="s">
-        <v>1044</v>
+        <v>926</v>
       </c>
       <c r="I25" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J25" t="s">
         <v>20</v>
       </c>
       <c r="K25" t="s">
-        <v>655</v>
+        <v>647</v>
       </c>
       <c r="L25" t="s">
         <v>41</v>
       </c>
       <c r="M25" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N25" t="s">
-        <v>1045</v>
+        <v>927</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>889</v>
+        <v>770</v>
       </c>
       <c r="Q25" t="s">
-        <v>1046</v>
+        <v>928</v>
       </c>
       <c r="R25" t="s">
-        <v>889</v>
+        <v>770</v>
       </c>
       <c r="S25" t="s">
         <v>42</v>
       </c>
       <c r="T25" t="s">
-        <v>899</v>
+        <v>780</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B26" t="s">
-        <v>1047</v>
+        <v>929</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>1010</v>
+        <v>892</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>1048</v>
+        <v>930</v>
       </c>
       <c r="H26" t="s">
-        <v>1049</v>
+        <v>931</v>
       </c>
       <c r="I26" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J26" t="s">
         <v>20</v>
       </c>
       <c r="K26" t="s">
-        <v>1050</v>
+        <v>932</v>
       </c>
       <c r="L26" t="s">
-        <v>1051</v>
+        <v>933</v>
       </c>
       <c r="M26" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N26" t="s">
-        <v>1052</v>
+        <v>934</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>916</v>
+        <v>797</v>
       </c>
       <c r="Q26" t="s">
-        <v>1007</v>
+        <v>889</v>
       </c>
       <c r="R26" t="s">
-        <v>294</v>
+        <v>366</v>
       </c>
       <c r="S26" t="s">
-        <v>1053</v>
+        <v>935</v>
       </c>
       <c r="T26" t="s">
-        <v>899</v>
+        <v>780</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B27" t="s">
         <v>28</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>970</v>
+        <v>851</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>1054</v>
+        <v>936</v>
       </c>
       <c r="H27" t="s">
-        <v>1055</v>
+        <v>937</v>
       </c>
       <c r="I27" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J27" t="s">
-        <v>973</v>
+        <v>854</v>
       </c>
       <c r="K27" t="s">
-        <v>974</v>
+        <v>855</v>
       </c>
       <c r="L27" t="s">
         <v>30</v>
       </c>
       <c r="M27" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N27" t="s">
-        <v>1056</v>
+        <v>938</v>
       </c>
       <c r="O27" t="s">
         <v>20</v>
       </c>
       <c r="P27" t="s">
-        <v>889</v>
+        <v>770</v>
       </c>
       <c r="Q27" t="s">
-        <v>1057</v>
+        <v>939</v>
       </c>
       <c r="R27" t="s">
-        <v>889</v>
+        <v>770</v>
       </c>
       <c r="S27" t="s">
         <v>31</v>
       </c>
       <c r="T27" t="s">
-        <v>949</v>
+        <v>830</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B28" t="s">
-        <v>1058</v>
+        <v>940</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>1059</v>
+        <v>941</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>1060</v>
+        <v>942</v>
       </c>
       <c r="H28" t="s">
-        <v>1061</v>
+        <v>943</v>
       </c>
       <c r="I28" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J28" t="s">
         <v>20</v>
       </c>
       <c r="K28" t="s">
-        <v>1062</v>
+        <v>944</v>
       </c>
       <c r="L28" t="s">
-        <v>1063</v>
+        <v>945</v>
       </c>
       <c r="M28" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N28" t="s">
-        <v>1064</v>
+        <v>946</v>
       </c>
       <c r="O28" t="s">
         <v>20</v>
       </c>
       <c r="P28" t="s">
-        <v>889</v>
+        <v>770</v>
       </c>
       <c r="Q28" t="s">
-        <v>890</v>
+        <v>771</v>
       </c>
       <c r="R28" t="s">
-        <v>889</v>
+        <v>770</v>
       </c>
       <c r="S28" t="s">
-        <v>1065</v>
+        <v>947</v>
       </c>
       <c r="T28" t="s">
-        <v>899</v>
+        <v>780</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B29" t="s">
-        <v>1066</v>
+        <v>948</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>1002</v>
+        <v>884</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>1067</v>
+        <v>949</v>
       </c>
       <c r="H29" t="s">
-        <v>1068</v>
+        <v>950</v>
       </c>
       <c r="I29" t="s">
-        <v>922</v>
+        <v>803</v>
       </c>
       <c r="J29" t="s">
         <v>20</v>
       </c>
       <c r="K29" t="s">
-        <v>1005</v>
+        <v>887</v>
       </c>
       <c r="L29" t="s">
-        <v>304</v>
+        <v>604</v>
       </c>
       <c r="M29" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N29" t="s">
-        <v>1006</v>
+        <v>888</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
-        <v>294</v>
+        <v>366</v>
       </c>
       <c r="Q29" t="s">
-        <v>924</v>
+        <v>805</v>
       </c>
       <c r="R29" t="s">
-        <v>294</v>
+        <v>366</v>
       </c>
       <c r="S29" t="s">
-        <v>1069</v>
+        <v>951</v>
       </c>
       <c r="T29" t="s">
-        <v>899</v>
+        <v>780</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B30" t="s">
-        <v>1070</v>
+        <v>952</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>1071</v>
+        <v>953</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>1072</v>
+        <v>954</v>
       </c>
       <c r="H30" t="s">
-        <v>1073</v>
+        <v>955</v>
       </c>
       <c r="I30" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J30" t="s">
-        <v>1074</v>
+        <v>956</v>
       </c>
       <c r="K30" t="s">
-        <v>655</v>
+        <v>647</v>
       </c>
       <c r="L30" t="s">
         <v>41</v>
       </c>
       <c r="M30" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N30" t="s">
-        <v>1075</v>
+        <v>957</v>
       </c>
       <c r="O30" t="s">
         <v>20</v>
       </c>
       <c r="P30" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="Q30" t="s">
-        <v>1076</v>
+        <v>958</v>
       </c>
       <c r="R30" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="S30" t="s">
-        <v>1077</v>
+        <v>959</v>
       </c>
       <c r="T30" t="s">
-        <v>909</v>
+        <v>790</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B31" t="s">
-        <v>1078</v>
+        <v>960</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>1071</v>
+        <v>953</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>1079</v>
+        <v>961</v>
       </c>
       <c r="H31" t="s">
-        <v>1080</v>
+        <v>962</v>
       </c>
       <c r="I31" t="s">
-        <v>922</v>
+        <v>803</v>
       </c>
       <c r="J31" t="s">
         <v>20</v>
       </c>
       <c r="K31" t="s">
-        <v>327</v>
+        <v>373</v>
       </c>
       <c r="L31" t="s">
-        <v>328</v>
+        <v>374</v>
       </c>
       <c r="M31" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N31" t="s">
-        <v>1075</v>
+        <v>957</v>
       </c>
       <c r="O31" t="s">
         <v>20</v>
       </c>
       <c r="P31" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="Q31" t="s">
-        <v>1076</v>
+        <v>958</v>
       </c>
       <c r="R31" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="S31" t="s">
-        <v>1081</v>
+        <v>963</v>
       </c>
       <c r="T31" t="s">
-        <v>909</v>
+        <v>790</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B32" t="s">
-        <v>1082</v>
+        <v>964</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>1071</v>
+        <v>953</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>1083</v>
+        <v>965</v>
       </c>
       <c r="H32" t="s">
-        <v>1084</v>
+        <v>966</v>
       </c>
       <c r="I32" t="s">
-        <v>922</v>
+        <v>803</v>
       </c>
       <c r="J32" t="s">
         <v>20</v>
       </c>
       <c r="K32" t="s">
-        <v>372</v>
+        <v>458</v>
       </c>
       <c r="L32" t="s">
-        <v>373</v>
+        <v>459</v>
       </c>
       <c r="M32" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N32" t="s">
-        <v>1075</v>
+        <v>957</v>
       </c>
       <c r="O32" t="s">
         <v>20</v>
       </c>
       <c r="P32" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="Q32" t="s">
-        <v>1076</v>
+        <v>958</v>
       </c>
       <c r="R32" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="S32" t="s">
-        <v>1085</v>
+        <v>967</v>
       </c>
       <c r="T32" t="s">
-        <v>909</v>
+        <v>790</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B33" t="s">
-        <v>1086</v>
+        <v>968</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>1071</v>
+        <v>953</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>1087</v>
+        <v>969</v>
       </c>
       <c r="H33" t="s">
-        <v>1088</v>
+        <v>970</v>
       </c>
       <c r="I33" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J33" t="s">
-        <v>1089</v>
+        <v>971</v>
       </c>
       <c r="K33" t="s">
-        <v>974</v>
+        <v>855</v>
       </c>
       <c r="L33" t="s">
         <v>30</v>
       </c>
       <c r="M33" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N33" t="s">
-        <v>1090</v>
+        <v>972</v>
       </c>
       <c r="O33" t="s">
         <v>20</v>
       </c>
       <c r="P33" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="Q33" t="s">
-        <v>1076</v>
+        <v>958</v>
       </c>
       <c r="R33" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="S33" t="s">
-        <v>1091</v>
+        <v>973</v>
       </c>
       <c r="T33" t="s">
-        <v>909</v>
+        <v>790</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B34" t="s">
-        <v>1092</v>
+        <v>974</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>927</v>
+        <v>808</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>1093</v>
+        <v>975</v>
       </c>
       <c r="H34" t="s">
-        <v>1094</v>
+        <v>976</v>
       </c>
       <c r="I34" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J34" t="s">
-        <v>1095</v>
+        <v>977</v>
       </c>
       <c r="K34" t="s">
-        <v>314</v>
+        <v>299</v>
       </c>
       <c r="L34" t="s">
         <v>100</v>
       </c>
       <c r="M34" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N34" t="s">
-        <v>1096</v>
+        <v>978</v>
       </c>
       <c r="O34" t="s">
         <v>20</v>
       </c>
       <c r="P34" t="s">
-        <v>916</v>
+        <v>797</v>
       </c>
       <c r="Q34" t="s">
-        <v>907</v>
+        <v>788</v>
       </c>
       <c r="R34" t="s">
-        <v>294</v>
+        <v>366</v>
       </c>
       <c r="S34" t="s">
-        <v>1097</v>
+        <v>979</v>
       </c>
       <c r="T34" t="s">
-        <v>899</v>
+        <v>780</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>882</v>
+        <v>763</v>
       </c>
       <c r="B35" t="s">
-        <v>1098</v>
+        <v>980</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>970</v>
+        <v>851</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>1099</v>
+        <v>981</v>
       </c>
       <c r="H35" t="s">
-        <v>1100</v>
+        <v>982</v>
       </c>
       <c r="I35" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="J35" t="s">
-        <v>973</v>
+        <v>854</v>
       </c>
       <c r="K35" t="s">
-        <v>974</v>
+        <v>855</v>
       </c>
       <c r="L35" t="s">
         <v>30</v>
       </c>
       <c r="M35" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N35" t="s">
-        <v>1101</v>
+        <v>983</v>
       </c>
       <c r="O35" t="s">
         <v>20</v>
       </c>
       <c r="P35" t="s">
-        <v>889</v>
+        <v>770</v>
       </c>
       <c r="Q35" t="s">
-        <v>1076</v>
+        <v>958</v>
       </c>
       <c r="R35" t="s">
-        <v>889</v>
+        <v>770</v>
       </c>
       <c r="S35" t="s">
-        <v>1102</v>
+        <v>984</v>
       </c>
       <c r="T35" t="s">
-        <v>949</v>
+        <v>830</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>