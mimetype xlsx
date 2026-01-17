--- v0 (2025-11-27)
+++ v1 (2026-01-17)
@@ -77,51 +77,51 @@
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
     <t>FAM APF MARIE GOUYEN RIGNAC</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>25/11/2025 16:18:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14887_FicheESSMS/fr/fam-apf-marie-gouyen-rignac</t>
   </si>
   <si>
     <t>14887_FicheESSMS</t>
   </si>
   <si>
-    <t>22 Chemin Lacassagne</t>
+    <t>683 Route De La Cassagne</t>
   </si>
   <si>
     <t>12390 RIGNAC</t>
   </si>
   <si>
     <t>RIGNAC</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
   </si>
   <si>
     <t>120786157</t>
   </si>
 </sst>
 </file>
 