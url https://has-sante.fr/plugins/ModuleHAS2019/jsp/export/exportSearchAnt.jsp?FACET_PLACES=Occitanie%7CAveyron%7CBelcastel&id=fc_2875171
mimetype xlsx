--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -62,87 +62,87 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
-    <t>FAM APF MARIE GOUYEN RIGNAC</t>
+    <t>EANM D' AUZITS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>25/11/2025 16:18:22</t>
-[...14 lines deleted...]
-    <t>RIGNAC</t>
+    <t>26/02/2026 05:05:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16399_FicheESSMS/fr/eanm-d-auzits</t>
+  </si>
+  <si>
+    <t>16399_FicheESSMS</t>
+  </si>
+  <si>
+    <t>122 Rue De Senteul</t>
+  </si>
+  <si>
+    <t>12390 AUZITS</t>
+  </si>
+  <si>
+    <t>AUZITS</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
-    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
-[...2 lines deleted...]
-    <t>120786157</t>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>120001466</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">