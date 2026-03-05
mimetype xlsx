--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -92,51 +92,51 @@
   <si>
     <t>Docteur MARIE-PIERRE MIROUS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>24/01/2018 16:32:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2823072/fr/docteur-marie-pierre-mirous</t>
   </si>
   <si>
     <t>c_2823072</t>
   </si>
   <si>
     <t>Docteur</t>
   </si>
   <si>
     <t>MIROUS</t>
   </si>
   <si>
     <t>MARIE-PIERRE</t>
   </si>
   <si>
-    <t>31 March 2022</t>
+    <t>26 February 2026</t>
   </si>
   <si>
     <t>CH MILLAU,POLYCL MEDIPOLE ST ROCH CABESTANY</t>
   </si>
   <si>
     <t>12101,66330</t>
   </si>
   <si>
     <t>MILLAU,CABESTANY</t>
   </si>
   <si>
     <t>120004569,660790387</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>