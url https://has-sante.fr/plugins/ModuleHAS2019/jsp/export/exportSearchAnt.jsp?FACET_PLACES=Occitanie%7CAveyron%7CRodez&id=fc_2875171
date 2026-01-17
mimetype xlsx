--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="408" uniqueCount="206">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -68,250 +74,655 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur Valérie SALEIL</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794501/fr/docteur-valerie-saleil</t>
+  </si>
+  <si>
+    <t>p_3794501</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>SALEIL</t>
+  </si>
+  <si>
+    <t>Valérie</t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>CH DE RODEZ HOPITAL JACQUES PUEL</t>
+  </si>
+  <si>
+    <t>12027</t>
+  </si>
+  <si>
+    <t>RODEZ CEDEX 9</t>
+  </si>
+  <si>
+    <t>120000039</t>
+  </si>
+  <si>
     <t>Docteur JULIEN TOULEMONDE</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>07/04/2025 11:32:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600711/fr/docteur-julien-toulemonde</t>
   </si>
   <si>
     <t>p_3600711</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>TOULEMONDE</t>
   </si>
   <si>
     <t>JULIEN</t>
   </si>
   <si>
     <t>03 April 2025</t>
   </si>
   <si>
     <t>CH DE RODEZ HOPITAL JACQUES PUEL,CH PIERRE DELPECH DECAZEVILLE</t>
   </si>
   <si>
     <t>12027,12300</t>
   </si>
   <si>
     <t>RODEZ CEDEX 9,DECAZEVILLE</t>
   </si>
   <si>
     <t>120000039,120000070</t>
   </si>
   <si>
     <t>Docteur JULIE DELMAS</t>
   </si>
   <si>
     <t>07/06/2024 14:52:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3521721/fr/docteur-julie-delmas</t>
   </si>
   <si>
     <t>p_3521721</t>
   </si>
   <si>
     <t>DELMAS</t>
   </si>
   <si>
     <t>JULIE</t>
   </si>
   <si>
     <t>06 June 2024</t>
   </si>
   <si>
-    <t>CH DE RODEZ HOPITAL JACQUES PUEL</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur Alexandre NEBUNESCU</t>
   </si>
   <si>
     <t>12/10/2017 11:31:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2798111/fr/docteur-alexandre-nebunescu</t>
   </si>
   <si>
     <t>c_2798111</t>
   </si>
   <si>
     <t>NEBUNESCU</t>
   </si>
   <si>
     <t>Alexandre</t>
   </si>
   <si>
     <t>25 November 2021</t>
   </si>
   <si>
-    <t>Docteur Helene RIBIER</t>
-[...19 lines deleted...]
-  <si>
     <t>Docteur Philippe GRES</t>
   </si>
   <si>
     <t>08/11/2016 11:31:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710084/fr/docteur-philippe-gres</t>
   </si>
   <si>
     <t>c_2710084</t>
   </si>
   <si>
     <t>GRES</t>
   </si>
   <si>
     <t>Philippe</t>
   </si>
   <si>
     <t>15 July 2021</t>
   </si>
   <si>
     <t>Docteur Magalie LEFRANCOIS</t>
   </si>
   <si>
     <t>08/11/2016 11:36:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713226/fr/docteur-magalie-lefrancois</t>
   </si>
   <si>
     <t>c_2713226</t>
   </si>
   <si>
     <t>LEFRANCOIS</t>
   </si>
   <si>
     <t>Magalie</t>
   </si>
   <si>
     <t>21 December 2023</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>CSAPA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1321_FicheESSMS/fr/csapa</t>
+  </si>
+  <si>
+    <t>1321_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Avenue Du 08 Mai 1945</t>
+  </si>
+  <si>
+    <t>12000 RODEZ</t>
+  </si>
+  <si>
+    <t>RODEZ</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>120784590</t>
+  </si>
+  <si>
+    <t>IME ST LAURENT D'OLT - ONET LE CHATEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1686_FicheESSMS/fr/ime-st-laurent-d-olt-onet-le-chateau</t>
+  </si>
+  <si>
+    <t>1686_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Fauvettes</t>
+  </si>
+  <si>
+    <t>12000 ONET LE CHATEAU</t>
+  </si>
+  <si>
+    <t>ONET LE CHATEAU</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>120008867</t>
+  </si>
+  <si>
+    <t>SERV. M.J.P.M. DE RODEZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1851_FicheESSMS/fr/serv-m-j-p-m-de-rodez</t>
+  </si>
+  <si>
+    <t>1851_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>120006531</t>
+  </si>
+  <si>
+    <t>IME CHATEAU LA ROQUETTE "PMO"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3086_FicheESSMS/fr/ime-chateau-la-roquette-pmo</t>
+  </si>
+  <si>
+    <t>3086_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Avenue De L'Europe</t>
+  </si>
+  <si>
+    <t>120006176</t>
+  </si>
+  <si>
+    <t>SESSAD AD PEP 12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3085_FicheESSMS/fr/sessad-ad-pep-12</t>
+  </si>
+  <si>
+    <t>3085_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>120001409</t>
+  </si>
+  <si>
+    <t>LHSS CIAS RODEZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4415_FicheESSMS/fr/lhss-cias-rodez</t>
+  </si>
+  <si>
+    <t>4415_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Aristide Briand</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>120006614</t>
+  </si>
+  <si>
+    <t>CHRS   LES BESSES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4416_FicheESSMS/fr/chrs-les-besses</t>
+  </si>
+  <si>
+    <t>4416_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>120006275</t>
+  </si>
+  <si>
+    <t>C.D.D.S</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6214_FicheESSMS/fr/c-d-d-s</t>
+  </si>
+  <si>
+    <t>6214_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Boulevard Francois Fabie</t>
+  </si>
+  <si>
+    <t>Institut d'Education Sensorielle Sourd/Aveugle</t>
+  </si>
+  <si>
+    <t>120780267</t>
+  </si>
+  <si>
+    <t>SESSAD DU CDDS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6213_FicheESSMS/fr/sessad-du-cdds</t>
+  </si>
+  <si>
+    <t>6213_FicheESSMS</t>
+  </si>
+  <si>
+    <t>120006226</t>
+  </si>
+  <si>
+    <t>CMPP RODEZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6258_FicheESSMS/fr/cmpp-rodez</t>
+  </si>
+  <si>
+    <t>6258_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>120780275</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FOYER EMILIE DE RODAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7639_FicheESSMS/fr/association-foyer-emilie-de-rodat</t>
+  </si>
+  <si>
+    <t>7639_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue De La Peyrinie</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>120780028</t>
+  </si>
+  <si>
+    <t>SAD AZALEE DOMICILE SERVICES RODEZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9033_FicheESSMS/fr/sad-azalee-domicile-services-rodez</t>
+  </si>
+  <si>
+    <t>9033_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Boulevard Laromiguiere</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>120008412</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINTE MARIE BOURRAN RODEZ CHS STE MARIE</t>
+  </si>
+  <si>
+    <t>08/03/2025 08:46:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/301_FicheEtablissement/fr/cl-ste-marie-rodez-chs-ste-marie</t>
+  </si>
+  <si>
+    <t>301_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>2 Rue De Lisbonne</t>
+  </si>
+  <si>
+    <t>0565738610</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>120004759</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>HOSPITALISATION A DOMICILE RODEZ (RESEAU ALTRIANE) EX UDSMA</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/309_FicheEtablissement/fr/had-rodez</t>
+  </si>
+  <si>
+    <t>309_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>31 Avenue De La Gineste</t>
+  </si>
+  <si>
+    <t>0565735926</t>
+  </si>
+  <si>
+    <t>Obstétrique</t>
+  </si>
+  <si>
+    <t>120783618</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>AAIR UAD  RODEZ</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3586_FicheEtablissement/fr/aair-uad-udm-rodez</t>
+  </si>
+  <si>
+    <t>3586_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>19 Avenue Jean Monnet</t>
+  </si>
+  <si>
+    <t>0561161100</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>120005228</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -490,223 +901,1149 @@
       <c r="G4" t="s">
         <v>45</v>
       </c>
       <c r="H4" t="s">
         <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
         <v>47</v>
       </c>
       <c r="L4" t="s">
         <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
         <v>49</v>
       </c>
       <c r="O4" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="P4" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="Q4" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R4" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>51</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>52</v>
       </c>
       <c r="H5" t="s">
         <v>53</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
         <v>54</v>
       </c>
       <c r="L5" t="s">
         <v>55</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
         <v>56</v>
       </c>
       <c r="O5" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="P5" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="Q5" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R5" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>58</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>59</v>
       </c>
       <c r="H6" t="s">
         <v>60</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
         <v>61</v>
       </c>
       <c r="L6" t="s">
         <v>62</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
         <v>63</v>
       </c>
       <c r="O6" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="P6" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="Q6" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R6" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>64</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>65</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>66</v>
       </c>
       <c r="H7" t="s">
         <v>67</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
         <v>68</v>
       </c>
       <c r="L7" t="s">
         <v>69</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
         <v>70</v>
       </c>
       <c r="O7" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="P7" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="Q7" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R7" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>71</v>
+      </c>
+      <c r="J1" t="s">
+        <v>72</v>
+      </c>
+      <c r="K1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L1" t="s">
+        <v>74</v>
+      </c>
+      <c r="M1" t="s">
+        <v>75</v>
+      </c>
+      <c r="N1" t="s">
+        <v>76</v>
+      </c>
+      <c r="O1" t="s">
+        <v>77</v>
+      </c>
+      <c r="P1" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>82</v>
+      </c>
+      <c r="H2" t="s">
+        <v>83</v>
+      </c>
+      <c r="I2" t="s">
+        <v>84</v>
+      </c>
+      <c r="J2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K2" t="s">
+        <v>86</v>
+      </c>
+      <c r="L2" t="s">
+        <v>87</v>
+      </c>
+      <c r="M2" t="s">
+        <v>88</v>
+      </c>
+      <c r="N2" t="s">
+        <v>89</v>
+      </c>
+      <c r="O2" t="s">
+        <v>90</v>
+      </c>
+      <c r="P2" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H3" t="s">
+        <v>95</v>
+      </c>
+      <c r="I3" t="s">
+        <v>96</v>
+      </c>
+      <c r="J3" t="s">
+        <v>97</v>
+      </c>
+      <c r="K3" t="s">
+        <v>98</v>
+      </c>
+      <c r="L3" t="s">
+        <v>87</v>
+      </c>
+      <c r="M3" t="s">
+        <v>88</v>
+      </c>
+      <c r="N3" t="s">
+        <v>99</v>
+      </c>
+      <c r="O3" t="s">
+        <v>100</v>
+      </c>
+      <c r="P3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>79</v>
+      </c>
+      <c r="B4" t="s">
+        <v>102</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>103</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>104</v>
+      </c>
+      <c r="H4" t="s">
+        <v>105</v>
+      </c>
+      <c r="I4" t="s">
+        <v>85</v>
+      </c>
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
+        <v>86</v>
+      </c>
+      <c r="L4" t="s">
+        <v>87</v>
+      </c>
+      <c r="M4" t="s">
+        <v>88</v>
+      </c>
+      <c r="N4" t="s">
+        <v>106</v>
+      </c>
+      <c r="O4" t="s">
+        <v>107</v>
+      </c>
+      <c r="P4" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>79</v>
+      </c>
+      <c r="B5" t="s">
+        <v>109</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>110</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>111</v>
+      </c>
+      <c r="H5" t="s">
+        <v>112</v>
+      </c>
+      <c r="I5" t="s">
+        <v>113</v>
+      </c>
+      <c r="J5" t="s">
+        <v>85</v>
+      </c>
+      <c r="K5" t="s">
+        <v>86</v>
+      </c>
+      <c r="L5" t="s">
+        <v>87</v>
+      </c>
+      <c r="M5" t="s">
+        <v>88</v>
+      </c>
+      <c r="N5" t="s">
+        <v>99</v>
+      </c>
+      <c r="O5" t="s">
+        <v>100</v>
+      </c>
+      <c r="P5" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>79</v>
+      </c>
+      <c r="B6" t="s">
+        <v>115</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>110</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>116</v>
+      </c>
+      <c r="H6" t="s">
+        <v>117</v>
+      </c>
+      <c r="I6" t="s">
+        <v>113</v>
+      </c>
+      <c r="J6" t="s">
+        <v>85</v>
+      </c>
+      <c r="K6" t="s">
+        <v>86</v>
+      </c>
+      <c r="L6" t="s">
+        <v>87</v>
+      </c>
+      <c r="M6" t="s">
+        <v>88</v>
+      </c>
+      <c r="N6" t="s">
+        <v>99</v>
+      </c>
+      <c r="O6" t="s">
+        <v>118</v>
+      </c>
+      <c r="P6" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>79</v>
+      </c>
+      <c r="B7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>121</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>122</v>
+      </c>
+      <c r="H7" t="s">
+        <v>123</v>
+      </c>
+      <c r="I7" t="s">
+        <v>124</v>
+      </c>
+      <c r="J7" t="s">
+        <v>85</v>
+      </c>
+      <c r="K7" t="s">
+        <v>86</v>
+      </c>
+      <c r="L7" t="s">
+        <v>87</v>
+      </c>
+      <c r="M7" t="s">
+        <v>125</v>
+      </c>
+      <c r="N7" t="s">
+        <v>89</v>
+      </c>
+      <c r="O7" t="s">
+        <v>126</v>
+      </c>
+      <c r="P7" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>79</v>
+      </c>
+      <c r="B8" t="s">
+        <v>128</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>129</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>130</v>
+      </c>
+      <c r="H8" t="s">
+        <v>131</v>
+      </c>
+      <c r="I8" t="s">
+        <v>85</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>86</v>
+      </c>
+      <c r="L8" t="s">
+        <v>87</v>
+      </c>
+      <c r="M8" t="s">
+        <v>125</v>
+      </c>
+      <c r="N8" t="s">
+        <v>132</v>
+      </c>
+      <c r="O8" t="s">
+        <v>133</v>
+      </c>
+      <c r="P8" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>135</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>136</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>137</v>
+      </c>
+      <c r="H9" t="s">
+        <v>138</v>
+      </c>
+      <c r="I9" t="s">
+        <v>139</v>
+      </c>
+      <c r="J9" t="s">
+        <v>85</v>
+      </c>
+      <c r="K9" t="s">
+        <v>86</v>
+      </c>
+      <c r="L9" t="s">
+        <v>87</v>
+      </c>
+      <c r="M9" t="s">
+        <v>125</v>
+      </c>
+      <c r="N9" t="s">
+        <v>99</v>
+      </c>
+      <c r="O9" t="s">
+        <v>140</v>
+      </c>
+      <c r="P9" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>142</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>136</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>143</v>
+      </c>
+      <c r="H10" t="s">
+        <v>144</v>
+      </c>
+      <c r="I10" t="s">
+        <v>139</v>
+      </c>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
+        <v>86</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>125</v>
+      </c>
+      <c r="N10" t="s">
+        <v>99</v>
+      </c>
+      <c r="O10" t="s">
+        <v>118</v>
+      </c>
+      <c r="P10" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>146</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>147</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>148</v>
+      </c>
+      <c r="H11" t="s">
+        <v>149</v>
+      </c>
+      <c r="I11" t="s">
+        <v>113</v>
+      </c>
+      <c r="J11" t="s">
+        <v>85</v>
+      </c>
+      <c r="K11" t="s">
+        <v>86</v>
+      </c>
+      <c r="L11" t="s">
+        <v>87</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>99</v>
+      </c>
+      <c r="O11" t="s">
+        <v>150</v>
+      </c>
+      <c r="P11" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>152</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>153</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>154</v>
+      </c>
+      <c r="H12" t="s">
+        <v>155</v>
+      </c>
+      <c r="I12" t="s">
+        <v>156</v>
+      </c>
+      <c r="J12" t="s">
+        <v>85</v>
+      </c>
+      <c r="K12" t="s">
+        <v>86</v>
+      </c>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" t="s">
+        <v>88</v>
+      </c>
+      <c r="N12" t="s">
+        <v>157</v>
+      </c>
+      <c r="O12" t="s">
+        <v>158</v>
+      </c>
+      <c r="P12" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>79</v>
+      </c>
+      <c r="B13" t="s">
+        <v>160</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>161</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>162</v>
+      </c>
+      <c r="H13" t="s">
+        <v>163</v>
+      </c>
+      <c r="I13" t="s">
+        <v>164</v>
+      </c>
+      <c r="J13" t="s">
+        <v>85</v>
+      </c>
+      <c r="K13" t="s">
+        <v>86</v>
+      </c>
+      <c r="L13" t="s">
+        <v>87</v>
+      </c>
+      <c r="M13" t="s">
+        <v>165</v>
+      </c>
+      <c r="N13" t="s">
+        <v>166</v>
+      </c>
+      <c r="O13" t="s">
+        <v>167</v>
+      </c>
+      <c r="P13" t="s">
+        <v>168</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>169</v>
+      </c>
+      <c r="J1" t="s">
+        <v>71</v>
+      </c>
+      <c r="K1" t="s">
+        <v>170</v>
+      </c>
+      <c r="L1" t="s">
+        <v>73</v>
+      </c>
+      <c r="M1" t="s">
+        <v>74</v>
+      </c>
+      <c r="N1" t="s">
+        <v>171</v>
+      </c>
+      <c r="O1" t="s">
+        <v>172</v>
+      </c>
+      <c r="P1" t="s">
+        <v>173</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>174</v>
+      </c>
+      <c r="R1" t="s">
+        <v>75</v>
+      </c>
+      <c r="S1" t="s">
+        <v>175</v>
+      </c>
+      <c r="T1" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>177</v>
+      </c>
+      <c r="B2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>179</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>180</v>
+      </c>
+      <c r="H2" t="s">
+        <v>181</v>
+      </c>
+      <c r="I2" t="s">
+        <v>182</v>
+      </c>
+      <c r="J2" t="s">
+        <v>183</v>
+      </c>
+      <c r="K2" t="s">
+        <v>85</v>
+      </c>
+      <c r="L2" t="s">
+        <v>86</v>
+      </c>
+      <c r="M2" t="s">
+        <v>87</v>
+      </c>
+      <c r="N2" t="s">
+        <v>184</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>185</v>
+      </c>
+      <c r="R2" t="s">
+        <v>88</v>
+      </c>
+      <c r="S2" t="s">
+        <v>186</v>
+      </c>
+      <c r="T2" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B3" t="s">
+        <v>188</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>189</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>190</v>
+      </c>
+      <c r="H3" t="s">
+        <v>191</v>
+      </c>
+      <c r="I3" t="s">
+        <v>192</v>
+      </c>
+      <c r="J3" t="s">
+        <v>193</v>
+      </c>
+      <c r="K3" t="s">
+        <v>85</v>
+      </c>
+      <c r="L3" t="s">
+        <v>86</v>
+      </c>
+      <c r="M3" t="s">
+        <v>87</v>
+      </c>
+      <c r="N3" t="s">
+        <v>194</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>195</v>
+      </c>
+      <c r="R3" t="s">
+        <v>88</v>
+      </c>
+      <c r="S3" t="s">
+        <v>196</v>
+      </c>
+      <c r="T3" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>177</v>
+      </c>
+      <c r="B4" t="s">
+        <v>198</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>199</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>200</v>
+      </c>
+      <c r="H4" t="s">
+        <v>201</v>
+      </c>
+      <c r="I4" t="s">
+        <v>192</v>
+      </c>
+      <c r="J4" t="s">
+        <v>202</v>
+      </c>
+      <c r="K4" t="s">
+        <v>85</v>
+      </c>
+      <c r="L4" t="s">
+        <v>86</v>
+      </c>
+      <c r="M4" t="s">
+        <v>87</v>
+      </c>
+      <c r="N4" t="s">
+        <v>203</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>204</v>
+      </c>
+      <c r="R4" t="s">
+        <v>88</v>
+      </c>
+      <c r="S4" t="s">
+        <v>205</v>
+      </c>
+      <c r="T4" t="s">
+        <v>197</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>