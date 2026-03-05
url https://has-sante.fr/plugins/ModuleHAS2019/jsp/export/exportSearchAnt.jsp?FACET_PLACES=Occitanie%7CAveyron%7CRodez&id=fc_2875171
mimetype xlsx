--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="408" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="376" uniqueCount="195">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -185,360 +185,327 @@
   <si>
     <t>JULIE</t>
   </si>
   <si>
     <t>06 June 2024</t>
   </si>
   <si>
     <t>Docteur Alexandre NEBUNESCU</t>
   </si>
   <si>
     <t>12/10/2017 11:31:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2798111/fr/docteur-alexandre-nebunescu</t>
   </si>
   <si>
     <t>c_2798111</t>
   </si>
   <si>
     <t>NEBUNESCU</t>
   </si>
   <si>
     <t>Alexandre</t>
   </si>
   <si>
-    <t>25 November 2021</t>
+    <t>18 December 2025</t>
   </si>
   <si>
     <t>Docteur Philippe GRES</t>
   </si>
   <si>
     <t>08/11/2016 11:31:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710084/fr/docteur-philippe-gres</t>
   </si>
   <si>
     <t>c_2710084</t>
   </si>
   <si>
     <t>GRES</t>
   </si>
   <si>
     <t>Philippe</t>
   </si>
   <si>
-    <t>15 July 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Magalie LEFRANCOIS</t>
   </si>
   <si>
     <t>08/11/2016 11:36:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713226/fr/docteur-magalie-lefrancois</t>
   </si>
   <si>
     <t>c_2713226</t>
   </si>
   <si>
     <t>LEFRANCOIS</t>
   </si>
   <si>
     <t>Magalie</t>
   </si>
   <si>
     <t>21 December 2023</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>SAVS RODEZ</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:11:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16012_FicheESSMS/fr/savs-rodez</t>
+  </si>
+  <si>
+    <t>16012_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12000 RODEZ</t>
+  </si>
+  <si>
+    <t>RODEZ</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>120002738</t>
+  </si>
+  <si>
     <t>CSAPA</t>
   </si>
   <si>
     <t>10/09/2025 12:16:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1321_FicheESSMS/fr/csapa</t>
   </si>
   <si>
     <t>1321_FicheESSMS</t>
   </si>
   <si>
     <t>42 Avenue Du 08 Mai 1945</t>
   </si>
   <si>
-    <t>12000 RODEZ</t>
-[...10 lines deleted...]
-  <si>
     <t>Personne ayant des difficultés spécifiques</t>
   </si>
   <si>
     <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
   </si>
   <si>
     <t>120784590</t>
   </si>
   <si>
     <t>IME ST LAURENT D'OLT - ONET LE CHATEAU</t>
   </si>
   <si>
     <t>10/09/2025 12:16:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1686_FicheESSMS/fr/ime-st-laurent-d-olt-onet-le-chateau</t>
   </si>
   <si>
     <t>1686_FicheESSMS</t>
   </si>
   <si>
     <t>9 Rue Des Fauvettes</t>
   </si>
   <si>
     <t>12000 ONET LE CHATEAU</t>
   </si>
   <si>
     <t>ONET LE CHATEAU</t>
   </si>
   <si>
     <t>Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Institut Médico-Educatif (I.M.E.)</t>
   </si>
   <si>
     <t>120008867</t>
   </si>
   <si>
+    <t>LHSS CIAS RODEZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4415_FicheESSMS/fr/lhss-cias-rodez</t>
+  </si>
+  <si>
+    <t>4415_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Aristide Briand</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>120006614</t>
+  </si>
+  <si>
+    <t>CHRS   LES BESSES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4416_FicheESSMS/fr/chrs-les-besses</t>
+  </si>
+  <si>
+    <t>4416_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>120006275</t>
+  </si>
+  <si>
+    <t>IME CHATEAU LA ROQUETTE "PMO"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3086_FicheESSMS/fr/ime-chateau-la-roquette-pmo</t>
+  </si>
+  <si>
+    <t>3086_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Avenue De L'Europe</t>
+  </si>
+  <si>
+    <t>120006176</t>
+  </si>
+  <si>
+    <t>SESSAD AD PEP 12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3085_FicheESSMS/fr/sessad-ad-pep-12</t>
+  </si>
+  <si>
+    <t>3085_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>120001409</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FOYER EMILIE DE RODAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7639_FicheESSMS/fr/association-foyer-emilie-de-rodat</t>
+  </si>
+  <si>
+    <t>7639_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue De La Peyrinie</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>120780028</t>
+  </si>
+  <si>
     <t>SERV. M.J.P.M. DE RODEZ</t>
   </si>
   <si>
     <t>10/09/2025 12:17:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1851_FicheESSMS/fr/serv-m-j-p-m-de-rodez</t>
   </si>
   <si>
     <t>1851_FicheESSMS</t>
   </si>
   <si>
     <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Service mandataire judiciaire à la protection des majeurs</t>
   </si>
   <si>
     <t>120006531</t>
-  </si>
-[...151 lines deleted...]
-    <t>120780028</t>
   </si>
   <si>
     <t>SAD AZALEE DOMICILE SERVICES RODEZ</t>
   </si>
   <si>
     <t>10/09/2025 12:25:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9033_FicheESSMS/fr/sad-azalee-domicile-services-rodez</t>
   </si>
   <si>
     <t>9033_FicheESSMS</t>
   </si>
   <si>
     <t>18 Boulevard Laromiguiere</t>
   </si>
   <si>
     <t>Privé commercial</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Service autonomie aide (SAA)</t>
   </si>
@@ -1010,1040 +977,940 @@
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>59</v>
       </c>
       <c r="H6" t="s">
         <v>60</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
         <v>61</v>
       </c>
       <c r="L6" t="s">
         <v>62</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6" t="s">
         <v>29</v>
       </c>
       <c r="Q6" t="s">
         <v>30</v>
       </c>
       <c r="R6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
         <v>64</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
         <v>65</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
+        <v>67</v>
+      </c>
+      <c r="L7" t="s">
         <v>68</v>
       </c>
-      <c r="L7" t="s">
+      <c r="M7" t="s">
+        <v>20</v>
+      </c>
+      <c r="N7" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7" t="s">
         <v>29</v>
       </c>
       <c r="Q7" t="s">
         <v>30</v>
       </c>
       <c r="R7" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P13"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J1" t="s">
         <v>71</v>
       </c>
-      <c r="J1" t="s">
+      <c r="K1" t="s">
         <v>72</v>
       </c>
-      <c r="K1" t="s">
+      <c r="L1" t="s">
         <v>73</v>
       </c>
-      <c r="L1" t="s">
+      <c r="M1" t="s">
         <v>74</v>
       </c>
-      <c r="M1" t="s">
+      <c r="N1" t="s">
         <v>75</v>
       </c>
-      <c r="N1" t="s">
+      <c r="O1" t="s">
         <v>76</v>
       </c>
-      <c r="O1" t="s">
+      <c r="P1" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B2" t="s">
         <v>79</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
         <v>80</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
         <v>81</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>82</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>83</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
         <v>84</v>
       </c>
-      <c r="J2" t="s">
+      <c r="L2" t="s">
         <v>85</v>
       </c>
-      <c r="K2" t="s">
+      <c r="M2" t="s">
         <v>86</v>
       </c>
-      <c r="L2" t="s">
+      <c r="N2" t="s">
         <v>87</v>
       </c>
-      <c r="M2" t="s">
+      <c r="O2" t="s">
         <v>88</v>
       </c>
-      <c r="N2" t="s">
+      <c r="P2" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
         <v>92</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>93</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="I3" t="s">
         <v>94</v>
       </c>
-      <c r="H3" t="s">
+      <c r="J3" t="s">
+        <v>83</v>
+      </c>
+      <c r="K3" t="s">
+        <v>84</v>
+      </c>
+      <c r="L3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M3" t="s">
+        <v>86</v>
+      </c>
+      <c r="N3" t="s">
         <v>95</v>
       </c>
-      <c r="I3" t="s">
+      <c r="O3" t="s">
         <v>96</v>
       </c>
-      <c r="J3" t="s">
+      <c r="P3" t="s">
         <v>97</v>
-      </c>
-[...16 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B4" t="s">
+        <v>98</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>99</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>100</v>
+      </c>
+      <c r="H4" t="s">
+        <v>101</v>
+      </c>
+      <c r="I4" t="s">
         <v>102</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="J4" t="s">
         <v>103</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="K4" t="s">
         <v>104</v>
       </c>
-      <c r="H4" t="s">
+      <c r="L4" t="s">
+        <v>85</v>
+      </c>
+      <c r="M4" t="s">
+        <v>86</v>
+      </c>
+      <c r="N4" t="s">
         <v>105</v>
       </c>
-      <c r="I4" t="s">
-[...14 lines deleted...]
-      <c r="N4" t="s">
+      <c r="O4" t="s">
         <v>106</v>
       </c>
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B5" t="s">
+        <v>108</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
         <v>109</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>110</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>111</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>112</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
+        <v>83</v>
+      </c>
+      <c r="K5" t="s">
+        <v>84</v>
+      </c>
+      <c r="L5" t="s">
+        <v>85</v>
+      </c>
+      <c r="M5" t="s">
         <v>113</v>
       </c>
-      <c r="J5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N5" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="O5" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="P5" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="H6" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="I6" t="s">
+        <v>83</v>
+      </c>
+      <c r="J6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" t="s">
+        <v>84</v>
+      </c>
+      <c r="L6" t="s">
+        <v>85</v>
+      </c>
+      <c r="M6" t="s">
         <v>113</v>
       </c>
-      <c r="J6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N6" t="s">
-        <v>99</v>
+        <v>120</v>
       </c>
       <c r="O6" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="P6" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B7" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="H7" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="I7" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="J7" t="s">
+        <v>83</v>
+      </c>
+      <c r="K7" t="s">
+        <v>84</v>
+      </c>
+      <c r="L7" t="s">
         <v>85</v>
       </c>
-      <c r="K7" t="s">
+      <c r="M7" t="s">
         <v>86</v>
       </c>
-      <c r="L7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N7" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="O7" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="P7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B8" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
         <v>130</v>
       </c>
       <c r="H8" t="s">
         <v>131</v>
       </c>
       <c r="I8" t="s">
+        <v>127</v>
+      </c>
+      <c r="J8" t="s">
+        <v>83</v>
+      </c>
+      <c r="K8" t="s">
+        <v>84</v>
+      </c>
+      <c r="L8" t="s">
         <v>85</v>
       </c>
-      <c r="J8" t="s">
-[...2 lines deleted...]
-      <c r="K8" t="s">
+      <c r="M8" t="s">
         <v>86</v>
       </c>
-      <c r="L8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N8" t="s">
+        <v>105</v>
+      </c>
+      <c r="O8" t="s">
         <v>132</v>
       </c>
-      <c r="O8" t="s">
+      <c r="P8" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B9" t="s">
+        <v>134</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
         <v>135</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
         <v>136</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>137</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>138</v>
       </c>
-      <c r="I9" t="s">
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>84</v>
+      </c>
+      <c r="L9" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" t="s">
         <v>139</v>
-      </c>
-[...13 lines deleted...]
-        <v>99</v>
       </c>
       <c r="O9" t="s">
         <v>140</v>
       </c>
       <c r="P9" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
         <v>142</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H10" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I10" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="J10" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" t="s">
+        <v>84</v>
+      </c>
+      <c r="L10" t="s">
         <v>85</v>
       </c>
-      <c r="K10" t="s">
+      <c r="M10" t="s">
         <v>86</v>
       </c>
-      <c r="L10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N10" t="s">
-        <v>99</v>
+        <v>146</v>
       </c>
       <c r="O10" t="s">
-        <v>118</v>
+        <v>147</v>
       </c>
       <c r="P10" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="H11" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="I11" t="s">
-        <v>113</v>
+        <v>153</v>
       </c>
       <c r="J11" t="s">
+        <v>83</v>
+      </c>
+      <c r="K11" t="s">
+        <v>84</v>
+      </c>
+      <c r="L11" t="s">
         <v>85</v>
       </c>
-      <c r="K11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M11" t="s">
-        <v>88</v>
+        <v>154</v>
       </c>
       <c r="N11" t="s">
-        <v>99</v>
+        <v>155</v>
       </c>
       <c r="O11" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="P11" t="s">
-        <v>151</v>
-[...42 lines deleted...]
-      <c r="N12" t="s">
         <v>157</v>
-      </c>
-[...54 lines deleted...]
-        <v>168</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>169</v>
+        <v>158</v>
       </c>
       <c r="J1" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="K1" t="s">
-        <v>170</v>
+        <v>159</v>
       </c>
       <c r="L1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M1" t="s">
         <v>73</v>
       </c>
-      <c r="M1" t="s">
+      <c r="N1" t="s">
+        <v>160</v>
+      </c>
+      <c r="O1" t="s">
+        <v>161</v>
+      </c>
+      <c r="P1" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>163</v>
+      </c>
+      <c r="R1" t="s">
         <v>74</v>
       </c>
-      <c r="N1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="S1" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="T1" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
       <c r="B2" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>179</v>
+        <v>168</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>180</v>
+        <v>169</v>
       </c>
       <c r="H2" t="s">
-        <v>181</v>
+        <v>170</v>
       </c>
       <c r="I2" t="s">
-        <v>182</v>
+        <v>171</v>
       </c>
       <c r="J2" t="s">
-        <v>183</v>
+        <v>172</v>
       </c>
       <c r="K2" t="s">
+        <v>83</v>
+      </c>
+      <c r="L2" t="s">
+        <v>84</v>
+      </c>
+      <c r="M2" t="s">
         <v>85</v>
       </c>
-      <c r="L2" t="s">
+      <c r="N2" t="s">
+        <v>173</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
         <v>86</v>
       </c>
-      <c r="M2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q2" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
       <c r="R2" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="S2" t="s">
-        <v>186</v>
+        <v>175</v>
       </c>
       <c r="T2" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B3" t="s">
         <v>177</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>189</v>
+        <v>178</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>190</v>
+        <v>179</v>
       </c>
       <c r="H3" t="s">
-        <v>191</v>
+        <v>180</v>
       </c>
       <c r="I3" t="s">
-        <v>192</v>
+        <v>181</v>
       </c>
       <c r="J3" t="s">
-        <v>193</v>
+        <v>182</v>
       </c>
       <c r="K3" t="s">
+        <v>83</v>
+      </c>
+      <c r="L3" t="s">
+        <v>84</v>
+      </c>
+      <c r="M3" t="s">
         <v>85</v>
       </c>
-      <c r="L3" t="s">
+      <c r="N3" t="s">
+        <v>183</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
         <v>86</v>
       </c>
-      <c r="M3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q3" t="s">
-        <v>195</v>
+        <v>184</v>
       </c>
       <c r="R3" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="S3" t="s">
-        <v>196</v>
+        <v>185</v>
       </c>
       <c r="T3" t="s">
-        <v>197</v>
+        <v>186</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
       <c r="B4" t="s">
-        <v>198</v>
+        <v>187</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>199</v>
+        <v>188</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="H4" t="s">
-        <v>201</v>
+        <v>190</v>
       </c>
       <c r="I4" t="s">
+        <v>181</v>
+      </c>
+      <c r="J4" t="s">
+        <v>191</v>
+      </c>
+      <c r="K4" t="s">
+        <v>83</v>
+      </c>
+      <c r="L4" t="s">
+        <v>84</v>
+      </c>
+      <c r="M4" t="s">
+        <v>85</v>
+      </c>
+      <c r="N4" t="s">
         <v>192</v>
       </c>
-      <c r="J4" t="s">
-[...5 lines deleted...]
-      <c r="L4" t="s">
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
         <v>86</v>
       </c>
-      <c r="M4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q4" t="s">
-        <v>204</v>
+        <v>193</v>
       </c>
       <c r="R4" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="S4" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="T4" t="s">
-        <v>197</v>
+        <v>186</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>