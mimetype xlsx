--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1569" uniqueCount="662">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -255,96 +261,1836 @@
     <t>Philippe</t>
   </si>
   <si>
     <t>15 July 2021</t>
   </si>
   <si>
     <t>Docteur Magalie LEFRANCOIS</t>
   </si>
   <si>
     <t>08/11/2016 11:36:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713226/fr/docteur-magalie-lefrancois</t>
   </si>
   <si>
     <t>c_2713226</t>
   </si>
   <si>
     <t>LEFRANCOIS</t>
   </si>
   <si>
     <t>Magalie</t>
   </si>
   <si>
     <t>21 December 2023</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>EHPAD GLORIANDE</t>
+  </si>
+  <si>
+    <t>30/11/2025 05:04:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14952_FicheESSMS/fr/ehpad-gloriande</t>
+  </si>
+  <si>
+    <t>14952_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Henri Nogueres</t>
+  </si>
+  <si>
+    <t>12150 SEVERAC D AVEYRON</t>
+  </si>
+  <si>
+    <t>SEVERAC D AVEYRON</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>120786868</t>
+  </si>
+  <si>
+    <t>EHPAD DU CHI DU VALLON</t>
+  </si>
+  <si>
+    <t>30/11/2025 05:04:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14954_FicheESSMS/fr/ehpad-du-chi-du-vallon</t>
+  </si>
+  <si>
+    <t>14954_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12330 MARCILLAC VALLON</t>
+  </si>
+  <si>
+    <t>MARCILLAC VALLON</t>
+  </si>
+  <si>
+    <t>120780457</t>
+  </si>
+  <si>
+    <t>SAD PROMAID LA PRIMAUBE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:27:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14540_FicheESSMS/fr/sad-promaid-la-primaube</t>
+  </si>
+  <si>
+    <t>14540_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Avenue De Rodez</t>
+  </si>
+  <si>
+    <t>12450 LUC LA PRIMAUBE</t>
+  </si>
+  <si>
+    <t>LUC LA PRIMAUBE</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>120008206</t>
+  </si>
+  <si>
+    <t>SAAD O2 VILLEFRANCHE DE ROUERGUE</t>
+  </si>
+  <si>
+    <t>01/10/2025 16:16:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13837_FicheESSMS/fr/saad-o2-villefranche-de-rouergue</t>
+  </si>
+  <si>
+    <t>13837_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De L'Hotel Dieu</t>
+  </si>
+  <si>
+    <t>12200 VILLEFRANCHE DE ROUERGUE</t>
+  </si>
+  <si>
+    <t>VILLEFRANCHE DE ROUERGUE</t>
+  </si>
+  <si>
+    <t>120008370</t>
+  </si>
+  <si>
+    <t>SERV. D.P.F. DE RODEZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1973_FicheESSMS/fr/serv-d-p-f-de-rodez</t>
+  </si>
+  <si>
+    <t>1973_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Du Gaz</t>
+  </si>
+  <si>
+    <t>12033 RODEZ CEDEX 9</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>120006515</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LES COLOMBES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/202_FicheESSMS/fr/residence-autonomie-les-colombes</t>
+  </si>
+  <si>
+    <t>202_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12240 COLOMBIES</t>
+  </si>
+  <si>
+    <t>COLOMBIES</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>120787056</t>
+  </si>
+  <si>
+    <t>EHPAD "LES CHARMETTES"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/523_FicheESSMS/fr/ehpad-les-charmettes</t>
+  </si>
+  <si>
+    <t>523_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue De Roquefort</t>
+  </si>
+  <si>
+    <t>12100 MILLAU</t>
+  </si>
+  <si>
+    <t>MILLAU</t>
+  </si>
+  <si>
+    <t>120785522</t>
+  </si>
+  <si>
+    <t>ESAT LES CHARMETTES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/522_FicheESSMS/fr/esat-les-charmettes</t>
+  </si>
+  <si>
+    <t>522_FicheESSMS</t>
+  </si>
+  <si>
+    <t>230 Rue De Roquefort</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>120782156</t>
+  </si>
+  <si>
+    <t>CSAPA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1321_FicheESSMS/fr/csapa</t>
+  </si>
+  <si>
+    <t>1321_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Avenue Du 08 Mai 1945</t>
+  </si>
+  <si>
+    <t>12000 RODEZ</t>
+  </si>
+  <si>
+    <t>RODEZ</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>120784590</t>
+  </si>
+  <si>
+    <t>IME ST LAURENT D'OLT - ONET LE CHATEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1686_FicheESSMS/fr/ime-st-laurent-d-olt-onet-le-chateau</t>
+  </si>
+  <si>
+    <t>1686_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Fauvettes</t>
+  </si>
+  <si>
+    <t>12000 ONET LE CHATEAU</t>
+  </si>
+  <si>
+    <t>ONET LE CHATEAU</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>120008867</t>
+  </si>
+  <si>
+    <t>EANM LA BORIE DE GRAVES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4241_FicheESSMS/fr/eanm-la-borie-de-graves</t>
+  </si>
+  <si>
+    <t>4241_FicheESSMS</t>
+  </si>
+  <si>
+    <t>232 Chemin De La Borie Des Places</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>120007505</t>
+  </si>
+  <si>
+    <t>EHPAD BEAU SOLEIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4297_FicheESSMS/fr/ehpad-beau-soleil</t>
+  </si>
+  <si>
+    <t>4297_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12640 RIVIERE SUR TARN</t>
+  </si>
+  <si>
+    <t>RIVIERE SUR TARN</t>
+  </si>
+  <si>
+    <t>120782461</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE L'EMBELLIE TROIS VALLEES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4340_FicheESSMS/fr/lieu-de-vie-l-embellie-trois-vallees</t>
+  </si>
+  <si>
+    <t>4340_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12370 MURASSON</t>
+  </si>
+  <si>
+    <t>MURASSON</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>120008040</t>
+  </si>
+  <si>
+    <t>LHSS CIAS RODEZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4415_FicheESSMS/fr/lhss-cias-rodez</t>
+  </si>
+  <si>
+    <t>4415_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Aristide Briand</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>120006614</t>
+  </si>
+  <si>
+    <t>CHRS   LES BESSES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4416_FicheESSMS/fr/chrs-les-besses</t>
+  </si>
+  <si>
+    <t>4416_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>120006275</t>
+  </si>
+  <si>
+    <t>DISPOSITIF D'HEBERG ET ACCOMPAGNEMENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5195_FicheESSMS/fr/dispositif-d-heberg-et-accompagnement</t>
+  </si>
+  <si>
+    <t>5195_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12290 PONT DE SALARS</t>
+  </si>
+  <si>
+    <t>PONT DE SALARS</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>120008701</t>
+  </si>
+  <si>
+    <t>DISPOSITIF D'HEBERG. ET ACCOMPAGNEMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5194_FicheESSMS/fr/dispositif-d-heberg-et-accompagnement</t>
+  </si>
+  <si>
+    <t>5194_FicheESSMS</t>
+  </si>
+  <si>
+    <t>623 Route De Lauriere</t>
+  </si>
+  <si>
+    <t>120008891</t>
+  </si>
+  <si>
+    <t>EHPAD RULHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5242_FicheESSMS/fr/ehpad-rulhe</t>
+  </si>
+  <si>
+    <t>5242_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12202 VILLEFRANCHE DE ROUERGUE C</t>
+  </si>
+  <si>
+    <t>VILLEFRANCHE DE ROUERGUE C</t>
+  </si>
+  <si>
+    <t>120785191</t>
+  </si>
+  <si>
+    <t>EHPAD CH VILLEFRANCHE SITE CHARTREUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5241_FicheESSMS/fr/ehpad-ch-villefranche-site-chartreuse</t>
+  </si>
+  <si>
+    <t>5241_FicheESSMS</t>
+  </si>
+  <si>
+    <t>120783303</t>
+  </si>
+  <si>
+    <t>C.D.D.S</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6214_FicheESSMS/fr/c-d-d-s</t>
+  </si>
+  <si>
+    <t>6214_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Boulevard Francois Fabie</t>
+  </si>
+  <si>
+    <t>Institut d'Education Sensorielle Sourd/Aveugle</t>
+  </si>
+  <si>
+    <t>120780267</t>
+  </si>
+  <si>
+    <t>SESSAD DU CDDS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6213_FicheESSMS/fr/sessad-du-cdds</t>
+  </si>
+  <si>
+    <t>6213_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>120006226</t>
+  </si>
+  <si>
+    <t>CMPP RODEZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6258_FicheESSMS/fr/cmpp-rodez</t>
+  </si>
+  <si>
+    <t>6258_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Avenue De L'Europe</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>120780275</t>
+  </si>
+  <si>
+    <t>SERV. M.J.P.M. DE RODEZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1851_FicheESSMS/fr/serv-m-j-p-m-de-rodez</t>
+  </si>
+  <si>
+    <t>1851_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>120006531</t>
+  </si>
+  <si>
+    <t>SERV. M.J.P.M. DE MILLAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1872_FicheESSMS/fr/serv-m-j-p-m-de-millau</t>
+  </si>
+  <si>
+    <t>1872_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Droite</t>
+  </si>
+  <si>
+    <t>120006556</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1974_FicheESSMS/fr/serv-m-j-p-m-de-rodez</t>
+  </si>
+  <si>
+    <t>1974_FicheESSMS</t>
+  </si>
+  <si>
+    <t>120006549</t>
+  </si>
+  <si>
+    <t>IME CHATEAU LA ROQUETTE "PMO"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3086_FicheESSMS/fr/ime-chateau-la-roquette-pmo</t>
+  </si>
+  <si>
+    <t>3086_FicheESSMS</t>
+  </si>
+  <si>
+    <t>120006176</t>
+  </si>
+  <si>
+    <t>SESSAD AD PEP 12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3085_FicheESSMS/fr/sessad-ad-pep-12</t>
+  </si>
+  <si>
+    <t>3085_FicheESSMS</t>
+  </si>
+  <si>
+    <t>120001409</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE DU PAYS CAPDENACOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3166_FicheESSMS/fr/ehpad-residence-du-pays-capdenacois</t>
+  </si>
+  <si>
+    <t>3166_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Vincent Auriol</t>
+  </si>
+  <si>
+    <t>12700 CAPDENAC GARE</t>
+  </si>
+  <si>
+    <t>CAPDENAC GARE</t>
+  </si>
+  <si>
+    <t>120780432</t>
+  </si>
+  <si>
+    <t>EANM LE COLOMBIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4007_FicheESSMS/fr/eanm-le-colombier</t>
+  </si>
+  <si>
+    <t>4007_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12130 ST GENIEZ D OLT ET D AUBRA</t>
+  </si>
+  <si>
+    <t>ST GENIEZ D OLT ET D AUBRA</t>
+  </si>
+  <si>
+    <t>120006903</t>
+  </si>
+  <si>
+    <t>CAARUD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5331_FicheESSMS/fr/caarud</t>
+  </si>
+  <si>
+    <t>5331_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>120787320</t>
+  </si>
+  <si>
+    <t>SAAD GENERATIONS 12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6220_FicheESSMS/fr/saad-generations-12</t>
+  </si>
+  <si>
+    <t>6220_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Jacques Borelly</t>
+  </si>
+  <si>
+    <t>120008438</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE ET D'ACCUEIL HIPPO CAP</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6449_FicheESSMS/fr/lieu-de-vie-et-d-accueil-hippo-cap</t>
+  </si>
+  <si>
+    <t>6449_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12240 LA CAPELLE BLEYS</t>
+  </si>
+  <si>
+    <t>LA CAPELLE BLEYS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>120007869</t>
+  </si>
+  <si>
+    <t>IME "CHATEAU DE LA ROQUETTE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6593_FicheESSMS/fr/ime-chateau-de-la-roquette</t>
+  </si>
+  <si>
+    <t>6593_FicheESSMS</t>
+  </si>
+  <si>
+    <t>120780218</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FOYER EMILIE DE RODAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7639_FicheESSMS/fr/association-foyer-emilie-de-rodat</t>
+  </si>
+  <si>
+    <t>7639_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue De La Peyrinie</t>
+  </si>
+  <si>
+    <t>120780028</t>
+  </si>
+  <si>
+    <t>SAD AZALEE DOMICILE SERVICES RODEZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9033_FicheESSMS/fr/sad-azalee-domicile-services-rodez</t>
+  </si>
+  <si>
+    <t>9033_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Boulevard Laromiguiere</t>
+  </si>
+  <si>
+    <t>120008412</t>
+  </si>
+  <si>
+    <t>FAM LUCIEN ROBERT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9053_FicheESSMS/fr/fam-lucien-robert</t>
+  </si>
+  <si>
+    <t>9053_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>120006416</t>
+  </si>
+  <si>
+    <t>EHPAD "LA ROUSSILHE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9359_FicheESSMS/fr/ehpad-la-roussilhe</t>
+  </si>
+  <si>
+    <t>9359_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Avenue La Roussilhe</t>
+  </si>
+  <si>
+    <t>12140 ENTRAYGUES SUR TRUYERE</t>
+  </si>
+  <si>
+    <t>ENTRAYGUES SUR TRUYERE</t>
+  </si>
+  <si>
+    <t>120780499</t>
+  </si>
+  <si>
+    <t>EHPAD PARC DE LA CORETTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9358_FicheESSMS/fr/ehpad-parc-de-la-corette</t>
+  </si>
+  <si>
+    <t>9358_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Avenue Du Cardinal Verdier</t>
+  </si>
+  <si>
+    <t>12600 MUR DE BARREZ</t>
+  </si>
+  <si>
+    <t>MUR DE BARREZ</t>
+  </si>
+  <si>
+    <t>120780465</t>
+  </si>
+  <si>
+    <t>CENTRE DE PRE ORIENTATION MILLAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9465_FicheESSMS/fr/centre-de-pre-orientation-millau</t>
+  </si>
+  <si>
+    <t>9465_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Avenue De La Republique</t>
+  </si>
+  <si>
+    <t>12102 MILLAU</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Préorientation</t>
+  </si>
+  <si>
+    <t>120005749</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LES GLYCINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9760_FicheESSMS/fr/foyer-de-vie-les-glycines</t>
+  </si>
+  <si>
+    <t>9760_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>120784988</t>
+  </si>
+  <si>
+    <t>SAVS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9759_FicheESSMS/fr/savs</t>
+  </si>
+  <si>
+    <t>9759_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>120007539</t>
+  </si>
+  <si>
+    <t>EHPAD "LA ROSSIGNOLE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10118_FicheESSMS/fr/ehpad-la-rossignole</t>
+  </si>
+  <si>
+    <t>10118_FicheESSMS</t>
+  </si>
+  <si>
+    <t>465 Rue Des Epinettes</t>
+  </si>
+  <si>
+    <t>12850 ONET LE CHATEAU</t>
+  </si>
+  <si>
+    <t>120005699</t>
+  </si>
+  <si>
+    <t>ITEP DE MASSIP</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10436_FicheESSMS/fr/itep-de-massip</t>
+  </si>
+  <si>
+    <t>10436_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Rue Roger Salingro</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>120780234</t>
+  </si>
+  <si>
+    <t>EHPAD CLOS SAINT FRANÇOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11242_FicheESSMS/fr/ehpad-clos-saint-francois</t>
+  </si>
+  <si>
+    <t>11242_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Place De La Collegiale</t>
+  </si>
+  <si>
+    <t>12380 ST SERNIN SUR RANCE</t>
+  </si>
+  <si>
+    <t>ST SERNIN SUR RANCE</t>
+  </si>
+  <si>
+    <t>120780531</t>
+  </si>
+  <si>
+    <t>SSIAD BARAQUEVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11449_FicheESSMS/fr/ssiad-baraqueville</t>
+  </si>
+  <si>
+    <t>11449_FicheESSMS</t>
+  </si>
+  <si>
+    <t>533 Rue Du Puech</t>
+  </si>
+  <si>
+    <t>12160 BARAQUEVILLE</t>
+  </si>
+  <si>
+    <t>BARAQUEVILLE</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>120784160</t>
+  </si>
+  <si>
+    <t>EHPAD D'AUBIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11710_FicheESSMS/fr/ehpad-d-aubin</t>
+  </si>
+  <si>
+    <t>11710_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Deslhens</t>
+  </si>
+  <si>
+    <t>12110 AUBIN</t>
+  </si>
+  <si>
+    <t>AUBIN</t>
+  </si>
+  <si>
+    <t>120780408</t>
+  </si>
+  <si>
+    <t>MAS POUR TRAUMATISES CRANIENS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11956_FicheESSMS/fr/mas-pour-traumatises-craniens</t>
+  </si>
+  <si>
+    <t>11956_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12300 DECAZEVILLE</t>
+  </si>
+  <si>
+    <t>DECAZEVILLE</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>120000989</t>
+  </si>
+  <si>
+    <t>EHPAD SAINTE CLAIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12361_FicheESSMS/fr/ehpad-sainte-claire</t>
+  </si>
+  <si>
+    <t>12361_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Du Couvent Sainte Claire</t>
+  </si>
+  <si>
+    <t>120785530</t>
+  </si>
+  <si>
+    <t>EANM LES CHARMETTES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12714_FicheESSMS/fr/eanm-les-charmettes</t>
+  </si>
+  <si>
+    <t>12714_FicheESSMS</t>
+  </si>
+  <si>
+    <t>120784517</t>
+  </si>
+  <si>
+    <t>CSAPA CHS MARIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12895_FicheESSMS/fr/csapa-chs-marie</t>
+  </si>
+  <si>
+    <t>12895_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12032 RODEZ CEDEX 9</t>
+  </si>
+  <si>
+    <t>120001219</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LES CHARMETTES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13020_FicheESSMS/fr/foyer-de-vie-les-charmettes</t>
+  </si>
+  <si>
+    <t>13020_FicheESSMS</t>
+  </si>
+  <si>
+    <t>120787387</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE CH MILLAU</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:52:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/307_FicheEtablissement/fr/usld-ch-millau</t>
+  </si>
+  <si>
+    <t>307_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>2 Avenue Pierre Semard</t>
+  </si>
+  <si>
+    <t>0565614321</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>120783097</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER COMMUNAL DE MILLAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/299_FicheEtablissement/fr/ch-millau</t>
+  </si>
+  <si>
+    <t>299_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>265 Boulevard Achille Souques</t>
+  </si>
+  <si>
+    <t>12101 MILLAU</t>
+  </si>
+  <si>
+    <t>0565593000</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>120004569</t>
+  </si>
+  <si>
+    <t>CENTRE DE SANTE MENTALE CH MILLAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/312_FicheEtablissement/fr/centre-de-sante-mentale-ch-millau</t>
+  </si>
+  <si>
+    <t>312_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>148 Rue Du Printemps</t>
+  </si>
+  <si>
+    <t>0565595360</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>120786249</t>
+  </si>
+  <si>
+    <t>LA CLAUZE SAINT JEAN DELNOUS</t>
+  </si>
+  <si>
+    <t>11/06/2025 17:34:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/303_FicheEtablissement/fr/la-clauze-st-jean-delnous</t>
+  </si>
+  <si>
+    <t>303_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>794 Route De La Clauze</t>
+  </si>
+  <si>
+    <t>12170 ST JEAN DELNOUS</t>
+  </si>
+  <si>
+    <t>ST JEAN DELNOUS</t>
+  </si>
+  <si>
+    <t>0565462589</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>120780135</t>
+  </si>
+  <si>
+    <t>CHS SAINTE MARIE RODEZ</t>
+  </si>
+  <si>
+    <t>08/03/2025 08:46:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/305_FicheEtablissement/fr/chs-ste-marie-rodez</t>
+  </si>
+  <si>
+    <t>305_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0565675300</t>
+  </si>
+  <si>
+    <t>120780283</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINTE MARIE VILLEFRANCHE DE ROUERGUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/302_FicheEtablissement/fr/cl-ste-marie-villefranche-rouergue</t>
+  </si>
+  <si>
+    <t>302_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>32 Avenue Caylet</t>
+  </si>
+  <si>
+    <t>0565651515</t>
+  </si>
+  <si>
+    <t>120004809</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINTE MARIE BOURRAN RODEZ CHS STE MARIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/301_FicheEtablissement/fr/cl-ste-marie-rodez-chs-ste-marie</t>
+  </si>
+  <si>
+    <t>301_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue De Lisbonne</t>
+  </si>
+  <si>
+    <t>0565738610</t>
+  </si>
+  <si>
+    <t>120004759</t>
+  </si>
+  <si>
+    <t>CHI VALLON SALLES LA SOURCE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/298_FicheEtablissement/fr/chi-vallon-salles-la-source</t>
+  </si>
+  <si>
+    <t>298_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3911 Route De Conques</t>
+  </si>
+  <si>
+    <t>12330 SALLES LA SOURCE</t>
+  </si>
+  <si>
+    <t>SALLES LA SOURCE</t>
+  </si>
+  <si>
+    <t>0565711477</t>
+  </si>
+  <si>
+    <t>120000237</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER MAURICE FENAILLE SEVERAC LE CHATEAU</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/297_FicheEtablissement/fr/ch-maurice-fenaille-severac-le-chateau</t>
+  </si>
+  <si>
+    <t>297_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>12520 VERRIERES</t>
+  </si>
+  <si>
+    <t>VERRIERES</t>
+  </si>
+  <si>
+    <t>0565702200</t>
+  </si>
+  <si>
+    <t>120000153</t>
+  </si>
+  <si>
+    <t>CHI ESPALION SAINT LAURENT D'OLT (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/296_FicheEtablissement/fr/chi-espalion-st-laurent-d-olt</t>
+  </si>
+  <si>
+    <t>296_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>12500 ESPALION</t>
+  </si>
+  <si>
+    <t>ESPALION</t>
+  </si>
+  <si>
+    <t>0565483030</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>120000096</t>
+  </si>
+  <si>
+    <t>CH ETIENNE RIVIE SAINT GENIEZ D'OLT (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/295_FicheEtablissement/fr/ch-etienne-rivie-st-geniez-d-olt</t>
+  </si>
+  <si>
+    <t>295_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0565676000</t>
+  </si>
+  <si>
+    <t>120000088</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER PIERRE DELPECH DECAZEVILLE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/294_FicheEtablissement/fr/ch-pierre-delpech-decazeville</t>
+  </si>
+  <si>
+    <t>294_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>60 Avenue Prosper Alfaric</t>
+  </si>
+  <si>
+    <t>0565437101</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>120000070</t>
+  </si>
+  <si>
+    <t>CH VILLEFRANCHE DE ROUERGUE SITE LA CHARTREUSE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/293_FicheEtablissement/fr/ch-villefranche-site-chartreuse</t>
+  </si>
+  <si>
+    <t>293_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0565653003</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>120000054</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE RODEZ  HOPITAL JACQUES PUEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/292_FicheEtablissement/fr/ch-de-rodez-hopital-jacques-puel</t>
+  </si>
+  <si>
+    <t>292_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>12027 RODEZ CEDEX 9</t>
+  </si>
+  <si>
+    <t>0565551212</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>HOSPITALISATION A DOMICILE RODEZ (RESEAU ALTRIANE) EX UDSMA</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/309_FicheEtablissement/fr/had-rodez</t>
+  </si>
+  <si>
+    <t>309_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>31 Avenue De La Gineste</t>
+  </si>
+  <si>
+    <t>0565735926</t>
+  </si>
+  <si>
+    <t>Obstétrique</t>
+  </si>
+  <si>
+    <t>120783618</t>
+  </si>
+  <si>
+    <t>CH RODEZ SITE LES PEYRIERES OLEMPS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/308_FicheEtablissement/fr/ch-rodez-site-les-peyrieres-olemps</t>
+  </si>
+  <si>
+    <t>308_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>12510 OLEMPS</t>
+  </si>
+  <si>
+    <t>OLEMPS</t>
+  </si>
+  <si>
+    <t>0565686131</t>
+  </si>
+  <si>
+    <t>120783188</t>
+  </si>
+  <si>
+    <t>USLD CH VILLEFRANCHE DE ROUERGUE SITE RULHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/306_FicheEtablissement/fr/usld-ch-villefranche-site-rulhe</t>
+  </si>
+  <si>
+    <t>306_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0565653000</t>
+  </si>
+  <si>
+    <t>120782263</t>
+  </si>
+  <si>
+    <t>CENTRE SOINS DE SUITE ET READAPTION LES TILLEULS CEIGNAC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/304_FicheEtablissement/fr/ctre-ssr-les-tilleuls-ceignac</t>
+  </si>
+  <si>
+    <t>304_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>380 Avenue De La Basilique</t>
+  </si>
+  <si>
+    <t>12450 CALMONT</t>
+  </si>
+  <si>
+    <t>CALMONT</t>
+  </si>
+  <si>
+    <t>0565711900</t>
+  </si>
+  <si>
+    <t>120780143</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER EMILE BOREL SAINT AFFRIQUE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/300_FicheEtablissement/fr/ch-emile-borel-st-affrique</t>
+  </si>
+  <si>
+    <t>300_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>88 Avenue Dr Lucien Galtier</t>
+  </si>
+  <si>
+    <t>12402 ST AFFRIQUE</t>
+  </si>
+  <si>
+    <t>ST AFFRIQUE</t>
+  </si>
+  <si>
+    <t>0565497152</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>120004668</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE CH DECAZEVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/315_FicheEtablissement/fr/usld-ch-decazeville</t>
+  </si>
+  <si>
+    <t>315_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0565437990</t>
+  </si>
+  <si>
+    <t>120787262</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE  OLEMPS CH RODEZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/314_FicheEtablissement/fr/usld-olemps-ch-rodez</t>
+  </si>
+  <si>
+    <t>314_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>120786959</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE DU CH MAURICE FENAILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/313_FicheEtablissement/fr/usld-ch-maurice-fenaille-severac</t>
+  </si>
+  <si>
+    <t>313_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>120786918</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE CH SAINT GENIEZ D'OLT ET D'AUBRAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/311_FicheEtablissement/fr/usld-ch-st-geniez-d-olt-et-aubrac</t>
+  </si>
+  <si>
+    <t>311_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0565676001</t>
+  </si>
+  <si>
+    <t>120786074</t>
+  </si>
+  <si>
+    <t>USLD DE VABRES L'ABBAYE CH SAINT AFFRIQUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/310_FicheEtablissement/fr/usld-ch-st-affrique</t>
+  </si>
+  <si>
+    <t>310_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>88 Avenue Du Docteur Lucien Galtier</t>
+  </si>
+  <si>
+    <t>12400 ST AFFRIQUE</t>
+  </si>
+  <si>
+    <t>0565497011</t>
+  </si>
+  <si>
+    <t>120784178</t>
+  </si>
+  <si>
+    <t>AAIR UAD  RODEZ</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3586_FicheEtablissement/fr/aair-uad-udm-rodez</t>
+  </si>
+  <si>
+    <t>3586_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>19 Avenue Jean Monnet</t>
+  </si>
+  <si>
+    <t>0561161100</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>120005228</t>
+  </si>
+  <si>
+    <t>AIDER SANTE UAD UDM MILLAU</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3585_FicheEtablissement/fr/aider-sante-uad-udm-millau</t>
+  </si>
+  <si>
+    <t>3585_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>907 Rue De Naulas</t>
+  </si>
+  <si>
+    <t>0565584570</t>
+  </si>
+  <si>
+    <t>120001748</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM DIALYSE A DOMICILE SAINT REMY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4133_FicheEtablissement/fr/aair-uad-udm-dd-st-remy</t>
+  </si>
+  <si>
+    <t>4133_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>680 Zone D'Activité Berals</t>
+  </si>
+  <si>
+    <t>12200 ST REMY</t>
+  </si>
+  <si>
+    <t>ST REMY</t>
+  </si>
+  <si>
+    <t>0565453439</t>
+  </si>
+  <si>
+    <t>120007786</t>
+  </si>
+  <si>
+    <t>SOINS DE SUITE ET READAPTATION SITE SAINTE ANNE CH MILLAU</t>
+  </si>
+  <si>
+    <t>27/02/2024 14:56:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4374_FicheEtablissement/fr/ssr-site-ste-anne-ch-millau</t>
+  </si>
+  <si>
+    <t>4374_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>120007554</t>
+  </si>
+  <si>
+    <t>SSR CH VILLEFRANCHE SITE RULHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4376_FicheEtablissement/fr/ssr-ch-villefranche-site-rulhe</t>
+  </si>
+  <si>
+    <t>4376_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>120008248</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -761,41 +2507,4529 @@
       </c>
       <c r="L8" t="s">
         <v>80</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
         <v>81</v>
       </c>
       <c r="O8" t="s">
         <v>39</v>
       </c>
       <c r="P8" t="s">
         <v>40</v>
       </c>
       <c r="Q8" t="s">
         <v>41</v>
       </c>
       <c r="R8" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P52"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>82</v>
+      </c>
+      <c r="J1" t="s">
+        <v>83</v>
+      </c>
+      <c r="K1" t="s">
+        <v>84</v>
+      </c>
+      <c r="L1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M1" t="s">
+        <v>86</v>
+      </c>
+      <c r="N1" t="s">
+        <v>87</v>
+      </c>
+      <c r="O1" t="s">
+        <v>88</v>
+      </c>
+      <c r="P1" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>92</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>93</v>
+      </c>
+      <c r="H2" t="s">
+        <v>94</v>
+      </c>
+      <c r="I2" t="s">
+        <v>95</v>
+      </c>
+      <c r="J2" t="s">
+        <v>96</v>
+      </c>
+      <c r="K2" t="s">
+        <v>97</v>
+      </c>
+      <c r="L2" t="s">
+        <v>98</v>
+      </c>
+      <c r="M2" t="s">
+        <v>99</v>
+      </c>
+      <c r="N2" t="s">
+        <v>100</v>
+      </c>
+      <c r="O2" t="s">
+        <v>101</v>
+      </c>
+      <c r="P2" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>104</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>105</v>
+      </c>
+      <c r="H3" t="s">
+        <v>106</v>
+      </c>
+      <c r="I3" t="s">
+        <v>107</v>
+      </c>
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L3" t="s">
+        <v>98</v>
+      </c>
+      <c r="M3" t="s">
+        <v>99</v>
+      </c>
+      <c r="N3" t="s">
+        <v>100</v>
+      </c>
+      <c r="O3" t="s">
+        <v>101</v>
+      </c>
+      <c r="P3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>90</v>
+      </c>
+      <c r="B4" t="s">
+        <v>110</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>111</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>112</v>
+      </c>
+      <c r="H4" t="s">
+        <v>113</v>
+      </c>
+      <c r="I4" t="s">
+        <v>114</v>
+      </c>
+      <c r="J4" t="s">
+        <v>115</v>
+      </c>
+      <c r="K4" t="s">
+        <v>116</v>
+      </c>
+      <c r="L4" t="s">
+        <v>98</v>
+      </c>
+      <c r="M4" t="s">
+        <v>117</v>
+      </c>
+      <c r="N4" t="s">
+        <v>118</v>
+      </c>
+      <c r="O4" t="s">
+        <v>119</v>
+      </c>
+      <c r="P4" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>90</v>
+      </c>
+      <c r="B5" t="s">
+        <v>121</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>122</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>123</v>
+      </c>
+      <c r="H5" t="s">
+        <v>124</v>
+      </c>
+      <c r="I5" t="s">
+        <v>125</v>
+      </c>
+      <c r="J5" t="s">
+        <v>126</v>
+      </c>
+      <c r="K5" t="s">
+        <v>127</v>
+      </c>
+      <c r="L5" t="s">
+        <v>98</v>
+      </c>
+      <c r="M5" t="s">
+        <v>117</v>
+      </c>
+      <c r="N5" t="s">
+        <v>118</v>
+      </c>
+      <c r="O5" t="s">
+        <v>119</v>
+      </c>
+      <c r="P5" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>90</v>
+      </c>
+      <c r="B6" t="s">
+        <v>129</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>130</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>131</v>
+      </c>
+      <c r="H6" t="s">
+        <v>132</v>
+      </c>
+      <c r="I6" t="s">
+        <v>133</v>
+      </c>
+      <c r="J6" t="s">
+        <v>134</v>
+      </c>
+      <c r="K6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L6" t="s">
+        <v>98</v>
+      </c>
+      <c r="M6" t="s">
+        <v>135</v>
+      </c>
+      <c r="N6" t="s">
+        <v>136</v>
+      </c>
+      <c r="O6" t="s">
+        <v>137</v>
+      </c>
+      <c r="P6" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>90</v>
+      </c>
+      <c r="B7" t="s">
+        <v>139</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>140</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>141</v>
+      </c>
+      <c r="H7" t="s">
+        <v>142</v>
+      </c>
+      <c r="I7" t="s">
+        <v>143</v>
+      </c>
+      <c r="J7" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" t="s">
+        <v>144</v>
+      </c>
+      <c r="L7" t="s">
+        <v>98</v>
+      </c>
+      <c r="M7" t="s">
+        <v>135</v>
+      </c>
+      <c r="N7" t="s">
+        <v>100</v>
+      </c>
+      <c r="O7" t="s">
+        <v>145</v>
+      </c>
+      <c r="P7" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>90</v>
+      </c>
+      <c r="B8" t="s">
+        <v>147</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>148</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>149</v>
+      </c>
+      <c r="H8" t="s">
+        <v>150</v>
+      </c>
+      <c r="I8" t="s">
+        <v>151</v>
+      </c>
+      <c r="J8" t="s">
+        <v>152</v>
+      </c>
+      <c r="K8" t="s">
+        <v>153</v>
+      </c>
+      <c r="L8" t="s">
+        <v>98</v>
+      </c>
+      <c r="M8" t="s">
+        <v>135</v>
+      </c>
+      <c r="N8" t="s">
+        <v>100</v>
+      </c>
+      <c r="O8" t="s">
+        <v>101</v>
+      </c>
+      <c r="P8" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>90</v>
+      </c>
+      <c r="B9" t="s">
+        <v>155</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>148</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>156</v>
+      </c>
+      <c r="H9" t="s">
+        <v>157</v>
+      </c>
+      <c r="I9" t="s">
+        <v>158</v>
+      </c>
+      <c r="J9" t="s">
+        <v>152</v>
+      </c>
+      <c r="K9" t="s">
+        <v>153</v>
+      </c>
+      <c r="L9" t="s">
+        <v>98</v>
+      </c>
+      <c r="M9" t="s">
+        <v>135</v>
+      </c>
+      <c r="N9" t="s">
+        <v>159</v>
+      </c>
+      <c r="O9" t="s">
+        <v>160</v>
+      </c>
+      <c r="P9" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>162</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>163</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>164</v>
+      </c>
+      <c r="H10" t="s">
+        <v>165</v>
+      </c>
+      <c r="I10" t="s">
+        <v>166</v>
+      </c>
+      <c r="J10" t="s">
+        <v>167</v>
+      </c>
+      <c r="K10" t="s">
+        <v>168</v>
+      </c>
+      <c r="L10" t="s">
+        <v>98</v>
+      </c>
+      <c r="M10" t="s">
+        <v>135</v>
+      </c>
+      <c r="N10" t="s">
+        <v>169</v>
+      </c>
+      <c r="O10" t="s">
+        <v>170</v>
+      </c>
+      <c r="P10" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>172</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>173</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>174</v>
+      </c>
+      <c r="H11" t="s">
+        <v>175</v>
+      </c>
+      <c r="I11" t="s">
+        <v>176</v>
+      </c>
+      <c r="J11" t="s">
+        <v>177</v>
+      </c>
+      <c r="K11" t="s">
+        <v>178</v>
+      </c>
+      <c r="L11" t="s">
+        <v>98</v>
+      </c>
+      <c r="M11" t="s">
+        <v>135</v>
+      </c>
+      <c r="N11" t="s">
+        <v>179</v>
+      </c>
+      <c r="O11" t="s">
+        <v>180</v>
+      </c>
+      <c r="P11" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>182</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>183</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>184</v>
+      </c>
+      <c r="H12" t="s">
+        <v>185</v>
+      </c>
+      <c r="I12" t="s">
+        <v>186</v>
+      </c>
+      <c r="J12" t="s">
+        <v>126</v>
+      </c>
+      <c r="K12" t="s">
+        <v>127</v>
+      </c>
+      <c r="L12" t="s">
+        <v>98</v>
+      </c>
+      <c r="M12" t="s">
+        <v>135</v>
+      </c>
+      <c r="N12" t="s">
+        <v>159</v>
+      </c>
+      <c r="O12" t="s">
+        <v>187</v>
+      </c>
+      <c r="P12" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>189</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>190</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>191</v>
+      </c>
+      <c r="H13" t="s">
+        <v>192</v>
+      </c>
+      <c r="I13" t="s">
+        <v>193</v>
+      </c>
+      <c r="J13" t="s">
+        <v>20</v>
+      </c>
+      <c r="K13" t="s">
+        <v>194</v>
+      </c>
+      <c r="L13" t="s">
+        <v>98</v>
+      </c>
+      <c r="M13" t="s">
+        <v>135</v>
+      </c>
+      <c r="N13" t="s">
+        <v>100</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" t="s">
+        <v>196</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>197</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>198</v>
+      </c>
+      <c r="H14" t="s">
+        <v>199</v>
+      </c>
+      <c r="I14" t="s">
+        <v>200</v>
+      </c>
+      <c r="J14" t="s">
+        <v>20</v>
+      </c>
+      <c r="K14" t="s">
+        <v>201</v>
+      </c>
+      <c r="L14" t="s">
+        <v>98</v>
+      </c>
+      <c r="M14" t="s">
+        <v>117</v>
+      </c>
+      <c r="N14" t="s">
+        <v>136</v>
+      </c>
+      <c r="O14" t="s">
+        <v>202</v>
+      </c>
+      <c r="P14" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>90</v>
+      </c>
+      <c r="B15" t="s">
+        <v>204</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>205</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>206</v>
+      </c>
+      <c r="H15" t="s">
+        <v>207</v>
+      </c>
+      <c r="I15" t="s">
+        <v>208</v>
+      </c>
+      <c r="J15" t="s">
+        <v>167</v>
+      </c>
+      <c r="K15" t="s">
+        <v>168</v>
+      </c>
+      <c r="L15" t="s">
+        <v>98</v>
+      </c>
+      <c r="M15" t="s">
+        <v>99</v>
+      </c>
+      <c r="N15" t="s">
+        <v>169</v>
+      </c>
+      <c r="O15" t="s">
+        <v>209</v>
+      </c>
+      <c r="P15" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>90</v>
+      </c>
+      <c r="B16" t="s">
+        <v>211</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>212</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>213</v>
+      </c>
+      <c r="H16" t="s">
+        <v>214</v>
+      </c>
+      <c r="I16" t="s">
+        <v>167</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>168</v>
+      </c>
+      <c r="L16" t="s">
+        <v>98</v>
+      </c>
+      <c r="M16" t="s">
+        <v>99</v>
+      </c>
+      <c r="N16" t="s">
+        <v>215</v>
+      </c>
+      <c r="O16" t="s">
+        <v>216</v>
+      </c>
+      <c r="P16" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>90</v>
+      </c>
+      <c r="B17" t="s">
+        <v>218</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>219</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>220</v>
+      </c>
+      <c r="H17" t="s">
+        <v>221</v>
+      </c>
+      <c r="I17" t="s">
+        <v>222</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>223</v>
+      </c>
+      <c r="L17" t="s">
+        <v>98</v>
+      </c>
+      <c r="M17" t="s">
+        <v>135</v>
+      </c>
+      <c r="N17" t="s">
+        <v>136</v>
+      </c>
+      <c r="O17" t="s">
+        <v>224</v>
+      </c>
+      <c r="P17" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>90</v>
+      </c>
+      <c r="B18" t="s">
+        <v>226</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>219</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>227</v>
+      </c>
+      <c r="H18" t="s">
+        <v>228</v>
+      </c>
+      <c r="I18" t="s">
+        <v>229</v>
+      </c>
+      <c r="J18" t="s">
+        <v>126</v>
+      </c>
+      <c r="K18" t="s">
+        <v>127</v>
+      </c>
+      <c r="L18" t="s">
+        <v>98</v>
+      </c>
+      <c r="M18" t="s">
+        <v>135</v>
+      </c>
+      <c r="N18" t="s">
+        <v>136</v>
+      </c>
+      <c r="O18" t="s">
+        <v>224</v>
+      </c>
+      <c r="P18" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>90</v>
+      </c>
+      <c r="B19" t="s">
+        <v>231</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>232</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>233</v>
+      </c>
+      <c r="H19" t="s">
+        <v>234</v>
+      </c>
+      <c r="I19" t="s">
+        <v>235</v>
+      </c>
+      <c r="J19" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" t="s">
+        <v>236</v>
+      </c>
+      <c r="L19" t="s">
+        <v>98</v>
+      </c>
+      <c r="M19" t="s">
+        <v>99</v>
+      </c>
+      <c r="N19" t="s">
+        <v>100</v>
+      </c>
+      <c r="O19" t="s">
+        <v>101</v>
+      </c>
+      <c r="P19" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>90</v>
+      </c>
+      <c r="B20" t="s">
+        <v>238</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>232</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>239</v>
+      </c>
+      <c r="H20" t="s">
+        <v>240</v>
+      </c>
+      <c r="I20" t="s">
+        <v>126</v>
+      </c>
+      <c r="J20" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" t="s">
+        <v>127</v>
+      </c>
+      <c r="L20" t="s">
+        <v>98</v>
+      </c>
+      <c r="M20" t="s">
+        <v>99</v>
+      </c>
+      <c r="N20" t="s">
+        <v>100</v>
+      </c>
+      <c r="O20" t="s">
+        <v>101</v>
+      </c>
+      <c r="P20" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" t="s">
+        <v>242</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>243</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>244</v>
+      </c>
+      <c r="H21" t="s">
+        <v>245</v>
+      </c>
+      <c r="I21" t="s">
+        <v>246</v>
+      </c>
+      <c r="J21" t="s">
+        <v>167</v>
+      </c>
+      <c r="K21" t="s">
+        <v>168</v>
+      </c>
+      <c r="L21" t="s">
+        <v>98</v>
+      </c>
+      <c r="M21" t="s">
+        <v>99</v>
+      </c>
+      <c r="N21" t="s">
+        <v>179</v>
+      </c>
+      <c r="O21" t="s">
+        <v>247</v>
+      </c>
+      <c r="P21" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" t="s">
+        <v>249</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>243</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>250</v>
+      </c>
+      <c r="H22" t="s">
+        <v>251</v>
+      </c>
+      <c r="I22" t="s">
+        <v>246</v>
+      </c>
+      <c r="J22" t="s">
+        <v>167</v>
+      </c>
+      <c r="K22" t="s">
+        <v>168</v>
+      </c>
+      <c r="L22" t="s">
+        <v>98</v>
+      </c>
+      <c r="M22" t="s">
+        <v>99</v>
+      </c>
+      <c r="N22" t="s">
+        <v>179</v>
+      </c>
+      <c r="O22" t="s">
+        <v>252</v>
+      </c>
+      <c r="P22" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>90</v>
+      </c>
+      <c r="B23" t="s">
+        <v>254</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>255</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>256</v>
+      </c>
+      <c r="H23" t="s">
+        <v>257</v>
+      </c>
+      <c r="I23" t="s">
+        <v>258</v>
+      </c>
+      <c r="J23" t="s">
+        <v>167</v>
+      </c>
+      <c r="K23" t="s">
+        <v>168</v>
+      </c>
+      <c r="L23" t="s">
+        <v>98</v>
+      </c>
+      <c r="M23" t="s">
+        <v>135</v>
+      </c>
+      <c r="N23" t="s">
+        <v>179</v>
+      </c>
+      <c r="O23" t="s">
+        <v>259</v>
+      </c>
+      <c r="P23" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" t="s">
+        <v>261</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>262</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>263</v>
+      </c>
+      <c r="H24" t="s">
+        <v>264</v>
+      </c>
+      <c r="I24" t="s">
+        <v>167</v>
+      </c>
+      <c r="J24" t="s">
+        <v>20</v>
+      </c>
+      <c r="K24" t="s">
+        <v>168</v>
+      </c>
+      <c r="L24" t="s">
+        <v>98</v>
+      </c>
+      <c r="M24" t="s">
+        <v>135</v>
+      </c>
+      <c r="N24" t="s">
+        <v>265</v>
+      </c>
+      <c r="O24" t="s">
+        <v>266</v>
+      </c>
+      <c r="P24" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>90</v>
+      </c>
+      <c r="B25" t="s">
+        <v>268</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>269</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>270</v>
+      </c>
+      <c r="H25" t="s">
+        <v>271</v>
+      </c>
+      <c r="I25" t="s">
+        <v>272</v>
+      </c>
+      <c r="J25" t="s">
+        <v>152</v>
+      </c>
+      <c r="K25" t="s">
+        <v>153</v>
+      </c>
+      <c r="L25" t="s">
+        <v>98</v>
+      </c>
+      <c r="M25" t="s">
+        <v>135</v>
+      </c>
+      <c r="N25" t="s">
+        <v>265</v>
+      </c>
+      <c r="O25" t="s">
+        <v>266</v>
+      </c>
+      <c r="P25" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>90</v>
+      </c>
+      <c r="B26" t="s">
+        <v>261</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>130</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>274</v>
+      </c>
+      <c r="H26" t="s">
+        <v>275</v>
+      </c>
+      <c r="I26" t="s">
+        <v>133</v>
+      </c>
+      <c r="J26" t="s">
+        <v>134</v>
+      </c>
+      <c r="K26" t="s">
+        <v>41</v>
+      </c>
+      <c r="L26" t="s">
+        <v>98</v>
+      </c>
+      <c r="M26" t="s">
+        <v>135</v>
+      </c>
+      <c r="N26" t="s">
+        <v>265</v>
+      </c>
+      <c r="O26" t="s">
+        <v>266</v>
+      </c>
+      <c r="P26" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>90</v>
+      </c>
+      <c r="B27" t="s">
+        <v>277</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>278</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>279</v>
+      </c>
+      <c r="H27" t="s">
+        <v>280</v>
+      </c>
+      <c r="I27" t="s">
+        <v>258</v>
+      </c>
+      <c r="J27" t="s">
+        <v>167</v>
+      </c>
+      <c r="K27" t="s">
+        <v>168</v>
+      </c>
+      <c r="L27" t="s">
+        <v>98</v>
+      </c>
+      <c r="M27" t="s">
+        <v>135</v>
+      </c>
+      <c r="N27" t="s">
+        <v>179</v>
+      </c>
+      <c r="O27" t="s">
+        <v>180</v>
+      </c>
+      <c r="P27" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>90</v>
+      </c>
+      <c r="B28" t="s">
+        <v>282</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>278</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>283</v>
+      </c>
+      <c r="H28" t="s">
+        <v>284</v>
+      </c>
+      <c r="I28" t="s">
+        <v>258</v>
+      </c>
+      <c r="J28" t="s">
+        <v>167</v>
+      </c>
+      <c r="K28" t="s">
+        <v>168</v>
+      </c>
+      <c r="L28" t="s">
+        <v>98</v>
+      </c>
+      <c r="M28" t="s">
+        <v>135</v>
+      </c>
+      <c r="N28" t="s">
+        <v>179</v>
+      </c>
+      <c r="O28" t="s">
+        <v>252</v>
+      </c>
+      <c r="P28" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>90</v>
+      </c>
+      <c r="B29" t="s">
+        <v>286</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>287</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>288</v>
+      </c>
+      <c r="H29" t="s">
+        <v>289</v>
+      </c>
+      <c r="I29" t="s">
+        <v>290</v>
+      </c>
+      <c r="J29" t="s">
+        <v>291</v>
+      </c>
+      <c r="K29" t="s">
+        <v>292</v>
+      </c>
+      <c r="L29" t="s">
+        <v>98</v>
+      </c>
+      <c r="M29" t="s">
+        <v>99</v>
+      </c>
+      <c r="N29" t="s">
+        <v>100</v>
+      </c>
+      <c r="O29" t="s">
+        <v>101</v>
+      </c>
+      <c r="P29" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>90</v>
+      </c>
+      <c r="B30" t="s">
+        <v>294</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>295</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>296</v>
+      </c>
+      <c r="H30" t="s">
+        <v>297</v>
+      </c>
+      <c r="I30" t="s">
+        <v>298</v>
+      </c>
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" t="s">
+        <v>299</v>
+      </c>
+      <c r="L30" t="s">
+        <v>98</v>
+      </c>
+      <c r="M30" t="s">
+        <v>135</v>
+      </c>
+      <c r="N30" t="s">
+        <v>159</v>
+      </c>
+      <c r="O30" t="s">
+        <v>187</v>
+      </c>
+      <c r="P30" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>90</v>
+      </c>
+      <c r="B31" t="s">
+        <v>301</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>302</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>303</v>
+      </c>
+      <c r="H31" t="s">
+        <v>304</v>
+      </c>
+      <c r="I31" t="s">
+        <v>126</v>
+      </c>
+      <c r="J31" t="s">
+        <v>20</v>
+      </c>
+      <c r="K31" t="s">
+        <v>127</v>
+      </c>
+      <c r="L31" t="s">
+        <v>98</v>
+      </c>
+      <c r="M31" t="s">
+        <v>135</v>
+      </c>
+      <c r="N31" t="s">
+        <v>169</v>
+      </c>
+      <c r="O31" t="s">
+        <v>305</v>
+      </c>
+      <c r="P31" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>90</v>
+      </c>
+      <c r="B32" t="s">
+        <v>307</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>243</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>308</v>
+      </c>
+      <c r="H32" t="s">
+        <v>309</v>
+      </c>
+      <c r="I32" t="s">
+        <v>310</v>
+      </c>
+      <c r="J32" t="s">
+        <v>126</v>
+      </c>
+      <c r="K32" t="s">
+        <v>127</v>
+      </c>
+      <c r="L32" t="s">
+        <v>98</v>
+      </c>
+      <c r="M32" t="s">
+        <v>135</v>
+      </c>
+      <c r="N32" t="s">
+        <v>118</v>
+      </c>
+      <c r="O32" t="s">
+        <v>119</v>
+      </c>
+      <c r="P32" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>90</v>
+      </c>
+      <c r="B33" t="s">
+        <v>312</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>313</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>314</v>
+      </c>
+      <c r="H33" t="s">
+        <v>315</v>
+      </c>
+      <c r="I33" t="s">
+        <v>316</v>
+      </c>
+      <c r="J33" t="s">
+        <v>20</v>
+      </c>
+      <c r="K33" t="s">
+        <v>317</v>
+      </c>
+      <c r="L33" t="s">
+        <v>98</v>
+      </c>
+      <c r="M33" t="s">
+        <v>135</v>
+      </c>
+      <c r="N33" t="s">
+        <v>318</v>
+      </c>
+      <c r="O33" t="s">
+        <v>202</v>
+      </c>
+      <c r="P33" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>90</v>
+      </c>
+      <c r="B34" t="s">
+        <v>320</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>321</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>322</v>
+      </c>
+      <c r="H34" t="s">
+        <v>323</v>
+      </c>
+      <c r="I34" t="s">
+        <v>96</v>
+      </c>
+      <c r="J34" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" t="s">
+        <v>97</v>
+      </c>
+      <c r="L34" t="s">
+        <v>98</v>
+      </c>
+      <c r="M34" t="s">
+        <v>135</v>
+      </c>
+      <c r="N34" t="s">
+        <v>179</v>
+      </c>
+      <c r="O34" t="s">
+        <v>180</v>
+      </c>
+      <c r="P34" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>90</v>
+      </c>
+      <c r="B35" t="s">
+        <v>325</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>326</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>327</v>
+      </c>
+      <c r="H35" t="s">
+        <v>328</v>
+      </c>
+      <c r="I35" t="s">
+        <v>329</v>
+      </c>
+      <c r="J35" t="s">
+        <v>167</v>
+      </c>
+      <c r="K35" t="s">
+        <v>168</v>
+      </c>
+      <c r="L35" t="s">
+        <v>98</v>
+      </c>
+      <c r="M35" t="s">
+        <v>135</v>
+      </c>
+      <c r="N35" t="s">
+        <v>136</v>
+      </c>
+      <c r="O35" t="s">
+        <v>224</v>
+      </c>
+      <c r="P35" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>90</v>
+      </c>
+      <c r="B36" t="s">
+        <v>331</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>332</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>333</v>
+      </c>
+      <c r="H36" t="s">
+        <v>334</v>
+      </c>
+      <c r="I36" t="s">
+        <v>335</v>
+      </c>
+      <c r="J36" t="s">
+        <v>167</v>
+      </c>
+      <c r="K36" t="s">
+        <v>168</v>
+      </c>
+      <c r="L36" t="s">
+        <v>98</v>
+      </c>
+      <c r="M36" t="s">
+        <v>117</v>
+      </c>
+      <c r="N36" t="s">
+        <v>118</v>
+      </c>
+      <c r="O36" t="s">
+        <v>119</v>
+      </c>
+      <c r="P36" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>90</v>
+      </c>
+      <c r="B37" t="s">
+        <v>337</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>338</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>339</v>
+      </c>
+      <c r="H37" t="s">
+        <v>340</v>
+      </c>
+      <c r="I37" t="s">
+        <v>96</v>
+      </c>
+      <c r="J37" t="s">
+        <v>20</v>
+      </c>
+      <c r="K37" t="s">
+        <v>97</v>
+      </c>
+      <c r="L37" t="s">
+        <v>98</v>
+      </c>
+      <c r="M37" t="s">
+        <v>135</v>
+      </c>
+      <c r="N37" t="s">
+        <v>159</v>
+      </c>
+      <c r="O37" t="s">
+        <v>341</v>
+      </c>
+      <c r="P37" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>90</v>
+      </c>
+      <c r="B38" t="s">
+        <v>343</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>344</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>345</v>
+      </c>
+      <c r="H38" t="s">
+        <v>346</v>
+      </c>
+      <c r="I38" t="s">
+        <v>347</v>
+      </c>
+      <c r="J38" t="s">
+        <v>348</v>
+      </c>
+      <c r="K38" t="s">
+        <v>349</v>
+      </c>
+      <c r="L38" t="s">
+        <v>98</v>
+      </c>
+      <c r="M38" t="s">
+        <v>99</v>
+      </c>
+      <c r="N38" t="s">
+        <v>100</v>
+      </c>
+      <c r="O38" t="s">
+        <v>101</v>
+      </c>
+      <c r="P38" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>90</v>
+      </c>
+      <c r="B39" t="s">
+        <v>351</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>344</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>352</v>
+      </c>
+      <c r="H39" t="s">
+        <v>353</v>
+      </c>
+      <c r="I39" t="s">
+        <v>354</v>
+      </c>
+      <c r="J39" t="s">
+        <v>355</v>
+      </c>
+      <c r="K39" t="s">
+        <v>356</v>
+      </c>
+      <c r="L39" t="s">
+        <v>98</v>
+      </c>
+      <c r="M39" t="s">
+        <v>99</v>
+      </c>
+      <c r="N39" t="s">
+        <v>100</v>
+      </c>
+      <c r="O39" t="s">
+        <v>101</v>
+      </c>
+      <c r="P39" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>90</v>
+      </c>
+      <c r="B40" t="s">
+        <v>358</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>359</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>360</v>
+      </c>
+      <c r="H40" t="s">
+        <v>361</v>
+      </c>
+      <c r="I40" t="s">
+        <v>362</v>
+      </c>
+      <c r="J40" t="s">
+        <v>363</v>
+      </c>
+      <c r="K40" t="s">
+        <v>153</v>
+      </c>
+      <c r="L40" t="s">
+        <v>98</v>
+      </c>
+      <c r="M40" t="s">
+        <v>135</v>
+      </c>
+      <c r="N40" t="s">
+        <v>159</v>
+      </c>
+      <c r="O40" t="s">
+        <v>364</v>
+      </c>
+      <c r="P40" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>90</v>
+      </c>
+      <c r="B41" t="s">
+        <v>366</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>367</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>368</v>
+      </c>
+      <c r="H41" t="s">
+        <v>369</v>
+      </c>
+      <c r="I41" t="s">
+        <v>96</v>
+      </c>
+      <c r="J41" t="s">
+        <v>20</v>
+      </c>
+      <c r="K41" t="s">
+        <v>97</v>
+      </c>
+      <c r="L41" t="s">
+        <v>98</v>
+      </c>
+      <c r="M41" t="s">
+        <v>135</v>
+      </c>
+      <c r="N41" t="s">
+        <v>159</v>
+      </c>
+      <c r="O41" t="s">
+        <v>370</v>
+      </c>
+      <c r="P41" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>90</v>
+      </c>
+      <c r="B42" t="s">
+        <v>372</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>367</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>373</v>
+      </c>
+      <c r="H42" t="s">
+        <v>374</v>
+      </c>
+      <c r="I42" t="s">
+        <v>96</v>
+      </c>
+      <c r="J42" t="s">
+        <v>20</v>
+      </c>
+      <c r="K42" t="s">
+        <v>97</v>
+      </c>
+      <c r="L42" t="s">
+        <v>98</v>
+      </c>
+      <c r="M42" t="s">
+        <v>135</v>
+      </c>
+      <c r="N42" t="s">
+        <v>159</v>
+      </c>
+      <c r="O42" t="s">
+        <v>375</v>
+      </c>
+      <c r="P42" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>90</v>
+      </c>
+      <c r="B43" t="s">
+        <v>377</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>378</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>379</v>
+      </c>
+      <c r="H43" t="s">
+        <v>380</v>
+      </c>
+      <c r="I43" t="s">
+        <v>381</v>
+      </c>
+      <c r="J43" t="s">
+        <v>382</v>
+      </c>
+      <c r="K43" t="s">
+        <v>178</v>
+      </c>
+      <c r="L43" t="s">
+        <v>98</v>
+      </c>
+      <c r="M43" t="s">
+        <v>135</v>
+      </c>
+      <c r="N43" t="s">
+        <v>100</v>
+      </c>
+      <c r="O43" t="s">
+        <v>101</v>
+      </c>
+      <c r="P43" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" t="s">
+        <v>384</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>385</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>386</v>
+      </c>
+      <c r="H44" t="s">
+        <v>387</v>
+      </c>
+      <c r="I44" t="s">
+        <v>388</v>
+      </c>
+      <c r="J44" t="s">
+        <v>291</v>
+      </c>
+      <c r="K44" t="s">
+        <v>292</v>
+      </c>
+      <c r="L44" t="s">
+        <v>98</v>
+      </c>
+      <c r="M44" t="s">
+        <v>135</v>
+      </c>
+      <c r="N44" t="s">
+        <v>179</v>
+      </c>
+      <c r="O44" t="s">
+        <v>389</v>
+      </c>
+      <c r="P44" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>90</v>
+      </c>
+      <c r="B45" t="s">
+        <v>391</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>392</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>393</v>
+      </c>
+      <c r="H45" t="s">
+        <v>394</v>
+      </c>
+      <c r="I45" t="s">
+        <v>395</v>
+      </c>
+      <c r="J45" t="s">
+        <v>396</v>
+      </c>
+      <c r="K45" t="s">
+        <v>397</v>
+      </c>
+      <c r="L45" t="s">
+        <v>98</v>
+      </c>
+      <c r="M45" t="s">
+        <v>135</v>
+      </c>
+      <c r="N45" t="s">
+        <v>100</v>
+      </c>
+      <c r="O45" t="s">
+        <v>101</v>
+      </c>
+      <c r="P45" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>90</v>
+      </c>
+      <c r="B46" t="s">
+        <v>399</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>400</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>401</v>
+      </c>
+      <c r="H46" t="s">
+        <v>402</v>
+      </c>
+      <c r="I46" t="s">
+        <v>403</v>
+      </c>
+      <c r="J46" t="s">
+        <v>404</v>
+      </c>
+      <c r="K46" t="s">
+        <v>405</v>
+      </c>
+      <c r="L46" t="s">
+        <v>98</v>
+      </c>
+      <c r="M46" t="s">
+        <v>99</v>
+      </c>
+      <c r="N46" t="s">
+        <v>406</v>
+      </c>
+      <c r="O46" t="s">
+        <v>407</v>
+      </c>
+      <c r="P46" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>90</v>
+      </c>
+      <c r="B47" t="s">
+        <v>409</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>410</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>411</v>
+      </c>
+      <c r="H47" t="s">
+        <v>412</v>
+      </c>
+      <c r="I47" t="s">
+        <v>413</v>
+      </c>
+      <c r="J47" t="s">
+        <v>414</v>
+      </c>
+      <c r="K47" t="s">
+        <v>415</v>
+      </c>
+      <c r="L47" t="s">
+        <v>98</v>
+      </c>
+      <c r="M47" t="s">
+        <v>99</v>
+      </c>
+      <c r="N47" t="s">
+        <v>100</v>
+      </c>
+      <c r="O47" t="s">
+        <v>101</v>
+      </c>
+      <c r="P47" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>90</v>
+      </c>
+      <c r="B48" t="s">
+        <v>417</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>418</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>419</v>
+      </c>
+      <c r="H48" t="s">
+        <v>420</v>
+      </c>
+      <c r="I48" t="s">
+        <v>421</v>
+      </c>
+      <c r="J48" t="s">
+        <v>20</v>
+      </c>
+      <c r="K48" t="s">
+        <v>422</v>
+      </c>
+      <c r="L48" t="s">
+        <v>98</v>
+      </c>
+      <c r="M48" t="s">
+        <v>99</v>
+      </c>
+      <c r="N48" t="s">
+        <v>159</v>
+      </c>
+      <c r="O48" t="s">
+        <v>423</v>
+      </c>
+      <c r="P48" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>90</v>
+      </c>
+      <c r="B49" t="s">
+        <v>425</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>426</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>427</v>
+      </c>
+      <c r="H49" t="s">
+        <v>428</v>
+      </c>
+      <c r="I49" t="s">
+        <v>429</v>
+      </c>
+      <c r="J49" t="s">
+        <v>126</v>
+      </c>
+      <c r="K49" t="s">
+        <v>127</v>
+      </c>
+      <c r="L49" t="s">
+        <v>98</v>
+      </c>
+      <c r="M49" t="s">
+        <v>135</v>
+      </c>
+      <c r="N49" t="s">
+        <v>100</v>
+      </c>
+      <c r="O49" t="s">
+        <v>101</v>
+      </c>
+      <c r="P49" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>90</v>
+      </c>
+      <c r="B50" t="s">
+        <v>431</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>432</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>433</v>
+      </c>
+      <c r="H50" t="s">
+        <v>434</v>
+      </c>
+      <c r="I50" t="s">
+        <v>151</v>
+      </c>
+      <c r="J50" t="s">
+        <v>152</v>
+      </c>
+      <c r="K50" t="s">
+        <v>153</v>
+      </c>
+      <c r="L50" t="s">
+        <v>98</v>
+      </c>
+      <c r="M50" t="s">
+        <v>135</v>
+      </c>
+      <c r="N50" t="s">
+        <v>159</v>
+      </c>
+      <c r="O50" t="s">
+        <v>187</v>
+      </c>
+      <c r="P50" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>90</v>
+      </c>
+      <c r="B51" t="s">
+        <v>436</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>437</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>438</v>
+      </c>
+      <c r="H51" t="s">
+        <v>439</v>
+      </c>
+      <c r="I51" t="s">
+        <v>440</v>
+      </c>
+      <c r="J51" t="s">
+        <v>20</v>
+      </c>
+      <c r="K51" t="s">
+        <v>41</v>
+      </c>
+      <c r="L51" t="s">
+        <v>98</v>
+      </c>
+      <c r="M51" t="s">
+        <v>135</v>
+      </c>
+      <c r="N51" t="s">
+        <v>169</v>
+      </c>
+      <c r="O51" t="s">
+        <v>170</v>
+      </c>
+      <c r="P51" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>90</v>
+      </c>
+      <c r="B52" t="s">
+        <v>442</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>443</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>444</v>
+      </c>
+      <c r="H52" t="s">
+        <v>445</v>
+      </c>
+      <c r="I52" t="s">
+        <v>151</v>
+      </c>
+      <c r="J52" t="s">
+        <v>152</v>
+      </c>
+      <c r="K52" t="s">
+        <v>153</v>
+      </c>
+      <c r="L52" t="s">
+        <v>98</v>
+      </c>
+      <c r="M52" t="s">
+        <v>135</v>
+      </c>
+      <c r="N52" t="s">
+        <v>159</v>
+      </c>
+      <c r="O52" t="s">
+        <v>370</v>
+      </c>
+      <c r="P52" t="s">
+        <v>446</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T30"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>447</v>
+      </c>
+      <c r="J1" t="s">
+        <v>82</v>
+      </c>
+      <c r="K1" t="s">
+        <v>448</v>
+      </c>
+      <c r="L1" t="s">
+        <v>84</v>
+      </c>
+      <c r="M1" t="s">
+        <v>85</v>
+      </c>
+      <c r="N1" t="s">
+        <v>449</v>
+      </c>
+      <c r="O1" t="s">
+        <v>450</v>
+      </c>
+      <c r="P1" t="s">
+        <v>451</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>452</v>
+      </c>
+      <c r="R1" t="s">
+        <v>86</v>
+      </c>
+      <c r="S1" t="s">
+        <v>453</v>
+      </c>
+      <c r="T1" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>455</v>
+      </c>
+      <c r="B2" t="s">
+        <v>456</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>457</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>458</v>
+      </c>
+      <c r="H2" t="s">
+        <v>459</v>
+      </c>
+      <c r="I2" t="s">
+        <v>460</v>
+      </c>
+      <c r="J2" t="s">
+        <v>461</v>
+      </c>
+      <c r="K2" t="s">
+        <v>152</v>
+      </c>
+      <c r="L2" t="s">
+        <v>153</v>
+      </c>
+      <c r="M2" t="s">
+        <v>98</v>
+      </c>
+      <c r="N2" t="s">
+        <v>462</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>463</v>
+      </c>
+      <c r="R2" t="s">
+        <v>99</v>
+      </c>
+      <c r="S2" t="s">
+        <v>464</v>
+      </c>
+      <c r="T2" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>455</v>
+      </c>
+      <c r="B3" t="s">
+        <v>466</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>457</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>467</v>
+      </c>
+      <c r="H3" t="s">
+        <v>468</v>
+      </c>
+      <c r="I3" t="s">
+        <v>460</v>
+      </c>
+      <c r="J3" t="s">
+        <v>469</v>
+      </c>
+      <c r="K3" t="s">
+        <v>470</v>
+      </c>
+      <c r="L3" t="s">
+        <v>153</v>
+      </c>
+      <c r="M3" t="s">
+        <v>98</v>
+      </c>
+      <c r="N3" t="s">
+        <v>471</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>472</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>473</v>
+      </c>
+      <c r="R3" t="s">
+        <v>99</v>
+      </c>
+      <c r="S3" t="s">
+        <v>474</v>
+      </c>
+      <c r="T3" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>455</v>
+      </c>
+      <c r="B4" t="s">
+        <v>475</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>457</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>476</v>
+      </c>
+      <c r="H4" t="s">
+        <v>477</v>
+      </c>
+      <c r="I4" t="s">
+        <v>478</v>
+      </c>
+      <c r="J4" t="s">
+        <v>479</v>
+      </c>
+      <c r="K4" t="s">
+        <v>152</v>
+      </c>
+      <c r="L4" t="s">
+        <v>153</v>
+      </c>
+      <c r="M4" t="s">
+        <v>98</v>
+      </c>
+      <c r="N4" t="s">
+        <v>480</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>472</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>481</v>
+      </c>
+      <c r="R4" t="s">
+        <v>99</v>
+      </c>
+      <c r="S4" t="s">
+        <v>482</v>
+      </c>
+      <c r="T4" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>455</v>
+      </c>
+      <c r="B5" t="s">
+        <v>483</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>484</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>485</v>
+      </c>
+      <c r="H5" t="s">
+        <v>486</v>
+      </c>
+      <c r="I5" t="s">
+        <v>460</v>
+      </c>
+      <c r="J5" t="s">
+        <v>487</v>
+      </c>
+      <c r="K5" t="s">
+        <v>488</v>
+      </c>
+      <c r="L5" t="s">
+        <v>489</v>
+      </c>
+      <c r="M5" t="s">
+        <v>98</v>
+      </c>
+      <c r="N5" t="s">
+        <v>490</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>491</v>
+      </c>
+      <c r="R5" t="s">
+        <v>135</v>
+      </c>
+      <c r="S5" t="s">
+        <v>492</v>
+      </c>
+      <c r="T5" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>455</v>
+      </c>
+      <c r="B6" t="s">
+        <v>493</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>494</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>495</v>
+      </c>
+      <c r="H6" t="s">
+        <v>496</v>
+      </c>
+      <c r="I6" t="s">
+        <v>460</v>
+      </c>
+      <c r="J6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" t="s">
+        <v>440</v>
+      </c>
+      <c r="L6" t="s">
+        <v>41</v>
+      </c>
+      <c r="M6" t="s">
+        <v>98</v>
+      </c>
+      <c r="N6" t="s">
+        <v>497</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>481</v>
+      </c>
+      <c r="R6" t="s">
+        <v>135</v>
+      </c>
+      <c r="S6" t="s">
+        <v>498</v>
+      </c>
+      <c r="T6" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>455</v>
+      </c>
+      <c r="B7" t="s">
+        <v>500</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>494</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>501</v>
+      </c>
+      <c r="H7" t="s">
+        <v>502</v>
+      </c>
+      <c r="I7" t="s">
+        <v>478</v>
+      </c>
+      <c r="J7" t="s">
+        <v>503</v>
+      </c>
+      <c r="K7" t="s">
+        <v>126</v>
+      </c>
+      <c r="L7" t="s">
+        <v>127</v>
+      </c>
+      <c r="M7" t="s">
+        <v>98</v>
+      </c>
+      <c r="N7" t="s">
+        <v>504</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>481</v>
+      </c>
+      <c r="R7" t="s">
+        <v>135</v>
+      </c>
+      <c r="S7" t="s">
+        <v>505</v>
+      </c>
+      <c r="T7" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>455</v>
+      </c>
+      <c r="B8" t="s">
+        <v>506</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>507</v>
+      </c>
+      <c r="H8" t="s">
+        <v>508</v>
+      </c>
+      <c r="I8" t="s">
+        <v>478</v>
+      </c>
+      <c r="J8" t="s">
+        <v>509</v>
+      </c>
+      <c r="K8" t="s">
+        <v>167</v>
+      </c>
+      <c r="L8" t="s">
+        <v>168</v>
+      </c>
+      <c r="M8" t="s">
+        <v>98</v>
+      </c>
+      <c r="N8" t="s">
+        <v>510</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>481</v>
+      </c>
+      <c r="R8" t="s">
+        <v>135</v>
+      </c>
+      <c r="S8" t="s">
+        <v>511</v>
+      </c>
+      <c r="T8" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>455</v>
+      </c>
+      <c r="B9" t="s">
+        <v>512</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>513</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>514</v>
+      </c>
+      <c r="H9" t="s">
+        <v>515</v>
+      </c>
+      <c r="I9" t="s">
+        <v>460</v>
+      </c>
+      <c r="J9" t="s">
+        <v>516</v>
+      </c>
+      <c r="K9" t="s">
+        <v>517</v>
+      </c>
+      <c r="L9" t="s">
+        <v>518</v>
+      </c>
+      <c r="M9" t="s">
+        <v>98</v>
+      </c>
+      <c r="N9" t="s">
+        <v>519</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>472</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>491</v>
+      </c>
+      <c r="R9" t="s">
+        <v>99</v>
+      </c>
+      <c r="S9" t="s">
+        <v>520</v>
+      </c>
+      <c r="T9" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>455</v>
+      </c>
+      <c r="B10" t="s">
+        <v>521</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>522</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>523</v>
+      </c>
+      <c r="H10" t="s">
+        <v>524</v>
+      </c>
+      <c r="I10" t="s">
+        <v>460</v>
+      </c>
+      <c r="J10" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" t="s">
+        <v>525</v>
+      </c>
+      <c r="L10" t="s">
+        <v>526</v>
+      </c>
+      <c r="M10" t="s">
+        <v>98</v>
+      </c>
+      <c r="N10" t="s">
+        <v>527</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>472</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>491</v>
+      </c>
+      <c r="R10" t="s">
+        <v>99</v>
+      </c>
+      <c r="S10" t="s">
+        <v>528</v>
+      </c>
+      <c r="T10" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>455</v>
+      </c>
+      <c r="B11" t="s">
+        <v>529</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>513</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>530</v>
+      </c>
+      <c r="H11" t="s">
+        <v>531</v>
+      </c>
+      <c r="I11" t="s">
+        <v>460</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
+        <v>532</v>
+      </c>
+      <c r="L11" t="s">
+        <v>533</v>
+      </c>
+      <c r="M11" t="s">
+        <v>98</v>
+      </c>
+      <c r="N11" t="s">
+        <v>534</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>472</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>535</v>
+      </c>
+      <c r="R11" t="s">
+        <v>99</v>
+      </c>
+      <c r="S11" t="s">
+        <v>536</v>
+      </c>
+      <c r="T11" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>455</v>
+      </c>
+      <c r="B12" t="s">
+        <v>537</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>513</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>538</v>
+      </c>
+      <c r="H12" t="s">
+        <v>539</v>
+      </c>
+      <c r="I12" t="s">
+        <v>460</v>
+      </c>
+      <c r="J12" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" t="s">
+        <v>298</v>
+      </c>
+      <c r="L12" t="s">
+        <v>299</v>
+      </c>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>540</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>472</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>535</v>
+      </c>
+      <c r="R12" t="s">
+        <v>99</v>
+      </c>
+      <c r="S12" t="s">
+        <v>541</v>
+      </c>
+      <c r="T12" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>455</v>
+      </c>
+      <c r="B13" t="s">
+        <v>542</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>543</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>544</v>
+      </c>
+      <c r="H13" t="s">
+        <v>545</v>
+      </c>
+      <c r="I13" t="s">
+        <v>460</v>
+      </c>
+      <c r="J13" t="s">
+        <v>546</v>
+      </c>
+      <c r="K13" t="s">
+        <v>421</v>
+      </c>
+      <c r="L13" t="s">
+        <v>422</v>
+      </c>
+      <c r="M13" t="s">
+        <v>98</v>
+      </c>
+      <c r="N13" t="s">
+        <v>547</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>472</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>548</v>
+      </c>
+      <c r="R13" t="s">
+        <v>99</v>
+      </c>
+      <c r="S13" t="s">
+        <v>549</v>
+      </c>
+      <c r="T13" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>455</v>
+      </c>
+      <c r="B14" t="s">
+        <v>550</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>551</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>552</v>
+      </c>
+      <c r="H14" t="s">
+        <v>553</v>
+      </c>
+      <c r="I14" t="s">
+        <v>460</v>
+      </c>
+      <c r="J14" t="s">
+        <v>20</v>
+      </c>
+      <c r="K14" t="s">
+        <v>126</v>
+      </c>
+      <c r="L14" t="s">
+        <v>127</v>
+      </c>
+      <c r="M14" t="s">
+        <v>98</v>
+      </c>
+      <c r="N14" t="s">
+        <v>554</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>472</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>555</v>
+      </c>
+      <c r="R14" t="s">
+        <v>99</v>
+      </c>
+      <c r="S14" t="s">
+        <v>556</v>
+      </c>
+      <c r="T14" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>455</v>
+      </c>
+      <c r="B15" t="s">
+        <v>557</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>513</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>558</v>
+      </c>
+      <c r="H15" t="s">
+        <v>559</v>
+      </c>
+      <c r="I15" t="s">
+        <v>560</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>561</v>
+      </c>
+      <c r="L15" t="s">
+        <v>41</v>
+      </c>
+      <c r="M15" t="s">
+        <v>98</v>
+      </c>
+      <c r="N15" t="s">
+        <v>562</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>472</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>563</v>
+      </c>
+      <c r="R15" t="s">
+        <v>99</v>
+      </c>
+      <c r="S15" t="s">
+        <v>42</v>
+      </c>
+      <c r="T15" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>455</v>
+      </c>
+      <c r="B16" t="s">
+        <v>564</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>565</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>566</v>
+      </c>
+      <c r="H16" t="s">
+        <v>567</v>
+      </c>
+      <c r="I16" t="s">
+        <v>460</v>
+      </c>
+      <c r="J16" t="s">
+        <v>568</v>
+      </c>
+      <c r="K16" t="s">
+        <v>167</v>
+      </c>
+      <c r="L16" t="s">
+        <v>168</v>
+      </c>
+      <c r="M16" t="s">
+        <v>98</v>
+      </c>
+      <c r="N16" t="s">
+        <v>569</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>570</v>
+      </c>
+      <c r="R16" t="s">
+        <v>135</v>
+      </c>
+      <c r="S16" t="s">
+        <v>571</v>
+      </c>
+      <c r="T16" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>455</v>
+      </c>
+      <c r="B17" t="s">
+        <v>572</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>513</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>573</v>
+      </c>
+      <c r="H17" t="s">
+        <v>574</v>
+      </c>
+      <c r="I17" t="s">
+        <v>460</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>575</v>
+      </c>
+      <c r="L17" t="s">
+        <v>576</v>
+      </c>
+      <c r="M17" t="s">
+        <v>98</v>
+      </c>
+      <c r="N17" t="s">
+        <v>577</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>472</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>491</v>
+      </c>
+      <c r="R17" t="s">
+        <v>99</v>
+      </c>
+      <c r="S17" t="s">
+        <v>578</v>
+      </c>
+      <c r="T17" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>455</v>
+      </c>
+      <c r="B18" t="s">
+        <v>579</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>551</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>580</v>
+      </c>
+      <c r="H18" t="s">
+        <v>581</v>
+      </c>
+      <c r="I18" t="s">
+        <v>460</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>126</v>
+      </c>
+      <c r="L18" t="s">
+        <v>127</v>
+      </c>
+      <c r="M18" t="s">
+        <v>98</v>
+      </c>
+      <c r="N18" t="s">
+        <v>582</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>463</v>
+      </c>
+      <c r="R18" t="s">
+        <v>99</v>
+      </c>
+      <c r="S18" t="s">
+        <v>583</v>
+      </c>
+      <c r="T18" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>455</v>
+      </c>
+      <c r="B19" t="s">
+        <v>584</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>585</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>586</v>
+      </c>
+      <c r="H19" t="s">
+        <v>587</v>
+      </c>
+      <c r="I19" t="s">
+        <v>460</v>
+      </c>
+      <c r="J19" t="s">
+        <v>588</v>
+      </c>
+      <c r="K19" t="s">
+        <v>589</v>
+      </c>
+      <c r="L19" t="s">
+        <v>590</v>
+      </c>
+      <c r="M19" t="s">
+        <v>98</v>
+      </c>
+      <c r="N19" t="s">
+        <v>591</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>491</v>
+      </c>
+      <c r="R19" t="s">
+        <v>135</v>
+      </c>
+      <c r="S19" t="s">
+        <v>592</v>
+      </c>
+      <c r="T19" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>455</v>
+      </c>
+      <c r="B20" t="s">
+        <v>594</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>595</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>596</v>
+      </c>
+      <c r="H20" t="s">
+        <v>597</v>
+      </c>
+      <c r="I20" t="s">
+        <v>460</v>
+      </c>
+      <c r="J20" t="s">
+        <v>598</v>
+      </c>
+      <c r="K20" t="s">
+        <v>599</v>
+      </c>
+      <c r="L20" t="s">
+        <v>600</v>
+      </c>
+      <c r="M20" t="s">
+        <v>98</v>
+      </c>
+      <c r="N20" t="s">
+        <v>601</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>472</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>602</v>
+      </c>
+      <c r="R20" t="s">
+        <v>99</v>
+      </c>
+      <c r="S20" t="s">
+        <v>603</v>
+      </c>
+      <c r="T20" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>455</v>
+      </c>
+      <c r="B21" t="s">
+        <v>604</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>543</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>605</v>
+      </c>
+      <c r="H21" t="s">
+        <v>606</v>
+      </c>
+      <c r="I21" t="s">
+        <v>478</v>
+      </c>
+      <c r="J21" t="s">
+        <v>546</v>
+      </c>
+      <c r="K21" t="s">
+        <v>421</v>
+      </c>
+      <c r="L21" t="s">
+        <v>422</v>
+      </c>
+      <c r="M21" t="s">
+        <v>98</v>
+      </c>
+      <c r="N21" t="s">
+        <v>607</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>463</v>
+      </c>
+      <c r="R21" t="s">
+        <v>99</v>
+      </c>
+      <c r="S21" t="s">
+        <v>608</v>
+      </c>
+      <c r="T21" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>455</v>
+      </c>
+      <c r="B22" t="s">
+        <v>609</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>513</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>610</v>
+      </c>
+      <c r="H22" t="s">
+        <v>611</v>
+      </c>
+      <c r="I22" t="s">
+        <v>460</v>
+      </c>
+      <c r="J22" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" t="s">
+        <v>575</v>
+      </c>
+      <c r="L22" t="s">
+        <v>576</v>
+      </c>
+      <c r="M22" t="s">
+        <v>98</v>
+      </c>
+      <c r="N22" t="s">
+        <v>562</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>463</v>
+      </c>
+      <c r="R22" t="s">
+        <v>99</v>
+      </c>
+      <c r="S22" t="s">
+        <v>612</v>
+      </c>
+      <c r="T22" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>455</v>
+      </c>
+      <c r="B23" t="s">
+        <v>613</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>522</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>614</v>
+      </c>
+      <c r="H23" t="s">
+        <v>615</v>
+      </c>
+      <c r="I23" t="s">
+        <v>478</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>525</v>
+      </c>
+      <c r="L23" t="s">
+        <v>526</v>
+      </c>
+      <c r="M23" t="s">
+        <v>98</v>
+      </c>
+      <c r="N23" t="s">
+        <v>527</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>463</v>
+      </c>
+      <c r="R23" t="s">
+        <v>99</v>
+      </c>
+      <c r="S23" t="s">
+        <v>616</v>
+      </c>
+      <c r="T23" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>455</v>
+      </c>
+      <c r="B24" t="s">
+        <v>617</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>513</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>618</v>
+      </c>
+      <c r="H24" t="s">
+        <v>619</v>
+      </c>
+      <c r="I24" t="s">
+        <v>478</v>
+      </c>
+      <c r="J24" t="s">
+        <v>20</v>
+      </c>
+      <c r="K24" t="s">
+        <v>298</v>
+      </c>
+      <c r="L24" t="s">
+        <v>299</v>
+      </c>
+      <c r="M24" t="s">
+        <v>98</v>
+      </c>
+      <c r="N24" t="s">
+        <v>620</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>463</v>
+      </c>
+      <c r="R24" t="s">
+        <v>99</v>
+      </c>
+      <c r="S24" t="s">
+        <v>621</v>
+      </c>
+      <c r="T24" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>455</v>
+      </c>
+      <c r="B25" t="s">
+        <v>622</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>595</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>623</v>
+      </c>
+      <c r="H25" t="s">
+        <v>624</v>
+      </c>
+      <c r="I25" t="s">
+        <v>478</v>
+      </c>
+      <c r="J25" t="s">
+        <v>625</v>
+      </c>
+      <c r="K25" t="s">
+        <v>626</v>
+      </c>
+      <c r="L25" t="s">
+        <v>600</v>
+      </c>
+      <c r="M25" t="s">
+        <v>98</v>
+      </c>
+      <c r="N25" t="s">
+        <v>627</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>463</v>
+      </c>
+      <c r="R25" t="s">
+        <v>99</v>
+      </c>
+      <c r="S25" t="s">
+        <v>628</v>
+      </c>
+      <c r="T25" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>455</v>
+      </c>
+      <c r="B26" t="s">
+        <v>629</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>630</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>631</v>
+      </c>
+      <c r="H26" t="s">
+        <v>632</v>
+      </c>
+      <c r="I26" t="s">
+        <v>460</v>
+      </c>
+      <c r="J26" t="s">
+        <v>633</v>
+      </c>
+      <c r="K26" t="s">
+        <v>167</v>
+      </c>
+      <c r="L26" t="s">
+        <v>168</v>
+      </c>
+      <c r="M26" t="s">
+        <v>98</v>
+      </c>
+      <c r="N26" t="s">
+        <v>634</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>635</v>
+      </c>
+      <c r="R26" t="s">
+        <v>135</v>
+      </c>
+      <c r="S26" t="s">
+        <v>636</v>
+      </c>
+      <c r="T26" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>455</v>
+      </c>
+      <c r="B27" t="s">
+        <v>637</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>638</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>639</v>
+      </c>
+      <c r="H27" t="s">
+        <v>640</v>
+      </c>
+      <c r="I27" t="s">
+        <v>460</v>
+      </c>
+      <c r="J27" t="s">
+        <v>641</v>
+      </c>
+      <c r="K27" t="s">
+        <v>152</v>
+      </c>
+      <c r="L27" t="s">
+        <v>153</v>
+      </c>
+      <c r="M27" t="s">
+        <v>98</v>
+      </c>
+      <c r="N27" t="s">
+        <v>642</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>635</v>
+      </c>
+      <c r="R27" t="s">
+        <v>135</v>
+      </c>
+      <c r="S27" t="s">
+        <v>643</v>
+      </c>
+      <c r="T27" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>455</v>
+      </c>
+      <c r="B28" t="s">
+        <v>645</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>630</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>646</v>
+      </c>
+      <c r="H28" t="s">
+        <v>647</v>
+      </c>
+      <c r="I28" t="s">
+        <v>478</v>
+      </c>
+      <c r="J28" t="s">
+        <v>648</v>
+      </c>
+      <c r="K28" t="s">
+        <v>649</v>
+      </c>
+      <c r="L28" t="s">
+        <v>650</v>
+      </c>
+      <c r="M28" t="s">
+        <v>98</v>
+      </c>
+      <c r="N28" t="s">
+        <v>651</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>635</v>
+      </c>
+      <c r="R28" t="s">
+        <v>135</v>
+      </c>
+      <c r="S28" t="s">
+        <v>652</v>
+      </c>
+      <c r="T28" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>455</v>
+      </c>
+      <c r="B29" t="s">
+        <v>653</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>654</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>655</v>
+      </c>
+      <c r="H29" t="s">
+        <v>656</v>
+      </c>
+      <c r="I29" t="s">
+        <v>460</v>
+      </c>
+      <c r="J29" t="s">
+        <v>461</v>
+      </c>
+      <c r="K29" t="s">
+        <v>152</v>
+      </c>
+      <c r="L29" t="s">
+        <v>153</v>
+      </c>
+      <c r="M29" t="s">
+        <v>98</v>
+      </c>
+      <c r="N29" t="s">
+        <v>462</v>
+      </c>
+      <c r="O29" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>472</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>491</v>
+      </c>
+      <c r="R29" t="s">
+        <v>99</v>
+      </c>
+      <c r="S29" t="s">
+        <v>657</v>
+      </c>
+      <c r="T29" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>455</v>
+      </c>
+      <c r="B30" t="s">
+        <v>658</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>654</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>659</v>
+      </c>
+      <c r="H30" t="s">
+        <v>660</v>
+      </c>
+      <c r="I30" t="s">
+        <v>460</v>
+      </c>
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" t="s">
+        <v>126</v>
+      </c>
+      <c r="L30" t="s">
+        <v>127</v>
+      </c>
+      <c r="M30" t="s">
+        <v>98</v>
+      </c>
+      <c r="N30" t="s">
+        <v>582</v>
+      </c>
+      <c r="O30" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" t="s">
+        <v>472</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>491</v>
+      </c>
+      <c r="R30" t="s">
+        <v>99</v>
+      </c>
+      <c r="S30" t="s">
+        <v>661</v>
+      </c>
+      <c r="T30" t="s">
+        <v>20</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>