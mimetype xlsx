--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="127">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -390,122 +390,101 @@
     <t>Pierre-henri</t>
   </si>
   <si>
     <t>30 March 2023</t>
   </si>
   <si>
     <t>Docteur Philippe DUCHEMIN</t>
   </si>
   <si>
     <t>08/11/2016 11:36:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713222/fr/docteur-philippe-duchemin</t>
   </si>
   <si>
     <t>c_2713222</t>
   </si>
   <si>
     <t>DUCHEMIN</t>
   </si>
   <si>
     <t>Philippe</t>
   </si>
   <si>
     <t>18 January 2024</t>
-  </si>
-[...19 lines deleted...]
-    <t>23 November 2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R15"/>
+  <dimension ref="A1:R14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1248,102 +1227,46 @@
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
         <v>124</v>
       </c>
       <c r="L14" t="s">
         <v>125</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
         <v>126</v>
       </c>
       <c r="O14" t="s">
         <v>67</v>
       </c>
       <c r="P14" t="s">
         <v>68</v>
       </c>
       <c r="Q14" t="s">
         <v>69</v>
       </c>
       <c r="R14" t="s">
-        <v>70</v>
-[...54 lines deleted...]
-      <c r="R15" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>