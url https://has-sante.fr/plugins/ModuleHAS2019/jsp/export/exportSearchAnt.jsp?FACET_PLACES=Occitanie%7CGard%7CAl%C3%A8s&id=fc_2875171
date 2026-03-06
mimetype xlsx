--- v1 (2026-01-19)
+++ v2 (2026-03-06)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="128">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -209,120 +209,123 @@
   <si>
     <t>Alexandre</t>
   </si>
   <si>
     <t>17 November 2022</t>
   </si>
   <si>
     <t>Docteur DAVID BROCHE</t>
   </si>
   <si>
     <t>12/10/2017 11:31:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2798145/fr/docteur-david-broche</t>
   </si>
   <si>
     <t>c_2798145</t>
   </si>
   <si>
     <t>BROCHE</t>
   </si>
   <si>
     <t>DAVID</t>
   </si>
   <si>
-    <t>29 December 2021</t>
+    <t>28 January 2026</t>
   </si>
   <si>
     <t>NOUVELLE CL BONNEFON ALES</t>
   </si>
   <si>
     <t>30104</t>
   </si>
   <si>
     <t>ALES</t>
   </si>
   <si>
     <t>300780137</t>
   </si>
   <si>
     <t>Docteur ROBERT ASZTALOS</t>
   </si>
   <si>
     <t>14/09/2017 16:31:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2793486/fr/docteur-robert-asztalos</t>
   </si>
   <si>
     <t>c_2793486</t>
   </si>
   <si>
     <t>ASZTALOS</t>
   </si>
   <si>
     <t>ROBERT</t>
   </si>
   <si>
-    <t>23 September 2021</t>
+    <t>11 September 2025</t>
   </si>
   <si>
     <t>Docteur Xavier NICOLAY</t>
   </si>
   <si>
     <t>08/11/2016 11:31:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709530/fr/docteur-xavier-nicolay</t>
   </si>
   <si>
     <t>c_2709530</t>
   </si>
   <si>
     <t>NICOLAY</t>
   </si>
   <si>
     <t>Xavier</t>
   </si>
   <si>
-    <t>27 May 2021</t>
+    <t>15 May 2025</t>
   </si>
   <si>
     <t>Docteur Hubert THOMAS</t>
   </si>
   <si>
     <t>08/11/2016 11:32:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710151/fr/docteur-hubert-thomas</t>
   </si>
   <si>
     <t>c_2710151</t>
   </si>
   <si>
     <t>Hubert</t>
+  </si>
+  <si>
+    <t>23 October 2025</t>
   </si>
   <si>
     <t>Docteur Pierre-jacques FINIELS</t>
   </si>
   <si>
     <t>08/11/2016 11:34:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712215/fr/docteur-pierre-jacques-finiels</t>
   </si>
   <si>
     <t>c_2712215</t>
   </si>
   <si>
     <t>FINIELS</t>
   </si>
   <si>
     <t>Pierre-jacques</t>
   </si>
   <si>
     <t>21 December 2023</t>
   </si>
   <si>
     <t>CH ALES CEVENNES</t>
   </si>
@@ -935,331 +938,331 @@
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
         <v>87</v>
       </c>
       <c r="H9" t="s">
         <v>88</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
         <v>37</v>
       </c>
       <c r="L9" t="s">
         <v>89</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>77</v>
+        <v>90</v>
       </c>
       <c r="O9" t="s">
         <v>67</v>
       </c>
       <c r="P9" t="s">
         <v>68</v>
       </c>
       <c r="Q9" t="s">
         <v>69</v>
       </c>
       <c r="R9" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="L10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="O10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P10" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="Q10" t="s">
         <v>69</v>
       </c>
       <c r="R10" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="L11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
         <v>66</v>
       </c>
       <c r="O11" t="s">
         <v>67</v>
       </c>
       <c r="P11" t="s">
         <v>68</v>
       </c>
       <c r="Q11" t="s">
         <v>69</v>
       </c>
       <c r="R11" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="L12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="O12" t="s">
         <v>28</v>
       </c>
       <c r="P12" t="s">
         <v>29</v>
       </c>
       <c r="Q12" t="s">
         <v>30</v>
       </c>
       <c r="R12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="L13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="O13" t="s">
         <v>67</v>
       </c>
       <c r="P13" t="s">
         <v>68</v>
       </c>
       <c r="Q13" t="s">
         <v>69</v>
       </c>
       <c r="R13" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="L14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="O14" t="s">
         <v>67</v>
       </c>
       <c r="P14" t="s">
         <v>68</v>
       </c>
       <c r="Q14" t="s">
         <v>69</v>
       </c>
       <c r="R14" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>