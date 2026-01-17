--- v0 (2025-11-27)
+++ v1 (2026-01-17)
@@ -77,51 +77,51 @@
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
     <t>SAD ADMR LA VAUNAGE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>26/11/2025 16:17:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14900_FicheESSMS/fr/sad-admr-la-vaunage</t>
   </si>
   <si>
     <t>14900_FicheESSMS</t>
   </si>
   <si>
-    <t>46 Grande Rue Rue</t>
+    <t>214 Rue Des Entrepreneurs</t>
   </si>
   <si>
     <t>30420 CALVISSON</t>
   </si>
   <si>
     <t>CALVISSON</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Service autonomie aide (SAA)</t>
   </si>
   <si>
     <t>300018397</t>
   </si>
 </sst>
 </file>
 