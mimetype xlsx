--- v0 (2025-10-31)
+++ v1 (2026-03-05)
@@ -68,51 +68,51 @@
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
     <t>EHPAD RESIDENCE L'EUZIERE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>10/01/2025 10:15:53</t>
+    <t>10/09/2025 12:25:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8243_FicheESSMS/fr/ehpad-residence-l-euziere</t>
   </si>
   <si>
     <t>8243_FicheESSMS</t>
   </si>
   <si>
     <t>30480 CENDRAS</t>
   </si>
   <si>
     <t>CENDRAS</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Privé commercial</t>
   </si>
   <si>
     <t>Personne âgée</t>
   </si>
   <si>
     <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
   </si>