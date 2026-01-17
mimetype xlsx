--- v0 (2025-10-30)
+++ v1 (2026-01-17)
@@ -128,63 +128,63 @@
   <si>
     <t>2275_FicheESSMS</t>
   </si>
   <si>
     <t>Foyer Hébergement Adultes Handicapés</t>
   </si>
   <si>
     <t>300786407</t>
   </si>
   <si>
     <t>SAVS DE LA PRADELLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2274_FicheESSMS/fr/savs-de-la-pradelle</t>
   </si>
   <si>
     <t>2274_FicheESSMS</t>
   </si>
   <si>
     <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
   </si>
   <si>
     <t>300017753</t>
   </si>
   <si>
-    <t>FAM LA PRADELLE</t>
+    <t>EAM  LA PRADELLE</t>
   </si>
   <si>
     <t>10/09/2025 12:27:32</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/12088_FicheESSMS/fr/fam-la-pradelle</t>
+    <t>https://www.has-sante.fr/jcms/12088_FicheESSMS/fr/eam-la-pradelle</t>
   </si>
   <si>
     <t>12088_FicheESSMS</t>
   </si>
   <si>
-    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
   </si>
   <si>
     <t>300003019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>