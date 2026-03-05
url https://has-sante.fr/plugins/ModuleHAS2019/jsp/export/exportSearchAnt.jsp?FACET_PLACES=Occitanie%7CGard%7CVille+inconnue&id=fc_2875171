--- v0 (2025-11-05)
+++ v1 (2026-03-05)
@@ -80,99 +80,99 @@
   <si>
     <t/>
   </si>
   <si>
     <t>20/02/2025 18:30:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3591738/fr/equipe-d-anesthesie-reanimation-hopital-prive-les-franciscaines-nimes-30</t>
   </si>
   <si>
     <t>p_3591738</t>
   </si>
   <si>
     <t>11 February 2025</t>
   </si>
   <si>
     <t>HOPITAL PRIVE LES FRANCISCAINES NIMES</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>300780152</t>
   </si>
   <si>
-    <t>Docteur ANTOINE GACHE, Docteur David RUBES, Docteur Rik BAILLIEUL, Docteur BENJAMIN CONTE, Docteur Toufic FINGE, Docteur Aline JAMMES D'AYZAC, Docteur GUILLAUME BRAULT-NOBLE, Docteur Olivier REBET</t>
+    <t>Docteur ANTOINE GACHE, Docteur David RUBES, Docteur Rik BAILLIEUL, Docteur Baptiste ALAIS, Docteur BENJAMIN CONTE, Docteur Toufic FINGE, Docteur Aline JAMMES D'AYZAC, Docteur GUILLAUME BRAULT-NOBLE, Docteur Olivier REBET</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation POLYCLINIQUE GRAND SUD NIMES  (30)</t>
   </si>
   <si>
     <t>14/10/2022 16:31:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3378217/fr/equipe-d-anesthesie-reanimation-polyclinique-grand-sud-nimes-30</t>
   </si>
   <si>
     <t>p_3378217</t>
   </si>
   <si>
     <t>09 September 2022</t>
   </si>
   <si>
     <t>POLYCLINIQUE GRAND SUD NIMES</t>
   </si>
   <si>
     <t>300788502</t>
   </si>
   <si>
-    <t>Docteur NANS ROSSEL, Docteur MICHAELA PENNE, Docteur PASCAL JEANNES, Docteur MARC GROSSETETE, Docteur JEROME DURET, Docteur SOPHIE BIBI, Docteur SEBASTIEN BERTRAN, Docteur ERIC VEYRAT, Docteur STEPHANIE PALLANCHER, Docteur BERENGERE ETESSE, Docteur MARYSE BANACHE, Docteur PATRICK MAYO, Docteur MATHILDE CHARAVEL, Docteur ARNAUD CHAUMERON, Docteur LOIC BEAUDROIT, Docteur Damien CANDELA, Docteur BENJAMIN GARNAUD</t>
+    <t>Docteur NANS ROSSEL, Docteur MICHAELA PENNE, Docteur PASCAL JEANNES, Docteur Yann BRETHÉ, Docteur MARC GROSSETETE, Docteur JEROME DURET, Docteur SOPHIE BIBI, Docteur SEBASTIEN BERTRAN, Docteur ERIC VEYRAT, Docteur STEPHANIE PALLANCHER, Docteur BERENGERE ETESSE, Docteur MARYSE BANACHE, Docteur PATRICK MAYO, Docteur MATHILDE CHARAVEL, Docteur ARNAUD CHAUMERON, Docteur LOIC BEAUDROIT, Docteur Damien CANDELA, Docteur BENJAMIN GARNAUD</t>
   </si>
   <si>
     <t>Équipe de Radiologie et Imagerie médicale CHU NIMES CAREMEAU  (30)</t>
   </si>
   <si>
     <t>24/02/2022 08:36:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319862/fr/equipe-de-radiologie-et-imagerie-medicale-chu-nimes-caremeau-30</t>
   </si>
   <si>
     <t>p_3319862</t>
   </si>
   <si>
     <t>16 September 2023</t>
   </si>
   <si>
     <t>CHU NIMES CAREMEAU</t>
   </si>
   <si>
     <t>300782117</t>
   </si>
   <si>
-    <t>Docteur NICOLAS MENJOT DE CHAMPFLEUR, Docteur SERGE OVTCHINNIKOFF, Docteur ANA MIHAILA, Docteur ELISE ARCIS, Docteur HAITHAM SHARARA, Docteur PIERRE VIALA, Docteur JEAN GOUPIL, Docteur MELINEE LINARD, Docteur CORNELIA FREITAG, Docteur JULIEN FRANDON, Docteur STEFANIA BICUTI, Professeur JEAN-PAUL BEREGI, Docteur ANCUTA SIVU</t>
+    <t>Docteur Skander SAMMOUD, Docteur NICOLAS MENJOT DE CHAMPFLEUR, Docteur SERGE OVTCHINNIKOFF, Docteur ANA MIHAILA, Docteur ELISE ARCIS, Docteur HAITHAM SHARARA, Docteur PIERRE VIALA, Docteur JEAN GOUPIL, Docteur MELINEE LINARD, Docteur CORNELIA FREITAG, Docteur JULIEN FRANDON, Docteur STEFANIA BICUTI, Professeur JEAN-PAUL BEREGI, Docteur ANCUTA SIVU, Docteur Ghizlane TOUIMI BENJELLOUN, Docteur Tarek KAMMOUN, Docteur Adrien ZOPPARDO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">