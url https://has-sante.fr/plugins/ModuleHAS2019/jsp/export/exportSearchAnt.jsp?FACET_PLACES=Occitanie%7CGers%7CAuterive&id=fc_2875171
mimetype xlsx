--- v0 (2025-12-02)
+++ v1 (2026-01-17)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="55">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -126,53 +126,50 @@
     <t>0562656612</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>320780323</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>AAIR UAD UDM DD PAVIE</t>
   </si>
   <si>
     <t>21/01/2025 10:16:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3704_FicheEtablissement/fr/aair-uad-udm-dd-pavie</t>
   </si>
   <si>
     <t>3704_FicheEtablissement</t>
-  </si>
-[...1 lines deleted...]
-    <t>petit</t>
   </si>
   <si>
     <t>1 Rue Du Junquet</t>
   </si>
   <si>
     <t>32550 PAVIE</t>
   </si>
   <si>
     <t>PAVIE</t>
   </si>
   <si>
     <t>0561161100</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>320784515</t>
   </si>
   <si>
     <t>CRF LA REVISCOLADA DU GRAND SUD OUEST MONTEGUT</t>
   </si>
   <si>
     <t>21/01/2025 10:18:03</t>
   </si>
@@ -383,141 +380,141 @@
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" t="s">
         <v>36</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>37</v>
       </c>
       <c r="H3" t="s">
         <v>38</v>
       </c>
       <c r="I3" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" t="s">
         <v>39</v>
       </c>
-      <c r="J3" t="s">
+      <c r="K3" t="s">
         <v>40</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="M3" t="s">
         <v>29</v>
       </c>
       <c r="N3" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="O3" t="s">
         <v>22</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="R3" t="s">
         <v>31</v>
       </c>
       <c r="S3" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
         <v>46</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" t="s">
         <v>47</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="I4" t="s">
         <v>26</v>
       </c>
       <c r="J4" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="K4" t="s">
         <v>27</v>
       </c>
       <c r="L4" t="s">
         <v>28</v>
       </c>
       <c r="M4" t="s">
         <v>29</v>
       </c>
       <c r="N4" t="s">
+        <v>50</v>
+      </c>
+      <c r="O4" t="s">
+        <v>22</v>
+      </c>
+      <c r="P4" t="s">
         <v>51</v>
       </c>
-      <c r="O4" t="s">
-[...2 lines deleted...]
-      <c r="P4" t="s">
+      <c r="Q4" t="s">
         <v>52</v>
       </c>
-      <c r="Q4" t="s">
+      <c r="R4" t="s">
+        <v>51</v>
+      </c>
+      <c r="S4" t="s">
         <v>53</v>
       </c>
-      <c r="R4" t="s">
-[...2 lines deleted...]
-      <c r="S4" t="s">
+      <c r="T4" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>