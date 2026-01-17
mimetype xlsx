--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="324" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="137">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -308,141 +308,99 @@
   <si>
     <t>p_3413764</t>
   </si>
   <si>
     <t>KORAHANIS</t>
   </si>
   <si>
     <t>Nicolas</t>
   </si>
   <si>
     <t>06 June 2024</t>
   </si>
   <si>
     <t>CL ST JEAN SUD DE FRANCE,CL ST LOUIS GANGES</t>
   </si>
   <si>
     <t>34433,34190</t>
   </si>
   <si>
     <t>ST JEAN DE VEDAS,GANGES</t>
   </si>
   <si>
     <t>340024314,340780717</t>
   </si>
   <si>
-    <t>Docteur ERIC WILLIAM ESSOME NDOUMBE</t>
-[...17 lines deleted...]
-    <t>21 July 2022</t>
+    <t>Docteur Vincent ABD EL FATTAH</t>
+  </si>
+  <si>
+    <t>07/05/2021 10:31:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265224/fr/docteur-vincent-abd-el-fattah</t>
+  </si>
+  <si>
+    <t>p_3265224</t>
+  </si>
+  <si>
+    <t>ABD EL FATTAH</t>
+  </si>
+  <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>Docteur MEHDI TERKI</t>
+  </si>
+  <si>
+    <t>02/04/2021 09:31:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259414/fr/docteur-mehdi-terki</t>
+  </si>
+  <si>
+    <t>p_3259414</t>
+  </si>
+  <si>
+    <t>TERKI</t>
+  </si>
+  <si>
+    <t>MEHDI</t>
+  </si>
+  <si>
+    <t>19 December 2024</t>
   </si>
   <si>
     <t>CL ST LOUIS GANGES</t>
   </si>
   <si>
     <t>34190</t>
   </si>
   <si>
     <t>GANGES</t>
   </si>
   <si>
     <t>340780717</t>
-  </si>
-[...58 lines deleted...]
-    <t>29 December 2020</t>
   </si>
   <si>
     <t>Docteur JULIEN BOURLEZ</t>
   </si>
   <si>
     <t>27/11/2020 10:32:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3220909/fr/docteur-julien-bourlez</t>
   </si>
   <si>
     <t>p_3220909</t>
   </si>
   <si>
     <t>BOURLEZ</t>
   </si>
   <si>
     <t>JULIEN</t>
   </si>
   <si>
     <t>26 November 2020</t>
   </si>
   <si>
     <t>Docteur Laurent LATARGEZ</t>
   </si>
@@ -512,51 +470,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R19"/>
+  <dimension ref="A1:R17"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1231,394 +1189,282 @@
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
         <v>101</v>
       </c>
       <c r="H13" t="s">
         <v>102</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
         <v>103</v>
       </c>
       <c r="L13" t="s">
         <v>104</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="O13" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="P13" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
       <c r="Q13" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="R13" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>106</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>107</v>
+      </c>
+      <c r="H14" t="s">
+        <v>108</v>
+      </c>
+      <c r="I14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J14" t="s">
+        <v>24</v>
+      </c>
+      <c r="K14" t="s">
+        <v>109</v>
+      </c>
+      <c r="L14" t="s">
         <v>110</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="M14" t="s">
+        <v>20</v>
+      </c>
+      <c r="N14" t="s">
         <v>111</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="O14" t="s">
         <v>112</v>
       </c>
-      <c r="H14" t="s">
+      <c r="P14" t="s">
         <v>113</v>
       </c>
-      <c r="I14" t="n">
-[...5 lines deleted...]
-      <c r="K14" t="s">
+      <c r="Q14" t="s">
         <v>114</v>
       </c>
-      <c r="L14" t="s">
+      <c r="R14" t="s">
         <v>115</v>
-      </c>
-[...16 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
         <v>116</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
         <v>117</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
         <v>118</v>
       </c>
       <c r="H15" t="s">
         <v>119</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
         <v>120</v>
       </c>
       <c r="L15" t="s">
         <v>121</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
         <v>122</v>
       </c>
       <c r="O15" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="P15" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="Q15" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="R15" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
         <v>123</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
         <v>124</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
         <v>125</v>
       </c>
       <c r="H16" t="s">
         <v>126</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
         <v>127</v>
       </c>
       <c r="L16" t="s">
         <v>128</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
         <v>129</v>
       </c>
       <c r="O16" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="P16" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="Q16" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="R16" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
         <v>130</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
         <v>131</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
         <v>132</v>
       </c>
       <c r="H17" t="s">
         <v>133</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>134</v>
       </c>
       <c r="L17" t="s">
         <v>135</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
         <v>136</v>
       </c>
       <c r="O17" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="P17" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="Q17" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="R17" t="s">
-        <v>109</v>
-[...111 lines deleted...]
-        <v>109</v>
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>