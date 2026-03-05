--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="136">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -377,93 +377,90 @@
   <si>
     <t>GANGES</t>
   </si>
   <si>
     <t>340780717</t>
   </si>
   <si>
     <t>Docteur JULIEN BOURLEZ</t>
   </si>
   <si>
     <t>27/11/2020 10:32:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3220909/fr/docteur-julien-bourlez</t>
   </si>
   <si>
     <t>p_3220909</t>
   </si>
   <si>
     <t>BOURLEZ</t>
   </si>
   <si>
     <t>JULIEN</t>
   </si>
   <si>
-    <t>26 November 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Laurent LATARGEZ</t>
   </si>
   <si>
     <t>17/01/2017 17:32:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2739933/fr/docteur-laurent-latargez</t>
   </si>
   <si>
     <t>c_2739933</t>
   </si>
   <si>
     <t>LATARGEZ</t>
   </si>
   <si>
     <t>Laurent</t>
   </si>
   <si>
     <t>17 November 2022</t>
   </si>
   <si>
     <t>Docteur Edouard MUNINI</t>
   </si>
   <si>
     <t>08/11/2016 11:35:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712630/fr/docteur-edouard-munini</t>
   </si>
   <si>
     <t>c_2712630</t>
   </si>
   <si>
     <t>MUNINI</t>
   </si>
   <si>
     <t>Edouard</t>
   </si>
   <si>
-    <t>25 November 2021</t>
+    <t>18 December 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1301,163 +1298,163 @@
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
         <v>118</v>
       </c>
       <c r="H15" t="s">
         <v>119</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
         <v>120</v>
       </c>
       <c r="L15" t="s">
         <v>121</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="O15" t="s">
         <v>112</v>
       </c>
       <c r="P15" t="s">
         <v>113</v>
       </c>
       <c r="Q15" t="s">
         <v>114</v>
       </c>
       <c r="R15" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
         <v>123</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
         <v>124</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>125</v>
       </c>
-      <c r="H16" t="s">
+      <c r="I16" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K16" t="s">
         <v>126</v>
       </c>
-      <c r="I16" t="n">
-[...5 lines deleted...]
-      <c r="K16" t="s">
+      <c r="L16" t="s">
         <v>127</v>
       </c>
-      <c r="L16" t="s">
+      <c r="M16" t="s">
+        <v>20</v>
+      </c>
+      <c r="N16" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
       <c r="O16" t="s">
         <v>112</v>
       </c>
       <c r="P16" t="s">
         <v>113</v>
       </c>
       <c r="Q16" t="s">
         <v>114</v>
       </c>
       <c r="R16" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
         <v>130</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
         <v>131</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>132</v>
       </c>
-      <c r="H17" t="s">
+      <c r="I17" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J17" t="s">
+        <v>24</v>
+      </c>
+      <c r="K17" t="s">
         <v>133</v>
       </c>
-      <c r="I17" t="n">
-[...5 lines deleted...]
-      <c r="K17" t="s">
+      <c r="L17" t="s">
         <v>134</v>
       </c>
-      <c r="L17" t="s">
+      <c r="M17" t="s">
+        <v>20</v>
+      </c>
+      <c r="N17" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="O17" t="s">
         <v>112</v>
       </c>
       <c r="P17" t="s">
         <v>113</v>
       </c>
       <c r="Q17" t="s">
         <v>114</v>
       </c>
       <c r="R17" t="s">
         <v>115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>