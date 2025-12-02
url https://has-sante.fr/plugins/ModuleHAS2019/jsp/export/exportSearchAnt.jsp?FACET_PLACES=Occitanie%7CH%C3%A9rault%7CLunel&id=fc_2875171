--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,59 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="116">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -282,96 +285,171 @@
     <t>Majd</t>
   </si>
   <si>
     <t>06 June 2024</t>
   </si>
   <si>
     <t>Docteur Jean-baptiste SAUGET</t>
   </si>
   <si>
     <t>08/11/2016 11:30:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709077/fr/docteur-jean-baptiste-sauget</t>
   </si>
   <si>
     <t>c_2709077</t>
   </si>
   <si>
     <t>SAUGET</t>
   </si>
   <si>
     <t>Jean-baptiste</t>
   </si>
   <si>
     <t>27 May 2021</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CH POLE DE SANTE DE LUNEL (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1071_FicheEtablissement/fr/ch-pole-de-sante-de-lunel</t>
+  </si>
+  <si>
+    <t>1071_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>34403 LUNEL</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>0467877100</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -844,41 +922,179 @@
       </c>
       <c r="L9" t="s">
         <v>89</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
         <v>90</v>
       </c>
       <c r="O9" t="s">
         <v>50</v>
       </c>
       <c r="P9" t="s">
         <v>51</v>
       </c>
       <c r="Q9" t="s">
         <v>52</v>
       </c>
       <c r="R9" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>91</v>
+      </c>
+      <c r="J1" t="s">
+        <v>92</v>
+      </c>
+      <c r="K1" t="s">
+        <v>93</v>
+      </c>
+      <c r="L1" t="s">
+        <v>94</v>
+      </c>
+      <c r="M1" t="s">
+        <v>95</v>
+      </c>
+      <c r="N1" t="s">
+        <v>96</v>
+      </c>
+      <c r="O1" t="s">
+        <v>97</v>
+      </c>
+      <c r="P1" t="s">
+        <v>98</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>99</v>
+      </c>
+      <c r="R1" t="s">
+        <v>100</v>
+      </c>
+      <c r="S1" t="s">
+        <v>101</v>
+      </c>
+      <c r="T1" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B2" t="s">
+        <v>104</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>106</v>
+      </c>
+      <c r="H2" t="s">
+        <v>107</v>
+      </c>
+      <c r="I2" t="s">
+        <v>108</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>109</v>
+      </c>
+      <c r="L2" t="s">
+        <v>41</v>
+      </c>
+      <c r="M2" t="s">
+        <v>110</v>
+      </c>
+      <c r="N2" t="s">
+        <v>111</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>113</v>
+      </c>
+      <c r="R2" t="s">
+        <v>114</v>
+      </c>
+      <c r="S2" t="s">
+        <v>42</v>
+      </c>
+      <c r="T2" t="s">
+        <v>115</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>