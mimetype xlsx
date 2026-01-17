--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -326,57 +326,57 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CH POLE DE SANTE DE LUNEL (HOP PROXIMITE)</t>
+    <t>CH LUNEL (HOP PROXIMITE)</t>
   </si>
   <si>
     <t>21/01/2025 10:16:15</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1071_FicheEtablissement/fr/ch-pole-de-sante-de-lunel</t>
+    <t>https://www.has-sante.fr/jcms/1071_FicheEtablissement/fr/ch-lunel</t>
   </si>
   <si>
     <t>1071_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>34403 LUNEL</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>0467877100</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>Public</t>
   </si>