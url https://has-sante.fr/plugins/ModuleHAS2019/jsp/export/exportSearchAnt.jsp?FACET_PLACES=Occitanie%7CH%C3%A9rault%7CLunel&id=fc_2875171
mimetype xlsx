--- v2 (2026-01-17)
+++ v3 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="211" uniqueCount="122">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -71,119 +71,149 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur JULIE OUAKI</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>24/02/2026 15:16:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3878253/fr/docteur-julie-ouaki</t>
+  </si>
+  <si>
+    <t>p_3878253</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>OUAKI</t>
+  </si>
+  <si>
+    <t>JULIE</t>
+  </si>
+  <si>
+    <t>26 February 2026</t>
+  </si>
+  <si>
+    <t>CL VIA DOMITIA POLE SANTE DE LUNEL</t>
+  </si>
+  <si>
+    <t>34400</t>
+  </si>
+  <si>
+    <t>LUNEL</t>
+  </si>
+  <si>
+    <t>340780725</t>
+  </si>
+  <si>
     <t>Docteur Marcel BÄUMLER</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>17/01/2025 13:30:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578769/fr/docteur-marcel-baumler</t>
   </si>
   <si>
     <t>p_3578769</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>BÄUMLER</t>
   </si>
   <si>
     <t>Marcel</t>
   </si>
   <si>
     <t>16 January 2025</t>
   </si>
   <si>
     <t>CHU NIMES CAREMEAU,CL VIA DOMITIA POLE SANTE DE LUNEL</t>
   </si>
   <si>
     <t>30029,34400</t>
   </si>
   <si>
     <t>NIMES CEDEX 9,LUNEL</t>
   </si>
   <si>
     <t>300782117,340780725</t>
   </si>
   <si>
     <t>Docteur OLIVIER JAULMES</t>
   </si>
   <si>
     <t>20/07/2023 16:33:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3454171/fr/docteur-olivier-jaulmes</t>
   </si>
   <si>
     <t>p_3454171</t>
   </si>
   <si>
     <t>JAULMES</t>
   </si>
   <si>
     <t>OLIVIER</t>
   </si>
   <si>
-    <t>20 July 2023</t>
+    <t>26 June 2025</t>
   </si>
   <si>
     <t>CH POLE DE SANTE DE LUNEL</t>
   </si>
   <si>
     <t>34403</t>
   </si>
   <si>
-    <t>LUNEL</t>
-[...1 lines deleted...]
-  <si>
     <t>340000231</t>
   </si>
   <si>
     <t>Docteur Nicolas HENRY</t>
   </si>
   <si>
     <t>14/10/2022 16:31:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3378275/fr/docteur-nicolas-henry</t>
   </si>
   <si>
     <t>p_3378275</t>
   </si>
   <si>
     <t>HENRY</t>
   </si>
   <si>
     <t>Nicolas</t>
   </si>
   <si>
     <t>13 October 2022</t>
   </si>
   <si>
     <t>CL DU PARC CASTELNAU LE LEZ,CL VIA DOMITIA POLE SANTE DE LUNEL</t>
@@ -194,78 +224,69 @@
   <si>
     <t>CASTELNAU LE LEZ,LUNEL</t>
   </si>
   <si>
     <t>340780667,340780725</t>
   </si>
   <si>
     <t>Docteur CHRYSTEL CONSTANS</t>
   </si>
   <si>
     <t>14/10/2022 16:32:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3378623/fr/docteur-chrystel-constans</t>
   </si>
   <si>
     <t>p_3378623</t>
   </si>
   <si>
     <t>CONSTANS</t>
   </si>
   <si>
     <t>CHRYSTEL</t>
   </si>
   <si>
-    <t>CL VIA DOMITIA POLE SANTE DE LUNEL</t>
-[...7 lines deleted...]
-  <si>
     <t>Docteur DIDIER MORAU</t>
   </si>
   <si>
     <t>27/11/2020 10:32:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3220895/fr/docteur-didier-morau</t>
   </si>
   <si>
     <t>p_3220895</t>
   </si>
   <si>
     <t>MORAU</t>
   </si>
   <si>
     <t>DIDIER</t>
   </si>
   <si>
-    <t>26 November 2020</t>
+    <t>19 December 2024</t>
   </si>
   <si>
     <t>Docteur Omar NAJI</t>
   </si>
   <si>
     <t>14/06/2018 11:32:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2856397/fr/docteur-omar-naji</t>
   </si>
   <si>
     <t>c_2856397</t>
   </si>
   <si>
     <t>NAJI</t>
   </si>
   <si>
     <t>Omar</t>
   </si>
   <si>
     <t>21 July 2022</t>
   </si>
   <si>
     <t>Docteur Majd HAMOUI</t>
   </si>
@@ -282,53 +303,50 @@
     <t>HAMOUI</t>
   </si>
   <si>
     <t>Majd</t>
   </si>
   <si>
     <t>06 June 2024</t>
   </si>
   <si>
     <t>Docteur Jean-baptiste SAUGET</t>
   </si>
   <si>
     <t>08/11/2016 11:30:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709077/fr/docteur-jean-baptiste-sauget</t>
   </si>
   <si>
     <t>c_2709077</t>
   </si>
   <si>
     <t>SAUGET</t>
   </si>
   <si>
     <t>Jean-baptiste</t>
-  </si>
-[...1 lines deleted...]
-    <t>27 May 2021</t>
   </si>
   <si>
     <t>Taille établissement</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
@@ -410,51 +428,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R9"/>
+  <dimension ref="A1:R10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -634,467 +652,523 @@
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
         <v>47</v>
       </c>
       <c r="L4" t="s">
         <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
         <v>49</v>
       </c>
       <c r="O4" t="s">
         <v>50</v>
       </c>
       <c r="P4" t="s">
         <v>51</v>
       </c>
       <c r="Q4" t="s">
+        <v>30</v>
+      </c>
+      <c r="R4" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
         <v>54</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>55</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
+        <v>57</v>
+      </c>
+      <c r="L5" t="s">
         <v>58</v>
       </c>
-      <c r="L5" t="s">
+      <c r="M5" t="s">
+        <v>20</v>
+      </c>
+      <c r="N5" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="O5" t="s">
         <v>60</v>
       </c>
       <c r="P5" t="s">
         <v>61</v>
       </c>
       <c r="Q5" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="R5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="O6" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="P6" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="Q6" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R6" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>70</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>71</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>72</v>
       </c>
       <c r="H7" t="s">
         <v>73</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
         <v>74</v>
       </c>
       <c r="L7" t="s">
         <v>75</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
         <v>76</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="Q7" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R7" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>77</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
         <v>78</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
         <v>79</v>
       </c>
       <c r="H8" t="s">
         <v>80</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
         <v>81</v>
       </c>
       <c r="L8" t="s">
         <v>82</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
         <v>83</v>
       </c>
       <c r="O8" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="P8" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="Q8" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="R8" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>84</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
         <v>85</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
         <v>86</v>
       </c>
       <c r="H9" t="s">
         <v>87</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
         <v>88</v>
       </c>
       <c r="L9" t="s">
         <v>89</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
         <v>90</v>
       </c>
       <c r="O9" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="P9" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="Q9" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="R9" t="s">
-        <v>53</v>
+        <v>63</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>92</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>93</v>
+      </c>
+      <c r="H10" t="s">
+        <v>94</v>
+      </c>
+      <c r="I10" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K10" t="s">
+        <v>95</v>
+      </c>
+      <c r="L10" t="s">
+        <v>96</v>
+      </c>
+      <c r="M10" t="s">
+        <v>20</v>
+      </c>
+      <c r="N10" t="s">
+        <v>49</v>
+      </c>
+      <c r="O10" t="s">
+        <v>60</v>
+      </c>
+      <c r="P10" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>62</v>
+      </c>
+      <c r="R10" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="J1" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="K1" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="L1" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="M1" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="N1" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="O1" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="P1" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="Q1" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="R1" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="S1" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="T1" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="B2" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="H2" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="I2" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="J2" t="s">
         <v>20</v>
       </c>
       <c r="K2" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="L2" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="M2" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="N2" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="Q2" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="R2" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="S2" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="T2" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>