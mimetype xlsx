--- v0 (2025-12-02)
+++ v1 (2026-01-17)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="70">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -80,84 +80,84 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE STELLA</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/02/2025 16:19:20</t>
+    <t>17/12/2025 13:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1109_FicheEtablissement/fr/cl-stella-verargues</t>
   </si>
   <si>
     <t>1109_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>34400 ENTRE VIGNES</t>
   </si>
   <si>
     <t>ENTRE VIGNES</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>0499636363</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>340780782</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>CLINIQUE VIA DOMITIA</t>
   </si>
   <si>
     <t>21/01/2025 10:15:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1105_FicheEtablissement/fr/cl-via-domitia-pole-sante-de-lunel</t>
   </si>
   <si>
     <t>1105_FicheEtablissement</t>
   </si>
   <si>
     <t>34400 LUNEL</t>
   </si>
   <si>
     <t>LUNEL</t>
   </si>
   <si>
     <t>0467919200</t>
   </si>
   <si>
     <t>Chirurgie, Médecine</t>
   </si>
@@ -200,72 +200,69 @@
   <si>
     <t>GCS CENTRE SMR AMBRUSSUM</t>
   </si>
   <si>
     <t>24/04/2024 12:38:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5041_FicheEtablissement/fr/gcs-centre-smr-ambrussum-lunel</t>
   </si>
   <si>
     <t>5041_FicheEtablissement</t>
   </si>
   <si>
     <t>0467919223</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>340023258</t>
   </si>
   <si>
-    <t>AUTODIALYSE DE LUNEL NEPHROCARE LUNEL</t>
+    <t>NEPHROCARE UAD UDM POLE DE SANTE LUNEL NEWCO 4</t>
   </si>
   <si>
     <t>16/06/2023 15:56:36</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3739_FicheEtablissement/fr/nephrocare-uad-pol-sante-lunel-newco-4</t>
+    <t>https://www.has-sante.fr/jcms/3739_FicheEtablissement/fr/nephrocare-uad-udm-sante-lunel-newco4</t>
   </si>
   <si>
     <t>3739_FicheEtablissement</t>
   </si>
   <si>
     <t>0467919231</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>340016005</t>
-  </si>
-[...1 lines deleted...]
-    <t>Établissements certifiés avec mention</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -647,46 +644,46 @@
       <c r="L6" t="s">
         <v>40</v>
       </c>
       <c r="M6" t="s">
         <v>29</v>
       </c>
       <c r="N6" t="s">
         <v>67</v>
       </c>
       <c r="O6" t="s">
         <v>22</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>68</v>
       </c>
       <c r="R6" t="s">
         <v>31</v>
       </c>
       <c r="S6" t="s">
         <v>69</v>
       </c>
       <c r="T6" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>