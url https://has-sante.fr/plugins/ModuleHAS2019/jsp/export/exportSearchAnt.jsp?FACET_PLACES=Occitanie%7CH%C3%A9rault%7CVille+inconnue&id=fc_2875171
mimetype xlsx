--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -104,189 +104,189 @@
   <si>
     <t>Docteur Laurent PASSEBOIS, Docteur MARIE SELVY, Docteur ANTOINE GAUTIER, Docteur ANDREAS KUBO, Docteur Giorgia MASTRONICOLA</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CL CLEMENTVILLE MONTPELLIER  (34)</t>
   </si>
   <si>
     <t>13/09/2024 15:30:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3540557/fr/equipe-d-anesthesie-reanimation-cl-clementville-montpellier-34</t>
   </si>
   <si>
     <t>p_3540557</t>
   </si>
   <si>
     <t>25 July 2024</t>
   </si>
   <si>
     <t>CL CLEMENTVILLE MONTPELLIER</t>
   </si>
   <si>
     <t>340780675</t>
   </si>
   <si>
-    <t>Docteur ROMAN ROZOV, Docteur PAUL MAMENI, Docteur GEORGES ROBIN, Docteur ROMAIN DELANNOY, Docteur MARGAUX ARTIGUENAVE, Docteur ISABELLE GAUDET-FERRAND, Docteur Komlan-jacques ALAWOE, Docteur SEVERIN RAMIN, Docteur CHARLOTTE VANNUCCI</t>
+    <t>Docteur ROMAN ROZOV, Docteur PAUL MAMENI, Docteur GEORGES ROBIN, Docteur ROMAIN DELANNOY, Docteur MARGAUX ARTIGUENAVE, Docteur ISABELLE GAUDET-FERRAND, Docteur Komlan-jacques ALAWOE, Docteur Nikolaos  SURCIN-TSEKOURAS, Docteur SEVERIN RAMIN, Docteur CHARLOTTE VANNUCCI</t>
   </si>
   <si>
     <t>Équipe de Chirurgie urologique CL ST JEAN SUD DE FRANCE  (34)</t>
   </si>
   <si>
     <t>22/04/2024 16:31:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3509521/fr/equipe-de-chirurgie-urologique-cl-st-jean-sud-de-france-34</t>
   </si>
   <si>
     <t>p_3509521</t>
   </si>
   <si>
     <t>13 April 2024</t>
   </si>
   <si>
     <t>CL ST JEAN SUD DE FRANCE</t>
   </si>
   <si>
     <t>340024314</t>
   </si>
   <si>
-    <t>Docteur Vincent ABD EL FATTAH, Docteur Nicolas KORAHANIS</t>
+    <t>Docteur SAMER ABDEL-HAMID, Docteur BRUNO SEGUI, Docteur Vincent ABD EL FATTAH, Docteur Nicolas KORAHANIS</t>
   </si>
   <si>
     <t>Équipe de Radiologie et Imagerie médicale HOPITAL ARNAUD DE VILLENEUVE CHU MPT  (34)</t>
   </si>
   <si>
     <t>22/04/2024 17:32:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3510536/fr/equipe-de-radiologie-et-imagerie-medicale-hopital-arnaud-de-villeneuve-chu-mpt-34</t>
   </si>
   <si>
     <t>p_3510536</t>
   </si>
   <si>
     <t>30 January 2024</t>
   </si>
   <si>
     <t>HOPITAL ARNAUD DE VILLENEUVE CHU MPT</t>
   </si>
   <si>
     <t>340796663</t>
   </si>
   <si>
     <t>Professeur HELENE VERNHET, Docteur JULIETTE VANOVERSCHELDE, Docteur SEBASTIEN BOMMART, Docteur VALERIE MONNIN-BARES, Docteur HAMID ZARQANE</t>
   </si>
   <si>
     <t>Équipe de Radiologie et Imagerie médicale HOPITAL LAPEYRONIE CHU MONTPELLIER  (34)</t>
   </si>
   <si>
     <t>14/10/2022 16:32:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3378448/fr/equipe-de-radiologie-et-imagerie-medicale-hopital-lapeyronie-chu-montpellier-34</t>
   </si>
   <si>
     <t>p_3378448</t>
   </si>
   <si>
     <t>08 September 2022</t>
   </si>
   <si>
     <t>HOPITAL LAPEYRONIE CHU MONTPELLIER</t>
   </si>
   <si>
     <t>340785161</t>
   </si>
   <si>
-    <t>Docteur YANN THOUVENIN, Docteur EMMANUELLE PAGES BOUIC, Docteur CLAIRE FAGET, Docteur CATHERINE CYTEVAL, Docteur Juliette COUTUREAU, Docteur CAROLINE MANDOUL, Professeur INGRID MILLET, Docteur MARIE-PIERRE BARON-SARRABERE, Professeur PATRICE TAOUREL, Docteur CECILE VERHEYDEN, Docteur MARIE CURROS-DOYON, Docteur JESSICA DELEBECQ</t>
+    <t>Docteur YANN THOUVENIN, Docteur EMMANUELLE PAGES BOUIC, Docteur CLAIRE FAGET, Professeur CATHERINE CYTEVAL, Docteur Juliette COUTUREAU, Docteur CAROLINE MANDOUL, Professeur INGRID MILLET, Docteur MARIE-PIERRE BARON-SARRABERE, Professeur PATRICE TAOUREL, Docteur CECILE VERHEYDEN, Docteur MARIE CURROS-DOYON, Docteur JESSICA DELEBECQ</t>
   </si>
   <si>
     <t>Équipe de Radiologie et Imagerie médicale CH BEZIERS  (34)</t>
   </si>
   <si>
     <t>21/07/2022 18:32:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3355994/fr/equipe-de-radiologie-et-imagerie-medicale-ch-beziers-34</t>
   </si>
   <si>
     <t>p_3355994</t>
   </si>
   <si>
     <t>11 June 2022</t>
   </si>
   <si>
-    <t>Docteur SAMIR BENDAHOU, Docteur Lucian SAFTOIU, Docteur JEAN-CHRISTOPHE THIBAUD, Docteur NATACHA FABRE-DUPREZ, Docteur GABRIEL RAZAKAMAHEFA, Docteur JEAN-LOUIS KHODR, Docteur GILLES ROUAUD, Docteur MARTINE JACOTIN</t>
+    <t>Docteur SAMIR BENDAHOU, Docteur Lucian SAFTOIU, Docteur JEAN-CHRISTOPHE THIBAUD, Docteur NATACHA FABRE-DUPREZ, Docteur GABRIEL RAZAKAMAHEFA, Docteur Jihane ALOUI, Docteur JEAN-LOUIS KHODR, Docteur GILLES ROUAUD, Docteur MARTINE JACOTIN</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CL DU MILLENAIRE MONTPELLIER  (34)</t>
   </si>
   <si>
     <t>24/02/2022 08:34:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319164/fr/equipe-d-anesthesie-reanimation-cl-du-millenaire-montpellier-34</t>
   </si>
   <si>
     <t>p_3319164</t>
   </si>
   <si>
     <t>10 October 2023</t>
   </si>
   <si>
     <t>CL DU MILLENAIRE MONTPELLIER</t>
   </si>
   <si>
     <t>340015502</t>
   </si>
   <si>
-    <t>Docteur Arnaud ROUSSIAUX, Docteur Constantin HALCHINI, Docteur NICOLAS DUCROCQ, Docteur MARION LALANDE, Docteur Jean-yves max BIGEON, Docteur Ilham AGLIME, Docteur PIERRE SENTENAC, Docteur EMMANUEL LORNE, Docteur CHRISTELLE CHARPENTIER, Docteur Aurélien CANON</t>
+    <t>Docteur Arnaud ROUSSIAUX, Docteur Constantin HALCHINI, Docteur NICOLAS DUCROCQ, Docteur MARION LALANDE, Docteur Jean-yves max BIGEON, Docteur Ilham AGLIME, Docteur PIERRE SENTENAC, Docteur EMMANUEL LORNE, Docteur CHRISTELLE CHARPENTIER, Docteur Aurélien CANON, Docteur Vincent BERTHOD</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation POLYCL ST PRIVAT BOUJAN SUR LIBRON  (34)</t>
   </si>
   <si>
     <t>24/02/2022 08:34:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319196/fr/equipe-d-anesthesie-reanimation-polycl-st-privat-boujan-sur-libron-34</t>
   </si>
   <si>
     <t>p_3319196</t>
   </si>
   <si>
-    <t>15 October 2021</t>
+    <t>21 November 2025</t>
   </si>
   <si>
     <t>POLYCL ST PRIVAT BOUJAN SUR LIBRON</t>
   </si>
   <si>
     <t>340015965</t>
   </si>
   <si>
-    <t>Docteur SOPHIE ANSELIN, Docteur Jean-pierre MULLER, Docteur JORDY BONFILS, Docteur SIDI MOHAMMED BENHALIMA, Docteur SERTAC KARATAS, Docteur Thibaut PAILLET, Docteur MOHAMAD CHEHAB, Docteur FABRICE MENGHINI, Docteur ARTURO CALVINO IGLESIAS</t>
+    <t>Docteur SOPHIE ANSELIN, Docteur Jean-pierre MULLER, Docteur JORDY BONFILS, Docteur SIDI MOHAMMED BENHALIMA, Docteur SERTAC KARATAS, Docteur Thibaut PAILLET, Docteur MOHAMAD CHEHAB, Docteur ARTURO CALVINO IGLESIAS</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CL DU PARC CASTELNAU LE LEZ  (34)</t>
   </si>
   <si>
     <t>24/02/2022 08:34:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319340/fr/equipe-d-anesthesie-reanimation-cl-du-parc-castelnau-le-lez-34</t>
   </si>
   <si>
     <t>p_3319340</t>
   </si>
   <si>
     <t>01 November 2023</t>
   </si>
   <si>
     <t>CL DU PARC CASTELNAU LE LEZ</t>
   </si>
   <si>
     <t>340780667</t>
   </si>
   <si>
     <t>Docteur GEORGES BRUNAT, Docteur Antoine PIANEZZA, Docteur Jean michel JULIA, Docteur DELPHINE CANDILLE, Docteur MARC ALEZRAH, Docteur ETIENNE IMHOFF, Docteur OLIVIER ATTARD, Docteur MATTHIEU PONROUCH, Docteur PIERRE CAVADORE</t>
   </si>