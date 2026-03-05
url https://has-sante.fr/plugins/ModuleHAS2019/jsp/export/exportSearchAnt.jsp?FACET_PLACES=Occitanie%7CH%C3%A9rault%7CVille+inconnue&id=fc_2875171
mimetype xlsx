--- v1 (2026-01-07)
+++ v2 (2026-03-05)
@@ -9,118 +9,142 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Équipe accréditée" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="195" uniqueCount="121">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Département de l’établissement de santé</t>
   </si>
   <si>
     <t>Code Finess de l’établissement de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
     <t>Équipe accréditée</t>
   </si>
   <si>
+    <t>Équipe de Radiologie et Imagerie médicale ICM MONTPELLIER  (34)</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808574/fr/equipe-de-radiologie-et-imagerie-medicale-icm-montpellier-34</t>
+  </si>
+  <si>
+    <t>p_3808574</t>
+  </si>
+  <si>
+    <t>06 December 2025</t>
+  </si>
+  <si>
+    <t>ICM MONTPELLIER</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>340000207</t>
+  </si>
+  <si>
+    <t>Docteur MATHIEU TEBOUL, Docteur RAPHAEL TETREAU, Docteur GUILLAUME LAFFARGUE, Docteur CORRADO ROVANI</t>
+  </si>
+  <si>
     <t>Équipe de Chirurgie viscérale et digestive CH BEZIERS  (34)</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>14/10/2024 15:31:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3547827/fr/equipe-de-chirurgie-viscerale-et-digestive-ch-beziers-34</t>
   </si>
   <si>
     <t>p_3547827</t>
   </si>
   <si>
     <t>02 October 2024</t>
   </si>
   <si>
     <t>CH BEZIERS</t>
   </si>
   <si>
-    <t>34</t>
-[...1 lines deleted...]
-  <si>
     <t>340000033</t>
   </si>
   <si>
     <t>Docteur Laurent PASSEBOIS, Docteur MARIE SELVY, Docteur ANTOINE GAUTIER, Docteur ANDREAS KUBO, Docteur Giorgia MASTRONICOLA</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CL CLEMENTVILLE MONTPELLIER  (34)</t>
   </si>
   <si>
     <t>13/09/2024 15:30:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3540557/fr/equipe-d-anesthesie-reanimation-cl-clementville-montpellier-34</t>
   </si>
   <si>
     <t>p_3540557</t>
   </si>
   <si>
     <t>25 July 2024</t>
   </si>
   <si>
     <t>CL CLEMENTVILLE MONTPELLIER</t>
   </si>
   <si>
     <t>340780675</t>
@@ -176,51 +200,51 @@
   <si>
     <t>Professeur HELENE VERNHET, Docteur JULIETTE VANOVERSCHELDE, Docteur SEBASTIEN BOMMART, Docteur VALERIE MONNIN-BARES, Docteur HAMID ZARQANE</t>
   </si>
   <si>
     <t>Équipe de Radiologie et Imagerie médicale HOPITAL LAPEYRONIE CHU MONTPELLIER  (34)</t>
   </si>
   <si>
     <t>14/10/2022 16:32:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3378448/fr/equipe-de-radiologie-et-imagerie-medicale-hopital-lapeyronie-chu-montpellier-34</t>
   </si>
   <si>
     <t>p_3378448</t>
   </si>
   <si>
     <t>08 September 2022</t>
   </si>
   <si>
     <t>HOPITAL LAPEYRONIE CHU MONTPELLIER</t>
   </si>
   <si>
     <t>340785161</t>
   </si>
   <si>
-    <t>Docteur YANN THOUVENIN, Docteur EMMANUELLE PAGES BOUIC, Docteur CLAIRE FAGET, Professeur CATHERINE CYTEVAL, Docteur Juliette COUTUREAU, Docteur CAROLINE MANDOUL, Professeur INGRID MILLET, Docteur MARIE-PIERRE BARON-SARRABERE, Professeur PATRICE TAOUREL, Docteur CECILE VERHEYDEN, Docteur MARIE CURROS-DOYON, Docteur JESSICA DELEBECQ</t>
+    <t>Professeur CATHERINE CYTEVAL, Docteur Juliette COUTUREAU, Docteur Ugo CHAMARD--CHAMPLIAUD, Docteur CAROLINE MANDOUL, Docteur MARIE-PIERRE BARON-SARRABERE, Docteur YANN THOUVENIN, Docteur EMMANUELLE PAGES BOUIC, Docteur CLAIRE FAGET, Professeur INGRID MILLET, Docteur Quentin DURAND, Professeur PATRICE TAOUREL, Docteur CECILE VERHEYDEN, Docteur MARIE CURROS-DOYON, Docteur JESSICA DELEBECQ</t>
   </si>
   <si>
     <t>Équipe de Radiologie et Imagerie médicale CH BEZIERS  (34)</t>
   </si>
   <si>
     <t>21/07/2022 18:32:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3355994/fr/equipe-de-radiologie-et-imagerie-medicale-ch-beziers-34</t>
   </si>
   <si>
     <t>p_3355994</t>
   </si>
   <si>
     <t>11 June 2022</t>
   </si>
   <si>
     <t>Docteur SAMIR BENDAHOU, Docteur Lucian SAFTOIU, Docteur JEAN-CHRISTOPHE THIBAUD, Docteur NATACHA FABRE-DUPREZ, Docteur GABRIEL RAZAKAMAHEFA, Docteur Jihane ALOUI, Docteur JEAN-LOUIS KHODR, Docteur GILLES ROUAUD, Docteur MARTINE JACOTIN</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CL DU MILLENAIRE MONTPELLIER  (34)</t>
   </si>
   <si>
     <t>24/02/2022 08:34:17</t>
   </si>
@@ -266,63 +290,63 @@
   <si>
     <t>Docteur SOPHIE ANSELIN, Docteur Jean-pierre MULLER, Docteur JORDY BONFILS, Docteur SIDI MOHAMMED BENHALIMA, Docteur SERTAC KARATAS, Docteur Thibaut PAILLET, Docteur MOHAMAD CHEHAB, Docteur ARTURO CALVINO IGLESIAS</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CL DU PARC CASTELNAU LE LEZ  (34)</t>
   </si>
   <si>
     <t>24/02/2022 08:34:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319340/fr/equipe-d-anesthesie-reanimation-cl-du-parc-castelnau-le-lez-34</t>
   </si>
   <si>
     <t>p_3319340</t>
   </si>
   <si>
     <t>01 November 2023</t>
   </si>
   <si>
     <t>CL DU PARC CASTELNAU LE LEZ</t>
   </si>
   <si>
     <t>340780667</t>
   </si>
   <si>
-    <t>Docteur GEORGES BRUNAT, Docteur Antoine PIANEZZA, Docteur Jean michel JULIA, Docteur DELPHINE CANDILLE, Docteur MARC ALEZRAH, Docteur ETIENNE IMHOFF, Docteur OLIVIER ATTARD, Docteur MATTHIEU PONROUCH, Docteur PIERRE CAVADORE</t>
+    <t>Docteur GEORGES BRUNAT, Docteur Antoine PIANEZZA, Docteur Jean michel JULIA, Docteur Alexandre LAPLACE-BUILHE, Docteur DELPHINE CANDILLE, Docteur MARC ALEZRAH, Docteur ETIENNE IMHOFF, Docteur OLIVIER ATTARD, Docteur MATTHIEU PONROUCH, Docteur PIERRE CAVADORE</t>
   </si>
   <si>
     <t>24/02/2022 08:35:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319381/fr/equipe-d-anesthesie-reanimation-cl-du-millenaire-montpellier-34</t>
   </si>
   <si>
     <t>p_3319381</t>
   </si>
   <si>
-    <t>10 December 2021</t>
+    <t>19 December 2025</t>
   </si>
   <si>
     <t>Docteur FRANCOIS-XAVIER DONNETTE, Docteur FABIEN FEDIDE, Docteur Rachid CHOUKHI, Docteur Matthieu PARNEIX, Docteur Bertrand ABBAL, Docteur Yannael COISEL, Docteur ERIC HATTERER, Docteur MEHDI OULD-CHIKH</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CLINIQUE SAINT JEAN  (34)</t>
   </si>
   <si>
     <t>24/02/2022 08:35:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319541/fr/equipe-d-anesthesie-reanimation-clinique-saint-jean-34</t>
   </si>
   <si>
     <t>p_3319541</t>
   </si>
   <si>
     <t>23 January 2025</t>
   </si>
   <si>
     <t>CLINIQUE SAINT JEAN</t>
   </si>
   <si>
     <t>340780634</t>
   </si>
@@ -398,51 +422,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M14"/>
+  <dimension ref="A1:M15"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -679,98 +703,98 @@
       <c r="B7" t="s">
         <v>56</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7" t="s">
         <v>15</v>
       </c>
       <c r="E7" t="s">
         <v>57</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
         <v>58</v>
       </c>
       <c r="H7" t="s">
         <v>59</v>
       </c>
       <c r="I7" t="s">
         <v>60</v>
       </c>
       <c r="J7" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="K7" t="s">
         <v>21</v>
       </c>
       <c r="L7" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="M7" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>13</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>15</v>
       </c>
       <c r="D8" t="s">
         <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="H8" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="I8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J8" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="K8" t="s">
         <v>21</v>
       </c>
       <c r="L8" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="M8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9" t="s">
         <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>15</v>
       </c>
       <c r="D9" t="s">
         <v>15</v>
       </c>
       <c r="E9" t="s">
         <v>71</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
@@ -819,122 +843,122 @@
       </c>
       <c r="H10" t="s">
         <v>81</v>
       </c>
       <c r="I10" t="s">
         <v>82</v>
       </c>
       <c r="J10" t="s">
         <v>83</v>
       </c>
       <c r="K10" t="s">
         <v>21</v>
       </c>
       <c r="L10" t="s">
         <v>84</v>
       </c>
       <c r="M10" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="C11" t="s">
         <v>15</v>
       </c>
       <c r="D11" t="s">
         <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F11" t="s">
         <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="J11" t="s">
-        <v>67</v>
+        <v>91</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
       <c r="L11" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
       <c r="M11" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="C12" t="s">
         <v>15</v>
       </c>
       <c r="D12" t="s">
         <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="H12" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="I12" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="J12" t="s">
-        <v>96</v>
+        <v>75</v>
       </c>
       <c r="K12" t="s">
         <v>21</v>
       </c>
       <c r="L12" t="s">
-        <v>97</v>
+        <v>76</v>
       </c>
       <c r="M12" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13" t="s">
         <v>99</v>
       </c>
       <c r="C13" t="s">
         <v>15</v>
       </c>
       <c r="D13" t="s">
         <v>15</v>
       </c>
       <c r="E13" t="s">
         <v>100</v>
       </c>
       <c r="F13" t="s">
         <v>15</v>
       </c>
       <c r="G13" t="s">
@@ -966,55 +990,96 @@
       <c r="B14" t="s">
         <v>107</v>
       </c>
       <c r="C14" t="s">
         <v>15</v>
       </c>
       <c r="D14" t="s">
         <v>15</v>
       </c>
       <c r="E14" t="s">
         <v>108</v>
       </c>
       <c r="F14" t="s">
         <v>15</v>
       </c>
       <c r="G14" t="s">
         <v>109</v>
       </c>
       <c r="H14" t="s">
         <v>110</v>
       </c>
       <c r="I14" t="s">
         <v>111</v>
       </c>
       <c r="J14" t="s">
-        <v>29</v>
+        <v>112</v>
       </c>
       <c r="K14" t="s">
         <v>21</v>
       </c>
       <c r="L14" t="s">
-        <v>30</v>
+        <v>113</v>
       </c>
       <c r="M14" t="s">
-        <v>112</v>
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>13</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" t="s">
+        <v>116</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>117</v>
+      </c>
+      <c r="H15" t="s">
+        <v>118</v>
+      </c>
+      <c r="I15" t="s">
+        <v>119</v>
+      </c>
+      <c r="J15" t="s">
+        <v>37</v>
+      </c>
+      <c r="K15" t="s">
+        <v>21</v>
+      </c>
+      <c r="L15" t="s">
+        <v>38</v>
+      </c>
+      <c r="M15" t="s">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>