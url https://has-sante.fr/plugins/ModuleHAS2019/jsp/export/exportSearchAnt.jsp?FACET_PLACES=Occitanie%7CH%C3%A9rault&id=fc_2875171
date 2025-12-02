--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,59 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4965" uniqueCount="1864">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8591" uniqueCount="3227">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -5601,96 +5610,4185 @@
     <t>https://www.has-sante.fr/jcms/c_2713257/fr/docteur-marie-aude-munoz</t>
   </si>
   <si>
     <t>c_2713257</t>
   </si>
   <si>
     <t>MUNOZ</t>
   </si>
   <si>
     <t>Marie-aude</t>
   </si>
   <si>
     <t>Docteur Caroline HATWELL</t>
   </si>
   <si>
     <t>08/11/2016 11:36:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713361/fr/docteur-caroline-hatwell</t>
   </si>
   <si>
     <t>c_2713361</t>
   </si>
   <si>
     <t>HATWELL</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>SAAD AASD</t>
+  </si>
+  <si>
+    <t>23/11/2025 16:21:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14831_FicheESSMS/fr/saad-aasd</t>
+  </si>
+  <si>
+    <t>14831_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Place Alsace Lorraine</t>
+  </si>
+  <si>
+    <t>34700 LODEVE</t>
+  </si>
+  <si>
+    <t>LODEVE</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>340029776</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14830_FicheESSMS/fr/saad-aasd</t>
+  </si>
+  <si>
+    <t>14830_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue De Chateaudun</t>
+  </si>
+  <si>
+    <t>34300 AGDE</t>
+  </si>
+  <si>
+    <t>AGDE</t>
+  </si>
+  <si>
+    <t>340027945</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14829_FicheESSMS/fr/saad-aasd</t>
+  </si>
+  <si>
+    <t>14829_FicheESSMS</t>
+  </si>
+  <si>
+    <t>68 Rue Saint Alexandre</t>
+  </si>
+  <si>
+    <t>34600 BEDARIEUX</t>
+  </si>
+  <si>
+    <t>340025469</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14828_FicheESSMS/fr/saad-aasd</t>
+  </si>
+  <si>
+    <t>14828_FicheESSMS</t>
+  </si>
+  <si>
+    <t>73 Avenue Camille Saint Saens</t>
+  </si>
+  <si>
+    <t>34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>340024678</t>
+  </si>
+  <si>
+    <t>EEPA PHV LE LOGIS DE HAUTE ROCHE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:19:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14247_FicheESSMS/fr/eepa-phv-le-logis-de-haute-roche</t>
+  </si>
+  <si>
+    <t>14247_FicheESSMS</t>
+  </si>
+  <si>
+    <t>400 Rue Des Fangades</t>
+  </si>
+  <si>
+    <t>34160 BOISSERON</t>
+  </si>
+  <si>
+    <t>BOISSERON</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement Expérimental pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>340022987</t>
+  </si>
+  <si>
+    <t>EHPAD LA RESIDENTIELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3049_FicheESSMS/fr/ehpad-la-residentielle</t>
+  </si>
+  <si>
+    <t>3049_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34440 COLOMBIERS</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>340789742</t>
+  </si>
+  <si>
+    <t>EHPAD LE LOGIS DE HAUTE ROCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/141_FicheESSMS/fr/ehpad-le-logis-de-haute-roche</t>
+  </si>
+  <si>
+    <t>141_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340017367</t>
+  </si>
+  <si>
+    <t>EHPAD L'ECRIN DES SAGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/140_FicheESSMS/fr/ehpad-l-ecrin-des-sages</t>
+  </si>
+  <si>
+    <t>140_FicheESSMS</t>
+  </si>
+  <si>
+    <t>426 Route De Villeveyrac</t>
+  </si>
+  <si>
+    <t>34140 MEZE</t>
+  </si>
+  <si>
+    <t>MEZE</t>
+  </si>
+  <si>
+    <t>340017474</t>
+  </si>
+  <si>
+    <t>EHPAD MALBOSC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/139_FicheESSMS/fr/ehpad-malbosc</t>
+  </si>
+  <si>
+    <t>139_FicheESSMS</t>
+  </si>
+  <si>
+    <t>345 Avenue De Fes</t>
+  </si>
+  <si>
+    <t>34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>340018092</t>
+  </si>
+  <si>
+    <t>PENSION DE FAMILLE LE PATIO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/265_FicheESSMS/fr/pension-de-famille-le-patio</t>
+  </si>
+  <si>
+    <t>265_FicheESSMS</t>
+  </si>
+  <si>
+    <t>522 Avenue Des Terrasses Du Languedoc</t>
+  </si>
+  <si>
+    <t>34430 ST JEAN DE VEDAS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Maisons Relais - Pensions de Famille</t>
+  </si>
+  <si>
+    <t>340031103</t>
+  </si>
+  <si>
+    <t>EHPAD LA MERIDIENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/910_FicheESSMS/fr/ehpad-la-meridienne</t>
+  </si>
+  <si>
+    <t>910_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340797240</t>
+  </si>
+  <si>
+    <t>CHRS  CHAULIAC RAUZY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1791_FicheESSMS/fr/chrs-chauliac-rauzy</t>
+  </si>
+  <si>
+    <t>1791_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Rue Claude Francois</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>340782465</t>
+  </si>
+  <si>
+    <t>EHPAD LES ASTERIES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2120_FicheESSMS/fr/ehpad-les-asteries</t>
+  </si>
+  <si>
+    <t>2120_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue De La Source</t>
+  </si>
+  <si>
+    <t>34200 SETE</t>
+  </si>
+  <si>
+    <t>340014240</t>
+  </si>
+  <si>
+    <t>EHPAD LES OLIVIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2232_FicheESSMS/fr/ehpad-les-oliviers</t>
+  </si>
+  <si>
+    <t>2232_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Quai De La Trivalle</t>
+  </si>
+  <si>
+    <t>34360 ST CHINIAN</t>
+  </si>
+  <si>
+    <t>ST CHINIAN</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>340781467</t>
+  </si>
+  <si>
+    <t>EHPAD LES PINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2233_FicheESSMS/fr/ehpad-les-pins</t>
+  </si>
+  <si>
+    <t>2233_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34460 CESSENON SUR ORB</t>
+  </si>
+  <si>
+    <t>CESSENON SUR ORB</t>
+  </si>
+  <si>
+    <t>340791375</t>
+  </si>
+  <si>
+    <t>EHPAD LES MUSCATES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3400_FicheESSMS/fr/ehpad-les-muscates</t>
+  </si>
+  <si>
+    <t>3400_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De La Glaciere</t>
+  </si>
+  <si>
+    <t>34110 FRONTIGNAN</t>
+  </si>
+  <si>
+    <t>FRONTIGNAN</t>
+  </si>
+  <si>
+    <t>340011352</t>
+  </si>
+  <si>
+    <t>EHPAD ST JACQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3399_FicheESSMS/fr/ehpad-st-jacques</t>
+  </si>
+  <si>
+    <t>3399_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Avenue Frederic Mistral</t>
+  </si>
+  <si>
+    <t>340781434</t>
+  </si>
+  <si>
+    <t>CADA FJT CLAPAREDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3878_FicheESSMS/fr/cada-fjt-claparede</t>
+  </si>
+  <si>
+    <t>3878_FicheESSMS</t>
+  </si>
+  <si>
+    <t>138 Chemin De L'Oasis</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>340798610</t>
+  </si>
+  <si>
+    <t>EHPAD LE MINERVOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4176_FicheESSMS/fr/ehpad-le-minervois</t>
+  </si>
+  <si>
+    <t>4176_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34210 OLONZAC</t>
+  </si>
+  <si>
+    <t>OLONZAC</t>
+  </si>
+  <si>
+    <t>340789221</t>
+  </si>
+  <si>
+    <t>UEHD MONTPELLIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4632_FicheESSMS/fr/uehd-montpellier</t>
+  </si>
+  <si>
+    <t>4632_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Avenue Maurice Planes</t>
+  </si>
+  <si>
+    <t>34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Etablissement de Placement</t>
+  </si>
+  <si>
+    <t>340031178</t>
+  </si>
+  <si>
+    <t>UEHC DE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4631_FicheESSMS/fr/uehc-de-montpellier</t>
+  </si>
+  <si>
+    <t>4631_FicheESSMS</t>
+  </si>
+  <si>
+    <t>238 Avenue De Lodeve</t>
+  </si>
+  <si>
+    <t>340790088</t>
+  </si>
+  <si>
+    <t>EHPAD MAS DU MOULIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4797_FicheESSMS/fr/ehpad-mas-du-moulin</t>
+  </si>
+  <si>
+    <t>4797_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34420 CERS</t>
+  </si>
+  <si>
+    <t>CERS</t>
+  </si>
+  <si>
+    <t>340789387</t>
+  </si>
+  <si>
+    <t>EHPAD MONTPLAISIR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5066_FicheESSMS/fr/ehpad-montplaisir</t>
+  </si>
+  <si>
+    <t>5066_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34230 ST PARGOIRE</t>
+  </si>
+  <si>
+    <t>ST PARGOIRE</t>
+  </si>
+  <si>
+    <t>340784727</t>
+  </si>
+  <si>
+    <t>EHPAD VINCENT BADIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5147_FicheESSMS/fr/ehpad-vincent-badie</t>
+  </si>
+  <si>
+    <t>5147_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Avenue De Campagnan</t>
+  </si>
+  <si>
+    <t>34230 PAULHAN</t>
+  </si>
+  <si>
+    <t>PAULHAN</t>
+  </si>
+  <si>
+    <t>340786615</t>
+  </si>
+  <si>
+    <t>EHPAD LA MESANGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5237_FicheESSMS/fr/ehpad-la-mesange</t>
+  </si>
+  <si>
+    <t>5237_FicheESSMS</t>
+  </si>
+  <si>
+    <t>111 Rue Du Champ Des Roses</t>
+  </si>
+  <si>
+    <t>34560 POUSSAN</t>
+  </si>
+  <si>
+    <t>POUSSAN</t>
+  </si>
+  <si>
+    <t>340786680</t>
+  </si>
+  <si>
+    <t>EHPA LA MESANGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5236_FicheESSMS/fr/ehpa-la-mesange</t>
+  </si>
+  <si>
+    <t>5236_FicheESSMS</t>
+  </si>
+  <si>
+    <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>340023423</t>
+  </si>
+  <si>
+    <t>EHPAD LOUIS LAGET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5512_FicheESSMS/fr/ehpad-louis-laget</t>
+  </si>
+  <si>
+    <t>5512_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Des Pecheurs De Perles</t>
+  </si>
+  <si>
+    <t>34670 BAILLARGUES</t>
+  </si>
+  <si>
+    <t>BAILLARGUES</t>
+  </si>
+  <si>
+    <t>340789734</t>
+  </si>
+  <si>
+    <t>SAESAT VIA EUROPA VENDRES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5573_FicheESSMS/fr/saesat-via-europa-vendres</t>
+  </si>
+  <si>
+    <t>5573_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Avenue De L'Europe</t>
+  </si>
+  <si>
+    <t>34350 VENDRES</t>
+  </si>
+  <si>
+    <t>VENDRES</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>340017623</t>
+  </si>
+  <si>
+    <t>EAM ISABELLE MARIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5574_FicheESSMS/fr/eam-isabelle-marie</t>
+  </si>
+  <si>
+    <t>5574_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34310 QUARANTE</t>
+  </si>
+  <si>
+    <t>QUARANTE</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>340017698</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DU CANALET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5717_FicheESSMS/fr/ehpad-les-jardins-du-canalet</t>
+  </si>
+  <si>
+    <t>5717_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Louis Darde</t>
+  </si>
+  <si>
+    <t>34420 VILLENEUVE LES BEZIERS</t>
+  </si>
+  <si>
+    <t>VILLENEUVE LES BEZIERS</t>
+  </si>
+  <si>
+    <t>340008192</t>
+  </si>
+  <si>
+    <t>EHPAD L'ACCUEIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5726_FicheESSMS/fr/ehpad-l-accueil</t>
+  </si>
+  <si>
+    <t>5726_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Tras La Muraille</t>
+  </si>
+  <si>
+    <t>34190 GANGES</t>
+  </si>
+  <si>
+    <t>340784743</t>
+  </si>
+  <si>
+    <t>EHPA LES MAISONNEES LAVALETTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6103_FicheESSMS/fr/ehpa-les-maisonnees-lavalette</t>
+  </si>
+  <si>
+    <t>6103_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Rue Ali Ben Chekhal</t>
+  </si>
+  <si>
+    <t>34090 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>340019884</t>
+  </si>
+  <si>
+    <t>EHPAD LES MAISONNEES LAVALETTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6104_FicheESSMS/fr/ehpad-les-maisonnees-lavalette</t>
+  </si>
+  <si>
+    <t>6104_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340019629</t>
+  </si>
+  <si>
+    <t>EANM LES COMPAGNONS DE MAGUELONE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6164_FicheESSMS/fr/eanm-les-compagnons-de-maguelone</t>
+  </si>
+  <si>
+    <t>6164_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34250 PALAVAS LES FLOTS</t>
+  </si>
+  <si>
+    <t>PALAVAS LES FLOTS</t>
+  </si>
+  <si>
+    <t>340028026</t>
+  </si>
+  <si>
+    <t>FOYER HERBERGEMENT COMPAGNONSMAGUELONE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6168_FicheESSMS/fr/foyer-herbergement-compagnonsmaguelone</t>
+  </si>
+  <si>
+    <t>6168_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340018084</t>
+  </si>
+  <si>
+    <t>FH MAGUELONE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6167_FicheESSMS/fr/fh-maguelone</t>
+  </si>
+  <si>
+    <t>6167_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>340784560</t>
+  </si>
+  <si>
+    <t>ESAT LES COMPAGNONS DE MAGUELONE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6165_FicheESSMS/fr/esat-les-compagnons-de-maguelone</t>
+  </si>
+  <si>
+    <t>6165_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>340782358</t>
+  </si>
+  <si>
+    <t>FH LES GRANDS ARBRES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6313_FicheESSMS/fr/fh-les-grands-arbres</t>
+  </si>
+  <si>
+    <t>6313_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34380 VIOLS LE FORT</t>
+  </si>
+  <si>
+    <t>VIOLS LE FORT</t>
+  </si>
+  <si>
+    <t>340790005</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DE FLORE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6338_FicheESSMS/fr/ehpad-les-jardins-de-flore</t>
+  </si>
+  <si>
+    <t>6338_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34760 BOUJAN SUR LIBRON</t>
+  </si>
+  <si>
+    <t>340789239</t>
+  </si>
+  <si>
+    <t>CHRS A.B.E.S</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6370_FicheESSMS/fr/chrs-a-b-e-s</t>
+  </si>
+  <si>
+    <t>6370_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue William Et Catherine Booth</t>
+  </si>
+  <si>
+    <t>340784081</t>
+  </si>
+  <si>
+    <t>LHSS ABES BEZIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6369_FicheESSMS/fr/lhss-abes-beziers</t>
+  </si>
+  <si>
+    <t>6369_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>340019421</t>
+  </si>
+  <si>
+    <t>GERANTO SUD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1961_FicheESSMS/fr/geranto-sud</t>
+  </si>
+  <si>
+    <t>1961_FicheESSMS</t>
+  </si>
+  <si>
+    <t>834 Avenue Du Mas Des Argelliers</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>340018902</t>
+  </si>
+  <si>
+    <t>EHPAD VILLA IMPRESSA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2974_FicheESSMS/fr/ehpad-villa-impressa</t>
+  </si>
+  <si>
+    <t>2974_FicheESSMS</t>
+  </si>
+  <si>
+    <t>420 Rue Du Chateau</t>
+  </si>
+  <si>
+    <t>34790 GRABELS</t>
+  </si>
+  <si>
+    <t>GRABELS</t>
+  </si>
+  <si>
+    <t>340019512</t>
+  </si>
+  <si>
+    <t>EHPAD LES TREILLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2973_FicheESSMS/fr/ehpad-les-treilles</t>
+  </si>
+  <si>
+    <t>2973_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34610 ST GERVAIS SUR MARE</t>
+  </si>
+  <si>
+    <t>ST GERVAIS SUR MARE</t>
+  </si>
+  <si>
+    <t>340783828</t>
+  </si>
+  <si>
+    <t>EHPAD LES REFLETS D'ARGENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3167_FicheESSMS/fr/ehpad-les-reflets-d-argent</t>
+  </si>
+  <si>
+    <t>3167_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Hirondelles</t>
+  </si>
+  <si>
+    <t>340006881</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DES TUILERIES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3287_FicheESSMS/fr/ehpad-les-jardins-des-tuileries</t>
+  </si>
+  <si>
+    <t>3287_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Boulevard Du Progres</t>
+  </si>
+  <si>
+    <t>34550 BESSAN</t>
+  </si>
+  <si>
+    <t>BESSAN</t>
+  </si>
+  <si>
+    <t>340011477</t>
+  </si>
+  <si>
+    <t>UEMO BEZIERS-OUEST</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3357_FicheESSMS/fr/uemo-beziers-ouest</t>
+  </si>
+  <si>
+    <t>3357_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Quai Du Port-Neuf</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>340031160</t>
+  </si>
+  <si>
+    <t>UEMO BEZIERS-EST</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3356_FicheESSMS/fr/uemo-beziers-est</t>
+  </si>
+  <si>
+    <t>3356_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340031244</t>
+  </si>
+  <si>
+    <t>EHPAD ANATOLE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3398_FicheESSMS/fr/ehpad-anatole-france</t>
+  </si>
+  <si>
+    <t>3398_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340787688</t>
+  </si>
+  <si>
+    <t>CAJ AUTONOME L'ECOUTILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3397_FicheESSMS/fr/caj-autonome-l-ecoutille</t>
+  </si>
+  <si>
+    <t>3397_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>340024926</t>
+  </si>
+  <si>
+    <t>EHPAD SUDALIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3529_FicheESSMS/fr/ehpad-sudalia</t>
+  </si>
+  <si>
+    <t>3529_FicheESSMS</t>
+  </si>
+  <si>
+    <t>255 Allée De La Marquerose</t>
+  </si>
+  <si>
+    <t>340014323</t>
+  </si>
+  <si>
+    <t>APSH 34 SPM MONTPELLIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3634_FicheESSMS/fr/apsh-34-spm-montpellier</t>
+  </si>
+  <si>
+    <t>3634_FicheESSMS</t>
+  </si>
+  <si>
+    <t>284 Avenue Professeur Jean Louis Viala</t>
+  </si>
+  <si>
+    <t>34193 MONTPELLIER CEDEX 5</t>
+  </si>
+  <si>
+    <t>340018977</t>
+  </si>
+  <si>
+    <t>APSH 34 SPM BEZIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3633_FicheESSMS/fr/apsh-34-spm-beziers</t>
+  </si>
+  <si>
+    <t>3633_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44 Avenue Jean Moulin</t>
+  </si>
+  <si>
+    <t>340018985</t>
+  </si>
+  <si>
+    <t>EHPAD  LE CHATEAU DE LA ROCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3887_FicheESSMS/fr/ehpad-le-chateau-de-la-roche</t>
+  </si>
+  <si>
+    <t>3887_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340785120</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS D'ANIANE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3955_FicheESSMS/fr/ehpad-les-jardins-d-aniane</t>
+  </si>
+  <si>
+    <t>3955_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue Lieutenant Louis Marres</t>
+  </si>
+  <si>
+    <t>34150 ANIANE</t>
+  </si>
+  <si>
+    <t>ANIANE</t>
+  </si>
+  <si>
+    <t>340018159</t>
+  </si>
+  <si>
+    <t>EHPAD LA ROUVIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4047_FicheESSMS/fr/ehpad-la-rouviere</t>
+  </si>
+  <si>
+    <t>4047_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34700 SOUBES</t>
+  </si>
+  <si>
+    <t>SOUBES</t>
+  </si>
+  <si>
+    <t>340786623</t>
+  </si>
+  <si>
+    <t>MECS JEAN GAILHAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4125_FicheESSMS/fr/mecs-jean-gailhac</t>
+  </si>
+  <si>
+    <t>4125_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Boulevard D'Angleterre</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>340784123</t>
+  </si>
+  <si>
+    <t>SSIAD PA LA FARIGOULE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8820_FicheESSMS/fr/ssiad-pa-la-farigoule</t>
+  </si>
+  <si>
+    <t>8820_FicheESSMS</t>
+  </si>
+  <si>
+    <t>177 Rue De La Guesse</t>
+  </si>
+  <si>
+    <t>34160 CASTRIES</t>
+  </si>
+  <si>
+    <t>CASTRIES</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>340017805</t>
+  </si>
+  <si>
+    <t>EAM APARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8968_FicheESSMS/fr/eam-apard</t>
+  </si>
+  <si>
+    <t>8968_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Des Ourgouillous</t>
+  </si>
+  <si>
+    <t>34270 ST MATHIEU DE TREVIERS</t>
+  </si>
+  <si>
+    <t>ST MATHIEU DE TREVIERS</t>
+  </si>
+  <si>
+    <t>340797588</t>
+  </si>
+  <si>
+    <t>MAS DU CENTRE A.P.I.G.H.R.E.M.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8967_FicheESSMS/fr/mas-du-centre-a-p-i-g-h-r-e-m</t>
+  </si>
+  <si>
+    <t>8967_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>340797570</t>
+  </si>
+  <si>
+    <t>EAM LE GUILHEM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9001_FicheESSMS/fr/eam-le-guilhem</t>
+  </si>
+  <si>
+    <t>9001_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1804 Avenue Du Pere Soulas</t>
+  </si>
+  <si>
+    <t>340017987</t>
+  </si>
+  <si>
+    <t>MAS FONTCOLOMBE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8992_FicheESSMS/fr/mas-fontcolombe</t>
+  </si>
+  <si>
+    <t>8992_FicheESSMS</t>
+  </si>
+  <si>
+    <t>509 Rue Du Chateau  Bon</t>
+  </si>
+  <si>
+    <t>340019272</t>
+  </si>
+  <si>
+    <t>ACT LES HORIZONS DE REGAIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8991_FicheESSMS/fr/act-les-horizons-de-regain</t>
+  </si>
+  <si>
+    <t>8991_FicheESSMS</t>
+  </si>
+  <si>
+    <t>421 Rue De L'Agathois</t>
+  </si>
+  <si>
+    <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
+  </si>
+  <si>
+    <t>340025113</t>
+  </si>
+  <si>
+    <t>LHSS ADAGES MONTPELLIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8990_FicheESSMS/fr/lhss-adages-montpellier</t>
+  </si>
+  <si>
+    <t>8990_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340017409</t>
+  </si>
+  <si>
+    <t>MAS DES QUATRE SEIGNEURS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8989_FicheESSMS/fr/mas-des-quatre-seigneurs</t>
+  </si>
+  <si>
+    <t>8989_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1082 Avenue Du Pic St Loup</t>
+  </si>
+  <si>
+    <t>340009398</t>
+  </si>
+  <si>
+    <t>CHRS  REGAIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8987_FicheESSMS/fr/chrs-regain</t>
+  </si>
+  <si>
+    <t>8987_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340784263</t>
+  </si>
+  <si>
+    <t>EEAP COSTE ROUSSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8986_FicheESSMS/fr/eeap-coste-rousse</t>
+  </si>
+  <si>
+    <t>8986_FicheESSMS</t>
+  </si>
+  <si>
+    <t>43 Avenue Des Baronnes</t>
+  </si>
+  <si>
+    <t>34730 PRADES LE LEZ</t>
+  </si>
+  <si>
+    <t>PRADES LE LEZ</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>340780998</t>
+  </si>
+  <si>
+    <t>EAM "LES IV SEIGNEURS"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8980_FicheESSMS/fr/eam-les-iv-seigneurs</t>
+  </si>
+  <si>
+    <t>8980_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340790039</t>
+  </si>
+  <si>
+    <t>FAM LE HAMEAU DES HORIZONS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8974_FicheESSMS/fr/fam-le-hameau-des-horizons</t>
+  </si>
+  <si>
+    <t>8974_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41 Plam Des Garrigues</t>
+  </si>
+  <si>
+    <t>34830 CLAPIERS</t>
+  </si>
+  <si>
+    <t>CLAPIERS</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>340798420</t>
+  </si>
+  <si>
+    <t>SESSAD BOURNEVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8971_FicheESSMS/fr/sessad-bourneville</t>
+  </si>
+  <si>
+    <t>8971_FicheESSMS</t>
+  </si>
+  <si>
+    <t>120 Rue Du Mas Prunet</t>
+  </si>
+  <si>
+    <t>34077 MONTPELLIER CEDEX 3</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>340798321</t>
+  </si>
+  <si>
+    <t>ITEP LE LANGUEDOC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8970_FicheESSMS/fr/itep-le-languedoc</t>
+  </si>
+  <si>
+    <t>8970_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Rue Du Mazet</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>340780956</t>
+  </si>
+  <si>
+    <t>IME LA PINEDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9660_FicheESSMS/fr/ime-la-pinede</t>
+  </si>
+  <si>
+    <t>9660_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34830 JACOU</t>
+  </si>
+  <si>
+    <t>JACOU</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>340781046</t>
+  </si>
+  <si>
+    <t>CSAPA ENTRACTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9669_FicheESSMS/fr/csapa-entracte</t>
+  </si>
+  <si>
+    <t>9669_FicheESSMS</t>
+  </si>
+  <si>
+    <t>241 Rue De La Jasse De Maurin</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>340008283</t>
+  </si>
+  <si>
+    <t>EHPAD LES DOMINICAINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9758_FicheESSMS/fr/ehpad-les-dominicaines</t>
+  </si>
+  <si>
+    <t>9758_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340783885</t>
+  </si>
+  <si>
+    <t>EHPAD LA MADELON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9790_FicheESSMS/fr/ehpad-la-madelon</t>
+  </si>
+  <si>
+    <t>9790_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue De La Cave Cooperative</t>
+  </si>
+  <si>
+    <t>34660 COURNONSEC</t>
+  </si>
+  <si>
+    <t>COURNONSEC</t>
+  </si>
+  <si>
+    <t>340017797</t>
+  </si>
+  <si>
+    <t>EHPAD LES TAMARIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10030_FicheESSMS/fr/ehpad-les-tamaris</t>
+  </si>
+  <si>
+    <t>10030_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Boulevard Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>34410 SERIGNAN</t>
+  </si>
+  <si>
+    <t>SERIGNAN</t>
+  </si>
+  <si>
+    <t>340018035</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN LA COLOMBE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10176_FicheESSMS/fr/ehpad-korian-la-colombe</t>
+  </si>
+  <si>
+    <t>10176_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Des Fauvettes</t>
+  </si>
+  <si>
+    <t>34770 GIGEAN</t>
+  </si>
+  <si>
+    <t>GIGEAN</t>
+  </si>
+  <si>
+    <t>340011345</t>
+  </si>
+  <si>
+    <t>CHRS  FARE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10601_FicheESSMS/fr/chrs-fare</t>
+  </si>
+  <si>
+    <t>10601_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Chemin Des  Centurions</t>
+  </si>
+  <si>
+    <t>34170 CASTELNAU LE LEZ</t>
+  </si>
+  <si>
+    <t>340784206</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DU RIVERAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11002_FicheESSMS/fr/ehpad-les-jardins-du-riveral</t>
+  </si>
+  <si>
+    <t>11002_FicheESSMS</t>
+  </si>
+  <si>
+    <t>800 Avenue Mas Salat</t>
+  </si>
+  <si>
+    <t>34150 GIGNAC</t>
+  </si>
+  <si>
+    <t>GIGNAC</t>
+  </si>
+  <si>
+    <t>340785195</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE COURAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11113_FicheESSMS/fr/residence-autonomie-coural</t>
+  </si>
+  <si>
+    <t>11113_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Nazareth</t>
+  </si>
+  <si>
+    <t>34092 MONTPELLIER CEDEX 5</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>340796333</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DE BRESCOU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11184_FicheESSMS/fr/ehpad-les-jardins-de-brescou</t>
+  </si>
+  <si>
+    <t>11184_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Boulevard De L'Etna</t>
+  </si>
+  <si>
+    <t>340018019</t>
+  </si>
+  <si>
+    <t>MAS PERCE NEIGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11229_FicheESSMS/fr/mas-perce-neige</t>
+  </si>
+  <si>
+    <t>11229_FicheESSMS</t>
+  </si>
+  <si>
+    <t>569 Chemin Du Mas De Rochet</t>
+  </si>
+  <si>
+    <t>340010891</t>
+  </si>
+  <si>
+    <t>FAM PERCE NEIGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11228_FicheESSMS/fr/fam-perce-neige</t>
+  </si>
+  <si>
+    <t>11228_FicheESSMS</t>
+  </si>
+  <si>
+    <t>569 Avenue Georges Freche</t>
+  </si>
+  <si>
+    <t>340014422</t>
+  </si>
+  <si>
+    <t>EHPAD LE FOYER DU ROMARIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11573_FicheESSMS/fr/ehpad-le-foyer-du-romarin</t>
+  </si>
+  <si>
+    <t>11573_FicheESSMS</t>
+  </si>
+  <si>
+    <t>246 Rue Du Romarin</t>
+  </si>
+  <si>
+    <t>340781483</t>
+  </si>
+  <si>
+    <t>SSIAD MFGS SSAM ASPIRAN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11624_FicheESSMS/fr/ssiad-mfgs-ssam-aspiran</t>
+  </si>
+  <si>
+    <t>11624_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Du Chemin Neuf</t>
+  </si>
+  <si>
+    <t>34800 ASPIRAN</t>
+  </si>
+  <si>
+    <t>ASPIRAN</t>
+  </si>
+  <si>
+    <t>340018332</t>
+  </si>
+  <si>
+    <t>EHPAD LES ROMARINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11619_FicheESSMS/fr/ehpad-les-romarins</t>
+  </si>
+  <si>
+    <t>11619_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Rue Des Oliviers</t>
+  </si>
+  <si>
+    <t>34560 VILLEVEYRAC</t>
+  </si>
+  <si>
+    <t>VILLEVEYRAC</t>
+  </si>
+  <si>
+    <t>340018134</t>
+  </si>
+  <si>
+    <t>IMPRO ST HILAIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11799_FicheESSMS/fr/impro-st-hilaire</t>
+  </si>
+  <si>
+    <t>11799_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Alexandre Laval</t>
+  </si>
+  <si>
+    <t>34510 FLORENSAC</t>
+  </si>
+  <si>
+    <t>FLORENSAC</t>
+  </si>
+  <si>
+    <t>340780311</t>
+  </si>
+  <si>
+    <t>SESSAD LE MONT LOZERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11798_FicheESSMS/fr/sessad-le-mont-lozere</t>
+  </si>
+  <si>
+    <t>11798_FicheESSMS</t>
+  </si>
+  <si>
+    <t>74 Rue Micheline Ostermeyer</t>
+  </si>
+  <si>
+    <t>340028927</t>
+  </si>
+  <si>
+    <t>SESSAD DE L'AGATHOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11801_FicheESSMS/fr/sessad-de-l-agathois</t>
+  </si>
+  <si>
+    <t>11801_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Avenue Alexandre Laval</t>
+  </si>
+  <si>
+    <t>340018548</t>
+  </si>
+  <si>
+    <t>IME RAYMOND FAGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11800_FicheESSMS/fr/ime-raymond-fages</t>
+  </si>
+  <si>
+    <t>11800_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340780345</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE ET D'ACCUEIL LE ROC BLANC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11869_FicheESSMS/fr/lieu-de-vie-et-d-accueil-le-roc-blanc</t>
+  </si>
+  <si>
+    <t>11869_FicheESSMS</t>
+  </si>
+  <si>
+    <t>236 Impasse Devois</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>340020114</t>
+  </si>
+  <si>
+    <t>ITEP LE MONT LOZERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12010_FicheESSMS/fr/itep-le-mont-lozere</t>
+  </si>
+  <si>
+    <t>12010_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340018530</t>
+  </si>
+  <si>
+    <t>EAM LES COTEAUX DE SESAME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12087_FicheESSMS/fr/eam-les-coteaux-de-sesame</t>
+  </si>
+  <si>
+    <t>12087_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Route De Margon</t>
+  </si>
+  <si>
+    <t>34480 POUZOLLES</t>
+  </si>
+  <si>
+    <t>POUZOLLES</t>
+  </si>
+  <si>
+    <t>340018324</t>
+  </si>
+  <si>
+    <t>SERVICE D'A.E.M.O.   CSEB</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12299_FicheESSMS/fr/service-d-a-e-m-o-cseb</t>
+  </si>
+  <si>
+    <t>12299_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue Rocagel</t>
+  </si>
+  <si>
+    <t>34536 BEZIERS</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>340782366</t>
+  </si>
+  <si>
+    <t>SAAM 34</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12386_FicheESSMS/fr/saam-34</t>
+  </si>
+  <si>
+    <t>12386_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Avenue De Verdun</t>
+  </si>
+  <si>
+    <t>34120 PEZENAS</t>
+  </si>
+  <si>
+    <t>PEZENAS</t>
+  </si>
+  <si>
+    <t>Etablissement Expérimental Enfance Protégée</t>
+  </si>
+  <si>
+    <t>340028398</t>
+  </si>
+  <si>
+    <t>CSEB</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12401_FicheESSMS/fr/cseb</t>
+  </si>
+  <si>
+    <t>12401_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Avenue De La Deveze</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>340018944</t>
+  </si>
+  <si>
+    <t>SESSAD L'OMBRELLE - SITE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12563_FicheESSMS/fr/sessad-l-ombrelle-site-montpellier</t>
+  </si>
+  <si>
+    <t>12563_FicheESSMS</t>
+  </si>
+  <si>
+    <t>297 Rue Maurice Bejart</t>
+  </si>
+  <si>
+    <t>340029446</t>
+  </si>
+  <si>
+    <t>SESSAD L'OMBRELLE - SITE MAUGUIO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12562_FicheESSMS/fr/sessad-l-ombrelle-site-mauguio</t>
+  </si>
+  <si>
+    <t>12562_FicheESSMS</t>
+  </si>
+  <si>
+    <t>89 Impasse De La Muscadelle</t>
+  </si>
+  <si>
+    <t>34130 MAUGUIO</t>
+  </si>
+  <si>
+    <t>MAUGUIO</t>
+  </si>
+  <si>
+    <t>340029438</t>
+  </si>
+  <si>
+    <t>SESSAD L'OMBRELLE - SITE JUVIGNAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12561_FicheESSMS/fr/sessad-l-ombrelle-site-juvignac</t>
+  </si>
+  <si>
+    <t>12561_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Du Romarin</t>
+  </si>
+  <si>
+    <t>34990 JUVIGNAC</t>
+  </si>
+  <si>
+    <t>JUVIGNAC</t>
+  </si>
+  <si>
+    <t>340012699</t>
+  </si>
+  <si>
+    <t>HABITAT JEUNES SETE ET BASSIN DE THAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12620_FicheESSMS/fr/habitat-jeunes-sete-et-bassin-de-thau</t>
+  </si>
+  <si>
+    <t>12620_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Louis Blanc</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>340784677</t>
+  </si>
+  <si>
+    <t>UEMA DU SESSAD L'OMBRELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12759_FicheESSMS/fr/uema-du-sessad-l-ombrelle</t>
+  </si>
+  <si>
+    <t>12759_FicheESSMS</t>
+  </si>
+  <si>
+    <t>233 Rue Pablo Neruda</t>
+  </si>
+  <si>
+    <t>340023480</t>
+  </si>
+  <si>
+    <t>EHPAD YVES COUZY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12834_FicheESSMS/fr/ehpad-yves-couzy</t>
+  </si>
+  <si>
+    <t>12834_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34725 ST ANDRE DE SANGONIS</t>
+  </si>
+  <si>
+    <t>ST ANDRE DE SANGONIS</t>
+  </si>
+  <si>
+    <t>340786797</t>
+  </si>
+  <si>
+    <t>EHPAD LA POESIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12940_FicheESSMS/fr/ehpad-la-poesie</t>
+  </si>
+  <si>
+    <t>12940_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Amilcar Calvetti</t>
+  </si>
+  <si>
+    <t>340006949</t>
+  </si>
+  <si>
+    <t>Département de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Code Finess de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Équipe accréditée</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie viscérale et digestive CH BEZIERS  (34)</t>
+  </si>
+  <si>
+    <t>14/10/2024 15:31:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547827/fr/equipe-de-chirurgie-viscerale-et-digestive-ch-beziers-34</t>
+  </si>
+  <si>
+    <t>p_3547827</t>
+  </si>
+  <si>
+    <t>02 October 2024</t>
+  </si>
+  <si>
+    <t>Docteur Laurent PASSEBOIS, Docteur MARIE SELVY, Docteur ANTOINE GAUTIER, Docteur ANDREAS KUBO, Docteur Giorgia MASTRONICOLA</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CL CLEMENTVILLE MONTPELLIER  (34)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540557/fr/equipe-d-anesthesie-reanimation-cl-clementville-montpellier-34</t>
+  </si>
+  <si>
+    <t>p_3540557</t>
+  </si>
+  <si>
+    <t>25 July 2024</t>
+  </si>
+  <si>
+    <t>Docteur ROMAN ROZOV, Docteur PAUL MAMENI, Docteur GEORGES ROBIN, Docteur ROMAIN DELANNOY, Docteur MARGAUX ARTIGUENAVE, Docteur ISABELLE GAUDET-FERRAND, Docteur Komlan-jacques ALAWOE, Docteur SEVERIN RAMIN, Docteur CHARLOTTE VANNUCCI</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique CL ST JEAN SUD DE FRANCE  (34)</t>
+  </si>
+  <si>
+    <t>22/04/2024 16:31:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3509521/fr/equipe-de-chirurgie-urologique-cl-st-jean-sud-de-france-34</t>
+  </si>
+  <si>
+    <t>p_3509521</t>
+  </si>
+  <si>
+    <t>13 April 2024</t>
+  </si>
+  <si>
+    <t>Docteur Vincent ABD EL FATTAH, Docteur Nicolas KORAHANIS</t>
+  </si>
+  <si>
+    <t>Équipe de Radiologie et Imagerie médicale HOPITAL ARNAUD DE VILLENEUVE CHU MPT  (34)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3510536/fr/equipe-de-radiologie-et-imagerie-medicale-hopital-arnaud-de-villeneuve-chu-mpt-34</t>
+  </si>
+  <si>
+    <t>p_3510536</t>
+  </si>
+  <si>
+    <t>30 January 2024</t>
+  </si>
+  <si>
+    <t>Professeur HELENE VERNHET, Docteur JULIETTE VANOVERSCHELDE, Docteur SEBASTIEN BOMMART, Docteur VALERIE MONNIN-BARES, Docteur HAMID ZARQANE</t>
+  </si>
+  <si>
+    <t>Équipe de Radiologie et Imagerie médicale HOPITAL LAPEYRONIE CHU MONTPELLIER  (34)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3378448/fr/equipe-de-radiologie-et-imagerie-medicale-hopital-lapeyronie-chu-montpellier-34</t>
+  </si>
+  <si>
+    <t>p_3378448</t>
+  </si>
+  <si>
+    <t>08 September 2022</t>
+  </si>
+  <si>
+    <t>Docteur YANN THOUVENIN, Docteur EMMANUELLE PAGES BOUIC, Docteur CLAIRE FAGET, Docteur CATHERINE CYTEVAL, Docteur Juliette COUTUREAU, Docteur CAROLINE MANDOUL, Professeur INGRID MILLET, Docteur MARIE-PIERRE BARON-SARRABERE, Professeur PATRICE TAOUREL, Docteur CECILE VERHEYDEN, Docteur MARIE CURROS-DOYON, Docteur JESSICA DELEBECQ</t>
+  </si>
+  <si>
+    <t>Équipe de Radiologie et Imagerie médicale CH BEZIERS  (34)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3355994/fr/equipe-de-radiologie-et-imagerie-medicale-ch-beziers-34</t>
+  </si>
+  <si>
+    <t>p_3355994</t>
+  </si>
+  <si>
+    <t>11 June 2022</t>
+  </si>
+  <si>
+    <t>Docteur SAMIR BENDAHOU, Docteur Lucian SAFTOIU, Docteur JEAN-CHRISTOPHE THIBAUD, Docteur NATACHA FABRE-DUPREZ, Docteur GABRIEL RAZAKAMAHEFA, Docteur JEAN-LOUIS KHODR, Docteur GILLES ROUAUD, Docteur MARTINE JACOTIN</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CL DU MILLENAIRE MONTPELLIER  (34)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319164/fr/equipe-d-anesthesie-reanimation-cl-du-millenaire-montpellier-34</t>
+  </si>
+  <si>
+    <t>p_3319164</t>
+  </si>
+  <si>
+    <t>10 October 2023</t>
+  </si>
+  <si>
+    <t>Docteur Arnaud ROUSSIAUX, Docteur Constantin HALCHINI, Docteur NICOLAS DUCROCQ, Docteur MARION LALANDE, Docteur Jean-yves max BIGEON, Docteur Ilham AGLIME, Docteur PIERRE SENTENAC, Docteur EMMANUEL LORNE, Docteur CHRISTELLE CHARPENTIER, Docteur Aurélien CANON</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation POLYCL ST PRIVAT BOUJAN SUR LIBRON  (34)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319196/fr/equipe-d-anesthesie-reanimation-polycl-st-privat-boujan-sur-libron-34</t>
+  </si>
+  <si>
+    <t>p_3319196</t>
+  </si>
+  <si>
+    <t>15 October 2021</t>
+  </si>
+  <si>
+    <t>Docteur SOPHIE ANSELIN, Docteur Jean-pierre MULLER, Docteur JORDY BONFILS, Docteur SIDI MOHAMMED BENHALIMA, Docteur SERTAC KARATAS, Docteur Thibaut PAILLET, Docteur MOHAMAD CHEHAB, Docteur FABRICE MENGHINI, Docteur ARTURO CALVINO IGLESIAS</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CL DU PARC CASTELNAU LE LEZ  (34)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319340/fr/equipe-d-anesthesie-reanimation-cl-du-parc-castelnau-le-lez-34</t>
+  </si>
+  <si>
+    <t>p_3319340</t>
+  </si>
+  <si>
+    <t>01 November 2023</t>
+  </si>
+  <si>
+    <t>Docteur GEORGES BRUNAT, Docteur Antoine PIANEZZA, Docteur Jean michel JULIA, Docteur DELPHINE CANDILLE, Docteur MARC ALEZRAH, Docteur ETIENNE IMHOFF, Docteur OLIVIER ATTARD, Docteur MATTHIEU PONROUCH, Docteur PIERRE CAVADORE</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:35:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319381/fr/equipe-d-anesthesie-reanimation-cl-du-millenaire-montpellier-34</t>
+  </si>
+  <si>
+    <t>p_3319381</t>
+  </si>
+  <si>
+    <t>10 December 2021</t>
+  </si>
+  <si>
+    <t>Docteur FRANCOIS-XAVIER DONNETTE, Docteur FABIEN FEDIDE, Docteur Rachid CHOUKHI, Docteur Matthieu PARNEIX, Docteur Bertrand ABBAL, Docteur Yannael COISEL, Docteur ERIC HATTERER, Docteur MEHDI OULD-CHIKH</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CLINIQUE SAINT JEAN  (34)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:35:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319541/fr/equipe-d-anesthesie-reanimation-clinique-saint-jean-34</t>
+  </si>
+  <si>
+    <t>p_3319541</t>
+  </si>
+  <si>
+    <t>23 January 2025</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT JEAN</t>
+  </si>
+  <si>
+    <t>340780634</t>
+  </si>
+  <si>
+    <t>Docteur Aurélien BONNAL, Docteur JIBRIL NOURI, Docteur THOMAS PILLANT, Docteur ANNE GOURARI, Docteur Matthieu CARBONNEL, Docteur ROMAIN AUBERTIN, Docteur Nicolas BOUIC, Docteur MICHEL ESCRIVA, Docteur CHRISTOPHE PECCOUX</t>
+  </si>
+  <si>
+    <t>Équipe de Radiologie et Imagerie médicale CRP IMAGERIE MEDICALE SITE CL DU PARC  (34)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:36:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320001/fr/equipe-de-radiologie-et-imagerie-medicale-crp-imagerie-medicale-site-cl-du-parc-34</t>
+  </si>
+  <si>
+    <t>p_3320001</t>
+  </si>
+  <si>
+    <t>20 May 2025</t>
+  </si>
+  <si>
+    <t>CRP IMAGERIE MEDICALE SITE CL DU PARC</t>
+  </si>
+  <si>
+    <t>Docteur OLIVIER JAULMES, Docteur CHRYSTEL CONSTANS, Docteur OLIVIER CLARET, Docteur ANNE VENDRELL, Docteur MARIE-HELENE COPPOLA, Docteur ANTOINE MICHEAU, Docteur ERIC DECOUX, Docteur XAVIER STEFANOVIC, Docteur FLORENCE DI RUGGIERO, Docteur SAMUEL MERIGEAUD, Docteur LAURENT ZRIHEN, Docteur YVES AUGE, Docteur SOPHIE MENJOT DE CHAMPFLEUR, Docteur DELPHINE BOUTOT, Docteur JEAN-FRANCOIS VENDRELL, Docteur SOPHIE AUFORT, Docteur DENIS HOA</t>
+  </si>
+  <si>
+    <t>Équipe de Radiologie et Imagerie médicale CL CLEMENTVILLE MONTPELLIER  (34)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:36:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320236/fr/equipe-de-radiologie-et-imagerie-medicale-cl-clementville-montpellier-34</t>
+  </si>
+  <si>
+    <t>p_3320236</t>
+  </si>
+  <si>
+    <t>07 December 2021</t>
+  </si>
+  <si>
+    <t>Docteur ANNE FONTAINE-CARRERE, Docteur AHMED LARBI, Docteur NATHALIE RAGU, Docteur CECILE GRANIER, Docteur JULIE LONJON, Docteur ADELINE GASNER, Docteur NICOLAS KESSLER, Docteur KAMIL BENNANI, Docteur PAUL BENAZECH, Docteur JEROME BENIS</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU MILLENAIRE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>12/11/2025 11:53:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1079_FicheEtablissement/fr/cl-du-millenaire-montpellier</t>
+  </si>
+  <si>
+    <t>1079_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>220 Boulevard Penelope</t>
+  </si>
+  <si>
+    <t>34960 MONTPELLIER CEDEX 2</t>
+  </si>
+  <si>
+    <t>0499536000</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Réanimation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CLINIQUE MUTUALISTE JEAN LEON</t>
+  </si>
+  <si>
+    <t>29/09/2025 17:08:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1111_FicheEtablissement/fr/cl-mut-jean-leon-la-grande-motte</t>
+  </si>
+  <si>
+    <t>1111_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>322 Allée Des Jardins</t>
+  </si>
+  <si>
+    <t>34280 LA GRANDE MOTTE</t>
+  </si>
+  <si>
+    <t>LA GRANDE MOTTE</t>
+  </si>
+  <si>
+    <t>0467290800</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>340780816</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>HAD BEZIERS HOSPITALISATION A DOMICILE GROUPE AXE SANTE</t>
+  </si>
+  <si>
+    <t>25/06/2025 12:16:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1081_FicheEtablissement/fr/had-beziers-had</t>
+  </si>
+  <si>
+    <t>1081_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>37 Avenue Enseigne Albertini</t>
+  </si>
+  <si>
+    <t>0467261352</t>
+  </si>
+  <si>
+    <t>340016476</t>
+  </si>
+  <si>
+    <t>NEPHROLOGIE DIALYSE UAD PAYS D'AGDE</t>
+  </si>
+  <si>
+    <t>25/06/2025 10:16:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3740_FicheEtablissement/fr/nephrologie-dialyse-uad-pays-d-agde</t>
+  </si>
+  <si>
+    <t>3740_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>28 Rue Raymond Aris</t>
+  </si>
+  <si>
+    <t>0499432615</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>340017292</t>
+  </si>
+  <si>
+    <t>NEPHROLOGIE DIALYSE CENTRE SAINT GUILHEM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3730_FicheEtablissement/fr/nephrologie-dialyse-st-guilhem-sete</t>
+  </si>
+  <si>
+    <t>3730_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467749841</t>
+  </si>
+  <si>
+    <t>340009539</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE CHAMPEAU GROUPE AXE SANTE</t>
+  </si>
+  <si>
+    <t>19/06/2025 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1078_FicheEtablissement/fr/polycl-champeau-beziers</t>
+  </si>
+  <si>
+    <t>1078_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>32 Avenue Enseigne Albertini</t>
+  </si>
+  <si>
+    <t>34535 BEZIERS</t>
+  </si>
+  <si>
+    <t>0467091920</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>HOSPITALISATION A DOMICILE HOME SANTE 34</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:49:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1084_FicheEtablissement/fr/had-home-sante-34</t>
+  </si>
+  <si>
+    <t>1084_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>381 Avenue Du Mas D'Argelliers</t>
+  </si>
+  <si>
+    <t>0499536595</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>340017847</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>CLINIQUE LA PERGOLA NEURO PSY</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:53:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1089_FicheEtablissement/fr/cl-la-pergola-beziers</t>
+  </si>
+  <si>
+    <t>1089_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Ferdinand De Lesseps</t>
+  </si>
+  <si>
+    <t>0467092010</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>340780121</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE BEDARIEUX (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:53:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1098_FicheEtablissement/fr/ch-bedarieux</t>
+  </si>
+  <si>
+    <t>1098_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467955151</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>340780444</t>
+  </si>
+  <si>
+    <t>CENTRE DE LONG SEJOUR DU CENTRE HOSPITALIER DE BEDARIEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1122_FicheEtablissement/fr/usld-ch-bedarieux</t>
+  </si>
+  <si>
+    <t>1122_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>340788595</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT CLEMENT</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:50:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7700_FicheEtablissement/fr/cl-st-clement</t>
+  </si>
+  <si>
+    <t>7700_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>115 Avenue St Sauveur Du Pin</t>
+  </si>
+  <si>
+    <t>34980 ST CLEMENT DE RIVIERE</t>
+  </si>
+  <si>
+    <t>ST CLEMENT DE RIVIERE</t>
+  </si>
+  <si>
+    <t>0467147676</t>
+  </si>
+  <si>
+    <t>340010149</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE PASTEUR</t>
+  </si>
+  <si>
+    <t>20/05/2025 19:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1092_FicheEtablissement/fr/polycl-pasteur-pezenas</t>
+  </si>
+  <si>
+    <t>1092_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Pasteur</t>
+  </si>
+  <si>
+    <t>0467904142</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>340780154</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT LOUIS</t>
+  </si>
+  <si>
+    <t>30/04/2025 13:55:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1104_FicheEtablissement/fr/cl-st-louis-ganges</t>
+  </si>
+  <si>
+    <t>1104_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>13 Place Joseph Boudouresques</t>
+  </si>
+  <si>
+    <t>0467816800</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU PARC</t>
+  </si>
+  <si>
+    <t>25/04/2025 17:27:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1102_FicheEtablissement/fr/cl-du-parc-castelnau-le-lez</t>
+  </si>
+  <si>
+    <t>1102_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>50 Rue Emile Combes</t>
+  </si>
+  <si>
+    <t>34171 CASTELNAU LE LEZ</t>
+  </si>
+  <si>
+    <t>0467331331</t>
+  </si>
+  <si>
+    <t>MAISON DE REPOS LE COLOMBIER</t>
+  </si>
+  <si>
+    <t>27/03/2025 18:53:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1096_FicheEtablissement/fr/mr-le-colombier-lamalou-les-bains</t>
+  </si>
+  <si>
+    <t>1096_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Avenue Boissier</t>
+  </si>
+  <si>
+    <t>34240 LAMALOU LES BAINS</t>
+  </si>
+  <si>
+    <t>LAMALOU LES BAINS</t>
+  </si>
+  <si>
+    <t>0467233150</t>
+  </si>
+  <si>
+    <t>340780253</t>
+  </si>
+  <si>
+    <t>CLINIQUE RECH MONTPELLIER</t>
+  </si>
+  <si>
+    <t>27/03/2025 18:58:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1107_FicheEtablissement/fr/cl-rech-montpellier</t>
+  </si>
+  <si>
+    <t>1107_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>9 Avenue Charles Flahault</t>
+  </si>
+  <si>
+    <t>0499619265</t>
+  </si>
+  <si>
+    <t>340780758</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU SOUFFLE LA VALLONIE</t>
+  </si>
+  <si>
+    <t>25/03/2025 09:34:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1100_FicheEtablissement/fr/cl-du-souffle-la-vallonie-lodeve</t>
+  </si>
+  <si>
+    <t>1100_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>800 Avenue Joseph Vallot</t>
+  </si>
+  <si>
+    <t>0467888481</t>
+  </si>
+  <si>
+    <t>340780568</t>
+  </si>
+  <si>
+    <t>CLINIQUE LE CASTELET</t>
+  </si>
+  <si>
+    <t>08/03/2025 08:53:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1112_FicheEtablissement/fr/cl-le-castelet-st-jean-de-vedas</t>
+  </si>
+  <si>
+    <t>1112_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18 Avenue Georges Clemenceau</t>
+  </si>
+  <si>
+    <t>0467078989</t>
+  </si>
+  <si>
+    <t>340780857</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE SAINT ROCH</t>
+  </si>
+  <si>
+    <t>07/02/2025 13:19:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1087_FicheEtablissement/fr/polycl-st-roch-montpellier</t>
+  </si>
+  <si>
+    <t>1087_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>560 Avenue Du Colonel Andre Pavelet</t>
+  </si>
+  <si>
+    <t>34075 MONTPELLIER CEDEX 3</t>
+  </si>
+  <si>
+    <t>0467612780</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Chirurgie, Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DES TROIS VALLEES</t>
+  </si>
+  <si>
+    <t>07/02/2025 13:20:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1091_FicheEtablissement/fr/polycl-des-trois-vallees-bedarieux</t>
+  </si>
+  <si>
+    <t>1091_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Route St Pons</t>
+  </si>
+  <si>
+    <t>0467955656</t>
+  </si>
+  <si>
+    <t>CLINIQUE STELLA</t>
+  </si>
+  <si>
+    <t>05/02/2025 16:19:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1109_FicheEtablissement/fr/cl-stella-verargues</t>
+  </si>
+  <si>
+    <t>1109_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>34400 ENTRE VIGNES</t>
+  </si>
+  <si>
+    <t>ENTRE VIGNES</t>
+  </si>
+  <si>
+    <t>0499636363</t>
+  </si>
+  <si>
+    <t>340780782</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE BEZIERS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1065_FicheEtablissement/fr/ch-beziers</t>
+  </si>
+  <si>
+    <t>1065_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Valentin Hauy</t>
+  </si>
+  <si>
+    <t>34525 BEZIERS</t>
+  </si>
+  <si>
+    <t>0467357035</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>INSTITUT SAINT PIERRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1064_FicheEtablissement/fr/institut-st-pierre-palavas-les-flots</t>
+  </si>
+  <si>
+    <t>1064_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>371 Avenue De L'Eveche De Maguelone</t>
+  </si>
+  <si>
+    <t>0467077500</t>
+  </si>
+  <si>
+    <t>340000025</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE SAINT PONS DE THOMIERES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1067_FicheEtablissement/fr/ch-st-pons-de-thomieres</t>
+  </si>
+  <si>
+    <t>1067_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>34220 ST PONS DE THOMIERES</t>
+  </si>
+  <si>
+    <t>ST PONS DE THOMIERES</t>
+  </si>
+  <si>
+    <t>0467974100</t>
+  </si>
+  <si>
+    <t>340000181</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE PEZENAS (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1066_FicheEtablissement/fr/ch-pezenas</t>
+  </si>
+  <si>
+    <t>1066_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Rue Henri Reboul</t>
+  </si>
+  <si>
+    <t>0467354040</t>
+  </si>
+  <si>
+    <t>340000173</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE LODEVE (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1069_FicheEtablissement/fr/ch-lodeve</t>
+  </si>
+  <si>
+    <t>1069_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>13 Boulevard Pasteur</t>
+  </si>
+  <si>
+    <t>34702 LODEVE</t>
+  </si>
+  <si>
+    <t>0467883006</t>
+  </si>
+  <si>
+    <t>340000215</t>
+  </si>
+  <si>
+    <t>INSTITUT REGIONAL DU CANCER DE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1068_FicheEtablissement/fr/icm-montpellier</t>
+  </si>
+  <si>
+    <t>1068_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>208 Rue Des Apothicaires</t>
+  </si>
+  <si>
+    <t>34298 MONTPELLIER CEDEX 5</t>
+  </si>
+  <si>
+    <t>0467613112</t>
+  </si>
+  <si>
+    <t>CLCC</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>CENTRE ORTHOPEDIE MAGUELONNE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1073_FicheEtablissement/fr/ctre-orthopedique-maguelone-castelnau</t>
+  </si>
+  <si>
+    <t>1073_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>845 Avenue Georges Freche</t>
+  </si>
+  <si>
+    <t>0467147979</t>
+  </si>
+  <si>
+    <t>340000439</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE CLERMONT L'HERAULT (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1072_FicheEtablissement/fr/ch-clermont-l-herault</t>
+  </si>
+  <si>
+    <t>1072_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>34800 CLERMONT L HERAULT</t>
+  </si>
+  <si>
+    <t>CLERMONT L HERAULT</t>
+  </si>
+  <si>
+    <t>0467888990</t>
+  </si>
+  <si>
+    <t>340000249</t>
+  </si>
+  <si>
+    <t>CH POLE DE SANTE DE LUNEL (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1071_FicheEtablissement/fr/ch-pole-de-sante-de-lunel</t>
+  </si>
+  <si>
+    <t>1071_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>34403 LUNEL</t>
+  </si>
+  <si>
+    <t>0467877100</t>
+  </si>
+  <si>
+    <t>HOPITAL SAINT CLAIR LES HOPITAUX DU BASSIN DE THAU SETE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1070_FicheEtablissement/fr/hopital-st-clair-sete-hbt</t>
+  </si>
+  <si>
+    <t>1070_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>34207 SETE</t>
+  </si>
+  <si>
+    <t>0467465757</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE ANTONIN BALMES CHU MONTPELLIER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1076_FicheEtablissement/fr/centre-antonin-balmes-chu-montpellier</t>
+  </si>
+  <si>
+    <t>1076_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>39 Avenue Charles Flahault</t>
+  </si>
+  <si>
+    <t>34295 MONTPELLIER CEDEX 5</t>
+  </si>
+  <si>
+    <t>0467336733</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Médecine, Soins de longue durée, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>340008275</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALISE DU HAUT LANGUEDOC CH ST PONS DE THOMIERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1075_FicheEtablissement/fr/ctre-spec-haut-languedoc-ch-st-pons</t>
+  </si>
+  <si>
+    <t>1075_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467974300</t>
+  </si>
+  <si>
+    <t>340008176</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU PIC SAINT LOUP</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1077_FicheEtablissement/fr/cl-pic-st-loup-st-clement-de-riviere</t>
+  </si>
+  <si>
+    <t>1077_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>96 Avenue St Sauveur Du Pin</t>
+  </si>
+  <si>
+    <t>0467147500</t>
+  </si>
+  <si>
+    <t>340009018</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE SAINT PRIVAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1080_FicheEtablissement/fr/polycl-st-privat-boujan-sur-libron</t>
+  </si>
+  <si>
+    <t>1080_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>10 Rue De La Margeride</t>
+  </si>
+  <si>
+    <t>0467354600</t>
+  </si>
+  <si>
+    <t>ADENE HOSPITALISATION A DOMICILE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1083_FicheEtablissement/fr/adene-had-montpellier</t>
+  </si>
+  <si>
+    <t>1083_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>69 Rue Jean Giroux</t>
+  </si>
+  <si>
+    <t>0467104856</t>
+  </si>
+  <si>
+    <t>340017839</t>
+  </si>
+  <si>
+    <t>SOINS DE SUITE ET DE READAPTATION CH DE BEZIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1082_FicheEtablissement/fr/ssr-ch-beziers</t>
+  </si>
+  <si>
+    <t>1082_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Boulevard Perreal</t>
+  </si>
+  <si>
+    <t>340017771</t>
+  </si>
+  <si>
+    <t>HOSPITALISATION A DOMICILE CH BEZIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1086_FicheEtablissement/fr/had-ch-beziers</t>
+  </si>
+  <si>
+    <t>1086_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>34525 BEZIERS CEDEX</t>
+  </si>
+  <si>
+    <t>BEZIERS CEDEX</t>
+  </si>
+  <si>
+    <t>04 67 35 78 05</t>
+  </si>
+  <si>
+    <t>340021211</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE BOURGES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1085_FicheEtablissement/fr/crf-bourges-castelnau-le-lez</t>
+  </si>
+  <si>
+    <t>1085_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>150 Avenue Clement Ader</t>
+  </si>
+  <si>
+    <t>0430631800</t>
+  </si>
+  <si>
+    <t>340019090</t>
+  </si>
+  <si>
+    <t>CLINIQUE D'OTOLOGIE DU DOCTEUR JEAN CAUSSE GROUPE AXE SANTE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1090_FicheEtablissement/fr/cl-du-dr-jean-causse-colombiers</t>
+  </si>
+  <si>
+    <t>1090_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Traverse De Beziers</t>
+  </si>
+  <si>
+    <t>0467356321</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT JEAN SUD DE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1088_FicheEtablissement/fr/cl-st-jean-sud-de-france</t>
+  </si>
+  <si>
+    <t>1088_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Place De L'Europe</t>
+  </si>
+  <si>
+    <t>34433 ST JEAN DE VEDAS</t>
+  </si>
+  <si>
+    <t>0467010101</t>
+  </si>
+  <si>
+    <t>CENTRE DE REEDUCATION FONCTIONNELLE VAL D'ORB</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1093_FicheEtablissement/fr/crf-le-val-d-orb-boujan-sur-libron</t>
+  </si>
+  <si>
+    <t>1093_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467496749</t>
+  </si>
+  <si>
+    <t>340780196</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER PAUL COSTE FLORET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1095_FicheEtablissement/fr/ch-paul-coste-floret-lamalou-les-bains</t>
+  </si>
+  <si>
+    <t>1095_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Avenue Georges Clemenceau</t>
+  </si>
+  <si>
+    <t>0467235500</t>
+  </si>
+  <si>
+    <t>340780220</t>
+  </si>
+  <si>
+    <t>CENTRE DE REEDUCATION FONCTIONNELLE STER LAMALOU LES BAINS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1094_FicheEtablissement/fr/crf-ster-lamalou-les-bains</t>
+  </si>
+  <si>
+    <t>1094_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>9 Avenue Du Docteur Jean Ster</t>
+  </si>
+  <si>
+    <t>0467235050</t>
+  </si>
+  <si>
+    <t>340780212</t>
+  </si>
+  <si>
+    <t>CHS LA COLOMBIERE CHU MONTPELLIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1099_FicheEtablissement/fr/chs-la-colombiere-chu-montpellier</t>
+  </si>
+  <si>
+    <t>1099_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Médecine, Psychiatrie</t>
+  </si>
+  <si>
+    <t>340780485</t>
+  </si>
+  <si>
+    <t>HOPITAL SAINT LOUP HOPITAUX BASSIN THAU AGDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1097_FicheEtablissement/fr/hopital-st-loup-agde-hbt</t>
+  </si>
+  <si>
+    <t>1097_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0499442000</t>
+  </si>
+  <si>
+    <t>340780436</t>
+  </si>
+  <si>
+    <t>CLINIQUE BEAU SOLEIL MONTPELLIER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1101_FicheEtablissement/fr/cl-beau-soleil</t>
+  </si>
+  <si>
+    <t>1101_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>119 Avenue De Lodeve</t>
+  </si>
+  <si>
+    <t>0467759999</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE SAINTE THERESE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1106_FicheEtablissement/fr/polycl-ste-therese-sete</t>
+  </si>
+  <si>
+    <t>1106_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>6 Quai Du Mas Coulet</t>
+  </si>
+  <si>
+    <t>0467463600</t>
+  </si>
+  <si>
+    <t>CLINIQUE VIA DOMITIA</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1105_FicheEtablissement/fr/cl-via-domitia-pole-sante-de-lunel</t>
+  </si>
+  <si>
+    <t>1105_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>34400 LUNEL</t>
+  </si>
+  <si>
+    <t>0467919200</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT ANTOINE MONTARNAUD</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1110_FicheEtablissement/fr/cl-st-antoine</t>
+  </si>
+  <si>
+    <t>1110_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>34570 MONTARNAUD</t>
+  </si>
+  <si>
+    <t>MONTARNAUD</t>
+  </si>
+  <si>
+    <t>0467029110</t>
+  </si>
+  <si>
+    <t>340780790</t>
+  </si>
+  <si>
+    <t>CLINIQUE LA LIRONDE SAINT CLEMENT DE RIVIERE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1108_FicheEtablissement/fr/cl-la-lironde-st-clement-de-riviere</t>
+  </si>
+  <si>
+    <t>1108_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467593200</t>
+  </si>
+  <si>
+    <t>340780766</t>
+  </si>
+  <si>
+    <t>CENTRE PSYCHOTHERAPIQUE SAINT MARTIN DU VIGNOGOUL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1113_FicheEtablissement/fr/cl-st-martin-vignogoul-pignan</t>
+  </si>
+  <si>
+    <t>1113_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>34570 PIGNAN</t>
+  </si>
+  <si>
+    <t>PIGNAN</t>
+  </si>
+  <si>
+    <t>0467078686</t>
+  </si>
+  <si>
+    <t>340780931</t>
+  </si>
+  <si>
+    <t>HOPITAL SAINT ELOI CHU MONTPELLIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1116_FicheEtablissement/fr/hopital-st-eloi-chu-montpellier</t>
+  </si>
+  <si>
+    <t>1116_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>80 Avenue Augustin Fliche</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE LA PETITE PAIX</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1115_FicheEtablissement/fr/crf-la-petite-paix-lamalou-les-bains</t>
+  </si>
+  <si>
+    <t>1115_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Bellevue</t>
+  </si>
+  <si>
+    <t>0467235353</t>
+  </si>
+  <si>
+    <t>340782002</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU MAS DE ROCHET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1114_FicheEtablissement/fr/cl-du-mas-de-rochet-castelnau-le-lez</t>
+  </si>
+  <si>
+    <t>1114_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>563 Avenue Georges Freche</t>
+  </si>
+  <si>
+    <t>34172 CASTELNAU LE LEZ</t>
+  </si>
+  <si>
+    <t>0467331033</t>
+  </si>
+  <si>
+    <t>340781608</t>
+  </si>
+  <si>
+    <t>CENTRE DE SOINS BELLEVUE CHU MONTPELLIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1118_FicheEtablissement/fr/centre-bellevue-chu-montpellier</t>
+  </si>
+  <si>
+    <t>1118_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Place Jean Baumel</t>
+  </si>
+  <si>
+    <t>340782481</t>
+  </si>
+  <si>
+    <t>HOPITAL GUI DE CHAULIAC CHU MONTPELLIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1117_FicheEtablissement/fr/hopital-gui-de-chauliac-chu-mtp</t>
+  </si>
+  <si>
+    <t>1117_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Réanimation</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1121_FicheEtablissement/fr/hopital-lapeyronie-chu-montpellier</t>
+  </si>
+  <si>
+    <t>1121_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>371 Avenue Du Doyen Gaston Giraud</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE DE LONG SEJOUR CENTRE HOSPITALIER DE LUNEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1120_FicheEtablissement/fr/usld-ch-lunel</t>
+  </si>
+  <si>
+    <t>1120_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>340782697</t>
+  </si>
+  <si>
+    <t>CENTRE PSYCHOTHERAPIQUE CAMILLE CLAUDEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1119_FicheEtablissement/fr/ctre-psychotherapie-c-claudel-ch-bezie</t>
+  </si>
+  <si>
+    <t>1119_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467357034</t>
+  </si>
+  <si>
+    <t>340782622</t>
+  </si>
+  <si>
+    <t>CENTRE REEDUCATION FONCTIONNELLE STER ST CLEMENT DE RIVIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1128_FicheEtablissement/fr/crf-ster-st-clement-de-riviere</t>
+  </si>
+  <si>
+    <t>1128_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467845200</t>
+  </si>
+  <si>
+    <t>340796093</t>
+  </si>
+  <si>
+    <t>CENTRE LONG SEJOUR LES PERGOLINES HOPITAUX BASSIN THAU SETE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1127_FicheEtablissement/fr/usld-les-pergolines-sete-hbt</t>
+  </si>
+  <si>
+    <t>1127_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467465797</t>
+  </si>
+  <si>
+    <t>340796051</t>
+  </si>
+  <si>
+    <t>USLD CENTRE GERONTO PSYCHIATRIQUE LES JARDINS DE SOPHIA</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1125_FicheEtablissement/fr/usld-les-jardins-de-sophia</t>
+  </si>
+  <si>
+    <t>1125_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>715 Chemin Du Mas De Rochet</t>
+  </si>
+  <si>
+    <t>0499583333</t>
+  </si>
+  <si>
+    <t>340789379</t>
+  </si>
+  <si>
+    <t>CENTRE DE LONG SEJOUR DU CENTRE HOSPITALIER DE LODEVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1124_FicheEtablissement/fr/usld-ch-lodeve</t>
+  </si>
+  <si>
+    <t>1124_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467883000</t>
+  </si>
+  <si>
+    <t>340788678</t>
+  </si>
+  <si>
+    <t>USLD SAINT LOUP AGDE HOPITAUX DU BASSIN DE THAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1123_FicheEtablissement/fr/usld-st-loup-agde-hbt</t>
+  </si>
+  <si>
+    <t>1123_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>340788629</t>
+  </si>
+  <si>
+    <t>CHU MONTPELLIER HOPITAL ARNAUD DE VILLENEUVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1130_FicheEtablissement/fr/hopital-arnaud-de-villeneuve-chu-mpt</t>
+  </si>
+  <si>
+    <t>1130_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>CENTRE DE LONG SEJOUR DU CENTRE HOSPITALIER DE BEZIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1129_FicheEtablissement/fr/usld-ch-beziers</t>
+  </si>
+  <si>
+    <t>1129_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Boulevard Ernest Perreal</t>
+  </si>
+  <si>
+    <t>0467357942</t>
+  </si>
+  <si>
+    <t>340796150</t>
+  </si>
+  <si>
+    <t>CENTRE DE CONVALESCENCE LE PECH DU SOLEIL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1132_FicheEtablissement/fr/ctre-ssr-le-pech-du-soleil-boujan-s/l</t>
+  </si>
+  <si>
+    <t>1132_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467091174</t>
+  </si>
+  <si>
+    <t>340798552</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE DU MELEZET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1131_FicheEtablissement/fr/centre-du-melezet-montpellier</t>
+  </si>
+  <si>
+    <t>1131_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1482 Rue De Saint Priest</t>
+  </si>
+  <si>
+    <t>34097 MONTPELLIER CEDEX 5</t>
+  </si>
+  <si>
+    <t>0467031111</t>
+  </si>
+  <si>
+    <t>340797596</t>
+  </si>
+  <si>
+    <t>AIDER SANTE DIALYSE A DOMICILE REGIONALE GRABELS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3742_FicheEtablissement/fr/aider-sante-dialyse-domicile-grabels</t>
+  </si>
+  <si>
+    <t>3742_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>787 Rue De La Valsiere</t>
+  </si>
+  <si>
+    <t>0430781868</t>
+  </si>
+  <si>
+    <t>340020221</t>
+  </si>
+  <si>
+    <t>NEPHROCARE CH BEZIERS NEWCO 2</t>
+  </si>
+  <si>
+    <t>21/01/2025 12:17:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3738_FicheEtablissement/fr/nephrocare-ch-beziers-newco-2</t>
+  </si>
+  <si>
+    <t>3738_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>130 Rue Colonel Dimitri Amilakvari</t>
+  </si>
+  <si>
+    <t>0499432340</t>
+  </si>
+  <si>
+    <t>340015999</t>
+  </si>
+  <si>
+    <t>AIDER SANTE UNITE AUTO DIALYSE VILLENEUVE LES BEZIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3737_FicheEtablissement/fr/aider-sante-uad-villeneuve-les-beziers</t>
+  </si>
+  <si>
+    <t>3737_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467267682</t>
+  </si>
+  <si>
+    <t>340013499</t>
+  </si>
+  <si>
+    <t>AIDER SANTE UNITE AUTO DIALYSE BOUZIGUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3736_FicheEtablissement/fr/aider-sante-uad-bouzigues</t>
+  </si>
+  <si>
+    <t>3736_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>28 Avenue Alfred Bouat</t>
+  </si>
+  <si>
+    <t>34140 BOUZIGUES</t>
+  </si>
+  <si>
+    <t>BOUZIGUES</t>
+  </si>
+  <si>
+    <t>340013358</t>
+  </si>
+  <si>
+    <t>AIDER SANTE UAD UDM CH CLERMONT L'HERAULT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3735_FicheEtablissement/fr/aider-sante-uad-udm-ch-clermont-hlt</t>
+  </si>
+  <si>
+    <t>3735_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>340013309</t>
+  </si>
+  <si>
+    <t>AIDER SANTE UAD BEDARIEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3734_FicheEtablissement/fr/aider-sante-uad-bedarieux</t>
+  </si>
+  <si>
+    <t>3734_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>340013259</t>
+  </si>
+  <si>
+    <t>AIDER SANTE UAD UDM POLYCLINIQUE SAINT LOUIS GANGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3733_FicheEtablissement/fr/aider-sante-uad-udm-cl-st-louis-ganges</t>
+  </si>
+  <si>
+    <t>3733_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Place Joseph Boudouresques</t>
+  </si>
+  <si>
+    <t>340013218</t>
+  </si>
+  <si>
+    <t>AIDER SANTE UDM CL JACQUES MIROUZE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3732_FicheEtablissement/fr/aider-sante-udm-cl-mirouze-mtp</t>
+  </si>
+  <si>
+    <t>3732_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>191 Avenue Doyen Gaston Giraud</t>
+  </si>
+  <si>
+    <t>340013168</t>
+  </si>
+  <si>
+    <t>AIDER SANTE UAD GRABELS SITE JOSEPH CORDIER 1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3731_FicheEtablissement/fr/aider-sante-uad-grabels-cordier-1</t>
+  </si>
+  <si>
+    <t>3731_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>805 Rue De La Valsiere</t>
+  </si>
+  <si>
+    <t>340013119</t>
+  </si>
+  <si>
+    <t>HJ PSY ADULTES SITE PERREAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5017_FicheEtablissement/fr/hj-psy-gen-site-perreal-ch-beziers</t>
+  </si>
+  <si>
+    <t>5017_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Boulevard Albert Mourrut</t>
+  </si>
+  <si>
+    <t>0467763426</t>
+  </si>
+  <si>
+    <t>340016732</t>
+  </si>
+  <si>
+    <t>SSR LES JARDINS DE SOPHIA CASTELNAU LE LEZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5042_FicheEtablissement/fr/ssr-jardins-de-sophia-castelnau-le-lez</t>
+  </si>
+  <si>
+    <t>5042_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>340024512</t>
+  </si>
+  <si>
+    <t>HJ PSYCHIATRIE INFANTO JUVENILE HBT SETE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5057_FicheEtablissement/fr/hj-pij-sete-hbt</t>
+  </si>
+  <si>
+    <t>5057_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>30 Rue Jean Moulin</t>
+  </si>
+  <si>
+    <t>0467513551</t>
+  </si>
+  <si>
+    <t>340787266</t>
+  </si>
+  <si>
+    <t>AIDER SANTE UAD SAINT JEAN SUD DE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7642_FicheEtablissement/fr/aider-sante-uad-st-jean-sud-de-france</t>
+  </si>
+  <si>
+    <t>7642_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0430781927</t>
+  </si>
+  <si>
+    <t>340024553</t>
+  </si>
+  <si>
+    <t>GCS AURORES MEDITERRANEE POLE DE READAPTATION</t>
+  </si>
+  <si>
+    <t>18/12/2024 09:22:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7672_FicheEtablissement/fr/gcs-aurores-mediterranee</t>
+  </si>
+  <si>
+    <t>7672_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>220 Avenue St Sauveur</t>
+  </si>
+  <si>
+    <t>340027887</t>
+  </si>
+  <si>
+    <t>GCS CENTRE SMR AMBRUSSUM</t>
+  </si>
+  <si>
+    <t>24/04/2024 12:38:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5041_FicheEtablissement/fr/gcs-centre-smr-ambrussum-lunel</t>
+  </si>
+  <si>
+    <t>5041_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467919223</t>
+  </si>
+  <si>
+    <t>340023258</t>
+  </si>
+  <si>
+    <t>CLINIQUE PLEIN SOLEIL SITE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>27/02/2024 14:56:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5043_FicheEtablissement/fr/cl-plein-soleil-montpellier</t>
+  </si>
+  <si>
+    <t>5043_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>214 Avenue Nina Simone</t>
+  </si>
+  <si>
+    <t>0467517051</t>
+  </si>
+  <si>
+    <t>340024546</t>
+  </si>
+  <si>
+    <t>NEPHROCARE CL PARC CASTELNAU NEWCO 1</t>
+  </si>
+  <si>
+    <t>25/01/2024 11:14:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3744_FicheEtablissement/fr/nephrocare-cl-parc-castelnau-newco-1</t>
+  </si>
+  <si>
+    <t>3744_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>48 Rue Emile Combes</t>
+  </si>
+  <si>
+    <t>0467101501</t>
+  </si>
+  <si>
+    <t>340780840</t>
+  </si>
+  <si>
+    <t>NEPHROCARE MILLENAIRE UNITE DIALYSE MEDICALISEE</t>
+  </si>
+  <si>
+    <t>16/06/2023 15:56:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3743_FicheEtablissement/fr/nephrocare-cl-milllenaire-mpl-newco-4</t>
+  </si>
+  <si>
+    <t>3743_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467101525</t>
+  </si>
+  <si>
+    <t>340023142</t>
+  </si>
+  <si>
+    <t>AUTODIALYSE DE LUNEL NEPHROCARE LUNEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3739_FicheEtablissement/fr/nephrocare-uad-pol-sante-lunel-newco-4</t>
+  </si>
+  <si>
+    <t>3739_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467919231</t>
+  </si>
+  <si>
+    <t>340016005</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R292"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -22011,41 +26109,11375 @@
       </c>
       <c r="L292" t="s">
         <v>338</v>
       </c>
       <c r="M292" t="s">
         <v>20</v>
       </c>
       <c r="N292" t="s">
         <v>1057</v>
       </c>
       <c r="O292" t="s">
         <v>113</v>
       </c>
       <c r="P292" t="s">
         <v>114</v>
       </c>
       <c r="Q292" t="s">
         <v>115</v>
       </c>
       <c r="R292" t="s">
         <v>116</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P104"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="J1" t="s">
+        <v>1865</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="L1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="M1" t="s">
+        <v>1868</v>
+      </c>
+      <c r="N1" t="s">
+        <v>1869</v>
+      </c>
+      <c r="O1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="P1" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1874</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1875</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1876</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1877</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1878</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1879</v>
+      </c>
+      <c r="L2" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M2" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N2" t="s">
+        <v>1882</v>
+      </c>
+      <c r="O2" t="s">
+        <v>1883</v>
+      </c>
+      <c r="P2" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1874</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1885</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1886</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1887</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1888</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1889</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1882</v>
+      </c>
+      <c r="O3" t="s">
+        <v>1883</v>
+      </c>
+      <c r="P3" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1874</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1891</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1892</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1893</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1894</v>
+      </c>
+      <c r="K4" t="s">
+        <v>30</v>
+      </c>
+      <c r="L4" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M4" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N4" t="s">
+        <v>1882</v>
+      </c>
+      <c r="O4" t="s">
+        <v>1883</v>
+      </c>
+      <c r="P4" t="s">
+        <v>1895</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1874</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1896</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1897</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1898</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1899</v>
+      </c>
+      <c r="K5" t="s">
+        <v>165</v>
+      </c>
+      <c r="L5" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M5" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N5" t="s">
+        <v>1882</v>
+      </c>
+      <c r="O5" t="s">
+        <v>1883</v>
+      </c>
+      <c r="P5" t="s">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1902</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1903</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1904</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1905</v>
+      </c>
+      <c r="J6" t="s">
+        <v>1906</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1907</v>
+      </c>
+      <c r="L6" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M6" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O6" t="s">
+        <v>1910</v>
+      </c>
+      <c r="P6" t="s">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1912</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1913</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1914</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1915</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1916</v>
+      </c>
+      <c r="J7" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" t="s">
+        <v>885</v>
+      </c>
+      <c r="L7" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M7" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N7" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O7" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P7" t="s">
+        <v>1918</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1920</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1921</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1922</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1905</v>
+      </c>
+      <c r="J8" t="s">
+        <v>1906</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1907</v>
+      </c>
+      <c r="L8" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M8" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N8" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O8" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P8" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1920</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1926</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1927</v>
+      </c>
+      <c r="J9" t="s">
+        <v>1928</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1929</v>
+      </c>
+      <c r="L9" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M9" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O9" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1931</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1920</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1932</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1933</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1934</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1935</v>
+      </c>
+      <c r="K10" t="s">
+        <v>51</v>
+      </c>
+      <c r="L10" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M10" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N10" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O10" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P10" t="s">
+        <v>1936</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1938</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1939</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1940</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1941</v>
+      </c>
+      <c r="J11" t="s">
+        <v>1942</v>
+      </c>
+      <c r="K11" t="s">
+        <v>115</v>
+      </c>
+      <c r="L11" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M11" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1943</v>
+      </c>
+      <c r="O11" t="s">
+        <v>1944</v>
+      </c>
+      <c r="P11" t="s">
+        <v>1945</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1947</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1948</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1949</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1899</v>
+      </c>
+      <c r="J12" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" t="s">
+        <v>165</v>
+      </c>
+      <c r="L12" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M12" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O12" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P12" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1953</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1954</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1955</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1935</v>
+      </c>
+      <c r="K13" t="s">
+        <v>51</v>
+      </c>
+      <c r="L13" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M13" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N13" t="s">
+        <v>1943</v>
+      </c>
+      <c r="O13" t="s">
+        <v>1956</v>
+      </c>
+      <c r="P13" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1959</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1960</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1961</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1962</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1963</v>
+      </c>
+      <c r="K14" t="s">
+        <v>371</v>
+      </c>
+      <c r="L14" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M14" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N14" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O14" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P14" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1966</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1967</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1968</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1969</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1970</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1971</v>
+      </c>
+      <c r="L15" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N15" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O15" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P15" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1975</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1976</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1977</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1978</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>1979</v>
+      </c>
+      <c r="L16" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M16" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N16" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O16" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P16" t="s">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1982</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1983</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1984</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1985</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1987</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M17" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N17" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O17" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P17" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1982</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1990</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1991</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1992</v>
+      </c>
+      <c r="J18" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1987</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M18" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O18" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P18" t="s">
+        <v>1993</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1994</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1995</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1996</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1997</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1998</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1899</v>
+      </c>
+      <c r="K19" t="s">
+        <v>165</v>
+      </c>
+      <c r="L19" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M19" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N19" t="s">
+        <v>1943</v>
+      </c>
+      <c r="O19" t="s">
+        <v>1999</v>
+      </c>
+      <c r="P19" t="s">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2001</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2002</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2003</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2004</v>
+      </c>
+      <c r="I20" t="s">
+        <v>2005</v>
+      </c>
+      <c r="J20" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" t="s">
+        <v>2006</v>
+      </c>
+      <c r="L20" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O20" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P20" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2009</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2010</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2011</v>
+      </c>
+      <c r="I21" t="s">
+        <v>2012</v>
+      </c>
+      <c r="J21" t="s">
+        <v>2013</v>
+      </c>
+      <c r="K21" t="s">
+        <v>51</v>
+      </c>
+      <c r="L21" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M21" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N21" t="s">
+        <v>2014</v>
+      </c>
+      <c r="O21" t="s">
+        <v>2015</v>
+      </c>
+      <c r="P21" t="s">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2009</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2018</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I22" t="s">
+        <v>2020</v>
+      </c>
+      <c r="J22" t="s">
+        <v>2013</v>
+      </c>
+      <c r="K22" t="s">
+        <v>51</v>
+      </c>
+      <c r="L22" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M22" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N22" t="s">
+        <v>2014</v>
+      </c>
+      <c r="O22" t="s">
+        <v>2015</v>
+      </c>
+      <c r="P22" t="s">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2023</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2024</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I23" t="s">
+        <v>2026</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>2027</v>
+      </c>
+      <c r="L23" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M23" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O23" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P23" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2030</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2031</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2032</v>
+      </c>
+      <c r="I24" t="s">
+        <v>2033</v>
+      </c>
+      <c r="J24" t="s">
+        <v>20</v>
+      </c>
+      <c r="K24" t="s">
+        <v>2034</v>
+      </c>
+      <c r="L24" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M24" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N24" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O24" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P24" t="s">
+        <v>2035</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2038</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2039</v>
+      </c>
+      <c r="I25" t="s">
+        <v>2040</v>
+      </c>
+      <c r="J25" t="s">
+        <v>2041</v>
+      </c>
+      <c r="K25" t="s">
+        <v>2042</v>
+      </c>
+      <c r="L25" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M25" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N25" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O25" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P25" t="s">
+        <v>2043</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2045</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2046</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2047</v>
+      </c>
+      <c r="I26" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J26" t="s">
+        <v>2049</v>
+      </c>
+      <c r="K26" t="s">
+        <v>2050</v>
+      </c>
+      <c r="L26" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M26" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O26" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P26" t="s">
+        <v>2051</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2052</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2045</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2053</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2054</v>
+      </c>
+      <c r="I27" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J27" t="s">
+        <v>2049</v>
+      </c>
+      <c r="K27" t="s">
+        <v>2050</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O27" t="s">
+        <v>2055</v>
+      </c>
+      <c r="P27" t="s">
+        <v>2056</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2057</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2058</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2059</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2060</v>
+      </c>
+      <c r="I28" t="s">
+        <v>2061</v>
+      </c>
+      <c r="J28" t="s">
+        <v>2062</v>
+      </c>
+      <c r="K28" t="s">
+        <v>2063</v>
+      </c>
+      <c r="L28" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M28" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N28" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O28" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P28" t="s">
+        <v>2064</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2066</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2067</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I29" t="s">
+        <v>2069</v>
+      </c>
+      <c r="J29" t="s">
+        <v>2070</v>
+      </c>
+      <c r="K29" t="s">
+        <v>2071</v>
+      </c>
+      <c r="L29" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M29" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N29" t="s">
+        <v>2072</v>
+      </c>
+      <c r="O29" t="s">
+        <v>2073</v>
+      </c>
+      <c r="P29" t="s">
+        <v>2074</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2075</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2077</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2078</v>
+      </c>
+      <c r="I30" t="s">
+        <v>2079</v>
+      </c>
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" t="s">
+        <v>2080</v>
+      </c>
+      <c r="L30" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M30" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N30" t="s">
+        <v>2072</v>
+      </c>
+      <c r="O30" t="s">
+        <v>2081</v>
+      </c>
+      <c r="P30" t="s">
+        <v>2082</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2085</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2086</v>
+      </c>
+      <c r="I31" t="s">
+        <v>2087</v>
+      </c>
+      <c r="J31" t="s">
+        <v>2088</v>
+      </c>
+      <c r="K31" t="s">
+        <v>2089</v>
+      </c>
+      <c r="L31" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M31" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N31" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O31" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P31" t="s">
+        <v>2090</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2091</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2092</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2093</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2094</v>
+      </c>
+      <c r="I32" t="s">
+        <v>2095</v>
+      </c>
+      <c r="J32" t="s">
+        <v>2096</v>
+      </c>
+      <c r="K32" t="s">
+        <v>701</v>
+      </c>
+      <c r="L32" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M32" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N32" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O32" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P32" t="s">
+        <v>2097</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2098</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2099</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2100</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2101</v>
+      </c>
+      <c r="I33" t="s">
+        <v>2102</v>
+      </c>
+      <c r="J33" t="s">
+        <v>2103</v>
+      </c>
+      <c r="K33" t="s">
+        <v>51</v>
+      </c>
+      <c r="L33" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N33" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O33" t="s">
+        <v>2055</v>
+      </c>
+      <c r="P33" t="s">
+        <v>2104</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2106</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2107</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2108</v>
+      </c>
+      <c r="I34" t="s">
+        <v>2102</v>
+      </c>
+      <c r="J34" t="s">
+        <v>2103</v>
+      </c>
+      <c r="K34" t="s">
+        <v>51</v>
+      </c>
+      <c r="L34" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M34" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N34" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O34" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P34" t="s">
+        <v>2109</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B35" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2111</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2112</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2113</v>
+      </c>
+      <c r="I35" t="s">
+        <v>2114</v>
+      </c>
+      <c r="J35" t="s">
+        <v>20</v>
+      </c>
+      <c r="K35" t="s">
+        <v>2115</v>
+      </c>
+      <c r="L35" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M35" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N35" t="s">
+        <v>2072</v>
+      </c>
+      <c r="O35" t="s">
+        <v>2073</v>
+      </c>
+      <c r="P35" t="s">
+        <v>2116</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B36" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2118</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2119</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2120</v>
+      </c>
+      <c r="I36" t="s">
+        <v>2114</v>
+      </c>
+      <c r="J36" t="s">
+        <v>20</v>
+      </c>
+      <c r="K36" t="s">
+        <v>2115</v>
+      </c>
+      <c r="L36" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N36" t="s">
+        <v>2072</v>
+      </c>
+      <c r="O36" t="s">
+        <v>2073</v>
+      </c>
+      <c r="P36" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2118</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2123</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2124</v>
+      </c>
+      <c r="I37" t="s">
+        <v>2114</v>
+      </c>
+      <c r="J37" t="s">
+        <v>20</v>
+      </c>
+      <c r="K37" t="s">
+        <v>2115</v>
+      </c>
+      <c r="L37" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M37" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N37" t="s">
+        <v>2072</v>
+      </c>
+      <c r="O37" t="s">
+        <v>2125</v>
+      </c>
+      <c r="P37" t="s">
+        <v>2126</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B38" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2118</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2128</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2129</v>
+      </c>
+      <c r="I38" t="s">
+        <v>2114</v>
+      </c>
+      <c r="J38" t="s">
+        <v>20</v>
+      </c>
+      <c r="K38" t="s">
+        <v>2115</v>
+      </c>
+      <c r="L38" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M38" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N38" t="s">
+        <v>2072</v>
+      </c>
+      <c r="O38" t="s">
+        <v>2130</v>
+      </c>
+      <c r="P38" t="s">
+        <v>2131</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B39" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2133</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2134</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2135</v>
+      </c>
+      <c r="I39" t="s">
+        <v>2136</v>
+      </c>
+      <c r="J39" t="s">
+        <v>20</v>
+      </c>
+      <c r="K39" t="s">
+        <v>2137</v>
+      </c>
+      <c r="L39" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M39" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N39" t="s">
+        <v>2072</v>
+      </c>
+      <c r="O39" t="s">
+        <v>2125</v>
+      </c>
+      <c r="P39" t="s">
+        <v>2138</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B40" t="s">
+        <v>2139</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2140</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>2141</v>
+      </c>
+      <c r="H40" t="s">
+        <v>2142</v>
+      </c>
+      <c r="I40" t="s">
+        <v>2143</v>
+      </c>
+      <c r="J40" t="s">
+        <v>20</v>
+      </c>
+      <c r="K40" t="s">
+        <v>105</v>
+      </c>
+      <c r="L40" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M40" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N40" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O40" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P40" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B41" t="s">
+        <v>2145</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2146</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>2147</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2148</v>
+      </c>
+      <c r="I41" t="s">
+        <v>2149</v>
+      </c>
+      <c r="J41" t="s">
+        <v>1899</v>
+      </c>
+      <c r="K41" t="s">
+        <v>165</v>
+      </c>
+      <c r="L41" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M41" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N41" t="s">
+        <v>1943</v>
+      </c>
+      <c r="O41" t="s">
+        <v>1956</v>
+      </c>
+      <c r="P41" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B42" t="s">
+        <v>2151</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>2146</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>2152</v>
+      </c>
+      <c r="H42" t="s">
+        <v>2153</v>
+      </c>
+      <c r="I42" t="s">
+        <v>2149</v>
+      </c>
+      <c r="J42" t="s">
+        <v>1899</v>
+      </c>
+      <c r="K42" t="s">
+        <v>165</v>
+      </c>
+      <c r="L42" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M42" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N42" t="s">
+        <v>2154</v>
+      </c>
+      <c r="O42" t="s">
+        <v>2155</v>
+      </c>
+      <c r="P42" t="s">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B43" t="s">
+        <v>2157</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2158</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>2159</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2160</v>
+      </c>
+      <c r="I43" t="s">
+        <v>2161</v>
+      </c>
+      <c r="J43" t="s">
+        <v>2013</v>
+      </c>
+      <c r="K43" t="s">
+        <v>51</v>
+      </c>
+      <c r="L43" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M43" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N43" t="s">
+        <v>2162</v>
+      </c>
+      <c r="O43" t="s">
+        <v>2163</v>
+      </c>
+      <c r="P43" t="s">
+        <v>2164</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B44" t="s">
+        <v>2165</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2166</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>2167</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2168</v>
+      </c>
+      <c r="I44" t="s">
+        <v>2169</v>
+      </c>
+      <c r="J44" t="s">
+        <v>2170</v>
+      </c>
+      <c r="K44" t="s">
+        <v>2171</v>
+      </c>
+      <c r="L44" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M44" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N44" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O44" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P44" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B45" t="s">
+        <v>2173</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2166</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2174</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2175</v>
+      </c>
+      <c r="I45" t="s">
+        <v>2176</v>
+      </c>
+      <c r="J45" t="s">
+        <v>20</v>
+      </c>
+      <c r="K45" t="s">
+        <v>2177</v>
+      </c>
+      <c r="L45" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M45" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N45" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O45" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P45" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B46" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2180</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2181</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2182</v>
+      </c>
+      <c r="I46" t="s">
+        <v>2183</v>
+      </c>
+      <c r="J46" t="s">
+        <v>2114</v>
+      </c>
+      <c r="K46" t="s">
+        <v>2115</v>
+      </c>
+      <c r="L46" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M46" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N46" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O46" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P46" t="s">
+        <v>2184</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B47" t="s">
+        <v>2185</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2186</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>2187</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2188</v>
+      </c>
+      <c r="I47" t="s">
+        <v>2189</v>
+      </c>
+      <c r="J47" t="s">
+        <v>2190</v>
+      </c>
+      <c r="K47" t="s">
+        <v>2191</v>
+      </c>
+      <c r="L47" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M47" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N47" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O47" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P47" t="s">
+        <v>2192</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B48" t="s">
+        <v>2193</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>2194</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>2195</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2196</v>
+      </c>
+      <c r="I48" t="s">
+        <v>2197</v>
+      </c>
+      <c r="J48" t="s">
+        <v>1899</v>
+      </c>
+      <c r="K48" t="s">
+        <v>165</v>
+      </c>
+      <c r="L48" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M48" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N48" t="s">
+        <v>2014</v>
+      </c>
+      <c r="O48" t="s">
+        <v>2198</v>
+      </c>
+      <c r="P48" t="s">
+        <v>2199</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B49" t="s">
+        <v>2200</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2194</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2201</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2202</v>
+      </c>
+      <c r="I49" t="s">
+        <v>2197</v>
+      </c>
+      <c r="J49" t="s">
+        <v>1899</v>
+      </c>
+      <c r="K49" t="s">
+        <v>165</v>
+      </c>
+      <c r="L49" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M49" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N49" t="s">
+        <v>2014</v>
+      </c>
+      <c r="O49" t="s">
+        <v>2198</v>
+      </c>
+      <c r="P49" t="s">
+        <v>2203</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B50" t="s">
+        <v>2204</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1982</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>2205</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2206</v>
+      </c>
+      <c r="I50" t="s">
+        <v>1986</v>
+      </c>
+      <c r="J50" t="s">
+        <v>20</v>
+      </c>
+      <c r="K50" t="s">
+        <v>1987</v>
+      </c>
+      <c r="L50" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M50" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N50" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O50" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P50" t="s">
+        <v>2207</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B51" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1982</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>2209</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2210</v>
+      </c>
+      <c r="I51" t="s">
+        <v>1985</v>
+      </c>
+      <c r="J51" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K51" t="s">
+        <v>1987</v>
+      </c>
+      <c r="L51" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M51" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N51" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O51" t="s">
+        <v>2211</v>
+      </c>
+      <c r="P51" t="s">
+        <v>2212</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B52" t="s">
+        <v>2213</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>2214</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>2215</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2216</v>
+      </c>
+      <c r="I52" t="s">
+        <v>2217</v>
+      </c>
+      <c r="J52" t="s">
+        <v>1942</v>
+      </c>
+      <c r="K52" t="s">
+        <v>115</v>
+      </c>
+      <c r="L52" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M52" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N52" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O52" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P52" t="s">
+        <v>2218</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B53" t="s">
+        <v>2219</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>2220</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>2221</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2222</v>
+      </c>
+      <c r="I53" t="s">
+        <v>2223</v>
+      </c>
+      <c r="J53" t="s">
+        <v>2224</v>
+      </c>
+      <c r="K53" t="s">
+        <v>190</v>
+      </c>
+      <c r="L53" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M53" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N53" t="s">
+        <v>2162</v>
+      </c>
+      <c r="O53" t="s">
+        <v>2163</v>
+      </c>
+      <c r="P53" t="s">
+        <v>2225</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B54" t="s">
+        <v>2226</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2220</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>2227</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2228</v>
+      </c>
+      <c r="I54" t="s">
+        <v>2229</v>
+      </c>
+      <c r="J54" t="s">
+        <v>1899</v>
+      </c>
+      <c r="K54" t="s">
+        <v>165</v>
+      </c>
+      <c r="L54" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M54" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N54" t="s">
+        <v>2162</v>
+      </c>
+      <c r="O54" t="s">
+        <v>2163</v>
+      </c>
+      <c r="P54" t="s">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B55" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>2232</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2233</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2234</v>
+      </c>
+      <c r="I55" t="s">
+        <v>2176</v>
+      </c>
+      <c r="J55" t="s">
+        <v>20</v>
+      </c>
+      <c r="K55" t="s">
+        <v>2177</v>
+      </c>
+      <c r="L55" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M55" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N55" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O55" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P55" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B56" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>2237</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>2238</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2239</v>
+      </c>
+      <c r="I56" t="s">
+        <v>2240</v>
+      </c>
+      <c r="J56" t="s">
+        <v>2241</v>
+      </c>
+      <c r="K56" t="s">
+        <v>2242</v>
+      </c>
+      <c r="L56" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M56" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N56" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O56" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P56" t="s">
+        <v>2243</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B57" t="s">
+        <v>2244</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>2245</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>2246</v>
+      </c>
+      <c r="H57" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I57" t="s">
+        <v>2248</v>
+      </c>
+      <c r="J57" t="s">
+        <v>20</v>
+      </c>
+      <c r="K57" t="s">
+        <v>2249</v>
+      </c>
+      <c r="L57" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M57" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N57" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O57" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P57" t="s">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B58" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2252</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>2253</v>
+      </c>
+      <c r="H58" t="s">
+        <v>2254</v>
+      </c>
+      <c r="I58" t="s">
+        <v>2255</v>
+      </c>
+      <c r="J58" t="s">
+        <v>1899</v>
+      </c>
+      <c r="K58" t="s">
+        <v>165</v>
+      </c>
+      <c r="L58" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M58" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N58" t="s">
+        <v>2014</v>
+      </c>
+      <c r="O58" t="s">
+        <v>2256</v>
+      </c>
+      <c r="P58" t="s">
+        <v>2257</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B59" t="s">
+        <v>2258</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>2259</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>2260</v>
+      </c>
+      <c r="H59" t="s">
+        <v>2261</v>
+      </c>
+      <c r="I59" t="s">
+        <v>2262</v>
+      </c>
+      <c r="J59" t="s">
+        <v>2263</v>
+      </c>
+      <c r="K59" t="s">
+        <v>2264</v>
+      </c>
+      <c r="L59" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M59" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N59" t="s">
+        <v>2265</v>
+      </c>
+      <c r="O59" t="s">
+        <v>2266</v>
+      </c>
+      <c r="P59" t="s">
+        <v>2267</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B60" t="s">
+        <v>2268</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>2269</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>2270</v>
+      </c>
+      <c r="H60" t="s">
+        <v>2271</v>
+      </c>
+      <c r="I60" t="s">
+        <v>2272</v>
+      </c>
+      <c r="J60" t="s">
+        <v>2273</v>
+      </c>
+      <c r="K60" t="s">
+        <v>2274</v>
+      </c>
+      <c r="L60" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M60" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N60" t="s">
+        <v>2072</v>
+      </c>
+      <c r="O60" t="s">
+        <v>2081</v>
+      </c>
+      <c r="P60" t="s">
+        <v>2275</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B61" t="s">
+        <v>2276</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>2269</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>2277</v>
+      </c>
+      <c r="H61" t="s">
+        <v>2278</v>
+      </c>
+      <c r="I61" t="s">
+        <v>2272</v>
+      </c>
+      <c r="J61" t="s">
+        <v>2273</v>
+      </c>
+      <c r="K61" t="s">
+        <v>2274</v>
+      </c>
+      <c r="L61" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M61" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N61" t="s">
+        <v>2072</v>
+      </c>
+      <c r="O61" t="s">
+        <v>2279</v>
+      </c>
+      <c r="P61" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B62" t="s">
+        <v>2281</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>2283</v>
+      </c>
+      <c r="H62" t="s">
+        <v>2284</v>
+      </c>
+      <c r="I62" t="s">
+        <v>2285</v>
+      </c>
+      <c r="J62" t="s">
+        <v>2103</v>
+      </c>
+      <c r="K62" t="s">
+        <v>51</v>
+      </c>
+      <c r="L62" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M62" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N62" t="s">
+        <v>2072</v>
+      </c>
+      <c r="O62" t="s">
+        <v>2081</v>
+      </c>
+      <c r="P62" t="s">
+        <v>2286</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B63" t="s">
+        <v>2287</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>2288</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2289</v>
+      </c>
+      <c r="I63" t="s">
+        <v>2290</v>
+      </c>
+      <c r="J63" t="s">
+        <v>2013</v>
+      </c>
+      <c r="K63" t="s">
+        <v>51</v>
+      </c>
+      <c r="L63" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M63" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N63" t="s">
+        <v>2072</v>
+      </c>
+      <c r="O63" t="s">
+        <v>2279</v>
+      </c>
+      <c r="P63" t="s">
+        <v>2291</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B64" t="s">
+        <v>2292</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>2293</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2294</v>
+      </c>
+      <c r="I64" t="s">
+        <v>2295</v>
+      </c>
+      <c r="J64" t="s">
+        <v>1935</v>
+      </c>
+      <c r="K64" t="s">
+        <v>51</v>
+      </c>
+      <c r="L64" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M64" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N64" t="s">
+        <v>2154</v>
+      </c>
+      <c r="O64" t="s">
+        <v>2296</v>
+      </c>
+      <c r="P64" t="s">
+        <v>2297</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B65" t="s">
+        <v>2298</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>2299</v>
+      </c>
+      <c r="H65" t="s">
+        <v>2300</v>
+      </c>
+      <c r="I65" t="s">
+        <v>2295</v>
+      </c>
+      <c r="J65" t="s">
+        <v>1935</v>
+      </c>
+      <c r="K65" t="s">
+        <v>51</v>
+      </c>
+      <c r="L65" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M65" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N65" t="s">
+        <v>2154</v>
+      </c>
+      <c r="O65" t="s">
+        <v>2155</v>
+      </c>
+      <c r="P65" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B66" t="s">
+        <v>2302</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>2303</v>
+      </c>
+      <c r="H66" t="s">
+        <v>2304</v>
+      </c>
+      <c r="I66" t="s">
+        <v>2305</v>
+      </c>
+      <c r="J66" t="s">
+        <v>2103</v>
+      </c>
+      <c r="K66" t="s">
+        <v>51</v>
+      </c>
+      <c r="L66" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M66" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N66" t="s">
+        <v>2072</v>
+      </c>
+      <c r="O66" t="s">
+        <v>2279</v>
+      </c>
+      <c r="P66" t="s">
+        <v>2306</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B67" t="s">
+        <v>2307</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>2308</v>
+      </c>
+      <c r="H67" t="s">
+        <v>2309</v>
+      </c>
+      <c r="I67" t="s">
+        <v>2295</v>
+      </c>
+      <c r="J67" t="s">
+        <v>1935</v>
+      </c>
+      <c r="K67" t="s">
+        <v>51</v>
+      </c>
+      <c r="L67" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M67" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N67" t="s">
+        <v>1943</v>
+      </c>
+      <c r="O67" t="s">
+        <v>1956</v>
+      </c>
+      <c r="P67" t="s">
+        <v>2310</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B68" t="s">
+        <v>2311</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>2312</v>
+      </c>
+      <c r="H68" t="s">
+        <v>2313</v>
+      </c>
+      <c r="I68" t="s">
+        <v>2314</v>
+      </c>
+      <c r="J68" t="s">
+        <v>2315</v>
+      </c>
+      <c r="K68" t="s">
+        <v>2316</v>
+      </c>
+      <c r="L68" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M68" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N68" t="s">
+        <v>2317</v>
+      </c>
+      <c r="O68" t="s">
+        <v>2318</v>
+      </c>
+      <c r="P68" t="s">
+        <v>2319</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B69" t="s">
+        <v>2320</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>2321</v>
+      </c>
+      <c r="H69" t="s">
+        <v>2322</v>
+      </c>
+      <c r="I69" t="s">
+        <v>2305</v>
+      </c>
+      <c r="J69" t="s">
+        <v>2103</v>
+      </c>
+      <c r="K69" t="s">
+        <v>51</v>
+      </c>
+      <c r="L69" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M69" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N69" t="s">
+        <v>2072</v>
+      </c>
+      <c r="O69" t="s">
+        <v>2081</v>
+      </c>
+      <c r="P69" t="s">
+        <v>2323</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B70" t="s">
+        <v>2324</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>2325</v>
+      </c>
+      <c r="H70" t="s">
+        <v>2326</v>
+      </c>
+      <c r="I70" t="s">
+        <v>2327</v>
+      </c>
+      <c r="J70" t="s">
+        <v>2328</v>
+      </c>
+      <c r="K70" t="s">
+        <v>2329</v>
+      </c>
+      <c r="L70" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M70" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N70" t="s">
+        <v>2072</v>
+      </c>
+      <c r="O70" t="s">
+        <v>2330</v>
+      </c>
+      <c r="P70" t="s">
+        <v>2331</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B71" t="s">
+        <v>2332</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>2333</v>
+      </c>
+      <c r="H71" t="s">
+        <v>2334</v>
+      </c>
+      <c r="I71" t="s">
+        <v>2335</v>
+      </c>
+      <c r="J71" t="s">
+        <v>2336</v>
+      </c>
+      <c r="K71" t="s">
+        <v>238</v>
+      </c>
+      <c r="L71" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M71" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N71" t="s">
+        <v>2317</v>
+      </c>
+      <c r="O71" t="s">
+        <v>2337</v>
+      </c>
+      <c r="P71" t="s">
+        <v>2338</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B72" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>2340</v>
+      </c>
+      <c r="H72" t="s">
+        <v>2341</v>
+      </c>
+      <c r="I72" t="s">
+        <v>2342</v>
+      </c>
+      <c r="J72" t="s">
+        <v>2336</v>
+      </c>
+      <c r="K72" t="s">
+        <v>238</v>
+      </c>
+      <c r="L72" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M72" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N72" t="s">
+        <v>2317</v>
+      </c>
+      <c r="O72" t="s">
+        <v>2343</v>
+      </c>
+      <c r="P72" t="s">
+        <v>2344</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B73" t="s">
+        <v>2345</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>2346</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>2347</v>
+      </c>
+      <c r="H73" t="s">
+        <v>2348</v>
+      </c>
+      <c r="I73" t="s">
+        <v>2349</v>
+      </c>
+      <c r="J73" t="s">
+        <v>20</v>
+      </c>
+      <c r="K73" t="s">
+        <v>2350</v>
+      </c>
+      <c r="L73" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M73" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N73" t="s">
+        <v>2317</v>
+      </c>
+      <c r="O73" t="s">
+        <v>2351</v>
+      </c>
+      <c r="P73" t="s">
+        <v>2352</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B74" t="s">
+        <v>2353</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>2354</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>2355</v>
+      </c>
+      <c r="H74" t="s">
+        <v>2356</v>
+      </c>
+      <c r="I74" t="s">
+        <v>2357</v>
+      </c>
+      <c r="J74" t="s">
+        <v>2013</v>
+      </c>
+      <c r="K74" t="s">
+        <v>51</v>
+      </c>
+      <c r="L74" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M74" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N74" t="s">
+        <v>2154</v>
+      </c>
+      <c r="O74" t="s">
+        <v>2358</v>
+      </c>
+      <c r="P74" t="s">
+        <v>2359</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B75" t="s">
+        <v>2360</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>2361</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>2362</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2363</v>
+      </c>
+      <c r="I75" t="s">
+        <v>2096</v>
+      </c>
+      <c r="J75" t="s">
+        <v>20</v>
+      </c>
+      <c r="K75" t="s">
+        <v>701</v>
+      </c>
+      <c r="L75" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M75" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N75" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O75" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P75" t="s">
+        <v>2364</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B76" t="s">
+        <v>2365</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>2366</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>2367</v>
+      </c>
+      <c r="H76" t="s">
+        <v>2368</v>
+      </c>
+      <c r="I76" t="s">
+        <v>2369</v>
+      </c>
+      <c r="J76" t="s">
+        <v>2370</v>
+      </c>
+      <c r="K76" t="s">
+        <v>2371</v>
+      </c>
+      <c r="L76" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M76" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N76" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O76" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P76" t="s">
+        <v>2372</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B77" t="s">
+        <v>2373</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>2374</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>2375</v>
+      </c>
+      <c r="H77" t="s">
+        <v>2376</v>
+      </c>
+      <c r="I77" t="s">
+        <v>2377</v>
+      </c>
+      <c r="J77" t="s">
+        <v>2378</v>
+      </c>
+      <c r="K77" t="s">
+        <v>2379</v>
+      </c>
+      <c r="L77" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M77" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N77" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O77" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P77" t="s">
+        <v>2380</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B78" t="s">
+        <v>2381</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>2382</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>2383</v>
+      </c>
+      <c r="H78" t="s">
+        <v>2384</v>
+      </c>
+      <c r="I78" t="s">
+        <v>2385</v>
+      </c>
+      <c r="J78" t="s">
+        <v>2386</v>
+      </c>
+      <c r="K78" t="s">
+        <v>2387</v>
+      </c>
+      <c r="L78" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N78" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O78" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P78" t="s">
+        <v>2388</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B79" t="s">
+        <v>2389</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>2390</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>2391</v>
+      </c>
+      <c r="H79" t="s">
+        <v>2392</v>
+      </c>
+      <c r="I79" t="s">
+        <v>2393</v>
+      </c>
+      <c r="J79" t="s">
+        <v>2394</v>
+      </c>
+      <c r="K79" t="s">
+        <v>255</v>
+      </c>
+      <c r="L79" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M79" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N79" t="s">
+        <v>1943</v>
+      </c>
+      <c r="O79" t="s">
+        <v>1956</v>
+      </c>
+      <c r="P79" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B80" t="s">
+        <v>2396</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>2397</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>2398</v>
+      </c>
+      <c r="H80" t="s">
+        <v>2399</v>
+      </c>
+      <c r="I80" t="s">
+        <v>2400</v>
+      </c>
+      <c r="J80" t="s">
+        <v>2401</v>
+      </c>
+      <c r="K80" t="s">
+        <v>2402</v>
+      </c>
+      <c r="L80" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M80" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N80" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O80" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P80" t="s">
+        <v>2403</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B81" t="s">
+        <v>2404</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>2405</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>2406</v>
+      </c>
+      <c r="H81" t="s">
+        <v>2407</v>
+      </c>
+      <c r="I81" t="s">
+        <v>2408</v>
+      </c>
+      <c r="J81" t="s">
+        <v>2409</v>
+      </c>
+      <c r="K81" t="s">
+        <v>190</v>
+      </c>
+      <c r="L81" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M81" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N81" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O81" t="s">
+        <v>2410</v>
+      </c>
+      <c r="P81" t="s">
+        <v>2411</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B82" t="s">
+        <v>2412</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>2413</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>2414</v>
+      </c>
+      <c r="H82" t="s">
+        <v>2415</v>
+      </c>
+      <c r="I82" t="s">
+        <v>2416</v>
+      </c>
+      <c r="J82" t="s">
+        <v>1888</v>
+      </c>
+      <c r="K82" t="s">
+        <v>1889</v>
+      </c>
+      <c r="L82" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M82" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N82" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O82" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P82" t="s">
+        <v>2417</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B83" t="s">
+        <v>2418</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>2419</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>2420</v>
+      </c>
+      <c r="H83" t="s">
+        <v>2421</v>
+      </c>
+      <c r="I83" t="s">
+        <v>2422</v>
+      </c>
+      <c r="J83" t="s">
+        <v>2394</v>
+      </c>
+      <c r="K83" t="s">
+        <v>255</v>
+      </c>
+      <c r="L83" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M83" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N83" t="s">
+        <v>2072</v>
+      </c>
+      <c r="O83" t="s">
+        <v>2279</v>
+      </c>
+      <c r="P83" t="s">
+        <v>2423</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B84" t="s">
+        <v>2424</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>2419</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>2425</v>
+      </c>
+      <c r="H84" t="s">
+        <v>2426</v>
+      </c>
+      <c r="I84" t="s">
+        <v>2427</v>
+      </c>
+      <c r="J84" t="s">
+        <v>2394</v>
+      </c>
+      <c r="K84" t="s">
+        <v>255</v>
+      </c>
+      <c r="L84" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M84" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N84" t="s">
+        <v>2072</v>
+      </c>
+      <c r="O84" t="s">
+        <v>2330</v>
+      </c>
+      <c r="P84" t="s">
+        <v>2428</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B85" t="s">
+        <v>2429</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>2430</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>2431</v>
+      </c>
+      <c r="H85" t="s">
+        <v>2432</v>
+      </c>
+      <c r="I85" t="s">
+        <v>2433</v>
+      </c>
+      <c r="J85" t="s">
+        <v>2328</v>
+      </c>
+      <c r="K85" t="s">
+        <v>2329</v>
+      </c>
+      <c r="L85" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M85" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N85" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O85" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P85" t="s">
+        <v>2434</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B86" t="s">
+        <v>2435</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>2436</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>2437</v>
+      </c>
+      <c r="H86" t="s">
+        <v>2438</v>
+      </c>
+      <c r="I86" t="s">
+        <v>2439</v>
+      </c>
+      <c r="J86" t="s">
+        <v>2440</v>
+      </c>
+      <c r="K86" t="s">
+        <v>2441</v>
+      </c>
+      <c r="L86" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M86" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N86" t="s">
+        <v>2265</v>
+      </c>
+      <c r="O86" t="s">
+        <v>2266</v>
+      </c>
+      <c r="P86" t="s">
+        <v>2442</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B87" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>2436</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>2444</v>
+      </c>
+      <c r="H87" t="s">
+        <v>2445</v>
+      </c>
+      <c r="I87" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J87" t="s">
+        <v>2447</v>
+      </c>
+      <c r="K87" t="s">
+        <v>2448</v>
+      </c>
+      <c r="L87" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M87" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N87" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O87" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P87" t="s">
+        <v>2449</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B88" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>2451</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
+        <v>2452</v>
+      </c>
+      <c r="H88" t="s">
+        <v>2453</v>
+      </c>
+      <c r="I88" t="s">
+        <v>2454</v>
+      </c>
+      <c r="J88" t="s">
+        <v>2455</v>
+      </c>
+      <c r="K88" t="s">
+        <v>2456</v>
+      </c>
+      <c r="L88" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M88" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N88" t="s">
+        <v>2317</v>
+      </c>
+      <c r="O88" t="s">
+        <v>2351</v>
+      </c>
+      <c r="P88" t="s">
+        <v>2457</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B89" t="s">
+        <v>2458</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>2451</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>2459</v>
+      </c>
+      <c r="H89" t="s">
+        <v>2460</v>
+      </c>
+      <c r="I89" t="s">
+        <v>2461</v>
+      </c>
+      <c r="J89" t="s">
+        <v>1899</v>
+      </c>
+      <c r="K89" t="s">
+        <v>165</v>
+      </c>
+      <c r="L89" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M89" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N89" t="s">
+        <v>2317</v>
+      </c>
+      <c r="O89" t="s">
+        <v>2337</v>
+      </c>
+      <c r="P89" t="s">
+        <v>2462</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B90" t="s">
+        <v>2463</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>2464</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
+        <v>2465</v>
+      </c>
+      <c r="H90" t="s">
+        <v>2466</v>
+      </c>
+      <c r="I90" t="s">
+        <v>2467</v>
+      </c>
+      <c r="J90" t="s">
+        <v>2455</v>
+      </c>
+      <c r="K90" t="s">
+        <v>2456</v>
+      </c>
+      <c r="L90" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M90" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N90" t="s">
+        <v>2317</v>
+      </c>
+      <c r="O90" t="s">
+        <v>2337</v>
+      </c>
+      <c r="P90" t="s">
+        <v>2468</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B91" t="s">
+        <v>2469</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>2464</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>2470</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2471</v>
+      </c>
+      <c r="I91" t="s">
+        <v>1888</v>
+      </c>
+      <c r="J91" t="s">
+        <v>20</v>
+      </c>
+      <c r="K91" t="s">
+        <v>1889</v>
+      </c>
+      <c r="L91" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M91" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N91" t="s">
+        <v>2317</v>
+      </c>
+      <c r="O91" t="s">
+        <v>2351</v>
+      </c>
+      <c r="P91" t="s">
+        <v>2472</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B92" t="s">
+        <v>2473</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>2474</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>2475</v>
+      </c>
+      <c r="H92" t="s">
+        <v>2476</v>
+      </c>
+      <c r="I92" t="s">
+        <v>2477</v>
+      </c>
+      <c r="J92" t="s">
+        <v>2096</v>
+      </c>
+      <c r="K92" t="s">
+        <v>701</v>
+      </c>
+      <c r="L92" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M92" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N92" t="s">
+        <v>2014</v>
+      </c>
+      <c r="O92" t="s">
+        <v>2478</v>
+      </c>
+      <c r="P92" t="s">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B93" t="s">
+        <v>2480</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>2481</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>2482</v>
+      </c>
+      <c r="H93" t="s">
+        <v>2483</v>
+      </c>
+      <c r="I93" t="s">
+        <v>2461</v>
+      </c>
+      <c r="J93" t="s">
+        <v>1899</v>
+      </c>
+      <c r="K93" t="s">
+        <v>165</v>
+      </c>
+      <c r="L93" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M93" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N93" t="s">
+        <v>2317</v>
+      </c>
+      <c r="O93" t="s">
+        <v>2343</v>
+      </c>
+      <c r="P93" t="s">
+        <v>2484</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B94" t="s">
+        <v>2485</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
+        <v>2486</v>
+      </c>
+      <c r="F94" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" t="s">
+        <v>2487</v>
+      </c>
+      <c r="H94" t="s">
+        <v>2488</v>
+      </c>
+      <c r="I94" t="s">
+        <v>2489</v>
+      </c>
+      <c r="J94" t="s">
+        <v>2490</v>
+      </c>
+      <c r="K94" t="s">
+        <v>2491</v>
+      </c>
+      <c r="L94" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M94" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N94" t="s">
+        <v>2072</v>
+      </c>
+      <c r="O94" t="s">
+        <v>2081</v>
+      </c>
+      <c r="P94" t="s">
+        <v>2492</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B95" t="s">
+        <v>2493</v>
+      </c>
+      <c r="C95" t="s">
+        <v>20</v>
+      </c>
+      <c r="D95" t="s">
+        <v>20</v>
+      </c>
+      <c r="E95" t="s">
+        <v>2494</v>
+      </c>
+      <c r="F95" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" t="s">
+        <v>2495</v>
+      </c>
+      <c r="H95" t="s">
+        <v>2496</v>
+      </c>
+      <c r="I95" t="s">
+        <v>2497</v>
+      </c>
+      <c r="J95" t="s">
+        <v>2498</v>
+      </c>
+      <c r="K95" t="s">
+        <v>165</v>
+      </c>
+      <c r="L95" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M95" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N95" t="s">
+        <v>2014</v>
+      </c>
+      <c r="O95" t="s">
+        <v>2499</v>
+      </c>
+      <c r="P95" t="s">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B96" t="s">
+        <v>2501</v>
+      </c>
+      <c r="C96" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" t="s">
+        <v>20</v>
+      </c>
+      <c r="E96" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F96" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" t="s">
+        <v>2503</v>
+      </c>
+      <c r="H96" t="s">
+        <v>2504</v>
+      </c>
+      <c r="I96" t="s">
+        <v>2505</v>
+      </c>
+      <c r="J96" t="s">
+        <v>2506</v>
+      </c>
+      <c r="K96" t="s">
+        <v>2507</v>
+      </c>
+      <c r="L96" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M96" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N96" t="s">
+        <v>2014</v>
+      </c>
+      <c r="O96" t="s">
+        <v>2508</v>
+      </c>
+      <c r="P96" t="s">
+        <v>2509</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B97" t="s">
+        <v>2510</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>2511</v>
+      </c>
+      <c r="F97" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" t="s">
+        <v>2512</v>
+      </c>
+      <c r="H97" t="s">
+        <v>2513</v>
+      </c>
+      <c r="I97" t="s">
+        <v>2514</v>
+      </c>
+      <c r="J97" t="s">
+        <v>1899</v>
+      </c>
+      <c r="K97" t="s">
+        <v>165</v>
+      </c>
+      <c r="L97" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M97" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N97" t="s">
+        <v>2014</v>
+      </c>
+      <c r="O97" t="s">
+        <v>2515</v>
+      </c>
+      <c r="P97" t="s">
+        <v>2516</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B98" t="s">
+        <v>2517</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" t="s">
+        <v>2518</v>
+      </c>
+      <c r="F98" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" t="s">
+        <v>2519</v>
+      </c>
+      <c r="H98" t="s">
+        <v>2520</v>
+      </c>
+      <c r="I98" t="s">
+        <v>2521</v>
+      </c>
+      <c r="J98" t="s">
+        <v>1935</v>
+      </c>
+      <c r="K98" t="s">
+        <v>51</v>
+      </c>
+      <c r="L98" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M98" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N98" t="s">
+        <v>2317</v>
+      </c>
+      <c r="O98" t="s">
+        <v>2337</v>
+      </c>
+      <c r="P98" t="s">
+        <v>2522</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B99" t="s">
+        <v>2523</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
+        <v>2518</v>
+      </c>
+      <c r="F99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
+        <v>2524</v>
+      </c>
+      <c r="H99" t="s">
+        <v>2525</v>
+      </c>
+      <c r="I99" t="s">
+        <v>2526</v>
+      </c>
+      <c r="J99" t="s">
+        <v>2527</v>
+      </c>
+      <c r="K99" t="s">
+        <v>2528</v>
+      </c>
+      <c r="L99" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M99" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N99" t="s">
+        <v>2317</v>
+      </c>
+      <c r="O99" t="s">
+        <v>2337</v>
+      </c>
+      <c r="P99" t="s">
+        <v>2529</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B100" t="s">
+        <v>2530</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
+        <v>2518</v>
+      </c>
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
+        <v>2531</v>
+      </c>
+      <c r="H100" t="s">
+        <v>2532</v>
+      </c>
+      <c r="I100" t="s">
+        <v>2533</v>
+      </c>
+      <c r="J100" t="s">
+        <v>2534</v>
+      </c>
+      <c r="K100" t="s">
+        <v>2535</v>
+      </c>
+      <c r="L100" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M100" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N100" t="s">
+        <v>2317</v>
+      </c>
+      <c r="O100" t="s">
+        <v>2337</v>
+      </c>
+      <c r="P100" t="s">
+        <v>2536</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B101" t="s">
+        <v>2537</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" t="s">
+        <v>2538</v>
+      </c>
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
+        <v>2539</v>
+      </c>
+      <c r="H101" t="s">
+        <v>2540</v>
+      </c>
+      <c r="I101" t="s">
+        <v>2541</v>
+      </c>
+      <c r="J101" t="s">
+        <v>1963</v>
+      </c>
+      <c r="K101" t="s">
+        <v>371</v>
+      </c>
+      <c r="L101" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M101" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N101" t="s">
+        <v>1943</v>
+      </c>
+      <c r="O101" t="s">
+        <v>2542</v>
+      </c>
+      <c r="P101" t="s">
+        <v>2543</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B102" t="s">
+        <v>2544</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>2545</v>
+      </c>
+      <c r="F102" t="s">
+        <v>20</v>
+      </c>
+      <c r="G102" t="s">
+        <v>2546</v>
+      </c>
+      <c r="H102" t="s">
+        <v>2547</v>
+      </c>
+      <c r="I102" t="s">
+        <v>2548</v>
+      </c>
+      <c r="J102" t="s">
+        <v>2527</v>
+      </c>
+      <c r="K102" t="s">
+        <v>2528</v>
+      </c>
+      <c r="L102" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M102" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N102" t="s">
+        <v>2317</v>
+      </c>
+      <c r="O102" t="s">
+        <v>2337</v>
+      </c>
+      <c r="P102" t="s">
+        <v>2549</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B103" t="s">
+        <v>2550</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103" t="s">
+        <v>2551</v>
+      </c>
+      <c r="F103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" t="s">
+        <v>2552</v>
+      </c>
+      <c r="H103" t="s">
+        <v>2553</v>
+      </c>
+      <c r="I103" t="s">
+        <v>2554</v>
+      </c>
+      <c r="J103" t="s">
+        <v>20</v>
+      </c>
+      <c r="K103" t="s">
+        <v>2555</v>
+      </c>
+      <c r="L103" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M103" t="s">
+        <v>1881</v>
+      </c>
+      <c r="N103" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O103" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P103" t="s">
+        <v>2556</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B104" t="s">
+        <v>2557</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>20</v>
+      </c>
+      <c r="E104" t="s">
+        <v>2558</v>
+      </c>
+      <c r="F104" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" t="s">
+        <v>2559</v>
+      </c>
+      <c r="H104" t="s">
+        <v>2560</v>
+      </c>
+      <c r="I104" t="s">
+        <v>2561</v>
+      </c>
+      <c r="J104" t="s">
+        <v>1963</v>
+      </c>
+      <c r="K104" t="s">
+        <v>371</v>
+      </c>
+      <c r="L104" t="s">
+        <v>1880</v>
+      </c>
+      <c r="M104" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N104" t="s">
+        <v>1909</v>
+      </c>
+      <c r="O104" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P104" t="s">
+        <v>2562</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>13</v>
+      </c>
+      <c r="J1" t="s">
+        <v>14</v>
+      </c>
+      <c r="K1" t="s">
+        <v>2563</v>
+      </c>
+      <c r="L1" t="s">
+        <v>2564</v>
+      </c>
+      <c r="M1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2566</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2567</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2569</v>
+      </c>
+      <c r="I2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="J2" t="s">
+        <v>163</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1880</v>
+      </c>
+      <c r="L2" t="s">
+        <v>166</v>
+      </c>
+      <c r="M2" t="s">
+        <v>2571</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2572</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2573</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I3" t="s">
+        <v>2575</v>
+      </c>
+      <c r="J3" t="s">
+        <v>263</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1880</v>
+      </c>
+      <c r="L3" t="s">
+        <v>264</v>
+      </c>
+      <c r="M3" t="s">
+        <v>2576</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2577</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2578</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2579</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2580</v>
+      </c>
+      <c r="I4" t="s">
+        <v>2581</v>
+      </c>
+      <c r="J4" t="s">
+        <v>113</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1880</v>
+      </c>
+      <c r="L4" t="s">
+        <v>116</v>
+      </c>
+      <c r="M4" t="s">
+        <v>2582</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2583</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>399</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2584</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2585</v>
+      </c>
+      <c r="I5" t="s">
+        <v>2586</v>
+      </c>
+      <c r="J5" t="s">
+        <v>406</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1880</v>
+      </c>
+      <c r="L5" t="s">
+        <v>407</v>
+      </c>
+      <c r="M5" t="s">
+        <v>2587</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2588</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>645</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2589</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2590</v>
+      </c>
+      <c r="I6" t="s">
+        <v>2591</v>
+      </c>
+      <c r="J6" t="s">
+        <v>188</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1880</v>
+      </c>
+      <c r="L6" t="s">
+        <v>191</v>
+      </c>
+      <c r="M6" t="s">
+        <v>2592</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2593</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>704</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2594</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2595</v>
+      </c>
+      <c r="I7" t="s">
+        <v>2596</v>
+      </c>
+      <c r="J7" t="s">
+        <v>163</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1880</v>
+      </c>
+      <c r="L7" t="s">
+        <v>166</v>
+      </c>
+      <c r="M7" t="s">
+        <v>2597</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2598</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2599</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2600</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2601</v>
+      </c>
+      <c r="I8" t="s">
+        <v>2602</v>
+      </c>
+      <c r="J8" t="s">
+        <v>221</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1880</v>
+      </c>
+      <c r="L8" t="s">
+        <v>224</v>
+      </c>
+      <c r="M8" t="s">
+        <v>2603</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2604</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2605</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2606</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2607</v>
+      </c>
+      <c r="I9" t="s">
+        <v>2608</v>
+      </c>
+      <c r="J9" t="s">
+        <v>103</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1880</v>
+      </c>
+      <c r="L9" t="s">
+        <v>106</v>
+      </c>
+      <c r="M9" t="s">
+        <v>2609</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2610</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2611</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2612</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2613</v>
+      </c>
+      <c r="I10" t="s">
+        <v>2614</v>
+      </c>
+      <c r="J10" t="s">
+        <v>253</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1880</v>
+      </c>
+      <c r="L10" t="s">
+        <v>256</v>
+      </c>
+      <c r="M10" t="s">
+        <v>2615</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2598</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2616</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2617</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2618</v>
+      </c>
+      <c r="I11" t="s">
+        <v>2619</v>
+      </c>
+      <c r="J11" t="s">
+        <v>221</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1880</v>
+      </c>
+      <c r="L11" t="s">
+        <v>224</v>
+      </c>
+      <c r="M11" t="s">
+        <v>2620</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2621</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2622</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2623</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2624</v>
+      </c>
+      <c r="I12" t="s">
+        <v>2625</v>
+      </c>
+      <c r="J12" t="s">
+        <v>2626</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1880</v>
+      </c>
+      <c r="L12" t="s">
+        <v>2627</v>
+      </c>
+      <c r="M12" t="s">
+        <v>2628</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2629</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2630</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2631</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2632</v>
+      </c>
+      <c r="I13" t="s">
+        <v>2633</v>
+      </c>
+      <c r="J13" t="s">
+        <v>2634</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1880</v>
+      </c>
+      <c r="L13" t="s">
+        <v>658</v>
+      </c>
+      <c r="M13" t="s">
+        <v>2635</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2636</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2637</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2638</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2639</v>
+      </c>
+      <c r="I14" t="s">
+        <v>2640</v>
+      </c>
+      <c r="J14" t="s">
+        <v>263</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1880</v>
+      </c>
+      <c r="L14" t="s">
+        <v>264</v>
+      </c>
+      <c r="M14" t="s">
+        <v>2641</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:M1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T89"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>2642</v>
+      </c>
+      <c r="J1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="K1" t="s">
+        <v>2643</v>
+      </c>
+      <c r="L1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="M1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="N1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="O1" t="s">
+        <v>2645</v>
+      </c>
+      <c r="P1" t="s">
+        <v>2646</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>2647</v>
+      </c>
+      <c r="R1" t="s">
+        <v>1868</v>
+      </c>
+      <c r="S1" t="s">
+        <v>2648</v>
+      </c>
+      <c r="T1" t="s">
+        <v>2649</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2651</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2652</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2654</v>
+      </c>
+      <c r="I2" t="s">
+        <v>2655</v>
+      </c>
+      <c r="J2" t="s">
+        <v>2656</v>
+      </c>
+      <c r="K2" t="s">
+        <v>2657</v>
+      </c>
+      <c r="L2" t="s">
+        <v>223</v>
+      </c>
+      <c r="M2" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N2" t="s">
+        <v>2658</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>2660</v>
+      </c>
+      <c r="R2" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S2" t="s">
+        <v>224</v>
+      </c>
+      <c r="T2" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2662</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2663</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2664</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2665</v>
+      </c>
+      <c r="I3" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J3" t="s">
+        <v>2667</v>
+      </c>
+      <c r="K3" t="s">
+        <v>2668</v>
+      </c>
+      <c r="L3" t="s">
+        <v>2669</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N3" t="s">
+        <v>2670</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>1908</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R3" t="s">
+        <v>1908</v>
+      </c>
+      <c r="S3" t="s">
+        <v>2672</v>
+      </c>
+      <c r="T3" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2674</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2675</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2676</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2677</v>
+      </c>
+      <c r="I4" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J4" t="s">
+        <v>2678</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1899</v>
+      </c>
+      <c r="L4" t="s">
+        <v>165</v>
+      </c>
+      <c r="M4" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N4" t="s">
+        <v>2679</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>20</v>
+      </c>
+      <c r="R4" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S4" t="s">
+        <v>2680</v>
+      </c>
+      <c r="T4" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2681</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2682</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2683</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2684</v>
+      </c>
+      <c r="I5" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J5" t="s">
+        <v>2685</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1888</v>
+      </c>
+      <c r="L5" t="s">
+        <v>1889</v>
+      </c>
+      <c r="M5" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N5" t="s">
+        <v>2686</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>2687</v>
+      </c>
+      <c r="R5" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S5" t="s">
+        <v>2688</v>
+      </c>
+      <c r="T5" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2689</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2682</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2690</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2691</v>
+      </c>
+      <c r="I6" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1963</v>
+      </c>
+      <c r="L6" t="s">
+        <v>371</v>
+      </c>
+      <c r="M6" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N6" t="s">
+        <v>2692</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>2687</v>
+      </c>
+      <c r="R6" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S6" t="s">
+        <v>2693</v>
+      </c>
+      <c r="T6" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2694</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2695</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2696</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2697</v>
+      </c>
+      <c r="I7" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J7" t="s">
+        <v>2698</v>
+      </c>
+      <c r="K7" t="s">
+        <v>2699</v>
+      </c>
+      <c r="L7" t="s">
+        <v>165</v>
+      </c>
+      <c r="M7" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N7" t="s">
+        <v>2700</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>2701</v>
+      </c>
+      <c r="R7" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S7" t="s">
+        <v>549</v>
+      </c>
+      <c r="T7" t="s">
+        <v>2702</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2703</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2704</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2705</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2706</v>
+      </c>
+      <c r="I8" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J8" t="s">
+        <v>2707</v>
+      </c>
+      <c r="K8" t="s">
+        <v>2013</v>
+      </c>
+      <c r="L8" t="s">
+        <v>51</v>
+      </c>
+      <c r="M8" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N8" t="s">
+        <v>2708</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>2709</v>
+      </c>
+      <c r="R8" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S8" t="s">
+        <v>2710</v>
+      </c>
+      <c r="T8" t="s">
+        <v>2711</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2713</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2714</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2715</v>
+      </c>
+      <c r="I9" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J9" t="s">
+        <v>2716</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1899</v>
+      </c>
+      <c r="L9" t="s">
+        <v>165</v>
+      </c>
+      <c r="M9" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N9" t="s">
+        <v>2717</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>2718</v>
+      </c>
+      <c r="R9" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S9" t="s">
+        <v>2719</v>
+      </c>
+      <c r="T9" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2720</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2721</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2722</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2723</v>
+      </c>
+      <c r="I10" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J10" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1894</v>
+      </c>
+      <c r="L10" t="s">
+        <v>30</v>
+      </c>
+      <c r="M10" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N10" t="s">
+        <v>2724</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>2725</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>2726</v>
+      </c>
+      <c r="R10" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S10" t="s">
+        <v>2727</v>
+      </c>
+      <c r="T10" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2728</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2721</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2729</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2730</v>
+      </c>
+      <c r="I11" t="s">
+        <v>2731</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1894</v>
+      </c>
+      <c r="L11" t="s">
+        <v>30</v>
+      </c>
+      <c r="M11" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N11" t="s">
+        <v>2724</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>1972</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>2732</v>
+      </c>
+      <c r="R11" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S11" t="s">
+        <v>2733</v>
+      </c>
+      <c r="T11" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2734</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2735</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2736</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2737</v>
+      </c>
+      <c r="I12" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J12" t="s">
+        <v>2738</v>
+      </c>
+      <c r="K12" t="s">
+        <v>2739</v>
+      </c>
+      <c r="L12" t="s">
+        <v>2740</v>
+      </c>
+      <c r="M12" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N12" t="s">
+        <v>2741</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>2718</v>
+      </c>
+      <c r="R12" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S12" t="s">
+        <v>2742</v>
+      </c>
+      <c r="T12" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2743</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2744</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2745</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2746</v>
+      </c>
+      <c r="I13" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J13" t="s">
+        <v>2747</v>
+      </c>
+      <c r="K13" t="s">
+        <v>2506</v>
+      </c>
+      <c r="L13" t="s">
+        <v>2507</v>
+      </c>
+      <c r="M13" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N13" t="s">
+        <v>2748</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>2749</v>
+      </c>
+      <c r="R13" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S13" t="s">
+        <v>2750</v>
+      </c>
+      <c r="T13" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2751</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2752</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2753</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2754</v>
+      </c>
+      <c r="I14" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J14" t="s">
+        <v>2755</v>
+      </c>
+      <c r="K14" t="s">
+        <v>2096</v>
+      </c>
+      <c r="L14" t="s">
+        <v>701</v>
+      </c>
+      <c r="M14" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N14" t="s">
+        <v>2756</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>2701</v>
+      </c>
+      <c r="R14" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S14" t="s">
+        <v>702</v>
+      </c>
+      <c r="T14" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2757</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2758</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2759</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2760</v>
+      </c>
+      <c r="I15" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J15" t="s">
+        <v>2761</v>
+      </c>
+      <c r="K15" t="s">
+        <v>2762</v>
+      </c>
+      <c r="L15" t="s">
+        <v>255</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N15" t="s">
+        <v>2763</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>2660</v>
+      </c>
+      <c r="R15" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S15" t="s">
+        <v>256</v>
+      </c>
+      <c r="T15" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2764</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2765</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2766</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2767</v>
+      </c>
+      <c r="I16" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J16" t="s">
+        <v>2768</v>
+      </c>
+      <c r="K16" t="s">
+        <v>2769</v>
+      </c>
+      <c r="L16" t="s">
+        <v>2770</v>
+      </c>
+      <c r="M16" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N16" t="s">
+        <v>2771</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R16" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S16" t="s">
+        <v>2772</v>
+      </c>
+      <c r="T16" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2774</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2775</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2776</v>
+      </c>
+      <c r="I17" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J17" t="s">
+        <v>2777</v>
+      </c>
+      <c r="K17" t="s">
+        <v>2103</v>
+      </c>
+      <c r="L17" t="s">
+        <v>51</v>
+      </c>
+      <c r="M17" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N17" t="s">
+        <v>2778</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>2718</v>
+      </c>
+      <c r="R17" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S17" t="s">
+        <v>2779</v>
+      </c>
+      <c r="T17" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2780</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2781</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2782</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2783</v>
+      </c>
+      <c r="I18" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J18" t="s">
+        <v>2784</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1878</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1879</v>
+      </c>
+      <c r="M18" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N18" t="s">
+        <v>2785</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>2726</v>
+      </c>
+      <c r="R18" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S18" t="s">
+        <v>2786</v>
+      </c>
+      <c r="T18" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2787</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2788</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2789</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2790</v>
+      </c>
+      <c r="I19" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J19" t="s">
+        <v>2791</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1942</v>
+      </c>
+      <c r="L19" t="s">
+        <v>115</v>
+      </c>
+      <c r="M19" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N19" t="s">
+        <v>2792</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R19" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S19" t="s">
+        <v>2793</v>
+      </c>
+      <c r="T19" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2794</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2795</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2796</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2797</v>
+      </c>
+      <c r="I20" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J20" t="s">
+        <v>2798</v>
+      </c>
+      <c r="K20" t="s">
+        <v>2799</v>
+      </c>
+      <c r="L20" t="s">
+        <v>238</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N20" t="s">
+        <v>2800</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>2801</v>
+      </c>
+      <c r="R20" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S20" t="s">
+        <v>239</v>
+      </c>
+      <c r="T20" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2802</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2803</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2804</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2805</v>
+      </c>
+      <c r="I21" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J21" t="s">
+        <v>2806</v>
+      </c>
+      <c r="K21" t="s">
+        <v>1894</v>
+      </c>
+      <c r="L21" t="s">
+        <v>30</v>
+      </c>
+      <c r="M21" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N21" t="s">
+        <v>2807</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>2749</v>
+      </c>
+      <c r="R21" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S21" t="s">
+        <v>31</v>
+      </c>
+      <c r="T21" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2808</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2809</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2810</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2811</v>
+      </c>
+      <c r="I22" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J22" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" t="s">
+        <v>2812</v>
+      </c>
+      <c r="L22" t="s">
+        <v>2813</v>
+      </c>
+      <c r="M22" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N22" t="s">
+        <v>2814</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>2718</v>
+      </c>
+      <c r="R22" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S22" t="s">
+        <v>2815</v>
+      </c>
+      <c r="T22" t="s">
+        <v>2702</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2816</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2817</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2818</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2819</v>
+      </c>
+      <c r="I23" t="s">
+        <v>2655</v>
+      </c>
+      <c r="J23" t="s">
+        <v>2820</v>
+      </c>
+      <c r="K23" t="s">
+        <v>2821</v>
+      </c>
+      <c r="L23" t="s">
+        <v>165</v>
+      </c>
+      <c r="M23" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N23" t="s">
+        <v>2822</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>2725</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>2823</v>
+      </c>
+      <c r="R23" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S23" t="s">
+        <v>166</v>
+      </c>
+      <c r="T23" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2824</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2825</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2826</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2827</v>
+      </c>
+      <c r="I24" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J24" t="s">
+        <v>2828</v>
+      </c>
+      <c r="K24" t="s">
+        <v>2114</v>
+      </c>
+      <c r="L24" t="s">
+        <v>2115</v>
+      </c>
+      <c r="M24" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N24" t="s">
+        <v>2829</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>1908</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>2726</v>
+      </c>
+      <c r="R24" t="s">
+        <v>1908</v>
+      </c>
+      <c r="S24" t="s">
+        <v>2830</v>
+      </c>
+      <c r="T24" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2832</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2833</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2834</v>
+      </c>
+      <c r="I25" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J25" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" t="s">
+        <v>2835</v>
+      </c>
+      <c r="L25" t="s">
+        <v>2836</v>
+      </c>
+      <c r="M25" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N25" t="s">
+        <v>2837</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>2725</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R25" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S25" t="s">
+        <v>2838</v>
+      </c>
+      <c r="T25" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2839</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2840</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2841</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2842</v>
+      </c>
+      <c r="I26" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J26" t="s">
+        <v>2843</v>
+      </c>
+      <c r="K26" t="s">
+        <v>2506</v>
+      </c>
+      <c r="L26" t="s">
+        <v>2507</v>
+      </c>
+      <c r="M26" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N26" t="s">
+        <v>2844</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>2725</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>2709</v>
+      </c>
+      <c r="R26" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S26" t="s">
+        <v>2845</v>
+      </c>
+      <c r="T26" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2846</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2847</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2848</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2849</v>
+      </c>
+      <c r="I27" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J27" t="s">
+        <v>2850</v>
+      </c>
+      <c r="K27" t="s">
+        <v>2851</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1879</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N27" t="s">
+        <v>2852</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>2725</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>2726</v>
+      </c>
+      <c r="R27" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S27" t="s">
+        <v>2853</v>
+      </c>
+      <c r="T27" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2854</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2855</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2856</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2857</v>
+      </c>
+      <c r="I28" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J28" t="s">
+        <v>2858</v>
+      </c>
+      <c r="K28" t="s">
+        <v>2859</v>
+      </c>
+      <c r="L28" t="s">
+        <v>190</v>
+      </c>
+      <c r="M28" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N28" t="s">
+        <v>2860</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>2861</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>2660</v>
+      </c>
+      <c r="R28" t="s">
+        <v>1908</v>
+      </c>
+      <c r="S28" t="s">
+        <v>763</v>
+      </c>
+      <c r="T28" t="s">
+        <v>2862</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2863</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2864</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2865</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2866</v>
+      </c>
+      <c r="I29" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J29" t="s">
+        <v>2867</v>
+      </c>
+      <c r="K29" t="s">
+        <v>2394</v>
+      </c>
+      <c r="L29" t="s">
+        <v>255</v>
+      </c>
+      <c r="M29" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N29" t="s">
+        <v>2868</v>
+      </c>
+      <c r="O29" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>1908</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R29" t="s">
+        <v>1908</v>
+      </c>
+      <c r="S29" t="s">
+        <v>2869</v>
+      </c>
+      <c r="T29" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2870</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2871</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2872</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2873</v>
+      </c>
+      <c r="I30" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" t="s">
+        <v>2874</v>
+      </c>
+      <c r="L30" t="s">
+        <v>2875</v>
+      </c>
+      <c r="M30" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N30" t="s">
+        <v>2876</v>
+      </c>
+      <c r="O30" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" t="s">
+        <v>2725</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>2726</v>
+      </c>
+      <c r="R30" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S30" t="s">
+        <v>2877</v>
+      </c>
+      <c r="T30" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2878</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2879</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2880</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2881</v>
+      </c>
+      <c r="I31" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J31" t="s">
+        <v>20</v>
+      </c>
+      <c r="K31" t="s">
+        <v>2882</v>
+      </c>
+      <c r="L31" t="s">
+        <v>538</v>
+      </c>
+      <c r="M31" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N31" t="s">
+        <v>2883</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>2725</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>2709</v>
+      </c>
+      <c r="R31" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S31" t="s">
+        <v>539</v>
+      </c>
+      <c r="T31" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2884</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2885</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2886</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2887</v>
+      </c>
+      <c r="I32" t="s">
+        <v>2655</v>
+      </c>
+      <c r="J32" t="s">
+        <v>20</v>
+      </c>
+      <c r="K32" t="s">
+        <v>2888</v>
+      </c>
+      <c r="L32" t="s">
+        <v>371</v>
+      </c>
+      <c r="M32" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N32" t="s">
+        <v>2889</v>
+      </c>
+      <c r="O32" t="s">
+        <v>20</v>
+      </c>
+      <c r="P32" t="s">
+        <v>2725</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>2890</v>
+      </c>
+      <c r="R32" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S32" t="s">
+        <v>1529</v>
+      </c>
+      <c r="T32" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2891</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2892</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2893</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2894</v>
+      </c>
+      <c r="I33" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J33" t="s">
+        <v>2895</v>
+      </c>
+      <c r="K33" t="s">
+        <v>2896</v>
+      </c>
+      <c r="L33" t="s">
+        <v>190</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N33" t="s">
+        <v>2897</v>
+      </c>
+      <c r="O33" t="s">
+        <v>20</v>
+      </c>
+      <c r="P33" t="s">
+        <v>2898</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>2899</v>
+      </c>
+      <c r="R33" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S33" t="s">
+        <v>2900</v>
+      </c>
+      <c r="T33" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2901</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2832</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2902</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2903</v>
+      </c>
+      <c r="I34" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J34" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" t="s">
+        <v>2835</v>
+      </c>
+      <c r="L34" t="s">
+        <v>2836</v>
+      </c>
+      <c r="M34" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N34" t="s">
+        <v>2904</v>
+      </c>
+      <c r="O34" t="s">
+        <v>20</v>
+      </c>
+      <c r="P34" t="s">
+        <v>2725</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R34" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S34" t="s">
+        <v>2905</v>
+      </c>
+      <c r="T34" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B35" t="s">
+        <v>2906</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2907</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2908</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2909</v>
+      </c>
+      <c r="I35" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J35" t="s">
+        <v>2910</v>
+      </c>
+      <c r="K35" t="s">
+        <v>2739</v>
+      </c>
+      <c r="L35" t="s">
+        <v>2740</v>
+      </c>
+      <c r="M35" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N35" t="s">
+        <v>2911</v>
+      </c>
+      <c r="O35" t="s">
+        <v>20</v>
+      </c>
+      <c r="P35" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R35" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S35" t="s">
+        <v>2912</v>
+      </c>
+      <c r="T35" t="s">
+        <v>2711</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B36" t="s">
+        <v>2913</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2840</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2914</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2915</v>
+      </c>
+      <c r="I36" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J36" t="s">
+        <v>2916</v>
+      </c>
+      <c r="K36" t="s">
+        <v>2143</v>
+      </c>
+      <c r="L36" t="s">
+        <v>105</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N36" t="s">
+        <v>2917</v>
+      </c>
+      <c r="O36" t="s">
+        <v>20</v>
+      </c>
+      <c r="P36" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>2660</v>
+      </c>
+      <c r="R36" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S36" t="s">
+        <v>106</v>
+      </c>
+      <c r="T36" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2918</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2919</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2920</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2921</v>
+      </c>
+      <c r="I37" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J37" t="s">
+        <v>2922</v>
+      </c>
+      <c r="K37" t="s">
+        <v>1935</v>
+      </c>
+      <c r="L37" t="s">
+        <v>51</v>
+      </c>
+      <c r="M37" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N37" t="s">
+        <v>2923</v>
+      </c>
+      <c r="O37" t="s">
+        <v>20</v>
+      </c>
+      <c r="P37" t="s">
+        <v>1908</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>2709</v>
+      </c>
+      <c r="R37" t="s">
+        <v>1908</v>
+      </c>
+      <c r="S37" t="s">
+        <v>2924</v>
+      </c>
+      <c r="T37" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B38" t="s">
+        <v>2925</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2817</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2926</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2927</v>
+      </c>
+      <c r="I38" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J38" t="s">
+        <v>2928</v>
+      </c>
+      <c r="K38" t="s">
+        <v>2821</v>
+      </c>
+      <c r="L38" t="s">
+        <v>165</v>
+      </c>
+      <c r="M38" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N38" t="s">
+        <v>20</v>
+      </c>
+      <c r="O38" t="s">
+        <v>20</v>
+      </c>
+      <c r="P38" t="s">
+        <v>2725</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R38" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S38" t="s">
+        <v>2929</v>
+      </c>
+      <c r="T38" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B39" t="s">
+        <v>2930</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2817</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2931</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2932</v>
+      </c>
+      <c r="I39" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J39" t="s">
+        <v>2820</v>
+      </c>
+      <c r="K39" t="s">
+        <v>2933</v>
+      </c>
+      <c r="L39" t="s">
+        <v>2934</v>
+      </c>
+      <c r="M39" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N39" t="s">
+        <v>2935</v>
+      </c>
+      <c r="O39" t="s">
+        <v>20</v>
+      </c>
+      <c r="P39" t="s">
+        <v>2725</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>2709</v>
+      </c>
+      <c r="R39" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S39" t="s">
+        <v>2936</v>
+      </c>
+      <c r="T39" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B40" t="s">
+        <v>2937</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2938</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>2939</v>
+      </c>
+      <c r="H40" t="s">
+        <v>2940</v>
+      </c>
+      <c r="I40" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J40" t="s">
+        <v>2941</v>
+      </c>
+      <c r="K40" t="s">
+        <v>2394</v>
+      </c>
+      <c r="L40" t="s">
+        <v>255</v>
+      </c>
+      <c r="M40" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N40" t="s">
+        <v>2942</v>
+      </c>
+      <c r="O40" t="s">
+        <v>20</v>
+      </c>
+      <c r="P40" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R40" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S40" t="s">
+        <v>2943</v>
+      </c>
+      <c r="T40" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B41" t="s">
+        <v>2944</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2945</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>2946</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2947</v>
+      </c>
+      <c r="I41" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J41" t="s">
+        <v>2948</v>
+      </c>
+      <c r="K41" t="s">
+        <v>1916</v>
+      </c>
+      <c r="L41" t="s">
+        <v>885</v>
+      </c>
+      <c r="M41" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N41" t="s">
+        <v>2949</v>
+      </c>
+      <c r="O41" t="s">
+        <v>20</v>
+      </c>
+      <c r="P41" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>2950</v>
+      </c>
+      <c r="R41" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S41" t="s">
+        <v>886</v>
+      </c>
+      <c r="T41" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B42" t="s">
+        <v>2951</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>2892</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>2952</v>
+      </c>
+      <c r="H42" t="s">
+        <v>2953</v>
+      </c>
+      <c r="I42" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J42" t="s">
+        <v>2954</v>
+      </c>
+      <c r="K42" t="s">
+        <v>2955</v>
+      </c>
+      <c r="L42" t="s">
+        <v>115</v>
+      </c>
+      <c r="M42" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N42" t="s">
+        <v>2956</v>
+      </c>
+      <c r="O42" t="s">
+        <v>20</v>
+      </c>
+      <c r="P42" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>2660</v>
+      </c>
+      <c r="R42" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S42" t="s">
+        <v>116</v>
+      </c>
+      <c r="T42" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B43" t="s">
+        <v>2957</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2958</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>2959</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2960</v>
+      </c>
+      <c r="I43" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J43" t="s">
+        <v>20</v>
+      </c>
+      <c r="K43" t="s">
+        <v>2143</v>
+      </c>
+      <c r="L43" t="s">
+        <v>105</v>
+      </c>
+      <c r="M43" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N43" t="s">
+        <v>2961</v>
+      </c>
+      <c r="O43" t="s">
+        <v>20</v>
+      </c>
+      <c r="P43" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R43" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S43" t="s">
+        <v>2962</v>
+      </c>
+      <c r="T43" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B44" t="s">
+        <v>2963</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2964</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>2965</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2966</v>
+      </c>
+      <c r="I44" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J44" t="s">
+        <v>2967</v>
+      </c>
+      <c r="K44" t="s">
+        <v>2769</v>
+      </c>
+      <c r="L44" t="s">
+        <v>2770</v>
+      </c>
+      <c r="M44" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N44" t="s">
+        <v>2968</v>
+      </c>
+      <c r="O44" t="s">
+        <v>20</v>
+      </c>
+      <c r="P44" t="s">
+        <v>2725</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R44" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S44" t="s">
+        <v>2969</v>
+      </c>
+      <c r="T44" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B45" t="s">
+        <v>2970</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2971</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2972</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2973</v>
+      </c>
+      <c r="I45" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J45" t="s">
+        <v>2974</v>
+      </c>
+      <c r="K45" t="s">
+        <v>2769</v>
+      </c>
+      <c r="L45" t="s">
+        <v>2770</v>
+      </c>
+      <c r="M45" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N45" t="s">
+        <v>2975</v>
+      </c>
+      <c r="O45" t="s">
+        <v>20</v>
+      </c>
+      <c r="P45" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>2726</v>
+      </c>
+      <c r="R45" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S45" t="s">
+        <v>2976</v>
+      </c>
+      <c r="T45" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B46" t="s">
+        <v>2977</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2892</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2978</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2979</v>
+      </c>
+      <c r="I46" t="s">
+        <v>2655</v>
+      </c>
+      <c r="J46" t="s">
+        <v>2895</v>
+      </c>
+      <c r="K46" t="s">
+        <v>2103</v>
+      </c>
+      <c r="L46" t="s">
+        <v>51</v>
+      </c>
+      <c r="M46" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N46" t="s">
+        <v>2897</v>
+      </c>
+      <c r="O46" t="s">
+        <v>20</v>
+      </c>
+      <c r="P46" t="s">
+        <v>2898</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>2980</v>
+      </c>
+      <c r="R46" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S46" t="s">
+        <v>2981</v>
+      </c>
+      <c r="T46" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B47" t="s">
+        <v>2982</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2885</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>2983</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2984</v>
+      </c>
+      <c r="I47" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J47" t="s">
+        <v>20</v>
+      </c>
+      <c r="K47" t="s">
+        <v>1888</v>
+      </c>
+      <c r="L47" t="s">
+        <v>1889</v>
+      </c>
+      <c r="M47" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N47" t="s">
+        <v>2985</v>
+      </c>
+      <c r="O47" t="s">
+        <v>20</v>
+      </c>
+      <c r="P47" t="s">
+        <v>2725</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>2726</v>
+      </c>
+      <c r="R47" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S47" t="s">
+        <v>2986</v>
+      </c>
+      <c r="T47" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B48" t="s">
+        <v>2987</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>2988</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>2989</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2990</v>
+      </c>
+      <c r="I48" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J48" t="s">
+        <v>2991</v>
+      </c>
+      <c r="K48" t="s">
+        <v>2013</v>
+      </c>
+      <c r="L48" t="s">
+        <v>51</v>
+      </c>
+      <c r="M48" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N48" t="s">
+        <v>2992</v>
+      </c>
+      <c r="O48" t="s">
+        <v>20</v>
+      </c>
+      <c r="P48" t="s">
+        <v>1908</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>2950</v>
+      </c>
+      <c r="R48" t="s">
+        <v>1908</v>
+      </c>
+      <c r="S48" t="s">
+        <v>441</v>
+      </c>
+      <c r="T48" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B49" t="s">
+        <v>2993</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2994</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2995</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2996</v>
+      </c>
+      <c r="I49" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J49" t="s">
+        <v>2997</v>
+      </c>
+      <c r="K49" t="s">
+        <v>1963</v>
+      </c>
+      <c r="L49" t="s">
+        <v>371</v>
+      </c>
+      <c r="M49" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N49" t="s">
+        <v>2998</v>
+      </c>
+      <c r="O49" t="s">
+        <v>20</v>
+      </c>
+      <c r="P49" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>2701</v>
+      </c>
+      <c r="R49" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S49" t="s">
+        <v>372</v>
+      </c>
+      <c r="T49" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B50" t="s">
+        <v>2999</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>3000</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>3001</v>
+      </c>
+      <c r="H50" t="s">
+        <v>3002</v>
+      </c>
+      <c r="I50" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J50" t="s">
+        <v>20</v>
+      </c>
+      <c r="K50" t="s">
+        <v>3003</v>
+      </c>
+      <c r="L50" t="s">
+        <v>538</v>
+      </c>
+      <c r="M50" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N50" t="s">
+        <v>3004</v>
+      </c>
+      <c r="O50" t="s">
+        <v>20</v>
+      </c>
+      <c r="P50" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>2749</v>
+      </c>
+      <c r="R50" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S50" t="s">
+        <v>666</v>
+      </c>
+      <c r="T50" t="s">
+        <v>2711</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B51" t="s">
+        <v>3005</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>3006</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>3007</v>
+      </c>
+      <c r="H51" t="s">
+        <v>3008</v>
+      </c>
+      <c r="I51" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J51" t="s">
+        <v>20</v>
+      </c>
+      <c r="K51" t="s">
+        <v>3009</v>
+      </c>
+      <c r="L51" t="s">
+        <v>3010</v>
+      </c>
+      <c r="M51" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N51" t="s">
+        <v>3011</v>
+      </c>
+      <c r="O51" t="s">
+        <v>20</v>
+      </c>
+      <c r="P51" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>2718</v>
+      </c>
+      <c r="R51" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S51" t="s">
+        <v>3012</v>
+      </c>
+      <c r="T51" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B52" t="s">
+        <v>3013</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>3014</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>3015</v>
+      </c>
+      <c r="H52" t="s">
+        <v>3016</v>
+      </c>
+      <c r="I52" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J52" t="s">
+        <v>20</v>
+      </c>
+      <c r="K52" t="s">
+        <v>2739</v>
+      </c>
+      <c r="L52" t="s">
+        <v>2740</v>
+      </c>
+      <c r="M52" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N52" t="s">
+        <v>3017</v>
+      </c>
+      <c r="O52" t="s">
+        <v>20</v>
+      </c>
+      <c r="P52" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>2718</v>
+      </c>
+      <c r="R52" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S52" t="s">
+        <v>3018</v>
+      </c>
+      <c r="T52" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B53" t="s">
+        <v>3019</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>3021</v>
+      </c>
+      <c r="H53" t="s">
+        <v>3022</v>
+      </c>
+      <c r="I53" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J53" t="s">
+        <v>20</v>
+      </c>
+      <c r="K53" t="s">
+        <v>3023</v>
+      </c>
+      <c r="L53" t="s">
+        <v>3024</v>
+      </c>
+      <c r="M53" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N53" t="s">
+        <v>3025</v>
+      </c>
+      <c r="O53" t="s">
+        <v>20</v>
+      </c>
+      <c r="P53" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>2718</v>
+      </c>
+      <c r="R53" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S53" t="s">
+        <v>3026</v>
+      </c>
+      <c r="T53" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B54" t="s">
+        <v>3027</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2892</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>3028</v>
+      </c>
+      <c r="H54" t="s">
+        <v>3029</v>
+      </c>
+      <c r="I54" t="s">
+        <v>2655</v>
+      </c>
+      <c r="J54" t="s">
+        <v>3030</v>
+      </c>
+      <c r="K54" t="s">
+        <v>2896</v>
+      </c>
+      <c r="L54" t="s">
+        <v>190</v>
+      </c>
+      <c r="M54" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N54" t="s">
+        <v>2897</v>
+      </c>
+      <c r="O54" t="s">
+        <v>20</v>
+      </c>
+      <c r="P54" t="s">
+        <v>2898</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>3031</v>
+      </c>
+      <c r="R54" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S54" t="s">
+        <v>1328</v>
+      </c>
+      <c r="T54" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B55" t="s">
+        <v>3032</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>3033</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>3034</v>
+      </c>
+      <c r="H55" t="s">
+        <v>3035</v>
+      </c>
+      <c r="I55" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J55" t="s">
+        <v>3036</v>
+      </c>
+      <c r="K55" t="s">
+        <v>2769</v>
+      </c>
+      <c r="L55" t="s">
+        <v>2770</v>
+      </c>
+      <c r="M55" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N55" t="s">
+        <v>3037</v>
+      </c>
+      <c r="O55" t="s">
+        <v>20</v>
+      </c>
+      <c r="P55" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R55" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S55" t="s">
+        <v>3038</v>
+      </c>
+      <c r="T55" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B56" t="s">
+        <v>3039</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>3040</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>3041</v>
+      </c>
+      <c r="H56" t="s">
+        <v>3042</v>
+      </c>
+      <c r="I56" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J56" t="s">
+        <v>3043</v>
+      </c>
+      <c r="K56" t="s">
+        <v>3044</v>
+      </c>
+      <c r="L56" t="s">
+        <v>255</v>
+      </c>
+      <c r="M56" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N56" t="s">
+        <v>3045</v>
+      </c>
+      <c r="O56" t="s">
+        <v>20</v>
+      </c>
+      <c r="P56" t="s">
+        <v>1908</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>2726</v>
+      </c>
+      <c r="R56" t="s">
+        <v>1908</v>
+      </c>
+      <c r="S56" t="s">
+        <v>3046</v>
+      </c>
+      <c r="T56" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B57" t="s">
+        <v>3047</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>2892</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>3048</v>
+      </c>
+      <c r="H57" t="s">
+        <v>3049</v>
+      </c>
+      <c r="I57" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J57" t="s">
+        <v>3050</v>
+      </c>
+      <c r="K57" t="s">
+        <v>2896</v>
+      </c>
+      <c r="L57" t="s">
+        <v>190</v>
+      </c>
+      <c r="M57" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N57" t="s">
+        <v>2897</v>
+      </c>
+      <c r="O57" t="s">
+        <v>20</v>
+      </c>
+      <c r="P57" t="s">
+        <v>2898</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>2732</v>
+      </c>
+      <c r="R57" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S57" t="s">
+        <v>3051</v>
+      </c>
+      <c r="T57" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B58" t="s">
+        <v>3052</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2892</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>3053</v>
+      </c>
+      <c r="H58" t="s">
+        <v>3054</v>
+      </c>
+      <c r="I58" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J58" t="s">
+        <v>3030</v>
+      </c>
+      <c r="K58" t="s">
+        <v>2896</v>
+      </c>
+      <c r="L58" t="s">
+        <v>190</v>
+      </c>
+      <c r="M58" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N58" t="s">
+        <v>2897</v>
+      </c>
+      <c r="O58" t="s">
+        <v>20</v>
+      </c>
+      <c r="P58" t="s">
+        <v>2898</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>3055</v>
+      </c>
+      <c r="R58" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S58" t="s">
+        <v>1816</v>
+      </c>
+      <c r="T58" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B59" t="s">
+        <v>188</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>2892</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>3056</v>
+      </c>
+      <c r="H59" t="s">
+        <v>3057</v>
+      </c>
+      <c r="I59" t="s">
+        <v>2655</v>
+      </c>
+      <c r="J59" t="s">
+        <v>3058</v>
+      </c>
+      <c r="K59" t="s">
+        <v>2896</v>
+      </c>
+      <c r="L59" t="s">
+        <v>190</v>
+      </c>
+      <c r="M59" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N59" t="s">
+        <v>2897</v>
+      </c>
+      <c r="O59" t="s">
+        <v>20</v>
+      </c>
+      <c r="P59" t="s">
+        <v>2898</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>3059</v>
+      </c>
+      <c r="R59" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S59" t="s">
+        <v>191</v>
+      </c>
+      <c r="T59" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B60" t="s">
+        <v>3060</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>2879</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>3061</v>
+      </c>
+      <c r="H60" t="s">
+        <v>3062</v>
+      </c>
+      <c r="I60" t="s">
+        <v>2731</v>
+      </c>
+      <c r="J60" t="s">
+        <v>20</v>
+      </c>
+      <c r="K60" t="s">
+        <v>3003</v>
+      </c>
+      <c r="L60" t="s">
+        <v>538</v>
+      </c>
+      <c r="M60" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N60" t="s">
+        <v>2883</v>
+      </c>
+      <c r="O60" t="s">
+        <v>20</v>
+      </c>
+      <c r="P60" t="s">
+        <v>1972</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>2732</v>
+      </c>
+      <c r="R60" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S60" t="s">
+        <v>3063</v>
+      </c>
+      <c r="T60" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B61" t="s">
+        <v>3064</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>2817</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>3065</v>
+      </c>
+      <c r="H61" t="s">
+        <v>3066</v>
+      </c>
+      <c r="I61" t="s">
+        <v>2731</v>
+      </c>
+      <c r="J61" t="s">
+        <v>20</v>
+      </c>
+      <c r="K61" t="s">
+        <v>1899</v>
+      </c>
+      <c r="L61" t="s">
+        <v>165</v>
+      </c>
+      <c r="M61" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N61" t="s">
+        <v>3067</v>
+      </c>
+      <c r="O61" t="s">
+        <v>20</v>
+      </c>
+      <c r="P61" t="s">
+        <v>2725</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>2718</v>
+      </c>
+      <c r="R61" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S61" t="s">
+        <v>3068</v>
+      </c>
+      <c r="T61" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B62" t="s">
+        <v>3069</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>2971</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>3070</v>
+      </c>
+      <c r="H62" t="s">
+        <v>3071</v>
+      </c>
+      <c r="I62" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J62" t="s">
+        <v>20</v>
+      </c>
+      <c r="K62" t="s">
+        <v>2739</v>
+      </c>
+      <c r="L62" t="s">
+        <v>2740</v>
+      </c>
+      <c r="M62" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N62" t="s">
+        <v>3072</v>
+      </c>
+      <c r="O62" t="s">
+        <v>20</v>
+      </c>
+      <c r="P62" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R62" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S62" t="s">
+        <v>3073</v>
+      </c>
+      <c r="T62" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B63" t="s">
+        <v>3074</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>2885</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>3075</v>
+      </c>
+      <c r="H63" t="s">
+        <v>3076</v>
+      </c>
+      <c r="I63" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J63" t="s">
+        <v>20</v>
+      </c>
+      <c r="K63" t="s">
+        <v>1963</v>
+      </c>
+      <c r="L63" t="s">
+        <v>371</v>
+      </c>
+      <c r="M63" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N63" t="s">
+        <v>3077</v>
+      </c>
+      <c r="O63" t="s">
+        <v>20</v>
+      </c>
+      <c r="P63" t="s">
+        <v>1972</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>2732</v>
+      </c>
+      <c r="R63" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S63" t="s">
+        <v>3078</v>
+      </c>
+      <c r="T63" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B64" t="s">
+        <v>3079</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>3080</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>3081</v>
+      </c>
+      <c r="H64" t="s">
+        <v>3082</v>
+      </c>
+      <c r="I64" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J64" t="s">
+        <v>3083</v>
+      </c>
+      <c r="K64" t="s">
+        <v>2394</v>
+      </c>
+      <c r="L64" t="s">
+        <v>255</v>
+      </c>
+      <c r="M64" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N64" t="s">
+        <v>3084</v>
+      </c>
+      <c r="O64" t="s">
+        <v>20</v>
+      </c>
+      <c r="P64" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>2732</v>
+      </c>
+      <c r="R64" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S64" t="s">
+        <v>3085</v>
+      </c>
+      <c r="T64" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B65" t="s">
+        <v>3086</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>2847</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>3087</v>
+      </c>
+      <c r="H65" t="s">
+        <v>3088</v>
+      </c>
+      <c r="I65" t="s">
+        <v>2731</v>
+      </c>
+      <c r="J65" t="s">
+        <v>2850</v>
+      </c>
+      <c r="K65" t="s">
+        <v>1878</v>
+      </c>
+      <c r="L65" t="s">
+        <v>1879</v>
+      </c>
+      <c r="M65" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N65" t="s">
+        <v>3089</v>
+      </c>
+      <c r="O65" t="s">
+        <v>20</v>
+      </c>
+      <c r="P65" t="s">
+        <v>1972</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>2732</v>
+      </c>
+      <c r="R65" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S65" t="s">
+        <v>3090</v>
+      </c>
+      <c r="T65" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B66" t="s">
+        <v>3091</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>2885</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>3092</v>
+      </c>
+      <c r="H66" t="s">
+        <v>3093</v>
+      </c>
+      <c r="I66" t="s">
+        <v>2731</v>
+      </c>
+      <c r="J66" t="s">
+        <v>20</v>
+      </c>
+      <c r="K66" t="s">
+        <v>1888</v>
+      </c>
+      <c r="L66" t="s">
+        <v>1889</v>
+      </c>
+      <c r="M66" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N66" t="s">
+        <v>2985</v>
+      </c>
+      <c r="O66" t="s">
+        <v>20</v>
+      </c>
+      <c r="P66" t="s">
+        <v>1972</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>2732</v>
+      </c>
+      <c r="R66" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S66" t="s">
+        <v>3094</v>
+      </c>
+      <c r="T66" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B67" t="s">
+        <v>3095</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>2892</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>3096</v>
+      </c>
+      <c r="H67" t="s">
+        <v>3097</v>
+      </c>
+      <c r="I67" t="s">
+        <v>2655</v>
+      </c>
+      <c r="J67" t="s">
+        <v>3058</v>
+      </c>
+      <c r="K67" t="s">
+        <v>2896</v>
+      </c>
+      <c r="L67" t="s">
+        <v>190</v>
+      </c>
+      <c r="M67" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N67" t="s">
+        <v>2897</v>
+      </c>
+      <c r="O67" t="s">
+        <v>20</v>
+      </c>
+      <c r="P67" t="s">
+        <v>2898</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>3098</v>
+      </c>
+      <c r="R67" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S67" t="s">
+        <v>407</v>
+      </c>
+      <c r="T67" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B68" t="s">
+        <v>3099</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>2817</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>3100</v>
+      </c>
+      <c r="H68" t="s">
+        <v>3101</v>
+      </c>
+      <c r="I68" t="s">
+        <v>2731</v>
+      </c>
+      <c r="J68" t="s">
+        <v>3102</v>
+      </c>
+      <c r="K68" t="s">
+        <v>2821</v>
+      </c>
+      <c r="L68" t="s">
+        <v>165</v>
+      </c>
+      <c r="M68" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N68" t="s">
+        <v>3103</v>
+      </c>
+      <c r="O68" t="s">
+        <v>20</v>
+      </c>
+      <c r="P68" t="s">
+        <v>1972</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>2732</v>
+      </c>
+      <c r="R68" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S68" t="s">
+        <v>3104</v>
+      </c>
+      <c r="T68" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B69" t="s">
+        <v>3105</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>3106</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>3107</v>
+      </c>
+      <c r="H69" t="s">
+        <v>3108</v>
+      </c>
+      <c r="I69" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J69" t="s">
+        <v>20</v>
+      </c>
+      <c r="K69" t="s">
+        <v>2143</v>
+      </c>
+      <c r="L69" t="s">
+        <v>105</v>
+      </c>
+      <c r="M69" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N69" t="s">
+        <v>3109</v>
+      </c>
+      <c r="O69" t="s">
+        <v>20</v>
+      </c>
+      <c r="P69" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R69" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S69" t="s">
+        <v>3110</v>
+      </c>
+      <c r="T69" t="s">
+        <v>3111</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B70" t="s">
+        <v>3112</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>3113</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>3114</v>
+      </c>
+      <c r="H70" t="s">
+        <v>3115</v>
+      </c>
+      <c r="I70" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J70" t="s">
+        <v>3116</v>
+      </c>
+      <c r="K70" t="s">
+        <v>3117</v>
+      </c>
+      <c r="L70" t="s">
+        <v>190</v>
+      </c>
+      <c r="M70" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N70" t="s">
+        <v>3118</v>
+      </c>
+      <c r="O70" t="s">
+        <v>20</v>
+      </c>
+      <c r="P70" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R70" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S70" t="s">
+        <v>3119</v>
+      </c>
+      <c r="T70" t="s">
+        <v>2711</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B71" t="s">
+        <v>3120</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>3121</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>3122</v>
+      </c>
+      <c r="H71" t="s">
+        <v>3123</v>
+      </c>
+      <c r="I71" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J71" t="s">
+        <v>3124</v>
+      </c>
+      <c r="K71" t="s">
+        <v>2170</v>
+      </c>
+      <c r="L71" t="s">
+        <v>2171</v>
+      </c>
+      <c r="M71" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N71" t="s">
+        <v>3125</v>
+      </c>
+      <c r="O71" t="s">
+        <v>20</v>
+      </c>
+      <c r="P71" t="s">
+        <v>1908</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>2687</v>
+      </c>
+      <c r="R71" t="s">
+        <v>1908</v>
+      </c>
+      <c r="S71" t="s">
+        <v>3126</v>
+      </c>
+      <c r="T71" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B72" t="s">
+        <v>3127</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>3128</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>3129</v>
+      </c>
+      <c r="H72" t="s">
+        <v>3130</v>
+      </c>
+      <c r="I72" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J72" t="s">
+        <v>3131</v>
+      </c>
+      <c r="K72" t="s">
+        <v>1899</v>
+      </c>
+      <c r="L72" t="s">
+        <v>165</v>
+      </c>
+      <c r="M72" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N72" t="s">
+        <v>3132</v>
+      </c>
+      <c r="O72" t="s">
+        <v>20</v>
+      </c>
+      <c r="P72" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>2687</v>
+      </c>
+      <c r="R72" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S72" t="s">
+        <v>3133</v>
+      </c>
+      <c r="T72" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B73" t="s">
+        <v>3134</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>3121</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>3135</v>
+      </c>
+      <c r="H73" t="s">
+        <v>3136</v>
+      </c>
+      <c r="I73" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J73" t="s">
+        <v>20</v>
+      </c>
+      <c r="K73" t="s">
+        <v>2088</v>
+      </c>
+      <c r="L73" t="s">
+        <v>2089</v>
+      </c>
+      <c r="M73" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N73" t="s">
+        <v>3137</v>
+      </c>
+      <c r="O73" t="s">
+        <v>20</v>
+      </c>
+      <c r="P73" t="s">
+        <v>1908</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>2687</v>
+      </c>
+      <c r="R73" t="s">
+        <v>1908</v>
+      </c>
+      <c r="S73" t="s">
+        <v>3138</v>
+      </c>
+      <c r="T73" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B74" t="s">
+        <v>3139</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>3121</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>3140</v>
+      </c>
+      <c r="H74" t="s">
+        <v>3141</v>
+      </c>
+      <c r="I74" t="s">
+        <v>2731</v>
+      </c>
+      <c r="J74" t="s">
+        <v>3142</v>
+      </c>
+      <c r="K74" t="s">
+        <v>3143</v>
+      </c>
+      <c r="L74" t="s">
+        <v>3144</v>
+      </c>
+      <c r="M74" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N74" t="s">
+        <v>3125</v>
+      </c>
+      <c r="O74" t="s">
+        <v>20</v>
+      </c>
+      <c r="P74" t="s">
+        <v>1908</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>2687</v>
+      </c>
+      <c r="R74" t="s">
+        <v>1908</v>
+      </c>
+      <c r="S74" t="s">
+        <v>3145</v>
+      </c>
+      <c r="T74" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B75" t="s">
+        <v>3146</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>3121</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>3147</v>
+      </c>
+      <c r="H75" t="s">
+        <v>3148</v>
+      </c>
+      <c r="I75" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J75" t="s">
+        <v>20</v>
+      </c>
+      <c r="K75" t="s">
+        <v>2874</v>
+      </c>
+      <c r="L75" t="s">
+        <v>2875</v>
+      </c>
+      <c r="M75" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N75" t="s">
+        <v>3125</v>
+      </c>
+      <c r="O75" t="s">
+        <v>20</v>
+      </c>
+      <c r="P75" t="s">
+        <v>1908</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>2687</v>
+      </c>
+      <c r="R75" t="s">
+        <v>1908</v>
+      </c>
+      <c r="S75" t="s">
+        <v>3149</v>
+      </c>
+      <c r="T75" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B76" t="s">
+        <v>3150</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>3121</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>3151</v>
+      </c>
+      <c r="H76" t="s">
+        <v>3152</v>
+      </c>
+      <c r="I76" t="s">
+        <v>2731</v>
+      </c>
+      <c r="J76" t="s">
+        <v>20</v>
+      </c>
+      <c r="K76" t="s">
+        <v>1894</v>
+      </c>
+      <c r="L76" t="s">
+        <v>30</v>
+      </c>
+      <c r="M76" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N76" t="s">
+        <v>3125</v>
+      </c>
+      <c r="O76" t="s">
+        <v>20</v>
+      </c>
+      <c r="P76" t="s">
+        <v>1908</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>2687</v>
+      </c>
+      <c r="R76" t="s">
+        <v>1908</v>
+      </c>
+      <c r="S76" t="s">
+        <v>3153</v>
+      </c>
+      <c r="T76" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B77" t="s">
+        <v>3154</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>3121</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>3155</v>
+      </c>
+      <c r="H77" t="s">
+        <v>3156</v>
+      </c>
+      <c r="I77" t="s">
+        <v>2731</v>
+      </c>
+      <c r="J77" t="s">
+        <v>3157</v>
+      </c>
+      <c r="K77" t="s">
+        <v>2096</v>
+      </c>
+      <c r="L77" t="s">
+        <v>701</v>
+      </c>
+      <c r="M77" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N77" t="s">
+        <v>3125</v>
+      </c>
+      <c r="O77" t="s">
+        <v>20</v>
+      </c>
+      <c r="P77" t="s">
+        <v>1908</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>2687</v>
+      </c>
+      <c r="R77" t="s">
+        <v>1908</v>
+      </c>
+      <c r="S77" t="s">
+        <v>3158</v>
+      </c>
+      <c r="T77" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B78" t="s">
+        <v>3159</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>3121</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>3160</v>
+      </c>
+      <c r="H78" t="s">
+        <v>3161</v>
+      </c>
+      <c r="I78" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J78" t="s">
+        <v>3162</v>
+      </c>
+      <c r="K78" t="s">
+        <v>2103</v>
+      </c>
+      <c r="L78" t="s">
+        <v>51</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N78" t="s">
+        <v>3125</v>
+      </c>
+      <c r="O78" t="s">
+        <v>20</v>
+      </c>
+      <c r="P78" t="s">
+        <v>1908</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>2687</v>
+      </c>
+      <c r="R78" t="s">
+        <v>1908</v>
+      </c>
+      <c r="S78" t="s">
+        <v>3163</v>
+      </c>
+      <c r="T78" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B79" t="s">
+        <v>3164</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>3121</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>3165</v>
+      </c>
+      <c r="H79" t="s">
+        <v>3166</v>
+      </c>
+      <c r="I79" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J79" t="s">
+        <v>3167</v>
+      </c>
+      <c r="K79" t="s">
+        <v>2170</v>
+      </c>
+      <c r="L79" t="s">
+        <v>2171</v>
+      </c>
+      <c r="M79" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N79" t="s">
+        <v>3125</v>
+      </c>
+      <c r="O79" t="s">
+        <v>20</v>
+      </c>
+      <c r="P79" t="s">
+        <v>1908</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>2687</v>
+      </c>
+      <c r="R79" t="s">
+        <v>1908</v>
+      </c>
+      <c r="S79" t="s">
+        <v>3168</v>
+      </c>
+      <c r="T79" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B80" t="s">
+        <v>3169</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>2817</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>3170</v>
+      </c>
+      <c r="H80" t="s">
+        <v>3171</v>
+      </c>
+      <c r="I80" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J80" t="s">
+        <v>3172</v>
+      </c>
+      <c r="K80" t="s">
+        <v>1899</v>
+      </c>
+      <c r="L80" t="s">
+        <v>165</v>
+      </c>
+      <c r="M80" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N80" t="s">
+        <v>3173</v>
+      </c>
+      <c r="O80" t="s">
+        <v>20</v>
+      </c>
+      <c r="P80" t="s">
+        <v>2725</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>2718</v>
+      </c>
+      <c r="R80" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S80" t="s">
+        <v>3174</v>
+      </c>
+      <c r="T80" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B81" t="s">
+        <v>3175</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>3080</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>3176</v>
+      </c>
+      <c r="H81" t="s">
+        <v>3177</v>
+      </c>
+      <c r="I81" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J81" t="s">
+        <v>3083</v>
+      </c>
+      <c r="K81" t="s">
+        <v>2394</v>
+      </c>
+      <c r="L81" t="s">
+        <v>255</v>
+      </c>
+      <c r="M81" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N81" t="s">
+        <v>3084</v>
+      </c>
+      <c r="O81" t="s">
+        <v>20</v>
+      </c>
+      <c r="P81" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R81" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S81" t="s">
+        <v>3178</v>
+      </c>
+      <c r="T81" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B82" t="s">
+        <v>3179</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>2885</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>3180</v>
+      </c>
+      <c r="H82" t="s">
+        <v>3181</v>
+      </c>
+      <c r="I82" t="s">
+        <v>2731</v>
+      </c>
+      <c r="J82" t="s">
+        <v>3182</v>
+      </c>
+      <c r="K82" t="s">
+        <v>1963</v>
+      </c>
+      <c r="L82" t="s">
+        <v>371</v>
+      </c>
+      <c r="M82" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N82" t="s">
+        <v>3183</v>
+      </c>
+      <c r="O82" t="s">
+        <v>20</v>
+      </c>
+      <c r="P82" t="s">
+        <v>2725</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>2718</v>
+      </c>
+      <c r="R82" t="s">
+        <v>1972</v>
+      </c>
+      <c r="S82" t="s">
+        <v>3184</v>
+      </c>
+      <c r="T82" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B83" t="s">
+        <v>3185</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>3121</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>3186</v>
+      </c>
+      <c r="H83" t="s">
+        <v>3187</v>
+      </c>
+      <c r="I83" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J83" t="s">
+        <v>20</v>
+      </c>
+      <c r="K83" t="s">
+        <v>1942</v>
+      </c>
+      <c r="L83" t="s">
+        <v>115</v>
+      </c>
+      <c r="M83" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N83" t="s">
+        <v>3188</v>
+      </c>
+      <c r="O83" t="s">
+        <v>20</v>
+      </c>
+      <c r="P83" t="s">
+        <v>1908</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>2687</v>
+      </c>
+      <c r="R83" t="s">
+        <v>1908</v>
+      </c>
+      <c r="S83" t="s">
+        <v>3189</v>
+      </c>
+      <c r="T83" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B84" t="s">
+        <v>3190</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>3191</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>3192</v>
+      </c>
+      <c r="H84" t="s">
+        <v>3193</v>
+      </c>
+      <c r="I84" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J84" t="s">
+        <v>3194</v>
+      </c>
+      <c r="K84" t="s">
+        <v>2739</v>
+      </c>
+      <c r="L84" t="s">
+        <v>2740</v>
+      </c>
+      <c r="M84" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N84" t="s">
+        <v>2975</v>
+      </c>
+      <c r="O84" t="s">
+        <v>20</v>
+      </c>
+      <c r="P84" t="s">
+        <v>1908</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R84" t="s">
+        <v>1908</v>
+      </c>
+      <c r="S84" t="s">
+        <v>3195</v>
+      </c>
+      <c r="T84" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B85" t="s">
+        <v>3196</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>3197</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>3198</v>
+      </c>
+      <c r="H85" t="s">
+        <v>3199</v>
+      </c>
+      <c r="I85" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J85" t="s">
+        <v>20</v>
+      </c>
+      <c r="K85" t="s">
+        <v>3003</v>
+      </c>
+      <c r="L85" t="s">
+        <v>538</v>
+      </c>
+      <c r="M85" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N85" t="s">
+        <v>3200</v>
+      </c>
+      <c r="O85" t="s">
+        <v>20</v>
+      </c>
+      <c r="P85" t="s">
+        <v>1908</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R85" t="s">
+        <v>1908</v>
+      </c>
+      <c r="S85" t="s">
+        <v>3201</v>
+      </c>
+      <c r="T85" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B86" t="s">
+        <v>3202</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>3203</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>3204</v>
+      </c>
+      <c r="H86" t="s">
+        <v>3205</v>
+      </c>
+      <c r="I86" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J86" t="s">
+        <v>3206</v>
+      </c>
+      <c r="K86" t="s">
+        <v>2657</v>
+      </c>
+      <c r="L86" t="s">
+        <v>223</v>
+      </c>
+      <c r="M86" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N86" t="s">
+        <v>3207</v>
+      </c>
+      <c r="O86" t="s">
+        <v>20</v>
+      </c>
+      <c r="P86" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R86" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S86" t="s">
+        <v>3208</v>
+      </c>
+      <c r="T86" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B87" t="s">
+        <v>3209</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>3210</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>3211</v>
+      </c>
+      <c r="H87" t="s">
+        <v>3212</v>
+      </c>
+      <c r="I87" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J87" t="s">
+        <v>3213</v>
+      </c>
+      <c r="K87" t="s">
+        <v>2394</v>
+      </c>
+      <c r="L87" t="s">
+        <v>255</v>
+      </c>
+      <c r="M87" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N87" t="s">
+        <v>3214</v>
+      </c>
+      <c r="O87" t="s">
+        <v>20</v>
+      </c>
+      <c r="P87" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>2687</v>
+      </c>
+      <c r="R87" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S87" t="s">
+        <v>3215</v>
+      </c>
+      <c r="T87" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B88" t="s">
+        <v>3216</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>3217</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
+        <v>3218</v>
+      </c>
+      <c r="H88" t="s">
+        <v>3219</v>
+      </c>
+      <c r="I88" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J88" t="s">
+        <v>2656</v>
+      </c>
+      <c r="K88" t="s">
+        <v>2657</v>
+      </c>
+      <c r="L88" t="s">
+        <v>223</v>
+      </c>
+      <c r="M88" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N88" t="s">
+        <v>3220</v>
+      </c>
+      <c r="O88" t="s">
+        <v>20</v>
+      </c>
+      <c r="P88" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q88" t="s">
+        <v>2687</v>
+      </c>
+      <c r="R88" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S88" t="s">
+        <v>3221</v>
+      </c>
+      <c r="T88" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B89" t="s">
+        <v>3222</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>3217</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>3223</v>
+      </c>
+      <c r="H89" t="s">
+        <v>3224</v>
+      </c>
+      <c r="I89" t="s">
+        <v>2731</v>
+      </c>
+      <c r="J89" t="s">
+        <v>20</v>
+      </c>
+      <c r="K89" t="s">
+        <v>3003</v>
+      </c>
+      <c r="L89" t="s">
+        <v>538</v>
+      </c>
+      <c r="M89" t="s">
+        <v>1880</v>
+      </c>
+      <c r="N89" t="s">
+        <v>3225</v>
+      </c>
+      <c r="O89" t="s">
+        <v>20</v>
+      </c>
+      <c r="P89" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>2687</v>
+      </c>
+      <c r="R89" t="s">
+        <v>2659</v>
+      </c>
+      <c r="S89" t="s">
+        <v>3226</v>
+      </c>
+      <c r="T89" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>