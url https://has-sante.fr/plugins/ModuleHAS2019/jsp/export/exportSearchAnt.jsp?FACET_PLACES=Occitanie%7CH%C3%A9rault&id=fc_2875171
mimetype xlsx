--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8591" uniqueCount="3227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9577" uniqueCount="3604">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,200 +77,479 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur ALEXANDRE LABORDE</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808362/fr/docteur-alexandre-laborde</t>
+  </si>
+  <si>
+    <t>p_3808362</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>LABORDE</t>
+  </si>
+  <si>
+    <t>ALEXANDRE</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>CL BEAU SOLEIL MONTPELLIER</t>
+  </si>
+  <si>
+    <t>34070</t>
+  </si>
+  <si>
+    <t>MONTPELLIER</t>
+  </si>
+  <si>
+    <t>340780642</t>
+  </si>
+  <si>
+    <t>Docteur RAPHAEL TETREAU</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808573/fr/docteur-raphael-tetreau</t>
+  </si>
+  <si>
+    <t>p_3808573</t>
+  </si>
+  <si>
+    <t>TETREAU</t>
+  </si>
+  <si>
+    <t>RAPHAEL</t>
+  </si>
+  <si>
+    <t>ICM MONTPELLIER</t>
+  </si>
+  <si>
+    <t>34298</t>
+  </si>
+  <si>
+    <t>MONTPELLIER CEDEX 5</t>
+  </si>
+  <si>
+    <t>340000207</t>
+  </si>
+  <si>
+    <t>Docteur GUILLAUME LAFFARGUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808575/fr/docteur-guillaume-laffargue</t>
+  </si>
+  <si>
+    <t>p_3808575</t>
+  </si>
+  <si>
+    <t>LAFFARGUE</t>
+  </si>
+  <si>
+    <t>GUILLAUME</t>
+  </si>
+  <si>
+    <t>Docteur MATHIEU TEBOUL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808579/fr/docteur-mathieu-teboul</t>
+  </si>
+  <si>
+    <t>p_3808579</t>
+  </si>
+  <si>
+    <t>TEBOUL</t>
+  </si>
+  <si>
+    <t>MATHIEU</t>
+  </si>
+  <si>
+    <t>Docteur CORRADO ROVANI</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808581/fr/docteur-corrado-rovani</t>
+  </si>
+  <si>
+    <t>p_3808581</t>
+  </si>
+  <si>
+    <t>ROVANI</t>
+  </si>
+  <si>
+    <t>CORRADO</t>
+  </si>
+  <si>
+    <t>Docteur BRUNO SEGUI</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794345/fr/docteur-bruno-segui</t>
+  </si>
+  <si>
+    <t>p_3794345</t>
+  </si>
+  <si>
+    <t>SEGUI</t>
+  </si>
+  <si>
+    <t>BRUNO</t>
+  </si>
+  <si>
+    <t>11 September 2025</t>
+  </si>
+  <si>
+    <t>HOPITAL ST CLAIR HBT SETE,CL ST JEAN SUD DE FRANCE</t>
+  </si>
+  <si>
+    <t>34207,34433</t>
+  </si>
+  <si>
+    <t>SETE,ST JEAN DE VEDAS</t>
+  </si>
+  <si>
+    <t>340000223,340024314</t>
+  </si>
+  <si>
+    <t>Docteur Nikolaos  SURCIN-TSEKOURAS</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794413/fr/docteur-nikolaos-surcin-tsekouras</t>
+  </si>
+  <si>
+    <t>p_3794413</t>
+  </si>
+  <si>
+    <t>SURCIN-TSEKOURAS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nikolaos </t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>CL CLEMENTVILLE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>34000</t>
+  </si>
+  <si>
+    <t>340780675</t>
+  </si>
+  <si>
+    <t>Docteur Jihane ALOUI</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794424/fr/docteur-jihane-aloui</t>
+  </si>
+  <si>
+    <t>p_3794424</t>
+  </si>
+  <si>
+    <t>ALOUI</t>
+  </si>
+  <si>
+    <t>Jihane</t>
+  </si>
+  <si>
+    <t>CH BEZIERS</t>
+  </si>
+  <si>
+    <t>34525</t>
+  </si>
+  <si>
+    <t>BEZIERS</t>
+  </si>
+  <si>
+    <t>340000033</t>
+  </si>
+  <si>
+    <t>Docteur Diane GENET</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794607/fr/docteur-diane-genet</t>
+  </si>
+  <si>
+    <t>p_3794607</t>
+  </si>
+  <si>
+    <t>GENET</t>
+  </si>
+  <si>
+    <t>Diane</t>
+  </si>
+  <si>
+    <t>CL ST JEAN SUD DE FRANCE</t>
+  </si>
+  <si>
+    <t>34433</t>
+  </si>
+  <si>
+    <t>ST JEAN DE VEDAS</t>
+  </si>
+  <si>
+    <t>340024314</t>
+  </si>
+  <si>
+    <t>Docteur Thomas BARNAVON</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794652/fr/docteur-thomas-barnavon</t>
+  </si>
+  <si>
+    <t>p_3794652</t>
+  </si>
+  <si>
+    <t>BARNAVON</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE SAINT ROCH</t>
+  </si>
+  <si>
+    <t>34967</t>
+  </si>
+  <si>
+    <t>MONTPELLIER CEDEX 2</t>
+  </si>
+  <si>
+    <t>340780683</t>
+  </si>
+  <si>
+    <t>Docteur SAMER ABDEL-HAMID</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794740/fr/docteur-samer-abdel-hamid</t>
+  </si>
+  <si>
+    <t>p_3794740</t>
+  </si>
+  <si>
+    <t>ABDEL-HAMID</t>
+  </si>
+  <si>
+    <t>SAMER</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT JEAN</t>
+  </si>
+  <si>
+    <t>34093</t>
+  </si>
+  <si>
+    <t>340780634</t>
+  </si>
+  <si>
     <t>Docteur Pascal LEDOUX</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>30/06/2025 14:17:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633913/fr/docteur-pascal-ledoux</t>
   </si>
   <si>
     <t>p_3633913</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>LEDOUX</t>
   </si>
   <si>
     <t>Pascal</t>
   </si>
   <si>
     <t>26 June 2025</t>
   </si>
   <si>
     <t>POLYCL DES TROIS VALLEES BEDARIEUX</t>
   </si>
   <si>
     <t>34600</t>
   </si>
   <si>
     <t>BEDARIEUX</t>
   </si>
   <si>
     <t>340780147</t>
   </si>
   <si>
     <t>Docteur GUILLAUME PINETON DE CHAMBRUN</t>
   </si>
   <si>
     <t>30/06/2025 14:17:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633939/fr/docteur-guillaume-pineton-de-chambrun</t>
   </si>
   <si>
     <t>p_3633939</t>
   </si>
   <si>
     <t>PINETON DE CHAMBRUN</t>
   </si>
   <si>
-    <t>GUILLAUME</t>
-[...1 lines deleted...]
-  <si>
     <t>CL ST JEAN SUD DE FRANCE,CL DU PARC CASTELNAU LE LEZ</t>
   </si>
   <si>
     <t>34433,34171</t>
   </si>
   <si>
     <t>ST JEAN DE VEDAS,CASTELNAU LE LEZ</t>
   </si>
   <si>
     <t>340024314,340780667</t>
   </si>
   <si>
     <t>Docteur CHARLOTTE FERRANDIS</t>
   </si>
   <si>
     <t>19/05/2025 12:33:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606592/fr/docteur-charlotte-ferrandis</t>
   </si>
   <si>
     <t>p_3606592</t>
   </si>
   <si>
     <t>FERRANDIS</t>
   </si>
   <si>
     <t>CHARLOTTE</t>
   </si>
   <si>
     <t>15 May 2025</t>
   </si>
   <si>
     <t>CHU MONTPELLIER</t>
   </si>
   <si>
-    <t>34000</t>
-[...4 lines deleted...]
-  <si>
     <t>340000199</t>
   </si>
   <si>
     <t>Docteur Arnaud BALDIVIA</t>
   </si>
   <si>
     <t>19/05/2025 12:33:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606637/fr/docteur-arnaud-baldivia</t>
   </si>
   <si>
     <t>p_3606637</t>
   </si>
   <si>
     <t>BALDIVIA</t>
   </si>
   <si>
     <t>Arnaud</t>
   </si>
   <si>
     <t>CL ST JEAN SUD DE FRANCE,POLYCL PASTEUR PEZENAS,CL ST LOUIS GANGES</t>
   </si>
   <si>
     <t>34433,34120,34190</t>
   </si>
   <si>
     <t>ST JEAN DE VEDAS,PEZENAS,GANGES</t>
   </si>
   <si>
     <t>340024314,340780154,340780717</t>
   </si>
   <si>
     <t>Docteur Thomas SFARA</t>
   </si>
   <si>
     <t>19/05/2025 12:33:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606639/fr/docteur-thomas-sfara</t>
   </si>
   <si>
     <t>p_3606639</t>
   </si>
   <si>
     <t>SFARA</t>
   </si>
   <si>
-    <t>Thomas</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Ianos PAHOMEA</t>
   </si>
   <si>
     <t>07/04/2025 11:32:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600725/fr/docteur-ianos-pahomea</t>
   </si>
   <si>
     <t>p_3600725</t>
   </si>
   <si>
     <t>PAHOMEA</t>
   </si>
   <si>
     <t>Ianos</t>
   </si>
   <si>
     <t>03 April 2025</t>
   </si>
   <si>
     <t>Docteur Cécile MORIN</t>
   </si>
   <si>
     <t>07/04/2025 11:32:54</t>
@@ -359,62 +638,50 @@
   <si>
     <t>BOUJAN SUR LIBRON</t>
   </si>
   <si>
     <t>340015965</t>
   </si>
   <si>
     <t>Docteur ANNE GOURARI</t>
   </si>
   <si>
     <t>20/02/2025 18:32:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592071/fr/docteur-anne-gourari</t>
   </si>
   <si>
     <t>p_3592071</t>
   </si>
   <si>
     <t>GOURARI</t>
   </si>
   <si>
     <t>ANNE</t>
   </si>
   <si>
-    <t>CL ST JEAN SUD DE FRANCE</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur JIBRIL NOURI</t>
   </si>
   <si>
     <t>20/02/2025 18:32:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592081/fr/docteur-jibril-nouri</t>
   </si>
   <si>
     <t>p_3592081</t>
   </si>
   <si>
     <t>NOURI</t>
   </si>
   <si>
     <t>JIBRIL</t>
   </si>
   <si>
     <t>Docteur FRANCOIS KLEIN</t>
   </si>
   <si>
     <t>20/02/2025 18:32:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592100/fr/docteur-francois-klein</t>
@@ -509,62 +776,50 @@
   <si>
     <t>MOUTTET-BOIZAT</t>
   </si>
   <si>
     <t>DELPHINE</t>
   </si>
   <si>
     <t>Docteur ANTOINE GAUTIER</t>
   </si>
   <si>
     <t>19/12/2024 15:31:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574577/fr/docteur-antoine-gautier</t>
   </si>
   <si>
     <t>p_3574577</t>
   </si>
   <si>
     <t>GAUTIER</t>
   </si>
   <si>
     <t>ANTOINE</t>
   </si>
   <si>
-    <t>CH BEZIERS</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur MARIE SELVY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574579/fr/docteur-marie-selvy</t>
   </si>
   <si>
     <t>p_3574579</t>
   </si>
   <si>
     <t>SELVY</t>
   </si>
   <si>
     <t>MARIE</t>
   </si>
   <si>
     <t>Docteur Giorgia MASTRONICOLA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574581/fr/docteur-giorgia-mastronicola</t>
   </si>
   <si>
     <t>p_3574581</t>
   </si>
   <si>
     <t>MASTRONICOLA</t>
@@ -590,53 +845,50 @@
   <si>
     <t>Docteur Juliette COUTUREAU</t>
   </si>
   <si>
     <t>19/12/2024 15:32:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574635/fr/docteur-juliette-coutureau</t>
   </si>
   <si>
     <t>p_3574635</t>
   </si>
   <si>
     <t>COUTUREAU</t>
   </si>
   <si>
     <t>Juliette</t>
   </si>
   <si>
     <t>HOPITAL LAPEYRONIE CHU MONTPELLIER</t>
   </si>
   <si>
     <t>34295</t>
   </si>
   <si>
-    <t>MONTPELLIER CEDEX 5</t>
-[...1 lines deleted...]
-  <si>
     <t>340785161</t>
   </si>
   <si>
     <t>Docteur Thibaut PAILLET</t>
   </si>
   <si>
     <t>19/12/2024 15:32:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574697/fr/docteur-thibaut-paillet</t>
   </si>
   <si>
     <t>p_3574697</t>
   </si>
   <si>
     <t>PAILLET</t>
   </si>
   <si>
     <t>Thibaut</t>
   </si>
   <si>
     <t>Docteur SERTAC KARATAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574699/fr/docteur-sertac-karatas</t>
@@ -689,53 +941,50 @@
   <si>
     <t>Docteur Aurélien CANON</t>
   </si>
   <si>
     <t>21/11/2024 10:33:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3559340/fr/docteur-aurelien-canon</t>
   </si>
   <si>
     <t>p_3559340</t>
   </si>
   <si>
     <t>CANON</t>
   </si>
   <si>
     <t>Aurélien</t>
   </si>
   <si>
     <t>CL DU MILLENAIRE MONTPELLIER</t>
   </si>
   <si>
     <t>34960</t>
   </si>
   <si>
-    <t>MONTPELLIER CEDEX 2</t>
-[...1 lines deleted...]
-  <si>
     <t>340015502</t>
   </si>
   <si>
     <t>Docteur Ilham AGLIME</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3559342/fr/docteur-ilham-aglime</t>
   </si>
   <si>
     <t>p_3559342</t>
   </si>
   <si>
     <t>AGLIME</t>
   </si>
   <si>
     <t>Ilham</t>
   </si>
   <si>
     <t>Docteur Clément JEANDEL</t>
   </si>
   <si>
     <t>21/11/2024 10:33:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3559370/fr/docteur-clement-jeandel</t>
@@ -809,56 +1058,50 @@
   <si>
     <t>CASTELNAU LE LEZ</t>
   </si>
   <si>
     <t>340780667</t>
   </si>
   <si>
     <t>Docteur PAUL MAMENI</t>
   </si>
   <si>
     <t>13/09/2024 15:33:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3541397/fr/docteur-paul-mameni</t>
   </si>
   <si>
     <t>p_3541397</t>
   </si>
   <si>
     <t>MAMENI</t>
   </si>
   <si>
     <t>PAUL</t>
   </si>
   <si>
-    <t>CL CLEMENTVILLE MONTPELLIER</t>
-[...4 lines deleted...]
-  <si>
     <t>Docteur ROMAIN DELANNOY</t>
   </si>
   <si>
     <t>13/09/2024 15:34:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3541464/fr/docteur-romain-delannoy</t>
   </si>
   <si>
     <t>p_3541464</t>
   </si>
   <si>
     <t>DELANNOY</t>
   </si>
   <si>
     <t>ROMAIN</t>
   </si>
   <si>
     <t>Docteur SEVERIN RAMIN</t>
   </si>
   <si>
     <t>13/09/2024 15:34:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3541491/fr/docteur-severin-ramin</t>
@@ -1337,59 +1580,50 @@
   <si>
     <t>SEBASTIEN</t>
   </si>
   <si>
     <t>Docteur GREGOIRE POINAS</t>
   </si>
   <si>
     <t>15/02/2024 16:33:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3496499/fr/docteur-gregoire-poinas</t>
   </si>
   <si>
     <t>p_3496499</t>
   </si>
   <si>
     <t>POINAS</t>
   </si>
   <si>
     <t>GREGOIRE</t>
   </si>
   <si>
     <t>15 February 2024</t>
   </si>
   <si>
-    <t>CL BEAU SOLEIL MONTPELLIER</t>
-[...7 lines deleted...]
-  <si>
     <t>Professeur INGRID MILLET</t>
   </si>
   <si>
     <t>15/02/2024 16:33:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3496506/fr/professeur-ingrid-millet</t>
   </si>
   <si>
     <t>p_3496506</t>
   </si>
   <si>
     <t>MILLET</t>
   </si>
   <si>
     <t>INGRID</t>
   </si>
   <si>
     <t>Docteur CAROLINE MANDOUL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3496508/fr/docteur-caroline-mandoul</t>
   </si>
   <si>
     <t>p_3496508</t>
@@ -1952,57 +2186,57 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3378275/fr/docteur-nicolas-henry</t>
   </si>
   <si>
     <t>p_3378275</t>
   </si>
   <si>
     <t>HENRY</t>
   </si>
   <si>
     <t>13 October 2022</t>
   </si>
   <si>
     <t>CL DU PARC CASTELNAU LE LEZ,CL VIA DOMITIA POLE SANTE DE LUNEL</t>
   </si>
   <si>
     <t>34171,34400</t>
   </si>
   <si>
     <t>CASTELNAU LE LEZ,LUNEL</t>
   </si>
   <si>
     <t>340780667,340780725</t>
   </si>
   <si>
-    <t>Docteur CATHERINE CYTEVAL</t>
+    <t>Professeur CATHERINE CYTEVAL</t>
   </si>
   <si>
     <t>14/10/2022 16:32:20</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3378447/fr/docteur-catherine-cyteval</t>
+    <t>https://www.has-sante.fr/jcms/p_3378447/fr/professeur-catherine-cyteval</t>
   </si>
   <si>
     <t>p_3378447</t>
   </si>
   <si>
     <t>CYTEVAL</t>
   </si>
   <si>
     <t>CATHERINE</t>
   </si>
   <si>
     <t>Docteur ANNE VENDRELL</t>
   </si>
   <si>
     <t>14/10/2022 16:32:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3378620/fr/docteur-anne-vendrell</t>
   </si>
   <si>
     <t>p_3378620</t>
   </si>
   <si>
     <t>VENDRELL</t>
   </si>
@@ -2081,866 +2315,770 @@
   <si>
     <t>p_3378630</t>
   </si>
   <si>
     <t>COPPOLA</t>
   </si>
   <si>
     <t>MARIE-HELENE</t>
   </si>
   <si>
     <t>Docteur DELPHINE BOUTOT</t>
   </si>
   <si>
     <t>14/10/2022 16:33:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3378659/fr/docteur-delphine-boutot</t>
   </si>
   <si>
     <t>p_3378659</t>
   </si>
   <si>
     <t>BOUTOT</t>
   </si>
   <si>
-    <t>Docteur OLIVIER CLARET</t>
-[...29 lines deleted...]
-    <t>ERIC WILLIAM</t>
+    <t>Docteur JEAN-LOUIS KHODR</t>
+  </si>
+  <si>
+    <t>21/07/2022 18:32:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3355993/fr/docteur-jean-louis-khodr</t>
+  </si>
+  <si>
+    <t>p_3355993</t>
+  </si>
+  <si>
+    <t>KHODR</t>
+  </si>
+  <si>
+    <t>JEAN-LOUIS</t>
   </si>
   <si>
     <t>21 July 2022</t>
   </si>
   <si>
+    <t>Docteur SAMIR BENDAHOU</t>
+  </si>
+  <si>
+    <t>21/07/2022 18:32:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3355998/fr/docteur-samir-bendahou</t>
+  </si>
+  <si>
+    <t>p_3355998</t>
+  </si>
+  <si>
+    <t>BENDAHOU</t>
+  </si>
+  <si>
+    <t>SAMIR</t>
+  </si>
+  <si>
+    <t>Docteur GABRIEL RAZAKAMAHEFA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356000/fr/docteur-gabriel-razakamahefa</t>
+  </si>
+  <si>
+    <t>p_3356000</t>
+  </si>
+  <si>
+    <t>RAZAKAMAHEFA</t>
+  </si>
+  <si>
+    <t>GABRIEL</t>
+  </si>
+  <si>
+    <t>Docteur NATACHA FABRE-DUPREZ</t>
+  </si>
+  <si>
+    <t>21/07/2022 18:32:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356011/fr/docteur-natacha-fabre-duprez</t>
+  </si>
+  <si>
+    <t>p_3356011</t>
+  </si>
+  <si>
+    <t>FABRE-DUPREZ</t>
+  </si>
+  <si>
+    <t>NATACHA</t>
+  </si>
+  <si>
+    <t>Docteur GILLES ROUAUD</t>
+  </si>
+  <si>
+    <t>21/07/2022 18:32:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356017/fr/docteur-gilles-rouaud</t>
+  </si>
+  <si>
+    <t>p_3356017</t>
+  </si>
+  <si>
+    <t>ROUAUD</t>
+  </si>
+  <si>
+    <t>GILLES</t>
+  </si>
+  <si>
+    <t>Docteur JEAN-CHRISTOPHE THIBAUD</t>
+  </si>
+  <si>
+    <t>21/07/2022 18:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356062/fr/docteur-jean-christophe-thibaud</t>
+  </si>
+  <si>
+    <t>p_3356062</t>
+  </si>
+  <si>
+    <t>THIBAUD</t>
+  </si>
+  <si>
+    <t>JEAN-CHRISTOPHE</t>
+  </si>
+  <si>
+    <t>Docteur ABDELGHANI ADES</t>
+  </si>
+  <si>
+    <t>24/06/2022 09:34:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3347819/fr/docteur-abdelghani-ades</t>
+  </si>
+  <si>
+    <t>p_3347819</t>
+  </si>
+  <si>
+    <t>ADES</t>
+  </si>
+  <si>
+    <t>ABDELGHANI</t>
+  </si>
+  <si>
+    <t>23 June 2022</t>
+  </si>
+  <si>
+    <t>Docteur MARTIN GRAU ORTIZ</t>
+  </si>
+  <si>
+    <t>23/06/2022 18:32:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3347106/fr/docteur-martin-grau-ortiz</t>
+  </si>
+  <si>
+    <t>p_3347106</t>
+  </si>
+  <si>
+    <t>GRAU ORTIZ</t>
+  </si>
+  <si>
+    <t>MARTIN</t>
+  </si>
+  <si>
+    <t>Docteur MARION LALANDE</t>
+  </si>
+  <si>
+    <t>23/06/2022 18:33:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3347182/fr/docteur-marion-lalande</t>
+  </si>
+  <si>
+    <t>p_3347182</t>
+  </si>
+  <si>
+    <t>LALANDE</t>
+  </si>
+  <si>
+    <t>MARION</t>
+  </si>
+  <si>
+    <t>Docteur PIERRE SENTENAC</t>
+  </si>
+  <si>
+    <t>28/04/2022 12:32:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3335655/fr/docteur-pierre-sentenac</t>
+  </si>
+  <si>
+    <t>p_3335655</t>
+  </si>
+  <si>
+    <t>SENTENAC</t>
+  </si>
+  <si>
+    <t>Docteur EMMANUEL LORNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3335656/fr/docteur-emmanuel-lorne</t>
+  </si>
+  <si>
+    <t>p_3335656</t>
+  </si>
+  <si>
+    <t>LORNE</t>
+  </si>
+  <si>
+    <t>EMMANUEL</t>
+  </si>
+  <si>
+    <t>Docteur ALEXANDRE MASSONNE</t>
+  </si>
+  <si>
+    <t>31/03/2022 11:33:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328177/fr/docteur-alexandre-massonne</t>
+  </si>
+  <si>
+    <t>p_3328177</t>
+  </si>
+  <si>
+    <t>MASSONNE</t>
+  </si>
+  <si>
+    <t>31 March 2022</t>
+  </si>
+  <si>
+    <t>Docteur ISABELLE GAUDET-FERRAND</t>
+  </si>
+  <si>
+    <t>31/03/2022 11:33:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328180/fr/docteur-isabelle-gaudet-ferrand</t>
+  </si>
+  <si>
+    <t>p_3328180</t>
+  </si>
+  <si>
+    <t>GAUDET-FERRAND</t>
+  </si>
+  <si>
+    <t>ISABELLE</t>
+  </si>
+  <si>
+    <t>Docteur BARBARA MARAUX</t>
+  </si>
+  <si>
+    <t>03/01/2022 15:32:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307669/fr/docteur-barbara-maraux</t>
+  </si>
+  <si>
+    <t>p_3307669</t>
+  </si>
+  <si>
+    <t>MARAUX</t>
+  </si>
+  <si>
+    <t>BARBARA</t>
+  </si>
+  <si>
+    <t>29 December 2021</t>
+  </si>
+  <si>
+    <t>Docteur Rachid CHOUKHI</t>
+  </si>
+  <si>
+    <t>03/01/2022 16:31:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307721/fr/docteur-rachid-choukhi</t>
+  </si>
+  <si>
+    <t>p_3307721</t>
+  </si>
+  <si>
+    <t>CHOUKHI</t>
+  </si>
+  <si>
+    <t>Rachid</t>
+  </si>
+  <si>
+    <t>Docteur ERIC HATTERER</t>
+  </si>
+  <si>
+    <t>03/01/2022 16:32:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307729/fr/docteur-eric-hatterer</t>
+  </si>
+  <si>
+    <t>p_3307729</t>
+  </si>
+  <si>
+    <t>HATTERER</t>
+  </si>
+  <si>
+    <t>ERIC</t>
+  </si>
+  <si>
+    <t>Docteur ADELINE GASNER</t>
+  </si>
+  <si>
+    <t>03/01/2022 16:32:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307747/fr/docteur-adeline-gasner</t>
+  </si>
+  <si>
+    <t>p_3307747</t>
+  </si>
+  <si>
+    <t>GASNER</t>
+  </si>
+  <si>
+    <t>ADELINE</t>
+  </si>
+  <si>
+    <t>Docteur JULIE LONJON</t>
+  </si>
+  <si>
+    <t>03/01/2022 16:32:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307748/fr/docteur-julie-lonjon</t>
+  </si>
+  <si>
+    <t>p_3307748</t>
+  </si>
+  <si>
+    <t>LONJON</t>
+  </si>
+  <si>
+    <t>JULIE</t>
+  </si>
+  <si>
+    <t>Docteur CECILE GRANIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307749/fr/docteur-cecile-granier</t>
+  </si>
+  <si>
+    <t>p_3307749</t>
+  </si>
+  <si>
+    <t>GRANIER</t>
+  </si>
+  <si>
+    <t>Docteur FABIEN FEDIDE</t>
+  </si>
+  <si>
+    <t>03/01/2022 16:32:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307755/fr/docteur-fabien-fedide</t>
+  </si>
+  <si>
+    <t>p_3307755</t>
+  </si>
+  <si>
+    <t>FEDIDE</t>
+  </si>
+  <si>
+    <t>Docteur FRANCOIS-XAVIER DONNETTE</t>
+  </si>
+  <si>
+    <t>03/01/2022 16:32:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307757/fr/docteur-francois-xavier-donnette</t>
+  </si>
+  <si>
+    <t>p_3307757</t>
+  </si>
+  <si>
+    <t>DONNETTE</t>
+  </si>
+  <si>
+    <t>FRANCOIS-XAVIER</t>
+  </si>
+  <si>
+    <t>Docteur MEHDI OULD-CHIKH</t>
+  </si>
+  <si>
+    <t>03/01/2022 16:32:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307763/fr/docteur-mehdi-ould-chikh</t>
+  </si>
+  <si>
+    <t>p_3307763</t>
+  </si>
+  <si>
+    <t>OULD-CHIKH</t>
+  </si>
+  <si>
+    <t>MEHDI</t>
+  </si>
+  <si>
+    <t>Docteur ISABELLE LE TEUFF</t>
+  </si>
+  <si>
+    <t>16/12/2021 11:32:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305270/fr/docteur-isabelle-le-teuff</t>
+  </si>
+  <si>
+    <t>p_3305270</t>
+  </si>
+  <si>
+    <t>LE TEUFF</t>
+  </si>
+  <si>
+    <t>16 December 2021</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS MENJOT DE CHAMPFLEUR</t>
+  </si>
+  <si>
+    <t>16/12/2021 17:31:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305654/fr/docteur-nicolas-menjot-de-champfleur</t>
+  </si>
+  <si>
+    <t>p_3305654</t>
+  </si>
+  <si>
+    <t>MENJOT DE CHAMPFLEUR</t>
+  </si>
+  <si>
+    <t>NICOLAS</t>
+  </si>
+  <si>
+    <t>Docteur SIDI MOHAMMED BENHALIMA</t>
+  </si>
+  <si>
+    <t>25/11/2021 17:32:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301962/fr/docteur-sidi-mohammed-benhalima</t>
+  </si>
+  <si>
+    <t>p_3301962</t>
+  </si>
+  <si>
+    <t>BENHALIMA</t>
+  </si>
+  <si>
+    <t>SIDI MOHAMMED</t>
+  </si>
+  <si>
+    <t>25 November 2021</t>
+  </si>
+  <si>
+    <t>Docteur FABRICE MENGHINI</t>
+  </si>
+  <si>
+    <t>25/11/2021 17:32:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301978/fr/docteur-fabrice-menghini</t>
+  </si>
+  <si>
+    <t>p_3301978</t>
+  </si>
+  <si>
+    <t>MENGHINI</t>
+  </si>
+  <si>
+    <t>FABRICE</t>
+  </si>
+  <si>
+    <t>Docteur QUENTIN DUMOULIN</t>
+  </si>
+  <si>
+    <t>21/10/2021 14:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294512/fr/docteur-quentin-dumoulin</t>
+  </si>
+  <si>
+    <t>p_3294512</t>
+  </si>
+  <si>
+    <t>DUMOULIN</t>
+  </si>
+  <si>
+    <t>QUENTIN</t>
+  </si>
+  <si>
+    <t>21 October 2021</t>
+  </si>
+  <si>
+    <t>CL DU DR JEAN CAUSSE COLOMBIERS</t>
+  </si>
+  <si>
+    <t>34440</t>
+  </si>
+  <si>
+    <t>COLOMBIERS</t>
+  </si>
+  <si>
+    <t>340780139</t>
+  </si>
+  <si>
+    <t>Docteur MATHIEU GONOT</t>
+  </si>
+  <si>
+    <t>16/07/2021 09:32:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278079/fr/docteur-mathieu-gonot</t>
+  </si>
+  <si>
+    <t>p_3278079</t>
+  </si>
+  <si>
+    <t>GONOT</t>
+  </si>
+  <si>
+    <t>15 July 2021</t>
+  </si>
+  <si>
+    <t>Docteur JULIEN MASSE-SALINAIRES</t>
+  </si>
+  <si>
+    <t>02/07/2021 10:32:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275669/fr/docteur-julien-masse-salinaires</t>
+  </si>
+  <si>
+    <t>p_3275669</t>
+  </si>
+  <si>
+    <t>MASSE-SALINAIRES</t>
+  </si>
+  <si>
+    <t>JULIEN</t>
+  </si>
+  <si>
+    <t>01 July 2021</t>
+  </si>
+  <si>
+    <t>Docteur Vincent ABD EL FATTAH</t>
+  </si>
+  <si>
+    <t>07/05/2021 10:31:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265224/fr/docteur-vincent-abd-el-fattah</t>
+  </si>
+  <si>
+    <t>p_3265224</t>
+  </si>
+  <si>
+    <t>ABD EL FATTAH</t>
+  </si>
+  <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>Docteur SOPHIE MENJOT DE CHAMPFLEUR</t>
+  </si>
+  <si>
+    <t>07/05/2021 11:31:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265424/fr/docteur-sophie-menjot-de-champfleur</t>
+  </si>
+  <si>
+    <t>p_3265424</t>
+  </si>
+  <si>
+    <t>06 May 2021</t>
+  </si>
+  <si>
+    <t>Docteur SAMUEL MERIGEAUD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265426/fr/docteur-samuel-merigeaud</t>
+  </si>
+  <si>
+    <t>p_3265426</t>
+  </si>
+  <si>
+    <t>MERIGEAUD</t>
+  </si>
+  <si>
+    <t>SAMUEL</t>
+  </si>
+  <si>
+    <t>Docteur SOPHIE AUFORT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265427/fr/docteur-sophie-aufort</t>
+  </si>
+  <si>
+    <t>p_3265427</t>
+  </si>
+  <si>
+    <t>AUFORT</t>
+  </si>
+  <si>
+    <t>Docteur DENIS HOA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265428/fr/docteur-denis-hoa</t>
+  </si>
+  <si>
+    <t>p_3265428</t>
+  </si>
+  <si>
+    <t>HOA</t>
+  </si>
+  <si>
+    <t>DENIS</t>
+  </si>
+  <si>
+    <t>Docteur XAVIER STEFANOVIC</t>
+  </si>
+  <si>
+    <t>07/05/2021 11:31:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265431/fr/docteur-xavier-stefanovic</t>
+  </si>
+  <si>
+    <t>p_3265431</t>
+  </si>
+  <si>
+    <t>STEFANOVIC</t>
+  </si>
+  <si>
+    <t>XAVIER</t>
+  </si>
+  <si>
+    <t>Docteur FLORENCE DI RUGGIERO</t>
+  </si>
+  <si>
+    <t>07/05/2021 11:31:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265436/fr/docteur-florence-di-ruggiero</t>
+  </si>
+  <si>
+    <t>p_3265436</t>
+  </si>
+  <si>
+    <t>DI RUGGIERO</t>
+  </si>
+  <si>
+    <t>FLORENCE</t>
+  </si>
+  <si>
+    <t>Docteur ERIC DECOUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265441/fr/docteur-eric-decoux</t>
+  </si>
+  <si>
+    <t>p_3265441</t>
+  </si>
+  <si>
+    <t>DECOUX</t>
+  </si>
+  <si>
+    <t>Docteur Constantin HALCHINI</t>
+  </si>
+  <si>
+    <t>02/04/2021 09:30:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259205/fr/docteur-constantin-halchini</t>
+  </si>
+  <si>
+    <t>p_3259205</t>
+  </si>
+  <si>
+    <t>HALCHINI</t>
+  </si>
+  <si>
+    <t>Constantin</t>
+  </si>
+  <si>
+    <t>Docteur Xavier SERRES</t>
+  </si>
+  <si>
+    <t>02/04/2021 09:30:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259248/fr/docteur-xavier-serres</t>
+  </si>
+  <si>
+    <t>p_3259248</t>
+  </si>
+  <si>
+    <t>SERRES</t>
+  </si>
+  <si>
+    <t>Xavier</t>
+  </si>
+  <si>
+    <t>Docteur MEHDI TERKI</t>
+  </si>
+  <si>
+    <t>02/04/2021 09:31:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259414/fr/docteur-mehdi-terki</t>
+  </si>
+  <si>
+    <t>p_3259414</t>
+  </si>
+  <si>
+    <t>TERKI</t>
+  </si>
+  <si>
     <t>CL ST LOUIS GANGES</t>
   </si>
   <si>
     <t>34190</t>
   </si>
   <si>
     <t>GANGES</t>
   </si>
   <si>
     <t>340780717</t>
   </si>
   <si>
-    <t>Docteur JEAN-LOUIS KHODR</t>
-[...766 lines deleted...]
-  <si>
     <t>Docteur ADRIANO TOFFOLI</t>
   </si>
   <si>
     <t>02/04/2021 09:32:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3259437/fr/docteur-adriano-toffoli</t>
   </si>
   <si>
     <t>p_3259437</t>
   </si>
   <si>
     <t>TOFFOLI</t>
   </si>
   <si>
     <t>ADRIANO</t>
   </si>
   <si>
     <t>01 April 2021</t>
   </si>
   <si>
     <t>Docteur ANTOINE COIGNAC</t>
   </si>
   <si>
     <t>18/02/2021 10:31:39</t>
@@ -2993,65 +3131,50 @@
   <si>
     <t>AUBERTIN</t>
   </si>
   <si>
     <t>Docteur GAUTHIER RATHAT</t>
   </si>
   <si>
     <t>04/01/2021 16:32:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3228247/fr/docteur-gauthier-rathat</t>
   </si>
   <si>
     <t>p_3228247</t>
   </si>
   <si>
     <t>RATHAT</t>
   </si>
   <si>
     <t>GAUTHIER</t>
   </si>
   <si>
     <t>29 December 2020</t>
   </si>
   <si>
-    <t>Docteur SOPHIE LIEBENS</t>
-[...13 lines deleted...]
-  <si>
     <t>Docteur JEAN-LOUIS HOUPEAU</t>
   </si>
   <si>
     <t>04/01/2021 16:32:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3228256/fr/docteur-jean-louis-houpeau</t>
   </si>
   <si>
     <t>p_3228256</t>
   </si>
   <si>
     <t>HOUPEAU</t>
   </si>
   <si>
     <t>Docteur ETIENNE MAURY</t>
   </si>
   <si>
     <t>04/01/2021 16:32:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3228273/fr/docteur-etienne-maury</t>
   </si>
   <si>
     <t>p_3228273</t>
@@ -3434,50 +3557,71 @@
   <si>
     <t>THOMAS</t>
   </si>
   <si>
     <t>Docteur LISE BERGOGNE</t>
   </si>
   <si>
     <t>03/01/2019 11:33:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2895865/fr/docteur-lise-bergogne</t>
   </si>
   <si>
     <t>c_2895865</t>
   </si>
   <si>
     <t>BERGOGNE</t>
   </si>
   <si>
     <t>LISE</t>
   </si>
   <si>
     <t>28 December 2022</t>
   </si>
   <si>
+    <t>Docteur GUILLAUME MIROUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895868/fr/docteur-guillaume-mirouse</t>
+  </si>
+  <si>
+    <t>c_2895868</t>
+  </si>
+  <si>
+    <t>MIROUSE</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE SAINT-PRIVAT</t>
+  </si>
+  <si>
+    <t>34500</t>
+  </si>
+  <si>
+    <t>340780113</t>
+  </si>
+  <si>
     <t>Docteur VINCENT MEYER-BISCH</t>
   </si>
   <si>
     <t>20/12/2018 11:37:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2893419/fr/docteur-vincent-meyer-bisch</t>
   </si>
   <si>
     <t>c_2893419</t>
   </si>
   <si>
     <t>MEYER-BISCH</t>
   </si>
   <si>
     <t>VINCENT</t>
   </si>
   <si>
     <t>Docteur AUDE GLAISE</t>
   </si>
   <si>
     <t>28/11/2018 16:32:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2886854/fr/docteur-aude-glaise</t>
@@ -4568,71 +4712,56 @@
   <si>
     <t>c_2709289</t>
   </si>
   <si>
     <t>DESSEIGNET</t>
   </si>
   <si>
     <t>Docteur Claude BENEZECH</t>
   </si>
   <si>
     <t>08/11/2016 11:31:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709391/fr/docteur-claude-benezech</t>
   </si>
   <si>
     <t>c_2709391</t>
   </si>
   <si>
     <t>BENEZECH</t>
   </si>
   <si>
     <t>Claude</t>
   </si>
   <si>
-    <t>Docteur Patricia COHEN-FAURE</t>
+    <t>Docteur Didier AYUSO</t>
   </si>
   <si>
     <t>08/11/2016 11:31:16</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2709433/fr/docteur-patricia-cohen-faure</t>
-[...13 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2709437/fr/docteur-didier-ayuso</t>
   </si>
   <si>
     <t>c_2709437</t>
   </si>
   <si>
     <t>AYUSO</t>
   </si>
   <si>
     <t>Didier</t>
   </si>
   <si>
     <t>HOPITAL ST CLAIR SETE HBT</t>
   </si>
   <si>
     <t>34207</t>
   </si>
   <si>
     <t>340000223</t>
   </si>
   <si>
     <t>Docteur Sébastien CAZABAN</t>
   </si>
   <si>
     <t>08/11/2016 11:31:39</t>
@@ -4700,836 +4829,761 @@
   <si>
     <t>FASSIO</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Docteur Jean-pierre MULLER</t>
   </si>
   <si>
     <t>08/11/2016 11:32:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710134/fr/docteur-jean-pierre-muller</t>
   </si>
   <si>
     <t>c_2710134</t>
   </si>
   <si>
     <t>MULLER</t>
   </si>
   <si>
     <t>Jean-pierre</t>
   </si>
   <si>
-    <t>Professeur Jean michel FABRE</t>
-[...11 lines deleted...]
-    <t>FABRE</t>
+    <t>Docteur Sophie BRUNET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710231/fr/docteur-sophie-brunet</t>
+  </si>
+  <si>
+    <t>c_2710231</t>
+  </si>
+  <si>
+    <t>BRUNET</t>
+  </si>
+  <si>
+    <t>Sophie</t>
+  </si>
+  <si>
+    <t>CHU NIMES CAREMEAU,CL BEAU SOLEIL MONTPELLIER</t>
+  </si>
+  <si>
+    <t>30029,34070</t>
+  </si>
+  <si>
+    <t>NIMES CEDEX 9,MONTPELLIER</t>
+  </si>
+  <si>
+    <t>300782117,340780642</t>
+  </si>
+  <si>
+    <t>Docteur Arnaud DUBAR</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710608/fr/docteur-arnaud-dubar</t>
+  </si>
+  <si>
+    <t>c_2710608</t>
+  </si>
+  <si>
+    <t>DUBAR</t>
+  </si>
+  <si>
+    <t>03 February 2022</t>
+  </si>
+  <si>
+    <t>Docteur Michel ALAUZEN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710611/fr/docteur-michel-alauzen</t>
+  </si>
+  <si>
+    <t>c_2710611</t>
+  </si>
+  <si>
+    <t>ALAUZEN</t>
+  </si>
+  <si>
+    <t>23 September 2021</t>
+  </si>
+  <si>
+    <t>CL DU MILLENAIRE MONTPELLIER,CL DU PARC CASTELNAU LE LEZ</t>
+  </si>
+  <si>
+    <t>34960,34171</t>
+  </si>
+  <si>
+    <t>MONTPELLIER CEDEX 2,CASTELNAU LE LEZ</t>
+  </si>
+  <si>
+    <t>340015502,340780667</t>
+  </si>
+  <si>
+    <t>Docteur Philippe BOUSQUET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710708/fr/docteur-philippe-bousquet</t>
+  </si>
+  <si>
+    <t>c_2710708</t>
+  </si>
+  <si>
+    <t>Docteur Jerome LANO</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710771/fr/docteur-jerome-lano</t>
+  </si>
+  <si>
+    <t>c_2710771</t>
+  </si>
+  <si>
+    <t>LANO</t>
+  </si>
+  <si>
+    <t>Jerome</t>
+  </si>
+  <si>
+    <t>Docteur Jean-stephane BURGEL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710787/fr/docteur-jean-stephane-burgel</t>
+  </si>
+  <si>
+    <t>c_2710787</t>
+  </si>
+  <si>
+    <t>BURGEL</t>
+  </si>
+  <si>
+    <t>Jean-stephane</t>
+  </si>
+  <si>
+    <t>CL ST JEAN SUD DE FRANCE,CL CLEMENTVILLE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>34433,34000</t>
+  </si>
+  <si>
+    <t>ST JEAN DE VEDAS,MONTPELLIER</t>
+  </si>
+  <si>
+    <t>340024314,340780675</t>
+  </si>
+  <si>
+    <t>Docteur Franck LACAZE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711015/fr/docteur-franck-lacaze</t>
+  </si>
+  <si>
+    <t>c_2711015</t>
+  </si>
+  <si>
+    <t>LACAZE</t>
+  </si>
+  <si>
+    <t>Franck</t>
+  </si>
+  <si>
+    <t>Docteur Bernard MARC</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711047/fr/docteur-bernard-marc</t>
+  </si>
+  <si>
+    <t>c_2711047</t>
+  </si>
+  <si>
+    <t>Bernard</t>
+  </si>
+  <si>
+    <t>CH BEZIERS,POLYCL ST PRIVAT BOUJAN SUR LIBRON</t>
+  </si>
+  <si>
+    <t>34525,34760</t>
+  </si>
+  <si>
+    <t>BEZIERS,BOUJAN SUR LIBRON</t>
+  </si>
+  <si>
+    <t>340000033,340015965</t>
+  </si>
+  <si>
+    <t>Docteur Arnaud LARGEY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711208/fr/docteur-arnaud-largey</t>
+  </si>
+  <si>
+    <t>c_2711208</t>
+  </si>
+  <si>
+    <t>LARGEY</t>
+  </si>
+  <si>
+    <t>Docteur Matthieu PECHER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711255/fr/docteur-matthieu-pecher</t>
+  </si>
+  <si>
+    <t>c_2711255</t>
+  </si>
+  <si>
+    <t>PECHER</t>
+  </si>
+  <si>
+    <t>Docteur Olivier FONTÉS</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711349/fr/docteur-olivier-fontes</t>
+  </si>
+  <si>
+    <t>c_2711349</t>
+  </si>
+  <si>
+    <t>FONTÉS</t>
+  </si>
+  <si>
+    <t>Docteur Dominique SINA</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711379/fr/docteur-dominique-sina</t>
+  </si>
+  <si>
+    <t>c_2711379</t>
+  </si>
+  <si>
+    <t>SINA</t>
+  </si>
+  <si>
+    <t>Dominique</t>
+  </si>
+  <si>
+    <t>Docteur Christophe FARENQ</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711451/fr/docteur-christophe-farenq</t>
+  </si>
+  <si>
+    <t>c_2711451</t>
+  </si>
+  <si>
+    <t>FARENQ</t>
+  </si>
+  <si>
+    <t>Christophe</t>
+  </si>
+  <si>
+    <t>Docteur Fabien LACOMBE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711466/fr/docteur-fabien-lacombe</t>
+  </si>
+  <si>
+    <t>c_2711466</t>
+  </si>
+  <si>
+    <t>LACOMBE</t>
+  </si>
+  <si>
+    <t>Fabien</t>
+  </si>
+  <si>
+    <t>Docteur Hervé SILBERT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711552/fr/docteur-herve-silbert</t>
+  </si>
+  <si>
+    <t>c_2711552</t>
+  </si>
+  <si>
+    <t>SILBERT</t>
+  </si>
+  <si>
+    <t>Hervé</t>
+  </si>
+  <si>
+    <t>Docteur Dominique CRESIENZO</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711806/fr/docteur-dominique-cresienzo</t>
+  </si>
+  <si>
+    <t>c_2711806</t>
+  </si>
+  <si>
+    <t>CRESIENZO</t>
+  </si>
+  <si>
+    <t>Professeur Roland DEMARIA</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711944/fr/professeur-roland-demaria</t>
+  </si>
+  <si>
+    <t>c_2711944</t>
+  </si>
+  <si>
+    <t>DEMARIA</t>
+  </si>
+  <si>
+    <t>Roland</t>
+  </si>
+  <si>
+    <t>Docteur Grégory DRAN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711965/fr/docteur-gregory-dran</t>
+  </si>
+  <si>
+    <t>c_2711965</t>
+  </si>
+  <si>
+    <t>DRAN</t>
+  </si>
+  <si>
+    <t>Grégory</t>
+  </si>
+  <si>
+    <t>Docteur Jean michel JULIA</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712068/fr/docteur-jean-michel-julia</t>
+  </si>
+  <si>
+    <t>c_2712068</t>
+  </si>
+  <si>
+    <t>JULIA</t>
   </si>
   <si>
     <t>Jean michel</t>
   </si>
   <si>
-    <t>Docteur Sophie BRUNET</t>
-[...38 lines deleted...]
-    <t>COLIN</t>
+    <t>Docteur Nicolas LACROIX</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712074/fr/docteur-nicolas-lacroix</t>
+  </si>
+  <si>
+    <t>c_2712074</t>
+  </si>
+  <si>
+    <t>LACROIX</t>
+  </si>
+  <si>
+    <t>Docteur Wayan HEBRARD</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712109/fr/docteur-wayan-hebrard</t>
+  </si>
+  <si>
+    <t>c_2712109</t>
+  </si>
+  <si>
+    <t>HEBRARD</t>
+  </si>
+  <si>
+    <t>Wayan</t>
+  </si>
+  <si>
+    <t>Docteur Romain DEBARGE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712293/fr/docteur-romain-debarge</t>
+  </si>
+  <si>
+    <t>c_2712293</t>
+  </si>
+  <si>
+    <t>DEBARGE</t>
+  </si>
+  <si>
+    <t>Romain</t>
+  </si>
+  <si>
+    <t>Docteur Olivier POUGET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712347/fr/docteur-olivier-pouget</t>
+  </si>
+  <si>
+    <t>c_2712347</t>
+  </si>
+  <si>
+    <t>POUGET</t>
+  </si>
+  <si>
+    <t>CHU NIMES CAREMEAU,POLYCL ST ROCH MONTPELLIER</t>
+  </si>
+  <si>
+    <t>30029,34075</t>
+  </si>
+  <si>
+    <t>NIMES CEDEX 9,MONTPELLIER CEDEX 3</t>
+  </si>
+  <si>
+    <t>300782117,340022979</t>
+  </si>
+  <si>
+    <t>Docteur Jean-yves max BIGEON</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712403/fr/docteur-jean-yves-max-bigeon</t>
+  </si>
+  <si>
+    <t>c_2712403</t>
+  </si>
+  <si>
+    <t>BIGEON</t>
+  </si>
+  <si>
+    <t>Jean-yves max</t>
+  </si>
+  <si>
+    <t>Professeur Bertrand COULET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712411/fr/professeur-bertrand-coulet</t>
+  </si>
+  <si>
+    <t>c_2712411</t>
+  </si>
+  <si>
+    <t>COULET</t>
+  </si>
+  <si>
+    <t>Docteur Béatrice FILIPPI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712424/fr/docteur-beatrice-filippi</t>
+  </si>
+  <si>
+    <t>c_2712424</t>
+  </si>
+  <si>
+    <t>FILIPPI</t>
+  </si>
+  <si>
+    <t>Béatrice</t>
+  </si>
+  <si>
+    <t>Docteur Laurent NOGUES</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712533/fr/docteur-laurent-nogues</t>
+  </si>
+  <si>
+    <t>c_2712533</t>
+  </si>
+  <si>
+    <t>NOGUES</t>
+  </si>
+  <si>
+    <t>Docteur Emmanuel MUNOS</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712606/fr/docteur-emmanuel-munos</t>
+  </si>
+  <si>
+    <t>c_2712606</t>
+  </si>
+  <si>
+    <t>MUNOS</t>
+  </si>
+  <si>
+    <t>Emmanuel</t>
+  </si>
+  <si>
+    <t>Docteur Pierre GASNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712607/fr/docteur-pierre-gasne</t>
+  </si>
+  <si>
+    <t>c_2712607</t>
+  </si>
+  <si>
+    <t>GASNE</t>
+  </si>
+  <si>
+    <t>Docteur Vincent DEUTSCH</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712625/fr/docteur-vincent-deutsch</t>
+  </si>
+  <si>
+    <t>c_2712625</t>
+  </si>
+  <si>
+    <t>DEUTSCH</t>
+  </si>
+  <si>
+    <t>Docteur Edouard MUNINI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712630/fr/docteur-edouard-munini</t>
+  </si>
+  <si>
+    <t>c_2712630</t>
+  </si>
+  <si>
+    <t>MUNINI</t>
+  </si>
+  <si>
+    <t>Edouard</t>
+  </si>
+  <si>
+    <t>Docteur François BERLEMONT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712632/fr/docteur-francois-berlemont</t>
+  </si>
+  <si>
+    <t>c_2712632</t>
+  </si>
+  <si>
+    <t>BERLEMONT</t>
+  </si>
+  <si>
+    <t>Docteur Matthieu PARNEIX</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712645/fr/docteur-matthieu-parneix</t>
+  </si>
+  <si>
+    <t>c_2712645</t>
+  </si>
+  <si>
+    <t>PARNEIX</t>
+  </si>
+  <si>
+    <t>Docteur Stéphane DIDELOT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712775/fr/docteur-stephane-didelot</t>
+  </si>
+  <si>
+    <t>c_2712775</t>
+  </si>
+  <si>
+    <t>DIDELOT</t>
+  </si>
+  <si>
+    <t>Docteur Guillaume KARSENTI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712841/fr/docteur-guillaume-karsenti</t>
+  </si>
+  <si>
+    <t>c_2712841</t>
+  </si>
+  <si>
+    <t>KARSENTI</t>
+  </si>
+  <si>
+    <t>Guillaume</t>
+  </si>
+  <si>
+    <t>Docteur Laurent PASSEBOIS</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712888/fr/docteur-laurent-passebois</t>
+  </si>
+  <si>
+    <t>c_2712888</t>
+  </si>
+  <si>
+    <t>PASSEBOIS</t>
+  </si>
+  <si>
+    <t>Docteur Valeriu STARTUN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712992/fr/docteur-valeriu-startun</t>
+  </si>
+  <si>
+    <t>c_2712992</t>
+  </si>
+  <si>
+    <t>STARTUN</t>
+  </si>
+  <si>
+    <t>Valeriu</t>
+  </si>
+  <si>
+    <t>Docteur Mokhtar BOUHADDJAR</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713099/fr/docteur-mokhtar-bouhaddjar</t>
+  </si>
+  <si>
+    <t>c_2713099</t>
+  </si>
+  <si>
+    <t>BOUHADDJAR</t>
+  </si>
+  <si>
+    <t>Mokhtar</t>
+  </si>
+  <si>
+    <t>HOPITAL GUI DE CHAULIAC CHU MTP</t>
+  </si>
+  <si>
+    <t>340782085</t>
+  </si>
+  <si>
+    <t>Professeur Herve DECHAUD</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713118/fr/professeur-herve-dechaud</t>
+  </si>
+  <si>
+    <t>c_2713118</t>
+  </si>
+  <si>
+    <t>DECHAUD</t>
   </si>
   <si>
     <t>Herve</t>
   </si>
   <si>
-    <t>CENTRE DE RADIOTHERAPIE ET D'ONCOLOGIE MEDICALE - CLINIQUE CLEMENTVILLE,POLYCL PASTEUR PEZENAS</t>
-[...721 lines deleted...]
-  <si>
     <t>Docteur Pascal GRANIER</t>
   </si>
   <si>
     <t>08/11/2016 11:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713132/fr/docteur-pascal-granier</t>
   </si>
   <si>
     <t>c_2713132</t>
   </si>
   <si>
     <t>Docteur Renaud FLAMEIN</t>
   </si>
   <si>
     <t>08/11/2016 11:36:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713162/fr/docteur-renaud-flamein</t>
   </si>
   <si>
     <t>c_2713162</t>
   </si>
   <si>
     <t>FLAMEIN</t>
@@ -5639,83 +5693,236 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>UEMO SETE (STEMO MONTPELLIER OUEST)</t>
+  </si>
+  <si>
+    <t>14/12/2025 05:06:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15186_FicheESSMS/fr/uemo-sete-stemo-montpellier-ouest</t>
+  </si>
+  <si>
+    <t>15186_FicheESSMS</t>
+  </si>
+  <si>
+    <t>83 Boulevard Camille Blanc</t>
+  </si>
+  <si>
+    <t>34200 SETE</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>340031939</t>
+  </si>
+  <si>
+    <t>SAAD A2MICILE MONTPELLIER SUD</t>
+  </si>
+  <si>
+    <t>11/12/2025 05:13:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15152_FicheESSMS/fr/saad-a2micile-montpellier-sud</t>
+  </si>
+  <si>
+    <t>15152_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue De L'Abrivado</t>
+  </si>
+  <si>
+    <t>34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>340025865</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LA CYPRIERE</t>
+  </si>
+  <si>
+    <t>08/12/2025 05:02:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15098_FicheESSMS/fr/ehpad-residence-la-cypriere</t>
+  </si>
+  <si>
+    <t>15098_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Chemin De La Plaine</t>
+  </si>
+  <si>
+    <t>34990 JUVIGNAC</t>
+  </si>
+  <si>
+    <t>JUVIGNAC</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>340797406</t>
+  </si>
+  <si>
+    <t>EHPAD LES LAVANDES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15097_FicheESSMS/fr/ehpad-les-lavandes</t>
+  </si>
+  <si>
+    <t>15097_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue De La Lavande</t>
+  </si>
+  <si>
+    <t>34510 FLORENSAC</t>
+  </si>
+  <si>
+    <t>FLORENSAC</t>
+  </si>
+  <si>
+    <t>340014356</t>
+  </si>
+  <si>
+    <t>SAVS LE CAROUX</t>
+  </si>
+  <si>
+    <t>25/11/2025 16:18:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14875_FicheESSMS/fr/savs-le-caroux</t>
+  </si>
+  <si>
+    <t>14875_FicheESSMS</t>
+  </si>
+  <si>
+    <t>111 Lotissement Rieucros</t>
+  </si>
+  <si>
+    <t>34330 LA SALVETAT SUR AGOUT</t>
+  </si>
+  <si>
+    <t>LA SALVETAT SUR AGOUT</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>340009992</t>
+  </si>
+  <si>
+    <t>EHPAD JEAN PERIDIER CROIX D'ARGENT</t>
+  </si>
+  <si>
+    <t>23/11/2025 16:19:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14805_FicheESSMS/fr/ehpad-jean-peridier-croix-d-argent</t>
+  </si>
+  <si>
+    <t>14805_FicheESSMS</t>
+  </si>
+  <si>
+    <t>174 Rue Jacques Bounin</t>
+  </si>
+  <si>
+    <t>340783802</t>
+  </si>
+  <si>
     <t>SAAD AASD</t>
   </si>
   <si>
     <t>23/11/2025 16:21:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14831_FicheESSMS/fr/saad-aasd</t>
   </si>
   <si>
     <t>14831_FicheESSMS</t>
   </si>
   <si>
     <t>9 Place Alsace Lorraine</t>
   </si>
   <si>
     <t>34700 LODEVE</t>
   </si>
   <si>
     <t>LODEVE</t>
   </si>
   <si>
-    <t>34</t>
-[...10 lines deleted...]
-  <si>
     <t>340029776</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14830_FicheESSMS/fr/saad-aasd</t>
   </si>
   <si>
     <t>14830_FicheESSMS</t>
   </si>
   <si>
     <t>14 Rue De Chateaudun</t>
   </si>
   <si>
     <t>34300 AGDE</t>
   </si>
   <si>
     <t>AGDE</t>
   </si>
   <si>
     <t>340027945</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14829_FicheESSMS/fr/saad-aasd</t>
   </si>
   <si>
     <t>14829_FicheESSMS</t>
@@ -5723,392 +5930,857 @@
   <si>
     <t>68 Rue Saint Alexandre</t>
   </si>
   <si>
     <t>34600 BEDARIEUX</t>
   </si>
   <si>
     <t>340025469</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14828_FicheESSMS/fr/saad-aasd</t>
   </si>
   <si>
     <t>14828_FicheESSMS</t>
   </si>
   <si>
     <t>73 Avenue Camille Saint Saens</t>
   </si>
   <si>
     <t>34500 BEZIERS</t>
   </si>
   <si>
     <t>340024678</t>
   </si>
   <si>
+    <t>FV ISABELLE MARIE</t>
+  </si>
+  <si>
+    <t>16/11/2025 16:18:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14702_FicheESSMS/fr/fv-isabelle-marie</t>
+  </si>
+  <si>
+    <t>14702_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34310 QUARANTE</t>
+  </si>
+  <si>
+    <t>QUARANTE</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>340798180</t>
+  </si>
+  <si>
     <t>EEPA PHV LE LOGIS DE HAUTE ROCHE</t>
   </si>
   <si>
     <t>07/11/2025 16:19:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14247_FicheESSMS/fr/eepa-phv-le-logis-de-haute-roche</t>
   </si>
   <si>
     <t>14247_FicheESSMS</t>
   </si>
   <si>
     <t>400 Rue Des Fangades</t>
   </si>
   <si>
     <t>34160 BOISSERON</t>
   </si>
   <si>
     <t>BOISSERON</t>
   </si>
   <si>
-    <t>Privé à but non lucratif</t>
-[...4 lines deleted...]
-  <si>
     <t>Etablissement Expérimental pour Personnes Agées</t>
   </si>
   <si>
     <t>340022987</t>
   </si>
   <si>
+    <t>SA ESAT SAPORTA</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:23:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14288_FicheESSMS/fr/sa-esat-saporta</t>
+  </si>
+  <si>
+    <t>14288_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34970 LATTES</t>
+  </si>
+  <si>
+    <t>LATTES</t>
+  </si>
+  <si>
+    <t>Etablissement Expérimental pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>340015635</t>
+  </si>
+  <si>
+    <t>CAARUD AXESS</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14436_FicheESSMS/fr/caarud-axess</t>
+  </si>
+  <si>
+    <t>14436_FicheESSMS</t>
+  </si>
+  <si>
+    <t>66 Avenue Charles Flahault</t>
+  </si>
+  <si>
+    <t>34090 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>340016096</t>
+  </si>
+  <si>
+    <t>FH SEVERINE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14451_FicheESSMS/fr/fh-severine</t>
+  </si>
+  <si>
+    <t>14451_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Argence</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>340796630</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE "CANTAUSSELS MONTFLOURES"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14450_FicheESSMS/fr/foyer-de-vie-cantaussels-montfloures</t>
+  </si>
+  <si>
+    <t>14450_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Boulevard De Cantaussels</t>
+  </si>
+  <si>
+    <t>34440 NISSAN LEZ ENSERUNE</t>
+  </si>
+  <si>
+    <t>NISSAN LEZ ENSERUNE</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>340007681</t>
+  </si>
+  <si>
+    <t>CAMSP CSRE ALEXANDRE JOLLIEN BEZIERS</t>
+  </si>
+  <si>
+    <t>21/10/2025 16:17:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14185_FicheESSMS/fr/camsp-csre-alexandre-jollien-beziers</t>
+  </si>
+  <si>
+    <t>14185_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>340008234</t>
+  </si>
+  <si>
+    <t>CAMSP CSRE ALEXANDRE JOLLIEN -SETE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14184_FicheESSMS/fr/camsp-csre-alexandre-jollien-sete</t>
+  </si>
+  <si>
+    <t>14184_FicheESSMS</t>
+  </si>
+  <si>
+    <t>62 Boulevard Camille Blanc</t>
+  </si>
+  <si>
+    <t>340017979</t>
+  </si>
+  <si>
+    <t>ESAT LA PALANCA</t>
+  </si>
+  <si>
+    <t>15/10/2025 16:16:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14090_FicheESSMS/fr/esat-la-palanca</t>
+  </si>
+  <si>
+    <t>14090_FicheESSMS</t>
+  </si>
+  <si>
+    <t>435 Avenue Georges Freche</t>
+  </si>
+  <si>
+    <t>34173 CASTELNAU LE LEZ</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>340021195</t>
+  </si>
+  <si>
+    <t>EHPAD LE LOGIS DE HAUTE ROCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/141_FicheESSMS/fr/ehpad-le-logis-de-haute-roche</t>
+  </si>
+  <si>
+    <t>141_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340017367</t>
+  </si>
+  <si>
+    <t>EHPAD L'ECRIN DES SAGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/140_FicheESSMS/fr/ehpad-l-ecrin-des-sages</t>
+  </si>
+  <si>
+    <t>140_FicheESSMS</t>
+  </si>
+  <si>
+    <t>426 Route De Villeveyrac</t>
+  </si>
+  <si>
+    <t>34140 MEZE</t>
+  </si>
+  <si>
+    <t>MEZE</t>
+  </si>
+  <si>
+    <t>340017474</t>
+  </si>
+  <si>
+    <t>EHPAD MALBOSC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/139_FicheESSMS/fr/ehpad-malbosc</t>
+  </si>
+  <si>
+    <t>139_FicheESSMS</t>
+  </si>
+  <si>
+    <t>345 Avenue De Fes</t>
+  </si>
+  <si>
+    <t>34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>340018092</t>
+  </si>
+  <si>
+    <t>PENSION DE FAMILLE LE PATIO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/265_FicheESSMS/fr/pension-de-famille-le-patio</t>
+  </si>
+  <si>
+    <t>265_FicheESSMS</t>
+  </si>
+  <si>
+    <t>522 Avenue Des Terrasses Du Languedoc</t>
+  </si>
+  <si>
+    <t>34430 ST JEAN DE VEDAS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Maisons Relais - Pensions de Famille</t>
+  </si>
+  <si>
+    <t>340031103</t>
+  </si>
+  <si>
+    <t>EHPAD LA MERIDIENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/910_FicheESSMS/fr/ehpad-la-meridienne</t>
+  </si>
+  <si>
+    <t>910_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340797240</t>
+  </si>
+  <si>
+    <t>CHRS  CHAULIAC RAUZY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1791_FicheESSMS/fr/chrs-chauliac-rauzy</t>
+  </si>
+  <si>
+    <t>1791_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Rue Claude Francois</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>340782465</t>
+  </si>
+  <si>
+    <t>GERANTO SUD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1961_FicheESSMS/fr/geranto-sud</t>
+  </si>
+  <si>
+    <t>1961_FicheESSMS</t>
+  </si>
+  <si>
+    <t>834 Avenue Du Mas Des Argelliers</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>340018902</t>
+  </si>
+  <si>
+    <t>EHPAD LES ASTERIES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2120_FicheESSMS/fr/ehpad-les-asteries</t>
+  </si>
+  <si>
+    <t>2120_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue De La Source</t>
+  </si>
+  <si>
+    <t>340014240</t>
+  </si>
+  <si>
+    <t>EHPAD LES OLIVIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2232_FicheESSMS/fr/ehpad-les-oliviers</t>
+  </si>
+  <si>
+    <t>2232_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Quai De La Trivalle</t>
+  </si>
+  <si>
+    <t>34360 ST CHINIAN</t>
+  </si>
+  <si>
+    <t>ST CHINIAN</t>
+  </si>
+  <si>
+    <t>340781467</t>
+  </si>
+  <si>
+    <t>EHPAD LES PINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2233_FicheESSMS/fr/ehpad-les-pins</t>
+  </si>
+  <si>
+    <t>2233_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34460 CESSENON SUR ORB</t>
+  </si>
+  <si>
+    <t>CESSENON SUR ORB</t>
+  </si>
+  <si>
+    <t>340791375</t>
+  </si>
+  <si>
+    <t>EHPAD VILLA IMPRESSA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2974_FicheESSMS/fr/ehpad-villa-impressa</t>
+  </si>
+  <si>
+    <t>2974_FicheESSMS</t>
+  </si>
+  <si>
+    <t>420 Rue Du Chateau</t>
+  </si>
+  <si>
+    <t>34790 GRABELS</t>
+  </si>
+  <si>
+    <t>GRABELS</t>
+  </si>
+  <si>
+    <t>340019512</t>
+  </si>
+  <si>
+    <t>EHPAD LES TREILLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2973_FicheESSMS/fr/ehpad-les-treilles</t>
+  </si>
+  <si>
+    <t>2973_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34610 ST GERVAIS SUR MARE</t>
+  </si>
+  <si>
+    <t>ST GERVAIS SUR MARE</t>
+  </si>
+  <si>
+    <t>340783828</t>
+  </si>
+  <si>
     <t>EHPAD LA RESIDENTIELLE</t>
   </si>
   <si>
     <t>10/09/2025 12:18:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3049_FicheESSMS/fr/ehpad-la-residentielle</t>
   </si>
   <si>
     <t>3049_FicheESSMS</t>
   </si>
   <si>
     <t>34440 COLOMBIERS</t>
   </si>
   <si>
-    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
-[...1 lines deleted...]
-  <si>
     <t>340789742</t>
   </si>
   <si>
-    <t>EHPAD LE LOGIS DE HAUTE ROCHE</t>
-[...182 lines deleted...]
-    <t>340791375</t>
+    <t>EHPAD LES REFLETS D'ARGENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3167_FicheESSMS/fr/ehpad-les-reflets-d-argent</t>
+  </si>
+  <si>
+    <t>3167_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Hirondelles</t>
+  </si>
+  <si>
+    <t>34250 PALAVAS LES FLOTS</t>
+  </si>
+  <si>
+    <t>PALAVAS LES FLOTS</t>
+  </si>
+  <si>
+    <t>340006881</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DES TUILERIES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3287_FicheESSMS/fr/ehpad-les-jardins-des-tuileries</t>
+  </si>
+  <si>
+    <t>3287_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Boulevard Du Progres</t>
+  </si>
+  <si>
+    <t>34550 BESSAN</t>
+  </si>
+  <si>
+    <t>BESSAN</t>
+  </si>
+  <si>
+    <t>340011477</t>
+  </si>
+  <si>
+    <t>UEMO BEZIERS-OUEST</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3357_FicheESSMS/fr/uemo-beziers-ouest</t>
+  </si>
+  <si>
+    <t>3357_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Quai Du Port-Neuf</t>
+  </si>
+  <si>
+    <t>340031160</t>
+  </si>
+  <si>
+    <t>UEMO BEZIERS-EST</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3356_FicheESSMS/fr/uemo-beziers-est</t>
+  </si>
+  <si>
+    <t>3356_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340031244</t>
   </si>
   <si>
     <t>EHPAD LES MUSCATES</t>
   </si>
   <si>
     <t>10/09/2025 12:19:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3400_FicheESSMS/fr/ehpad-les-muscates</t>
   </si>
   <si>
     <t>3400_FicheESSMS</t>
   </si>
   <si>
     <t>8 Rue De La Glaciere</t>
   </si>
   <si>
     <t>34110 FRONTIGNAN</t>
   </si>
   <si>
     <t>FRONTIGNAN</t>
   </si>
   <si>
     <t>340011352</t>
   </si>
   <si>
     <t>EHPAD ST JACQUES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3399_FicheESSMS/fr/ehpad-st-jacques</t>
   </si>
   <si>
     <t>3399_FicheESSMS</t>
   </si>
   <si>
     <t>13 Avenue Frederic Mistral</t>
   </si>
   <si>
     <t>340781434</t>
   </si>
   <si>
+    <t>EHPAD ANATOLE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3398_FicheESSMS/fr/ehpad-anatole-france</t>
+  </si>
+  <si>
+    <t>3398_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340787688</t>
+  </si>
+  <si>
+    <t>CAJ AUTONOME L'ECOUTILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3397_FicheESSMS/fr/caj-autonome-l-ecoutille</t>
+  </si>
+  <si>
+    <t>3397_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>340024926</t>
+  </si>
+  <si>
+    <t>EHPAD SUDALIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3529_FicheESSMS/fr/ehpad-sudalia</t>
+  </si>
+  <si>
+    <t>3529_FicheESSMS</t>
+  </si>
+  <si>
+    <t>255 Allée De La Marquerose</t>
+  </si>
+  <si>
+    <t>340014323</t>
+  </si>
+  <si>
+    <t>APSH 34 SPM MONTPELLIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3634_FicheESSMS/fr/apsh-34-spm-montpellier</t>
+  </si>
+  <si>
+    <t>3634_FicheESSMS</t>
+  </si>
+  <si>
+    <t>284 Avenue Professeur Jean Louis Viala</t>
+  </si>
+  <si>
+    <t>34193 MONTPELLIER CEDEX 5</t>
+  </si>
+  <si>
+    <t>340018977</t>
+  </si>
+  <si>
+    <t>APSH 34 SPM BEZIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3633_FicheESSMS/fr/apsh-34-spm-beziers</t>
+  </si>
+  <si>
+    <t>3633_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44 Avenue Jean Moulin</t>
+  </si>
+  <si>
+    <t>340018985</t>
+  </si>
+  <si>
     <t>CADA FJT CLAPAREDE</t>
   </si>
   <si>
     <t>10/09/2025 12:19:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3878_FicheESSMS/fr/cada-fjt-claparede</t>
   </si>
   <si>
     <t>3878_FicheESSMS</t>
   </si>
   <si>
     <t>138 Chemin De L'Oasis</t>
   </si>
   <si>
     <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
   </si>
   <si>
     <t>340798610</t>
   </si>
   <si>
+    <t>EHPAD  LE CHATEAU DE LA ROCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3887_FicheESSMS/fr/ehpad-le-chateau-de-la-roche</t>
+  </si>
+  <si>
+    <t>3887_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340785120</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS D'ANIANE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3955_FicheESSMS/fr/ehpad-les-jardins-d-aniane</t>
+  </si>
+  <si>
+    <t>3955_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue Lieutenant Louis Marres</t>
+  </si>
+  <si>
+    <t>34150 ANIANE</t>
+  </si>
+  <si>
+    <t>ANIANE</t>
+  </si>
+  <si>
+    <t>340018159</t>
+  </si>
+  <si>
+    <t>EHPAD LA ROUVIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4047_FicheESSMS/fr/ehpad-la-rouviere</t>
+  </si>
+  <si>
+    <t>4047_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34700 SOUBES</t>
+  </si>
+  <si>
+    <t>SOUBES</t>
+  </si>
+  <si>
+    <t>340786623</t>
+  </si>
+  <si>
+    <t>MECS JEAN GAILHAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4125_FicheESSMS/fr/mecs-jean-gailhac</t>
+  </si>
+  <si>
+    <t>4125_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Boulevard D'Angleterre</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>340784123</t>
+  </si>
+  <si>
     <t>EHPAD LE MINERVOIS</t>
   </si>
   <si>
     <t>10/09/2025 12:20:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4176_FicheESSMS/fr/ehpad-le-minervois</t>
   </si>
   <si>
     <t>4176_FicheESSMS</t>
   </si>
   <si>
     <t>34210 OLONZAC</t>
   </si>
   <si>
     <t>OLONZAC</t>
   </si>
   <si>
     <t>340789221</t>
   </si>
   <si>
     <t>UEHD MONTPELLIER</t>
   </si>
   <si>
     <t>10/09/2025 12:20:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4632_FicheESSMS/fr/uehd-montpellier</t>
   </si>
   <si>
     <t>4632_FicheESSMS</t>
   </si>
   <si>
     <t>30 Avenue Maurice Planes</t>
   </si>
   <si>
-    <t>34070 MONTPELLIER</t>
-[...4 lines deleted...]
-  <si>
     <t>Etablissement de Placement</t>
   </si>
   <si>
     <t>340031178</t>
   </si>
   <si>
     <t>UEHC DE MONTPELLIER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4631_FicheESSMS/fr/uehc-de-montpellier</t>
   </si>
   <si>
     <t>4631_FicheESSMS</t>
   </si>
   <si>
     <t>238 Avenue De Lodeve</t>
   </si>
   <si>
     <t>340790088</t>
   </si>
   <si>
     <t>EHPAD MAS DU MOULIN</t>
   </si>
   <si>
     <t>10/09/2025 12:21:11</t>
@@ -6191,122 +6863,185 @@
   <si>
     <t>34560 POUSSAN</t>
   </si>
   <si>
     <t>POUSSAN</t>
   </si>
   <si>
     <t>340786680</t>
   </si>
   <si>
     <t>EHPA LA MESANGE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5236_FicheESSMS/fr/ehpa-la-mesange</t>
   </si>
   <si>
     <t>5236_FicheESSMS</t>
   </si>
   <si>
     <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
   </si>
   <si>
     <t>340023423</t>
   </si>
   <si>
+    <t>SIE-SERVICE D'INVESTIGATION EDUCATIVE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5457_FicheESSMS/fr/sie-service-d-investigation-educative</t>
+  </si>
+  <si>
+    <t>5457_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Rue Maurice Bejart</t>
+  </si>
+  <si>
+    <t>Service d'Investigation Educative</t>
+  </si>
+  <si>
+    <t>340798370</t>
+  </si>
+  <si>
+    <t>SERV D'AIDE A LA GESTION DU BUDGET FAM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5456_FicheESSMS/fr/serv-d-aide-a-la-gestion-du-budget-fam</t>
+  </si>
+  <si>
+    <t>5456_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>340018936</t>
+  </si>
+  <si>
+    <t>SERVICE D'AEMO DE L'APEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5458_FicheESSMS/fr/service-d-aemo-de-l-apea</t>
+  </si>
+  <si>
+    <t>5458_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>340784404</t>
+  </si>
+  <si>
+    <t>EHPAD D'AUBETERRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5519_FicheESSMS/fr/ehpad-d-aubeterre</t>
+  </si>
+  <si>
+    <t>5519_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Des Pilles</t>
+  </si>
+  <si>
+    <t>34820 TEYRAN</t>
+  </si>
+  <si>
+    <t>TEYRAN</t>
+  </si>
+  <si>
+    <t>340787860</t>
+  </si>
+  <si>
     <t>EHPAD LOUIS LAGET</t>
   </si>
   <si>
-    <t>10/09/2025 12:22:11</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/5512_FicheESSMS/fr/ehpad-louis-laget</t>
   </si>
   <si>
     <t>5512_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue Des Pecheurs De Perles</t>
   </si>
   <si>
     <t>34670 BAILLARGUES</t>
   </si>
   <si>
     <t>BAILLARGUES</t>
   </si>
   <si>
     <t>340789734</t>
   </si>
   <si>
     <t>SAESAT VIA EUROPA VENDRES</t>
   </si>
   <si>
     <t>10/09/2025 12:22:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5573_FicheESSMS/fr/saesat-via-europa-vendres</t>
   </si>
   <si>
     <t>5573_FicheESSMS</t>
   </si>
   <si>
     <t>3 Avenue De L'Europe</t>
   </si>
   <si>
     <t>34350 VENDRES</t>
   </si>
   <si>
     <t>VENDRES</t>
   </si>
   <si>
-    <t>Personne en situation de handicap adulte</t>
-[...4 lines deleted...]
-  <si>
     <t>340017623</t>
   </si>
   <si>
     <t>EAM ISABELLE MARIE</t>
   </si>
   <si>
     <t>10/09/2025 12:22:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5574_FicheESSMS/fr/eam-isabelle-marie</t>
   </si>
   <si>
     <t>5574_FicheESSMS</t>
   </si>
   <si>
-    <t>34310 QUARANTE</t>
-[...4 lines deleted...]
-  <si>
     <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
   </si>
   <si>
     <t>340017698</t>
   </si>
   <si>
     <t>EHPAD LES JARDINS DU CANALET</t>
   </si>
   <si>
     <t>10/09/2025 12:22:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5717_FicheESSMS/fr/ehpad-les-jardins-du-canalet</t>
   </si>
   <si>
     <t>5717_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue Louis Darde</t>
   </si>
   <si>
     <t>34420 VILLENEUVE LES BEZIERS</t>
   </si>
   <si>
     <t>VILLENEUVE LES BEZIERS</t>
@@ -6314,566 +7049,554 @@
   <si>
     <t>340008192</t>
   </si>
   <si>
     <t>EHPAD L'ACCUEIL</t>
   </si>
   <si>
     <t>10/09/2025 12:22:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5726_FicheESSMS/fr/ehpad-l-accueil</t>
   </si>
   <si>
     <t>5726_FicheESSMS</t>
   </si>
   <si>
     <t>21 Rue Tras La Muraille</t>
   </si>
   <si>
     <t>34190 GANGES</t>
   </si>
   <si>
     <t>340784743</t>
   </si>
   <si>
+    <t>MECS DE BALDY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5844_FicheESSMS/fr/mecs-de-baldy</t>
+  </si>
+  <si>
+    <t>5844_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Chemin De L'Abbe Pierre Deilhes</t>
+  </si>
+  <si>
+    <t>340781517</t>
+  </si>
+  <si>
     <t>EHPA LES MAISONNEES LAVALETTE</t>
   </si>
   <si>
     <t>10/09/2025 12:22:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6103_FicheESSMS/fr/ehpa-les-maisonnees-lavalette</t>
   </si>
   <si>
     <t>6103_FicheESSMS</t>
   </si>
   <si>
     <t>50 Rue Ali Ben Chekhal</t>
   </si>
   <si>
-    <t>34090 MONTPELLIER</t>
-[...1 lines deleted...]
-  <si>
     <t>340019884</t>
   </si>
   <si>
     <t>EHPAD LES MAISONNEES LAVALETTE</t>
   </si>
   <si>
     <t>10/09/2025 12:22:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6104_FicheESSMS/fr/ehpad-les-maisonnees-lavalette</t>
   </si>
   <si>
     <t>6104_FicheESSMS</t>
   </si>
   <si>
     <t>340019629</t>
   </si>
   <si>
     <t>EANM LES COMPAGNONS DE MAGUELONE</t>
   </si>
   <si>
     <t>10/09/2025 12:23:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6164_FicheESSMS/fr/eanm-les-compagnons-de-maguelone</t>
   </si>
   <si>
     <t>6164_FicheESSMS</t>
   </si>
   <si>
-    <t>34250 PALAVAS LES FLOTS</t>
-[...4 lines deleted...]
-  <si>
     <t>340028026</t>
   </si>
   <si>
     <t>FOYER HERBERGEMENT COMPAGNONSMAGUELONE</t>
   </si>
   <si>
     <t>10/09/2025 12:23:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6168_FicheESSMS/fr/foyer-herbergement-compagnonsmaguelone</t>
   </si>
   <si>
     <t>6168_FicheESSMS</t>
   </si>
   <si>
     <t>340018084</t>
   </si>
   <si>
     <t>FH MAGUELONE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6167_FicheESSMS/fr/fh-maguelone</t>
   </si>
   <si>
     <t>6167_FicheESSMS</t>
   </si>
   <si>
-    <t>Foyer Hébergement Adultes Handicapés</t>
-[...1 lines deleted...]
-  <si>
     <t>340784560</t>
   </si>
   <si>
+    <t>FH VILLENEUVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6166_FicheESSMS/fr/fh-villeneuve</t>
+  </si>
+  <si>
+    <t>6166_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110 Chemin Des Quatre Cantons</t>
+  </si>
+  <si>
+    <t>34750 VILLENEUVE LES MAGUELONE</t>
+  </si>
+  <si>
+    <t>VILLENEUVE LES MAGUELONE</t>
+  </si>
+  <si>
+    <t>340018076</t>
+  </si>
+  <si>
     <t>ESAT LES COMPAGNONS DE MAGUELONE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6165_FicheESSMS/fr/esat-les-compagnons-de-maguelone</t>
   </si>
   <si>
     <t>6165_FicheESSMS</t>
   </si>
   <si>
-    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
-[...1 lines deleted...]
-  <si>
     <t>340782358</t>
   </si>
   <si>
+    <t>MAISON D'ENFANTS ADPEP</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6294_FicheESSMS/fr/maison-d-enfants-adpep</t>
+  </si>
+  <si>
+    <t>6294_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Pasteur Benoit</t>
+  </si>
+  <si>
+    <t>340020700</t>
+  </si>
+  <si>
     <t>FH LES GRANDS ARBRES</t>
   </si>
   <si>
     <t>10/09/2025 12:23:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6313_FicheESSMS/fr/fh-les-grands-arbres</t>
   </si>
   <si>
     <t>6313_FicheESSMS</t>
   </si>
   <si>
     <t>34380 VIOLS LE FORT</t>
   </si>
   <si>
     <t>VIOLS LE FORT</t>
   </si>
   <si>
     <t>340790005</t>
   </si>
   <si>
+    <t>MAISON D'ENFANTS LES MARINIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6344_FicheESSMS/fr/maison-d-enfants-les-mariniers</t>
+  </si>
+  <si>
+    <t>6344_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340782440</t>
+  </si>
+  <si>
     <t>EHPAD LES JARDINS DE FLORE</t>
   </si>
   <si>
-    <t>10/09/2025 12:23:17</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/6338_FicheESSMS/fr/ehpad-les-jardins-de-flore</t>
   </si>
   <si>
     <t>6338_FicheESSMS</t>
   </si>
   <si>
     <t>34760 BOUJAN SUR LIBRON</t>
   </si>
   <si>
     <t>340789239</t>
   </si>
   <si>
+    <t>LHSS SOLIDARITE URGENCE SETOISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6378_FicheESSMS/fr/lhss-solidarite-urgence-setoise</t>
+  </si>
+  <si>
+    <t>6378_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue Pierre Semard</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>340019439</t>
+  </si>
+  <si>
     <t>CHRS A.B.E.S</t>
   </si>
   <si>
-    <t>10/09/2025 12:23:20</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/6370_FicheESSMS/fr/chrs-a-b-e-s</t>
   </si>
   <si>
     <t>6370_FicheESSMS</t>
   </si>
   <si>
     <t>6 Rue William Et Catherine Booth</t>
   </si>
   <si>
     <t>340784081</t>
   </si>
   <si>
     <t>LHSS ABES BEZIERS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6369_FicheESSMS/fr/lhss-abes-beziers</t>
   </si>
   <si>
     <t>6369_FicheESSMS</t>
   </si>
   <si>
-    <t>Personne ayant des difficultés spécifiques</t>
-[...4 lines deleted...]
-  <si>
     <t>340019421</t>
   </si>
   <si>
-    <t>GERANTO SUD</t>
-[...299 lines deleted...]
-    <t>340784123</t>
+    <t>EHPAD LES AIGUEILLERES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6388_FicheESSMS/fr/ehpad-les-aigueilleres</t>
+  </si>
+  <si>
+    <t>6388_FicheESSMS</t>
+  </si>
+  <si>
+    <t>192 Chemin Des Aigueilleres</t>
+  </si>
+  <si>
+    <t>34980 MONTFERRIER SUR LEZ</t>
+  </si>
+  <si>
+    <t>MONTFERRIER SUR LEZ</t>
+  </si>
+  <si>
+    <t>340014141</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LE TREMONT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6467_FicheESSMS/fr/residence-autonomie-le-tremont</t>
+  </si>
+  <si>
+    <t>6467_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1057 Boulevard Jean Mathieu Grangent</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>340787902</t>
+  </si>
+  <si>
+    <t>EHPAD CHATEAU DE LA VERRERIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6550_FicheESSMS/fr/ehpad-chateau-de-la-verrerie</t>
+  </si>
+  <si>
+    <t>6550_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Allée De La Verrerie</t>
+  </si>
+  <si>
+    <t>34260 LE BOUSQUET D ORB</t>
+  </si>
+  <si>
+    <t>LE BOUSQUET D ORB</t>
+  </si>
+  <si>
+    <t>340786656</t>
+  </si>
+  <si>
+    <t>EHPAD LA MARTEGALE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6641_FicheESSMS/fr/ehpad-la-martegale</t>
+  </si>
+  <si>
+    <t>6641_FicheESSMS</t>
+  </si>
+  <si>
+    <t>129 Allée Jacques Brel</t>
+  </si>
+  <si>
+    <t>34470 PEROLS</t>
+  </si>
+  <si>
+    <t>PEROLS</t>
+  </si>
+  <si>
+    <t>340017532</t>
+  </si>
+  <si>
+    <t>MECS LES TERRES ROUGES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7237_FicheESSMS/fr/mecs-les-terres-rouges</t>
+  </si>
+  <si>
+    <t>7237_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Coutellerie</t>
+  </si>
+  <si>
+    <t>34800 CLERMONT L HERAULT</t>
+  </si>
+  <si>
+    <t>CLERMONT L HERAULT</t>
+  </si>
+  <si>
+    <t>340024066</t>
+  </si>
+  <si>
+    <t>EHPAD L'ENSOLEILLADE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7561_FicheESSMS/fr/ehpad-l-ensoleillade</t>
+  </si>
+  <si>
+    <t>7561_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340784438</t>
   </si>
   <si>
     <t>SSIAD PA LA FARIGOULE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8820_FicheESSMS/fr/ssiad-pa-la-farigoule</t>
   </si>
   <si>
     <t>8820_FicheESSMS</t>
   </si>
   <si>
     <t>177 Rue De La Guesse</t>
   </si>
   <si>
     <t>34160 CASTRIES</t>
   </si>
   <si>
     <t>CASTRIES</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
   </si>
   <si>
     <t>340017805</t>
   </si>
   <si>
+    <t>EHPAD LE MAS DE MARGUERITE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8806_FicheESSMS/fr/ehpad-le-mas-de-marguerite</t>
+  </si>
+  <si>
+    <t>8806_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue De L'Abrivado</t>
+  </si>
+  <si>
+    <t>34742 VENDARGUES</t>
+  </si>
+  <si>
+    <t>VENDARGUES</t>
+  </si>
+  <si>
+    <t>340017425</t>
+  </si>
+  <si>
+    <t>SAMSAH TONY LAINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8863_FicheESSMS/fr/samsah-tony-laine</t>
+  </si>
+  <si>
+    <t>8863_FicheESSMS</t>
+  </si>
+  <si>
+    <t>285 Rue Robert Koch</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>340017391</t>
+  </si>
+  <si>
+    <t>EHPAD L'OREE DU PECH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8882_FicheESSMS/fr/ehpad-l-oree-du-pech</t>
+  </si>
+  <si>
+    <t>8882_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Avenue De Beziers</t>
+  </si>
+  <si>
+    <t>34490 THEZAN LES BEZIERS</t>
+  </si>
+  <si>
+    <t>THEZAN LES BEZIERS</t>
+  </si>
+  <si>
+    <t>340017342</t>
+  </si>
+  <si>
+    <t>EHPAD VILLA CLEMENTIA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8878_FicheESSMS/fr/ehpad-villa-clementia</t>
+  </si>
+  <si>
+    <t>8878_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Pierre Lattes</t>
+  </si>
+  <si>
+    <t>340019504</t>
+  </si>
+  <si>
+    <t>ESAT LES ATELIERS DE SAPORTA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8969_FicheESSMS/fr/esat-les-ateliers-de-saporta</t>
+  </si>
+  <si>
+    <t>8969_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340784305</t>
+  </si>
+  <si>
     <t>EAM APARD</t>
   </si>
   <si>
-    <t>10/09/2025 12:25:37</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/8968_FicheESSMS/fr/eam-apard</t>
   </si>
   <si>
     <t>8968_FicheESSMS</t>
   </si>
   <si>
     <t>4 Rue Des Ourgouillous</t>
   </si>
   <si>
     <t>34270 ST MATHIEU DE TREVIERS</t>
   </si>
   <si>
     <t>ST MATHIEU DE TREVIERS</t>
   </si>
   <si>
     <t>340797588</t>
   </si>
   <si>
     <t>MAS DU CENTRE A.P.I.G.H.R.E.M.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8967_FicheESSMS/fr/mas-du-centre-a-p-i-g-h-r-e-m</t>
   </si>
   <si>
     <t>8967_FicheESSMS</t>
@@ -6941,230 +7664,467 @@
   <si>
     <t>https://www.has-sante.fr/jcms/8990_FicheESSMS/fr/lhss-adages-montpellier</t>
   </si>
   <si>
     <t>8990_FicheESSMS</t>
   </si>
   <si>
     <t>340017409</t>
   </si>
   <si>
     <t>MAS DES QUATRE SEIGNEURS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8989_FicheESSMS/fr/mas-des-quatre-seigneurs</t>
   </si>
   <si>
     <t>8989_FicheESSMS</t>
   </si>
   <si>
     <t>1082 Avenue Du Pic St Loup</t>
   </si>
   <si>
     <t>340009398</t>
   </si>
   <si>
+    <t>CPH COEUR DE L'HERAULT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8988_FicheESSMS/fr/cph-coeur-de-l-herault</t>
+  </si>
+  <si>
+    <t>8988_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>340024579</t>
+  </si>
+  <si>
     <t>CHRS  REGAIN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8987_FicheESSMS/fr/chrs-regain</t>
   </si>
   <si>
     <t>8987_FicheESSMS</t>
   </si>
   <si>
     <t>340784263</t>
   </si>
   <si>
     <t>EEAP COSTE ROUSSE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8986_FicheESSMS/fr/eeap-coste-rousse</t>
   </si>
   <si>
     <t>8986_FicheESSMS</t>
   </si>
   <si>
     <t>43 Avenue Des Baronnes</t>
   </si>
   <si>
     <t>34730 PRADES LE LEZ</t>
   </si>
   <si>
     <t>PRADES LE LEZ</t>
   </si>
   <si>
-    <t>Personne en situation de handicap enfant</t>
-[...1 lines deleted...]
-  <si>
     <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
   </si>
   <si>
     <t>340780998</t>
   </si>
   <si>
+    <t>SOAE-SERVICE D'INVESTIGATION EDUCATIVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8983_FicheESSMS/fr/soae-service-d-investigation-educative</t>
+  </si>
+  <si>
+    <t>8983_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Joseph Fabre</t>
+  </si>
+  <si>
+    <t>340784339</t>
+  </si>
+  <si>
+    <t>ESAT PEYREFICADE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8982_FicheESSMS/fr/esat-peyreficade</t>
+  </si>
+  <si>
+    <t>8982_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340784370</t>
+  </si>
+  <si>
+    <t>SAESAT PEYREFICADE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8981_FicheESSMS/fr/saesat-peyreficade</t>
+  </si>
+  <si>
+    <t>8981_FicheESSMS</t>
+  </si>
+  <si>
+    <t>133 Route De La Gare</t>
+  </si>
+  <si>
+    <t>340029032</t>
+  </si>
+  <si>
     <t>EAM "LES IV SEIGNEURS"</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8980_FicheESSMS/fr/eam-les-iv-seigneurs</t>
   </si>
   <si>
     <t>8980_FicheESSMS</t>
   </si>
   <si>
     <t>340790039</t>
   </si>
   <si>
+    <t>IME LES OLIVIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8979_FicheESSMS/fr/ime-les-oliviers</t>
+  </si>
+  <si>
+    <t>8979_FicheESSMS</t>
+  </si>
+  <si>
+    <t>695 Rue Des Bouisses</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>340780949</t>
+  </si>
+  <si>
+    <t>SAVS LOU CAMIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8978_FicheESSMS/fr/savs-lou-camin</t>
+  </si>
+  <si>
+    <t>8978_FicheESSMS</t>
+  </si>
+  <si>
+    <t>95 Rue Pierre Flourens</t>
+  </si>
+  <si>
+    <t>340011287</t>
+  </si>
+  <si>
+    <t>SAMSAH LES VENTS DU SUD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8977_FicheESSMS/fr/samsah-les-vents-du-sud</t>
+  </si>
+  <si>
+    <t>8977_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340016419</t>
+  </si>
+  <si>
+    <t>FV EANM ARCHIPEL DE MASSANE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8976_FicheESSMS/fr/fv-eanm-archipel-de-massane</t>
+  </si>
+  <si>
+    <t>8976_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1855 Rue De St Priest</t>
+  </si>
+  <si>
+    <t>340015536</t>
+  </si>
+  <si>
+    <t>EAM  L'ARCHIPEL DE MASSANE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8975_FicheESSMS/fr/eam-l-archipel-de-massane</t>
+  </si>
+  <si>
+    <t>8975_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1885 Rue De St Priest</t>
+  </si>
+  <si>
+    <t>34097 MONTPELLIER CEDEX 5</t>
+  </si>
+  <si>
+    <t>340021567</t>
+  </si>
+  <si>
     <t>FAM LE HAMEAU DES HORIZONS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8974_FicheESSMS/fr/fam-le-hameau-des-horizons</t>
   </si>
   <si>
     <t>8974_FicheESSMS</t>
   </si>
   <si>
     <t>41 Plam Des Garrigues</t>
   </si>
   <si>
     <t>34830 CLAPIERS</t>
   </si>
   <si>
     <t>CLAPIERS</t>
   </si>
   <si>
     <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
   </si>
   <si>
     <t>340798420</t>
   </si>
   <si>
+    <t>FAM LES FONTAINES D'O</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8972_FicheESSMS/fr/fam-les-fontaines-d-o</t>
+  </si>
+  <si>
+    <t>8972_FicheESSMS</t>
+  </si>
+  <si>
+    <t>71 Rue Henri Nogueres</t>
+  </si>
+  <si>
+    <t>340015064</t>
+  </si>
+  <si>
     <t>SESSAD BOURNEVILLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8971_FicheESSMS/fr/sessad-bourneville</t>
   </si>
   <si>
     <t>8971_FicheESSMS</t>
   </si>
   <si>
     <t>120 Rue Du Mas Prunet</t>
   </si>
   <si>
     <t>34077 MONTPELLIER CEDEX 3</t>
   </si>
   <si>
     <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
   </si>
   <si>
     <t>340798321</t>
   </si>
   <si>
     <t>ITEP LE LANGUEDOC</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8970_FicheESSMS/fr/itep-le-languedoc</t>
   </si>
   <si>
     <t>8970_FicheESSMS</t>
   </si>
   <si>
     <t>38 Rue Du Mazet</t>
   </si>
   <si>
     <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
   </si>
   <si>
     <t>340780956</t>
   </si>
   <si>
+    <t>SAVS SIMES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9062_FicheESSMS/fr/savs-simes</t>
+  </si>
+  <si>
+    <t>9062_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2446 Avenue Du Pere Soulas</t>
+  </si>
+  <si>
+    <t>340008739</t>
+  </si>
+  <si>
+    <t>SESSAD LA PINEDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9141_FicheESSMS/fr/sessad-la-pinede</t>
+  </si>
+  <si>
+    <t>9141_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Avenue Cyprien Olivier</t>
+  </si>
+  <si>
+    <t>34830 JACOU</t>
+  </si>
+  <si>
+    <t>JACOU</t>
+  </si>
+  <si>
+    <t>340017383</t>
+  </si>
+  <si>
+    <t>EHPAD TERRE BLANCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9274_FicheESSMS/fr/ehpad-terre-blanche</t>
+  </si>
+  <si>
+    <t>9274_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34370 MARAUSSAN</t>
+  </si>
+  <si>
+    <t>MARAUSSAN</t>
+  </si>
+  <si>
+    <t>340017326</t>
+  </si>
+  <si>
     <t>IME LA PINEDE</t>
   </si>
   <si>
     <t>10/09/2025 12:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9660_FicheESSMS/fr/ime-la-pinede</t>
   </si>
   <si>
     <t>9660_FicheESSMS</t>
   </si>
   <si>
-    <t>34830 JACOU</t>
-[...7 lines deleted...]
-  <si>
     <t>340781046</t>
   </si>
   <si>
     <t>CSAPA ENTRACTE</t>
   </si>
   <si>
     <t>10/09/2025 12:26:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9669_FicheESSMS/fr/csapa-entracte</t>
   </si>
   <si>
     <t>9669_FicheESSMS</t>
   </si>
   <si>
     <t>241 Rue De La Jasse De Maurin</t>
   </si>
   <si>
     <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
   </si>
   <si>
     <t>340008283</t>
   </si>
   <si>
     <t>EHPAD LES DOMINICAINES</t>
   </si>
   <si>
     <t>10/09/2025 12:26:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9758_FicheESSMS/fr/ehpad-les-dominicaines</t>
   </si>
   <si>
     <t>9758_FicheESSMS</t>
   </si>
   <si>
     <t>340783885</t>
   </si>
   <si>
+    <t>ESAT LA BULLE BLEUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9746_FicheESSMS/fr/esat-la-bulle-bleue</t>
+  </si>
+  <si>
+    <t>9746_FicheESSMS</t>
+  </si>
+  <si>
+    <t>285 Rue Du Mas De Prunet</t>
+  </si>
+  <si>
+    <t>340018241</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DE LA FONTAINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9791_FicheESSMS/fr/ehpad-les-jardins-de-la-fontaine</t>
+  </si>
+  <si>
+    <t>9791_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Suzanne Yvanes Chupin</t>
+  </si>
+  <si>
+    <t>34570 MURVIEL LES MONTPELLIER</t>
+  </si>
+  <si>
+    <t>MURVIEL LES MONTPELLIER</t>
+  </si>
+  <si>
+    <t>340017516</t>
+  </si>
+  <si>
     <t>EHPAD LA MADELON</t>
   </si>
   <si>
-    <t>10/09/2025 12:26:05</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/9790_FicheESSMS/fr/ehpad-la-madelon</t>
   </si>
   <si>
     <t>9790_FicheESSMS</t>
   </si>
   <si>
     <t>2 Avenue De La Cave Cooperative</t>
   </si>
   <si>
     <t>34660 COURNONSEC</t>
   </si>
   <si>
     <t>COURNONSEC</t>
   </si>
   <si>
     <t>340017797</t>
   </si>
   <si>
     <t>EHPAD LES TAMARIS</t>
   </si>
   <si>
     <t>10/09/2025 12:26:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10030_FicheESSMS/fr/ehpad-les-tamaris</t>
@@ -7187,116 +8147,260 @@
   <si>
     <t>EHPAD KORIAN LA COLOMBE</t>
   </si>
   <si>
     <t>10/09/2025 12:26:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10176_FicheESSMS/fr/ehpad-korian-la-colombe</t>
   </si>
   <si>
     <t>10176_FicheESSMS</t>
   </si>
   <si>
     <t>18 Rue Des Fauvettes</t>
   </si>
   <si>
     <t>34770 GIGEAN</t>
   </si>
   <si>
     <t>GIGEAN</t>
   </si>
   <si>
     <t>340011345</t>
   </si>
   <si>
+    <t>EHPAD LOUIS FONOLL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10305_FicheESSMS/fr/ehpad-louis-fonoll</t>
+  </si>
+  <si>
+    <t>10305_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340017359</t>
+  </si>
+  <si>
+    <t>CSAPA UTTD CHU MONTPELLIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10399_FicheESSMS/fr/csapa-uttd-chu-montpellier</t>
+  </si>
+  <si>
+    <t>10399_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Avenue Charles Flahault</t>
+  </si>
+  <si>
+    <t>34295 MONTPELLIER CEDEX 5</t>
+  </si>
+  <si>
+    <t>340009778</t>
+  </si>
+  <si>
+    <t>CHRS L'AVITARELLE FEMMES M. DELBREL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10430_FicheESSMS/fr/chrs-l-avitarelle-femmes-m-delbrel</t>
+  </si>
+  <si>
+    <t>10430_FicheESSMS</t>
+  </si>
+  <si>
+    <t>63 Rue Lakanal</t>
+  </si>
+  <si>
+    <t>340008242</t>
+  </si>
+  <si>
+    <t>EHPAD STE CLOTILDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10563_FicheESSMS/fr/ehpad-ste-clotilde</t>
+  </si>
+  <si>
+    <t>10563_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34720 CAUX</t>
+  </si>
+  <si>
+    <t>CAUX</t>
+  </si>
+  <si>
+    <t>340786300</t>
+  </si>
+  <si>
     <t>CHRS  FARE</t>
   </si>
   <si>
     <t>10/09/2025 12:26:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10601_FicheESSMS/fr/chrs-fare</t>
   </si>
   <si>
     <t>10601_FicheESSMS</t>
   </si>
   <si>
     <t>4 Chemin Des  Centurions</t>
   </si>
   <si>
     <t>34170 CASTELNAU LE LEZ</t>
   </si>
   <si>
     <t>340784206</t>
   </si>
   <si>
+    <t>EAM MONTFLOURES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10723_FicheESSMS/fr/eam-montfloures</t>
+  </si>
+  <si>
+    <t>10723_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340015577</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE RETRAITE L'OCCITANE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10798_FicheESSMS/fr/ehpad-residence-retraite-l-occitane</t>
+  </si>
+  <si>
+    <t>10798_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue Du Puits Neuf</t>
+  </si>
+  <si>
+    <t>34110 VIC LA GARDIOLE</t>
+  </si>
+  <si>
+    <t>VIC LA GARDIOLE</t>
+  </si>
+  <si>
+    <t>340018860</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE JACQUES D'ARAGON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10906_FicheESSMS/fr/residence-autonomie-jacques-d-aragon</t>
+  </si>
+  <si>
+    <t>10906_FicheESSMS</t>
+  </si>
+  <si>
+    <t>617 Avenue De Montpellier</t>
+  </si>
+  <si>
+    <t>340787670</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LE RIEUCOULON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10904_FicheESSMS/fr/residence-autonomie-le-rieucoulon</t>
+  </si>
+  <si>
+    <t>10904_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Impasse De Rieucoulon</t>
+  </si>
+  <si>
+    <t>340784446</t>
+  </si>
+  <si>
     <t>EHPAD LES JARDINS DU RIVERAL</t>
   </si>
   <si>
     <t>10/09/2025 12:26:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11002_FicheESSMS/fr/ehpad-les-jardins-du-riveral</t>
   </si>
   <si>
     <t>11002_FicheESSMS</t>
   </si>
   <si>
     <t>800 Avenue Mas Salat</t>
   </si>
   <si>
     <t>34150 GIGNAC</t>
   </si>
   <si>
     <t>GIGNAC</t>
   </si>
   <si>
     <t>340785195</t>
   </si>
   <si>
     <t>RESIDENCE AUTONOMIE COURAL</t>
   </si>
   <si>
     <t>10/09/2025 12:26:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11113_FicheESSMS/fr/residence-autonomie-coural</t>
   </si>
   <si>
     <t>11113_FicheESSMS</t>
   </si>
   <si>
     <t>13 Rue Nazareth</t>
   </si>
   <si>
     <t>34092 MONTPELLIER CEDEX 5</t>
   </si>
   <si>
-    <t>Résidences autonomie</t>
-[...1 lines deleted...]
-  <si>
     <t>340796333</t>
   </si>
   <si>
     <t>EHPAD LES JARDINS DE BRESCOU</t>
   </si>
   <si>
     <t>10/09/2025 12:26:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11184_FicheESSMS/fr/ehpad-les-jardins-de-brescou</t>
   </si>
   <si>
     <t>11184_FicheESSMS</t>
   </si>
   <si>
     <t>39 Boulevard De L'Etna</t>
   </si>
   <si>
     <t>340018019</t>
   </si>
   <si>
     <t>MAS PERCE NEIGE</t>
   </si>
   <si>
     <t>10/09/2025 12:26:57</t>
@@ -7325,116 +8429,128 @@
   <si>
     <t>569 Avenue Georges Freche</t>
   </si>
   <si>
     <t>340014422</t>
   </si>
   <si>
     <t>EHPAD LE FOYER DU ROMARIN</t>
   </si>
   <si>
     <t>10/09/2025 12:27:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11573_FicheESSMS/fr/ehpad-le-foyer-du-romarin</t>
   </si>
   <si>
     <t>11573_FicheESSMS</t>
   </si>
   <si>
     <t>246 Rue Du Romarin</t>
   </si>
   <si>
     <t>340781483</t>
   </si>
   <si>
-    <t>SSIAD MFGS SSAM ASPIRAN</t>
+    <t>SSIAD MFGS ASPIRAN</t>
   </si>
   <si>
     <t>10/09/2025 12:27:11</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/11624_FicheESSMS/fr/ssiad-mfgs-ssam-aspiran</t>
+    <t>https://www.has-sante.fr/jcms/11624_FicheESSMS/fr/ssiad-mfgs-aspiran</t>
   </si>
   <si>
     <t>11624_FicheESSMS</t>
   </si>
   <si>
     <t>13 Rue Du Chemin Neuf</t>
   </si>
   <si>
     <t>34800 ASPIRAN</t>
   </si>
   <si>
     <t>ASPIRAN</t>
   </si>
   <si>
     <t>340018332</t>
   </si>
   <si>
     <t>EHPAD LES ROMARINS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11619_FicheESSMS/fr/ehpad-les-romarins</t>
   </si>
   <si>
     <t>11619_FicheESSMS</t>
   </si>
   <si>
     <t>40 Rue Des Oliviers</t>
   </si>
   <si>
     <t>34560 VILLEVEYRAC</t>
   </si>
   <si>
     <t>VILLEVEYRAC</t>
   </si>
   <si>
     <t>340018134</t>
   </si>
   <si>
+    <t>MAS LES SOLEILS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11671_FicheESSMS/fr/mas-les-soleils</t>
+  </si>
+  <si>
+    <t>11671_FicheESSMS</t>
+  </si>
+  <si>
+    <t>263 Rue Du Caducee</t>
+  </si>
+  <si>
+    <t>340015148</t>
+  </si>
+  <si>
     <t>IMPRO ST HILAIRE</t>
   </si>
   <si>
     <t>10/09/2025 12:27:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11799_FicheESSMS/fr/impro-st-hilaire</t>
   </si>
   <si>
     <t>11799_FicheESSMS</t>
   </si>
   <si>
     <t>12 Rue Alexandre Laval</t>
   </si>
   <si>
-    <t>34510 FLORENSAC</t>
-[...4 lines deleted...]
-  <si>
     <t>340780311</t>
   </si>
   <si>
     <t>SESSAD LE MONT LOZERE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11798_FicheESSMS/fr/sessad-le-mont-lozere</t>
   </si>
   <si>
     <t>11798_FicheESSMS</t>
   </si>
   <si>
     <t>74 Rue Micheline Ostermeyer</t>
   </si>
   <si>
     <t>340028927</t>
   </si>
   <si>
     <t>SESSAD DE L'AGATHOIS</t>
   </si>
   <si>
     <t>10/09/2025 12:27:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11801_FicheESSMS/fr/sessad-de-l-agathois</t>
@@ -7517,185 +8633,203 @@
   <si>
     <t>POUZOLLES</t>
   </si>
   <si>
     <t>340018324</t>
   </si>
   <si>
     <t>SERVICE D'A.E.M.O.   CSEB</t>
   </si>
   <si>
     <t>10/09/2025 12:27:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12299_FicheESSMS/fr/service-d-a-e-m-o-cseb</t>
   </si>
   <si>
     <t>12299_FicheESSMS</t>
   </si>
   <si>
     <t>35 Rue Rocagel</t>
   </si>
   <si>
     <t>34536 BEZIERS</t>
   </si>
   <si>
-    <t>Services AEMO et AED</t>
-[...1 lines deleted...]
-  <si>
     <t>340782366</t>
   </si>
   <si>
     <t>SAAM 34</t>
   </si>
   <si>
     <t>10/09/2025 12:27:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12386_FicheESSMS/fr/saam-34</t>
   </si>
   <si>
     <t>12386_FicheESSMS</t>
   </si>
   <si>
     <t>51 Avenue De Verdun</t>
   </si>
   <si>
     <t>34120 PEZENAS</t>
   </si>
   <si>
     <t>PEZENAS</t>
   </si>
   <si>
     <t>Etablissement Expérimental Enfance Protégée</t>
   </si>
   <si>
     <t>340028398</t>
   </si>
   <si>
     <t>CSEB</t>
   </si>
   <si>
     <t>10/09/2025 12:27:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12401_FicheESSMS/fr/cseb</t>
   </si>
   <si>
     <t>12401_FicheESSMS</t>
   </si>
   <si>
     <t>24 Avenue De La Deveze</t>
   </si>
   <si>
-    <t>Service délégué aux prestations familiales</t>
-[...1 lines deleted...]
-  <si>
     <t>340018944</t>
   </si>
   <si>
+    <t>EHPAD MATHILDE LAURENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12585_FicheESSMS/fr/ehpad-mathilde-laurent</t>
+  </si>
+  <si>
+    <t>12585_FicheESSMS</t>
+  </si>
+  <si>
+    <t>541 Route De Mireval</t>
+  </si>
+  <si>
+    <t>340014190</t>
+  </si>
+  <si>
     <t>SESSAD L'OMBRELLE - SITE MONTPELLIER</t>
   </si>
   <si>
-    <t>10/09/2025 12:27:55</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/12563_FicheESSMS/fr/sessad-l-ombrelle-site-montpellier</t>
   </si>
   <si>
     <t>12563_FicheESSMS</t>
   </si>
   <si>
     <t>297 Rue Maurice Bejart</t>
   </si>
   <si>
     <t>340029446</t>
   </si>
   <si>
     <t>SESSAD L'OMBRELLE - SITE MAUGUIO</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12562_FicheESSMS/fr/sessad-l-ombrelle-site-mauguio</t>
   </si>
   <si>
     <t>12562_FicheESSMS</t>
   </si>
   <si>
     <t>89 Impasse De La Muscadelle</t>
   </si>
   <si>
     <t>34130 MAUGUIO</t>
   </si>
   <si>
     <t>MAUGUIO</t>
   </si>
   <si>
     <t>340029438</t>
   </si>
   <si>
     <t>SESSAD L'OMBRELLE - SITE JUVIGNAC</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12561_FicheESSMS/fr/sessad-l-ombrelle-site-juvignac</t>
   </si>
   <si>
     <t>12561_FicheESSMS</t>
   </si>
   <si>
     <t>11 Rue Du Romarin</t>
   </si>
   <si>
-    <t>34990 JUVIGNAC</t>
-[...4 lines deleted...]
-  <si>
     <t>340012699</t>
   </si>
   <si>
     <t>HABITAT JEUNES SETE ET BASSIN DE THAU</t>
   </si>
   <si>
     <t>10/09/2025 12:27:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12620_FicheESSMS/fr/habitat-jeunes-sete-et-bassin-de-thau</t>
   </si>
   <si>
     <t>12620_FicheESSMS</t>
   </si>
   <si>
     <t>14 Rue Louis Blanc</t>
   </si>
   <si>
     <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
   </si>
   <si>
     <t>340784677</t>
   </si>
   <si>
+    <t>CHRS SOLIDARITE URGENCE SETOISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12685_FicheESSMS/fr/chrs-solidarite-urgence-setoise</t>
+  </si>
+  <si>
+    <t>12685_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340015783</t>
+  </si>
+  <si>
     <t>UEMA DU SESSAD L'OMBRELLE</t>
   </si>
   <si>
     <t>10/09/2025 12:28:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12759_FicheESSMS/fr/uema-du-sessad-l-ombrelle</t>
   </si>
   <si>
     <t>12759_FicheESSMS</t>
   </si>
   <si>
     <t>233 Rue Pablo Neruda</t>
   </si>
   <si>
     <t>340023480</t>
   </si>
   <si>
     <t>EHPAD YVES COUZY</t>
   </si>
   <si>
     <t>10/09/2025 12:28:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12834_FicheESSMS/fr/ehpad-yves-couzy</t>
@@ -7709,245 +8843,278 @@
   <si>
     <t>ST ANDRE DE SANGONIS</t>
   </si>
   <si>
     <t>340786797</t>
   </si>
   <si>
     <t>EHPAD LA POESIE</t>
   </si>
   <si>
     <t>10/09/2025 12:28:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12940_FicheESSMS/fr/ehpad-la-poesie</t>
   </si>
   <si>
     <t>12940_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue Amilcar Calvetti</t>
   </si>
   <si>
     <t>340006949</t>
   </si>
   <si>
+    <t>EHPAD "LES MELIAS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13041_FicheESSMS/fr/ehpad-les-melias</t>
+  </si>
+  <si>
+    <t>13041_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Des Muriers</t>
+  </si>
+  <si>
+    <t>34310 MONTADY</t>
+  </si>
+  <si>
+    <t>MONTADY</t>
+  </si>
+  <si>
+    <t>340789213</t>
+  </si>
+  <si>
     <t>Département de l’établissement de santé</t>
   </si>
   <si>
     <t>Code Finess de l’établissement de santé</t>
   </si>
   <si>
     <t>Équipe accréditée</t>
   </si>
   <si>
+    <t>Équipe de Radiologie et Imagerie médicale ICM MONTPELLIER  (34)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808574/fr/equipe-de-radiologie-et-imagerie-medicale-icm-montpellier-34</t>
+  </si>
+  <si>
+    <t>p_3808574</t>
+  </si>
+  <si>
+    <t>06 December 2025</t>
+  </si>
+  <si>
+    <t>Docteur MATHIEU TEBOUL, Docteur RAPHAEL TETREAU, Docteur GUILLAUME LAFFARGUE, Docteur CORRADO ROVANI</t>
+  </si>
+  <si>
     <t>Équipe de Chirurgie viscérale et digestive CH BEZIERS  (34)</t>
   </si>
   <si>
     <t>14/10/2024 15:31:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3547827/fr/equipe-de-chirurgie-viscerale-et-digestive-ch-beziers-34</t>
   </si>
   <si>
     <t>p_3547827</t>
   </si>
   <si>
     <t>02 October 2024</t>
   </si>
   <si>
     <t>Docteur Laurent PASSEBOIS, Docteur MARIE SELVY, Docteur ANTOINE GAUTIER, Docteur ANDREAS KUBO, Docteur Giorgia MASTRONICOLA</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CL CLEMENTVILLE MONTPELLIER  (34)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3540557/fr/equipe-d-anesthesie-reanimation-cl-clementville-montpellier-34</t>
   </si>
   <si>
     <t>p_3540557</t>
   </si>
   <si>
     <t>25 July 2024</t>
   </si>
   <si>
-    <t>Docteur ROMAN ROZOV, Docteur PAUL MAMENI, Docteur GEORGES ROBIN, Docteur ROMAIN DELANNOY, Docteur MARGAUX ARTIGUENAVE, Docteur ISABELLE GAUDET-FERRAND, Docteur Komlan-jacques ALAWOE, Docteur SEVERIN RAMIN, Docteur CHARLOTTE VANNUCCI</t>
+    <t>Docteur ROMAN ROZOV, Docteur PAUL MAMENI, Docteur GEORGES ROBIN, Docteur ROMAIN DELANNOY, Docteur MARGAUX ARTIGUENAVE, Docteur ISABELLE GAUDET-FERRAND, Docteur Komlan-jacques ALAWOE, Docteur Nikolaos  SURCIN-TSEKOURAS, Docteur SEVERIN RAMIN, Docteur CHARLOTTE VANNUCCI</t>
   </si>
   <si>
     <t>Équipe de Chirurgie urologique CL ST JEAN SUD DE FRANCE  (34)</t>
   </si>
   <si>
     <t>22/04/2024 16:31:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3509521/fr/equipe-de-chirurgie-urologique-cl-st-jean-sud-de-france-34</t>
   </si>
   <si>
     <t>p_3509521</t>
   </si>
   <si>
     <t>13 April 2024</t>
   </si>
   <si>
-    <t>Docteur Vincent ABD EL FATTAH, Docteur Nicolas KORAHANIS</t>
+    <t>Docteur SAMER ABDEL-HAMID, Docteur BRUNO SEGUI, Docteur Vincent ABD EL FATTAH, Docteur Nicolas KORAHANIS</t>
   </si>
   <si>
     <t>Équipe de Radiologie et Imagerie médicale HOPITAL ARNAUD DE VILLENEUVE CHU MPT  (34)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3510536/fr/equipe-de-radiologie-et-imagerie-medicale-hopital-arnaud-de-villeneuve-chu-mpt-34</t>
   </si>
   <si>
     <t>p_3510536</t>
   </si>
   <si>
     <t>30 January 2024</t>
   </si>
   <si>
     <t>Professeur HELENE VERNHET, Docteur JULIETTE VANOVERSCHELDE, Docteur SEBASTIEN BOMMART, Docteur VALERIE MONNIN-BARES, Docteur HAMID ZARQANE</t>
   </si>
   <si>
     <t>Équipe de Radiologie et Imagerie médicale HOPITAL LAPEYRONIE CHU MONTPELLIER  (34)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3378448/fr/equipe-de-radiologie-et-imagerie-medicale-hopital-lapeyronie-chu-montpellier-34</t>
   </si>
   <si>
     <t>p_3378448</t>
   </si>
   <si>
     <t>08 September 2022</t>
   </si>
   <si>
-    <t>Docteur YANN THOUVENIN, Docteur EMMANUELLE PAGES BOUIC, Docteur CLAIRE FAGET, Docteur CATHERINE CYTEVAL, Docteur Juliette COUTUREAU, Docteur CAROLINE MANDOUL, Professeur INGRID MILLET, Docteur MARIE-PIERRE BARON-SARRABERE, Professeur PATRICE TAOUREL, Docteur CECILE VERHEYDEN, Docteur MARIE CURROS-DOYON, Docteur JESSICA DELEBECQ</t>
+    <t>Docteur YANN THOUVENIN, Docteur EMMANUELLE PAGES BOUIC, Docteur CLAIRE FAGET, Professeur CATHERINE CYTEVAL, Docteur Juliette COUTUREAU, Docteur CAROLINE MANDOUL, Professeur INGRID MILLET, Docteur MARIE-PIERRE BARON-SARRABERE, Professeur PATRICE TAOUREL, Docteur CECILE VERHEYDEN, Docteur MARIE CURROS-DOYON, Docteur JESSICA DELEBECQ</t>
   </si>
   <si>
     <t>Équipe de Radiologie et Imagerie médicale CH BEZIERS  (34)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3355994/fr/equipe-de-radiologie-et-imagerie-medicale-ch-beziers-34</t>
   </si>
   <si>
     <t>p_3355994</t>
   </si>
   <si>
     <t>11 June 2022</t>
   </si>
   <si>
-    <t>Docteur SAMIR BENDAHOU, Docteur Lucian SAFTOIU, Docteur JEAN-CHRISTOPHE THIBAUD, Docteur NATACHA FABRE-DUPREZ, Docteur GABRIEL RAZAKAMAHEFA, Docteur JEAN-LOUIS KHODR, Docteur GILLES ROUAUD, Docteur MARTINE JACOTIN</t>
+    <t>Docteur SAMIR BENDAHOU, Docteur Lucian SAFTOIU, Docteur JEAN-CHRISTOPHE THIBAUD, Docteur NATACHA FABRE-DUPREZ, Docteur GABRIEL RAZAKAMAHEFA, Docteur Jihane ALOUI, Docteur JEAN-LOUIS KHODR, Docteur GILLES ROUAUD, Docteur MARTINE JACOTIN</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CL DU MILLENAIRE MONTPELLIER  (34)</t>
   </si>
   <si>
     <t>24/02/2022 08:34:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319164/fr/equipe-d-anesthesie-reanimation-cl-du-millenaire-montpellier-34</t>
   </si>
   <si>
     <t>p_3319164</t>
   </si>
   <si>
     <t>10 October 2023</t>
   </si>
   <si>
-    <t>Docteur Arnaud ROUSSIAUX, Docteur Constantin HALCHINI, Docteur NICOLAS DUCROCQ, Docteur MARION LALANDE, Docteur Jean-yves max BIGEON, Docteur Ilham AGLIME, Docteur PIERRE SENTENAC, Docteur EMMANUEL LORNE, Docteur CHRISTELLE CHARPENTIER, Docteur Aurélien CANON</t>
+    <t>Docteur Arnaud ROUSSIAUX, Docteur Constantin HALCHINI, Docteur NICOLAS DUCROCQ, Docteur MARION LALANDE, Docteur Jean-yves max BIGEON, Docteur Ilham AGLIME, Docteur PIERRE SENTENAC, Docteur EMMANUEL LORNE, Docteur CHRISTELLE CHARPENTIER, Docteur Aurélien CANON, Docteur Vincent BERTHOD</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation POLYCL ST PRIVAT BOUJAN SUR LIBRON  (34)</t>
   </si>
   <si>
     <t>24/02/2022 08:34:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319196/fr/equipe-d-anesthesie-reanimation-polycl-st-privat-boujan-sur-libron-34</t>
   </si>
   <si>
     <t>p_3319196</t>
   </si>
   <si>
-    <t>15 October 2021</t>
-[...2 lines deleted...]
-    <t>Docteur SOPHIE ANSELIN, Docteur Jean-pierre MULLER, Docteur JORDY BONFILS, Docteur SIDI MOHAMMED BENHALIMA, Docteur SERTAC KARATAS, Docteur Thibaut PAILLET, Docteur MOHAMAD CHEHAB, Docteur FABRICE MENGHINI, Docteur ARTURO CALVINO IGLESIAS</t>
+    <t>21 November 2025</t>
+  </si>
+  <si>
+    <t>Docteur SOPHIE ANSELIN, Docteur Jean-pierre MULLER, Docteur JORDY BONFILS, Docteur SIDI MOHAMMED BENHALIMA, Docteur SERTAC KARATAS, Docteur Thibaut PAILLET, Docteur MOHAMAD CHEHAB, Docteur ARTURO CALVINO IGLESIAS</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CL DU PARC CASTELNAU LE LEZ  (34)</t>
   </si>
   <si>
     <t>24/02/2022 08:34:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319340/fr/equipe-d-anesthesie-reanimation-cl-du-parc-castelnau-le-lez-34</t>
   </si>
   <si>
     <t>p_3319340</t>
   </si>
   <si>
     <t>01 November 2023</t>
   </si>
   <si>
     <t>Docteur GEORGES BRUNAT, Docteur Antoine PIANEZZA, Docteur Jean michel JULIA, Docteur DELPHINE CANDILLE, Docteur MARC ALEZRAH, Docteur ETIENNE IMHOFF, Docteur OLIVIER ATTARD, Docteur MATTHIEU PONROUCH, Docteur PIERRE CAVADORE</t>
   </si>
   <si>
     <t>24/02/2022 08:35:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319381/fr/equipe-d-anesthesie-reanimation-cl-du-millenaire-montpellier-34</t>
   </si>
   <si>
     <t>p_3319381</t>
   </si>
   <si>
-    <t>10 December 2021</t>
+    <t>19 December 2025</t>
   </si>
   <si>
     <t>Docteur FRANCOIS-XAVIER DONNETTE, Docteur FABIEN FEDIDE, Docteur Rachid CHOUKHI, Docteur Matthieu PARNEIX, Docteur Bertrand ABBAL, Docteur Yannael COISEL, Docteur ERIC HATTERER, Docteur MEHDI OULD-CHIKH</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CLINIQUE SAINT JEAN  (34)</t>
   </si>
   <si>
     <t>24/02/2022 08:35:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319541/fr/equipe-d-anesthesie-reanimation-clinique-saint-jean-34</t>
   </si>
   <si>
     <t>p_3319541</t>
   </si>
   <si>
     <t>23 January 2025</t>
   </si>
   <si>
-    <t>CLINIQUE SAINT JEAN</t>
-[...4 lines deleted...]
-  <si>
     <t>Docteur Aurélien BONNAL, Docteur JIBRIL NOURI, Docteur THOMAS PILLANT, Docteur ANNE GOURARI, Docteur Matthieu CARBONNEL, Docteur ROMAIN AUBERTIN, Docteur Nicolas BOUIC, Docteur MICHEL ESCRIVA, Docteur CHRISTOPHE PECCOUX</t>
   </si>
   <si>
     <t>Équipe de Radiologie et Imagerie médicale CRP IMAGERIE MEDICALE SITE CL DU PARC  (34)</t>
   </si>
   <si>
     <t>24/02/2022 08:36:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3320001/fr/equipe-de-radiologie-et-imagerie-medicale-crp-imagerie-medicale-site-cl-du-parc-34</t>
   </si>
   <si>
     <t>p_3320001</t>
   </si>
   <si>
     <t>20 May 2025</t>
   </si>
   <si>
     <t>CRP IMAGERIE MEDICALE SITE CL DU PARC</t>
   </si>
   <si>
     <t>Docteur OLIVIER JAULMES, Docteur CHRYSTEL CONSTANS, Docteur OLIVIER CLARET, Docteur ANNE VENDRELL, Docteur MARIE-HELENE COPPOLA, Docteur ANTOINE MICHEAU, Docteur ERIC DECOUX, Docteur XAVIER STEFANOVIC, Docteur FLORENCE DI RUGGIERO, Docteur SAMUEL MERIGEAUD, Docteur LAURENT ZRIHEN, Docteur YVES AUGE, Docteur SOPHIE MENJOT DE CHAMPFLEUR, Docteur DELPHINE BOUTOT, Docteur JEAN-FRANCOIS VENDRELL, Docteur SOPHIE AUFORT, Docteur DENIS HOA</t>
   </si>
   <si>
     <t>Équipe de Radiologie et Imagerie médicale CL CLEMENTVILLE MONTPELLIER  (34)</t>
@@ -7973,98 +9140,125 @@
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
+    <t>CLINIQUE STELLA</t>
+  </si>
+  <si>
+    <t>17/12/2025 13:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1109_FicheEtablissement/fr/cl-stella-verargues</t>
+  </si>
+  <si>
+    <t>1109_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>34400 ENTRE VIGNES</t>
+  </si>
+  <si>
+    <t>ENTRE VIGNES</t>
+  </si>
+  <si>
+    <t>0499636363</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>340780782</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
     <t>CLINIQUE DU MILLENAIRE MONTPELLIER</t>
   </si>
   <si>
     <t>12/11/2025 11:53:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1079_FicheEtablissement/fr/cl-du-millenaire-montpellier</t>
   </si>
   <si>
     <t>1079_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>220 Boulevard Penelope</t>
   </si>
   <si>
     <t>34960 MONTPELLIER CEDEX 2</t>
   </si>
   <si>
     <t>0499536000</t>
   </si>
   <si>
-    <t>Privé</t>
-[...1 lines deleted...]
-  <si>
     <t>Cancérologie, Chirurgie, Médecine, Réanimation</t>
   </si>
   <si>
-    <t>Établissements certifiés avec mention</t>
-[...1 lines deleted...]
-  <si>
     <t>CLINIQUE MUTUALISTE JEAN LEON</t>
   </si>
   <si>
     <t>29/09/2025 17:08:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1111_FicheEtablissement/fr/cl-mut-jean-leon-la-grande-motte</t>
   </si>
   <si>
     <t>1111_FicheEtablissement</t>
   </si>
   <si>
-    <t>moyen</t>
-[...1 lines deleted...]
-  <si>
     <t>322 Allée Des Jardins</t>
   </si>
   <si>
     <t>34280 LA GRANDE MOTTE</t>
   </si>
   <si>
     <t>LA GRANDE MOTTE</t>
   </si>
   <si>
     <t>0467290800</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>340780816</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>HAD BEZIERS HOSPITALISATION A DOMICILE GROUPE AXE SANTE</t>
   </si>
   <si>
     <t>25/06/2025 12:16:52</t>
@@ -8102,57 +9296,57 @@
   <si>
     <t>0499432615</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>340017292</t>
   </si>
   <si>
     <t>NEPHROLOGIE DIALYSE CENTRE SAINT GUILHEM</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3730_FicheEtablissement/fr/nephrologie-dialyse-st-guilhem-sete</t>
   </si>
   <si>
     <t>3730_FicheEtablissement</t>
   </si>
   <si>
     <t>0467749841</t>
   </si>
   <si>
     <t>340009539</t>
   </si>
   <si>
-    <t>POLYCLINIQUE CHAMPEAU GROUPE AXE SANTE</t>
+    <t>CLINIQUE CHAMPEAU MEDITERRANEE GROUPE AXE SANTE</t>
   </si>
   <si>
     <t>19/06/2025 14:21:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1078_FicheEtablissement/fr/polycl-champeau-beziers</t>
+    <t>https://www.has-sante.fr/jcms/1078_FicheEtablissement/fr/cl-champeau-mediterranee-beziers</t>
   </si>
   <si>
     <t>1078_FicheEtablissement</t>
   </si>
   <si>
     <t>32 Avenue Enseigne Albertini</t>
   </si>
   <si>
     <t>34535 BEZIERS</t>
   </si>
   <si>
     <t>0467091920</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine, Obstétrique</t>
   </si>
   <si>
     <t>Établissements certifiés sous conditions</t>
   </si>
   <si>
     <t>HOSPITALISATION A DOMICILE HOME SANTE 34</t>
   </si>
   <si>
     <t>18/06/2025 14:49:43</t>
   </si>
@@ -8174,105 +9368,105 @@
   <si>
     <t>340017847</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>CLINIQUE LA PERGOLA NEURO PSY</t>
   </si>
   <si>
     <t>18/06/2025 14:53:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1089_FicheEtablissement/fr/cl-la-pergola-beziers</t>
   </si>
   <si>
     <t>1089_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Ferdinand De Lesseps</t>
   </si>
   <si>
     <t>0467092010</t>
   </si>
   <si>
-    <t>Psychiatrie</t>
-[...1 lines deleted...]
-  <si>
     <t>340780121</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DE BEDARIEUX (HOP PROXIMITE)</t>
   </si>
   <si>
     <t>18/06/2025 14:53:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1098_FicheEtablissement/fr/ch-bedarieux</t>
   </si>
   <si>
     <t>1098_FicheEtablissement</t>
   </si>
   <si>
     <t>0467955151</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>340780444</t>
   </si>
   <si>
     <t>CENTRE DE LONG SEJOUR DU CENTRE HOSPITALIER DE BEDARIEUX</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1122_FicheEtablissement/fr/usld-ch-bedarieux</t>
   </si>
   <si>
     <t>1122_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
+    <t>2 Allée Noemie Berthomieu</t>
+  </si>
+  <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>340788595</t>
   </si>
   <si>
-    <t>CLINIQUE SAINT CLEMENT</t>
+    <t>HDJ AMBU CESPA CLINIQUE SAINT CLEMENT</t>
   </si>
   <si>
     <t>18/06/2025 14:50:55</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7700_FicheEtablissement/fr/cl-st-clement</t>
+    <t>https://www.has-sante.fr/jcms/7700_FicheEtablissement/fr/hdj-ambu-cespa-cl-st-clement</t>
   </si>
   <si>
     <t>7700_FicheEtablissement</t>
   </si>
   <si>
     <t>115 Avenue St Sauveur Du Pin</t>
   </si>
   <si>
     <t>34980 ST CLEMENT DE RIVIERE</t>
   </si>
   <si>
     <t>ST CLEMENT DE RIVIERE</t>
   </si>
   <si>
     <t>0467147676</t>
   </si>
   <si>
     <t>340010149</t>
   </si>
   <si>
     <t>POLYCLINIQUE PASTEUR</t>
   </si>
   <si>
     <t>20/05/2025 19:47:00</t>
   </si>
@@ -8402,116 +9596,89 @@
   <si>
     <t>340780568</t>
   </si>
   <si>
     <t>CLINIQUE LE CASTELET</t>
   </si>
   <si>
     <t>08/03/2025 08:53:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1112_FicheEtablissement/fr/cl-le-castelet-st-jean-de-vedas</t>
   </si>
   <si>
     <t>1112_FicheEtablissement</t>
   </si>
   <si>
     <t>18 Avenue Georges Clemenceau</t>
   </si>
   <si>
     <t>0467078989</t>
   </si>
   <si>
     <t>340780857</t>
   </si>
   <si>
-    <t>POLYCLINIQUE SAINT ROCH</t>
-[...1 lines deleted...]
-  <si>
     <t>07/02/2025 13:19:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1087_FicheEtablissement/fr/polycl-st-roch-montpellier</t>
   </si>
   <si>
     <t>1087_FicheEtablissement</t>
   </si>
   <si>
     <t>560 Avenue Du Colonel Andre Pavelet</t>
   </si>
   <si>
     <t>34075 MONTPELLIER CEDEX 3</t>
   </si>
   <si>
     <t>0467612780</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Chirurgie, Médecine, Obstétrique</t>
   </si>
   <si>
     <t>POLYCLINIQUE DES TROIS VALLEES</t>
   </si>
   <si>
     <t>07/02/2025 13:20:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1091_FicheEtablissement/fr/polycl-des-trois-vallees-bedarieux</t>
   </si>
   <si>
     <t>1091_FicheEtablissement</t>
   </si>
   <si>
     <t>4 Route St Pons</t>
   </si>
   <si>
     <t>0467955656</t>
   </si>
   <si>
-    <t>CLINIQUE STELLA</t>
-[...22 lines deleted...]
-  <si>
     <t>CENTRE HOSPITALIER DE BEZIERS</t>
   </si>
   <si>
     <t>21/01/2025 10:15:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1065_FicheEtablissement/fr/ch-beziers</t>
   </si>
   <si>
     <t>1065_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Valentin Hauy</t>
   </si>
   <si>
     <t>34525 BEZIERS</t>
   </si>
   <si>
     <t>0467357035</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Réanimation</t>
   </si>
   <si>
     <t>INSTITUT SAINT PIERRE</t>
@@ -8606,155 +9773,140 @@
   <si>
     <t>INSTITUT REGIONAL DU CANCER DE MONTPELLIER</t>
   </si>
   <si>
     <t>21/01/2025 10:15:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1068_FicheEtablissement/fr/icm-montpellier</t>
   </si>
   <si>
     <t>1068_FicheEtablissement</t>
   </si>
   <si>
     <t>208 Rue Des Apothicaires</t>
   </si>
   <si>
     <t>34298 MONTPELLIER CEDEX 5</t>
   </si>
   <si>
     <t>0467613112</t>
   </si>
   <si>
     <t>CLCC</t>
   </si>
   <si>
-    <t>B</t>
-[...1 lines deleted...]
-  <si>
     <t>CENTRE ORTHOPEDIE MAGUELONNE</t>
   </si>
   <si>
     <t>21/01/2025 10:15:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1073_FicheEtablissement/fr/ctre-orthopedique-maguelone-castelnau</t>
   </si>
   <si>
     <t>1073_FicheEtablissement</t>
   </si>
   <si>
     <t>845 Avenue Georges Freche</t>
   </si>
   <si>
     <t>0467147979</t>
   </si>
   <si>
     <t>340000439</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DE CLERMONT L'HERAULT (HOP PROXIMITE)</t>
   </si>
   <si>
     <t>21/01/2025 10:16:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1072_FicheEtablissement/fr/ch-clermont-l-herault</t>
   </si>
   <si>
     <t>1072_FicheEtablissement</t>
   </si>
   <si>
-    <t>34800 CLERMONT L HERAULT</t>
-[...4 lines deleted...]
-  <si>
     <t>0467888990</t>
   </si>
   <si>
     <t>340000249</t>
   </si>
   <si>
-    <t>CH POLE DE SANTE DE LUNEL (HOP PROXIMITE)</t>
+    <t>CH LUNEL (HOP PROXIMITE)</t>
   </si>
   <si>
     <t>21/01/2025 10:16:15</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1071_FicheEtablissement/fr/ch-pole-de-sante-de-lunel</t>
+    <t>https://www.has-sante.fr/jcms/1071_FicheEtablissement/fr/ch-lunel</t>
   </si>
   <si>
     <t>1071_FicheEtablissement</t>
   </si>
   <si>
     <t>34403 LUNEL</t>
   </si>
   <si>
     <t>0467877100</t>
   </si>
   <si>
     <t>HOPITAL SAINT CLAIR LES HOPITAUX DU BASSIN DE THAU SETE</t>
   </si>
   <si>
     <t>21/01/2025 10:16:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1070_FicheEtablissement/fr/hopital-st-clair-sete-hbt</t>
   </si>
   <si>
     <t>1070_FicheEtablissement</t>
   </si>
   <si>
     <t>34207 SETE</t>
   </si>
   <si>
     <t>0467465757</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>CENTRE ANTONIN BALMES CHU MONTPELLIER</t>
   </si>
   <si>
     <t>21/01/2025 10:16:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1076_FicheEtablissement/fr/centre-antonin-balmes-chu-montpellier</t>
   </si>
   <si>
     <t>1076_FicheEtablissement</t>
   </si>
   <si>
-    <t>39 Avenue Charles Flahault</t>
-[...4 lines deleted...]
-  <si>
     <t>0467336733</t>
   </si>
   <si>
     <t>CHU</t>
   </si>
   <si>
     <t>Médecine, Soins de longue durée, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>340008275</t>
   </si>
   <si>
     <t>CENTRE SPECIALISE DU HAUT LANGUEDOC CH ST PONS DE THOMIERES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1075_FicheEtablissement/fr/ctre-spec-haut-languedoc-ch-st-pons</t>
   </si>
   <si>
     <t>1075_FicheEtablissement</t>
   </si>
   <si>
     <t>0467974300</t>
   </si>
   <si>
     <t>340008176</t>
@@ -8810,116 +9962,98 @@
   <si>
     <t>69 Rue Jean Giroux</t>
   </si>
   <si>
     <t>0467104856</t>
   </si>
   <si>
     <t>340017839</t>
   </si>
   <si>
     <t>SOINS DE SUITE ET DE READAPTATION CH DE BEZIERS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1082_FicheEtablissement/fr/ssr-ch-beziers</t>
   </si>
   <si>
     <t>1082_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Boulevard Perreal</t>
   </si>
   <si>
     <t>340017771</t>
   </si>
   <si>
-    <t>HOSPITALISATION A DOMICILE CH BEZIERS</t>
-[...19 lines deleted...]
-  <si>
     <t>CENTRE DE READAPTATION FONCTIONNELLE BOURGES</t>
   </si>
   <si>
     <t>21/01/2025 10:17:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1085_FicheEtablissement/fr/crf-bourges-castelnau-le-lez</t>
   </si>
   <si>
     <t>1085_FicheEtablissement</t>
   </si>
   <si>
     <t>150 Avenue Clement Ader</t>
   </si>
   <si>
     <t>0430631800</t>
   </si>
   <si>
     <t>340019090</t>
   </si>
   <si>
     <t>CLINIQUE D'OTOLOGIE DU DOCTEUR JEAN CAUSSE GROUPE AXE SANTE</t>
   </si>
   <si>
     <t>21/01/2025 10:17:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1090_FicheEtablissement/fr/cl-du-dr-jean-causse-colombiers</t>
   </si>
   <si>
     <t>1090_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Traverse De Beziers</t>
   </si>
   <si>
     <t>0467356321</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine</t>
   </si>
   <si>
     <t>CLINIQUE SAINT JEAN SUD DE FRANCE</t>
   </si>
   <si>
+    <t>21/01/2025 10:16:38</t>
+  </si>
+  <si>
     <t>https://www.has-sante.fr/jcms/1088_FicheEtablissement/fr/cl-st-jean-sud-de-france</t>
   </si>
   <si>
     <t>1088_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Place De L'Europe</t>
   </si>
   <si>
     <t>34433 ST JEAN DE VEDAS</t>
   </si>
   <si>
     <t>0467010101</t>
   </si>
   <si>
     <t>CENTRE DE REEDUCATION FONCTIONNELLE VAL D'ORB</t>
   </si>
   <si>
     <t>21/01/2025 10:15:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1093_FicheEtablissement/fr/crf-le-val-d-orb-boujan-sur-libron</t>
   </si>
   <si>
     <t>1093_FicheEtablissement</t>
@@ -9059,57 +10193,57 @@
   <si>
     <t>CLINIQUE SAINT ANTOINE MONTARNAUD</t>
   </si>
   <si>
     <t>21/01/2025 10:16:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1110_FicheEtablissement/fr/cl-st-antoine</t>
   </si>
   <si>
     <t>1110_FicheEtablissement</t>
   </si>
   <si>
     <t>34570 MONTARNAUD</t>
   </si>
   <si>
     <t>MONTARNAUD</t>
   </si>
   <si>
     <t>0467029110</t>
   </si>
   <si>
     <t>340780790</t>
   </si>
   <si>
-    <t>CLINIQUE LA LIRONDE SAINT CLEMENT DE RIVIERE</t>
+    <t>HC AMBU ADULTE ENF ADO PEDOPSY CL LIRONDE ST CLEMENT RIVIERE</t>
   </si>
   <si>
     <t>21/01/2025 10:16:23</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1108_FicheEtablissement/fr/cl-la-lironde-st-clement-de-riviere</t>
+    <t>https://www.has-sante.fr/jcms/1108_FicheEtablissement/fr/hc-ambu-adult-ea-pedopsy-cl-la-lironde</t>
   </si>
   <si>
     <t>1108_FicheEtablissement</t>
   </si>
   <si>
     <t>0467593200</t>
   </si>
   <si>
     <t>340780766</t>
   </si>
   <si>
     <t>CENTRE PSYCHOTHERAPIQUE SAINT MARTIN DU VIGNOGOUL</t>
   </si>
   <si>
     <t>21/01/2025 10:15:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1113_FicheEtablissement/fr/cl-st-martin-vignogoul-pignan</t>
   </si>
   <si>
     <t>1113_FicheEtablissement</t>
   </si>
   <si>
     <t>34570 PIGNAN</t>
   </si>
@@ -9197,51 +10331,51 @@
   <si>
     <t>340782481</t>
   </si>
   <si>
     <t>HOPITAL GUI DE CHAULIAC CHU MONTPELLIER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1117_FicheEtablissement/fr/hopital-gui-de-chauliac-chu-mtp</t>
   </si>
   <si>
     <t>1117_FicheEtablissement</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Réanimation</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1121_FicheEtablissement/fr/hopital-lapeyronie-chu-montpellier</t>
   </si>
   <si>
     <t>1121_FicheEtablissement</t>
   </si>
   <si>
     <t>371 Avenue Du Doyen Gaston Giraud</t>
   </si>
   <si>
-    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>CENTRE DE LONG SEJOUR CENTRE HOSPITALIER DE LUNEL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1120_FicheEtablissement/fr/usld-ch-lunel</t>
   </si>
   <si>
     <t>1120_FicheEtablissement</t>
   </si>
   <si>
     <t>340782697</t>
   </si>
   <si>
     <t>CENTRE PSYCHOTHERAPIQUE CAMILLE CLAUDEL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1119_FicheEtablissement/fr/ctre-psychotherapie-c-claudel-ch-bezie</t>
   </si>
   <si>
     <t>1119_FicheEtablissement</t>
   </si>
   <si>
     <t>0467357034</t>
   </si>
@@ -9314,51 +10448,51 @@
   <si>
     <t>340788678</t>
   </si>
   <si>
     <t>USLD SAINT LOUP AGDE HOPITAUX DU BASSIN DE THAU</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1123_FicheEtablissement/fr/usld-st-loup-agde-hbt</t>
   </si>
   <si>
     <t>1123_FicheEtablissement</t>
   </si>
   <si>
     <t>340788629</t>
   </si>
   <si>
     <t>CHU MONTPELLIER HOPITAL ARNAUD DE VILLENEUVE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1130_FicheEtablissement/fr/hopital-arnaud-de-villeneuve-chu-mpt</t>
   </si>
   <si>
     <t>1130_FicheEtablissement</t>
   </si>
   <si>
-    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation</t>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation</t>
   </si>
   <si>
     <t>CENTRE DE LONG SEJOUR DU CENTRE HOSPITALIER DE BEZIERS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1129_FicheEtablissement/fr/usld-ch-beziers</t>
   </si>
   <si>
     <t>1129_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Boulevard Ernest Perreal</t>
   </si>
   <si>
     <t>0467357942</t>
   </si>
   <si>
     <t>340796150</t>
   </si>
   <si>
     <t>CENTRE DE CONVALESCENCE LE PECH DU SOLEIL</t>
   </si>
   <si>
     <t>21/01/2025 10:18:01</t>
   </si>
@@ -9371,180 +10505,177 @@
   <si>
     <t>0467091174</t>
   </si>
   <si>
     <t>340798552</t>
   </si>
   <si>
     <t>Établissements non certifiés</t>
   </si>
   <si>
     <t>CENTRE DU MELEZET</t>
   </si>
   <si>
     <t>21/01/2025 10:18:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1131_FicheEtablissement/fr/centre-du-melezet-montpellier</t>
   </si>
   <si>
     <t>1131_FicheEtablissement</t>
   </si>
   <si>
     <t>1482 Rue De Saint Priest</t>
   </si>
   <si>
-    <t>34097 MONTPELLIER CEDEX 5</t>
-[...1 lines deleted...]
-  <si>
     <t>0467031111</t>
   </si>
   <si>
     <t>340797596</t>
   </si>
   <si>
     <t>AIDER SANTE DIALYSE A DOMICILE REGIONALE GRABELS</t>
   </si>
   <si>
     <t>21/01/2025 10:17:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3742_FicheEtablissement/fr/aider-sante-dialyse-domicile-grabels</t>
   </si>
   <si>
     <t>3742_FicheEtablissement</t>
   </si>
   <si>
     <t>787 Rue De La Valsiere</t>
   </si>
   <si>
     <t>0430781868</t>
   </si>
   <si>
     <t>340020221</t>
   </si>
   <si>
     <t>NEPHROCARE CH BEZIERS NEWCO 2</t>
   </si>
   <si>
-    <t>21/01/2025 12:17:15</t>
+    <t>21/01/2025 10:16:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3738_FicheEtablissement/fr/nephrocare-ch-beziers-newco-2</t>
   </si>
   <si>
     <t>3738_FicheEtablissement</t>
   </si>
   <si>
     <t>130 Rue Colonel Dimitri Amilakvari</t>
   </si>
   <si>
     <t>0499432340</t>
   </si>
   <si>
     <t>340015999</t>
   </si>
   <si>
-    <t>AIDER SANTE UNITE AUTO DIALYSE VILLENEUVE LES BEZIERS</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3737_FicheEtablissement/fr/aider-sante-uad-villeneuve-les-beziers</t>
+    <t>AIDER SANTE UAD UDM VILLENEUVE LES BEZIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3737_FicheEtablissement/fr/aider-sante-uad-udm-villeneuve-beziers</t>
   </si>
   <si>
     <t>3737_FicheEtablissement</t>
   </si>
   <si>
     <t>0467267682</t>
   </si>
   <si>
     <t>340013499</t>
   </si>
   <si>
-    <t>AIDER SANTE UNITE AUTO DIALYSE BOUZIGUES</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3736_FicheEtablissement/fr/aider-sante-uad-bouzigues</t>
+    <t>AIDER SANTE UAD UDM BOUZIGUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3736_FicheEtablissement/fr/aider-sante-uad-udm-bouzigues</t>
   </si>
   <si>
     <t>3736_FicheEtablissement</t>
   </si>
   <si>
     <t>28 Avenue Alfred Bouat</t>
   </si>
   <si>
     <t>34140 BOUZIGUES</t>
   </si>
   <si>
     <t>BOUZIGUES</t>
   </si>
   <si>
     <t>340013358</t>
   </si>
   <si>
     <t>AIDER SANTE UAD UDM CH CLERMONT L'HERAULT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3735_FicheEtablissement/fr/aider-sante-uad-udm-ch-clermont-hlt</t>
   </si>
   <si>
     <t>3735_FicheEtablissement</t>
   </si>
   <si>
     <t>340013309</t>
   </si>
   <si>
-    <t>AIDER SANTE UAD BEDARIEUX</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3734_FicheEtablissement/fr/aider-sante-uad-bedarieux</t>
+    <t>AIDER SANTE UAD UDM BEDARIEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3734_FicheEtablissement/fr/aider-sante-uad-udm-bedarieux</t>
   </si>
   <si>
     <t>3734_FicheEtablissement</t>
   </si>
   <si>
     <t>340013259</t>
   </si>
   <si>
     <t>AIDER SANTE UAD UDM POLYCLINIQUE SAINT LOUIS GANGES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3733_FicheEtablissement/fr/aider-sante-uad-udm-cl-st-louis-ganges</t>
   </si>
   <si>
     <t>3733_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Place Joseph Boudouresques</t>
   </si>
   <si>
     <t>340013218</t>
   </si>
   <si>
-    <t>AIDER SANTE UDM CL JACQUES MIROUZE MONTPELLIER</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3732_FicheEtablissement/fr/aider-sante-udm-cl-mirouze-mtp</t>
+    <t>AIDER SANTE UAD UDM CL JACQUES MIROUZE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3732_FicheEtablissement/fr/aider-sante-uad-udm-cl-mirouze-mtp</t>
   </si>
   <si>
     <t>3732_FicheEtablissement</t>
   </si>
   <si>
     <t>191 Avenue Doyen Gaston Giraud</t>
   </si>
   <si>
     <t>340013168</t>
   </si>
   <si>
     <t>AIDER SANTE UAD GRABELS SITE JOSEPH CORDIER 1</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3731_FicheEtablissement/fr/aider-sante-uad-grabels-cordier-1</t>
   </si>
   <si>
     <t>3731_FicheEtablissement</t>
   </si>
   <si>
     <t>805 Rue De La Valsiere</t>
   </si>
   <si>
     <t>340013119</t>
   </si>
@@ -9575,54 +10706,54 @@
   <si>
     <t>5042_FicheEtablissement</t>
   </si>
   <si>
     <t>340024512</t>
   </si>
   <si>
     <t>HJ PSYCHIATRIE INFANTO JUVENILE HBT SETE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5057_FicheEtablissement/fr/hj-pij-sete-hbt</t>
   </si>
   <si>
     <t>5057_FicheEtablissement</t>
   </si>
   <si>
     <t>30 Rue Jean Moulin</t>
   </si>
   <si>
     <t>0467513551</t>
   </si>
   <si>
     <t>340787266</t>
   </si>
   <si>
-    <t>AIDER SANTE UAD SAINT JEAN SUD DE FRANCE</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/7642_FicheEtablissement/fr/aider-sante-uad-st-jean-sud-de-france</t>
+    <t>AIDER SANTE UAD UDM SAINT JEAN SUD DE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7642_FicheEtablissement/fr/aider-sante-uad-udm-st-jean-sud-france</t>
   </si>
   <si>
     <t>7642_FicheEtablissement</t>
   </si>
   <si>
     <t>0430781927</t>
   </si>
   <si>
     <t>340024553</t>
   </si>
   <si>
     <t>GCS AURORES MEDITERRANEE POLE DE READAPTATION</t>
   </si>
   <si>
     <t>18/12/2024 09:22:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7672_FicheEtablissement/fr/gcs-aurores-mediterranee</t>
   </si>
   <si>
     <t>7672_FicheEtablissement</t>
   </si>
   <si>
     <t>220 Avenue St Sauveur</t>
   </si>
@@ -9668,72 +10799,72 @@
   <si>
     <t>340024546</t>
   </si>
   <si>
     <t>NEPHROCARE CL PARC CASTELNAU NEWCO 1</t>
   </si>
   <si>
     <t>25/01/2024 11:14:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3744_FicheEtablissement/fr/nephrocare-cl-parc-castelnau-newco-1</t>
   </si>
   <si>
     <t>3744_FicheEtablissement</t>
   </si>
   <si>
     <t>48 Rue Emile Combes</t>
   </si>
   <si>
     <t>0467101501</t>
   </si>
   <si>
     <t>340780840</t>
   </si>
   <si>
-    <t>NEPHROCARE MILLENAIRE UNITE DIALYSE MEDICALISEE</t>
+    <t>NEPHROCARE UDM CL MILLENAIRE MTP NEWCO 4</t>
   </si>
   <si>
     <t>16/06/2023 15:56:36</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3743_FicheEtablissement/fr/nephrocare-cl-milllenaire-mpl-newco-4</t>
+    <t>https://www.has-sante.fr/jcms/3743_FicheEtablissement/fr/nephrocare-udm-cl-milllenaire-newco4</t>
   </si>
   <si>
     <t>3743_FicheEtablissement</t>
   </si>
   <si>
     <t>0467101525</t>
   </si>
   <si>
     <t>340023142</t>
   </si>
   <si>
-    <t>AUTODIALYSE DE LUNEL NEPHROCARE LUNEL</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3739_FicheEtablissement/fr/nephrocare-uad-pol-sante-lunel-newco-4</t>
+    <t>NEPHROCARE UAD UDM POLE DE SANTE LUNEL NEWCO 4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3739_FicheEtablissement/fr/nephrocare-uad-udm-sante-lunel-newco4</t>
   </si>
   <si>
     <t>3739_FicheEtablissement</t>
   </si>
   <si>
     <t>0467919231</t>
   </si>
   <si>
     <t>340016005</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -9749,51 +10880,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R292"/>
+  <dimension ref="A1:R293"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -9937,27547 +11068,30632 @@
       </c>
       <c r="P3" t="s">
         <v>39</v>
       </c>
       <c r="Q3" t="s">
         <v>40</v>
       </c>
       <c r="R3" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>43</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
         <v>46</v>
       </c>
-      <c r="L4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="P4" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="Q4" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="R4" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="H5" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="L5" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="P5" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="Q5" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="R5" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="H6" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="L6" t="s">
-        <v>68</v>
+        <v>57</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="P6" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="Q6" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="R6" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="H7" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="L7" t="s">
-        <v>74</v>
+        <v>63</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="O7" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
-        <v>29</v>
+        <v>66</v>
       </c>
       <c r="Q7" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="R7" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="H8" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="L8" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
         <v>75</v>
       </c>
       <c r="O8" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="P8" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="Q8" t="s">
-        <v>84</v>
+        <v>30</v>
       </c>
       <c r="R8" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="H9" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="L9" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="O9" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="P9" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="Q9" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="R9" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="H10" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="L10" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="O10" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="P10" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="Q10" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="R10" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="H11" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="L11" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="O11" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="P11" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="Q11" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="R11" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="H12" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="L12" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>102</v>
+        <v>64</v>
       </c>
       <c r="O12" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="P12" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="Q12" t="s">
-        <v>115</v>
+        <v>40</v>
       </c>
       <c r="R12" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="H13" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
+        <v>122</v>
+      </c>
+      <c r="L13" t="s">
+        <v>123</v>
+      </c>
+      <c r="M13" t="s">
+        <v>20</v>
+      </c>
+      <c r="N13" t="s">
+        <v>124</v>
+      </c>
+      <c r="O13" t="s">
+        <v>125</v>
+      </c>
+      <c r="P13" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q13" t="s">
         <v>127</v>
       </c>
-      <c r="L13" t="s">
+      <c r="R13" t="s">
         <v>128</v>
-      </c>
-[...16 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="H14" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
+        <v>133</v>
+      </c>
+      <c r="L14" t="s">
+        <v>46</v>
+      </c>
+      <c r="M14" t="s">
+        <v>20</v>
+      </c>
+      <c r="N14" t="s">
+        <v>124</v>
+      </c>
+      <c r="O14" t="s">
+        <v>134</v>
+      </c>
+      <c r="P14" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>136</v>
+      </c>
+      <c r="R14" t="s">
         <v>137</v>
-      </c>
-[...19 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="H15" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="L15" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="O15" t="s">
-        <v>82</v>
+        <v>145</v>
       </c>
       <c r="P15" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="Q15" t="s">
-        <v>84</v>
+        <v>30</v>
       </c>
       <c r="R15" t="s">
-        <v>85</v>
+        <v>146</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="H16" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
+        <v>151</v>
+      </c>
+      <c r="L16" t="s">
+        <v>152</v>
+      </c>
+      <c r="M16" t="s">
+        <v>20</v>
+      </c>
+      <c r="N16" t="s">
+        <v>144</v>
+      </c>
+      <c r="O16" t="s">
+        <v>153</v>
+      </c>
+      <c r="P16" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q16" t="s">
         <v>155</v>
       </c>
-      <c r="L16" t="s">
+      <c r="R16" t="s">
         <v>156</v>
-      </c>
-[...16 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
         <v>157</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
         <v>158</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
         <v>159</v>
       </c>
       <c r="H17" t="s">
         <v>160</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>161</v>
       </c>
       <c r="L17" t="s">
-        <v>162</v>
+        <v>104</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="O17" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="P17" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="Q17" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="R17" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="H18" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="L18" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>150</v>
+        <v>168</v>
       </c>
       <c r="O18" t="s">
-        <v>163</v>
+        <v>125</v>
       </c>
       <c r="P18" t="s">
-        <v>164</v>
+        <v>126</v>
       </c>
       <c r="Q18" t="s">
-        <v>165</v>
+        <v>127</v>
       </c>
       <c r="R18" t="s">
-        <v>166</v>
+        <v>128</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>169</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>170</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>171</v>
+      </c>
+      <c r="H19" t="s">
         <v>172</v>
-      </c>
-[...16 lines deleted...]
-        <v>174</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
+        <v>173</v>
+      </c>
+      <c r="L19" t="s">
+        <v>174</v>
+      </c>
+      <c r="M19" t="s">
+        <v>20</v>
+      </c>
+      <c r="N19" t="s">
+        <v>168</v>
+      </c>
+      <c r="O19" t="s">
         <v>175</v>
       </c>
-      <c r="L19" t="s">
+      <c r="P19" t="s">
         <v>176</v>
       </c>
-      <c r="M19" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q19" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="R19" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>158</v>
+        <v>180</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="H20" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="L20" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>150</v>
+        <v>168</v>
       </c>
       <c r="O20" t="s">
-        <v>163</v>
+        <v>185</v>
       </c>
       <c r="P20" t="s">
-        <v>164</v>
+        <v>186</v>
       </c>
       <c r="Q20" t="s">
-        <v>165</v>
+        <v>187</v>
       </c>
       <c r="R20" t="s">
-        <v>166</v>
+        <v>188</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="H21" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="L21" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>150</v>
+        <v>195</v>
       </c>
       <c r="O21" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="P21" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="Q21" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="R21" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="H22" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
       <c r="L22" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>150</v>
+        <v>195</v>
       </c>
       <c r="O22" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="P22" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="Q22" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="R22" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>193</v>
+        <v>207</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="H23" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="L23" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>150</v>
+        <v>195</v>
       </c>
       <c r="O23" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="P23" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="Q23" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="R23" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="H24" t="s">
-        <v>205</v>
+        <v>215</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
       <c r="L24" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>150</v>
+        <v>195</v>
       </c>
       <c r="O24" t="s">
-        <v>103</v>
+        <v>218</v>
       </c>
       <c r="P24" t="s">
-        <v>104</v>
+        <v>219</v>
       </c>
       <c r="Q24" t="s">
-        <v>105</v>
+        <v>220</v>
       </c>
       <c r="R24" t="s">
-        <v>106</v>
+        <v>221</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>209</v>
+        <v>223</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>210</v>
+        <v>224</v>
       </c>
       <c r="H25" t="s">
-        <v>211</v>
+        <v>225</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="L25" t="s">
-        <v>213</v>
+        <v>227</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>214</v>
+        <v>228</v>
       </c>
       <c r="O25" t="s">
-        <v>113</v>
+        <v>229</v>
       </c>
       <c r="P25" t="s">
-        <v>114</v>
+        <v>230</v>
       </c>
       <c r="Q25" t="s">
-        <v>115</v>
+        <v>231</v>
       </c>
       <c r="R25" t="s">
-        <v>116</v>
+        <v>232</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>215</v>
+        <v>233</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>216</v>
+        <v>234</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>217</v>
+        <v>235</v>
       </c>
       <c r="H26" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
       <c r="L26" t="s">
-        <v>220</v>
+        <v>238</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="O26" t="s">
-        <v>221</v>
+        <v>175</v>
       </c>
       <c r="P26" t="s">
-        <v>222</v>
+        <v>176</v>
       </c>
       <c r="Q26" t="s">
-        <v>223</v>
+        <v>177</v>
       </c>
       <c r="R26" t="s">
-        <v>224</v>
+        <v>178</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>225</v>
+        <v>240</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>216</v>
+        <v>241</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>226</v>
+        <v>242</v>
       </c>
       <c r="H27" t="s">
-        <v>227</v>
+        <v>243</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>228</v>
+        <v>244</v>
       </c>
       <c r="L27" t="s">
-        <v>229</v>
+        <v>245</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="O27" t="s">
-        <v>221</v>
+        <v>175</v>
       </c>
       <c r="P27" t="s">
-        <v>222</v>
+        <v>176</v>
       </c>
       <c r="Q27" t="s">
-        <v>223</v>
+        <v>177</v>
       </c>
       <c r="R27" t="s">
-        <v>224</v>
+        <v>178</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>230</v>
+        <v>246</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>231</v>
+        <v>247</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>232</v>
+        <v>248</v>
       </c>
       <c r="H28" t="s">
-        <v>233</v>
+        <v>249</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>234</v>
+        <v>250</v>
       </c>
       <c r="L28" t="s">
-        <v>235</v>
+        <v>251</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="O28" t="s">
-        <v>236</v>
+        <v>85</v>
       </c>
       <c r="P28" t="s">
-        <v>237</v>
+        <v>86</v>
       </c>
       <c r="Q28" t="s">
-        <v>238</v>
+        <v>87</v>
       </c>
       <c r="R28" t="s">
-        <v>239</v>
+        <v>88</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>240</v>
+        <v>252</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="H29" t="s">
-        <v>243</v>
+        <v>254</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>244</v>
+        <v>255</v>
       </c>
       <c r="L29" t="s">
-        <v>245</v>
+        <v>256</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="O29" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="P29" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="Q29" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="R29" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
+        <v>257</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
         <v>247</v>
       </c>
-      <c r="C30" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="H30" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
       <c r="L30" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="O30" t="s">
-        <v>253</v>
+        <v>85</v>
       </c>
       <c r="P30" t="s">
-        <v>254</v>
+        <v>86</v>
       </c>
       <c r="Q30" t="s">
-        <v>255</v>
+        <v>87</v>
       </c>
       <c r="R30" t="s">
-        <v>256</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>258</v>
+        <v>247</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="H31" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="L31" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="O31" t="s">
-        <v>263</v>
+        <v>85</v>
       </c>
       <c r="P31" t="s">
-        <v>50</v>
+        <v>86</v>
       </c>
       <c r="Q31" t="s">
-        <v>51</v>
+        <v>87</v>
       </c>
       <c r="R31" t="s">
-        <v>264</v>
+        <v>88</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H32" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="L32" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="O32" t="s">
-        <v>82</v>
+        <v>273</v>
       </c>
       <c r="P32" t="s">
-        <v>83</v>
+        <v>274</v>
       </c>
       <c r="Q32" t="s">
-        <v>84</v>
+        <v>40</v>
       </c>
       <c r="R32" t="s">
-        <v>85</v>
+        <v>275</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="H33" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="L33" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="O33" t="s">
-        <v>263</v>
+        <v>196</v>
       </c>
       <c r="P33" t="s">
-        <v>50</v>
+        <v>197</v>
       </c>
       <c r="Q33" t="s">
-        <v>51</v>
+        <v>198</v>
       </c>
       <c r="R33" t="s">
-        <v>264</v>
+        <v>199</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
+        <v>282</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
         <v>277</v>
       </c>
-      <c r="C34" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="H34" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="L34" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="O34" t="s">
-        <v>263</v>
+        <v>196</v>
       </c>
       <c r="P34" t="s">
-        <v>50</v>
+        <v>197</v>
       </c>
       <c r="Q34" t="s">
-        <v>51</v>
+        <v>198</v>
       </c>
       <c r="R34" t="s">
-        <v>264</v>
+        <v>199</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="H35" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="L35" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="O35" t="s">
-        <v>263</v>
+        <v>196</v>
       </c>
       <c r="P35" t="s">
-        <v>50</v>
+        <v>197</v>
       </c>
       <c r="Q35" t="s">
-        <v>51</v>
+        <v>198</v>
       </c>
       <c r="R35" t="s">
-        <v>264</v>
+        <v>199</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="H36" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="L36" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>246</v>
+        <v>298</v>
       </c>
       <c r="O36" t="s">
-        <v>253</v>
+        <v>95</v>
       </c>
       <c r="P36" t="s">
-        <v>254</v>
+        <v>96</v>
       </c>
       <c r="Q36" t="s">
-        <v>255</v>
+        <v>97</v>
       </c>
       <c r="R36" t="s">
-        <v>256</v>
+        <v>98</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="H37" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
+        <v>303</v>
+      </c>
+      <c r="L37" t="s">
+        <v>304</v>
+      </c>
+      <c r="M37" t="s">
+        <v>20</v>
+      </c>
+      <c r="N37" t="s">
         <v>298</v>
       </c>
-      <c r="L37" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O37" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="P37" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="Q37" t="s">
-        <v>302</v>
+        <v>107</v>
       </c>
       <c r="R37" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="H38" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="L38" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>246</v>
+        <v>298</v>
       </c>
       <c r="O38" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="P38" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="Q38" t="s">
-        <v>312</v>
+        <v>107</v>
       </c>
       <c r="R38" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
+        <v>313</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
         <v>314</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
         <v>315</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
+        <v>317</v>
+      </c>
+      <c r="L39" t="s">
         <v>318</v>
       </c>
-      <c r="L39" t="s">
+      <c r="M39" t="s">
+        <v>20</v>
+      </c>
+      <c r="N39" t="s">
+        <v>298</v>
+      </c>
+      <c r="O39" t="s">
         <v>319</v>
       </c>
-      <c r="M39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P39" t="s">
-        <v>164</v>
+        <v>320</v>
       </c>
       <c r="Q39" t="s">
-        <v>165</v>
+        <v>321</v>
       </c>
       <c r="R39" t="s">
-        <v>166</v>
+        <v>322</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="H40" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="L40" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="O40" t="s">
-        <v>236</v>
+        <v>175</v>
       </c>
       <c r="P40" t="s">
-        <v>237</v>
+        <v>176</v>
       </c>
       <c r="Q40" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="R40" t="s">
-        <v>239</v>
+        <v>178</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="H41" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="L41" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="O41" t="s">
-        <v>236</v>
+        <v>336</v>
       </c>
       <c r="P41" t="s">
-        <v>237</v>
+        <v>337</v>
       </c>
       <c r="Q41" t="s">
-        <v>238</v>
+        <v>338</v>
       </c>
       <c r="R41" t="s">
-        <v>239</v>
+        <v>339</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="H42" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="L42" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="O42" t="s">
-        <v>339</v>
+        <v>76</v>
       </c>
       <c r="P42" t="s">
-        <v>340</v>
+        <v>77</v>
       </c>
       <c r="Q42" t="s">
-        <v>341</v>
+        <v>30</v>
       </c>
       <c r="R42" t="s">
-        <v>342</v>
+        <v>78</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="H43" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="L43" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>349</v>
+        <v>329</v>
       </c>
       <c r="O43" t="s">
-        <v>236</v>
+        <v>175</v>
       </c>
       <c r="P43" t="s">
-        <v>237</v>
+        <v>176</v>
       </c>
       <c r="Q43" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="R43" t="s">
-        <v>239</v>
+        <v>178</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="H44" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="L44" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>356</v>
+        <v>329</v>
       </c>
       <c r="O44" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="P44" t="s">
-        <v>60</v>
+        <v>77</v>
       </c>
       <c r="Q44" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="R44" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="H45" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="L45" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>356</v>
+        <v>329</v>
       </c>
       <c r="O45" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="P45" t="s">
-        <v>60</v>
+        <v>77</v>
       </c>
       <c r="Q45" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="R45" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
         <v>365</v>
       </c>
       <c r="H46" t="s">
         <v>366</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>367</v>
       </c>
       <c r="L46" t="s">
         <v>368</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>356</v>
+        <v>329</v>
       </c>
       <c r="O46" t="s">
-        <v>369</v>
+        <v>76</v>
       </c>
       <c r="P46" t="s">
-        <v>370</v>
+        <v>77</v>
       </c>
       <c r="Q46" t="s">
-        <v>371</v>
+        <v>30</v>
       </c>
       <c r="R46" t="s">
-        <v>372</v>
+        <v>78</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="H47" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="L47" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="M47" t="s">
         <v>20</v>
       </c>
       <c r="N47" t="s">
-        <v>356</v>
+        <v>329</v>
       </c>
       <c r="O47" t="s">
-        <v>59</v>
+        <v>336</v>
       </c>
       <c r="P47" t="s">
-        <v>60</v>
+        <v>337</v>
       </c>
       <c r="Q47" t="s">
-        <v>61</v>
+        <v>338</v>
       </c>
       <c r="R47" t="s">
-        <v>62</v>
+        <v>339</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="H48" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
+        <v>379</v>
+      </c>
+      <c r="L48" t="s">
+        <v>380</v>
+      </c>
+      <c r="M48" t="s">
+        <v>20</v>
+      </c>
+      <c r="N48" t="s">
+        <v>329</v>
+      </c>
+      <c r="O48" t="s">
+        <v>381</v>
+      </c>
+      <c r="P48" t="s">
         <v>382</v>
       </c>
-      <c r="L48" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="Q48" t="s">
-        <v>61</v>
+        <v>383</v>
       </c>
       <c r="R48" t="s">
-        <v>62</v>
+        <v>384</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="H49" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="L49" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>356</v>
+        <v>329</v>
       </c>
       <c r="O49" t="s">
-        <v>59</v>
+        <v>391</v>
       </c>
       <c r="P49" t="s">
-        <v>60</v>
+        <v>392</v>
       </c>
       <c r="Q49" t="s">
-        <v>61</v>
+        <v>393</v>
       </c>
       <c r="R49" t="s">
-        <v>62</v>
+        <v>394</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>374</v>
+        <v>396</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
       <c r="H50" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="L50" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>356</v>
+        <v>329</v>
       </c>
       <c r="O50" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="P50" t="s">
-        <v>60</v>
+        <v>86</v>
       </c>
       <c r="Q50" t="s">
-        <v>61</v>
+        <v>87</v>
       </c>
       <c r="R50" t="s">
-        <v>62</v>
+        <v>88</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>374</v>
+        <v>402</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>394</v>
+        <v>403</v>
       </c>
       <c r="H51" t="s">
-        <v>395</v>
+        <v>404</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>396</v>
+        <v>405</v>
       </c>
       <c r="L51" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="M51" t="s">
         <v>20</v>
       </c>
       <c r="N51" t="s">
-        <v>356</v>
+        <v>407</v>
       </c>
       <c r="O51" t="s">
-        <v>59</v>
+        <v>319</v>
       </c>
       <c r="P51" t="s">
-        <v>60</v>
+        <v>320</v>
       </c>
       <c r="Q51" t="s">
-        <v>61</v>
+        <v>321</v>
       </c>
       <c r="R51" t="s">
-        <v>62</v>
+        <v>322</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
-        <v>398</v>
+        <v>408</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>399</v>
+        <v>409</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>400</v>
+        <v>410</v>
       </c>
       <c r="H52" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
-        <v>402</v>
+        <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="L52" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="M52" t="s">
         <v>20</v>
       </c>
       <c r="N52" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="O52" t="s">
-        <v>406</v>
+        <v>319</v>
       </c>
       <c r="P52" t="s">
-        <v>189</v>
+        <v>320</v>
       </c>
       <c r="Q52" t="s">
-        <v>190</v>
+        <v>321</v>
       </c>
       <c r="R52" t="s">
-        <v>407</v>
+        <v>322</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="H53" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="L53" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="O53" t="s">
-        <v>406</v>
+        <v>420</v>
       </c>
       <c r="P53" t="s">
-        <v>189</v>
+        <v>421</v>
       </c>
       <c r="Q53" t="s">
-        <v>190</v>
+        <v>422</v>
       </c>
       <c r="R53" t="s">
-        <v>407</v>
+        <v>423</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
-        <v>414</v>
+        <v>424</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>415</v>
+        <v>425</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>416</v>
+        <v>426</v>
       </c>
       <c r="H54" t="s">
-        <v>417</v>
+        <v>427</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>418</v>
+        <v>428</v>
       </c>
       <c r="L54" t="s">
-        <v>419</v>
+        <v>429</v>
       </c>
       <c r="M54" t="s">
         <v>20</v>
       </c>
       <c r="N54" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="O54" t="s">
-        <v>406</v>
+        <v>319</v>
       </c>
       <c r="P54" t="s">
-        <v>189</v>
+        <v>320</v>
       </c>
       <c r="Q54" t="s">
-        <v>190</v>
+        <v>321</v>
       </c>
       <c r="R54" t="s">
-        <v>407</v>
+        <v>322</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
-        <v>420</v>
+        <v>431</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>421</v>
+        <v>432</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>422</v>
+        <v>433</v>
       </c>
       <c r="H55" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>424</v>
+        <v>435</v>
       </c>
       <c r="L55" t="s">
-        <v>425</v>
+        <v>436</v>
       </c>
       <c r="M55" t="s">
         <v>20</v>
       </c>
       <c r="N55" t="s">
-        <v>405</v>
+        <v>437</v>
       </c>
       <c r="O55" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="P55" t="s">
-        <v>189</v>
+        <v>154</v>
       </c>
       <c r="Q55" t="s">
-        <v>190</v>
+        <v>155</v>
       </c>
       <c r="R55" t="s">
-        <v>407</v>
+        <v>156</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
-        <v>426</v>
+        <v>438</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>427</v>
+        <v>439</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>428</v>
+        <v>440</v>
       </c>
       <c r="H56" t="s">
-        <v>429</v>
+        <v>441</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>430</v>
+        <v>442</v>
       </c>
       <c r="L56" t="s">
-        <v>431</v>
+        <v>443</v>
       </c>
       <c r="M56" t="s">
         <v>20</v>
       </c>
       <c r="N56" t="s">
-        <v>405</v>
+        <v>437</v>
       </c>
       <c r="O56" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="P56" t="s">
-        <v>189</v>
+        <v>154</v>
       </c>
       <c r="Q56" t="s">
-        <v>190</v>
+        <v>155</v>
       </c>
       <c r="R56" t="s">
-        <v>407</v>
+        <v>156</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
-        <v>432</v>
+        <v>444</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>433</v>
+        <v>445</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>434</v>
+        <v>446</v>
       </c>
       <c r="H57" t="s">
-        <v>435</v>
+        <v>447</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>436</v>
+        <v>448</v>
       </c>
       <c r="L57" t="s">
+        <v>449</v>
+      </c>
+      <c r="M57" t="s">
+        <v>20</v>
+      </c>
+      <c r="N57" t="s">
         <v>437</v>
       </c>
-      <c r="M57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O57" t="s">
-        <v>439</v>
+        <v>450</v>
       </c>
       <c r="P57" t="s">
-        <v>440</v>
+        <v>451</v>
       </c>
       <c r="Q57" t="s">
-        <v>51</v>
+        <v>452</v>
       </c>
       <c r="R57" t="s">
-        <v>441</v>
+        <v>453</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
-        <v>442</v>
+        <v>454</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>443</v>
+        <v>455</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>444</v>
+        <v>456</v>
       </c>
       <c r="H58" t="s">
-        <v>445</v>
+        <v>457</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
-        <v>402</v>
+        <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>446</v>
+        <v>458</v>
       </c>
       <c r="L58" t="s">
-        <v>447</v>
+        <v>459</v>
       </c>
       <c r="M58" t="s">
         <v>20</v>
       </c>
       <c r="N58" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="O58" t="s">
-        <v>188</v>
+        <v>153</v>
       </c>
       <c r="P58" t="s">
-        <v>189</v>
+        <v>154</v>
       </c>
       <c r="Q58" t="s">
-        <v>190</v>
+        <v>155</v>
       </c>
       <c r="R58" t="s">
-        <v>191</v>
+        <v>156</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
-        <v>448</v>
+        <v>460</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>443</v>
+        <v>455</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>449</v>
+        <v>461</v>
       </c>
       <c r="H59" t="s">
-        <v>450</v>
+        <v>462</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>451</v>
+        <v>463</v>
       </c>
       <c r="L59" t="s">
-        <v>452</v>
+        <v>46</v>
       </c>
       <c r="M59" t="s">
         <v>20</v>
       </c>
       <c r="N59" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="O59" t="s">
-        <v>188</v>
+        <v>153</v>
       </c>
       <c r="P59" t="s">
-        <v>189</v>
+        <v>154</v>
       </c>
       <c r="Q59" t="s">
-        <v>190</v>
+        <v>155</v>
       </c>
       <c r="R59" t="s">
-        <v>191</v>
+        <v>156</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
-        <v>453</v>
+        <v>464</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>443</v>
+        <v>455</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>454</v>
+        <v>465</v>
       </c>
       <c r="H60" t="s">
-        <v>455</v>
+        <v>466</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
-        <v>456</v>
+        <v>467</v>
       </c>
       <c r="L60" t="s">
-        <v>457</v>
+        <v>468</v>
       </c>
       <c r="M60" t="s">
         <v>20</v>
       </c>
       <c r="N60" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="O60" t="s">
-        <v>188</v>
+        <v>153</v>
       </c>
       <c r="P60" t="s">
-        <v>189</v>
+        <v>154</v>
       </c>
       <c r="Q60" t="s">
-        <v>190</v>
+        <v>155</v>
       </c>
       <c r="R60" t="s">
-        <v>191</v>
+        <v>156</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
-        <v>458</v>
+        <v>469</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>443</v>
+        <v>455</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>459</v>
+        <v>470</v>
       </c>
       <c r="H61" t="s">
-        <v>460</v>
+        <v>471</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>461</v>
+        <v>472</v>
       </c>
       <c r="L61" t="s">
-        <v>462</v>
+        <v>473</v>
       </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="O61" t="s">
-        <v>188</v>
+        <v>153</v>
       </c>
       <c r="P61" t="s">
-        <v>189</v>
+        <v>154</v>
       </c>
       <c r="Q61" t="s">
-        <v>190</v>
+        <v>155</v>
       </c>
       <c r="R61" t="s">
-        <v>191</v>
+        <v>156</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
-        <v>463</v>
+        <v>474</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>443</v>
+        <v>455</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>464</v>
+        <v>475</v>
       </c>
       <c r="H62" t="s">
-        <v>465</v>
+        <v>476</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>466</v>
+        <v>477</v>
       </c>
       <c r="L62" t="s">
-        <v>467</v>
+        <v>478</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="O62" t="s">
-        <v>188</v>
+        <v>153</v>
       </c>
       <c r="P62" t="s">
-        <v>189</v>
+        <v>154</v>
       </c>
       <c r="Q62" t="s">
-        <v>190</v>
+        <v>155</v>
       </c>
       <c r="R62" t="s">
-        <v>191</v>
+        <v>156</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
-        <v>468</v>
+        <v>479</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>443</v>
+        <v>480</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="H63" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
-        <v>402</v>
+        <v>483</v>
       </c>
       <c r="K63" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="L63" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="M63" t="s">
         <v>20</v>
       </c>
       <c r="N63" t="s">
-        <v>438</v>
+        <v>486</v>
       </c>
       <c r="O63" t="s">
-        <v>188</v>
+        <v>487</v>
       </c>
       <c r="P63" t="s">
-        <v>189</v>
+        <v>274</v>
       </c>
       <c r="Q63" t="s">
-        <v>190</v>
+        <v>40</v>
       </c>
       <c r="R63" t="s">
-        <v>191</v>
+        <v>488</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
-        <v>473</v>
+        <v>489</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>474</v>
+        <v>490</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>475</v>
+        <v>491</v>
       </c>
       <c r="H64" t="s">
-        <v>476</v>
+        <v>492</v>
       </c>
       <c r="I64" t="n">
         <v>0.0</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>477</v>
+        <v>493</v>
       </c>
       <c r="L64" t="s">
-        <v>478</v>
+        <v>494</v>
       </c>
       <c r="M64" t="s">
         <v>20</v>
       </c>
       <c r="N64" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="O64" t="s">
-        <v>236</v>
+        <v>487</v>
       </c>
       <c r="P64" t="s">
-        <v>237</v>
+        <v>274</v>
       </c>
       <c r="Q64" t="s">
-        <v>238</v>
+        <v>40</v>
       </c>
       <c r="R64" t="s">
-        <v>239</v>
+        <v>488</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
-        <v>480</v>
+        <v>495</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>481</v>
+        <v>496</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="H65" t="s">
-        <v>483</v>
+        <v>498</v>
       </c>
       <c r="I65" t="n">
         <v>0.0</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>484</v>
+        <v>499</v>
       </c>
       <c r="L65" t="s">
-        <v>485</v>
+        <v>500</v>
       </c>
       <c r="M65" t="s">
         <v>20</v>
       </c>
       <c r="N65" t="s">
         <v>486</v>
       </c>
       <c r="O65" t="s">
-        <v>103</v>
+        <v>487</v>
       </c>
       <c r="P65" t="s">
-        <v>104</v>
+        <v>274</v>
       </c>
       <c r="Q65" t="s">
-        <v>105</v>
+        <v>40</v>
       </c>
       <c r="R65" t="s">
-        <v>106</v>
+        <v>488</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
-        <v>487</v>
+        <v>501</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>488</v>
+        <v>502</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="H66" t="s">
-        <v>490</v>
+        <v>504</v>
       </c>
       <c r="I66" t="n">
         <v>0.0</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>491</v>
+        <v>505</v>
       </c>
       <c r="L66" t="s">
-        <v>492</v>
+        <v>506</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
       <c r="N66" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="O66" t="s">
-        <v>221</v>
+        <v>487</v>
       </c>
       <c r="P66" t="s">
-        <v>222</v>
+        <v>274</v>
       </c>
       <c r="Q66" t="s">
-        <v>223</v>
+        <v>40</v>
       </c>
       <c r="R66" t="s">
-        <v>224</v>
+        <v>488</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>494</v>
+        <v>507</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>495</v>
+        <v>508</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="H67" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="I67" t="n">
         <v>0.0</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>498</v>
+        <v>511</v>
       </c>
       <c r="L67" t="s">
-        <v>499</v>
+        <v>512</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
       <c r="N67" t="s">
-        <v>500</v>
+        <v>486</v>
       </c>
       <c r="O67" t="s">
-        <v>113</v>
+        <v>487</v>
       </c>
       <c r="P67" t="s">
-        <v>114</v>
+        <v>274</v>
       </c>
       <c r="Q67" t="s">
-        <v>115</v>
+        <v>40</v>
       </c>
       <c r="R67" t="s">
-        <v>116</v>
+        <v>488</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
-        <v>501</v>
+        <v>513</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>502</v>
+        <v>514</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>503</v>
+        <v>515</v>
       </c>
       <c r="H68" t="s">
-        <v>504</v>
+        <v>516</v>
       </c>
       <c r="I68" t="n">
         <v>0.0</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>505</v>
+        <v>517</v>
       </c>
       <c r="L68" t="s">
-        <v>506</v>
+        <v>518</v>
       </c>
       <c r="M68" t="s">
         <v>20</v>
       </c>
       <c r="N68" t="s">
-        <v>500</v>
+        <v>519</v>
       </c>
       <c r="O68" t="s">
         <v>28</v>
       </c>
       <c r="P68" t="s">
         <v>29</v>
       </c>
       <c r="Q68" t="s">
         <v>30</v>
       </c>
       <c r="R68" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
-        <v>507</v>
+        <v>520</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>508</v>
+        <v>521</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>509</v>
+        <v>522</v>
       </c>
       <c r="H69" t="s">
-        <v>510</v>
+        <v>523</v>
       </c>
       <c r="I69" t="n">
         <v>0.0</v>
       </c>
       <c r="J69" t="s">
-        <v>24</v>
+        <v>483</v>
       </c>
       <c r="K69" t="s">
-        <v>511</v>
+        <v>524</v>
       </c>
       <c r="L69" t="s">
-        <v>512</v>
+        <v>525</v>
       </c>
       <c r="M69" t="s">
         <v>20</v>
       </c>
       <c r="N69" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="O69" t="s">
-        <v>113</v>
+        <v>273</v>
       </c>
       <c r="P69" t="s">
-        <v>114</v>
+        <v>274</v>
       </c>
       <c r="Q69" t="s">
-        <v>115</v>
+        <v>40</v>
       </c>
       <c r="R69" t="s">
-        <v>116</v>
+        <v>275</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
-        <v>514</v>
+        <v>526</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>516</v>
+        <v>527</v>
       </c>
       <c r="H70" t="s">
-        <v>517</v>
+        <v>528</v>
       </c>
       <c r="I70" t="n">
         <v>0.0</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>518</v>
+        <v>529</v>
       </c>
       <c r="L70" t="s">
+        <v>530</v>
+      </c>
+      <c r="M70" t="s">
+        <v>20</v>
+      </c>
+      <c r="N70" t="s">
         <v>519</v>
       </c>
-      <c r="M70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O70" t="s">
-        <v>521</v>
+        <v>273</v>
       </c>
       <c r="P70" t="s">
-        <v>522</v>
+        <v>274</v>
       </c>
       <c r="Q70" t="s">
-        <v>523</v>
+        <v>40</v>
       </c>
       <c r="R70" t="s">
-        <v>524</v>
+        <v>275</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="H71" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="I71" t="n">
         <v>0.0</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="L71" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="M71" t="s">
         <v>20</v>
       </c>
       <c r="N71" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="O71" t="s">
-        <v>369</v>
+        <v>273</v>
       </c>
       <c r="P71" t="s">
-        <v>370</v>
+        <v>274</v>
       </c>
       <c r="Q71" t="s">
-        <v>371</v>
+        <v>40</v>
       </c>
       <c r="R71" t="s">
-        <v>372</v>
+        <v>275</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>532</v>
+        <v>521</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="H72" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="I72" t="n">
         <v>0.0</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="L72" t="s">
+        <v>540</v>
+      </c>
+      <c r="M72" t="s">
+        <v>20</v>
+      </c>
+      <c r="N72" t="s">
         <v>519</v>
       </c>
-      <c r="M72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O72" t="s">
-        <v>536</v>
+        <v>273</v>
       </c>
       <c r="P72" t="s">
-        <v>537</v>
+        <v>274</v>
       </c>
       <c r="Q72" t="s">
-        <v>538</v>
+        <v>40</v>
       </c>
       <c r="R72" t="s">
-        <v>539</v>
+        <v>275</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>541</v>
+        <v>521</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
         <v>542</v>
       </c>
       <c r="H73" t="s">
         <v>543</v>
       </c>
       <c r="I73" t="n">
         <v>0.0</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
         <v>544</v>
       </c>
       <c r="L73" t="s">
         <v>545</v>
       </c>
       <c r="M73" t="s">
         <v>20</v>
       </c>
       <c r="N73" t="s">
-        <v>546</v>
+        <v>519</v>
       </c>
       <c r="O73" t="s">
-        <v>547</v>
+        <v>273</v>
       </c>
       <c r="P73" t="s">
-        <v>548</v>
+        <v>274</v>
       </c>
       <c r="Q73" t="s">
-        <v>165</v>
+        <v>40</v>
       </c>
       <c r="R73" t="s">
-        <v>549</v>
+        <v>275</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>551</v>
+        <v>521</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="H74" t="s">
-        <v>553</v>
+        <v>548</v>
       </c>
       <c r="I74" t="n">
         <v>0.0</v>
       </c>
       <c r="J74" t="s">
-        <v>24</v>
+        <v>483</v>
       </c>
       <c r="K74" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="L74" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
       <c r="M74" t="s">
         <v>20</v>
       </c>
       <c r="N74" t="s">
-        <v>556</v>
+        <v>519</v>
       </c>
       <c r="O74" t="s">
-        <v>557</v>
+        <v>273</v>
       </c>
       <c r="P74" t="s">
-        <v>558</v>
+        <v>274</v>
       </c>
       <c r="Q74" t="s">
-        <v>559</v>
+        <v>40</v>
       </c>
       <c r="R74" t="s">
-        <v>560</v>
+        <v>275</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>18</v>
       </c>
       <c r="B75" t="s">
-        <v>561</v>
+        <v>551</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>562</v>
+        <v>552</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>563</v>
+        <v>553</v>
       </c>
       <c r="H75" t="s">
-        <v>564</v>
+        <v>554</v>
       </c>
       <c r="I75" t="n">
         <v>0.0</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>565</v>
+        <v>555</v>
       </c>
       <c r="L75" t="s">
-        <v>566</v>
+        <v>556</v>
       </c>
       <c r="M75" t="s">
         <v>20</v>
       </c>
       <c r="N75" t="s">
-        <v>567</v>
+        <v>557</v>
       </c>
       <c r="O75" t="s">
-        <v>236</v>
+        <v>319</v>
       </c>
       <c r="P75" t="s">
-        <v>237</v>
+        <v>320</v>
       </c>
       <c r="Q75" t="s">
-        <v>238</v>
+        <v>321</v>
       </c>
       <c r="R75" t="s">
-        <v>239</v>
+        <v>322</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>18</v>
       </c>
       <c r="B76" t="s">
-        <v>568</v>
+        <v>558</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>569</v>
+        <v>559</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>570</v>
+        <v>560</v>
       </c>
       <c r="H76" t="s">
-        <v>571</v>
+        <v>561</v>
       </c>
       <c r="I76" t="n">
         <v>0.0</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>572</v>
+        <v>562</v>
       </c>
       <c r="L76" t="s">
-        <v>47</v>
+        <v>563</v>
       </c>
       <c r="M76" t="s">
         <v>20</v>
       </c>
       <c r="N76" t="s">
-        <v>246</v>
+        <v>564</v>
       </c>
       <c r="O76" t="s">
-        <v>573</v>
+        <v>196</v>
       </c>
       <c r="P76" t="s">
-        <v>440</v>
+        <v>197</v>
       </c>
       <c r="Q76" t="s">
-        <v>574</v>
+        <v>198</v>
       </c>
       <c r="R76" t="s">
-        <v>575</v>
+        <v>199</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>18</v>
       </c>
       <c r="B77" t="s">
-        <v>576</v>
+        <v>565</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>577</v>
+        <v>567</v>
       </c>
       <c r="H77" t="s">
-        <v>578</v>
+        <v>568</v>
       </c>
       <c r="I77" t="n">
         <v>0.0</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>579</v>
+        <v>569</v>
       </c>
       <c r="L77" t="s">
-        <v>580</v>
+        <v>570</v>
       </c>
       <c r="M77" t="s">
         <v>20</v>
       </c>
       <c r="N77" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="O77" t="s">
-        <v>236</v>
+        <v>305</v>
       </c>
       <c r="P77" t="s">
-        <v>237</v>
+        <v>306</v>
       </c>
       <c r="Q77" t="s">
-        <v>238</v>
+        <v>107</v>
       </c>
       <c r="R77" t="s">
-        <v>239</v>
+        <v>307</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>18</v>
       </c>
       <c r="B78" t="s">
-        <v>581</v>
+        <v>572</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>582</v>
+        <v>573</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>583</v>
+        <v>574</v>
       </c>
       <c r="H78" t="s">
-        <v>584</v>
+        <v>575</v>
       </c>
       <c r="I78" t="n">
         <v>0.0</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>585</v>
+        <v>576</v>
       </c>
       <c r="L78" t="s">
-        <v>586</v>
+        <v>577</v>
       </c>
       <c r="M78" t="s">
         <v>20</v>
       </c>
       <c r="N78" t="s">
-        <v>349</v>
+        <v>578</v>
       </c>
       <c r="O78" t="s">
-        <v>587</v>
+        <v>95</v>
       </c>
       <c r="P78" t="s">
-        <v>588</v>
+        <v>96</v>
       </c>
       <c r="Q78" t="s">
-        <v>589</v>
+        <v>97</v>
       </c>
       <c r="R78" t="s">
-        <v>590</v>
+        <v>98</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>18</v>
       </c>
       <c r="B79" t="s">
-        <v>591</v>
+        <v>579</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>592</v>
+        <v>580</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>593</v>
+        <v>581</v>
       </c>
       <c r="H79" t="s">
-        <v>594</v>
+        <v>582</v>
       </c>
       <c r="I79" t="n">
         <v>0.0</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
-        <v>595</v>
+        <v>583</v>
       </c>
       <c r="L79" t="s">
-        <v>596</v>
+        <v>584</v>
       </c>
       <c r="M79" t="s">
         <v>20</v>
       </c>
       <c r="N79" t="s">
-        <v>493</v>
+        <v>578</v>
       </c>
       <c r="O79" t="s">
-        <v>253</v>
+        <v>125</v>
       </c>
       <c r="P79" t="s">
-        <v>254</v>
+        <v>126</v>
       </c>
       <c r="Q79" t="s">
-        <v>255</v>
+        <v>127</v>
       </c>
       <c r="R79" t="s">
-        <v>256</v>
+        <v>128</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>18</v>
       </c>
       <c r="B80" t="s">
-        <v>597</v>
+        <v>585</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>598</v>
+        <v>586</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>599</v>
+        <v>587</v>
       </c>
       <c r="H80" t="s">
-        <v>600</v>
+        <v>588</v>
       </c>
       <c r="I80" t="n">
         <v>0.0</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
-        <v>601</v>
+        <v>589</v>
       </c>
       <c r="L80" t="s">
-        <v>602</v>
+        <v>590</v>
       </c>
       <c r="M80" t="s">
         <v>20</v>
       </c>
       <c r="N80" t="s">
-        <v>603</v>
+        <v>591</v>
       </c>
       <c r="O80" t="s">
-        <v>163</v>
+        <v>95</v>
       </c>
       <c r="P80" t="s">
-        <v>164</v>
+        <v>96</v>
       </c>
       <c r="Q80" t="s">
-        <v>165</v>
+        <v>97</v>
       </c>
       <c r="R80" t="s">
-        <v>166</v>
+        <v>98</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>18</v>
       </c>
       <c r="B81" t="s">
-        <v>604</v>
+        <v>592</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>605</v>
+        <v>593</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>606</v>
+        <v>594</v>
       </c>
       <c r="H81" t="s">
-        <v>607</v>
+        <v>595</v>
       </c>
       <c r="I81" t="n">
         <v>0.0</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
-        <v>608</v>
+        <v>596</v>
       </c>
       <c r="L81" t="s">
-        <v>609</v>
+        <v>597</v>
       </c>
       <c r="M81" t="s">
         <v>20</v>
       </c>
       <c r="N81" t="s">
-        <v>610</v>
+        <v>598</v>
       </c>
       <c r="O81" t="s">
-        <v>221</v>
+        <v>599</v>
       </c>
       <c r="P81" t="s">
-        <v>222</v>
+        <v>600</v>
       </c>
       <c r="Q81" t="s">
-        <v>223</v>
+        <v>601</v>
       </c>
       <c r="R81" t="s">
-        <v>224</v>
+        <v>602</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="B82" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>612</v>
+        <v>604</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>613</v>
+        <v>605</v>
       </c>
       <c r="H82" t="s">
-        <v>614</v>
+        <v>606</v>
       </c>
       <c r="I82" t="n">
         <v>0.0</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>615</v>
+        <v>607</v>
       </c>
       <c r="L82" t="s">
-        <v>616</v>
+        <v>608</v>
       </c>
       <c r="M82" t="s">
         <v>20</v>
       </c>
       <c r="N82" t="s">
-        <v>610</v>
+        <v>598</v>
       </c>
       <c r="O82" t="s">
-        <v>188</v>
+        <v>450</v>
       </c>
       <c r="P82" t="s">
-        <v>189</v>
+        <v>451</v>
       </c>
       <c r="Q82" t="s">
-        <v>190</v>
+        <v>452</v>
       </c>
       <c r="R82" t="s">
-        <v>191</v>
+        <v>453</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
-        <v>617</v>
+        <v>609</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="H83" t="s">
-        <v>620</v>
+        <v>612</v>
       </c>
       <c r="I83" t="n">
         <v>0.0</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>621</v>
+        <v>613</v>
       </c>
       <c r="L83" t="s">
-        <v>622</v>
+        <v>597</v>
       </c>
       <c r="M83" t="s">
         <v>20</v>
       </c>
       <c r="N83" t="s">
-        <v>610</v>
+        <v>598</v>
       </c>
       <c r="O83" t="s">
-        <v>188</v>
+        <v>614</v>
       </c>
       <c r="P83" t="s">
-        <v>189</v>
+        <v>615</v>
       </c>
       <c r="Q83" t="s">
-        <v>190</v>
+        <v>616</v>
       </c>
       <c r="R83" t="s">
-        <v>191</v>
+        <v>617</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
-        <v>623</v>
+        <v>618</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>624</v>
+        <v>619</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>625</v>
+        <v>620</v>
       </c>
       <c r="H84" t="s">
-        <v>626</v>
+        <v>621</v>
       </c>
       <c r="I84" t="n">
         <v>0.0</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
+        <v>622</v>
+      </c>
+      <c r="L84" t="s">
+        <v>623</v>
+      </c>
+      <c r="M84" t="s">
+        <v>20</v>
+      </c>
+      <c r="N84" t="s">
+        <v>624</v>
+      </c>
+      <c r="O84" t="s">
+        <v>625</v>
+      </c>
+      <c r="P84" t="s">
+        <v>626</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>87</v>
+      </c>
+      <c r="R84" t="s">
         <v>627</v>
-      </c>
-[...19 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
+        <v>628</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
         <v>629</v>
       </c>
-      <c r="C85" t="s">
-[...5 lines deleted...]
-      <c r="E85" t="s">
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
         <v>630</v>
       </c>
-      <c r="F85" t="s">
-[...2 lines deleted...]
-      <c r="G85" t="s">
+      <c r="H85" t="s">
         <v>631</v>
-      </c>
-[...1 lines deleted...]
-        <v>632</v>
       </c>
       <c r="I85" t="n">
         <v>0.0</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
+        <v>632</v>
+      </c>
+      <c r="L85" t="s">
         <v>633</v>
       </c>
-      <c r="L85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M85" t="s">
         <v>20</v>
       </c>
       <c r="N85" t="s">
-        <v>610</v>
+        <v>634</v>
       </c>
       <c r="O85" t="s">
-        <v>188</v>
+        <v>635</v>
       </c>
       <c r="P85" t="s">
-        <v>189</v>
+        <v>636</v>
       </c>
       <c r="Q85" t="s">
-        <v>190</v>
+        <v>637</v>
       </c>
       <c r="R85" t="s">
-        <v>191</v>
+        <v>638</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="H86" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="I86" t="n">
         <v>0.0</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="L86" t="s">
-        <v>586</v>
+        <v>644</v>
       </c>
       <c r="M86" t="s">
         <v>20</v>
       </c>
       <c r="N86" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="O86" t="s">
-        <v>640</v>
+        <v>319</v>
       </c>
       <c r="P86" t="s">
-        <v>641</v>
+        <v>320</v>
       </c>
       <c r="Q86" t="s">
-        <v>642</v>
+        <v>321</v>
       </c>
       <c r="R86" t="s">
-        <v>643</v>
+        <v>322</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="H87" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="I87" t="n">
         <v>0.0</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="L87" t="s">
-        <v>649</v>
+        <v>143</v>
       </c>
       <c r="M87" t="s">
         <v>20</v>
       </c>
       <c r="N87" t="s">
-        <v>610</v>
+        <v>329</v>
       </c>
       <c r="O87" t="s">
-        <v>188</v>
+        <v>651</v>
       </c>
       <c r="P87" t="s">
-        <v>189</v>
+        <v>29</v>
       </c>
       <c r="Q87" t="s">
-        <v>190</v>
+        <v>652</v>
       </c>
       <c r="R87" t="s">
-        <v>191</v>
+        <v>653</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>651</v>
+        <v>647</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="H88" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="I88" t="n">
         <v>0.0</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="L88" t="s">
-        <v>112</v>
+        <v>658</v>
       </c>
       <c r="M88" t="s">
         <v>20</v>
       </c>
       <c r="N88" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="O88" t="s">
-        <v>655</v>
+        <v>319</v>
       </c>
       <c r="P88" t="s">
-        <v>656</v>
+        <v>320</v>
       </c>
       <c r="Q88" t="s">
-        <v>657</v>
+        <v>321</v>
       </c>
       <c r="R88" t="s">
-        <v>658</v>
+        <v>322</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
         <v>659</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>651</v>
+        <v>660</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="H89" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="I89" t="n">
         <v>0.0</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="L89" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="M89" t="s">
         <v>20</v>
       </c>
       <c r="N89" t="s">
-        <v>639</v>
+        <v>430</v>
       </c>
       <c r="O89" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="P89" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="Q89" t="s">
-        <v>538</v>
+        <v>667</v>
       </c>
       <c r="R89" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>18</v>
       </c>
       <c r="B90" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>651</v>
+        <v>670</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="H90" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="I90" t="n">
         <v>0.0</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>654</v>
+        <v>673</v>
       </c>
       <c r="L90" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="M90" t="s">
         <v>20</v>
       </c>
       <c r="N90" t="s">
-        <v>639</v>
+        <v>571</v>
       </c>
       <c r="O90" t="s">
-        <v>655</v>
+        <v>336</v>
       </c>
       <c r="P90" t="s">
-        <v>656</v>
+        <v>337</v>
       </c>
       <c r="Q90" t="s">
-        <v>657</v>
+        <v>338</v>
       </c>
       <c r="R90" t="s">
-        <v>658</v>
+        <v>339</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>18</v>
       </c>
       <c r="B91" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="H91" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="I91" t="n">
         <v>0.0</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="L91" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="M91" t="s">
         <v>20</v>
       </c>
       <c r="N91" t="s">
-        <v>639</v>
+        <v>681</v>
       </c>
       <c r="O91" t="s">
-        <v>655</v>
+        <v>85</v>
       </c>
       <c r="P91" t="s">
-        <v>656</v>
+        <v>86</v>
       </c>
       <c r="Q91" t="s">
-        <v>657</v>
+        <v>87</v>
       </c>
       <c r="R91" t="s">
-        <v>658</v>
+        <v>88</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>18</v>
       </c>
       <c r="B92" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>672</v>
+        <v>683</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="H92" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="I92" t="n">
         <v>0.0</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="L92" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="M92" t="s">
         <v>20</v>
       </c>
       <c r="N92" t="s">
-        <v>639</v>
+        <v>688</v>
       </c>
       <c r="O92" t="s">
-        <v>655</v>
+        <v>305</v>
       </c>
       <c r="P92" t="s">
-        <v>656</v>
+        <v>306</v>
       </c>
       <c r="Q92" t="s">
-        <v>657</v>
+        <v>107</v>
       </c>
       <c r="R92" t="s">
-        <v>658</v>
+        <v>307</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>18</v>
       </c>
       <c r="B93" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="H93" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="I93" t="n">
         <v>0.0</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="L93" t="s">
-        <v>156</v>
+        <v>694</v>
       </c>
       <c r="M93" t="s">
         <v>20</v>
       </c>
       <c r="N93" t="s">
-        <v>639</v>
+        <v>688</v>
       </c>
       <c r="O93" t="s">
-        <v>655</v>
+        <v>273</v>
       </c>
       <c r="P93" t="s">
-        <v>656</v>
+        <v>274</v>
       </c>
       <c r="Q93" t="s">
-        <v>657</v>
+        <v>40</v>
       </c>
       <c r="R93" t="s">
-        <v>658</v>
+        <v>275</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>18</v>
       </c>
       <c r="B94" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="H94" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="I94" t="n">
         <v>0.0</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
       <c r="L94" t="s">
-        <v>519</v>
+        <v>700</v>
       </c>
       <c r="M94" t="s">
         <v>20</v>
       </c>
       <c r="N94" t="s">
-        <v>639</v>
+        <v>688</v>
       </c>
       <c r="O94" t="s">
-        <v>655</v>
+        <v>273</v>
       </c>
       <c r="P94" t="s">
-        <v>656</v>
+        <v>274</v>
       </c>
       <c r="Q94" t="s">
-        <v>657</v>
+        <v>40</v>
       </c>
       <c r="R94" t="s">
-        <v>658</v>
+        <v>275</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>18</v>
       </c>
       <c r="B95" t="s">
-        <v>692</v>
+        <v>701</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="H95" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="I95" t="n">
         <v>0.0</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="L95" t="s">
-        <v>697</v>
+        <v>706</v>
       </c>
       <c r="M95" t="s">
         <v>20</v>
       </c>
       <c r="N95" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="O95" t="s">
-        <v>699</v>
+        <v>273</v>
       </c>
       <c r="P95" t="s">
-        <v>700</v>
+        <v>274</v>
       </c>
       <c r="Q95" t="s">
-        <v>701</v>
+        <v>40</v>
       </c>
       <c r="R95" t="s">
-        <v>702</v>
+        <v>275</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>18</v>
       </c>
       <c r="B96" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="H96" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="I96" t="n">
         <v>0.0</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="L96" t="s">
-        <v>708</v>
+        <v>256</v>
       </c>
       <c r="M96" t="s">
         <v>20</v>
       </c>
       <c r="N96" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="O96" t="s">
-        <v>163</v>
+        <v>273</v>
       </c>
       <c r="P96" t="s">
-        <v>164</v>
+        <v>274</v>
       </c>
       <c r="Q96" t="s">
-        <v>165</v>
+        <v>40</v>
       </c>
       <c r="R96" t="s">
-        <v>166</v>
+        <v>275</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>18</v>
       </c>
       <c r="B97" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="H97" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="I97" t="n">
         <v>0.0</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="L97" t="s">
-        <v>714</v>
+        <v>664</v>
       </c>
       <c r="M97" t="s">
         <v>20</v>
       </c>
       <c r="N97" t="s">
-        <v>698</v>
+        <v>717</v>
       </c>
       <c r="O97" t="s">
-        <v>163</v>
+        <v>718</v>
       </c>
       <c r="P97" t="s">
-        <v>164</v>
+        <v>719</v>
       </c>
       <c r="Q97" t="s">
-        <v>165</v>
+        <v>720</v>
       </c>
       <c r="R97" t="s">
-        <v>166</v>
+        <v>721</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>18</v>
       </c>
       <c r="B98" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>710</v>
+        <v>723</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>716</v>
+        <v>724</v>
       </c>
       <c r="H98" t="s">
-        <v>717</v>
+        <v>725</v>
       </c>
       <c r="I98" t="n">
         <v>0.0</v>
       </c>
       <c r="J98" t="s">
-        <v>24</v>
+        <v>483</v>
       </c>
       <c r="K98" t="s">
-        <v>718</v>
+        <v>726</v>
       </c>
       <c r="L98" t="s">
-        <v>719</v>
+        <v>727</v>
       </c>
       <c r="M98" t="s">
         <v>20</v>
       </c>
       <c r="N98" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="O98" t="s">
-        <v>163</v>
+        <v>273</v>
       </c>
       <c r="P98" t="s">
-        <v>164</v>
+        <v>274</v>
       </c>
       <c r="Q98" t="s">
-        <v>165</v>
+        <v>40</v>
       </c>
       <c r="R98" t="s">
-        <v>166</v>
+        <v>275</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>18</v>
       </c>
       <c r="B99" t="s">
-        <v>720</v>
+        <v>728</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>710</v>
+        <v>729</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
       <c r="H99" t="s">
-        <v>722</v>
+        <v>731</v>
       </c>
       <c r="I99" t="n">
         <v>0.0</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
-        <v>723</v>
+        <v>732</v>
       </c>
       <c r="L99" t="s">
-        <v>724</v>
+        <v>205</v>
       </c>
       <c r="M99" t="s">
         <v>20</v>
       </c>
       <c r="N99" t="s">
-        <v>698</v>
+        <v>717</v>
       </c>
       <c r="O99" t="s">
-        <v>163</v>
+        <v>733</v>
       </c>
       <c r="P99" t="s">
-        <v>164</v>
+        <v>734</v>
       </c>
       <c r="Q99" t="s">
-        <v>165</v>
+        <v>735</v>
       </c>
       <c r="R99" t="s">
-        <v>166</v>
+        <v>736</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>18</v>
       </c>
       <c r="B100" t="s">
-        <v>725</v>
+        <v>737</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>727</v>
+        <v>738</v>
       </c>
       <c r="H100" t="s">
-        <v>728</v>
+        <v>739</v>
       </c>
       <c r="I100" t="n">
         <v>0.0</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
-        <v>729</v>
+        <v>740</v>
       </c>
       <c r="L100" t="s">
-        <v>730</v>
+        <v>741</v>
       </c>
       <c r="M100" t="s">
         <v>20</v>
       </c>
       <c r="N100" t="s">
-        <v>698</v>
+        <v>717</v>
       </c>
       <c r="O100" t="s">
-        <v>163</v>
+        <v>742</v>
       </c>
       <c r="P100" t="s">
-        <v>164</v>
+        <v>743</v>
       </c>
       <c r="Q100" t="s">
-        <v>165</v>
+        <v>616</v>
       </c>
       <c r="R100" t="s">
-        <v>166</v>
+        <v>744</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>18</v>
       </c>
       <c r="B101" t="s">
-        <v>731</v>
+        <v>745</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>733</v>
+        <v>746</v>
       </c>
       <c r="H101" t="s">
-        <v>734</v>
+        <v>747</v>
       </c>
       <c r="I101" t="n">
         <v>0.0</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
+        <v>732</v>
+      </c>
+      <c r="L101" t="s">
+        <v>748</v>
+      </c>
+      <c r="M101" t="s">
+        <v>20</v>
+      </c>
+      <c r="N101" t="s">
+        <v>717</v>
+      </c>
+      <c r="O101" t="s">
+        <v>733</v>
+      </c>
+      <c r="P101" t="s">
+        <v>734</v>
+      </c>
+      <c r="Q101" t="s">
         <v>735</v>
       </c>
-      <c r="L101" t="s">
+      <c r="R101" t="s">
         <v>736</v>
-      </c>
-[...16 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>18</v>
       </c>
       <c r="B102" t="s">
-        <v>737</v>
+        <v>749</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>738</v>
+        <v>750</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>739</v>
+        <v>751</v>
       </c>
       <c r="H102" t="s">
-        <v>740</v>
+        <v>752</v>
       </c>
       <c r="I102" t="n">
         <v>0.0</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
       <c r="L102" t="s">
-        <v>742</v>
+        <v>754</v>
       </c>
       <c r="M102" t="s">
         <v>20</v>
       </c>
       <c r="N102" t="s">
-        <v>698</v>
+        <v>717</v>
       </c>
       <c r="O102" t="s">
-        <v>163</v>
+        <v>733</v>
       </c>
       <c r="P102" t="s">
-        <v>164</v>
+        <v>734</v>
       </c>
       <c r="Q102" t="s">
-        <v>165</v>
+        <v>735</v>
       </c>
       <c r="R102" t="s">
-        <v>166</v>
+        <v>736</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>18</v>
       </c>
       <c r="B103" t="s">
-        <v>743</v>
+        <v>755</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
       <c r="H103" t="s">
-        <v>746</v>
+        <v>757</v>
       </c>
       <c r="I103" t="n">
         <v>0.0</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>747</v>
+        <v>758</v>
       </c>
       <c r="L103" t="s">
-        <v>519</v>
+        <v>759</v>
       </c>
       <c r="M103" t="s">
         <v>20</v>
       </c>
       <c r="N103" t="s">
-        <v>698</v>
+        <v>717</v>
       </c>
       <c r="O103" t="s">
-        <v>163</v>
+        <v>733</v>
       </c>
       <c r="P103" t="s">
-        <v>164</v>
+        <v>734</v>
       </c>
       <c r="Q103" t="s">
-        <v>165</v>
+        <v>735</v>
       </c>
       <c r="R103" t="s">
-        <v>166</v>
+        <v>736</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>18</v>
       </c>
       <c r="B104" t="s">
-        <v>748</v>
+        <v>760</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>749</v>
+        <v>761</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>750</v>
+        <v>762</v>
       </c>
       <c r="H104" t="s">
-        <v>751</v>
+        <v>763</v>
       </c>
       <c r="I104" t="n">
         <v>0.0</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
-        <v>752</v>
+        <v>764</v>
       </c>
       <c r="L104" t="s">
-        <v>753</v>
+        <v>245</v>
       </c>
       <c r="M104" t="s">
         <v>20</v>
       </c>
       <c r="N104" t="s">
-        <v>698</v>
+        <v>717</v>
       </c>
       <c r="O104" t="s">
-        <v>163</v>
+        <v>733</v>
       </c>
       <c r="P104" t="s">
-        <v>164</v>
+        <v>734</v>
       </c>
       <c r="Q104" t="s">
-        <v>165</v>
+        <v>735</v>
       </c>
       <c r="R104" t="s">
-        <v>166</v>
+        <v>736</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>18</v>
       </c>
       <c r="B105" t="s">
-        <v>754</v>
+        <v>765</v>
       </c>
       <c r="C105" t="s">
         <v>20</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
-        <v>755</v>
+        <v>766</v>
       </c>
       <c r="F105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
-        <v>756</v>
+        <v>767</v>
       </c>
       <c r="H105" t="s">
-        <v>757</v>
+        <v>768</v>
       </c>
       <c r="I105" t="n">
         <v>0.0</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
-        <v>758</v>
+        <v>769</v>
       </c>
       <c r="L105" t="s">
-        <v>759</v>
+        <v>770</v>
       </c>
       <c r="M105" t="s">
         <v>20</v>
       </c>
       <c r="N105" t="s">
-        <v>760</v>
+        <v>771</v>
       </c>
       <c r="O105" t="s">
-        <v>761</v>
+        <v>85</v>
       </c>
       <c r="P105" t="s">
-        <v>762</v>
+        <v>86</v>
       </c>
       <c r="Q105" t="s">
-        <v>190</v>
+        <v>87</v>
       </c>
       <c r="R105" t="s">
-        <v>763</v>
+        <v>88</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>18</v>
       </c>
       <c r="B106" t="s">
-        <v>764</v>
+        <v>772</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>765</v>
+        <v>773</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>766</v>
+        <v>774</v>
       </c>
       <c r="H106" t="s">
-        <v>767</v>
+        <v>775</v>
       </c>
       <c r="I106" t="n">
         <v>0.0</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="L106" t="s">
-        <v>769</v>
+        <v>777</v>
       </c>
       <c r="M106" t="s">
         <v>20</v>
       </c>
       <c r="N106" t="s">
-        <v>760</v>
+        <v>771</v>
       </c>
       <c r="O106" t="s">
-        <v>253</v>
+        <v>85</v>
       </c>
       <c r="P106" t="s">
-        <v>254</v>
+        <v>86</v>
       </c>
       <c r="Q106" t="s">
-        <v>255</v>
+        <v>87</v>
       </c>
       <c r="R106" t="s">
-        <v>256</v>
+        <v>88</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>18</v>
       </c>
       <c r="B107" t="s">
-        <v>770</v>
+        <v>778</v>
       </c>
       <c r="C107" t="s">
         <v>20</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="F107" t="s">
         <v>20</v>
       </c>
       <c r="G107" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="H107" t="s">
-        <v>773</v>
+        <v>780</v>
       </c>
       <c r="I107" t="n">
         <v>0.0</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
-        <v>774</v>
+        <v>781</v>
       </c>
       <c r="L107" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="M107" t="s">
         <v>20</v>
       </c>
       <c r="N107" t="s">
-        <v>493</v>
+        <v>771</v>
       </c>
       <c r="O107" t="s">
-        <v>221</v>
+        <v>85</v>
       </c>
       <c r="P107" t="s">
-        <v>222</v>
+        <v>86</v>
       </c>
       <c r="Q107" t="s">
-        <v>223</v>
+        <v>87</v>
       </c>
       <c r="R107" t="s">
-        <v>224</v>
+        <v>88</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>18</v>
       </c>
       <c r="B108" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="C108" t="s">
         <v>20</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108" t="s">
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="H108" t="s">
-        <v>779</v>
+        <v>786</v>
       </c>
       <c r="I108" t="n">
         <v>0.0</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="L108" t="s">
-        <v>355</v>
+        <v>788</v>
       </c>
       <c r="M108" t="s">
         <v>20</v>
       </c>
       <c r="N108" t="s">
-        <v>493</v>
+        <v>771</v>
       </c>
       <c r="O108" t="s">
-        <v>221</v>
+        <v>85</v>
       </c>
       <c r="P108" t="s">
-        <v>222</v>
+        <v>86</v>
       </c>
       <c r="Q108" t="s">
-        <v>223</v>
+        <v>87</v>
       </c>
       <c r="R108" t="s">
-        <v>224</v>
+        <v>88</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>18</v>
       </c>
       <c r="B109" t="s">
-        <v>781</v>
+        <v>789</v>
       </c>
       <c r="C109" t="s">
         <v>20</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109" t="s">
-        <v>777</v>
+        <v>790</v>
       </c>
       <c r="F109" t="s">
         <v>20</v>
       </c>
       <c r="G109" t="s">
-        <v>782</v>
+        <v>791</v>
       </c>
       <c r="H109" t="s">
-        <v>783</v>
+        <v>792</v>
       </c>
       <c r="I109" t="n">
         <v>0.0</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>784</v>
+        <v>793</v>
       </c>
       <c r="L109" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
       <c r="M109" t="s">
         <v>20</v>
       </c>
       <c r="N109" t="s">
-        <v>493</v>
+        <v>771</v>
       </c>
       <c r="O109" t="s">
-        <v>221</v>
+        <v>85</v>
       </c>
       <c r="P109" t="s">
-        <v>222</v>
+        <v>86</v>
       </c>
       <c r="Q109" t="s">
-        <v>223</v>
+        <v>87</v>
       </c>
       <c r="R109" t="s">
-        <v>224</v>
+        <v>88</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>18</v>
       </c>
       <c r="B110" t="s">
-        <v>786</v>
+        <v>795</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>787</v>
+        <v>796</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>788</v>
+        <v>797</v>
       </c>
       <c r="H110" t="s">
-        <v>789</v>
+        <v>798</v>
       </c>
       <c r="I110" t="n">
         <v>0.0</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
-        <v>790</v>
+        <v>799</v>
       </c>
       <c r="L110" t="s">
-        <v>791</v>
+        <v>800</v>
       </c>
       <c r="M110" t="s">
         <v>20</v>
       </c>
       <c r="N110" t="s">
-        <v>792</v>
+        <v>771</v>
       </c>
       <c r="O110" t="s">
-        <v>236</v>
+        <v>85</v>
       </c>
       <c r="P110" t="s">
-        <v>237</v>
+        <v>86</v>
       </c>
       <c r="Q110" t="s">
-        <v>238</v>
+        <v>87</v>
       </c>
       <c r="R110" t="s">
-        <v>239</v>
+        <v>88</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>18</v>
       </c>
       <c r="B111" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
       <c r="C111" t="s">
         <v>20</v>
       </c>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111" t="s">
-        <v>794</v>
+        <v>802</v>
       </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
-        <v>795</v>
+        <v>803</v>
       </c>
       <c r="H111" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="I111" t="n">
         <v>0.0</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
-        <v>797</v>
+        <v>805</v>
       </c>
       <c r="L111" t="s">
-        <v>798</v>
+        <v>806</v>
       </c>
       <c r="M111" t="s">
         <v>20</v>
       </c>
       <c r="N111" t="s">
-        <v>246</v>
+        <v>807</v>
       </c>
       <c r="O111" t="s">
-        <v>82</v>
+        <v>38</v>
       </c>
       <c r="P111" t="s">
-        <v>83</v>
+        <v>39</v>
       </c>
       <c r="Q111" t="s">
-        <v>84</v>
+        <v>40</v>
       </c>
       <c r="R111" t="s">
-        <v>85</v>
+        <v>41</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>18</v>
       </c>
       <c r="B112" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="C112" t="s">
         <v>20</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>800</v>
+        <v>809</v>
       </c>
       <c r="F112" t="s">
         <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>801</v>
+        <v>810</v>
       </c>
       <c r="H112" t="s">
-        <v>802</v>
+        <v>811</v>
       </c>
       <c r="I112" t="n">
         <v>0.0</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>803</v>
+        <v>812</v>
       </c>
       <c r="L112" t="s">
-        <v>804</v>
+        <v>813</v>
       </c>
       <c r="M112" t="s">
         <v>20</v>
       </c>
       <c r="N112" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="O112" t="s">
-        <v>263</v>
+        <v>336</v>
       </c>
       <c r="P112" t="s">
-        <v>50</v>
+        <v>337</v>
       </c>
       <c r="Q112" t="s">
-        <v>51</v>
+        <v>338</v>
       </c>
       <c r="R112" t="s">
-        <v>264</v>
+        <v>339</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>18</v>
       </c>
       <c r="B113" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="H113" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
       <c r="I113" t="n">
         <v>0.0</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="L113" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
       <c r="M113" t="s">
         <v>20</v>
       </c>
       <c r="N113" t="s">
-        <v>805</v>
+        <v>571</v>
       </c>
       <c r="O113" t="s">
-        <v>221</v>
+        <v>305</v>
       </c>
       <c r="P113" t="s">
-        <v>222</v>
+        <v>306</v>
       </c>
       <c r="Q113" t="s">
-        <v>223</v>
+        <v>107</v>
       </c>
       <c r="R113" t="s">
-        <v>224</v>
+        <v>307</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>18</v>
       </c>
       <c r="B114" t="s">
-        <v>812</v>
+        <v>820</v>
       </c>
       <c r="C114" t="s">
         <v>20</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>813</v>
+        <v>821</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>814</v>
+        <v>822</v>
       </c>
       <c r="H114" t="s">
-        <v>815</v>
+        <v>823</v>
       </c>
       <c r="I114" t="n">
         <v>0.0</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
-        <v>816</v>
+        <v>824</v>
       </c>
       <c r="L114" t="s">
-        <v>817</v>
+        <v>436</v>
       </c>
       <c r="M114" t="s">
         <v>20</v>
       </c>
       <c r="N114" t="s">
-        <v>805</v>
+        <v>571</v>
       </c>
       <c r="O114" t="s">
-        <v>221</v>
+        <v>305</v>
       </c>
       <c r="P114" t="s">
-        <v>222</v>
+        <v>306</v>
       </c>
       <c r="Q114" t="s">
-        <v>223</v>
+        <v>107</v>
       </c>
       <c r="R114" t="s">
-        <v>224</v>
+        <v>307</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>18</v>
       </c>
       <c r="B115" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="C115" t="s">
         <v>20</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="H115" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
       <c r="I115" t="n">
         <v>0.0</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="L115" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="M115" t="s">
         <v>20</v>
       </c>
       <c r="N115" t="s">
-        <v>805</v>
+        <v>571</v>
       </c>
       <c r="O115" t="s">
-        <v>263</v>
+        <v>305</v>
       </c>
       <c r="P115" t="s">
-        <v>50</v>
+        <v>306</v>
       </c>
       <c r="Q115" t="s">
-        <v>51</v>
+        <v>107</v>
       </c>
       <c r="R115" t="s">
-        <v>264</v>
+        <v>307</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>18</v>
       </c>
       <c r="B116" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
       <c r="C116" t="s">
         <v>20</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116" t="s">
-        <v>825</v>
+        <v>831</v>
       </c>
       <c r="F116" t="s">
         <v>20</v>
       </c>
       <c r="G116" t="s">
-        <v>826</v>
+        <v>832</v>
       </c>
       <c r="H116" t="s">
-        <v>827</v>
+        <v>833</v>
       </c>
       <c r="I116" t="n">
         <v>0.0</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="L116" t="s">
-        <v>829</v>
+        <v>26</v>
       </c>
       <c r="M116" t="s">
         <v>20</v>
       </c>
       <c r="N116" t="s">
-        <v>805</v>
+        <v>835</v>
       </c>
       <c r="O116" t="s">
-        <v>263</v>
+        <v>319</v>
       </c>
       <c r="P116" t="s">
-        <v>50</v>
+        <v>320</v>
       </c>
       <c r="Q116" t="s">
-        <v>51</v>
+        <v>321</v>
       </c>
       <c r="R116" t="s">
-        <v>264</v>
+        <v>322</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>18</v>
       </c>
       <c r="B117" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
       <c r="C117" t="s">
         <v>20</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117" t="s">
-        <v>825</v>
+        <v>837</v>
       </c>
       <c r="F117" t="s">
         <v>20</v>
       </c>
       <c r="G117" t="s">
-        <v>831</v>
+        <v>838</v>
       </c>
       <c r="H117" t="s">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="I117" t="n">
         <v>0.0</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="L117" t="s">
-        <v>467</v>
+        <v>841</v>
       </c>
       <c r="M117" t="s">
         <v>20</v>
       </c>
       <c r="N117" t="s">
-        <v>805</v>
+        <v>329</v>
       </c>
       <c r="O117" t="s">
-        <v>263</v>
+        <v>175</v>
       </c>
       <c r="P117" t="s">
-        <v>50</v>
+        <v>176</v>
       </c>
       <c r="Q117" t="s">
-        <v>51</v>
+        <v>177</v>
       </c>
       <c r="R117" t="s">
-        <v>264</v>
+        <v>178</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>18</v>
       </c>
       <c r="B118" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="F118" t="s">
         <v>20</v>
       </c>
       <c r="G118" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="H118" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="I118" t="n">
         <v>0.0</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="L118" t="s">
-        <v>397</v>
+        <v>847</v>
       </c>
       <c r="M118" t="s">
         <v>20</v>
       </c>
       <c r="N118" t="s">
-        <v>805</v>
+        <v>848</v>
       </c>
       <c r="O118" t="s">
-        <v>221</v>
+        <v>76</v>
       </c>
       <c r="P118" t="s">
-        <v>222</v>
+        <v>77</v>
       </c>
       <c r="Q118" t="s">
-        <v>223</v>
+        <v>30</v>
       </c>
       <c r="R118" t="s">
-        <v>224</v>
+        <v>78</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>18</v>
       </c>
       <c r="B119" t="s">
-        <v>839</v>
+        <v>849</v>
       </c>
       <c r="C119" t="s">
         <v>20</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
-        <v>841</v>
+        <v>851</v>
       </c>
       <c r="H119" t="s">
-        <v>842</v>
+        <v>852</v>
       </c>
       <c r="I119" t="n">
         <v>0.0</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>843</v>
+        <v>853</v>
       </c>
       <c r="L119" t="s">
-        <v>844</v>
+        <v>854</v>
       </c>
       <c r="M119" t="s">
         <v>20</v>
       </c>
       <c r="N119" t="s">
-        <v>805</v>
+        <v>848</v>
       </c>
       <c r="O119" t="s">
-        <v>221</v>
+        <v>305</v>
       </c>
       <c r="P119" t="s">
-        <v>222</v>
+        <v>306</v>
       </c>
       <c r="Q119" t="s">
-        <v>223</v>
+        <v>107</v>
       </c>
       <c r="R119" t="s">
-        <v>224</v>
+        <v>307</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>18</v>
       </c>
       <c r="B120" t="s">
-        <v>845</v>
+        <v>855</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>20</v>
       </c>
       <c r="E120" t="s">
-        <v>846</v>
+        <v>856</v>
       </c>
       <c r="F120" t="s">
         <v>20</v>
       </c>
       <c r="G120" t="s">
-        <v>847</v>
+        <v>857</v>
       </c>
       <c r="H120" t="s">
-        <v>848</v>
+        <v>858</v>
       </c>
       <c r="I120" t="n">
         <v>0.0</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="L120" t="s">
-        <v>850</v>
+        <v>860</v>
       </c>
       <c r="M120" t="s">
         <v>20</v>
       </c>
       <c r="N120" t="s">
-        <v>805</v>
+        <v>848</v>
       </c>
       <c r="O120" t="s">
-        <v>221</v>
+        <v>305</v>
       </c>
       <c r="P120" t="s">
-        <v>222</v>
+        <v>306</v>
       </c>
       <c r="Q120" t="s">
-        <v>223</v>
+        <v>107</v>
       </c>
       <c r="R120" t="s">
-        <v>224</v>
+        <v>307</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>18</v>
       </c>
       <c r="B121" t="s">
-        <v>851</v>
+        <v>861</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="F121" t="s">
         <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
       <c r="H121" t="s">
-        <v>854</v>
+        <v>864</v>
       </c>
       <c r="I121" t="n">
         <v>0.0</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>855</v>
+        <v>865</v>
       </c>
       <c r="L121" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="M121" t="s">
         <v>20</v>
       </c>
       <c r="N121" t="s">
-        <v>856</v>
+        <v>848</v>
       </c>
       <c r="O121" t="s">
-        <v>236</v>
+        <v>76</v>
       </c>
       <c r="P121" t="s">
-        <v>237</v>
+        <v>77</v>
       </c>
       <c r="Q121" t="s">
-        <v>238</v>
+        <v>30</v>
       </c>
       <c r="R121" t="s">
-        <v>239</v>
+        <v>78</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>18</v>
       </c>
       <c r="B122" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
         <v>20</v>
       </c>
       <c r="E122" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
       <c r="F122" t="s">
         <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>859</v>
+        <v>869</v>
       </c>
       <c r="H122" t="s">
-        <v>860</v>
+        <v>870</v>
       </c>
       <c r="I122" t="n">
         <v>0.0</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>861</v>
+        <v>871</v>
       </c>
       <c r="L122" t="s">
-        <v>862</v>
+        <v>872</v>
       </c>
       <c r="M122" t="s">
         <v>20</v>
       </c>
       <c r="N122" t="s">
-        <v>500</v>
+        <v>848</v>
       </c>
       <c r="O122" t="s">
-        <v>188</v>
+        <v>76</v>
       </c>
       <c r="P122" t="s">
-        <v>189</v>
+        <v>77</v>
       </c>
       <c r="Q122" t="s">
-        <v>190</v>
+        <v>30</v>
       </c>
       <c r="R122" t="s">
-        <v>191</v>
+        <v>78</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>18</v>
       </c>
       <c r="B123" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="C123" t="s">
         <v>20</v>
       </c>
       <c r="D123" t="s">
         <v>20</v>
       </c>
       <c r="E123" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="F123" t="s">
         <v>20</v>
       </c>
       <c r="G123" t="s">
-        <v>865</v>
+        <v>874</v>
       </c>
       <c r="H123" t="s">
-        <v>866</v>
+        <v>875</v>
       </c>
       <c r="I123" t="n">
         <v>0.0</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>867</v>
+        <v>876</v>
       </c>
       <c r="L123" t="s">
-        <v>868</v>
+        <v>545</v>
       </c>
       <c r="M123" t="s">
         <v>20</v>
       </c>
       <c r="N123" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
       <c r="O123" t="s">
-        <v>103</v>
+        <v>76</v>
       </c>
       <c r="P123" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="Q123" t="s">
-        <v>105</v>
+        <v>30</v>
       </c>
       <c r="R123" t="s">
-        <v>106</v>
+        <v>78</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>18</v>
       </c>
       <c r="B124" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
       <c r="C124" t="s">
         <v>20</v>
       </c>
       <c r="D124" t="s">
         <v>20</v>
       </c>
       <c r="E124" t="s">
-        <v>871</v>
+        <v>878</v>
       </c>
       <c r="F124" t="s">
         <v>20</v>
       </c>
       <c r="G124" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="H124" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="I124" t="n">
         <v>0.0</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="L124" t="s">
-        <v>875</v>
+        <v>478</v>
       </c>
       <c r="M124" t="s">
         <v>20</v>
       </c>
       <c r="N124" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
       <c r="O124" t="s">
-        <v>103</v>
+        <v>305</v>
       </c>
       <c r="P124" t="s">
-        <v>104</v>
+        <v>306</v>
       </c>
       <c r="Q124" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="R124" t="s">
-        <v>106</v>
+        <v>307</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>18</v>
       </c>
       <c r="B125" t="s">
-        <v>876</v>
+        <v>882</v>
       </c>
       <c r="C125" t="s">
         <v>20</v>
       </c>
       <c r="D125" t="s">
         <v>20</v>
       </c>
       <c r="E125" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="F125" t="s">
         <v>20</v>
       </c>
       <c r="G125" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="H125" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="I125" t="n">
         <v>0.0</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="L125" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="M125" t="s">
         <v>20</v>
       </c>
       <c r="N125" t="s">
-        <v>882</v>
+        <v>848</v>
       </c>
       <c r="O125" t="s">
-        <v>883</v>
+        <v>305</v>
       </c>
       <c r="P125" t="s">
-        <v>884</v>
+        <v>306</v>
       </c>
       <c r="Q125" t="s">
-        <v>885</v>
+        <v>107</v>
       </c>
       <c r="R125" t="s">
-        <v>886</v>
+        <v>307</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>18</v>
       </c>
       <c r="B126" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C126" t="s">
         <v>20</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="F126" t="s">
         <v>20</v>
       </c>
       <c r="G126" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="H126" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="I126" t="n">
         <v>0.0</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="L126" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="M126" t="s">
         <v>20</v>
       </c>
       <c r="N126" t="s">
-        <v>893</v>
+        <v>848</v>
       </c>
       <c r="O126" t="s">
-        <v>103</v>
+        <v>305</v>
       </c>
       <c r="P126" t="s">
-        <v>104</v>
+        <v>306</v>
       </c>
       <c r="Q126" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="R126" t="s">
-        <v>106</v>
+        <v>307</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>18</v>
       </c>
       <c r="B127" t="s">
         <v>894</v>
       </c>
       <c r="C127" t="s">
         <v>20</v>
       </c>
       <c r="D127" t="s">
         <v>20</v>
       </c>
       <c r="E127" t="s">
         <v>895</v>
       </c>
       <c r="F127" t="s">
         <v>20</v>
       </c>
       <c r="G127" t="s">
         <v>896</v>
       </c>
       <c r="H127" t="s">
         <v>897</v>
       </c>
       <c r="I127" t="n">
         <v>0.0</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
         <v>898</v>
       </c>
       <c r="L127" t="s">
+        <v>841</v>
+      </c>
+      <c r="M127" t="s">
+        <v>20</v>
+      </c>
+      <c r="N127" t="s">
         <v>899</v>
       </c>
-      <c r="M127" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O127" t="s">
-        <v>236</v>
+        <v>319</v>
       </c>
       <c r="P127" t="s">
-        <v>237</v>
+        <v>320</v>
       </c>
       <c r="Q127" t="s">
-        <v>238</v>
+        <v>321</v>
       </c>
       <c r="R127" t="s">
-        <v>239</v>
+        <v>322</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>18</v>
       </c>
       <c r="B128" t="s">
+        <v>900</v>
+      </c>
+      <c r="C128" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" t="s">
+        <v>20</v>
+      </c>
+      <c r="E128" t="s">
         <v>901</v>
       </c>
-      <c r="C128" t="s">
-[...5 lines deleted...]
-      <c r="E128" t="s">
+      <c r="F128" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" t="s">
         <v>902</v>
       </c>
-      <c r="F128" t="s">
-[...2 lines deleted...]
-      <c r="G128" t="s">
+      <c r="H128" t="s">
         <v>903</v>
-      </c>
-[...1 lines deleted...]
-        <v>904</v>
       </c>
       <c r="I128" t="n">
         <v>0.0</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
+        <v>904</v>
+      </c>
+      <c r="L128" t="s">
         <v>905</v>
       </c>
-      <c r="L128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M128" t="s">
         <v>20</v>
       </c>
       <c r="N128" t="s">
-        <v>349</v>
+        <v>578</v>
       </c>
       <c r="O128" t="s">
-        <v>587</v>
+        <v>273</v>
       </c>
       <c r="P128" t="s">
-        <v>588</v>
+        <v>274</v>
       </c>
       <c r="Q128" t="s">
-        <v>589</v>
+        <v>40</v>
       </c>
       <c r="R128" t="s">
-        <v>590</v>
+        <v>275</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>18</v>
       </c>
       <c r="B129" t="s">
+        <v>906</v>
+      </c>
+      <c r="C129" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" t="s">
+        <v>20</v>
+      </c>
+      <c r="E129" t="s">
         <v>907</v>
       </c>
-      <c r="C129" t="s">
-[...5 lines deleted...]
-      <c r="E129" t="s">
+      <c r="F129" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" t="s">
         <v>908</v>
       </c>
-      <c r="F129" t="s">
-[...2 lines deleted...]
-      <c r="G129" t="s">
+      <c r="H129" t="s">
         <v>909</v>
-      </c>
-[...1 lines deleted...]
-        <v>910</v>
       </c>
       <c r="I129" t="n">
         <v>0.0</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>861</v>
+        <v>910</v>
       </c>
       <c r="L129" t="s">
-        <v>207</v>
+        <v>911</v>
       </c>
       <c r="M129" t="s">
         <v>20</v>
       </c>
       <c r="N129" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="O129" t="s">
-        <v>655</v>
+        <v>196</v>
       </c>
       <c r="P129" t="s">
-        <v>656</v>
+        <v>197</v>
       </c>
       <c r="Q129" t="s">
-        <v>657</v>
+        <v>198</v>
       </c>
       <c r="R129" t="s">
-        <v>658</v>
+        <v>199</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>18</v>
       </c>
       <c r="B130" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C130" t="s">
         <v>20</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="H130" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="I130" t="n">
         <v>0.0</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="L130" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="M130" t="s">
         <v>20</v>
       </c>
       <c r="N130" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="O130" t="s">
-        <v>655</v>
+        <v>196</v>
       </c>
       <c r="P130" t="s">
-        <v>656</v>
+        <v>197</v>
       </c>
       <c r="Q130" t="s">
-        <v>657</v>
+        <v>198</v>
       </c>
       <c r="R130" t="s">
-        <v>658</v>
+        <v>199</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>18</v>
       </c>
       <c r="B131" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="C131" t="s">
         <v>20</v>
       </c>
       <c r="D131" t="s">
         <v>20</v>
       </c>
       <c r="E131" t="s">
-        <v>908</v>
+        <v>920</v>
       </c>
       <c r="F131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="H131" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="I131" t="n">
         <v>0.0</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="L131" t="s">
-        <v>207</v>
+        <v>924</v>
       </c>
       <c r="M131" t="s">
         <v>20</v>
       </c>
       <c r="N131" t="s">
-        <v>911</v>
+        <v>925</v>
       </c>
       <c r="O131" t="s">
-        <v>655</v>
+        <v>926</v>
       </c>
       <c r="P131" t="s">
-        <v>656</v>
+        <v>927</v>
       </c>
       <c r="Q131" t="s">
-        <v>657</v>
+        <v>928</v>
       </c>
       <c r="R131" t="s">
-        <v>658</v>
+        <v>929</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>18</v>
       </c>
       <c r="B132" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
       <c r="C132" t="s">
         <v>20</v>
       </c>
       <c r="D132" t="s">
         <v>20</v>
       </c>
       <c r="E132" t="s">
-        <v>908</v>
+        <v>931</v>
       </c>
       <c r="F132" t="s">
         <v>20</v>
       </c>
       <c r="G132" t="s">
-        <v>922</v>
+        <v>932</v>
       </c>
       <c r="H132" t="s">
-        <v>923</v>
+        <v>933</v>
       </c>
       <c r="I132" t="n">
         <v>0.0</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>924</v>
+        <v>934</v>
       </c>
       <c r="L132" t="s">
-        <v>925</v>
+        <v>51</v>
       </c>
       <c r="M132" t="s">
         <v>20</v>
       </c>
       <c r="N132" t="s">
-        <v>911</v>
+        <v>935</v>
       </c>
       <c r="O132" t="s">
-        <v>655</v>
+        <v>196</v>
       </c>
       <c r="P132" t="s">
-        <v>656</v>
+        <v>197</v>
       </c>
       <c r="Q132" t="s">
-        <v>657</v>
+        <v>198</v>
       </c>
       <c r="R132" t="s">
-        <v>658</v>
+        <v>199</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>18</v>
       </c>
       <c r="B133" t="s">
-        <v>926</v>
+        <v>936</v>
       </c>
       <c r="C133" t="s">
         <v>20</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133" t="s">
-        <v>927</v>
+        <v>937</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
-        <v>928</v>
+        <v>938</v>
       </c>
       <c r="H133" t="s">
-        <v>929</v>
+        <v>939</v>
       </c>
       <c r="I133" t="n">
         <v>0.0</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>930</v>
+        <v>940</v>
       </c>
       <c r="L133" t="s">
-        <v>931</v>
+        <v>941</v>
       </c>
       <c r="M133" t="s">
         <v>20</v>
       </c>
       <c r="N133" t="s">
-        <v>911</v>
+        <v>942</v>
       </c>
       <c r="O133" t="s">
-        <v>655</v>
+        <v>319</v>
       </c>
       <c r="P133" t="s">
-        <v>656</v>
+        <v>320</v>
       </c>
       <c r="Q133" t="s">
-        <v>657</v>
+        <v>321</v>
       </c>
       <c r="R133" t="s">
-        <v>658</v>
+        <v>322</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>18</v>
       </c>
       <c r="B134" t="s">
-        <v>932</v>
+        <v>943</v>
       </c>
       <c r="C134" t="s">
         <v>20</v>
       </c>
       <c r="D134" t="s">
         <v>20</v>
       </c>
       <c r="E134" t="s">
-        <v>933</v>
+        <v>944</v>
       </c>
       <c r="F134" t="s">
         <v>20</v>
       </c>
       <c r="G134" t="s">
-        <v>934</v>
+        <v>945</v>
       </c>
       <c r="H134" t="s">
-        <v>935</v>
+        <v>946</v>
       </c>
       <c r="I134" t="n">
         <v>0.0</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>936</v>
+        <v>947</v>
       </c>
       <c r="L134" t="s">
-        <v>937</v>
+        <v>948</v>
       </c>
       <c r="M134" t="s">
         <v>20</v>
       </c>
       <c r="N134" t="s">
-        <v>911</v>
+        <v>430</v>
       </c>
       <c r="O134" t="s">
-        <v>655</v>
+        <v>665</v>
       </c>
       <c r="P134" t="s">
-        <v>656</v>
+        <v>666</v>
       </c>
       <c r="Q134" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="R134" t="s">
-        <v>658</v>
+        <v>668</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>18</v>
       </c>
       <c r="B135" t="s">
-        <v>938</v>
+        <v>949</v>
       </c>
       <c r="C135" t="s">
         <v>20</v>
       </c>
       <c r="D135" t="s">
         <v>20</v>
       </c>
       <c r="E135" t="s">
-        <v>933</v>
+        <v>950</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
-        <v>939</v>
+        <v>951</v>
       </c>
       <c r="H135" t="s">
-        <v>940</v>
+        <v>952</v>
       </c>
       <c r="I135" t="n">
         <v>0.0</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>941</v>
+        <v>904</v>
       </c>
       <c r="L135" t="s">
-        <v>817</v>
+        <v>291</v>
       </c>
       <c r="M135" t="s">
         <v>20</v>
       </c>
       <c r="N135" t="s">
-        <v>911</v>
+        <v>953</v>
       </c>
       <c r="O135" t="s">
-        <v>655</v>
+        <v>733</v>
       </c>
       <c r="P135" t="s">
-        <v>656</v>
+        <v>734</v>
       </c>
       <c r="Q135" t="s">
-        <v>657</v>
+        <v>735</v>
       </c>
       <c r="R135" t="s">
-        <v>658</v>
+        <v>736</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>18</v>
       </c>
       <c r="B136" t="s">
-        <v>942</v>
+        <v>954</v>
       </c>
       <c r="C136" t="s">
         <v>20</v>
       </c>
       <c r="D136" t="s">
         <v>20</v>
       </c>
       <c r="E136" t="s">
-        <v>943</v>
+        <v>950</v>
       </c>
       <c r="F136" t="s">
         <v>20</v>
       </c>
       <c r="G136" t="s">
-        <v>944</v>
+        <v>955</v>
       </c>
       <c r="H136" t="s">
-        <v>945</v>
+        <v>956</v>
       </c>
       <c r="I136" t="n">
         <v>0.0</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>946</v>
+        <v>957</v>
       </c>
       <c r="L136" t="s">
-        <v>947</v>
+        <v>958</v>
       </c>
       <c r="M136" t="s">
         <v>20</v>
       </c>
       <c r="N136" t="s">
-        <v>493</v>
+        <v>953</v>
       </c>
       <c r="O136" t="s">
-        <v>221</v>
+        <v>733</v>
       </c>
       <c r="P136" t="s">
-        <v>222</v>
+        <v>734</v>
       </c>
       <c r="Q136" t="s">
-        <v>223</v>
+        <v>735</v>
       </c>
       <c r="R136" t="s">
-        <v>224</v>
+        <v>736</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>18</v>
       </c>
       <c r="B137" t="s">
-        <v>948</v>
+        <v>959</v>
       </c>
       <c r="C137" t="s">
         <v>20</v>
       </c>
       <c r="D137" t="s">
         <v>20</v>
       </c>
       <c r="E137" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="F137" t="s">
         <v>20</v>
       </c>
       <c r="G137" t="s">
-        <v>950</v>
+        <v>960</v>
       </c>
       <c r="H137" t="s">
-        <v>951</v>
+        <v>961</v>
       </c>
       <c r="I137" t="n">
         <v>0.0</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>952</v>
+        <v>962</v>
       </c>
       <c r="L137" t="s">
+        <v>291</v>
+      </c>
+      <c r="M137" t="s">
+        <v>20</v>
+      </c>
+      <c r="N137" t="s">
         <v>953</v>
       </c>
-      <c r="M137" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O137" t="s">
-        <v>547</v>
+        <v>733</v>
       </c>
       <c r="P137" t="s">
-        <v>548</v>
+        <v>734</v>
       </c>
       <c r="Q137" t="s">
-        <v>165</v>
+        <v>735</v>
       </c>
       <c r="R137" t="s">
-        <v>549</v>
+        <v>736</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>18</v>
       </c>
       <c r="B138" t="s">
-        <v>954</v>
+        <v>963</v>
       </c>
       <c r="C138" t="s">
         <v>20</v>
       </c>
       <c r="D138" t="s">
         <v>20</v>
       </c>
       <c r="E138" t="s">
-        <v>955</v>
+        <v>950</v>
       </c>
       <c r="F138" t="s">
         <v>20</v>
       </c>
       <c r="G138" t="s">
-        <v>956</v>
+        <v>964</v>
       </c>
       <c r="H138" t="s">
-        <v>957</v>
+        <v>965</v>
       </c>
       <c r="I138" t="n">
         <v>0.0</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>958</v>
+        <v>966</v>
       </c>
       <c r="L138" t="s">
-        <v>850</v>
+        <v>967</v>
       </c>
       <c r="M138" t="s">
         <v>20</v>
       </c>
       <c r="N138" t="s">
-        <v>150</v>
+        <v>953</v>
       </c>
       <c r="O138" t="s">
-        <v>699</v>
+        <v>733</v>
       </c>
       <c r="P138" t="s">
-        <v>700</v>
+        <v>734</v>
       </c>
       <c r="Q138" t="s">
-        <v>701</v>
+        <v>735</v>
       </c>
       <c r="R138" t="s">
-        <v>702</v>
+        <v>736</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>18</v>
       </c>
       <c r="B139" t="s">
-        <v>959</v>
+        <v>968</v>
       </c>
       <c r="C139" t="s">
         <v>20</v>
       </c>
       <c r="D139" t="s">
         <v>20</v>
       </c>
       <c r="E139" t="s">
-        <v>960</v>
+        <v>969</v>
       </c>
       <c r="F139" t="s">
         <v>20</v>
       </c>
       <c r="G139" t="s">
-        <v>961</v>
+        <v>970</v>
       </c>
       <c r="H139" t="s">
-        <v>962</v>
+        <v>971</v>
       </c>
       <c r="I139" t="n">
         <v>0.0</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>963</v>
+        <v>972</v>
       </c>
       <c r="L139" t="s">
-        <v>964</v>
+        <v>973</v>
       </c>
       <c r="M139" t="s">
         <v>20</v>
       </c>
       <c r="N139" t="s">
-        <v>965</v>
+        <v>953</v>
       </c>
       <c r="O139" t="s">
-        <v>113</v>
+        <v>733</v>
       </c>
       <c r="P139" t="s">
-        <v>114</v>
+        <v>734</v>
       </c>
       <c r="Q139" t="s">
-        <v>115</v>
+        <v>735</v>
       </c>
       <c r="R139" t="s">
-        <v>116</v>
+        <v>736</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>18</v>
       </c>
       <c r="B140" t="s">
-        <v>966</v>
+        <v>974</v>
       </c>
       <c r="C140" t="s">
         <v>20</v>
       </c>
       <c r="D140" t="s">
         <v>20</v>
       </c>
       <c r="E140" t="s">
-        <v>967</v>
+        <v>975</v>
       </c>
       <c r="F140" t="s">
         <v>20</v>
       </c>
       <c r="G140" t="s">
-        <v>968</v>
+        <v>976</v>
       </c>
       <c r="H140" t="s">
-        <v>969</v>
+        <v>977</v>
       </c>
       <c r="I140" t="n">
         <v>0.0</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="L140" t="s">
-        <v>162</v>
+        <v>979</v>
       </c>
       <c r="M140" t="s">
         <v>20</v>
       </c>
       <c r="N140" t="s">
-        <v>971</v>
+        <v>953</v>
       </c>
       <c r="O140" t="s">
-        <v>113</v>
+        <v>733</v>
       </c>
       <c r="P140" t="s">
-        <v>114</v>
+        <v>734</v>
       </c>
       <c r="Q140" t="s">
-        <v>115</v>
+        <v>735</v>
       </c>
       <c r="R140" t="s">
-        <v>116</v>
+        <v>736</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>18</v>
       </c>
       <c r="B141" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="C141" t="s">
         <v>20</v>
       </c>
       <c r="D141" t="s">
         <v>20</v>
       </c>
       <c r="E141" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="F141" t="s">
         <v>20</v>
       </c>
       <c r="G141" t="s">
-        <v>974</v>
+        <v>981</v>
       </c>
       <c r="H141" t="s">
-        <v>975</v>
+        <v>982</v>
       </c>
       <c r="I141" t="n">
         <v>0.0</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>976</v>
+        <v>983</v>
       </c>
       <c r="L141" t="s">
-        <v>977</v>
+        <v>860</v>
       </c>
       <c r="M141" t="s">
         <v>20</v>
       </c>
       <c r="N141" t="s">
-        <v>978</v>
+        <v>953</v>
       </c>
       <c r="O141" t="s">
-        <v>188</v>
+        <v>733</v>
       </c>
       <c r="P141" t="s">
-        <v>189</v>
+        <v>734</v>
       </c>
       <c r="Q141" t="s">
-        <v>190</v>
+        <v>735</v>
       </c>
       <c r="R141" t="s">
-        <v>191</v>
+        <v>736</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>18</v>
       </c>
       <c r="B142" t="s">
-        <v>979</v>
+        <v>984</v>
       </c>
       <c r="C142" t="s">
         <v>20</v>
       </c>
       <c r="D142" t="s">
         <v>20</v>
       </c>
       <c r="E142" t="s">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="F142" t="s">
         <v>20</v>
       </c>
       <c r="G142" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
       <c r="H142" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
       <c r="I142" t="n">
         <v>0.0</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="L142" t="s">
-        <v>270</v>
+        <v>989</v>
       </c>
       <c r="M142" t="s">
         <v>20</v>
       </c>
       <c r="N142" t="s">
-        <v>102</v>
+        <v>571</v>
       </c>
       <c r="O142" t="s">
-        <v>113</v>
+        <v>305</v>
       </c>
       <c r="P142" t="s">
-        <v>114</v>
+        <v>306</v>
       </c>
       <c r="Q142" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="R142" t="s">
-        <v>116</v>
+        <v>307</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>18</v>
       </c>
       <c r="B143" t="s">
-        <v>984</v>
+        <v>990</v>
       </c>
       <c r="C143" t="s">
         <v>20</v>
       </c>
       <c r="D143" t="s">
         <v>20</v>
       </c>
       <c r="E143" t="s">
-        <v>985</v>
+        <v>991</v>
       </c>
       <c r="F143" t="s">
         <v>20</v>
       </c>
       <c r="G143" t="s">
-        <v>986</v>
+        <v>992</v>
       </c>
       <c r="H143" t="s">
-        <v>987</v>
+        <v>993</v>
       </c>
       <c r="I143" t="n">
         <v>0.0</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>988</v>
+        <v>994</v>
       </c>
       <c r="L143" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="M143" t="s">
         <v>20</v>
       </c>
       <c r="N143" t="s">
-        <v>990</v>
+        <v>239</v>
       </c>
       <c r="O143" t="s">
-        <v>406</v>
+        <v>625</v>
       </c>
       <c r="P143" t="s">
-        <v>189</v>
+        <v>626</v>
       </c>
       <c r="Q143" t="s">
-        <v>190</v>
+        <v>87</v>
       </c>
       <c r="R143" t="s">
-        <v>407</v>
+        <v>627</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>18</v>
       </c>
       <c r="B144" t="s">
-        <v>991</v>
+        <v>996</v>
       </c>
       <c r="C144" t="s">
         <v>20</v>
       </c>
       <c r="D144" t="s">
         <v>20</v>
       </c>
       <c r="E144" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="F144" t="s">
         <v>20</v>
       </c>
       <c r="G144" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="H144" t="s">
-        <v>994</v>
+        <v>999</v>
       </c>
       <c r="I144" t="n">
         <v>0.0</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>995</v>
+        <v>1000</v>
       </c>
       <c r="L144" t="s">
-        <v>207</v>
+        <v>893</v>
       </c>
       <c r="M144" t="s">
         <v>20</v>
       </c>
       <c r="N144" t="s">
-        <v>990</v>
+        <v>239</v>
       </c>
       <c r="O144" t="s">
-        <v>699</v>
+        <v>1001</v>
       </c>
       <c r="P144" t="s">
-        <v>700</v>
+        <v>1002</v>
       </c>
       <c r="Q144" t="s">
-        <v>701</v>
+        <v>1003</v>
       </c>
       <c r="R144" t="s">
-        <v>702</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>18</v>
       </c>
       <c r="B145" t="s">
-        <v>996</v>
+        <v>1005</v>
       </c>
       <c r="C145" t="s">
         <v>20</v>
       </c>
       <c r="D145" t="s">
         <v>20</v>
       </c>
       <c r="E145" t="s">
-        <v>997</v>
+        <v>1006</v>
       </c>
       <c r="F145" t="s">
         <v>20</v>
       </c>
       <c r="G145" t="s">
-        <v>998</v>
+        <v>1007</v>
       </c>
       <c r="H145" t="s">
-        <v>999</v>
+        <v>1008</v>
       </c>
       <c r="I145" t="n">
         <v>0.0</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>1000</v>
+        <v>1009</v>
       </c>
       <c r="L145" t="s">
-        <v>708</v>
+        <v>1010</v>
       </c>
       <c r="M145" t="s">
         <v>20</v>
       </c>
       <c r="N145" t="s">
-        <v>990</v>
+        <v>1011</v>
       </c>
       <c r="O145" t="s">
-        <v>263</v>
+        <v>95</v>
       </c>
       <c r="P145" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="Q145" t="s">
-        <v>51</v>
+        <v>97</v>
       </c>
       <c r="R145" t="s">
-        <v>264</v>
+        <v>98</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>18</v>
       </c>
       <c r="B146" t="s">
-        <v>1001</v>
+        <v>1012</v>
       </c>
       <c r="C146" t="s">
         <v>20</v>
       </c>
       <c r="D146" t="s">
         <v>20</v>
       </c>
       <c r="E146" t="s">
-        <v>1002</v>
+        <v>1013</v>
       </c>
       <c r="F146" t="s">
         <v>20</v>
       </c>
       <c r="G146" t="s">
-        <v>1003</v>
+        <v>1014</v>
       </c>
       <c r="H146" t="s">
-        <v>1004</v>
+        <v>1015</v>
       </c>
       <c r="I146" t="n">
         <v>0.0</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>1005</v>
+        <v>1016</v>
       </c>
       <c r="L146" t="s">
-        <v>596</v>
+        <v>251</v>
       </c>
       <c r="M146" t="s">
         <v>20</v>
       </c>
       <c r="N146" t="s">
-        <v>102</v>
+        <v>1017</v>
       </c>
       <c r="O146" t="s">
-        <v>113</v>
+        <v>95</v>
       </c>
       <c r="P146" t="s">
-        <v>114</v>
+        <v>96</v>
       </c>
       <c r="Q146" t="s">
-        <v>115</v>
+        <v>97</v>
       </c>
       <c r="R146" t="s">
-        <v>116</v>
+        <v>98</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>18</v>
       </c>
       <c r="B147" t="s">
-        <v>1006</v>
+        <v>1018</v>
       </c>
       <c r="C147" t="s">
         <v>20</v>
       </c>
       <c r="D147" t="s">
         <v>20</v>
       </c>
       <c r="E147" t="s">
-        <v>1007</v>
+        <v>1019</v>
       </c>
       <c r="F147" t="s">
         <v>20</v>
       </c>
       <c r="G147" t="s">
-        <v>1008</v>
+        <v>1020</v>
       </c>
       <c r="H147" t="s">
-        <v>1009</v>
+        <v>1021</v>
       </c>
       <c r="I147" t="n">
         <v>0.0</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>1010</v>
+        <v>1022</v>
       </c>
       <c r="L147" t="s">
-        <v>1011</v>
+        <v>1023</v>
       </c>
       <c r="M147" t="s">
         <v>20</v>
       </c>
       <c r="N147" t="s">
-        <v>1012</v>
+        <v>1024</v>
       </c>
       <c r="O147" t="s">
-        <v>221</v>
+        <v>273</v>
       </c>
       <c r="P147" t="s">
-        <v>222</v>
+        <v>274</v>
       </c>
       <c r="Q147" t="s">
-        <v>223</v>
+        <v>40</v>
       </c>
       <c r="R147" t="s">
-        <v>224</v>
+        <v>275</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>18</v>
       </c>
       <c r="B148" t="s">
-        <v>1013</v>
+        <v>1025</v>
       </c>
       <c r="C148" t="s">
         <v>20</v>
       </c>
       <c r="D148" t="s">
         <v>20</v>
       </c>
       <c r="E148" t="s">
-        <v>1014</v>
+        <v>1026</v>
       </c>
       <c r="F148" t="s">
         <v>20</v>
       </c>
       <c r="G148" t="s">
-        <v>1015</v>
+        <v>1027</v>
       </c>
       <c r="H148" t="s">
-        <v>1016</v>
+        <v>1028</v>
       </c>
       <c r="I148" t="n">
         <v>0.0</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>1017</v>
+        <v>1029</v>
       </c>
       <c r="L148" t="s">
-        <v>1018</v>
+        <v>351</v>
       </c>
       <c r="M148" t="s">
         <v>20</v>
       </c>
       <c r="N148" t="s">
-        <v>1019</v>
+        <v>195</v>
       </c>
       <c r="O148" t="s">
-        <v>664</v>
+        <v>95</v>
       </c>
       <c r="P148" t="s">
-        <v>665</v>
+        <v>96</v>
       </c>
       <c r="Q148" t="s">
-        <v>538</v>
+        <v>97</v>
       </c>
       <c r="R148" t="s">
-        <v>666</v>
+        <v>98</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>18</v>
       </c>
       <c r="B149" t="s">
-        <v>1020</v>
+        <v>1030</v>
       </c>
       <c r="C149" t="s">
         <v>20</v>
       </c>
       <c r="D149" t="s">
         <v>20</v>
       </c>
       <c r="E149" t="s">
-        <v>1021</v>
+        <v>1031</v>
       </c>
       <c r="F149" t="s">
         <v>20</v>
       </c>
       <c r="G149" t="s">
-        <v>1022</v>
+        <v>1032</v>
       </c>
       <c r="H149" t="s">
-        <v>1023</v>
+        <v>1033</v>
       </c>
       <c r="I149" t="n">
         <v>0.0</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>1024</v>
+        <v>1034</v>
       </c>
       <c r="L149" t="s">
-        <v>899</v>
+        <v>1035</v>
       </c>
       <c r="M149" t="s">
         <v>20</v>
       </c>
       <c r="N149" t="s">
-        <v>1019</v>
+        <v>1036</v>
       </c>
       <c r="O149" t="s">
-        <v>699</v>
+        <v>487</v>
       </c>
       <c r="P149" t="s">
-        <v>700</v>
+        <v>274</v>
       </c>
       <c r="Q149" t="s">
-        <v>701</v>
+        <v>40</v>
       </c>
       <c r="R149" t="s">
-        <v>702</v>
+        <v>488</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>18</v>
       </c>
       <c r="B150" t="s">
-        <v>1025</v>
+        <v>1037</v>
       </c>
       <c r="C150" t="s">
         <v>20</v>
       </c>
       <c r="D150" t="s">
         <v>20</v>
       </c>
       <c r="E150" t="s">
-        <v>1026</v>
+        <v>1038</v>
       </c>
       <c r="F150" t="s">
         <v>20</v>
       </c>
       <c r="G150" t="s">
-        <v>1027</v>
+        <v>1039</v>
       </c>
       <c r="H150" t="s">
-        <v>1028</v>
+        <v>1040</v>
       </c>
       <c r="I150" t="n">
         <v>0.0</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>1029</v>
+        <v>1041</v>
       </c>
       <c r="L150" t="s">
-        <v>1030</v>
+        <v>770</v>
       </c>
       <c r="M150" t="s">
         <v>20</v>
       </c>
       <c r="N150" t="s">
-        <v>150</v>
+        <v>1036</v>
       </c>
       <c r="O150" t="s">
-        <v>113</v>
+        <v>76</v>
       </c>
       <c r="P150" t="s">
-        <v>114</v>
+        <v>77</v>
       </c>
       <c r="Q150" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="R150" t="s">
-        <v>116</v>
+        <v>78</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>18</v>
       </c>
       <c r="B151" t="s">
-        <v>1031</v>
+        <v>1042</v>
       </c>
       <c r="C151" t="s">
         <v>20</v>
       </c>
       <c r="D151" t="s">
         <v>20</v>
       </c>
       <c r="E151" t="s">
-        <v>1032</v>
+        <v>1043</v>
       </c>
       <c r="F151" t="s">
         <v>20</v>
       </c>
       <c r="G151" t="s">
-        <v>1033</v>
+        <v>1044</v>
       </c>
       <c r="H151" t="s">
-        <v>1034</v>
+        <v>1045</v>
       </c>
       <c r="I151" t="n">
         <v>0.0</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>1035</v>
+        <v>1046</v>
       </c>
       <c r="L151" t="s">
-        <v>1036</v>
+        <v>674</v>
       </c>
       <c r="M151" t="s">
         <v>20</v>
       </c>
       <c r="N151" t="s">
-        <v>869</v>
+        <v>195</v>
       </c>
       <c r="O151" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="P151" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="Q151" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="R151" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>18</v>
       </c>
       <c r="B152" t="s">
-        <v>1037</v>
+        <v>1047</v>
       </c>
       <c r="C152" t="s">
         <v>20</v>
       </c>
       <c r="D152" t="s">
         <v>20</v>
       </c>
       <c r="E152" t="s">
-        <v>1038</v>
+        <v>1048</v>
       </c>
       <c r="F152" t="s">
         <v>20</v>
       </c>
       <c r="G152" t="s">
-        <v>1039</v>
+        <v>1049</v>
       </c>
       <c r="H152" t="s">
-        <v>1040</v>
+        <v>1050</v>
       </c>
       <c r="I152" t="n">
         <v>0.0</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>833</v>
+        <v>1051</v>
       </c>
       <c r="L152" t="s">
-        <v>1041</v>
+        <v>1052</v>
       </c>
       <c r="M152" t="s">
         <v>20</v>
       </c>
       <c r="N152" t="s">
-        <v>214</v>
+        <v>1053</v>
       </c>
       <c r="O152" t="s">
-        <v>547</v>
+        <v>305</v>
       </c>
       <c r="P152" t="s">
-        <v>548</v>
+        <v>306</v>
       </c>
       <c r="Q152" t="s">
-        <v>165</v>
+        <v>107</v>
       </c>
       <c r="R152" t="s">
-        <v>549</v>
+        <v>307</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>18</v>
       </c>
       <c r="B153" t="s">
-        <v>1042</v>
+        <v>1054</v>
       </c>
       <c r="C153" t="s">
         <v>20</v>
       </c>
       <c r="D153" t="s">
         <v>20</v>
       </c>
       <c r="E153" t="s">
-        <v>1043</v>
+        <v>1055</v>
       </c>
       <c r="F153" t="s">
         <v>20</v>
       </c>
       <c r="G153" t="s">
-        <v>1044</v>
+        <v>1056</v>
       </c>
       <c r="H153" t="s">
-        <v>1045</v>
+        <v>1057</v>
       </c>
       <c r="I153" t="n">
         <v>0.0</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>1046</v>
+        <v>1058</v>
       </c>
       <c r="L153" t="s">
-        <v>676</v>
+        <v>1059</v>
       </c>
       <c r="M153" t="s">
         <v>20</v>
       </c>
       <c r="N153" t="s">
-        <v>214</v>
+        <v>1060</v>
       </c>
       <c r="O153" t="s">
-        <v>263</v>
+        <v>742</v>
       </c>
       <c r="P153" t="s">
-        <v>50</v>
+        <v>743</v>
       </c>
       <c r="Q153" t="s">
-        <v>51</v>
+        <v>616</v>
       </c>
       <c r="R153" t="s">
-        <v>264</v>
+        <v>744</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>18</v>
       </c>
       <c r="B154" t="s">
-        <v>1047</v>
+        <v>1061</v>
       </c>
       <c r="C154" t="s">
         <v>20</v>
       </c>
       <c r="D154" t="s">
         <v>20</v>
       </c>
       <c r="E154" t="s">
-        <v>1048</v>
+        <v>1062</v>
       </c>
       <c r="F154" t="s">
         <v>20</v>
       </c>
       <c r="G154" t="s">
-        <v>1049</v>
+        <v>1063</v>
       </c>
       <c r="H154" t="s">
-        <v>1050</v>
+        <v>1064</v>
       </c>
       <c r="I154" t="n">
         <v>0.0</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>1051</v>
+        <v>1065</v>
       </c>
       <c r="L154" t="s">
-        <v>1052</v>
+        <v>941</v>
       </c>
       <c r="M154" t="s">
         <v>20</v>
       </c>
       <c r="N154" t="s">
-        <v>214</v>
+        <v>1060</v>
       </c>
       <c r="O154" t="s">
-        <v>113</v>
+        <v>1001</v>
       </c>
       <c r="P154" t="s">
-        <v>114</v>
+        <v>1002</v>
       </c>
       <c r="Q154" t="s">
-        <v>115</v>
+        <v>1003</v>
       </c>
       <c r="R154" t="s">
-        <v>116</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>18</v>
       </c>
       <c r="B155" t="s">
-        <v>1053</v>
+        <v>1066</v>
       </c>
       <c r="C155" t="s">
         <v>20</v>
       </c>
       <c r="D155" t="s">
         <v>20</v>
       </c>
       <c r="E155" t="s">
-        <v>1054</v>
+        <v>1067</v>
       </c>
       <c r="F155" t="s">
         <v>20</v>
       </c>
       <c r="G155" t="s">
-        <v>1055</v>
+        <v>1068</v>
       </c>
       <c r="H155" t="s">
-        <v>1056</v>
+        <v>1069</v>
       </c>
       <c r="I155" t="n">
         <v>0.0</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>828</v>
+        <v>1070</v>
       </c>
       <c r="L155" t="s">
-        <v>37</v>
+        <v>1071</v>
       </c>
       <c r="M155" t="s">
         <v>20</v>
       </c>
       <c r="N155" t="s">
-        <v>1057</v>
+        <v>239</v>
       </c>
       <c r="O155" t="s">
-        <v>113</v>
+        <v>95</v>
       </c>
       <c r="P155" t="s">
-        <v>114</v>
+        <v>96</v>
       </c>
       <c r="Q155" t="s">
-        <v>115</v>
+        <v>97</v>
       </c>
       <c r="R155" t="s">
-        <v>116</v>
+        <v>98</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>18</v>
       </c>
       <c r="B156" t="s">
-        <v>1058</v>
+        <v>1072</v>
       </c>
       <c r="C156" t="s">
         <v>20</v>
       </c>
       <c r="D156" t="s">
         <v>20</v>
       </c>
       <c r="E156" t="s">
-        <v>1059</v>
+        <v>1073</v>
       </c>
       <c r="F156" t="s">
         <v>20</v>
       </c>
       <c r="G156" t="s">
-        <v>1060</v>
+        <v>1074</v>
       </c>
       <c r="H156" t="s">
-        <v>1061</v>
+        <v>1075</v>
       </c>
       <c r="I156" t="n">
         <v>0.0</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>1062</v>
+        <v>1076</v>
       </c>
       <c r="L156" t="s">
-        <v>681</v>
+        <v>1077</v>
       </c>
       <c r="M156" t="s">
         <v>20</v>
       </c>
       <c r="N156" t="s">
-        <v>246</v>
+        <v>912</v>
       </c>
       <c r="O156" t="s">
-        <v>221</v>
+        <v>196</v>
       </c>
       <c r="P156" t="s">
-        <v>222</v>
+        <v>197</v>
       </c>
       <c r="Q156" t="s">
-        <v>223</v>
+        <v>198</v>
       </c>
       <c r="R156" t="s">
-        <v>224</v>
+        <v>199</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>18</v>
       </c>
       <c r="B157" t="s">
-        <v>1063</v>
+        <v>1078</v>
       </c>
       <c r="C157" t="s">
         <v>20</v>
       </c>
       <c r="D157" t="s">
         <v>20</v>
       </c>
       <c r="E157" t="s">
-        <v>1064</v>
+        <v>1079</v>
       </c>
       <c r="F157" t="s">
         <v>20</v>
       </c>
       <c r="G157" t="s">
-        <v>1065</v>
+        <v>1080</v>
       </c>
       <c r="H157" t="s">
-        <v>1066</v>
+        <v>1081</v>
       </c>
       <c r="I157" t="n">
         <v>0.0</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>1067</v>
+        <v>876</v>
       </c>
       <c r="L157" t="s">
-        <v>287</v>
+        <v>1082</v>
       </c>
       <c r="M157" t="s">
         <v>20</v>
       </c>
       <c r="N157" t="s">
-        <v>493</v>
+        <v>298</v>
       </c>
       <c r="O157" t="s">
-        <v>253</v>
+        <v>625</v>
       </c>
       <c r="P157" t="s">
-        <v>254</v>
+        <v>626</v>
       </c>
       <c r="Q157" t="s">
-        <v>255</v>
+        <v>87</v>
       </c>
       <c r="R157" t="s">
-        <v>256</v>
+        <v>627</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>18</v>
       </c>
       <c r="B158" t="s">
-        <v>1068</v>
+        <v>1083</v>
       </c>
       <c r="C158" t="s">
         <v>20</v>
       </c>
       <c r="D158" t="s">
         <v>20</v>
       </c>
       <c r="E158" t="s">
-        <v>1064</v>
+        <v>1084</v>
       </c>
       <c r="F158" t="s">
         <v>20</v>
       </c>
       <c r="G158" t="s">
-        <v>1069</v>
+        <v>1085</v>
       </c>
       <c r="H158" t="s">
-        <v>1070</v>
+        <v>1086</v>
       </c>
       <c r="I158" t="n">
         <v>0.0</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>1071</v>
+        <v>1087</v>
       </c>
       <c r="L158" t="s">
-        <v>355</v>
+        <v>754</v>
       </c>
       <c r="M158" t="s">
         <v>20</v>
       </c>
       <c r="N158" t="s">
-        <v>493</v>
+        <v>298</v>
       </c>
       <c r="O158" t="s">
-        <v>253</v>
+        <v>76</v>
       </c>
       <c r="P158" t="s">
-        <v>254</v>
+        <v>77</v>
       </c>
       <c r="Q158" t="s">
-        <v>255</v>
+        <v>30</v>
       </c>
       <c r="R158" t="s">
-        <v>256</v>
+        <v>78</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
         <v>18</v>
       </c>
       <c r="B159" t="s">
-        <v>1072</v>
+        <v>1088</v>
       </c>
       <c r="C159" t="s">
         <v>20</v>
       </c>
       <c r="D159" t="s">
         <v>20</v>
       </c>
       <c r="E159" t="s">
-        <v>1064</v>
+        <v>1089</v>
       </c>
       <c r="F159" t="s">
         <v>20</v>
       </c>
       <c r="G159" t="s">
-        <v>1073</v>
+        <v>1090</v>
       </c>
       <c r="H159" t="s">
-        <v>1074</v>
+        <v>1091</v>
       </c>
       <c r="I159" t="n">
         <v>0.0</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>1075</v>
+        <v>1092</v>
       </c>
       <c r="L159" t="s">
-        <v>1076</v>
+        <v>1093</v>
       </c>
       <c r="M159" t="s">
         <v>20</v>
       </c>
       <c r="N159" t="s">
-        <v>493</v>
+        <v>298</v>
       </c>
       <c r="O159" t="s">
-        <v>253</v>
+        <v>95</v>
       </c>
       <c r="P159" t="s">
-        <v>254</v>
+        <v>96</v>
       </c>
       <c r="Q159" t="s">
-        <v>255</v>
+        <v>97</v>
       </c>
       <c r="R159" t="s">
-        <v>256</v>
+        <v>98</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>18</v>
       </c>
       <c r="B160" t="s">
-        <v>1077</v>
+        <v>1094</v>
       </c>
       <c r="C160" t="s">
         <v>20</v>
       </c>
       <c r="D160" t="s">
         <v>20</v>
       </c>
       <c r="E160" t="s">
-        <v>1064</v>
+        <v>1095</v>
       </c>
       <c r="F160" t="s">
         <v>20</v>
       </c>
       <c r="G160" t="s">
-        <v>1078</v>
+        <v>1096</v>
       </c>
       <c r="H160" t="s">
-        <v>1079</v>
+        <v>1097</v>
       </c>
       <c r="I160" t="n">
         <v>0.0</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>1080</v>
+        <v>871</v>
       </c>
       <c r="L160" t="s">
-        <v>519</v>
+        <v>46</v>
       </c>
       <c r="M160" t="s">
         <v>20</v>
       </c>
       <c r="N160" t="s">
-        <v>493</v>
+        <v>1098</v>
       </c>
       <c r="O160" t="s">
-        <v>253</v>
+        <v>95</v>
       </c>
       <c r="P160" t="s">
-        <v>254</v>
+        <v>96</v>
       </c>
       <c r="Q160" t="s">
-        <v>255</v>
+        <v>97</v>
       </c>
       <c r="R160" t="s">
-        <v>256</v>
+        <v>98</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>18</v>
       </c>
       <c r="B161" t="s">
-        <v>1081</v>
+        <v>1099</v>
       </c>
       <c r="C161" t="s">
         <v>20</v>
       </c>
       <c r="D161" t="s">
         <v>20</v>
       </c>
       <c r="E161" t="s">
-        <v>1064</v>
+        <v>1100</v>
       </c>
       <c r="F161" t="s">
         <v>20</v>
       </c>
       <c r="G161" t="s">
-        <v>1082</v>
+        <v>1101</v>
       </c>
       <c r="H161" t="s">
-        <v>1083</v>
+        <v>1102</v>
       </c>
       <c r="I161" t="n">
         <v>0.0</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>1084</v>
+        <v>1103</v>
       </c>
       <c r="L161" t="s">
-        <v>1085</v>
+        <v>759</v>
       </c>
       <c r="M161" t="s">
         <v>20</v>
       </c>
       <c r="N161" t="s">
-        <v>493</v>
+        <v>329</v>
       </c>
       <c r="O161" t="s">
-        <v>253</v>
+        <v>305</v>
       </c>
       <c r="P161" t="s">
-        <v>254</v>
+        <v>306</v>
       </c>
       <c r="Q161" t="s">
-        <v>255</v>
+        <v>107</v>
       </c>
       <c r="R161" t="s">
-        <v>256</v>
+        <v>307</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>18</v>
       </c>
       <c r="B162" t="s">
-        <v>1086</v>
+        <v>1104</v>
       </c>
       <c r="C162" t="s">
         <v>20</v>
       </c>
       <c r="D162" t="s">
         <v>20</v>
       </c>
       <c r="E162" t="s">
-        <v>1064</v>
+        <v>1105</v>
       </c>
       <c r="F162" t="s">
         <v>20</v>
       </c>
       <c r="G162" t="s">
-        <v>1087</v>
+        <v>1106</v>
       </c>
       <c r="H162" t="s">
-        <v>1088</v>
+        <v>1107</v>
       </c>
       <c r="I162" t="n">
         <v>0.0</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>1089</v>
+        <v>1108</v>
       </c>
       <c r="L162" t="s">
-        <v>156</v>
+        <v>368</v>
       </c>
       <c r="M162" t="s">
         <v>20</v>
       </c>
       <c r="N162" t="s">
-        <v>493</v>
+        <v>571</v>
       </c>
       <c r="O162" t="s">
-        <v>253</v>
+        <v>336</v>
       </c>
       <c r="P162" t="s">
-        <v>254</v>
+        <v>337</v>
       </c>
       <c r="Q162" t="s">
-        <v>255</v>
+        <v>338</v>
       </c>
       <c r="R162" t="s">
-        <v>256</v>
+        <v>339</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>18</v>
       </c>
       <c r="B163" t="s">
-        <v>1090</v>
+        <v>1109</v>
       </c>
       <c r="C163" t="s">
         <v>20</v>
       </c>
       <c r="D163" t="s">
         <v>20</v>
       </c>
       <c r="E163" t="s">
-        <v>1091</v>
+        <v>1105</v>
       </c>
       <c r="F163" t="s">
         <v>20</v>
       </c>
       <c r="G163" t="s">
-        <v>1092</v>
+        <v>1110</v>
       </c>
       <c r="H163" t="s">
-        <v>1093</v>
+        <v>1111</v>
       </c>
       <c r="I163" t="n">
         <v>0.0</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>1094</v>
+        <v>1112</v>
       </c>
       <c r="L163" t="s">
-        <v>1095</v>
+        <v>436</v>
       </c>
       <c r="M163" t="s">
         <v>20</v>
       </c>
       <c r="N163" t="s">
-        <v>405</v>
+        <v>571</v>
       </c>
       <c r="O163" t="s">
-        <v>263</v>
+        <v>336</v>
       </c>
       <c r="P163" t="s">
-        <v>50</v>
+        <v>337</v>
       </c>
       <c r="Q163" t="s">
-        <v>51</v>
+        <v>338</v>
       </c>
       <c r="R163" t="s">
-        <v>264</v>
+        <v>339</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>18</v>
       </c>
       <c r="B164" t="s">
-        <v>1096</v>
+        <v>1113</v>
       </c>
       <c r="C164" t="s">
         <v>20</v>
       </c>
       <c r="D164" t="s">
         <v>20</v>
       </c>
       <c r="E164" t="s">
-        <v>1097</v>
+        <v>1105</v>
       </c>
       <c r="F164" t="s">
         <v>20</v>
       </c>
       <c r="G164" t="s">
-        <v>1098</v>
+        <v>1114</v>
       </c>
       <c r="H164" t="s">
-        <v>1099</v>
+        <v>1115</v>
       </c>
       <c r="I164" t="n">
         <v>0.0</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>1100</v>
+        <v>1116</v>
       </c>
       <c r="L164" t="s">
-        <v>404</v>
+        <v>1117</v>
       </c>
       <c r="M164" t="s">
         <v>20</v>
       </c>
       <c r="N164" t="s">
-        <v>479</v>
+        <v>571</v>
       </c>
       <c r="O164" t="s">
-        <v>236</v>
+        <v>336</v>
       </c>
       <c r="P164" t="s">
-        <v>237</v>
+        <v>337</v>
       </c>
       <c r="Q164" t="s">
-        <v>238</v>
+        <v>338</v>
       </c>
       <c r="R164" t="s">
-        <v>239</v>
+        <v>339</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>18</v>
       </c>
       <c r="B165" t="s">
-        <v>1101</v>
+        <v>1118</v>
       </c>
       <c r="C165" t="s">
         <v>20</v>
       </c>
       <c r="D165" t="s">
         <v>20</v>
       </c>
       <c r="E165" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="F165" t="s">
         <v>20</v>
       </c>
       <c r="G165" t="s">
-        <v>1103</v>
+        <v>1119</v>
       </c>
       <c r="H165" t="s">
-        <v>1104</v>
+        <v>1120</v>
       </c>
       <c r="I165" t="n">
         <v>0.0</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>1105</v>
+        <v>1121</v>
       </c>
       <c r="L165" t="s">
-        <v>1106</v>
+        <v>597</v>
       </c>
       <c r="M165" t="s">
         <v>20</v>
       </c>
       <c r="N165" t="s">
-        <v>513</v>
+        <v>571</v>
       </c>
       <c r="O165" t="s">
-        <v>113</v>
+        <v>336</v>
       </c>
       <c r="P165" t="s">
-        <v>114</v>
+        <v>337</v>
       </c>
       <c r="Q165" t="s">
-        <v>115</v>
+        <v>338</v>
       </c>
       <c r="R165" t="s">
-        <v>116</v>
+        <v>339</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
         <v>18</v>
       </c>
       <c r="B166" t="s">
-        <v>1107</v>
+        <v>1122</v>
       </c>
       <c r="C166" t="s">
         <v>20</v>
       </c>
       <c r="D166" t="s">
         <v>20</v>
       </c>
       <c r="E166" t="s">
-        <v>1108</v>
+        <v>1105</v>
       </c>
       <c r="F166" t="s">
         <v>20</v>
       </c>
       <c r="G166" t="s">
-        <v>1109</v>
+        <v>1123</v>
       </c>
       <c r="H166" t="s">
-        <v>1110</v>
+        <v>1124</v>
       </c>
       <c r="I166" t="n">
         <v>0.0</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>1111</v>
+        <v>1125</v>
       </c>
       <c r="L166" t="s">
-        <v>1112</v>
+        <v>1126</v>
       </c>
       <c r="M166" t="s">
         <v>20</v>
       </c>
       <c r="N166" t="s">
-        <v>869</v>
+        <v>571</v>
       </c>
       <c r="O166" t="s">
-        <v>103</v>
+        <v>336</v>
       </c>
       <c r="P166" t="s">
-        <v>104</v>
+        <v>337</v>
       </c>
       <c r="Q166" t="s">
-        <v>105</v>
+        <v>338</v>
       </c>
       <c r="R166" t="s">
-        <v>106</v>
+        <v>339</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>18</v>
       </c>
       <c r="B167" t="s">
-        <v>1113</v>
+        <v>1127</v>
       </c>
       <c r="C167" t="s">
         <v>20</v>
       </c>
       <c r="D167" t="s">
         <v>20</v>
       </c>
       <c r="E167" t="s">
-        <v>1114</v>
+        <v>1105</v>
       </c>
       <c r="F167" t="s">
         <v>20</v>
       </c>
       <c r="G167" t="s">
-        <v>1115</v>
+        <v>1128</v>
       </c>
       <c r="H167" t="s">
-        <v>1116</v>
+        <v>1129</v>
       </c>
       <c r="I167" t="n">
         <v>0.0</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>1117</v>
+        <v>1130</v>
       </c>
       <c r="L167" t="s">
-        <v>1118</v>
+        <v>245</v>
       </c>
       <c r="M167" t="s">
         <v>20</v>
       </c>
       <c r="N167" t="s">
-        <v>102</v>
+        <v>571</v>
       </c>
       <c r="O167" t="s">
-        <v>113</v>
+        <v>336</v>
       </c>
       <c r="P167" t="s">
-        <v>114</v>
+        <v>337</v>
       </c>
       <c r="Q167" t="s">
-        <v>115</v>
+        <v>338</v>
       </c>
       <c r="R167" t="s">
-        <v>116</v>
+        <v>339</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
         <v>18</v>
       </c>
       <c r="B168" t="s">
-        <v>1119</v>
+        <v>1131</v>
       </c>
       <c r="C168" t="s">
         <v>20</v>
       </c>
       <c r="D168" t="s">
         <v>20</v>
       </c>
       <c r="E168" t="s">
-        <v>1120</v>
+        <v>1132</v>
       </c>
       <c r="F168" t="s">
         <v>20</v>
       </c>
       <c r="G168" t="s">
-        <v>1121</v>
+        <v>1133</v>
       </c>
       <c r="H168" t="s">
-        <v>1122</v>
+        <v>1134</v>
       </c>
       <c r="I168" t="n">
         <v>0.0</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>1123</v>
+        <v>1135</v>
       </c>
       <c r="L168" t="s">
-        <v>1124</v>
+        <v>1136</v>
       </c>
       <c r="M168" t="s">
         <v>20</v>
       </c>
       <c r="N168" t="s">
-        <v>102</v>
+        <v>486</v>
       </c>
       <c r="O168" t="s">
-        <v>113</v>
+        <v>76</v>
       </c>
       <c r="P168" t="s">
-        <v>114</v>
+        <v>77</v>
       </c>
       <c r="Q168" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="R168" t="s">
-        <v>116</v>
+        <v>78</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
         <v>18</v>
       </c>
       <c r="B169" t="s">
-        <v>1125</v>
+        <v>1137</v>
       </c>
       <c r="C169" t="s">
         <v>20</v>
       </c>
       <c r="D169" t="s">
         <v>20</v>
       </c>
       <c r="E169" t="s">
-        <v>1126</v>
+        <v>1138</v>
       </c>
       <c r="F169" t="s">
         <v>20</v>
       </c>
       <c r="G169" t="s">
-        <v>1127</v>
+        <v>1139</v>
       </c>
       <c r="H169" t="s">
-        <v>1128</v>
+        <v>1140</v>
       </c>
       <c r="I169" t="n">
         <v>0.0</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
-        <v>1129</v>
+        <v>1141</v>
       </c>
       <c r="L169" t="s">
-        <v>1130</v>
+        <v>485</v>
       </c>
       <c r="M169" t="s">
         <v>20</v>
       </c>
       <c r="N169" t="s">
-        <v>102</v>
+        <v>557</v>
       </c>
       <c r="O169" t="s">
-        <v>113</v>
+        <v>319</v>
       </c>
       <c r="P169" t="s">
-        <v>114</v>
+        <v>320</v>
       </c>
       <c r="Q169" t="s">
-        <v>115</v>
+        <v>321</v>
       </c>
       <c r="R169" t="s">
-        <v>116</v>
+        <v>322</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
         <v>18</v>
       </c>
       <c r="B170" t="s">
-        <v>1131</v>
+        <v>1142</v>
       </c>
       <c r="C170" t="s">
         <v>20</v>
       </c>
       <c r="D170" t="s">
         <v>20</v>
       </c>
       <c r="E170" t="s">
-        <v>1132</v>
+        <v>1143</v>
       </c>
       <c r="F170" t="s">
         <v>20</v>
       </c>
       <c r="G170" t="s">
-        <v>1133</v>
+        <v>1144</v>
       </c>
       <c r="H170" t="s">
-        <v>1134</v>
+        <v>1145</v>
       </c>
       <c r="I170" t="n">
         <v>0.0</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>1135</v>
+        <v>1146</v>
       </c>
       <c r="L170" t="s">
-        <v>1136</v>
+        <v>1147</v>
       </c>
       <c r="M170" t="s">
         <v>20</v>
       </c>
       <c r="N170" t="s">
-        <v>1137</v>
+        <v>591</v>
       </c>
       <c r="O170" t="s">
-        <v>369</v>
+        <v>95</v>
       </c>
       <c r="P170" t="s">
-        <v>370</v>
+        <v>96</v>
       </c>
       <c r="Q170" t="s">
-        <v>371</v>
+        <v>97</v>
       </c>
       <c r="R170" t="s">
-        <v>372</v>
+        <v>98</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
         <v>18</v>
       </c>
       <c r="B171" t="s">
-        <v>1138</v>
+        <v>1148</v>
       </c>
       <c r="C171" t="s">
         <v>20</v>
       </c>
       <c r="D171" t="s">
         <v>20</v>
       </c>
       <c r="E171" t="s">
-        <v>1139</v>
+        <v>1149</v>
       </c>
       <c r="F171" t="s">
         <v>20</v>
       </c>
       <c r="G171" t="s">
-        <v>1140</v>
+        <v>1150</v>
       </c>
       <c r="H171" t="s">
-        <v>1141</v>
+        <v>1151</v>
       </c>
       <c r="I171" t="n">
         <v>0.0</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>1142</v>
+        <v>1152</v>
       </c>
       <c r="L171" t="s">
-        <v>1143</v>
+        <v>1153</v>
       </c>
       <c r="M171" t="s">
         <v>20</v>
       </c>
       <c r="N171" t="s">
-        <v>546</v>
+        <v>912</v>
       </c>
       <c r="O171" t="s">
-        <v>221</v>
+        <v>196</v>
       </c>
       <c r="P171" t="s">
-        <v>222</v>
+        <v>197</v>
       </c>
       <c r="Q171" t="s">
-        <v>223</v>
+        <v>198</v>
       </c>
       <c r="R171" t="s">
-        <v>224</v>
+        <v>199</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
         <v>18</v>
       </c>
       <c r="B172" t="s">
-        <v>1144</v>
+        <v>1154</v>
       </c>
       <c r="C172" t="s">
         <v>20</v>
       </c>
       <c r="D172" t="s">
         <v>20</v>
       </c>
       <c r="E172" t="s">
-        <v>1145</v>
+        <v>1155</v>
       </c>
       <c r="F172" t="s">
         <v>20</v>
       </c>
       <c r="G172" t="s">
-        <v>1146</v>
+        <v>1156</v>
       </c>
       <c r="H172" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
       <c r="I172" t="n">
         <v>0.0</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>1148</v>
+        <v>1158</v>
       </c>
       <c r="L172" t="s">
-        <v>1149</v>
+        <v>1159</v>
       </c>
       <c r="M172" t="s">
         <v>20</v>
       </c>
       <c r="N172" t="s">
-        <v>603</v>
+        <v>195</v>
       </c>
       <c r="O172" t="s">
-        <v>236</v>
+        <v>95</v>
       </c>
       <c r="P172" t="s">
-        <v>237</v>
+        <v>96</v>
       </c>
       <c r="Q172" t="s">
-        <v>238</v>
+        <v>97</v>
       </c>
       <c r="R172" t="s">
-        <v>239</v>
+        <v>98</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
         <v>18</v>
       </c>
       <c r="B173" t="s">
-        <v>1150</v>
+        <v>1160</v>
       </c>
       <c r="C173" t="s">
         <v>20</v>
       </c>
       <c r="D173" t="s">
         <v>20</v>
       </c>
       <c r="E173" t="s">
-        <v>1151</v>
+        <v>1161</v>
       </c>
       <c r="F173" t="s">
         <v>20</v>
       </c>
       <c r="G173" t="s">
-        <v>1152</v>
+        <v>1162</v>
       </c>
       <c r="H173" t="s">
-        <v>1153</v>
+        <v>1163</v>
       </c>
       <c r="I173" t="n">
         <v>0.0</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>1154</v>
+        <v>1164</v>
       </c>
       <c r="L173" t="s">
-        <v>817</v>
+        <v>1165</v>
       </c>
       <c r="M173" t="s">
         <v>20</v>
       </c>
       <c r="N173" t="s">
-        <v>603</v>
+        <v>195</v>
       </c>
       <c r="O173" t="s">
-        <v>369</v>
+        <v>95</v>
       </c>
       <c r="P173" t="s">
-        <v>370</v>
+        <v>96</v>
       </c>
       <c r="Q173" t="s">
-        <v>371</v>
+        <v>97</v>
       </c>
       <c r="R173" t="s">
-        <v>372</v>
+        <v>98</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
         <v>18</v>
       </c>
       <c r="B174" t="s">
-        <v>1155</v>
+        <v>1166</v>
       </c>
       <c r="C174" t="s">
         <v>20</v>
       </c>
       <c r="D174" t="s">
         <v>20</v>
       </c>
       <c r="E174" t="s">
-        <v>1156</v>
+        <v>1167</v>
       </c>
       <c r="F174" t="s">
         <v>20</v>
       </c>
       <c r="G174" t="s">
-        <v>1157</v>
+        <v>1168</v>
       </c>
       <c r="H174" t="s">
-        <v>1158</v>
+        <v>1169</v>
       </c>
       <c r="I174" t="n">
         <v>0.0</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>1159</v>
+        <v>1170</v>
       </c>
       <c r="L174" t="s">
-        <v>1160</v>
+        <v>1171</v>
       </c>
       <c r="M174" t="s">
         <v>20</v>
       </c>
       <c r="N174" t="s">
-        <v>493</v>
+        <v>195</v>
       </c>
       <c r="O174" t="s">
-        <v>221</v>
+        <v>95</v>
       </c>
       <c r="P174" t="s">
-        <v>222</v>
+        <v>96</v>
       </c>
       <c r="Q174" t="s">
-        <v>223</v>
+        <v>97</v>
       </c>
       <c r="R174" t="s">
-        <v>224</v>
+        <v>98</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
         <v>18</v>
       </c>
       <c r="B175" t="s">
-        <v>1161</v>
+        <v>1172</v>
       </c>
       <c r="C175" t="s">
         <v>20</v>
       </c>
       <c r="D175" t="s">
         <v>20</v>
       </c>
       <c r="E175" t="s">
-        <v>1156</v>
+        <v>1173</v>
       </c>
       <c r="F175" t="s">
         <v>20</v>
       </c>
       <c r="G175" t="s">
-        <v>1162</v>
+        <v>1174</v>
       </c>
       <c r="H175" t="s">
-        <v>1163</v>
+        <v>1175</v>
       </c>
       <c r="I175" t="n">
         <v>0.0</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>1164</v>
+        <v>1176</v>
       </c>
       <c r="L175" t="s">
-        <v>1165</v>
+        <v>1177</v>
       </c>
       <c r="M175" t="s">
         <v>20</v>
       </c>
       <c r="N175" t="s">
-        <v>698</v>
+        <v>1178</v>
       </c>
       <c r="O175" t="s">
-        <v>664</v>
+        <v>450</v>
       </c>
       <c r="P175" t="s">
-        <v>665</v>
+        <v>451</v>
       </c>
       <c r="Q175" t="s">
-        <v>538</v>
+        <v>452</v>
       </c>
       <c r="R175" t="s">
-        <v>666</v>
+        <v>453</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
         <v>18</v>
       </c>
       <c r="B176" t="s">
-        <v>1166</v>
+        <v>1179</v>
       </c>
       <c r="C176" t="s">
         <v>20</v>
       </c>
       <c r="D176" t="s">
         <v>20</v>
       </c>
       <c r="E176" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="F176" t="s">
         <v>20</v>
       </c>
       <c r="G176" t="s">
-        <v>1168</v>
+        <v>1180</v>
       </c>
       <c r="H176" t="s">
-        <v>1169</v>
+        <v>1181</v>
       </c>
       <c r="I176" t="n">
         <v>0.0</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>1170</v>
+        <v>1182</v>
       </c>
       <c r="L176" t="s">
-        <v>862</v>
+        <v>46</v>
       </c>
       <c r="M176" t="s">
         <v>20</v>
       </c>
       <c r="N176" t="s">
-        <v>760</v>
+        <v>688</v>
       </c>
       <c r="O176" t="s">
-        <v>253</v>
+        <v>1183</v>
       </c>
       <c r="P176" t="s">
-        <v>254</v>
+        <v>1184</v>
       </c>
       <c r="Q176" t="s">
-        <v>255</v>
+        <v>87</v>
       </c>
       <c r="R176" t="s">
-        <v>256</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
         <v>18</v>
       </c>
       <c r="B177" t="s">
-        <v>1171</v>
+        <v>1186</v>
       </c>
       <c r="C177" t="s">
         <v>20</v>
       </c>
       <c r="D177" t="s">
         <v>20</v>
       </c>
       <c r="E177" t="s">
-        <v>1172</v>
+        <v>1187</v>
       </c>
       <c r="F177" t="s">
         <v>20</v>
       </c>
       <c r="G177" t="s">
-        <v>1173</v>
+        <v>1188</v>
       </c>
       <c r="H177" t="s">
-        <v>1174</v>
+        <v>1189</v>
       </c>
       <c r="I177" t="n">
         <v>0.0</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
-        <v>1175</v>
+        <v>1190</v>
       </c>
       <c r="L177" t="s">
-        <v>1176</v>
+        <v>1191</v>
       </c>
       <c r="M177" t="s">
         <v>20</v>
       </c>
       <c r="N177" t="s">
-        <v>1177</v>
+        <v>624</v>
       </c>
       <c r="O177" t="s">
-        <v>221</v>
+        <v>305</v>
       </c>
       <c r="P177" t="s">
-        <v>222</v>
+        <v>306</v>
       </c>
       <c r="Q177" t="s">
-        <v>223</v>
+        <v>107</v>
       </c>
       <c r="R177" t="s">
-        <v>224</v>
+        <v>307</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
         <v>18</v>
       </c>
       <c r="B178" t="s">
-        <v>1178</v>
+        <v>1192</v>
       </c>
       <c r="C178" t="s">
         <v>20</v>
       </c>
       <c r="D178" t="s">
         <v>20</v>
       </c>
       <c r="E178" t="s">
-        <v>1172</v>
+        <v>1193</v>
       </c>
       <c r="F178" t="s">
         <v>20</v>
       </c>
       <c r="G178" t="s">
-        <v>1179</v>
+        <v>1194</v>
       </c>
       <c r="H178" t="s">
-        <v>1180</v>
+        <v>1195</v>
       </c>
       <c r="I178" t="n">
         <v>0.0</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>1181</v>
+        <v>1196</v>
       </c>
       <c r="L178" t="s">
-        <v>1149</v>
+        <v>1197</v>
       </c>
       <c r="M178" t="s">
         <v>20</v>
       </c>
       <c r="N178" t="s">
-        <v>792</v>
+        <v>681</v>
       </c>
       <c r="O178" t="s">
-        <v>113</v>
+        <v>319</v>
       </c>
       <c r="P178" t="s">
-        <v>114</v>
+        <v>320</v>
       </c>
       <c r="Q178" t="s">
-        <v>115</v>
+        <v>321</v>
       </c>
       <c r="R178" t="s">
-        <v>116</v>
+        <v>322</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
         <v>18</v>
       </c>
       <c r="B179" t="s">
-        <v>1182</v>
+        <v>1198</v>
       </c>
       <c r="C179" t="s">
         <v>20</v>
       </c>
       <c r="D179" t="s">
         <v>20</v>
       </c>
       <c r="E179" t="s">
-        <v>1172</v>
+        <v>1199</v>
       </c>
       <c r="F179" t="s">
         <v>20</v>
       </c>
       <c r="G179" t="s">
-        <v>1183</v>
+        <v>1200</v>
       </c>
       <c r="H179" t="s">
-        <v>1184</v>
+        <v>1201</v>
       </c>
       <c r="I179" t="n">
         <v>0.0</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>1185</v>
+        <v>1202</v>
       </c>
       <c r="L179" t="s">
-        <v>1095</v>
+        <v>860</v>
       </c>
       <c r="M179" t="s">
         <v>20</v>
       </c>
       <c r="N179" t="s">
-        <v>792</v>
+        <v>681</v>
       </c>
       <c r="O179" t="s">
-        <v>236</v>
+        <v>450</v>
       </c>
       <c r="P179" t="s">
-        <v>237</v>
+        <v>451</v>
       </c>
       <c r="Q179" t="s">
-        <v>238</v>
+        <v>452</v>
       </c>
       <c r="R179" t="s">
-        <v>239</v>
+        <v>453</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
         <v>18</v>
       </c>
       <c r="B180" t="s">
-        <v>1186</v>
+        <v>1203</v>
       </c>
       <c r="C180" t="s">
         <v>20</v>
       </c>
       <c r="D180" t="s">
         <v>20</v>
       </c>
       <c r="E180" t="s">
-        <v>1187</v>
+        <v>1204</v>
       </c>
       <c r="F180" t="s">
         <v>20</v>
       </c>
       <c r="G180" t="s">
-        <v>1188</v>
+        <v>1205</v>
       </c>
       <c r="H180" t="s">
-        <v>1189</v>
+        <v>1206</v>
       </c>
       <c r="I180" t="n">
         <v>0.0</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>1190</v>
+        <v>1207</v>
       </c>
       <c r="L180" t="s">
-        <v>899</v>
+        <v>1208</v>
       </c>
       <c r="M180" t="s">
         <v>20</v>
       </c>
       <c r="N180" t="s">
-        <v>760</v>
+        <v>571</v>
       </c>
       <c r="O180" t="s">
-        <v>369</v>
+        <v>305</v>
       </c>
       <c r="P180" t="s">
-        <v>370</v>
+        <v>306</v>
       </c>
       <c r="Q180" t="s">
-        <v>371</v>
+        <v>107</v>
       </c>
       <c r="R180" t="s">
-        <v>372</v>
+        <v>307</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
         <v>18</v>
       </c>
       <c r="B181" t="s">
-        <v>1191</v>
+        <v>1209</v>
       </c>
       <c r="C181" t="s">
         <v>20</v>
       </c>
       <c r="D181" t="s">
         <v>20</v>
       </c>
       <c r="E181" t="s">
-        <v>1192</v>
+        <v>1204</v>
       </c>
       <c r="F181" t="s">
         <v>20</v>
       </c>
       <c r="G181" t="s">
-        <v>1193</v>
+        <v>1210</v>
       </c>
       <c r="H181" t="s">
-        <v>1194</v>
+        <v>1211</v>
       </c>
       <c r="I181" t="n">
         <v>0.0</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>1195</v>
+        <v>1212</v>
       </c>
       <c r="L181" t="s">
-        <v>1118</v>
+        <v>1213</v>
       </c>
       <c r="M181" t="s">
         <v>20</v>
       </c>
       <c r="N181" t="s">
-        <v>792</v>
+        <v>771</v>
       </c>
       <c r="O181" t="s">
-        <v>263</v>
+        <v>742</v>
       </c>
       <c r="P181" t="s">
-        <v>50</v>
+        <v>743</v>
       </c>
       <c r="Q181" t="s">
-        <v>51</v>
+        <v>616</v>
       </c>
       <c r="R181" t="s">
-        <v>264</v>
+        <v>744</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
         <v>18</v>
       </c>
       <c r="B182" t="s">
-        <v>1196</v>
+        <v>1214</v>
       </c>
       <c r="C182" t="s">
         <v>20</v>
       </c>
       <c r="D182" t="s">
         <v>20</v>
       </c>
       <c r="E182" t="s">
-        <v>1197</v>
+        <v>1215</v>
       </c>
       <c r="F182" t="s">
         <v>20</v>
       </c>
       <c r="G182" t="s">
-        <v>1198</v>
+        <v>1216</v>
       </c>
       <c r="H182" t="s">
-        <v>1199</v>
+        <v>1217</v>
       </c>
       <c r="I182" t="n">
         <v>0.0</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>1200</v>
+        <v>1218</v>
       </c>
       <c r="L182" t="s">
-        <v>492</v>
+        <v>905</v>
       </c>
       <c r="M182" t="s">
         <v>20</v>
       </c>
       <c r="N182" t="s">
-        <v>1201</v>
+        <v>807</v>
       </c>
       <c r="O182" t="s">
-        <v>113</v>
+        <v>336</v>
       </c>
       <c r="P182" t="s">
-        <v>114</v>
+        <v>337</v>
       </c>
       <c r="Q182" t="s">
-        <v>115</v>
+        <v>338</v>
       </c>
       <c r="R182" t="s">
-        <v>116</v>
+        <v>339</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
         <v>18</v>
       </c>
       <c r="B183" t="s">
-        <v>1202</v>
+        <v>1219</v>
       </c>
       <c r="C183" t="s">
         <v>20</v>
       </c>
       <c r="D183" t="s">
         <v>20</v>
       </c>
       <c r="E183" t="s">
-        <v>1203</v>
+        <v>1220</v>
       </c>
       <c r="F183" t="s">
         <v>20</v>
       </c>
       <c r="G183" t="s">
-        <v>1204</v>
+        <v>1221</v>
       </c>
       <c r="H183" t="s">
-        <v>1205</v>
+        <v>1222</v>
       </c>
       <c r="I183" t="n">
         <v>0.0</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>1206</v>
+        <v>1223</v>
       </c>
       <c r="L183" t="s">
-        <v>220</v>
+        <v>1224</v>
       </c>
       <c r="M183" t="s">
         <v>20</v>
       </c>
       <c r="N183" t="s">
-        <v>978</v>
+        <v>1225</v>
       </c>
       <c r="O183" t="s">
-        <v>113</v>
+        <v>305</v>
       </c>
       <c r="P183" t="s">
-        <v>114</v>
+        <v>306</v>
       </c>
       <c r="Q183" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="R183" t="s">
-        <v>116</v>
+        <v>307</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
         <v>18</v>
       </c>
       <c r="B184" t="s">
-        <v>1207</v>
+        <v>1226</v>
       </c>
       <c r="C184" t="s">
         <v>20</v>
       </c>
       <c r="D184" t="s">
         <v>20</v>
       </c>
       <c r="E184" t="s">
-        <v>1208</v>
+        <v>1220</v>
       </c>
       <c r="F184" t="s">
         <v>20</v>
       </c>
       <c r="G184" t="s">
-        <v>1209</v>
+        <v>1227</v>
       </c>
       <c r="H184" t="s">
-        <v>1210</v>
+        <v>1228</v>
       </c>
       <c r="I184" t="n">
         <v>0.0</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>1211</v>
+        <v>1229</v>
       </c>
       <c r="L184" t="s">
-        <v>1212</v>
+        <v>1197</v>
       </c>
       <c r="M184" t="s">
         <v>20</v>
       </c>
       <c r="N184" t="s">
-        <v>805</v>
+        <v>835</v>
       </c>
       <c r="O184" t="s">
-        <v>1213</v>
+        <v>95</v>
       </c>
       <c r="P184" t="s">
-        <v>1214</v>
+        <v>96</v>
       </c>
       <c r="Q184" t="s">
-        <v>1215</v>
+        <v>97</v>
       </c>
       <c r="R184" t="s">
-        <v>1216</v>
+        <v>98</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
         <v>18</v>
       </c>
       <c r="B185" t="s">
-        <v>1217</v>
+        <v>1230</v>
       </c>
       <c r="C185" t="s">
         <v>20</v>
       </c>
       <c r="D185" t="s">
         <v>20</v>
       </c>
       <c r="E185" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="F185" t="s">
         <v>20</v>
       </c>
       <c r="G185" t="s">
-        <v>1219</v>
+        <v>1231</v>
       </c>
       <c r="H185" t="s">
-        <v>1220</v>
+        <v>1232</v>
       </c>
       <c r="I185" t="n">
         <v>0.0</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>161</v>
+        <v>1233</v>
       </c>
       <c r="L185" t="s">
-        <v>1130</v>
+        <v>1136</v>
       </c>
       <c r="M185" t="s">
         <v>20</v>
       </c>
       <c r="N185" t="s">
-        <v>856</v>
+        <v>835</v>
       </c>
       <c r="O185" t="s">
-        <v>113</v>
+        <v>319</v>
       </c>
       <c r="P185" t="s">
-        <v>114</v>
+        <v>320</v>
       </c>
       <c r="Q185" t="s">
-        <v>115</v>
+        <v>321</v>
       </c>
       <c r="R185" t="s">
-        <v>116</v>
+        <v>322</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
         <v>18</v>
       </c>
       <c r="B186" t="s">
-        <v>1221</v>
+        <v>1234</v>
       </c>
       <c r="C186" t="s">
         <v>20</v>
       </c>
       <c r="D186" t="s">
         <v>20</v>
       </c>
       <c r="E186" t="s">
-        <v>1222</v>
+        <v>1235</v>
       </c>
       <c r="F186" t="s">
         <v>20</v>
       </c>
       <c r="G186" t="s">
-        <v>1223</v>
+        <v>1236</v>
       </c>
       <c r="H186" t="s">
-        <v>1224</v>
+        <v>1237</v>
       </c>
       <c r="I186" t="n">
         <v>0.0</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>1225</v>
+        <v>1238</v>
       </c>
       <c r="L186" t="s">
-        <v>1226</v>
+        <v>941</v>
       </c>
       <c r="M186" t="s">
         <v>20</v>
       </c>
       <c r="N186" t="s">
-        <v>1137</v>
+        <v>807</v>
       </c>
       <c r="O186" t="s">
-        <v>236</v>
+        <v>450</v>
       </c>
       <c r="P186" t="s">
-        <v>237</v>
+        <v>451</v>
       </c>
       <c r="Q186" t="s">
-        <v>238</v>
+        <v>452</v>
       </c>
       <c r="R186" t="s">
-        <v>239</v>
+        <v>453</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
         <v>18</v>
       </c>
       <c r="B187" t="s">
-        <v>1227</v>
+        <v>1239</v>
       </c>
       <c r="C187" t="s">
         <v>20</v>
       </c>
       <c r="D187" t="s">
         <v>20</v>
       </c>
       <c r="E187" t="s">
-        <v>1228</v>
+        <v>1240</v>
       </c>
       <c r="F187" t="s">
         <v>20</v>
       </c>
       <c r="G187" t="s">
-        <v>1229</v>
+        <v>1241</v>
       </c>
       <c r="H187" t="s">
-        <v>1230</v>
+        <v>1242</v>
       </c>
       <c r="I187" t="n">
         <v>0.0</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>1231</v>
+        <v>1243</v>
       </c>
       <c r="L187" t="s">
-        <v>128</v>
+        <v>1159</v>
       </c>
       <c r="M187" t="s">
         <v>20</v>
       </c>
       <c r="N187" t="s">
-        <v>869</v>
+        <v>835</v>
       </c>
       <c r="O187" t="s">
-        <v>369</v>
+        <v>76</v>
       </c>
       <c r="P187" t="s">
-        <v>370</v>
+        <v>77</v>
       </c>
       <c r="Q187" t="s">
-        <v>371</v>
+        <v>30</v>
       </c>
       <c r="R187" t="s">
-        <v>372</v>
+        <v>78</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
         <v>18</v>
       </c>
       <c r="B188" t="s">
-        <v>1232</v>
+        <v>1244</v>
       </c>
       <c r="C188" t="s">
         <v>20</v>
       </c>
       <c r="D188" t="s">
         <v>20</v>
       </c>
       <c r="E188" t="s">
-        <v>1233</v>
+        <v>1245</v>
       </c>
       <c r="F188" t="s">
         <v>20</v>
       </c>
       <c r="G188" t="s">
-        <v>1234</v>
+        <v>1246</v>
       </c>
       <c r="H188" t="s">
-        <v>1235</v>
+        <v>1247</v>
       </c>
       <c r="I188" t="n">
         <v>0.0</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>1236</v>
+        <v>1248</v>
       </c>
       <c r="L188" t="s">
-        <v>1237</v>
+        <v>570</v>
       </c>
       <c r="M188" t="s">
         <v>20</v>
       </c>
       <c r="N188" t="s">
-        <v>856</v>
+        <v>1249</v>
       </c>
       <c r="O188" t="s">
-        <v>236</v>
+        <v>95</v>
       </c>
       <c r="P188" t="s">
-        <v>237</v>
+        <v>96</v>
       </c>
       <c r="Q188" t="s">
-        <v>238</v>
+        <v>97</v>
       </c>
       <c r="R188" t="s">
-        <v>239</v>
+        <v>98</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
         <v>18</v>
       </c>
       <c r="B189" t="s">
-        <v>1238</v>
+        <v>1250</v>
       </c>
       <c r="C189" t="s">
         <v>20</v>
       </c>
       <c r="D189" t="s">
         <v>20</v>
       </c>
       <c r="E189" t="s">
-        <v>1233</v>
+        <v>1251</v>
       </c>
       <c r="F189" t="s">
         <v>20</v>
       </c>
       <c r="G189" t="s">
-        <v>1239</v>
+        <v>1252</v>
       </c>
       <c r="H189" t="s">
-        <v>1240</v>
+        <v>1253</v>
       </c>
       <c r="I189" t="n">
         <v>0.0</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>1241</v>
+        <v>1254</v>
       </c>
       <c r="L189" t="s">
-        <v>1242</v>
+        <v>304</v>
       </c>
       <c r="M189" t="s">
         <v>20</v>
       </c>
       <c r="N189" t="s">
-        <v>869</v>
+        <v>1024</v>
       </c>
       <c r="O189" t="s">
-        <v>369</v>
+        <v>95</v>
       </c>
       <c r="P189" t="s">
-        <v>370</v>
+        <v>96</v>
       </c>
       <c r="Q189" t="s">
-        <v>371</v>
+        <v>97</v>
       </c>
       <c r="R189" t="s">
-        <v>372</v>
+        <v>98</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
         <v>18</v>
       </c>
       <c r="B190" t="s">
-        <v>1243</v>
+        <v>1255</v>
       </c>
       <c r="C190" t="s">
         <v>20</v>
       </c>
       <c r="D190" t="s">
         <v>20</v>
       </c>
       <c r="E190" t="s">
-        <v>1233</v>
+        <v>1256</v>
       </c>
       <c r="F190" t="s">
         <v>20</v>
       </c>
       <c r="G190" t="s">
-        <v>1244</v>
+        <v>1257</v>
       </c>
       <c r="H190" t="s">
-        <v>1245</v>
+        <v>1258</v>
       </c>
       <c r="I190" t="n">
         <v>0.0</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>1246</v>
+        <v>1259</v>
       </c>
       <c r="L190" t="s">
-        <v>899</v>
+        <v>1260</v>
       </c>
       <c r="M190" t="s">
         <v>20</v>
       </c>
       <c r="N190" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
       <c r="O190" t="s">
-        <v>103</v>
+        <v>1261</v>
       </c>
       <c r="P190" t="s">
-        <v>104</v>
+        <v>1262</v>
       </c>
       <c r="Q190" t="s">
-        <v>105</v>
+        <v>1263</v>
       </c>
       <c r="R190" t="s">
-        <v>106</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
         <v>18</v>
       </c>
       <c r="B191" t="s">
-        <v>1247</v>
+        <v>1265</v>
       </c>
       <c r="C191" t="s">
         <v>20</v>
       </c>
       <c r="D191" t="s">
         <v>20</v>
       </c>
       <c r="E191" t="s">
-        <v>1248</v>
+        <v>1266</v>
       </c>
       <c r="F191" t="s">
         <v>20</v>
       </c>
       <c r="G191" t="s">
-        <v>1249</v>
+        <v>1267</v>
       </c>
       <c r="H191" t="s">
-        <v>1250</v>
+        <v>1268</v>
       </c>
       <c r="I191" t="n">
         <v>0.0</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
-        <v>1251</v>
+        <v>250</v>
       </c>
       <c r="L191" t="s">
-        <v>1252</v>
+        <v>1171</v>
       </c>
       <c r="M191" t="s">
         <v>20</v>
       </c>
       <c r="N191" t="s">
-        <v>882</v>
+        <v>899</v>
       </c>
       <c r="O191" t="s">
-        <v>236</v>
+        <v>95</v>
       </c>
       <c r="P191" t="s">
-        <v>237</v>
+        <v>96</v>
       </c>
       <c r="Q191" t="s">
-        <v>238</v>
+        <v>97</v>
       </c>
       <c r="R191" t="s">
-        <v>239</v>
+        <v>98</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
         <v>18</v>
       </c>
       <c r="B192" t="s">
-        <v>1253</v>
+        <v>1269</v>
       </c>
       <c r="C192" t="s">
         <v>20</v>
       </c>
       <c r="D192" t="s">
         <v>20</v>
       </c>
       <c r="E192" t="s">
-        <v>1254</v>
+        <v>1270</v>
       </c>
       <c r="F192" t="s">
         <v>20</v>
       </c>
       <c r="G192" t="s">
-        <v>1255</v>
+        <v>1271</v>
       </c>
       <c r="H192" t="s">
-        <v>1256</v>
+        <v>1272</v>
       </c>
       <c r="I192" t="n">
         <v>0.0</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>1257</v>
+        <v>1273</v>
       </c>
       <c r="L192" t="s">
-        <v>1258</v>
+        <v>1274</v>
       </c>
       <c r="M192" t="s">
         <v>20</v>
       </c>
       <c r="N192" t="s">
-        <v>513</v>
+        <v>1178</v>
       </c>
       <c r="O192" t="s">
-        <v>263</v>
+        <v>319</v>
       </c>
       <c r="P192" t="s">
-        <v>50</v>
+        <v>320</v>
       </c>
       <c r="Q192" t="s">
-        <v>51</v>
+        <v>321</v>
       </c>
       <c r="R192" t="s">
-        <v>264</v>
+        <v>322</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
         <v>18</v>
       </c>
       <c r="B193" t="s">
-        <v>1259</v>
+        <v>1275</v>
       </c>
       <c r="C193" t="s">
         <v>20</v>
       </c>
       <c r="D193" t="s">
         <v>20</v>
       </c>
       <c r="E193" t="s">
-        <v>1260</v>
+        <v>1276</v>
       </c>
       <c r="F193" t="s">
         <v>20</v>
       </c>
       <c r="G193" t="s">
-        <v>1261</v>
+        <v>1277</v>
       </c>
       <c r="H193" t="s">
-        <v>1262</v>
+        <v>1278</v>
       </c>
       <c r="I193" t="n">
         <v>0.0</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>1263</v>
+        <v>1279</v>
       </c>
       <c r="L193" t="s">
-        <v>1264</v>
+        <v>217</v>
       </c>
       <c r="M193" t="s">
         <v>20</v>
       </c>
       <c r="N193" t="s">
-        <v>520</v>
+        <v>912</v>
       </c>
       <c r="O193" t="s">
-        <v>1265</v>
+        <v>450</v>
       </c>
       <c r="P193" t="s">
-        <v>1266</v>
+        <v>451</v>
       </c>
       <c r="Q193" t="s">
-        <v>1267</v>
+        <v>452</v>
       </c>
       <c r="R193" t="s">
-        <v>1268</v>
+        <v>453</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
         <v>18</v>
       </c>
       <c r="B194" t="s">
-        <v>1269</v>
+        <v>1280</v>
       </c>
       <c r="C194" t="s">
         <v>20</v>
       </c>
       <c r="D194" t="s">
         <v>20</v>
       </c>
       <c r="E194" t="s">
-        <v>1270</v>
+        <v>1281</v>
       </c>
       <c r="F194" t="s">
         <v>20</v>
       </c>
       <c r="G194" t="s">
-        <v>1271</v>
+        <v>1282</v>
       </c>
       <c r="H194" t="s">
-        <v>1272</v>
+        <v>1283</v>
       </c>
       <c r="I194" t="n">
         <v>0.0</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>1273</v>
+        <v>1284</v>
       </c>
       <c r="L194" t="s">
-        <v>586</v>
+        <v>1285</v>
       </c>
       <c r="M194" t="s">
         <v>20</v>
       </c>
       <c r="N194" t="s">
-        <v>102</v>
+        <v>899</v>
       </c>
       <c r="O194" t="s">
-        <v>113</v>
+        <v>319</v>
       </c>
       <c r="P194" t="s">
-        <v>114</v>
+        <v>320</v>
       </c>
       <c r="Q194" t="s">
-        <v>115</v>
+        <v>321</v>
       </c>
       <c r="R194" t="s">
-        <v>116</v>
+        <v>322</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
         <v>18</v>
       </c>
       <c r="B195" t="s">
-        <v>1274</v>
+        <v>1286</v>
       </c>
       <c r="C195" t="s">
         <v>20</v>
       </c>
       <c r="D195" t="s">
         <v>20</v>
       </c>
       <c r="E195" t="s">
-        <v>1275</v>
+        <v>1281</v>
       </c>
       <c r="F195" t="s">
         <v>20</v>
       </c>
       <c r="G195" t="s">
-        <v>1276</v>
+        <v>1287</v>
       </c>
       <c r="H195" t="s">
-        <v>1277</v>
+        <v>1288</v>
       </c>
       <c r="I195" t="n">
         <v>0.0</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>1278</v>
+        <v>1289</v>
       </c>
       <c r="L195" t="s">
-        <v>1279</v>
+        <v>1290</v>
       </c>
       <c r="M195" t="s">
         <v>20</v>
       </c>
       <c r="N195" t="s">
-        <v>900</v>
+        <v>912</v>
       </c>
       <c r="O195" t="s">
-        <v>253</v>
+        <v>450</v>
       </c>
       <c r="P195" t="s">
-        <v>254</v>
+        <v>451</v>
       </c>
       <c r="Q195" t="s">
-        <v>255</v>
+        <v>452</v>
       </c>
       <c r="R195" t="s">
-        <v>256</v>
+        <v>453</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
         <v>18</v>
       </c>
       <c r="B196" t="s">
-        <v>1280</v>
+        <v>1291</v>
       </c>
       <c r="C196" t="s">
         <v>20</v>
       </c>
       <c r="D196" t="s">
         <v>20</v>
       </c>
       <c r="E196" t="s">
         <v>1281</v>
       </c>
       <c r="F196" t="s">
         <v>20</v>
       </c>
       <c r="G196" t="s">
-        <v>1282</v>
+        <v>1292</v>
       </c>
       <c r="H196" t="s">
-        <v>1283</v>
+        <v>1293</v>
       </c>
       <c r="I196" t="n">
         <v>0.0</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>1284</v>
+        <v>1294</v>
       </c>
       <c r="L196" t="s">
-        <v>1285</v>
+        <v>941</v>
       </c>
       <c r="M196" t="s">
         <v>20</v>
       </c>
       <c r="N196" t="s">
-        <v>1286</v>
+        <v>912</v>
       </c>
       <c r="O196" t="s">
-        <v>263</v>
+        <v>196</v>
       </c>
       <c r="P196" t="s">
-        <v>50</v>
+        <v>197</v>
       </c>
       <c r="Q196" t="s">
-        <v>51</v>
+        <v>198</v>
       </c>
       <c r="R196" t="s">
-        <v>264</v>
+        <v>199</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
         <v>18</v>
       </c>
       <c r="B197" t="s">
-        <v>1287</v>
+        <v>1295</v>
       </c>
       <c r="C197" t="s">
         <v>20</v>
       </c>
       <c r="D197" t="s">
         <v>20</v>
       </c>
       <c r="E197" t="s">
-        <v>1288</v>
+        <v>1296</v>
       </c>
       <c r="F197" t="s">
         <v>20</v>
       </c>
       <c r="G197" t="s">
-        <v>1289</v>
+        <v>1297</v>
       </c>
       <c r="H197" t="s">
-        <v>1290</v>
+        <v>1298</v>
       </c>
       <c r="I197" t="n">
         <v>0.0</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>1291</v>
+        <v>1299</v>
       </c>
       <c r="L197" t="s">
-        <v>1292</v>
+        <v>1300</v>
       </c>
       <c r="M197" t="s">
         <v>20</v>
       </c>
       <c r="N197" t="s">
-        <v>900</v>
+        <v>925</v>
       </c>
       <c r="O197" t="s">
-        <v>82</v>
+        <v>319</v>
       </c>
       <c r="P197" t="s">
-        <v>83</v>
+        <v>320</v>
       </c>
       <c r="Q197" t="s">
-        <v>84</v>
+        <v>321</v>
       </c>
       <c r="R197" t="s">
-        <v>85</v>
+        <v>322</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
         <v>18</v>
       </c>
       <c r="B198" t="s">
-        <v>1293</v>
+        <v>1301</v>
       </c>
       <c r="C198" t="s">
         <v>20</v>
       </c>
       <c r="D198" t="s">
         <v>20</v>
       </c>
       <c r="E198" t="s">
-        <v>1294</v>
+        <v>1302</v>
       </c>
       <c r="F198" t="s">
         <v>20</v>
       </c>
       <c r="G198" t="s">
-        <v>1295</v>
+        <v>1303</v>
       </c>
       <c r="H198" t="s">
-        <v>1296</v>
+        <v>1304</v>
       </c>
       <c r="I198" t="n">
         <v>0.0</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>1297</v>
+        <v>1305</v>
       </c>
       <c r="L198" t="s">
-        <v>1298</v>
+        <v>1306</v>
       </c>
       <c r="M198" t="s">
         <v>20</v>
       </c>
       <c r="N198" t="s">
-        <v>965</v>
+        <v>591</v>
       </c>
       <c r="O198" t="s">
-        <v>1299</v>
+        <v>76</v>
       </c>
       <c r="P198" t="s">
-        <v>1300</v>
+        <v>77</v>
       </c>
       <c r="Q198" t="s">
-        <v>1301</v>
+        <v>30</v>
       </c>
       <c r="R198" t="s">
-        <v>1302</v>
+        <v>78</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
         <v>18</v>
       </c>
       <c r="B199" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
       <c r="C199" t="s">
         <v>20</v>
       </c>
       <c r="D199" t="s">
         <v>20</v>
       </c>
       <c r="E199" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="F199" t="s">
         <v>20</v>
       </c>
       <c r="G199" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="H199" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
       <c r="I199" t="n">
         <v>0.0</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="L199" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="M199" t="s">
         <v>20</v>
       </c>
       <c r="N199" t="s">
-        <v>610</v>
+        <v>598</v>
       </c>
       <c r="O199" t="s">
-        <v>263</v>
+        <v>1313</v>
       </c>
       <c r="P199" t="s">
-        <v>50</v>
+        <v>1314</v>
       </c>
       <c r="Q199" t="s">
-        <v>51</v>
+        <v>1315</v>
       </c>
       <c r="R199" t="s">
-        <v>264</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
         <v>18</v>
       </c>
       <c r="B200" t="s">
-        <v>1309</v>
+        <v>1317</v>
       </c>
       <c r="C200" t="s">
         <v>20</v>
       </c>
       <c r="D200" t="s">
         <v>20</v>
       </c>
       <c r="E200" t="s">
-        <v>1310</v>
+        <v>1318</v>
       </c>
       <c r="F200" t="s">
         <v>20</v>
       </c>
       <c r="G200" t="s">
-        <v>1311</v>
+        <v>1319</v>
       </c>
       <c r="H200" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="I200" t="n">
         <v>0.0</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="L200" t="s">
-        <v>1314</v>
+        <v>664</v>
       </c>
       <c r="M200" t="s">
         <v>20</v>
       </c>
       <c r="N200" t="s">
-        <v>792</v>
+        <v>195</v>
       </c>
       <c r="O200" t="s">
-        <v>113</v>
+        <v>95</v>
       </c>
       <c r="P200" t="s">
-        <v>114</v>
+        <v>96</v>
       </c>
       <c r="Q200" t="s">
-        <v>115</v>
+        <v>97</v>
       </c>
       <c r="R200" t="s">
-        <v>116</v>
+        <v>98</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
         <v>18</v>
       </c>
       <c r="B201" t="s">
-        <v>1315</v>
+        <v>1322</v>
       </c>
       <c r="C201" t="s">
         <v>20</v>
       </c>
       <c r="D201" t="s">
         <v>20</v>
       </c>
       <c r="E201" t="s">
-        <v>1316</v>
+        <v>1323</v>
       </c>
       <c r="F201" t="s">
         <v>20</v>
       </c>
       <c r="G201" t="s">
-        <v>1317</v>
+        <v>1324</v>
       </c>
       <c r="H201" t="s">
-        <v>1318</v>
+        <v>1325</v>
       </c>
       <c r="I201" t="n">
         <v>0.0</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
-        <v>1319</v>
+        <v>1326</v>
       </c>
       <c r="L201" t="s">
-        <v>1320</v>
+        <v>1327</v>
       </c>
       <c r="M201" t="s">
         <v>20</v>
       </c>
       <c r="N201" t="s">
-        <v>911</v>
+        <v>942</v>
       </c>
       <c r="O201" t="s">
-        <v>103</v>
+        <v>336</v>
       </c>
       <c r="P201" t="s">
-        <v>104</v>
+        <v>337</v>
       </c>
       <c r="Q201" t="s">
-        <v>105</v>
+        <v>338</v>
       </c>
       <c r="R201" t="s">
-        <v>106</v>
+        <v>339</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
         <v>18</v>
       </c>
       <c r="B202" t="s">
-        <v>1321</v>
+        <v>1328</v>
       </c>
       <c r="C202" t="s">
         <v>20</v>
       </c>
       <c r="D202" t="s">
         <v>20</v>
       </c>
       <c r="E202" t="s">
-        <v>1322</v>
+        <v>1329</v>
       </c>
       <c r="F202" t="s">
         <v>20</v>
       </c>
       <c r="G202" t="s">
-        <v>1323</v>
+        <v>1330</v>
       </c>
       <c r="H202" t="s">
-        <v>1324</v>
+        <v>1331</v>
       </c>
       <c r="I202" t="n">
         <v>0.0</v>
       </c>
       <c r="J202" t="s">
-        <v>402</v>
+        <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>1325</v>
+        <v>1332</v>
       </c>
       <c r="L202" t="s">
-        <v>1326</v>
+        <v>1333</v>
       </c>
       <c r="M202" t="s">
         <v>20</v>
       </c>
       <c r="N202" t="s">
-        <v>990</v>
+        <v>1334</v>
       </c>
       <c r="O202" t="s">
-        <v>1327</v>
+        <v>76</v>
       </c>
       <c r="P202" t="s">
-        <v>189</v>
+        <v>77</v>
       </c>
       <c r="Q202" t="s">
-        <v>190</v>
+        <v>30</v>
       </c>
       <c r="R202" t="s">
-        <v>1328</v>
+        <v>78</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
         <v>18</v>
       </c>
       <c r="B203" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="C203" t="s">
         <v>20</v>
       </c>
       <c r="D203" t="s">
         <v>20</v>
       </c>
       <c r="E203" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="F203" t="s">
         <v>20</v>
       </c>
       <c r="G203" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="H203" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
       <c r="I203" t="n">
         <v>0.0</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="L203" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
       <c r="M203" t="s">
         <v>20</v>
       </c>
       <c r="N203" t="s">
-        <v>610</v>
+        <v>942</v>
       </c>
       <c r="O203" t="s">
-        <v>699</v>
+        <v>175</v>
       </c>
       <c r="P203" t="s">
-        <v>700</v>
+        <v>176</v>
       </c>
       <c r="Q203" t="s">
-        <v>701</v>
+        <v>177</v>
       </c>
       <c r="R203" t="s">
-        <v>702</v>
+        <v>178</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
         <v>18</v>
       </c>
       <c r="B204" t="s">
-        <v>1335</v>
+        <v>1341</v>
       </c>
       <c r="C204" t="s">
         <v>20</v>
       </c>
       <c r="D204" t="s">
         <v>20</v>
       </c>
       <c r="E204" t="s">
-        <v>1336</v>
+        <v>1342</v>
       </c>
       <c r="F204" t="s">
         <v>20</v>
       </c>
       <c r="G204" t="s">
-        <v>1337</v>
+        <v>1343</v>
       </c>
       <c r="H204" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
       <c r="I204" t="n">
         <v>0.0</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="L204" t="s">
-        <v>58</v>
+        <v>1346</v>
       </c>
       <c r="M204" t="s">
         <v>20</v>
       </c>
       <c r="N204" t="s">
-        <v>493</v>
+        <v>1011</v>
       </c>
       <c r="O204" t="s">
-        <v>221</v>
+        <v>1347</v>
       </c>
       <c r="P204" t="s">
-        <v>222</v>
+        <v>1348</v>
       </c>
       <c r="Q204" t="s">
-        <v>223</v>
+        <v>1349</v>
       </c>
       <c r="R204" t="s">
-        <v>224</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
         <v>18</v>
       </c>
       <c r="B205" t="s">
-        <v>1340</v>
+        <v>1351</v>
       </c>
       <c r="C205" t="s">
         <v>20</v>
       </c>
       <c r="D205" t="s">
         <v>20</v>
       </c>
       <c r="E205" t="s">
-        <v>1341</v>
+        <v>1352</v>
       </c>
       <c r="F205" t="s">
         <v>20</v>
       </c>
       <c r="G205" t="s">
-        <v>1342</v>
+        <v>1353</v>
       </c>
       <c r="H205" t="s">
-        <v>1343</v>
+        <v>1354</v>
       </c>
       <c r="I205" t="n">
         <v>0.0</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>1344</v>
+        <v>1355</v>
       </c>
       <c r="L205" t="s">
-        <v>1345</v>
+        <v>1356</v>
       </c>
       <c r="M205" t="s">
         <v>20</v>
       </c>
       <c r="N205" t="s">
-        <v>1137</v>
+        <v>688</v>
       </c>
       <c r="O205" t="s">
-        <v>236</v>
+        <v>76</v>
       </c>
       <c r="P205" t="s">
-        <v>237</v>
+        <v>77</v>
       </c>
       <c r="Q205" t="s">
-        <v>238</v>
+        <v>30</v>
       </c>
       <c r="R205" t="s">
-        <v>239</v>
+        <v>78</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
         <v>18</v>
       </c>
       <c r="B206" t="s">
-        <v>1346</v>
+        <v>1357</v>
       </c>
       <c r="C206" t="s">
         <v>20</v>
       </c>
       <c r="D206" t="s">
         <v>20</v>
       </c>
       <c r="E206" t="s">
-        <v>1347</v>
+        <v>1358</v>
       </c>
       <c r="F206" t="s">
         <v>20</v>
       </c>
       <c r="G206" t="s">
-        <v>1348</v>
+        <v>1359</v>
       </c>
       <c r="H206" t="s">
-        <v>1349</v>
+        <v>1360</v>
       </c>
       <c r="I206" t="n">
         <v>0.0</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>1350</v>
+        <v>1361</v>
       </c>
       <c r="L206" t="s">
-        <v>1351</v>
+        <v>1362</v>
       </c>
       <c r="M206" t="s">
         <v>20</v>
       </c>
       <c r="N206" t="s">
-        <v>349</v>
+        <v>835</v>
       </c>
       <c r="O206" t="s">
-        <v>640</v>
+        <v>95</v>
       </c>
       <c r="P206" t="s">
-        <v>641</v>
+        <v>96</v>
       </c>
       <c r="Q206" t="s">
-        <v>642</v>
+        <v>97</v>
       </c>
       <c r="R206" t="s">
-        <v>643</v>
+        <v>98</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
         <v>18</v>
       </c>
       <c r="B207" t="s">
-        <v>1352</v>
+        <v>1363</v>
       </c>
       <c r="C207" t="s">
         <v>20</v>
       </c>
       <c r="D207" t="s">
         <v>20</v>
       </c>
       <c r="E207" t="s">
-        <v>1353</v>
+        <v>1364</v>
       </c>
       <c r="F207" t="s">
         <v>20</v>
       </c>
       <c r="G207" t="s">
-        <v>1354</v>
+        <v>1365</v>
       </c>
       <c r="H207" t="s">
-        <v>1355</v>
+        <v>1366</v>
       </c>
       <c r="I207" t="n">
         <v>0.0</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>1356</v>
+        <v>1367</v>
       </c>
       <c r="L207" t="s">
-        <v>1320</v>
+        <v>1368</v>
       </c>
       <c r="M207" t="s">
         <v>20</v>
       </c>
       <c r="N207" t="s">
-        <v>102</v>
+        <v>953</v>
       </c>
       <c r="O207" t="s">
-        <v>113</v>
+        <v>196</v>
       </c>
       <c r="P207" t="s">
-        <v>114</v>
+        <v>197</v>
       </c>
       <c r="Q207" t="s">
-        <v>115</v>
+        <v>198</v>
       </c>
       <c r="R207" t="s">
-        <v>116</v>
+        <v>199</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
         <v>18</v>
       </c>
       <c r="B208" t="s">
-        <v>1357</v>
+        <v>1369</v>
       </c>
       <c r="C208" t="s">
         <v>20</v>
       </c>
       <c r="D208" t="s">
         <v>20</v>
       </c>
       <c r="E208" t="s">
-        <v>1358</v>
+        <v>1370</v>
       </c>
       <c r="F208" t="s">
         <v>20</v>
       </c>
       <c r="G208" t="s">
-        <v>1359</v>
+        <v>1371</v>
       </c>
       <c r="H208" t="s">
-        <v>1360</v>
+        <v>1372</v>
       </c>
       <c r="I208" t="n">
         <v>0.0</v>
       </c>
       <c r="J208" t="s">
-        <v>402</v>
+        <v>483</v>
       </c>
       <c r="K208" t="s">
-        <v>1361</v>
+        <v>1373</v>
       </c>
       <c r="L208" t="s">
-        <v>1362</v>
+        <v>1374</v>
       </c>
       <c r="M208" t="s">
         <v>20</v>
       </c>
       <c r="N208" t="s">
-        <v>1019</v>
+        <v>1036</v>
       </c>
       <c r="O208" t="s">
-        <v>369</v>
+        <v>1375</v>
       </c>
       <c r="P208" t="s">
-        <v>370</v>
+        <v>274</v>
       </c>
       <c r="Q208" t="s">
-        <v>371</v>
+        <v>40</v>
       </c>
       <c r="R208" t="s">
-        <v>372</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
         <v>18</v>
       </c>
       <c r="B209" t="s">
-        <v>1363</v>
+        <v>1377</v>
       </c>
       <c r="C209" t="s">
         <v>20</v>
       </c>
       <c r="D209" t="s">
         <v>20</v>
       </c>
       <c r="E209" t="s">
-        <v>1364</v>
+        <v>1378</v>
       </c>
       <c r="F209" t="s">
         <v>20</v>
       </c>
       <c r="G209" t="s">
-        <v>1365</v>
+        <v>1379</v>
       </c>
       <c r="H209" t="s">
-        <v>1366</v>
+        <v>1380</v>
       </c>
       <c r="I209" t="n">
         <v>0.0</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>1367</v>
+        <v>1381</v>
       </c>
       <c r="L209" t="s">
-        <v>602</v>
+        <v>1382</v>
       </c>
       <c r="M209" t="s">
         <v>20</v>
       </c>
       <c r="N209" t="s">
-        <v>139</v>
+        <v>688</v>
       </c>
       <c r="O209" t="s">
-        <v>113</v>
+        <v>1001</v>
       </c>
       <c r="P209" t="s">
-        <v>114</v>
+        <v>1002</v>
       </c>
       <c r="Q209" t="s">
-        <v>115</v>
+        <v>1003</v>
       </c>
       <c r="R209" t="s">
-        <v>116</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
         <v>18</v>
       </c>
       <c r="B210" t="s">
-        <v>1368</v>
+        <v>1383</v>
       </c>
       <c r="C210" t="s">
         <v>20</v>
       </c>
       <c r="D210" t="s">
         <v>20</v>
       </c>
       <c r="E210" t="s">
-        <v>1369</v>
+        <v>1384</v>
       </c>
       <c r="F210" t="s">
         <v>20</v>
       </c>
       <c r="G210" t="s">
-        <v>1370</v>
+        <v>1385</v>
       </c>
       <c r="H210" t="s">
-        <v>1371</v>
+        <v>1386</v>
       </c>
       <c r="I210" t="n">
         <v>0.0</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>1372</v>
+        <v>1387</v>
       </c>
       <c r="L210" t="s">
-        <v>1373</v>
+        <v>152</v>
       </c>
       <c r="M210" t="s">
         <v>20</v>
       </c>
       <c r="N210" t="s">
-        <v>214</v>
+        <v>571</v>
       </c>
       <c r="O210" t="s">
-        <v>263</v>
+        <v>305</v>
       </c>
       <c r="P210" t="s">
-        <v>50</v>
+        <v>306</v>
       </c>
       <c r="Q210" t="s">
-        <v>51</v>
+        <v>107</v>
       </c>
       <c r="R210" t="s">
-        <v>264</v>
+        <v>307</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
         <v>18</v>
       </c>
       <c r="B211" t="s">
-        <v>1374</v>
+        <v>1388</v>
       </c>
       <c r="C211" t="s">
         <v>20</v>
       </c>
       <c r="D211" t="s">
         <v>20</v>
       </c>
       <c r="E211" t="s">
-        <v>1369</v>
+        <v>1389</v>
       </c>
       <c r="F211" t="s">
         <v>20</v>
       </c>
       <c r="G211" t="s">
-        <v>1375</v>
+        <v>1390</v>
       </c>
       <c r="H211" t="s">
-        <v>1376</v>
+        <v>1391</v>
       </c>
       <c r="I211" t="n">
         <v>0.0</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>1377</v>
+        <v>1392</v>
       </c>
       <c r="L211" t="s">
-        <v>1320</v>
+        <v>1393</v>
       </c>
       <c r="M211" t="s">
         <v>20</v>
       </c>
       <c r="N211" t="s">
-        <v>1057</v>
+        <v>1178</v>
       </c>
       <c r="O211" t="s">
-        <v>1378</v>
+        <v>319</v>
       </c>
       <c r="P211" t="s">
-        <v>1379</v>
+        <v>320</v>
       </c>
       <c r="Q211" t="s">
-        <v>1380</v>
+        <v>321</v>
       </c>
       <c r="R211" t="s">
-        <v>1381</v>
+        <v>322</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
         <v>18</v>
       </c>
       <c r="B212" t="s">
-        <v>1382</v>
+        <v>1394</v>
       </c>
       <c r="C212" t="s">
         <v>20</v>
       </c>
       <c r="D212" t="s">
         <v>20</v>
       </c>
       <c r="E212" t="s">
-        <v>1369</v>
+        <v>1395</v>
       </c>
       <c r="F212" t="s">
         <v>20</v>
       </c>
       <c r="G212" t="s">
-        <v>1383</v>
+        <v>1396</v>
       </c>
       <c r="H212" t="s">
-        <v>1384</v>
+        <v>1397</v>
       </c>
       <c r="I212" t="n">
         <v>0.0</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>1385</v>
+        <v>1398</v>
       </c>
       <c r="L212" t="s">
-        <v>1386</v>
+        <v>1399</v>
       </c>
       <c r="M212" t="s">
         <v>20</v>
       </c>
       <c r="N212" t="s">
-        <v>805</v>
+        <v>430</v>
       </c>
       <c r="O212" t="s">
-        <v>221</v>
+        <v>718</v>
       </c>
       <c r="P212" t="s">
-        <v>222</v>
+        <v>719</v>
       </c>
       <c r="Q212" t="s">
-        <v>223</v>
+        <v>720</v>
       </c>
       <c r="R212" t="s">
-        <v>224</v>
+        <v>721</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
         <v>18</v>
       </c>
       <c r="B213" t="s">
-        <v>1387</v>
+        <v>1400</v>
       </c>
       <c r="C213" t="s">
         <v>20</v>
       </c>
       <c r="D213" t="s">
         <v>20</v>
       </c>
       <c r="E213" t="s">
-        <v>1388</v>
+        <v>1401</v>
       </c>
       <c r="F213" t="s">
         <v>20</v>
       </c>
       <c r="G213" t="s">
-        <v>1389</v>
+        <v>1402</v>
       </c>
       <c r="H213" t="s">
-        <v>1390</v>
+        <v>1403</v>
       </c>
       <c r="I213" t="n">
         <v>0.0</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>1391</v>
+        <v>1404</v>
       </c>
       <c r="L213" t="s">
-        <v>1392</v>
+        <v>1368</v>
       </c>
       <c r="M213" t="s">
         <v>20</v>
       </c>
       <c r="N213" t="s">
-        <v>805</v>
+        <v>195</v>
       </c>
       <c r="O213" t="s">
-        <v>221</v>
+        <v>95</v>
       </c>
       <c r="P213" t="s">
-        <v>222</v>
+        <v>96</v>
       </c>
       <c r="Q213" t="s">
-        <v>223</v>
+        <v>97</v>
       </c>
       <c r="R213" t="s">
-        <v>224</v>
+        <v>98</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
         <v>18</v>
       </c>
       <c r="B214" t="s">
-        <v>1393</v>
+        <v>1405</v>
       </c>
       <c r="C214" t="s">
         <v>20</v>
       </c>
       <c r="D214" t="s">
         <v>20</v>
       </c>
       <c r="E214" t="s">
-        <v>1394</v>
+        <v>1406</v>
       </c>
       <c r="F214" t="s">
         <v>20</v>
       </c>
       <c r="G214" t="s">
-        <v>1395</v>
+        <v>1407</v>
       </c>
       <c r="H214" t="s">
-        <v>1396</v>
+        <v>1408</v>
       </c>
       <c r="I214" t="n">
         <v>0.0</v>
       </c>
       <c r="J214" t="s">
-        <v>24</v>
+        <v>483</v>
       </c>
       <c r="K214" t="s">
-        <v>1397</v>
+        <v>1409</v>
       </c>
       <c r="L214" t="s">
-        <v>1398</v>
+        <v>1410</v>
       </c>
       <c r="M214" t="s">
         <v>20</v>
       </c>
       <c r="N214" t="s">
-        <v>150</v>
+        <v>1060</v>
       </c>
       <c r="O214" t="s">
-        <v>1399</v>
+        <v>450</v>
       </c>
       <c r="P214" t="s">
-        <v>1400</v>
+        <v>451</v>
       </c>
       <c r="Q214" t="s">
-        <v>1401</v>
+        <v>452</v>
       </c>
       <c r="R214" t="s">
-        <v>1402</v>
+        <v>453</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
         <v>18</v>
       </c>
       <c r="B215" t="s">
-        <v>1403</v>
+        <v>1411</v>
       </c>
       <c r="C215" t="s">
         <v>20</v>
       </c>
       <c r="D215" t="s">
         <v>20</v>
       </c>
       <c r="E215" t="s">
-        <v>1394</v>
+        <v>1412</v>
       </c>
       <c r="F215" t="s">
         <v>20</v>
       </c>
       <c r="G215" t="s">
-        <v>1404</v>
+        <v>1413</v>
       </c>
       <c r="H215" t="s">
-        <v>1405</v>
+        <v>1414</v>
       </c>
       <c r="I215" t="n">
         <v>0.0</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>1406</v>
+        <v>1415</v>
       </c>
       <c r="L215" t="s">
-        <v>1407</v>
+        <v>680</v>
       </c>
       <c r="M215" t="s">
         <v>20</v>
       </c>
       <c r="N215" t="s">
-        <v>990</v>
+        <v>228</v>
       </c>
       <c r="O215" t="s">
-        <v>253</v>
+        <v>95</v>
       </c>
       <c r="P215" t="s">
-        <v>254</v>
+        <v>96</v>
       </c>
       <c r="Q215" t="s">
-        <v>255</v>
+        <v>97</v>
       </c>
       <c r="R215" t="s">
-        <v>256</v>
+        <v>98</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
         <v>18</v>
       </c>
       <c r="B216" t="s">
-        <v>1408</v>
+        <v>1416</v>
       </c>
       <c r="C216" t="s">
         <v>20</v>
       </c>
       <c r="D216" t="s">
         <v>20</v>
       </c>
       <c r="E216" t="s">
-        <v>1409</v>
+        <v>1417</v>
       </c>
       <c r="F216" t="s">
         <v>20</v>
       </c>
       <c r="G216" t="s">
-        <v>1410</v>
+        <v>1418</v>
       </c>
       <c r="H216" t="s">
-        <v>1411</v>
+        <v>1419</v>
       </c>
       <c r="I216" t="n">
         <v>0.0</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>1412</v>
+        <v>1420</v>
       </c>
       <c r="L216" t="s">
-        <v>1413</v>
+        <v>1421</v>
       </c>
       <c r="M216" t="s">
         <v>20</v>
       </c>
       <c r="N216" t="s">
-        <v>214</v>
+        <v>298</v>
       </c>
       <c r="O216" t="s">
-        <v>236</v>
+        <v>76</v>
       </c>
       <c r="P216" t="s">
-        <v>237</v>
+        <v>77</v>
       </c>
       <c r="Q216" t="s">
-        <v>238</v>
+        <v>30</v>
       </c>
       <c r="R216" t="s">
-        <v>239</v>
+        <v>78</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
         <v>18</v>
       </c>
       <c r="B217" t="s">
-        <v>1414</v>
+        <v>1422</v>
       </c>
       <c r="C217" t="s">
         <v>20</v>
       </c>
       <c r="D217" t="s">
         <v>20</v>
       </c>
       <c r="E217" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="F217" t="s">
         <v>20</v>
       </c>
       <c r="G217" t="s">
-        <v>1416</v>
+        <v>1423</v>
       </c>
       <c r="H217" t="s">
-        <v>1417</v>
+        <v>1424</v>
       </c>
       <c r="I217" t="n">
         <v>0.0</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>1418</v>
+        <v>1425</v>
       </c>
       <c r="L217" t="s">
-        <v>1419</v>
+        <v>1368</v>
       </c>
       <c r="M217" t="s">
         <v>20</v>
       </c>
       <c r="N217" t="s">
-        <v>1057</v>
+        <v>1098</v>
       </c>
       <c r="O217" t="s">
-        <v>236</v>
+        <v>1426</v>
       </c>
       <c r="P217" t="s">
-        <v>237</v>
+        <v>1427</v>
       </c>
       <c r="Q217" t="s">
-        <v>238</v>
+        <v>1428</v>
       </c>
       <c r="R217" t="s">
-        <v>239</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
         <v>18</v>
       </c>
       <c r="B218" t="s">
-        <v>1420</v>
+        <v>1430</v>
       </c>
       <c r="C218" t="s">
         <v>20</v>
       </c>
       <c r="D218" t="s">
         <v>20</v>
       </c>
       <c r="E218" t="s">
-        <v>1421</v>
+        <v>1417</v>
       </c>
       <c r="F218" t="s">
         <v>20</v>
       </c>
       <c r="G218" t="s">
-        <v>1422</v>
+        <v>1431</v>
       </c>
       <c r="H218" t="s">
-        <v>1423</v>
+        <v>1432</v>
       </c>
       <c r="I218" t="n">
         <v>0.0</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>1424</v>
+        <v>1433</v>
       </c>
       <c r="L218" t="s">
-        <v>1425</v>
+        <v>1434</v>
       </c>
       <c r="M218" t="s">
         <v>20</v>
       </c>
       <c r="N218" t="s">
-        <v>1019</v>
+        <v>848</v>
       </c>
       <c r="O218" t="s">
-        <v>236</v>
+        <v>305</v>
       </c>
       <c r="P218" t="s">
-        <v>237</v>
+        <v>306</v>
       </c>
       <c r="Q218" t="s">
-        <v>238</v>
+        <v>107</v>
       </c>
       <c r="R218" t="s">
-        <v>239</v>
+        <v>307</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
         <v>18</v>
       </c>
       <c r="B219" t="s">
-        <v>1426</v>
+        <v>1435</v>
       </c>
       <c r="C219" t="s">
         <v>20</v>
       </c>
       <c r="D219" t="s">
         <v>20</v>
       </c>
       <c r="E219" t="s">
-        <v>1427</v>
+        <v>1436</v>
       </c>
       <c r="F219" t="s">
         <v>20</v>
       </c>
       <c r="G219" t="s">
-        <v>1428</v>
+        <v>1437</v>
       </c>
       <c r="H219" t="s">
-        <v>1429</v>
+        <v>1438</v>
       </c>
       <c r="I219" t="n">
         <v>0.0</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>1430</v>
+        <v>1439</v>
       </c>
       <c r="L219" t="s">
-        <v>586</v>
+        <v>1440</v>
       </c>
       <c r="M219" t="s">
         <v>20</v>
       </c>
       <c r="N219" t="s">
-        <v>1012</v>
+        <v>848</v>
       </c>
       <c r="O219" t="s">
-        <v>369</v>
+        <v>305</v>
       </c>
       <c r="P219" t="s">
-        <v>370</v>
+        <v>306</v>
       </c>
       <c r="Q219" t="s">
-        <v>371</v>
+        <v>107</v>
       </c>
       <c r="R219" t="s">
-        <v>372</v>
+        <v>307</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
         <v>18</v>
       </c>
       <c r="B220" t="s">
-        <v>1431</v>
+        <v>1441</v>
       </c>
       <c r="C220" t="s">
         <v>20</v>
       </c>
       <c r="D220" t="s">
         <v>20</v>
       </c>
       <c r="E220" t="s">
-        <v>1432</v>
+        <v>1442</v>
       </c>
       <c r="F220" t="s">
         <v>20</v>
       </c>
       <c r="G220" t="s">
-        <v>1433</v>
+        <v>1443</v>
       </c>
       <c r="H220" t="s">
-        <v>1434</v>
+        <v>1444</v>
       </c>
       <c r="I220" t="n">
         <v>0.0</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>1435</v>
+        <v>1445</v>
       </c>
       <c r="L220" t="s">
-        <v>1436</v>
+        <v>1446</v>
       </c>
       <c r="M220" t="s">
         <v>20</v>
       </c>
       <c r="N220" t="s">
-        <v>869</v>
+        <v>239</v>
       </c>
       <c r="O220" t="s">
-        <v>263</v>
+        <v>1447</v>
       </c>
       <c r="P220" t="s">
-        <v>50</v>
+        <v>1448</v>
       </c>
       <c r="Q220" t="s">
-        <v>51</v>
+        <v>1449</v>
       </c>
       <c r="R220" t="s">
-        <v>264</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
         <v>18</v>
       </c>
       <c r="B221" t="s">
-        <v>1437</v>
+        <v>1451</v>
       </c>
       <c r="C221" t="s">
         <v>20</v>
       </c>
       <c r="D221" t="s">
         <v>20</v>
       </c>
       <c r="E221" t="s">
-        <v>1438</v>
+        <v>1442</v>
       </c>
       <c r="F221" t="s">
         <v>20</v>
       </c>
       <c r="G221" t="s">
-        <v>1439</v>
+        <v>1452</v>
       </c>
       <c r="H221" t="s">
-        <v>1440</v>
+        <v>1453</v>
       </c>
       <c r="I221" t="n">
         <v>0.0</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>1441</v>
+        <v>1454</v>
       </c>
       <c r="L221" t="s">
-        <v>1442</v>
+        <v>1455</v>
       </c>
       <c r="M221" t="s">
         <v>20</v>
       </c>
       <c r="N221" t="s">
-        <v>214</v>
+        <v>1036</v>
       </c>
       <c r="O221" t="s">
-        <v>263</v>
+        <v>336</v>
       </c>
       <c r="P221" t="s">
-        <v>50</v>
+        <v>337</v>
       </c>
       <c r="Q221" t="s">
-        <v>51</v>
+        <v>338</v>
       </c>
       <c r="R221" t="s">
-        <v>264</v>
+        <v>339</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
         <v>18</v>
       </c>
       <c r="B222" t="s">
-        <v>1443</v>
+        <v>1456</v>
       </c>
       <c r="C222" t="s">
         <v>20</v>
       </c>
       <c r="D222" t="s">
         <v>20</v>
       </c>
       <c r="E222" t="s">
-        <v>1444</v>
+        <v>1457</v>
       </c>
       <c r="F222" t="s">
         <v>20</v>
       </c>
       <c r="G222" t="s">
-        <v>1445</v>
+        <v>1458</v>
       </c>
       <c r="H222" t="s">
-        <v>1446</v>
+        <v>1459</v>
       </c>
       <c r="I222" t="n">
         <v>0.0</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>1447</v>
+        <v>1460</v>
       </c>
       <c r="L222" t="s">
-        <v>1448</v>
+        <v>1461</v>
       </c>
       <c r="M222" t="s">
         <v>20</v>
       </c>
       <c r="N222" t="s">
-        <v>150</v>
+        <v>298</v>
       </c>
       <c r="O222" t="s">
-        <v>236</v>
+        <v>319</v>
       </c>
       <c r="P222" t="s">
-        <v>237</v>
+        <v>320</v>
       </c>
       <c r="Q222" t="s">
-        <v>238</v>
+        <v>321</v>
       </c>
       <c r="R222" t="s">
-        <v>239</v>
+        <v>322</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
         <v>18</v>
       </c>
       <c r="B223" t="s">
-        <v>1449</v>
+        <v>1462</v>
       </c>
       <c r="C223" t="s">
         <v>20</v>
       </c>
       <c r="D223" t="s">
         <v>20</v>
       </c>
       <c r="E223" t="s">
-        <v>1450</v>
+        <v>1463</v>
       </c>
       <c r="F223" t="s">
         <v>20</v>
       </c>
       <c r="G223" t="s">
-        <v>1451</v>
+        <v>1464</v>
       </c>
       <c r="H223" t="s">
-        <v>1452</v>
+        <v>1465</v>
       </c>
       <c r="I223" t="n">
         <v>0.0</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>1453</v>
+        <v>1466</v>
       </c>
       <c r="L223" t="s">
-        <v>1454</v>
+        <v>1467</v>
       </c>
       <c r="M223" t="s">
         <v>20</v>
       </c>
       <c r="N223" t="s">
-        <v>214</v>
+        <v>1098</v>
       </c>
       <c r="O223" t="s">
-        <v>236</v>
+        <v>319</v>
       </c>
       <c r="P223" t="s">
-        <v>237</v>
+        <v>320</v>
       </c>
       <c r="Q223" t="s">
-        <v>238</v>
+        <v>321</v>
       </c>
       <c r="R223" t="s">
-        <v>239</v>
+        <v>322</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
         <v>18</v>
       </c>
       <c r="B224" t="s">
-        <v>1455</v>
+        <v>1468</v>
       </c>
       <c r="C224" t="s">
         <v>20</v>
       </c>
       <c r="D224" t="s">
         <v>20</v>
       </c>
       <c r="E224" t="s">
-        <v>1450</v>
+        <v>1469</v>
       </c>
       <c r="F224" t="s">
         <v>20</v>
       </c>
       <c r="G224" t="s">
-        <v>1456</v>
+        <v>1470</v>
       </c>
       <c r="H224" t="s">
-        <v>1457</v>
+        <v>1471</v>
       </c>
       <c r="I224" t="n">
         <v>0.0</v>
       </c>
       <c r="J224" t="s">
-        <v>402</v>
+        <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>1458</v>
+        <v>1472</v>
       </c>
       <c r="L224" t="s">
-        <v>1442</v>
+        <v>1473</v>
       </c>
       <c r="M224" t="s">
         <v>20</v>
       </c>
       <c r="N224" t="s">
-        <v>856</v>
+        <v>1060</v>
       </c>
       <c r="O224" t="s">
-        <v>188</v>
+        <v>319</v>
       </c>
       <c r="P224" t="s">
-        <v>189</v>
+        <v>320</v>
       </c>
       <c r="Q224" t="s">
-        <v>190</v>
+        <v>321</v>
       </c>
       <c r="R224" t="s">
-        <v>191</v>
+        <v>322</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
         <v>18</v>
       </c>
       <c r="B225" t="s">
-        <v>1459</v>
+        <v>1474</v>
       </c>
       <c r="C225" t="s">
         <v>20</v>
       </c>
       <c r="D225" t="s">
         <v>20</v>
       </c>
       <c r="E225" t="s">
-        <v>1450</v>
+        <v>1475</v>
       </c>
       <c r="F225" t="s">
         <v>20</v>
       </c>
       <c r="G225" t="s">
-        <v>1460</v>
+        <v>1476</v>
       </c>
       <c r="H225" t="s">
-        <v>1461</v>
+        <v>1477</v>
       </c>
       <c r="I225" t="n">
         <v>0.0</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>1462</v>
+        <v>1478</v>
       </c>
       <c r="L225" t="s">
-        <v>1463</v>
+        <v>664</v>
       </c>
       <c r="M225" t="s">
         <v>20</v>
       </c>
       <c r="N225" t="s">
-        <v>1057</v>
+        <v>1053</v>
       </c>
       <c r="O225" t="s">
-        <v>236</v>
+        <v>450</v>
       </c>
       <c r="P225" t="s">
-        <v>237</v>
+        <v>451</v>
       </c>
       <c r="Q225" t="s">
-        <v>238</v>
+        <v>452</v>
       </c>
       <c r="R225" t="s">
-        <v>239</v>
+        <v>453</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
         <v>18</v>
       </c>
       <c r="B226" t="s">
-        <v>1464</v>
+        <v>1479</v>
       </c>
       <c r="C226" t="s">
         <v>20</v>
       </c>
       <c r="D226" t="s">
         <v>20</v>
       </c>
       <c r="E226" t="s">
-        <v>1465</v>
+        <v>1480</v>
       </c>
       <c r="F226" t="s">
         <v>20</v>
       </c>
       <c r="G226" t="s">
-        <v>1466</v>
+        <v>1481</v>
       </c>
       <c r="H226" t="s">
-        <v>1467</v>
+        <v>1482</v>
       </c>
       <c r="I226" t="n">
         <v>0.0</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>1468</v>
+        <v>1483</v>
       </c>
       <c r="L226" t="s">
-        <v>1454</v>
+        <v>1484</v>
       </c>
       <c r="M226" t="s">
         <v>20</v>
       </c>
       <c r="N226" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="O226" t="s">
-        <v>103</v>
+        <v>76</v>
       </c>
       <c r="P226" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="Q226" t="s">
-        <v>105</v>
+        <v>30</v>
       </c>
       <c r="R226" t="s">
-        <v>106</v>
+        <v>78</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
         <v>18</v>
       </c>
       <c r="B227" t="s">
-        <v>1469</v>
+        <v>1485</v>
       </c>
       <c r="C227" t="s">
         <v>20</v>
       </c>
       <c r="D227" t="s">
         <v>20</v>
       </c>
       <c r="E227" t="s">
-        <v>1470</v>
+        <v>1486</v>
       </c>
       <c r="F227" t="s">
         <v>20</v>
       </c>
       <c r="G227" t="s">
-        <v>1471</v>
+        <v>1487</v>
       </c>
       <c r="H227" t="s">
-        <v>1472</v>
+        <v>1488</v>
       </c>
       <c r="I227" t="n">
         <v>0.0</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>1473</v>
+        <v>1489</v>
       </c>
       <c r="L227" t="s">
-        <v>1474</v>
+        <v>1490</v>
       </c>
       <c r="M227" t="s">
         <v>20</v>
       </c>
       <c r="N227" t="s">
-        <v>900</v>
+        <v>298</v>
       </c>
       <c r="O227" t="s">
-        <v>547</v>
+        <v>76</v>
       </c>
       <c r="P227" t="s">
-        <v>548</v>
+        <v>77</v>
       </c>
       <c r="Q227" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="R227" t="s">
-        <v>549</v>
+        <v>78</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
         <v>18</v>
       </c>
       <c r="B228" t="s">
-        <v>1475</v>
+        <v>1491</v>
       </c>
       <c r="C228" t="s">
         <v>20</v>
       </c>
       <c r="D228" t="s">
         <v>20</v>
       </c>
       <c r="E228" t="s">
-        <v>1476</v>
+        <v>1492</v>
       </c>
       <c r="F228" t="s">
         <v>20</v>
       </c>
       <c r="G228" t="s">
-        <v>1477</v>
+        <v>1493</v>
       </c>
       <c r="H228" t="s">
-        <v>1478</v>
+        <v>1494</v>
       </c>
       <c r="I228" t="n">
         <v>0.0</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>1479</v>
+        <v>1495</v>
       </c>
       <c r="L228" t="s">
-        <v>1480</v>
+        <v>1496</v>
       </c>
       <c r="M228" t="s">
         <v>20</v>
       </c>
       <c r="N228" t="s">
-        <v>1481</v>
+        <v>239</v>
       </c>
       <c r="O228" t="s">
-        <v>640</v>
+        <v>319</v>
       </c>
       <c r="P228" t="s">
-        <v>641</v>
+        <v>320</v>
       </c>
       <c r="Q228" t="s">
-        <v>642</v>
+        <v>321</v>
       </c>
       <c r="R228" t="s">
-        <v>643</v>
+        <v>322</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
         <v>18</v>
       </c>
       <c r="B229" t="s">
-        <v>1482</v>
+        <v>1497</v>
       </c>
       <c r="C229" t="s">
         <v>20</v>
       </c>
       <c r="D229" t="s">
         <v>20</v>
       </c>
       <c r="E229" t="s">
-        <v>1483</v>
+        <v>1498</v>
       </c>
       <c r="F229" t="s">
         <v>20</v>
       </c>
       <c r="G229" t="s">
-        <v>1484</v>
+        <v>1499</v>
       </c>
       <c r="H229" t="s">
-        <v>1485</v>
+        <v>1500</v>
       </c>
       <c r="I229" t="n">
         <v>0.0</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>1486</v>
+        <v>1501</v>
       </c>
       <c r="L229" t="s">
-        <v>1487</v>
+        <v>1502</v>
       </c>
       <c r="M229" t="s">
         <v>20</v>
       </c>
       <c r="N229" t="s">
-        <v>214</v>
+        <v>298</v>
       </c>
       <c r="O229" t="s">
-        <v>369</v>
+        <v>319</v>
       </c>
       <c r="P229" t="s">
-        <v>370</v>
+        <v>320</v>
       </c>
       <c r="Q229" t="s">
-        <v>371</v>
+        <v>321</v>
       </c>
       <c r="R229" t="s">
-        <v>372</v>
+        <v>322</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
         <v>18</v>
       </c>
       <c r="B230" t="s">
-        <v>1488</v>
+        <v>1503</v>
       </c>
       <c r="C230" t="s">
         <v>20</v>
       </c>
       <c r="D230" t="s">
         <v>20</v>
       </c>
       <c r="E230" t="s">
-        <v>1489</v>
+        <v>1498</v>
       </c>
       <c r="F230" t="s">
         <v>20</v>
       </c>
       <c r="G230" t="s">
-        <v>1490</v>
+        <v>1504</v>
       </c>
       <c r="H230" t="s">
-        <v>1491</v>
+        <v>1505</v>
       </c>
       <c r="I230" t="n">
         <v>0.0</v>
       </c>
       <c r="J230" t="s">
-        <v>24</v>
+        <v>483</v>
       </c>
       <c r="K230" t="s">
-        <v>1492</v>
+        <v>1506</v>
       </c>
       <c r="L230" t="s">
-        <v>1493</v>
+        <v>1490</v>
       </c>
       <c r="M230" t="s">
         <v>20</v>
       </c>
       <c r="N230" t="s">
-        <v>139</v>
+        <v>899</v>
       </c>
       <c r="O230" t="s">
-        <v>547</v>
+        <v>273</v>
       </c>
       <c r="P230" t="s">
-        <v>548</v>
+        <v>274</v>
       </c>
       <c r="Q230" t="s">
-        <v>165</v>
+        <v>40</v>
       </c>
       <c r="R230" t="s">
-        <v>549</v>
+        <v>275</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
         <v>18</v>
       </c>
       <c r="B231" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="C231" t="s">
         <v>20</v>
       </c>
       <c r="D231" t="s">
         <v>20</v>
       </c>
       <c r="E231" t="s">
-        <v>1489</v>
+        <v>1498</v>
       </c>
       <c r="F231" t="s">
         <v>20</v>
       </c>
       <c r="G231" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="H231" t="s">
-        <v>1496</v>
+        <v>1509</v>
       </c>
       <c r="I231" t="n">
         <v>0.0</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>1497</v>
+        <v>1510</v>
       </c>
       <c r="L231" t="s">
-        <v>1498</v>
+        <v>1511</v>
       </c>
       <c r="M231" t="s">
         <v>20</v>
       </c>
       <c r="N231" t="s">
-        <v>971</v>
+        <v>1098</v>
       </c>
       <c r="O231" t="s">
-        <v>236</v>
+        <v>319</v>
       </c>
       <c r="P231" t="s">
-        <v>237</v>
+        <v>320</v>
       </c>
       <c r="Q231" t="s">
-        <v>238</v>
+        <v>321</v>
       </c>
       <c r="R231" t="s">
-        <v>239</v>
+        <v>322</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
         <v>18</v>
       </c>
       <c r="B232" t="s">
-        <v>1499</v>
+        <v>1512</v>
       </c>
       <c r="C232" t="s">
         <v>20</v>
       </c>
       <c r="D232" t="s">
         <v>20</v>
       </c>
       <c r="E232" t="s">
-        <v>1500</v>
+        <v>1513</v>
       </c>
       <c r="F232" t="s">
         <v>20</v>
       </c>
       <c r="G232" t="s">
-        <v>1501</v>
+        <v>1514</v>
       </c>
       <c r="H232" t="s">
-        <v>1502</v>
+        <v>1515</v>
       </c>
       <c r="I232" t="n">
         <v>0.0</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>1503</v>
+        <v>1516</v>
       </c>
       <c r="L232" t="s">
-        <v>1504</v>
+        <v>1502</v>
       </c>
       <c r="M232" t="s">
         <v>20</v>
       </c>
       <c r="N232" t="s">
-        <v>139</v>
+        <v>953</v>
       </c>
       <c r="O232" t="s">
-        <v>82</v>
+        <v>196</v>
       </c>
       <c r="P232" t="s">
-        <v>83</v>
+        <v>197</v>
       </c>
       <c r="Q232" t="s">
-        <v>84</v>
+        <v>198</v>
       </c>
       <c r="R232" t="s">
-        <v>85</v>
+        <v>199</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
         <v>18</v>
       </c>
       <c r="B233" t="s">
-        <v>1505</v>
+        <v>1517</v>
       </c>
       <c r="C233" t="s">
         <v>20</v>
       </c>
       <c r="D233" t="s">
         <v>20</v>
       </c>
       <c r="E233" t="s">
-        <v>1506</v>
+        <v>1518</v>
       </c>
       <c r="F233" t="s">
         <v>20</v>
       </c>
       <c r="G233" t="s">
-        <v>1507</v>
+        <v>1519</v>
       </c>
       <c r="H233" t="s">
-        <v>1508</v>
+        <v>1520</v>
       </c>
       <c r="I233" t="n">
         <v>0.0</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>1509</v>
+        <v>1521</v>
       </c>
       <c r="L233" t="s">
-        <v>492</v>
+        <v>1522</v>
       </c>
       <c r="M233" t="s">
         <v>20</v>
       </c>
       <c r="N233" t="s">
-        <v>486</v>
+        <v>942</v>
       </c>
       <c r="O233" t="s">
-        <v>236</v>
+        <v>625</v>
       </c>
       <c r="P233" t="s">
-        <v>237</v>
+        <v>626</v>
       </c>
       <c r="Q233" t="s">
-        <v>238</v>
+        <v>87</v>
       </c>
       <c r="R233" t="s">
-        <v>239</v>
+        <v>627</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
         <v>18</v>
       </c>
       <c r="B234" t="s">
-        <v>1510</v>
+        <v>1523</v>
       </c>
       <c r="C234" t="s">
         <v>20</v>
       </c>
       <c r="D234" t="s">
         <v>20</v>
       </c>
       <c r="E234" t="s">
-        <v>1511</v>
+        <v>1524</v>
       </c>
       <c r="F234" t="s">
         <v>20</v>
       </c>
       <c r="G234" t="s">
-        <v>1512</v>
+        <v>1525</v>
       </c>
       <c r="H234" t="s">
-        <v>1513</v>
+        <v>1526</v>
       </c>
       <c r="I234" t="n">
         <v>0.0</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>1514</v>
+        <v>1527</v>
       </c>
       <c r="L234" t="s">
-        <v>1515</v>
+        <v>1528</v>
       </c>
       <c r="M234" t="s">
         <v>20</v>
       </c>
       <c r="N234" t="s">
-        <v>805</v>
+        <v>1529</v>
       </c>
       <c r="O234" t="s">
-        <v>236</v>
+        <v>718</v>
       </c>
       <c r="P234" t="s">
-        <v>237</v>
+        <v>719</v>
       </c>
       <c r="Q234" t="s">
-        <v>238</v>
+        <v>720</v>
       </c>
       <c r="R234" t="s">
-        <v>239</v>
+        <v>721</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
         <v>18</v>
       </c>
       <c r="B235" t="s">
-        <v>1516</v>
+        <v>1530</v>
       </c>
       <c r="C235" t="s">
         <v>20</v>
       </c>
       <c r="D235" t="s">
         <v>20</v>
       </c>
       <c r="E235" t="s">
-        <v>1517</v>
+        <v>1531</v>
       </c>
       <c r="F235" t="s">
         <v>20</v>
       </c>
       <c r="G235" t="s">
-        <v>1518</v>
+        <v>1532</v>
       </c>
       <c r="H235" t="s">
-        <v>1519</v>
+        <v>1533</v>
       </c>
       <c r="I235" t="n">
         <v>0.0</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
-        <v>1520</v>
+        <v>1534</v>
       </c>
       <c r="L235" t="s">
-        <v>1521</v>
+        <v>1535</v>
       </c>
       <c r="M235" t="s">
         <v>20</v>
       </c>
       <c r="N235" t="s">
-        <v>1177</v>
+        <v>298</v>
       </c>
       <c r="O235" t="s">
-        <v>263</v>
+        <v>450</v>
       </c>
       <c r="P235" t="s">
-        <v>50</v>
+        <v>451</v>
       </c>
       <c r="Q235" t="s">
-        <v>51</v>
+        <v>452</v>
       </c>
       <c r="R235" t="s">
-        <v>264</v>
+        <v>453</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
         <v>18</v>
       </c>
       <c r="B236" t="s">
-        <v>1522</v>
+        <v>1536</v>
       </c>
       <c r="C236" t="s">
         <v>20</v>
       </c>
       <c r="D236" t="s">
         <v>20</v>
       </c>
       <c r="E236" t="s">
-        <v>1517</v>
+        <v>1537</v>
       </c>
       <c r="F236" t="s">
         <v>20</v>
       </c>
       <c r="G236" t="s">
-        <v>1523</v>
+        <v>1538</v>
       </c>
       <c r="H236" t="s">
-        <v>1524</v>
+        <v>1539</v>
       </c>
       <c r="I236" t="n">
         <v>0.0</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>1525</v>
+        <v>1540</v>
       </c>
       <c r="L236" t="s">
-        <v>1526</v>
+        <v>1541</v>
       </c>
       <c r="M236" t="s">
         <v>20</v>
       </c>
       <c r="N236" t="s">
-        <v>139</v>
+        <v>228</v>
       </c>
       <c r="O236" t="s">
-        <v>1527</v>
+        <v>625</v>
       </c>
       <c r="P236" t="s">
-        <v>1528</v>
+        <v>626</v>
       </c>
       <c r="Q236" t="s">
-        <v>371</v>
+        <v>87</v>
       </c>
       <c r="R236" t="s">
-        <v>1529</v>
+        <v>627</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
         <v>18</v>
       </c>
       <c r="B237" t="s">
-        <v>1530</v>
+        <v>1542</v>
       </c>
       <c r="C237" t="s">
         <v>20</v>
       </c>
       <c r="D237" t="s">
         <v>20</v>
       </c>
       <c r="E237" t="s">
-        <v>1531</v>
+        <v>1537</v>
       </c>
       <c r="F237" t="s">
         <v>20</v>
       </c>
       <c r="G237" t="s">
-        <v>1532</v>
+        <v>1543</v>
       </c>
       <c r="H237" t="s">
-        <v>1533</v>
+        <v>1544</v>
       </c>
       <c r="I237" t="n">
         <v>0.0</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>1534</v>
+        <v>1545</v>
       </c>
       <c r="L237" t="s">
-        <v>1535</v>
+        <v>1546</v>
       </c>
       <c r="M237" t="s">
         <v>20</v>
       </c>
       <c r="N237" t="s">
-        <v>900</v>
+        <v>1017</v>
       </c>
       <c r="O237" t="s">
-        <v>163</v>
+        <v>319</v>
       </c>
       <c r="P237" t="s">
-        <v>164</v>
+        <v>320</v>
       </c>
       <c r="Q237" t="s">
-        <v>165</v>
+        <v>321</v>
       </c>
       <c r="R237" t="s">
-        <v>166</v>
+        <v>322</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
         <v>18</v>
       </c>
       <c r="B238" t="s">
-        <v>1536</v>
+        <v>1547</v>
       </c>
       <c r="C238" t="s">
         <v>20</v>
       </c>
       <c r="D238" t="s">
         <v>20</v>
       </c>
       <c r="E238" t="s">
-        <v>1537</v>
+        <v>1548</v>
       </c>
       <c r="F238" t="s">
         <v>20</v>
       </c>
       <c r="G238" t="s">
-        <v>1538</v>
+        <v>1549</v>
       </c>
       <c r="H238" t="s">
-        <v>1539</v>
+        <v>1550</v>
       </c>
       <c r="I238" t="n">
         <v>0.0</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>1540</v>
+        <v>1551</v>
       </c>
       <c r="L238" t="s">
-        <v>1541</v>
+        <v>1552</v>
       </c>
       <c r="M238" t="s">
         <v>20</v>
       </c>
       <c r="N238" t="s">
-        <v>882</v>
+        <v>228</v>
       </c>
       <c r="O238" t="s">
-        <v>547</v>
+        <v>175</v>
       </c>
       <c r="P238" t="s">
-        <v>548</v>
+        <v>176</v>
       </c>
       <c r="Q238" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="R238" t="s">
-        <v>549</v>
+        <v>178</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
         <v>18</v>
       </c>
       <c r="B239" t="s">
-        <v>1542</v>
+        <v>1553</v>
       </c>
       <c r="C239" t="s">
         <v>20</v>
       </c>
       <c r="D239" t="s">
         <v>20</v>
       </c>
       <c r="E239" t="s">
-        <v>1543</v>
+        <v>1554</v>
       </c>
       <c r="F239" t="s">
         <v>20</v>
       </c>
       <c r="G239" t="s">
-        <v>1544</v>
+        <v>1555</v>
       </c>
       <c r="H239" t="s">
-        <v>1545</v>
+        <v>1556</v>
       </c>
       <c r="I239" t="n">
         <v>0.0</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>1546</v>
+        <v>1557</v>
       </c>
       <c r="L239" t="s">
-        <v>1547</v>
+        <v>570</v>
       </c>
       <c r="M239" t="s">
         <v>20</v>
       </c>
       <c r="N239" t="s">
-        <v>869</v>
+        <v>564</v>
       </c>
       <c r="O239" t="s">
-        <v>547</v>
+        <v>319</v>
       </c>
       <c r="P239" t="s">
-        <v>548</v>
+        <v>320</v>
       </c>
       <c r="Q239" t="s">
-        <v>165</v>
+        <v>321</v>
       </c>
       <c r="R239" t="s">
-        <v>549</v>
+        <v>322</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
         <v>18</v>
       </c>
       <c r="B240" t="s">
-        <v>1548</v>
+        <v>1558</v>
       </c>
       <c r="C240" t="s">
         <v>20</v>
       </c>
       <c r="D240" t="s">
         <v>20</v>
       </c>
       <c r="E240" t="s">
-        <v>1549</v>
+        <v>1559</v>
       </c>
       <c r="F240" t="s">
         <v>20</v>
       </c>
       <c r="G240" t="s">
-        <v>1550</v>
+        <v>1560</v>
       </c>
       <c r="H240" t="s">
-        <v>1551</v>
+        <v>1561</v>
       </c>
       <c r="I240" t="n">
         <v>0.0</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>1552</v>
+        <v>1562</v>
       </c>
       <c r="L240" t="s">
-        <v>1553</v>
+        <v>1563</v>
       </c>
       <c r="M240" t="s">
         <v>20</v>
       </c>
       <c r="N240" t="s">
-        <v>882</v>
+        <v>848</v>
       </c>
       <c r="O240" t="s">
-        <v>113</v>
+        <v>319</v>
       </c>
       <c r="P240" t="s">
-        <v>114</v>
+        <v>320</v>
       </c>
       <c r="Q240" t="s">
-        <v>115</v>
+        <v>321</v>
       </c>
       <c r="R240" t="s">
-        <v>116</v>
+        <v>322</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
         <v>18</v>
       </c>
       <c r="B241" t="s">
-        <v>1554</v>
+        <v>1564</v>
       </c>
       <c r="C241" t="s">
         <v>20</v>
       </c>
       <c r="D241" t="s">
         <v>20</v>
       </c>
       <c r="E241" t="s">
-        <v>1555</v>
+        <v>1565</v>
       </c>
       <c r="F241" t="s">
         <v>20</v>
       </c>
       <c r="G241" t="s">
-        <v>1556</v>
+        <v>1566</v>
       </c>
       <c r="H241" t="s">
-        <v>1557</v>
+        <v>1567</v>
       </c>
       <c r="I241" t="n">
         <v>0.0</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>1558</v>
+        <v>1568</v>
       </c>
       <c r="L241" t="s">
-        <v>1559</v>
+        <v>1569</v>
       </c>
       <c r="M241" t="s">
         <v>20</v>
       </c>
       <c r="N241" t="s">
-        <v>869</v>
+        <v>228</v>
       </c>
       <c r="O241" t="s">
-        <v>103</v>
+        <v>1570</v>
       </c>
       <c r="P241" t="s">
-        <v>104</v>
+        <v>1571</v>
       </c>
       <c r="Q241" t="s">
-        <v>105</v>
+        <v>452</v>
       </c>
       <c r="R241" t="s">
-        <v>106</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
         <v>18</v>
       </c>
       <c r="B242" t="s">
-        <v>1560</v>
+        <v>1573</v>
       </c>
       <c r="C242" t="s">
         <v>20</v>
       </c>
       <c r="D242" t="s">
         <v>20</v>
       </c>
       <c r="E242" t="s">
-        <v>1561</v>
+        <v>1574</v>
       </c>
       <c r="F242" t="s">
         <v>20</v>
       </c>
       <c r="G242" t="s">
-        <v>1562</v>
+        <v>1575</v>
       </c>
       <c r="H242" t="s">
-        <v>1563</v>
+        <v>1576</v>
       </c>
       <c r="I242" t="n">
         <v>0.0</v>
       </c>
       <c r="J242" t="s">
-        <v>402</v>
+        <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>1564</v>
+        <v>1577</v>
       </c>
       <c r="L242" t="s">
-        <v>1565</v>
+        <v>1578</v>
       </c>
       <c r="M242" t="s">
         <v>20</v>
       </c>
       <c r="N242" t="s">
-        <v>893</v>
+        <v>942</v>
       </c>
       <c r="O242" t="s">
-        <v>1327</v>
+        <v>85</v>
       </c>
       <c r="P242" t="s">
-        <v>189</v>
+        <v>86</v>
       </c>
       <c r="Q242" t="s">
-        <v>190</v>
+        <v>87</v>
       </c>
       <c r="R242" t="s">
-        <v>1328</v>
+        <v>88</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
         <v>18</v>
       </c>
       <c r="B243" t="s">
-        <v>1566</v>
+        <v>1579</v>
       </c>
       <c r="C243" t="s">
         <v>20</v>
       </c>
       <c r="D243" t="s">
         <v>20</v>
       </c>
       <c r="E243" t="s">
-        <v>1567</v>
+        <v>1580</v>
       </c>
       <c r="F243" t="s">
         <v>20</v>
       </c>
       <c r="G243" t="s">
-        <v>1568</v>
+        <v>1581</v>
       </c>
       <c r="H243" t="s">
-        <v>1569</v>
+        <v>1582</v>
       </c>
       <c r="I243" t="n">
         <v>0.0</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>1570</v>
+        <v>1583</v>
       </c>
       <c r="L243" t="s">
-        <v>1571</v>
+        <v>1584</v>
       </c>
       <c r="M243" t="s">
         <v>20</v>
       </c>
       <c r="N243" t="s">
-        <v>513</v>
+        <v>925</v>
       </c>
       <c r="O243" t="s">
-        <v>1572</v>
+        <v>625</v>
       </c>
       <c r="P243" t="s">
-        <v>1573</v>
+        <v>626</v>
       </c>
       <c r="Q243" t="s">
-        <v>1574</v>
+        <v>87</v>
       </c>
       <c r="R243" t="s">
-        <v>1575</v>
+        <v>627</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
         <v>18</v>
       </c>
       <c r="B244" t="s">
-        <v>1576</v>
+        <v>1585</v>
       </c>
       <c r="C244" t="s">
         <v>20</v>
       </c>
       <c r="D244" t="s">
         <v>20</v>
       </c>
       <c r="E244" t="s">
-        <v>1567</v>
+        <v>1586</v>
       </c>
       <c r="F244" t="s">
         <v>20</v>
       </c>
       <c r="G244" t="s">
-        <v>1577</v>
+        <v>1587</v>
       </c>
       <c r="H244" t="s">
-        <v>1578</v>
+        <v>1588</v>
       </c>
       <c r="I244" t="n">
         <v>0.0</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>1579</v>
+        <v>1589</v>
       </c>
       <c r="L244" t="s">
-        <v>1580</v>
+        <v>1590</v>
       </c>
       <c r="M244" t="s">
         <v>20</v>
       </c>
       <c r="N244" t="s">
-        <v>882</v>
+        <v>912</v>
       </c>
       <c r="O244" t="s">
-        <v>1581</v>
+        <v>625</v>
       </c>
       <c r="P244" t="s">
-        <v>1582</v>
+        <v>626</v>
       </c>
       <c r="Q244" t="s">
-        <v>1583</v>
+        <v>87</v>
       </c>
       <c r="R244" t="s">
-        <v>1584</v>
+        <v>627</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
         <v>18</v>
       </c>
       <c r="B245" t="s">
-        <v>1585</v>
+        <v>1591</v>
       </c>
       <c r="C245" t="s">
         <v>20</v>
       </c>
       <c r="D245" t="s">
         <v>20</v>
       </c>
       <c r="E245" t="s">
-        <v>1586</v>
+        <v>1592</v>
       </c>
       <c r="F245" t="s">
         <v>20</v>
       </c>
       <c r="G245" t="s">
-        <v>1587</v>
+        <v>1593</v>
       </c>
       <c r="H245" t="s">
-        <v>1588</v>
+        <v>1594</v>
       </c>
       <c r="I245" t="n">
         <v>0.0</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
       <c r="L245" t="s">
-        <v>58</v>
+        <v>1596</v>
       </c>
       <c r="M245" t="s">
         <v>20</v>
       </c>
       <c r="N245" t="s">
-        <v>1590</v>
+        <v>925</v>
       </c>
       <c r="O245" t="s">
-        <v>221</v>
+        <v>95</v>
       </c>
       <c r="P245" t="s">
-        <v>222</v>
+        <v>96</v>
       </c>
       <c r="Q245" t="s">
-        <v>223</v>
+        <v>97</v>
       </c>
       <c r="R245" t="s">
-        <v>224</v>
+        <v>98</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
         <v>18</v>
       </c>
       <c r="B246" t="s">
-        <v>1591</v>
+        <v>1597</v>
       </c>
       <c r="C246" t="s">
         <v>20</v>
       </c>
       <c r="D246" t="s">
         <v>20</v>
       </c>
       <c r="E246" t="s">
-        <v>1592</v>
+        <v>1598</v>
       </c>
       <c r="F246" t="s">
         <v>20</v>
       </c>
       <c r="G246" t="s">
-        <v>1593</v>
+        <v>1599</v>
       </c>
       <c r="H246" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
       <c r="I246" t="n">
         <v>0.0</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
-        <v>1595</v>
+        <v>1601</v>
       </c>
       <c r="L246" t="s">
-        <v>1442</v>
+        <v>1602</v>
       </c>
       <c r="M246" t="s">
         <v>20</v>
       </c>
       <c r="N246" t="s">
-        <v>1596</v>
+        <v>912</v>
       </c>
       <c r="O246" t="s">
-        <v>1597</v>
+        <v>196</v>
       </c>
       <c r="P246" t="s">
-        <v>1598</v>
+        <v>197</v>
       </c>
       <c r="Q246" t="s">
-        <v>1599</v>
+        <v>198</v>
       </c>
       <c r="R246" t="s">
-        <v>1600</v>
+        <v>199</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
         <v>18</v>
       </c>
       <c r="B247" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="C247" t="s">
         <v>20</v>
       </c>
       <c r="D247" t="s">
         <v>20</v>
       </c>
       <c r="E247" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="F247" t="s">
         <v>20</v>
       </c>
       <c r="G247" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="H247" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="I247" t="n">
         <v>0.0</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>1486</v>
+        <v>1607</v>
       </c>
       <c r="L247" t="s">
-        <v>492</v>
+        <v>1608</v>
       </c>
       <c r="M247" t="s">
         <v>20</v>
       </c>
       <c r="N247" t="s">
-        <v>792</v>
+        <v>591</v>
       </c>
       <c r="O247" t="s">
-        <v>263</v>
+        <v>1609</v>
       </c>
       <c r="P247" t="s">
-        <v>50</v>
+        <v>1610</v>
       </c>
       <c r="Q247" t="s">
-        <v>51</v>
+        <v>1611</v>
       </c>
       <c r="R247" t="s">
-        <v>264</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
         <v>18</v>
       </c>
       <c r="B248" t="s">
-        <v>1605</v>
+        <v>1613</v>
       </c>
       <c r="C248" t="s">
         <v>20</v>
       </c>
       <c r="D248" t="s">
         <v>20</v>
       </c>
       <c r="E248" t="s">
-        <v>1606</v>
+        <v>1614</v>
       </c>
       <c r="F248" t="s">
         <v>20</v>
       </c>
       <c r="G248" t="s">
-        <v>1607</v>
+        <v>1615</v>
       </c>
       <c r="H248" t="s">
-        <v>1608</v>
+        <v>1616</v>
       </c>
       <c r="I248" t="n">
         <v>0.0</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>1609</v>
+        <v>1617</v>
       </c>
       <c r="L248" t="s">
-        <v>1610</v>
+        <v>152</v>
       </c>
       <c r="M248" t="s">
         <v>20</v>
       </c>
       <c r="N248" t="s">
-        <v>792</v>
+        <v>1618</v>
       </c>
       <c r="O248" t="s">
-        <v>547</v>
+        <v>305</v>
       </c>
       <c r="P248" t="s">
-        <v>548</v>
+        <v>306</v>
       </c>
       <c r="Q248" t="s">
-        <v>165</v>
+        <v>107</v>
       </c>
       <c r="R248" t="s">
-        <v>549</v>
+        <v>307</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
         <v>18</v>
       </c>
       <c r="B249" t="s">
-        <v>1611</v>
+        <v>1619</v>
       </c>
       <c r="C249" t="s">
         <v>20</v>
       </c>
       <c r="D249" t="s">
         <v>20</v>
       </c>
       <c r="E249" t="s">
-        <v>1612</v>
+        <v>1620</v>
       </c>
       <c r="F249" t="s">
         <v>20</v>
       </c>
       <c r="G249" t="s">
-        <v>1613</v>
+        <v>1621</v>
       </c>
       <c r="H249" t="s">
-        <v>1614</v>
+        <v>1622</v>
       </c>
       <c r="I249" t="n">
         <v>0.0</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>1615</v>
+        <v>1623</v>
       </c>
       <c r="L249" t="s">
-        <v>1616</v>
+        <v>1490</v>
       </c>
       <c r="M249" t="s">
         <v>20</v>
       </c>
       <c r="N249" t="s">
-        <v>882</v>
+        <v>1624</v>
       </c>
       <c r="O249" t="s">
-        <v>1617</v>
+        <v>1625</v>
       </c>
       <c r="P249" t="s">
-        <v>1618</v>
+        <v>1626</v>
       </c>
       <c r="Q249" t="s">
-        <v>1619</v>
+        <v>1627</v>
       </c>
       <c r="R249" t="s">
-        <v>1620</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
         <v>18</v>
       </c>
       <c r="B250" t="s">
-        <v>1621</v>
+        <v>1629</v>
       </c>
       <c r="C250" t="s">
         <v>20</v>
       </c>
       <c r="D250" t="s">
         <v>20</v>
       </c>
       <c r="E250" t="s">
-        <v>1622</v>
+        <v>1630</v>
       </c>
       <c r="F250" t="s">
         <v>20</v>
       </c>
       <c r="G250" t="s">
-        <v>1623</v>
+        <v>1631</v>
       </c>
       <c r="H250" t="s">
-        <v>1624</v>
+        <v>1632</v>
       </c>
       <c r="I250" t="n">
         <v>0.0</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>1625</v>
+        <v>1534</v>
       </c>
       <c r="L250" t="s">
-        <v>1626</v>
+        <v>570</v>
       </c>
       <c r="M250" t="s">
         <v>20</v>
       </c>
       <c r="N250" t="s">
-        <v>882</v>
+        <v>835</v>
       </c>
       <c r="O250" t="s">
-        <v>263</v>
+        <v>76</v>
       </c>
       <c r="P250" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="Q250" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="R250" t="s">
-        <v>264</v>
+        <v>78</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
         <v>18</v>
       </c>
       <c r="B251" t="s">
-        <v>1627</v>
+        <v>1633</v>
       </c>
       <c r="C251" t="s">
         <v>20</v>
       </c>
       <c r="D251" t="s">
         <v>20</v>
       </c>
       <c r="E251" t="s">
-        <v>1628</v>
+        <v>1634</v>
       </c>
       <c r="F251" t="s">
         <v>20</v>
       </c>
       <c r="G251" t="s">
-        <v>1629</v>
+        <v>1635</v>
       </c>
       <c r="H251" t="s">
-        <v>1630</v>
+        <v>1636</v>
       </c>
       <c r="I251" t="n">
         <v>0.0</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>1631</v>
+        <v>1637</v>
       </c>
       <c r="L251" t="s">
-        <v>1632</v>
+        <v>1638</v>
       </c>
       <c r="M251" t="s">
         <v>20</v>
       </c>
       <c r="N251" t="s">
-        <v>869</v>
+        <v>835</v>
       </c>
       <c r="O251" t="s">
-        <v>113</v>
+        <v>625</v>
       </c>
       <c r="P251" t="s">
-        <v>114</v>
+        <v>626</v>
       </c>
       <c r="Q251" t="s">
-        <v>115</v>
+        <v>87</v>
       </c>
       <c r="R251" t="s">
-        <v>116</v>
+        <v>627</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
         <v>18</v>
       </c>
       <c r="B252" t="s">
-        <v>1633</v>
+        <v>1639</v>
       </c>
       <c r="C252" t="s">
         <v>20</v>
       </c>
       <c r="D252" t="s">
         <v>20</v>
       </c>
       <c r="E252" t="s">
-        <v>1634</v>
+        <v>1640</v>
       </c>
       <c r="F252" t="s">
         <v>20</v>
       </c>
       <c r="G252" t="s">
-        <v>1635</v>
+        <v>1641</v>
       </c>
       <c r="H252" t="s">
-        <v>1636</v>
+        <v>1642</v>
       </c>
       <c r="I252" t="n">
         <v>0.0</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>1085</v>
+        <v>1643</v>
       </c>
       <c r="L252" t="s">
-        <v>1637</v>
+        <v>1644</v>
       </c>
       <c r="M252" t="s">
         <v>20</v>
       </c>
       <c r="N252" t="s">
-        <v>1286</v>
+        <v>75</v>
       </c>
       <c r="O252" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="P252" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="Q252" t="s">
-        <v>1640</v>
+        <v>1647</v>
       </c>
       <c r="R252" t="s">
-        <v>1641</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
         <v>18</v>
       </c>
       <c r="B253" t="s">
-        <v>1642</v>
+        <v>1649</v>
       </c>
       <c r="C253" t="s">
         <v>20</v>
       </c>
       <c r="D253" t="s">
         <v>20</v>
       </c>
       <c r="E253" t="s">
-        <v>1643</v>
+        <v>1650</v>
       </c>
       <c r="F253" t="s">
         <v>20</v>
       </c>
       <c r="G253" t="s">
-        <v>1644</v>
+        <v>1651</v>
       </c>
       <c r="H253" t="s">
-        <v>1645</v>
+        <v>1652</v>
       </c>
       <c r="I253" t="n">
         <v>0.0</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>1646</v>
+        <v>1653</v>
       </c>
       <c r="L253" t="s">
-        <v>58</v>
+        <v>1654</v>
       </c>
       <c r="M253" t="s">
         <v>20</v>
       </c>
       <c r="N253" t="s">
-        <v>214</v>
+        <v>912</v>
       </c>
       <c r="O253" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="P253" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="Q253" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="R253" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
         <v>18</v>
       </c>
       <c r="B254" t="s">
-        <v>1647</v>
+        <v>1655</v>
       </c>
       <c r="C254" t="s">
         <v>20</v>
       </c>
       <c r="D254" t="s">
         <v>20</v>
       </c>
       <c r="E254" t="s">
-        <v>1648</v>
+        <v>1656</v>
       </c>
       <c r="F254" t="s">
         <v>20</v>
       </c>
       <c r="G254" t="s">
-        <v>1649</v>
+        <v>1657</v>
       </c>
       <c r="H254" t="s">
-        <v>1650</v>
+        <v>1658</v>
       </c>
       <c r="I254" t="n">
         <v>0.0</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>1651</v>
+        <v>1126</v>
       </c>
       <c r="L254" t="s">
-        <v>1320</v>
+        <v>1659</v>
       </c>
       <c r="M254" t="s">
         <v>20</v>
       </c>
       <c r="N254" t="s">
-        <v>882</v>
+        <v>1334</v>
       </c>
       <c r="O254" t="s">
-        <v>253</v>
+        <v>1660</v>
       </c>
       <c r="P254" t="s">
-        <v>254</v>
+        <v>1661</v>
       </c>
       <c r="Q254" t="s">
-        <v>255</v>
+        <v>1662</v>
       </c>
       <c r="R254" t="s">
-        <v>256</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
         <v>18</v>
       </c>
       <c r="B255" t="s">
-        <v>1652</v>
+        <v>1664</v>
       </c>
       <c r="C255" t="s">
         <v>20</v>
       </c>
       <c r="D255" t="s">
         <v>20</v>
       </c>
       <c r="E255" t="s">
-        <v>1653</v>
+        <v>1665</v>
       </c>
       <c r="F255" t="s">
         <v>20</v>
       </c>
       <c r="G255" t="s">
-        <v>1654</v>
+        <v>1666</v>
       </c>
       <c r="H255" t="s">
-        <v>1655</v>
+        <v>1667</v>
       </c>
       <c r="I255" t="n">
         <v>0.0</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>1656</v>
+        <v>1668</v>
       </c>
       <c r="L255" t="s">
-        <v>1454</v>
+        <v>152</v>
       </c>
       <c r="M255" t="s">
         <v>20</v>
       </c>
       <c r="N255" t="s">
-        <v>1201</v>
+        <v>298</v>
       </c>
       <c r="O255" t="s">
-        <v>655</v>
+        <v>185</v>
       </c>
       <c r="P255" t="s">
-        <v>656</v>
+        <v>186</v>
       </c>
       <c r="Q255" t="s">
-        <v>657</v>
+        <v>187</v>
       </c>
       <c r="R255" t="s">
-        <v>658</v>
+        <v>188</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
         <v>18</v>
       </c>
       <c r="B256" t="s">
-        <v>1657</v>
+        <v>1669</v>
       </c>
       <c r="C256" t="s">
         <v>20</v>
       </c>
       <c r="D256" t="s">
         <v>20</v>
       </c>
       <c r="E256" t="s">
-        <v>1658</v>
+        <v>1670</v>
       </c>
       <c r="F256" t="s">
         <v>20</v>
       </c>
       <c r="G256" t="s">
-        <v>1659</v>
+        <v>1671</v>
       </c>
       <c r="H256" t="s">
-        <v>1660</v>
+        <v>1672</v>
       </c>
       <c r="I256" t="n">
         <v>0.0</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>1661</v>
+        <v>1673</v>
       </c>
       <c r="L256" t="s">
-        <v>1662</v>
+        <v>1368</v>
       </c>
       <c r="M256" t="s">
         <v>20</v>
       </c>
       <c r="N256" t="s">
-        <v>805</v>
+        <v>925</v>
       </c>
       <c r="O256" t="s">
-        <v>236</v>
+        <v>336</v>
       </c>
       <c r="P256" t="s">
-        <v>237</v>
+        <v>337</v>
       </c>
       <c r="Q256" t="s">
-        <v>238</v>
+        <v>338</v>
       </c>
       <c r="R256" t="s">
-        <v>239</v>
+        <v>339</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
         <v>18</v>
       </c>
       <c r="B257" t="s">
-        <v>1663</v>
+        <v>1674</v>
       </c>
       <c r="C257" t="s">
         <v>20</v>
       </c>
       <c r="D257" t="s">
         <v>20</v>
       </c>
       <c r="E257" t="s">
-        <v>1664</v>
+        <v>1675</v>
       </c>
       <c r="F257" t="s">
         <v>20</v>
       </c>
       <c r="G257" t="s">
-        <v>1665</v>
+        <v>1676</v>
       </c>
       <c r="H257" t="s">
-        <v>1666</v>
+        <v>1677</v>
       </c>
       <c r="I257" t="n">
         <v>0.0</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>1667</v>
+        <v>1678</v>
       </c>
       <c r="L257" t="s">
-        <v>1668</v>
+        <v>1502</v>
       </c>
       <c r="M257" t="s">
         <v>20</v>
       </c>
       <c r="N257" t="s">
-        <v>792</v>
+        <v>1249</v>
       </c>
       <c r="O257" t="s">
-        <v>113</v>
+        <v>733</v>
       </c>
       <c r="P257" t="s">
-        <v>114</v>
+        <v>734</v>
       </c>
       <c r="Q257" t="s">
-        <v>115</v>
+        <v>735</v>
       </c>
       <c r="R257" t="s">
-        <v>116</v>
+        <v>736</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
         <v>18</v>
       </c>
       <c r="B258" t="s">
-        <v>1669</v>
+        <v>1679</v>
       </c>
       <c r="C258" t="s">
         <v>20</v>
       </c>
       <c r="D258" t="s">
         <v>20</v>
       </c>
       <c r="E258" t="s">
-        <v>1670</v>
+        <v>1680</v>
       </c>
       <c r="F258" t="s">
         <v>20</v>
       </c>
       <c r="G258" t="s">
-        <v>1671</v>
+        <v>1681</v>
       </c>
       <c r="H258" t="s">
-        <v>1672</v>
+        <v>1682</v>
       </c>
       <c r="I258" t="n">
         <v>0.0</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>1673</v>
+        <v>1683</v>
       </c>
       <c r="L258" t="s">
-        <v>1674</v>
+        <v>1684</v>
       </c>
       <c r="M258" t="s">
         <v>20</v>
       </c>
       <c r="N258" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
       <c r="O258" t="s">
-        <v>883</v>
+        <v>319</v>
       </c>
       <c r="P258" t="s">
-        <v>884</v>
+        <v>320</v>
       </c>
       <c r="Q258" t="s">
-        <v>885</v>
+        <v>321</v>
       </c>
       <c r="R258" t="s">
-        <v>886</v>
+        <v>322</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
         <v>18</v>
       </c>
       <c r="B259" t="s">
-        <v>1675</v>
+        <v>1685</v>
       </c>
       <c r="C259" t="s">
         <v>20</v>
       </c>
       <c r="D259" t="s">
         <v>20</v>
       </c>
       <c r="E259" t="s">
-        <v>1676</v>
+        <v>1686</v>
       </c>
       <c r="F259" t="s">
         <v>20</v>
       </c>
       <c r="G259" t="s">
-        <v>1677</v>
+        <v>1687</v>
       </c>
       <c r="H259" t="s">
-        <v>1678</v>
+        <v>1688</v>
       </c>
       <c r="I259" t="n">
         <v>0.0</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>1679</v>
+        <v>1689</v>
       </c>
       <c r="L259" t="s">
-        <v>1680</v>
+        <v>1690</v>
       </c>
       <c r="M259" t="s">
         <v>20</v>
       </c>
       <c r="N259" t="s">
-        <v>520</v>
+        <v>835</v>
       </c>
       <c r="O259" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="P259" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="Q259" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="R259" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
         <v>18</v>
       </c>
       <c r="B260" t="s">
-        <v>1681</v>
+        <v>1691</v>
       </c>
       <c r="C260" t="s">
         <v>20</v>
       </c>
       <c r="D260" t="s">
         <v>20</v>
       </c>
       <c r="E260" t="s">
-        <v>1682</v>
+        <v>1692</v>
       </c>
       <c r="F260" t="s">
         <v>20</v>
       </c>
       <c r="G260" t="s">
-        <v>1683</v>
+        <v>1693</v>
       </c>
       <c r="H260" t="s">
-        <v>1684</v>
+        <v>1694</v>
       </c>
       <c r="I260" t="n">
         <v>0.0</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>1685</v>
+        <v>1695</v>
       </c>
       <c r="L260" t="s">
-        <v>1662</v>
+        <v>1696</v>
       </c>
       <c r="M260" t="s">
         <v>20</v>
       </c>
       <c r="N260" t="s">
-        <v>1596</v>
+        <v>912</v>
       </c>
       <c r="O260" t="s">
-        <v>221</v>
+        <v>926</v>
       </c>
       <c r="P260" t="s">
-        <v>222</v>
+        <v>927</v>
       </c>
       <c r="Q260" t="s">
-        <v>223</v>
+        <v>928</v>
       </c>
       <c r="R260" t="s">
-        <v>224</v>
+        <v>929</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
         <v>18</v>
       </c>
       <c r="B261" t="s">
-        <v>1686</v>
+        <v>1697</v>
       </c>
       <c r="C261" t="s">
         <v>20</v>
       </c>
       <c r="D261" t="s">
         <v>20</v>
       </c>
       <c r="E261" t="s">
-        <v>1687</v>
+        <v>1698</v>
       </c>
       <c r="F261" t="s">
         <v>20</v>
       </c>
       <c r="G261" t="s">
-        <v>1688</v>
+        <v>1699</v>
       </c>
       <c r="H261" t="s">
-        <v>1689</v>
+        <v>1700</v>
       </c>
       <c r="I261" t="n">
         <v>0.0</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>1690</v>
+        <v>1701</v>
       </c>
       <c r="L261" t="s">
-        <v>492</v>
+        <v>1702</v>
       </c>
       <c r="M261" t="s">
         <v>20</v>
       </c>
       <c r="N261" t="s">
-        <v>1691</v>
+        <v>598</v>
       </c>
       <c r="O261" t="s">
-        <v>406</v>
+        <v>196</v>
       </c>
       <c r="P261" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="Q261" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="R261" t="s">
-        <v>407</v>
+        <v>199</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
         <v>18</v>
       </c>
       <c r="B262" t="s">
-        <v>1692</v>
+        <v>1703</v>
       </c>
       <c r="C262" t="s">
         <v>20</v>
       </c>
       <c r="D262" t="s">
         <v>20</v>
       </c>
       <c r="E262" t="s">
-        <v>1693</v>
+        <v>1704</v>
       </c>
       <c r="F262" t="s">
         <v>20</v>
       </c>
       <c r="G262" t="s">
-        <v>1694</v>
+        <v>1705</v>
       </c>
       <c r="H262" t="s">
-        <v>1695</v>
+        <v>1706</v>
       </c>
       <c r="I262" t="n">
         <v>0.0</v>
       </c>
       <c r="J262" t="s">
-        <v>402</v>
+        <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>1696</v>
+        <v>1707</v>
       </c>
       <c r="L262" t="s">
-        <v>1697</v>
+        <v>1684</v>
       </c>
       <c r="M262" t="s">
         <v>20</v>
       </c>
       <c r="N262" t="s">
-        <v>1137</v>
+        <v>1624</v>
       </c>
       <c r="O262" t="s">
-        <v>406</v>
+        <v>305</v>
       </c>
       <c r="P262" t="s">
-        <v>189</v>
+        <v>306</v>
       </c>
       <c r="Q262" t="s">
-        <v>190</v>
+        <v>107</v>
       </c>
       <c r="R262" t="s">
-        <v>407</v>
+        <v>307</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
         <v>18</v>
       </c>
       <c r="B263" t="s">
-        <v>1698</v>
+        <v>1708</v>
       </c>
       <c r="C263" t="s">
         <v>20</v>
       </c>
       <c r="D263" t="s">
         <v>20</v>
       </c>
       <c r="E263" t="s">
-        <v>1699</v>
+        <v>1709</v>
       </c>
       <c r="F263" t="s">
         <v>20</v>
       </c>
       <c r="G263" t="s">
-        <v>1700</v>
+        <v>1710</v>
       </c>
       <c r="H263" t="s">
-        <v>1701</v>
+        <v>1711</v>
       </c>
       <c r="I263" t="n">
         <v>0.0</v>
       </c>
       <c r="J263" t="s">
-        <v>24</v>
+        <v>483</v>
       </c>
       <c r="K263" t="s">
-        <v>1702</v>
+        <v>1712</v>
       </c>
       <c r="L263" t="s">
-        <v>1703</v>
+        <v>1713</v>
       </c>
       <c r="M263" t="s">
         <v>20</v>
       </c>
       <c r="N263" t="s">
-        <v>639</v>
+        <v>1178</v>
       </c>
       <c r="O263" t="s">
-        <v>221</v>
+        <v>487</v>
       </c>
       <c r="P263" t="s">
-        <v>222</v>
+        <v>274</v>
       </c>
       <c r="Q263" t="s">
-        <v>223</v>
+        <v>40</v>
       </c>
       <c r="R263" t="s">
-        <v>224</v>
+        <v>488</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
         <v>18</v>
       </c>
       <c r="B264" t="s">
-        <v>1704</v>
+        <v>1714</v>
       </c>
       <c r="C264" t="s">
         <v>20</v>
       </c>
       <c r="D264" t="s">
         <v>20</v>
       </c>
       <c r="E264" t="s">
-        <v>1705</v>
+        <v>1715</v>
       </c>
       <c r="F264" t="s">
         <v>20</v>
       </c>
       <c r="G264" t="s">
-        <v>1706</v>
+        <v>1716</v>
       </c>
       <c r="H264" t="s">
-        <v>1707</v>
+        <v>1717</v>
       </c>
       <c r="I264" t="n">
         <v>0.0</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>1708</v>
+        <v>1718</v>
       </c>
       <c r="L264" t="s">
-        <v>1565</v>
+        <v>1719</v>
       </c>
       <c r="M264" t="s">
         <v>20</v>
       </c>
       <c r="N264" t="s">
-        <v>493</v>
+        <v>717</v>
       </c>
       <c r="O264" t="s">
-        <v>253</v>
+        <v>305</v>
       </c>
       <c r="P264" t="s">
-        <v>254</v>
+        <v>306</v>
       </c>
       <c r="Q264" t="s">
-        <v>255</v>
+        <v>107</v>
       </c>
       <c r="R264" t="s">
-        <v>256</v>
+        <v>307</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
         <v>18</v>
       </c>
       <c r="B265" t="s">
-        <v>1709</v>
+        <v>1720</v>
       </c>
       <c r="C265" t="s">
         <v>20</v>
       </c>
       <c r="D265" t="s">
         <v>20</v>
       </c>
       <c r="E265" t="s">
-        <v>1710</v>
+        <v>1721</v>
       </c>
       <c r="F265" t="s">
         <v>20</v>
       </c>
       <c r="G265" t="s">
-        <v>1711</v>
+        <v>1722</v>
       </c>
       <c r="H265" t="s">
-        <v>1712</v>
+        <v>1723</v>
       </c>
       <c r="I265" t="n">
         <v>0.0</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>1713</v>
+        <v>1724</v>
       </c>
       <c r="L265" t="s">
-        <v>586</v>
+        <v>1725</v>
       </c>
       <c r="M265" t="s">
         <v>20</v>
       </c>
       <c r="N265" t="s">
-        <v>326</v>
+        <v>571</v>
       </c>
       <c r="O265" t="s">
-        <v>236</v>
+        <v>336</v>
       </c>
       <c r="P265" t="s">
-        <v>237</v>
+        <v>337</v>
       </c>
       <c r="Q265" t="s">
-        <v>238</v>
+        <v>338</v>
       </c>
       <c r="R265" t="s">
-        <v>239</v>
+        <v>339</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
         <v>18</v>
       </c>
       <c r="B266" t="s">
-        <v>1714</v>
+        <v>1726</v>
       </c>
       <c r="C266" t="s">
         <v>20</v>
       </c>
       <c r="D266" t="s">
         <v>20</v>
       </c>
       <c r="E266" t="s">
-        <v>1715</v>
+        <v>1727</v>
       </c>
       <c r="F266" t="s">
         <v>20</v>
       </c>
       <c r="G266" t="s">
-        <v>1716</v>
+        <v>1728</v>
       </c>
       <c r="H266" t="s">
-        <v>1717</v>
+        <v>1729</v>
       </c>
       <c r="I266" t="n">
         <v>0.0</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>1718</v>
+        <v>1730</v>
       </c>
       <c r="L266" t="s">
-        <v>1719</v>
+        <v>664</v>
       </c>
       <c r="M266" t="s">
         <v>20</v>
       </c>
       <c r="N266" t="s">
-        <v>150</v>
+        <v>407</v>
       </c>
       <c r="O266" t="s">
-        <v>113</v>
+        <v>319</v>
       </c>
       <c r="P266" t="s">
-        <v>114</v>
+        <v>320</v>
       </c>
       <c r="Q266" t="s">
-        <v>115</v>
+        <v>321</v>
       </c>
       <c r="R266" t="s">
-        <v>116</v>
+        <v>322</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
         <v>18</v>
       </c>
       <c r="B267" t="s">
-        <v>1720</v>
+        <v>1731</v>
       </c>
       <c r="C267" t="s">
         <v>20</v>
       </c>
       <c r="D267" t="s">
         <v>20</v>
       </c>
       <c r="E267" t="s">
-        <v>1721</v>
+        <v>1732</v>
       </c>
       <c r="F267" t="s">
         <v>20</v>
       </c>
       <c r="G267" t="s">
-        <v>1722</v>
+        <v>1733</v>
       </c>
       <c r="H267" t="s">
-        <v>1723</v>
+        <v>1734</v>
       </c>
       <c r="I267" t="n">
         <v>0.0</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>1724</v>
+        <v>1735</v>
       </c>
       <c r="L267" t="s">
-        <v>1725</v>
+        <v>1736</v>
       </c>
       <c r="M267" t="s">
         <v>20</v>
       </c>
       <c r="N267" t="s">
-        <v>486</v>
+        <v>239</v>
       </c>
       <c r="O267" t="s">
-        <v>883</v>
+        <v>95</v>
       </c>
       <c r="P267" t="s">
-        <v>884</v>
+        <v>96</v>
       </c>
       <c r="Q267" t="s">
-        <v>885</v>
+        <v>97</v>
       </c>
       <c r="R267" t="s">
-        <v>886</v>
+        <v>98</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
         <v>18</v>
       </c>
       <c r="B268" t="s">
-        <v>1726</v>
+        <v>1737</v>
       </c>
       <c r="C268" t="s">
         <v>20</v>
       </c>
       <c r="D268" t="s">
         <v>20</v>
       </c>
       <c r="E268" t="s">
-        <v>1727</v>
+        <v>1738</v>
       </c>
       <c r="F268" t="s">
         <v>20</v>
       </c>
       <c r="G268" t="s">
-        <v>1728</v>
+        <v>1739</v>
       </c>
       <c r="H268" t="s">
-        <v>1729</v>
+        <v>1740</v>
       </c>
       <c r="I268" t="n">
         <v>0.0</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>1730</v>
+        <v>1741</v>
       </c>
       <c r="L268" t="s">
-        <v>1454</v>
+        <v>1742</v>
       </c>
       <c r="M268" t="s">
         <v>20</v>
       </c>
       <c r="N268" t="s">
-        <v>882</v>
+        <v>564</v>
       </c>
       <c r="O268" t="s">
-        <v>1731</v>
+        <v>926</v>
       </c>
       <c r="P268" t="s">
-        <v>1732</v>
+        <v>927</v>
       </c>
       <c r="Q268" t="s">
-        <v>1733</v>
+        <v>928</v>
       </c>
       <c r="R268" t="s">
-        <v>1734</v>
+        <v>929</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
         <v>18</v>
       </c>
       <c r="B269" t="s">
-        <v>1735</v>
+        <v>1743</v>
       </c>
       <c r="C269" t="s">
         <v>20</v>
       </c>
       <c r="D269" t="s">
         <v>20</v>
       </c>
       <c r="E269" t="s">
-        <v>1736</v>
+        <v>1744</v>
       </c>
       <c r="F269" t="s">
         <v>20</v>
       </c>
       <c r="G269" t="s">
-        <v>1737</v>
+        <v>1745</v>
       </c>
       <c r="H269" t="s">
-        <v>1738</v>
+        <v>1746</v>
       </c>
       <c r="I269" t="n">
         <v>0.0</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>1739</v>
+        <v>1747</v>
       </c>
       <c r="L269" t="s">
-        <v>1740</v>
+        <v>1502</v>
       </c>
       <c r="M269" t="s">
         <v>20</v>
       </c>
       <c r="N269" t="s">
-        <v>493</v>
+        <v>925</v>
       </c>
       <c r="O269" t="s">
-        <v>221</v>
+        <v>1748</v>
       </c>
       <c r="P269" t="s">
-        <v>222</v>
+        <v>1749</v>
       </c>
       <c r="Q269" t="s">
-        <v>223</v>
+        <v>1750</v>
       </c>
       <c r="R269" t="s">
-        <v>224</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
         <v>18</v>
       </c>
       <c r="B270" t="s">
-        <v>1741</v>
+        <v>1752</v>
       </c>
       <c r="C270" t="s">
         <v>20</v>
       </c>
       <c r="D270" t="s">
         <v>20</v>
       </c>
       <c r="E270" t="s">
-        <v>1742</v>
+        <v>1753</v>
       </c>
       <c r="F270" t="s">
         <v>20</v>
       </c>
       <c r="G270" t="s">
-        <v>1743</v>
+        <v>1754</v>
       </c>
       <c r="H270" t="s">
-        <v>1744</v>
+        <v>1755</v>
       </c>
       <c r="I270" t="n">
         <v>0.0</v>
       </c>
       <c r="J270" t="s">
-        <v>402</v>
+        <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>1745</v>
+        <v>1756</v>
       </c>
       <c r="L270" t="s">
-        <v>1386</v>
+        <v>1757</v>
       </c>
       <c r="M270" t="s">
         <v>20</v>
       </c>
       <c r="N270" t="s">
-        <v>1201</v>
+        <v>571</v>
       </c>
       <c r="O270" t="s">
-        <v>188</v>
+        <v>305</v>
       </c>
       <c r="P270" t="s">
-        <v>189</v>
+        <v>306</v>
       </c>
       <c r="Q270" t="s">
-        <v>190</v>
+        <v>107</v>
       </c>
       <c r="R270" t="s">
-        <v>191</v>
+        <v>307</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
         <v>18</v>
       </c>
       <c r="B271" t="s">
-        <v>1746</v>
+        <v>1758</v>
       </c>
       <c r="C271" t="s">
         <v>20</v>
       </c>
       <c r="D271" t="s">
         <v>20</v>
       </c>
       <c r="E271" t="s">
-        <v>1747</v>
+        <v>1759</v>
       </c>
       <c r="F271" t="s">
         <v>20</v>
       </c>
       <c r="G271" t="s">
-        <v>1748</v>
+        <v>1760</v>
       </c>
       <c r="H271" t="s">
-        <v>1749</v>
+        <v>1761</v>
       </c>
       <c r="I271" t="n">
         <v>0.0</v>
       </c>
       <c r="J271" t="s">
-        <v>24</v>
+        <v>483</v>
       </c>
       <c r="K271" t="s">
-        <v>1750</v>
+        <v>1762</v>
       </c>
       <c r="L271" t="s">
-        <v>1751</v>
+        <v>1434</v>
       </c>
       <c r="M271" t="s">
         <v>20</v>
       </c>
       <c r="N271" t="s">
-        <v>214</v>
+        <v>1249</v>
       </c>
       <c r="O271" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="P271" t="s">
-        <v>50</v>
+        <v>274</v>
       </c>
       <c r="Q271" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="R271" t="s">
-        <v>264</v>
+        <v>275</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
         <v>18</v>
       </c>
       <c r="B272" t="s">
-        <v>1752</v>
+        <v>1763</v>
       </c>
       <c r="C272" t="s">
         <v>20</v>
       </c>
       <c r="D272" t="s">
         <v>20</v>
       </c>
       <c r="E272" t="s">
-        <v>1753</v>
+        <v>1764</v>
       </c>
       <c r="F272" t="s">
         <v>20</v>
       </c>
       <c r="G272" t="s">
-        <v>1754</v>
+        <v>1765</v>
       </c>
       <c r="H272" t="s">
-        <v>1755</v>
+        <v>1766</v>
       </c>
       <c r="I272" t="n">
         <v>0.0</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>1756</v>
+        <v>1767</v>
       </c>
       <c r="L272" t="s">
-        <v>1334</v>
+        <v>1768</v>
       </c>
       <c r="M272" t="s">
         <v>20</v>
       </c>
       <c r="N272" t="s">
-        <v>760</v>
+        <v>298</v>
       </c>
       <c r="O272" t="s">
-        <v>221</v>
+        <v>76</v>
       </c>
       <c r="P272" t="s">
-        <v>222</v>
+        <v>77</v>
       </c>
       <c r="Q272" t="s">
-        <v>223</v>
+        <v>30</v>
       </c>
       <c r="R272" t="s">
-        <v>224</v>
+        <v>78</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
         <v>18</v>
       </c>
       <c r="B273" t="s">
-        <v>1757</v>
+        <v>1769</v>
       </c>
       <c r="C273" t="s">
         <v>20</v>
       </c>
       <c r="D273" t="s">
         <v>20</v>
       </c>
       <c r="E273" t="s">
-        <v>1758</v>
+        <v>1770</v>
       </c>
       <c r="F273" t="s">
         <v>20</v>
       </c>
       <c r="G273" t="s">
-        <v>1759</v>
+        <v>1771</v>
       </c>
       <c r="H273" t="s">
-        <v>1760</v>
+        <v>1772</v>
       </c>
       <c r="I273" t="n">
         <v>0.0</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>1761</v>
+        <v>1773</v>
       </c>
       <c r="L273" t="s">
-        <v>1762</v>
+        <v>1382</v>
       </c>
       <c r="M273" t="s">
         <v>20</v>
       </c>
       <c r="N273" t="s">
-        <v>760</v>
+        <v>807</v>
       </c>
       <c r="O273" t="s">
-        <v>221</v>
+        <v>305</v>
       </c>
       <c r="P273" t="s">
-        <v>222</v>
+        <v>306</v>
       </c>
       <c r="Q273" t="s">
-        <v>223</v>
+        <v>107</v>
       </c>
       <c r="R273" t="s">
-        <v>224</v>
+        <v>307</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
         <v>18</v>
       </c>
       <c r="B274" t="s">
-        <v>1763</v>
+        <v>1774</v>
       </c>
       <c r="C274" t="s">
         <v>20</v>
       </c>
       <c r="D274" t="s">
         <v>20</v>
       </c>
       <c r="E274" t="s">
-        <v>1758</v>
+        <v>1775</v>
       </c>
       <c r="F274" t="s">
         <v>20</v>
       </c>
       <c r="G274" t="s">
-        <v>1764</v>
+        <v>1776</v>
       </c>
       <c r="H274" t="s">
-        <v>1765</v>
+        <v>1777</v>
       </c>
       <c r="I274" t="n">
         <v>0.0</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
-        <v>1766</v>
+        <v>1778</v>
       </c>
       <c r="L274" t="s">
-        <v>1298</v>
+        <v>1779</v>
       </c>
       <c r="M274" t="s">
         <v>20</v>
       </c>
       <c r="N274" t="s">
-        <v>1590</v>
+        <v>807</v>
       </c>
       <c r="O274" t="s">
-        <v>253</v>
+        <v>305</v>
       </c>
       <c r="P274" t="s">
-        <v>254</v>
+        <v>306</v>
       </c>
       <c r="Q274" t="s">
-        <v>255</v>
+        <v>107</v>
       </c>
       <c r="R274" t="s">
-        <v>256</v>
+        <v>307</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
         <v>18</v>
       </c>
       <c r="B275" t="s">
-        <v>1767</v>
+        <v>1780</v>
       </c>
       <c r="C275" t="s">
         <v>20</v>
       </c>
       <c r="D275" t="s">
         <v>20</v>
       </c>
       <c r="E275" t="s">
-        <v>1768</v>
+        <v>1775</v>
       </c>
       <c r="F275" t="s">
         <v>20</v>
       </c>
       <c r="G275" t="s">
-        <v>1769</v>
+        <v>1781</v>
       </c>
       <c r="H275" t="s">
-        <v>1770</v>
+        <v>1782</v>
       </c>
       <c r="I275" t="n">
         <v>0.0</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
-        <v>1771</v>
+        <v>1783</v>
       </c>
       <c r="L275" t="s">
-        <v>906</v>
+        <v>1346</v>
       </c>
       <c r="M275" t="s">
         <v>20</v>
       </c>
       <c r="N275" t="s">
-        <v>805</v>
+        <v>1618</v>
       </c>
       <c r="O275" t="s">
-        <v>263</v>
+        <v>336</v>
       </c>
       <c r="P275" t="s">
-        <v>50</v>
+        <v>337</v>
       </c>
       <c r="Q275" t="s">
-        <v>51</v>
+        <v>338</v>
       </c>
       <c r="R275" t="s">
-        <v>264</v>
+        <v>339</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
         <v>18</v>
       </c>
       <c r="B276" t="s">
-        <v>1772</v>
+        <v>1784</v>
       </c>
       <c r="C276" t="s">
         <v>20</v>
       </c>
       <c r="D276" t="s">
         <v>20</v>
       </c>
       <c r="E276" t="s">
-        <v>1768</v>
+        <v>1785</v>
       </c>
       <c r="F276" t="s">
         <v>20</v>
       </c>
       <c r="G276" t="s">
-        <v>1773</v>
+        <v>1786</v>
       </c>
       <c r="H276" t="s">
-        <v>1774</v>
+        <v>1787</v>
       </c>
       <c r="I276" t="n">
         <v>0.0</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>1775</v>
+        <v>1788</v>
       </c>
       <c r="L276" t="s">
-        <v>1776</v>
+        <v>948</v>
       </c>
       <c r="M276" t="s">
         <v>20</v>
       </c>
       <c r="N276" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
       <c r="O276" t="s">
-        <v>699</v>
+        <v>76</v>
       </c>
       <c r="P276" t="s">
-        <v>700</v>
+        <v>77</v>
       </c>
       <c r="Q276" t="s">
-        <v>701</v>
+        <v>30</v>
       </c>
       <c r="R276" t="s">
-        <v>702</v>
+        <v>78</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
         <v>18</v>
       </c>
       <c r="B277" t="s">
-        <v>1777</v>
+        <v>1789</v>
       </c>
       <c r="C277" t="s">
         <v>20</v>
       </c>
       <c r="D277" t="s">
         <v>20</v>
       </c>
       <c r="E277" t="s">
-        <v>1778</v>
+        <v>1785</v>
       </c>
       <c r="F277" t="s">
         <v>20</v>
       </c>
       <c r="G277" t="s">
-        <v>1779</v>
+        <v>1790</v>
       </c>
       <c r="H277" t="s">
-        <v>1780</v>
+        <v>1791</v>
       </c>
       <c r="I277" t="n">
         <v>0.0</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>1781</v>
+        <v>1792</v>
       </c>
       <c r="L277" t="s">
-        <v>1493</v>
+        <v>1793</v>
       </c>
       <c r="M277" t="s">
         <v>20</v>
       </c>
       <c r="N277" t="s">
-        <v>805</v>
+        <v>912</v>
       </c>
       <c r="O277" t="s">
-        <v>103</v>
+        <v>1001</v>
       </c>
       <c r="P277" t="s">
-        <v>104</v>
+        <v>1002</v>
       </c>
       <c r="Q277" t="s">
-        <v>105</v>
+        <v>1003</v>
       </c>
       <c r="R277" t="s">
-        <v>106</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
         <v>18</v>
       </c>
       <c r="B278" t="s">
-        <v>1782</v>
+        <v>1794</v>
       </c>
       <c r="C278" t="s">
         <v>20</v>
       </c>
       <c r="D278" t="s">
         <v>20</v>
       </c>
       <c r="E278" t="s">
-        <v>1783</v>
+        <v>1795</v>
       </c>
       <c r="F278" t="s">
         <v>20</v>
       </c>
       <c r="G278" t="s">
-        <v>1784</v>
+        <v>1796</v>
       </c>
       <c r="H278" t="s">
-        <v>1785</v>
+        <v>1797</v>
       </c>
       <c r="I278" t="n">
         <v>0.0</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>1786</v>
+        <v>1798</v>
       </c>
       <c r="L278" t="s">
-        <v>1320</v>
+        <v>1541</v>
       </c>
       <c r="M278" t="s">
         <v>20</v>
       </c>
       <c r="N278" t="s">
-        <v>805</v>
+        <v>848</v>
       </c>
       <c r="O278" t="s">
-        <v>221</v>
+        <v>196</v>
       </c>
       <c r="P278" t="s">
-        <v>222</v>
+        <v>197</v>
       </c>
       <c r="Q278" t="s">
-        <v>223</v>
+        <v>198</v>
       </c>
       <c r="R278" t="s">
-        <v>224</v>
+        <v>199</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
         <v>18</v>
       </c>
       <c r="B279" t="s">
-        <v>1787</v>
+        <v>1799</v>
       </c>
       <c r="C279" t="s">
         <v>20</v>
       </c>
       <c r="D279" t="s">
         <v>20</v>
       </c>
       <c r="E279" t="s">
-        <v>1788</v>
+        <v>1800</v>
       </c>
       <c r="F279" t="s">
         <v>20</v>
       </c>
       <c r="G279" t="s">
-        <v>1789</v>
+        <v>1801</v>
       </c>
       <c r="H279" t="s">
-        <v>1790</v>
+        <v>1802</v>
       </c>
       <c r="I279" t="n">
         <v>0.0</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>1791</v>
+        <v>1803</v>
       </c>
       <c r="L279" t="s">
-        <v>1498</v>
+        <v>1368</v>
       </c>
       <c r="M279" t="s">
         <v>20</v>
       </c>
       <c r="N279" t="s">
-        <v>1177</v>
+        <v>848</v>
       </c>
       <c r="O279" t="s">
-        <v>263</v>
+        <v>305</v>
       </c>
       <c r="P279" t="s">
-        <v>50</v>
+        <v>306</v>
       </c>
       <c r="Q279" t="s">
-        <v>51</v>
+        <v>107</v>
       </c>
       <c r="R279" t="s">
-        <v>264</v>
+        <v>307</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
         <v>18</v>
       </c>
       <c r="B280" t="s">
-        <v>1792</v>
+        <v>1804</v>
       </c>
       <c r="C280" t="s">
         <v>20</v>
       </c>
       <c r="D280" t="s">
         <v>20</v>
       </c>
       <c r="E280" t="s">
-        <v>1793</v>
+        <v>1805</v>
       </c>
       <c r="F280" t="s">
         <v>20</v>
       </c>
       <c r="G280" t="s">
-        <v>1794</v>
+        <v>1806</v>
       </c>
       <c r="H280" t="s">
-        <v>1795</v>
+        <v>1807</v>
       </c>
       <c r="I280" t="n">
         <v>0.0</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>1796</v>
+        <v>1808</v>
       </c>
       <c r="L280" t="s">
-        <v>1797</v>
+        <v>1546</v>
       </c>
       <c r="M280" t="s">
         <v>20</v>
       </c>
       <c r="N280" t="s">
-        <v>349</v>
+        <v>1225</v>
       </c>
       <c r="O280" t="s">
-        <v>236</v>
+        <v>76</v>
       </c>
       <c r="P280" t="s">
-        <v>237</v>
+        <v>77</v>
       </c>
       <c r="Q280" t="s">
-        <v>238</v>
+        <v>30</v>
       </c>
       <c r="R280" t="s">
-        <v>239</v>
+        <v>78</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
         <v>18</v>
       </c>
       <c r="B281" t="s">
-        <v>1798</v>
+        <v>1809</v>
       </c>
       <c r="C281" t="s">
         <v>20</v>
       </c>
       <c r="D281" t="s">
         <v>20</v>
       </c>
       <c r="E281" t="s">
-        <v>1799</v>
+        <v>1810</v>
       </c>
       <c r="F281" t="s">
         <v>20</v>
       </c>
       <c r="G281" t="s">
-        <v>1800</v>
+        <v>1811</v>
       </c>
       <c r="H281" t="s">
-        <v>1801</v>
+        <v>1812</v>
       </c>
       <c r="I281" t="n">
         <v>0.0</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>1802</v>
+        <v>1813</v>
       </c>
       <c r="L281" t="s">
-        <v>1334</v>
+        <v>1814</v>
       </c>
       <c r="M281" t="s">
         <v>20</v>
       </c>
       <c r="N281" t="s">
-        <v>500</v>
+        <v>430</v>
       </c>
       <c r="O281" t="s">
-        <v>163</v>
+        <v>319</v>
       </c>
       <c r="P281" t="s">
-        <v>164</v>
+        <v>320</v>
       </c>
       <c r="Q281" t="s">
-        <v>165</v>
+        <v>321</v>
       </c>
       <c r="R281" t="s">
-        <v>166</v>
+        <v>322</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
         <v>18</v>
       </c>
       <c r="B282" t="s">
-        <v>1803</v>
+        <v>1815</v>
       </c>
       <c r="C282" t="s">
         <v>20</v>
       </c>
       <c r="D282" t="s">
         <v>20</v>
       </c>
       <c r="E282" t="s">
-        <v>1804</v>
+        <v>1816</v>
       </c>
       <c r="F282" t="s">
         <v>20</v>
       </c>
       <c r="G282" t="s">
-        <v>1805</v>
+        <v>1817</v>
       </c>
       <c r="H282" t="s">
-        <v>1806</v>
+        <v>1818</v>
       </c>
       <c r="I282" t="n">
         <v>0.0</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>1807</v>
+        <v>1819</v>
       </c>
       <c r="L282" t="s">
-        <v>1808</v>
+        <v>1382</v>
       </c>
       <c r="M282" t="s">
         <v>20</v>
       </c>
       <c r="N282" t="s">
-        <v>556</v>
+        <v>578</v>
       </c>
       <c r="O282" t="s">
-        <v>163</v>
+        <v>85</v>
       </c>
       <c r="P282" t="s">
-        <v>164</v>
+        <v>86</v>
       </c>
       <c r="Q282" t="s">
-        <v>165</v>
+        <v>87</v>
       </c>
       <c r="R282" t="s">
-        <v>166</v>
+        <v>88</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
         <v>18</v>
       </c>
       <c r="B283" t="s">
-        <v>1809</v>
+        <v>1820</v>
       </c>
       <c r="C283" t="s">
         <v>20</v>
       </c>
       <c r="D283" t="s">
         <v>20</v>
       </c>
       <c r="E283" t="s">
-        <v>1810</v>
+        <v>1821</v>
       </c>
       <c r="F283" t="s">
         <v>20</v>
       </c>
       <c r="G283" t="s">
-        <v>1811</v>
+        <v>1822</v>
       </c>
       <c r="H283" t="s">
-        <v>1812</v>
+        <v>1823</v>
       </c>
       <c r="I283" t="n">
         <v>0.0</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>1813</v>
+        <v>1824</v>
       </c>
       <c r="L283" t="s">
-        <v>1814</v>
+        <v>1825</v>
       </c>
       <c r="M283" t="s">
         <v>20</v>
       </c>
       <c r="N283" t="s">
-        <v>405</v>
+        <v>634</v>
       </c>
       <c r="O283" t="s">
-        <v>1815</v>
+        <v>85</v>
       </c>
       <c r="P283" t="s">
-        <v>189</v>
+        <v>86</v>
       </c>
       <c r="Q283" t="s">
-        <v>190</v>
+        <v>87</v>
       </c>
       <c r="R283" t="s">
-        <v>1816</v>
+        <v>88</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
         <v>18</v>
       </c>
       <c r="B284" t="s">
-        <v>1817</v>
+        <v>1826</v>
       </c>
       <c r="C284" t="s">
         <v>20</v>
       </c>
       <c r="D284" t="s">
         <v>20</v>
       </c>
       <c r="E284" t="s">
-        <v>1818</v>
+        <v>1827</v>
       </c>
       <c r="F284" t="s">
         <v>20</v>
       </c>
       <c r="G284" t="s">
-        <v>1819</v>
+        <v>1828</v>
       </c>
       <c r="H284" t="s">
-        <v>1820</v>
+        <v>1829</v>
       </c>
       <c r="I284" t="n">
         <v>0.0</v>
       </c>
       <c r="J284" t="s">
-        <v>402</v>
+        <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>1821</v>
+        <v>1830</v>
       </c>
       <c r="L284" t="s">
-        <v>1580</v>
+        <v>1831</v>
       </c>
       <c r="M284" t="s">
         <v>20</v>
       </c>
       <c r="N284" t="s">
         <v>486</v>
       </c>
       <c r="O284" t="s">
-        <v>300</v>
+        <v>1832</v>
       </c>
       <c r="P284" t="s">
-        <v>301</v>
+        <v>274</v>
       </c>
       <c r="Q284" t="s">
-        <v>302</v>
+        <v>40</v>
       </c>
       <c r="R284" t="s">
-        <v>303</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
         <v>18</v>
       </c>
       <c r="B285" t="s">
-        <v>1822</v>
+        <v>1834</v>
       </c>
       <c r="C285" t="s">
         <v>20</v>
       </c>
       <c r="D285" t="s">
         <v>20</v>
       </c>
       <c r="E285" t="s">
-        <v>1823</v>
+        <v>1835</v>
       </c>
       <c r="F285" t="s">
         <v>20</v>
       </c>
       <c r="G285" t="s">
-        <v>1824</v>
+        <v>1836</v>
       </c>
       <c r="H285" t="s">
-        <v>1825</v>
+        <v>1837</v>
       </c>
       <c r="I285" t="n">
         <v>0.0</v>
       </c>
       <c r="J285" t="s">
-        <v>24</v>
+        <v>483</v>
       </c>
       <c r="K285" t="s">
-        <v>833</v>
+        <v>1838</v>
       </c>
       <c r="L285" t="s">
-        <v>26</v>
+        <v>1839</v>
       </c>
       <c r="M285" t="s">
         <v>20</v>
       </c>
       <c r="N285" t="s">
-        <v>486</v>
+        <v>564</v>
       </c>
       <c r="O285" t="s">
-        <v>236</v>
+        <v>381</v>
       </c>
       <c r="P285" t="s">
-        <v>237</v>
+        <v>382</v>
       </c>
       <c r="Q285" t="s">
-        <v>238</v>
+        <v>383</v>
       </c>
       <c r="R285" t="s">
-        <v>239</v>
+        <v>384</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
         <v>18</v>
       </c>
       <c r="B286" t="s">
-        <v>1826</v>
+        <v>1840</v>
       </c>
       <c r="C286" t="s">
         <v>20</v>
       </c>
       <c r="D286" t="s">
         <v>20</v>
       </c>
       <c r="E286" t="s">
-        <v>1827</v>
+        <v>1841</v>
       </c>
       <c r="F286" t="s">
         <v>20</v>
       </c>
       <c r="G286" t="s">
-        <v>1828</v>
+        <v>1842</v>
       </c>
       <c r="H286" t="s">
-        <v>1829</v>
+        <v>1843</v>
       </c>
       <c r="I286" t="n">
         <v>0.0</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>1830</v>
+        <v>876</v>
       </c>
       <c r="L286" t="s">
-        <v>1831</v>
+        <v>123</v>
       </c>
       <c r="M286" t="s">
         <v>20</v>
       </c>
       <c r="N286" t="s">
-        <v>479</v>
+        <v>564</v>
       </c>
       <c r="O286" t="s">
-        <v>221</v>
+        <v>319</v>
       </c>
       <c r="P286" t="s">
-        <v>222</v>
+        <v>320</v>
       </c>
       <c r="Q286" t="s">
-        <v>223</v>
+        <v>321</v>
       </c>
       <c r="R286" t="s">
-        <v>224</v>
+        <v>322</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
         <v>18</v>
       </c>
       <c r="B287" t="s">
-        <v>1832</v>
+        <v>1844</v>
       </c>
       <c r="C287" t="s">
         <v>20</v>
       </c>
       <c r="D287" t="s">
         <v>20</v>
       </c>
       <c r="E287" t="s">
-        <v>1833</v>
+        <v>1845</v>
       </c>
       <c r="F287" t="s">
         <v>20</v>
       </c>
       <c r="G287" t="s">
-        <v>1834</v>
+        <v>1846</v>
       </c>
       <c r="H287" t="s">
-        <v>1835</v>
+        <v>1847</v>
       </c>
       <c r="I287" t="n">
         <v>0.0</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>1836</v>
+        <v>1848</v>
       </c>
       <c r="L287" t="s">
-        <v>1837</v>
+        <v>1849</v>
       </c>
       <c r="M287" t="s">
         <v>20</v>
       </c>
       <c r="N287" t="s">
-        <v>246</v>
+        <v>557</v>
       </c>
       <c r="O287" t="s">
-        <v>263</v>
+        <v>305</v>
       </c>
       <c r="P287" t="s">
-        <v>50</v>
+        <v>306</v>
       </c>
       <c r="Q287" t="s">
-        <v>51</v>
+        <v>107</v>
       </c>
       <c r="R287" t="s">
-        <v>264</v>
+        <v>307</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
         <v>18</v>
       </c>
       <c r="B288" t="s">
-        <v>1838</v>
+        <v>1850</v>
       </c>
       <c r="C288" t="s">
         <v>20</v>
       </c>
       <c r="D288" t="s">
         <v>20</v>
       </c>
       <c r="E288" t="s">
-        <v>1839</v>
+        <v>1851</v>
       </c>
       <c r="F288" t="s">
         <v>20</v>
       </c>
       <c r="G288" t="s">
-        <v>1840</v>
+        <v>1852</v>
       </c>
       <c r="H288" t="s">
-        <v>1841</v>
+        <v>1853</v>
       </c>
       <c r="I288" t="n">
         <v>0.0</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
-        <v>1842</v>
+        <v>1854</v>
       </c>
       <c r="L288" t="s">
-        <v>1407</v>
+        <v>1855</v>
       </c>
       <c r="M288" t="s">
         <v>20</v>
       </c>
       <c r="N288" t="s">
-        <v>493</v>
+        <v>329</v>
       </c>
       <c r="O288" t="s">
-        <v>253</v>
+        <v>76</v>
       </c>
       <c r="P288" t="s">
-        <v>254</v>
+        <v>77</v>
       </c>
       <c r="Q288" t="s">
-        <v>255</v>
+        <v>30</v>
       </c>
       <c r="R288" t="s">
-        <v>256</v>
+        <v>78</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
         <v>18</v>
       </c>
       <c r="B289" t="s">
-        <v>1843</v>
+        <v>1856</v>
       </c>
       <c r="C289" t="s">
         <v>20</v>
       </c>
       <c r="D289" t="s">
         <v>20</v>
       </c>
       <c r="E289" t="s">
-        <v>1839</v>
+        <v>1857</v>
       </c>
       <c r="F289" t="s">
         <v>20</v>
       </c>
       <c r="G289" t="s">
-        <v>1844</v>
+        <v>1858</v>
       </c>
       <c r="H289" t="s">
-        <v>1845</v>
+        <v>1859</v>
       </c>
       <c r="I289" t="n">
         <v>0.0</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
-        <v>1846</v>
+        <v>1860</v>
       </c>
       <c r="L289" t="s">
-        <v>1847</v>
+        <v>1455</v>
       </c>
       <c r="M289" t="s">
         <v>20</v>
       </c>
       <c r="N289" t="s">
-        <v>493</v>
+        <v>571</v>
       </c>
       <c r="O289" t="s">
-        <v>263</v>
+        <v>336</v>
       </c>
       <c r="P289" t="s">
-        <v>50</v>
+        <v>337</v>
       </c>
       <c r="Q289" t="s">
-        <v>51</v>
+        <v>338</v>
       </c>
       <c r="R289" t="s">
-        <v>264</v>
+        <v>339</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
         <v>18</v>
       </c>
       <c r="B290" t="s">
-        <v>1848</v>
+        <v>1861</v>
       </c>
       <c r="C290" t="s">
         <v>20</v>
       </c>
       <c r="D290" t="s">
         <v>20</v>
       </c>
       <c r="E290" t="s">
-        <v>1849</v>
+        <v>1857</v>
       </c>
       <c r="F290" t="s">
         <v>20</v>
       </c>
       <c r="G290" t="s">
-        <v>1850</v>
+        <v>1862</v>
       </c>
       <c r="H290" t="s">
-        <v>1851</v>
+        <v>1863</v>
       </c>
       <c r="I290" t="n">
         <v>0.0</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
-        <v>1852</v>
+        <v>1864</v>
       </c>
       <c r="L290" t="s">
-        <v>602</v>
+        <v>1865</v>
       </c>
       <c r="M290" t="s">
         <v>20</v>
       </c>
       <c r="N290" t="s">
-        <v>246</v>
+        <v>571</v>
       </c>
       <c r="O290" t="s">
-        <v>263</v>
+        <v>76</v>
       </c>
       <c r="P290" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="Q290" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="R290" t="s">
-        <v>264</v>
+        <v>78</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
         <v>18</v>
       </c>
       <c r="B291" t="s">
-        <v>1853</v>
+        <v>1866</v>
       </c>
       <c r="C291" t="s">
         <v>20</v>
       </c>
       <c r="D291" t="s">
         <v>20</v>
       </c>
       <c r="E291" t="s">
-        <v>1854</v>
+        <v>1867</v>
       </c>
       <c r="F291" t="s">
         <v>20</v>
       </c>
       <c r="G291" t="s">
-        <v>1855</v>
+        <v>1868</v>
       </c>
       <c r="H291" t="s">
-        <v>1856</v>
+        <v>1869</v>
       </c>
       <c r="I291" t="n">
         <v>0.0</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
-        <v>1857</v>
+        <v>1870</v>
       </c>
       <c r="L291" t="s">
-        <v>1858</v>
+        <v>680</v>
       </c>
       <c r="M291" t="s">
         <v>20</v>
       </c>
       <c r="N291" t="s">
-        <v>479</v>
+        <v>329</v>
       </c>
       <c r="O291" t="s">
-        <v>236</v>
+        <v>76</v>
       </c>
       <c r="P291" t="s">
-        <v>237</v>
+        <v>77</v>
       </c>
       <c r="Q291" t="s">
-        <v>238</v>
+        <v>30</v>
       </c>
       <c r="R291" t="s">
-        <v>239</v>
+        <v>78</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
         <v>18</v>
       </c>
       <c r="B292" t="s">
-        <v>1859</v>
+        <v>1871</v>
       </c>
       <c r="C292" t="s">
         <v>20</v>
       </c>
       <c r="D292" t="s">
         <v>20</v>
       </c>
       <c r="E292" t="s">
-        <v>1860</v>
+        <v>1872</v>
       </c>
       <c r="F292" t="s">
         <v>20</v>
       </c>
       <c r="G292" t="s">
-        <v>1861</v>
+        <v>1873</v>
       </c>
       <c r="H292" t="s">
-        <v>1862</v>
+        <v>1874</v>
       </c>
       <c r="I292" t="n">
         <v>0.0</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
-        <v>1863</v>
+        <v>1875</v>
       </c>
       <c r="L292" t="s">
-        <v>338</v>
+        <v>1876</v>
       </c>
       <c r="M292" t="s">
         <v>20</v>
       </c>
       <c r="N292" t="s">
-        <v>1057</v>
+        <v>557</v>
       </c>
       <c r="O292" t="s">
-        <v>113</v>
+        <v>319</v>
       </c>
       <c r="P292" t="s">
-        <v>114</v>
+        <v>320</v>
       </c>
       <c r="Q292" t="s">
-        <v>115</v>
+        <v>321</v>
       </c>
       <c r="R292" t="s">
-        <v>116</v>
+        <v>322</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" t="s">
+        <v>18</v>
+      </c>
+      <c r="B293" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C293" t="s">
+        <v>20</v>
+      </c>
+      <c r="D293" t="s">
+        <v>20</v>
+      </c>
+      <c r="E293" t="s">
+        <v>1878</v>
+      </c>
+      <c r="F293" t="s">
+        <v>20</v>
+      </c>
+      <c r="G293" t="s">
+        <v>1879</v>
+      </c>
+      <c r="H293" t="s">
+        <v>1880</v>
+      </c>
+      <c r="I293" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J293" t="s">
+        <v>24</v>
+      </c>
+      <c r="K293" t="s">
+        <v>1881</v>
+      </c>
+      <c r="L293" t="s">
+        <v>419</v>
+      </c>
+      <c r="M293" t="s">
+        <v>20</v>
+      </c>
+      <c r="N293" t="s">
+        <v>1098</v>
+      </c>
+      <c r="O293" t="s">
+        <v>95</v>
+      </c>
+      <c r="P293" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q293" t="s">
+        <v>97</v>
+      </c>
+      <c r="R293" t="s">
+        <v>98</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P104"/>
+  <dimension ref="A1:P165"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1864</v>
+        <v>1882</v>
       </c>
       <c r="J1" t="s">
-        <v>1865</v>
+        <v>1883</v>
       </c>
       <c r="K1" t="s">
-        <v>1866</v>
+        <v>1884</v>
       </c>
       <c r="L1" t="s">
-        <v>1867</v>
+        <v>1885</v>
       </c>
       <c r="M1" t="s">
-        <v>1868</v>
+        <v>1886</v>
       </c>
       <c r="N1" t="s">
-        <v>1869</v>
+        <v>1887</v>
       </c>
       <c r="O1" t="s">
-        <v>1870</v>
+        <v>1888</v>
       </c>
       <c r="P1" t="s">
-        <v>1871</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B2" t="s">
-        <v>1873</v>
+        <v>1891</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>1874</v>
+        <v>1892</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>1875</v>
+        <v>1893</v>
       </c>
       <c r="H2" t="s">
-        <v>1876</v>
+        <v>1894</v>
       </c>
       <c r="I2" t="s">
-        <v>1877</v>
+        <v>1895</v>
       </c>
       <c r="J2" t="s">
-        <v>1878</v>
+        <v>1896</v>
       </c>
       <c r="K2" t="s">
-        <v>1879</v>
+        <v>452</v>
       </c>
       <c r="L2" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M2" t="s">
-        <v>1881</v>
+        <v>1898</v>
       </c>
       <c r="N2" t="s">
-        <v>1882</v>
+        <v>1899</v>
       </c>
       <c r="O2" t="s">
-        <v>1883</v>
+        <v>1900</v>
       </c>
       <c r="P2" t="s">
-        <v>1884</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B3" t="s">
-        <v>1873</v>
+        <v>1902</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>1874</v>
+        <v>1903</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>1885</v>
+        <v>1904</v>
       </c>
       <c r="H3" t="s">
-        <v>1886</v>
+        <v>1905</v>
       </c>
       <c r="I3" t="s">
-        <v>1887</v>
+        <v>1906</v>
       </c>
       <c r="J3" t="s">
-        <v>1888</v>
+        <v>1907</v>
       </c>
       <c r="K3" t="s">
-        <v>1889</v>
+        <v>30</v>
       </c>
       <c r="L3" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M3" t="s">
-        <v>1881</v>
+        <v>1908</v>
       </c>
       <c r="N3" t="s">
-        <v>1882</v>
+        <v>1909</v>
       </c>
       <c r="O3" t="s">
-        <v>1883</v>
+        <v>1910</v>
       </c>
       <c r="P3" t="s">
-        <v>1890</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B4" t="s">
-        <v>1873</v>
+        <v>1912</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>1874</v>
+        <v>1913</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>1891</v>
+        <v>1914</v>
       </c>
       <c r="H4" t="s">
-        <v>1892</v>
+        <v>1915</v>
       </c>
       <c r="I4" t="s">
-        <v>1893</v>
+        <v>1916</v>
       </c>
       <c r="J4" t="s">
-        <v>1894</v>
+        <v>1917</v>
       </c>
       <c r="K4" t="s">
-        <v>30</v>
+        <v>1918</v>
       </c>
       <c r="L4" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M4" t="s">
-        <v>1881</v>
+        <v>1908</v>
       </c>
       <c r="N4" t="s">
-        <v>1882</v>
+        <v>1919</v>
       </c>
       <c r="O4" t="s">
-        <v>1883</v>
+        <v>1920</v>
       </c>
       <c r="P4" t="s">
-        <v>1895</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B5" t="s">
-        <v>1873</v>
+        <v>1922</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>1874</v>
+        <v>1913</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>1896</v>
+        <v>1923</v>
       </c>
       <c r="H5" t="s">
+        <v>1924</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1925</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1926</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1927</v>
+      </c>
+      <c r="L5" t="s">
         <v>1897</v>
       </c>
-      <c r="I5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M5" t="s">
-        <v>1881</v>
+        <v>1908</v>
       </c>
       <c r="N5" t="s">
-        <v>1882</v>
+        <v>1919</v>
       </c>
       <c r="O5" t="s">
-        <v>1883</v>
+        <v>1920</v>
       </c>
       <c r="P5" t="s">
-        <v>1900</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B6" t="s">
-        <v>1901</v>
+        <v>1929</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>1902</v>
+        <v>1930</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>1903</v>
+        <v>1931</v>
       </c>
       <c r="H6" t="s">
-        <v>1904</v>
+        <v>1932</v>
       </c>
       <c r="I6" t="s">
-        <v>1905</v>
+        <v>1933</v>
       </c>
       <c r="J6" t="s">
-        <v>1906</v>
+        <v>1934</v>
       </c>
       <c r="K6" t="s">
-        <v>1907</v>
+        <v>1935</v>
       </c>
       <c r="L6" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M6" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N6" t="s">
-        <v>1909</v>
+        <v>1937</v>
       </c>
       <c r="O6" t="s">
-        <v>1910</v>
+        <v>1938</v>
       </c>
       <c r="P6" t="s">
-        <v>1911</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B7" t="s">
-        <v>1912</v>
+        <v>1940</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>1913</v>
+        <v>1941</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>1914</v>
+        <v>1942</v>
       </c>
       <c r="H7" t="s">
-        <v>1915</v>
+        <v>1943</v>
       </c>
       <c r="I7" t="s">
-        <v>1916</v>
+        <v>1944</v>
       </c>
       <c r="J7" t="s">
-        <v>20</v>
+        <v>1907</v>
       </c>
       <c r="K7" t="s">
-        <v>885</v>
+        <v>30</v>
       </c>
       <c r="L7" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M7" t="s">
-        <v>1881</v>
+        <v>1898</v>
       </c>
       <c r="N7" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O7" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="P7" t="s">
-        <v>1918</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B8" t="s">
-        <v>1919</v>
+        <v>1946</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>1920</v>
+        <v>1947</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>1921</v>
+        <v>1948</v>
       </c>
       <c r="H8" t="s">
-        <v>1922</v>
+        <v>1949</v>
       </c>
       <c r="I8" t="s">
-        <v>1905</v>
+        <v>1950</v>
       </c>
       <c r="J8" t="s">
-        <v>1906</v>
+        <v>1951</v>
       </c>
       <c r="K8" t="s">
-        <v>1907</v>
+        <v>1952</v>
       </c>
       <c r="L8" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M8" t="s">
         <v>1908</v>
       </c>
       <c r="N8" t="s">
         <v>1909</v>
       </c>
       <c r="O8" t="s">
-        <v>1917</v>
+        <v>1910</v>
       </c>
       <c r="P8" t="s">
-        <v>1923</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B9" t="s">
-        <v>1924</v>
+        <v>1946</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>1920</v>
+        <v>1947</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>1925</v>
+        <v>1954</v>
       </c>
       <c r="H9" t="s">
-        <v>1926</v>
+        <v>1955</v>
       </c>
       <c r="I9" t="s">
-        <v>1927</v>
+        <v>1956</v>
       </c>
       <c r="J9" t="s">
-        <v>1928</v>
+        <v>1957</v>
       </c>
       <c r="K9" t="s">
-        <v>1929</v>
+        <v>1958</v>
       </c>
       <c r="L9" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M9" t="s">
         <v>1908</v>
       </c>
       <c r="N9" t="s">
         <v>1909</v>
       </c>
       <c r="O9" t="s">
-        <v>1917</v>
+        <v>1910</v>
       </c>
       <c r="P9" t="s">
-        <v>1930</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B10" t="s">
-        <v>1931</v>
+        <v>1946</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>1920</v>
+        <v>1947</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>1932</v>
+        <v>1960</v>
       </c>
       <c r="H10" t="s">
-        <v>1933</v>
+        <v>1961</v>
       </c>
       <c r="I10" t="s">
-        <v>1934</v>
+        <v>1962</v>
       </c>
       <c r="J10" t="s">
-        <v>1935</v>
+        <v>1963</v>
       </c>
       <c r="K10" t="s">
-        <v>51</v>
+        <v>127</v>
       </c>
       <c r="L10" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M10" t="s">
         <v>1908</v>
       </c>
       <c r="N10" t="s">
         <v>1909</v>
       </c>
       <c r="O10" t="s">
-        <v>1917</v>
+        <v>1910</v>
       </c>
       <c r="P10" t="s">
-        <v>1936</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B11" t="s">
-        <v>1937</v>
+        <v>1946</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>1938</v>
+        <v>1947</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>1939</v>
+        <v>1965</v>
       </c>
       <c r="H11" t="s">
-        <v>1940</v>
+        <v>1966</v>
       </c>
       <c r="I11" t="s">
-        <v>1941</v>
+        <v>1967</v>
       </c>
       <c r="J11" t="s">
-        <v>1942</v>
+        <v>1968</v>
       </c>
       <c r="K11" t="s">
-        <v>115</v>
+        <v>87</v>
       </c>
       <c r="L11" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M11" t="s">
         <v>1908</v>
       </c>
       <c r="N11" t="s">
-        <v>1943</v>
+        <v>1909</v>
       </c>
       <c r="O11" t="s">
-        <v>1944</v>
+        <v>1910</v>
       </c>
       <c r="P11" t="s">
-        <v>1945</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B12" t="s">
-        <v>1946</v>
+        <v>1970</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>1947</v>
+        <v>1971</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>1948</v>
+        <v>1972</v>
       </c>
       <c r="H12" t="s">
-        <v>1949</v>
+        <v>1973</v>
       </c>
       <c r="I12" t="s">
-        <v>1899</v>
+        <v>1974</v>
       </c>
       <c r="J12" t="s">
         <v>20</v>
       </c>
       <c r="K12" t="s">
-        <v>165</v>
+        <v>1975</v>
       </c>
       <c r="L12" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M12" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N12" t="s">
-        <v>1909</v>
+        <v>1937</v>
       </c>
       <c r="O12" t="s">
-        <v>1917</v>
+        <v>1976</v>
       </c>
       <c r="P12" t="s">
-        <v>1950</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B13" t="s">
-        <v>1951</v>
+        <v>1978</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>1952</v>
+        <v>1979</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>1953</v>
+        <v>1980</v>
       </c>
       <c r="H13" t="s">
-        <v>1954</v>
+        <v>1981</v>
       </c>
       <c r="I13" t="s">
-        <v>1955</v>
+        <v>1982</v>
       </c>
       <c r="J13" t="s">
-        <v>1935</v>
+        <v>1983</v>
       </c>
       <c r="K13" t="s">
-        <v>51</v>
+        <v>1984</v>
       </c>
       <c r="L13" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M13" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N13" t="s">
-        <v>1943</v>
+        <v>1919</v>
       </c>
       <c r="O13" t="s">
-        <v>1956</v>
+        <v>1985</v>
       </c>
       <c r="P13" t="s">
-        <v>1957</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B14" t="s">
-        <v>1958</v>
+        <v>1987</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>1959</v>
+        <v>1988</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>1960</v>
+        <v>1989</v>
       </c>
       <c r="H14" t="s">
-        <v>1961</v>
+        <v>1990</v>
       </c>
       <c r="I14" t="s">
-        <v>1962</v>
+        <v>1991</v>
       </c>
       <c r="J14" t="s">
-        <v>1963</v>
+        <v>20</v>
       </c>
       <c r="K14" t="s">
-        <v>371</v>
+        <v>1992</v>
       </c>
       <c r="L14" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M14" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N14" t="s">
-        <v>1909</v>
+        <v>1937</v>
       </c>
       <c r="O14" t="s">
-        <v>1917</v>
+        <v>1993</v>
       </c>
       <c r="P14" t="s">
-        <v>1964</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B15" t="s">
-        <v>1965</v>
+        <v>1995</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>1966</v>
+        <v>1996</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>1967</v>
+        <v>1997</v>
       </c>
       <c r="H15" t="s">
-        <v>1968</v>
+        <v>1998</v>
       </c>
       <c r="I15" t="s">
-        <v>1969</v>
+        <v>1999</v>
       </c>
       <c r="J15" t="s">
-        <v>1970</v>
+        <v>2000</v>
       </c>
       <c r="K15" t="s">
-        <v>1971</v>
+        <v>30</v>
       </c>
       <c r="L15" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M15" t="s">
-        <v>1972</v>
+        <v>1936</v>
       </c>
       <c r="N15" t="s">
-        <v>1909</v>
+        <v>2001</v>
       </c>
       <c r="O15" t="s">
-        <v>1917</v>
+        <v>2002</v>
       </c>
       <c r="P15" t="s">
-        <v>1973</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B16" t="s">
-        <v>1974</v>
+        <v>2004</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>1975</v>
+        <v>2005</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>1976</v>
+        <v>2006</v>
       </c>
       <c r="H16" t="s">
-        <v>1977</v>
+        <v>2007</v>
       </c>
       <c r="I16" t="s">
-        <v>1978</v>
+        <v>2008</v>
       </c>
       <c r="J16" t="s">
-        <v>20</v>
+        <v>1968</v>
       </c>
       <c r="K16" t="s">
-        <v>1979</v>
+        <v>87</v>
       </c>
       <c r="L16" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M16" t="s">
-        <v>1972</v>
+        <v>1936</v>
       </c>
       <c r="N16" t="s">
-        <v>1909</v>
+        <v>1937</v>
       </c>
       <c r="O16" t="s">
-        <v>1917</v>
+        <v>2009</v>
       </c>
       <c r="P16" t="s">
-        <v>1980</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B17" t="s">
-        <v>1981</v>
+        <v>2011</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>1982</v>
+        <v>2005</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>1983</v>
+        <v>2012</v>
       </c>
       <c r="H17" t="s">
-        <v>1984</v>
+        <v>2013</v>
       </c>
       <c r="I17" t="s">
-        <v>1985</v>
+        <v>2014</v>
       </c>
       <c r="J17" t="s">
-        <v>1986</v>
+        <v>2015</v>
       </c>
       <c r="K17" t="s">
-        <v>1987</v>
+        <v>2016</v>
       </c>
       <c r="L17" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M17" t="s">
-        <v>1972</v>
+        <v>1936</v>
       </c>
       <c r="N17" t="s">
-        <v>1909</v>
+        <v>1937</v>
       </c>
       <c r="O17" t="s">
-        <v>1917</v>
+        <v>2017</v>
       </c>
       <c r="P17" t="s">
-        <v>1988</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B18" t="s">
-        <v>1989</v>
+        <v>2019</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>1982</v>
+        <v>2020</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>1990</v>
+        <v>2021</v>
       </c>
       <c r="H18" t="s">
-        <v>1991</v>
+        <v>2022</v>
       </c>
       <c r="I18" t="s">
-        <v>1992</v>
+        <v>1968</v>
       </c>
       <c r="J18" t="s">
-        <v>1986</v>
+        <v>20</v>
       </c>
       <c r="K18" t="s">
-        <v>1987</v>
+        <v>87</v>
       </c>
       <c r="L18" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M18" t="s">
-        <v>1972</v>
+        <v>1936</v>
       </c>
       <c r="N18" t="s">
-        <v>1909</v>
+        <v>2023</v>
       </c>
       <c r="O18" t="s">
-        <v>1917</v>
+        <v>2024</v>
       </c>
       <c r="P18" t="s">
-        <v>1993</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B19" t="s">
-        <v>1994</v>
+        <v>2026</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>1995</v>
+        <v>2020</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>1996</v>
+        <v>2027</v>
       </c>
       <c r="H19" t="s">
-        <v>1997</v>
+        <v>2028</v>
       </c>
       <c r="I19" t="s">
-        <v>1998</v>
+        <v>2029</v>
       </c>
       <c r="J19" t="s">
-        <v>1899</v>
+        <v>1896</v>
       </c>
       <c r="K19" t="s">
-        <v>165</v>
+        <v>452</v>
       </c>
       <c r="L19" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M19" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N19" t="s">
-        <v>1943</v>
+        <v>2023</v>
       </c>
       <c r="O19" t="s">
-        <v>1999</v>
+        <v>2024</v>
       </c>
       <c r="P19" t="s">
-        <v>2000</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B20" t="s">
-        <v>2001</v>
+        <v>2031</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>2002</v>
+        <v>2032</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>2003</v>
+        <v>2033</v>
       </c>
       <c r="H20" t="s">
-        <v>2004</v>
+        <v>2034</v>
       </c>
       <c r="I20" t="s">
-        <v>2005</v>
+        <v>2035</v>
       </c>
       <c r="J20" t="s">
-        <v>20</v>
+        <v>2036</v>
       </c>
       <c r="K20" t="s">
-        <v>2006</v>
+        <v>338</v>
       </c>
       <c r="L20" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M20" t="s">
-        <v>1881</v>
+        <v>1936</v>
       </c>
       <c r="N20" t="s">
-        <v>1909</v>
+        <v>1937</v>
       </c>
       <c r="O20" t="s">
-        <v>1917</v>
+        <v>2037</v>
       </c>
       <c r="P20" t="s">
-        <v>2007</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B21" t="s">
-        <v>2008</v>
+        <v>2039</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>2009</v>
+        <v>2040</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>2010</v>
+        <v>2041</v>
       </c>
       <c r="H21" t="s">
-        <v>2011</v>
+        <v>2042</v>
       </c>
       <c r="I21" t="s">
-        <v>2012</v>
+        <v>1982</v>
       </c>
       <c r="J21" t="s">
-        <v>2013</v>
+        <v>1983</v>
       </c>
       <c r="K21" t="s">
-        <v>51</v>
+        <v>1984</v>
       </c>
       <c r="L21" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M21" t="s">
-        <v>1972</v>
+        <v>1936</v>
       </c>
       <c r="N21" t="s">
-        <v>2014</v>
+        <v>1919</v>
       </c>
       <c r="O21" t="s">
-        <v>2015</v>
+        <v>1920</v>
       </c>
       <c r="P21" t="s">
-        <v>2016</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B22" t="s">
-        <v>2017</v>
+        <v>2044</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>2009</v>
+        <v>2040</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>2018</v>
+        <v>2045</v>
       </c>
       <c r="H22" t="s">
-        <v>2019</v>
+        <v>2046</v>
       </c>
       <c r="I22" t="s">
-        <v>2020</v>
+        <v>2047</v>
       </c>
       <c r="J22" t="s">
-        <v>2013</v>
+        <v>2048</v>
       </c>
       <c r="K22" t="s">
-        <v>51</v>
+        <v>2049</v>
       </c>
       <c r="L22" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M22" t="s">
-        <v>1972</v>
+        <v>1936</v>
       </c>
       <c r="N22" t="s">
-        <v>2014</v>
+        <v>1919</v>
       </c>
       <c r="O22" t="s">
-        <v>2015</v>
+        <v>1920</v>
       </c>
       <c r="P22" t="s">
-        <v>2021</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B23" t="s">
-        <v>2022</v>
+        <v>2051</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>2023</v>
+        <v>2040</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>2024</v>
+        <v>2052</v>
       </c>
       <c r="H23" t="s">
-        <v>2025</v>
+        <v>2053</v>
       </c>
       <c r="I23" t="s">
-        <v>2026</v>
+        <v>2054</v>
       </c>
       <c r="J23" t="s">
-        <v>20</v>
+        <v>2055</v>
       </c>
       <c r="K23" t="s">
-        <v>2027</v>
+        <v>30</v>
       </c>
       <c r="L23" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M23" t="s">
-        <v>1881</v>
+        <v>1936</v>
       </c>
       <c r="N23" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O23" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="P23" t="s">
-        <v>2028</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B24" t="s">
-        <v>2029</v>
+        <v>2057</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>2030</v>
+        <v>2058</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>2031</v>
+        <v>2059</v>
       </c>
       <c r="H24" t="s">
-        <v>2032</v>
+        <v>2060</v>
       </c>
       <c r="I24" t="s">
-        <v>2033</v>
+        <v>2061</v>
       </c>
       <c r="J24" t="s">
-        <v>20</v>
+        <v>2062</v>
       </c>
       <c r="K24" t="s">
-        <v>2034</v>
+        <v>97</v>
       </c>
       <c r="L24" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M24" t="s">
-        <v>1972</v>
+        <v>1936</v>
       </c>
       <c r="N24" t="s">
-        <v>1909</v>
+        <v>2063</v>
       </c>
       <c r="O24" t="s">
-        <v>1917</v>
+        <v>2064</v>
       </c>
       <c r="P24" t="s">
-        <v>2035</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B25" t="s">
-        <v>2036</v>
+        <v>2066</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>2037</v>
+        <v>2067</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>2038</v>
+        <v>2068</v>
       </c>
       <c r="H25" t="s">
-        <v>2039</v>
+        <v>2069</v>
       </c>
       <c r="I25" t="s">
-        <v>2040</v>
+        <v>1968</v>
       </c>
       <c r="J25" t="s">
-        <v>2041</v>
+        <v>20</v>
       </c>
       <c r="K25" t="s">
-        <v>2042</v>
+        <v>87</v>
       </c>
       <c r="L25" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M25" t="s">
-        <v>1972</v>
+        <v>1936</v>
       </c>
       <c r="N25" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O25" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="P25" t="s">
-        <v>2043</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B26" t="s">
-        <v>2044</v>
+        <v>2071</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>2045</v>
+        <v>2072</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>2046</v>
+        <v>2073</v>
       </c>
       <c r="H26" t="s">
-        <v>2047</v>
+        <v>2074</v>
       </c>
       <c r="I26" t="s">
-        <v>2048</v>
+        <v>2075</v>
       </c>
       <c r="J26" t="s">
-        <v>2049</v>
+        <v>2055</v>
       </c>
       <c r="K26" t="s">
-        <v>2050</v>
+        <v>30</v>
       </c>
       <c r="L26" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M26" t="s">
-        <v>1881</v>
+        <v>1936</v>
       </c>
       <c r="N26" t="s">
-        <v>1909</v>
+        <v>2063</v>
       </c>
       <c r="O26" t="s">
-        <v>1917</v>
+        <v>2076</v>
       </c>
       <c r="P26" t="s">
-        <v>2051</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B27" t="s">
-        <v>2052</v>
+        <v>2078</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>2045</v>
+        <v>2079</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>2053</v>
+        <v>2080</v>
       </c>
       <c r="H27" t="s">
-        <v>2054</v>
+        <v>2081</v>
       </c>
       <c r="I27" t="s">
-        <v>2048</v>
+        <v>2082</v>
       </c>
       <c r="J27" t="s">
-        <v>2049</v>
+        <v>1907</v>
       </c>
       <c r="K27" t="s">
-        <v>2050</v>
+        <v>30</v>
       </c>
       <c r="L27" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M27" t="s">
-        <v>1881</v>
+        <v>1936</v>
       </c>
       <c r="N27" t="s">
-        <v>1909</v>
+        <v>2083</v>
       </c>
       <c r="O27" t="s">
-        <v>2055</v>
+        <v>2084</v>
       </c>
       <c r="P27" t="s">
-        <v>2056</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B28" t="s">
-        <v>2057</v>
+        <v>2086</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>2058</v>
+        <v>2087</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>2059</v>
+        <v>2088</v>
       </c>
       <c r="H28" t="s">
-        <v>2060</v>
+        <v>2089</v>
       </c>
       <c r="I28" t="s">
-        <v>2061</v>
+        <v>2090</v>
       </c>
       <c r="J28" t="s">
-        <v>2062</v>
+        <v>1896</v>
       </c>
       <c r="K28" t="s">
-        <v>2063</v>
+        <v>452</v>
       </c>
       <c r="L28" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M28" t="s">
-        <v>1972</v>
+        <v>1936</v>
       </c>
       <c r="N28" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O28" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="P28" t="s">
-        <v>2064</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B29" t="s">
-        <v>2065</v>
+        <v>2092</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>2066</v>
+        <v>2093</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>2067</v>
+        <v>2094</v>
       </c>
       <c r="H29" t="s">
-        <v>2068</v>
+        <v>2095</v>
       </c>
       <c r="I29" t="s">
-        <v>2069</v>
+        <v>2096</v>
       </c>
       <c r="J29" t="s">
-        <v>2070</v>
+        <v>2097</v>
       </c>
       <c r="K29" t="s">
-        <v>2071</v>
+        <v>2098</v>
       </c>
       <c r="L29" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M29" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="N29" t="s">
-        <v>2072</v>
+        <v>1919</v>
       </c>
       <c r="O29" t="s">
-        <v>2073</v>
+        <v>1920</v>
       </c>
       <c r="P29" t="s">
-        <v>2074</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B30" t="s">
-        <v>2075</v>
+        <v>2100</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>2076</v>
+        <v>2101</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>2077</v>
+        <v>2102</v>
       </c>
       <c r="H30" t="s">
-        <v>2078</v>
+        <v>2103</v>
       </c>
       <c r="I30" t="s">
-        <v>2079</v>
+        <v>2104</v>
       </c>
       <c r="J30" t="s">
         <v>20</v>
       </c>
       <c r="K30" t="s">
-        <v>2080</v>
+        <v>2105</v>
       </c>
       <c r="L30" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M30" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="N30" t="s">
-        <v>2072</v>
+        <v>1919</v>
       </c>
       <c r="O30" t="s">
-        <v>2081</v>
+        <v>1920</v>
       </c>
       <c r="P30" t="s">
-        <v>2082</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B31" t="s">
-        <v>2083</v>
+        <v>2107</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>2084</v>
+        <v>2108</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>2085</v>
+        <v>2109</v>
       </c>
       <c r="H31" t="s">
-        <v>2086</v>
+        <v>2110</v>
       </c>
       <c r="I31" t="s">
-        <v>2087</v>
+        <v>2111</v>
       </c>
       <c r="J31" t="s">
-        <v>2088</v>
+        <v>2112</v>
       </c>
       <c r="K31" t="s">
-        <v>2089</v>
+        <v>2113</v>
       </c>
       <c r="L31" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M31" t="s">
-        <v>1972</v>
+        <v>1936</v>
       </c>
       <c r="N31" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O31" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="P31" t="s">
-        <v>2090</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B32" t="s">
-        <v>2091</v>
+        <v>2115</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>2092</v>
+        <v>2108</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>2093</v>
+        <v>2116</v>
       </c>
       <c r="H32" t="s">
-        <v>2094</v>
+        <v>2117</v>
       </c>
       <c r="I32" t="s">
-        <v>2095</v>
+        <v>2118</v>
       </c>
       <c r="J32" t="s">
-        <v>2096</v>
+        <v>20</v>
       </c>
       <c r="K32" t="s">
-        <v>701</v>
+        <v>2119</v>
       </c>
       <c r="L32" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M32" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N32" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O32" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="P32" t="s">
-        <v>2097</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B33" t="s">
-        <v>2098</v>
+        <v>2121</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>2099</v>
+        <v>2122</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>2100</v>
+        <v>2123</v>
       </c>
       <c r="H33" t="s">
-        <v>2101</v>
+        <v>2124</v>
       </c>
       <c r="I33" t="s">
-        <v>2102</v>
+        <v>2125</v>
       </c>
       <c r="J33" t="s">
-        <v>2103</v>
+        <v>20</v>
       </c>
       <c r="K33" t="s">
-        <v>51</v>
+        <v>928</v>
       </c>
       <c r="L33" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M33" t="s">
-        <v>1881</v>
+        <v>1908</v>
       </c>
       <c r="N33" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O33" t="s">
-        <v>2055</v>
+        <v>1920</v>
       </c>
       <c r="P33" t="s">
-        <v>2104</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B34" t="s">
-        <v>2105</v>
+        <v>2127</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>2106</v>
+        <v>2128</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>2107</v>
+        <v>2129</v>
       </c>
       <c r="H34" t="s">
-        <v>2108</v>
+        <v>2130</v>
       </c>
       <c r="I34" t="s">
-        <v>2102</v>
+        <v>2131</v>
       </c>
       <c r="J34" t="s">
-        <v>2103</v>
+        <v>2132</v>
       </c>
       <c r="K34" t="s">
-        <v>51</v>
+        <v>2133</v>
       </c>
       <c r="L34" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M34" t="s">
-        <v>1881</v>
+        <v>1936</v>
       </c>
       <c r="N34" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O34" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="P34" t="s">
-        <v>2109</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B35" t="s">
-        <v>2110</v>
+        <v>2135</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>2111</v>
+        <v>2136</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>2112</v>
+        <v>2137</v>
       </c>
       <c r="H35" t="s">
-        <v>2113</v>
+        <v>2138</v>
       </c>
       <c r="I35" t="s">
-        <v>2114</v>
+        <v>2139</v>
       </c>
       <c r="J35" t="s">
-        <v>20</v>
+        <v>2140</v>
       </c>
       <c r="K35" t="s">
-        <v>2115</v>
+        <v>2141</v>
       </c>
       <c r="L35" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M35" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="N35" t="s">
-        <v>2072</v>
+        <v>1919</v>
       </c>
       <c r="O35" t="s">
-        <v>2073</v>
+        <v>1920</v>
       </c>
       <c r="P35" t="s">
-        <v>2116</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B36" t="s">
-        <v>2117</v>
+        <v>2143</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>2118</v>
+        <v>2144</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>2119</v>
+        <v>2145</v>
       </c>
       <c r="H36" t="s">
-        <v>2120</v>
+        <v>2146</v>
       </c>
       <c r="I36" t="s">
-        <v>2114</v>
+        <v>2147</v>
       </c>
       <c r="J36" t="s">
-        <v>20</v>
+        <v>1968</v>
       </c>
       <c r="K36" t="s">
-        <v>2115</v>
+        <v>87</v>
       </c>
       <c r="L36" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M36" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="N36" t="s">
-        <v>2072</v>
+        <v>1899</v>
       </c>
       <c r="O36" t="s">
-        <v>2073</v>
+        <v>1900</v>
       </c>
       <c r="P36" t="s">
-        <v>2121</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B37" t="s">
-        <v>2122</v>
+        <v>2149</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>2118</v>
+        <v>2144</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>2123</v>
+        <v>2150</v>
       </c>
       <c r="H37" t="s">
-        <v>2124</v>
+        <v>2151</v>
       </c>
       <c r="I37" t="s">
-        <v>2114</v>
+        <v>2147</v>
       </c>
       <c r="J37" t="s">
-        <v>20</v>
+        <v>1968</v>
       </c>
       <c r="K37" t="s">
-        <v>2115</v>
+        <v>87</v>
       </c>
       <c r="L37" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M37" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="N37" t="s">
-        <v>2072</v>
+        <v>1899</v>
       </c>
       <c r="O37" t="s">
-        <v>2125</v>
+        <v>1900</v>
       </c>
       <c r="P37" t="s">
-        <v>2126</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B38" t="s">
-        <v>2127</v>
+        <v>2153</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>2118</v>
+        <v>2154</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>2128</v>
+        <v>2155</v>
       </c>
       <c r="H38" t="s">
-        <v>2129</v>
+        <v>2156</v>
       </c>
       <c r="I38" t="s">
-        <v>2114</v>
+        <v>2157</v>
       </c>
       <c r="J38" t="s">
-        <v>20</v>
+        <v>2158</v>
       </c>
       <c r="K38" t="s">
-        <v>2115</v>
+        <v>2159</v>
       </c>
       <c r="L38" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M38" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="N38" t="s">
-        <v>2072</v>
+        <v>1919</v>
       </c>
       <c r="O38" t="s">
-        <v>2130</v>
+        <v>1920</v>
       </c>
       <c r="P38" t="s">
-        <v>2131</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B39" t="s">
-        <v>2132</v>
+        <v>2161</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>2133</v>
+        <v>2154</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>2134</v>
+        <v>2162</v>
       </c>
       <c r="H39" t="s">
-        <v>2135</v>
+        <v>2163</v>
       </c>
       <c r="I39" t="s">
-        <v>2136</v>
+        <v>2164</v>
       </c>
       <c r="J39" t="s">
-        <v>20</v>
+        <v>2158</v>
       </c>
       <c r="K39" t="s">
-        <v>2137</v>
+        <v>2159</v>
       </c>
       <c r="L39" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M39" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="N39" t="s">
-        <v>2072</v>
+        <v>1919</v>
       </c>
       <c r="O39" t="s">
-        <v>2125</v>
+        <v>1920</v>
       </c>
       <c r="P39" t="s">
-        <v>2138</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B40" t="s">
-        <v>2139</v>
+        <v>2166</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>2140</v>
+        <v>2154</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>2141</v>
+        <v>2167</v>
       </c>
       <c r="H40" t="s">
-        <v>2142</v>
+        <v>2168</v>
       </c>
       <c r="I40" t="s">
-        <v>2143</v>
+        <v>2158</v>
       </c>
       <c r="J40" t="s">
         <v>20</v>
       </c>
       <c r="K40" t="s">
-        <v>105</v>
+        <v>2159</v>
       </c>
       <c r="L40" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M40" t="s">
-        <v>1881</v>
+        <v>1898</v>
       </c>
       <c r="N40" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O40" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="P40" t="s">
-        <v>2144</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B41" t="s">
-        <v>2145</v>
+        <v>2170</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>2146</v>
+        <v>2154</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>2147</v>
+        <v>2171</v>
       </c>
       <c r="H41" t="s">
-        <v>2148</v>
+        <v>2172</v>
       </c>
       <c r="I41" t="s">
-        <v>2149</v>
+        <v>2157</v>
       </c>
       <c r="J41" t="s">
-        <v>1899</v>
+        <v>2158</v>
       </c>
       <c r="K41" t="s">
-        <v>165</v>
+        <v>2159</v>
       </c>
       <c r="L41" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M41" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="N41" t="s">
-        <v>1943</v>
+        <v>1919</v>
       </c>
       <c r="O41" t="s">
-        <v>1956</v>
+        <v>2173</v>
       </c>
       <c r="P41" t="s">
-        <v>2150</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B42" t="s">
-        <v>2151</v>
+        <v>2175</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>2146</v>
+        <v>2176</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>2152</v>
+        <v>2177</v>
       </c>
       <c r="H42" t="s">
-        <v>2153</v>
+        <v>2178</v>
       </c>
       <c r="I42" t="s">
-        <v>2149</v>
+        <v>2179</v>
       </c>
       <c r="J42" t="s">
-        <v>1899</v>
+        <v>2062</v>
       </c>
       <c r="K42" t="s">
-        <v>165</v>
+        <v>97</v>
       </c>
       <c r="L42" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M42" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N42" t="s">
-        <v>2154</v>
+        <v>1919</v>
       </c>
       <c r="O42" t="s">
-        <v>2155</v>
+        <v>1920</v>
       </c>
       <c r="P42" t="s">
-        <v>2156</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B43" t="s">
-        <v>2157</v>
+        <v>2181</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>2158</v>
+        <v>2182</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>2159</v>
+        <v>2183</v>
       </c>
       <c r="H43" t="s">
-        <v>2160</v>
+        <v>2184</v>
       </c>
       <c r="I43" t="s">
-        <v>2161</v>
+        <v>2185</v>
       </c>
       <c r="J43" t="s">
-        <v>2013</v>
+        <v>2186</v>
       </c>
       <c r="K43" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="L43" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M43" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N43" t="s">
-        <v>2162</v>
+        <v>2083</v>
       </c>
       <c r="O43" t="s">
-        <v>2163</v>
+        <v>2084</v>
       </c>
       <c r="P43" t="s">
-        <v>2164</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B44" t="s">
-        <v>2165</v>
+        <v>2188</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>2166</v>
+        <v>2182</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>2167</v>
+        <v>2189</v>
       </c>
       <c r="H44" t="s">
-        <v>2168</v>
+        <v>2190</v>
       </c>
       <c r="I44" t="s">
-        <v>2169</v>
+        <v>2191</v>
       </c>
       <c r="J44" t="s">
-        <v>2170</v>
+        <v>1968</v>
       </c>
       <c r="K44" t="s">
-        <v>2171</v>
+        <v>87</v>
       </c>
       <c r="L44" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M44" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N44" t="s">
-        <v>1909</v>
+        <v>2083</v>
       </c>
       <c r="O44" t="s">
-        <v>1917</v>
+        <v>2084</v>
       </c>
       <c r="P44" t="s">
-        <v>2172</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B45" t="s">
-        <v>2173</v>
+        <v>2193</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>2166</v>
+        <v>2194</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>2174</v>
+        <v>2195</v>
       </c>
       <c r="H45" t="s">
-        <v>2175</v>
+        <v>2196</v>
       </c>
       <c r="I45" t="s">
-        <v>2176</v>
+        <v>2197</v>
       </c>
       <c r="J45" t="s">
-        <v>20</v>
+        <v>1968</v>
       </c>
       <c r="K45" t="s">
-        <v>2177</v>
+        <v>87</v>
       </c>
       <c r="L45" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M45" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N45" t="s">
-        <v>1909</v>
+        <v>2063</v>
       </c>
       <c r="O45" t="s">
-        <v>1917</v>
+        <v>2198</v>
       </c>
       <c r="P45" t="s">
-        <v>2178</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B46" t="s">
-        <v>2179</v>
+        <v>2200</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>2180</v>
+        <v>2201</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>2181</v>
+        <v>2202</v>
       </c>
       <c r="H46" t="s">
-        <v>2182</v>
+        <v>2203</v>
       </c>
       <c r="I46" t="s">
-        <v>2183</v>
+        <v>2118</v>
       </c>
       <c r="J46" t="s">
-        <v>2114</v>
+        <v>20</v>
       </c>
       <c r="K46" t="s">
-        <v>2115</v>
+        <v>2119</v>
       </c>
       <c r="L46" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M46" t="s">
         <v>1908</v>
       </c>
       <c r="N46" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O46" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="P46" t="s">
-        <v>2184</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B47" t="s">
-        <v>2185</v>
+        <v>2205</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>2186</v>
+        <v>2206</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>2187</v>
+        <v>2207</v>
       </c>
       <c r="H47" t="s">
-        <v>2188</v>
+        <v>2208</v>
       </c>
       <c r="I47" t="s">
-        <v>2189</v>
+        <v>2209</v>
       </c>
       <c r="J47" t="s">
-        <v>2190</v>
+        <v>2210</v>
       </c>
       <c r="K47" t="s">
-        <v>2191</v>
+        <v>2211</v>
       </c>
       <c r="L47" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M47" t="s">
-        <v>1972</v>
+        <v>1936</v>
       </c>
       <c r="N47" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O47" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="P47" t="s">
-        <v>2192</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B48" t="s">
-        <v>2193</v>
+        <v>2213</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>2194</v>
+        <v>2214</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>2195</v>
+        <v>2215</v>
       </c>
       <c r="H48" t="s">
-        <v>2196</v>
+        <v>2216</v>
       </c>
       <c r="I48" t="s">
-        <v>2197</v>
+        <v>2217</v>
       </c>
       <c r="J48" t="s">
-        <v>1899</v>
+        <v>20</v>
       </c>
       <c r="K48" t="s">
-        <v>165</v>
+        <v>2218</v>
       </c>
       <c r="L48" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M48" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="N48" t="s">
-        <v>2014</v>
+        <v>1919</v>
       </c>
       <c r="O48" t="s">
-        <v>2198</v>
+        <v>1920</v>
       </c>
       <c r="P48" t="s">
-        <v>2199</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B49" t="s">
-        <v>2200</v>
+        <v>2220</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>2194</v>
+        <v>2221</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>2201</v>
+        <v>2222</v>
       </c>
       <c r="H49" t="s">
-        <v>2202</v>
+        <v>2223</v>
       </c>
       <c r="I49" t="s">
-        <v>2197</v>
+        <v>2224</v>
       </c>
       <c r="J49" t="s">
+        <v>1968</v>
+      </c>
+      <c r="K49" t="s">
+        <v>87</v>
+      </c>
+      <c r="L49" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M49" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N49" t="s">
         <v>1899</v>
       </c>
-      <c r="K49" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O49" t="s">
-        <v>2198</v>
+        <v>2225</v>
       </c>
       <c r="P49" t="s">
-        <v>2203</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B50" t="s">
-        <v>2204</v>
+        <v>2227</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>1982</v>
+        <v>2228</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>2205</v>
+        <v>2229</v>
       </c>
       <c r="H50" t="s">
-        <v>2206</v>
+        <v>2230</v>
       </c>
       <c r="I50" t="s">
-        <v>1986</v>
+        <v>2231</v>
       </c>
       <c r="J50" t="s">
         <v>20</v>
       </c>
       <c r="K50" t="s">
-        <v>1987</v>
+        <v>2232</v>
       </c>
       <c r="L50" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M50" t="s">
-        <v>1972</v>
+        <v>1908</v>
       </c>
       <c r="N50" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O50" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="P50" t="s">
-        <v>2207</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B51" t="s">
-        <v>2208</v>
+        <v>2234</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>1982</v>
+        <v>2235</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>2209</v>
+        <v>2236</v>
       </c>
       <c r="H51" t="s">
-        <v>2210</v>
+        <v>2237</v>
       </c>
       <c r="I51" t="s">
-        <v>1985</v>
+        <v>2238</v>
       </c>
       <c r="J51" t="s">
-        <v>1986</v>
+        <v>1907</v>
       </c>
       <c r="K51" t="s">
-        <v>1987</v>
+        <v>30</v>
       </c>
       <c r="L51" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M51" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="N51" t="s">
-        <v>1909</v>
+        <v>1899</v>
       </c>
       <c r="O51" t="s">
-        <v>2211</v>
+        <v>2239</v>
       </c>
       <c r="P51" t="s">
-        <v>2212</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B52" t="s">
-        <v>2213</v>
+        <v>2241</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>2214</v>
+        <v>2235</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>2215</v>
+        <v>2242</v>
       </c>
       <c r="H52" t="s">
-        <v>2216</v>
+        <v>2243</v>
       </c>
       <c r="I52" t="s">
-        <v>2217</v>
+        <v>2244</v>
       </c>
       <c r="J52" t="s">
-        <v>1942</v>
+        <v>1907</v>
       </c>
       <c r="K52" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="L52" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M52" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="N52" t="s">
-        <v>1909</v>
+        <v>1899</v>
       </c>
       <c r="O52" t="s">
-        <v>1917</v>
+        <v>2239</v>
       </c>
       <c r="P52" t="s">
-        <v>2218</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B53" t="s">
-        <v>2219</v>
+        <v>2246</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>2220</v>
+        <v>2247</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>2221</v>
+        <v>2248</v>
       </c>
       <c r="H53" t="s">
-        <v>2222</v>
+        <v>2249</v>
       </c>
       <c r="I53" t="s">
-        <v>2223</v>
+        <v>2250</v>
       </c>
       <c r="J53" t="s">
-        <v>2224</v>
+        <v>20</v>
       </c>
       <c r="K53" t="s">
-        <v>190</v>
+        <v>2251</v>
       </c>
       <c r="L53" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M53" t="s">
         <v>1908</v>
       </c>
       <c r="N53" t="s">
-        <v>2162</v>
+        <v>1919</v>
       </c>
       <c r="O53" t="s">
-        <v>2163</v>
+        <v>1920</v>
       </c>
       <c r="P53" t="s">
-        <v>2225</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B54" t="s">
-        <v>2226</v>
+        <v>2253</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>2220</v>
+        <v>2254</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>2227</v>
+        <v>2255</v>
       </c>
       <c r="H54" t="s">
-        <v>2228</v>
+        <v>2256</v>
       </c>
       <c r="I54" t="s">
-        <v>2229</v>
+        <v>2257</v>
       </c>
       <c r="J54" t="s">
-        <v>1899</v>
+        <v>20</v>
       </c>
       <c r="K54" t="s">
-        <v>165</v>
+        <v>2258</v>
       </c>
       <c r="L54" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M54" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="N54" t="s">
-        <v>2162</v>
+        <v>1919</v>
       </c>
       <c r="O54" t="s">
-        <v>2163</v>
+        <v>1920</v>
       </c>
       <c r="P54" t="s">
-        <v>2230</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B55" t="s">
-        <v>2231</v>
+        <v>2260</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>2232</v>
+        <v>2261</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>2233</v>
+        <v>2262</v>
       </c>
       <c r="H55" t="s">
-        <v>2234</v>
+        <v>2263</v>
       </c>
       <c r="I55" t="s">
-        <v>2176</v>
+        <v>2264</v>
       </c>
       <c r="J55" t="s">
-        <v>20</v>
+        <v>2265</v>
       </c>
       <c r="K55" t="s">
-        <v>2177</v>
+        <v>2266</v>
       </c>
       <c r="L55" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M55" t="s">
-        <v>1881</v>
+        <v>1898</v>
       </c>
       <c r="N55" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O55" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="P55" t="s">
-        <v>2235</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B56" t="s">
-        <v>2236</v>
+        <v>2268</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>2237</v>
+        <v>2269</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>2238</v>
+        <v>2270</v>
       </c>
       <c r="H56" t="s">
-        <v>2239</v>
+        <v>2271</v>
       </c>
       <c r="I56" t="s">
-        <v>2240</v>
+        <v>2272</v>
       </c>
       <c r="J56" t="s">
-        <v>2241</v>
+        <v>2273</v>
       </c>
       <c r="K56" t="s">
-        <v>2242</v>
+        <v>2274</v>
       </c>
       <c r="L56" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M56" t="s">
         <v>1908</v>
       </c>
       <c r="N56" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O56" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="P56" t="s">
-        <v>2243</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B57" t="s">
-        <v>2244</v>
+        <v>2276</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>2245</v>
+        <v>2269</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>2246</v>
+        <v>2277</v>
       </c>
       <c r="H57" t="s">
-        <v>2247</v>
+        <v>2278</v>
       </c>
       <c r="I57" t="s">
-        <v>2248</v>
+        <v>2272</v>
       </c>
       <c r="J57" t="s">
-        <v>20</v>
+        <v>2273</v>
       </c>
       <c r="K57" t="s">
-        <v>2249</v>
+        <v>2274</v>
       </c>
       <c r="L57" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M57" t="s">
-        <v>1972</v>
+        <v>1908</v>
       </c>
       <c r="N57" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O57" t="s">
-        <v>1917</v>
+        <v>2279</v>
       </c>
       <c r="P57" t="s">
-        <v>2250</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B58" t="s">
-        <v>2251</v>
+        <v>2281</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>2252</v>
+        <v>2282</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>2253</v>
+        <v>2283</v>
       </c>
       <c r="H58" t="s">
-        <v>2254</v>
+        <v>2284</v>
       </c>
       <c r="I58" t="s">
-        <v>2255</v>
+        <v>2285</v>
       </c>
       <c r="J58" t="s">
+        <v>2055</v>
+      </c>
+      <c r="K58" t="s">
+        <v>30</v>
+      </c>
+      <c r="L58" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M58" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N58" t="s">
         <v>1899</v>
       </c>
-      <c r="K58" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O58" t="s">
-        <v>2256</v>
+        <v>2286</v>
       </c>
       <c r="P58" t="s">
-        <v>2257</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B59" t="s">
-        <v>2258</v>
+        <v>2288</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>2259</v>
+        <v>2282</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>2260</v>
+        <v>2289</v>
       </c>
       <c r="H59" t="s">
-        <v>2261</v>
+        <v>2290</v>
       </c>
       <c r="I59" t="s">
-        <v>2262</v>
+        <v>2285</v>
       </c>
       <c r="J59" t="s">
-        <v>2263</v>
+        <v>2055</v>
       </c>
       <c r="K59" t="s">
-        <v>2264</v>
+        <v>30</v>
       </c>
       <c r="L59" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M59" t="s">
-        <v>1972</v>
+        <v>1936</v>
       </c>
       <c r="N59" t="s">
-        <v>2265</v>
+        <v>1899</v>
       </c>
       <c r="O59" t="s">
-        <v>2266</v>
+        <v>2291</v>
       </c>
       <c r="P59" t="s">
-        <v>2267</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B60" t="s">
-        <v>2268</v>
+        <v>2293</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>2269</v>
+        <v>2294</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>2270</v>
+        <v>2295</v>
       </c>
       <c r="H60" t="s">
-        <v>2271</v>
+        <v>2296</v>
       </c>
       <c r="I60" t="s">
-        <v>2272</v>
+        <v>2285</v>
       </c>
       <c r="J60" t="s">
-        <v>2273</v>
+        <v>2055</v>
       </c>
       <c r="K60" t="s">
-        <v>2274</v>
+        <v>30</v>
       </c>
       <c r="L60" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M60" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N60" t="s">
-        <v>2072</v>
+        <v>1899</v>
       </c>
       <c r="O60" t="s">
-        <v>2081</v>
+        <v>2297</v>
       </c>
       <c r="P60" t="s">
-        <v>2275</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B61" t="s">
-        <v>2276</v>
+        <v>2299</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>2269</v>
+        <v>2300</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>2277</v>
+        <v>2301</v>
       </c>
       <c r="H61" t="s">
-        <v>2278</v>
+        <v>2302</v>
       </c>
       <c r="I61" t="s">
-        <v>2272</v>
+        <v>2303</v>
       </c>
       <c r="J61" t="s">
-        <v>2273</v>
+        <v>2304</v>
       </c>
       <c r="K61" t="s">
-        <v>2274</v>
+        <v>2305</v>
       </c>
       <c r="L61" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M61" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="N61" t="s">
-        <v>2072</v>
+        <v>1919</v>
       </c>
       <c r="O61" t="s">
-        <v>2279</v>
+        <v>1920</v>
       </c>
       <c r="P61" t="s">
-        <v>2280</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B62" t="s">
-        <v>2281</v>
+        <v>2307</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>2282</v>
+        <v>2300</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>2283</v>
+        <v>2308</v>
       </c>
       <c r="H62" t="s">
-        <v>2284</v>
+        <v>2309</v>
       </c>
       <c r="I62" t="s">
-        <v>2285</v>
+        <v>2310</v>
       </c>
       <c r="J62" t="s">
-        <v>2103</v>
+        <v>2311</v>
       </c>
       <c r="K62" t="s">
-        <v>51</v>
+        <v>2312</v>
       </c>
       <c r="L62" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M62" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="N62" t="s">
-        <v>2072</v>
+        <v>1919</v>
       </c>
       <c r="O62" t="s">
-        <v>2081</v>
+        <v>1920</v>
       </c>
       <c r="P62" t="s">
-        <v>2286</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B63" t="s">
-        <v>2287</v>
+        <v>2314</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>2282</v>
+        <v>2315</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>2288</v>
+        <v>2316</v>
       </c>
       <c r="H63" t="s">
-        <v>2289</v>
+        <v>2317</v>
       </c>
       <c r="I63" t="s">
-        <v>2290</v>
+        <v>2318</v>
       </c>
       <c r="J63" t="s">
-        <v>2013</v>
+        <v>2319</v>
       </c>
       <c r="K63" t="s">
-        <v>51</v>
+        <v>2320</v>
       </c>
       <c r="L63" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M63" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N63" t="s">
-        <v>2072</v>
+        <v>1937</v>
       </c>
       <c r="O63" t="s">
-        <v>2279</v>
+        <v>2017</v>
       </c>
       <c r="P63" t="s">
-        <v>2291</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B64" t="s">
-        <v>2292</v>
+        <v>2322</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>2282</v>
+        <v>2323</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>2293</v>
+        <v>2324</v>
       </c>
       <c r="H64" t="s">
-        <v>2294</v>
+        <v>2325</v>
       </c>
       <c r="I64" t="s">
-        <v>2295</v>
+        <v>1974</v>
       </c>
       <c r="J64" t="s">
-        <v>1935</v>
+        <v>20</v>
       </c>
       <c r="K64" t="s">
-        <v>51</v>
+        <v>1975</v>
       </c>
       <c r="L64" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M64" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N64" t="s">
-        <v>2154</v>
+        <v>1937</v>
       </c>
       <c r="O64" t="s">
-        <v>2296</v>
+        <v>2326</v>
       </c>
       <c r="P64" t="s">
-        <v>2297</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B65" t="s">
-        <v>2298</v>
+        <v>2328</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>2282</v>
+        <v>2329</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>2299</v>
+        <v>2330</v>
       </c>
       <c r="H65" t="s">
-        <v>2300</v>
+        <v>2331</v>
       </c>
       <c r="I65" t="s">
-        <v>2295</v>
+        <v>2332</v>
       </c>
       <c r="J65" t="s">
-        <v>1935</v>
+        <v>2333</v>
       </c>
       <c r="K65" t="s">
-        <v>51</v>
+        <v>2334</v>
       </c>
       <c r="L65" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M65" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="N65" t="s">
-        <v>2154</v>
+        <v>1919</v>
       </c>
       <c r="O65" t="s">
-        <v>2155</v>
+        <v>1920</v>
       </c>
       <c r="P65" t="s">
-        <v>2301</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B66" t="s">
-        <v>2302</v>
+        <v>2336</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>2282</v>
+        <v>2337</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>2303</v>
+        <v>2338</v>
       </c>
       <c r="H66" t="s">
-        <v>2304</v>
+        <v>2339</v>
       </c>
       <c r="I66" t="s">
-        <v>2305</v>
+        <v>2340</v>
       </c>
       <c r="J66" t="s">
-        <v>2103</v>
+        <v>2341</v>
       </c>
       <c r="K66" t="s">
-        <v>51</v>
+        <v>1003</v>
       </c>
       <c r="L66" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M66" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N66" t="s">
-        <v>2072</v>
+        <v>1919</v>
       </c>
       <c r="O66" t="s">
-        <v>2279</v>
+        <v>1920</v>
       </c>
       <c r="P66" t="s">
-        <v>2306</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B67" t="s">
-        <v>2307</v>
+        <v>2343</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>2282</v>
+        <v>2344</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>2308</v>
+        <v>2345</v>
       </c>
       <c r="H67" t="s">
-        <v>2309</v>
+        <v>2346</v>
       </c>
       <c r="I67" t="s">
-        <v>2295</v>
+        <v>2347</v>
       </c>
       <c r="J67" t="s">
-        <v>1935</v>
+        <v>1957</v>
       </c>
       <c r="K67" t="s">
-        <v>51</v>
+        <v>1958</v>
       </c>
       <c r="L67" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M67" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N67" t="s">
-        <v>1943</v>
+        <v>1899</v>
       </c>
       <c r="O67" t="s">
-        <v>1956</v>
+        <v>2225</v>
       </c>
       <c r="P67" t="s">
-        <v>2310</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B68" t="s">
-        <v>2311</v>
+        <v>2349</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>2282</v>
+        <v>2350</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>2312</v>
+        <v>2351</v>
       </c>
       <c r="H68" t="s">
-        <v>2313</v>
+        <v>2352</v>
       </c>
       <c r="I68" t="s">
-        <v>2314</v>
+        <v>2353</v>
       </c>
       <c r="J68" t="s">
-        <v>2315</v>
+        <v>2000</v>
       </c>
       <c r="K68" t="s">
-        <v>2316</v>
+        <v>30</v>
       </c>
       <c r="L68" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M68" t="s">
         <v>1908</v>
       </c>
       <c r="N68" t="s">
-        <v>2317</v>
+        <v>1919</v>
       </c>
       <c r="O68" t="s">
-        <v>2318</v>
+        <v>2279</v>
       </c>
       <c r="P68" t="s">
-        <v>2319</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B69" t="s">
-        <v>2320</v>
+        <v>2355</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>2282</v>
+        <v>2356</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>2321</v>
+        <v>2357</v>
       </c>
       <c r="H69" t="s">
-        <v>2322</v>
+        <v>2358</v>
       </c>
       <c r="I69" t="s">
-        <v>2305</v>
+        <v>2353</v>
       </c>
       <c r="J69" t="s">
-        <v>2103</v>
+        <v>2000</v>
       </c>
       <c r="K69" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="L69" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M69" t="s">
         <v>1908</v>
       </c>
       <c r="N69" t="s">
-        <v>2072</v>
+        <v>1919</v>
       </c>
       <c r="O69" t="s">
-        <v>2081</v>
+        <v>1920</v>
       </c>
       <c r="P69" t="s">
-        <v>2323</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B70" t="s">
-        <v>2324</v>
+        <v>2360</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>2282</v>
+        <v>2361</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>2325</v>
+        <v>2362</v>
       </c>
       <c r="H70" t="s">
-        <v>2326</v>
+        <v>2363</v>
       </c>
       <c r="I70" t="s">
-        <v>2327</v>
+        <v>2132</v>
       </c>
       <c r="J70" t="s">
-        <v>2328</v>
+        <v>20</v>
       </c>
       <c r="K70" t="s">
-        <v>2329</v>
+        <v>2133</v>
       </c>
       <c r="L70" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M70" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N70" t="s">
-        <v>2072</v>
+        <v>1937</v>
       </c>
       <c r="O70" t="s">
-        <v>2330</v>
+        <v>2017</v>
       </c>
       <c r="P70" t="s">
-        <v>2331</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B71" t="s">
-        <v>2332</v>
+        <v>2365</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>2282</v>
+        <v>2366</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>2333</v>
+        <v>2367</v>
       </c>
       <c r="H71" t="s">
-        <v>2334</v>
+        <v>2368</v>
       </c>
       <c r="I71" t="s">
-        <v>2335</v>
+        <v>2132</v>
       </c>
       <c r="J71" t="s">
-        <v>2336</v>
+        <v>20</v>
       </c>
       <c r="K71" t="s">
-        <v>238</v>
+        <v>2133</v>
       </c>
       <c r="L71" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M71" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N71" t="s">
-        <v>2317</v>
+        <v>1937</v>
       </c>
       <c r="O71" t="s">
-        <v>2337</v>
+        <v>2017</v>
       </c>
       <c r="P71" t="s">
-        <v>2338</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B72" t="s">
-        <v>2339</v>
+        <v>2370</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>2282</v>
+        <v>2366</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>2340</v>
+        <v>2371</v>
       </c>
       <c r="H72" t="s">
-        <v>2341</v>
+        <v>2372</v>
       </c>
       <c r="I72" t="s">
-        <v>2342</v>
+        <v>2132</v>
       </c>
       <c r="J72" t="s">
-        <v>2336</v>
+        <v>20</v>
       </c>
       <c r="K72" t="s">
-        <v>238</v>
+        <v>2133</v>
       </c>
       <c r="L72" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M72" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N72" t="s">
-        <v>2317</v>
+        <v>1937</v>
       </c>
       <c r="O72" t="s">
-        <v>2343</v>
+        <v>2009</v>
       </c>
       <c r="P72" t="s">
-        <v>2344</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B73" t="s">
-        <v>2345</v>
+        <v>2374</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>2346</v>
+        <v>2366</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>2347</v>
+        <v>2375</v>
       </c>
       <c r="H73" t="s">
-        <v>2348</v>
+        <v>2376</v>
       </c>
       <c r="I73" t="s">
-        <v>2349</v>
+        <v>2377</v>
       </c>
       <c r="J73" t="s">
-        <v>20</v>
+        <v>2378</v>
       </c>
       <c r="K73" t="s">
-        <v>2350</v>
+        <v>2379</v>
       </c>
       <c r="L73" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M73" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N73" t="s">
-        <v>2317</v>
+        <v>1937</v>
       </c>
       <c r="O73" t="s">
-        <v>2351</v>
+        <v>2009</v>
       </c>
       <c r="P73" t="s">
-        <v>2352</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B74" t="s">
-        <v>2353</v>
+        <v>2381</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>2354</v>
+        <v>2366</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>2355</v>
+        <v>2382</v>
       </c>
       <c r="H74" t="s">
-        <v>2356</v>
+        <v>2383</v>
       </c>
       <c r="I74" t="s">
-        <v>2357</v>
+        <v>2132</v>
       </c>
       <c r="J74" t="s">
-        <v>2013</v>
+        <v>20</v>
       </c>
       <c r="K74" t="s">
-        <v>51</v>
+        <v>2133</v>
       </c>
       <c r="L74" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M74" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N74" t="s">
-        <v>2154</v>
+        <v>1937</v>
       </c>
       <c r="O74" t="s">
-        <v>2358</v>
+        <v>2037</v>
       </c>
       <c r="P74" t="s">
-        <v>2359</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B75" t="s">
-        <v>2360</v>
+        <v>2385</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>2361</v>
+        <v>2386</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>2362</v>
+        <v>2387</v>
       </c>
       <c r="H75" t="s">
-        <v>2363</v>
+        <v>2388</v>
       </c>
       <c r="I75" t="s">
-        <v>2096</v>
+        <v>2389</v>
       </c>
       <c r="J75" t="s">
-        <v>20</v>
+        <v>1896</v>
       </c>
       <c r="K75" t="s">
-        <v>701</v>
+        <v>452</v>
       </c>
       <c r="L75" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M75" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N75" t="s">
-        <v>1909</v>
+        <v>1899</v>
       </c>
       <c r="O75" t="s">
-        <v>1917</v>
+        <v>2297</v>
       </c>
       <c r="P75" t="s">
-        <v>2364</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B76" t="s">
-        <v>2365</v>
+        <v>2391</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>2366</v>
+        <v>2392</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>2367</v>
+        <v>2393</v>
       </c>
       <c r="H76" t="s">
-        <v>2368</v>
+        <v>2394</v>
       </c>
       <c r="I76" t="s">
-        <v>2369</v>
+        <v>2395</v>
       </c>
       <c r="J76" t="s">
-        <v>2370</v>
+        <v>20</v>
       </c>
       <c r="K76" t="s">
-        <v>2371</v>
+        <v>2396</v>
       </c>
       <c r="L76" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M76" t="s">
-        <v>1881</v>
+        <v>1936</v>
       </c>
       <c r="N76" t="s">
-        <v>1909</v>
+        <v>1937</v>
       </c>
       <c r="O76" t="s">
-        <v>1917</v>
+        <v>2009</v>
       </c>
       <c r="P76" t="s">
-        <v>2372</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B77" t="s">
-        <v>2373</v>
+        <v>2398</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>2374</v>
+        <v>2399</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>2375</v>
+        <v>2400</v>
       </c>
       <c r="H77" t="s">
-        <v>2376</v>
+        <v>2401</v>
       </c>
       <c r="I77" t="s">
-        <v>2377</v>
+        <v>2389</v>
       </c>
       <c r="J77" t="s">
-        <v>2378</v>
+        <v>1896</v>
       </c>
       <c r="K77" t="s">
-        <v>2379</v>
+        <v>452</v>
       </c>
       <c r="L77" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M77" t="s">
-        <v>1881</v>
+        <v>1936</v>
       </c>
       <c r="N77" t="s">
-        <v>1909</v>
+        <v>1899</v>
       </c>
       <c r="O77" t="s">
-        <v>1917</v>
+        <v>2225</v>
       </c>
       <c r="P77" t="s">
-        <v>2380</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B78" t="s">
-        <v>2381</v>
+        <v>2403</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>2382</v>
+        <v>2399</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>2383</v>
+        <v>2404</v>
       </c>
       <c r="H78" t="s">
-        <v>2384</v>
+        <v>2405</v>
       </c>
       <c r="I78" t="s">
-        <v>2385</v>
+        <v>2406</v>
       </c>
       <c r="J78" t="s">
-        <v>2386</v>
+        <v>20</v>
       </c>
       <c r="K78" t="s">
-        <v>2387</v>
+        <v>198</v>
       </c>
       <c r="L78" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M78" t="s">
-        <v>1881</v>
+        <v>1908</v>
       </c>
       <c r="N78" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O78" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="P78" t="s">
-        <v>2388</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B79" t="s">
-        <v>2389</v>
+        <v>2408</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>2390</v>
+        <v>2409</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>2391</v>
+        <v>2410</v>
       </c>
       <c r="H79" t="s">
-        <v>2392</v>
+        <v>2411</v>
       </c>
       <c r="I79" t="s">
-        <v>2393</v>
+        <v>2412</v>
       </c>
       <c r="J79" t="s">
-        <v>2394</v>
+        <v>1896</v>
       </c>
       <c r="K79" t="s">
-        <v>255</v>
+        <v>452</v>
       </c>
       <c r="L79" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M79" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N79" t="s">
-        <v>1943</v>
+        <v>2001</v>
       </c>
       <c r="O79" t="s">
-        <v>1956</v>
+        <v>2413</v>
       </c>
       <c r="P79" t="s">
-        <v>2395</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B80" t="s">
-        <v>2396</v>
+        <v>2415</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>2397</v>
+        <v>2409</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>2398</v>
+        <v>2416</v>
       </c>
       <c r="H80" t="s">
-        <v>2399</v>
+        <v>2417</v>
       </c>
       <c r="I80" t="s">
-        <v>2400</v>
+        <v>2418</v>
       </c>
       <c r="J80" t="s">
-        <v>2401</v>
+        <v>1968</v>
       </c>
       <c r="K80" t="s">
-        <v>2402</v>
+        <v>87</v>
       </c>
       <c r="L80" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M80" t="s">
-        <v>1972</v>
+        <v>1936</v>
       </c>
       <c r="N80" t="s">
-        <v>1909</v>
+        <v>2063</v>
       </c>
       <c r="O80" t="s">
-        <v>1917</v>
+        <v>2076</v>
       </c>
       <c r="P80" t="s">
-        <v>2403</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B81" t="s">
-        <v>2404</v>
+        <v>2420</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>2405</v>
+        <v>2409</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>2406</v>
+        <v>2421</v>
       </c>
       <c r="H81" t="s">
-        <v>2407</v>
+        <v>2422</v>
       </c>
       <c r="I81" t="s">
-        <v>2408</v>
+        <v>2418</v>
       </c>
       <c r="J81" t="s">
-        <v>2409</v>
+        <v>1968</v>
       </c>
       <c r="K81" t="s">
-        <v>190</v>
+        <v>87</v>
       </c>
       <c r="L81" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M81" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N81" t="s">
-        <v>1909</v>
+        <v>2001</v>
       </c>
       <c r="O81" t="s">
-        <v>2410</v>
+        <v>2413</v>
       </c>
       <c r="P81" t="s">
-        <v>2411</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B82" t="s">
-        <v>2412</v>
+        <v>2424</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>2413</v>
+        <v>2425</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>2414</v>
+        <v>2426</v>
       </c>
       <c r="H82" t="s">
-        <v>2415</v>
+        <v>2427</v>
       </c>
       <c r="I82" t="s">
-        <v>2416</v>
+        <v>2428</v>
       </c>
       <c r="J82" t="s">
-        <v>1888</v>
+        <v>2429</v>
       </c>
       <c r="K82" t="s">
-        <v>1889</v>
+        <v>2430</v>
       </c>
       <c r="L82" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M82" t="s">
-        <v>1881</v>
+        <v>1908</v>
       </c>
       <c r="N82" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O82" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="P82" t="s">
-        <v>2417</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B83" t="s">
-        <v>2418</v>
+        <v>2432</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>2419</v>
+        <v>2433</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>2420</v>
+        <v>2434</v>
       </c>
       <c r="H83" t="s">
-        <v>2421</v>
+        <v>2435</v>
       </c>
       <c r="I83" t="s">
-        <v>2422</v>
+        <v>2436</v>
       </c>
       <c r="J83" t="s">
-        <v>2394</v>
+        <v>1896</v>
       </c>
       <c r="K83" t="s">
-        <v>255</v>
+        <v>452</v>
       </c>
       <c r="L83" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M83" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N83" t="s">
-        <v>2072</v>
+        <v>1919</v>
       </c>
       <c r="O83" t="s">
-        <v>2279</v>
+        <v>2437</v>
       </c>
       <c r="P83" t="s">
-        <v>2423</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B84" t="s">
-        <v>2424</v>
+        <v>2439</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>2419</v>
+        <v>2440</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>2425</v>
+        <v>2441</v>
       </c>
       <c r="H84" t="s">
-        <v>2426</v>
+        <v>2442</v>
       </c>
       <c r="I84" t="s">
-        <v>2427</v>
+        <v>2443</v>
       </c>
       <c r="J84" t="s">
-        <v>2394</v>
+        <v>2444</v>
       </c>
       <c r="K84" t="s">
-        <v>255</v>
+        <v>2445</v>
       </c>
       <c r="L84" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M84" t="s">
         <v>1908</v>
       </c>
       <c r="N84" t="s">
-        <v>2072</v>
+        <v>1919</v>
       </c>
       <c r="O84" t="s">
-        <v>2330</v>
+        <v>1920</v>
       </c>
       <c r="P84" t="s">
-        <v>2428</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B85" t="s">
-        <v>2429</v>
+        <v>2447</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>2430</v>
+        <v>2448</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>2431</v>
+        <v>2449</v>
       </c>
       <c r="H85" t="s">
-        <v>2432</v>
+        <v>2450</v>
       </c>
       <c r="I85" t="s">
-        <v>2433</v>
+        <v>2451</v>
       </c>
       <c r="J85" t="s">
-        <v>2328</v>
+        <v>2452</v>
       </c>
       <c r="K85" t="s">
-        <v>2329</v>
+        <v>2453</v>
       </c>
       <c r="L85" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M85" t="s">
         <v>1908</v>
       </c>
       <c r="N85" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O85" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="P85" t="s">
-        <v>2434</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B86" t="s">
-        <v>2435</v>
+        <v>2455</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>2436</v>
+        <v>2456</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>2437</v>
+        <v>2457</v>
       </c>
       <c r="H86" t="s">
-        <v>2438</v>
+        <v>2458</v>
       </c>
       <c r="I86" t="s">
-        <v>2439</v>
+        <v>2459</v>
       </c>
       <c r="J86" t="s">
-        <v>2440</v>
+        <v>2460</v>
       </c>
       <c r="K86" t="s">
-        <v>2441</v>
+        <v>2461</v>
       </c>
       <c r="L86" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M86" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N86" t="s">
-        <v>2265</v>
+        <v>1899</v>
       </c>
       <c r="O86" t="s">
-        <v>2266</v>
+        <v>2225</v>
       </c>
       <c r="P86" t="s">
-        <v>2442</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B87" t="s">
-        <v>2443</v>
+        <v>2463</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>2436</v>
+        <v>2464</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>2444</v>
+        <v>2465</v>
       </c>
       <c r="H87" t="s">
-        <v>2445</v>
+        <v>2466</v>
       </c>
       <c r="I87" t="s">
-        <v>2446</v>
+        <v>1991</v>
       </c>
       <c r="J87" t="s">
-        <v>2447</v>
+        <v>20</v>
       </c>
       <c r="K87" t="s">
-        <v>2448</v>
+        <v>1992</v>
       </c>
       <c r="L87" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M87" t="s">
-        <v>1881</v>
+        <v>1908</v>
       </c>
       <c r="N87" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="O87" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="P87" t="s">
-        <v>2449</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B88" t="s">
-        <v>2450</v>
+        <v>2468</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>2451</v>
+        <v>2469</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>2452</v>
+        <v>2470</v>
       </c>
       <c r="H88" t="s">
-        <v>2453</v>
+        <v>2471</v>
       </c>
       <c r="I88" t="s">
-        <v>2454</v>
+        <v>2472</v>
       </c>
       <c r="J88" t="s">
-        <v>2455</v>
+        <v>2473</v>
       </c>
       <c r="K88" t="s">
-        <v>2456</v>
+        <v>2474</v>
       </c>
       <c r="L88" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M88" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="N88" t="s">
-        <v>2317</v>
+        <v>2475</v>
       </c>
       <c r="O88" t="s">
-        <v>2351</v>
+        <v>2476</v>
       </c>
       <c r="P88" t="s">
-        <v>2457</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B89" t="s">
-        <v>2458</v>
+        <v>2478</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>2451</v>
+        <v>2469</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>2459</v>
+        <v>2479</v>
       </c>
       <c r="H89" t="s">
-        <v>2460</v>
+        <v>2480</v>
       </c>
       <c r="I89" t="s">
-        <v>2461</v>
+        <v>2481</v>
       </c>
       <c r="J89" t="s">
-        <v>1899</v>
+        <v>2482</v>
       </c>
       <c r="K89" t="s">
-        <v>165</v>
+        <v>2483</v>
       </c>
       <c r="L89" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M89" t="s">
         <v>1908</v>
       </c>
       <c r="N89" t="s">
-        <v>2317</v>
+        <v>1919</v>
       </c>
       <c r="O89" t="s">
-        <v>2337</v>
+        <v>1920</v>
       </c>
       <c r="P89" t="s">
-        <v>2462</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B90" t="s">
-        <v>2463</v>
+        <v>2485</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>2464</v>
+        <v>2486</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>2465</v>
+        <v>2487</v>
       </c>
       <c r="H90" t="s">
-        <v>2466</v>
+        <v>2488</v>
       </c>
       <c r="I90" t="s">
-        <v>2467</v>
+        <v>2489</v>
       </c>
       <c r="J90" t="s">
-        <v>2455</v>
+        <v>2000</v>
       </c>
       <c r="K90" t="s">
-        <v>2456</v>
+        <v>30</v>
       </c>
       <c r="L90" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M90" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N90" t="s">
-        <v>2317</v>
+        <v>1937</v>
       </c>
       <c r="O90" t="s">
-        <v>2337</v>
+        <v>2490</v>
       </c>
       <c r="P90" t="s">
-        <v>2468</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B91" t="s">
-        <v>2469</v>
+        <v>2492</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>2464</v>
+        <v>2493</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>2470</v>
+        <v>2494</v>
       </c>
       <c r="H91" t="s">
-        <v>2471</v>
+        <v>2495</v>
       </c>
       <c r="I91" t="s">
-        <v>1888</v>
+        <v>2496</v>
       </c>
       <c r="J91" t="s">
-        <v>20</v>
+        <v>2497</v>
       </c>
       <c r="K91" t="s">
-        <v>1889</v>
+        <v>2498</v>
       </c>
       <c r="L91" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M91" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="N91" t="s">
-        <v>2317</v>
+        <v>1919</v>
       </c>
       <c r="O91" t="s">
-        <v>2351</v>
+        <v>1920</v>
       </c>
       <c r="P91" t="s">
-        <v>2472</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B92" t="s">
-        <v>2473</v>
+        <v>2500</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>2474</v>
+        <v>2493</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>2475</v>
+        <v>2501</v>
       </c>
       <c r="H92" t="s">
-        <v>2476</v>
+        <v>2502</v>
       </c>
       <c r="I92" t="s">
-        <v>2477</v>
+        <v>2503</v>
       </c>
       <c r="J92" t="s">
-        <v>2096</v>
+        <v>1957</v>
       </c>
       <c r="K92" t="s">
-        <v>701</v>
+        <v>1958</v>
       </c>
       <c r="L92" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M92" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N92" t="s">
-        <v>2014</v>
+        <v>1919</v>
       </c>
       <c r="O92" t="s">
-        <v>2478</v>
+        <v>1920</v>
       </c>
       <c r="P92" t="s">
-        <v>2479</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B93" t="s">
-        <v>2480</v>
+        <v>2505</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>2481</v>
+        <v>2506</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>2482</v>
+        <v>2507</v>
       </c>
       <c r="H93" t="s">
-        <v>2483</v>
+        <v>2508</v>
       </c>
       <c r="I93" t="s">
-        <v>2461</v>
+        <v>1991</v>
       </c>
       <c r="J93" t="s">
-        <v>1899</v>
+        <v>20</v>
       </c>
       <c r="K93" t="s">
-        <v>165</v>
+        <v>1992</v>
       </c>
       <c r="L93" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M93" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N93" t="s">
-        <v>2317</v>
+        <v>1937</v>
       </c>
       <c r="O93" t="s">
-        <v>2343</v>
+        <v>2037</v>
       </c>
       <c r="P93" t="s">
-        <v>2484</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B94" t="s">
-        <v>2485</v>
+        <v>2510</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>2486</v>
+        <v>2506</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>2487</v>
+        <v>2511</v>
       </c>
       <c r="H94" t="s">
-        <v>2488</v>
+        <v>2512</v>
       </c>
       <c r="I94" t="s">
-        <v>2489</v>
+        <v>2513</v>
       </c>
       <c r="J94" t="s">
-        <v>2490</v>
+        <v>2514</v>
       </c>
       <c r="K94" t="s">
-        <v>2491</v>
+        <v>2515</v>
       </c>
       <c r="L94" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M94" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N94" t="s">
-        <v>2072</v>
+        <v>1937</v>
       </c>
       <c r="O94" t="s">
-        <v>2081</v>
+        <v>2326</v>
       </c>
       <c r="P94" t="s">
-        <v>2492</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B95" t="s">
-        <v>2493</v>
+        <v>2517</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>2494</v>
+        <v>2506</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>2495</v>
+        <v>2518</v>
       </c>
       <c r="H95" t="s">
-        <v>2496</v>
+        <v>2519</v>
       </c>
       <c r="I95" t="s">
-        <v>2497</v>
+        <v>2513</v>
       </c>
       <c r="J95" t="s">
-        <v>2498</v>
+        <v>2514</v>
       </c>
       <c r="K95" t="s">
-        <v>165</v>
+        <v>2515</v>
       </c>
       <c r="L95" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M95" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N95" t="s">
-        <v>2014</v>
+        <v>1937</v>
       </c>
       <c r="O95" t="s">
-        <v>2499</v>
+        <v>2520</v>
       </c>
       <c r="P95" t="s">
-        <v>2500</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B96" t="s">
-        <v>2501</v>
+        <v>2522</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>2502</v>
+        <v>2523</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>2503</v>
+        <v>2524</v>
       </c>
       <c r="H96" t="s">
-        <v>2504</v>
+        <v>2525</v>
       </c>
       <c r="I96" t="s">
-        <v>2505</v>
+        <v>2526</v>
       </c>
       <c r="J96" t="s">
-        <v>2506</v>
+        <v>2000</v>
       </c>
       <c r="K96" t="s">
-        <v>2507</v>
+        <v>30</v>
       </c>
       <c r="L96" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M96" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N96" t="s">
-        <v>2014</v>
+        <v>1937</v>
       </c>
       <c r="O96" t="s">
-        <v>2508</v>
+        <v>2326</v>
       </c>
       <c r="P96" t="s">
-        <v>2509</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B97" t="s">
-        <v>2510</v>
+        <v>2528</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>2511</v>
+        <v>2523</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>2512</v>
+        <v>2529</v>
       </c>
       <c r="H97" t="s">
-        <v>2513</v>
+        <v>2530</v>
       </c>
       <c r="I97" t="s">
-        <v>2514</v>
+        <v>2531</v>
       </c>
       <c r="J97" t="s">
-        <v>1899</v>
+        <v>1907</v>
       </c>
       <c r="K97" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="L97" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M97" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N97" t="s">
-        <v>2014</v>
+        <v>1937</v>
       </c>
       <c r="O97" t="s">
-        <v>2515</v>
+        <v>2520</v>
       </c>
       <c r="P97" t="s">
-        <v>2516</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B98" t="s">
-        <v>2517</v>
+        <v>2533</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>2518</v>
+        <v>2523</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>2519</v>
+        <v>2534</v>
       </c>
       <c r="H98" t="s">
-        <v>2520</v>
+        <v>2535</v>
       </c>
       <c r="I98" t="s">
-        <v>2521</v>
+        <v>2536</v>
       </c>
       <c r="J98" t="s">
-        <v>1935</v>
+        <v>2055</v>
       </c>
       <c r="K98" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="L98" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M98" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N98" t="s">
-        <v>2317</v>
+        <v>2001</v>
       </c>
       <c r="O98" t="s">
-        <v>2337</v>
+        <v>2537</v>
       </c>
       <c r="P98" t="s">
-        <v>2522</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B99" t="s">
+        <v>2539</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
         <v>2523</v>
       </c>
-      <c r="C99" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>2524</v>
+        <v>2540</v>
       </c>
       <c r="H99" t="s">
-        <v>2525</v>
+        <v>2541</v>
       </c>
       <c r="I99" t="s">
-        <v>2526</v>
+        <v>2536</v>
       </c>
       <c r="J99" t="s">
-        <v>2527</v>
+        <v>2055</v>
       </c>
       <c r="K99" t="s">
-        <v>2528</v>
+        <v>30</v>
       </c>
       <c r="L99" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M99" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N99" t="s">
-        <v>2317</v>
+        <v>2001</v>
       </c>
       <c r="O99" t="s">
-        <v>2337</v>
+        <v>2413</v>
       </c>
       <c r="P99" t="s">
-        <v>2529</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B100" t="s">
-        <v>2530</v>
+        <v>2543</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>2518</v>
+        <v>2523</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>2531</v>
+        <v>2544</v>
       </c>
       <c r="H100" t="s">
-        <v>2532</v>
+        <v>2545</v>
       </c>
       <c r="I100" t="s">
-        <v>2533</v>
+        <v>2546</v>
       </c>
       <c r="J100" t="s">
-        <v>2534</v>
+        <v>2000</v>
       </c>
       <c r="K100" t="s">
-        <v>2535</v>
+        <v>30</v>
       </c>
       <c r="L100" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M100" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N100" t="s">
-        <v>2317</v>
+        <v>1937</v>
       </c>
       <c r="O100" t="s">
-        <v>2337</v>
+        <v>2520</v>
       </c>
       <c r="P100" t="s">
-        <v>2536</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B101" t="s">
-        <v>2537</v>
+        <v>2548</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>2538</v>
+        <v>2523</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>2539</v>
+        <v>2549</v>
       </c>
       <c r="H101" t="s">
-        <v>2540</v>
+        <v>2550</v>
       </c>
       <c r="I101" t="s">
-        <v>2541</v>
+        <v>1951</v>
       </c>
       <c r="J101" t="s">
-        <v>1963</v>
+        <v>20</v>
       </c>
       <c r="K101" t="s">
-        <v>371</v>
+        <v>1952</v>
       </c>
       <c r="L101" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M101" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N101" t="s">
-        <v>1943</v>
+        <v>2063</v>
       </c>
       <c r="O101" t="s">
-        <v>2542</v>
+        <v>2551</v>
       </c>
       <c r="P101" t="s">
-        <v>2543</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B102" t="s">
-        <v>2544</v>
+        <v>2553</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>2545</v>
+        <v>2523</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>2546</v>
+        <v>2554</v>
       </c>
       <c r="H102" t="s">
-        <v>2547</v>
+        <v>2555</v>
       </c>
       <c r="I102" t="s">
-        <v>2548</v>
+        <v>2536</v>
       </c>
       <c r="J102" t="s">
-        <v>2527</v>
+        <v>2055</v>
       </c>
       <c r="K102" t="s">
-        <v>2528</v>
+        <v>30</v>
       </c>
       <c r="L102" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M102" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="N102" t="s">
-        <v>2317</v>
+        <v>2063</v>
       </c>
       <c r="O102" t="s">
-        <v>2337</v>
+        <v>2076</v>
       </c>
       <c r="P102" t="s">
-        <v>2549</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B103" t="s">
-        <v>2550</v>
+        <v>2557</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>2551</v>
+        <v>2523</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>2552</v>
+        <v>2558</v>
       </c>
       <c r="H103" t="s">
-        <v>2553</v>
+        <v>2559</v>
       </c>
       <c r="I103" t="s">
-        <v>2554</v>
+        <v>2560</v>
       </c>
       <c r="J103" t="s">
-        <v>20</v>
+        <v>2561</v>
       </c>
       <c r="K103" t="s">
-        <v>2555</v>
+        <v>2562</v>
       </c>
       <c r="L103" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M103" t="s">
-        <v>1881</v>
+        <v>1936</v>
       </c>
       <c r="N103" t="s">
-        <v>1909</v>
+        <v>2023</v>
       </c>
       <c r="O103" t="s">
-        <v>1917</v>
+        <v>2563</v>
       </c>
       <c r="P103" t="s">
-        <v>2556</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B104" t="s">
-        <v>2557</v>
+        <v>2565</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>2558</v>
+        <v>2523</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>2559</v>
+        <v>2566</v>
       </c>
       <c r="H104" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="I104" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="J104" t="s">
-        <v>1963</v>
+        <v>1968</v>
       </c>
       <c r="K104" t="s">
-        <v>371</v>
+        <v>87</v>
       </c>
       <c r="L104" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="M104" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N104" t="s">
+        <v>1899</v>
+      </c>
+      <c r="O104" t="s">
+        <v>2286</v>
+      </c>
+      <c r="P104" t="s">
+        <v>2569</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B105" t="s">
+        <v>2570</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
+        <v>2523</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
+        <v>2571</v>
+      </c>
+      <c r="H105" t="s">
+        <v>2572</v>
+      </c>
+      <c r="I105" t="s">
+        <v>2378</v>
+      </c>
+      <c r="J105" t="s">
+        <v>20</v>
+      </c>
+      <c r="K105" t="s">
+        <v>2379</v>
+      </c>
+      <c r="L105" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M105" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N105" t="s">
+        <v>1937</v>
+      </c>
+      <c r="O105" t="s">
+        <v>2037</v>
+      </c>
+      <c r="P105" t="s">
+        <v>2573</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B106" t="s">
+        <v>2574</v>
+      </c>
+      <c r="C106" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" t="s">
+        <v>20</v>
+      </c>
+      <c r="E106" t="s">
+        <v>2523</v>
+      </c>
+      <c r="F106" t="s">
+        <v>20</v>
+      </c>
+      <c r="G106" t="s">
+        <v>2575</v>
+      </c>
+      <c r="H106" t="s">
+        <v>2576</v>
+      </c>
+      <c r="I106" t="s">
+        <v>2577</v>
+      </c>
+      <c r="J106" t="s">
+        <v>2378</v>
+      </c>
+      <c r="K106" t="s">
+        <v>2379</v>
+      </c>
+      <c r="L106" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M106" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N106" t="s">
+        <v>1937</v>
+      </c>
+      <c r="O106" t="s">
+        <v>2017</v>
+      </c>
+      <c r="P106" t="s">
+        <v>2578</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B107" t="s">
+        <v>2579</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" t="s">
+        <v>2523</v>
+      </c>
+      <c r="F107" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" t="s">
+        <v>2580</v>
+      </c>
+      <c r="H107" t="s">
+        <v>2581</v>
+      </c>
+      <c r="I107" t="s">
+        <v>2546</v>
+      </c>
+      <c r="J107" t="s">
+        <v>2000</v>
+      </c>
+      <c r="K107" t="s">
+        <v>30</v>
+      </c>
+      <c r="L107" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M107" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N107" t="s">
+        <v>1937</v>
+      </c>
+      <c r="O107" t="s">
+        <v>2326</v>
+      </c>
+      <c r="P107" t="s">
+        <v>2582</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B108" t="s">
+        <v>2583</v>
+      </c>
+      <c r="C108" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" t="s">
+        <v>20</v>
+      </c>
+      <c r="E108" t="s">
+        <v>2523</v>
+      </c>
+      <c r="F108" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" t="s">
+        <v>2584</v>
+      </c>
+      <c r="H108" t="s">
+        <v>2585</v>
+      </c>
+      <c r="I108" t="s">
+        <v>2586</v>
+      </c>
+      <c r="J108" t="s">
+        <v>1907</v>
+      </c>
+      <c r="K108" t="s">
+        <v>30</v>
+      </c>
+      <c r="L108" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M108" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N108" t="s">
+        <v>2023</v>
+      </c>
+      <c r="O108" t="s">
+        <v>2587</v>
+      </c>
+      <c r="P108" t="s">
+        <v>2588</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B109" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C109" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
+        <v>2523</v>
+      </c>
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
+        <v>2590</v>
+      </c>
+      <c r="H109" t="s">
+        <v>2591</v>
+      </c>
+      <c r="I109" t="s">
+        <v>2592</v>
+      </c>
+      <c r="J109" t="s">
+        <v>2000</v>
+      </c>
+      <c r="K109" t="s">
+        <v>30</v>
+      </c>
+      <c r="L109" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M109" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N109" t="s">
+        <v>1937</v>
+      </c>
+      <c r="O109" t="s">
+        <v>1938</v>
+      </c>
+      <c r="P109" t="s">
+        <v>2593</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B110" t="s">
+        <v>2594</v>
+      </c>
+      <c r="C110" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" t="s">
+        <v>20</v>
+      </c>
+      <c r="E110" t="s">
+        <v>2523</v>
+      </c>
+      <c r="F110" t="s">
+        <v>20</v>
+      </c>
+      <c r="G110" t="s">
+        <v>2595</v>
+      </c>
+      <c r="H110" t="s">
+        <v>2596</v>
+      </c>
+      <c r="I110" t="s">
+        <v>2592</v>
+      </c>
+      <c r="J110" t="s">
+        <v>2000</v>
+      </c>
+      <c r="K110" t="s">
+        <v>30</v>
+      </c>
+      <c r="L110" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M110" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N110" t="s">
+        <v>1937</v>
+      </c>
+      <c r="O110" t="s">
+        <v>2490</v>
+      </c>
+      <c r="P110" t="s">
+        <v>2597</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B111" t="s">
+        <v>2598</v>
+      </c>
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" t="s">
+        <v>2523</v>
+      </c>
+      <c r="F111" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" t="s">
+        <v>2599</v>
+      </c>
+      <c r="H111" t="s">
+        <v>2600</v>
+      </c>
+      <c r="I111" t="s">
+        <v>2601</v>
+      </c>
+      <c r="J111" t="s">
+        <v>2000</v>
+      </c>
+      <c r="K111" t="s">
+        <v>30</v>
+      </c>
+      <c r="L111" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M111" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N111" t="s">
+        <v>1937</v>
+      </c>
+      <c r="O111" t="s">
+        <v>2017</v>
+      </c>
+      <c r="P111" t="s">
+        <v>2602</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B112" t="s">
+        <v>2603</v>
+      </c>
+      <c r="C112" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" t="s">
+        <v>20</v>
+      </c>
+      <c r="E112" t="s">
+        <v>2523</v>
+      </c>
+      <c r="F112" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" t="s">
+        <v>2604</v>
+      </c>
+      <c r="H112" t="s">
+        <v>2605</v>
+      </c>
+      <c r="I112" t="s">
+        <v>2606</v>
+      </c>
+      <c r="J112" t="s">
+        <v>2607</v>
+      </c>
+      <c r="K112" t="s">
+        <v>40</v>
+      </c>
+      <c r="L112" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M112" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N112" t="s">
+        <v>1937</v>
+      </c>
+      <c r="O112" t="s">
+        <v>2326</v>
+      </c>
+      <c r="P112" t="s">
+        <v>2608</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B113" t="s">
+        <v>2609</v>
+      </c>
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
+        <v>20</v>
+      </c>
+      <c r="E113" t="s">
+        <v>2523</v>
+      </c>
+      <c r="F113" t="s">
+        <v>20</v>
+      </c>
+      <c r="G113" t="s">
+        <v>2610</v>
+      </c>
+      <c r="H113" t="s">
+        <v>2611</v>
+      </c>
+      <c r="I113" t="s">
+        <v>2612</v>
+      </c>
+      <c r="J113" t="s">
+        <v>2613</v>
+      </c>
+      <c r="K113" t="s">
+        <v>2614</v>
+      </c>
+      <c r="L113" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M113" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N113" t="s">
+        <v>1937</v>
+      </c>
+      <c r="O113" t="s">
+        <v>2615</v>
+      </c>
+      <c r="P113" t="s">
+        <v>2616</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B114" t="s">
+        <v>2617</v>
+      </c>
+      <c r="C114" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" t="s">
+        <v>20</v>
+      </c>
+      <c r="E114" t="s">
+        <v>2523</v>
+      </c>
+      <c r="F114" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" t="s">
+        <v>2618</v>
+      </c>
+      <c r="H114" t="s">
+        <v>2619</v>
+      </c>
+      <c r="I114" t="s">
+        <v>2620</v>
+      </c>
+      <c r="J114" t="s">
+        <v>2000</v>
+      </c>
+      <c r="K114" t="s">
+        <v>30</v>
+      </c>
+      <c r="L114" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M114" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N114" t="s">
+        <v>1937</v>
+      </c>
+      <c r="O114" t="s">
+        <v>2615</v>
+      </c>
+      <c r="P114" t="s">
+        <v>2621</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B115" t="s">
+        <v>2622</v>
+      </c>
+      <c r="C115" t="s">
+        <v>20</v>
+      </c>
+      <c r="D115" t="s">
+        <v>20</v>
+      </c>
+      <c r="E115" t="s">
+        <v>2523</v>
+      </c>
+      <c r="F115" t="s">
+        <v>20</v>
+      </c>
+      <c r="G115" t="s">
+        <v>2623</v>
+      </c>
+      <c r="H115" t="s">
+        <v>2624</v>
+      </c>
+      <c r="I115" t="s">
+        <v>2625</v>
+      </c>
+      <c r="J115" t="s">
+        <v>2626</v>
+      </c>
+      <c r="K115" t="s">
+        <v>321</v>
+      </c>
+      <c r="L115" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M115" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N115" t="s">
+        <v>2023</v>
+      </c>
+      <c r="O115" t="s">
+        <v>2627</v>
+      </c>
+      <c r="P115" t="s">
+        <v>2628</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B116" t="s">
+        <v>2629</v>
+      </c>
+      <c r="C116" t="s">
+        <v>20</v>
+      </c>
+      <c r="D116" t="s">
+        <v>20</v>
+      </c>
+      <c r="E116" t="s">
+        <v>2523</v>
+      </c>
+      <c r="F116" t="s">
+        <v>20</v>
+      </c>
+      <c r="G116" t="s">
+        <v>2630</v>
+      </c>
+      <c r="H116" t="s">
+        <v>2631</v>
+      </c>
+      <c r="I116" t="s">
+        <v>2632</v>
+      </c>
+      <c r="J116" t="s">
+        <v>2626</v>
+      </c>
+      <c r="K116" t="s">
+        <v>321</v>
+      </c>
+      <c r="L116" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M116" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N116" t="s">
+        <v>2023</v>
+      </c>
+      <c r="O116" t="s">
+        <v>2633</v>
+      </c>
+      <c r="P116" t="s">
+        <v>2634</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B117" t="s">
+        <v>2635</v>
+      </c>
+      <c r="C117" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" t="s">
+        <v>20</v>
+      </c>
+      <c r="E117" t="s">
+        <v>2636</v>
+      </c>
+      <c r="F117" t="s">
+        <v>20</v>
+      </c>
+      <c r="G117" t="s">
+        <v>2637</v>
+      </c>
+      <c r="H117" t="s">
+        <v>2638</v>
+      </c>
+      <c r="I117" t="s">
+        <v>2639</v>
+      </c>
+      <c r="J117" t="s">
+        <v>2000</v>
+      </c>
+      <c r="K117" t="s">
+        <v>30</v>
+      </c>
+      <c r="L117" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M117" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N117" t="s">
+        <v>1937</v>
+      </c>
+      <c r="O117" t="s">
+        <v>1938</v>
+      </c>
+      <c r="P117" t="s">
+        <v>2640</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B118" t="s">
+        <v>2641</v>
+      </c>
+      <c r="C118" t="s">
+        <v>20</v>
+      </c>
+      <c r="D118" t="s">
+        <v>20</v>
+      </c>
+      <c r="E118" t="s">
+        <v>2642</v>
+      </c>
+      <c r="F118" t="s">
+        <v>20</v>
+      </c>
+      <c r="G118" t="s">
+        <v>2643</v>
+      </c>
+      <c r="H118" t="s">
+        <v>2644</v>
+      </c>
+      <c r="I118" t="s">
+        <v>2645</v>
+      </c>
+      <c r="J118" t="s">
+        <v>2646</v>
+      </c>
+      <c r="K118" t="s">
+        <v>2647</v>
+      </c>
+      <c r="L118" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M118" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N118" t="s">
+        <v>2023</v>
+      </c>
+      <c r="O118" t="s">
+        <v>2627</v>
+      </c>
+      <c r="P118" t="s">
+        <v>2648</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B119" t="s">
+        <v>2649</v>
+      </c>
+      <c r="C119" t="s">
+        <v>20</v>
+      </c>
+      <c r="D119" t="s">
+        <v>20</v>
+      </c>
+      <c r="E119" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F119" t="s">
+        <v>20</v>
+      </c>
+      <c r="G119" t="s">
+        <v>2651</v>
+      </c>
+      <c r="H119" t="s">
+        <v>2652</v>
+      </c>
+      <c r="I119" t="s">
+        <v>2653</v>
+      </c>
+      <c r="J119" t="s">
+        <v>20</v>
+      </c>
+      <c r="K119" t="s">
+        <v>2654</v>
+      </c>
+      <c r="L119" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M119" t="s">
+        <v>1898</v>
+      </c>
+      <c r="N119" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O119" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P119" t="s">
+        <v>2655</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B120" t="s">
+        <v>2656</v>
+      </c>
+      <c r="C120" t="s">
+        <v>20</v>
+      </c>
+      <c r="D120" t="s">
+        <v>20</v>
+      </c>
+      <c r="E120" t="s">
+        <v>2657</v>
+      </c>
+      <c r="F120" t="s">
+        <v>20</v>
+      </c>
+      <c r="G120" t="s">
+        <v>2658</v>
+      </c>
+      <c r="H120" t="s">
+        <v>2659</v>
+      </c>
+      <c r="I120" t="s">
+        <v>2646</v>
+      </c>
+      <c r="J120" t="s">
+        <v>20</v>
+      </c>
+      <c r="K120" t="s">
+        <v>2647</v>
+      </c>
+      <c r="L120" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M120" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N120" t="s">
+        <v>2023</v>
+      </c>
+      <c r="O120" t="s">
+        <v>2587</v>
+      </c>
+      <c r="P120" t="s">
+        <v>2660</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B121" t="s">
+        <v>2661</v>
+      </c>
+      <c r="C121" t="s">
+        <v>20</v>
+      </c>
+      <c r="D121" t="s">
+        <v>20</v>
+      </c>
+      <c r="E121" t="s">
+        <v>2662</v>
+      </c>
+      <c r="F121" t="s">
+        <v>20</v>
+      </c>
+      <c r="G121" t="s">
+        <v>2663</v>
+      </c>
+      <c r="H121" t="s">
+        <v>2664</v>
+      </c>
+      <c r="I121" t="s">
+        <v>2665</v>
+      </c>
+      <c r="J121" t="s">
+        <v>1907</v>
+      </c>
+      <c r="K121" t="s">
+        <v>30</v>
+      </c>
+      <c r="L121" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M121" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N121" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O121" t="s">
+        <v>2666</v>
+      </c>
+      <c r="P121" t="s">
+        <v>2667</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B122" t="s">
+        <v>2668</v>
+      </c>
+      <c r="C122" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" t="s">
+        <v>20</v>
+      </c>
+      <c r="E122" t="s">
+        <v>2669</v>
+      </c>
+      <c r="F122" t="s">
+        <v>20</v>
+      </c>
+      <c r="G122" t="s">
+        <v>2670</v>
+      </c>
+      <c r="H122" t="s">
+        <v>2671</v>
+      </c>
+      <c r="I122" t="s">
+        <v>2341</v>
+      </c>
+      <c r="J122" t="s">
+        <v>20</v>
+      </c>
+      <c r="K122" t="s">
+        <v>1003</v>
+      </c>
+      <c r="L122" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M122" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N122" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O122" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P122" t="s">
+        <v>2672</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B123" t="s">
+        <v>2673</v>
+      </c>
+      <c r="C123" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" t="s">
+        <v>20</v>
+      </c>
+      <c r="E123" t="s">
+        <v>2669</v>
+      </c>
+      <c r="F123" t="s">
+        <v>20</v>
+      </c>
+      <c r="G123" t="s">
+        <v>2674</v>
+      </c>
+      <c r="H123" t="s">
+        <v>2675</v>
+      </c>
+      <c r="I123" t="s">
+        <v>2676</v>
+      </c>
+      <c r="J123" t="s">
+        <v>1907</v>
+      </c>
+      <c r="K123" t="s">
+        <v>30</v>
+      </c>
+      <c r="L123" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M123" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N123" t="s">
+        <v>1937</v>
+      </c>
+      <c r="O123" t="s">
+        <v>2037</v>
+      </c>
+      <c r="P123" t="s">
+        <v>2677</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B124" t="s">
+        <v>2678</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" t="s">
+        <v>20</v>
+      </c>
+      <c r="E124" t="s">
+        <v>2679</v>
+      </c>
+      <c r="F124" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" t="s">
+        <v>2680</v>
+      </c>
+      <c r="H124" t="s">
+        <v>2681</v>
+      </c>
+      <c r="I124" t="s">
+        <v>2682</v>
+      </c>
+      <c r="J124" t="s">
+        <v>2683</v>
+      </c>
+      <c r="K124" t="s">
+        <v>2684</v>
+      </c>
+      <c r="L124" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M124" t="s">
         <v>1908</v>
       </c>
-      <c r="N104" t="s">
-[...2 lines deleted...]
-      <c r="O104" t="s">
+      <c r="N124" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O124" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P124" t="s">
+        <v>2685</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B125" t="s">
+        <v>2686</v>
+      </c>
+      <c r="C125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" t="s">
+        <v>20</v>
+      </c>
+      <c r="E125" t="s">
+        <v>2679</v>
+      </c>
+      <c r="F125" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" t="s">
+        <v>2687</v>
+      </c>
+      <c r="H125" t="s">
+        <v>2688</v>
+      </c>
+      <c r="I125" t="s">
+        <v>2689</v>
+      </c>
+      <c r="J125" t="s">
+        <v>2690</v>
+      </c>
+      <c r="K125" t="s">
+        <v>2691</v>
+      </c>
+      <c r="L125" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M125" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N125" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O125" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P125" t="s">
+        <v>2692</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B126" t="s">
+        <v>2693</v>
+      </c>
+      <c r="C126" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" t="s">
+        <v>20</v>
+      </c>
+      <c r="E126" t="s">
+        <v>2694</v>
+      </c>
+      <c r="F126" t="s">
+        <v>20</v>
+      </c>
+      <c r="G126" t="s">
+        <v>2695</v>
+      </c>
+      <c r="H126" t="s">
+        <v>2696</v>
+      </c>
+      <c r="I126" t="s">
+        <v>2697</v>
+      </c>
+      <c r="J126" t="s">
+        <v>2698</v>
+      </c>
+      <c r="K126" t="s">
+        <v>2699</v>
+      </c>
+      <c r="L126" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M126" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N126" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O126" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P126" t="s">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B127" t="s">
+        <v>2701</v>
+      </c>
+      <c r="C127" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>20</v>
+      </c>
+      <c r="E127" t="s">
+        <v>2702</v>
+      </c>
+      <c r="F127" t="s">
+        <v>20</v>
+      </c>
+      <c r="G127" t="s">
+        <v>2703</v>
+      </c>
+      <c r="H127" t="s">
+        <v>2704</v>
+      </c>
+      <c r="I127" t="s">
+        <v>2705</v>
+      </c>
+      <c r="J127" t="s">
+        <v>2706</v>
+      </c>
+      <c r="K127" t="s">
+        <v>2707</v>
+      </c>
+      <c r="L127" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M127" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N127" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O127" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P127" t="s">
+        <v>2708</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B128" t="s">
+        <v>2709</v>
+      </c>
+      <c r="C128" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" t="s">
+        <v>20</v>
+      </c>
+      <c r="E128" t="s">
+        <v>2710</v>
+      </c>
+      <c r="F128" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" t="s">
+        <v>2711</v>
+      </c>
+      <c r="H128" t="s">
+        <v>2712</v>
+      </c>
+      <c r="I128" t="s">
+        <v>2015</v>
+      </c>
+      <c r="J128" t="s">
+        <v>20</v>
+      </c>
+      <c r="K128" t="s">
+        <v>2016</v>
+      </c>
+      <c r="L128" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M128" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N128" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O128" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P128" t="s">
+        <v>2713</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B129" t="s">
+        <v>2714</v>
+      </c>
+      <c r="C129" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" t="s">
+        <v>20</v>
+      </c>
+      <c r="E129" t="s">
+        <v>2715</v>
+      </c>
+      <c r="F129" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" t="s">
+        <v>2716</v>
+      </c>
+      <c r="H129" t="s">
+        <v>2717</v>
+      </c>
+      <c r="I129" t="s">
+        <v>2718</v>
+      </c>
+      <c r="J129" t="s">
+        <v>2719</v>
+      </c>
+      <c r="K129" t="s">
+        <v>40</v>
+      </c>
+      <c r="L129" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M129" t="s">
+        <v>1898</v>
+      </c>
+      <c r="N129" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O129" t="s">
+        <v>2666</v>
+      </c>
+      <c r="P129" t="s">
+        <v>2720</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B130" t="s">
+        <v>2721</v>
+      </c>
+      <c r="C130" t="s">
+        <v>20</v>
+      </c>
+      <c r="D130" t="s">
+        <v>20</v>
+      </c>
+      <c r="E130" t="s">
+        <v>2722</v>
+      </c>
+      <c r="F130" t="s">
+        <v>20</v>
+      </c>
+      <c r="G130" t="s">
+        <v>2723</v>
+      </c>
+      <c r="H130" t="s">
+        <v>2724</v>
+      </c>
+      <c r="I130" t="s">
+        <v>2725</v>
+      </c>
+      <c r="J130" t="s">
+        <v>2000</v>
+      </c>
+      <c r="K130" t="s">
+        <v>30</v>
+      </c>
+      <c r="L130" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M130" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N130" t="s">
+        <v>2063</v>
+      </c>
+      <c r="O130" t="s">
+        <v>2076</v>
+      </c>
+      <c r="P130" t="s">
+        <v>2726</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B131" t="s">
+        <v>2727</v>
+      </c>
+      <c r="C131" t="s">
+        <v>20</v>
+      </c>
+      <c r="D131" t="s">
+        <v>20</v>
+      </c>
+      <c r="E131" t="s">
+        <v>2728</v>
+      </c>
+      <c r="F131" t="s">
+        <v>20</v>
+      </c>
+      <c r="G131" t="s">
+        <v>2729</v>
+      </c>
+      <c r="H131" t="s">
+        <v>2730</v>
+      </c>
+      <c r="I131" t="s">
+        <v>2731</v>
+      </c>
+      <c r="J131" t="s">
+        <v>20</v>
+      </c>
+      <c r="K131" t="s">
+        <v>2732</v>
+      </c>
+      <c r="L131" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M131" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N131" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O131" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P131" t="s">
+        <v>2733</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B132" t="s">
+        <v>2734</v>
+      </c>
+      <c r="C132" t="s">
+        <v>20</v>
+      </c>
+      <c r="D132" t="s">
+        <v>20</v>
+      </c>
+      <c r="E132" t="s">
+        <v>2735</v>
+      </c>
+      <c r="F132" t="s">
+        <v>20</v>
+      </c>
+      <c r="G132" t="s">
+        <v>2736</v>
+      </c>
+      <c r="H132" t="s">
+        <v>2737</v>
+      </c>
+      <c r="I132" t="s">
+        <v>2738</v>
+      </c>
+      <c r="J132" t="s">
+        <v>2739</v>
+      </c>
+      <c r="K132" t="s">
+        <v>338</v>
+      </c>
+      <c r="L132" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M132" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N132" t="s">
+        <v>2063</v>
+      </c>
+      <c r="O132" t="s">
+        <v>2076</v>
+      </c>
+      <c r="P132" t="s">
+        <v>2740</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B133" t="s">
+        <v>2741</v>
+      </c>
+      <c r="C133" t="s">
+        <v>20</v>
+      </c>
+      <c r="D133" t="s">
+        <v>20</v>
+      </c>
+      <c r="E133" t="s">
+        <v>2742</v>
+      </c>
+      <c r="F133" t="s">
+        <v>20</v>
+      </c>
+      <c r="G133" t="s">
+        <v>2743</v>
+      </c>
+      <c r="H133" t="s">
+        <v>2744</v>
+      </c>
+      <c r="I133" t="s">
+        <v>1968</v>
+      </c>
+      <c r="J133" t="s">
+        <v>20</v>
+      </c>
+      <c r="K133" t="s">
+        <v>87</v>
+      </c>
+      <c r="L133" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M133" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N133" t="s">
+        <v>1937</v>
+      </c>
+      <c r="O133" t="s">
+        <v>2326</v>
+      </c>
+      <c r="P133" t="s">
+        <v>2745</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B134" t="s">
+        <v>2746</v>
+      </c>
+      <c r="C134" t="s">
+        <v>20</v>
+      </c>
+      <c r="D134" t="s">
+        <v>20</v>
+      </c>
+      <c r="E134" t="s">
+        <v>2747</v>
+      </c>
+      <c r="F134" t="s">
+        <v>20</v>
+      </c>
+      <c r="G134" t="s">
+        <v>2748</v>
+      </c>
+      <c r="H134" t="s">
+        <v>2749</v>
+      </c>
+      <c r="I134" t="s">
+        <v>2750</v>
+      </c>
+      <c r="J134" t="s">
+        <v>2751</v>
+      </c>
+      <c r="K134" t="s">
+        <v>2752</v>
+      </c>
+      <c r="L134" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M134" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N134" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O134" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P134" t="s">
+        <v>2753</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B135" t="s">
+        <v>2754</v>
+      </c>
+      <c r="C135" t="s">
+        <v>20</v>
+      </c>
+      <c r="D135" t="s">
+        <v>20</v>
+      </c>
+      <c r="E135" t="s">
+        <v>2755</v>
+      </c>
+      <c r="F135" t="s">
+        <v>20</v>
+      </c>
+      <c r="G135" t="s">
+        <v>2756</v>
+      </c>
+      <c r="H135" t="s">
+        <v>2757</v>
+      </c>
+      <c r="I135" t="s">
+        <v>2758</v>
+      </c>
+      <c r="J135" t="s">
+        <v>1991</v>
+      </c>
+      <c r="K135" t="s">
+        <v>1992</v>
+      </c>
+      <c r="L135" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M135" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N135" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O135" t="s">
+        <v>2437</v>
+      </c>
+      <c r="P135" t="s">
+        <v>2759</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B136" t="s">
+        <v>2760</v>
+      </c>
+      <c r="C136" t="s">
+        <v>20</v>
+      </c>
+      <c r="D136" t="s">
+        <v>20</v>
+      </c>
+      <c r="E136" t="s">
+        <v>2755</v>
+      </c>
+      <c r="F136" t="s">
+        <v>20</v>
+      </c>
+      <c r="G136" t="s">
+        <v>2761</v>
+      </c>
+      <c r="H136" t="s">
+        <v>2762</v>
+      </c>
+      <c r="I136" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J136" t="s">
+        <v>1991</v>
+      </c>
+      <c r="K136" t="s">
+        <v>1992</v>
+      </c>
+      <c r="L136" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M136" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N136" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O136" t="s">
+        <v>2437</v>
+      </c>
+      <c r="P136" t="s">
+        <v>2764</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B137" t="s">
+        <v>2765</v>
+      </c>
+      <c r="C137" t="s">
+        <v>20</v>
+      </c>
+      <c r="D137" t="s">
+        <v>20</v>
+      </c>
+      <c r="E137" t="s">
+        <v>2766</v>
+      </c>
+      <c r="F137" t="s">
+        <v>20</v>
+      </c>
+      <c r="G137" t="s">
+        <v>2767</v>
+      </c>
+      <c r="H137" t="s">
+        <v>2768</v>
+      </c>
+      <c r="I137" t="s">
+        <v>2769</v>
+      </c>
+      <c r="J137" t="s">
+        <v>2770</v>
+      </c>
+      <c r="K137" t="s">
+        <v>2771</v>
+      </c>
+      <c r="L137" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M137" t="s">
+        <v>1898</v>
+      </c>
+      <c r="N137" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O137" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P137" t="s">
+        <v>2772</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B138" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C138" t="s">
+        <v>20</v>
+      </c>
+      <c r="D138" t="s">
+        <v>20</v>
+      </c>
+      <c r="E138" t="s">
+        <v>2774</v>
+      </c>
+      <c r="F138" t="s">
+        <v>20</v>
+      </c>
+      <c r="G138" t="s">
+        <v>2775</v>
+      </c>
+      <c r="H138" t="s">
+        <v>2776</v>
+      </c>
+      <c r="I138" t="s">
+        <v>2777</v>
+      </c>
+      <c r="J138" t="s">
+        <v>2778</v>
+      </c>
+      <c r="K138" t="s">
+        <v>40</v>
+      </c>
+      <c r="L138" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M138" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N138" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O138" t="s">
+        <v>2437</v>
+      </c>
+      <c r="P138" t="s">
+        <v>2779</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B139" t="s">
+        <v>2780</v>
+      </c>
+      <c r="C139" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" t="s">
+        <v>20</v>
+      </c>
+      <c r="E139" t="s">
+        <v>2781</v>
+      </c>
+      <c r="F139" t="s">
+        <v>20</v>
+      </c>
+      <c r="G139" t="s">
+        <v>2782</v>
+      </c>
+      <c r="H139" t="s">
+        <v>2783</v>
+      </c>
+      <c r="I139" t="s">
+        <v>2784</v>
+      </c>
+      <c r="J139" t="s">
+        <v>1957</v>
+      </c>
+      <c r="K139" t="s">
+        <v>1958</v>
+      </c>
+      <c r="L139" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M139" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N139" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O139" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P139" t="s">
+        <v>2785</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B140" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C140" t="s">
+        <v>20</v>
+      </c>
+      <c r="D140" t="s">
+        <v>20</v>
+      </c>
+      <c r="E140" t="s">
+        <v>2787</v>
+      </c>
+      <c r="F140" t="s">
+        <v>20</v>
+      </c>
+      <c r="G140" t="s">
+        <v>2788</v>
+      </c>
+      <c r="H140" t="s">
+        <v>2789</v>
+      </c>
+      <c r="I140" t="s">
+        <v>2790</v>
+      </c>
+      <c r="J140" t="s">
+        <v>2739</v>
+      </c>
+      <c r="K140" t="s">
+        <v>338</v>
+      </c>
+      <c r="L140" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M140" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N140" t="s">
+        <v>1937</v>
+      </c>
+      <c r="O140" t="s">
+        <v>2520</v>
+      </c>
+      <c r="P140" t="s">
+        <v>2791</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B141" t="s">
+        <v>2792</v>
+      </c>
+      <c r="C141" t="s">
+        <v>20</v>
+      </c>
+      <c r="D141" t="s">
+        <v>20</v>
+      </c>
+      <c r="E141" t="s">
+        <v>2787</v>
+      </c>
+      <c r="F141" t="s">
+        <v>20</v>
+      </c>
+      <c r="G141" t="s">
+        <v>2793</v>
+      </c>
+      <c r="H141" t="s">
+        <v>2794</v>
+      </c>
+      <c r="I141" t="s">
+        <v>2795</v>
+      </c>
+      <c r="J141" t="s">
+        <v>2739</v>
+      </c>
+      <c r="K141" t="s">
+        <v>338</v>
+      </c>
+      <c r="L141" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M141" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N141" t="s">
+        <v>1937</v>
+      </c>
+      <c r="O141" t="s">
+        <v>2615</v>
+      </c>
+      <c r="P141" t="s">
+        <v>2796</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B142" t="s">
+        <v>2797</v>
+      </c>
+      <c r="C142" t="s">
+        <v>20</v>
+      </c>
+      <c r="D142" t="s">
+        <v>20</v>
+      </c>
+      <c r="E142" t="s">
+        <v>2798</v>
+      </c>
+      <c r="F142" t="s">
+        <v>20</v>
+      </c>
+      <c r="G142" t="s">
+        <v>2799</v>
+      </c>
+      <c r="H142" t="s">
+        <v>2800</v>
+      </c>
+      <c r="I142" t="s">
+        <v>2801</v>
+      </c>
+      <c r="J142" t="s">
+        <v>2613</v>
+      </c>
+      <c r="K142" t="s">
+        <v>2614</v>
+      </c>
+      <c r="L142" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M142" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N142" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O142" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P142" t="s">
+        <v>2802</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B143" t="s">
+        <v>2803</v>
+      </c>
+      <c r="C143" t="s">
+        <v>20</v>
+      </c>
+      <c r="D143" t="s">
+        <v>20</v>
+      </c>
+      <c r="E143" t="s">
+        <v>2804</v>
+      </c>
+      <c r="F143" t="s">
+        <v>20</v>
+      </c>
+      <c r="G143" t="s">
+        <v>2805</v>
+      </c>
+      <c r="H143" t="s">
+        <v>2806</v>
+      </c>
+      <c r="I143" t="s">
+        <v>2807</v>
+      </c>
+      <c r="J143" t="s">
+        <v>2808</v>
+      </c>
+      <c r="K143" t="s">
+        <v>2809</v>
+      </c>
+      <c r="L143" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M143" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N143" t="s">
+        <v>2475</v>
+      </c>
+      <c r="O143" t="s">
+        <v>2476</v>
+      </c>
+      <c r="P143" t="s">
+        <v>2810</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B144" t="s">
+        <v>2811</v>
+      </c>
+      <c r="C144" t="s">
+        <v>20</v>
+      </c>
+      <c r="D144" t="s">
+        <v>20</v>
+      </c>
+      <c r="E144" t="s">
+        <v>2804</v>
+      </c>
+      <c r="F144" t="s">
+        <v>20</v>
+      </c>
+      <c r="G144" t="s">
+        <v>2812</v>
+      </c>
+      <c r="H144" t="s">
+        <v>2813</v>
+      </c>
+      <c r="I144" t="s">
+        <v>2814</v>
+      </c>
+      <c r="J144" t="s">
+        <v>2815</v>
+      </c>
+      <c r="K144" t="s">
+        <v>2816</v>
+      </c>
+      <c r="L144" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M144" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N144" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O144" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P144" t="s">
+        <v>2817</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B145" t="s">
+        <v>2818</v>
+      </c>
+      <c r="C145" t="s">
+        <v>20</v>
+      </c>
+      <c r="D145" t="s">
+        <v>20</v>
+      </c>
+      <c r="E145" t="s">
+        <v>2819</v>
+      </c>
+      <c r="F145" t="s">
+        <v>20</v>
+      </c>
+      <c r="G145" t="s">
+        <v>2820</v>
+      </c>
+      <c r="H145" t="s">
+        <v>2821</v>
+      </c>
+      <c r="I145" t="s">
+        <v>2822</v>
+      </c>
+      <c r="J145" t="s">
+        <v>2000</v>
+      </c>
+      <c r="K145" t="s">
+        <v>30</v>
+      </c>
+      <c r="L145" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M145" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N145" t="s">
+        <v>1937</v>
+      </c>
+      <c r="O145" t="s">
+        <v>2520</v>
+      </c>
+      <c r="P145" t="s">
+        <v>2823</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B146" t="s">
+        <v>2824</v>
+      </c>
+      <c r="C146" t="s">
+        <v>20</v>
+      </c>
+      <c r="D146" t="s">
+        <v>20</v>
+      </c>
+      <c r="E146" t="s">
+        <v>2825</v>
+      </c>
+      <c r="F146" t="s">
+        <v>20</v>
+      </c>
+      <c r="G146" t="s">
+        <v>2826</v>
+      </c>
+      <c r="H146" t="s">
+        <v>2827</v>
+      </c>
+      <c r="I146" t="s">
+        <v>2828</v>
+      </c>
+      <c r="J146" t="s">
+        <v>1926</v>
+      </c>
+      <c r="K146" t="s">
+        <v>1927</v>
+      </c>
+      <c r="L146" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M146" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N146" t="s">
+        <v>2023</v>
+      </c>
+      <c r="O146" t="s">
+        <v>2587</v>
+      </c>
+      <c r="P146" t="s">
+        <v>2829</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B147" t="s">
+        <v>2830</v>
+      </c>
+      <c r="C147" t="s">
+        <v>20</v>
+      </c>
+      <c r="D147" t="s">
+        <v>20</v>
+      </c>
+      <c r="E147" t="s">
+        <v>2825</v>
+      </c>
+      <c r="F147" t="s">
+        <v>20</v>
+      </c>
+      <c r="G147" t="s">
+        <v>2831</v>
+      </c>
+      <c r="H147" t="s">
+        <v>2832</v>
+      </c>
+      <c r="I147" t="s">
+        <v>2833</v>
+      </c>
+      <c r="J147" t="s">
+        <v>1968</v>
+      </c>
+      <c r="K147" t="s">
+        <v>87</v>
+      </c>
+      <c r="L147" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M147" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N147" t="s">
+        <v>2023</v>
+      </c>
+      <c r="O147" t="s">
+        <v>2627</v>
+      </c>
+      <c r="P147" t="s">
+        <v>2834</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B148" t="s">
+        <v>2835</v>
+      </c>
+      <c r="C148" t="s">
+        <v>20</v>
+      </c>
+      <c r="D148" t="s">
+        <v>20</v>
+      </c>
+      <c r="E148" t="s">
+        <v>2836</v>
+      </c>
+      <c r="F148" t="s">
+        <v>20</v>
+      </c>
+      <c r="G148" t="s">
+        <v>2837</v>
+      </c>
+      <c r="H148" t="s">
+        <v>2838</v>
+      </c>
+      <c r="I148" t="s">
+        <v>2839</v>
+      </c>
+      <c r="J148" t="s">
+        <v>1926</v>
+      </c>
+      <c r="K148" t="s">
+        <v>1927</v>
+      </c>
+      <c r="L148" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M148" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N148" t="s">
+        <v>2023</v>
+      </c>
+      <c r="O148" t="s">
+        <v>2627</v>
+      </c>
+      <c r="P148" t="s">
+        <v>2840</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B149" t="s">
+        <v>2841</v>
+      </c>
+      <c r="C149" t="s">
+        <v>20</v>
+      </c>
+      <c r="D149" t="s">
+        <v>20</v>
+      </c>
+      <c r="E149" t="s">
+        <v>2836</v>
+      </c>
+      <c r="F149" t="s">
+        <v>20</v>
+      </c>
+      <c r="G149" t="s">
+        <v>2842</v>
+      </c>
+      <c r="H149" t="s">
+        <v>2843</v>
+      </c>
+      <c r="I149" t="s">
+        <v>1957</v>
+      </c>
+      <c r="J149" t="s">
+        <v>20</v>
+      </c>
+      <c r="K149" t="s">
+        <v>1958</v>
+      </c>
+      <c r="L149" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M149" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N149" t="s">
+        <v>2023</v>
+      </c>
+      <c r="O149" t="s">
+        <v>2587</v>
+      </c>
+      <c r="P149" t="s">
+        <v>2844</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B150" t="s">
+        <v>2845</v>
+      </c>
+      <c r="C150" t="s">
+        <v>20</v>
+      </c>
+      <c r="D150" t="s">
+        <v>20</v>
+      </c>
+      <c r="E150" t="s">
+        <v>2846</v>
+      </c>
+      <c r="F150" t="s">
+        <v>20</v>
+      </c>
+      <c r="G150" t="s">
+        <v>2847</v>
+      </c>
+      <c r="H150" t="s">
+        <v>2848</v>
+      </c>
+      <c r="I150" t="s">
+        <v>2849</v>
+      </c>
+      <c r="J150" t="s">
+        <v>2341</v>
+      </c>
+      <c r="K150" t="s">
+        <v>1003</v>
+      </c>
+      <c r="L150" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M150" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N150" t="s">
+        <v>1899</v>
+      </c>
+      <c r="O150" t="s">
+        <v>2850</v>
+      </c>
+      <c r="P150" t="s">
+        <v>2851</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B151" t="s">
+        <v>2852</v>
+      </c>
+      <c r="C151" t="s">
+        <v>20</v>
+      </c>
+      <c r="D151" t="s">
+        <v>20</v>
+      </c>
+      <c r="E151" t="s">
+        <v>2853</v>
+      </c>
+      <c r="F151" t="s">
+        <v>20</v>
+      </c>
+      <c r="G151" t="s">
+        <v>2854</v>
+      </c>
+      <c r="H151" t="s">
+        <v>2855</v>
+      </c>
+      <c r="I151" t="s">
+        <v>2833</v>
+      </c>
+      <c r="J151" t="s">
+        <v>1968</v>
+      </c>
+      <c r="K151" t="s">
+        <v>87</v>
+      </c>
+      <c r="L151" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M151" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N151" t="s">
+        <v>2023</v>
+      </c>
+      <c r="O151" t="s">
+        <v>2633</v>
+      </c>
+      <c r="P151" t="s">
+        <v>2856</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B152" t="s">
+        <v>2857</v>
+      </c>
+      <c r="C152" t="s">
+        <v>20</v>
+      </c>
+      <c r="D152" t="s">
+        <v>20</v>
+      </c>
+      <c r="E152" t="s">
+        <v>2858</v>
+      </c>
+      <c r="F152" t="s">
+        <v>20</v>
+      </c>
+      <c r="G152" t="s">
+        <v>2859</v>
+      </c>
+      <c r="H152" t="s">
+        <v>2860</v>
+      </c>
+      <c r="I152" t="s">
+        <v>2861</v>
+      </c>
+      <c r="J152" t="s">
+        <v>2862</v>
+      </c>
+      <c r="K152" t="s">
+        <v>2863</v>
+      </c>
+      <c r="L152" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M152" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N152" t="s">
+        <v>1937</v>
+      </c>
+      <c r="O152" t="s">
+        <v>2326</v>
+      </c>
+      <c r="P152" t="s">
+        <v>2864</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B153" t="s">
+        <v>2865</v>
+      </c>
+      <c r="C153" t="s">
+        <v>20</v>
+      </c>
+      <c r="D153" t="s">
+        <v>20</v>
+      </c>
+      <c r="E153" t="s">
+        <v>2866</v>
+      </c>
+      <c r="F153" t="s">
+        <v>20</v>
+      </c>
+      <c r="G153" t="s">
+        <v>2867</v>
+      </c>
+      <c r="H153" t="s">
+        <v>2868</v>
+      </c>
+      <c r="I153" t="s">
+        <v>2869</v>
+      </c>
+      <c r="J153" t="s">
+        <v>2870</v>
+      </c>
+      <c r="K153" t="s">
+        <v>87</v>
+      </c>
+      <c r="L153" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M153" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N153" t="s">
+        <v>1899</v>
+      </c>
+      <c r="O153" t="s">
+        <v>2297</v>
+      </c>
+      <c r="P153" t="s">
+        <v>2871</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B154" t="s">
+        <v>2872</v>
+      </c>
+      <c r="C154" t="s">
+        <v>20</v>
+      </c>
+      <c r="D154" t="s">
+        <v>20</v>
+      </c>
+      <c r="E154" t="s">
+        <v>2873</v>
+      </c>
+      <c r="F154" t="s">
+        <v>20</v>
+      </c>
+      <c r="G154" t="s">
+        <v>2874</v>
+      </c>
+      <c r="H154" t="s">
+        <v>2875</v>
+      </c>
+      <c r="I154" t="s">
+        <v>2876</v>
+      </c>
+      <c r="J154" t="s">
+        <v>2877</v>
+      </c>
+      <c r="K154" t="s">
+        <v>2878</v>
+      </c>
+      <c r="L154" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M154" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N154" t="s">
+        <v>1899</v>
+      </c>
+      <c r="O154" t="s">
+        <v>2879</v>
+      </c>
+      <c r="P154" t="s">
+        <v>2880</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B155" t="s">
+        <v>2881</v>
+      </c>
+      <c r="C155" t="s">
+        <v>20</v>
+      </c>
+      <c r="D155" t="s">
+        <v>20</v>
+      </c>
+      <c r="E155" t="s">
+        <v>2882</v>
+      </c>
+      <c r="F155" t="s">
+        <v>20</v>
+      </c>
+      <c r="G155" t="s">
+        <v>2883</v>
+      </c>
+      <c r="H155" t="s">
+        <v>2884</v>
+      </c>
+      <c r="I155" t="s">
+        <v>2885</v>
+      </c>
+      <c r="J155" t="s">
+        <v>1968</v>
+      </c>
+      <c r="K155" t="s">
+        <v>87</v>
+      </c>
+      <c r="L155" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M155" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N155" t="s">
+        <v>1899</v>
+      </c>
+      <c r="O155" t="s">
+        <v>2291</v>
+      </c>
+      <c r="P155" t="s">
+        <v>2886</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B156" t="s">
+        <v>2887</v>
+      </c>
+      <c r="C156" t="s">
+        <v>20</v>
+      </c>
+      <c r="D156" t="s">
+        <v>20</v>
+      </c>
+      <c r="E156" t="s">
+        <v>2888</v>
+      </c>
+      <c r="F156" t="s">
+        <v>20</v>
+      </c>
+      <c r="G156" t="s">
+        <v>2889</v>
+      </c>
+      <c r="H156" t="s">
+        <v>2890</v>
+      </c>
+      <c r="I156" t="s">
+        <v>2891</v>
+      </c>
+      <c r="J156" t="s">
+        <v>2378</v>
+      </c>
+      <c r="K156" t="s">
+        <v>2379</v>
+      </c>
+      <c r="L156" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M156" t="s">
+        <v>1898</v>
+      </c>
+      <c r="N156" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O156" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P156" t="s">
+        <v>2892</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B157" t="s">
+        <v>2893</v>
+      </c>
+      <c r="C157" t="s">
+        <v>20</v>
+      </c>
+      <c r="D157" t="s">
+        <v>20</v>
+      </c>
+      <c r="E157" t="s">
+        <v>2888</v>
+      </c>
+      <c r="F157" t="s">
+        <v>20</v>
+      </c>
+      <c r="G157" t="s">
+        <v>2894</v>
+      </c>
+      <c r="H157" t="s">
+        <v>2895</v>
+      </c>
+      <c r="I157" t="s">
+        <v>2896</v>
+      </c>
+      <c r="J157" t="s">
+        <v>2055</v>
+      </c>
+      <c r="K157" t="s">
+        <v>30</v>
+      </c>
+      <c r="L157" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M157" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N157" t="s">
+        <v>2023</v>
+      </c>
+      <c r="O157" t="s">
+        <v>2627</v>
+      </c>
+      <c r="P157" t="s">
+        <v>2897</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B158" t="s">
+        <v>2898</v>
+      </c>
+      <c r="C158" t="s">
+        <v>20</v>
+      </c>
+      <c r="D158" t="s">
+        <v>20</v>
+      </c>
+      <c r="E158" t="s">
+        <v>2888</v>
+      </c>
+      <c r="F158" t="s">
+        <v>20</v>
+      </c>
+      <c r="G158" t="s">
+        <v>2899</v>
+      </c>
+      <c r="H158" t="s">
+        <v>2900</v>
+      </c>
+      <c r="I158" t="s">
+        <v>2901</v>
+      </c>
+      <c r="J158" t="s">
+        <v>2902</v>
+      </c>
+      <c r="K158" t="s">
+        <v>2903</v>
+      </c>
+      <c r="L158" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M158" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N158" t="s">
+        <v>2023</v>
+      </c>
+      <c r="O158" t="s">
+        <v>2627</v>
+      </c>
+      <c r="P158" t="s">
+        <v>2904</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B159" t="s">
+        <v>2905</v>
+      </c>
+      <c r="C159" t="s">
+        <v>20</v>
+      </c>
+      <c r="D159" t="s">
+        <v>20</v>
+      </c>
+      <c r="E159" t="s">
+        <v>2888</v>
+      </c>
+      <c r="F159" t="s">
+        <v>20</v>
+      </c>
+      <c r="G159" t="s">
+        <v>2906</v>
+      </c>
+      <c r="H159" t="s">
+        <v>2907</v>
+      </c>
+      <c r="I159" t="s">
+        <v>2908</v>
+      </c>
+      <c r="J159" t="s">
         <v>1917</v>
       </c>
-      <c r="P104" t="s">
-        <v>2562</v>
+      <c r="K159" t="s">
+        <v>1918</v>
+      </c>
+      <c r="L159" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M159" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N159" t="s">
+        <v>2023</v>
+      </c>
+      <c r="O159" t="s">
+        <v>2627</v>
+      </c>
+      <c r="P159" t="s">
+        <v>2909</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B160" t="s">
+        <v>2910</v>
+      </c>
+      <c r="C160" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" t="s">
+        <v>20</v>
+      </c>
+      <c r="E160" t="s">
+        <v>2911</v>
+      </c>
+      <c r="F160" t="s">
+        <v>20</v>
+      </c>
+      <c r="G160" t="s">
+        <v>2912</v>
+      </c>
+      <c r="H160" t="s">
+        <v>2913</v>
+      </c>
+      <c r="I160" t="s">
+        <v>2914</v>
+      </c>
+      <c r="J160" t="s">
+        <v>1896</v>
+      </c>
+      <c r="K160" t="s">
+        <v>452</v>
+      </c>
+      <c r="L160" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M160" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N160" t="s">
+        <v>2063</v>
+      </c>
+      <c r="O160" t="s">
+        <v>2915</v>
+      </c>
+      <c r="P160" t="s">
+        <v>2916</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B161" t="s">
+        <v>2917</v>
+      </c>
+      <c r="C161" t="s">
+        <v>20</v>
+      </c>
+      <c r="D161" t="s">
+        <v>20</v>
+      </c>
+      <c r="E161" t="s">
+        <v>2918</v>
+      </c>
+      <c r="F161" t="s">
+        <v>20</v>
+      </c>
+      <c r="G161" t="s">
+        <v>2919</v>
+      </c>
+      <c r="H161" t="s">
+        <v>2920</v>
+      </c>
+      <c r="I161" t="s">
+        <v>2412</v>
+      </c>
+      <c r="J161" t="s">
+        <v>1896</v>
+      </c>
+      <c r="K161" t="s">
+        <v>452</v>
+      </c>
+      <c r="L161" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M161" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N161" t="s">
+        <v>2063</v>
+      </c>
+      <c r="O161" t="s">
+        <v>2076</v>
+      </c>
+      <c r="P161" t="s">
+        <v>2921</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B162" t="s">
+        <v>2922</v>
+      </c>
+      <c r="C162" t="s">
+        <v>20</v>
+      </c>
+      <c r="D162" t="s">
+        <v>20</v>
+      </c>
+      <c r="E162" t="s">
+        <v>2923</v>
+      </c>
+      <c r="F162" t="s">
+        <v>20</v>
+      </c>
+      <c r="G162" t="s">
+        <v>2924</v>
+      </c>
+      <c r="H162" t="s">
+        <v>2925</v>
+      </c>
+      <c r="I162" t="s">
+        <v>2926</v>
+      </c>
+      <c r="J162" t="s">
+        <v>2902</v>
+      </c>
+      <c r="K162" t="s">
+        <v>2903</v>
+      </c>
+      <c r="L162" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M162" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N162" t="s">
+        <v>2023</v>
+      </c>
+      <c r="O162" t="s">
+        <v>2627</v>
+      </c>
+      <c r="P162" t="s">
+        <v>2927</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B163" t="s">
+        <v>2928</v>
+      </c>
+      <c r="C163" t="s">
+        <v>20</v>
+      </c>
+      <c r="D163" t="s">
+        <v>20</v>
+      </c>
+      <c r="E163" t="s">
+        <v>2929</v>
+      </c>
+      <c r="F163" t="s">
+        <v>20</v>
+      </c>
+      <c r="G163" t="s">
+        <v>2930</v>
+      </c>
+      <c r="H163" t="s">
+        <v>2931</v>
+      </c>
+      <c r="I163" t="s">
+        <v>2932</v>
+      </c>
+      <c r="J163" t="s">
+        <v>20</v>
+      </c>
+      <c r="K163" t="s">
+        <v>2933</v>
+      </c>
+      <c r="L163" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M163" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N163" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O163" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P163" t="s">
+        <v>2934</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B164" t="s">
+        <v>2935</v>
+      </c>
+      <c r="C164" t="s">
+        <v>20</v>
+      </c>
+      <c r="D164" t="s">
+        <v>20</v>
+      </c>
+      <c r="E164" t="s">
+        <v>2936</v>
+      </c>
+      <c r="F164" t="s">
+        <v>20</v>
+      </c>
+      <c r="G164" t="s">
+        <v>2937</v>
+      </c>
+      <c r="H164" t="s">
+        <v>2938</v>
+      </c>
+      <c r="I164" t="s">
+        <v>2939</v>
+      </c>
+      <c r="J164" t="s">
+        <v>1896</v>
+      </c>
+      <c r="K164" t="s">
+        <v>452</v>
+      </c>
+      <c r="L164" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M164" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N164" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O164" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P164" t="s">
+        <v>2940</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B165" t="s">
+        <v>2941</v>
+      </c>
+      <c r="C165" t="s">
+        <v>20</v>
+      </c>
+      <c r="D165" t="s">
+        <v>20</v>
+      </c>
+      <c r="E165" t="s">
+        <v>2942</v>
+      </c>
+      <c r="F165" t="s">
+        <v>20</v>
+      </c>
+      <c r="G165" t="s">
+        <v>2943</v>
+      </c>
+      <c r="H165" t="s">
+        <v>2944</v>
+      </c>
+      <c r="I165" t="s">
+        <v>2945</v>
+      </c>
+      <c r="J165" t="s">
+        <v>2946</v>
+      </c>
+      <c r="K165" t="s">
+        <v>2947</v>
+      </c>
+      <c r="L165" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M165" t="s">
+        <v>1908</v>
+      </c>
+      <c r="N165" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O165" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P165" t="s">
+        <v>2948</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M14"/>
+  <dimension ref="A1:M15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>2563</v>
+        <v>2949</v>
       </c>
       <c r="L1" t="s">
-        <v>2564</v>
+        <v>2950</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2565</v>
+        <v>2951</v>
       </c>
       <c r="B2" t="s">
-        <v>2566</v>
+        <v>2952</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>2567</v>
+        <v>33</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>2568</v>
+        <v>2953</v>
       </c>
       <c r="H2" t="s">
-        <v>2569</v>
+        <v>2954</v>
       </c>
       <c r="I2" t="s">
-        <v>2570</v>
+        <v>2955</v>
       </c>
       <c r="J2" t="s">
-        <v>163</v>
+        <v>38</v>
       </c>
       <c r="K2" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="L2" t="s">
-        <v>166</v>
+        <v>41</v>
       </c>
       <c r="M2" t="s">
-        <v>2571</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2565</v>
+        <v>2951</v>
       </c>
       <c r="B3" t="s">
-        <v>2572</v>
+        <v>2957</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>241</v>
+        <v>2958</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>2573</v>
+        <v>2959</v>
       </c>
       <c r="H3" t="s">
-        <v>2574</v>
+        <v>2960</v>
       </c>
       <c r="I3" t="s">
-        <v>2575</v>
+        <v>2961</v>
       </c>
       <c r="J3" t="s">
-        <v>263</v>
+        <v>85</v>
       </c>
       <c r="K3" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="L3" t="s">
-        <v>264</v>
+        <v>88</v>
       </c>
       <c r="M3" t="s">
-        <v>2576</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2565</v>
+        <v>2951</v>
       </c>
       <c r="B4" t="s">
-        <v>2577</v>
+        <v>2963</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>2578</v>
+        <v>324</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>2579</v>
+        <v>2964</v>
       </c>
       <c r="H4" t="s">
-        <v>2580</v>
+        <v>2965</v>
       </c>
       <c r="I4" t="s">
-        <v>2581</v>
+        <v>2966</v>
       </c>
       <c r="J4" t="s">
-        <v>113</v>
+        <v>76</v>
       </c>
       <c r="K4" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="L4" t="s">
-        <v>116</v>
+        <v>78</v>
       </c>
       <c r="M4" t="s">
-        <v>2582</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2565</v>
+        <v>2951</v>
       </c>
       <c r="B5" t="s">
-        <v>2583</v>
+        <v>2968</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>399</v>
+        <v>2969</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>2584</v>
+        <v>2970</v>
       </c>
       <c r="H5" t="s">
-        <v>2585</v>
+        <v>2971</v>
       </c>
       <c r="I5" t="s">
-        <v>2586</v>
+        <v>2972</v>
       </c>
       <c r="J5" t="s">
-        <v>406</v>
+        <v>95</v>
       </c>
       <c r="K5" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="L5" t="s">
-        <v>407</v>
+        <v>98</v>
       </c>
       <c r="M5" t="s">
-        <v>2587</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2565</v>
+        <v>2951</v>
       </c>
       <c r="B6" t="s">
-        <v>2588</v>
+        <v>2974</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>645</v>
+        <v>480</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>2589</v>
+        <v>2975</v>
       </c>
       <c r="H6" t="s">
-        <v>2590</v>
+        <v>2976</v>
       </c>
       <c r="I6" t="s">
-        <v>2591</v>
+        <v>2977</v>
       </c>
       <c r="J6" t="s">
-        <v>188</v>
+        <v>487</v>
       </c>
       <c r="K6" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="L6" t="s">
-        <v>191</v>
+        <v>488</v>
       </c>
       <c r="M6" t="s">
-        <v>2592</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2565</v>
+        <v>2951</v>
       </c>
       <c r="B7" t="s">
-        <v>2593</v>
+        <v>2979</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>704</v>
+        <v>723</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>2594</v>
+        <v>2980</v>
       </c>
       <c r="H7" t="s">
-        <v>2595</v>
+        <v>2981</v>
       </c>
       <c r="I7" t="s">
-        <v>2596</v>
+        <v>2982</v>
       </c>
       <c r="J7" t="s">
-        <v>163</v>
+        <v>273</v>
       </c>
       <c r="K7" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="L7" t="s">
-        <v>166</v>
+        <v>275</v>
       </c>
       <c r="M7" t="s">
-        <v>2597</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2565</v>
+        <v>2951</v>
       </c>
       <c r="B8" t="s">
-        <v>2598</v>
+        <v>2984</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>2599</v>
+        <v>766</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>2600</v>
+        <v>2985</v>
       </c>
       <c r="H8" t="s">
-        <v>2601</v>
+        <v>2986</v>
       </c>
       <c r="I8" t="s">
-        <v>2602</v>
+        <v>2987</v>
       </c>
       <c r="J8" t="s">
-        <v>221</v>
+        <v>85</v>
       </c>
       <c r="K8" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="L8" t="s">
-        <v>224</v>
+        <v>88</v>
       </c>
       <c r="M8" t="s">
-        <v>2603</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2565</v>
+        <v>2951</v>
       </c>
       <c r="B9" t="s">
-        <v>2604</v>
+        <v>2989</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>2605</v>
+        <v>2990</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>2606</v>
+        <v>2991</v>
       </c>
       <c r="H9" t="s">
-        <v>2607</v>
+        <v>2992</v>
       </c>
       <c r="I9" t="s">
-        <v>2608</v>
+        <v>2993</v>
       </c>
       <c r="J9" t="s">
-        <v>103</v>
+        <v>305</v>
       </c>
       <c r="K9" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="L9" t="s">
-        <v>106</v>
+        <v>307</v>
       </c>
       <c r="M9" t="s">
-        <v>2609</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2565</v>
+        <v>2951</v>
       </c>
       <c r="B10" t="s">
-        <v>2610</v>
+        <v>2995</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>2611</v>
+        <v>2996</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>2612</v>
+        <v>2997</v>
       </c>
       <c r="H10" t="s">
-        <v>2613</v>
+        <v>2998</v>
       </c>
       <c r="I10" t="s">
-        <v>2614</v>
+        <v>2999</v>
       </c>
       <c r="J10" t="s">
-        <v>253</v>
+        <v>196</v>
       </c>
       <c r="K10" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="L10" t="s">
-        <v>256</v>
+        <v>199</v>
       </c>
       <c r="M10" t="s">
-        <v>2615</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2565</v>
+        <v>2951</v>
       </c>
       <c r="B11" t="s">
-        <v>2598</v>
+        <v>3001</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>2616</v>
+        <v>3002</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>2617</v>
+        <v>3003</v>
       </c>
       <c r="H11" t="s">
-        <v>2618</v>
+        <v>3004</v>
       </c>
       <c r="I11" t="s">
-        <v>2619</v>
+        <v>3005</v>
       </c>
       <c r="J11" t="s">
-        <v>221</v>
+        <v>336</v>
       </c>
       <c r="K11" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="L11" t="s">
-        <v>224</v>
+        <v>339</v>
       </c>
       <c r="M11" t="s">
-        <v>2620</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2565</v>
+        <v>2951</v>
       </c>
       <c r="B12" t="s">
-        <v>2621</v>
+        <v>2989</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>2622</v>
+        <v>3007</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>2623</v>
+        <v>3008</v>
       </c>
       <c r="H12" t="s">
-        <v>2624</v>
+        <v>3009</v>
       </c>
       <c r="I12" t="s">
-        <v>2625</v>
+        <v>3010</v>
       </c>
       <c r="J12" t="s">
-        <v>2626</v>
+        <v>305</v>
       </c>
       <c r="K12" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="L12" t="s">
-        <v>2627</v>
+        <v>307</v>
       </c>
       <c r="M12" t="s">
-        <v>2628</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2565</v>
+        <v>2951</v>
       </c>
       <c r="B13" t="s">
-        <v>2629</v>
+        <v>3012</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>2630</v>
+        <v>3013</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>2631</v>
+        <v>3014</v>
       </c>
       <c r="H13" t="s">
-        <v>2632</v>
+        <v>3015</v>
       </c>
       <c r="I13" t="s">
-        <v>2633</v>
+        <v>3016</v>
       </c>
       <c r="J13" t="s">
-        <v>2634</v>
+        <v>115</v>
       </c>
       <c r="K13" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="L13" t="s">
-        <v>658</v>
+        <v>117</v>
       </c>
       <c r="M13" t="s">
-        <v>2635</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2565</v>
+        <v>2951</v>
       </c>
       <c r="B14" t="s">
-        <v>2636</v>
+        <v>3018</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>2637</v>
+        <v>3019</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>2638</v>
+        <v>3020</v>
       </c>
       <c r="H14" t="s">
-        <v>2639</v>
+        <v>3021</v>
       </c>
       <c r="I14" t="s">
-        <v>2640</v>
+        <v>3022</v>
       </c>
       <c r="J14" t="s">
-        <v>263</v>
+        <v>3023</v>
       </c>
       <c r="K14" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="L14" t="s">
-        <v>264</v>
+        <v>736</v>
       </c>
       <c r="M14" t="s">
-        <v>2641</v>
+        <v>3024</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2951</v>
+      </c>
+      <c r="B15" t="s">
+        <v>3025</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>3026</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>3027</v>
+      </c>
+      <c r="H15" t="s">
+        <v>3028</v>
+      </c>
+      <c r="I15" t="s">
+        <v>3029</v>
+      </c>
+      <c r="J15" t="s">
+        <v>76</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1897</v>
+      </c>
+      <c r="L15" t="s">
+        <v>78</v>
+      </c>
+      <c r="M15" t="s">
+        <v>3030</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T89"/>
+  <dimension ref="A1:T88"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>2642</v>
+        <v>3031</v>
       </c>
       <c r="J1" t="s">
-        <v>1864</v>
+        <v>1882</v>
       </c>
       <c r="K1" t="s">
-        <v>2643</v>
+        <v>3032</v>
       </c>
       <c r="L1" t="s">
-        <v>1866</v>
+        <v>1884</v>
       </c>
       <c r="M1" t="s">
-        <v>1867</v>
+        <v>1885</v>
       </c>
       <c r="N1" t="s">
-        <v>2644</v>
+        <v>3033</v>
       </c>
       <c r="O1" t="s">
-        <v>2645</v>
+        <v>3034</v>
       </c>
       <c r="P1" t="s">
-        <v>2646</v>
+        <v>3035</v>
       </c>
       <c r="Q1" t="s">
-        <v>2647</v>
+        <v>3036</v>
       </c>
       <c r="R1" t="s">
-        <v>1868</v>
+        <v>1886</v>
       </c>
       <c r="S1" t="s">
-        <v>2648</v>
+        <v>3037</v>
       </c>
       <c r="T1" t="s">
-        <v>2649</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B2" t="s">
-        <v>2651</v>
+        <v>3040</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>2652</v>
+        <v>3041</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>2653</v>
+        <v>3042</v>
       </c>
       <c r="H2" t="s">
-        <v>2654</v>
+        <v>3043</v>
       </c>
       <c r="I2" t="s">
-        <v>2655</v>
+        <v>3044</v>
       </c>
       <c r="J2" t="s">
-        <v>2656</v>
+        <v>20</v>
       </c>
       <c r="K2" t="s">
-        <v>2657</v>
+        <v>3045</v>
       </c>
       <c r="L2" t="s">
-        <v>223</v>
+        <v>3046</v>
       </c>
       <c r="M2" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N2" t="s">
-        <v>2658</v>
+        <v>3047</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q2" t="s">
-        <v>2660</v>
+        <v>3049</v>
       </c>
       <c r="R2" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S2" t="s">
-        <v>224</v>
+        <v>3050</v>
       </c>
       <c r="T2" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B3" t="s">
-        <v>2662</v>
+        <v>3052</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>2663</v>
+        <v>3053</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>2664</v>
+        <v>3054</v>
       </c>
       <c r="H3" t="s">
-        <v>2665</v>
+        <v>3055</v>
       </c>
       <c r="I3" t="s">
-        <v>2666</v>
+        <v>3056</v>
       </c>
       <c r="J3" t="s">
-        <v>2667</v>
+        <v>3057</v>
       </c>
       <c r="K3" t="s">
-        <v>2668</v>
+        <v>3058</v>
       </c>
       <c r="L3" t="s">
-        <v>2669</v>
+        <v>107</v>
       </c>
       <c r="M3" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N3" t="s">
-        <v>2670</v>
+        <v>3059</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>1908</v>
+        <v>3048</v>
       </c>
       <c r="Q3" t="s">
-        <v>2671</v>
+        <v>3060</v>
       </c>
       <c r="R3" t="s">
-        <v>1908</v>
+        <v>3048</v>
       </c>
       <c r="S3" t="s">
-        <v>2672</v>
+        <v>307</v>
       </c>
       <c r="T3" t="s">
-        <v>2673</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B4" t="s">
-        <v>2674</v>
+        <v>3061</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>2675</v>
+        <v>3062</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>2676</v>
+        <v>3063</v>
       </c>
       <c r="H4" t="s">
-        <v>2677</v>
+        <v>3064</v>
       </c>
       <c r="I4" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J4" t="s">
-        <v>2678</v>
+        <v>3065</v>
       </c>
       <c r="K4" t="s">
-        <v>1899</v>
+        <v>3066</v>
       </c>
       <c r="L4" t="s">
-        <v>165</v>
+        <v>3067</v>
       </c>
       <c r="M4" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N4" t="s">
-        <v>2679</v>
+        <v>3068</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>2659</v>
+        <v>1936</v>
       </c>
       <c r="Q4" t="s">
-        <v>20</v>
+        <v>3069</v>
       </c>
       <c r="R4" t="s">
-        <v>2659</v>
+        <v>1936</v>
       </c>
       <c r="S4" t="s">
-        <v>2680</v>
+        <v>3070</v>
       </c>
       <c r="T4" t="s">
-        <v>2661</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B5" t="s">
-        <v>2681</v>
+        <v>3072</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>2682</v>
+        <v>3073</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>2683</v>
+        <v>3074</v>
       </c>
       <c r="H5" t="s">
-        <v>2684</v>
+        <v>3075</v>
       </c>
       <c r="I5" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J5" t="s">
-        <v>2685</v>
+        <v>3076</v>
       </c>
       <c r="K5" t="s">
-        <v>1888</v>
+        <v>1968</v>
       </c>
       <c r="L5" t="s">
-        <v>1889</v>
+        <v>87</v>
       </c>
       <c r="M5" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N5" t="s">
-        <v>2686</v>
+        <v>3077</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q5" t="s">
-        <v>2687</v>
+        <v>20</v>
       </c>
       <c r="R5" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S5" t="s">
-        <v>2688</v>
+        <v>3078</v>
       </c>
       <c r="T5" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B6" t="s">
-        <v>2689</v>
+        <v>3079</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>2682</v>
+        <v>3080</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>2690</v>
+        <v>3081</v>
       </c>
       <c r="H6" t="s">
-        <v>2691</v>
+        <v>3082</v>
       </c>
       <c r="I6" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J6" t="s">
-        <v>20</v>
+        <v>3083</v>
       </c>
       <c r="K6" t="s">
-        <v>1963</v>
+        <v>1957</v>
       </c>
       <c r="L6" t="s">
-        <v>371</v>
+        <v>1958</v>
       </c>
       <c r="M6" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N6" t="s">
-        <v>2692</v>
+        <v>3084</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q6" t="s">
-        <v>2687</v>
+        <v>3085</v>
       </c>
       <c r="R6" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S6" t="s">
-        <v>2693</v>
+        <v>3086</v>
       </c>
       <c r="T6" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B7" t="s">
-        <v>2694</v>
+        <v>3087</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>2695</v>
+        <v>3080</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>2696</v>
+        <v>3088</v>
       </c>
       <c r="H7" t="s">
-        <v>2697</v>
+        <v>3089</v>
       </c>
       <c r="I7" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J7" t="s">
-        <v>2698</v>
+        <v>20</v>
       </c>
       <c r="K7" t="s">
-        <v>2699</v>
+        <v>1896</v>
       </c>
       <c r="L7" t="s">
-        <v>165</v>
+        <v>452</v>
       </c>
       <c r="M7" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N7" t="s">
-        <v>2700</v>
+        <v>3090</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q7" t="s">
-        <v>2701</v>
+        <v>3085</v>
       </c>
       <c r="R7" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S7" t="s">
-        <v>549</v>
+        <v>3091</v>
       </c>
       <c r="T7" t="s">
-        <v>2702</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B8" t="s">
-        <v>2703</v>
+        <v>3092</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>2704</v>
+        <v>3093</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>2705</v>
+        <v>3094</v>
       </c>
       <c r="H8" t="s">
-        <v>2706</v>
+        <v>3095</v>
       </c>
       <c r="I8" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J8" t="s">
-        <v>2707</v>
+        <v>3096</v>
       </c>
       <c r="K8" t="s">
-        <v>2013</v>
+        <v>3097</v>
       </c>
       <c r="L8" t="s">
-        <v>51</v>
+        <v>87</v>
       </c>
       <c r="M8" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N8" t="s">
-        <v>2708</v>
+        <v>3098</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q8" t="s">
-        <v>2709</v>
+        <v>3099</v>
       </c>
       <c r="R8" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S8" t="s">
-        <v>2710</v>
+        <v>627</v>
       </c>
       <c r="T8" t="s">
-        <v>2711</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B9" t="s">
-        <v>2712</v>
+        <v>3101</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>2713</v>
+        <v>3102</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>2714</v>
+        <v>3103</v>
       </c>
       <c r="H9" t="s">
-        <v>2715</v>
+        <v>3104</v>
       </c>
       <c r="I9" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J9" t="s">
-        <v>2716</v>
+        <v>3105</v>
       </c>
       <c r="K9" t="s">
-        <v>1899</v>
+        <v>1907</v>
       </c>
       <c r="L9" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="M9" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N9" t="s">
-        <v>2717</v>
+        <v>3106</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q9" t="s">
-        <v>2718</v>
+        <v>3107</v>
       </c>
       <c r="R9" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S9" t="s">
-        <v>2719</v>
+        <v>3108</v>
       </c>
       <c r="T9" t="s">
-        <v>2673</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B10" t="s">
-        <v>2720</v>
+        <v>3110</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>2721</v>
+        <v>3111</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>2722</v>
+        <v>3112</v>
       </c>
       <c r="H10" t="s">
-        <v>2723</v>
+        <v>3113</v>
       </c>
       <c r="I10" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J10" t="s">
-        <v>20</v>
+        <v>3114</v>
       </c>
       <c r="K10" t="s">
-        <v>1894</v>
+        <v>1968</v>
       </c>
       <c r="L10" t="s">
-        <v>30</v>
+        <v>87</v>
       </c>
       <c r="M10" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N10" t="s">
-        <v>2724</v>
+        <v>3115</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>2725</v>
+        <v>3048</v>
       </c>
       <c r="Q10" t="s">
-        <v>2726</v>
+        <v>3049</v>
       </c>
       <c r="R10" t="s">
-        <v>1972</v>
+        <v>3048</v>
       </c>
       <c r="S10" t="s">
-        <v>2727</v>
+        <v>3116</v>
       </c>
       <c r="T10" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B11" t="s">
-        <v>2728</v>
+        <v>3117</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>2721</v>
+        <v>3118</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>2729</v>
+        <v>3119</v>
       </c>
       <c r="H11" t="s">
-        <v>2730</v>
+        <v>3120</v>
       </c>
       <c r="I11" t="s">
-        <v>2731</v>
+        <v>3044</v>
       </c>
       <c r="J11" t="s">
         <v>20</v>
       </c>
       <c r="K11" t="s">
-        <v>1894</v>
+        <v>1963</v>
       </c>
       <c r="L11" t="s">
-        <v>30</v>
+        <v>127</v>
       </c>
       <c r="M11" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N11" t="s">
-        <v>2724</v>
+        <v>3121</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>1972</v>
+        <v>3122</v>
       </c>
       <c r="Q11" t="s">
-        <v>2732</v>
+        <v>3123</v>
       </c>
       <c r="R11" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S11" t="s">
-        <v>2733</v>
+        <v>3124</v>
       </c>
       <c r="T11" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B12" t="s">
-        <v>2734</v>
+        <v>3125</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>2735</v>
+        <v>3118</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>2736</v>
+        <v>3126</v>
       </c>
       <c r="H12" t="s">
-        <v>2737</v>
+        <v>3127</v>
       </c>
       <c r="I12" t="s">
-        <v>2666</v>
+        <v>3128</v>
       </c>
       <c r="J12" t="s">
-        <v>2738</v>
+        <v>3129</v>
       </c>
       <c r="K12" t="s">
-        <v>2739</v>
+        <v>1963</v>
       </c>
       <c r="L12" t="s">
-        <v>2740</v>
+        <v>127</v>
       </c>
       <c r="M12" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N12" t="s">
-        <v>2741</v>
+        <v>3121</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>2659</v>
+        <v>1898</v>
       </c>
       <c r="Q12" t="s">
-        <v>2718</v>
+        <v>3130</v>
       </c>
       <c r="R12" t="s">
-        <v>2659</v>
+        <v>1898</v>
       </c>
       <c r="S12" t="s">
-        <v>2742</v>
+        <v>3131</v>
       </c>
       <c r="T12" t="s">
-        <v>2661</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B13" t="s">
-        <v>2743</v>
+        <v>3132</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>2744</v>
+        <v>3133</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>2745</v>
+        <v>3134</v>
       </c>
       <c r="H13" t="s">
-        <v>2746</v>
+        <v>3135</v>
       </c>
       <c r="I13" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J13" t="s">
-        <v>2747</v>
+        <v>3136</v>
       </c>
       <c r="K13" t="s">
-        <v>2506</v>
+        <v>3137</v>
       </c>
       <c r="L13" t="s">
-        <v>2507</v>
+        <v>3138</v>
       </c>
       <c r="M13" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N13" t="s">
-        <v>2748</v>
+        <v>3139</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q13" t="s">
-        <v>2749</v>
+        <v>3049</v>
       </c>
       <c r="R13" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S13" t="s">
-        <v>2750</v>
+        <v>3140</v>
       </c>
       <c r="T13" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B14" t="s">
-        <v>2751</v>
+        <v>3141</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>2752</v>
+        <v>3142</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>2753</v>
+        <v>3143</v>
       </c>
       <c r="H14" t="s">
-        <v>2754</v>
+        <v>3144</v>
       </c>
       <c r="I14" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J14" t="s">
-        <v>2755</v>
+        <v>3145</v>
       </c>
       <c r="K14" t="s">
-        <v>2096</v>
+        <v>2877</v>
       </c>
       <c r="L14" t="s">
-        <v>701</v>
+        <v>2878</v>
       </c>
       <c r="M14" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N14" t="s">
-        <v>2756</v>
+        <v>3146</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q14" t="s">
-        <v>2701</v>
+        <v>3147</v>
       </c>
       <c r="R14" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S14" t="s">
-        <v>702</v>
+        <v>3148</v>
       </c>
       <c r="T14" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B15" t="s">
-        <v>2757</v>
+        <v>3149</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>2758</v>
+        <v>3150</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>2759</v>
+        <v>3151</v>
       </c>
       <c r="H15" t="s">
-        <v>2760</v>
+        <v>3152</v>
       </c>
       <c r="I15" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J15" t="s">
-        <v>2761</v>
+        <v>3153</v>
       </c>
       <c r="K15" t="s">
-        <v>2762</v>
+        <v>2341</v>
       </c>
       <c r="L15" t="s">
-        <v>255</v>
+        <v>1003</v>
       </c>
       <c r="M15" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N15" t="s">
-        <v>2763</v>
+        <v>3154</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q15" t="s">
-        <v>2660</v>
+        <v>3099</v>
       </c>
       <c r="R15" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S15" t="s">
-        <v>256</v>
+        <v>1004</v>
       </c>
       <c r="T15" t="s">
-        <v>2673</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B16" t="s">
-        <v>2764</v>
+        <v>3155</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>2765</v>
+        <v>3156</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>2766</v>
+        <v>3157</v>
       </c>
       <c r="H16" t="s">
-        <v>2767</v>
+        <v>3158</v>
       </c>
       <c r="I16" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J16" t="s">
-        <v>2768</v>
+        <v>3159</v>
       </c>
       <c r="K16" t="s">
-        <v>2769</v>
+        <v>3160</v>
       </c>
       <c r="L16" t="s">
-        <v>2770</v>
+        <v>338</v>
       </c>
       <c r="M16" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N16" t="s">
-        <v>2771</v>
+        <v>3161</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q16" t="s">
-        <v>2671</v>
+        <v>3060</v>
       </c>
       <c r="R16" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S16" t="s">
-        <v>2772</v>
+        <v>339</v>
       </c>
       <c r="T16" t="s">
-        <v>2661</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B17" t="s">
-        <v>2773</v>
+        <v>3162</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>2774</v>
+        <v>3163</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>2775</v>
+        <v>3164</v>
       </c>
       <c r="H17" t="s">
-        <v>2776</v>
+        <v>3165</v>
       </c>
       <c r="I17" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J17" t="s">
-        <v>2777</v>
+        <v>3166</v>
       </c>
       <c r="K17" t="s">
-        <v>2103</v>
+        <v>3167</v>
       </c>
       <c r="L17" t="s">
-        <v>51</v>
+        <v>3168</v>
       </c>
       <c r="M17" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N17" t="s">
-        <v>2778</v>
+        <v>3169</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q17" t="s">
-        <v>2718</v>
+        <v>3069</v>
       </c>
       <c r="R17" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S17" t="s">
-        <v>2779</v>
+        <v>3170</v>
       </c>
       <c r="T17" t="s">
-        <v>2673</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B18" t="s">
-        <v>2780</v>
+        <v>3171</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>2781</v>
+        <v>3172</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>2782</v>
+        <v>3173</v>
       </c>
       <c r="H18" t="s">
-        <v>2783</v>
+        <v>3174</v>
       </c>
       <c r="I18" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J18" t="s">
-        <v>2784</v>
+        <v>3175</v>
       </c>
       <c r="K18" t="s">
-        <v>1878</v>
+        <v>2000</v>
       </c>
       <c r="L18" t="s">
-        <v>1879</v>
+        <v>30</v>
       </c>
       <c r="M18" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N18" t="s">
-        <v>2785</v>
+        <v>3176</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q18" t="s">
-        <v>2726</v>
+        <v>3049</v>
       </c>
       <c r="R18" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S18" t="s">
-        <v>2786</v>
+        <v>3177</v>
       </c>
       <c r="T18" t="s">
-        <v>2661</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B19" t="s">
-        <v>2787</v>
+        <v>3178</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>2788</v>
+        <v>3179</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>2789</v>
+        <v>3180</v>
       </c>
       <c r="H19" t="s">
-        <v>2790</v>
+        <v>3181</v>
       </c>
       <c r="I19" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J19" t="s">
-        <v>2791</v>
+        <v>3182</v>
       </c>
       <c r="K19" t="s">
-        <v>1942</v>
+        <v>1951</v>
       </c>
       <c r="L19" t="s">
-        <v>115</v>
+        <v>1952</v>
       </c>
       <c r="M19" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N19" t="s">
-        <v>2792</v>
+        <v>3183</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q19" t="s">
-        <v>2671</v>
+        <v>3123</v>
       </c>
       <c r="R19" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S19" t="s">
-        <v>2793</v>
+        <v>3184</v>
       </c>
       <c r="T19" t="s">
-        <v>2673</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B20" t="s">
-        <v>2794</v>
+        <v>3185</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>2795</v>
+        <v>3186</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>2796</v>
+        <v>3187</v>
       </c>
       <c r="H20" t="s">
-        <v>2797</v>
+        <v>3188</v>
       </c>
       <c r="I20" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J20" t="s">
-        <v>2798</v>
+        <v>3189</v>
       </c>
       <c r="K20" t="s">
-        <v>2799</v>
+        <v>2062</v>
       </c>
       <c r="L20" t="s">
-        <v>238</v>
+        <v>97</v>
       </c>
       <c r="M20" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N20" t="s">
-        <v>2800</v>
+        <v>3190</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q20" t="s">
-        <v>2801</v>
+        <v>3069</v>
       </c>
       <c r="R20" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S20" t="s">
-        <v>239</v>
+        <v>3191</v>
       </c>
       <c r="T20" t="s">
-        <v>2661</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B21" t="s">
-        <v>2802</v>
+        <v>105</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>2803</v>
+        <v>3192</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>2804</v>
+        <v>3193</v>
       </c>
       <c r="H21" t="s">
-        <v>2805</v>
+        <v>3194</v>
       </c>
       <c r="I21" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J21" t="s">
-        <v>2806</v>
+        <v>3195</v>
       </c>
       <c r="K21" t="s">
-        <v>1894</v>
+        <v>3196</v>
       </c>
       <c r="L21" t="s">
-        <v>30</v>
+        <v>321</v>
       </c>
       <c r="M21" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N21" t="s">
-        <v>2807</v>
+        <v>3197</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q21" t="s">
-        <v>2749</v>
+        <v>3198</v>
       </c>
       <c r="R21" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S21" t="s">
-        <v>31</v>
+        <v>322</v>
       </c>
       <c r="T21" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B22" t="s">
-        <v>2808</v>
+        <v>3199</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>2809</v>
+        <v>3200</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>2810</v>
+        <v>3201</v>
       </c>
       <c r="H22" t="s">
-        <v>2811</v>
+        <v>3202</v>
       </c>
       <c r="I22" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J22" t="s">
-        <v>20</v>
+        <v>3203</v>
       </c>
       <c r="K22" t="s">
-        <v>2812</v>
+        <v>1963</v>
       </c>
       <c r="L22" t="s">
-        <v>2813</v>
+        <v>127</v>
       </c>
       <c r="M22" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N22" t="s">
-        <v>2814</v>
+        <v>3204</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q22" t="s">
-        <v>2718</v>
+        <v>3147</v>
       </c>
       <c r="R22" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S22" t="s">
-        <v>2815</v>
+        <v>128</v>
       </c>
       <c r="T22" t="s">
-        <v>2702</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B23" t="s">
-        <v>2816</v>
+        <v>3205</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>2817</v>
+        <v>3206</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>2818</v>
+        <v>3207</v>
       </c>
       <c r="H23" t="s">
-        <v>2819</v>
+        <v>3208</v>
       </c>
       <c r="I23" t="s">
-        <v>2655</v>
+        <v>3056</v>
       </c>
       <c r="J23" t="s">
-        <v>2820</v>
+        <v>3209</v>
       </c>
       <c r="K23" t="s">
-        <v>2821</v>
+        <v>3210</v>
       </c>
       <c r="L23" t="s">
-        <v>165</v>
+        <v>87</v>
       </c>
       <c r="M23" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N23" t="s">
-        <v>2822</v>
+        <v>3211</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>2725</v>
+        <v>3122</v>
       </c>
       <c r="Q23" t="s">
-        <v>2823</v>
+        <v>3212</v>
       </c>
       <c r="R23" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S23" t="s">
-        <v>166</v>
+        <v>88</v>
       </c>
       <c r="T23" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B24" t="s">
-        <v>2824</v>
+        <v>3213</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>2825</v>
+        <v>3214</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>2826</v>
+        <v>3215</v>
       </c>
       <c r="H24" t="s">
-        <v>2827</v>
+        <v>3216</v>
       </c>
       <c r="I24" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J24" t="s">
-        <v>2828</v>
+        <v>3217</v>
       </c>
       <c r="K24" t="s">
-        <v>2114</v>
+        <v>2132</v>
       </c>
       <c r="L24" t="s">
-        <v>2115</v>
+        <v>2133</v>
       </c>
       <c r="M24" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N24" t="s">
-        <v>2829</v>
+        <v>3218</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="Q24" t="s">
-        <v>2726</v>
+        <v>3123</v>
       </c>
       <c r="R24" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="S24" t="s">
-        <v>2830</v>
+        <v>3219</v>
       </c>
       <c r="T24" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B25" t="s">
-        <v>2831</v>
+        <v>3220</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>2832</v>
+        <v>3221</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>2833</v>
+        <v>3222</v>
       </c>
       <c r="H25" t="s">
-        <v>2834</v>
+        <v>3223</v>
       </c>
       <c r="I25" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J25" t="s">
         <v>20</v>
       </c>
       <c r="K25" t="s">
-        <v>2835</v>
+        <v>3224</v>
       </c>
       <c r="L25" t="s">
-        <v>2836</v>
+        <v>3225</v>
       </c>
       <c r="M25" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N25" t="s">
-        <v>2837</v>
+        <v>3226</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>2725</v>
+        <v>3122</v>
       </c>
       <c r="Q25" t="s">
-        <v>2671</v>
+        <v>3069</v>
       </c>
       <c r="R25" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S25" t="s">
-        <v>2838</v>
+        <v>3227</v>
       </c>
       <c r="T25" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B26" t="s">
-        <v>2839</v>
+        <v>3228</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>2840</v>
+        <v>3229</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>2841</v>
+        <v>3230</v>
       </c>
       <c r="H26" t="s">
-        <v>2842</v>
+        <v>3231</v>
       </c>
       <c r="I26" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J26" t="s">
-        <v>2843</v>
+        <v>3232</v>
       </c>
       <c r="K26" t="s">
-        <v>2506</v>
+        <v>2877</v>
       </c>
       <c r="L26" t="s">
-        <v>2507</v>
+        <v>2878</v>
       </c>
       <c r="M26" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N26" t="s">
-        <v>2844</v>
+        <v>3233</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>2725</v>
+        <v>3122</v>
       </c>
       <c r="Q26" t="s">
-        <v>2709</v>
+        <v>3107</v>
       </c>
       <c r="R26" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S26" t="s">
-        <v>2845</v>
+        <v>3234</v>
       </c>
       <c r="T26" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B27" t="s">
-        <v>2846</v>
+        <v>3235</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>2847</v>
+        <v>3236</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>2848</v>
+        <v>3237</v>
       </c>
       <c r="H27" t="s">
-        <v>2849</v>
+        <v>3238</v>
       </c>
       <c r="I27" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J27" t="s">
-        <v>2850</v>
+        <v>3239</v>
       </c>
       <c r="K27" t="s">
-        <v>2851</v>
+        <v>3240</v>
       </c>
       <c r="L27" t="s">
-        <v>1879</v>
+        <v>1952</v>
       </c>
       <c r="M27" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N27" t="s">
-        <v>2852</v>
+        <v>3241</v>
       </c>
       <c r="O27" t="s">
         <v>20</v>
       </c>
       <c r="P27" t="s">
-        <v>2725</v>
+        <v>3122</v>
       </c>
       <c r="Q27" t="s">
-        <v>2726</v>
+        <v>3123</v>
       </c>
       <c r="R27" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S27" t="s">
-        <v>2853</v>
+        <v>3242</v>
       </c>
       <c r="T27" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B28" t="s">
-        <v>2854</v>
+        <v>3243</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>2855</v>
+        <v>3244</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>2856</v>
+        <v>3245</v>
       </c>
       <c r="H28" t="s">
-        <v>2857</v>
+        <v>3246</v>
       </c>
       <c r="I28" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J28" t="s">
-        <v>2858</v>
+        <v>3247</v>
       </c>
       <c r="K28" t="s">
-        <v>2859</v>
+        <v>3248</v>
       </c>
       <c r="L28" t="s">
-        <v>190</v>
+        <v>40</v>
       </c>
       <c r="M28" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N28" t="s">
-        <v>2860</v>
+        <v>3249</v>
       </c>
       <c r="O28" t="s">
         <v>20</v>
       </c>
       <c r="P28" t="s">
-        <v>2861</v>
+        <v>3250</v>
       </c>
       <c r="Q28" t="s">
-        <v>2660</v>
+        <v>3060</v>
       </c>
       <c r="R28" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="S28" t="s">
-        <v>763</v>
+        <v>41</v>
       </c>
       <c r="T28" t="s">
-        <v>2862</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B29" t="s">
-        <v>2863</v>
+        <v>3251</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>2864</v>
+        <v>3252</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>2865</v>
+        <v>3253</v>
       </c>
       <c r="H29" t="s">
-        <v>2866</v>
+        <v>3254</v>
       </c>
       <c r="I29" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J29" t="s">
-        <v>2867</v>
+        <v>3255</v>
       </c>
       <c r="K29" t="s">
-        <v>2394</v>
+        <v>2739</v>
       </c>
       <c r="L29" t="s">
-        <v>255</v>
+        <v>338</v>
       </c>
       <c r="M29" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N29" t="s">
-        <v>2868</v>
+        <v>3256</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="Q29" t="s">
-        <v>2671</v>
+        <v>3069</v>
       </c>
       <c r="R29" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="S29" t="s">
-        <v>2869</v>
+        <v>3257</v>
       </c>
       <c r="T29" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B30" t="s">
-        <v>2870</v>
+        <v>3258</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>2871</v>
+        <v>3259</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>2872</v>
+        <v>3260</v>
       </c>
       <c r="H30" t="s">
-        <v>2873</v>
+        <v>3261</v>
       </c>
       <c r="I30" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J30" t="s">
         <v>20</v>
       </c>
       <c r="K30" t="s">
-        <v>2874</v>
+        <v>2460</v>
       </c>
       <c r="L30" t="s">
-        <v>2875</v>
+        <v>2461</v>
       </c>
       <c r="M30" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N30" t="s">
-        <v>2876</v>
+        <v>3262</v>
       </c>
       <c r="O30" t="s">
         <v>20</v>
       </c>
       <c r="P30" t="s">
-        <v>2725</v>
+        <v>3122</v>
       </c>
       <c r="Q30" t="s">
-        <v>2726</v>
+        <v>3123</v>
       </c>
       <c r="R30" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S30" t="s">
-        <v>2877</v>
+        <v>3263</v>
       </c>
       <c r="T30" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B31" t="s">
-        <v>2878</v>
+        <v>3264</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>2879</v>
+        <v>3265</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>2880</v>
+        <v>3266</v>
       </c>
       <c r="H31" t="s">
-        <v>2881</v>
+        <v>3267</v>
       </c>
       <c r="I31" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J31" t="s">
         <v>20</v>
       </c>
       <c r="K31" t="s">
-        <v>2882</v>
+        <v>3268</v>
       </c>
       <c r="L31" t="s">
-        <v>538</v>
+        <v>616</v>
       </c>
       <c r="M31" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N31" t="s">
-        <v>2883</v>
+        <v>3269</v>
       </c>
       <c r="O31" t="s">
         <v>20</v>
       </c>
       <c r="P31" t="s">
-        <v>2725</v>
+        <v>3122</v>
       </c>
       <c r="Q31" t="s">
-        <v>2709</v>
+        <v>3107</v>
       </c>
       <c r="R31" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S31" t="s">
-        <v>539</v>
+        <v>617</v>
       </c>
       <c r="T31" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B32" t="s">
-        <v>2884</v>
+        <v>3270</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>2885</v>
+        <v>3271</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>2886</v>
+        <v>3272</v>
       </c>
       <c r="H32" t="s">
-        <v>2887</v>
+        <v>3273</v>
       </c>
       <c r="I32" t="s">
-        <v>2655</v>
+        <v>3056</v>
       </c>
       <c r="J32" t="s">
         <v>20</v>
       </c>
       <c r="K32" t="s">
-        <v>2888</v>
+        <v>3274</v>
       </c>
       <c r="L32" t="s">
-        <v>371</v>
+        <v>452</v>
       </c>
       <c r="M32" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N32" t="s">
-        <v>2889</v>
+        <v>3275</v>
       </c>
       <c r="O32" t="s">
         <v>20</v>
       </c>
       <c r="P32" t="s">
-        <v>2725</v>
+        <v>3122</v>
       </c>
       <c r="Q32" t="s">
-        <v>2890</v>
+        <v>3276</v>
       </c>
       <c r="R32" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S32" t="s">
-        <v>1529</v>
+        <v>1572</v>
       </c>
       <c r="T32" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B33" t="s">
-        <v>2891</v>
+        <v>3277</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>2892</v>
+        <v>3278</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>2893</v>
+        <v>3279</v>
       </c>
       <c r="H33" t="s">
-        <v>2894</v>
+        <v>3280</v>
       </c>
       <c r="I33" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J33" t="s">
-        <v>2895</v>
+        <v>2718</v>
       </c>
       <c r="K33" t="s">
-        <v>2896</v>
+        <v>2719</v>
       </c>
       <c r="L33" t="s">
-        <v>190</v>
+        <v>40</v>
       </c>
       <c r="M33" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N33" t="s">
-        <v>2897</v>
+        <v>3281</v>
       </c>
       <c r="O33" t="s">
         <v>20</v>
       </c>
       <c r="P33" t="s">
-        <v>2898</v>
+        <v>3282</v>
       </c>
       <c r="Q33" t="s">
-        <v>2899</v>
+        <v>3283</v>
       </c>
       <c r="R33" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S33" t="s">
-        <v>2900</v>
+        <v>3284</v>
       </c>
       <c r="T33" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B34" t="s">
-        <v>2901</v>
+        <v>3285</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>2832</v>
+        <v>3221</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>2902</v>
+        <v>3286</v>
       </c>
       <c r="H34" t="s">
-        <v>2903</v>
+        <v>3287</v>
       </c>
       <c r="I34" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J34" t="s">
         <v>20</v>
       </c>
       <c r="K34" t="s">
-        <v>2835</v>
+        <v>3224</v>
       </c>
       <c r="L34" t="s">
-        <v>2836</v>
+        <v>3225</v>
       </c>
       <c r="M34" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N34" t="s">
-        <v>2904</v>
+        <v>3288</v>
       </c>
       <c r="O34" t="s">
         <v>20</v>
       </c>
       <c r="P34" t="s">
-        <v>2725</v>
+        <v>3122</v>
       </c>
       <c r="Q34" t="s">
-        <v>2671</v>
+        <v>3069</v>
       </c>
       <c r="R34" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S34" t="s">
-        <v>2905</v>
+        <v>3289</v>
       </c>
       <c r="T34" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B35" t="s">
-        <v>2906</v>
+        <v>3290</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>2907</v>
+        <v>3291</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>2908</v>
+        <v>3292</v>
       </c>
       <c r="H35" t="s">
-        <v>2909</v>
+        <v>3293</v>
       </c>
       <c r="I35" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J35" t="s">
-        <v>2910</v>
+        <v>3294</v>
       </c>
       <c r="K35" t="s">
-        <v>2739</v>
+        <v>3137</v>
       </c>
       <c r="L35" t="s">
-        <v>2740</v>
+        <v>3138</v>
       </c>
       <c r="M35" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N35" t="s">
-        <v>2911</v>
+        <v>3295</v>
       </c>
       <c r="O35" t="s">
         <v>20</v>
       </c>
       <c r="P35" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q35" t="s">
-        <v>2671</v>
+        <v>3069</v>
       </c>
       <c r="R35" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S35" t="s">
-        <v>2912</v>
+        <v>3296</v>
       </c>
       <c r="T35" t="s">
-        <v>2711</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B36" t="s">
-        <v>2913</v>
+        <v>3297</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>2840</v>
+        <v>3229</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>2914</v>
+        <v>3298</v>
       </c>
       <c r="H36" t="s">
-        <v>2915</v>
+        <v>3299</v>
       </c>
       <c r="I36" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J36" t="s">
-        <v>2916</v>
+        <v>3300</v>
       </c>
       <c r="K36" t="s">
-        <v>2143</v>
+        <v>2406</v>
       </c>
       <c r="L36" t="s">
-        <v>105</v>
+        <v>198</v>
       </c>
       <c r="M36" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N36" t="s">
-        <v>2917</v>
+        <v>3301</v>
       </c>
       <c r="O36" t="s">
         <v>20</v>
       </c>
       <c r="P36" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q36" t="s">
-        <v>2660</v>
+        <v>3060</v>
       </c>
       <c r="R36" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S36" t="s">
-        <v>106</v>
+        <v>199</v>
       </c>
       <c r="T36" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B37" t="s">
-        <v>2918</v>
+        <v>3302</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>2919</v>
+        <v>3303</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>2920</v>
+        <v>3304</v>
       </c>
       <c r="H37" t="s">
-        <v>2921</v>
+        <v>3305</v>
       </c>
       <c r="I37" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J37" t="s">
-        <v>2922</v>
+        <v>3306</v>
       </c>
       <c r="K37" t="s">
-        <v>1935</v>
+        <v>2055</v>
       </c>
       <c r="L37" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="M37" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N37" t="s">
-        <v>2923</v>
+        <v>3307</v>
       </c>
       <c r="O37" t="s">
         <v>20</v>
       </c>
       <c r="P37" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="Q37" t="s">
-        <v>2709</v>
+        <v>3107</v>
       </c>
       <c r="R37" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="S37" t="s">
-        <v>2924</v>
+        <v>3308</v>
       </c>
       <c r="T37" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B38" t="s">
-        <v>2925</v>
+        <v>3309</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>2817</v>
+        <v>3206</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>2926</v>
+        <v>3310</v>
       </c>
       <c r="H38" t="s">
-        <v>2927</v>
+        <v>3311</v>
       </c>
       <c r="I38" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J38" t="s">
-        <v>2928</v>
+        <v>3312</v>
       </c>
       <c r="K38" t="s">
-        <v>2821</v>
+        <v>3210</v>
       </c>
       <c r="L38" t="s">
-        <v>165</v>
+        <v>87</v>
       </c>
       <c r="M38" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N38" t="s">
         <v>20</v>
       </c>
       <c r="O38" t="s">
         <v>20</v>
       </c>
       <c r="P38" t="s">
-        <v>2725</v>
+        <v>3122</v>
       </c>
       <c r="Q38" t="s">
-        <v>2671</v>
+        <v>3069</v>
       </c>
       <c r="R38" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S38" t="s">
-        <v>2929</v>
+        <v>3313</v>
       </c>
       <c r="T38" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B39" t="s">
-        <v>2930</v>
+        <v>3314</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>2817</v>
+        <v>3315</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>2931</v>
+        <v>3316</v>
       </c>
       <c r="H39" t="s">
-        <v>2932</v>
+        <v>3317</v>
       </c>
       <c r="I39" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J39" t="s">
-        <v>2820</v>
+        <v>3318</v>
       </c>
       <c r="K39" t="s">
-        <v>2933</v>
+        <v>2739</v>
       </c>
       <c r="L39" t="s">
-        <v>2934</v>
+        <v>338</v>
       </c>
       <c r="M39" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N39" t="s">
-        <v>2935</v>
+        <v>3319</v>
       </c>
       <c r="O39" t="s">
         <v>20</v>
       </c>
       <c r="P39" t="s">
-        <v>2725</v>
+        <v>3048</v>
       </c>
       <c r="Q39" t="s">
-        <v>2709</v>
+        <v>3069</v>
       </c>
       <c r="R39" t="s">
-        <v>1972</v>
+        <v>3048</v>
       </c>
       <c r="S39" t="s">
-        <v>2936</v>
+        <v>3320</v>
       </c>
       <c r="T39" t="s">
-        <v>2673</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B40" t="s">
-        <v>2937</v>
+        <v>3321</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>2938</v>
+        <v>3322</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>2939</v>
+        <v>3323</v>
       </c>
       <c r="H40" t="s">
-        <v>2940</v>
+        <v>3324</v>
       </c>
       <c r="I40" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J40" t="s">
-        <v>2941</v>
+        <v>3325</v>
       </c>
       <c r="K40" t="s">
-        <v>2394</v>
+        <v>2125</v>
       </c>
       <c r="L40" t="s">
-        <v>255</v>
+        <v>928</v>
       </c>
       <c r="M40" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N40" t="s">
-        <v>2942</v>
+        <v>3326</v>
       </c>
       <c r="O40" t="s">
         <v>20</v>
       </c>
       <c r="P40" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q40" t="s">
-        <v>2671</v>
+        <v>3327</v>
       </c>
       <c r="R40" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S40" t="s">
-        <v>2943</v>
+        <v>929</v>
       </c>
       <c r="T40" t="s">
-        <v>2661</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B41" t="s">
-        <v>2944</v>
+        <v>3328</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>2945</v>
+        <v>3329</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>2946</v>
+        <v>3330</v>
       </c>
       <c r="H41" t="s">
-        <v>2947</v>
+        <v>3331</v>
       </c>
       <c r="I41" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J41" t="s">
-        <v>2948</v>
+        <v>3332</v>
       </c>
       <c r="K41" t="s">
-        <v>1916</v>
+        <v>3333</v>
       </c>
       <c r="L41" t="s">
-        <v>885</v>
+        <v>97</v>
       </c>
       <c r="M41" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N41" t="s">
-        <v>2949</v>
+        <v>3334</v>
       </c>
       <c r="O41" t="s">
         <v>20</v>
       </c>
       <c r="P41" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q41" t="s">
-        <v>2950</v>
+        <v>3060</v>
       </c>
       <c r="R41" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S41" t="s">
-        <v>886</v>
+        <v>98</v>
       </c>
       <c r="T41" t="s">
-        <v>2673</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B42" t="s">
-        <v>2951</v>
+        <v>3335</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>2892</v>
+        <v>3336</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>2952</v>
+        <v>3337</v>
       </c>
       <c r="H42" t="s">
-        <v>2953</v>
+        <v>3338</v>
       </c>
       <c r="I42" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J42" t="s">
-        <v>2954</v>
+        <v>20</v>
       </c>
       <c r="K42" t="s">
-        <v>2955</v>
+        <v>2406</v>
       </c>
       <c r="L42" t="s">
-        <v>115</v>
+        <v>198</v>
       </c>
       <c r="M42" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N42" t="s">
-        <v>2956</v>
+        <v>3339</v>
       </c>
       <c r="O42" t="s">
         <v>20</v>
       </c>
       <c r="P42" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q42" t="s">
-        <v>2660</v>
+        <v>3069</v>
       </c>
       <c r="R42" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S42" t="s">
-        <v>116</v>
+        <v>3340</v>
       </c>
       <c r="T42" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B43" t="s">
-        <v>2957</v>
+        <v>3341</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>2958</v>
+        <v>3342</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>2959</v>
+        <v>3343</v>
       </c>
       <c r="H43" t="s">
-        <v>2960</v>
+        <v>3344</v>
       </c>
       <c r="I43" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J43" t="s">
-        <v>20</v>
+        <v>3345</v>
       </c>
       <c r="K43" t="s">
-        <v>2143</v>
+        <v>3167</v>
       </c>
       <c r="L43" t="s">
-        <v>105</v>
+        <v>3168</v>
       </c>
       <c r="M43" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N43" t="s">
-        <v>2961</v>
+        <v>3346</v>
       </c>
       <c r="O43" t="s">
         <v>20</v>
       </c>
       <c r="P43" t="s">
-        <v>2659</v>
+        <v>3122</v>
       </c>
       <c r="Q43" t="s">
-        <v>2671</v>
+        <v>3069</v>
       </c>
       <c r="R43" t="s">
-        <v>2659</v>
+        <v>1898</v>
       </c>
       <c r="S43" t="s">
-        <v>2962</v>
+        <v>3347</v>
       </c>
       <c r="T43" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B44" t="s">
-        <v>2963</v>
+        <v>3348</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>2964</v>
+        <v>3349</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>2965</v>
+        <v>3350</v>
       </c>
       <c r="H44" t="s">
-        <v>2966</v>
+        <v>3351</v>
       </c>
       <c r="I44" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J44" t="s">
-        <v>2967</v>
+        <v>3352</v>
       </c>
       <c r="K44" t="s">
-        <v>2769</v>
+        <v>3167</v>
       </c>
       <c r="L44" t="s">
-        <v>2770</v>
+        <v>3168</v>
       </c>
       <c r="M44" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N44" t="s">
-        <v>2968</v>
+        <v>3353</v>
       </c>
       <c r="O44" t="s">
         <v>20</v>
       </c>
       <c r="P44" t="s">
-        <v>2725</v>
+        <v>3048</v>
       </c>
       <c r="Q44" t="s">
-        <v>2671</v>
+        <v>3123</v>
       </c>
       <c r="R44" t="s">
-        <v>1972</v>
+        <v>3048</v>
       </c>
       <c r="S44" t="s">
-        <v>2969</v>
+        <v>3354</v>
       </c>
       <c r="T44" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B45" t="s">
-        <v>2970</v>
+        <v>3355</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>2971</v>
+        <v>3278</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>2972</v>
+        <v>3356</v>
       </c>
       <c r="H45" t="s">
-        <v>2973</v>
+        <v>3357</v>
       </c>
       <c r="I45" t="s">
-        <v>2666</v>
+        <v>3056</v>
       </c>
       <c r="J45" t="s">
-        <v>2974</v>
+        <v>2718</v>
       </c>
       <c r="K45" t="s">
-        <v>2769</v>
+        <v>2000</v>
       </c>
       <c r="L45" t="s">
-        <v>2770</v>
+        <v>30</v>
       </c>
       <c r="M45" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N45" t="s">
-        <v>2975</v>
+        <v>3281</v>
       </c>
       <c r="O45" t="s">
         <v>20</v>
       </c>
       <c r="P45" t="s">
-        <v>2659</v>
+        <v>3282</v>
       </c>
       <c r="Q45" t="s">
-        <v>2726</v>
+        <v>3358</v>
       </c>
       <c r="R45" t="s">
-        <v>2659</v>
+        <v>1898</v>
       </c>
       <c r="S45" t="s">
-        <v>2976</v>
+        <v>3359</v>
       </c>
       <c r="T45" t="s">
-        <v>2661</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B46" t="s">
-        <v>2977</v>
+        <v>3360</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>2892</v>
+        <v>3271</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>2978</v>
+        <v>3361</v>
       </c>
       <c r="H46" t="s">
-        <v>2979</v>
+        <v>3362</v>
       </c>
       <c r="I46" t="s">
-        <v>2655</v>
+        <v>3044</v>
       </c>
       <c r="J46" t="s">
-        <v>2895</v>
+        <v>20</v>
       </c>
       <c r="K46" t="s">
-        <v>2103</v>
+        <v>1957</v>
       </c>
       <c r="L46" t="s">
-        <v>51</v>
+        <v>1958</v>
       </c>
       <c r="M46" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N46" t="s">
-        <v>2897</v>
+        <v>3363</v>
       </c>
       <c r="O46" t="s">
         <v>20</v>
       </c>
       <c r="P46" t="s">
-        <v>2898</v>
+        <v>3122</v>
       </c>
       <c r="Q46" t="s">
-        <v>2980</v>
+        <v>3123</v>
       </c>
       <c r="R46" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S46" t="s">
-        <v>2981</v>
+        <v>3364</v>
       </c>
       <c r="T46" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B47" t="s">
-        <v>2982</v>
+        <v>3365</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>2885</v>
+        <v>3366</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>2983</v>
+        <v>3367</v>
       </c>
       <c r="H47" t="s">
-        <v>2984</v>
+        <v>3368</v>
       </c>
       <c r="I47" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J47" t="s">
-        <v>20</v>
+        <v>3369</v>
       </c>
       <c r="K47" t="s">
-        <v>1888</v>
+        <v>1907</v>
       </c>
       <c r="L47" t="s">
-        <v>1889</v>
+        <v>30</v>
       </c>
       <c r="M47" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N47" t="s">
-        <v>2985</v>
+        <v>3370</v>
       </c>
       <c r="O47" t="s">
         <v>20</v>
       </c>
       <c r="P47" t="s">
-        <v>2725</v>
+        <v>1936</v>
       </c>
       <c r="Q47" t="s">
-        <v>2726</v>
+        <v>3327</v>
       </c>
       <c r="R47" t="s">
-        <v>1972</v>
+        <v>1936</v>
       </c>
       <c r="S47" t="s">
-        <v>2986</v>
+        <v>31</v>
       </c>
       <c r="T47" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B48" t="s">
-        <v>2987</v>
+        <v>3371</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>2988</v>
+        <v>3372</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>2989</v>
+        <v>3373</v>
       </c>
       <c r="H48" t="s">
-        <v>2990</v>
+        <v>3374</v>
       </c>
       <c r="I48" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J48" t="s">
-        <v>2991</v>
+        <v>3375</v>
       </c>
       <c r="K48" t="s">
-        <v>2013</v>
+        <v>1896</v>
       </c>
       <c r="L48" t="s">
-        <v>51</v>
+        <v>452</v>
       </c>
       <c r="M48" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N48" t="s">
-        <v>2992</v>
+        <v>3376</v>
       </c>
       <c r="O48" t="s">
         <v>20</v>
       </c>
       <c r="P48" t="s">
-        <v>1908</v>
+        <v>3048</v>
       </c>
       <c r="Q48" t="s">
-        <v>2950</v>
+        <v>3099</v>
       </c>
       <c r="R48" t="s">
-        <v>1908</v>
+        <v>3048</v>
       </c>
       <c r="S48" t="s">
-        <v>441</v>
+        <v>453</v>
       </c>
       <c r="T48" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B49" t="s">
-        <v>2993</v>
+        <v>3377</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>2994</v>
+        <v>3378</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>2995</v>
+        <v>3379</v>
       </c>
       <c r="H49" t="s">
-        <v>2996</v>
+        <v>3380</v>
       </c>
       <c r="I49" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J49" t="s">
-        <v>2997</v>
+        <v>20</v>
       </c>
       <c r="K49" t="s">
-        <v>1963</v>
+        <v>3381</v>
       </c>
       <c r="L49" t="s">
-        <v>371</v>
+        <v>616</v>
       </c>
       <c r="M49" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N49" t="s">
-        <v>2998</v>
+        <v>3382</v>
       </c>
       <c r="O49" t="s">
         <v>20</v>
       </c>
       <c r="P49" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q49" t="s">
-        <v>2701</v>
+        <v>3147</v>
       </c>
       <c r="R49" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S49" t="s">
-        <v>372</v>
+        <v>744</v>
       </c>
       <c r="T49" t="s">
-        <v>2673</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B50" t="s">
-        <v>2999</v>
+        <v>3383</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>3000</v>
+        <v>3384</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>3001</v>
+        <v>3385</v>
       </c>
       <c r="H50" t="s">
-        <v>3002</v>
+        <v>3386</v>
       </c>
       <c r="I50" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J50" t="s">
         <v>20</v>
       </c>
       <c r="K50" t="s">
-        <v>3003</v>
+        <v>3387</v>
       </c>
       <c r="L50" t="s">
-        <v>538</v>
+        <v>3388</v>
       </c>
       <c r="M50" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N50" t="s">
-        <v>3004</v>
+        <v>3389</v>
       </c>
       <c r="O50" t="s">
         <v>20</v>
       </c>
       <c r="P50" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q50" t="s">
-        <v>2749</v>
+        <v>3049</v>
       </c>
       <c r="R50" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S50" t="s">
-        <v>666</v>
+        <v>3390</v>
       </c>
       <c r="T50" t="s">
-        <v>2711</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B51" t="s">
-        <v>3005</v>
+        <v>3391</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>3006</v>
+        <v>3392</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>3007</v>
+        <v>3393</v>
       </c>
       <c r="H51" t="s">
-        <v>3008</v>
+        <v>3394</v>
       </c>
       <c r="I51" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J51" t="s">
         <v>20</v>
       </c>
       <c r="K51" t="s">
-        <v>3009</v>
+        <v>3137</v>
       </c>
       <c r="L51" t="s">
-        <v>3010</v>
+        <v>3138</v>
       </c>
       <c r="M51" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N51" t="s">
-        <v>3011</v>
+        <v>3395</v>
       </c>
       <c r="O51" t="s">
         <v>20</v>
       </c>
       <c r="P51" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q51" t="s">
-        <v>2718</v>
+        <v>3049</v>
       </c>
       <c r="R51" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S51" t="s">
-        <v>3012</v>
+        <v>3396</v>
       </c>
       <c r="T51" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B52" t="s">
-        <v>3013</v>
+        <v>3397</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>3014</v>
+        <v>3398</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>3015</v>
+        <v>3399</v>
       </c>
       <c r="H52" t="s">
-        <v>3016</v>
+        <v>3400</v>
       </c>
       <c r="I52" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J52" t="s">
         <v>20</v>
       </c>
       <c r="K52" t="s">
-        <v>2739</v>
+        <v>3401</v>
       </c>
       <c r="L52" t="s">
-        <v>2740</v>
+        <v>3402</v>
       </c>
       <c r="M52" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N52" t="s">
-        <v>3017</v>
+        <v>3403</v>
       </c>
       <c r="O52" t="s">
         <v>20</v>
       </c>
       <c r="P52" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q52" t="s">
-        <v>2718</v>
+        <v>3049</v>
       </c>
       <c r="R52" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S52" t="s">
-        <v>3018</v>
+        <v>3404</v>
       </c>
       <c r="T52" t="s">
-        <v>2673</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B53" t="s">
-        <v>3019</v>
+        <v>3405</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>3020</v>
+        <v>3278</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>3021</v>
+        <v>3406</v>
       </c>
       <c r="H53" t="s">
-        <v>3022</v>
+        <v>3407</v>
       </c>
       <c r="I53" t="s">
-        <v>2666</v>
+        <v>3056</v>
       </c>
       <c r="J53" t="s">
-        <v>20</v>
+        <v>3408</v>
       </c>
       <c r="K53" t="s">
-        <v>3023</v>
+        <v>2719</v>
       </c>
       <c r="L53" t="s">
-        <v>3024</v>
+        <v>40</v>
       </c>
       <c r="M53" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N53" t="s">
-        <v>3025</v>
+        <v>3281</v>
       </c>
       <c r="O53" t="s">
         <v>20</v>
       </c>
       <c r="P53" t="s">
-        <v>2659</v>
+        <v>3282</v>
       </c>
       <c r="Q53" t="s">
-        <v>2718</v>
+        <v>3409</v>
       </c>
       <c r="R53" t="s">
-        <v>2659</v>
+        <v>1898</v>
       </c>
       <c r="S53" t="s">
-        <v>3026</v>
+        <v>1376</v>
       </c>
       <c r="T53" t="s">
-        <v>2661</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B54" t="s">
-        <v>3027</v>
+        <v>3410</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>2892</v>
+        <v>3411</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>3028</v>
+        <v>3412</v>
       </c>
       <c r="H54" t="s">
-        <v>3029</v>
+        <v>3413</v>
       </c>
       <c r="I54" t="s">
-        <v>2655</v>
+        <v>3044</v>
       </c>
       <c r="J54" t="s">
-        <v>3030</v>
+        <v>3414</v>
       </c>
       <c r="K54" t="s">
-        <v>2896</v>
+        <v>3167</v>
       </c>
       <c r="L54" t="s">
-        <v>190</v>
+        <v>3168</v>
       </c>
       <c r="M54" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N54" t="s">
-        <v>2897</v>
+        <v>3415</v>
       </c>
       <c r="O54" t="s">
         <v>20</v>
       </c>
       <c r="P54" t="s">
-        <v>2898</v>
+        <v>3048</v>
       </c>
       <c r="Q54" t="s">
-        <v>3031</v>
+        <v>3069</v>
       </c>
       <c r="R54" t="s">
-        <v>1972</v>
+        <v>3048</v>
       </c>
       <c r="S54" t="s">
-        <v>1328</v>
+        <v>3416</v>
       </c>
       <c r="T54" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B55" t="s">
-        <v>3032</v>
+        <v>3417</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>3033</v>
+        <v>3418</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>3034</v>
+        <v>3419</v>
       </c>
       <c r="H55" t="s">
-        <v>3035</v>
+        <v>3420</v>
       </c>
       <c r="I55" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J55" t="s">
-        <v>3036</v>
+        <v>3421</v>
       </c>
       <c r="K55" t="s">
-        <v>2769</v>
+        <v>3422</v>
       </c>
       <c r="L55" t="s">
-        <v>2770</v>
+        <v>338</v>
       </c>
       <c r="M55" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N55" t="s">
-        <v>3037</v>
+        <v>3423</v>
       </c>
       <c r="O55" t="s">
         <v>20</v>
       </c>
       <c r="P55" t="s">
-        <v>2659</v>
+        <v>1936</v>
       </c>
       <c r="Q55" t="s">
-        <v>2671</v>
+        <v>3123</v>
       </c>
       <c r="R55" t="s">
-        <v>2659</v>
+        <v>1936</v>
       </c>
       <c r="S55" t="s">
-        <v>3038</v>
+        <v>3424</v>
       </c>
       <c r="T55" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B56" t="s">
-        <v>3039</v>
+        <v>3425</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>3040</v>
+        <v>3278</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>3041</v>
+        <v>3426</v>
       </c>
       <c r="H56" t="s">
-        <v>3042</v>
+        <v>3427</v>
       </c>
       <c r="I56" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J56" t="s">
-        <v>3043</v>
+        <v>3428</v>
       </c>
       <c r="K56" t="s">
-        <v>3044</v>
+        <v>2719</v>
       </c>
       <c r="L56" t="s">
-        <v>255</v>
+        <v>40</v>
       </c>
       <c r="M56" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N56" t="s">
-        <v>3045</v>
+        <v>3281</v>
       </c>
       <c r="O56" t="s">
         <v>20</v>
       </c>
       <c r="P56" t="s">
-        <v>1908</v>
+        <v>3282</v>
       </c>
       <c r="Q56" t="s">
-        <v>2726</v>
+        <v>3130</v>
       </c>
       <c r="R56" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="S56" t="s">
-        <v>3046</v>
+        <v>3429</v>
       </c>
       <c r="T56" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B57" t="s">
-        <v>3047</v>
+        <v>3430</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>2892</v>
+        <v>3278</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>3048</v>
+        <v>3431</v>
       </c>
       <c r="H57" t="s">
-        <v>3049</v>
+        <v>3432</v>
       </c>
       <c r="I57" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J57" t="s">
-        <v>3050</v>
+        <v>3408</v>
       </c>
       <c r="K57" t="s">
-        <v>2896</v>
+        <v>2719</v>
       </c>
       <c r="L57" t="s">
-        <v>190</v>
+        <v>40</v>
       </c>
       <c r="M57" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N57" t="s">
-        <v>2897</v>
+        <v>3281</v>
       </c>
       <c r="O57" t="s">
         <v>20</v>
       </c>
       <c r="P57" t="s">
-        <v>2898</v>
+        <v>3282</v>
       </c>
       <c r="Q57" t="s">
-        <v>2732</v>
+        <v>3433</v>
       </c>
       <c r="R57" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S57" t="s">
-        <v>3051</v>
+        <v>1833</v>
       </c>
       <c r="T57" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B58" t="s">
-        <v>3052</v>
+        <v>273</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>2892</v>
+        <v>3278</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>3053</v>
+        <v>3434</v>
       </c>
       <c r="H58" t="s">
-        <v>3054</v>
+        <v>3435</v>
       </c>
       <c r="I58" t="s">
-        <v>2666</v>
+        <v>3056</v>
       </c>
       <c r="J58" t="s">
-        <v>3030</v>
+        <v>3436</v>
       </c>
       <c r="K58" t="s">
-        <v>2896</v>
+        <v>2719</v>
       </c>
       <c r="L58" t="s">
-        <v>190</v>
+        <v>40</v>
       </c>
       <c r="M58" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N58" t="s">
-        <v>2897</v>
+        <v>3281</v>
       </c>
       <c r="O58" t="s">
         <v>20</v>
       </c>
       <c r="P58" t="s">
-        <v>2898</v>
+        <v>3282</v>
       </c>
       <c r="Q58" t="s">
-        <v>3055</v>
+        <v>3437</v>
       </c>
       <c r="R58" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S58" t="s">
-        <v>1816</v>
+        <v>275</v>
       </c>
       <c r="T58" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B59" t="s">
-        <v>188</v>
+        <v>3438</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>2892</v>
+        <v>3265</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>3056</v>
+        <v>3439</v>
       </c>
       <c r="H59" t="s">
-        <v>3057</v>
+        <v>3440</v>
       </c>
       <c r="I59" t="s">
-        <v>2655</v>
+        <v>3128</v>
       </c>
       <c r="J59" t="s">
-        <v>3058</v>
+        <v>20</v>
       </c>
       <c r="K59" t="s">
-        <v>2896</v>
+        <v>3381</v>
       </c>
       <c r="L59" t="s">
-        <v>190</v>
+        <v>616</v>
       </c>
       <c r="M59" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N59" t="s">
-        <v>2897</v>
+        <v>3269</v>
       </c>
       <c r="O59" t="s">
         <v>20</v>
       </c>
       <c r="P59" t="s">
-        <v>2898</v>
+        <v>1898</v>
       </c>
       <c r="Q59" t="s">
-        <v>3059</v>
+        <v>3130</v>
       </c>
       <c r="R59" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S59" t="s">
-        <v>191</v>
+        <v>3441</v>
       </c>
       <c r="T59" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B60" t="s">
-        <v>3060</v>
+        <v>3442</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>2879</v>
+        <v>3206</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>3061</v>
+        <v>3443</v>
       </c>
       <c r="H60" t="s">
-        <v>3062</v>
+        <v>3444</v>
       </c>
       <c r="I60" t="s">
-        <v>2731</v>
+        <v>3128</v>
       </c>
       <c r="J60" t="s">
         <v>20</v>
       </c>
       <c r="K60" t="s">
-        <v>3003</v>
+        <v>1968</v>
       </c>
       <c r="L60" t="s">
-        <v>538</v>
+        <v>87</v>
       </c>
       <c r="M60" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N60" t="s">
-        <v>2883</v>
+        <v>3445</v>
       </c>
       <c r="O60" t="s">
         <v>20</v>
       </c>
       <c r="P60" t="s">
-        <v>1972</v>
+        <v>3122</v>
       </c>
       <c r="Q60" t="s">
-        <v>2732</v>
+        <v>3049</v>
       </c>
       <c r="R60" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S60" t="s">
-        <v>3063</v>
+        <v>3446</v>
       </c>
       <c r="T60" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B61" t="s">
-        <v>3064</v>
+        <v>3447</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>2817</v>
+        <v>3349</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>3065</v>
+        <v>3448</v>
       </c>
       <c r="H61" t="s">
-        <v>3066</v>
+        <v>3449</v>
       </c>
       <c r="I61" t="s">
-        <v>2731</v>
+        <v>3044</v>
       </c>
       <c r="J61" t="s">
         <v>20</v>
       </c>
       <c r="K61" t="s">
-        <v>1899</v>
+        <v>3137</v>
       </c>
       <c r="L61" t="s">
-        <v>165</v>
+        <v>3138</v>
       </c>
       <c r="M61" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N61" t="s">
-        <v>3067</v>
+        <v>3450</v>
       </c>
       <c r="O61" t="s">
         <v>20</v>
       </c>
       <c r="P61" t="s">
-        <v>2725</v>
+        <v>3048</v>
       </c>
       <c r="Q61" t="s">
-        <v>2718</v>
+        <v>3069</v>
       </c>
       <c r="R61" t="s">
-        <v>1972</v>
+        <v>3048</v>
       </c>
       <c r="S61" t="s">
-        <v>3068</v>
+        <v>3451</v>
       </c>
       <c r="T61" t="s">
-        <v>2673</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B62" t="s">
-        <v>3069</v>
+        <v>3452</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>2971</v>
+        <v>3271</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>3070</v>
+        <v>3453</v>
       </c>
       <c r="H62" t="s">
+        <v>3454</v>
+      </c>
+      <c r="I62" t="s">
+        <v>3044</v>
+      </c>
+      <c r="J62" t="s">
+        <v>20</v>
+      </c>
+      <c r="K62" t="s">
+        <v>1896</v>
+      </c>
+      <c r="L62" t="s">
+        <v>452</v>
+      </c>
+      <c r="M62" t="s">
+        <v>1897</v>
+      </c>
+      <c r="N62" t="s">
+        <v>3455</v>
+      </c>
+      <c r="O62" t="s">
+        <v>20</v>
+      </c>
+      <c r="P62" t="s">
+        <v>1898</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>3130</v>
+      </c>
+      <c r="R62" t="s">
+        <v>1898</v>
+      </c>
+      <c r="S62" t="s">
+        <v>3456</v>
+      </c>
+      <c r="T62" t="s">
         <v>3071</v>
-      </c>
-[...34 lines deleted...]
-        <v>2661</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B63" t="s">
-        <v>3074</v>
+        <v>3457</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>2885</v>
+        <v>3458</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>3075</v>
+        <v>3459</v>
       </c>
       <c r="H63" t="s">
-        <v>3076</v>
+        <v>3460</v>
       </c>
       <c r="I63" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J63" t="s">
-        <v>20</v>
+        <v>3461</v>
       </c>
       <c r="K63" t="s">
-        <v>1963</v>
+        <v>2739</v>
       </c>
       <c r="L63" t="s">
-        <v>371</v>
+        <v>338</v>
       </c>
       <c r="M63" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N63" t="s">
-        <v>3077</v>
+        <v>3462</v>
       </c>
       <c r="O63" t="s">
         <v>20</v>
       </c>
       <c r="P63" t="s">
-        <v>1972</v>
+        <v>3048</v>
       </c>
       <c r="Q63" t="s">
-        <v>2732</v>
+        <v>3130</v>
       </c>
       <c r="R63" t="s">
-        <v>1972</v>
+        <v>3048</v>
       </c>
       <c r="S63" t="s">
-        <v>3078</v>
+        <v>3463</v>
       </c>
       <c r="T63" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B64" t="s">
-        <v>3079</v>
+        <v>3464</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>3080</v>
+        <v>3236</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>3081</v>
+        <v>3465</v>
       </c>
       <c r="H64" t="s">
-        <v>3082</v>
+        <v>3466</v>
       </c>
       <c r="I64" t="s">
-        <v>2666</v>
+        <v>3128</v>
       </c>
       <c r="J64" t="s">
-        <v>3083</v>
+        <v>3239</v>
       </c>
       <c r="K64" t="s">
-        <v>2394</v>
+        <v>1951</v>
       </c>
       <c r="L64" t="s">
-        <v>255</v>
+        <v>1952</v>
       </c>
       <c r="M64" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N64" t="s">
-        <v>3084</v>
+        <v>3467</v>
       </c>
       <c r="O64" t="s">
         <v>20</v>
       </c>
       <c r="P64" t="s">
-        <v>2659</v>
+        <v>1898</v>
       </c>
       <c r="Q64" t="s">
-        <v>2732</v>
+        <v>3130</v>
       </c>
       <c r="R64" t="s">
-        <v>2659</v>
+        <v>1898</v>
       </c>
       <c r="S64" t="s">
-        <v>3085</v>
+        <v>3468</v>
       </c>
       <c r="T64" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B65" t="s">
-        <v>3086</v>
+        <v>3469</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>2847</v>
+        <v>3271</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>3087</v>
+        <v>3470</v>
       </c>
       <c r="H65" t="s">
-        <v>3088</v>
+        <v>3471</v>
       </c>
       <c r="I65" t="s">
-        <v>2731</v>
+        <v>3128</v>
       </c>
       <c r="J65" t="s">
-        <v>2850</v>
+        <v>20</v>
       </c>
       <c r="K65" t="s">
-        <v>1878</v>
+        <v>1957</v>
       </c>
       <c r="L65" t="s">
-        <v>1879</v>
+        <v>1958</v>
       </c>
       <c r="M65" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N65" t="s">
-        <v>3089</v>
+        <v>3363</v>
       </c>
       <c r="O65" t="s">
         <v>20</v>
       </c>
       <c r="P65" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="Q65" t="s">
-        <v>2732</v>
+        <v>3130</v>
       </c>
       <c r="R65" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S65" t="s">
-        <v>3090</v>
+        <v>3472</v>
       </c>
       <c r="T65" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B66" t="s">
-        <v>3091</v>
+        <v>3473</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>2885</v>
+        <v>3278</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>3092</v>
+        <v>3474</v>
       </c>
       <c r="H66" t="s">
-        <v>3093</v>
+        <v>3475</v>
       </c>
       <c r="I66" t="s">
-        <v>2731</v>
+        <v>3056</v>
       </c>
       <c r="J66" t="s">
-        <v>20</v>
+        <v>3436</v>
       </c>
       <c r="K66" t="s">
-        <v>1888</v>
+        <v>2719</v>
       </c>
       <c r="L66" t="s">
-        <v>1889</v>
+        <v>40</v>
       </c>
       <c r="M66" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N66" t="s">
-        <v>2985</v>
+        <v>3281</v>
       </c>
       <c r="O66" t="s">
         <v>20</v>
       </c>
       <c r="P66" t="s">
-        <v>1972</v>
+        <v>3282</v>
       </c>
       <c r="Q66" t="s">
-        <v>2732</v>
+        <v>3476</v>
       </c>
       <c r="R66" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S66" t="s">
-        <v>3094</v>
+        <v>488</v>
       </c>
       <c r="T66" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B67" t="s">
-        <v>3095</v>
+        <v>3477</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>2892</v>
+        <v>3206</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>3096</v>
+        <v>3478</v>
       </c>
       <c r="H67" t="s">
-        <v>3097</v>
+        <v>3479</v>
       </c>
       <c r="I67" t="s">
-        <v>2655</v>
+        <v>3128</v>
       </c>
       <c r="J67" t="s">
-        <v>3058</v>
+        <v>3480</v>
       </c>
       <c r="K67" t="s">
-        <v>2896</v>
+        <v>3210</v>
       </c>
       <c r="L67" t="s">
-        <v>190</v>
+        <v>87</v>
       </c>
       <c r="M67" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N67" t="s">
-        <v>2897</v>
+        <v>3481</v>
       </c>
       <c r="O67" t="s">
         <v>20</v>
       </c>
       <c r="P67" t="s">
-        <v>2898</v>
+        <v>1898</v>
       </c>
       <c r="Q67" t="s">
-        <v>3098</v>
+        <v>3130</v>
       </c>
       <c r="R67" t="s">
-        <v>1972</v>
+        <v>1898</v>
       </c>
       <c r="S67" t="s">
-        <v>407</v>
+        <v>3482</v>
       </c>
       <c r="T67" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B68" t="s">
-        <v>3099</v>
+        <v>3483</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>2817</v>
+        <v>3484</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>3100</v>
+        <v>3485</v>
       </c>
       <c r="H68" t="s">
-        <v>3101</v>
+        <v>3486</v>
       </c>
       <c r="I68" t="s">
-        <v>2731</v>
+        <v>3044</v>
       </c>
       <c r="J68" t="s">
-        <v>3102</v>
+        <v>20</v>
       </c>
       <c r="K68" t="s">
-        <v>2821</v>
+        <v>2406</v>
       </c>
       <c r="L68" t="s">
-        <v>165</v>
+        <v>198</v>
       </c>
       <c r="M68" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N68" t="s">
-        <v>3103</v>
+        <v>3487</v>
       </c>
       <c r="O68" t="s">
         <v>20</v>
       </c>
       <c r="P68" t="s">
-        <v>1972</v>
+        <v>3048</v>
       </c>
       <c r="Q68" t="s">
-        <v>2732</v>
+        <v>3069</v>
       </c>
       <c r="R68" t="s">
-        <v>1972</v>
+        <v>3048</v>
       </c>
       <c r="S68" t="s">
-        <v>3104</v>
+        <v>3488</v>
       </c>
       <c r="T68" t="s">
-        <v>2673</v>
+        <v>3489</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B69" t="s">
-        <v>3105</v>
+        <v>3490</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>3106</v>
+        <v>3491</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>3107</v>
+        <v>3492</v>
       </c>
       <c r="H69" t="s">
-        <v>3108</v>
+        <v>3493</v>
       </c>
       <c r="I69" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J69" t="s">
-        <v>20</v>
+        <v>3494</v>
       </c>
       <c r="K69" t="s">
-        <v>2143</v>
+        <v>2607</v>
       </c>
       <c r="L69" t="s">
-        <v>105</v>
+        <v>40</v>
       </c>
       <c r="M69" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N69" t="s">
+        <v>3495</v>
+      </c>
+      <c r="O69" t="s">
+        <v>20</v>
+      </c>
+      <c r="P69" t="s">
+        <v>3048</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>3069</v>
+      </c>
+      <c r="R69" t="s">
+        <v>3048</v>
+      </c>
+      <c r="S69" t="s">
+        <v>3496</v>
+      </c>
+      <c r="T69" t="s">
         <v>3109</v>
-      </c>
-[...16 lines deleted...]
-        <v>3111</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B70" t="s">
-        <v>3112</v>
+        <v>3497</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>3113</v>
+        <v>3498</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>3114</v>
+        <v>3499</v>
       </c>
       <c r="H70" t="s">
-        <v>3115</v>
+        <v>3500</v>
       </c>
       <c r="I70" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J70" t="s">
-        <v>3116</v>
+        <v>3501</v>
       </c>
       <c r="K70" t="s">
-        <v>3117</v>
+        <v>2112</v>
       </c>
       <c r="L70" t="s">
-        <v>190</v>
+        <v>2113</v>
       </c>
       <c r="M70" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N70" t="s">
-        <v>3118</v>
+        <v>3502</v>
       </c>
       <c r="O70" t="s">
         <v>20</v>
       </c>
       <c r="P70" t="s">
-        <v>2659</v>
+        <v>1936</v>
       </c>
       <c r="Q70" t="s">
-        <v>2671</v>
+        <v>3085</v>
       </c>
       <c r="R70" t="s">
-        <v>2659</v>
+        <v>1936</v>
       </c>
       <c r="S70" t="s">
-        <v>3119</v>
+        <v>3503</v>
       </c>
       <c r="T70" t="s">
-        <v>2711</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B71" t="s">
-        <v>3120</v>
+        <v>3504</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>3121</v>
+        <v>3505</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>3122</v>
+        <v>3506</v>
       </c>
       <c r="H71" t="s">
-        <v>3123</v>
+        <v>3507</v>
       </c>
       <c r="I71" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J71" t="s">
-        <v>3124</v>
+        <v>3508</v>
       </c>
       <c r="K71" t="s">
-        <v>2170</v>
+        <v>1968</v>
       </c>
       <c r="L71" t="s">
-        <v>2171</v>
+        <v>87</v>
       </c>
       <c r="M71" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N71" t="s">
-        <v>3125</v>
+        <v>3509</v>
       </c>
       <c r="O71" t="s">
         <v>20</v>
       </c>
       <c r="P71" t="s">
-        <v>1908</v>
+        <v>3048</v>
       </c>
       <c r="Q71" t="s">
-        <v>2687</v>
+        <v>3085</v>
       </c>
       <c r="R71" t="s">
-        <v>1908</v>
+        <v>3048</v>
       </c>
       <c r="S71" t="s">
-        <v>3126</v>
+        <v>3510</v>
       </c>
       <c r="T71" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B72" t="s">
-        <v>3127</v>
+        <v>3511</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>3128</v>
+        <v>3498</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>3129</v>
+        <v>3512</v>
       </c>
       <c r="H72" t="s">
-        <v>3130</v>
+        <v>3513</v>
       </c>
       <c r="I72" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J72" t="s">
-        <v>3131</v>
+        <v>20</v>
       </c>
       <c r="K72" t="s">
-        <v>1899</v>
+        <v>2333</v>
       </c>
       <c r="L72" t="s">
-        <v>165</v>
+        <v>2334</v>
       </c>
       <c r="M72" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N72" t="s">
-        <v>3132</v>
+        <v>3514</v>
       </c>
       <c r="O72" t="s">
         <v>20</v>
       </c>
       <c r="P72" t="s">
-        <v>2659</v>
+        <v>1936</v>
       </c>
       <c r="Q72" t="s">
-        <v>2687</v>
+        <v>3085</v>
       </c>
       <c r="R72" t="s">
-        <v>2659</v>
+        <v>1936</v>
       </c>
       <c r="S72" t="s">
-        <v>3133</v>
+        <v>3515</v>
       </c>
       <c r="T72" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B73" t="s">
-        <v>3134</v>
+        <v>3516</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>3121</v>
+        <v>3498</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>3135</v>
+        <v>3517</v>
       </c>
       <c r="H73" t="s">
-        <v>3136</v>
+        <v>3518</v>
       </c>
       <c r="I73" t="s">
-        <v>2666</v>
+        <v>3128</v>
       </c>
       <c r="J73" t="s">
-        <v>20</v>
+        <v>3519</v>
       </c>
       <c r="K73" t="s">
-        <v>2088</v>
+        <v>3520</v>
       </c>
       <c r="L73" t="s">
-        <v>2089</v>
+        <v>3521</v>
       </c>
       <c r="M73" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N73" t="s">
-        <v>3137</v>
+        <v>3502</v>
       </c>
       <c r="O73" t="s">
         <v>20</v>
       </c>
       <c r="P73" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="Q73" t="s">
-        <v>2687</v>
+        <v>3085</v>
       </c>
       <c r="R73" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="S73" t="s">
-        <v>3138</v>
+        <v>3522</v>
       </c>
       <c r="T73" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B74" t="s">
-        <v>3139</v>
+        <v>3523</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>3121</v>
+        <v>3498</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>3140</v>
+        <v>3524</v>
       </c>
       <c r="H74" t="s">
-        <v>3141</v>
+        <v>3525</v>
       </c>
       <c r="I74" t="s">
-        <v>2731</v>
+        <v>3044</v>
       </c>
       <c r="J74" t="s">
-        <v>3142</v>
+        <v>20</v>
       </c>
       <c r="K74" t="s">
-        <v>3143</v>
+        <v>2460</v>
       </c>
       <c r="L74" t="s">
-        <v>3144</v>
+        <v>2461</v>
       </c>
       <c r="M74" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N74" t="s">
-        <v>3125</v>
+        <v>3502</v>
       </c>
       <c r="O74" t="s">
         <v>20</v>
       </c>
       <c r="P74" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="Q74" t="s">
-        <v>2687</v>
+        <v>3085</v>
       </c>
       <c r="R74" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="S74" t="s">
-        <v>3145</v>
+        <v>3526</v>
       </c>
       <c r="T74" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B75" t="s">
-        <v>3146</v>
+        <v>3527</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>3121</v>
+        <v>3498</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>3147</v>
+        <v>3528</v>
       </c>
       <c r="H75" t="s">
-        <v>3148</v>
+        <v>3529</v>
       </c>
       <c r="I75" t="s">
-        <v>2666</v>
+        <v>3128</v>
       </c>
       <c r="J75" t="s">
         <v>20</v>
       </c>
       <c r="K75" t="s">
-        <v>2874</v>
+        <v>1963</v>
       </c>
       <c r="L75" t="s">
-        <v>2875</v>
+        <v>127</v>
       </c>
       <c r="M75" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N75" t="s">
-        <v>3125</v>
+        <v>3502</v>
       </c>
       <c r="O75" t="s">
         <v>20</v>
       </c>
       <c r="P75" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="Q75" t="s">
-        <v>2687</v>
+        <v>3085</v>
       </c>
       <c r="R75" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="S75" t="s">
-        <v>3149</v>
+        <v>3530</v>
       </c>
       <c r="T75" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B76" t="s">
-        <v>3150</v>
+        <v>3531</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>3121</v>
+        <v>3498</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>3151</v>
+        <v>3532</v>
       </c>
       <c r="H76" t="s">
-        <v>3152</v>
+        <v>3533</v>
       </c>
       <c r="I76" t="s">
-        <v>2731</v>
+        <v>3128</v>
       </c>
       <c r="J76" t="s">
-        <v>20</v>
+        <v>3534</v>
       </c>
       <c r="K76" t="s">
-        <v>1894</v>
+        <v>2341</v>
       </c>
       <c r="L76" t="s">
-        <v>30</v>
+        <v>1003</v>
       </c>
       <c r="M76" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N76" t="s">
-        <v>3125</v>
+        <v>3502</v>
       </c>
       <c r="O76" t="s">
         <v>20</v>
       </c>
       <c r="P76" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="Q76" t="s">
-        <v>2687</v>
+        <v>3085</v>
       </c>
       <c r="R76" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="S76" t="s">
-        <v>3153</v>
+        <v>3535</v>
       </c>
       <c r="T76" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B77" t="s">
-        <v>3154</v>
+        <v>3536</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>3121</v>
+        <v>3498</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>3155</v>
+        <v>3537</v>
       </c>
       <c r="H77" t="s">
-        <v>3156</v>
+        <v>3538</v>
       </c>
       <c r="I77" t="s">
-        <v>2731</v>
+        <v>3044</v>
       </c>
       <c r="J77" t="s">
-        <v>3157</v>
+        <v>3539</v>
       </c>
       <c r="K77" t="s">
-        <v>2096</v>
+        <v>2000</v>
       </c>
       <c r="L77" t="s">
-        <v>701</v>
+        <v>30</v>
       </c>
       <c r="M77" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N77" t="s">
-        <v>3125</v>
+        <v>3502</v>
       </c>
       <c r="O77" t="s">
         <v>20</v>
       </c>
       <c r="P77" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="Q77" t="s">
-        <v>2687</v>
+        <v>3085</v>
       </c>
       <c r="R77" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="S77" t="s">
-        <v>3158</v>
+        <v>3540</v>
       </c>
       <c r="T77" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B78" t="s">
-        <v>3159</v>
+        <v>3541</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>3121</v>
+        <v>3498</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>3160</v>
+        <v>3542</v>
       </c>
       <c r="H78" t="s">
-        <v>3161</v>
+        <v>3543</v>
       </c>
       <c r="I78" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J78" t="s">
-        <v>3162</v>
+        <v>3544</v>
       </c>
       <c r="K78" t="s">
-        <v>2103</v>
+        <v>2112</v>
       </c>
       <c r="L78" t="s">
-        <v>51</v>
+        <v>2113</v>
       </c>
       <c r="M78" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N78" t="s">
-        <v>3125</v>
+        <v>3502</v>
       </c>
       <c r="O78" t="s">
         <v>20</v>
       </c>
       <c r="P78" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="Q78" t="s">
-        <v>2687</v>
+        <v>3085</v>
       </c>
       <c r="R78" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="S78" t="s">
-        <v>3163</v>
+        <v>3545</v>
       </c>
       <c r="T78" t="s">
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B79" t="s">
-        <v>3164</v>
+        <v>3546</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>3121</v>
+        <v>3206</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>3165</v>
+        <v>3547</v>
       </c>
       <c r="H79" t="s">
-        <v>3166</v>
+        <v>3548</v>
       </c>
       <c r="I79" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J79" t="s">
-        <v>3167</v>
+        <v>3549</v>
       </c>
       <c r="K79" t="s">
-        <v>2170</v>
+        <v>1968</v>
       </c>
       <c r="L79" t="s">
-        <v>2171</v>
+        <v>87</v>
       </c>
       <c r="M79" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N79" t="s">
-        <v>3125</v>
+        <v>3550</v>
       </c>
       <c r="O79" t="s">
         <v>20</v>
       </c>
       <c r="P79" t="s">
-        <v>1908</v>
+        <v>3122</v>
       </c>
       <c r="Q79" t="s">
-        <v>2687</v>
+        <v>3049</v>
       </c>
       <c r="R79" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="S79" t="s">
-        <v>3168</v>
+        <v>3551</v>
       </c>
       <c r="T79" t="s">
-        <v>2661</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B80" t="s">
-        <v>3169</v>
+        <v>3552</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>2817</v>
+        <v>3458</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>3170</v>
+        <v>3553</v>
       </c>
       <c r="H80" t="s">
-        <v>3171</v>
+        <v>3554</v>
       </c>
       <c r="I80" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J80" t="s">
-        <v>3172</v>
+        <v>3461</v>
       </c>
       <c r="K80" t="s">
-        <v>1899</v>
+        <v>2739</v>
       </c>
       <c r="L80" t="s">
-        <v>165</v>
+        <v>338</v>
       </c>
       <c r="M80" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N80" t="s">
-        <v>3173</v>
+        <v>3462</v>
       </c>
       <c r="O80" t="s">
         <v>20</v>
       </c>
       <c r="P80" t="s">
-        <v>2725</v>
+        <v>3048</v>
       </c>
       <c r="Q80" t="s">
-        <v>2718</v>
+        <v>3069</v>
       </c>
       <c r="R80" t="s">
-        <v>1972</v>
+        <v>3048</v>
       </c>
       <c r="S80" t="s">
-        <v>3174</v>
+        <v>3555</v>
       </c>
       <c r="T80" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B81" t="s">
-        <v>3175</v>
+        <v>3556</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>3080</v>
+        <v>3271</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>3176</v>
+        <v>3557</v>
       </c>
       <c r="H81" t="s">
-        <v>3177</v>
+        <v>3558</v>
       </c>
       <c r="I81" t="s">
-        <v>2666</v>
+        <v>3128</v>
       </c>
       <c r="J81" t="s">
-        <v>3083</v>
+        <v>3559</v>
       </c>
       <c r="K81" t="s">
-        <v>2394</v>
+        <v>1896</v>
       </c>
       <c r="L81" t="s">
-        <v>255</v>
+        <v>452</v>
       </c>
       <c r="M81" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N81" t="s">
-        <v>3084</v>
+        <v>3560</v>
       </c>
       <c r="O81" t="s">
         <v>20</v>
       </c>
       <c r="P81" t="s">
-        <v>2659</v>
+        <v>3122</v>
       </c>
       <c r="Q81" t="s">
-        <v>2671</v>
+        <v>3049</v>
       </c>
       <c r="R81" t="s">
-        <v>2659</v>
+        <v>1898</v>
       </c>
       <c r="S81" t="s">
-        <v>3178</v>
+        <v>3561</v>
       </c>
       <c r="T81" t="s">
-        <v>2673</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B82" t="s">
-        <v>3179</v>
+        <v>3562</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>2885</v>
+        <v>3498</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>3180</v>
+        <v>3563</v>
       </c>
       <c r="H82" t="s">
-        <v>3181</v>
+        <v>3564</v>
       </c>
       <c r="I82" t="s">
-        <v>2731</v>
+        <v>3044</v>
       </c>
       <c r="J82" t="s">
-        <v>3182</v>
+        <v>20</v>
       </c>
       <c r="K82" t="s">
-        <v>1963</v>
+        <v>2062</v>
       </c>
       <c r="L82" t="s">
-        <v>371</v>
+        <v>97</v>
       </c>
       <c r="M82" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N82" t="s">
-        <v>3183</v>
+        <v>3565</v>
       </c>
       <c r="O82" t="s">
         <v>20</v>
       </c>
       <c r="P82" t="s">
-        <v>2725</v>
+        <v>1936</v>
       </c>
       <c r="Q82" t="s">
-        <v>2718</v>
+        <v>3085</v>
       </c>
       <c r="R82" t="s">
-        <v>1972</v>
+        <v>1936</v>
       </c>
       <c r="S82" t="s">
-        <v>3184</v>
+        <v>3566</v>
       </c>
       <c r="T82" t="s">
-        <v>2673</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B83" t="s">
-        <v>3185</v>
+        <v>3567</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>3121</v>
+        <v>3568</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>3186</v>
+        <v>3569</v>
       </c>
       <c r="H83" t="s">
-        <v>3187</v>
+        <v>3570</v>
       </c>
       <c r="I83" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J83" t="s">
-        <v>20</v>
+        <v>3571</v>
       </c>
       <c r="K83" t="s">
-        <v>1942</v>
+        <v>3137</v>
       </c>
       <c r="L83" t="s">
-        <v>115</v>
+        <v>3138</v>
       </c>
       <c r="M83" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N83" t="s">
-        <v>3188</v>
+        <v>3353</v>
       </c>
       <c r="O83" t="s">
         <v>20</v>
       </c>
       <c r="P83" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="Q83" t="s">
-        <v>2687</v>
+        <v>3069</v>
       </c>
       <c r="R83" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="S83" t="s">
-        <v>3189</v>
+        <v>3572</v>
       </c>
       <c r="T83" t="s">
-        <v>2661</v>
+        <v>20</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B84" t="s">
-        <v>3190</v>
+        <v>3573</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>3191</v>
+        <v>3574</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>3192</v>
+        <v>3575</v>
       </c>
       <c r="H84" t="s">
-        <v>3193</v>
+        <v>3576</v>
       </c>
       <c r="I84" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J84" t="s">
-        <v>3194</v>
+        <v>20</v>
       </c>
       <c r="K84" t="s">
-        <v>2739</v>
+        <v>3381</v>
       </c>
       <c r="L84" t="s">
-        <v>2740</v>
+        <v>616</v>
       </c>
       <c r="M84" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N84" t="s">
-        <v>2975</v>
+        <v>3577</v>
       </c>
       <c r="O84" t="s">
         <v>20</v>
       </c>
       <c r="P84" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="Q84" t="s">
-        <v>2671</v>
+        <v>3069</v>
       </c>
       <c r="R84" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="S84" t="s">
-        <v>3195</v>
+        <v>3578</v>
       </c>
       <c r="T84" t="s">
-        <v>20</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B85" t="s">
-        <v>3196</v>
+        <v>3579</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>3197</v>
+        <v>3580</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>3198</v>
+        <v>3581</v>
       </c>
       <c r="H85" t="s">
-        <v>3199</v>
+        <v>3582</v>
       </c>
       <c r="I85" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J85" t="s">
-        <v>20</v>
+        <v>3583</v>
       </c>
       <c r="K85" t="s">
-        <v>3003</v>
+        <v>3058</v>
       </c>
       <c r="L85" t="s">
-        <v>538</v>
+        <v>107</v>
       </c>
       <c r="M85" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N85" t="s">
-        <v>3200</v>
+        <v>3584</v>
       </c>
       <c r="O85" t="s">
         <v>20</v>
       </c>
       <c r="P85" t="s">
-        <v>1908</v>
+        <v>3048</v>
       </c>
       <c r="Q85" t="s">
-        <v>2671</v>
+        <v>3069</v>
       </c>
       <c r="R85" t="s">
-        <v>1908</v>
+        <v>3048</v>
       </c>
       <c r="S85" t="s">
-        <v>3201</v>
+        <v>3585</v>
       </c>
       <c r="T85" t="s">
-        <v>2673</v>
+        <v>20</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B86" t="s">
-        <v>3202</v>
+        <v>3586</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>3203</v>
+        <v>3587</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>3204</v>
+        <v>3588</v>
       </c>
       <c r="H86" t="s">
-        <v>3205</v>
+        <v>3589</v>
       </c>
       <c r="I86" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J86" t="s">
-        <v>3206</v>
+        <v>3590</v>
       </c>
       <c r="K86" t="s">
-        <v>2657</v>
+        <v>2739</v>
       </c>
       <c r="L86" t="s">
-        <v>223</v>
+        <v>338</v>
       </c>
       <c r="M86" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N86" t="s">
-        <v>3207</v>
+        <v>3591</v>
       </c>
       <c r="O86" t="s">
         <v>20</v>
       </c>
       <c r="P86" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q86" t="s">
-        <v>2671</v>
+        <v>3085</v>
       </c>
       <c r="R86" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S86" t="s">
-        <v>3208</v>
+        <v>3592</v>
       </c>
       <c r="T86" t="s">
-        <v>20</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B87" t="s">
-        <v>3209</v>
+        <v>3593</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>3210</v>
+        <v>3594</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>3211</v>
+        <v>3595</v>
       </c>
       <c r="H87" t="s">
-        <v>3212</v>
+        <v>3596</v>
       </c>
       <c r="I87" t="s">
-        <v>2666</v>
+        <v>3044</v>
       </c>
       <c r="J87" t="s">
-        <v>3213</v>
+        <v>3057</v>
       </c>
       <c r="K87" t="s">
-        <v>2394</v>
+        <v>3058</v>
       </c>
       <c r="L87" t="s">
-        <v>255</v>
+        <v>107</v>
       </c>
       <c r="M87" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N87" t="s">
-        <v>3214</v>
+        <v>3597</v>
       </c>
       <c r="O87" t="s">
         <v>20</v>
       </c>
       <c r="P87" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q87" t="s">
-        <v>2687</v>
+        <v>3085</v>
       </c>
       <c r="R87" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S87" t="s">
-        <v>3215</v>
+        <v>3598</v>
       </c>
       <c r="T87" t="s">
-        <v>2673</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>2650</v>
+        <v>3039</v>
       </c>
       <c r="B88" t="s">
-        <v>3216</v>
+        <v>3599</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>3217</v>
+        <v>3594</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>3218</v>
+        <v>3600</v>
       </c>
       <c r="H88" t="s">
-        <v>3219</v>
+        <v>3601</v>
       </c>
       <c r="I88" t="s">
-        <v>2666</v>
+        <v>3128</v>
       </c>
       <c r="J88" t="s">
-        <v>2656</v>
+        <v>20</v>
       </c>
       <c r="K88" t="s">
-        <v>2657</v>
+        <v>3381</v>
       </c>
       <c r="L88" t="s">
-        <v>223</v>
+        <v>616</v>
       </c>
       <c r="M88" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N88" t="s">
-        <v>3220</v>
+        <v>3602</v>
       </c>
       <c r="O88" t="s">
         <v>20</v>
       </c>
       <c r="P88" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="Q88" t="s">
-        <v>2687</v>
+        <v>3085</v>
       </c>
       <c r="R88" t="s">
-        <v>2659</v>
+        <v>3048</v>
       </c>
       <c r="S88" t="s">
-        <v>3221</v>
+        <v>3603</v>
       </c>
       <c r="T88" t="s">
-        <v>2661</v>
-[...61 lines deleted...]
-        <v>2661</v>
+        <v>3051</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>