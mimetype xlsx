--- v2 (2026-01-17)
+++ v3 (2026-03-05)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9577" uniqueCount="3604">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8589" uniqueCount="3212">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,116 +77,257 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur Quentin DURAND</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>26/02/2026 15:16:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3883035/fr/docteur-quentin-durand</t>
+  </si>
+  <si>
+    <t>p_3883035</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>DURAND</t>
+  </si>
+  <si>
+    <t>Quentin</t>
+  </si>
+  <si>
+    <t>26 February 2026</t>
+  </si>
+  <si>
+    <t>HOPITAL LAPEYRONIE CHU MONTPELLIER</t>
+  </si>
+  <si>
+    <t>34295</t>
+  </si>
+  <si>
+    <t>MONTPELLIER CEDEX 5</t>
+  </si>
+  <si>
+    <t>340785161</t>
+  </si>
+  <si>
+    <t>Docteur Ugo CHAMARD--CHAMPLIAUD</t>
+  </si>
+  <si>
+    <t>26/02/2026 15:16:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3883174/fr/docteur-ugo-chamard-champliaud</t>
+  </si>
+  <si>
+    <t>p_3883174</t>
+  </si>
+  <si>
+    <t>CHAMARD--CHAMPLIAUD</t>
+  </si>
+  <si>
+    <t>Ugo</t>
+  </si>
+  <si>
+    <t>Docteur JULIE OUAKI</t>
+  </si>
+  <si>
+    <t>24/02/2026 15:16:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3878253/fr/docteur-julie-ouaki</t>
+  </si>
+  <si>
+    <t>p_3878253</t>
+  </si>
+  <si>
+    <t>OUAKI</t>
+  </si>
+  <si>
+    <t>JULIE</t>
+  </si>
+  <si>
+    <t>CL VIA DOMITIA POLE SANTE DE LUNEL</t>
+  </si>
+  <si>
+    <t>34400</t>
+  </si>
+  <si>
+    <t>LUNEL</t>
+  </si>
+  <si>
+    <t>340780725</t>
+  </si>
+  <si>
+    <t>Docteur Marie MARTEL</t>
+  </si>
+  <si>
+    <t>24/02/2026 15:16:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3878256/fr/docteur-marie-martel</t>
+  </si>
+  <si>
+    <t>p_3878256</t>
+  </si>
+  <si>
+    <t>MARTEL</t>
+  </si>
+  <si>
+    <t>Marie</t>
+  </si>
+  <si>
+    <t>POLYCL STE THERESE SETE</t>
+  </si>
+  <si>
+    <t>34200</t>
+  </si>
+  <si>
+    <t>SETE</t>
+  </si>
+  <si>
+    <t>340780741</t>
+  </si>
+  <si>
+    <t>Docteur Alexandre LAPLACE-BUILHE</t>
+  </si>
+  <si>
+    <t>29/01/2026 15:17:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3843119/fr/docteur-alexandre-laplace-builhe</t>
+  </si>
+  <si>
+    <t>p_3843119</t>
+  </si>
+  <si>
+    <t>LAPLACE-BUILHE</t>
+  </si>
+  <si>
+    <t>Alexandre</t>
+  </si>
+  <si>
+    <t>28 January 2026</t>
+  </si>
+  <si>
+    <t>CL DU PARC CASTELNAU LE LEZ</t>
+  </si>
+  <si>
+    <t>34171</t>
+  </si>
+  <si>
+    <t>CASTELNAU LE LEZ</t>
+  </si>
+  <si>
+    <t>340780667</t>
+  </si>
+  <si>
     <t>Docteur ALEXANDRE LABORDE</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>12/01/2026 15:16:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3808362/fr/docteur-alexandre-laborde</t>
   </si>
   <si>
     <t>p_3808362</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>LABORDE</t>
   </si>
   <si>
     <t>ALEXANDRE</t>
   </si>
   <si>
     <t>18 December 2025</t>
   </si>
   <si>
     <t>CL BEAU SOLEIL MONTPELLIER</t>
   </si>
   <si>
     <t>34070</t>
   </si>
   <si>
     <t>MONTPELLIER</t>
   </si>
   <si>
     <t>340780642</t>
   </si>
   <si>
     <t>Docteur RAPHAEL TETREAU</t>
   </si>
   <si>
     <t>12/01/2026 15:16:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3808573/fr/docteur-raphael-tetreau</t>
   </si>
   <si>
     <t>p_3808573</t>
   </si>
   <si>
     <t>TETREAU</t>
   </si>
   <si>
     <t>RAPHAEL</t>
   </si>
   <si>
     <t>ICM MONTPELLIER</t>
   </si>
   <si>
     <t>34298</t>
   </si>
   <si>
-    <t>MONTPELLIER CEDEX 5</t>
-[...1 lines deleted...]
-  <si>
     <t>340000207</t>
   </si>
   <si>
     <t>Docteur GUILLAUME LAFFARGUE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3808575/fr/docteur-guillaume-laffargue</t>
   </si>
   <si>
     <t>p_3808575</t>
   </si>
   <si>
     <t>LAFFARGUE</t>
   </si>
   <si>
     <t>GUILLAUME</t>
   </si>
   <si>
     <t>Docteur MATHIEU TEBOUL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3808579/fr/docteur-mathieu-teboul</t>
   </si>
   <si>
     <t>p_3808579</t>
@@ -572,53 +713,50 @@
   <si>
     <t>34075,34000</t>
   </si>
   <si>
     <t>MONTPELLIER CEDEX 3,MONTPELLIER</t>
   </si>
   <si>
     <t>340022979,340780675</t>
   </si>
   <si>
     <t>Docteur Marie COURTY</t>
   </si>
   <si>
     <t>07/04/2025 11:32:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600746/fr/docteur-marie-courty</t>
   </si>
   <si>
     <t>p_3600746</t>
   </si>
   <si>
     <t>COURTY</t>
   </si>
   <si>
-    <t>Marie</t>
-[...1 lines deleted...]
-  <si>
     <t>POLYCL CHAMPEAU BEZIERS,CL DU DR JEAN CAUSSE COLOMBIERS</t>
   </si>
   <si>
     <t>34535,34440</t>
   </si>
   <si>
     <t>BEZIERS,COLOMBIERS</t>
   </si>
   <si>
     <t>340009885,340780139</t>
   </si>
   <si>
     <t>Docteur Paulo SOARES</t>
   </si>
   <si>
     <t>20/02/2025 18:30:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3591793/fr/docteur-paulo-soares</t>
   </si>
   <si>
     <t>p_3591793</t>
   </si>
   <si>
     <t>SOARES</t>
@@ -839,59 +977,50 @@
   <si>
     <t>KUBO</t>
   </si>
   <si>
     <t>ANDREAS</t>
   </si>
   <si>
     <t>Docteur Juliette COUTUREAU</t>
   </si>
   <si>
     <t>19/12/2024 15:32:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574635/fr/docteur-juliette-coutureau</t>
   </si>
   <si>
     <t>p_3574635</t>
   </si>
   <si>
     <t>COUTUREAU</t>
   </si>
   <si>
     <t>Juliette</t>
   </si>
   <si>
-    <t>HOPITAL LAPEYRONIE CHU MONTPELLIER</t>
-[...7 lines deleted...]
-  <si>
     <t>Docteur Thibaut PAILLET</t>
   </si>
   <si>
     <t>19/12/2024 15:32:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574697/fr/docteur-thibaut-paillet</t>
   </si>
   <si>
     <t>p_3574697</t>
   </si>
   <si>
     <t>PAILLET</t>
   </si>
   <si>
     <t>Thibaut</t>
   </si>
   <si>
     <t>Docteur SERTAC KARATAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574699/fr/docteur-sertac-karatas</t>
   </si>
   <si>
     <t>p_3574699</t>
@@ -1028,62 +1157,50 @@
   <si>
     <t>Komlan-jacques</t>
   </si>
   <si>
     <t>12 September 2024</t>
   </si>
   <si>
     <t>Docteur HUSSEIN HABIBEH</t>
   </si>
   <si>
     <t>13/09/2024 15:33:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3541306/fr/docteur-hussein-habibeh</t>
   </si>
   <si>
     <t>p_3541306</t>
   </si>
   <si>
     <t>HABIBEH</t>
   </si>
   <si>
     <t>HUSSEIN</t>
   </si>
   <si>
-    <t>CL DU PARC CASTELNAU LE LEZ</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur PAUL MAMENI</t>
   </si>
   <si>
     <t>13/09/2024 15:33:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3541397/fr/docteur-paul-mameni</t>
   </si>
   <si>
     <t>p_3541397</t>
   </si>
   <si>
     <t>MAMENI</t>
   </si>
   <si>
     <t>PAUL</t>
   </si>
   <si>
     <t>Docteur ROMAIN DELANNOY</t>
   </si>
   <si>
     <t>13/09/2024 15:34:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3541464/fr/docteur-romain-delannoy</t>
@@ -1370,62 +1487,50 @@
   <si>
     <t>MOTAIS</t>
   </si>
   <si>
     <t>FREDERIC</t>
   </si>
   <si>
     <t xml:space="preserve">Docteur Valentin CASCALES </t>
   </si>
   <si>
     <t>26/04/2024 12:34:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3514225/fr/docteur-valentin-cascales</t>
   </si>
   <si>
     <t>p_3514225</t>
   </si>
   <si>
     <t xml:space="preserve">CASCALES </t>
   </si>
   <si>
     <t>Valentin</t>
   </si>
   <si>
-    <t>POLYCL STE THERESE SETE</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur PABLO DE LA ARENA</t>
   </si>
   <si>
     <t>26/04/2024 12:34:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3514230/fr/docteur-pablo-de-la-arena</t>
   </si>
   <si>
     <t>p_3514230</t>
   </si>
   <si>
     <t>DE LA ARENA</t>
   </si>
   <si>
     <t>PABLO</t>
   </si>
   <si>
     <t>Docteur GUILLAUME RAO</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3514232/fr/docteur-guillaume-rao</t>
   </si>
   <si>
     <t>p_3514232</t>
@@ -1712,3602 +1817,3533 @@
   <si>
     <t>MANON</t>
   </si>
   <si>
     <t>21 December 2023</t>
   </si>
   <si>
     <t>Docteur MOHAMAD CHEHAB</t>
   </si>
   <si>
     <t>15/12/2023 10:33:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3480224/fr/docteur-mohamad-chehab</t>
   </si>
   <si>
     <t>p_3480224</t>
   </si>
   <si>
     <t>CHEHAB</t>
   </si>
   <si>
     <t>MOHAMAD</t>
   </si>
   <si>
+    <t>Docteur Philippe BURTIN</t>
+  </si>
+  <si>
+    <t>24/11/2023 09:30:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474696/fr/docteur-philippe-burtin</t>
+  </si>
+  <si>
+    <t>p_3474696</t>
+  </si>
+  <si>
+    <t>BURTIN</t>
+  </si>
+  <si>
+    <t>Philippe</t>
+  </si>
+  <si>
+    <t>23 November 2023</t>
+  </si>
+  <si>
+    <t>Docteur YANNICK CLOQUELL</t>
+  </si>
+  <si>
+    <t>20/10/2023 15:37:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3469654/fr/docteur-yannick-cloquell</t>
+  </si>
+  <si>
+    <t>p_3469654</t>
+  </si>
+  <si>
+    <t>CLOQUELL</t>
+  </si>
+  <si>
+    <t>YANNICK</t>
+  </si>
+  <si>
+    <t>19 October 2023</t>
+  </si>
+  <si>
+    <t>Docteur Paul Éric KOUÉKÉ</t>
+  </si>
+  <si>
+    <t>20/10/2023 15:37:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3469936/fr/docteur-paul-eric-koueke</t>
+  </si>
+  <si>
+    <t>p_3469936</t>
+  </si>
+  <si>
+    <t>KOUÉKÉ</t>
+  </si>
+  <si>
+    <t>Paul Éric</t>
+  </si>
+  <si>
+    <t>Docteur Francois BAUZOU</t>
+  </si>
+  <si>
+    <t>15/09/2023 13:37:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3462195/fr/docteur-francois-bauzou</t>
+  </si>
+  <si>
+    <t>p_3462195</t>
+  </si>
+  <si>
+    <t>BAUZOU</t>
+  </si>
+  <si>
+    <t>Francois</t>
+  </si>
+  <si>
+    <t>14 September 2023</t>
+  </si>
+  <si>
+    <t>Docteur OLIVIER MAILLET</t>
+  </si>
+  <si>
+    <t>20/07/2023 16:31:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453577/fr/docteur-olivier-maillet</t>
+  </si>
+  <si>
+    <t>p_3453577</t>
+  </si>
+  <si>
+    <t>MAILLET</t>
+  </si>
+  <si>
+    <t>OLIVIER</t>
+  </si>
+  <si>
+    <t>20 July 2023</t>
+  </si>
+  <si>
+    <t>CHU MONTPELLIER,POLYCL ST ROCH MONTPELLIER</t>
+  </si>
+  <si>
+    <t>34000,34075</t>
+  </si>
+  <si>
+    <t>MONTPELLIER,MONTPELLIER CEDEX 3</t>
+  </si>
+  <si>
+    <t>340000199,340022979</t>
+  </si>
+  <si>
+    <t>Docteur PAULINE BALENGHIEN</t>
+  </si>
+  <si>
+    <t>20/07/2023 16:33:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3454157/fr/docteur-pauline-balenghien</t>
+  </si>
+  <si>
+    <t>p_3454157</t>
+  </si>
+  <si>
+    <t>BALENGHIEN</t>
+  </si>
+  <si>
+    <t>PAULINE</t>
+  </si>
+  <si>
+    <t>Docteur OLIVIER JAULMES</t>
+  </si>
+  <si>
+    <t>20/07/2023 16:33:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3454171/fr/docteur-olivier-jaulmes</t>
+  </si>
+  <si>
+    <t>p_3454171</t>
+  </si>
+  <si>
+    <t>JAULMES</t>
+  </si>
+  <si>
+    <t>CH POLE DE SANTE DE LUNEL</t>
+  </si>
+  <si>
+    <t>34403</t>
+  </si>
+  <si>
+    <t>340000231</t>
+  </si>
+  <si>
+    <t>Docteur EISSA TOMEH</t>
+  </si>
+  <si>
+    <t>15/06/2023 11:34:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447314/fr/docteur-eissa-tomeh</t>
+  </si>
+  <si>
+    <t>p_3447314</t>
+  </si>
+  <si>
+    <t>TOMEH</t>
+  </si>
+  <si>
+    <t>EISSA</t>
+  </si>
+  <si>
+    <t>15 June 2023</t>
+  </si>
+  <si>
+    <t>POLYCL CHAMPEAU BEZIERS</t>
+  </si>
+  <si>
+    <t>34535</t>
+  </si>
+  <si>
+    <t>340009885</t>
+  </si>
+  <si>
+    <t>Docteur MARTA SILVESTRI</t>
+  </si>
+  <si>
+    <t>16/05/2023 12:41:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3441452/fr/docteur-marta-silvestri</t>
+  </si>
+  <si>
+    <t>p_3441452</t>
+  </si>
+  <si>
+    <t>SILVESTRI</t>
+  </si>
+  <si>
+    <t>MARTA</t>
+  </si>
+  <si>
+    <t>11 May 2023</t>
+  </si>
+  <si>
+    <t>CL DU MILLENAIRE MONTPELLIER,CL CLEMENTVILLE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>34960,34000</t>
+  </si>
+  <si>
+    <t>MONTPELLIER CEDEX 2,MONTPELLIER</t>
+  </si>
+  <si>
+    <t>340015502,340780675</t>
+  </si>
+  <si>
+    <t>Docteur CAMILLE RODAIX</t>
+  </si>
+  <si>
+    <t>20/04/2023 10:32:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3429212/fr/docteur-camille-rodaix</t>
+  </si>
+  <si>
+    <t>p_3429212</t>
+  </si>
+  <si>
+    <t>RODAIX</t>
+  </si>
+  <si>
+    <t>CAMILLE</t>
+  </si>
+  <si>
+    <t>30 March 2023</t>
+  </si>
+  <si>
+    <t>Docteur CHARLOTTE VANNUCCI</t>
+  </si>
+  <si>
+    <t>20/04/2023 10:33:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3429375/fr/docteur-charlotte-vannucci</t>
+  </si>
+  <si>
+    <t>p_3429375</t>
+  </si>
+  <si>
+    <t>VANNUCCI</t>
+  </si>
+  <si>
+    <t>CENTRE DE RADIOTHERAPIE ET D'ONCOLOGIE MEDICALE - CLINIQUE CLEMENTVILLE</t>
+  </si>
+  <si>
+    <t>Montpellier</t>
+  </si>
+  <si>
+    <t>340011063</t>
+  </si>
+  <si>
+    <t>Docteur MICHELE BIGORRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3429376/fr/docteur-michele-bigorre</t>
+  </si>
+  <si>
+    <t>p_3429376</t>
+  </si>
+  <si>
+    <t>BIGORRE</t>
+  </si>
+  <si>
+    <t>MICHELE</t>
+  </si>
+  <si>
+    <t>Docteur Nicolas KORAHANIS</t>
+  </si>
+  <si>
+    <t>16/02/2023 18:32:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3413764/fr/docteur-nicolas-korahanis</t>
+  </si>
+  <si>
+    <t>p_3413764</t>
+  </si>
+  <si>
+    <t>KORAHANIS</t>
+  </si>
+  <si>
+    <t>Nicolas</t>
+  </si>
+  <si>
+    <t>CL ST JEAN SUD DE FRANCE,CL ST LOUIS GANGES</t>
+  </si>
+  <si>
+    <t>34433,34190</t>
+  </si>
+  <si>
+    <t>ST JEAN DE VEDAS,GANGES</t>
+  </si>
+  <si>
+    <t>340024314,340780717</t>
+  </si>
+  <si>
+    <t>Docteur ETIENNE IMHOFF</t>
+  </si>
+  <si>
+    <t>02/01/2023 09:33:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3401856/fr/docteur-etienne-imhoff</t>
+  </si>
+  <si>
+    <t>p_3401856</t>
+  </si>
+  <si>
+    <t>IMHOFF</t>
+  </si>
+  <si>
+    <t>ETIENNE</t>
+  </si>
+  <si>
+    <t>Docteur Alexandre SECOURGEON</t>
+  </si>
+  <si>
+    <t>19/12/2022 11:33:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3397704/fr/docteur-alexandre-secourgeon</t>
+  </si>
+  <si>
+    <t>p_3397704</t>
+  </si>
+  <si>
+    <t>SECOURGEON</t>
+  </si>
+  <si>
+    <t>15 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur JOSEPH NADER</t>
+  </si>
+  <si>
+    <t>01/12/2022 16:33:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3393630/fr/docteur-joseph-nader</t>
+  </si>
+  <si>
+    <t>p_3393630</t>
+  </si>
+  <si>
+    <t>NADER</t>
+  </si>
+  <si>
+    <t>JOSEPH</t>
+  </si>
+  <si>
+    <t>Docteur MARIE-PIERRE BARON-SARRABERE</t>
+  </si>
+  <si>
+    <t>17/11/2022 15:32:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3387390/fr/docteur-marie-pierre-baron-sarrabere</t>
+  </si>
+  <si>
+    <t>p_3387390</t>
+  </si>
+  <si>
+    <t>BARON-SARRABERE</t>
+  </si>
+  <si>
+    <t>MARIE-PIERRE</t>
+  </si>
+  <si>
+    <t>17 November 2022</t>
+  </si>
+  <si>
+    <t>Docteur YANN THOUVENIN</t>
+  </si>
+  <si>
+    <t>17/11/2022 15:32:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3387398/fr/docteur-yann-thouvenin</t>
+  </si>
+  <si>
+    <t>p_3387398</t>
+  </si>
+  <si>
+    <t>THOUVENIN</t>
+  </si>
+  <si>
+    <t>YANN</t>
+  </si>
+  <si>
+    <t>Docteur CLAIRE FAGET</t>
+  </si>
+  <si>
+    <t>17/11/2022 15:32:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3387410/fr/docteur-claire-faget</t>
+  </si>
+  <si>
+    <t>p_3387410</t>
+  </si>
+  <si>
+    <t>FAGET</t>
+  </si>
+  <si>
+    <t>CLAIRE</t>
+  </si>
+  <si>
+    <t>Docteur MARIE CURROS-DOYON</t>
+  </si>
+  <si>
+    <t>17/11/2022 15:32:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3387414/fr/docteur-marie-curros-doyon</t>
+  </si>
+  <si>
+    <t>p_3387414</t>
+  </si>
+  <si>
+    <t>CURROS-DOYON</t>
+  </si>
+  <si>
+    <t>Docteur Nicolas HENRY</t>
+  </si>
+  <si>
+    <t>14/10/2022 16:31:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3378275/fr/docteur-nicolas-henry</t>
+  </si>
+  <si>
+    <t>p_3378275</t>
+  </si>
+  <si>
+    <t>HENRY</t>
+  </si>
+  <si>
+    <t>13 October 2022</t>
+  </si>
+  <si>
+    <t>CL DU PARC CASTELNAU LE LEZ,CL VIA DOMITIA POLE SANTE DE LUNEL</t>
+  </si>
+  <si>
+    <t>34171,34400</t>
+  </si>
+  <si>
+    <t>CASTELNAU LE LEZ,LUNEL</t>
+  </si>
+  <si>
+    <t>340780667,340780725</t>
+  </si>
+  <si>
+    <t>Professeur CATHERINE CYTEVAL</t>
+  </si>
+  <si>
+    <t>14/10/2022 16:32:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3378447/fr/professeur-catherine-cyteval</t>
+  </si>
+  <si>
+    <t>p_3378447</t>
+  </si>
+  <si>
+    <t>CYTEVAL</t>
+  </si>
+  <si>
+    <t>CATHERINE</t>
+  </si>
+  <si>
+    <t>Docteur ANNE VENDRELL</t>
+  </si>
+  <si>
+    <t>14/10/2022 16:32:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3378620/fr/docteur-anne-vendrell</t>
+  </si>
+  <si>
+    <t>p_3378620</t>
+  </si>
+  <si>
+    <t>VENDRELL</t>
+  </si>
+  <si>
+    <t>CENTRE SCANNER LE PARC SCP CTRE RADIOLOGIE ET PHYSIOTHERAPIE - CLINIQUE DU PARC</t>
+  </si>
+  <si>
+    <t>34170</t>
+  </si>
+  <si>
+    <t>Castelnau-Le-Lez</t>
+  </si>
+  <si>
+    <t>340798081</t>
+  </si>
+  <si>
+    <t>Docteur CHRYSTEL CONSTANS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3378623/fr/docteur-chrystel-constans</t>
+  </si>
+  <si>
+    <t>p_3378623</t>
+  </si>
+  <si>
+    <t>CONSTANS</t>
+  </si>
+  <si>
+    <t>CHRYSTEL</t>
+  </si>
+  <si>
+    <t>Docteur JEAN-FRANCOIS VENDRELL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3378626/fr/docteur-jean-francois-vendrell</t>
+  </si>
+  <si>
+    <t>p_3378626</t>
+  </si>
+  <si>
+    <t>JEAN-FRANCOIS</t>
+  </si>
+  <si>
+    <t>Docteur LAURENT ZRIHEN</t>
+  </si>
+  <si>
+    <t>14/10/2022 16:32:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3378628/fr/docteur-laurent-zrihen</t>
+  </si>
+  <si>
+    <t>p_3378628</t>
+  </si>
+  <si>
+    <t>ZRIHEN</t>
+  </si>
+  <si>
+    <t>LAURENT</t>
+  </si>
+  <si>
+    <t>Docteur MARIE-HELENE COPPOLA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3378630/fr/docteur-marie-helene-coppola</t>
+  </si>
+  <si>
+    <t>p_3378630</t>
+  </si>
+  <si>
+    <t>COPPOLA</t>
+  </si>
+  <si>
+    <t>MARIE-HELENE</t>
+  </si>
+  <si>
+    <t>Docteur DELPHINE BOUTOT</t>
+  </si>
+  <si>
+    <t>14/10/2022 16:33:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3378659/fr/docteur-delphine-boutot</t>
+  </si>
+  <si>
+    <t>p_3378659</t>
+  </si>
+  <si>
+    <t>BOUTOT</t>
+  </si>
+  <si>
+    <t>Docteur JEAN-LOUIS KHODR</t>
+  </si>
+  <si>
+    <t>21/07/2022 18:32:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3355993/fr/docteur-jean-louis-khodr</t>
+  </si>
+  <si>
+    <t>p_3355993</t>
+  </si>
+  <si>
+    <t>KHODR</t>
+  </si>
+  <si>
+    <t>JEAN-LOUIS</t>
+  </si>
+  <si>
+    <t>21 July 2022</t>
+  </si>
+  <si>
+    <t>Docteur SAMIR BENDAHOU</t>
+  </si>
+  <si>
+    <t>21/07/2022 18:32:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3355998/fr/docteur-samir-bendahou</t>
+  </si>
+  <si>
+    <t>p_3355998</t>
+  </si>
+  <si>
+    <t>BENDAHOU</t>
+  </si>
+  <si>
+    <t>SAMIR</t>
+  </si>
+  <si>
+    <t>Docteur GABRIEL RAZAKAMAHEFA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356000/fr/docteur-gabriel-razakamahefa</t>
+  </si>
+  <si>
+    <t>p_3356000</t>
+  </si>
+  <si>
+    <t>RAZAKAMAHEFA</t>
+  </si>
+  <si>
+    <t>GABRIEL</t>
+  </si>
+  <si>
+    <t>Docteur NATACHA FABRE-DUPREZ</t>
+  </si>
+  <si>
+    <t>21/07/2022 18:32:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356011/fr/docteur-natacha-fabre-duprez</t>
+  </si>
+  <si>
+    <t>p_3356011</t>
+  </si>
+  <si>
+    <t>FABRE-DUPREZ</t>
+  </si>
+  <si>
+    <t>NATACHA</t>
+  </si>
+  <si>
+    <t>Docteur GILLES ROUAUD</t>
+  </si>
+  <si>
+    <t>21/07/2022 18:32:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356017/fr/docteur-gilles-rouaud</t>
+  </si>
+  <si>
+    <t>p_3356017</t>
+  </si>
+  <si>
+    <t>ROUAUD</t>
+  </si>
+  <si>
+    <t>GILLES</t>
+  </si>
+  <si>
+    <t>Docteur JEAN-CHRISTOPHE THIBAUD</t>
+  </si>
+  <si>
+    <t>21/07/2022 18:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356062/fr/docteur-jean-christophe-thibaud</t>
+  </si>
+  <si>
+    <t>p_3356062</t>
+  </si>
+  <si>
+    <t>THIBAUD</t>
+  </si>
+  <si>
+    <t>JEAN-CHRISTOPHE</t>
+  </si>
+  <si>
+    <t>Docteur ABDELGHANI ADES</t>
+  </si>
+  <si>
+    <t>24/06/2022 09:34:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3347819/fr/docteur-abdelghani-ades</t>
+  </si>
+  <si>
+    <t>p_3347819</t>
+  </si>
+  <si>
+    <t>ADES</t>
+  </si>
+  <si>
+    <t>ABDELGHANI</t>
+  </si>
+  <si>
+    <t>23 June 2022</t>
+  </si>
+  <si>
+    <t>Docteur MARTIN GRAU ORTIZ</t>
+  </si>
+  <si>
+    <t>23/06/2022 18:32:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3347106/fr/docteur-martin-grau-ortiz</t>
+  </si>
+  <si>
+    <t>p_3347106</t>
+  </si>
+  <si>
+    <t>GRAU ORTIZ</t>
+  </si>
+  <si>
+    <t>MARTIN</t>
+  </si>
+  <si>
+    <t>Docteur MARION LALANDE</t>
+  </si>
+  <si>
+    <t>23/06/2022 18:33:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3347182/fr/docteur-marion-lalande</t>
+  </si>
+  <si>
+    <t>p_3347182</t>
+  </si>
+  <si>
+    <t>LALANDE</t>
+  </si>
+  <si>
+    <t>MARION</t>
+  </si>
+  <si>
+    <t>Docteur PIERRE SENTENAC</t>
+  </si>
+  <si>
+    <t>28/04/2022 12:32:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3335655/fr/docteur-pierre-sentenac</t>
+  </si>
+  <si>
+    <t>p_3335655</t>
+  </si>
+  <si>
+    <t>SENTENAC</t>
+  </si>
+  <si>
+    <t>Docteur EMMANUEL LORNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3335656/fr/docteur-emmanuel-lorne</t>
+  </si>
+  <si>
+    <t>p_3335656</t>
+  </si>
+  <si>
+    <t>LORNE</t>
+  </si>
+  <si>
+    <t>EMMANUEL</t>
+  </si>
+  <si>
+    <t>Docteur ALEXANDRE MASSONNE</t>
+  </si>
+  <si>
+    <t>31/03/2022 11:33:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328177/fr/docteur-alexandre-massonne</t>
+  </si>
+  <si>
+    <t>p_3328177</t>
+  </si>
+  <si>
+    <t>MASSONNE</t>
+  </si>
+  <si>
+    <t>Docteur ISABELLE GAUDET-FERRAND</t>
+  </si>
+  <si>
+    <t>31/03/2022 11:33:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328180/fr/docteur-isabelle-gaudet-ferrand</t>
+  </si>
+  <si>
+    <t>p_3328180</t>
+  </si>
+  <si>
+    <t>GAUDET-FERRAND</t>
+  </si>
+  <si>
+    <t>ISABELLE</t>
+  </si>
+  <si>
+    <t>Docteur BARBARA MARAUX</t>
+  </si>
+  <si>
+    <t>03/01/2022 15:32:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307669/fr/docteur-barbara-maraux</t>
+  </si>
+  <si>
+    <t>p_3307669</t>
+  </si>
+  <si>
+    <t>MARAUX</t>
+  </si>
+  <si>
+    <t>BARBARA</t>
+  </si>
+  <si>
+    <t>Docteur Rachid CHOUKHI</t>
+  </si>
+  <si>
+    <t>03/01/2022 16:31:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307721/fr/docteur-rachid-choukhi</t>
+  </si>
+  <si>
+    <t>p_3307721</t>
+  </si>
+  <si>
+    <t>CHOUKHI</t>
+  </si>
+  <si>
+    <t>Rachid</t>
+  </si>
+  <si>
+    <t>Docteur ERIC HATTERER</t>
+  </si>
+  <si>
+    <t>03/01/2022 16:32:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307729/fr/docteur-eric-hatterer</t>
+  </si>
+  <si>
+    <t>p_3307729</t>
+  </si>
+  <si>
+    <t>HATTERER</t>
+  </si>
+  <si>
+    <t>ERIC</t>
+  </si>
+  <si>
+    <t>Docteur ADELINE GASNER</t>
+  </si>
+  <si>
+    <t>03/01/2022 16:32:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307747/fr/docteur-adeline-gasner</t>
+  </si>
+  <si>
+    <t>p_3307747</t>
+  </si>
+  <si>
+    <t>GASNER</t>
+  </si>
+  <si>
+    <t>ADELINE</t>
+  </si>
+  <si>
+    <t>29 December 2021</t>
+  </si>
+  <si>
+    <t>Docteur JULIE LONJON</t>
+  </si>
+  <si>
+    <t>03/01/2022 16:32:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307748/fr/docteur-julie-lonjon</t>
+  </si>
+  <si>
+    <t>p_3307748</t>
+  </si>
+  <si>
+    <t>LONJON</t>
+  </si>
+  <si>
+    <t>Docteur CECILE GRANIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307749/fr/docteur-cecile-granier</t>
+  </si>
+  <si>
+    <t>p_3307749</t>
+  </si>
+  <si>
+    <t>GRANIER</t>
+  </si>
+  <si>
+    <t>Docteur FABIEN FEDIDE</t>
+  </si>
+  <si>
+    <t>03/01/2022 16:32:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307755/fr/docteur-fabien-fedide</t>
+  </si>
+  <si>
+    <t>p_3307755</t>
+  </si>
+  <si>
+    <t>FEDIDE</t>
+  </si>
+  <si>
+    <t>Docteur FRANCOIS-XAVIER DONNETTE</t>
+  </si>
+  <si>
+    <t>03/01/2022 16:32:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307757/fr/docteur-francois-xavier-donnette</t>
+  </si>
+  <si>
+    <t>p_3307757</t>
+  </si>
+  <si>
+    <t>DONNETTE</t>
+  </si>
+  <si>
+    <t>FRANCOIS-XAVIER</t>
+  </si>
+  <si>
+    <t>Docteur MEHDI OULD-CHIKH</t>
+  </si>
+  <si>
+    <t>03/01/2022 16:32:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307763/fr/docteur-mehdi-ould-chikh</t>
+  </si>
+  <si>
+    <t>p_3307763</t>
+  </si>
+  <si>
+    <t>OULD-CHIKH</t>
+  </si>
+  <si>
+    <t>MEHDI</t>
+  </si>
+  <si>
+    <t>Docteur ISABELLE LE TEUFF</t>
+  </si>
+  <si>
+    <t>16/12/2021 11:32:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305270/fr/docteur-isabelle-le-teuff</t>
+  </si>
+  <si>
+    <t>p_3305270</t>
+  </si>
+  <si>
+    <t>LE TEUFF</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS MENJOT DE CHAMPFLEUR</t>
+  </si>
+  <si>
+    <t>16/12/2021 17:31:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305654/fr/docteur-nicolas-menjot-de-champfleur</t>
+  </si>
+  <si>
+    <t>p_3305654</t>
+  </si>
+  <si>
+    <t>MENJOT DE CHAMPFLEUR</t>
+  </si>
+  <si>
+    <t>NICOLAS</t>
+  </si>
+  <si>
+    <t>Docteur SIDI MOHAMMED BENHALIMA</t>
+  </si>
+  <si>
+    <t>25/11/2021 17:32:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301962/fr/docteur-sidi-mohammed-benhalima</t>
+  </si>
+  <si>
+    <t>p_3301962</t>
+  </si>
+  <si>
+    <t>BENHALIMA</t>
+  </si>
+  <si>
+    <t>SIDI MOHAMMED</t>
+  </si>
+  <si>
+    <t>Docteur FABRICE MENGHINI</t>
+  </si>
+  <si>
+    <t>25/11/2021 17:32:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301978/fr/docteur-fabrice-menghini</t>
+  </si>
+  <si>
+    <t>p_3301978</t>
+  </si>
+  <si>
+    <t>MENGHINI</t>
+  </si>
+  <si>
+    <t>FABRICE</t>
+  </si>
+  <si>
+    <t>25 November 2021</t>
+  </si>
+  <si>
+    <t>Docteur QUENTIN DUMOULIN</t>
+  </si>
+  <si>
+    <t>21/10/2021 14:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294512/fr/docteur-quentin-dumoulin</t>
+  </si>
+  <si>
+    <t>p_3294512</t>
+  </si>
+  <si>
+    <t>DUMOULIN</t>
+  </si>
+  <si>
+    <t>QUENTIN</t>
+  </si>
+  <si>
+    <t>23 October 2025</t>
+  </si>
+  <si>
+    <t>CL DU DR JEAN CAUSSE COLOMBIERS</t>
+  </si>
+  <si>
+    <t>34440</t>
+  </si>
+  <si>
+    <t>COLOMBIERS</t>
+  </si>
+  <si>
+    <t>340780139</t>
+  </si>
+  <si>
+    <t>Docteur MATHIEU GONOT</t>
+  </si>
+  <si>
+    <t>16/07/2021 09:32:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278079/fr/docteur-mathieu-gonot</t>
+  </si>
+  <si>
+    <t>p_3278079</t>
+  </si>
+  <si>
+    <t>GONOT</t>
+  </si>
+  <si>
+    <t>Docteur JULIEN MASSE-SALINAIRES</t>
+  </si>
+  <si>
+    <t>02/07/2021 10:32:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275669/fr/docteur-julien-masse-salinaires</t>
+  </si>
+  <si>
+    <t>p_3275669</t>
+  </si>
+  <si>
+    <t>MASSE-SALINAIRES</t>
+  </si>
+  <si>
+    <t>JULIEN</t>
+  </si>
+  <si>
+    <t>Docteur Vincent ABD EL FATTAH</t>
+  </si>
+  <si>
+    <t>07/05/2021 10:31:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265224/fr/docteur-vincent-abd-el-fattah</t>
+  </si>
+  <si>
+    <t>p_3265224</t>
+  </si>
+  <si>
+    <t>ABD EL FATTAH</t>
+  </si>
+  <si>
+    <t>Vincent</t>
+  </si>
+  <si>
+    <t>Docteur SOPHIE MENJOT DE CHAMPFLEUR</t>
+  </si>
+  <si>
+    <t>07/05/2021 11:31:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265424/fr/docteur-sophie-menjot-de-champfleur</t>
+  </si>
+  <si>
+    <t>p_3265424</t>
+  </si>
+  <si>
+    <t>Docteur SAMUEL MERIGEAUD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265426/fr/docteur-samuel-merigeaud</t>
+  </si>
+  <si>
+    <t>p_3265426</t>
+  </si>
+  <si>
+    <t>MERIGEAUD</t>
+  </si>
+  <si>
+    <t>SAMUEL</t>
+  </si>
+  <si>
+    <t>Docteur SOPHIE AUFORT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265427/fr/docteur-sophie-aufort</t>
+  </si>
+  <si>
+    <t>p_3265427</t>
+  </si>
+  <si>
+    <t>AUFORT</t>
+  </si>
+  <si>
+    <t>Docteur DENIS HOA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265428/fr/docteur-denis-hoa</t>
+  </si>
+  <si>
+    <t>p_3265428</t>
+  </si>
+  <si>
+    <t>HOA</t>
+  </si>
+  <si>
+    <t>DENIS</t>
+  </si>
+  <si>
+    <t>Docteur XAVIER STEFANOVIC</t>
+  </si>
+  <si>
+    <t>07/05/2021 11:31:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265431/fr/docteur-xavier-stefanovic</t>
+  </si>
+  <si>
+    <t>p_3265431</t>
+  </si>
+  <si>
+    <t>STEFANOVIC</t>
+  </si>
+  <si>
+    <t>XAVIER</t>
+  </si>
+  <si>
+    <t>Docteur FLORENCE DI RUGGIERO</t>
+  </si>
+  <si>
+    <t>07/05/2021 11:31:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265436/fr/docteur-florence-di-ruggiero</t>
+  </si>
+  <si>
+    <t>p_3265436</t>
+  </si>
+  <si>
+    <t>DI RUGGIERO</t>
+  </si>
+  <si>
+    <t>FLORENCE</t>
+  </si>
+  <si>
+    <t>Docteur ERIC DECOUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265441/fr/docteur-eric-decoux</t>
+  </si>
+  <si>
+    <t>p_3265441</t>
+  </si>
+  <si>
+    <t>DECOUX</t>
+  </si>
+  <si>
+    <t>Docteur Constantin HALCHINI</t>
+  </si>
+  <si>
+    <t>02/04/2021 09:30:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259205/fr/docteur-constantin-halchini</t>
+  </si>
+  <si>
+    <t>p_3259205</t>
+  </si>
+  <si>
+    <t>HALCHINI</t>
+  </si>
+  <si>
+    <t>Constantin</t>
+  </si>
+  <si>
+    <t>Docteur Xavier SERRES</t>
+  </si>
+  <si>
+    <t>02/04/2021 09:30:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259248/fr/docteur-xavier-serres</t>
+  </si>
+  <si>
+    <t>p_3259248</t>
+  </si>
+  <si>
+    <t>SERRES</t>
+  </si>
+  <si>
+    <t>Xavier</t>
+  </si>
+  <si>
+    <t>Docteur MEHDI TERKI</t>
+  </si>
+  <si>
+    <t>02/04/2021 09:31:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259414/fr/docteur-mehdi-terki</t>
+  </si>
+  <si>
+    <t>p_3259414</t>
+  </si>
+  <si>
+    <t>TERKI</t>
+  </si>
+  <si>
+    <t>CL ST LOUIS GANGES</t>
+  </si>
+  <si>
+    <t>34190</t>
+  </si>
+  <si>
+    <t>GANGES</t>
+  </si>
+  <si>
+    <t>340780717</t>
+  </si>
+  <si>
+    <t>Docteur ADRIANO TOFFOLI</t>
+  </si>
+  <si>
+    <t>02/04/2021 09:32:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259437/fr/docteur-adriano-toffoli</t>
+  </si>
+  <si>
+    <t>p_3259437</t>
+  </si>
+  <si>
+    <t>TOFFOLI</t>
+  </si>
+  <si>
+    <t>ADRIANO</t>
+  </si>
+  <si>
+    <t>Docteur ANTOINE COIGNAC</t>
+  </si>
+  <si>
+    <t>18/02/2021 10:31:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238682/fr/docteur-antoine-coignac</t>
+  </si>
+  <si>
+    <t>p_3238682</t>
+  </si>
+  <si>
+    <t>COIGNAC</t>
+  </si>
+  <si>
+    <t>Docteur FLORENT GAILLARD</t>
+  </si>
+  <si>
+    <t>21/01/2021 15:31:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233279/fr/docteur-florent-gaillard</t>
+  </si>
+  <si>
+    <t>p_3233279</t>
+  </si>
+  <si>
+    <t>GAILLARD</t>
+  </si>
+  <si>
+    <t>FLORENT</t>
+  </si>
+  <si>
+    <t>Docteur ROMAIN AUBERTIN</t>
+  </si>
+  <si>
+    <t>21/01/2021 15:31:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233280/fr/docteur-romain-aubertin</t>
+  </si>
+  <si>
+    <t>p_3233280</t>
+  </si>
+  <si>
+    <t>AUBERTIN</t>
+  </si>
+  <si>
+    <t>Docteur GAUTHIER RATHAT</t>
+  </si>
+  <si>
+    <t>04/01/2021 16:32:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228247/fr/docteur-gauthier-rathat</t>
+  </si>
+  <si>
+    <t>p_3228247</t>
+  </si>
+  <si>
+    <t>RATHAT</t>
+  </si>
+  <si>
+    <t>GAUTHIER</t>
+  </si>
+  <si>
+    <t>Docteur JEAN-LOUIS HOUPEAU</t>
+  </si>
+  <si>
+    <t>04/01/2021 16:32:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228256/fr/docteur-jean-louis-houpeau</t>
+  </si>
+  <si>
+    <t>p_3228256</t>
+  </si>
+  <si>
+    <t>HOUPEAU</t>
+  </si>
+  <si>
+    <t>29 December 2020</t>
+  </si>
+  <si>
+    <t>Docteur ETIENNE MAURY</t>
+  </si>
+  <si>
+    <t>04/01/2021 16:32:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228273/fr/docteur-etienne-maury</t>
+  </si>
+  <si>
+    <t>p_3228273</t>
+  </si>
+  <si>
+    <t>MAURY</t>
+  </si>
+  <si>
+    <t>Docteur JOHN CHAUVAT</t>
+  </si>
+  <si>
+    <t>22/12/2020 17:32:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226745/fr/docteur-john-chauvat</t>
+  </si>
+  <si>
+    <t>p_3226745</t>
+  </si>
+  <si>
+    <t>CHAUVAT</t>
+  </si>
+  <si>
+    <t>JOHN</t>
+  </si>
+  <si>
+    <t>Docteur DIDIER MORAU</t>
+  </si>
+  <si>
+    <t>27/11/2020 10:32:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220895/fr/docteur-didier-morau</t>
+  </si>
+  <si>
+    <t>p_3220895</t>
+  </si>
+  <si>
+    <t>MORAU</t>
+  </si>
+  <si>
+    <t>DIDIER</t>
+  </si>
+  <si>
+    <t>Docteur JULIEN BOURLEZ</t>
+  </si>
+  <si>
+    <t>27/11/2020 10:32:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220909/fr/docteur-julien-bourlez</t>
+  </si>
+  <si>
+    <t>p_3220909</t>
+  </si>
+  <si>
+    <t>BOURLEZ</t>
+  </si>
+  <si>
+    <t>Docteur BENJAMIN DEGEORGE</t>
+  </si>
+  <si>
+    <t>27/11/2020 10:32:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220933/fr/docteur-benjamin-degeorge</t>
+  </si>
+  <si>
+    <t>p_3220933</t>
+  </si>
+  <si>
+    <t>DEGEORGE</t>
+  </si>
+  <si>
+    <t>BENJAMIN</t>
+  </si>
+  <si>
+    <t>Docteur JORDY BONFILS</t>
+  </si>
+  <si>
+    <t>27/11/2020 10:32:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220939/fr/docteur-jordy-bonfils</t>
+  </si>
+  <si>
+    <t>p_3220939</t>
+  </si>
+  <si>
+    <t>BONFILS</t>
+  </si>
+  <si>
+    <t>JORDY</t>
+  </si>
+  <si>
+    <t>Docteur CLEMENT GRANIER</t>
+  </si>
+  <si>
+    <t>22/10/2020 16:32:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214011/fr/docteur-clement-granier</t>
+  </si>
+  <si>
+    <t>p_3214011</t>
+  </si>
+  <si>
+    <t>CLEMENT</t>
+  </si>
+  <si>
+    <t>Docteur LAURENT RAGUENES</t>
+  </si>
+  <si>
+    <t>28/09/2020 12:31:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203809/fr/docteur-laurent-raguenes</t>
+  </si>
+  <si>
+    <t>p_3203809</t>
+  </si>
+  <si>
+    <t>RAGUENES</t>
+  </si>
+  <si>
+    <t>Docteur LAMINE CHADLI</t>
+  </si>
+  <si>
+    <t>28/09/2020 12:32:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203870/fr/docteur-lamine-chadli</t>
+  </si>
+  <si>
+    <t>p_3203870</t>
+  </si>
+  <si>
+    <t>CHADLI</t>
+  </si>
+  <si>
+    <t>LAMINE</t>
+  </si>
+  <si>
+    <t>Docteur GUILLAUME LONJON</t>
+  </si>
+  <si>
+    <t>16/07/2020 11:31:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194506/fr/docteur-guillaume-lonjon</t>
+  </si>
+  <si>
+    <t>p_3194506</t>
+  </si>
+  <si>
+    <t>17 October 2024</t>
+  </si>
+  <si>
+    <t>Docteur MARIE-HELENE PISSAS</t>
+  </si>
+  <si>
+    <t>16/07/2020 11:31:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194520/fr/docteur-marie-helene-pissas</t>
+  </si>
+  <si>
+    <t>p_3194520</t>
+  </si>
+  <si>
+    <t>PISSAS</t>
+  </si>
+  <si>
+    <t>Docteur GEORGES BRUNAT</t>
+  </si>
+  <si>
+    <t>06/04/2020 10:31:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169681/fr/docteur-georges-brunat</t>
+  </si>
+  <si>
+    <t>p_3169681</t>
+  </si>
+  <si>
+    <t>BRUNAT</t>
+  </si>
+  <si>
+    <t>Docteur PIERRE CAVADORE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169682/fr/docteur-pierre-cavadore</t>
+  </si>
+  <si>
+    <t>p_3169682</t>
+  </si>
+  <si>
+    <t>CAVADORE</t>
+  </si>
+  <si>
+    <t>Docteur MATTHIEU PONROUCH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169683/fr/docteur-matthieu-ponrouch</t>
+  </si>
+  <si>
+    <t>p_3169683</t>
+  </si>
+  <si>
+    <t>PONROUCH</t>
+  </si>
+  <si>
+    <t>MATTHIEU</t>
+  </si>
+  <si>
+    <t>Docteur OLIVIER ATTARD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169684/fr/docteur-olivier-attard</t>
+  </si>
+  <si>
+    <t>p_3169684</t>
+  </si>
+  <si>
+    <t>ATTARD</t>
+  </si>
+  <si>
+    <t>Docteur MARC ALEZRAH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169685/fr/docteur-marc-alezrah</t>
+  </si>
+  <si>
+    <t>p_3169685</t>
+  </si>
+  <si>
+    <t>ALEZRAH</t>
+  </si>
+  <si>
+    <t>MARC</t>
+  </si>
+  <si>
+    <t>Docteur DELPHINE CANDILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169686/fr/docteur-delphine-candille</t>
+  </si>
+  <si>
+    <t>p_3169686</t>
+  </si>
+  <si>
+    <t>CANDILLE</t>
+  </si>
+  <si>
+    <t>Docteur ELSA GRAUBY</t>
+  </si>
+  <si>
+    <t>27/02/2020 12:40:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159648/fr/docteur-elsa-grauby</t>
+  </si>
+  <si>
+    <t>p_3159648</t>
+  </si>
+  <si>
+    <t>GRAUBY</t>
+  </si>
+  <si>
+    <t>ELSA</t>
+  </si>
+  <si>
+    <t>Docteur HELENE CREUX</t>
+  </si>
+  <si>
+    <t>19/12/2019 15:39:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3142963/fr/docteur-helene-creux</t>
+  </si>
+  <si>
+    <t>p_3142963</t>
+  </si>
+  <si>
+    <t>CREUX</t>
+  </si>
+  <si>
+    <t>Docteur MAURICE YAKOUN</t>
+  </si>
+  <si>
+    <t>26/09/2019 11:31:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107503/fr/docteur-maurice-yakoun</t>
+  </si>
+  <si>
+    <t>p_3107503</t>
+  </si>
+  <si>
+    <t>YAKOUN</t>
+  </si>
+  <si>
+    <t>MAURICE</t>
+  </si>
+  <si>
+    <t>Docteur ARTURO CALVINO IGLESIAS</t>
+  </si>
+  <si>
+    <t>23/05/2019 11:32:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2970390/fr/docteur-arturo-calvino-iglesias</t>
+  </si>
+  <si>
+    <t>c_2970390</t>
+  </si>
+  <si>
+    <t>CALVINO IGLESIAS</t>
+  </si>
+  <si>
+    <t>ARTURO</t>
+  </si>
+  <si>
+    <t>Docteur MICHEL ESCRIVA</t>
+  </si>
+  <si>
+    <t>27/03/2019 18:32:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913358/fr/docteur-michel-escriva</t>
+  </si>
+  <si>
+    <t>c_2913358</t>
+  </si>
+  <si>
+    <t>ESCRIVA</t>
+  </si>
+  <si>
+    <t>MICHEL</t>
+  </si>
+  <si>
+    <t>Docteur CHRISTOPHE PECCOUX</t>
+  </si>
+  <si>
+    <t>28/02/2019 10:32:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2907328/fr/docteur-christophe-peccoux</t>
+  </si>
+  <si>
+    <t>c_2907328</t>
+  </si>
+  <si>
+    <t>PECCOUX</t>
+  </si>
+  <si>
+    <t>CHRISTOPHE</t>
+  </si>
+  <si>
+    <t>Docteur THOMAS PILLANT</t>
+  </si>
+  <si>
+    <t>03/01/2019 11:33:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895849/fr/docteur-thomas-pillant</t>
+  </si>
+  <si>
+    <t>c_2895849</t>
+  </si>
+  <si>
+    <t>PILLANT</t>
+  </si>
+  <si>
+    <t>THOMAS</t>
+  </si>
+  <si>
+    <t>Docteur LISE BERGOGNE</t>
+  </si>
+  <si>
+    <t>03/01/2019 11:33:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895865/fr/docteur-lise-bergogne</t>
+  </si>
+  <si>
+    <t>c_2895865</t>
+  </si>
+  <si>
+    <t>BERGOGNE</t>
+  </si>
+  <si>
+    <t>LISE</t>
+  </si>
+  <si>
+    <t>28 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur GUILLAUME MIROUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895868/fr/docteur-guillaume-mirouse</t>
+  </si>
+  <si>
+    <t>c_2895868</t>
+  </si>
+  <si>
+    <t>MIROUSE</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE SAINT-PRIVAT</t>
+  </si>
+  <si>
+    <t>34500</t>
+  </si>
+  <si>
+    <t>340780113</t>
+  </si>
+  <si>
+    <t>Docteur VINCENT MEYER-BISCH</t>
+  </si>
+  <si>
+    <t>20/12/2018 11:37:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893419/fr/docteur-vincent-meyer-bisch</t>
+  </si>
+  <si>
+    <t>c_2893419</t>
+  </si>
+  <si>
+    <t>MEYER-BISCH</t>
+  </si>
+  <si>
+    <t>VINCENT</t>
+  </si>
+  <si>
+    <t>Docteur AUDE GLAISE</t>
+  </si>
+  <si>
+    <t>28/11/2018 16:32:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886854/fr/docteur-aude-glaise</t>
+  </si>
+  <si>
+    <t>c_2886854</t>
+  </si>
+  <si>
+    <t>GLAISE</t>
+  </si>
+  <si>
+    <t>AUDE</t>
+  </si>
+  <si>
+    <t>Docteur ERIC BOULAY</t>
+  </si>
+  <si>
+    <t>28/11/2018 16:32:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886860/fr/docteur-eric-boulay</t>
+  </si>
+  <si>
+    <t>c_2886860</t>
+  </si>
+  <si>
+    <t>BOULAY</t>
+  </si>
+  <si>
+    <t>Docteur CHRISTELLE CHARPENTIER</t>
+  </si>
+  <si>
+    <t>14/06/2018 11:32:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856396/fr/docteur-christelle-charpentier</t>
+  </si>
+  <si>
+    <t>c_2856396</t>
+  </si>
+  <si>
+    <t>CHARPENTIER</t>
+  </si>
+  <si>
+    <t>CHRISTELLE</t>
+  </si>
+  <si>
+    <t>Docteur Omar NAJI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856397/fr/docteur-omar-naji</t>
+  </si>
+  <si>
+    <t>c_2856397</t>
+  </si>
+  <si>
+    <t>NAJI</t>
+  </si>
+  <si>
+    <t>Omar</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS PELLEGRINI</t>
+  </si>
+  <si>
+    <t>21/03/2018 18:32:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2837624/fr/docteur-nicolas-pellegrini</t>
+  </si>
+  <si>
+    <t>c_2837624</t>
+  </si>
+  <si>
+    <t>PELLEGRINI</t>
+  </si>
+  <si>
+    <t>Docteur JEAN-YVES MALGOIRE</t>
+  </si>
+  <si>
+    <t>21/03/2018 18:32:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2837637/fr/docteur-jean-yves-malgoire</t>
+  </si>
+  <si>
+    <t>c_2837637</t>
+  </si>
+  <si>
+    <t>MALGOIRE</t>
+  </si>
+  <si>
+    <t>JEAN-YVES</t>
+  </si>
+  <si>
+    <t>28 April 2022</t>
+  </si>
+  <si>
+    <t>Docteur AUDE MAUREL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2837638/fr/docteur-aude-maurel</t>
+  </si>
+  <si>
+    <t>c_2837638</t>
+  </si>
+  <si>
+    <t>MAUREL</t>
+  </si>
+  <si>
+    <t>31 March 2022</t>
+  </si>
+  <si>
+    <t>Docteur ELSA REBUFA DHENIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2837648/fr/docteur-elsa-rebufa-dhenin</t>
+  </si>
+  <si>
+    <t>c_2837648</t>
+  </si>
+  <si>
+    <t>REBUFA DHENIN</t>
+  </si>
+  <si>
+    <t>Docteur JULIEN ANDRIN</t>
+  </si>
+  <si>
+    <t>24/01/2018 16:32:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823068/fr/docteur-julien-andrin</t>
+  </si>
+  <si>
+    <t>c_2823068</t>
+  </si>
+  <si>
+    <t>ANDRIN</t>
+  </si>
+  <si>
+    <t>Docteur MICHEL VANNESTE</t>
+  </si>
+  <si>
+    <t>24/01/2018 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823075/fr/docteur-michel-vanneste</t>
+  </si>
+  <si>
+    <t>c_2823075</t>
+  </si>
+  <si>
+    <t>VANNESTE</t>
+  </si>
+  <si>
+    <t>Docteur Philippe TEISSIER</t>
+  </si>
+  <si>
+    <t>28/12/2017 11:32:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2816551/fr/docteur-philippe-teissier</t>
+  </si>
+  <si>
+    <t>c_2816551</t>
+  </si>
+  <si>
+    <t>TEISSIER</t>
+  </si>
+  <si>
+    <t>22 September 2022</t>
+  </si>
+  <si>
+    <t>Docteur Aurélien BONNAL</t>
+  </si>
+  <si>
+    <t>15/12/2017 14:32:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813509/fr/docteur-aurelien-bonnal</t>
+  </si>
+  <si>
+    <t>c_2813509</t>
+  </si>
+  <si>
+    <t>BONNAL</t>
+  </si>
+  <si>
+    <t>Docteur EDOUARD GOUJON</t>
+  </si>
+  <si>
+    <t>15/12/2017 14:32:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813543/fr/docteur-edouard-goujon</t>
+  </si>
+  <si>
+    <t>c_2813543</t>
+  </si>
+  <si>
+    <t>GOUJON</t>
+  </si>
+  <si>
+    <t>EDOUARD</t>
+  </si>
+  <si>
+    <t>CHU MONTPELLIER,POLYCL STE THERESE SETE</t>
+  </si>
+  <si>
+    <t>34000,34200</t>
+  </si>
+  <si>
+    <t>MONTPELLIER,SETE</t>
+  </si>
+  <si>
+    <t>340000199,340780741</t>
+  </si>
+  <si>
+    <t>Docteur THOMAS GAUTIER</t>
+  </si>
+  <si>
+    <t>15/11/2017 17:32:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2805487/fr/docteur-thomas-gautier</t>
+  </si>
+  <si>
+    <t>c_2805487</t>
+  </si>
+  <si>
+    <t>Docteur FETHI KHELLADI</t>
+  </si>
+  <si>
+    <t>12/10/2017 11:31:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798126/fr/docteur-fethi-khelladi</t>
+  </si>
+  <si>
+    <t>c_2798126</t>
+  </si>
+  <si>
+    <t>KHELLADI</t>
+  </si>
+  <si>
+    <t>FETHI</t>
+  </si>
+  <si>
+    <t>Docteur FRANCOIS LOZACH</t>
+  </si>
+  <si>
+    <t>12/10/2017 11:31:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798136/fr/docteur-francois-lozach</t>
+  </si>
+  <si>
+    <t>c_2798136</t>
+  </si>
+  <si>
+    <t>LOZACH</t>
+  </si>
+  <si>
+    <t>Docteur NOLWENN PERS</t>
+  </si>
+  <si>
+    <t>12/10/2017 11:31:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798139/fr/docteur-nolwenn-pers</t>
+  </si>
+  <si>
+    <t>c_2798139</t>
+  </si>
+  <si>
+    <t>PERS</t>
+  </si>
+  <si>
+    <t>NOLWENN</t>
+  </si>
+  <si>
+    <t>Docteur THIBAUT COSTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798151/fr/docteur-thibaut-coste</t>
+  </si>
+  <si>
+    <t>c_2798151</t>
+  </si>
+  <si>
+    <t>COSTE</t>
+  </si>
+  <si>
+    <t>THIBAUT</t>
+  </si>
+  <si>
+    <t>Docteur JULIEN TREMLET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798154/fr/docteur-julien-tremlet</t>
+  </si>
+  <si>
+    <t>c_2798154</t>
+  </si>
+  <si>
+    <t>TREMLET</t>
+  </si>
+  <si>
+    <t>Docteur MAKRAM ZIADE</t>
+  </si>
+  <si>
+    <t>14/09/2017 16:31:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2793476/fr/docteur-makram-ziade</t>
+  </si>
+  <si>
+    <t>c_2793476</t>
+  </si>
+  <si>
+    <t>ZIADE</t>
+  </si>
+  <si>
+    <t>MAKRAM</t>
+  </si>
+  <si>
+    <t>Docteur Vincenzo SALSANO</t>
+  </si>
+  <si>
+    <t>15/05/2017 17:32:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2764256/fr/docteur-vincenzo-salsano</t>
+  </si>
+  <si>
+    <t>c_2764256</t>
+  </si>
+  <si>
+    <t>SALSANO</t>
+  </si>
+  <si>
+    <t>Vincenzo</t>
+  </si>
+  <si>
+    <t>Docteur Pierre marie BLANC</t>
+  </si>
+  <si>
+    <t>15/05/2017 17:37:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2766647/fr/docteur-pierre-marie-blanc</t>
+  </si>
+  <si>
+    <t>c_2766647</t>
+  </si>
+  <si>
+    <t>BLANC</t>
+  </si>
+  <si>
+    <t>Pierre marie</t>
+  </si>
+  <si>
+    <t>CL DU PARC CASTELNAU LE LEZ,CL CLEMENTVILLE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>34171,34000</t>
+  </si>
+  <si>
+    <t>CASTELNAU LE LEZ,MONTPELLIER</t>
+  </si>
+  <si>
+    <t>340780667,340780675</t>
+  </si>
+  <si>
+    <t>Docteur Nicolas BOUIC</t>
+  </si>
+  <si>
+    <t>15/05/2017 17:41:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2768113/fr/docteur-nicolas-bouic</t>
+  </si>
+  <si>
+    <t>c_2768113</t>
+  </si>
+  <si>
+    <t>BOUIC</t>
+  </si>
+  <si>
+    <t>Docteur Guilhaume GENESTE</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:30:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2738503/fr/docteur-guilhaume-geneste</t>
+  </si>
+  <si>
+    <t>c_2738503</t>
+  </si>
+  <si>
+    <t>GENESTE</t>
+  </si>
+  <si>
+    <t>Guilhaume</t>
+  </si>
+  <si>
+    <t>24 July 2025</t>
+  </si>
+  <si>
+    <t>Docteur Véronique DE BOUARD</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:30:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2738605/fr/docteur-veronique-de-bouard</t>
+  </si>
+  <si>
+    <t>c_2738605</t>
+  </si>
+  <si>
+    <t>DE BOUARD</t>
+  </si>
+  <si>
+    <t>Véronique</t>
+  </si>
+  <si>
+    <t>19 January 2023</t>
+  </si>
+  <si>
+    <t>Docteur Jacques VIGNAL</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:30:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739102/fr/docteur-jacques-vignal</t>
+  </si>
+  <si>
+    <t>c_2739102</t>
+  </si>
+  <si>
+    <t>VIGNAL</t>
+  </si>
+  <si>
+    <t>Jacques</t>
+  </si>
+  <si>
+    <t>Docteur Pierre PARIS</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:30:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739270/fr/docteur-pierre-paris</t>
+  </si>
+  <si>
+    <t>c_2739270</t>
+  </si>
+  <si>
+    <t>PARIS</t>
+  </si>
+  <si>
+    <t>Pierre</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE DU GRAND NARBONNE,CL DU DR JEAN CAUSSE COLOMBIERS</t>
+  </si>
+  <si>
+    <t>11100,34440</t>
+  </si>
+  <si>
+    <t>MONTREDON DES CORBIERES,COLOMBIERS</t>
+  </si>
+  <si>
+    <t>110780228,340780139</t>
+  </si>
+  <si>
+    <t>Docteur Pierre  BERTRAND</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739292/fr/docteur-pierre-bertrand</t>
+  </si>
+  <si>
+    <t>c_2739292</t>
+  </si>
+  <si>
+    <t>BERTRAND</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pierre </t>
+  </si>
+  <si>
+    <t>Docteur Florent BUSCAYRET</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739557/fr/docteur-florent-buscayret</t>
+  </si>
+  <si>
+    <t>c_2739557</t>
+  </si>
+  <si>
+    <t>BUSCAYRET</t>
+  </si>
+  <si>
+    <t>Florent</t>
+  </si>
+  <si>
+    <t>Docteur Matthieu CESAR</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739875/fr/docteur-matthieu-cesar</t>
+  </si>
+  <si>
+    <t>c_2739875</t>
+  </si>
+  <si>
+    <t>CESAR</t>
+  </si>
+  <si>
+    <t>Matthieu</t>
+  </si>
+  <si>
+    <t>Professeur David NOCCA</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739902/fr/professeur-david-nocca</t>
+  </si>
+  <si>
+    <t>c_2739902</t>
+  </si>
+  <si>
+    <t>NOCCA</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>HOPITAL ST ELOI CHU MONTPELLIER</t>
+  </si>
+  <si>
+    <t>340782036</t>
+  </si>
+  <si>
+    <t>Docteur Laurent LATARGEZ</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739933/fr/docteur-laurent-latargez</t>
+  </si>
+  <si>
+    <t>c_2739933</t>
+  </si>
+  <si>
+    <t>LATARGEZ</t>
+  </si>
+  <si>
+    <t>Laurent</t>
+  </si>
+  <si>
+    <t>Docteur Arnaud ROUSSIAUX</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739944/fr/docteur-arnaud-roussiaux</t>
+  </si>
+  <si>
+    <t>c_2739944</t>
+  </si>
+  <si>
+    <t>ROUSSIAUX</t>
+  </si>
+  <si>
+    <t>Docteur Phi DO TRINH</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739999/fr/docteur-phi-do-trinh</t>
+  </si>
+  <si>
+    <t>c_2739999</t>
+  </si>
+  <si>
+    <t>DO TRINH</t>
+  </si>
+  <si>
+    <t>Phi</t>
+  </si>
+  <si>
+    <t>Docteur Majd HAMOUI</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740060/fr/docteur-majd-hamoui</t>
+  </si>
+  <si>
+    <t>c_2740060</t>
+  </si>
+  <si>
+    <t>HAMOUI</t>
+  </si>
+  <si>
+    <t>Majd</t>
+  </si>
+  <si>
+    <t>Docteur Matthieu CARBONNEL</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740145/fr/docteur-matthieu-carbonnel</t>
+  </si>
+  <si>
+    <t>c_2740145</t>
+  </si>
+  <si>
+    <t>CARBONNEL</t>
+  </si>
+  <si>
+    <t>Professeur Pierre ludovic GIACALONE</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740176/fr/professeur-pierre-ludovic-giacalone</t>
+  </si>
+  <si>
+    <t>c_2740176</t>
+  </si>
+  <si>
+    <t>GIACALONE</t>
+  </si>
+  <si>
+    <t>Pierre ludovic</t>
+  </si>
+  <si>
+    <t>Docteur Alexandre DHENIN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740181/fr/docteur-alexandre-dhenin</t>
+  </si>
+  <si>
+    <t>c_2740181</t>
+  </si>
+  <si>
+    <t>DHENIN</t>
+  </si>
+  <si>
+    <t>Docteur Aude GORON</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740241/fr/docteur-aude-goron</t>
+  </si>
+  <si>
+    <t>c_2740241</t>
+  </si>
+  <si>
+    <t>GORON</t>
+  </si>
+  <si>
+    <t>Aude</t>
+  </si>
+  <si>
+    <t>Docteur Matthieu VASSAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740244/fr/docteur-matthieu-vassal</t>
+  </si>
+  <si>
+    <t>c_2740244</t>
+  </si>
+  <si>
+    <t>VASSAL</t>
+  </si>
+  <si>
+    <t>CL ST JEAN SUD DE FRANCE,HOPITAL GUI DE CHAULIAC CHU MTP</t>
+  </si>
+  <si>
+    <t>34433,34295</t>
+  </si>
+  <si>
+    <t>ST JEAN DE VEDAS,MONTPELLIER CEDEX 5</t>
+  </si>
+  <si>
+    <t>340024314,340782085</t>
+  </si>
+  <si>
+    <t>Docteur Bertrand ABBAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740254/fr/docteur-bertrand-abbal</t>
+  </si>
+  <si>
+    <t>c_2740254</t>
+  </si>
+  <si>
+    <t>ABBAL</t>
+  </si>
+  <si>
+    <t>Bertrand</t>
+  </si>
+  <si>
+    <t>Docteur Yannael COISEL</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740278/fr/docteur-yannael-coisel</t>
+  </si>
+  <si>
+    <t>c_2740278</t>
+  </si>
+  <si>
+    <t>COISEL</t>
+  </si>
+  <si>
+    <t>Yannael</t>
+  </si>
+  <si>
+    <t>Docteur Fanny ALKAR</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740291/fr/docteur-fanny-alkar</t>
+  </si>
+  <si>
+    <t>c_2740291</t>
+  </si>
+  <si>
+    <t>ALKAR</t>
+  </si>
+  <si>
+    <t>Fanny</t>
+  </si>
+  <si>
+    <t>POLYCL ST ROCH MONTPELLIER,HOPITAL LAPEYRONIE CHU MONTPELLIER</t>
+  </si>
+  <si>
+    <t>34075,34295</t>
+  </si>
+  <si>
+    <t>MONTPELLIER CEDEX 3,MONTPELLIER CEDEX 5</t>
+  </si>
+  <si>
+    <t>340022979,340785161</t>
+  </si>
+  <si>
+    <t>Docteur Antoine GUILLAUD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740295/fr/docteur-antoine-guillaud</t>
+  </si>
+  <si>
+    <t>c_2740295</t>
+  </si>
+  <si>
+    <t>GUILLAUD</t>
+  </si>
+  <si>
+    <t>Antoine</t>
+  </si>
+  <si>
+    <t>Docteur Fabrice ALONSO</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708337/fr/docteur-fabrice-alonso</t>
+  </si>
+  <si>
+    <t>c_2708337</t>
+  </si>
+  <si>
+    <t>ALONSO</t>
+  </si>
+  <si>
+    <t>Fabrice</t>
+  </si>
+  <si>
+    <t>Docteur Pierre-etienne MOREAU</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708365/fr/docteur-pierre-etienne-moreau</t>
+  </si>
+  <si>
+    <t>c_2708365</t>
+  </si>
+  <si>
+    <t>MOREAU</t>
+  </si>
+  <si>
+    <t>Pierre-etienne</t>
+  </si>
+  <si>
+    <t>Docteur Marion BERTRAND-MARCHAND</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708540/fr/docteur-marion-bertrand-marchand</t>
+  </si>
+  <si>
+    <t>c_2708540</t>
+  </si>
+  <si>
+    <t>BERTRAND-MARCHAND</t>
+  </si>
+  <si>
+    <t>Marion</t>
+  </si>
+  <si>
+    <t>Docteur Nicolas DEBLOCK</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708591/fr/docteur-nicolas-deblock</t>
+  </si>
+  <si>
+    <t>c_2708591</t>
+  </si>
+  <si>
+    <t>DEBLOCK</t>
+  </si>
+  <si>
+    <t>Docteur Patrick VAUJANY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708672/fr/docteur-patrick-vaujany</t>
+  </si>
+  <si>
+    <t>c_2708672</t>
+  </si>
+  <si>
+    <t>VAUJANY</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>Docteur Michel PONS</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708751/fr/docteur-michel-pons</t>
+  </si>
+  <si>
+    <t>c_2708751</t>
+  </si>
+  <si>
+    <t>PONS</t>
+  </si>
+  <si>
+    <t>Michel</t>
+  </si>
+  <si>
+    <t>Docteur Kim WENZEL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708786/fr/docteur-kim-wenzel</t>
+  </si>
+  <si>
+    <t>c_2708786</t>
+  </si>
+  <si>
+    <t>WENZEL</t>
+  </si>
+  <si>
+    <t>Kim</t>
+  </si>
+  <si>
+    <t>Docteur Olivier CHERICI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708884/fr/docteur-olivier-cherici</t>
+  </si>
+  <si>
+    <t>c_2708884</t>
+  </si>
+  <si>
+    <t>CHERICI</t>
+  </si>
+  <si>
+    <t>Olivier</t>
+  </si>
+  <si>
+    <t>Professeur Michel CHAMMAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708885/fr/professeur-michel-chammas</t>
+  </si>
+  <si>
+    <t>c_2708885</t>
+  </si>
+  <si>
+    <t>CHAMMAS</t>
+  </si>
+  <si>
+    <t>16 December 2021</t>
+  </si>
+  <si>
+    <t>Docteur Jean christophe LAINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708888/fr/docteur-jean-christophe-laine</t>
+  </si>
+  <si>
+    <t>c_2708888</t>
+  </si>
+  <si>
+    <t>LAINE</t>
+  </si>
+  <si>
+    <t>Jean christophe</t>
+  </si>
+  <si>
+    <t>Docteur Olivier BRINGER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708908/fr/docteur-olivier-bringer</t>
+  </si>
+  <si>
+    <t>c_2708908</t>
+  </si>
+  <si>
+    <t>BRINGER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Docteur Monique ABOUT </t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708952/fr/docteur-monique-about</t>
+  </si>
+  <si>
+    <t>c_2708952</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABOUT </t>
+  </si>
+  <si>
+    <t>Monique</t>
+  </si>
+  <si>
+    <t>Docteur Jean-baptiste SAUGET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709077/fr/docteur-jean-baptiste-sauget</t>
+  </si>
+  <si>
+    <t>c_2709077</t>
+  </si>
+  <si>
+    <t>SAUGET</t>
+  </si>
+  <si>
+    <t>Jean-baptiste</t>
+  </si>
+  <si>
+    <t>Docteur Frantz BOUSQUET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709102/fr/docteur-frantz-bousquet</t>
+  </si>
+  <si>
+    <t>c_2709102</t>
+  </si>
+  <si>
+    <t>BOUSQUET</t>
+  </si>
+  <si>
+    <t>Frantz</t>
+  </si>
+  <si>
+    <t>Docteur François CAMMAN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709176/fr/docteur-francois-camman</t>
+  </si>
+  <si>
+    <t>c_2709176</t>
+  </si>
+  <si>
+    <t>CAMMAN</t>
+  </si>
+  <si>
+    <t>François</t>
+  </si>
+  <si>
+    <t>Docteur Stéphane OKS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709177/fr/docteur-stephane-oks</t>
+  </si>
+  <si>
+    <t>c_2709177</t>
+  </si>
+  <si>
+    <t>OKS</t>
+  </si>
+  <si>
+    <t>Stéphane</t>
+  </si>
+  <si>
+    <t>Docteur Ariel VOTADORO</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709258/fr/docteur-ariel-votadoro</t>
+  </si>
+  <si>
+    <t>c_2709258</t>
+  </si>
+  <si>
+    <t>VOTADORO</t>
+  </si>
+  <si>
+    <t>Ariel</t>
+  </si>
+  <si>
+    <t>Docteur Philippe DESSEIGNET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709289/fr/docteur-philippe-desseignet</t>
+  </si>
+  <si>
+    <t>c_2709289</t>
+  </si>
+  <si>
+    <t>DESSEIGNET</t>
+  </si>
+  <si>
     <t>14 December 2023</t>
   </si>
   <si>
-    <t>Docteur Philippe BURTIN</t>
-[...1076 lines deleted...]
-    <t>QUENTIN</t>
+    <t>Docteur Claude BENEZECH</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709391/fr/docteur-claude-benezech</t>
+  </si>
+  <si>
+    <t>c_2709391</t>
+  </si>
+  <si>
+    <t>BENEZECH</t>
+  </si>
+  <si>
+    <t>Claude</t>
+  </si>
+  <si>
+    <t>Docteur Didier AYUSO</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709437/fr/docteur-didier-ayuso</t>
+  </si>
+  <si>
+    <t>c_2709437</t>
+  </si>
+  <si>
+    <t>AYUSO</t>
+  </si>
+  <si>
+    <t>Didier</t>
+  </si>
+  <si>
+    <t>HOPITAL ST CLAIR SETE HBT</t>
+  </si>
+  <si>
+    <t>34207</t>
+  </si>
+  <si>
+    <t>340000223</t>
+  </si>
+  <si>
+    <t>Docteur Sébastien CAZABAN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709768/fr/docteur-sebastien-cazaban</t>
+  </si>
+  <si>
+    <t>c_2709768</t>
+  </si>
+  <si>
+    <t>CAZABAN</t>
+  </si>
+  <si>
+    <t>Sébastien</t>
+  </si>
+  <si>
+    <t>Docteur Jean-michel SKA</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709945/fr/docteur-jean-michel-ska</t>
+  </si>
+  <si>
+    <t>c_2709945</t>
+  </si>
+  <si>
+    <t>SKA</t>
+  </si>
+  <si>
+    <t>Jean-michel</t>
+  </si>
+  <si>
+    <t>Docteur Nada KHALIL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709976/fr/docteur-nada-khalil</t>
+  </si>
+  <si>
+    <t>c_2709976</t>
+  </si>
+  <si>
+    <t>KHALIL</t>
+  </si>
+  <si>
+    <t>Nada</t>
+  </si>
+  <si>
+    <t>Docteur Eric FASSIO</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710025/fr/docteur-eric-fassio</t>
+  </si>
+  <si>
+    <t>c_2710025</t>
+  </si>
+  <si>
+    <t>FASSIO</t>
+  </si>
+  <si>
+    <t>Eric</t>
+  </si>
+  <si>
+    <t>Docteur Jean-pierre MULLER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710134/fr/docteur-jean-pierre-muller</t>
+  </si>
+  <si>
+    <t>c_2710134</t>
+  </si>
+  <si>
+    <t>MULLER</t>
+  </si>
+  <si>
+    <t>Jean-pierre</t>
+  </si>
+  <si>
+    <t>Docteur Sophie BRUNET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710231/fr/docteur-sophie-brunet</t>
+  </si>
+  <si>
+    <t>c_2710231</t>
+  </si>
+  <si>
+    <t>BRUNET</t>
+  </si>
+  <si>
+    <t>Sophie</t>
+  </si>
+  <si>
+    <t>CHU NIMES CAREMEAU,CL BEAU SOLEIL MONTPELLIER</t>
+  </si>
+  <si>
+    <t>30029,34070</t>
+  </si>
+  <si>
+    <t>NIMES CEDEX 9,MONTPELLIER</t>
+  </si>
+  <si>
+    <t>300782117,340780642</t>
+  </si>
+  <si>
+    <t>Docteur Arnaud DUBAR</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710608/fr/docteur-arnaud-dubar</t>
+  </si>
+  <si>
+    <t>c_2710608</t>
+  </si>
+  <si>
+    <t>DUBAR</t>
+  </si>
+  <si>
+    <t>03 February 2022</t>
+  </si>
+  <si>
+    <t>Docteur Philippe BOUSQUET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710708/fr/docteur-philippe-bousquet</t>
+  </si>
+  <si>
+    <t>c_2710708</t>
+  </si>
+  <si>
+    <t>Docteur Jerome LANO</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710771/fr/docteur-jerome-lano</t>
+  </si>
+  <si>
+    <t>c_2710771</t>
+  </si>
+  <si>
+    <t>LANO</t>
+  </si>
+  <si>
+    <t>Jerome</t>
+  </si>
+  <si>
+    <t>Docteur Jean-stephane BURGEL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710787/fr/docteur-jean-stephane-burgel</t>
+  </si>
+  <si>
+    <t>c_2710787</t>
+  </si>
+  <si>
+    <t>BURGEL</t>
+  </si>
+  <si>
+    <t>Jean-stephane</t>
+  </si>
+  <si>
+    <t>CL ST JEAN SUD DE FRANCE,CL CLEMENTVILLE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>34433,34000</t>
+  </si>
+  <si>
+    <t>ST JEAN DE VEDAS,MONTPELLIER</t>
+  </si>
+  <si>
+    <t>340024314,340780675</t>
+  </si>
+  <si>
+    <t>Docteur Franck LACAZE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711015/fr/docteur-franck-lacaze</t>
+  </si>
+  <si>
+    <t>c_2711015</t>
+  </si>
+  <si>
+    <t>LACAZE</t>
+  </si>
+  <si>
+    <t>Franck</t>
+  </si>
+  <si>
+    <t>Docteur Bernard MARC</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711047/fr/docteur-bernard-marc</t>
+  </si>
+  <si>
+    <t>c_2711047</t>
+  </si>
+  <si>
+    <t>Bernard</t>
+  </si>
+  <si>
+    <t>CH BEZIERS,POLYCL ST PRIVAT BOUJAN SUR LIBRON</t>
+  </si>
+  <si>
+    <t>34525,34760</t>
+  </si>
+  <si>
+    <t>BEZIERS,BOUJAN SUR LIBRON</t>
+  </si>
+  <si>
+    <t>340000033,340015965</t>
+  </si>
+  <si>
+    <t>Docteur Arnaud LARGEY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711208/fr/docteur-arnaud-largey</t>
+  </si>
+  <si>
+    <t>c_2711208</t>
+  </si>
+  <si>
+    <t>LARGEY</t>
+  </si>
+  <si>
+    <t>Docteur Matthieu PECHER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711255/fr/docteur-matthieu-pecher</t>
+  </si>
+  <si>
+    <t>c_2711255</t>
+  </si>
+  <si>
+    <t>PECHER</t>
+  </si>
+  <si>
+    <t>Docteur Olivier FONTÉS</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711349/fr/docteur-olivier-fontes</t>
+  </si>
+  <si>
+    <t>c_2711349</t>
+  </si>
+  <si>
+    <t>FONTÉS</t>
+  </si>
+  <si>
+    <t>Docteur Dominique SINA</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711379/fr/docteur-dominique-sina</t>
+  </si>
+  <si>
+    <t>c_2711379</t>
+  </si>
+  <si>
+    <t>SINA</t>
+  </si>
+  <si>
+    <t>Dominique</t>
+  </si>
+  <si>
+    <t>Docteur Christophe FARENQ</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711451/fr/docteur-christophe-farenq</t>
+  </si>
+  <si>
+    <t>c_2711451</t>
+  </si>
+  <si>
+    <t>FARENQ</t>
+  </si>
+  <si>
+    <t>Christophe</t>
+  </si>
+  <si>
+    <t>Docteur Fabien LACOMBE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711466/fr/docteur-fabien-lacombe</t>
+  </si>
+  <si>
+    <t>c_2711466</t>
+  </si>
+  <si>
+    <t>LACOMBE</t>
+  </si>
+  <si>
+    <t>Fabien</t>
+  </si>
+  <si>
+    <t>Docteur Hervé SILBERT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711552/fr/docteur-herve-silbert</t>
+  </si>
+  <si>
+    <t>c_2711552</t>
+  </si>
+  <si>
+    <t>SILBERT</t>
+  </si>
+  <si>
+    <t>Hervé</t>
+  </si>
+  <si>
+    <t>Docteur Dominique CRESIENZO</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711806/fr/docteur-dominique-cresienzo</t>
+  </si>
+  <si>
+    <t>c_2711806</t>
+  </si>
+  <si>
+    <t>CRESIENZO</t>
+  </si>
+  <si>
+    <t>Professeur Roland DEMARIA</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711944/fr/professeur-roland-demaria</t>
+  </si>
+  <si>
+    <t>c_2711944</t>
+  </si>
+  <si>
+    <t>DEMARIA</t>
+  </si>
+  <si>
+    <t>Roland</t>
+  </si>
+  <si>
+    <t>Docteur Grégory DRAN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711965/fr/docteur-gregory-dran</t>
+  </si>
+  <si>
+    <t>c_2711965</t>
+  </si>
+  <si>
+    <t>DRAN</t>
+  </si>
+  <si>
+    <t>Grégory</t>
+  </si>
+  <si>
+    <t>Docteur Jean michel JULIA</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712068/fr/docteur-jean-michel-julia</t>
+  </si>
+  <si>
+    <t>c_2712068</t>
+  </si>
+  <si>
+    <t>JULIA</t>
+  </si>
+  <si>
+    <t>Jean michel</t>
+  </si>
+  <si>
+    <t>Docteur Nicolas LACROIX</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712074/fr/docteur-nicolas-lacroix</t>
+  </si>
+  <si>
+    <t>c_2712074</t>
+  </si>
+  <si>
+    <t>LACROIX</t>
+  </si>
+  <si>
+    <t>Docteur Wayan HEBRARD</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712109/fr/docteur-wayan-hebrard</t>
+  </si>
+  <si>
+    <t>c_2712109</t>
+  </si>
+  <si>
+    <t>HEBRARD</t>
+  </si>
+  <si>
+    <t>Wayan</t>
+  </si>
+  <si>
+    <t>Docteur Romain DEBARGE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712293/fr/docteur-romain-debarge</t>
+  </si>
+  <si>
+    <t>c_2712293</t>
+  </si>
+  <si>
+    <t>DEBARGE</t>
+  </si>
+  <si>
+    <t>Romain</t>
+  </si>
+  <si>
+    <t>Docteur Olivier POUGET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712347/fr/docteur-olivier-pouget</t>
+  </si>
+  <si>
+    <t>c_2712347</t>
+  </si>
+  <si>
+    <t>POUGET</t>
   </si>
   <si>
     <t>21 October 2021</t>
   </si>
   <si>
-    <t>CL DU DR JEAN CAUSSE COLOMBIERS</t>
-[...2464 lines deleted...]
-  <si>
     <t>CHU NIMES CAREMEAU,POLYCL ST ROCH MONTPELLIER</t>
   </si>
   <si>
     <t>30029,34075</t>
   </si>
   <si>
     <t>NIMES CEDEX 9,MONTPELLIER CEDEX 3</t>
   </si>
   <si>
     <t>300782117,340022979</t>
   </si>
   <si>
     <t>Docteur Jean-yves max BIGEON</t>
   </si>
   <si>
     <t>08/11/2016 11:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712403/fr/docteur-jean-yves-max-bigeon</t>
   </si>
   <si>
     <t>c_2712403</t>
   </si>
   <si>
     <t>BIGEON</t>
@@ -5693,4860 +5729,3648 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
-    <t>UEMO SETE (STEMO MONTPELLIER OUEST)</t>
-[...11 lines deleted...]
-    <t>83 Boulevard Camille Blanc</t>
+    <t>EHPAD LES GARRIGUES</t>
+  </si>
+  <si>
+    <t>03/03/2026 05:03:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16422_FicheESSMS/fr/ehpad-les-garrigues</t>
+  </si>
+  <si>
+    <t>16422_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Chemin De La Bergerie</t>
+  </si>
+  <si>
+    <t>34660 COURNONTERRAL</t>
+  </si>
+  <si>
+    <t>COURNONTERRAL</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>340784628</t>
+  </si>
+  <si>
+    <t>EHPAD MICHEL BELORGEOT</t>
+  </si>
+  <si>
+    <t>03/03/2026 05:07:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16493_FicheESSMS/fr/ehpad-michel-belorgeot</t>
+  </si>
+  <si>
+    <t>16493_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41 Impasse Des Moulins</t>
+  </si>
+  <si>
+    <t>34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>340784297</t>
+  </si>
+  <si>
+    <t>EHPAD LES FEUILLANTINES</t>
+  </si>
+  <si>
+    <t>25/02/2026 05:10:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16369_FicheESSMS/fr/ehpad-les-feuillantines</t>
+  </si>
+  <si>
+    <t>16369_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Rue Raoul Bayou</t>
+  </si>
+  <si>
+    <t>34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>340789718</t>
+  </si>
+  <si>
+    <t>MAS DE MONTFLOURES</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:10:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15941_FicheESSMS/fr/mas-de-montfloures</t>
+  </si>
+  <si>
+    <t>15941_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>340785013</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE FRESCATIS</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:11:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16084_FicheESSMS/fr/foyer-de-vie-frescatis</t>
+  </si>
+  <si>
+    <t>16084_FicheESSMS</t>
+  </si>
+  <si>
+    <t>202 Chemin De Portes</t>
+  </si>
+  <si>
+    <t>34220 ST PONS DE THOMIERES</t>
+  </si>
+  <si>
+    <t>ST PONS DE THOMIERES</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>340009943</t>
+  </si>
+  <si>
+    <t>FAM FRESCATIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16083_FicheESSMS/fr/fam-frescatis</t>
+  </si>
+  <si>
+    <t>16083_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>340019413</t>
+  </si>
+  <si>
+    <t>EHPAD MIREILLE VIDAL</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16107_FicheESSMS/fr/ehpad-mireille-vidal</t>
+  </si>
+  <si>
+    <t>16107_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34630 ST THIBERY</t>
+  </si>
+  <si>
+    <t>ST THIBERY</t>
+  </si>
+  <si>
+    <t>340787472</t>
+  </si>
+  <si>
+    <t>EHPAD SIMONE GILLET DEMANGEL</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:11:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16147_FicheESSMS/fr/ehpad-simone-gillet-demangel</t>
+  </si>
+  <si>
+    <t>16147_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570 Rue Rouget De L'Isle</t>
+  </si>
+  <si>
+    <t>34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>340784248</t>
+  </si>
+  <si>
+    <t>ESAT LES ATELIERS DU GARRIC</t>
+  </si>
+  <si>
+    <t>19/02/2026 05:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/16202_FicheESSMS/fr/esat-les-ateliers-du-garric</t>
+  </si>
+  <si>
+    <t>16202_FicheESSMS</t>
+  </si>
+  <si>
+    <t>287 Chemin De La Pause</t>
+  </si>
+  <si>
+    <t>34330 LA SALVETAT SUR AGOUT</t>
+  </si>
+  <si>
+    <t>LA SALVETAT SUR AGOUT</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>340781335</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DE BADONES</t>
+  </si>
+  <si>
+    <t>24/01/2026 05:03:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15679_FicheESSMS/fr/ehpad-les-jardins-de-badones</t>
+  </si>
+  <si>
+    <t>15679_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340014703</t>
+  </si>
+  <si>
+    <t>EHPAD LAURENT ANTOINE</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:12:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15431_FicheESSMS/fr/ehpad-laurent-antoine</t>
+  </si>
+  <si>
+    <t>15431_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Docteur Barral</t>
+  </si>
+  <si>
+    <t>34300 AGDE</t>
+  </si>
+  <si>
+    <t>AGDE</t>
+  </si>
+  <si>
+    <t>340788611</t>
+  </si>
+  <si>
+    <t>EHPAD L'ESTAGNOL HBT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15430_FicheESSMS/fr/ehpad-l-estagnol-hbt</t>
+  </si>
+  <si>
+    <t>15430_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Chemin De L'Estagnol</t>
+  </si>
+  <si>
+    <t>34450 VIAS</t>
+  </si>
+  <si>
+    <t>VIAS</t>
+  </si>
+  <si>
+    <t>340008788</t>
+  </si>
+  <si>
+    <t>SAAD ACTIONS SERVICES DOMICILE</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:13:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15593_FicheESSMS/fr/saad-actions-services-domicile</t>
+  </si>
+  <si>
+    <t>15593_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57 Route De Rochelongue</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>340025337</t>
+  </si>
+  <si>
+    <t>SAAD AGE D'OR SERVICES AGDE</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:13:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15625_FicheESSMS/fr/saad-age-d-or-services-agde</t>
+  </si>
+  <si>
+    <t>15625_FicheESSMS</t>
+  </si>
+  <si>
+    <t>49 Rue Voltaire</t>
+  </si>
+  <si>
+    <t>340023373</t>
+  </si>
+  <si>
+    <t>SAAD A2MICILE MONTPELLIER SUD</t>
+  </si>
+  <si>
+    <t>11/12/2025 05:13:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15152_FicheESSMS/fr/saad-a2micile-montpellier-sud</t>
+  </si>
+  <si>
+    <t>15152_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue De L'Abrivado</t>
+  </si>
+  <si>
+    <t>340025865</t>
+  </si>
+  <si>
+    <t>SAVS LE CAROUX</t>
+  </si>
+  <si>
+    <t>25/11/2025 16:18:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14875_FicheESSMS/fr/savs-le-caroux</t>
+  </si>
+  <si>
+    <t>14875_FicheESSMS</t>
+  </si>
+  <si>
+    <t>111 Lotissement Rieucros</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>340009992</t>
+  </si>
+  <si>
+    <t>SAAD AASD</t>
+  </si>
+  <si>
+    <t>23/11/2025 16:21:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14831_FicheESSMS/fr/saad-aasd</t>
+  </si>
+  <si>
+    <t>14831_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Place Alsace Lorraine</t>
+  </si>
+  <si>
+    <t>34700 LODEVE</t>
+  </si>
+  <si>
+    <t>LODEVE</t>
+  </si>
+  <si>
+    <t>340029776</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14830_FicheESSMS/fr/saad-aasd</t>
+  </si>
+  <si>
+    <t>14830_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue De Chateaudun</t>
+  </si>
+  <si>
+    <t>340027945</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14829_FicheESSMS/fr/saad-aasd</t>
+  </si>
+  <si>
+    <t>14829_FicheESSMS</t>
+  </si>
+  <si>
+    <t>68 Rue Saint Alexandre</t>
+  </si>
+  <si>
+    <t>34600 BEDARIEUX</t>
+  </si>
+  <si>
+    <t>340025469</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14828_FicheESSMS/fr/saad-aasd</t>
+  </si>
+  <si>
+    <t>14828_FicheESSMS</t>
+  </si>
+  <si>
+    <t>73 Avenue Camille Saint Saens</t>
+  </si>
+  <si>
+    <t>340024678</t>
+  </si>
+  <si>
+    <t>FV ISABELLE MARIE</t>
+  </si>
+  <si>
+    <t>16/11/2025 16:18:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14702_FicheESSMS/fr/fv-isabelle-marie</t>
+  </si>
+  <si>
+    <t>14702_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34310 QUARANTE</t>
+  </si>
+  <si>
+    <t>QUARANTE</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>340798180</t>
+  </si>
+  <si>
+    <t>EEPA PHV LE LOGIS DE HAUTE ROCHE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:19:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14247_FicheESSMS/fr/eepa-phv-le-logis-de-haute-roche</t>
+  </si>
+  <si>
+    <t>14247_FicheESSMS</t>
+  </si>
+  <si>
+    <t>400 Rue Des Fangades</t>
+  </si>
+  <si>
+    <t>34160 BOISSERON</t>
+  </si>
+  <si>
+    <t>BOISSERON</t>
+  </si>
+  <si>
+    <t>Etablissement Expérimental pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>340022987</t>
+  </si>
+  <si>
+    <t>EHPAD LE LOGIS DE HAUTE ROCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/141_FicheESSMS/fr/ehpad-le-logis-de-haute-roche</t>
+  </si>
+  <si>
+    <t>141_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340017367</t>
+  </si>
+  <si>
+    <t>EHPAD L'ECRIN DES SAGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/140_FicheESSMS/fr/ehpad-l-ecrin-des-sages</t>
+  </si>
+  <si>
+    <t>140_FicheESSMS</t>
+  </si>
+  <si>
+    <t>426 Route De Villeveyrac</t>
+  </si>
+  <si>
+    <t>34140 MEZE</t>
+  </si>
+  <si>
+    <t>MEZE</t>
+  </si>
+  <si>
+    <t>340017474</t>
+  </si>
+  <si>
+    <t>EHPAD MALBOSC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/139_FicheESSMS/fr/ehpad-malbosc</t>
+  </si>
+  <si>
+    <t>139_FicheESSMS</t>
+  </si>
+  <si>
+    <t>345 Avenue De Fes</t>
+  </si>
+  <si>
+    <t>340018092</t>
+  </si>
+  <si>
+    <t>EHPAD LA MERIDIENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/910_FicheESSMS/fr/ehpad-la-meridienne</t>
+  </si>
+  <si>
+    <t>910_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340797240</t>
+  </si>
+  <si>
+    <t>CHRS  CHAULIAC RAUZY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1791_FicheESSMS/fr/chrs-chauliac-rauzy</t>
+  </si>
+  <si>
+    <t>1791_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Rue Claude Francois</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>340782465</t>
+  </si>
+  <si>
+    <t>EHPAD LES ASTERIES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2120_FicheESSMS/fr/ehpad-les-asteries</t>
+  </si>
+  <si>
+    <t>2120_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue De La Source</t>
   </si>
   <si>
     <t>34200 SETE</t>
   </si>
   <si>
-    <t>34</t>
-[...2 lines deleted...]
-    <t>Public</t>
+    <t>340014240</t>
+  </si>
+  <si>
+    <t>EHPAD LES OLIVIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2232_FicheESSMS/fr/ehpad-les-oliviers</t>
+  </si>
+  <si>
+    <t>2232_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Quai De La Trivalle</t>
+  </si>
+  <si>
+    <t>34360 ST CHINIAN</t>
+  </si>
+  <si>
+    <t>ST CHINIAN</t>
+  </si>
+  <si>
+    <t>340781467</t>
+  </si>
+  <si>
+    <t>EHPAD LES MUSCATES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3400_FicheESSMS/fr/ehpad-les-muscates</t>
+  </si>
+  <si>
+    <t>3400_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De La Glaciere</t>
+  </si>
+  <si>
+    <t>34110 FRONTIGNAN</t>
+  </si>
+  <si>
+    <t>FRONTIGNAN</t>
+  </si>
+  <si>
+    <t>340011352</t>
+  </si>
+  <si>
+    <t>EHPAD ST JACQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3399_FicheESSMS/fr/ehpad-st-jacques</t>
+  </si>
+  <si>
+    <t>3399_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Avenue Frederic Mistral</t>
+  </si>
+  <si>
+    <t>340781434</t>
+  </si>
+  <si>
+    <t>CADA FJT CLAPAREDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3878_FicheESSMS/fr/cada-fjt-claparede</t>
+  </si>
+  <si>
+    <t>3878_FicheESSMS</t>
+  </si>
+  <si>
+    <t>138 Chemin De L'Oasis</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>340798610</t>
+  </si>
+  <si>
+    <t>UEHD MONTPELLIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4632_FicheESSMS/fr/uehd-montpellier</t>
+  </si>
+  <si>
+    <t>4632_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Avenue Maurice Planes</t>
   </si>
   <si>
     <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
   </si>
   <si>
+    <t>Etablissement de Placement</t>
+  </si>
+  <si>
+    <t>340031178</t>
+  </si>
+  <si>
+    <t>EHPAD MAS DU MOULIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4797_FicheESSMS/fr/ehpad-mas-du-moulin</t>
+  </si>
+  <si>
+    <t>4797_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34420 CERS</t>
+  </si>
+  <si>
+    <t>CERS</t>
+  </si>
+  <si>
+    <t>340789387</t>
+  </si>
+  <si>
+    <t>EHPAD VINCENT BADIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5147_FicheESSMS/fr/ehpad-vincent-badie</t>
+  </si>
+  <si>
+    <t>5147_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Avenue De Campagnan</t>
+  </si>
+  <si>
+    <t>34230 PAULHAN</t>
+  </si>
+  <si>
+    <t>PAULHAN</t>
+  </si>
+  <si>
+    <t>340786615</t>
+  </si>
+  <si>
+    <t>EHPAD LA MESANGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5237_FicheESSMS/fr/ehpad-la-mesange</t>
+  </si>
+  <si>
+    <t>5237_FicheESSMS</t>
+  </si>
+  <si>
+    <t>111 Rue Du Champ Des Roses</t>
+  </si>
+  <si>
+    <t>34560 POUSSAN</t>
+  </si>
+  <si>
+    <t>POUSSAN</t>
+  </si>
+  <si>
+    <t>340786680</t>
+  </si>
+  <si>
+    <t>EHPA LA MESANGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5236_FicheESSMS/fr/ehpa-la-mesange</t>
+  </si>
+  <si>
+    <t>5236_FicheESSMS</t>
+  </si>
+  <si>
+    <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>340023423</t>
+  </si>
+  <si>
+    <t>EHPAD LOUIS LAGET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5512_FicheESSMS/fr/ehpad-louis-laget</t>
+  </si>
+  <si>
+    <t>5512_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Des Pecheurs De Perles</t>
+  </si>
+  <si>
+    <t>34670 BAILLARGUES</t>
+  </si>
+  <si>
+    <t>BAILLARGUES</t>
+  </si>
+  <si>
+    <t>340789734</t>
+  </si>
+  <si>
+    <t>SAESAT VIA EUROPA VENDRES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5573_FicheESSMS/fr/saesat-via-europa-vendres</t>
+  </si>
+  <si>
+    <t>5573_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Avenue De L'Europe</t>
+  </si>
+  <si>
+    <t>34350 VENDRES</t>
+  </si>
+  <si>
+    <t>VENDRES</t>
+  </si>
+  <si>
+    <t>340017623</t>
+  </si>
+  <si>
+    <t>EHPAD L'ACCUEIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5726_FicheESSMS/fr/ehpad-l-accueil</t>
+  </si>
+  <si>
+    <t>5726_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Tras La Muraille</t>
+  </si>
+  <si>
+    <t>34190 GANGES</t>
+  </si>
+  <si>
+    <t>340784743</t>
+  </si>
+  <si>
+    <t>PENSION DE FAMILLE LE PATIO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/265_FicheESSMS/fr/pension-de-famille-le-patio</t>
+  </si>
+  <si>
+    <t>265_FicheESSMS</t>
+  </si>
+  <si>
+    <t>522 Avenue Des Terrasses Du Languedoc</t>
+  </si>
+  <si>
+    <t>34430 ST JEAN DE VEDAS</t>
+  </si>
+  <si>
+    <t>Maisons Relais - Pensions de Famille</t>
+  </si>
+  <si>
+    <t>340031103</t>
+  </si>
+  <si>
+    <t>EHPAD LES PINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2233_FicheESSMS/fr/ehpad-les-pins</t>
+  </si>
+  <si>
+    <t>2233_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34460 CESSENON SUR ORB</t>
+  </si>
+  <si>
+    <t>CESSENON SUR ORB</t>
+  </si>
+  <si>
+    <t>340791375</t>
+  </si>
+  <si>
+    <t>EHPAD VILLA IMPRESSA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2974_FicheESSMS/fr/ehpad-villa-impressa</t>
+  </si>
+  <si>
+    <t>2974_FicheESSMS</t>
+  </si>
+  <si>
+    <t>420 Rue Du Chateau</t>
+  </si>
+  <si>
+    <t>34790 GRABELS</t>
+  </si>
+  <si>
+    <t>GRABELS</t>
+  </si>
+  <si>
+    <t>340019512</t>
+  </si>
+  <si>
+    <t>EHPAD LES TREILLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2973_FicheESSMS/fr/ehpad-les-treilles</t>
+  </si>
+  <si>
+    <t>2973_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34610 ST GERVAIS SUR MARE</t>
+  </si>
+  <si>
+    <t>ST GERVAIS SUR MARE</t>
+  </si>
+  <si>
+    <t>340783828</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DES TUILERIES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3287_FicheESSMS/fr/ehpad-les-jardins-des-tuileries</t>
+  </si>
+  <si>
+    <t>3287_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Boulevard Du Progres</t>
+  </si>
+  <si>
+    <t>34550 BESSAN</t>
+  </si>
+  <si>
+    <t>BESSAN</t>
+  </si>
+  <si>
+    <t>340011477</t>
+  </si>
+  <si>
+    <t>UEMO BEZIERS-OUEST</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3357_FicheESSMS/fr/uemo-beziers-ouest</t>
+  </si>
+  <si>
+    <t>3357_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Quai Du Port-Neuf</t>
+  </si>
+  <si>
     <t>Service d'Intervention Educative en Milieu Ouvert</t>
   </si>
   <si>
-    <t>340031939</t>
-[...266 lines deleted...]
-    <t>14288_FicheESSMS</t>
+    <t>340031160</t>
+  </si>
+  <si>
+    <t>UEMO BEZIERS-EST</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3356_FicheESSMS/fr/uemo-beziers-est</t>
+  </si>
+  <si>
+    <t>3356_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340031244</t>
+  </si>
+  <si>
+    <t>EHPAD ANATOLE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3398_FicheESSMS/fr/ehpad-anatole-france</t>
+  </si>
+  <si>
+    <t>3398_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340787688</t>
+  </si>
+  <si>
+    <t>CAJ AUTONOME L'ECOUTILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3397_FicheESSMS/fr/caj-autonome-l-ecoutille</t>
+  </si>
+  <si>
+    <t>3397_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>340024926</t>
+  </si>
+  <si>
+    <t>EHPAD SUDALIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3529_FicheESSMS/fr/ehpad-sudalia</t>
+  </si>
+  <si>
+    <t>3529_FicheESSMS</t>
+  </si>
+  <si>
+    <t>255 Allée De La Marquerose</t>
+  </si>
+  <si>
+    <t>340014323</t>
+  </si>
+  <si>
+    <t>EHPAD  LE CHATEAU DE LA ROCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3887_FicheESSMS/fr/ehpad-le-chateau-de-la-roche</t>
+  </si>
+  <si>
+    <t>3887_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340785120</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS D'ANIANE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3955_FicheESSMS/fr/ehpad-les-jardins-d-aniane</t>
+  </si>
+  <si>
+    <t>3955_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue Lieutenant Louis Marres</t>
+  </si>
+  <si>
+    <t>34150 ANIANE</t>
+  </si>
+  <si>
+    <t>ANIANE</t>
+  </si>
+  <si>
+    <t>340018159</t>
+  </si>
+  <si>
+    <t>EHPAD LA ROUVIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4047_FicheESSMS/fr/ehpad-la-rouviere</t>
+  </si>
+  <si>
+    <t>4047_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34700 SOUBES</t>
+  </si>
+  <si>
+    <t>SOUBES</t>
+  </si>
+  <si>
+    <t>340786623</t>
+  </si>
+  <si>
+    <t>UEHC DE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4631_FicheESSMS/fr/uehc-de-montpellier</t>
+  </si>
+  <si>
+    <t>4631_FicheESSMS</t>
+  </si>
+  <si>
+    <t>238 Avenue De Lodeve</t>
+  </si>
+  <si>
+    <t>340790088</t>
+  </si>
+  <si>
+    <t>EAM ISABELLE MARIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5574_FicheESSMS/fr/eam-isabelle-marie</t>
+  </si>
+  <si>
+    <t>5574_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>340017698</t>
+  </si>
+  <si>
+    <t>EHPA LES MAISONNEES LAVALETTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6103_FicheESSMS/fr/ehpa-les-maisonnees-lavalette</t>
+  </si>
+  <si>
+    <t>6103_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Rue Ali Ben Chekhal</t>
+  </si>
+  <si>
+    <t>34090 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>340019884</t>
+  </si>
+  <si>
+    <t>FH LES GRANDS ARBRES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6313_FicheESSMS/fr/fh-les-grands-arbres</t>
+  </si>
+  <si>
+    <t>6313_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34380 VIOLS LE FORT</t>
+  </si>
+  <si>
+    <t>VIOLS LE FORT</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>340790005</t>
+  </si>
+  <si>
+    <t>MECS LES TERRES ROUGES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7237_FicheESSMS/fr/mecs-les-terres-rouges</t>
+  </si>
+  <si>
+    <t>7237_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Coutellerie</t>
+  </si>
+  <si>
+    <t>34800 CLERMONT L HERAULT</t>
+  </si>
+  <si>
+    <t>CLERMONT L HERAULT</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>340024066</t>
+  </si>
+  <si>
+    <t>EHPAD VILLA CLEMENTIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8878_FicheESSMS/fr/ehpad-villa-clementia</t>
+  </si>
+  <si>
+    <t>8878_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Pierre Lattes</t>
+  </si>
+  <si>
+    <t>340019504</t>
+  </si>
+  <si>
+    <t>SAVS LOU CAMIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8978_FicheESSMS/fr/savs-lou-camin</t>
+  </si>
+  <si>
+    <t>8978_FicheESSMS</t>
+  </si>
+  <si>
+    <t>95 Rue Pierre Flourens</t>
+  </si>
+  <si>
+    <t>340011287</t>
+  </si>
+  <si>
+    <t>GERANTO SUD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1961_FicheESSMS/fr/geranto-sud</t>
+  </si>
+  <si>
+    <t>1961_FicheESSMS</t>
+  </si>
+  <si>
+    <t>834 Avenue Du Mas Des Argelliers</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>340018902</t>
+  </si>
+  <si>
+    <t>EHPAD LES REFLETS D'ARGENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3167_FicheESSMS/fr/ehpad-les-reflets-d-argent</t>
+  </si>
+  <si>
+    <t>3167_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Hirondelles</t>
+  </si>
+  <si>
+    <t>34250 PALAVAS LES FLOTS</t>
+  </si>
+  <si>
+    <t>PALAVAS LES FLOTS</t>
+  </si>
+  <si>
+    <t>340006881</t>
+  </si>
+  <si>
+    <t>APSH 34 SPM MONTPELLIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3634_FicheESSMS/fr/apsh-34-spm-montpellier</t>
+  </si>
+  <si>
+    <t>3634_FicheESSMS</t>
+  </si>
+  <si>
+    <t>284 Avenue Professeur Jean Louis Viala</t>
+  </si>
+  <si>
+    <t>34193 MONTPELLIER CEDEX 5</t>
+  </si>
+  <si>
+    <t>340018977</t>
+  </si>
+  <si>
+    <t>APSH 34 SPM BEZIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3633_FicheESSMS/fr/apsh-34-spm-beziers</t>
+  </si>
+  <si>
+    <t>3633_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44 Avenue Jean Moulin</t>
+  </si>
+  <si>
+    <t>340018985</t>
+  </si>
+  <si>
+    <t>MECS JEAN GAILHAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4125_FicheESSMS/fr/mecs-jean-gailhac</t>
+  </si>
+  <si>
+    <t>4125_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Boulevard D'Angleterre</t>
+  </si>
+  <si>
+    <t>340784123</t>
+  </si>
+  <si>
+    <t>EHPAD LE MINERVOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4176_FicheESSMS/fr/ehpad-le-minervois</t>
+  </si>
+  <si>
+    <t>4176_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34210 OLONZAC</t>
+  </si>
+  <si>
+    <t>OLONZAC</t>
+  </si>
+  <si>
+    <t>340789221</t>
+  </si>
+  <si>
+    <t>EHPAD MONTPLAISIR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5066_FicheESSMS/fr/ehpad-montplaisir</t>
+  </si>
+  <si>
+    <t>5066_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34230 ST PARGOIRE</t>
+  </si>
+  <si>
+    <t>ST PARGOIRE</t>
+  </si>
+  <si>
+    <t>340784727</t>
+  </si>
+  <si>
+    <t>EHPAD D'AUBETERRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5519_FicheESSMS/fr/ehpad-d-aubeterre</t>
+  </si>
+  <si>
+    <t>5519_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Des Pilles</t>
+  </si>
+  <si>
+    <t>34820 TEYRAN</t>
+  </si>
+  <si>
+    <t>TEYRAN</t>
+  </si>
+  <si>
+    <t>340787860</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DU CANALET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5717_FicheESSMS/fr/ehpad-les-jardins-du-canalet</t>
+  </si>
+  <si>
+    <t>5717_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Louis Darde</t>
+  </si>
+  <si>
+    <t>34420 VILLENEUVE LES BEZIERS</t>
+  </si>
+  <si>
+    <t>VILLENEUVE LES BEZIERS</t>
+  </si>
+  <si>
+    <t>340008192</t>
+  </si>
+  <si>
+    <t>FOYER HERBERGEMENT COMPAGNONSMAGUELONE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6168_FicheESSMS/fr/foyer-herbergement-compagnonsmaguelone</t>
+  </si>
+  <si>
+    <t>6168_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340018084</t>
+  </si>
+  <si>
+    <t>FH MAGUELONE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6167_FicheESSMS/fr/fh-maguelone</t>
+  </si>
+  <si>
+    <t>6167_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340784560</t>
+  </si>
+  <si>
+    <t>FH VILLENEUVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6166_FicheESSMS/fr/fh-villeneuve</t>
+  </si>
+  <si>
+    <t>6166_FicheESSMS</t>
+  </si>
+  <si>
+    <t>110 Chemin Des Quatre Cantons</t>
+  </si>
+  <si>
+    <t>34750 VILLENEUVE LES MAGUELONE</t>
+  </si>
+  <si>
+    <t>VILLENEUVE LES MAGUELONE</t>
+  </si>
+  <si>
+    <t>340018076</t>
+  </si>
+  <si>
+    <t>ESAT LES COMPAGNONS DE MAGUELONE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6165_FicheESSMS/fr/esat-les-compagnons-de-maguelone</t>
+  </si>
+  <si>
+    <t>6165_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340782358</t>
+  </si>
+  <si>
+    <t>MAISON D'ENFANTS LES MARINIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6344_FicheESSMS/fr/maison-d-enfants-les-mariniers</t>
+  </si>
+  <si>
+    <t>6344_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Pasteur Benoit</t>
+  </si>
+  <si>
+    <t>340782440</t>
+  </si>
+  <si>
+    <t>LHSS SOLIDARITE URGENCE SETOISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6378_FicheESSMS/fr/lhss-solidarite-urgence-setoise</t>
+  </si>
+  <si>
+    <t>6378_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue Pierre Semard</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>340019439</t>
+  </si>
+  <si>
+    <t>CHRS A.B.E.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6370_FicheESSMS/fr/chrs-a-b-e-s</t>
+  </si>
+  <si>
+    <t>6370_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue William Et Catherine Booth</t>
+  </si>
+  <si>
+    <t>340784081</t>
+  </si>
+  <si>
+    <t>LHSS ABES BEZIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6369_FicheESSMS/fr/lhss-abes-beziers</t>
+  </si>
+  <si>
+    <t>6369_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340019421</t>
+  </si>
+  <si>
+    <t>SSIAD PA LA FARIGOULE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8820_FicheESSMS/fr/ssiad-pa-la-farigoule</t>
+  </si>
+  <si>
+    <t>8820_FicheESSMS</t>
+  </si>
+  <si>
+    <t>177 Rue De La Guesse</t>
+  </si>
+  <si>
+    <t>34160 CASTRIES</t>
+  </si>
+  <si>
+    <t>CASTRIES</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>340017805</t>
+  </si>
+  <si>
+    <t>ESAT LES ATELIERS DE SAPORTA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8969_FicheESSMS/fr/esat-les-ateliers-de-saporta</t>
+  </si>
+  <si>
+    <t>8969_FicheESSMS</t>
   </si>
   <si>
     <t>34970 LATTES</t>
   </si>
   <si>
     <t>LATTES</t>
   </si>
   <si>
-    <t>Etablissement Expérimental pour Adultes Handicapés</t>
-[...62 lines deleted...]
-    <t>26 Boulevard De Cantaussels</t>
+    <t>340784305</t>
+  </si>
+  <si>
+    <t>EAM LE GUILHEM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9001_FicheESSMS/fr/eam-le-guilhem</t>
+  </si>
+  <si>
+    <t>9001_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1804 Avenue Du Pere Soulas</t>
+  </si>
+  <si>
+    <t>340017987</t>
+  </si>
+  <si>
+    <t>ESAT PEYREFICADE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8982_FicheESSMS/fr/esat-peyreficade</t>
+  </si>
+  <si>
+    <t>8982_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340784370</t>
+  </si>
+  <si>
+    <t>SAESAT PEYREFICADE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8981_FicheESSMS/fr/saesat-peyreficade</t>
+  </si>
+  <si>
+    <t>8981_FicheESSMS</t>
+  </si>
+  <si>
+    <t>133 Route De La Gare</t>
+  </si>
+  <si>
+    <t>340029032</t>
+  </si>
+  <si>
+    <t>IME LES OLIVIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8979_FicheESSMS/fr/ime-les-oliviers</t>
+  </si>
+  <si>
+    <t>8979_FicheESSMS</t>
+  </si>
+  <si>
+    <t>695 Rue Des Bouisses</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>340780949</t>
+  </si>
+  <si>
+    <t>SAMSAH LES VENTS DU SUD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8977_FicheESSMS/fr/samsah-les-vents-du-sud</t>
+  </si>
+  <si>
+    <t>8977_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>340016419</t>
+  </si>
+  <si>
+    <t>FV EANM ARCHIPEL DE MASSANE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8976_FicheESSMS/fr/fv-eanm-archipel-de-massane</t>
+  </si>
+  <si>
+    <t>8976_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1855 Rue De St Priest</t>
+  </si>
+  <si>
+    <t>340015536</t>
+  </si>
+  <si>
+    <t>FAM LE HAMEAU DES HORIZONS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8974_FicheESSMS/fr/fam-le-hameau-des-horizons</t>
+  </si>
+  <si>
+    <t>8974_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41 Plam Des Garrigues</t>
+  </si>
+  <si>
+    <t>34830 CLAPIERS</t>
+  </si>
+  <si>
+    <t>CLAPIERS</t>
+  </si>
+  <si>
+    <t>340798420</t>
+  </si>
+  <si>
+    <t>FAM LES FONTAINES D'O</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8972_FicheESSMS/fr/fam-les-fontaines-d-o</t>
+  </si>
+  <si>
+    <t>8972_FicheESSMS</t>
+  </si>
+  <si>
+    <t>71 Rue Henri Nogueres</t>
+  </si>
+  <si>
+    <t>340015064</t>
+  </si>
+  <si>
+    <t>SESSAD BOURNEVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8971_FicheESSMS/fr/sessad-bourneville</t>
+  </si>
+  <si>
+    <t>8971_FicheESSMS</t>
+  </si>
+  <si>
+    <t>120 Rue Du Mas Prunet</t>
+  </si>
+  <si>
+    <t>34077 MONTPELLIER CEDEX 3</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>340798321</t>
+  </si>
+  <si>
+    <t>ITEP LE LANGUEDOC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8970_FicheESSMS/fr/itep-le-languedoc</t>
+  </si>
+  <si>
+    <t>8970_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Rue Du Mazet</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>340780956</t>
+  </si>
+  <si>
+    <t>EHPAD TERRE BLANCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9274_FicheESSMS/fr/ehpad-terre-blanche</t>
+  </si>
+  <si>
+    <t>9274_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34370 MARAUSSAN</t>
+  </si>
+  <si>
+    <t>MARAUSSAN</t>
+  </si>
+  <si>
+    <t>340017326</t>
+  </si>
+  <si>
+    <t>IME LA PINEDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9660_FicheESSMS/fr/ime-la-pinede</t>
+  </si>
+  <si>
+    <t>9660_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34830 JACOU</t>
+  </si>
+  <si>
+    <t>JACOU</t>
+  </si>
+  <si>
+    <t>340781046</t>
+  </si>
+  <si>
+    <t>EHPAD LOUIS FONOLL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10305_FicheESSMS/fr/ehpad-louis-fonoll</t>
+  </si>
+  <si>
+    <t>10305_FicheESSMS</t>
   </si>
   <si>
     <t>34440 NISSAN LEZ ENSERUNE</t>
   </si>
   <si>
     <t>NISSAN LEZ ENSERUNE</t>
   </si>
   <si>
-    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
-[...320 lines deleted...]
-    <t>3049_FicheESSMS</t>
+    <t>340017359</t>
+  </si>
+  <si>
+    <t>EAM MONTFLOURES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10723_FicheESSMS/fr/eam-montfloures</t>
+  </si>
+  <si>
+    <t>10723_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340015577</t>
+  </si>
+  <si>
+    <t>SSIAD MFGS ASPIRAN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11624_FicheESSMS/fr/ssiad-mfgs-aspiran</t>
+  </si>
+  <si>
+    <t>11624_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Du Chemin Neuf</t>
+  </si>
+  <si>
+    <t>34800 ASPIRAN</t>
+  </si>
+  <si>
+    <t>ASPIRAN</t>
+  </si>
+  <si>
+    <t>340018332</t>
+  </si>
+  <si>
+    <t>EHPAD LES ROMARINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11619_FicheESSMS/fr/ehpad-les-romarins</t>
+  </si>
+  <si>
+    <t>11619_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Rue Des Oliviers</t>
+  </si>
+  <si>
+    <t>34560 VILLEVEYRAC</t>
+  </si>
+  <si>
+    <t>VILLEVEYRAC</t>
+  </si>
+  <si>
+    <t>340018134</t>
+  </si>
+  <si>
+    <t>IME RAYMOND FAGES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11800_FicheESSMS/fr/ime-raymond-fages</t>
+  </si>
+  <si>
+    <t>11800_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340780345</t>
+  </si>
+  <si>
+    <t>CHRS SOLIDARITE URGENCE SETOISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12685_FicheESSMS/fr/chrs-solidarite-urgence-setoise</t>
+  </si>
+  <si>
+    <t>12685_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340015783</t>
+  </si>
+  <si>
+    <t>EHPAD YVES COUZY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12834_FicheESSMS/fr/ehpad-yves-couzy</t>
+  </si>
+  <si>
+    <t>12834_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34725 ST ANDRE DE SANGONIS</t>
+  </si>
+  <si>
+    <t>ST ANDRE DE SANGONIS</t>
+  </si>
+  <si>
+    <t>340786797</t>
+  </si>
+  <si>
+    <t>Département de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Code Finess de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Équipe accréditée</t>
+  </si>
+  <si>
+    <t>Équipe de Radiologie et Imagerie médicale ICM MONTPELLIER  (34)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808574/fr/equipe-de-radiologie-et-imagerie-medicale-icm-montpellier-34</t>
+  </si>
+  <si>
+    <t>p_3808574</t>
+  </si>
+  <si>
+    <t>06 December 2025</t>
+  </si>
+  <si>
+    <t>Docteur MATHIEU TEBOUL, Docteur RAPHAEL TETREAU, Docteur GUILLAUME LAFFARGUE, Docteur CORRADO ROVANI</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie viscérale et digestive CH BEZIERS  (34)</t>
+  </si>
+  <si>
+    <t>14/10/2024 15:31:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547827/fr/equipe-de-chirurgie-viscerale-et-digestive-ch-beziers-34</t>
+  </si>
+  <si>
+    <t>p_3547827</t>
+  </si>
+  <si>
+    <t>02 October 2024</t>
+  </si>
+  <si>
+    <t>Docteur Laurent PASSEBOIS, Docteur MARIE SELVY, Docteur ANTOINE GAUTIER, Docteur ANDREAS KUBO, Docteur Giorgia MASTRONICOLA</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CL CLEMENTVILLE MONTPELLIER  (34)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540557/fr/equipe-d-anesthesie-reanimation-cl-clementville-montpellier-34</t>
+  </si>
+  <si>
+    <t>p_3540557</t>
+  </si>
+  <si>
+    <t>25 July 2024</t>
+  </si>
+  <si>
+    <t>Docteur ROMAN ROZOV, Docteur PAUL MAMENI, Docteur GEORGES ROBIN, Docteur ROMAIN DELANNOY, Docteur MARGAUX ARTIGUENAVE, Docteur ISABELLE GAUDET-FERRAND, Docteur Komlan-jacques ALAWOE, Docteur Nikolaos  SURCIN-TSEKOURAS, Docteur SEVERIN RAMIN, Docteur CHARLOTTE VANNUCCI</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique CL ST JEAN SUD DE FRANCE  (34)</t>
+  </si>
+  <si>
+    <t>22/04/2024 16:31:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3509521/fr/equipe-de-chirurgie-urologique-cl-st-jean-sud-de-france-34</t>
+  </si>
+  <si>
+    <t>p_3509521</t>
+  </si>
+  <si>
+    <t>13 April 2024</t>
+  </si>
+  <si>
+    <t>Docteur SAMER ABDEL-HAMID, Docteur BRUNO SEGUI, Docteur Vincent ABD EL FATTAH, Docteur Nicolas KORAHANIS</t>
+  </si>
+  <si>
+    <t>Équipe de Radiologie et Imagerie médicale HOPITAL ARNAUD DE VILLENEUVE CHU MPT  (34)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3510536/fr/equipe-de-radiologie-et-imagerie-medicale-hopital-arnaud-de-villeneuve-chu-mpt-34</t>
+  </si>
+  <si>
+    <t>p_3510536</t>
+  </si>
+  <si>
+    <t>30 January 2024</t>
+  </si>
+  <si>
+    <t>Professeur HELENE VERNHET, Docteur JULIETTE VANOVERSCHELDE, Docteur SEBASTIEN BOMMART, Docteur VALERIE MONNIN-BARES, Docteur HAMID ZARQANE</t>
+  </si>
+  <si>
+    <t>Équipe de Radiologie et Imagerie médicale HOPITAL LAPEYRONIE CHU MONTPELLIER  (34)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3378448/fr/equipe-de-radiologie-et-imagerie-medicale-hopital-lapeyronie-chu-montpellier-34</t>
+  </si>
+  <si>
+    <t>p_3378448</t>
+  </si>
+  <si>
+    <t>08 September 2022</t>
+  </si>
+  <si>
+    <t>Professeur CATHERINE CYTEVAL, Docteur Juliette COUTUREAU, Docteur Ugo CHAMARD--CHAMPLIAUD, Docteur CAROLINE MANDOUL, Docteur MARIE-PIERRE BARON-SARRABERE, Docteur YANN THOUVENIN, Docteur EMMANUELLE PAGES BOUIC, Docteur CLAIRE FAGET, Professeur INGRID MILLET, Docteur Quentin DURAND, Professeur PATRICE TAOUREL, Docteur CECILE VERHEYDEN, Docteur MARIE CURROS-DOYON, Docteur JESSICA DELEBECQ</t>
+  </si>
+  <si>
+    <t>Équipe de Radiologie et Imagerie médicale CH BEZIERS  (34)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3355994/fr/equipe-de-radiologie-et-imagerie-medicale-ch-beziers-34</t>
+  </si>
+  <si>
+    <t>p_3355994</t>
+  </si>
+  <si>
+    <t>11 June 2022</t>
+  </si>
+  <si>
+    <t>Docteur SAMIR BENDAHOU, Docteur Lucian SAFTOIU, Docteur JEAN-CHRISTOPHE THIBAUD, Docteur NATACHA FABRE-DUPREZ, Docteur GABRIEL RAZAKAMAHEFA, Docteur Jihane ALOUI, Docteur JEAN-LOUIS KHODR, Docteur GILLES ROUAUD, Docteur MARTINE JACOTIN</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CL DU MILLENAIRE MONTPELLIER  (34)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319164/fr/equipe-d-anesthesie-reanimation-cl-du-millenaire-montpellier-34</t>
+  </si>
+  <si>
+    <t>p_3319164</t>
+  </si>
+  <si>
+    <t>10 October 2023</t>
+  </si>
+  <si>
+    <t>Docteur Arnaud ROUSSIAUX, Docteur Constantin HALCHINI, Docteur NICOLAS DUCROCQ, Docteur MARION LALANDE, Docteur Jean-yves max BIGEON, Docteur Ilham AGLIME, Docteur PIERRE SENTENAC, Docteur EMMANUEL LORNE, Docteur CHRISTELLE CHARPENTIER, Docteur Aurélien CANON, Docteur Vincent BERTHOD</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation POLYCL ST PRIVAT BOUJAN SUR LIBRON  (34)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319196/fr/equipe-d-anesthesie-reanimation-polycl-st-privat-boujan-sur-libron-34</t>
+  </si>
+  <si>
+    <t>p_3319196</t>
+  </si>
+  <si>
+    <t>21 November 2025</t>
+  </si>
+  <si>
+    <t>Docteur SOPHIE ANSELIN, Docteur Jean-pierre MULLER, Docteur JORDY BONFILS, Docteur SIDI MOHAMMED BENHALIMA, Docteur SERTAC KARATAS, Docteur Thibaut PAILLET, Docteur MOHAMAD CHEHAB, Docteur ARTURO CALVINO IGLESIAS</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CL DU PARC CASTELNAU LE LEZ  (34)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:34:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319340/fr/equipe-d-anesthesie-reanimation-cl-du-parc-castelnau-le-lez-34</t>
+  </si>
+  <si>
+    <t>p_3319340</t>
+  </si>
+  <si>
+    <t>01 November 2023</t>
+  </si>
+  <si>
+    <t>Docteur GEORGES BRUNAT, Docteur Antoine PIANEZZA, Docteur Jean michel JULIA, Docteur Alexandre LAPLACE-BUILHE, Docteur DELPHINE CANDILLE, Docteur MARC ALEZRAH, Docteur ETIENNE IMHOFF, Docteur OLIVIER ATTARD, Docteur MATTHIEU PONROUCH, Docteur PIERRE CAVADORE</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:35:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319381/fr/equipe-d-anesthesie-reanimation-cl-du-millenaire-montpellier-34</t>
+  </si>
+  <si>
+    <t>p_3319381</t>
+  </si>
+  <si>
+    <t>19 December 2025</t>
+  </si>
+  <si>
+    <t>Docteur FRANCOIS-XAVIER DONNETTE, Docteur FABIEN FEDIDE, Docteur Rachid CHOUKHI, Docteur Matthieu PARNEIX, Docteur Bertrand ABBAL, Docteur Yannael COISEL, Docteur ERIC HATTERER, Docteur MEHDI OULD-CHIKH</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CLINIQUE SAINT JEAN  (34)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:35:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319541/fr/equipe-d-anesthesie-reanimation-clinique-saint-jean-34</t>
+  </si>
+  <si>
+    <t>p_3319541</t>
+  </si>
+  <si>
+    <t>23 January 2025</t>
+  </si>
+  <si>
+    <t>Docteur Aurélien BONNAL, Docteur JIBRIL NOURI, Docteur THOMAS PILLANT, Docteur ANNE GOURARI, Docteur Matthieu CARBONNEL, Docteur ROMAIN AUBERTIN, Docteur Nicolas BOUIC, Docteur MICHEL ESCRIVA, Docteur CHRISTOPHE PECCOUX</t>
+  </si>
+  <si>
+    <t>Équipe de Radiologie et Imagerie médicale CRP IMAGERIE MEDICALE SITE CL DU PARC  (34)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:36:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320001/fr/equipe-de-radiologie-et-imagerie-medicale-crp-imagerie-medicale-site-cl-du-parc-34</t>
+  </si>
+  <si>
+    <t>p_3320001</t>
+  </si>
+  <si>
+    <t>20 May 2025</t>
+  </si>
+  <si>
+    <t>CRP IMAGERIE MEDICALE SITE CL DU PARC</t>
+  </si>
+  <si>
+    <t>Docteur OLIVIER JAULMES, Docteur CHRYSTEL CONSTANS, Docteur OLIVIER CLARET, Docteur ANNE VENDRELL, Docteur MARIE-HELENE COPPOLA, Docteur ANTOINE MICHEAU, Docteur ERIC DECOUX, Docteur XAVIER STEFANOVIC, Docteur FLORENCE DI RUGGIERO, Docteur SAMUEL MERIGEAUD, Docteur LAURENT ZRIHEN, Docteur YVES AUGE, Docteur SOPHIE MENJOT DE CHAMPFLEUR, Docteur DELPHINE BOUTOT, Docteur JEAN-FRANCOIS VENDRELL, Docteur SOPHIE AUFORT, Docteur DENIS HOA</t>
+  </si>
+  <si>
+    <t>Équipe de Radiologie et Imagerie médicale CL CLEMENTVILLE MONTPELLIER  (34)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:36:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320236/fr/equipe-de-radiologie-et-imagerie-medicale-cl-clementville-montpellier-34</t>
+  </si>
+  <si>
+    <t>p_3320236</t>
+  </si>
+  <si>
+    <t>07 December 2021</t>
+  </si>
+  <si>
+    <t>Docteur ANNE FONTAINE-CARRERE, Docteur AHMED LARBI, Docteur NATHALIE RAGU, Docteur CECILE GRANIER, Docteur JULIE LONJON, Docteur ADELINE GASNER, Docteur NICOLAS KESSLER, Docteur KAMIL BENNANI, Docteur PAUL BENAZECH, Docteur JEROME BENIS</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU MAS DE ROCHET</t>
+  </si>
+  <si>
+    <t>19/02/2026 14:08:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1114_FicheEtablissement/fr/cl-du-mas-de-rochet-castelnau-le-lez</t>
+  </si>
+  <si>
+    <t>1114_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>563 Avenue Georges Freche</t>
+  </si>
+  <si>
+    <t>34172 CASTELNAU LE LEZ</t>
+  </si>
+  <si>
+    <t>0467331033</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>340781608</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT ANTOINE MONTARNAUD</t>
+  </si>
+  <si>
+    <t>11/02/2026 11:01:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1110_FicheEtablissement/fr/cl-st-antoine</t>
+  </si>
+  <si>
+    <t>1110_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>34570 MONTARNAUD</t>
+  </si>
+  <si>
+    <t>MONTARNAUD</t>
+  </si>
+  <si>
+    <t>0467029110</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>340780790</t>
+  </si>
+  <si>
+    <t>CLINIQUE STELLA</t>
+  </si>
+  <si>
+    <t>17/12/2025 13:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1109_FicheEtablissement/fr/cl-stella-verargues</t>
+  </si>
+  <si>
+    <t>1109_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>34400 ENTRE VIGNES</t>
+  </si>
+  <si>
+    <t>ENTRE VIGNES</t>
+  </si>
+  <si>
+    <t>0499636363</t>
+  </si>
+  <si>
+    <t>340780782</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU MILLENAIRE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>12/11/2025 11:53:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1079_FicheEtablissement/fr/cl-du-millenaire-montpellier</t>
+  </si>
+  <si>
+    <t>1079_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>220 Boulevard Penelope</t>
+  </si>
+  <si>
+    <t>34960 MONTPELLIER CEDEX 2</t>
+  </si>
+  <si>
+    <t>0499536000</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Réanimation</t>
+  </si>
+  <si>
+    <t>CLINIQUE MUTUALISTE JEAN LEON</t>
+  </si>
+  <si>
+    <t>29/09/2025 17:08:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1111_FicheEtablissement/fr/cl-mut-jean-leon-la-grande-motte</t>
+  </si>
+  <si>
+    <t>1111_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>322 Allée Des Jardins</t>
+  </si>
+  <si>
+    <t>34280 LA GRANDE MOTTE</t>
+  </si>
+  <si>
+    <t>LA GRANDE MOTTE</t>
+  </si>
+  <si>
+    <t>0467290800</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>340780816</t>
+  </si>
+  <si>
+    <t>HAD BEZIERS HOSPITALISATION A DOMICILE GROUPE AXE SANTE</t>
+  </si>
+  <si>
+    <t>25/06/2025 12:16:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1081_FicheEtablissement/fr/had-beziers-had</t>
+  </si>
+  <si>
+    <t>1081_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>37 Avenue Enseigne Albertini</t>
+  </si>
+  <si>
+    <t>0467261352</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>340016476</t>
+  </si>
+  <si>
+    <t>NEPHROLOGIE DIALYSE UAD PAYS D'AGDE</t>
+  </si>
+  <si>
+    <t>25/06/2025 10:16:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3740_FicheEtablissement/fr/nephrologie-dialyse-uad-pays-d-agde</t>
+  </si>
+  <si>
+    <t>3740_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>28 Rue Raymond Aris</t>
+  </si>
+  <si>
+    <t>0499432615</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>340017292</t>
+  </si>
+  <si>
+    <t>NEPHROLOGIE DIALYSE CENTRE SAINT GUILHEM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3730_FicheEtablissement/fr/nephrologie-dialyse-st-guilhem-sete</t>
+  </si>
+  <si>
+    <t>3730_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467749841</t>
+  </si>
+  <si>
+    <t>340009539</t>
+  </si>
+  <si>
+    <t>CLINIQUE CHAMPEAU MEDITERRANEE GROUPE AXE SANTE</t>
+  </si>
+  <si>
+    <t>19/06/2025 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1078_FicheEtablissement/fr/cl-champeau-mediterranee-beziers</t>
+  </si>
+  <si>
+    <t>1078_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>32 Avenue Enseigne Albertini</t>
+  </si>
+  <si>
+    <t>34535 BEZIERS</t>
+  </si>
+  <si>
+    <t>0467091920</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>HOSPITALISATION A DOMICILE HOME SANTE 34</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:49:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1084_FicheEtablissement/fr/had-home-sante-34</t>
+  </si>
+  <si>
+    <t>1084_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>381 Avenue Du Mas D'Argelliers</t>
+  </si>
+  <si>
+    <t>0499536595</t>
+  </si>
+  <si>
+    <t>340017847</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>CLINIQUE LA PERGOLA NEURO PSY</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:53:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1089_FicheEtablissement/fr/cl-la-pergola-beziers</t>
+  </si>
+  <si>
+    <t>1089_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Ferdinand De Lesseps</t>
+  </si>
+  <si>
+    <t>0467092010</t>
+  </si>
+  <si>
+    <t>340780121</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE BEDARIEUX (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:53:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1098_FicheEtablissement/fr/ch-bedarieux</t>
+  </si>
+  <si>
+    <t>1098_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467955151</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>340780444</t>
+  </si>
+  <si>
+    <t>CENTRE DE LONG SEJOUR DU CENTRE HOSPITALIER DE BEDARIEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1122_FicheEtablissement/fr/usld-ch-bedarieux</t>
+  </si>
+  <si>
+    <t>1122_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>2 Allée Noemie Berthomieu</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>340788595</t>
+  </si>
+  <si>
+    <t>HDJ AMBU CESPA CLINIQUE SAINT CLEMENT</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:50:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7700_FicheEtablissement/fr/hdj-ambu-cespa-cl-st-clement</t>
+  </si>
+  <si>
+    <t>7700_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>115 Avenue St Sauveur Du Pin</t>
+  </si>
+  <si>
+    <t>34980 ST CLEMENT DE RIVIERE</t>
+  </si>
+  <si>
+    <t>ST CLEMENT DE RIVIERE</t>
+  </si>
+  <si>
+    <t>0467147676</t>
+  </si>
+  <si>
+    <t>340010149</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE PASTEUR</t>
+  </si>
+  <si>
+    <t>20/05/2025 19:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1092_FicheEtablissement/fr/polycl-pasteur-pezenas</t>
+  </si>
+  <si>
+    <t>1092_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Pasteur</t>
+  </si>
+  <si>
+    <t>34120 PEZENAS</t>
+  </si>
+  <si>
+    <t>PEZENAS</t>
+  </si>
+  <si>
+    <t>0467904142</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>340780154</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT LOUIS</t>
+  </si>
+  <si>
+    <t>30/04/2025 13:55:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1104_FicheEtablissement/fr/cl-st-louis-ganges</t>
+  </si>
+  <si>
+    <t>1104_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>13 Place Joseph Boudouresques</t>
+  </si>
+  <si>
+    <t>0467816800</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU PARC</t>
+  </si>
+  <si>
+    <t>25/04/2025 17:27:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1102_FicheEtablissement/fr/cl-du-parc-castelnau-le-lez</t>
+  </si>
+  <si>
+    <t>1102_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>50 Rue Emile Combes</t>
+  </si>
+  <si>
+    <t>34171 CASTELNAU LE LEZ</t>
+  </si>
+  <si>
+    <t>0467331331</t>
+  </si>
+  <si>
+    <t>MAISON DE REPOS LE COLOMBIER</t>
+  </si>
+  <si>
+    <t>27/03/2025 18:53:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1096_FicheEtablissement/fr/mr-le-colombier-lamalou-les-bains</t>
+  </si>
+  <si>
+    <t>1096_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Avenue Boissier</t>
+  </si>
+  <si>
+    <t>34240 LAMALOU LES BAINS</t>
+  </si>
+  <si>
+    <t>LAMALOU LES BAINS</t>
+  </si>
+  <si>
+    <t>0467233150</t>
+  </si>
+  <si>
+    <t>340780253</t>
+  </si>
+  <si>
+    <t>CLINIQUE RECH MONTPELLIER</t>
+  </si>
+  <si>
+    <t>27/03/2025 18:58:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1107_FicheEtablissement/fr/cl-rech-montpellier</t>
+  </si>
+  <si>
+    <t>1107_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>9 Avenue Charles Flahault</t>
+  </si>
+  <si>
+    <t>0499619265</t>
+  </si>
+  <si>
+    <t>340780758</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU SOUFFLE LA VALLONIE</t>
+  </si>
+  <si>
+    <t>25/03/2025 09:34:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1100_FicheEtablissement/fr/cl-du-souffle-la-vallonie-lodeve</t>
+  </si>
+  <si>
+    <t>1100_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>800 Avenue Joseph Vallot</t>
+  </si>
+  <si>
+    <t>0467888481</t>
+  </si>
+  <si>
+    <t>340780568</t>
+  </si>
+  <si>
+    <t>CLINIQUE LE CASTELET</t>
+  </si>
+  <si>
+    <t>08/03/2025 08:53:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1112_FicheEtablissement/fr/cl-le-castelet-st-jean-de-vedas</t>
+  </si>
+  <si>
+    <t>1112_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18 Avenue Georges Clemenceau</t>
+  </si>
+  <si>
+    <t>0467078989</t>
+  </si>
+  <si>
+    <t>340780857</t>
+  </si>
+  <si>
+    <t>07/02/2025 13:19:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1087_FicheEtablissement/fr/polycl-st-roch-montpellier</t>
+  </si>
+  <si>
+    <t>1087_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>560 Avenue Du Colonel Andre Pavelet</t>
+  </si>
+  <si>
+    <t>34075 MONTPELLIER CEDEX 3</t>
+  </si>
+  <si>
+    <t>0467612780</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Chirurgie, Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DES TROIS VALLEES</t>
+  </si>
+  <si>
+    <t>07/02/2025 13:20:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1091_FicheEtablissement/fr/polycl-des-trois-vallees-bedarieux</t>
+  </si>
+  <si>
+    <t>1091_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Route St Pons</t>
+  </si>
+  <si>
+    <t>0467955656</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE BEZIERS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1065_FicheEtablissement/fr/ch-beziers</t>
+  </si>
+  <si>
+    <t>1065_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Valentin Hauy</t>
+  </si>
+  <si>
+    <t>34525 BEZIERS</t>
+  </si>
+  <si>
+    <t>0467357035</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>INSTITUT SAINT PIERRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1064_FicheEtablissement/fr/institut-st-pierre-palavas-les-flots</t>
+  </si>
+  <si>
+    <t>1064_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>371 Avenue De L'Eveche De Maguelone</t>
+  </si>
+  <si>
+    <t>0467077500</t>
+  </si>
+  <si>
+    <t>340000025</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE SAINT PONS DE THOMIERES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1067_FicheEtablissement/fr/ch-st-pons-de-thomieres</t>
+  </si>
+  <si>
+    <t>1067_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467974100</t>
+  </si>
+  <si>
+    <t>340000181</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE PEZENAS (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1066_FicheEtablissement/fr/ch-pezenas</t>
+  </si>
+  <si>
+    <t>1066_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Rue Henri Reboul</t>
+  </si>
+  <si>
+    <t>0467354040</t>
+  </si>
+  <si>
+    <t>340000173</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE LODEVE (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1069_FicheEtablissement/fr/ch-lodeve</t>
+  </si>
+  <si>
+    <t>1069_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>13 Boulevard Pasteur</t>
+  </si>
+  <si>
+    <t>34702 LODEVE</t>
+  </si>
+  <si>
+    <t>0467883006</t>
+  </si>
+  <si>
+    <t>340000215</t>
+  </si>
+  <si>
+    <t>INSTITUT REGIONAL DU CANCER DE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1068_FicheEtablissement/fr/icm-montpellier</t>
+  </si>
+  <si>
+    <t>1068_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>208 Rue Des Apothicaires</t>
+  </si>
+  <si>
+    <t>34298 MONTPELLIER CEDEX 5</t>
+  </si>
+  <si>
+    <t>0467613112</t>
+  </si>
+  <si>
+    <t>CLCC</t>
+  </si>
+  <si>
+    <t>CENTRE ORTHOPEDIE MAGUELONNE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1073_FicheEtablissement/fr/ctre-orthopedique-maguelone-castelnau</t>
+  </si>
+  <si>
+    <t>1073_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>845 Avenue Georges Freche</t>
+  </si>
+  <si>
+    <t>34170 CASTELNAU LE LEZ</t>
+  </si>
+  <si>
+    <t>0467147979</t>
+  </si>
+  <si>
+    <t>340000439</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE CLERMONT L'HERAULT (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1072_FicheEtablissement/fr/ch-clermont-l-herault</t>
+  </si>
+  <si>
+    <t>1072_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467888990</t>
+  </si>
+  <si>
+    <t>340000249</t>
+  </si>
+  <si>
+    <t>CH LUNEL (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1071_FicheEtablissement/fr/ch-lunel</t>
+  </si>
+  <si>
+    <t>1071_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>34403 LUNEL</t>
+  </si>
+  <si>
+    <t>0467877100</t>
+  </si>
+  <si>
+    <t>HOPITAL SAINT CLAIR LES HOPITAUX DU BASSIN DE THAU SETE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1070_FicheEtablissement/fr/hopital-st-clair-sete-hbt</t>
+  </si>
+  <si>
+    <t>1070_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>34207 SETE</t>
+  </si>
+  <si>
+    <t>0467465757</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE ANTONIN BALMES CHU MONTPELLIER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1076_FicheEtablissement/fr/centre-antonin-balmes-chu-montpellier</t>
+  </si>
+  <si>
+    <t>1076_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>39 Avenue Charles Flahault</t>
+  </si>
+  <si>
+    <t>34295 MONTPELLIER CEDEX 5</t>
+  </si>
+  <si>
+    <t>0467336733</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Médecine, Soins de longue durée, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>340008275</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALISE DU HAUT LANGUEDOC CH ST PONS DE THOMIERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1075_FicheEtablissement/fr/ctre-spec-haut-languedoc-ch-st-pons</t>
+  </si>
+  <si>
+    <t>1075_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467974300</t>
+  </si>
+  <si>
+    <t>340008176</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU PIC SAINT LOUP</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1077_FicheEtablissement/fr/cl-pic-st-loup-st-clement-de-riviere</t>
+  </si>
+  <si>
+    <t>1077_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>96 Avenue St Sauveur Du Pin</t>
+  </si>
+  <si>
+    <t>0467147500</t>
+  </si>
+  <si>
+    <t>340009018</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE SAINT PRIVAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1080_FicheEtablissement/fr/polycl-st-privat-boujan-sur-libron</t>
+  </si>
+  <si>
+    <t>1080_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>10 Rue De La Margeride</t>
+  </si>
+  <si>
+    <t>34760 BOUJAN SUR LIBRON</t>
+  </si>
+  <si>
+    <t>0467354600</t>
+  </si>
+  <si>
+    <t>ADENE HOSPITALISATION A DOMICILE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1083_FicheEtablissement/fr/adene-had-montpellier</t>
+  </si>
+  <si>
+    <t>1083_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>69 Rue Jean Giroux</t>
+  </si>
+  <si>
+    <t>0467104856</t>
+  </si>
+  <si>
+    <t>340017839</t>
+  </si>
+  <si>
+    <t>SOINS DE SUITE ET DE READAPTATION CH DE BEZIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1082_FicheEtablissement/fr/ssr-ch-beziers</t>
+  </si>
+  <si>
+    <t>1082_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Boulevard Perreal</t>
+  </si>
+  <si>
+    <t>340017771</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE BOURGES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1085_FicheEtablissement/fr/crf-bourges-castelnau-le-lez</t>
+  </si>
+  <si>
+    <t>1085_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>150 Avenue Clement Ader</t>
+  </si>
+  <si>
+    <t>0430631800</t>
+  </si>
+  <si>
+    <t>340019090</t>
+  </si>
+  <si>
+    <t>CLINIQUE D'OTOLOGIE DU DOCTEUR JEAN CAUSSE GROUPE AXE SANTE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1090_FicheEtablissement/fr/cl-du-dr-jean-causse-colombiers</t>
+  </si>
+  <si>
+    <t>1090_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Traverse De Beziers</t>
   </si>
   <si>
     <t>34440 COLOMBIERS</t>
   </si>
   <si>
-    <t>340789742</t>
-[...1439 lines deleted...]
-    <t>1885 Rue De St Priest</t>
+    <t>0467356321</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT JEAN SUD DE FRANCE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1088_FicheEtablissement/fr/cl-st-jean-sud-de-france</t>
+  </si>
+  <si>
+    <t>1088_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Place De L'Europe</t>
+  </si>
+  <si>
+    <t>34433 ST JEAN DE VEDAS</t>
+  </si>
+  <si>
+    <t>0467010101</t>
+  </si>
+  <si>
+    <t>CENTRE DE REEDUCATION FONCTIONNELLE VAL D'ORB</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1093_FicheEtablissement/fr/crf-le-val-d-orb-boujan-sur-libron</t>
+  </si>
+  <si>
+    <t>1093_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467496749</t>
+  </si>
+  <si>
+    <t>340780196</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER PAUL COSTE FLORET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1095_FicheEtablissement/fr/ch-paul-coste-floret-lamalou-les-bains</t>
+  </si>
+  <si>
+    <t>1095_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Avenue Georges Clemenceau</t>
+  </si>
+  <si>
+    <t>0467235500</t>
+  </si>
+  <si>
+    <t>340780220</t>
+  </si>
+  <si>
+    <t>CENTRE DE REEDUCATION FONCTIONNELLE STER LAMALOU LES BAINS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1094_FicheEtablissement/fr/crf-ster-lamalou-les-bains</t>
+  </si>
+  <si>
+    <t>1094_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>9 Avenue Du Docteur Jean Ster</t>
+  </si>
+  <si>
+    <t>0467235050</t>
+  </si>
+  <si>
+    <t>340780212</t>
+  </si>
+  <si>
+    <t>CHS LA COLOMBIERE CHU MONTPELLIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1099_FicheEtablissement/fr/chs-la-colombiere-chu-montpellier</t>
+  </si>
+  <si>
+    <t>1099_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Médecine, Psychiatrie</t>
+  </si>
+  <si>
+    <t>340780485</t>
+  </si>
+  <si>
+    <t>HOPITAL SAINT LOUP HOPITAUX BASSIN THAU AGDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1097_FicheEtablissement/fr/hopital-st-loup-agde-hbt</t>
+  </si>
+  <si>
+    <t>1097_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0499442000</t>
+  </si>
+  <si>
+    <t>340780436</t>
+  </si>
+  <si>
+    <t>CLINIQUE BEAU SOLEIL MONTPELLIER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1101_FicheEtablissement/fr/cl-beau-soleil</t>
+  </si>
+  <si>
+    <t>1101_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>119 Avenue De Lodeve</t>
+  </si>
+  <si>
+    <t>0467759999</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE SAINTE THERESE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1106_FicheEtablissement/fr/polycl-ste-therese-sete</t>
+  </si>
+  <si>
+    <t>1106_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>6 Quai Du Mas Coulet</t>
+  </si>
+  <si>
+    <t>0467463600</t>
+  </si>
+  <si>
+    <t>CLINIQUE VIA DOMITIA</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1105_FicheEtablissement/fr/cl-via-domitia-pole-sante-de-lunel</t>
+  </si>
+  <si>
+    <t>1105_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>34400 LUNEL</t>
+  </si>
+  <si>
+    <t>0467919200</t>
+  </si>
+  <si>
+    <t>HC AMBU ADULTE ENF ADO PEDOPSY CL LIRONDE ST CLEMENT RIVIERE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1108_FicheEtablissement/fr/hc-ambu-adult-ea-pedopsy-cl-la-lironde</t>
+  </si>
+  <si>
+    <t>1108_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467593200</t>
+  </si>
+  <si>
+    <t>340780766</t>
+  </si>
+  <si>
+    <t>CENTRE PSYCHOTHERAPIQUE SAINT MARTIN DU VIGNOGOUL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1113_FicheEtablissement/fr/cl-st-martin-vignogoul-pignan</t>
+  </si>
+  <si>
+    <t>1113_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>34570 PIGNAN</t>
+  </si>
+  <si>
+    <t>PIGNAN</t>
+  </si>
+  <si>
+    <t>0467078686</t>
+  </si>
+  <si>
+    <t>340780931</t>
+  </si>
+  <si>
+    <t>HOPITAL SAINT ELOI CHU MONTPELLIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1116_FicheEtablissement/fr/hopital-st-eloi-chu-montpellier</t>
+  </si>
+  <si>
+    <t>1116_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>80 Avenue Augustin Fliche</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE LA PETITE PAIX</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1115_FicheEtablissement/fr/crf-la-petite-paix-lamalou-les-bains</t>
+  </si>
+  <si>
+    <t>1115_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Bellevue</t>
+  </si>
+  <si>
+    <t>0467235353</t>
+  </si>
+  <si>
+    <t>340782002</t>
+  </si>
+  <si>
+    <t>CENTRE DE SOINS BELLEVUE CHU MONTPELLIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1118_FicheEtablissement/fr/centre-bellevue-chu-montpellier</t>
+  </si>
+  <si>
+    <t>1118_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Place Jean Baumel</t>
+  </si>
+  <si>
+    <t>340782481</t>
+  </si>
+  <si>
+    <t>HOPITAL GUI DE CHAULIAC CHU MONTPELLIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1117_FicheEtablissement/fr/hopital-gui-de-chauliac-chu-mtp</t>
+  </si>
+  <si>
+    <t>1117_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Réanimation</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1121_FicheEtablissement/fr/hopital-lapeyronie-chu-montpellier</t>
+  </si>
+  <si>
+    <t>1121_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>371 Avenue Du Doyen Gaston Giraud</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE DE LONG SEJOUR CENTRE HOSPITALIER DE LUNEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1120_FicheEtablissement/fr/usld-ch-lunel</t>
+  </si>
+  <si>
+    <t>1120_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>340782697</t>
+  </si>
+  <si>
+    <t>CENTRE PSYCHOTHERAPIQUE CAMILLE CLAUDEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1119_FicheEtablissement/fr/ctre-psychotherapie-c-claudel-ch-bezie</t>
+  </si>
+  <si>
+    <t>1119_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467357034</t>
+  </si>
+  <si>
+    <t>340782622</t>
+  </si>
+  <si>
+    <t>CENTRE REEDUCATION FONCTIONNELLE STER ST CLEMENT DE RIVIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1128_FicheEtablissement/fr/crf-ster-st-clement-de-riviere</t>
+  </si>
+  <si>
+    <t>1128_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467845200</t>
+  </si>
+  <si>
+    <t>340796093</t>
+  </si>
+  <si>
+    <t>CENTRE LONG SEJOUR LES PERGOLINES HOPITAUX BASSIN THAU SETE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1127_FicheEtablissement/fr/usld-les-pergolines-sete-hbt</t>
+  </si>
+  <si>
+    <t>1127_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467465797</t>
+  </si>
+  <si>
+    <t>340796051</t>
+  </si>
+  <si>
+    <t>USLD CENTRE GERONTO PSYCHIATRIQUE LES JARDINS DE SOPHIA</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1125_FicheEtablissement/fr/usld-les-jardins-de-sophia</t>
+  </si>
+  <si>
+    <t>1125_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>715 Chemin Du Mas De Rochet</t>
+  </si>
+  <si>
+    <t>0499583333</t>
+  </si>
+  <si>
+    <t>340789379</t>
+  </si>
+  <si>
+    <t>CENTRE DE LONG SEJOUR DU CENTRE HOSPITALIER DE LODEVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1124_FicheEtablissement/fr/usld-ch-lodeve</t>
+  </si>
+  <si>
+    <t>1124_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467883000</t>
+  </si>
+  <si>
+    <t>340788678</t>
+  </si>
+  <si>
+    <t>USLD SAINT LOUP AGDE HOPITAUX DU BASSIN DE THAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1123_FicheEtablissement/fr/usld-st-loup-agde-hbt</t>
+  </si>
+  <si>
+    <t>1123_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>340788629</t>
+  </si>
+  <si>
+    <t>CHU MONTPELLIER HOPITAL ARNAUD DE VILLENEUVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1130_FicheEtablissement/fr/hopital-arnaud-de-villeneuve-chu-mpt</t>
+  </si>
+  <si>
+    <t>1130_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>CENTRE DE LONG SEJOUR DU CENTRE HOSPITALIER DE BEZIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1129_FicheEtablissement/fr/usld-ch-beziers</t>
+  </si>
+  <si>
+    <t>1129_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Boulevard Ernest Perreal</t>
+  </si>
+  <si>
+    <t>0467357942</t>
+  </si>
+  <si>
+    <t>340796150</t>
+  </si>
+  <si>
+    <t>CENTRE DE CONVALESCENCE LE PECH DU SOLEIL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1132_FicheEtablissement/fr/ctre-ssr-le-pech-du-soleil-boujan-s/l</t>
+  </si>
+  <si>
+    <t>1132_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0467091174</t>
+  </si>
+  <si>
+    <t>340798552</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE DU MELEZET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1131_FicheEtablissement/fr/centre-du-melezet-montpellier</t>
+  </si>
+  <si>
+    <t>1131_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1482 Rue De Saint Priest</t>
   </si>
   <si>
     <t>34097 MONTPELLIER CEDEX 5</t>
-  </si>
-[...2659 lines deleted...]
-    <t>1482 Rue De Saint Priest</t>
   </si>
   <si>
     <t>0467031111</t>
   </si>
   <si>
     <t>340797596</t>
   </si>
   <si>
     <t>AIDER SANTE DIALYSE A DOMICILE REGIONALE GRABELS</t>
   </si>
   <si>
     <t>21/01/2025 10:17:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3742_FicheEtablissement/fr/aider-sante-dialyse-domicile-grabels</t>
   </si>
   <si>
     <t>3742_FicheEtablissement</t>
   </si>
   <si>
     <t>787 Rue De La Valsiere</t>
   </si>
   <si>
     <t>0430781868</t>
   </si>
@@ -10880,51 +9704,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R293"/>
+  <dimension ref="A1:R297"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -11042,2848 +9866,2848 @@
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="Q3" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R3" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="H4" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="L4" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="Q4" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="R4" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="H5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="P5" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="Q5" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="R5" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="H6" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="L6" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="O6" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="P6" t="s">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="Q6" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="R6" t="s">
-        <v>41</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="H7" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="L7" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="O7" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="P7" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="Q7" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="R7" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="H8" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="L8" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
         <v>75</v>
       </c>
       <c r="O8" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="P8" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="Q8" t="s">
         <v>30</v>
       </c>
       <c r="R8" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="H9" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="L9" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="O9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="Q9" t="s">
-        <v>87</v>
+        <v>30</v>
       </c>
       <c r="R9" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="H10" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="L10" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
         <v>75</v>
       </c>
       <c r="O10" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="P10" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="Q10" t="s">
-        <v>97</v>
+        <v>30</v>
       </c>
       <c r="R10" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
         <v>99</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
         <v>100</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
         <v>101</v>
       </c>
       <c r="H11" t="s">
         <v>102</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
         <v>103</v>
       </c>
       <c r="L11" t="s">
         <v>104</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
         <v>75</v>
       </c>
       <c r="O11" t="s">
-        <v>105</v>
+        <v>86</v>
       </c>
       <c r="P11" t="s">
-        <v>106</v>
+        <v>87</v>
       </c>
       <c r="Q11" t="s">
-        <v>107</v>
+        <v>30</v>
       </c>
       <c r="R11" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="H12" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
+        <v>109</v>
+      </c>
+      <c r="L12" t="s">
+        <v>110</v>
+      </c>
+      <c r="M12" t="s">
+        <v>20</v>
+      </c>
+      <c r="N12" t="s">
+        <v>111</v>
+      </c>
+      <c r="O12" t="s">
+        <v>112</v>
+      </c>
+      <c r="P12" t="s">
         <v>113</v>
       </c>
-      <c r="L12" t="s">
+      <c r="Q12" t="s">
         <v>114</v>
       </c>
-      <c r="M12" t="s">
-[...5 lines deleted...]
-      <c r="O12" t="s">
+      <c r="R12" t="s">
         <v>115</v>
-      </c>
-[...7 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
+        <v>116</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>117</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
         <v>118</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>119</v>
-      </c>
-[...7 lines deleted...]
-        <v>121</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
+        <v>120</v>
+      </c>
+      <c r="L13" t="s">
+        <v>121</v>
+      </c>
+      <c r="M13" t="s">
+        <v>20</v>
+      </c>
+      <c r="N13" t="s">
         <v>122</v>
       </c>
-      <c r="L13" t="s">
+      <c r="O13" t="s">
         <v>123</v>
       </c>
-      <c r="M13" t="s">
-[...2 lines deleted...]
-      <c r="N13" t="s">
+      <c r="P13" t="s">
         <v>124</v>
       </c>
-      <c r="O13" t="s">
+      <c r="Q13" t="s">
+        <v>78</v>
+      </c>
+      <c r="R13" t="s">
         <v>125</v>
-      </c>
-[...7 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
+        <v>126</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>127</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>128</v>
+      </c>
+      <c r="H14" t="s">
         <v>129</v>
-      </c>
-[...16 lines deleted...]
-        <v>132</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
+        <v>130</v>
+      </c>
+      <c r="L14" t="s">
+        <v>131</v>
+      </c>
+      <c r="M14" t="s">
+        <v>20</v>
+      </c>
+      <c r="N14" t="s">
+        <v>111</v>
+      </c>
+      <c r="O14" t="s">
+        <v>132</v>
+      </c>
+      <c r="P14" t="s">
         <v>133</v>
       </c>
-      <c r="L14" t="s">
-[...8 lines deleted...]
-      <c r="O14" t="s">
+      <c r="Q14" t="s">
         <v>134</v>
       </c>
-      <c r="P14" t="s">
+      <c r="R14" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
+        <v>136</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>137</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
         <v>138</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="H15" t="s">
         <v>139</v>
-      </c>
-[...7 lines deleted...]
-        <v>141</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
+        <v>140</v>
+      </c>
+      <c r="L15" t="s">
+        <v>141</v>
+      </c>
+      <c r="M15" t="s">
+        <v>20</v>
+      </c>
+      <c r="N15" t="s">
+        <v>122</v>
+      </c>
+      <c r="O15" t="s">
         <v>142</v>
       </c>
-      <c r="L15" t="s">
+      <c r="P15" t="s">
         <v>143</v>
       </c>
-      <c r="M15" t="s">
-[...2 lines deleted...]
-      <c r="N15" t="s">
+      <c r="Q15" t="s">
         <v>144</v>
       </c>
-      <c r="O15" t="s">
+      <c r="R15" t="s">
         <v>145</v>
-      </c>
-[...7 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
+        <v>146</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
         <v>147</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
         <v>148</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
+        <v>150</v>
+      </c>
+      <c r="L16" t="s">
         <v>151</v>
       </c>
-      <c r="L16" t="s">
+      <c r="M16" t="s">
+        <v>20</v>
+      </c>
+      <c r="N16" t="s">
+        <v>122</v>
+      </c>
+      <c r="O16" t="s">
         <v>152</v>
       </c>
-      <c r="M16" t="s">
-[...5 lines deleted...]
-      <c r="O16" t="s">
+      <c r="P16" t="s">
         <v>153</v>
       </c>
-      <c r="P16" t="s">
+      <c r="Q16" t="s">
         <v>154</v>
       </c>
-      <c r="Q16" t="s">
+      <c r="R16" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
+        <v>156</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
         <v>157</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
         <v>158</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
+        <v>160</v>
+      </c>
+      <c r="L17" t="s">
         <v>161</v>
       </c>
-      <c r="L17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>144</v>
+        <v>111</v>
       </c>
       <c r="O17" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="P17" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="Q17" t="s">
-        <v>155</v>
+        <v>30</v>
       </c>
       <c r="R17" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="H18" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="L18" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="O18" t="s">
-        <v>125</v>
+        <v>172</v>
       </c>
       <c r="P18" t="s">
-        <v>126</v>
+        <v>173</v>
       </c>
       <c r="Q18" t="s">
-        <v>127</v>
+        <v>174</v>
       </c>
       <c r="R18" t="s">
-        <v>128</v>
+        <v>175</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="H19" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="L19" t="s">
-        <v>174</v>
+        <v>93</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="O19" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="P19" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="Q19" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="R19" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="H20" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="L20" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>168</v>
+        <v>191</v>
       </c>
       <c r="O20" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="P20" t="s">
-        <v>186</v>
+        <v>124</v>
       </c>
       <c r="Q20" t="s">
-        <v>187</v>
+        <v>78</v>
       </c>
       <c r="R20" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="H21" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="L21" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="O21" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="P21" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="Q21" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="R21" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="H22" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="L22" t="s">
-        <v>205</v>
+        <v>151</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="O22" t="s">
-        <v>95</v>
+        <v>200</v>
       </c>
       <c r="P22" t="s">
-        <v>96</v>
+        <v>201</v>
       </c>
       <c r="Q22" t="s">
-        <v>97</v>
+        <v>202</v>
       </c>
       <c r="R22" t="s">
-        <v>98</v>
+        <v>203</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="H23" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="L23" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>195</v>
+        <v>215</v>
       </c>
       <c r="O23" t="s">
-        <v>95</v>
+        <v>172</v>
       </c>
       <c r="P23" t="s">
-        <v>96</v>
+        <v>173</v>
       </c>
       <c r="Q23" t="s">
-        <v>97</v>
+        <v>174</v>
       </c>
       <c r="R23" t="s">
-        <v>98</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="H24" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="L24" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>195</v>
+        <v>215</v>
       </c>
       <c r="O24" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="P24" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="Q24" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="R24" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="H25" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="L25" t="s">
-        <v>227</v>
+        <v>53</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>228</v>
+        <v>215</v>
       </c>
       <c r="O25" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="P25" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="Q25" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="R25" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="H26" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="L26" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="O26" t="s">
-        <v>175</v>
+        <v>242</v>
       </c>
       <c r="P26" t="s">
-        <v>176</v>
+        <v>243</v>
       </c>
       <c r="Q26" t="s">
-        <v>177</v>
+        <v>244</v>
       </c>
       <c r="R26" t="s">
-        <v>178</v>
+        <v>245</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="H27" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="L27" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="O27" t="s">
-        <v>175</v>
+        <v>142</v>
       </c>
       <c r="P27" t="s">
-        <v>176</v>
+        <v>143</v>
       </c>
       <c r="Q27" t="s">
-        <v>177</v>
+        <v>144</v>
       </c>
       <c r="R27" t="s">
-        <v>178</v>
+        <v>145</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="H28" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="L28" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="O28" t="s">
-        <v>85</v>
+        <v>142</v>
       </c>
       <c r="P28" t="s">
-        <v>86</v>
+        <v>143</v>
       </c>
       <c r="Q28" t="s">
-        <v>87</v>
+        <v>144</v>
       </c>
       <c r="R28" t="s">
-        <v>88</v>
+        <v>145</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>247</v>
+        <v>259</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="H29" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="L29" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="O29" t="s">
-        <v>85</v>
+        <v>264</v>
       </c>
       <c r="P29" t="s">
-        <v>86</v>
+        <v>265</v>
       </c>
       <c r="Q29" t="s">
-        <v>87</v>
+        <v>266</v>
       </c>
       <c r="R29" t="s">
-        <v>88</v>
+        <v>267</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>247</v>
+        <v>269</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="H30" t="s">
-        <v>259</v>
+        <v>271</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>260</v>
+        <v>272</v>
       </c>
       <c r="L30" t="s">
-        <v>261</v>
+        <v>273</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>239</v>
+        <v>274</v>
       </c>
       <c r="O30" t="s">
-        <v>85</v>
+        <v>275</v>
       </c>
       <c r="P30" t="s">
-        <v>86</v>
+        <v>276</v>
       </c>
       <c r="Q30" t="s">
-        <v>87</v>
+        <v>277</v>
       </c>
       <c r="R30" t="s">
-        <v>88</v>
+        <v>278</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>262</v>
+        <v>279</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>247</v>
+        <v>280</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>263</v>
+        <v>281</v>
       </c>
       <c r="H31" t="s">
-        <v>264</v>
+        <v>282</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>265</v>
+        <v>283</v>
       </c>
       <c r="L31" t="s">
-        <v>266</v>
+        <v>284</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="O31" t="s">
-        <v>85</v>
+        <v>222</v>
       </c>
       <c r="P31" t="s">
-        <v>86</v>
+        <v>223</v>
       </c>
       <c r="Q31" t="s">
-        <v>87</v>
+        <v>224</v>
       </c>
       <c r="R31" t="s">
-        <v>88</v>
+        <v>225</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>267</v>
+        <v>286</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>268</v>
+        <v>287</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>269</v>
+        <v>288</v>
       </c>
       <c r="H32" t="s">
-        <v>270</v>
+        <v>289</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>271</v>
+        <v>290</v>
       </c>
       <c r="L32" t="s">
-        <v>272</v>
+        <v>291</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="O32" t="s">
-        <v>273</v>
+        <v>222</v>
       </c>
       <c r="P32" t="s">
-        <v>274</v>
+        <v>223</v>
       </c>
       <c r="Q32" t="s">
-        <v>40</v>
+        <v>224</v>
       </c>
       <c r="R32" t="s">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>276</v>
+        <v>292</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>277</v>
+        <v>293</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>278</v>
+        <v>294</v>
       </c>
       <c r="H33" t="s">
-        <v>279</v>
+        <v>295</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>280</v>
+        <v>296</v>
       </c>
       <c r="L33" t="s">
-        <v>281</v>
+        <v>297</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="O33" t="s">
-        <v>196</v>
+        <v>132</v>
       </c>
       <c r="P33" t="s">
-        <v>197</v>
+        <v>133</v>
       </c>
       <c r="Q33" t="s">
-        <v>198</v>
+        <v>134</v>
       </c>
       <c r="R33" t="s">
-        <v>199</v>
+        <v>135</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>282</v>
+        <v>298</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>277</v>
+        <v>293</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>283</v>
+        <v>299</v>
       </c>
       <c r="H34" t="s">
-        <v>284</v>
+        <v>300</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
+        <v>301</v>
+      </c>
+      <c r="L34" t="s">
+        <v>302</v>
+      </c>
+      <c r="M34" t="s">
+        <v>20</v>
+      </c>
+      <c r="N34" t="s">
         <v>285</v>
       </c>
-      <c r="L34" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O34" t="s">
-        <v>196</v>
+        <v>132</v>
       </c>
       <c r="P34" t="s">
-        <v>197</v>
+        <v>133</v>
       </c>
       <c r="Q34" t="s">
-        <v>198</v>
+        <v>134</v>
       </c>
       <c r="R34" t="s">
-        <v>199</v>
+        <v>135</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>287</v>
+        <v>303</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>277</v>
+        <v>293</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>288</v>
+        <v>304</v>
       </c>
       <c r="H35" t="s">
-        <v>289</v>
+        <v>305</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>290</v>
+        <v>306</v>
       </c>
       <c r="L35" t="s">
-        <v>291</v>
+        <v>307</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="O35" t="s">
-        <v>196</v>
+        <v>132</v>
       </c>
       <c r="P35" t="s">
-        <v>197</v>
+        <v>133</v>
       </c>
       <c r="Q35" t="s">
-        <v>198</v>
+        <v>134</v>
       </c>
       <c r="R35" t="s">
-        <v>199</v>
+        <v>135</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
-        <v>292</v>
+        <v>308</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
         <v>293</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>294</v>
+        <v>309</v>
       </c>
       <c r="H36" t="s">
-        <v>295</v>
+        <v>310</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>296</v>
+        <v>311</v>
       </c>
       <c r="L36" t="s">
-        <v>297</v>
+        <v>312</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>298</v>
+        <v>285</v>
       </c>
       <c r="O36" t="s">
-        <v>95</v>
+        <v>132</v>
       </c>
       <c r="P36" t="s">
-        <v>96</v>
+        <v>133</v>
       </c>
       <c r="Q36" t="s">
-        <v>97</v>
+        <v>134</v>
       </c>
       <c r="R36" t="s">
-        <v>98</v>
+        <v>135</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="H37" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>303</v>
+        <v>317</v>
       </c>
       <c r="L37" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>298</v>
+        <v>285</v>
       </c>
       <c r="O37" t="s">
-        <v>305</v>
+        <v>28</v>
       </c>
       <c r="P37" t="s">
-        <v>306</v>
+        <v>29</v>
       </c>
       <c r="Q37" t="s">
-        <v>107</v>
+        <v>30</v>
       </c>
       <c r="R37" t="s">
-        <v>307</v>
+        <v>31</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>308</v>
+        <v>319</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>300</v>
+        <v>320</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>309</v>
+        <v>321</v>
       </c>
       <c r="H38" t="s">
-        <v>310</v>
+        <v>322</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>311</v>
+        <v>323</v>
       </c>
       <c r="L38" t="s">
-        <v>312</v>
+        <v>324</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>298</v>
+        <v>75</v>
       </c>
       <c r="O38" t="s">
-        <v>305</v>
+        <v>242</v>
       </c>
       <c r="P38" t="s">
-        <v>306</v>
+        <v>243</v>
       </c>
       <c r="Q38" t="s">
-        <v>107</v>
+        <v>244</v>
       </c>
       <c r="R38" t="s">
-        <v>307</v>
+        <v>245</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>313</v>
+        <v>325</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>315</v>
+        <v>326</v>
       </c>
       <c r="H39" t="s">
-        <v>316</v>
+        <v>327</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>317</v>
+        <v>328</v>
       </c>
       <c r="L39" t="s">
-        <v>318</v>
+        <v>329</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>298</v>
+        <v>75</v>
       </c>
       <c r="O39" t="s">
-        <v>319</v>
+        <v>242</v>
       </c>
       <c r="P39" t="s">
-        <v>320</v>
+        <v>243</v>
       </c>
       <c r="Q39" t="s">
-        <v>321</v>
+        <v>244</v>
       </c>
       <c r="R39" t="s">
-        <v>322</v>
+        <v>245</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="H40" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="L40" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>329</v>
+        <v>75</v>
       </c>
       <c r="O40" t="s">
-        <v>175</v>
+        <v>242</v>
       </c>
       <c r="P40" t="s">
-        <v>176</v>
+        <v>243</v>
       </c>
       <c r="Q40" t="s">
-        <v>177</v>
+        <v>244</v>
       </c>
       <c r="R40" t="s">
-        <v>178</v>
+        <v>245</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="H41" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="L41" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="O41" t="s">
-        <v>336</v>
+        <v>142</v>
       </c>
       <c r="P41" t="s">
-        <v>337</v>
+        <v>143</v>
       </c>
       <c r="Q41" t="s">
-        <v>338</v>
+        <v>144</v>
       </c>
       <c r="R41" t="s">
-        <v>339</v>
+        <v>145</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="H42" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="L42" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="O42" t="s">
-        <v>76</v>
+        <v>348</v>
       </c>
       <c r="P42" t="s">
-        <v>77</v>
+        <v>349</v>
       </c>
       <c r="Q42" t="s">
-        <v>30</v>
+        <v>154</v>
       </c>
       <c r="R42" t="s">
-        <v>78</v>
+        <v>350</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="H43" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
+        <v>354</v>
+      </c>
+      <c r="L43" t="s">
+        <v>355</v>
+      </c>
+      <c r="M43" t="s">
+        <v>20</v>
+      </c>
+      <c r="N43" t="s">
+        <v>341</v>
+      </c>
+      <c r="O43" t="s">
+        <v>348</v>
+      </c>
+      <c r="P43" t="s">
+        <v>349</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>154</v>
+      </c>
+      <c r="R43" t="s">
         <v>350</v>
-      </c>
-[...19 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="H44" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="L44" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="O44" t="s">
-        <v>76</v>
+        <v>362</v>
       </c>
       <c r="P44" t="s">
-        <v>77</v>
+        <v>363</v>
       </c>
       <c r="Q44" t="s">
-        <v>30</v>
+        <v>364</v>
       </c>
       <c r="R44" t="s">
-        <v>78</v>
+        <v>365</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>358</v>
+        <v>366</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
       <c r="H45" t="s">
-        <v>361</v>
+        <v>369</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="L45" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>329</v>
+        <v>372</v>
       </c>
       <c r="O45" t="s">
-        <v>76</v>
+        <v>222</v>
       </c>
       <c r="P45" t="s">
-        <v>77</v>
+        <v>223</v>
       </c>
       <c r="Q45" t="s">
-        <v>30</v>
+        <v>224</v>
       </c>
       <c r="R45" t="s">
-        <v>78</v>
+        <v>225</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>359</v>
+        <v>374</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>365</v>
+        <v>375</v>
       </c>
       <c r="H46" t="s">
-        <v>366</v>
+        <v>376</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>367</v>
+        <v>377</v>
       </c>
       <c r="L46" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>329</v>
+        <v>372</v>
       </c>
       <c r="O46" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="P46" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="Q46" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="R46" t="s">
-        <v>78</v>
+        <v>68</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="H47" t="s">
-        <v>372</v>
+        <v>382</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>373</v>
+        <v>383</v>
       </c>
       <c r="L47" t="s">
-        <v>374</v>
+        <v>384</v>
       </c>
       <c r="M47" t="s">
         <v>20</v>
       </c>
       <c r="N47" t="s">
-        <v>329</v>
+        <v>372</v>
       </c>
       <c r="O47" t="s">
-        <v>336</v>
+        <v>123</v>
       </c>
       <c r="P47" t="s">
-        <v>337</v>
+        <v>124</v>
       </c>
       <c r="Q47" t="s">
-        <v>338</v>
+        <v>78</v>
       </c>
       <c r="R47" t="s">
-        <v>339</v>
+        <v>125</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>375</v>
+        <v>385</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>376</v>
+        <v>386</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="H48" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
       <c r="L48" t="s">
-        <v>380</v>
+        <v>390</v>
       </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>329</v>
+        <v>372</v>
       </c>
       <c r="O48" t="s">
-        <v>381</v>
+        <v>222</v>
       </c>
       <c r="P48" t="s">
-        <v>382</v>
+        <v>223</v>
       </c>
       <c r="Q48" t="s">
-        <v>383</v>
+        <v>224</v>
       </c>
       <c r="R48" t="s">
-        <v>384</v>
+        <v>225</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="H49" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="L49" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>329</v>
+        <v>372</v>
       </c>
       <c r="O49" t="s">
-        <v>391</v>
+        <v>123</v>
       </c>
       <c r="P49" t="s">
-        <v>392</v>
+        <v>124</v>
       </c>
       <c r="Q49" t="s">
-        <v>393</v>
+        <v>78</v>
       </c>
       <c r="R49" t="s">
-        <v>394</v>
+        <v>125</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="H50" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="L50" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>329</v>
+        <v>372</v>
       </c>
       <c r="O50" t="s">
-        <v>85</v>
+        <v>123</v>
       </c>
       <c r="P50" t="s">
-        <v>86</v>
+        <v>124</v>
       </c>
       <c r="Q50" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="R50" t="s">
-        <v>88</v>
+        <v>125</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="H51" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="L51" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="M51" t="s">
         <v>20</v>
       </c>
       <c r="N51" t="s">
-        <v>407</v>
+        <v>372</v>
       </c>
       <c r="O51" t="s">
-        <v>319</v>
+        <v>123</v>
       </c>
       <c r="P51" t="s">
-        <v>320</v>
+        <v>124</v>
       </c>
       <c r="Q51" t="s">
-        <v>321</v>
+        <v>78</v>
       </c>
       <c r="R51" t="s">
-        <v>322</v>
+        <v>125</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
         <v>408</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
         <v>409</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
         <v>410</v>
       </c>
       <c r="H52" t="s">
         <v>411</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
         <v>412</v>
       </c>
       <c r="L52" t="s">
         <v>413</v>
       </c>
       <c r="M52" t="s">
         <v>20</v>
       </c>
       <c r="N52" t="s">
-        <v>407</v>
+        <v>372</v>
       </c>
       <c r="O52" t="s">
-        <v>319</v>
+        <v>65</v>
       </c>
       <c r="P52" t="s">
-        <v>320</v>
+        <v>66</v>
       </c>
       <c r="Q52" t="s">
-        <v>321</v>
+        <v>67</v>
       </c>
       <c r="R52" t="s">
-        <v>322</v>
+        <v>68</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
         <v>414</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
         <v>415</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
         <v>416</v>
       </c>
       <c r="H53" t="s">
         <v>417</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>418</v>
       </c>
       <c r="L53" t="s">
         <v>419</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>407</v>
+        <v>372</v>
       </c>
       <c r="O53" t="s">
         <v>420</v>
       </c>
       <c r="P53" t="s">
         <v>421</v>
       </c>
       <c r="Q53" t="s">
         <v>422</v>
       </c>
       <c r="R53" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
         <v>424</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
@@ -13895,27805 +12719,24729 @@
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
         <v>426</v>
       </c>
       <c r="H54" t="s">
         <v>427</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
         <v>428</v>
       </c>
       <c r="L54" t="s">
         <v>429</v>
       </c>
       <c r="M54" t="s">
         <v>20</v>
       </c>
       <c r="N54" t="s">
+        <v>372</v>
+      </c>
+      <c r="O54" t="s">
         <v>430</v>
       </c>
-      <c r="O54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P54" t="s">
-        <v>320</v>
+        <v>431</v>
       </c>
       <c r="Q54" t="s">
-        <v>321</v>
+        <v>432</v>
       </c>
       <c r="R54" t="s">
-        <v>322</v>
+        <v>433</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="H55" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="L55" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="M55" t="s">
         <v>20</v>
       </c>
       <c r="N55" t="s">
-        <v>437</v>
+        <v>372</v>
       </c>
       <c r="O55" t="s">
-        <v>153</v>
+        <v>132</v>
       </c>
       <c r="P55" t="s">
-        <v>154</v>
+        <v>133</v>
       </c>
       <c r="Q55" t="s">
-        <v>155</v>
+        <v>134</v>
       </c>
       <c r="R55" t="s">
-        <v>156</v>
+        <v>135</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="H56" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="L56" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="M56" t="s">
         <v>20</v>
       </c>
       <c r="N56" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="O56" t="s">
-        <v>153</v>
+        <v>362</v>
       </c>
       <c r="P56" t="s">
-        <v>154</v>
+        <v>363</v>
       </c>
       <c r="Q56" t="s">
-        <v>155</v>
+        <v>364</v>
       </c>
       <c r="R56" t="s">
-        <v>156</v>
+        <v>365</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="H57" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="L57" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="M57" t="s">
         <v>20</v>
       </c>
       <c r="N57" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="O57" t="s">
-        <v>450</v>
+        <v>362</v>
       </c>
       <c r="P57" t="s">
-        <v>451</v>
+        <v>363</v>
       </c>
       <c r="Q57" t="s">
-        <v>452</v>
+        <v>364</v>
       </c>
       <c r="R57" t="s">
-        <v>453</v>
+        <v>365</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
+        <v>453</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
         <v>454</v>
       </c>
-      <c r="C58" t="s">
-[...5 lines deleted...]
-      <c r="E58" t="s">
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
         <v>455</v>
       </c>
-      <c r="F58" t="s">
-[...2 lines deleted...]
-      <c r="G58" t="s">
+      <c r="H58" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
+        <v>457</v>
+      </c>
+      <c r="L58" t="s">
         <v>458</v>
       </c>
-      <c r="L58" t="s">
+      <c r="M58" t="s">
+        <v>20</v>
+      </c>
+      <c r="N58" t="s">
+        <v>446</v>
+      </c>
+      <c r="O58" t="s">
         <v>459</v>
       </c>
-      <c r="M58" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P58" t="s">
-        <v>154</v>
+        <v>460</v>
       </c>
       <c r="Q58" t="s">
-        <v>155</v>
+        <v>461</v>
       </c>
       <c r="R58" t="s">
-        <v>156</v>
+        <v>462</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>455</v>
+        <v>464</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="H59" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="L59" t="s">
-        <v>46</v>
+        <v>468</v>
       </c>
       <c r="M59" t="s">
         <v>20</v>
       </c>
       <c r="N59" t="s">
-        <v>437</v>
+        <v>469</v>
       </c>
       <c r="O59" t="s">
-        <v>153</v>
+        <v>362</v>
       </c>
       <c r="P59" t="s">
-        <v>154</v>
+        <v>363</v>
       </c>
       <c r="Q59" t="s">
-        <v>155</v>
+        <v>364</v>
       </c>
       <c r="R59" t="s">
-        <v>156</v>
+        <v>365</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>455</v>
+        <v>471</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="H60" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="L60" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="M60" t="s">
         <v>20</v>
       </c>
       <c r="N60" t="s">
-        <v>437</v>
+        <v>476</v>
       </c>
       <c r="O60" t="s">
-        <v>153</v>
+        <v>200</v>
       </c>
       <c r="P60" t="s">
-        <v>154</v>
+        <v>201</v>
       </c>
       <c r="Q60" t="s">
-        <v>155</v>
+        <v>202</v>
       </c>
       <c r="R60" t="s">
-        <v>156</v>
+        <v>203</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>455</v>
+        <v>478</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>470</v>
+        <v>479</v>
       </c>
       <c r="H61" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="L61" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>437</v>
+        <v>476</v>
       </c>
       <c r="O61" t="s">
-        <v>153</v>
+        <v>200</v>
       </c>
       <c r="P61" t="s">
-        <v>154</v>
+        <v>201</v>
       </c>
       <c r="Q61" t="s">
-        <v>155</v>
+        <v>202</v>
       </c>
       <c r="R61" t="s">
-        <v>156</v>
+        <v>203</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>455</v>
+        <v>484</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>475</v>
+        <v>485</v>
       </c>
       <c r="H62" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
       <c r="L62" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>437</v>
+        <v>476</v>
       </c>
       <c r="O62" t="s">
-        <v>153</v>
+        <v>54</v>
       </c>
       <c r="P62" t="s">
-        <v>154</v>
+        <v>55</v>
       </c>
       <c r="Q62" t="s">
-        <v>155</v>
+        <v>56</v>
       </c>
       <c r="R62" t="s">
-        <v>156</v>
+        <v>57</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>481</v>
+        <v>491</v>
       </c>
       <c r="H63" t="s">
-        <v>482</v>
+        <v>492</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
-        <v>483</v>
+        <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
       <c r="L63" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="M63" t="s">
         <v>20</v>
       </c>
       <c r="N63" t="s">
-        <v>486</v>
+        <v>476</v>
       </c>
       <c r="O63" t="s">
-        <v>487</v>
+        <v>200</v>
       </c>
       <c r="P63" t="s">
-        <v>274</v>
+        <v>201</v>
       </c>
       <c r="Q63" t="s">
-        <v>40</v>
+        <v>202</v>
       </c>
       <c r="R63" t="s">
-        <v>488</v>
+        <v>203</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
         <v>490</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="H64" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="I64" t="n">
         <v>0.0</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="L64" t="s">
-        <v>494</v>
+        <v>93</v>
       </c>
       <c r="M64" t="s">
         <v>20</v>
       </c>
       <c r="N64" t="s">
-        <v>486</v>
+        <v>476</v>
       </c>
       <c r="O64" t="s">
-        <v>487</v>
+        <v>200</v>
       </c>
       <c r="P64" t="s">
-        <v>274</v>
+        <v>201</v>
       </c>
       <c r="Q64" t="s">
-        <v>40</v>
+        <v>202</v>
       </c>
       <c r="R64" t="s">
-        <v>488</v>
+        <v>203</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="H65" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="I65" t="n">
         <v>0.0</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="L65" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="M65" t="s">
         <v>20</v>
       </c>
       <c r="N65" t="s">
-        <v>486</v>
+        <v>476</v>
       </c>
       <c r="O65" t="s">
-        <v>487</v>
+        <v>200</v>
       </c>
       <c r="P65" t="s">
-        <v>274</v>
+        <v>201</v>
       </c>
       <c r="Q65" t="s">
-        <v>40</v>
+        <v>202</v>
       </c>
       <c r="R65" t="s">
-        <v>488</v>
+        <v>203</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>502</v>
+        <v>490</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="H66" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="I66" t="n">
         <v>0.0</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="L66" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
       <c r="N66" t="s">
-        <v>486</v>
+        <v>476</v>
       </c>
       <c r="O66" t="s">
-        <v>487</v>
+        <v>200</v>
       </c>
       <c r="P66" t="s">
-        <v>274</v>
+        <v>201</v>
       </c>
       <c r="Q66" t="s">
-        <v>40</v>
+        <v>202</v>
       </c>
       <c r="R66" t="s">
-        <v>488</v>
+        <v>203</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>508</v>
+        <v>490</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="H67" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="I67" t="n">
         <v>0.0</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="L67" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
       <c r="N67" t="s">
-        <v>486</v>
+        <v>476</v>
       </c>
       <c r="O67" t="s">
-        <v>487</v>
+        <v>200</v>
       </c>
       <c r="P67" t="s">
-        <v>274</v>
+        <v>201</v>
       </c>
       <c r="Q67" t="s">
-        <v>40</v>
+        <v>202</v>
       </c>
       <c r="R67" t="s">
-        <v>488</v>
+        <v>203</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="H68" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="I68" t="n">
         <v>0.0</v>
       </c>
       <c r="J68" t="s">
-        <v>24</v>
+        <v>518</v>
       </c>
       <c r="K68" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="L68" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="M68" t="s">
         <v>20</v>
       </c>
       <c r="N68" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="O68" t="s">
-        <v>28</v>
+        <v>522</v>
       </c>
       <c r="P68" t="s">
         <v>29</v>
       </c>
       <c r="Q68" t="s">
         <v>30</v>
       </c>
       <c r="R68" t="s">
-        <v>31</v>
+        <v>523</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="H69" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="I69" t="n">
         <v>0.0</v>
       </c>
       <c r="J69" t="s">
-        <v>483</v>
+        <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="L69" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="M69" t="s">
         <v>20</v>
       </c>
       <c r="N69" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="O69" t="s">
-        <v>273</v>
+        <v>522</v>
       </c>
       <c r="P69" t="s">
-        <v>274</v>
+        <v>29</v>
       </c>
       <c r="Q69" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R69" t="s">
-        <v>275</v>
+        <v>523</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>521</v>
+        <v>531</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="H70" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="I70" t="n">
         <v>0.0</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="L70" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="M70" t="s">
         <v>20</v>
       </c>
       <c r="N70" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="O70" t="s">
-        <v>273</v>
+        <v>522</v>
       </c>
       <c r="P70" t="s">
-        <v>274</v>
+        <v>29</v>
       </c>
       <c r="Q70" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R70" t="s">
-        <v>275</v>
+        <v>523</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>521</v>
+        <v>537</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="H71" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="I71" t="n">
         <v>0.0</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="L71" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="M71" t="s">
         <v>20</v>
       </c>
       <c r="N71" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="O71" t="s">
-        <v>273</v>
+        <v>522</v>
       </c>
       <c r="P71" t="s">
-        <v>274</v>
+        <v>29</v>
       </c>
       <c r="Q71" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R71" t="s">
-        <v>275</v>
+        <v>523</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>521</v>
+        <v>543</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="H72" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="I72" t="n">
         <v>0.0</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="L72" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="M72" t="s">
         <v>20</v>
       </c>
       <c r="N72" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="O72" t="s">
-        <v>273</v>
+        <v>522</v>
       </c>
       <c r="P72" t="s">
-        <v>274</v>
+        <v>29</v>
       </c>
       <c r="Q72" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R72" t="s">
-        <v>275</v>
+        <v>523</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>521</v>
+        <v>549</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>542</v>
+        <v>550</v>
       </c>
       <c r="H73" t="s">
-        <v>543</v>
+        <v>551</v>
       </c>
       <c r="I73" t="n">
         <v>0.0</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>544</v>
+        <v>552</v>
       </c>
       <c r="L73" t="s">
-        <v>545</v>
+        <v>553</v>
       </c>
       <c r="M73" t="s">
         <v>20</v>
       </c>
       <c r="N73" t="s">
-        <v>519</v>
+        <v>554</v>
       </c>
       <c r="O73" t="s">
-        <v>273</v>
+        <v>76</v>
       </c>
       <c r="P73" t="s">
-        <v>274</v>
+        <v>77</v>
       </c>
       <c r="Q73" t="s">
-        <v>40</v>
+        <v>78</v>
       </c>
       <c r="R73" t="s">
-        <v>275</v>
+        <v>79</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>521</v>
+        <v>556</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="H74" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="I74" t="n">
         <v>0.0</v>
       </c>
       <c r="J74" t="s">
-        <v>483</v>
+        <v>518</v>
       </c>
       <c r="K74" t="s">
-        <v>549</v>
+        <v>559</v>
       </c>
       <c r="L74" t="s">
-        <v>550</v>
+        <v>560</v>
       </c>
       <c r="M74" t="s">
         <v>20</v>
       </c>
       <c r="N74" t="s">
-        <v>519</v>
+        <v>554</v>
       </c>
       <c r="O74" t="s">
-        <v>273</v>
+        <v>28</v>
       </c>
       <c r="P74" t="s">
-        <v>274</v>
+        <v>29</v>
       </c>
       <c r="Q74" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R74" t="s">
-        <v>275</v>
+        <v>31</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>18</v>
       </c>
       <c r="B75" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>553</v>
+        <v>562</v>
       </c>
       <c r="H75" t="s">
-        <v>554</v>
+        <v>563</v>
       </c>
       <c r="I75" t="n">
         <v>0.0</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="L75" t="s">
-        <v>556</v>
+        <v>565</v>
       </c>
       <c r="M75" t="s">
         <v>20</v>
       </c>
       <c r="N75" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="O75" t="s">
-        <v>319</v>
+        <v>28</v>
       </c>
       <c r="P75" t="s">
-        <v>320</v>
+        <v>29</v>
       </c>
       <c r="Q75" t="s">
-        <v>321</v>
+        <v>30</v>
       </c>
       <c r="R75" t="s">
-        <v>322</v>
+        <v>31</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>18</v>
       </c>
       <c r="B76" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
       <c r="H76" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
       <c r="I76" t="n">
         <v>0.0</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
       <c r="L76" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="M76" t="s">
         <v>20</v>
       </c>
       <c r="N76" t="s">
-        <v>564</v>
+        <v>554</v>
       </c>
       <c r="O76" t="s">
-        <v>196</v>
+        <v>28</v>
       </c>
       <c r="P76" t="s">
-        <v>197</v>
+        <v>29</v>
       </c>
       <c r="Q76" t="s">
-        <v>198</v>
+        <v>30</v>
       </c>
       <c r="R76" t="s">
-        <v>199</v>
+        <v>31</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>18</v>
       </c>
       <c r="B77" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>566</v>
+        <v>556</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="H77" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="I77" t="n">
         <v>0.0</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="L77" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="M77" t="s">
         <v>20</v>
       </c>
       <c r="N77" t="s">
-        <v>571</v>
+        <v>554</v>
       </c>
       <c r="O77" t="s">
-        <v>305</v>
+        <v>28</v>
       </c>
       <c r="P77" t="s">
-        <v>306</v>
+        <v>29</v>
       </c>
       <c r="Q77" t="s">
-        <v>107</v>
+        <v>30</v>
       </c>
       <c r="R77" t="s">
-        <v>307</v>
+        <v>31</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>18</v>
       </c>
       <c r="B78" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>573</v>
+        <v>556</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="H78" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="I78" t="n">
         <v>0.0</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="L78" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="M78" t="s">
         <v>20</v>
       </c>
       <c r="N78" t="s">
-        <v>578</v>
+        <v>554</v>
       </c>
       <c r="O78" t="s">
-        <v>95</v>
+        <v>28</v>
       </c>
       <c r="P78" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="Q78" t="s">
-        <v>97</v>
+        <v>30</v>
       </c>
       <c r="R78" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>18</v>
       </c>
       <c r="B79" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>580</v>
+        <v>556</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="H79" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="I79" t="n">
         <v>0.0</v>
       </c>
       <c r="J79" t="s">
-        <v>24</v>
+        <v>518</v>
       </c>
       <c r="K79" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="L79" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="M79" t="s">
         <v>20</v>
       </c>
       <c r="N79" t="s">
-        <v>578</v>
+        <v>554</v>
       </c>
       <c r="O79" t="s">
-        <v>125</v>
+        <v>28</v>
       </c>
       <c r="P79" t="s">
-        <v>126</v>
+        <v>29</v>
       </c>
       <c r="Q79" t="s">
-        <v>127</v>
+        <v>30</v>
       </c>
       <c r="R79" t="s">
-        <v>128</v>
+        <v>31</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>18</v>
       </c>
       <c r="B80" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="H80" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="I80" t="n">
         <v>0.0</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="L80" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="M80" t="s">
         <v>20</v>
       </c>
       <c r="N80" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="O80" t="s">
-        <v>95</v>
+        <v>362</v>
       </c>
       <c r="P80" t="s">
-        <v>96</v>
+        <v>363</v>
       </c>
       <c r="Q80" t="s">
-        <v>97</v>
+        <v>364</v>
       </c>
       <c r="R80" t="s">
-        <v>98</v>
+        <v>365</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>18</v>
       </c>
       <c r="B81" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="H81" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="I81" t="n">
         <v>0.0</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="L81" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="M81" t="s">
         <v>20</v>
       </c>
       <c r="N81" t="s">
-        <v>598</v>
+        <v>75</v>
       </c>
       <c r="O81" t="s">
-        <v>599</v>
+        <v>242</v>
       </c>
       <c r="P81" t="s">
-        <v>600</v>
+        <v>243</v>
       </c>
       <c r="Q81" t="s">
-        <v>601</v>
+        <v>244</v>
       </c>
       <c r="R81" t="s">
-        <v>602</v>
+        <v>245</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="B82" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>604</v>
+        <v>600</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="H82" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
       <c r="I82" t="n">
         <v>0.0</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>607</v>
+        <v>603</v>
       </c>
       <c r="L82" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
       <c r="M82" t="s">
         <v>20</v>
       </c>
       <c r="N82" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="O82" t="s">
-        <v>450</v>
+        <v>348</v>
       </c>
       <c r="P82" t="s">
-        <v>451</v>
+        <v>349</v>
       </c>
       <c r="Q82" t="s">
-        <v>452</v>
+        <v>154</v>
       </c>
       <c r="R82" t="s">
-        <v>453</v>
+        <v>350</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
+        <v>606</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>607</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>608</v>
+      </c>
+      <c r="H83" t="s">
         <v>609</v>
-      </c>
-[...16 lines deleted...]
-        <v>612</v>
       </c>
       <c r="I83" t="n">
         <v>0.0</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="L83" t="s">
-        <v>597</v>
+        <v>611</v>
       </c>
       <c r="M83" t="s">
         <v>20</v>
       </c>
       <c r="N83" t="s">
-        <v>598</v>
+        <v>612</v>
       </c>
       <c r="O83" t="s">
-        <v>614</v>
+        <v>142</v>
       </c>
       <c r="P83" t="s">
-        <v>615</v>
+        <v>143</v>
       </c>
       <c r="Q83" t="s">
-        <v>616</v>
+        <v>144</v>
       </c>
       <c r="R83" t="s">
-        <v>617</v>
+        <v>145</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
-        <v>618</v>
+        <v>613</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>619</v>
+        <v>614</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>620</v>
+        <v>615</v>
       </c>
       <c r="H84" t="s">
-        <v>621</v>
+        <v>616</v>
       </c>
       <c r="I84" t="n">
         <v>0.0</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>622</v>
+        <v>617</v>
       </c>
       <c r="L84" t="s">
-        <v>623</v>
+        <v>618</v>
       </c>
       <c r="M84" t="s">
         <v>20</v>
       </c>
       <c r="N84" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="O84" t="s">
-        <v>625</v>
+        <v>172</v>
       </c>
       <c r="P84" t="s">
-        <v>626</v>
+        <v>173</v>
       </c>
       <c r="Q84" t="s">
-        <v>87</v>
+        <v>174</v>
       </c>
       <c r="R84" t="s">
-        <v>627</v>
+        <v>175</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
-        <v>628</v>
+        <v>619</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>629</v>
+        <v>620</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>630</v>
+        <v>621</v>
       </c>
       <c r="H85" t="s">
-        <v>631</v>
+        <v>622</v>
       </c>
       <c r="I85" t="n">
         <v>0.0</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>632</v>
+        <v>623</v>
       </c>
       <c r="L85" t="s">
-        <v>633</v>
+        <v>624</v>
       </c>
       <c r="M85" t="s">
         <v>20</v>
       </c>
       <c r="N85" t="s">
-        <v>634</v>
+        <v>625</v>
       </c>
       <c r="O85" t="s">
-        <v>635</v>
+        <v>142</v>
       </c>
       <c r="P85" t="s">
-        <v>636</v>
+        <v>143</v>
       </c>
       <c r="Q85" t="s">
-        <v>637</v>
+        <v>144</v>
       </c>
       <c r="R85" t="s">
-        <v>638</v>
+        <v>145</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
-        <v>639</v>
+        <v>626</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>640</v>
+        <v>627</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>641</v>
+        <v>628</v>
       </c>
       <c r="H86" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="I86" t="n">
         <v>0.0</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>643</v>
+        <v>630</v>
       </c>
       <c r="L86" t="s">
-        <v>644</v>
+        <v>631</v>
       </c>
       <c r="M86" t="s">
         <v>20</v>
       </c>
       <c r="N86" t="s">
-        <v>645</v>
+        <v>632</v>
       </c>
       <c r="O86" t="s">
-        <v>319</v>
+        <v>633</v>
       </c>
       <c r="P86" t="s">
-        <v>320</v>
+        <v>634</v>
       </c>
       <c r="Q86" t="s">
-        <v>321</v>
+        <v>635</v>
       </c>
       <c r="R86" t="s">
-        <v>322</v>
+        <v>636</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
-        <v>646</v>
+        <v>637</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>647</v>
+        <v>638</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>648</v>
+        <v>639</v>
       </c>
       <c r="H87" t="s">
-        <v>649</v>
+        <v>640</v>
       </c>
       <c r="I87" t="n">
         <v>0.0</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>650</v>
+        <v>641</v>
       </c>
       <c r="L87" t="s">
-        <v>143</v>
+        <v>642</v>
       </c>
       <c r="M87" t="s">
         <v>20</v>
       </c>
       <c r="N87" t="s">
-        <v>329</v>
+        <v>632</v>
       </c>
       <c r="O87" t="s">
-        <v>651</v>
+        <v>54</v>
       </c>
       <c r="P87" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="Q87" t="s">
-        <v>652</v>
+        <v>56</v>
       </c>
       <c r="R87" t="s">
-        <v>653</v>
+        <v>57</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
-        <v>654</v>
+        <v>643</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>655</v>
+        <v>645</v>
       </c>
       <c r="H88" t="s">
-        <v>656</v>
+        <v>646</v>
       </c>
       <c r="I88" t="n">
         <v>0.0</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>657</v>
+        <v>647</v>
       </c>
       <c r="L88" t="s">
-        <v>658</v>
+        <v>631</v>
       </c>
       <c r="M88" t="s">
         <v>20</v>
       </c>
       <c r="N88" t="s">
-        <v>645</v>
+        <v>171</v>
       </c>
       <c r="O88" t="s">
-        <v>319</v>
+        <v>648</v>
       </c>
       <c r="P88" t="s">
-        <v>320</v>
+        <v>649</v>
       </c>
       <c r="Q88" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="R88" t="s">
-        <v>322</v>
+        <v>650</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
-        <v>659</v>
+        <v>651</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>660</v>
+        <v>652</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>661</v>
+        <v>653</v>
       </c>
       <c r="H89" t="s">
-        <v>662</v>
+        <v>654</v>
       </c>
       <c r="I89" t="n">
         <v>0.0</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>663</v>
+        <v>655</v>
       </c>
       <c r="L89" t="s">
-        <v>664</v>
+        <v>656</v>
       </c>
       <c r="M89" t="s">
         <v>20</v>
       </c>
       <c r="N89" t="s">
-        <v>430</v>
+        <v>657</v>
       </c>
       <c r="O89" t="s">
-        <v>665</v>
+        <v>658</v>
       </c>
       <c r="P89" t="s">
-        <v>666</v>
+        <v>659</v>
       </c>
       <c r="Q89" t="s">
-        <v>667</v>
+        <v>134</v>
       </c>
       <c r="R89" t="s">
-        <v>668</v>
+        <v>660</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>18</v>
       </c>
       <c r="B90" t="s">
-        <v>669</v>
+        <v>661</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>670</v>
+        <v>662</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
       <c r="H90" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="I90" t="n">
         <v>0.0</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="L90" t="s">
-        <v>674</v>
+        <v>666</v>
       </c>
       <c r="M90" t="s">
         <v>20</v>
       </c>
       <c r="N90" t="s">
-        <v>571</v>
+        <v>667</v>
       </c>
       <c r="O90" t="s">
-        <v>336</v>
+        <v>668</v>
       </c>
       <c r="P90" t="s">
-        <v>337</v>
+        <v>669</v>
       </c>
       <c r="Q90" t="s">
-        <v>338</v>
+        <v>670</v>
       </c>
       <c r="R90" t="s">
-        <v>339</v>
+        <v>671</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>18</v>
       </c>
       <c r="B91" t="s">
+        <v>672</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>673</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>674</v>
+      </c>
+      <c r="H91" t="s">
         <v>675</v>
-      </c>
-[...16 lines deleted...]
-        <v>678</v>
       </c>
       <c r="I91" t="n">
         <v>0.0</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="L91" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="M91" t="s">
         <v>20</v>
       </c>
       <c r="N91" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
       <c r="O91" t="s">
-        <v>85</v>
+        <v>362</v>
       </c>
       <c r="P91" t="s">
-        <v>86</v>
+        <v>363</v>
       </c>
       <c r="Q91" t="s">
-        <v>87</v>
+        <v>364</v>
       </c>
       <c r="R91" t="s">
-        <v>88</v>
+        <v>365</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>18</v>
       </c>
       <c r="B92" t="s">
+        <v>679</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>680</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>681</v>
+      </c>
+      <c r="H92" t="s">
         <v>682</v>
-      </c>
-[...16 lines deleted...]
-        <v>685</v>
       </c>
       <c r="I92" t="n">
         <v>0.0</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
+        <v>683</v>
+      </c>
+      <c r="L92" t="s">
+        <v>190</v>
+      </c>
+      <c r="M92" t="s">
+        <v>20</v>
+      </c>
+      <c r="N92" t="s">
+        <v>372</v>
+      </c>
+      <c r="O92" t="s">
+        <v>684</v>
+      </c>
+      <c r="P92" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>685</v>
+      </c>
+      <c r="R92" t="s">
         <v>686</v>
-      </c>
-[...19 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>18</v>
       </c>
       <c r="B93" t="s">
+        <v>687</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>680</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>688</v>
+      </c>
+      <c r="H93" t="s">
         <v>689</v>
-      </c>
-[...16 lines deleted...]
-        <v>692</v>
       </c>
       <c r="I93" t="n">
         <v>0.0</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="L93" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="M93" t="s">
         <v>20</v>
       </c>
       <c r="N93" t="s">
-        <v>688</v>
+        <v>678</v>
       </c>
       <c r="O93" t="s">
-        <v>273</v>
+        <v>362</v>
       </c>
       <c r="P93" t="s">
-        <v>274</v>
+        <v>363</v>
       </c>
       <c r="Q93" t="s">
-        <v>40</v>
+        <v>364</v>
       </c>
       <c r="R93" t="s">
-        <v>275</v>
+        <v>365</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>18</v>
       </c>
       <c r="B94" t="s">
+        <v>692</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
+        <v>693</v>
+      </c>
+      <c r="F94" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" t="s">
+        <v>694</v>
+      </c>
+      <c r="H94" t="s">
         <v>695</v>
-      </c>
-[...16 lines deleted...]
-        <v>698</v>
       </c>
       <c r="I94" t="n">
         <v>0.0</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
+        <v>696</v>
+      </c>
+      <c r="L94" t="s">
+        <v>697</v>
+      </c>
+      <c r="M94" t="s">
+        <v>20</v>
+      </c>
+      <c r="N94" t="s">
+        <v>469</v>
+      </c>
+      <c r="O94" t="s">
+        <v>698</v>
+      </c>
+      <c r="P94" t="s">
         <v>699</v>
       </c>
-      <c r="L94" t="s">
+      <c r="Q94" t="s">
         <v>700</v>
       </c>
-      <c r="M94" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R94" t="s">
-        <v>275</v>
+        <v>701</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>18</v>
       </c>
       <c r="B95" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="H95" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="I95" t="n">
         <v>0.0</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="L95" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="M95" t="s">
         <v>20</v>
       </c>
       <c r="N95" t="s">
-        <v>688</v>
+        <v>605</v>
       </c>
       <c r="O95" t="s">
-        <v>273</v>
+        <v>65</v>
       </c>
       <c r="P95" t="s">
-        <v>274</v>
+        <v>66</v>
       </c>
       <c r="Q95" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="R95" t="s">
-        <v>275</v>
+        <v>68</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>18</v>
       </c>
       <c r="B96" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="H96" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="I96" t="n">
         <v>0.0</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="L96" t="s">
-        <v>256</v>
+        <v>63</v>
       </c>
       <c r="M96" t="s">
         <v>20</v>
       </c>
       <c r="N96" t="s">
-        <v>688</v>
+        <v>713</v>
       </c>
       <c r="O96" t="s">
-        <v>273</v>
+        <v>132</v>
       </c>
       <c r="P96" t="s">
-        <v>274</v>
+        <v>133</v>
       </c>
       <c r="Q96" t="s">
-        <v>40</v>
+        <v>134</v>
       </c>
       <c r="R96" t="s">
-        <v>275</v>
+        <v>135</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>18</v>
       </c>
       <c r="B97" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="H97" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="I97" t="n">
         <v>0.0</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="L97" t="s">
-        <v>664</v>
+        <v>719</v>
       </c>
       <c r="M97" t="s">
         <v>20</v>
       </c>
       <c r="N97" t="s">
-        <v>717</v>
+        <v>171</v>
       </c>
       <c r="O97" t="s">
-        <v>718</v>
+        <v>348</v>
       </c>
       <c r="P97" t="s">
-        <v>719</v>
+        <v>349</v>
       </c>
       <c r="Q97" t="s">
-        <v>720</v>
+        <v>154</v>
       </c>
       <c r="R97" t="s">
-        <v>721</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>18</v>
       </c>
       <c r="B98" t="s">
+        <v>720</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" t="s">
+        <v>721</v>
+      </c>
+      <c r="F98" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" t="s">
         <v>722</v>
       </c>
-      <c r="C98" t="s">
-[...5 lines deleted...]
-      <c r="E98" t="s">
+      <c r="H98" t="s">
         <v>723</v>
-      </c>
-[...7 lines deleted...]
-        <v>725</v>
       </c>
       <c r="I98" t="n">
         <v>0.0</v>
       </c>
       <c r="J98" t="s">
-        <v>483</v>
+        <v>24</v>
       </c>
       <c r="K98" t="s">
+        <v>724</v>
+      </c>
+      <c r="L98" t="s">
+        <v>725</v>
+      </c>
+      <c r="M98" t="s">
+        <v>20</v>
+      </c>
+      <c r="N98" t="s">
         <v>726</v>
       </c>
-      <c r="L98" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O98" t="s">
-        <v>273</v>
+        <v>28</v>
       </c>
       <c r="P98" t="s">
-        <v>274</v>
+        <v>29</v>
       </c>
       <c r="Q98" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R98" t="s">
-        <v>275</v>
+        <v>31</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>18</v>
       </c>
       <c r="B99" t="s">
+        <v>727</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
         <v>728</v>
       </c>
-      <c r="C99" t="s">
-[...5 lines deleted...]
-      <c r="E99" t="s">
+      <c r="F99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
         <v>729</v>
       </c>
-      <c r="F99" t="s">
-[...2 lines deleted...]
-      <c r="G99" t="s">
+      <c r="H99" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>731</v>
       </c>
       <c r="I99" t="n">
         <v>0.0</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
+        <v>731</v>
+      </c>
+      <c r="L99" t="s">
         <v>732</v>
       </c>
-      <c r="L99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M99" t="s">
         <v>20</v>
       </c>
       <c r="N99" t="s">
-        <v>717</v>
+        <v>726</v>
       </c>
       <c r="O99" t="s">
-        <v>733</v>
+        <v>28</v>
       </c>
       <c r="P99" t="s">
-        <v>734</v>
+        <v>29</v>
       </c>
       <c r="Q99" t="s">
-        <v>735</v>
+        <v>30</v>
       </c>
       <c r="R99" t="s">
-        <v>736</v>
+        <v>31</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>18</v>
       </c>
       <c r="B100" t="s">
-        <v>737</v>
+        <v>733</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="H100" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="I100" t="n">
         <v>0.0</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="L100" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="M100" t="s">
         <v>20</v>
       </c>
       <c r="N100" t="s">
-        <v>717</v>
+        <v>726</v>
       </c>
       <c r="O100" t="s">
-        <v>742</v>
+        <v>28</v>
       </c>
       <c r="P100" t="s">
-        <v>743</v>
+        <v>29</v>
       </c>
       <c r="Q100" t="s">
-        <v>616</v>
+        <v>30</v>
       </c>
       <c r="R100" t="s">
-        <v>744</v>
+        <v>31</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>18</v>
       </c>
       <c r="B101" t="s">
-        <v>745</v>
+        <v>739</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>729</v>
+        <v>740</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
       <c r="H101" t="s">
-        <v>747</v>
+        <v>742</v>
       </c>
       <c r="I101" t="n">
         <v>0.0</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
-        <v>732</v>
+        <v>743</v>
       </c>
       <c r="L101" t="s">
-        <v>748</v>
+        <v>302</v>
       </c>
       <c r="M101" t="s">
         <v>20</v>
       </c>
       <c r="N101" t="s">
-        <v>717</v>
+        <v>726</v>
       </c>
       <c r="O101" t="s">
-        <v>733</v>
+        <v>28</v>
       </c>
       <c r="P101" t="s">
-        <v>734</v>
+        <v>29</v>
       </c>
       <c r="Q101" t="s">
-        <v>735</v>
+        <v>30</v>
       </c>
       <c r="R101" t="s">
-        <v>736</v>
+        <v>31</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>18</v>
       </c>
       <c r="B102" t="s">
-        <v>749</v>
+        <v>744</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>751</v>
+        <v>746</v>
       </c>
       <c r="H102" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
       <c r="I102" t="n">
         <v>0.0</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
+        <v>748</v>
+      </c>
+      <c r="L102" t="s">
+        <v>697</v>
+      </c>
+      <c r="M102" t="s">
+        <v>20</v>
+      </c>
+      <c r="N102" t="s">
+        <v>749</v>
+      </c>
+      <c r="O102" t="s">
+        <v>750</v>
+      </c>
+      <c r="P102" t="s">
+        <v>751</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>752</v>
+      </c>
+      <c r="R102" t="s">
         <v>753</v>
-      </c>
-[...19 lines deleted...]
-        <v>736</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>18</v>
       </c>
       <c r="B103" t="s">
+        <v>754</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103" t="s">
         <v>755</v>
-      </c>
-[...7 lines deleted...]
-        <v>750</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
         <v>756</v>
       </c>
       <c r="H103" t="s">
         <v>757</v>
       </c>
       <c r="I103" t="n">
         <v>0.0</v>
       </c>
       <c r="J103" t="s">
-        <v>24</v>
+        <v>518</v>
       </c>
       <c r="K103" t="s">
         <v>758</v>
       </c>
       <c r="L103" t="s">
         <v>759</v>
       </c>
       <c r="M103" t="s">
         <v>20</v>
       </c>
       <c r="N103" t="s">
-        <v>717</v>
+        <v>726</v>
       </c>
       <c r="O103" t="s">
-        <v>733</v>
+        <v>28</v>
       </c>
       <c r="P103" t="s">
-        <v>734</v>
+        <v>29</v>
       </c>
       <c r="Q103" t="s">
-        <v>735</v>
+        <v>30</v>
       </c>
       <c r="R103" t="s">
-        <v>736</v>
+        <v>31</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>18</v>
       </c>
       <c r="B104" t="s">
         <v>760</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
         <v>761</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
         <v>762</v>
       </c>
       <c r="H104" t="s">
         <v>763</v>
       </c>
       <c r="I104" t="n">
         <v>0.0</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
         <v>764</v>
       </c>
       <c r="L104" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="M104" t="s">
         <v>20</v>
       </c>
       <c r="N104" t="s">
-        <v>717</v>
+        <v>171</v>
       </c>
       <c r="O104" t="s">
-        <v>733</v>
+        <v>765</v>
       </c>
       <c r="P104" t="s">
-        <v>734</v>
+        <v>766</v>
       </c>
       <c r="Q104" t="s">
-        <v>735</v>
+        <v>767</v>
       </c>
       <c r="R104" t="s">
-        <v>736</v>
+        <v>768</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>18</v>
       </c>
       <c r="B105" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="C105" t="s">
         <v>20</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
-        <v>766</v>
+        <v>761</v>
       </c>
       <c r="F105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="H105" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="I105" t="n">
         <v>0.0</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="L105" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="M105" t="s">
         <v>20</v>
       </c>
       <c r="N105" t="s">
-        <v>771</v>
+        <v>171</v>
       </c>
       <c r="O105" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="P105" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="Q105" t="s">
-        <v>87</v>
+        <v>46</v>
       </c>
       <c r="R105" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>18</v>
       </c>
       <c r="B106" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>773</v>
+        <v>761</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="H106" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="I106" t="n">
         <v>0.0</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
-        <v>776</v>
+        <v>764</v>
       </c>
       <c r="L106" t="s">
         <v>777</v>
       </c>
       <c r="M106" t="s">
         <v>20</v>
       </c>
       <c r="N106" t="s">
-        <v>771</v>
+        <v>171</v>
       </c>
       <c r="O106" t="s">
-        <v>85</v>
+        <v>765</v>
       </c>
       <c r="P106" t="s">
-        <v>86</v>
+        <v>766</v>
       </c>
       <c r="Q106" t="s">
-        <v>87</v>
+        <v>767</v>
       </c>
       <c r="R106" t="s">
-        <v>88</v>
+        <v>768</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>18</v>
       </c>
       <c r="B107" t="s">
         <v>778</v>
       </c>
       <c r="C107" t="s">
         <v>20</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="F107" t="s">
         <v>20</v>
       </c>
       <c r="G107" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="H107" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="I107" t="n">
         <v>0.0</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="L107" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="M107" t="s">
         <v>20</v>
       </c>
       <c r="N107" t="s">
-        <v>771</v>
+        <v>171</v>
       </c>
       <c r="O107" t="s">
-        <v>85</v>
+        <v>765</v>
       </c>
       <c r="P107" t="s">
-        <v>86</v>
+        <v>766</v>
       </c>
       <c r="Q107" t="s">
-        <v>87</v>
+        <v>767</v>
       </c>
       <c r="R107" t="s">
-        <v>88</v>
+        <v>768</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>18</v>
       </c>
       <c r="B108" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C108" t="s">
         <v>20</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108" t="s">
-        <v>784</v>
+        <v>779</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
         <v>785</v>
       </c>
       <c r="H108" t="s">
         <v>786</v>
       </c>
       <c r="I108" t="n">
         <v>0.0</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
         <v>787</v>
       </c>
       <c r="L108" t="s">
         <v>788</v>
       </c>
       <c r="M108" t="s">
         <v>20</v>
       </c>
       <c r="N108" t="s">
-        <v>771</v>
+        <v>171</v>
       </c>
       <c r="O108" t="s">
-        <v>85</v>
+        <v>765</v>
       </c>
       <c r="P108" t="s">
-        <v>86</v>
+        <v>766</v>
       </c>
       <c r="Q108" t="s">
-        <v>87</v>
+        <v>767</v>
       </c>
       <c r="R108" t="s">
-        <v>88</v>
+        <v>768</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>18</v>
       </c>
       <c r="B109" t="s">
         <v>789</v>
       </c>
       <c r="C109" t="s">
         <v>20</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109" t="s">
         <v>790</v>
       </c>
       <c r="F109" t="s">
         <v>20</v>
       </c>
       <c r="G109" t="s">
         <v>791</v>
       </c>
       <c r="H109" t="s">
         <v>792</v>
       </c>
       <c r="I109" t="n">
         <v>0.0</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
         <v>793</v>
       </c>
       <c r="L109" t="s">
-        <v>794</v>
+        <v>291</v>
       </c>
       <c r="M109" t="s">
         <v>20</v>
       </c>
       <c r="N109" t="s">
-        <v>771</v>
+        <v>171</v>
       </c>
       <c r="O109" t="s">
-        <v>85</v>
+        <v>765</v>
       </c>
       <c r="P109" t="s">
-        <v>86</v>
+        <v>766</v>
       </c>
       <c r="Q109" t="s">
-        <v>87</v>
+        <v>767</v>
       </c>
       <c r="R109" t="s">
-        <v>88</v>
+        <v>768</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>18</v>
       </c>
       <c r="B110" t="s">
+        <v>794</v>
+      </c>
+      <c r="C110" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" t="s">
+        <v>20</v>
+      </c>
+      <c r="E110" t="s">
         <v>795</v>
       </c>
-      <c r="C110" t="s">
-[...5 lines deleted...]
-      <c r="E110" t="s">
+      <c r="F110" t="s">
+        <v>20</v>
+      </c>
+      <c r="G110" t="s">
         <v>796</v>
       </c>
-      <c r="F110" t="s">
-[...2 lines deleted...]
-      <c r="G110" t="s">
+      <c r="H110" t="s">
         <v>797</v>
-      </c>
-[...1 lines deleted...]
-        <v>798</v>
       </c>
       <c r="I110" t="n">
         <v>0.0</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
+        <v>798</v>
+      </c>
+      <c r="L110" t="s">
         <v>799</v>
       </c>
-      <c r="L110" t="s">
+      <c r="M110" t="s">
+        <v>20</v>
+      </c>
+      <c r="N110" t="s">
         <v>800</v>
       </c>
-      <c r="M110" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O110" t="s">
-        <v>85</v>
+        <v>132</v>
       </c>
       <c r="P110" t="s">
-        <v>86</v>
+        <v>133</v>
       </c>
       <c r="Q110" t="s">
-        <v>87</v>
+        <v>134</v>
       </c>
       <c r="R110" t="s">
-        <v>88</v>
+        <v>135</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>18</v>
       </c>
       <c r="B111" t="s">
         <v>801</v>
       </c>
       <c r="C111" t="s">
         <v>20</v>
       </c>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111" t="s">
         <v>802</v>
       </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
         <v>803</v>
       </c>
       <c r="H111" t="s">
         <v>804</v>
       </c>
       <c r="I111" t="n">
         <v>0.0</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
         <v>805</v>
       </c>
       <c r="L111" t="s">
         <v>806</v>
       </c>
       <c r="M111" t="s">
         <v>20</v>
       </c>
       <c r="N111" t="s">
-        <v>807</v>
+        <v>800</v>
       </c>
       <c r="O111" t="s">
-        <v>38</v>
+        <v>132</v>
       </c>
       <c r="P111" t="s">
-        <v>39</v>
+        <v>133</v>
       </c>
       <c r="Q111" t="s">
-        <v>40</v>
+        <v>134</v>
       </c>
       <c r="R111" t="s">
-        <v>41</v>
+        <v>135</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>18</v>
       </c>
       <c r="B112" t="s">
+        <v>807</v>
+      </c>
+      <c r="C112" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" t="s">
+        <v>20</v>
+      </c>
+      <c r="E112" t="s">
+        <v>802</v>
+      </c>
+      <c r="F112" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" t="s">
         <v>808</v>
       </c>
-      <c r="C112" t="s">
-[...5 lines deleted...]
-      <c r="E112" t="s">
+      <c r="H112" t="s">
         <v>809</v>
-      </c>
-[...7 lines deleted...]
-        <v>811</v>
       </c>
       <c r="I112" t="n">
         <v>0.0</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>812</v>
+        <v>810</v>
       </c>
       <c r="L112" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
       <c r="M112" t="s">
         <v>20</v>
       </c>
       <c r="N112" t="s">
-        <v>807</v>
+        <v>800</v>
       </c>
       <c r="O112" t="s">
-        <v>336</v>
+        <v>132</v>
       </c>
       <c r="P112" t="s">
-        <v>337</v>
+        <v>133</v>
       </c>
       <c r="Q112" t="s">
-        <v>338</v>
+        <v>134</v>
       </c>
       <c r="R112" t="s">
-        <v>339</v>
+        <v>135</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>18</v>
       </c>
       <c r="B113" t="s">
+        <v>812</v>
+      </c>
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
+        <v>20</v>
+      </c>
+      <c r="E113" t="s">
+        <v>813</v>
+      </c>
+      <c r="F113" t="s">
+        <v>20</v>
+      </c>
+      <c r="G113" t="s">
         <v>814</v>
       </c>
-      <c r="C113" t="s">
-[...5 lines deleted...]
-      <c r="E113" t="s">
+      <c r="H113" t="s">
         <v>815</v>
-      </c>
-[...7 lines deleted...]
-        <v>817</v>
       </c>
       <c r="I113" t="n">
         <v>0.0</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="L113" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="M113" t="s">
         <v>20</v>
       </c>
       <c r="N113" t="s">
-        <v>571</v>
+        <v>800</v>
       </c>
       <c r="O113" t="s">
-        <v>305</v>
+        <v>132</v>
       </c>
       <c r="P113" t="s">
-        <v>306</v>
+        <v>133</v>
       </c>
       <c r="Q113" t="s">
-        <v>107</v>
+        <v>134</v>
       </c>
       <c r="R113" t="s">
-        <v>307</v>
+        <v>135</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>18</v>
       </c>
       <c r="B114" t="s">
+        <v>818</v>
+      </c>
+      <c r="C114" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" t="s">
+        <v>20</v>
+      </c>
+      <c r="E114" t="s">
+        <v>819</v>
+      </c>
+      <c r="F114" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" t="s">
         <v>820</v>
       </c>
-      <c r="C114" t="s">
-[...5 lines deleted...]
-      <c r="E114" t="s">
+      <c r="H114" t="s">
         <v>821</v>
-      </c>
-[...7 lines deleted...]
-        <v>823</v>
       </c>
       <c r="I114" t="n">
         <v>0.0</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="L114" t="s">
-        <v>436</v>
+        <v>823</v>
       </c>
       <c r="M114" t="s">
         <v>20</v>
       </c>
       <c r="N114" t="s">
-        <v>571</v>
+        <v>800</v>
       </c>
       <c r="O114" t="s">
-        <v>305</v>
+        <v>132</v>
       </c>
       <c r="P114" t="s">
-        <v>306</v>
+        <v>133</v>
       </c>
       <c r="Q114" t="s">
-        <v>107</v>
+        <v>134</v>
       </c>
       <c r="R114" t="s">
-        <v>307</v>
+        <v>135</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>18</v>
       </c>
       <c r="B115" t="s">
+        <v>824</v>
+      </c>
+      <c r="C115" t="s">
+        <v>20</v>
+      </c>
+      <c r="D115" t="s">
+        <v>20</v>
+      </c>
+      <c r="E115" t="s">
         <v>825</v>
-      </c>
-[...7 lines deleted...]
-        <v>821</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
         <v>826</v>
       </c>
       <c r="H115" t="s">
         <v>827</v>
       </c>
       <c r="I115" t="n">
         <v>0.0</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
         <v>828</v>
       </c>
       <c r="L115" t="s">
         <v>829</v>
       </c>
       <c r="M115" t="s">
         <v>20</v>
       </c>
       <c r="N115" t="s">
-        <v>571</v>
+        <v>800</v>
       </c>
       <c r="O115" t="s">
-        <v>305</v>
+        <v>132</v>
       </c>
       <c r="P115" t="s">
-        <v>306</v>
+        <v>133</v>
       </c>
       <c r="Q115" t="s">
-        <v>107</v>
+        <v>134</v>
       </c>
       <c r="R115" t="s">
-        <v>307</v>
+        <v>135</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>18</v>
       </c>
       <c r="B116" t="s">
         <v>830</v>
       </c>
       <c r="C116" t="s">
         <v>20</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116" t="s">
         <v>831</v>
       </c>
       <c r="F116" t="s">
         <v>20</v>
       </c>
       <c r="G116" t="s">
         <v>832</v>
       </c>
       <c r="H116" t="s">
         <v>833</v>
       </c>
       <c r="I116" t="n">
         <v>0.0</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
         <v>834</v>
       </c>
       <c r="L116" t="s">
-        <v>26</v>
+        <v>835</v>
       </c>
       <c r="M116" t="s">
         <v>20</v>
       </c>
       <c r="N116" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="O116" t="s">
-        <v>319</v>
+        <v>86</v>
       </c>
       <c r="P116" t="s">
-        <v>320</v>
+        <v>87</v>
       </c>
       <c r="Q116" t="s">
-        <v>321</v>
+        <v>30</v>
       </c>
       <c r="R116" t="s">
-        <v>322</v>
+        <v>88</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>18</v>
       </c>
       <c r="B117" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="C117" t="s">
         <v>20</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="F117" t="s">
         <v>20</v>
       </c>
       <c r="G117" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="H117" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="I117" t="n">
         <v>0.0</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="L117" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="M117" t="s">
         <v>20</v>
       </c>
       <c r="N117" t="s">
-        <v>329</v>
+        <v>836</v>
       </c>
       <c r="O117" t="s">
-        <v>175</v>
+        <v>65</v>
       </c>
       <c r="P117" t="s">
-        <v>176</v>
+        <v>66</v>
       </c>
       <c r="Q117" t="s">
-        <v>177</v>
+        <v>67</v>
       </c>
       <c r="R117" t="s">
-        <v>178</v>
+        <v>68</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>18</v>
       </c>
       <c r="B118" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="F118" t="s">
         <v>20</v>
       </c>
       <c r="G118" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="H118" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="I118" t="n">
         <v>0.0</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="L118" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="M118" t="s">
         <v>20</v>
       </c>
       <c r="N118" t="s">
-        <v>848</v>
+        <v>605</v>
       </c>
       <c r="O118" t="s">
-        <v>76</v>
+        <v>348</v>
       </c>
       <c r="P118" t="s">
-        <v>77</v>
+        <v>349</v>
       </c>
       <c r="Q118" t="s">
-        <v>30</v>
+        <v>154</v>
       </c>
       <c r="R118" t="s">
-        <v>78</v>
+        <v>350</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>18</v>
       </c>
       <c r="B119" t="s">
         <v>849</v>
       </c>
       <c r="C119" t="s">
         <v>20</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119" t="s">
         <v>850</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
         <v>851</v>
       </c>
       <c r="H119" t="s">
         <v>852</v>
       </c>
       <c r="I119" t="n">
         <v>0.0</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
         <v>853</v>
       </c>
       <c r="L119" t="s">
-        <v>854</v>
+        <v>475</v>
       </c>
       <c r="M119" t="s">
         <v>20</v>
       </c>
       <c r="N119" t="s">
-        <v>848</v>
+        <v>605</v>
       </c>
       <c r="O119" t="s">
-        <v>305</v>
+        <v>348</v>
       </c>
       <c r="P119" t="s">
-        <v>306</v>
+        <v>349</v>
       </c>
       <c r="Q119" t="s">
-        <v>107</v>
+        <v>154</v>
       </c>
       <c r="R119" t="s">
-        <v>307</v>
+        <v>350</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>18</v>
       </c>
       <c r="B120" t="s">
+        <v>854</v>
+      </c>
+      <c r="C120" t="s">
+        <v>20</v>
+      </c>
+      <c r="D120" t="s">
+        <v>20</v>
+      </c>
+      <c r="E120" t="s">
+        <v>850</v>
+      </c>
+      <c r="F120" t="s">
+        <v>20</v>
+      </c>
+      <c r="G120" t="s">
         <v>855</v>
       </c>
-      <c r="C120" t="s">
-[...5 lines deleted...]
-      <c r="E120" t="s">
+      <c r="H120" t="s">
         <v>856</v>
-      </c>
-[...7 lines deleted...]
-        <v>858</v>
       </c>
       <c r="I120" t="n">
         <v>0.0</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>859</v>
+        <v>857</v>
       </c>
       <c r="L120" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="M120" t="s">
         <v>20</v>
       </c>
       <c r="N120" t="s">
-        <v>848</v>
+        <v>605</v>
       </c>
       <c r="O120" t="s">
-        <v>305</v>
+        <v>348</v>
       </c>
       <c r="P120" t="s">
-        <v>306</v>
+        <v>349</v>
       </c>
       <c r="Q120" t="s">
-        <v>107</v>
+        <v>154</v>
       </c>
       <c r="R120" t="s">
-        <v>307</v>
+        <v>350</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>18</v>
       </c>
       <c r="B121" t="s">
+        <v>859</v>
+      </c>
+      <c r="C121" t="s">
+        <v>20</v>
+      </c>
+      <c r="D121" t="s">
+        <v>20</v>
+      </c>
+      <c r="E121" t="s">
+        <v>860</v>
+      </c>
+      <c r="F121" t="s">
+        <v>20</v>
+      </c>
+      <c r="G121" t="s">
         <v>861</v>
       </c>
-      <c r="C121" t="s">
-[...5 lines deleted...]
-      <c r="E121" t="s">
+      <c r="H121" t="s">
         <v>862</v>
-      </c>
-[...7 lines deleted...]
-        <v>864</v>
       </c>
       <c r="I121" t="n">
         <v>0.0</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="L121" t="s">
-        <v>866</v>
+        <v>74</v>
       </c>
       <c r="M121" t="s">
         <v>20</v>
       </c>
       <c r="N121" t="s">
-        <v>848</v>
+        <v>64</v>
       </c>
       <c r="O121" t="s">
-        <v>76</v>
+        <v>362</v>
       </c>
       <c r="P121" t="s">
-        <v>77</v>
+        <v>363</v>
       </c>
       <c r="Q121" t="s">
-        <v>30</v>
+        <v>364</v>
       </c>
       <c r="R121" t="s">
-        <v>78</v>
+        <v>365</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>18</v>
       </c>
       <c r="B122" t="s">
+        <v>864</v>
+      </c>
+      <c r="C122" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" t="s">
+        <v>20</v>
+      </c>
+      <c r="E122" t="s">
+        <v>865</v>
+      </c>
+      <c r="F122" t="s">
+        <v>20</v>
+      </c>
+      <c r="G122" t="s">
+        <v>866</v>
+      </c>
+      <c r="H122" t="s">
         <v>867</v>
-      </c>
-[...16 lines deleted...]
-        <v>870</v>
       </c>
       <c r="I122" t="n">
         <v>0.0</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="L122" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="M122" t="s">
         <v>20</v>
       </c>
       <c r="N122" t="s">
-        <v>848</v>
+        <v>372</v>
       </c>
       <c r="O122" t="s">
-        <v>76</v>
+        <v>222</v>
       </c>
       <c r="P122" t="s">
-        <v>77</v>
+        <v>223</v>
       </c>
       <c r="Q122" t="s">
-        <v>30</v>
+        <v>224</v>
       </c>
       <c r="R122" t="s">
-        <v>78</v>
+        <v>225</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>18</v>
       </c>
       <c r="B123" t="s">
+        <v>870</v>
+      </c>
+      <c r="C123" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" t="s">
+        <v>20</v>
+      </c>
+      <c r="E123" t="s">
+        <v>871</v>
+      </c>
+      <c r="F123" t="s">
+        <v>20</v>
+      </c>
+      <c r="G123" t="s">
+        <v>872</v>
+      </c>
+      <c r="H123" t="s">
         <v>873</v>
-      </c>
-[...16 lines deleted...]
-        <v>875</v>
       </c>
       <c r="I123" t="n">
         <v>0.0</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="L123" t="s">
-        <v>545</v>
+        <v>875</v>
       </c>
       <c r="M123" t="s">
         <v>20</v>
       </c>
       <c r="N123" t="s">
-        <v>848</v>
+        <v>64</v>
       </c>
       <c r="O123" t="s">
-        <v>76</v>
+        <v>123</v>
       </c>
       <c r="P123" t="s">
-        <v>77</v>
+        <v>124</v>
       </c>
       <c r="Q123" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="R123" t="s">
-        <v>78</v>
+        <v>125</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>18</v>
       </c>
       <c r="B124" t="s">
+        <v>876</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" t="s">
+        <v>20</v>
+      </c>
+      <c r="E124" t="s">
         <v>877</v>
       </c>
-      <c r="C124" t="s">
-[...5 lines deleted...]
-      <c r="E124" t="s">
+      <c r="F124" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" t="s">
         <v>878</v>
       </c>
-      <c r="F124" t="s">
-[...2 lines deleted...]
-      <c r="G124" t="s">
+      <c r="H124" t="s">
         <v>879</v>
-      </c>
-[...1 lines deleted...]
-        <v>880</v>
       </c>
       <c r="I124" t="n">
         <v>0.0</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
+        <v>880</v>
+      </c>
+      <c r="L124" t="s">
         <v>881</v>
       </c>
-      <c r="L124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M124" t="s">
         <v>20</v>
       </c>
       <c r="N124" t="s">
-        <v>848</v>
+        <v>64</v>
       </c>
       <c r="O124" t="s">
-        <v>305</v>
+        <v>348</v>
       </c>
       <c r="P124" t="s">
-        <v>306</v>
+        <v>349</v>
       </c>
       <c r="Q124" t="s">
-        <v>107</v>
+        <v>154</v>
       </c>
       <c r="R124" t="s">
-        <v>307</v>
+        <v>350</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>18</v>
       </c>
       <c r="B125" t="s">
         <v>882</v>
       </c>
       <c r="C125" t="s">
         <v>20</v>
       </c>
       <c r="D125" t="s">
         <v>20</v>
       </c>
       <c r="E125" t="s">
         <v>883</v>
       </c>
       <c r="F125" t="s">
         <v>20</v>
       </c>
       <c r="G125" t="s">
         <v>884</v>
       </c>
       <c r="H125" t="s">
         <v>885</v>
       </c>
       <c r="I125" t="n">
         <v>0.0</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
         <v>886</v>
       </c>
       <c r="L125" t="s">
         <v>887</v>
       </c>
       <c r="M125" t="s">
         <v>20</v>
       </c>
       <c r="N125" t="s">
-        <v>848</v>
+        <v>64</v>
       </c>
       <c r="O125" t="s">
-        <v>305</v>
+        <v>348</v>
       </c>
       <c r="P125" t="s">
-        <v>306</v>
+        <v>349</v>
       </c>
       <c r="Q125" t="s">
-        <v>107</v>
+        <v>154</v>
       </c>
       <c r="R125" t="s">
-        <v>307</v>
+        <v>350</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>18</v>
       </c>
       <c r="B126" t="s">
         <v>888</v>
       </c>
       <c r="C126" t="s">
         <v>20</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126" t="s">
         <v>889</v>
       </c>
       <c r="F126" t="s">
         <v>20</v>
       </c>
       <c r="G126" t="s">
         <v>890</v>
       </c>
       <c r="H126" t="s">
         <v>891</v>
       </c>
       <c r="I126" t="n">
         <v>0.0</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
         <v>892</v>
       </c>
       <c r="L126" t="s">
         <v>893</v>
       </c>
       <c r="M126" t="s">
         <v>20</v>
       </c>
       <c r="N126" t="s">
-        <v>848</v>
+        <v>894</v>
       </c>
       <c r="O126" t="s">
-        <v>305</v>
+        <v>123</v>
       </c>
       <c r="P126" t="s">
-        <v>306</v>
+        <v>124</v>
       </c>
       <c r="Q126" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="R126" t="s">
-        <v>307</v>
+        <v>125</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>18</v>
       </c>
       <c r="B127" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="C127" t="s">
         <v>20</v>
       </c>
       <c r="D127" t="s">
         <v>20</v>
       </c>
       <c r="E127" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="F127" t="s">
         <v>20</v>
       </c>
       <c r="G127" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="H127" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="I127" t="n">
         <v>0.0</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="L127" t="s">
-        <v>841</v>
+        <v>43</v>
       </c>
       <c r="M127" t="s">
         <v>20</v>
       </c>
       <c r="N127" t="s">
-        <v>899</v>
+        <v>894</v>
       </c>
       <c r="O127" t="s">
-        <v>319</v>
+        <v>123</v>
       </c>
       <c r="P127" t="s">
-        <v>320</v>
+        <v>124</v>
       </c>
       <c r="Q127" t="s">
-        <v>321</v>
+        <v>78</v>
       </c>
       <c r="R127" t="s">
-        <v>322</v>
+        <v>125</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>18</v>
       </c>
       <c r="B128" t="s">
         <v>900</v>
       </c>
       <c r="C128" t="s">
         <v>20</v>
       </c>
       <c r="D128" t="s">
         <v>20</v>
       </c>
       <c r="E128" t="s">
+        <v>896</v>
+      </c>
+      <c r="F128" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" t="s">
         <v>901</v>
       </c>
-      <c r="F128" t="s">
-[...2 lines deleted...]
-      <c r="G128" t="s">
+      <c r="H128" t="s">
         <v>902</v>
-      </c>
-[...1 lines deleted...]
-        <v>903</v>
       </c>
       <c r="I128" t="n">
         <v>0.0</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
-        <v>904</v>
+        <v>903</v>
       </c>
       <c r="L128" t="s">
-        <v>905</v>
+        <v>580</v>
       </c>
       <c r="M128" t="s">
         <v>20</v>
       </c>
       <c r="N128" t="s">
-        <v>578</v>
+        <v>894</v>
       </c>
       <c r="O128" t="s">
-        <v>273</v>
+        <v>123</v>
       </c>
       <c r="P128" t="s">
-        <v>274</v>
+        <v>124</v>
       </c>
       <c r="Q128" t="s">
-        <v>40</v>
+        <v>78</v>
       </c>
       <c r="R128" t="s">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>18</v>
       </c>
       <c r="B129" t="s">
+        <v>904</v>
+      </c>
+      <c r="C129" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" t="s">
+        <v>20</v>
+      </c>
+      <c r="E129" t="s">
+        <v>905</v>
+      </c>
+      <c r="F129" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" t="s">
         <v>906</v>
       </c>
-      <c r="C129" t="s">
-[...5 lines deleted...]
-      <c r="E129" t="s">
+      <c r="H129" t="s">
         <v>907</v>
-      </c>
-[...7 lines deleted...]
-        <v>909</v>
       </c>
       <c r="I129" t="n">
         <v>0.0</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
       <c r="L129" t="s">
-        <v>911</v>
+        <v>513</v>
       </c>
       <c r="M129" t="s">
         <v>20</v>
       </c>
       <c r="N129" t="s">
-        <v>912</v>
+        <v>64</v>
       </c>
       <c r="O129" t="s">
-        <v>196</v>
+        <v>348</v>
       </c>
       <c r="P129" t="s">
-        <v>197</v>
+        <v>349</v>
       </c>
       <c r="Q129" t="s">
-        <v>198</v>
+        <v>154</v>
       </c>
       <c r="R129" t="s">
-        <v>199</v>
+        <v>350</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>18</v>
       </c>
       <c r="B130" t="s">
-        <v>913</v>
+        <v>909</v>
       </c>
       <c r="C130" t="s">
         <v>20</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130" t="s">
-        <v>914</v>
+        <v>910</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
-        <v>915</v>
+        <v>911</v>
       </c>
       <c r="H130" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="I130" t="n">
         <v>0.0</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>917</v>
+        <v>913</v>
       </c>
       <c r="L130" t="s">
-        <v>918</v>
+        <v>914</v>
       </c>
       <c r="M130" t="s">
         <v>20</v>
       </c>
       <c r="N130" t="s">
-        <v>912</v>
+        <v>64</v>
       </c>
       <c r="O130" t="s">
-        <v>196</v>
+        <v>348</v>
       </c>
       <c r="P130" t="s">
-        <v>197</v>
+        <v>349</v>
       </c>
       <c r="Q130" t="s">
-        <v>198</v>
+        <v>154</v>
       </c>
       <c r="R130" t="s">
-        <v>199</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>18</v>
       </c>
       <c r="B131" t="s">
-        <v>919</v>
+        <v>915</v>
       </c>
       <c r="C131" t="s">
         <v>20</v>
       </c>
       <c r="D131" t="s">
         <v>20</v>
       </c>
       <c r="E131" t="s">
-        <v>920</v>
+        <v>916</v>
       </c>
       <c r="F131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
-        <v>921</v>
+        <v>917</v>
       </c>
       <c r="H131" t="s">
-        <v>922</v>
+        <v>918</v>
       </c>
       <c r="I131" t="n">
         <v>0.0</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>923</v>
+        <v>919</v>
       </c>
       <c r="L131" t="s">
-        <v>924</v>
+        <v>920</v>
       </c>
       <c r="M131" t="s">
         <v>20</v>
       </c>
       <c r="N131" t="s">
-        <v>925</v>
+        <v>64</v>
       </c>
       <c r="O131" t="s">
-        <v>926</v>
+        <v>348</v>
       </c>
       <c r="P131" t="s">
-        <v>927</v>
+        <v>349</v>
       </c>
       <c r="Q131" t="s">
-        <v>928</v>
+        <v>154</v>
       </c>
       <c r="R131" t="s">
-        <v>929</v>
+        <v>350</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>18</v>
       </c>
       <c r="B132" t="s">
-        <v>930</v>
+        <v>921</v>
       </c>
       <c r="C132" t="s">
         <v>20</v>
       </c>
       <c r="D132" t="s">
         <v>20</v>
       </c>
       <c r="E132" t="s">
-        <v>931</v>
+        <v>922</v>
       </c>
       <c r="F132" t="s">
         <v>20</v>
       </c>
       <c r="G132" t="s">
-        <v>932</v>
+        <v>923</v>
       </c>
       <c r="H132" t="s">
-        <v>933</v>
+        <v>924</v>
       </c>
       <c r="I132" t="n">
         <v>0.0</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>934</v>
+        <v>925</v>
       </c>
       <c r="L132" t="s">
-        <v>51</v>
+        <v>869</v>
       </c>
       <c r="M132" t="s">
         <v>20</v>
       </c>
       <c r="N132" t="s">
-        <v>935</v>
+        <v>64</v>
       </c>
       <c r="O132" t="s">
-        <v>196</v>
+        <v>362</v>
       </c>
       <c r="P132" t="s">
-        <v>197</v>
+        <v>363</v>
       </c>
       <c r="Q132" t="s">
-        <v>198</v>
+        <v>364</v>
       </c>
       <c r="R132" t="s">
-        <v>199</v>
+        <v>365</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>18</v>
       </c>
       <c r="B133" t="s">
-        <v>936</v>
+        <v>926</v>
       </c>
       <c r="C133" t="s">
         <v>20</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133" t="s">
-        <v>937</v>
+        <v>927</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
-        <v>938</v>
+        <v>928</v>
       </c>
       <c r="H133" t="s">
-        <v>939</v>
+        <v>929</v>
       </c>
       <c r="I133" t="n">
         <v>0.0</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>940</v>
+        <v>930</v>
       </c>
       <c r="L133" t="s">
-        <v>941</v>
+        <v>931</v>
       </c>
       <c r="M133" t="s">
         <v>20</v>
       </c>
       <c r="N133" t="s">
-        <v>942</v>
+        <v>612</v>
       </c>
       <c r="O133" t="s">
-        <v>319</v>
+        <v>28</v>
       </c>
       <c r="P133" t="s">
-        <v>320</v>
+        <v>29</v>
       </c>
       <c r="Q133" t="s">
-        <v>321</v>
+        <v>30</v>
       </c>
       <c r="R133" t="s">
-        <v>322</v>
+        <v>31</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>18</v>
       </c>
       <c r="B134" t="s">
-        <v>943</v>
+        <v>932</v>
       </c>
       <c r="C134" t="s">
         <v>20</v>
       </c>
       <c r="D134" t="s">
         <v>20</v>
       </c>
       <c r="E134" t="s">
-        <v>944</v>
+        <v>933</v>
       </c>
       <c r="F134" t="s">
         <v>20</v>
       </c>
       <c r="G134" t="s">
-        <v>945</v>
+        <v>934</v>
       </c>
       <c r="H134" t="s">
-        <v>946</v>
+        <v>935</v>
       </c>
       <c r="I134" t="n">
         <v>0.0</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>947</v>
+        <v>936</v>
       </c>
       <c r="L134" t="s">
-        <v>948</v>
+        <v>937</v>
       </c>
       <c r="M134" t="s">
         <v>20</v>
       </c>
       <c r="N134" t="s">
-        <v>430</v>
+        <v>75</v>
       </c>
       <c r="O134" t="s">
-        <v>665</v>
+        <v>242</v>
       </c>
       <c r="P134" t="s">
-        <v>666</v>
+        <v>243</v>
       </c>
       <c r="Q134" t="s">
-        <v>667</v>
+        <v>244</v>
       </c>
       <c r="R134" t="s">
-        <v>668</v>
+        <v>245</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>18</v>
       </c>
       <c r="B135" t="s">
-        <v>949</v>
+        <v>938</v>
       </c>
       <c r="C135" t="s">
         <v>20</v>
       </c>
       <c r="D135" t="s">
         <v>20</v>
       </c>
       <c r="E135" t="s">
-        <v>950</v>
+        <v>939</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
-        <v>951</v>
+        <v>940</v>
       </c>
       <c r="H135" t="s">
-        <v>952</v>
+        <v>941</v>
       </c>
       <c r="I135" t="n">
         <v>0.0</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>904</v>
+        <v>942</v>
       </c>
       <c r="L135" t="s">
-        <v>291</v>
+        <v>943</v>
       </c>
       <c r="M135" t="s">
         <v>20</v>
       </c>
       <c r="N135" t="s">
-        <v>953</v>
+        <v>944</v>
       </c>
       <c r="O135" t="s">
-        <v>733</v>
+        <v>242</v>
       </c>
       <c r="P135" t="s">
-        <v>734</v>
+        <v>243</v>
       </c>
       <c r="Q135" t="s">
-        <v>735</v>
+        <v>244</v>
       </c>
       <c r="R135" t="s">
-        <v>736</v>
+        <v>245</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>18</v>
       </c>
       <c r="B136" t="s">
-        <v>954</v>
+        <v>945</v>
       </c>
       <c r="C136" t="s">
         <v>20</v>
       </c>
       <c r="D136" t="s">
         <v>20</v>
       </c>
       <c r="E136" t="s">
-        <v>950</v>
+        <v>946</v>
       </c>
       <c r="F136" t="s">
         <v>20</v>
       </c>
       <c r="G136" t="s">
-        <v>955</v>
+        <v>947</v>
       </c>
       <c r="H136" t="s">
-        <v>956</v>
+        <v>948</v>
       </c>
       <c r="I136" t="n">
         <v>0.0</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>957</v>
+        <v>949</v>
       </c>
       <c r="L136" t="s">
-        <v>958</v>
+        <v>950</v>
       </c>
       <c r="M136" t="s">
         <v>20</v>
       </c>
       <c r="N136" t="s">
+        <v>951</v>
+      </c>
+      <c r="O136" t="s">
+        <v>952</v>
+      </c>
+      <c r="P136" t="s">
         <v>953</v>
       </c>
-      <c r="O136" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q136" t="s">
-        <v>735</v>
+        <v>954</v>
       </c>
       <c r="R136" t="s">
-        <v>736</v>
+        <v>955</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>18</v>
       </c>
       <c r="B137" t="s">
+        <v>956</v>
+      </c>
+      <c r="C137" t="s">
+        <v>20</v>
+      </c>
+      <c r="D137" t="s">
+        <v>20</v>
+      </c>
+      <c r="E137" t="s">
+        <v>957</v>
+      </c>
+      <c r="F137" t="s">
+        <v>20</v>
+      </c>
+      <c r="G137" t="s">
+        <v>958</v>
+      </c>
+      <c r="H137" t="s">
         <v>959</v>
-      </c>
-[...16 lines deleted...]
-        <v>961</v>
       </c>
       <c r="I137" t="n">
         <v>0.0</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
       <c r="L137" t="s">
-        <v>291</v>
+        <v>98</v>
       </c>
       <c r="M137" t="s">
         <v>20</v>
       </c>
       <c r="N137" t="s">
-        <v>953</v>
+        <v>111</v>
       </c>
       <c r="O137" t="s">
-        <v>733</v>
+        <v>242</v>
       </c>
       <c r="P137" t="s">
-        <v>734</v>
+        <v>243</v>
       </c>
       <c r="Q137" t="s">
-        <v>735</v>
+        <v>244</v>
       </c>
       <c r="R137" t="s">
-        <v>736</v>
+        <v>245</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>18</v>
       </c>
       <c r="B138" t="s">
+        <v>961</v>
+      </c>
+      <c r="C138" t="s">
+        <v>20</v>
+      </c>
+      <c r="D138" t="s">
+        <v>20</v>
+      </c>
+      <c r="E138" t="s">
+        <v>962</v>
+      </c>
+      <c r="F138" t="s">
+        <v>20</v>
+      </c>
+      <c r="G138" t="s">
         <v>963</v>
       </c>
-      <c r="C138" t="s">
-[...11 lines deleted...]
-      <c r="G138" t="s">
+      <c r="H138" t="s">
         <v>964</v>
-      </c>
-[...1 lines deleted...]
-        <v>965</v>
       </c>
       <c r="I138" t="n">
         <v>0.0</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
+        <v>965</v>
+      </c>
+      <c r="L138" t="s">
         <v>966</v>
       </c>
-      <c r="L138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M138" t="s">
         <v>20</v>
       </c>
       <c r="N138" t="s">
-        <v>953</v>
+        <v>111</v>
       </c>
       <c r="O138" t="s">
-        <v>733</v>
+        <v>362</v>
       </c>
       <c r="P138" t="s">
-        <v>734</v>
+        <v>363</v>
       </c>
       <c r="Q138" t="s">
-        <v>735</v>
+        <v>364</v>
       </c>
       <c r="R138" t="s">
-        <v>736</v>
+        <v>365</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>18</v>
       </c>
       <c r="B139" t="s">
+        <v>967</v>
+      </c>
+      <c r="C139" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" t="s">
+        <v>20</v>
+      </c>
+      <c r="E139" t="s">
         <v>968</v>
       </c>
-      <c r="C139" t="s">
-[...5 lines deleted...]
-      <c r="E139" t="s">
+      <c r="F139" t="s">
+        <v>20</v>
+      </c>
+      <c r="G139" t="s">
         <v>969</v>
       </c>
-      <c r="F139" t="s">
-[...2 lines deleted...]
-      <c r="G139" t="s">
+      <c r="H139" t="s">
         <v>970</v>
-      </c>
-[...1 lines deleted...]
-        <v>971</v>
       </c>
       <c r="I139" t="n">
         <v>0.0</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
+        <v>971</v>
+      </c>
+      <c r="L139" t="s">
         <v>972</v>
       </c>
-      <c r="L139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M139" t="s">
         <v>20</v>
       </c>
       <c r="N139" t="s">
-        <v>953</v>
+        <v>469</v>
       </c>
       <c r="O139" t="s">
-        <v>733</v>
+        <v>698</v>
       </c>
       <c r="P139" t="s">
-        <v>734</v>
+        <v>699</v>
       </c>
       <c r="Q139" t="s">
-        <v>735</v>
+        <v>700</v>
       </c>
       <c r="R139" t="s">
-        <v>736</v>
+        <v>701</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>18</v>
       </c>
       <c r="B140" t="s">
+        <v>973</v>
+      </c>
+      <c r="C140" t="s">
+        <v>20</v>
+      </c>
+      <c r="D140" t="s">
+        <v>20</v>
+      </c>
+      <c r="E140" t="s">
         <v>974</v>
       </c>
-      <c r="C140" t="s">
-[...5 lines deleted...]
-      <c r="E140" t="s">
+      <c r="F140" t="s">
+        <v>20</v>
+      </c>
+      <c r="G140" t="s">
         <v>975</v>
       </c>
-      <c r="F140" t="s">
-[...2 lines deleted...]
-      <c r="G140" t="s">
+      <c r="H140" t="s">
         <v>976</v>
-      </c>
-[...1 lines deleted...]
-        <v>977</v>
       </c>
       <c r="I140" t="n">
         <v>0.0</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>978</v>
+        <v>930</v>
       </c>
       <c r="L140" t="s">
-        <v>979</v>
+        <v>334</v>
       </c>
       <c r="M140" t="s">
         <v>20</v>
       </c>
       <c r="N140" t="s">
-        <v>953</v>
+        <v>171</v>
       </c>
       <c r="O140" t="s">
-        <v>733</v>
+        <v>765</v>
       </c>
       <c r="P140" t="s">
-        <v>734</v>
+        <v>766</v>
       </c>
       <c r="Q140" t="s">
-        <v>735</v>
+        <v>767</v>
       </c>
       <c r="R140" t="s">
-        <v>736</v>
+        <v>768</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>18</v>
       </c>
       <c r="B141" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="C141" t="s">
         <v>20</v>
       </c>
       <c r="D141" t="s">
         <v>20</v>
       </c>
       <c r="E141" t="s">
-        <v>975</v>
+        <v>974</v>
       </c>
       <c r="F141" t="s">
         <v>20</v>
       </c>
       <c r="G141" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
       <c r="H141" t="s">
-        <v>982</v>
+        <v>979</v>
       </c>
       <c r="I141" t="n">
         <v>0.0</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>983</v>
+        <v>980</v>
       </c>
       <c r="L141" t="s">
-        <v>860</v>
+        <v>981</v>
       </c>
       <c r="M141" t="s">
         <v>20</v>
       </c>
       <c r="N141" t="s">
-        <v>953</v>
+        <v>171</v>
       </c>
       <c r="O141" t="s">
-        <v>733</v>
+        <v>765</v>
       </c>
       <c r="P141" t="s">
-        <v>734</v>
+        <v>766</v>
       </c>
       <c r="Q141" t="s">
-        <v>735</v>
+        <v>767</v>
       </c>
       <c r="R141" t="s">
-        <v>736</v>
+        <v>768</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>18</v>
       </c>
       <c r="B142" t="s">
+        <v>982</v>
+      </c>
+      <c r="C142" t="s">
+        <v>20</v>
+      </c>
+      <c r="D142" t="s">
+        <v>20</v>
+      </c>
+      <c r="E142" t="s">
+        <v>974</v>
+      </c>
+      <c r="F142" t="s">
+        <v>20</v>
+      </c>
+      <c r="G142" t="s">
+        <v>983</v>
+      </c>
+      <c r="H142" t="s">
         <v>984</v>
-      </c>
-[...16 lines deleted...]
-        <v>987</v>
       </c>
       <c r="I142" t="n">
         <v>0.0</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>988</v>
+        <v>985</v>
       </c>
       <c r="L142" t="s">
-        <v>989</v>
+        <v>334</v>
       </c>
       <c r="M142" t="s">
         <v>20</v>
       </c>
       <c r="N142" t="s">
-        <v>571</v>
+        <v>171</v>
       </c>
       <c r="O142" t="s">
-        <v>305</v>
+        <v>765</v>
       </c>
       <c r="P142" t="s">
-        <v>306</v>
+        <v>766</v>
       </c>
       <c r="Q142" t="s">
-        <v>107</v>
+        <v>767</v>
       </c>
       <c r="R142" t="s">
-        <v>307</v>
+        <v>768</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>18</v>
       </c>
       <c r="B143" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
       <c r="C143" t="s">
         <v>20</v>
       </c>
       <c r="D143" t="s">
         <v>20</v>
       </c>
       <c r="E143" t="s">
-        <v>991</v>
+        <v>974</v>
       </c>
       <c r="F143" t="s">
         <v>20</v>
       </c>
       <c r="G143" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="H143" t="s">
-        <v>993</v>
+        <v>988</v>
       </c>
       <c r="I143" t="n">
         <v>0.0</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>994</v>
+        <v>989</v>
       </c>
       <c r="L143" t="s">
-        <v>995</v>
+        <v>990</v>
       </c>
       <c r="M143" t="s">
         <v>20</v>
       </c>
       <c r="N143" t="s">
-        <v>239</v>
+        <v>171</v>
       </c>
       <c r="O143" t="s">
-        <v>625</v>
+        <v>765</v>
       </c>
       <c r="P143" t="s">
-        <v>626</v>
+        <v>766</v>
       </c>
       <c r="Q143" t="s">
-        <v>87</v>
+        <v>767</v>
       </c>
       <c r="R143" t="s">
-        <v>627</v>
+        <v>768</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>18</v>
       </c>
       <c r="B144" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="C144" t="s">
         <v>20</v>
       </c>
       <c r="D144" t="s">
         <v>20</v>
       </c>
       <c r="E144" t="s">
-        <v>997</v>
+        <v>992</v>
       </c>
       <c r="F144" t="s">
         <v>20</v>
       </c>
       <c r="G144" t="s">
-        <v>998</v>
+        <v>993</v>
       </c>
       <c r="H144" t="s">
-        <v>999</v>
+        <v>994</v>
       </c>
       <c r="I144" t="n">
         <v>0.0</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>1000</v>
+        <v>995</v>
       </c>
       <c r="L144" t="s">
-        <v>893</v>
+        <v>996</v>
       </c>
       <c r="M144" t="s">
         <v>20</v>
       </c>
       <c r="N144" t="s">
-        <v>239</v>
+        <v>171</v>
       </c>
       <c r="O144" t="s">
-        <v>1001</v>
+        <v>765</v>
       </c>
       <c r="P144" t="s">
-        <v>1002</v>
+        <v>766</v>
       </c>
       <c r="Q144" t="s">
-        <v>1003</v>
+        <v>767</v>
       </c>
       <c r="R144" t="s">
-        <v>1004</v>
+        <v>768</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>18</v>
       </c>
       <c r="B145" t="s">
-        <v>1005</v>
+        <v>997</v>
       </c>
       <c r="C145" t="s">
         <v>20</v>
       </c>
       <c r="D145" t="s">
         <v>20</v>
       </c>
       <c r="E145" t="s">
-        <v>1006</v>
+        <v>998</v>
       </c>
       <c r="F145" t="s">
         <v>20</v>
       </c>
       <c r="G145" t="s">
-        <v>1007</v>
+        <v>999</v>
       </c>
       <c r="H145" t="s">
-        <v>1008</v>
+        <v>1000</v>
       </c>
       <c r="I145" t="n">
         <v>0.0</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>1009</v>
+        <v>1001</v>
       </c>
       <c r="L145" t="s">
-        <v>1010</v>
+        <v>1002</v>
       </c>
       <c r="M145" t="s">
         <v>20</v>
       </c>
       <c r="N145" t="s">
-        <v>1011</v>
+        <v>171</v>
       </c>
       <c r="O145" t="s">
-        <v>95</v>
+        <v>765</v>
       </c>
       <c r="P145" t="s">
-        <v>96</v>
+        <v>766</v>
       </c>
       <c r="Q145" t="s">
-        <v>97</v>
+        <v>767</v>
       </c>
       <c r="R145" t="s">
-        <v>98</v>
+        <v>768</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>18</v>
       </c>
       <c r="B146" t="s">
-        <v>1012</v>
+        <v>1003</v>
       </c>
       <c r="C146" t="s">
         <v>20</v>
       </c>
       <c r="D146" t="s">
         <v>20</v>
       </c>
       <c r="E146" t="s">
-        <v>1013</v>
+        <v>998</v>
       </c>
       <c r="F146" t="s">
         <v>20</v>
       </c>
       <c r="G146" t="s">
-        <v>1014</v>
+        <v>1004</v>
       </c>
       <c r="H146" t="s">
-        <v>1015</v>
+        <v>1005</v>
       </c>
       <c r="I146" t="n">
         <v>0.0</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>1016</v>
+        <v>1006</v>
       </c>
       <c r="L146" t="s">
-        <v>251</v>
+        <v>887</v>
       </c>
       <c r="M146" t="s">
         <v>20</v>
       </c>
       <c r="N146" t="s">
-        <v>1017</v>
+        <v>171</v>
       </c>
       <c r="O146" t="s">
-        <v>95</v>
+        <v>765</v>
       </c>
       <c r="P146" t="s">
-        <v>96</v>
+        <v>766</v>
       </c>
       <c r="Q146" t="s">
-        <v>97</v>
+        <v>767</v>
       </c>
       <c r="R146" t="s">
-        <v>98</v>
+        <v>768</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>18</v>
       </c>
       <c r="B147" t="s">
-        <v>1018</v>
+        <v>1007</v>
       </c>
       <c r="C147" t="s">
         <v>20</v>
       </c>
       <c r="D147" t="s">
         <v>20</v>
       </c>
       <c r="E147" t="s">
-        <v>1019</v>
+        <v>1008</v>
       </c>
       <c r="F147" t="s">
         <v>20</v>
       </c>
       <c r="G147" t="s">
-        <v>1020</v>
+        <v>1009</v>
       </c>
       <c r="H147" t="s">
-        <v>1021</v>
+        <v>1010</v>
       </c>
       <c r="I147" t="n">
         <v>0.0</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>1022</v>
+        <v>1011</v>
       </c>
       <c r="L147" t="s">
-        <v>1023</v>
+        <v>1012</v>
       </c>
       <c r="M147" t="s">
         <v>20</v>
       </c>
       <c r="N147" t="s">
-        <v>1024</v>
+        <v>605</v>
       </c>
       <c r="O147" t="s">
-        <v>273</v>
+        <v>348</v>
       </c>
       <c r="P147" t="s">
-        <v>274</v>
+        <v>349</v>
       </c>
       <c r="Q147" t="s">
-        <v>40</v>
+        <v>154</v>
       </c>
       <c r="R147" t="s">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>18</v>
       </c>
       <c r="B148" t="s">
-        <v>1025</v>
+        <v>1013</v>
       </c>
       <c r="C148" t="s">
         <v>20</v>
       </c>
       <c r="D148" t="s">
         <v>20</v>
       </c>
       <c r="E148" t="s">
-        <v>1026</v>
+        <v>1014</v>
       </c>
       <c r="F148" t="s">
         <v>20</v>
       </c>
       <c r="G148" t="s">
-        <v>1027</v>
+        <v>1015</v>
       </c>
       <c r="H148" t="s">
-        <v>1028</v>
+        <v>1016</v>
       </c>
       <c r="I148" t="n">
         <v>0.0</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>1029</v>
+        <v>1017</v>
       </c>
       <c r="L148" t="s">
-        <v>351</v>
+        <v>1018</v>
       </c>
       <c r="M148" t="s">
         <v>20</v>
       </c>
       <c r="N148" t="s">
-        <v>195</v>
+        <v>285</v>
       </c>
       <c r="O148" t="s">
-        <v>95</v>
+        <v>658</v>
       </c>
       <c r="P148" t="s">
-        <v>96</v>
+        <v>659</v>
       </c>
       <c r="Q148" t="s">
-        <v>97</v>
+        <v>134</v>
       </c>
       <c r="R148" t="s">
-        <v>98</v>
+        <v>660</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>18</v>
       </c>
       <c r="B149" t="s">
-        <v>1030</v>
+        <v>1019</v>
       </c>
       <c r="C149" t="s">
         <v>20</v>
       </c>
       <c r="D149" t="s">
         <v>20</v>
       </c>
       <c r="E149" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="F149" t="s">
         <v>20</v>
       </c>
       <c r="G149" t="s">
-        <v>1032</v>
+        <v>1021</v>
       </c>
       <c r="H149" t="s">
-        <v>1033</v>
+        <v>1022</v>
       </c>
       <c r="I149" t="n">
         <v>0.0</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>1034</v>
+        <v>1023</v>
       </c>
       <c r="L149" t="s">
-        <v>1035</v>
+        <v>920</v>
       </c>
       <c r="M149" t="s">
         <v>20</v>
       </c>
       <c r="N149" t="s">
-        <v>1036</v>
+        <v>285</v>
       </c>
       <c r="O149" t="s">
-        <v>487</v>
+        <v>1024</v>
       </c>
       <c r="P149" t="s">
-        <v>274</v>
+        <v>1025</v>
       </c>
       <c r="Q149" t="s">
-        <v>40</v>
+        <v>1026</v>
       </c>
       <c r="R149" t="s">
-        <v>488</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>18</v>
       </c>
       <c r="B150" t="s">
-        <v>1037</v>
+        <v>1028</v>
       </c>
       <c r="C150" t="s">
         <v>20</v>
       </c>
       <c r="D150" t="s">
         <v>20</v>
       </c>
       <c r="E150" t="s">
-        <v>1038</v>
+        <v>1029</v>
       </c>
       <c r="F150" t="s">
         <v>20</v>
       </c>
       <c r="G150" t="s">
-        <v>1039</v>
+        <v>1030</v>
       </c>
       <c r="H150" t="s">
-        <v>1040</v>
+        <v>1031</v>
       </c>
       <c r="I150" t="n">
         <v>0.0</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>1041</v>
+        <v>1032</v>
       </c>
       <c r="L150" t="s">
-        <v>770</v>
+        <v>1033</v>
       </c>
       <c r="M150" t="s">
         <v>20</v>
       </c>
       <c r="N150" t="s">
-        <v>1036</v>
+        <v>191</v>
       </c>
       <c r="O150" t="s">
-        <v>76</v>
+        <v>142</v>
       </c>
       <c r="P150" t="s">
-        <v>77</v>
+        <v>143</v>
       </c>
       <c r="Q150" t="s">
-        <v>30</v>
+        <v>144</v>
       </c>
       <c r="R150" t="s">
-        <v>78</v>
+        <v>145</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>18</v>
       </c>
       <c r="B151" t="s">
-        <v>1042</v>
+        <v>1034</v>
       </c>
       <c r="C151" t="s">
         <v>20</v>
       </c>
       <c r="D151" t="s">
         <v>20</v>
       </c>
       <c r="E151" t="s">
-        <v>1043</v>
+        <v>1035</v>
       </c>
       <c r="F151" t="s">
         <v>20</v>
       </c>
       <c r="G151" t="s">
-        <v>1044</v>
+        <v>1036</v>
       </c>
       <c r="H151" t="s">
-        <v>1045</v>
+        <v>1037</v>
       </c>
       <c r="I151" t="n">
         <v>0.0</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>1046</v>
+        <v>1038</v>
       </c>
       <c r="L151" t="s">
-        <v>674</v>
+        <v>297</v>
       </c>
       <c r="M151" t="s">
         <v>20</v>
       </c>
       <c r="N151" t="s">
-        <v>195</v>
+        <v>215</v>
       </c>
       <c r="O151" t="s">
-        <v>95</v>
+        <v>142</v>
       </c>
       <c r="P151" t="s">
-        <v>96</v>
+        <v>143</v>
       </c>
       <c r="Q151" t="s">
-        <v>97</v>
+        <v>144</v>
       </c>
       <c r="R151" t="s">
-        <v>98</v>
+        <v>145</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>18</v>
       </c>
       <c r="B152" t="s">
-        <v>1047</v>
+        <v>1039</v>
       </c>
       <c r="C152" t="s">
         <v>20</v>
       </c>
       <c r="D152" t="s">
         <v>20</v>
       </c>
       <c r="E152" t="s">
-        <v>1048</v>
+        <v>1040</v>
       </c>
       <c r="F152" t="s">
         <v>20</v>
       </c>
       <c r="G152" t="s">
-        <v>1049</v>
+        <v>1041</v>
       </c>
       <c r="H152" t="s">
-        <v>1050</v>
+        <v>1042</v>
       </c>
       <c r="I152" t="n">
         <v>0.0</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>1051</v>
+        <v>1043</v>
       </c>
       <c r="L152" t="s">
-        <v>1052</v>
+        <v>1044</v>
       </c>
       <c r="M152" t="s">
         <v>20</v>
       </c>
       <c r="N152" t="s">
-        <v>1053</v>
+        <v>241</v>
       </c>
       <c r="O152" t="s">
-        <v>305</v>
+        <v>28</v>
       </c>
       <c r="P152" t="s">
-        <v>306</v>
+        <v>29</v>
       </c>
       <c r="Q152" t="s">
-        <v>107</v>
+        <v>30</v>
       </c>
       <c r="R152" t="s">
-        <v>307</v>
+        <v>31</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>18</v>
       </c>
       <c r="B153" t="s">
-        <v>1054</v>
+        <v>1045</v>
       </c>
       <c r="C153" t="s">
         <v>20</v>
       </c>
       <c r="D153" t="s">
         <v>20</v>
       </c>
       <c r="E153" t="s">
-        <v>1055</v>
+        <v>1046</v>
       </c>
       <c r="F153" t="s">
         <v>20</v>
       </c>
       <c r="G153" t="s">
-        <v>1056</v>
+        <v>1047</v>
       </c>
       <c r="H153" t="s">
-        <v>1057</v>
+        <v>1048</v>
       </c>
       <c r="I153" t="n">
         <v>0.0</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>1058</v>
+        <v>1049</v>
       </c>
       <c r="L153" t="s">
-        <v>1059</v>
+        <v>390</v>
       </c>
       <c r="M153" t="s">
         <v>20</v>
       </c>
       <c r="N153" t="s">
-        <v>1060</v>
+        <v>241</v>
       </c>
       <c r="O153" t="s">
-        <v>742</v>
+        <v>142</v>
       </c>
       <c r="P153" t="s">
-        <v>743</v>
+        <v>143</v>
       </c>
       <c r="Q153" t="s">
-        <v>616</v>
+        <v>144</v>
       </c>
       <c r="R153" t="s">
-        <v>744</v>
+        <v>145</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>18</v>
       </c>
       <c r="B154" t="s">
-        <v>1061</v>
+        <v>1050</v>
       </c>
       <c r="C154" t="s">
         <v>20</v>
       </c>
       <c r="D154" t="s">
         <v>20</v>
       </c>
       <c r="E154" t="s">
-        <v>1062</v>
+        <v>1051</v>
       </c>
       <c r="F154" t="s">
         <v>20</v>
       </c>
       <c r="G154" t="s">
-        <v>1063</v>
+        <v>1052</v>
       </c>
       <c r="H154" t="s">
-        <v>1064</v>
+        <v>1053</v>
       </c>
       <c r="I154" t="n">
         <v>0.0</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>1065</v>
+        <v>1054</v>
       </c>
       <c r="L154" t="s">
-        <v>941</v>
+        <v>1055</v>
       </c>
       <c r="M154" t="s">
         <v>20</v>
       </c>
       <c r="N154" t="s">
-        <v>1060</v>
+        <v>241</v>
       </c>
       <c r="O154" t="s">
-        <v>1001</v>
+        <v>522</v>
       </c>
       <c r="P154" t="s">
-        <v>1002</v>
+        <v>29</v>
       </c>
       <c r="Q154" t="s">
-        <v>1003</v>
+        <v>30</v>
       </c>
       <c r="R154" t="s">
-        <v>1004</v>
+        <v>523</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>18</v>
       </c>
       <c r="B155" t="s">
-        <v>1066</v>
+        <v>1056</v>
       </c>
       <c r="C155" t="s">
         <v>20</v>
       </c>
       <c r="D155" t="s">
         <v>20</v>
       </c>
       <c r="E155" t="s">
-        <v>1067</v>
+        <v>1057</v>
       </c>
       <c r="F155" t="s">
         <v>20</v>
       </c>
       <c r="G155" t="s">
-        <v>1068</v>
+        <v>1058</v>
       </c>
       <c r="H155" t="s">
-        <v>1069</v>
+        <v>1059</v>
       </c>
       <c r="I155" t="n">
         <v>0.0</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>1070</v>
+        <v>1060</v>
       </c>
       <c r="L155" t="s">
-        <v>1071</v>
+        <v>799</v>
       </c>
       <c r="M155" t="s">
         <v>20</v>
       </c>
       <c r="N155" t="s">
-        <v>239</v>
+        <v>1061</v>
       </c>
       <c r="O155" t="s">
-        <v>95</v>
+        <v>123</v>
       </c>
       <c r="P155" t="s">
-        <v>96</v>
+        <v>124</v>
       </c>
       <c r="Q155" t="s">
-        <v>97</v>
+        <v>78</v>
       </c>
       <c r="R155" t="s">
-        <v>98</v>
+        <v>125</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>18</v>
       </c>
       <c r="B156" t="s">
-        <v>1072</v>
+        <v>1062</v>
       </c>
       <c r="C156" t="s">
         <v>20</v>
       </c>
       <c r="D156" t="s">
         <v>20</v>
       </c>
       <c r="E156" t="s">
-        <v>1073</v>
+        <v>1063</v>
       </c>
       <c r="F156" t="s">
         <v>20</v>
       </c>
       <c r="G156" t="s">
-        <v>1074</v>
+        <v>1064</v>
       </c>
       <c r="H156" t="s">
-        <v>1075</v>
+        <v>1065</v>
       </c>
       <c r="I156" t="n">
         <v>0.0</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>1076</v>
+        <v>1066</v>
       </c>
       <c r="L156" t="s">
-        <v>1077</v>
+        <v>707</v>
       </c>
       <c r="M156" t="s">
         <v>20</v>
       </c>
       <c r="N156" t="s">
-        <v>912</v>
+        <v>241</v>
       </c>
       <c r="O156" t="s">
-        <v>196</v>
+        <v>142</v>
       </c>
       <c r="P156" t="s">
-        <v>197</v>
+        <v>143</v>
       </c>
       <c r="Q156" t="s">
-        <v>198</v>
+        <v>144</v>
       </c>
       <c r="R156" t="s">
-        <v>199</v>
+        <v>145</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>18</v>
       </c>
       <c r="B157" t="s">
-        <v>1078</v>
+        <v>1067</v>
       </c>
       <c r="C157" t="s">
         <v>20</v>
       </c>
       <c r="D157" t="s">
         <v>20</v>
       </c>
       <c r="E157" t="s">
-        <v>1079</v>
+        <v>1068</v>
       </c>
       <c r="F157" t="s">
         <v>20</v>
       </c>
       <c r="G157" t="s">
-        <v>1080</v>
+        <v>1069</v>
       </c>
       <c r="H157" t="s">
-        <v>1081</v>
+        <v>1070</v>
       </c>
       <c r="I157" t="n">
         <v>0.0</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>876</v>
+        <v>1071</v>
       </c>
       <c r="L157" t="s">
-        <v>1082</v>
+        <v>1072</v>
       </c>
       <c r="M157" t="s">
         <v>20</v>
       </c>
       <c r="N157" t="s">
-        <v>298</v>
+        <v>274</v>
       </c>
       <c r="O157" t="s">
-        <v>625</v>
+        <v>348</v>
       </c>
       <c r="P157" t="s">
-        <v>626</v>
+        <v>349</v>
       </c>
       <c r="Q157" t="s">
-        <v>87</v>
+        <v>154</v>
       </c>
       <c r="R157" t="s">
-        <v>627</v>
+        <v>350</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>18</v>
       </c>
       <c r="B158" t="s">
-        <v>1083</v>
+        <v>1073</v>
       </c>
       <c r="C158" t="s">
         <v>20</v>
       </c>
       <c r="D158" t="s">
         <v>20</v>
       </c>
       <c r="E158" t="s">
-        <v>1084</v>
+        <v>1074</v>
       </c>
       <c r="F158" t="s">
         <v>20</v>
       </c>
       <c r="G158" t="s">
-        <v>1085</v>
+        <v>1075</v>
       </c>
       <c r="H158" t="s">
-        <v>1086</v>
+        <v>1076</v>
       </c>
       <c r="I158" t="n">
         <v>0.0</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>1087</v>
+        <v>1077</v>
       </c>
       <c r="L158" t="s">
-        <v>754</v>
+        <v>1078</v>
       </c>
       <c r="M158" t="s">
         <v>20</v>
       </c>
       <c r="N158" t="s">
-        <v>298</v>
+        <v>285</v>
       </c>
       <c r="O158" t="s">
-        <v>76</v>
+        <v>44</v>
       </c>
       <c r="P158" t="s">
-        <v>77</v>
+        <v>45</v>
       </c>
       <c r="Q158" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="R158" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
         <v>18</v>
       </c>
       <c r="B159" t="s">
-        <v>1088</v>
+        <v>1079</v>
       </c>
       <c r="C159" t="s">
         <v>20</v>
       </c>
       <c r="D159" t="s">
         <v>20</v>
       </c>
       <c r="E159" t="s">
-        <v>1089</v>
+        <v>1080</v>
       </c>
       <c r="F159" t="s">
         <v>20</v>
       </c>
       <c r="G159" t="s">
-        <v>1090</v>
+        <v>1081</v>
       </c>
       <c r="H159" t="s">
-        <v>1091</v>
+        <v>1082</v>
       </c>
       <c r="I159" t="n">
         <v>0.0</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>1092</v>
+        <v>1083</v>
       </c>
       <c r="L159" t="s">
-        <v>1093</v>
+        <v>966</v>
       </c>
       <c r="M159" t="s">
         <v>20</v>
       </c>
       <c r="N159" t="s">
-        <v>298</v>
+        <v>285</v>
       </c>
       <c r="O159" t="s">
-        <v>95</v>
+        <v>1024</v>
       </c>
       <c r="P159" t="s">
-        <v>96</v>
+        <v>1025</v>
       </c>
       <c r="Q159" t="s">
-        <v>97</v>
+        <v>1026</v>
       </c>
       <c r="R159" t="s">
-        <v>98</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>18</v>
       </c>
       <c r="B160" t="s">
-        <v>1094</v>
+        <v>1084</v>
       </c>
       <c r="C160" t="s">
         <v>20</v>
       </c>
       <c r="D160" t="s">
         <v>20</v>
       </c>
       <c r="E160" t="s">
-        <v>1095</v>
+        <v>1085</v>
       </c>
       <c r="F160" t="s">
         <v>20</v>
       </c>
       <c r="G160" t="s">
-        <v>1096</v>
+        <v>1086</v>
       </c>
       <c r="H160" t="s">
-        <v>1097</v>
+        <v>1087</v>
       </c>
       <c r="I160" t="n">
         <v>0.0</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>871</v>
+        <v>1088</v>
       </c>
       <c r="L160" t="s">
-        <v>46</v>
+        <v>1089</v>
       </c>
       <c r="M160" t="s">
         <v>20</v>
       </c>
       <c r="N160" t="s">
-        <v>1098</v>
+        <v>285</v>
       </c>
       <c r="O160" t="s">
-        <v>95</v>
+        <v>142</v>
       </c>
       <c r="P160" t="s">
-        <v>96</v>
+        <v>143</v>
       </c>
       <c r="Q160" t="s">
-        <v>97</v>
+        <v>144</v>
       </c>
       <c r="R160" t="s">
-        <v>98</v>
+        <v>145</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>18</v>
       </c>
       <c r="B161" t="s">
-        <v>1099</v>
+        <v>1090</v>
       </c>
       <c r="C161" t="s">
         <v>20</v>
       </c>
       <c r="D161" t="s">
         <v>20</v>
       </c>
       <c r="E161" t="s">
-        <v>1100</v>
+        <v>1091</v>
       </c>
       <c r="F161" t="s">
         <v>20</v>
       </c>
       <c r="G161" t="s">
-        <v>1101</v>
+        <v>1092</v>
       </c>
       <c r="H161" t="s">
-        <v>1102</v>
+        <v>1093</v>
       </c>
       <c r="I161" t="n">
         <v>0.0</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>1103</v>
+        <v>1094</v>
       </c>
       <c r="L161" t="s">
-        <v>759</v>
+        <v>1095</v>
       </c>
       <c r="M161" t="s">
         <v>20</v>
       </c>
       <c r="N161" t="s">
-        <v>329</v>
+        <v>75</v>
       </c>
       <c r="O161" t="s">
-        <v>305</v>
+        <v>242</v>
       </c>
       <c r="P161" t="s">
-        <v>306</v>
+        <v>243</v>
       </c>
       <c r="Q161" t="s">
-        <v>107</v>
+        <v>244</v>
       </c>
       <c r="R161" t="s">
-        <v>307</v>
+        <v>245</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>18</v>
       </c>
       <c r="B162" t="s">
-        <v>1104</v>
+        <v>1096</v>
       </c>
       <c r="C162" t="s">
         <v>20</v>
       </c>
       <c r="D162" t="s">
         <v>20</v>
       </c>
       <c r="E162" t="s">
-        <v>1105</v>
+        <v>1097</v>
       </c>
       <c r="F162" t="s">
         <v>20</v>
       </c>
       <c r="G162" t="s">
-        <v>1106</v>
+        <v>1098</v>
       </c>
       <c r="H162" t="s">
-        <v>1107</v>
+        <v>1099</v>
       </c>
       <c r="I162" t="n">
         <v>0.0</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>1108</v>
+        <v>903</v>
       </c>
       <c r="L162" t="s">
-        <v>368</v>
+        <v>1100</v>
       </c>
       <c r="M162" t="s">
         <v>20</v>
       </c>
       <c r="N162" t="s">
-        <v>571</v>
+        <v>341</v>
       </c>
       <c r="O162" t="s">
-        <v>336</v>
+        <v>658</v>
       </c>
       <c r="P162" t="s">
-        <v>337</v>
+        <v>659</v>
       </c>
       <c r="Q162" t="s">
-        <v>338</v>
+        <v>134</v>
       </c>
       <c r="R162" t="s">
-        <v>339</v>
+        <v>660</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>18</v>
       </c>
       <c r="B163" t="s">
-        <v>1109</v>
+        <v>1101</v>
       </c>
       <c r="C163" t="s">
         <v>20</v>
       </c>
       <c r="D163" t="s">
         <v>20</v>
       </c>
       <c r="E163" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="F163" t="s">
         <v>20</v>
       </c>
       <c r="G163" t="s">
-        <v>1110</v>
+        <v>1103</v>
       </c>
       <c r="H163" t="s">
-        <v>1111</v>
+        <v>1104</v>
       </c>
       <c r="I163" t="n">
         <v>0.0</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>1112</v>
+        <v>1105</v>
       </c>
       <c r="L163" t="s">
-        <v>436</v>
+        <v>783</v>
       </c>
       <c r="M163" t="s">
         <v>20</v>
       </c>
       <c r="N163" t="s">
-        <v>571</v>
+        <v>341</v>
       </c>
       <c r="O163" t="s">
-        <v>336</v>
+        <v>123</v>
       </c>
       <c r="P163" t="s">
-        <v>337</v>
+        <v>124</v>
       </c>
       <c r="Q163" t="s">
-        <v>338</v>
+        <v>78</v>
       </c>
       <c r="R163" t="s">
-        <v>339</v>
+        <v>125</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>18</v>
       </c>
       <c r="B164" t="s">
-        <v>1113</v>
+        <v>1106</v>
       </c>
       <c r="C164" t="s">
         <v>20</v>
       </c>
       <c r="D164" t="s">
         <v>20</v>
       </c>
       <c r="E164" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="F164" t="s">
         <v>20</v>
       </c>
       <c r="G164" t="s">
-        <v>1114</v>
+        <v>1108</v>
       </c>
       <c r="H164" t="s">
-        <v>1115</v>
+        <v>1109</v>
       </c>
       <c r="I164" t="n">
         <v>0.0</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>1116</v>
+        <v>1110</v>
       </c>
       <c r="L164" t="s">
-        <v>1117</v>
+        <v>1111</v>
       </c>
       <c r="M164" t="s">
         <v>20</v>
       </c>
       <c r="N164" t="s">
-        <v>571</v>
+        <v>341</v>
       </c>
       <c r="O164" t="s">
-        <v>336</v>
+        <v>142</v>
       </c>
       <c r="P164" t="s">
-        <v>337</v>
+        <v>143</v>
       </c>
       <c r="Q164" t="s">
-        <v>338</v>
+        <v>144</v>
       </c>
       <c r="R164" t="s">
-        <v>339</v>
+        <v>145</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>18</v>
       </c>
       <c r="B165" t="s">
-        <v>1118</v>
+        <v>1112</v>
       </c>
       <c r="C165" t="s">
         <v>20</v>
       </c>
       <c r="D165" t="s">
         <v>20</v>
       </c>
       <c r="E165" t="s">
-        <v>1105</v>
+        <v>1113</v>
       </c>
       <c r="F165" t="s">
         <v>20</v>
       </c>
       <c r="G165" t="s">
-        <v>1119</v>
+        <v>1114</v>
       </c>
       <c r="H165" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
       <c r="I165" t="n">
         <v>0.0</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>1121</v>
+        <v>899</v>
       </c>
       <c r="L165" t="s">
-        <v>597</v>
+        <v>93</v>
       </c>
       <c r="M165" t="s">
         <v>20</v>
       </c>
       <c r="N165" t="s">
-        <v>571</v>
+        <v>1116</v>
       </c>
       <c r="O165" t="s">
-        <v>336</v>
+        <v>142</v>
       </c>
       <c r="P165" t="s">
-        <v>337</v>
+        <v>143</v>
       </c>
       <c r="Q165" t="s">
-        <v>338</v>
+        <v>144</v>
       </c>
       <c r="R165" t="s">
-        <v>339</v>
+        <v>145</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
         <v>18</v>
       </c>
       <c r="B166" t="s">
-        <v>1122</v>
+        <v>1117</v>
       </c>
       <c r="C166" t="s">
         <v>20</v>
       </c>
       <c r="D166" t="s">
         <v>20</v>
       </c>
       <c r="E166" t="s">
-        <v>1105</v>
+        <v>1118</v>
       </c>
       <c r="F166" t="s">
         <v>20</v>
       </c>
       <c r="G166" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="H166" t="s">
-        <v>1124</v>
+        <v>1120</v>
       </c>
       <c r="I166" t="n">
         <v>0.0</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>1125</v>
+        <v>1121</v>
       </c>
       <c r="L166" t="s">
-        <v>1126</v>
+        <v>788</v>
       </c>
       <c r="M166" t="s">
         <v>20</v>
       </c>
       <c r="N166" t="s">
-        <v>571</v>
+        <v>372</v>
       </c>
       <c r="O166" t="s">
-        <v>336</v>
+        <v>348</v>
       </c>
       <c r="P166" t="s">
-        <v>337</v>
+        <v>349</v>
       </c>
       <c r="Q166" t="s">
-        <v>338</v>
+        <v>154</v>
       </c>
       <c r="R166" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>18</v>
       </c>
       <c r="B167" t="s">
-        <v>1127</v>
+        <v>1122</v>
       </c>
       <c r="C167" t="s">
         <v>20</v>
       </c>
       <c r="D167" t="s">
         <v>20</v>
       </c>
       <c r="E167" t="s">
-        <v>1105</v>
+        <v>1123</v>
       </c>
       <c r="F167" t="s">
         <v>20</v>
       </c>
       <c r="G167" t="s">
-        <v>1128</v>
+        <v>1124</v>
       </c>
       <c r="H167" t="s">
-        <v>1129</v>
+        <v>1125</v>
       </c>
       <c r="I167" t="n">
         <v>0.0</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>1130</v>
+        <v>1126</v>
       </c>
       <c r="L167" t="s">
-        <v>245</v>
+        <v>407</v>
       </c>
       <c r="M167" t="s">
         <v>20</v>
       </c>
       <c r="N167" t="s">
-        <v>571</v>
+        <v>605</v>
       </c>
       <c r="O167" t="s">
-        <v>336</v>
+        <v>65</v>
       </c>
       <c r="P167" t="s">
-        <v>337</v>
+        <v>66</v>
       </c>
       <c r="Q167" t="s">
-        <v>338</v>
+        <v>67</v>
       </c>
       <c r="R167" t="s">
-        <v>339</v>
+        <v>68</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
         <v>18</v>
       </c>
       <c r="B168" t="s">
-        <v>1131</v>
+        <v>1127</v>
       </c>
       <c r="C168" t="s">
         <v>20</v>
       </c>
       <c r="D168" t="s">
         <v>20</v>
       </c>
       <c r="E168" t="s">
-        <v>1132</v>
+        <v>1123</v>
       </c>
       <c r="F168" t="s">
         <v>20</v>
       </c>
       <c r="G168" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="H168" t="s">
-        <v>1134</v>
+        <v>1129</v>
       </c>
       <c r="I168" t="n">
         <v>0.0</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>1135</v>
+        <v>1130</v>
       </c>
       <c r="L168" t="s">
-        <v>1136</v>
+        <v>475</v>
       </c>
       <c r="M168" t="s">
         <v>20</v>
       </c>
       <c r="N168" t="s">
-        <v>486</v>
+        <v>605</v>
       </c>
       <c r="O168" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="P168" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="Q168" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="R168" t="s">
-        <v>78</v>
+        <v>68</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
         <v>18</v>
       </c>
       <c r="B169" t="s">
-        <v>1137</v>
+        <v>1131</v>
       </c>
       <c r="C169" t="s">
         <v>20</v>
       </c>
       <c r="D169" t="s">
         <v>20</v>
       </c>
       <c r="E169" t="s">
-        <v>1138</v>
+        <v>1123</v>
       </c>
       <c r="F169" t="s">
         <v>20</v>
       </c>
       <c r="G169" t="s">
-        <v>1139</v>
+        <v>1132</v>
       </c>
       <c r="H169" t="s">
-        <v>1140</v>
+        <v>1133</v>
       </c>
       <c r="I169" t="n">
         <v>0.0</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
-        <v>1141</v>
+        <v>1134</v>
       </c>
       <c r="L169" t="s">
-        <v>485</v>
+        <v>1135</v>
       </c>
       <c r="M169" t="s">
         <v>20</v>
       </c>
       <c r="N169" t="s">
-        <v>557</v>
+        <v>605</v>
       </c>
       <c r="O169" t="s">
-        <v>319</v>
+        <v>65</v>
       </c>
       <c r="P169" t="s">
-        <v>320</v>
+        <v>66</v>
       </c>
       <c r="Q169" t="s">
-        <v>321</v>
+        <v>67</v>
       </c>
       <c r="R169" t="s">
-        <v>322</v>
+        <v>68</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
         <v>18</v>
       </c>
       <c r="B170" t="s">
-        <v>1142</v>
+        <v>1136</v>
       </c>
       <c r="C170" t="s">
         <v>20</v>
       </c>
       <c r="D170" t="s">
         <v>20</v>
       </c>
       <c r="E170" t="s">
-        <v>1143</v>
+        <v>1123</v>
       </c>
       <c r="F170" t="s">
         <v>20</v>
       </c>
       <c r="G170" t="s">
-        <v>1144</v>
+        <v>1137</v>
       </c>
       <c r="H170" t="s">
-        <v>1145</v>
+        <v>1138</v>
       </c>
       <c r="I170" t="n">
         <v>0.0</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>1146</v>
+        <v>1139</v>
       </c>
       <c r="L170" t="s">
-        <v>1147</v>
+        <v>631</v>
       </c>
       <c r="M170" t="s">
         <v>20</v>
       </c>
       <c r="N170" t="s">
-        <v>591</v>
+        <v>605</v>
       </c>
       <c r="O170" t="s">
-        <v>95</v>
+        <v>65</v>
       </c>
       <c r="P170" t="s">
-        <v>96</v>
+        <v>66</v>
       </c>
       <c r="Q170" t="s">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="R170" t="s">
-        <v>98</v>
+        <v>68</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
         <v>18</v>
       </c>
       <c r="B171" t="s">
-        <v>1148</v>
+        <v>1140</v>
       </c>
       <c r="C171" t="s">
         <v>20</v>
       </c>
       <c r="D171" t="s">
         <v>20</v>
       </c>
       <c r="E171" t="s">
-        <v>1149</v>
+        <v>1123</v>
       </c>
       <c r="F171" t="s">
         <v>20</v>
       </c>
       <c r="G171" t="s">
-        <v>1150</v>
+        <v>1141</v>
       </c>
       <c r="H171" t="s">
-        <v>1151</v>
+        <v>1142</v>
       </c>
       <c r="I171" t="n">
         <v>0.0</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>1152</v>
+        <v>1143</v>
       </c>
       <c r="L171" t="s">
-        <v>1153</v>
+        <v>1144</v>
       </c>
       <c r="M171" t="s">
         <v>20</v>
       </c>
       <c r="N171" t="s">
-        <v>912</v>
+        <v>605</v>
       </c>
       <c r="O171" t="s">
-        <v>196</v>
+        <v>65</v>
       </c>
       <c r="P171" t="s">
-        <v>197</v>
+        <v>66</v>
       </c>
       <c r="Q171" t="s">
-        <v>198</v>
+        <v>67</v>
       </c>
       <c r="R171" t="s">
-        <v>199</v>
+        <v>68</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
         <v>18</v>
       </c>
       <c r="B172" t="s">
-        <v>1154</v>
+        <v>1145</v>
       </c>
       <c r="C172" t="s">
         <v>20</v>
       </c>
       <c r="D172" t="s">
         <v>20</v>
       </c>
       <c r="E172" t="s">
-        <v>1155</v>
+        <v>1123</v>
       </c>
       <c r="F172" t="s">
         <v>20</v>
       </c>
       <c r="G172" t="s">
-        <v>1156</v>
+        <v>1146</v>
       </c>
       <c r="H172" t="s">
-        <v>1157</v>
+        <v>1147</v>
       </c>
       <c r="I172" t="n">
         <v>0.0</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>1158</v>
+        <v>1148</v>
       </c>
       <c r="L172" t="s">
-        <v>1159</v>
+        <v>291</v>
       </c>
       <c r="M172" t="s">
         <v>20</v>
       </c>
       <c r="N172" t="s">
-        <v>195</v>
+        <v>605</v>
       </c>
       <c r="O172" t="s">
-        <v>95</v>
+        <v>65</v>
       </c>
       <c r="P172" t="s">
-        <v>96</v>
+        <v>66</v>
       </c>
       <c r="Q172" t="s">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="R172" t="s">
-        <v>98</v>
+        <v>68</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
         <v>18</v>
       </c>
       <c r="B173" t="s">
-        <v>1160</v>
+        <v>1149</v>
       </c>
       <c r="C173" t="s">
         <v>20</v>
       </c>
       <c r="D173" t="s">
         <v>20</v>
       </c>
       <c r="E173" t="s">
-        <v>1161</v>
+        <v>1150</v>
       </c>
       <c r="F173" t="s">
         <v>20</v>
       </c>
       <c r="G173" t="s">
-        <v>1162</v>
+        <v>1151</v>
       </c>
       <c r="H173" t="s">
-        <v>1163</v>
+        <v>1152</v>
       </c>
       <c r="I173" t="n">
         <v>0.0</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>1164</v>
+        <v>1153</v>
       </c>
       <c r="L173" t="s">
-        <v>1165</v>
+        <v>1154</v>
       </c>
       <c r="M173" t="s">
         <v>20</v>
       </c>
       <c r="N173" t="s">
-        <v>195</v>
+        <v>521</v>
       </c>
       <c r="O173" t="s">
-        <v>95</v>
+        <v>123</v>
       </c>
       <c r="P173" t="s">
-        <v>96</v>
+        <v>124</v>
       </c>
       <c r="Q173" t="s">
-        <v>97</v>
+        <v>78</v>
       </c>
       <c r="R173" t="s">
-        <v>98</v>
+        <v>125</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
         <v>18</v>
       </c>
       <c r="B174" t="s">
-        <v>1166</v>
+        <v>1155</v>
       </c>
       <c r="C174" t="s">
         <v>20</v>
       </c>
       <c r="D174" t="s">
         <v>20</v>
       </c>
       <c r="E174" t="s">
-        <v>1167</v>
+        <v>1156</v>
       </c>
       <c r="F174" t="s">
         <v>20</v>
       </c>
       <c r="G174" t="s">
-        <v>1168</v>
+        <v>1157</v>
       </c>
       <c r="H174" t="s">
-        <v>1169</v>
+        <v>1158</v>
       </c>
       <c r="I174" t="n">
         <v>0.0</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>1170</v>
+        <v>1159</v>
       </c>
       <c r="L174" t="s">
-        <v>1171</v>
+        <v>520</v>
       </c>
       <c r="M174" t="s">
         <v>20</v>
       </c>
       <c r="N174" t="s">
-        <v>195</v>
+        <v>592</v>
       </c>
       <c r="O174" t="s">
-        <v>95</v>
+        <v>362</v>
       </c>
       <c r="P174" t="s">
-        <v>96</v>
+        <v>363</v>
       </c>
       <c r="Q174" t="s">
-        <v>97</v>
+        <v>364</v>
       </c>
       <c r="R174" t="s">
-        <v>98</v>
+        <v>365</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
         <v>18</v>
       </c>
       <c r="B175" t="s">
-        <v>1172</v>
+        <v>1160</v>
       </c>
       <c r="C175" t="s">
         <v>20</v>
       </c>
       <c r="D175" t="s">
         <v>20</v>
       </c>
       <c r="E175" t="s">
-        <v>1173</v>
+        <v>1161</v>
       </c>
       <c r="F175" t="s">
         <v>20</v>
       </c>
       <c r="G175" t="s">
-        <v>1174</v>
+        <v>1162</v>
       </c>
       <c r="H175" t="s">
-        <v>1175</v>
+        <v>1163</v>
       </c>
       <c r="I175" t="n">
         <v>0.0</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>1176</v>
+        <v>1164</v>
       </c>
       <c r="L175" t="s">
-        <v>1177</v>
+        <v>1165</v>
       </c>
       <c r="M175" t="s">
         <v>20</v>
       </c>
       <c r="N175" t="s">
-        <v>1178</v>
+        <v>625</v>
       </c>
       <c r="O175" t="s">
-        <v>450</v>
+        <v>142</v>
       </c>
       <c r="P175" t="s">
-        <v>451</v>
+        <v>143</v>
       </c>
       <c r="Q175" t="s">
-        <v>452</v>
+        <v>144</v>
       </c>
       <c r="R175" t="s">
-        <v>453</v>
+        <v>145</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
         <v>18</v>
       </c>
       <c r="B176" t="s">
-        <v>1179</v>
+        <v>1166</v>
       </c>
       <c r="C176" t="s">
         <v>20</v>
       </c>
       <c r="D176" t="s">
         <v>20</v>
       </c>
       <c r="E176" t="s">
-        <v>1173</v>
+        <v>1167</v>
       </c>
       <c r="F176" t="s">
         <v>20</v>
       </c>
       <c r="G176" t="s">
-        <v>1180</v>
+        <v>1168</v>
       </c>
       <c r="H176" t="s">
-        <v>1181</v>
+        <v>1169</v>
       </c>
       <c r="I176" t="n">
         <v>0.0</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="L176" t="s">
-        <v>46</v>
+        <v>1171</v>
       </c>
       <c r="M176" t="s">
         <v>20</v>
       </c>
       <c r="N176" t="s">
-        <v>688</v>
+        <v>75</v>
       </c>
       <c r="O176" t="s">
-        <v>1183</v>
+        <v>242</v>
       </c>
       <c r="P176" t="s">
-        <v>1184</v>
+        <v>243</v>
       </c>
       <c r="Q176" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="R176" t="s">
-        <v>1185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
         <v>18</v>
       </c>
       <c r="B177" t="s">
-        <v>1186</v>
+        <v>1172</v>
       </c>
       <c r="C177" t="s">
         <v>20</v>
       </c>
       <c r="D177" t="s">
         <v>20</v>
       </c>
       <c r="E177" t="s">
-        <v>1187</v>
+        <v>1173</v>
       </c>
       <c r="F177" t="s">
         <v>20</v>
       </c>
       <c r="G177" t="s">
-        <v>1188</v>
+        <v>1174</v>
       </c>
       <c r="H177" t="s">
-        <v>1189</v>
+        <v>1175</v>
       </c>
       <c r="I177" t="n">
         <v>0.0</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
-        <v>1190</v>
+        <v>1176</v>
       </c>
       <c r="L177" t="s">
-        <v>1191</v>
+        <v>1177</v>
       </c>
       <c r="M177" t="s">
         <v>20</v>
       </c>
       <c r="N177" t="s">
-        <v>624</v>
+        <v>241</v>
       </c>
       <c r="O177" t="s">
-        <v>305</v>
+        <v>142</v>
       </c>
       <c r="P177" t="s">
-        <v>306</v>
+        <v>143</v>
       </c>
       <c r="Q177" t="s">
-        <v>107</v>
+        <v>144</v>
       </c>
       <c r="R177" t="s">
-        <v>307</v>
+        <v>145</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
         <v>18</v>
       </c>
       <c r="B178" t="s">
-        <v>1192</v>
+        <v>1178</v>
       </c>
       <c r="C178" t="s">
         <v>20</v>
       </c>
       <c r="D178" t="s">
         <v>20</v>
       </c>
       <c r="E178" t="s">
-        <v>1193</v>
+        <v>1179</v>
       </c>
       <c r="F178" t="s">
         <v>20</v>
       </c>
       <c r="G178" t="s">
-        <v>1194</v>
+        <v>1180</v>
       </c>
       <c r="H178" t="s">
-        <v>1195</v>
+        <v>1181</v>
       </c>
       <c r="I178" t="n">
         <v>0.0</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>1196</v>
+        <v>1182</v>
       </c>
       <c r="L178" t="s">
-        <v>1197</v>
+        <v>1183</v>
       </c>
       <c r="M178" t="s">
         <v>20</v>
       </c>
       <c r="N178" t="s">
-        <v>681</v>
+        <v>241</v>
       </c>
       <c r="O178" t="s">
-        <v>319</v>
+        <v>142</v>
       </c>
       <c r="P178" t="s">
-        <v>320</v>
+        <v>143</v>
       </c>
       <c r="Q178" t="s">
-        <v>321</v>
+        <v>144</v>
       </c>
       <c r="R178" t="s">
-        <v>322</v>
+        <v>145</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
         <v>18</v>
       </c>
       <c r="B179" t="s">
-        <v>1198</v>
+        <v>1184</v>
       </c>
       <c r="C179" t="s">
         <v>20</v>
       </c>
       <c r="D179" t="s">
         <v>20</v>
       </c>
       <c r="E179" t="s">
-        <v>1199</v>
+        <v>1185</v>
       </c>
       <c r="F179" t="s">
         <v>20</v>
       </c>
       <c r="G179" t="s">
-        <v>1200</v>
+        <v>1186</v>
       </c>
       <c r="H179" t="s">
-        <v>1201</v>
+        <v>1187</v>
       </c>
       <c r="I179" t="n">
         <v>0.0</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>1202</v>
+        <v>1188</v>
       </c>
       <c r="L179" t="s">
-        <v>860</v>
+        <v>1189</v>
       </c>
       <c r="M179" t="s">
         <v>20</v>
       </c>
       <c r="N179" t="s">
-        <v>681</v>
+        <v>241</v>
       </c>
       <c r="O179" t="s">
-        <v>450</v>
+        <v>142</v>
       </c>
       <c r="P179" t="s">
-        <v>451</v>
+        <v>143</v>
       </c>
       <c r="Q179" t="s">
-        <v>452</v>
+        <v>144</v>
       </c>
       <c r="R179" t="s">
-        <v>453</v>
+        <v>145</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
         <v>18</v>
       </c>
       <c r="B180" t="s">
-        <v>1203</v>
+        <v>1190</v>
       </c>
       <c r="C180" t="s">
         <v>20</v>
       </c>
       <c r="D180" t="s">
         <v>20</v>
       </c>
       <c r="E180" t="s">
-        <v>1204</v>
+        <v>1191</v>
       </c>
       <c r="F180" t="s">
         <v>20</v>
       </c>
       <c r="G180" t="s">
-        <v>1205</v>
+        <v>1192</v>
       </c>
       <c r="H180" t="s">
-        <v>1206</v>
+        <v>1193</v>
       </c>
       <c r="I180" t="n">
         <v>0.0</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>1207</v>
+        <v>1194</v>
       </c>
       <c r="L180" t="s">
-        <v>1208</v>
+        <v>1195</v>
       </c>
       <c r="M180" t="s">
         <v>20</v>
       </c>
       <c r="N180" t="s">
-        <v>571</v>
+        <v>1196</v>
       </c>
       <c r="O180" t="s">
-        <v>305</v>
+        <v>54</v>
       </c>
       <c r="P180" t="s">
-        <v>306</v>
+        <v>55</v>
       </c>
       <c r="Q180" t="s">
-        <v>107</v>
+        <v>56</v>
       </c>
       <c r="R180" t="s">
-        <v>307</v>
+        <v>57</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
         <v>18</v>
       </c>
       <c r="B181" t="s">
-        <v>1209</v>
+        <v>1197</v>
       </c>
       <c r="C181" t="s">
         <v>20</v>
       </c>
       <c r="D181" t="s">
         <v>20</v>
       </c>
       <c r="E181" t="s">
-        <v>1204</v>
+        <v>1191</v>
       </c>
       <c r="F181" t="s">
         <v>20</v>
       </c>
       <c r="G181" t="s">
-        <v>1210</v>
+        <v>1198</v>
       </c>
       <c r="H181" t="s">
-        <v>1211</v>
+        <v>1199</v>
       </c>
       <c r="I181" t="n">
         <v>0.0</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>1212</v>
+        <v>1200</v>
       </c>
       <c r="L181" t="s">
-        <v>1213</v>
+        <v>93</v>
       </c>
       <c r="M181" t="s">
         <v>20</v>
       </c>
       <c r="N181" t="s">
-        <v>771</v>
+        <v>726</v>
       </c>
       <c r="O181" t="s">
-        <v>742</v>
+        <v>1201</v>
       </c>
       <c r="P181" t="s">
-        <v>743</v>
+        <v>1202</v>
       </c>
       <c r="Q181" t="s">
-        <v>616</v>
+        <v>134</v>
       </c>
       <c r="R181" t="s">
-        <v>744</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
         <v>18</v>
       </c>
       <c r="B182" t="s">
-        <v>1214</v>
+        <v>1204</v>
       </c>
       <c r="C182" t="s">
         <v>20</v>
       </c>
       <c r="D182" t="s">
         <v>20</v>
       </c>
       <c r="E182" t="s">
-        <v>1215</v>
+        <v>1205</v>
       </c>
       <c r="F182" t="s">
         <v>20</v>
       </c>
       <c r="G182" t="s">
-        <v>1216</v>
+        <v>1206</v>
       </c>
       <c r="H182" t="s">
-        <v>1217</v>
+        <v>1207</v>
       </c>
       <c r="I182" t="n">
         <v>0.0</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>1218</v>
+        <v>1208</v>
       </c>
       <c r="L182" t="s">
-        <v>905</v>
+        <v>1209</v>
       </c>
       <c r="M182" t="s">
         <v>20</v>
       </c>
       <c r="N182" t="s">
-        <v>807</v>
+        <v>657</v>
       </c>
       <c r="O182" t="s">
-        <v>336</v>
+        <v>348</v>
       </c>
       <c r="P182" t="s">
-        <v>337</v>
+        <v>349</v>
       </c>
       <c r="Q182" t="s">
-        <v>338</v>
+        <v>154</v>
       </c>
       <c r="R182" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
         <v>18</v>
       </c>
       <c r="B183" t="s">
-        <v>1219</v>
+        <v>1210</v>
       </c>
       <c r="C183" t="s">
         <v>20</v>
       </c>
       <c r="D183" t="s">
         <v>20</v>
       </c>
       <c r="E183" t="s">
-        <v>1220</v>
+        <v>1211</v>
       </c>
       <c r="F183" t="s">
         <v>20</v>
       </c>
       <c r="G183" t="s">
-        <v>1221</v>
+        <v>1212</v>
       </c>
       <c r="H183" t="s">
-        <v>1222</v>
+        <v>1213</v>
       </c>
       <c r="I183" t="n">
         <v>0.0</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>1223</v>
+        <v>1214</v>
       </c>
       <c r="L183" t="s">
-        <v>1224</v>
+        <v>1215</v>
       </c>
       <c r="M183" t="s">
         <v>20</v>
       </c>
       <c r="N183" t="s">
-        <v>1225</v>
+        <v>713</v>
       </c>
       <c r="O183" t="s">
-        <v>305</v>
+        <v>362</v>
       </c>
       <c r="P183" t="s">
-        <v>306</v>
+        <v>363</v>
       </c>
       <c r="Q183" t="s">
-        <v>107</v>
+        <v>364</v>
       </c>
       <c r="R183" t="s">
-        <v>307</v>
+        <v>365</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
         <v>18</v>
       </c>
       <c r="B184" t="s">
-        <v>1226</v>
+        <v>1216</v>
       </c>
       <c r="C184" t="s">
         <v>20</v>
       </c>
       <c r="D184" t="s">
         <v>20</v>
       </c>
       <c r="E184" t="s">
-        <v>1220</v>
+        <v>1217</v>
       </c>
       <c r="F184" t="s">
         <v>20</v>
       </c>
       <c r="G184" t="s">
-        <v>1227</v>
+        <v>1218</v>
       </c>
       <c r="H184" t="s">
-        <v>1228</v>
+        <v>1219</v>
       </c>
       <c r="I184" t="n">
         <v>0.0</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>1229</v>
+        <v>1220</v>
       </c>
       <c r="L184" t="s">
-        <v>1197</v>
+        <v>887</v>
       </c>
       <c r="M184" t="s">
         <v>20</v>
       </c>
       <c r="N184" t="s">
-        <v>835</v>
+        <v>713</v>
       </c>
       <c r="O184" t="s">
-        <v>95</v>
+        <v>54</v>
       </c>
       <c r="P184" t="s">
-        <v>96</v>
+        <v>55</v>
       </c>
       <c r="Q184" t="s">
-        <v>97</v>
+        <v>56</v>
       </c>
       <c r="R184" t="s">
-        <v>98</v>
+        <v>57</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
         <v>18</v>
       </c>
       <c r="B185" t="s">
-        <v>1230</v>
+        <v>1221</v>
       </c>
       <c r="C185" t="s">
         <v>20</v>
       </c>
       <c r="D185" t="s">
         <v>20</v>
       </c>
       <c r="E185" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="F185" t="s">
         <v>20</v>
       </c>
       <c r="G185" t="s">
-        <v>1231</v>
+        <v>1223</v>
       </c>
       <c r="H185" t="s">
-        <v>1232</v>
+        <v>1224</v>
       </c>
       <c r="I185" t="n">
         <v>0.0</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>1233</v>
+        <v>1225</v>
       </c>
       <c r="L185" t="s">
-        <v>1136</v>
+        <v>1226</v>
       </c>
       <c r="M185" t="s">
         <v>20</v>
       </c>
       <c r="N185" t="s">
-        <v>835</v>
+        <v>605</v>
       </c>
       <c r="O185" t="s">
-        <v>319</v>
+        <v>348</v>
       </c>
       <c r="P185" t="s">
-        <v>320</v>
+        <v>349</v>
       </c>
       <c r="Q185" t="s">
-        <v>321</v>
+        <v>154</v>
       </c>
       <c r="R185" t="s">
-        <v>322</v>
+        <v>350</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
         <v>18</v>
       </c>
       <c r="B186" t="s">
-        <v>1234</v>
+        <v>1227</v>
       </c>
       <c r="C186" t="s">
         <v>20</v>
       </c>
       <c r="D186" t="s">
         <v>20</v>
       </c>
       <c r="E186" t="s">
-        <v>1235</v>
+        <v>1222</v>
       </c>
       <c r="F186" t="s">
         <v>20</v>
       </c>
       <c r="G186" t="s">
-        <v>1236</v>
+        <v>1228</v>
       </c>
       <c r="H186" t="s">
-        <v>1237</v>
+        <v>1229</v>
       </c>
       <c r="I186" t="n">
         <v>0.0</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>1238</v>
+        <v>1230</v>
       </c>
       <c r="L186" t="s">
-        <v>941</v>
+        <v>1231</v>
       </c>
       <c r="M186" t="s">
         <v>20</v>
       </c>
       <c r="N186" t="s">
-        <v>807</v>
+        <v>800</v>
       </c>
       <c r="O186" t="s">
-        <v>450</v>
+        <v>44</v>
       </c>
       <c r="P186" t="s">
-        <v>451</v>
+        <v>45</v>
       </c>
       <c r="Q186" t="s">
-        <v>452</v>
+        <v>46</v>
       </c>
       <c r="R186" t="s">
-        <v>453</v>
+        <v>47</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
         <v>18</v>
       </c>
       <c r="B187" t="s">
-        <v>1239</v>
+        <v>1232</v>
       </c>
       <c r="C187" t="s">
         <v>20</v>
       </c>
       <c r="D187" t="s">
         <v>20</v>
       </c>
       <c r="E187" t="s">
-        <v>1240</v>
+        <v>1233</v>
       </c>
       <c r="F187" t="s">
         <v>20</v>
       </c>
       <c r="G187" t="s">
-        <v>1241</v>
+        <v>1234</v>
       </c>
       <c r="H187" t="s">
-        <v>1242</v>
+        <v>1235</v>
       </c>
       <c r="I187" t="n">
         <v>0.0</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>1243</v>
+        <v>1236</v>
       </c>
       <c r="L187" t="s">
-        <v>1159</v>
+        <v>931</v>
       </c>
       <c r="M187" t="s">
         <v>20</v>
       </c>
       <c r="N187" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="O187" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="P187" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="Q187" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="R187" t="s">
-        <v>78</v>
+        <v>68</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
         <v>18</v>
       </c>
       <c r="B188" t="s">
-        <v>1244</v>
+        <v>1237</v>
       </c>
       <c r="C188" t="s">
         <v>20</v>
       </c>
       <c r="D188" t="s">
         <v>20</v>
       </c>
       <c r="E188" t="s">
-        <v>1245</v>
+        <v>1238</v>
       </c>
       <c r="F188" t="s">
         <v>20</v>
       </c>
       <c r="G188" t="s">
-        <v>1246</v>
+        <v>1239</v>
       </c>
       <c r="H188" t="s">
-        <v>1247</v>
+        <v>1240</v>
       </c>
       <c r="I188" t="n">
         <v>0.0</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>1248</v>
+        <v>1241</v>
       </c>
       <c r="L188" t="s">
-        <v>570</v>
+        <v>1242</v>
       </c>
       <c r="M188" t="s">
         <v>20</v>
       </c>
       <c r="N188" t="s">
-        <v>1249</v>
+        <v>1243</v>
       </c>
       <c r="O188" t="s">
-        <v>95</v>
+        <v>348</v>
       </c>
       <c r="P188" t="s">
-        <v>96</v>
+        <v>349</v>
       </c>
       <c r="Q188" t="s">
-        <v>97</v>
+        <v>154</v>
       </c>
       <c r="R188" t="s">
-        <v>98</v>
+        <v>350</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
         <v>18</v>
       </c>
       <c r="B189" t="s">
-        <v>1250</v>
+        <v>1244</v>
       </c>
       <c r="C189" t="s">
         <v>20</v>
       </c>
       <c r="D189" t="s">
         <v>20</v>
       </c>
       <c r="E189" t="s">
-        <v>1251</v>
+        <v>1238</v>
       </c>
       <c r="F189" t="s">
         <v>20</v>
       </c>
       <c r="G189" t="s">
-        <v>1252</v>
+        <v>1245</v>
       </c>
       <c r="H189" t="s">
-        <v>1253</v>
+        <v>1246</v>
       </c>
       <c r="I189" t="n">
         <v>0.0</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>1254</v>
+        <v>1247</v>
       </c>
       <c r="L189" t="s">
-        <v>304</v>
+        <v>1215</v>
       </c>
       <c r="M189" t="s">
         <v>20</v>
       </c>
       <c r="N189" t="s">
-        <v>1024</v>
+        <v>1248</v>
       </c>
       <c r="O189" t="s">
-        <v>95</v>
+        <v>142</v>
       </c>
       <c r="P189" t="s">
-        <v>96</v>
+        <v>143</v>
       </c>
       <c r="Q189" t="s">
-        <v>97</v>
+        <v>144</v>
       </c>
       <c r="R189" t="s">
-        <v>98</v>
+        <v>145</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
         <v>18</v>
       </c>
       <c r="B190" t="s">
-        <v>1255</v>
+        <v>1249</v>
       </c>
       <c r="C190" t="s">
         <v>20</v>
       </c>
       <c r="D190" t="s">
         <v>20</v>
       </c>
       <c r="E190" t="s">
-        <v>1256</v>
+        <v>1238</v>
       </c>
       <c r="F190" t="s">
         <v>20</v>
       </c>
       <c r="G190" t="s">
-        <v>1257</v>
+        <v>1250</v>
       </c>
       <c r="H190" t="s">
-        <v>1258</v>
+        <v>1251</v>
       </c>
       <c r="I190" t="n">
         <v>0.0</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>1259</v>
+        <v>1252</v>
       </c>
       <c r="L190" t="s">
-        <v>1260</v>
+        <v>1154</v>
       </c>
       <c r="M190" t="s">
         <v>20</v>
       </c>
       <c r="N190" t="s">
-        <v>848</v>
+        <v>1248</v>
       </c>
       <c r="O190" t="s">
-        <v>1261</v>
+        <v>362</v>
       </c>
       <c r="P190" t="s">
-        <v>1262</v>
+        <v>363</v>
       </c>
       <c r="Q190" t="s">
-        <v>1263</v>
+        <v>364</v>
       </c>
       <c r="R190" t="s">
-        <v>1264</v>
+        <v>365</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
         <v>18</v>
       </c>
       <c r="B191" t="s">
-        <v>1265</v>
+        <v>1253</v>
       </c>
       <c r="C191" t="s">
         <v>20</v>
       </c>
       <c r="D191" t="s">
         <v>20</v>
       </c>
       <c r="E191" t="s">
-        <v>1266</v>
+        <v>1254</v>
       </c>
       <c r="F191" t="s">
         <v>20</v>
       </c>
       <c r="G191" t="s">
-        <v>1267</v>
+        <v>1255</v>
       </c>
       <c r="H191" t="s">
-        <v>1268</v>
+        <v>1256</v>
       </c>
       <c r="I191" t="n">
         <v>0.0</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
-        <v>250</v>
+        <v>1257</v>
       </c>
       <c r="L191" t="s">
-        <v>1171</v>
+        <v>966</v>
       </c>
       <c r="M191" t="s">
         <v>20</v>
       </c>
       <c r="N191" t="s">
-        <v>899</v>
+        <v>836</v>
       </c>
       <c r="O191" t="s">
-        <v>95</v>
+        <v>54</v>
       </c>
       <c r="P191" t="s">
-        <v>96</v>
+        <v>55</v>
       </c>
       <c r="Q191" t="s">
-        <v>97</v>
+        <v>56</v>
       </c>
       <c r="R191" t="s">
-        <v>98</v>
+        <v>57</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
         <v>18</v>
       </c>
       <c r="B192" t="s">
-        <v>1269</v>
+        <v>1258</v>
       </c>
       <c r="C192" t="s">
         <v>20</v>
       </c>
       <c r="D192" t="s">
         <v>20</v>
       </c>
       <c r="E192" t="s">
-        <v>1270</v>
+        <v>1259</v>
       </c>
       <c r="F192" t="s">
         <v>20</v>
       </c>
       <c r="G192" t="s">
-        <v>1271</v>
+        <v>1260</v>
       </c>
       <c r="H192" t="s">
-        <v>1272</v>
+        <v>1261</v>
       </c>
       <c r="I192" t="n">
         <v>0.0</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>1273</v>
+        <v>1262</v>
       </c>
       <c r="L192" t="s">
-        <v>1274</v>
+        <v>1177</v>
       </c>
       <c r="M192" t="s">
         <v>20</v>
       </c>
       <c r="N192" t="s">
-        <v>1178</v>
+        <v>1248</v>
       </c>
       <c r="O192" t="s">
-        <v>319</v>
+        <v>123</v>
       </c>
       <c r="P192" t="s">
-        <v>320</v>
+        <v>124</v>
       </c>
       <c r="Q192" t="s">
-        <v>321</v>
+        <v>78</v>
       </c>
       <c r="R192" t="s">
-        <v>322</v>
+        <v>125</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
         <v>18</v>
       </c>
       <c r="B193" t="s">
-        <v>1275</v>
+        <v>1263</v>
       </c>
       <c r="C193" t="s">
         <v>20</v>
       </c>
       <c r="D193" t="s">
         <v>20</v>
       </c>
       <c r="E193" t="s">
-        <v>1276</v>
+        <v>1264</v>
       </c>
       <c r="F193" t="s">
         <v>20</v>
       </c>
       <c r="G193" t="s">
-        <v>1277</v>
+        <v>1265</v>
       </c>
       <c r="H193" t="s">
-        <v>1278</v>
+        <v>1266</v>
       </c>
       <c r="I193" t="n">
         <v>0.0</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>1279</v>
+        <v>1267</v>
       </c>
       <c r="L193" t="s">
-        <v>217</v>
+        <v>604</v>
       </c>
       <c r="M193" t="s">
         <v>20</v>
       </c>
       <c r="N193" t="s">
-        <v>912</v>
+        <v>1268</v>
       </c>
       <c r="O193" t="s">
-        <v>450</v>
+        <v>142</v>
       </c>
       <c r="P193" t="s">
-        <v>451</v>
+        <v>143</v>
       </c>
       <c r="Q193" t="s">
-        <v>452</v>
+        <v>144</v>
       </c>
       <c r="R193" t="s">
-        <v>453</v>
+        <v>145</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
         <v>18</v>
       </c>
       <c r="B194" t="s">
-        <v>1280</v>
+        <v>1269</v>
       </c>
       <c r="C194" t="s">
         <v>20</v>
       </c>
       <c r="D194" t="s">
         <v>20</v>
       </c>
       <c r="E194" t="s">
-        <v>1281</v>
+        <v>1270</v>
       </c>
       <c r="F194" t="s">
         <v>20</v>
       </c>
       <c r="G194" t="s">
-        <v>1282</v>
+        <v>1271</v>
       </c>
       <c r="H194" t="s">
-        <v>1283</v>
+        <v>1272</v>
       </c>
       <c r="I194" t="n">
         <v>0.0</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>1284</v>
+        <v>1273</v>
       </c>
       <c r="L194" t="s">
-        <v>1285</v>
+        <v>347</v>
       </c>
       <c r="M194" t="s">
         <v>20</v>
       </c>
       <c r="N194" t="s">
-        <v>899</v>
+        <v>241</v>
       </c>
       <c r="O194" t="s">
-        <v>319</v>
+        <v>142</v>
       </c>
       <c r="P194" t="s">
-        <v>320</v>
+        <v>143</v>
       </c>
       <c r="Q194" t="s">
-        <v>321</v>
+        <v>144</v>
       </c>
       <c r="R194" t="s">
-        <v>322</v>
+        <v>145</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
         <v>18</v>
       </c>
       <c r="B195" t="s">
-        <v>1286</v>
+        <v>1274</v>
       </c>
       <c r="C195" t="s">
         <v>20</v>
       </c>
       <c r="D195" t="s">
         <v>20</v>
       </c>
       <c r="E195" t="s">
-        <v>1281</v>
+        <v>1275</v>
       </c>
       <c r="F195" t="s">
         <v>20</v>
       </c>
       <c r="G195" t="s">
-        <v>1287</v>
+        <v>1276</v>
       </c>
       <c r="H195" t="s">
-        <v>1288</v>
+        <v>1277</v>
       </c>
       <c r="I195" t="n">
         <v>0.0</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>1289</v>
+        <v>1278</v>
       </c>
       <c r="L195" t="s">
-        <v>1290</v>
+        <v>1279</v>
       </c>
       <c r="M195" t="s">
         <v>20</v>
       </c>
       <c r="N195" t="s">
-        <v>912</v>
+        <v>894</v>
       </c>
       <c r="O195" t="s">
-        <v>450</v>
+        <v>1280</v>
       </c>
       <c r="P195" t="s">
-        <v>451</v>
+        <v>1281</v>
       </c>
       <c r="Q195" t="s">
-        <v>452</v>
+        <v>1282</v>
       </c>
       <c r="R195" t="s">
-        <v>453</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
         <v>18</v>
       </c>
       <c r="B196" t="s">
-        <v>1291</v>
+        <v>1284</v>
       </c>
       <c r="C196" t="s">
         <v>20</v>
       </c>
       <c r="D196" t="s">
         <v>20</v>
       </c>
       <c r="E196" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="F196" t="s">
         <v>20</v>
       </c>
       <c r="G196" t="s">
-        <v>1292</v>
+        <v>1286</v>
       </c>
       <c r="H196" t="s">
-        <v>1293</v>
+        <v>1287</v>
       </c>
       <c r="I196" t="n">
         <v>0.0</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>1294</v>
+        <v>296</v>
       </c>
       <c r="L196" t="s">
-        <v>941</v>
+        <v>1189</v>
       </c>
       <c r="M196" t="s">
         <v>20</v>
       </c>
       <c r="N196" t="s">
-        <v>912</v>
+        <v>75</v>
       </c>
       <c r="O196" t="s">
-        <v>196</v>
+        <v>142</v>
       </c>
       <c r="P196" t="s">
-        <v>197</v>
+        <v>143</v>
       </c>
       <c r="Q196" t="s">
-        <v>198</v>
+        <v>144</v>
       </c>
       <c r="R196" t="s">
-        <v>199</v>
+        <v>145</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
         <v>18</v>
       </c>
       <c r="B197" t="s">
-        <v>1295</v>
+        <v>1288</v>
       </c>
       <c r="C197" t="s">
         <v>20</v>
       </c>
       <c r="D197" t="s">
         <v>20</v>
       </c>
       <c r="E197" t="s">
-        <v>1296</v>
+        <v>1289</v>
       </c>
       <c r="F197" t="s">
         <v>20</v>
       </c>
       <c r="G197" t="s">
-        <v>1297</v>
+        <v>1290</v>
       </c>
       <c r="H197" t="s">
-        <v>1298</v>
+        <v>1291</v>
       </c>
       <c r="I197" t="n">
         <v>0.0</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>1299</v>
+        <v>1292</v>
       </c>
       <c r="L197" t="s">
-        <v>1300</v>
+        <v>1293</v>
       </c>
       <c r="M197" t="s">
         <v>20</v>
       </c>
       <c r="N197" t="s">
-        <v>925</v>
+        <v>1196</v>
       </c>
       <c r="O197" t="s">
-        <v>319</v>
+        <v>362</v>
       </c>
       <c r="P197" t="s">
-        <v>320</v>
+        <v>363</v>
       </c>
       <c r="Q197" t="s">
-        <v>321</v>
+        <v>364</v>
       </c>
       <c r="R197" t="s">
-        <v>322</v>
+        <v>365</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
         <v>18</v>
       </c>
       <c r="B198" t="s">
-        <v>1301</v>
+        <v>1294</v>
       </c>
       <c r="C198" t="s">
         <v>20</v>
       </c>
       <c r="D198" t="s">
         <v>20</v>
       </c>
       <c r="E198" t="s">
-        <v>1302</v>
+        <v>1295</v>
       </c>
       <c r="F198" t="s">
         <v>20</v>
       </c>
       <c r="G198" t="s">
-        <v>1303</v>
+        <v>1296</v>
       </c>
       <c r="H198" t="s">
-        <v>1304</v>
+        <v>1297</v>
       </c>
       <c r="I198" t="n">
         <v>0.0</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>1305</v>
+        <v>1298</v>
       </c>
       <c r="L198" t="s">
-        <v>1306</v>
+        <v>263</v>
       </c>
       <c r="M198" t="s">
         <v>20</v>
       </c>
       <c r="N198" t="s">
-        <v>591</v>
+        <v>75</v>
       </c>
       <c r="O198" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="P198" t="s">
-        <v>77</v>
+        <v>55</v>
       </c>
       <c r="Q198" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="R198" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
         <v>18</v>
       </c>
       <c r="B199" t="s">
-        <v>1307</v>
+        <v>1299</v>
       </c>
       <c r="C199" t="s">
         <v>20</v>
       </c>
       <c r="D199" t="s">
         <v>20</v>
       </c>
       <c r="E199" t="s">
-        <v>1308</v>
+        <v>1300</v>
       </c>
       <c r="F199" t="s">
         <v>20</v>
       </c>
       <c r="G199" t="s">
-        <v>1309</v>
+        <v>1301</v>
       </c>
       <c r="H199" t="s">
-        <v>1310</v>
+        <v>1302</v>
       </c>
       <c r="I199" t="n">
         <v>0.0</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>1311</v>
+        <v>1303</v>
       </c>
       <c r="L199" t="s">
-        <v>1312</v>
+        <v>1304</v>
       </c>
       <c r="M199" t="s">
         <v>20</v>
       </c>
       <c r="N199" t="s">
-        <v>598</v>
+        <v>75</v>
       </c>
       <c r="O199" t="s">
-        <v>1313</v>
+        <v>362</v>
       </c>
       <c r="P199" t="s">
-        <v>1314</v>
+        <v>363</v>
       </c>
       <c r="Q199" t="s">
-        <v>1315</v>
+        <v>364</v>
       </c>
       <c r="R199" t="s">
-        <v>1316</v>
+        <v>365</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
         <v>18</v>
       </c>
       <c r="B200" t="s">
-        <v>1317</v>
+        <v>1305</v>
       </c>
       <c r="C200" t="s">
         <v>20</v>
       </c>
       <c r="D200" t="s">
         <v>20</v>
       </c>
       <c r="E200" t="s">
-        <v>1318</v>
+        <v>1300</v>
       </c>
       <c r="F200" t="s">
         <v>20</v>
       </c>
       <c r="G200" t="s">
-        <v>1319</v>
+        <v>1306</v>
       </c>
       <c r="H200" t="s">
-        <v>1320</v>
+        <v>1307</v>
       </c>
       <c r="I200" t="n">
         <v>0.0</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>1321</v>
+        <v>1308</v>
       </c>
       <c r="L200" t="s">
-        <v>664</v>
+        <v>1309</v>
       </c>
       <c r="M200" t="s">
         <v>20</v>
       </c>
       <c r="N200" t="s">
-        <v>195</v>
+        <v>75</v>
       </c>
       <c r="O200" t="s">
-        <v>95</v>
+        <v>54</v>
       </c>
       <c r="P200" t="s">
-        <v>96</v>
+        <v>55</v>
       </c>
       <c r="Q200" t="s">
-        <v>97</v>
+        <v>56</v>
       </c>
       <c r="R200" t="s">
-        <v>98</v>
+        <v>57</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
         <v>18</v>
       </c>
       <c r="B201" t="s">
-        <v>1322</v>
+        <v>1310</v>
       </c>
       <c r="C201" t="s">
         <v>20</v>
       </c>
       <c r="D201" t="s">
         <v>20</v>
       </c>
       <c r="E201" t="s">
-        <v>1323</v>
+        <v>1300</v>
       </c>
       <c r="F201" t="s">
         <v>20</v>
       </c>
       <c r="G201" t="s">
-        <v>1324</v>
+        <v>1311</v>
       </c>
       <c r="H201" t="s">
-        <v>1325</v>
+        <v>1312</v>
       </c>
       <c r="I201" t="n">
         <v>0.0</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
-        <v>1326</v>
+        <v>1313</v>
       </c>
       <c r="L201" t="s">
-        <v>1327</v>
+        <v>966</v>
       </c>
       <c r="M201" t="s">
         <v>20</v>
       </c>
       <c r="N201" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="O201" t="s">
-        <v>336</v>
+        <v>242</v>
       </c>
       <c r="P201" t="s">
-        <v>337</v>
+        <v>243</v>
       </c>
       <c r="Q201" t="s">
-        <v>338</v>
+        <v>244</v>
       </c>
       <c r="R201" t="s">
-        <v>339</v>
+        <v>245</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
         <v>18</v>
       </c>
       <c r="B202" t="s">
-        <v>1328</v>
+        <v>1314</v>
       </c>
       <c r="C202" t="s">
         <v>20</v>
       </c>
       <c r="D202" t="s">
         <v>20</v>
       </c>
       <c r="E202" t="s">
-        <v>1329</v>
+        <v>1315</v>
       </c>
       <c r="F202" t="s">
         <v>20</v>
       </c>
       <c r="G202" t="s">
-        <v>1330</v>
+        <v>1316</v>
       </c>
       <c r="H202" t="s">
-        <v>1331</v>
+        <v>1317</v>
       </c>
       <c r="I202" t="n">
         <v>0.0</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>1332</v>
+        <v>1318</v>
       </c>
       <c r="L202" t="s">
-        <v>1333</v>
+        <v>1319</v>
       </c>
       <c r="M202" t="s">
         <v>20</v>
       </c>
       <c r="N202" t="s">
-        <v>1334</v>
+        <v>111</v>
       </c>
       <c r="O202" t="s">
-        <v>76</v>
+        <v>362</v>
       </c>
       <c r="P202" t="s">
-        <v>77</v>
+        <v>363</v>
       </c>
       <c r="Q202" t="s">
-        <v>30</v>
+        <v>364</v>
       </c>
       <c r="R202" t="s">
-        <v>78</v>
+        <v>365</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
         <v>18</v>
       </c>
       <c r="B203" t="s">
-        <v>1335</v>
+        <v>1320</v>
       </c>
       <c r="C203" t="s">
         <v>20</v>
       </c>
       <c r="D203" t="s">
         <v>20</v>
       </c>
       <c r="E203" t="s">
-        <v>1336</v>
+        <v>1321</v>
       </c>
       <c r="F203" t="s">
         <v>20</v>
       </c>
       <c r="G203" t="s">
-        <v>1337</v>
+        <v>1322</v>
       </c>
       <c r="H203" t="s">
-        <v>1338</v>
+        <v>1323</v>
       </c>
       <c r="I203" t="n">
         <v>0.0</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>1339</v>
+        <v>1324</v>
       </c>
       <c r="L203" t="s">
-        <v>1340</v>
+        <v>1325</v>
       </c>
       <c r="M203" t="s">
         <v>20</v>
       </c>
       <c r="N203" t="s">
-        <v>942</v>
+        <v>625</v>
       </c>
       <c r="O203" t="s">
-        <v>175</v>
+        <v>123</v>
       </c>
       <c r="P203" t="s">
-        <v>176</v>
+        <v>124</v>
       </c>
       <c r="Q203" t="s">
-        <v>177</v>
+        <v>78</v>
       </c>
       <c r="R203" t="s">
-        <v>178</v>
+        <v>125</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
         <v>18</v>
       </c>
       <c r="B204" t="s">
-        <v>1341</v>
+        <v>1326</v>
       </c>
       <c r="C204" t="s">
         <v>20</v>
       </c>
       <c r="D204" t="s">
         <v>20</v>
       </c>
       <c r="E204" t="s">
-        <v>1342</v>
+        <v>1327</v>
       </c>
       <c r="F204" t="s">
         <v>20</v>
       </c>
       <c r="G204" t="s">
-        <v>1343</v>
+        <v>1328</v>
       </c>
       <c r="H204" t="s">
-        <v>1344</v>
+        <v>1329</v>
       </c>
       <c r="I204" t="n">
         <v>0.0</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>1345</v>
+        <v>1330</v>
       </c>
       <c r="L204" t="s">
-        <v>1346</v>
+        <v>1331</v>
       </c>
       <c r="M204" t="s">
         <v>20</v>
       </c>
       <c r="N204" t="s">
-        <v>1011</v>
+        <v>632</v>
       </c>
       <c r="O204" t="s">
-        <v>1347</v>
+        <v>1332</v>
       </c>
       <c r="P204" t="s">
-        <v>1348</v>
+        <v>1333</v>
       </c>
       <c r="Q204" t="s">
-        <v>1349</v>
+        <v>1334</v>
       </c>
       <c r="R204" t="s">
-        <v>1350</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
         <v>18</v>
       </c>
       <c r="B205" t="s">
-        <v>1351</v>
+        <v>1336</v>
       </c>
       <c r="C205" t="s">
         <v>20</v>
       </c>
       <c r="D205" t="s">
         <v>20</v>
       </c>
       <c r="E205" t="s">
-        <v>1352</v>
+        <v>1337</v>
       </c>
       <c r="F205" t="s">
         <v>20</v>
       </c>
       <c r="G205" t="s">
-        <v>1353</v>
+        <v>1338</v>
       </c>
       <c r="H205" t="s">
-        <v>1354</v>
+        <v>1339</v>
       </c>
       <c r="I205" t="n">
         <v>0.0</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>1355</v>
+        <v>1340</v>
       </c>
       <c r="L205" t="s">
-        <v>1356</v>
+        <v>697</v>
       </c>
       <c r="M205" t="s">
         <v>20</v>
       </c>
       <c r="N205" t="s">
-        <v>688</v>
+        <v>241</v>
       </c>
       <c r="O205" t="s">
-        <v>76</v>
+        <v>142</v>
       </c>
       <c r="P205" t="s">
-        <v>77</v>
+        <v>143</v>
       </c>
       <c r="Q205" t="s">
-        <v>30</v>
+        <v>144</v>
       </c>
       <c r="R205" t="s">
-        <v>78</v>
+        <v>145</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
         <v>18</v>
       </c>
       <c r="B206" t="s">
-        <v>1357</v>
+        <v>1341</v>
       </c>
       <c r="C206" t="s">
         <v>20</v>
       </c>
       <c r="D206" t="s">
         <v>20</v>
       </c>
       <c r="E206" t="s">
-        <v>1358</v>
+        <v>1342</v>
       </c>
       <c r="F206" t="s">
         <v>20</v>
       </c>
       <c r="G206" t="s">
-        <v>1359</v>
+        <v>1343</v>
       </c>
       <c r="H206" t="s">
-        <v>1360</v>
+        <v>1344</v>
       </c>
       <c r="I206" t="n">
         <v>0.0</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>1361</v>
+        <v>1345</v>
       </c>
       <c r="L206" t="s">
-        <v>1362</v>
+        <v>1346</v>
       </c>
       <c r="M206" t="s">
         <v>20</v>
       </c>
       <c r="N206" t="s">
-        <v>835</v>
+        <v>1347</v>
       </c>
       <c r="O206" t="s">
-        <v>95</v>
+        <v>65</v>
       </c>
       <c r="P206" t="s">
-        <v>96</v>
+        <v>66</v>
       </c>
       <c r="Q206" t="s">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="R206" t="s">
-        <v>98</v>
+        <v>68</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
         <v>18</v>
       </c>
       <c r="B207" t="s">
-        <v>1363</v>
+        <v>1348</v>
       </c>
       <c r="C207" t="s">
         <v>20</v>
       </c>
       <c r="D207" t="s">
         <v>20</v>
       </c>
       <c r="E207" t="s">
-        <v>1364</v>
+        <v>1349</v>
       </c>
       <c r="F207" t="s">
         <v>20</v>
       </c>
       <c r="G207" t="s">
-        <v>1365</v>
+        <v>1350</v>
       </c>
       <c r="H207" t="s">
-        <v>1366</v>
+        <v>1351</v>
       </c>
       <c r="I207" t="n">
         <v>0.0</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>1367</v>
+        <v>1352</v>
       </c>
       <c r="L207" t="s">
-        <v>1368</v>
+        <v>1353</v>
       </c>
       <c r="M207" t="s">
         <v>20</v>
       </c>
       <c r="N207" t="s">
-        <v>953</v>
+        <v>1354</v>
       </c>
       <c r="O207" t="s">
-        <v>196</v>
+        <v>123</v>
       </c>
       <c r="P207" t="s">
-        <v>197</v>
+        <v>124</v>
       </c>
       <c r="Q207" t="s">
-        <v>198</v>
+        <v>78</v>
       </c>
       <c r="R207" t="s">
-        <v>199</v>
+        <v>125</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
         <v>18</v>
       </c>
       <c r="B208" t="s">
-        <v>1369</v>
+        <v>1355</v>
       </c>
       <c r="C208" t="s">
         <v>20</v>
       </c>
       <c r="D208" t="s">
         <v>20</v>
       </c>
       <c r="E208" t="s">
-        <v>1370</v>
+        <v>1356</v>
       </c>
       <c r="F208" t="s">
         <v>20</v>
       </c>
       <c r="G208" t="s">
-        <v>1371</v>
+        <v>1357</v>
       </c>
       <c r="H208" t="s">
-        <v>1372</v>
+        <v>1358</v>
       </c>
       <c r="I208" t="n">
         <v>0.0</v>
       </c>
       <c r="J208" t="s">
-        <v>483</v>
+        <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>1373</v>
+        <v>1359</v>
       </c>
       <c r="L208" t="s">
-        <v>1374</v>
+        <v>1360</v>
       </c>
       <c r="M208" t="s">
         <v>20</v>
       </c>
       <c r="N208" t="s">
-        <v>1036</v>
+        <v>111</v>
       </c>
       <c r="O208" t="s">
-        <v>1375</v>
+        <v>222</v>
       </c>
       <c r="P208" t="s">
-        <v>274</v>
+        <v>223</v>
       </c>
       <c r="Q208" t="s">
-        <v>40</v>
+        <v>224</v>
       </c>
       <c r="R208" t="s">
-        <v>1376</v>
+        <v>225</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
         <v>18</v>
       </c>
       <c r="B209" t="s">
-        <v>1377</v>
+        <v>1361</v>
       </c>
       <c r="C209" t="s">
         <v>20</v>
       </c>
       <c r="D209" t="s">
         <v>20</v>
       </c>
       <c r="E209" t="s">
-        <v>1378</v>
+        <v>1362</v>
       </c>
       <c r="F209" t="s">
         <v>20</v>
       </c>
       <c r="G209" t="s">
-        <v>1379</v>
+        <v>1363</v>
       </c>
       <c r="H209" t="s">
-        <v>1380</v>
+        <v>1364</v>
       </c>
       <c r="I209" t="n">
         <v>0.0</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>1381</v>
+        <v>1365</v>
       </c>
       <c r="L209" t="s">
-        <v>1382</v>
+        <v>1366</v>
       </c>
       <c r="M209" t="s">
         <v>20</v>
       </c>
       <c r="N209" t="s">
-        <v>688</v>
+        <v>215</v>
       </c>
       <c r="O209" t="s">
-        <v>1001</v>
+        <v>1367</v>
       </c>
       <c r="P209" t="s">
-        <v>1002</v>
+        <v>1368</v>
       </c>
       <c r="Q209" t="s">
-        <v>1003</v>
+        <v>1369</v>
       </c>
       <c r="R209" t="s">
-        <v>1004</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
         <v>18</v>
       </c>
       <c r="B210" t="s">
-        <v>1383</v>
+        <v>1371</v>
       </c>
       <c r="C210" t="s">
         <v>20</v>
       </c>
       <c r="D210" t="s">
         <v>20</v>
       </c>
       <c r="E210" t="s">
-        <v>1384</v>
+        <v>1372</v>
       </c>
       <c r="F210" t="s">
         <v>20</v>
       </c>
       <c r="G210" t="s">
-        <v>1385</v>
+        <v>1373</v>
       </c>
       <c r="H210" t="s">
-        <v>1386</v>
+        <v>1374</v>
       </c>
       <c r="I210" t="n">
         <v>0.0</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>1387</v>
+        <v>1375</v>
       </c>
       <c r="L210" t="s">
-        <v>152</v>
+        <v>1376</v>
       </c>
       <c r="M210" t="s">
         <v>20</v>
       </c>
       <c r="N210" t="s">
-        <v>571</v>
+        <v>726</v>
       </c>
       <c r="O210" t="s">
-        <v>305</v>
+        <v>123</v>
       </c>
       <c r="P210" t="s">
-        <v>306</v>
+        <v>124</v>
       </c>
       <c r="Q210" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="R210" t="s">
-        <v>307</v>
+        <v>125</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
         <v>18</v>
       </c>
       <c r="B211" t="s">
-        <v>1388</v>
+        <v>1377</v>
       </c>
       <c r="C211" t="s">
         <v>20</v>
       </c>
       <c r="D211" t="s">
         <v>20</v>
       </c>
       <c r="E211" t="s">
-        <v>1389</v>
+        <v>1378</v>
       </c>
       <c r="F211" t="s">
         <v>20</v>
       </c>
       <c r="G211" t="s">
-        <v>1390</v>
+        <v>1379</v>
       </c>
       <c r="H211" t="s">
-        <v>1391</v>
+        <v>1380</v>
       </c>
       <c r="I211" t="n">
         <v>0.0</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>1392</v>
+        <v>1381</v>
       </c>
       <c r="L211" t="s">
-        <v>1393</v>
+        <v>1382</v>
       </c>
       <c r="M211" t="s">
         <v>20</v>
       </c>
       <c r="N211" t="s">
-        <v>1178</v>
+        <v>1248</v>
       </c>
       <c r="O211" t="s">
-        <v>319</v>
+        <v>142</v>
       </c>
       <c r="P211" t="s">
-        <v>320</v>
+        <v>143</v>
       </c>
       <c r="Q211" t="s">
-        <v>321</v>
+        <v>144</v>
       </c>
       <c r="R211" t="s">
-        <v>322</v>
+        <v>145</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
         <v>18</v>
       </c>
       <c r="B212" t="s">
-        <v>1394</v>
+        <v>1383</v>
       </c>
       <c r="C212" t="s">
         <v>20</v>
       </c>
       <c r="D212" t="s">
         <v>20</v>
       </c>
       <c r="E212" t="s">
-        <v>1395</v>
+        <v>1384</v>
       </c>
       <c r="F212" t="s">
         <v>20</v>
       </c>
       <c r="G212" t="s">
-        <v>1396</v>
+        <v>1385</v>
       </c>
       <c r="H212" t="s">
-        <v>1397</v>
+        <v>1386</v>
       </c>
       <c r="I212" t="n">
         <v>0.0</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>1398</v>
+        <v>1387</v>
       </c>
       <c r="L212" t="s">
-        <v>1399</v>
+        <v>1388</v>
       </c>
       <c r="M212" t="s">
         <v>20</v>
       </c>
       <c r="N212" t="s">
-        <v>430</v>
+        <v>171</v>
       </c>
       <c r="O212" t="s">
-        <v>718</v>
+        <v>242</v>
       </c>
       <c r="P212" t="s">
-        <v>719</v>
+        <v>243</v>
       </c>
       <c r="Q212" t="s">
-        <v>720</v>
+        <v>244</v>
       </c>
       <c r="R212" t="s">
-        <v>721</v>
+        <v>245</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
         <v>18</v>
       </c>
       <c r="B213" t="s">
-        <v>1400</v>
+        <v>1389</v>
       </c>
       <c r="C213" t="s">
         <v>20</v>
       </c>
       <c r="D213" t="s">
         <v>20</v>
       </c>
       <c r="E213" t="s">
-        <v>1401</v>
+        <v>1390</v>
       </c>
       <c r="F213" t="s">
         <v>20</v>
       </c>
       <c r="G213" t="s">
-        <v>1402</v>
+        <v>1391</v>
       </c>
       <c r="H213" t="s">
-        <v>1403</v>
+        <v>1392</v>
       </c>
       <c r="I213" t="n">
         <v>0.0</v>
       </c>
       <c r="J213" t="s">
-        <v>24</v>
+        <v>518</v>
       </c>
       <c r="K213" t="s">
-        <v>1404</v>
+        <v>1393</v>
       </c>
       <c r="L213" t="s">
-        <v>1368</v>
+        <v>1394</v>
       </c>
       <c r="M213" t="s">
         <v>20</v>
       </c>
       <c r="N213" t="s">
-        <v>195</v>
+        <v>215</v>
       </c>
       <c r="O213" t="s">
-        <v>95</v>
+        <v>1395</v>
       </c>
       <c r="P213" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="Q213" t="s">
-        <v>97</v>
+        <v>30</v>
       </c>
       <c r="R213" t="s">
-        <v>98</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
         <v>18</v>
       </c>
       <c r="B214" t="s">
-        <v>1405</v>
+        <v>1397</v>
       </c>
       <c r="C214" t="s">
         <v>20</v>
       </c>
       <c r="D214" t="s">
         <v>20</v>
       </c>
       <c r="E214" t="s">
-        <v>1406</v>
+        <v>1398</v>
       </c>
       <c r="F214" t="s">
         <v>20</v>
       </c>
       <c r="G214" t="s">
-        <v>1407</v>
+        <v>1399</v>
       </c>
       <c r="H214" t="s">
-        <v>1408</v>
+        <v>1400</v>
       </c>
       <c r="I214" t="n">
         <v>0.0</v>
       </c>
       <c r="J214" t="s">
-        <v>483</v>
+        <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>1409</v>
+        <v>1401</v>
       </c>
       <c r="L214" t="s">
-        <v>1410</v>
+        <v>1402</v>
       </c>
       <c r="M214" t="s">
         <v>20</v>
       </c>
       <c r="N214" t="s">
-        <v>1060</v>
+        <v>726</v>
       </c>
       <c r="O214" t="s">
-        <v>450</v>
+        <v>1024</v>
       </c>
       <c r="P214" t="s">
-        <v>451</v>
+        <v>1025</v>
       </c>
       <c r="Q214" t="s">
-        <v>452</v>
+        <v>1026</v>
       </c>
       <c r="R214" t="s">
-        <v>453</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
         <v>18</v>
       </c>
       <c r="B215" t="s">
-        <v>1411</v>
+        <v>1403</v>
       </c>
       <c r="C215" t="s">
         <v>20</v>
       </c>
       <c r="D215" t="s">
         <v>20</v>
       </c>
       <c r="E215" t="s">
-        <v>1412</v>
+        <v>1404</v>
       </c>
       <c r="F215" t="s">
         <v>20</v>
       </c>
       <c r="G215" t="s">
-        <v>1413</v>
+        <v>1405</v>
       </c>
       <c r="H215" t="s">
-        <v>1414</v>
+        <v>1406</v>
       </c>
       <c r="I215" t="n">
         <v>0.0</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>1415</v>
+        <v>1407</v>
       </c>
       <c r="L215" t="s">
-        <v>680</v>
+        <v>199</v>
       </c>
       <c r="M215" t="s">
         <v>20</v>
       </c>
       <c r="N215" t="s">
-        <v>228</v>
+        <v>605</v>
       </c>
       <c r="O215" t="s">
-        <v>95</v>
+        <v>348</v>
       </c>
       <c r="P215" t="s">
-        <v>96</v>
+        <v>349</v>
       </c>
       <c r="Q215" t="s">
-        <v>97</v>
+        <v>154</v>
       </c>
       <c r="R215" t="s">
-        <v>98</v>
+        <v>350</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
         <v>18</v>
       </c>
       <c r="B216" t="s">
-        <v>1416</v>
+        <v>1408</v>
       </c>
       <c r="C216" t="s">
         <v>20</v>
       </c>
       <c r="D216" t="s">
         <v>20</v>
       </c>
       <c r="E216" t="s">
-        <v>1417</v>
+        <v>1409</v>
       </c>
       <c r="F216" t="s">
         <v>20</v>
       </c>
       <c r="G216" t="s">
-        <v>1418</v>
+        <v>1410</v>
       </c>
       <c r="H216" t="s">
-        <v>1419</v>
+        <v>1411</v>
       </c>
       <c r="I216" t="n">
         <v>0.0</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>1420</v>
+        <v>1412</v>
       </c>
       <c r="L216" t="s">
-        <v>1421</v>
+        <v>1413</v>
       </c>
       <c r="M216" t="s">
         <v>20</v>
       </c>
       <c r="N216" t="s">
-        <v>298</v>
+        <v>1196</v>
       </c>
       <c r="O216" t="s">
-        <v>76</v>
+        <v>362</v>
       </c>
       <c r="P216" t="s">
-        <v>77</v>
+        <v>363</v>
       </c>
       <c r="Q216" t="s">
-        <v>30</v>
+        <v>364</v>
       </c>
       <c r="R216" t="s">
-        <v>78</v>
+        <v>365</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
         <v>18</v>
       </c>
       <c r="B217" t="s">
-        <v>1422</v>
+        <v>1414</v>
       </c>
       <c r="C217" t="s">
         <v>20</v>
       </c>
       <c r="D217" t="s">
         <v>20</v>
       </c>
       <c r="E217" t="s">
+        <v>1415</v>
+      </c>
+      <c r="F217" t="s">
+        <v>20</v>
+      </c>
+      <c r="G217" t="s">
+        <v>1416</v>
+      </c>
+      <c r="H217" t="s">
         <v>1417</v>
-      </c>
-[...7 lines deleted...]
-        <v>1424</v>
       </c>
       <c r="I217" t="n">
         <v>0.0</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>1425</v>
+        <v>1418</v>
       </c>
       <c r="L217" t="s">
-        <v>1368</v>
+        <v>1419</v>
       </c>
       <c r="M217" t="s">
         <v>20</v>
       </c>
       <c r="N217" t="s">
-        <v>1098</v>
+        <v>469</v>
       </c>
       <c r="O217" t="s">
-        <v>1426</v>
+        <v>750</v>
       </c>
       <c r="P217" t="s">
-        <v>1427</v>
+        <v>751</v>
       </c>
       <c r="Q217" t="s">
-        <v>1428</v>
+        <v>752</v>
       </c>
       <c r="R217" t="s">
-        <v>1429</v>
+        <v>753</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
         <v>18</v>
       </c>
       <c r="B218" t="s">
-        <v>1430</v>
+        <v>1420</v>
       </c>
       <c r="C218" t="s">
         <v>20</v>
       </c>
       <c r="D218" t="s">
         <v>20</v>
       </c>
       <c r="E218" t="s">
-        <v>1417</v>
+        <v>1421</v>
       </c>
       <c r="F218" t="s">
         <v>20</v>
       </c>
       <c r="G218" t="s">
-        <v>1431</v>
+        <v>1422</v>
       </c>
       <c r="H218" t="s">
-        <v>1432</v>
+        <v>1423</v>
       </c>
       <c r="I218" t="n">
         <v>0.0</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>1433</v>
+        <v>1424</v>
       </c>
       <c r="L218" t="s">
-        <v>1434</v>
+        <v>1388</v>
       </c>
       <c r="M218" t="s">
         <v>20</v>
       </c>
       <c r="N218" t="s">
-        <v>848</v>
+        <v>241</v>
       </c>
       <c r="O218" t="s">
-        <v>305</v>
+        <v>142</v>
       </c>
       <c r="P218" t="s">
-        <v>306</v>
+        <v>143</v>
       </c>
       <c r="Q218" t="s">
-        <v>107</v>
+        <v>144</v>
       </c>
       <c r="R218" t="s">
-        <v>307</v>
+        <v>145</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
         <v>18</v>
       </c>
       <c r="B219" t="s">
-        <v>1435</v>
+        <v>1425</v>
       </c>
       <c r="C219" t="s">
         <v>20</v>
       </c>
       <c r="D219" t="s">
         <v>20</v>
       </c>
       <c r="E219" t="s">
-        <v>1436</v>
+        <v>1426</v>
       </c>
       <c r="F219" t="s">
         <v>20</v>
       </c>
       <c r="G219" t="s">
-        <v>1437</v>
+        <v>1427</v>
       </c>
       <c r="H219" t="s">
-        <v>1438</v>
+        <v>1428</v>
       </c>
       <c r="I219" t="n">
         <v>0.0</v>
       </c>
       <c r="J219" t="s">
-        <v>24</v>
+        <v>518</v>
       </c>
       <c r="K219" t="s">
-        <v>1439</v>
+        <v>1429</v>
       </c>
       <c r="L219" t="s">
-        <v>1440</v>
+        <v>1430</v>
       </c>
       <c r="M219" t="s">
         <v>20</v>
       </c>
       <c r="N219" t="s">
-        <v>848</v>
+        <v>285</v>
       </c>
       <c r="O219" t="s">
-        <v>305</v>
+        <v>54</v>
       </c>
       <c r="P219" t="s">
-        <v>306</v>
+        <v>55</v>
       </c>
       <c r="Q219" t="s">
-        <v>107</v>
+        <v>56</v>
       </c>
       <c r="R219" t="s">
-        <v>307</v>
+        <v>57</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
         <v>18</v>
       </c>
       <c r="B220" t="s">
-        <v>1441</v>
+        <v>1431</v>
       </c>
       <c r="C220" t="s">
         <v>20</v>
       </c>
       <c r="D220" t="s">
         <v>20</v>
       </c>
       <c r="E220" t="s">
-        <v>1442</v>
+        <v>1432</v>
       </c>
       <c r="F220" t="s">
         <v>20</v>
       </c>
       <c r="G220" t="s">
-        <v>1443</v>
+        <v>1433</v>
       </c>
       <c r="H220" t="s">
-        <v>1444</v>
+        <v>1434</v>
       </c>
       <c r="I220" t="n">
         <v>0.0</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>1445</v>
+        <v>1435</v>
       </c>
       <c r="L220" t="s">
-        <v>1446</v>
+        <v>63</v>
       </c>
       <c r="M220" t="s">
         <v>20</v>
       </c>
       <c r="N220" t="s">
-        <v>239</v>
+        <v>274</v>
       </c>
       <c r="O220" t="s">
-        <v>1447</v>
+        <v>142</v>
       </c>
       <c r="P220" t="s">
-        <v>1448</v>
+        <v>143</v>
       </c>
       <c r="Q220" t="s">
-        <v>1449</v>
+        <v>144</v>
       </c>
       <c r="R220" t="s">
-        <v>1450</v>
+        <v>145</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
         <v>18</v>
       </c>
       <c r="B221" t="s">
-        <v>1451</v>
+        <v>1436</v>
       </c>
       <c r="C221" t="s">
         <v>20</v>
       </c>
       <c r="D221" t="s">
         <v>20</v>
       </c>
       <c r="E221" t="s">
-        <v>1442</v>
+        <v>1437</v>
       </c>
       <c r="F221" t="s">
         <v>20</v>
       </c>
       <c r="G221" t="s">
-        <v>1452</v>
+        <v>1438</v>
       </c>
       <c r="H221" t="s">
-        <v>1453</v>
+        <v>1439</v>
       </c>
       <c r="I221" t="n">
         <v>0.0</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>1454</v>
+        <v>1440</v>
       </c>
       <c r="L221" t="s">
-        <v>1455</v>
+        <v>1441</v>
       </c>
       <c r="M221" t="s">
         <v>20</v>
       </c>
       <c r="N221" t="s">
-        <v>1036</v>
+        <v>341</v>
       </c>
       <c r="O221" t="s">
-        <v>336</v>
+        <v>123</v>
       </c>
       <c r="P221" t="s">
-        <v>337</v>
+        <v>124</v>
       </c>
       <c r="Q221" t="s">
-        <v>338</v>
+        <v>78</v>
       </c>
       <c r="R221" t="s">
-        <v>339</v>
+        <v>125</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
         <v>18</v>
       </c>
       <c r="B222" t="s">
-        <v>1456</v>
+        <v>1442</v>
       </c>
       <c r="C222" t="s">
         <v>20</v>
       </c>
       <c r="D222" t="s">
         <v>20</v>
       </c>
       <c r="E222" t="s">
-        <v>1457</v>
+        <v>1437</v>
       </c>
       <c r="F222" t="s">
         <v>20</v>
       </c>
       <c r="G222" t="s">
-        <v>1458</v>
+        <v>1443</v>
       </c>
       <c r="H222" t="s">
-        <v>1459</v>
+        <v>1444</v>
       </c>
       <c r="I222" t="n">
         <v>0.0</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>1460</v>
+        <v>1445</v>
       </c>
       <c r="L222" t="s">
-        <v>1461</v>
+        <v>1388</v>
       </c>
       <c r="M222" t="s">
         <v>20</v>
       </c>
       <c r="N222" t="s">
-        <v>298</v>
+        <v>1116</v>
       </c>
       <c r="O222" t="s">
-        <v>319</v>
+        <v>1446</v>
       </c>
       <c r="P222" t="s">
-        <v>320</v>
+        <v>1447</v>
       </c>
       <c r="Q222" t="s">
-        <v>321</v>
+        <v>1448</v>
       </c>
       <c r="R222" t="s">
-        <v>322</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
         <v>18</v>
       </c>
       <c r="B223" t="s">
-        <v>1462</v>
+        <v>1450</v>
       </c>
       <c r="C223" t="s">
         <v>20</v>
       </c>
       <c r="D223" t="s">
         <v>20</v>
       </c>
       <c r="E223" t="s">
-        <v>1463</v>
+        <v>1437</v>
       </c>
       <c r="F223" t="s">
         <v>20</v>
       </c>
       <c r="G223" t="s">
-        <v>1464</v>
+        <v>1451</v>
       </c>
       <c r="H223" t="s">
-        <v>1465</v>
+        <v>1452</v>
       </c>
       <c r="I223" t="n">
         <v>0.0</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>1466</v>
+        <v>1453</v>
       </c>
       <c r="L223" t="s">
-        <v>1467</v>
+        <v>1454</v>
       </c>
       <c r="M223" t="s">
         <v>20</v>
       </c>
       <c r="N223" t="s">
-        <v>1098</v>
+        <v>64</v>
       </c>
       <c r="O223" t="s">
-        <v>319</v>
+        <v>348</v>
       </c>
       <c r="P223" t="s">
-        <v>320</v>
+        <v>349</v>
       </c>
       <c r="Q223" t="s">
-        <v>321</v>
+        <v>154</v>
       </c>
       <c r="R223" t="s">
-        <v>322</v>
+        <v>350</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
         <v>18</v>
       </c>
       <c r="B224" t="s">
-        <v>1468</v>
+        <v>1455</v>
       </c>
       <c r="C224" t="s">
         <v>20</v>
       </c>
       <c r="D224" t="s">
         <v>20</v>
       </c>
       <c r="E224" t="s">
-        <v>1469</v>
+        <v>1456</v>
       </c>
       <c r="F224" t="s">
         <v>20</v>
       </c>
       <c r="G224" t="s">
-        <v>1470</v>
+        <v>1457</v>
       </c>
       <c r="H224" t="s">
-        <v>1471</v>
+        <v>1458</v>
       </c>
       <c r="I224" t="n">
         <v>0.0</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>1472</v>
+        <v>1459</v>
       </c>
       <c r="L224" t="s">
-        <v>1473</v>
+        <v>1460</v>
       </c>
       <c r="M224" t="s">
         <v>20</v>
       </c>
       <c r="N224" t="s">
-        <v>1060</v>
+        <v>64</v>
       </c>
       <c r="O224" t="s">
-        <v>319</v>
+        <v>348</v>
       </c>
       <c r="P224" t="s">
-        <v>320</v>
+        <v>349</v>
       </c>
       <c r="Q224" t="s">
-        <v>321</v>
+        <v>154</v>
       </c>
       <c r="R224" t="s">
-        <v>322</v>
+        <v>350</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
         <v>18</v>
       </c>
       <c r="B225" t="s">
-        <v>1474</v>
+        <v>1461</v>
       </c>
       <c r="C225" t="s">
         <v>20</v>
       </c>
       <c r="D225" t="s">
         <v>20</v>
       </c>
       <c r="E225" t="s">
-        <v>1475</v>
+        <v>1462</v>
       </c>
       <c r="F225" t="s">
         <v>20</v>
       </c>
       <c r="G225" t="s">
-        <v>1476</v>
+        <v>1463</v>
       </c>
       <c r="H225" t="s">
-        <v>1477</v>
+        <v>1464</v>
       </c>
       <c r="I225" t="n">
         <v>0.0</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>1478</v>
+        <v>1465</v>
       </c>
       <c r="L225" t="s">
-        <v>664</v>
+        <v>1466</v>
       </c>
       <c r="M225" t="s">
         <v>20</v>
       </c>
       <c r="N225" t="s">
-        <v>1053</v>
+        <v>285</v>
       </c>
       <c r="O225" t="s">
-        <v>450</v>
+        <v>1467</v>
       </c>
       <c r="P225" t="s">
-        <v>451</v>
+        <v>1468</v>
       </c>
       <c r="Q225" t="s">
-        <v>452</v>
+        <v>1469</v>
       </c>
       <c r="R225" t="s">
-        <v>453</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
         <v>18</v>
       </c>
       <c r="B226" t="s">
-        <v>1479</v>
+        <v>1471</v>
       </c>
       <c r="C226" t="s">
         <v>20</v>
       </c>
       <c r="D226" t="s">
         <v>20</v>
       </c>
       <c r="E226" t="s">
-        <v>1480</v>
+        <v>1462</v>
       </c>
       <c r="F226" t="s">
         <v>20</v>
       </c>
       <c r="G226" t="s">
-        <v>1481</v>
+        <v>1472</v>
       </c>
       <c r="H226" t="s">
-        <v>1482</v>
+        <v>1473</v>
       </c>
       <c r="I226" t="n">
         <v>0.0</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>1483</v>
+        <v>1474</v>
       </c>
       <c r="L226" t="s">
-        <v>1484</v>
+        <v>1475</v>
       </c>
       <c r="M226" t="s">
         <v>20</v>
       </c>
       <c r="N226" t="s">
-        <v>912</v>
+        <v>285</v>
       </c>
       <c r="O226" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="P226" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="Q226" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="R226" t="s">
-        <v>78</v>
+        <v>68</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
         <v>18</v>
       </c>
       <c r="B227" t="s">
-        <v>1485</v>
+        <v>1476</v>
       </c>
       <c r="C227" t="s">
         <v>20</v>
       </c>
       <c r="D227" t="s">
         <v>20</v>
       </c>
       <c r="E227" t="s">
-        <v>1486</v>
+        <v>1477</v>
       </c>
       <c r="F227" t="s">
         <v>20</v>
       </c>
       <c r="G227" t="s">
-        <v>1487</v>
+        <v>1478</v>
       </c>
       <c r="H227" t="s">
-        <v>1488</v>
+        <v>1479</v>
       </c>
       <c r="I227" t="n">
         <v>0.0</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>1489</v>
+        <v>1480</v>
       </c>
       <c r="L227" t="s">
-        <v>1490</v>
+        <v>1481</v>
       </c>
       <c r="M227" t="s">
         <v>20</v>
       </c>
       <c r="N227" t="s">
-        <v>298</v>
+        <v>341</v>
       </c>
       <c r="O227" t="s">
-        <v>76</v>
+        <v>362</v>
       </c>
       <c r="P227" t="s">
-        <v>77</v>
+        <v>363</v>
       </c>
       <c r="Q227" t="s">
-        <v>30</v>
+        <v>364</v>
       </c>
       <c r="R227" t="s">
-        <v>78</v>
+        <v>365</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
         <v>18</v>
       </c>
       <c r="B228" t="s">
-        <v>1491</v>
+        <v>1482</v>
       </c>
       <c r="C228" t="s">
         <v>20</v>
       </c>
       <c r="D228" t="s">
         <v>20</v>
       </c>
       <c r="E228" t="s">
-        <v>1492</v>
+        <v>1483</v>
       </c>
       <c r="F228" t="s">
         <v>20</v>
       </c>
       <c r="G228" t="s">
-        <v>1493</v>
+        <v>1484</v>
       </c>
       <c r="H228" t="s">
-        <v>1494</v>
+        <v>1485</v>
       </c>
       <c r="I228" t="n">
         <v>0.0</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>1495</v>
+        <v>1486</v>
       </c>
       <c r="L228" t="s">
-        <v>1496</v>
+        <v>1487</v>
       </c>
       <c r="M228" t="s">
         <v>20</v>
       </c>
       <c r="N228" t="s">
-        <v>239</v>
+        <v>1116</v>
       </c>
       <c r="O228" t="s">
-        <v>319</v>
+        <v>362</v>
       </c>
       <c r="P228" t="s">
-        <v>320</v>
+        <v>363</v>
       </c>
       <c r="Q228" t="s">
-        <v>321</v>
+        <v>364</v>
       </c>
       <c r="R228" t="s">
-        <v>322</v>
+        <v>365</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
         <v>18</v>
       </c>
       <c r="B229" t="s">
-        <v>1497</v>
+        <v>1488</v>
       </c>
       <c r="C229" t="s">
         <v>20</v>
       </c>
       <c r="D229" t="s">
         <v>20</v>
       </c>
       <c r="E229" t="s">
-        <v>1498</v>
+        <v>1489</v>
       </c>
       <c r="F229" t="s">
         <v>20</v>
       </c>
       <c r="G229" t="s">
-        <v>1499</v>
+        <v>1490</v>
       </c>
       <c r="H229" t="s">
-        <v>1500</v>
+        <v>1491</v>
       </c>
       <c r="I229" t="n">
         <v>0.0</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>1501</v>
+        <v>1492</v>
       </c>
       <c r="L229" t="s">
-        <v>1502</v>
+        <v>1493</v>
       </c>
       <c r="M229" t="s">
         <v>20</v>
       </c>
       <c r="N229" t="s">
-        <v>298</v>
+        <v>285</v>
       </c>
       <c r="O229" t="s">
-        <v>319</v>
+        <v>362</v>
       </c>
       <c r="P229" t="s">
-        <v>320</v>
+        <v>363</v>
       </c>
       <c r="Q229" t="s">
-        <v>321</v>
+        <v>364</v>
       </c>
       <c r="R229" t="s">
-        <v>322</v>
+        <v>365</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
         <v>18</v>
       </c>
       <c r="B230" t="s">
-        <v>1503</v>
+        <v>1494</v>
       </c>
       <c r="C230" t="s">
         <v>20</v>
       </c>
       <c r="D230" t="s">
         <v>20</v>
       </c>
       <c r="E230" t="s">
-        <v>1498</v>
+        <v>1495</v>
       </c>
       <c r="F230" t="s">
         <v>20</v>
       </c>
       <c r="G230" t="s">
-        <v>1504</v>
+        <v>1496</v>
       </c>
       <c r="H230" t="s">
-        <v>1505</v>
+        <v>1497</v>
       </c>
       <c r="I230" t="n">
         <v>0.0</v>
       </c>
       <c r="J230" t="s">
-        <v>483</v>
+        <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>1506</v>
+        <v>1498</v>
       </c>
       <c r="L230" t="s">
-        <v>1490</v>
+        <v>697</v>
       </c>
       <c r="M230" t="s">
         <v>20</v>
       </c>
       <c r="N230" t="s">
-        <v>899</v>
+        <v>285</v>
       </c>
       <c r="O230" t="s">
-        <v>273</v>
+        <v>54</v>
       </c>
       <c r="P230" t="s">
-        <v>274</v>
+        <v>55</v>
       </c>
       <c r="Q230" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="R230" t="s">
-        <v>275</v>
+        <v>57</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
         <v>18</v>
       </c>
       <c r="B231" t="s">
-        <v>1507</v>
+        <v>1499</v>
       </c>
       <c r="C231" t="s">
         <v>20</v>
       </c>
       <c r="D231" t="s">
         <v>20</v>
       </c>
       <c r="E231" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="F231" t="s">
         <v>20</v>
       </c>
       <c r="G231" t="s">
-        <v>1508</v>
+        <v>1501</v>
       </c>
       <c r="H231" t="s">
-        <v>1509</v>
+        <v>1502</v>
       </c>
       <c r="I231" t="n">
         <v>0.0</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>1510</v>
+        <v>1503</v>
       </c>
       <c r="L231" t="s">
-        <v>1511</v>
+        <v>1504</v>
       </c>
       <c r="M231" t="s">
         <v>20</v>
       </c>
       <c r="N231" t="s">
-        <v>1098</v>
+        <v>75</v>
       </c>
       <c r="O231" t="s">
-        <v>319</v>
+        <v>123</v>
       </c>
       <c r="P231" t="s">
-        <v>320</v>
+        <v>124</v>
       </c>
       <c r="Q231" t="s">
-        <v>321</v>
+        <v>78</v>
       </c>
       <c r="R231" t="s">
-        <v>322</v>
+        <v>125</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
         <v>18</v>
       </c>
       <c r="B232" t="s">
-        <v>1512</v>
+        <v>1505</v>
       </c>
       <c r="C232" t="s">
         <v>20</v>
       </c>
       <c r="D232" t="s">
         <v>20</v>
       </c>
       <c r="E232" t="s">
-        <v>1513</v>
+        <v>1506</v>
       </c>
       <c r="F232" t="s">
         <v>20</v>
       </c>
       <c r="G232" t="s">
-        <v>1514</v>
+        <v>1507</v>
       </c>
       <c r="H232" t="s">
-        <v>1515</v>
+        <v>1508</v>
       </c>
       <c r="I232" t="n">
         <v>0.0</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>1516</v>
+        <v>1509</v>
       </c>
       <c r="L232" t="s">
-        <v>1502</v>
+        <v>1510</v>
       </c>
       <c r="M232" t="s">
         <v>20</v>
       </c>
       <c r="N232" t="s">
-        <v>953</v>
+        <v>341</v>
       </c>
       <c r="O232" t="s">
-        <v>196</v>
+        <v>123</v>
       </c>
       <c r="P232" t="s">
-        <v>197</v>
+        <v>124</v>
       </c>
       <c r="Q232" t="s">
-        <v>198</v>
+        <v>78</v>
       </c>
       <c r="R232" t="s">
-        <v>199</v>
+        <v>125</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
         <v>18</v>
       </c>
       <c r="B233" t="s">
-        <v>1517</v>
+        <v>1511</v>
       </c>
       <c r="C233" t="s">
         <v>20</v>
       </c>
       <c r="D233" t="s">
         <v>20</v>
       </c>
       <c r="E233" t="s">
-        <v>1518</v>
+        <v>1512</v>
       </c>
       <c r="F233" t="s">
         <v>20</v>
       </c>
       <c r="G233" t="s">
-        <v>1519</v>
+        <v>1513</v>
       </c>
       <c r="H233" t="s">
-        <v>1520</v>
+        <v>1514</v>
       </c>
       <c r="I233" t="n">
         <v>0.0</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>1521</v>
+        <v>1515</v>
       </c>
       <c r="L233" t="s">
-        <v>1522</v>
+        <v>1516</v>
       </c>
       <c r="M233" t="s">
         <v>20</v>
       </c>
       <c r="N233" t="s">
-        <v>942</v>
+        <v>285</v>
       </c>
       <c r="O233" t="s">
-        <v>625</v>
+        <v>362</v>
       </c>
       <c r="P233" t="s">
-        <v>626</v>
+        <v>363</v>
       </c>
       <c r="Q233" t="s">
-        <v>87</v>
+        <v>364</v>
       </c>
       <c r="R233" t="s">
-        <v>627</v>
+        <v>365</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
         <v>18</v>
       </c>
       <c r="B234" t="s">
-        <v>1523</v>
+        <v>1517</v>
       </c>
       <c r="C234" t="s">
         <v>20</v>
       </c>
       <c r="D234" t="s">
         <v>20</v>
       </c>
       <c r="E234" t="s">
-        <v>1524</v>
+        <v>1518</v>
       </c>
       <c r="F234" t="s">
         <v>20</v>
       </c>
       <c r="G234" t="s">
-        <v>1525</v>
+        <v>1519</v>
       </c>
       <c r="H234" t="s">
-        <v>1526</v>
+        <v>1520</v>
       </c>
       <c r="I234" t="n">
         <v>0.0</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>1527</v>
+        <v>1521</v>
       </c>
       <c r="L234" t="s">
-        <v>1528</v>
+        <v>1522</v>
       </c>
       <c r="M234" t="s">
         <v>20</v>
       </c>
       <c r="N234" t="s">
-        <v>1529</v>
+        <v>341</v>
       </c>
       <c r="O234" t="s">
-        <v>718</v>
+        <v>362</v>
       </c>
       <c r="P234" t="s">
-        <v>719</v>
+        <v>363</v>
       </c>
       <c r="Q234" t="s">
-        <v>720</v>
+        <v>364</v>
       </c>
       <c r="R234" t="s">
-        <v>721</v>
+        <v>365</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
         <v>18</v>
       </c>
       <c r="B235" t="s">
-        <v>1530</v>
+        <v>1523</v>
       </c>
       <c r="C235" t="s">
         <v>20</v>
       </c>
       <c r="D235" t="s">
         <v>20</v>
       </c>
       <c r="E235" t="s">
-        <v>1531</v>
+        <v>1518</v>
       </c>
       <c r="F235" t="s">
         <v>20</v>
       </c>
       <c r="G235" t="s">
-        <v>1532</v>
+        <v>1524</v>
       </c>
       <c r="H235" t="s">
-        <v>1533</v>
+        <v>1525</v>
       </c>
       <c r="I235" t="n">
         <v>0.0</v>
       </c>
       <c r="J235" t="s">
-        <v>24</v>
+        <v>518</v>
       </c>
       <c r="K235" t="s">
-        <v>1534</v>
+        <v>1526</v>
       </c>
       <c r="L235" t="s">
-        <v>1535</v>
+        <v>1510</v>
       </c>
       <c r="M235" t="s">
         <v>20</v>
       </c>
       <c r="N235" t="s">
-        <v>298</v>
+        <v>1527</v>
       </c>
       <c r="O235" t="s">
-        <v>450</v>
+        <v>28</v>
       </c>
       <c r="P235" t="s">
-        <v>451</v>
+        <v>29</v>
       </c>
       <c r="Q235" t="s">
-        <v>452</v>
+        <v>30</v>
       </c>
       <c r="R235" t="s">
-        <v>453</v>
+        <v>31</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
         <v>18</v>
       </c>
       <c r="B236" t="s">
-        <v>1536</v>
+        <v>1528</v>
       </c>
       <c r="C236" t="s">
         <v>20</v>
       </c>
       <c r="D236" t="s">
         <v>20</v>
       </c>
       <c r="E236" t="s">
-        <v>1537</v>
+        <v>1518</v>
       </c>
       <c r="F236" t="s">
         <v>20</v>
       </c>
       <c r="G236" t="s">
-        <v>1538</v>
+        <v>1529</v>
       </c>
       <c r="H236" t="s">
-        <v>1539</v>
+        <v>1530</v>
       </c>
       <c r="I236" t="n">
         <v>0.0</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>1540</v>
+        <v>1531</v>
       </c>
       <c r="L236" t="s">
-        <v>1541</v>
+        <v>1532</v>
       </c>
       <c r="M236" t="s">
         <v>20</v>
       </c>
       <c r="N236" t="s">
-        <v>228</v>
+        <v>1116</v>
       </c>
       <c r="O236" t="s">
-        <v>625</v>
+        <v>362</v>
       </c>
       <c r="P236" t="s">
-        <v>626</v>
+        <v>363</v>
       </c>
       <c r="Q236" t="s">
-        <v>87</v>
+        <v>364</v>
       </c>
       <c r="R236" t="s">
-        <v>627</v>
+        <v>365</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
         <v>18</v>
       </c>
       <c r="B237" t="s">
-        <v>1542</v>
+        <v>1533</v>
       </c>
       <c r="C237" t="s">
         <v>20</v>
       </c>
       <c r="D237" t="s">
         <v>20</v>
       </c>
       <c r="E237" t="s">
-        <v>1537</v>
+        <v>1534</v>
       </c>
       <c r="F237" t="s">
         <v>20</v>
       </c>
       <c r="G237" t="s">
-        <v>1543</v>
+        <v>1535</v>
       </c>
       <c r="H237" t="s">
-        <v>1544</v>
+        <v>1536</v>
       </c>
       <c r="I237" t="n">
         <v>0.0</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>1545</v>
+        <v>1537</v>
       </c>
       <c r="L237" t="s">
-        <v>1546</v>
+        <v>1522</v>
       </c>
       <c r="M237" t="s">
         <v>20</v>
       </c>
       <c r="N237" t="s">
-        <v>1017</v>
+        <v>215</v>
       </c>
       <c r="O237" t="s">
-        <v>319</v>
+        <v>242</v>
       </c>
       <c r="P237" t="s">
-        <v>320</v>
+        <v>243</v>
       </c>
       <c r="Q237" t="s">
-        <v>321</v>
+        <v>244</v>
       </c>
       <c r="R237" t="s">
-        <v>322</v>
+        <v>245</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
         <v>18</v>
       </c>
       <c r="B238" t="s">
-        <v>1547</v>
+        <v>1538</v>
       </c>
       <c r="C238" t="s">
         <v>20</v>
       </c>
       <c r="D238" t="s">
         <v>20</v>
       </c>
       <c r="E238" t="s">
-        <v>1548</v>
+        <v>1539</v>
       </c>
       <c r="F238" t="s">
         <v>20</v>
       </c>
       <c r="G238" t="s">
-        <v>1549</v>
+        <v>1540</v>
       </c>
       <c r="H238" t="s">
-        <v>1550</v>
+        <v>1541</v>
       </c>
       <c r="I238" t="n">
         <v>0.0</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>1551</v>
+        <v>1542</v>
       </c>
       <c r="L238" t="s">
-        <v>1552</v>
+        <v>1543</v>
       </c>
       <c r="M238" t="s">
         <v>20</v>
       </c>
       <c r="N238" t="s">
-        <v>228</v>
+        <v>171</v>
       </c>
       <c r="O238" t="s">
-        <v>175</v>
+        <v>658</v>
       </c>
       <c r="P238" t="s">
-        <v>176</v>
+        <v>659</v>
       </c>
       <c r="Q238" t="s">
-        <v>177</v>
+        <v>134</v>
       </c>
       <c r="R238" t="s">
-        <v>178</v>
+        <v>660</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
         <v>18</v>
       </c>
       <c r="B239" t="s">
-        <v>1553</v>
+        <v>1544</v>
       </c>
       <c r="C239" t="s">
         <v>20</v>
       </c>
       <c r="D239" t="s">
         <v>20</v>
       </c>
       <c r="E239" t="s">
-        <v>1554</v>
+        <v>1545</v>
       </c>
       <c r="F239" t="s">
         <v>20</v>
       </c>
       <c r="G239" t="s">
-        <v>1555</v>
+        <v>1546</v>
       </c>
       <c r="H239" t="s">
-        <v>1556</v>
+        <v>1547</v>
       </c>
       <c r="I239" t="n">
         <v>0.0</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>1557</v>
+        <v>1548</v>
       </c>
       <c r="L239" t="s">
-        <v>570</v>
+        <v>1549</v>
       </c>
       <c r="M239" t="s">
         <v>20</v>
       </c>
       <c r="N239" t="s">
-        <v>564</v>
+        <v>171</v>
       </c>
       <c r="O239" t="s">
-        <v>319</v>
+        <v>750</v>
       </c>
       <c r="P239" t="s">
-        <v>320</v>
+        <v>751</v>
       </c>
       <c r="Q239" t="s">
-        <v>321</v>
+        <v>752</v>
       </c>
       <c r="R239" t="s">
-        <v>322</v>
+        <v>753</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
         <v>18</v>
       </c>
       <c r="B240" t="s">
-        <v>1558</v>
+        <v>1550</v>
       </c>
       <c r="C240" t="s">
         <v>20</v>
       </c>
       <c r="D240" t="s">
         <v>20</v>
       </c>
       <c r="E240" t="s">
-        <v>1559</v>
+        <v>1551</v>
       </c>
       <c r="F240" t="s">
         <v>20</v>
       </c>
       <c r="G240" t="s">
-        <v>1560</v>
+        <v>1552</v>
       </c>
       <c r="H240" t="s">
-        <v>1561</v>
+        <v>1553</v>
       </c>
       <c r="I240" t="n">
         <v>0.0</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>1562</v>
+        <v>1554</v>
       </c>
       <c r="L240" t="s">
-        <v>1563</v>
+        <v>1555</v>
       </c>
       <c r="M240" t="s">
         <v>20</v>
       </c>
       <c r="N240" t="s">
-        <v>848</v>
+        <v>341</v>
       </c>
       <c r="O240" t="s">
-        <v>319</v>
+        <v>54</v>
       </c>
       <c r="P240" t="s">
-        <v>320</v>
+        <v>55</v>
       </c>
       <c r="Q240" t="s">
-        <v>321</v>
+        <v>56</v>
       </c>
       <c r="R240" t="s">
-        <v>322</v>
+        <v>57</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
         <v>18</v>
       </c>
       <c r="B241" t="s">
-        <v>1564</v>
+        <v>1556</v>
       </c>
       <c r="C241" t="s">
         <v>20</v>
       </c>
       <c r="D241" t="s">
         <v>20</v>
       </c>
       <c r="E241" t="s">
-        <v>1565</v>
+        <v>1557</v>
       </c>
       <c r="F241" t="s">
         <v>20</v>
       </c>
       <c r="G241" t="s">
-        <v>1566</v>
+        <v>1558</v>
       </c>
       <c r="H241" t="s">
-        <v>1567</v>
+        <v>1559</v>
       </c>
       <c r="I241" t="n">
         <v>0.0</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>1568</v>
+        <v>1560</v>
       </c>
       <c r="L241" t="s">
-        <v>1569</v>
+        <v>1561</v>
       </c>
       <c r="M241" t="s">
         <v>20</v>
       </c>
       <c r="N241" t="s">
-        <v>228</v>
+        <v>274</v>
       </c>
       <c r="O241" t="s">
-        <v>1570</v>
+        <v>658</v>
       </c>
       <c r="P241" t="s">
-        <v>1571</v>
+        <v>659</v>
       </c>
       <c r="Q241" t="s">
-        <v>452</v>
+        <v>134</v>
       </c>
       <c r="R241" t="s">
-        <v>1572</v>
+        <v>660</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
         <v>18</v>
       </c>
       <c r="B242" t="s">
-        <v>1573</v>
+        <v>1562</v>
       </c>
       <c r="C242" t="s">
         <v>20</v>
       </c>
       <c r="D242" t="s">
         <v>20</v>
       </c>
       <c r="E242" t="s">
-        <v>1574</v>
+        <v>1557</v>
       </c>
       <c r="F242" t="s">
         <v>20</v>
       </c>
       <c r="G242" t="s">
-        <v>1575</v>
+        <v>1563</v>
       </c>
       <c r="H242" t="s">
-        <v>1576</v>
+        <v>1564</v>
       </c>
       <c r="I242" t="n">
         <v>0.0</v>
       </c>
       <c r="J242" t="s">
         <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>1577</v>
+        <v>1565</v>
       </c>
       <c r="L242" t="s">
-        <v>1578</v>
+        <v>1566</v>
       </c>
       <c r="M242" t="s">
         <v>20</v>
       </c>
       <c r="N242" t="s">
-        <v>942</v>
+        <v>191</v>
       </c>
       <c r="O242" t="s">
-        <v>85</v>
+        <v>362</v>
       </c>
       <c r="P242" t="s">
-        <v>86</v>
+        <v>363</v>
       </c>
       <c r="Q242" t="s">
-        <v>87</v>
+        <v>364</v>
       </c>
       <c r="R242" t="s">
-        <v>88</v>
+        <v>365</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
         <v>18</v>
       </c>
       <c r="B243" t="s">
-        <v>1579</v>
+        <v>1567</v>
       </c>
       <c r="C243" t="s">
         <v>20</v>
       </c>
       <c r="D243" t="s">
         <v>20</v>
       </c>
       <c r="E243" t="s">
-        <v>1580</v>
+        <v>1568</v>
       </c>
       <c r="F243" t="s">
         <v>20</v>
       </c>
       <c r="G243" t="s">
-        <v>1581</v>
+        <v>1569</v>
       </c>
       <c r="H243" t="s">
-        <v>1582</v>
+        <v>1570</v>
       </c>
       <c r="I243" t="n">
         <v>0.0</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>1583</v>
+        <v>1571</v>
       </c>
       <c r="L243" t="s">
-        <v>1584</v>
+        <v>1572</v>
       </c>
       <c r="M243" t="s">
         <v>20</v>
       </c>
       <c r="N243" t="s">
-        <v>925</v>
+        <v>274</v>
       </c>
       <c r="O243" t="s">
-        <v>625</v>
+        <v>222</v>
       </c>
       <c r="P243" t="s">
-        <v>626</v>
+        <v>223</v>
       </c>
       <c r="Q243" t="s">
-        <v>87</v>
+        <v>224</v>
       </c>
       <c r="R243" t="s">
-        <v>627</v>
+        <v>225</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
         <v>18</v>
       </c>
       <c r="B244" t="s">
-        <v>1585</v>
+        <v>1573</v>
       </c>
       <c r="C244" t="s">
         <v>20</v>
       </c>
       <c r="D244" t="s">
         <v>20</v>
       </c>
       <c r="E244" t="s">
-        <v>1586</v>
+        <v>1574</v>
       </c>
       <c r="F244" t="s">
         <v>20</v>
       </c>
       <c r="G244" t="s">
-        <v>1587</v>
+        <v>1575</v>
       </c>
       <c r="H244" t="s">
-        <v>1588</v>
+        <v>1576</v>
       </c>
       <c r="I244" t="n">
         <v>0.0</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>1589</v>
+        <v>1577</v>
       </c>
       <c r="L244" t="s">
-        <v>1590</v>
+        <v>604</v>
       </c>
       <c r="M244" t="s">
         <v>20</v>
       </c>
       <c r="N244" t="s">
-        <v>912</v>
+        <v>1578</v>
       </c>
       <c r="O244" t="s">
-        <v>625</v>
+        <v>362</v>
       </c>
       <c r="P244" t="s">
-        <v>626</v>
+        <v>363</v>
       </c>
       <c r="Q244" t="s">
-        <v>87</v>
+        <v>364</v>
       </c>
       <c r="R244" t="s">
-        <v>627</v>
+        <v>365</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
         <v>18</v>
       </c>
       <c r="B245" t="s">
-        <v>1591</v>
+        <v>1579</v>
       </c>
       <c r="C245" t="s">
         <v>20</v>
       </c>
       <c r="D245" t="s">
         <v>20</v>
       </c>
       <c r="E245" t="s">
-        <v>1592</v>
+        <v>1580</v>
       </c>
       <c r="F245" t="s">
         <v>20</v>
       </c>
       <c r="G245" t="s">
-        <v>1593</v>
+        <v>1581</v>
       </c>
       <c r="H245" t="s">
-        <v>1594</v>
+        <v>1582</v>
       </c>
       <c r="I245" t="n">
         <v>0.0</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>1595</v>
+        <v>1583</v>
       </c>
       <c r="L245" t="s">
-        <v>1596</v>
+        <v>1584</v>
       </c>
       <c r="M245" t="s">
         <v>20</v>
       </c>
       <c r="N245" t="s">
-        <v>925</v>
+        <v>75</v>
       </c>
       <c r="O245" t="s">
-        <v>95</v>
+        <v>362</v>
       </c>
       <c r="P245" t="s">
-        <v>96</v>
+        <v>363</v>
       </c>
       <c r="Q245" t="s">
-        <v>97</v>
+        <v>364</v>
       </c>
       <c r="R245" t="s">
-        <v>98</v>
+        <v>365</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
         <v>18</v>
       </c>
       <c r="B246" t="s">
-        <v>1597</v>
+        <v>1585</v>
       </c>
       <c r="C246" t="s">
         <v>20</v>
       </c>
       <c r="D246" t="s">
         <v>20</v>
       </c>
       <c r="E246" t="s">
-        <v>1598</v>
+        <v>1586</v>
       </c>
       <c r="F246" t="s">
         <v>20</v>
       </c>
       <c r="G246" t="s">
-        <v>1599</v>
+        <v>1587</v>
       </c>
       <c r="H246" t="s">
-        <v>1600</v>
+        <v>1588</v>
       </c>
       <c r="I246" t="n">
         <v>0.0</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
-        <v>1601</v>
+        <v>1589</v>
       </c>
       <c r="L246" t="s">
-        <v>1602</v>
+        <v>1590</v>
       </c>
       <c r="M246" t="s">
         <v>20</v>
       </c>
       <c r="N246" t="s">
-        <v>912</v>
+        <v>274</v>
       </c>
       <c r="O246" t="s">
-        <v>196</v>
+        <v>1591</v>
       </c>
       <c r="P246" t="s">
-        <v>197</v>
+        <v>1592</v>
       </c>
       <c r="Q246" t="s">
-        <v>198</v>
+        <v>56</v>
       </c>
       <c r="R246" t="s">
-        <v>199</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
         <v>18</v>
       </c>
       <c r="B247" t="s">
-        <v>1603</v>
+        <v>1594</v>
       </c>
       <c r="C247" t="s">
         <v>20</v>
       </c>
       <c r="D247" t="s">
         <v>20</v>
       </c>
       <c r="E247" t="s">
-        <v>1604</v>
+        <v>1595</v>
       </c>
       <c r="F247" t="s">
         <v>20</v>
       </c>
       <c r="G247" t="s">
-        <v>1605</v>
+        <v>1596</v>
       </c>
       <c r="H247" t="s">
-        <v>1606</v>
+        <v>1597</v>
       </c>
       <c r="I247" t="n">
         <v>0.0</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>1607</v>
+        <v>1598</v>
       </c>
       <c r="L247" t="s">
-        <v>1608</v>
+        <v>1599</v>
       </c>
       <c r="M247" t="s">
         <v>20</v>
       </c>
       <c r="N247" t="s">
-        <v>591</v>
+        <v>191</v>
       </c>
       <c r="O247" t="s">
-        <v>1609</v>
+        <v>132</v>
       </c>
       <c r="P247" t="s">
-        <v>1610</v>
+        <v>133</v>
       </c>
       <c r="Q247" t="s">
-        <v>1611</v>
+        <v>134</v>
       </c>
       <c r="R247" t="s">
-        <v>1612</v>
+        <v>135</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
         <v>18</v>
       </c>
       <c r="B248" t="s">
-        <v>1613</v>
+        <v>1600</v>
       </c>
       <c r="C248" t="s">
         <v>20</v>
       </c>
       <c r="D248" t="s">
         <v>20</v>
       </c>
       <c r="E248" t="s">
-        <v>1614</v>
+        <v>1601</v>
       </c>
       <c r="F248" t="s">
         <v>20</v>
       </c>
       <c r="G248" t="s">
-        <v>1615</v>
+        <v>1602</v>
       </c>
       <c r="H248" t="s">
-        <v>1616</v>
+        <v>1603</v>
       </c>
       <c r="I248" t="n">
         <v>0.0</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>1617</v>
+        <v>1604</v>
       </c>
       <c r="L248" t="s">
-        <v>152</v>
+        <v>1605</v>
       </c>
       <c r="M248" t="s">
         <v>20</v>
       </c>
       <c r="N248" t="s">
-        <v>1618</v>
+        <v>122</v>
       </c>
       <c r="O248" t="s">
-        <v>305</v>
+        <v>658</v>
       </c>
       <c r="P248" t="s">
-        <v>306</v>
+        <v>659</v>
       </c>
       <c r="Q248" t="s">
-        <v>107</v>
+        <v>134</v>
       </c>
       <c r="R248" t="s">
-        <v>307</v>
+        <v>660</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
         <v>18</v>
       </c>
       <c r="B249" t="s">
-        <v>1619</v>
+        <v>1606</v>
       </c>
       <c r="C249" t="s">
         <v>20</v>
       </c>
       <c r="D249" t="s">
         <v>20</v>
       </c>
       <c r="E249" t="s">
-        <v>1620</v>
+        <v>1607</v>
       </c>
       <c r="F249" t="s">
         <v>20</v>
       </c>
       <c r="G249" t="s">
-        <v>1621</v>
+        <v>1608</v>
       </c>
       <c r="H249" t="s">
-        <v>1622</v>
+        <v>1609</v>
       </c>
       <c r="I249" t="n">
         <v>0.0</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>1623</v>
+        <v>1610</v>
       </c>
       <c r="L249" t="s">
-        <v>1490</v>
+        <v>1611</v>
       </c>
       <c r="M249" t="s">
         <v>20</v>
       </c>
       <c r="N249" t="s">
-        <v>1624</v>
+        <v>951</v>
       </c>
       <c r="O249" t="s">
-        <v>1625</v>
+        <v>658</v>
       </c>
       <c r="P249" t="s">
-        <v>1626</v>
+        <v>659</v>
       </c>
       <c r="Q249" t="s">
-        <v>1627</v>
+        <v>134</v>
       </c>
       <c r="R249" t="s">
-        <v>1628</v>
+        <v>660</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
         <v>18</v>
       </c>
       <c r="B250" t="s">
-        <v>1629</v>
+        <v>1612</v>
       </c>
       <c r="C250" t="s">
         <v>20</v>
       </c>
       <c r="D250" t="s">
         <v>20</v>
       </c>
       <c r="E250" t="s">
-        <v>1630</v>
+        <v>1613</v>
       </c>
       <c r="F250" t="s">
         <v>20</v>
       </c>
       <c r="G250" t="s">
-        <v>1631</v>
+        <v>1614</v>
       </c>
       <c r="H250" t="s">
-        <v>1632</v>
+        <v>1615</v>
       </c>
       <c r="I250" t="n">
         <v>0.0</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>1534</v>
+        <v>1616</v>
       </c>
       <c r="L250" t="s">
-        <v>570</v>
+        <v>1617</v>
       </c>
       <c r="M250" t="s">
         <v>20</v>
       </c>
       <c r="N250" t="s">
-        <v>835</v>
+        <v>122</v>
       </c>
       <c r="O250" t="s">
-        <v>76</v>
+        <v>142</v>
       </c>
       <c r="P250" t="s">
-        <v>77</v>
+        <v>143</v>
       </c>
       <c r="Q250" t="s">
-        <v>30</v>
+        <v>144</v>
       </c>
       <c r="R250" t="s">
-        <v>78</v>
+        <v>145</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
         <v>18</v>
       </c>
       <c r="B251" t="s">
-        <v>1633</v>
+        <v>1618</v>
       </c>
       <c r="C251" t="s">
         <v>20</v>
       </c>
       <c r="D251" t="s">
         <v>20</v>
       </c>
       <c r="E251" t="s">
-        <v>1634</v>
+        <v>1619</v>
       </c>
       <c r="F251" t="s">
         <v>20</v>
       </c>
       <c r="G251" t="s">
-        <v>1635</v>
+        <v>1620</v>
       </c>
       <c r="H251" t="s">
-        <v>1636</v>
+        <v>1621</v>
       </c>
       <c r="I251" t="n">
         <v>0.0</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>1637</v>
+        <v>1622</v>
       </c>
       <c r="L251" t="s">
-        <v>1638</v>
+        <v>1623</v>
       </c>
       <c r="M251" t="s">
         <v>20</v>
       </c>
       <c r="N251" t="s">
-        <v>835</v>
+        <v>75</v>
       </c>
       <c r="O251" t="s">
-        <v>625</v>
+        <v>242</v>
       </c>
       <c r="P251" t="s">
-        <v>626</v>
+        <v>243</v>
       </c>
       <c r="Q251" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="R251" t="s">
-        <v>627</v>
+        <v>245</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
         <v>18</v>
       </c>
       <c r="B252" t="s">
-        <v>1639</v>
+        <v>1624</v>
       </c>
       <c r="C252" t="s">
         <v>20</v>
       </c>
       <c r="D252" t="s">
         <v>20</v>
       </c>
       <c r="E252" t="s">
-        <v>1640</v>
+        <v>1625</v>
       </c>
       <c r="F252" t="s">
         <v>20</v>
       </c>
       <c r="G252" t="s">
-        <v>1641</v>
+        <v>1626</v>
       </c>
       <c r="H252" t="s">
-        <v>1642</v>
+        <v>1627</v>
       </c>
       <c r="I252" t="n">
         <v>0.0</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>1643</v>
+        <v>1628</v>
       </c>
       <c r="L252" t="s">
-        <v>1644</v>
+        <v>1629</v>
       </c>
       <c r="M252" t="s">
         <v>20</v>
       </c>
       <c r="N252" t="s">
-        <v>75</v>
+        <v>625</v>
       </c>
       <c r="O252" t="s">
-        <v>1645</v>
+        <v>1630</v>
       </c>
       <c r="P252" t="s">
-        <v>1646</v>
+        <v>1631</v>
       </c>
       <c r="Q252" t="s">
-        <v>1647</v>
+        <v>1632</v>
       </c>
       <c r="R252" t="s">
-        <v>1648</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
         <v>18</v>
       </c>
       <c r="B253" t="s">
-        <v>1649</v>
+        <v>1634</v>
       </c>
       <c r="C253" t="s">
         <v>20</v>
       </c>
       <c r="D253" t="s">
         <v>20</v>
       </c>
       <c r="E253" t="s">
-        <v>1650</v>
+        <v>1635</v>
       </c>
       <c r="F253" t="s">
         <v>20</v>
       </c>
       <c r="G253" t="s">
-        <v>1651</v>
+        <v>1636</v>
       </c>
       <c r="H253" t="s">
-        <v>1652</v>
+        <v>1637</v>
       </c>
       <c r="I253" t="n">
         <v>0.0</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>1653</v>
+        <v>1638</v>
       </c>
       <c r="L253" t="s">
-        <v>1654</v>
+        <v>199</v>
       </c>
       <c r="M253" t="s">
         <v>20</v>
       </c>
       <c r="N253" t="s">
-        <v>912</v>
+        <v>1639</v>
       </c>
       <c r="O253" t="s">
-        <v>95</v>
+        <v>348</v>
       </c>
       <c r="P253" t="s">
-        <v>96</v>
+        <v>349</v>
       </c>
       <c r="Q253" t="s">
-        <v>97</v>
+        <v>154</v>
       </c>
       <c r="R253" t="s">
-        <v>98</v>
+        <v>350</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
         <v>18</v>
       </c>
       <c r="B254" t="s">
-        <v>1655</v>
+        <v>1640</v>
       </c>
       <c r="C254" t="s">
         <v>20</v>
       </c>
       <c r="D254" t="s">
         <v>20</v>
       </c>
       <c r="E254" t="s">
-        <v>1656</v>
+        <v>1641</v>
       </c>
       <c r="F254" t="s">
         <v>20</v>
       </c>
       <c r="G254" t="s">
-        <v>1657</v>
+        <v>1642</v>
       </c>
       <c r="H254" t="s">
-        <v>1658</v>
+        <v>1643</v>
       </c>
       <c r="I254" t="n">
         <v>0.0</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>1126</v>
+        <v>1554</v>
       </c>
       <c r="L254" t="s">
-        <v>1659</v>
+        <v>604</v>
       </c>
       <c r="M254" t="s">
         <v>20</v>
       </c>
       <c r="N254" t="s">
-        <v>1334</v>
+        <v>1248</v>
       </c>
       <c r="O254" t="s">
-        <v>1660</v>
+        <v>123</v>
       </c>
       <c r="P254" t="s">
-        <v>1661</v>
+        <v>124</v>
       </c>
       <c r="Q254" t="s">
-        <v>1662</v>
+        <v>78</v>
       </c>
       <c r="R254" t="s">
-        <v>1663</v>
+        <v>125</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
         <v>18</v>
       </c>
       <c r="B255" t="s">
-        <v>1664</v>
+        <v>1644</v>
       </c>
       <c r="C255" t="s">
         <v>20</v>
       </c>
       <c r="D255" t="s">
         <v>20</v>
       </c>
       <c r="E255" t="s">
-        <v>1665</v>
+        <v>1645</v>
       </c>
       <c r="F255" t="s">
         <v>20</v>
       </c>
       <c r="G255" t="s">
-        <v>1666</v>
+        <v>1646</v>
       </c>
       <c r="H255" t="s">
-        <v>1667</v>
+        <v>1647</v>
       </c>
       <c r="I255" t="n">
         <v>0.0</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>1668</v>
+        <v>1648</v>
       </c>
       <c r="L255" t="s">
-        <v>152</v>
+        <v>1649</v>
       </c>
       <c r="M255" t="s">
         <v>20</v>
       </c>
       <c r="N255" t="s">
-        <v>298</v>
+        <v>1248</v>
       </c>
       <c r="O255" t="s">
-        <v>185</v>
+        <v>658</v>
       </c>
       <c r="P255" t="s">
-        <v>186</v>
+        <v>659</v>
       </c>
       <c r="Q255" t="s">
-        <v>187</v>
+        <v>134</v>
       </c>
       <c r="R255" t="s">
-        <v>188</v>
+        <v>660</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
         <v>18</v>
       </c>
       <c r="B256" t="s">
-        <v>1669</v>
+        <v>1650</v>
       </c>
       <c r="C256" t="s">
         <v>20</v>
       </c>
       <c r="D256" t="s">
         <v>20</v>
       </c>
       <c r="E256" t="s">
-        <v>1670</v>
+        <v>1651</v>
       </c>
       <c r="F256" t="s">
         <v>20</v>
       </c>
       <c r="G256" t="s">
-        <v>1671</v>
+        <v>1652</v>
       </c>
       <c r="H256" t="s">
-        <v>1672</v>
+        <v>1653</v>
       </c>
       <c r="I256" t="n">
         <v>0.0</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>1673</v>
+        <v>1654</v>
       </c>
       <c r="L256" t="s">
-        <v>1368</v>
+        <v>1655</v>
       </c>
       <c r="M256" t="s">
         <v>20</v>
       </c>
       <c r="N256" t="s">
-        <v>925</v>
+        <v>122</v>
       </c>
       <c r="O256" t="s">
-        <v>336</v>
+        <v>1656</v>
       </c>
       <c r="P256" t="s">
-        <v>337</v>
+        <v>1657</v>
       </c>
       <c r="Q256" t="s">
-        <v>338</v>
+        <v>1658</v>
       </c>
       <c r="R256" t="s">
-        <v>339</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
         <v>18</v>
       </c>
       <c r="B257" t="s">
-        <v>1674</v>
+        <v>1660</v>
       </c>
       <c r="C257" t="s">
         <v>20</v>
       </c>
       <c r="D257" t="s">
         <v>20</v>
       </c>
       <c r="E257" t="s">
-        <v>1675</v>
+        <v>1661</v>
       </c>
       <c r="F257" t="s">
         <v>20</v>
       </c>
       <c r="G257" t="s">
-        <v>1676</v>
+        <v>1662</v>
       </c>
       <c r="H257" t="s">
-        <v>1677</v>
+        <v>1663</v>
       </c>
       <c r="I257" t="n">
         <v>0.0</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>1678</v>
+        <v>1664</v>
       </c>
       <c r="L257" t="s">
-        <v>1502</v>
+        <v>1665</v>
       </c>
       <c r="M257" t="s">
         <v>20</v>
       </c>
       <c r="N257" t="s">
-        <v>1249</v>
+        <v>75</v>
       </c>
       <c r="O257" t="s">
-        <v>733</v>
+        <v>142</v>
       </c>
       <c r="P257" t="s">
-        <v>734</v>
+        <v>143</v>
       </c>
       <c r="Q257" t="s">
-        <v>735</v>
+        <v>144</v>
       </c>
       <c r="R257" t="s">
-        <v>736</v>
+        <v>145</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
         <v>18</v>
       </c>
       <c r="B258" t="s">
-        <v>1679</v>
+        <v>1666</v>
       </c>
       <c r="C258" t="s">
         <v>20</v>
       </c>
       <c r="D258" t="s">
         <v>20</v>
       </c>
       <c r="E258" t="s">
-        <v>1680</v>
+        <v>1667</v>
       </c>
       <c r="F258" t="s">
         <v>20</v>
       </c>
       <c r="G258" t="s">
-        <v>1681</v>
+        <v>1668</v>
       </c>
       <c r="H258" t="s">
-        <v>1682</v>
+        <v>1669</v>
       </c>
       <c r="I258" t="n">
         <v>0.0</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>1683</v>
+        <v>1144</v>
       </c>
       <c r="L258" t="s">
-        <v>1684</v>
+        <v>1670</v>
       </c>
       <c r="M258" t="s">
         <v>20</v>
       </c>
       <c r="N258" t="s">
-        <v>848</v>
+        <v>1354</v>
       </c>
       <c r="O258" t="s">
-        <v>319</v>
+        <v>1671</v>
       </c>
       <c r="P258" t="s">
-        <v>320</v>
+        <v>1672</v>
       </c>
       <c r="Q258" t="s">
-        <v>321</v>
+        <v>1673</v>
       </c>
       <c r="R258" t="s">
-        <v>322</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
         <v>18</v>
       </c>
       <c r="B259" t="s">
-        <v>1685</v>
+        <v>1675</v>
       </c>
       <c r="C259" t="s">
         <v>20</v>
       </c>
       <c r="D259" t="s">
         <v>20</v>
       </c>
       <c r="E259" t="s">
-        <v>1686</v>
+        <v>1676</v>
       </c>
       <c r="F259" t="s">
         <v>20</v>
       </c>
       <c r="G259" t="s">
-        <v>1687</v>
+        <v>1677</v>
       </c>
       <c r="H259" t="s">
-        <v>1688</v>
+        <v>1678</v>
       </c>
       <c r="I259" t="n">
         <v>0.0</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>1689</v>
+        <v>1679</v>
       </c>
       <c r="L259" t="s">
-        <v>1690</v>
+        <v>199</v>
       </c>
       <c r="M259" t="s">
         <v>20</v>
       </c>
       <c r="N259" t="s">
-        <v>835</v>
+        <v>341</v>
       </c>
       <c r="O259" t="s">
-        <v>95</v>
+        <v>231</v>
       </c>
       <c r="P259" t="s">
-        <v>96</v>
+        <v>232</v>
       </c>
       <c r="Q259" t="s">
-        <v>97</v>
+        <v>233</v>
       </c>
       <c r="R259" t="s">
-        <v>98</v>
+        <v>234</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
         <v>18</v>
       </c>
       <c r="B260" t="s">
-        <v>1691</v>
+        <v>1680</v>
       </c>
       <c r="C260" t="s">
         <v>20</v>
       </c>
       <c r="D260" t="s">
         <v>20</v>
       </c>
       <c r="E260" t="s">
-        <v>1692</v>
+        <v>1681</v>
       </c>
       <c r="F260" t="s">
         <v>20</v>
       </c>
       <c r="G260" t="s">
-        <v>1693</v>
+        <v>1682</v>
       </c>
       <c r="H260" t="s">
-        <v>1694</v>
+        <v>1683</v>
       </c>
       <c r="I260" t="n">
         <v>0.0</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>1695</v>
+        <v>1684</v>
       </c>
       <c r="L260" t="s">
-        <v>1696</v>
+        <v>1388</v>
       </c>
       <c r="M260" t="s">
         <v>20</v>
       </c>
       <c r="N260" t="s">
-        <v>912</v>
+        <v>122</v>
       </c>
       <c r="O260" t="s">
-        <v>926</v>
+        <v>65</v>
       </c>
       <c r="P260" t="s">
-        <v>927</v>
+        <v>66</v>
       </c>
       <c r="Q260" t="s">
-        <v>928</v>
+        <v>67</v>
       </c>
       <c r="R260" t="s">
-        <v>929</v>
+        <v>68</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
         <v>18</v>
       </c>
       <c r="B261" t="s">
-        <v>1697</v>
+        <v>1685</v>
       </c>
       <c r="C261" t="s">
         <v>20</v>
       </c>
       <c r="D261" t="s">
         <v>20</v>
       </c>
       <c r="E261" t="s">
-        <v>1698</v>
+        <v>1686</v>
       </c>
       <c r="F261" t="s">
         <v>20</v>
       </c>
       <c r="G261" t="s">
-        <v>1699</v>
+        <v>1687</v>
       </c>
       <c r="H261" t="s">
-        <v>1700</v>
+        <v>1688</v>
       </c>
       <c r="I261" t="n">
         <v>0.0</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>1701</v>
+        <v>1689</v>
       </c>
       <c r="L261" t="s">
-        <v>1702</v>
+        <v>1522</v>
       </c>
       <c r="M261" t="s">
         <v>20</v>
       </c>
       <c r="N261" t="s">
-        <v>598</v>
+        <v>1268</v>
       </c>
       <c r="O261" t="s">
-        <v>196</v>
+        <v>765</v>
       </c>
       <c r="P261" t="s">
-        <v>197</v>
+        <v>766</v>
       </c>
       <c r="Q261" t="s">
-        <v>198</v>
+        <v>767</v>
       </c>
       <c r="R261" t="s">
-        <v>199</v>
+        <v>768</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
         <v>18</v>
       </c>
       <c r="B262" t="s">
-        <v>1703</v>
+        <v>1690</v>
       </c>
       <c r="C262" t="s">
         <v>20</v>
       </c>
       <c r="D262" t="s">
         <v>20</v>
       </c>
       <c r="E262" t="s">
-        <v>1704</v>
+        <v>1691</v>
       </c>
       <c r="F262" t="s">
         <v>20</v>
       </c>
       <c r="G262" t="s">
-        <v>1705</v>
+        <v>1692</v>
       </c>
       <c r="H262" t="s">
-        <v>1706</v>
+        <v>1693</v>
       </c>
       <c r="I262" t="n">
         <v>0.0</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>1707</v>
+        <v>1694</v>
       </c>
       <c r="L262" t="s">
-        <v>1684</v>
+        <v>1695</v>
       </c>
       <c r="M262" t="s">
         <v>20</v>
       </c>
       <c r="N262" t="s">
-        <v>1624</v>
+        <v>75</v>
       </c>
       <c r="O262" t="s">
-        <v>305</v>
+        <v>362</v>
       </c>
       <c r="P262" t="s">
-        <v>306</v>
+        <v>363</v>
       </c>
       <c r="Q262" t="s">
-        <v>107</v>
+        <v>364</v>
       </c>
       <c r="R262" t="s">
-        <v>307</v>
+        <v>365</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
         <v>18</v>
       </c>
       <c r="B263" t="s">
-        <v>1708</v>
+        <v>1696</v>
       </c>
       <c r="C263" t="s">
         <v>20</v>
       </c>
       <c r="D263" t="s">
         <v>20</v>
       </c>
       <c r="E263" t="s">
-        <v>1709</v>
+        <v>1697</v>
       </c>
       <c r="F263" t="s">
         <v>20</v>
       </c>
       <c r="G263" t="s">
-        <v>1710</v>
+        <v>1698</v>
       </c>
       <c r="H263" t="s">
-        <v>1711</v>
+        <v>1699</v>
       </c>
       <c r="I263" t="n">
         <v>0.0</v>
       </c>
       <c r="J263" t="s">
-        <v>483</v>
+        <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>1712</v>
+        <v>1700</v>
       </c>
       <c r="L263" t="s">
-        <v>1713</v>
+        <v>1701</v>
       </c>
       <c r="M263" t="s">
         <v>20</v>
       </c>
       <c r="N263" t="s">
-        <v>1178</v>
+        <v>27</v>
       </c>
       <c r="O263" t="s">
-        <v>487</v>
+        <v>142</v>
       </c>
       <c r="P263" t="s">
-        <v>274</v>
+        <v>143</v>
       </c>
       <c r="Q263" t="s">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="R263" t="s">
-        <v>488</v>
+        <v>145</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
         <v>18</v>
       </c>
       <c r="B264" t="s">
-        <v>1714</v>
+        <v>1702</v>
       </c>
       <c r="C264" t="s">
         <v>20</v>
       </c>
       <c r="D264" t="s">
         <v>20</v>
       </c>
       <c r="E264" t="s">
-        <v>1715</v>
+        <v>1703</v>
       </c>
       <c r="F264" t="s">
         <v>20</v>
       </c>
       <c r="G264" t="s">
-        <v>1716</v>
+        <v>1704</v>
       </c>
       <c r="H264" t="s">
-        <v>1717</v>
+        <v>1705</v>
       </c>
       <c r="I264" t="n">
         <v>0.0</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>1718</v>
+        <v>1706</v>
       </c>
       <c r="L264" t="s">
-        <v>1719</v>
+        <v>1707</v>
       </c>
       <c r="M264" t="s">
         <v>20</v>
       </c>
       <c r="N264" t="s">
-        <v>717</v>
+        <v>75</v>
       </c>
       <c r="O264" t="s">
-        <v>305</v>
+        <v>952</v>
       </c>
       <c r="P264" t="s">
-        <v>306</v>
+        <v>953</v>
       </c>
       <c r="Q264" t="s">
-        <v>107</v>
+        <v>954</v>
       </c>
       <c r="R264" t="s">
-        <v>307</v>
+        <v>955</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
         <v>18</v>
       </c>
       <c r="B265" t="s">
-        <v>1720</v>
+        <v>1708</v>
       </c>
       <c r="C265" t="s">
         <v>20</v>
       </c>
       <c r="D265" t="s">
         <v>20</v>
       </c>
       <c r="E265" t="s">
-        <v>1721</v>
+        <v>1709</v>
       </c>
       <c r="F265" t="s">
         <v>20</v>
       </c>
       <c r="G265" t="s">
-        <v>1722</v>
+        <v>1710</v>
       </c>
       <c r="H265" t="s">
-        <v>1723</v>
+        <v>1711</v>
       </c>
       <c r="I265" t="n">
         <v>0.0</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>1724</v>
+        <v>1712</v>
       </c>
       <c r="L265" t="s">
-        <v>1725</v>
+        <v>1713</v>
       </c>
       <c r="M265" t="s">
         <v>20</v>
       </c>
       <c r="N265" t="s">
-        <v>571</v>
+        <v>632</v>
       </c>
       <c r="O265" t="s">
-        <v>336</v>
+        <v>242</v>
       </c>
       <c r="P265" t="s">
-        <v>337</v>
+        <v>243</v>
       </c>
       <c r="Q265" t="s">
-        <v>338</v>
+        <v>244</v>
       </c>
       <c r="R265" t="s">
-        <v>339</v>
+        <v>245</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
         <v>18</v>
       </c>
       <c r="B266" t="s">
-        <v>1726</v>
+        <v>1714</v>
       </c>
       <c r="C266" t="s">
         <v>20</v>
       </c>
       <c r="D266" t="s">
         <v>20</v>
       </c>
       <c r="E266" t="s">
-        <v>1727</v>
+        <v>1715</v>
       </c>
       <c r="F266" t="s">
         <v>20</v>
       </c>
       <c r="G266" t="s">
-        <v>1728</v>
+        <v>1716</v>
       </c>
       <c r="H266" t="s">
-        <v>1729</v>
+        <v>1717</v>
       </c>
       <c r="I266" t="n">
         <v>0.0</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>1730</v>
+        <v>1718</v>
       </c>
       <c r="L266" t="s">
-        <v>664</v>
+        <v>1695</v>
       </c>
       <c r="M266" t="s">
         <v>20</v>
       </c>
       <c r="N266" t="s">
-        <v>407</v>
+        <v>111</v>
       </c>
       <c r="O266" t="s">
-        <v>319</v>
+        <v>348</v>
       </c>
       <c r="P266" t="s">
-        <v>320</v>
+        <v>349</v>
       </c>
       <c r="Q266" t="s">
-        <v>321</v>
+        <v>154</v>
       </c>
       <c r="R266" t="s">
-        <v>322</v>
+        <v>350</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
         <v>18</v>
       </c>
       <c r="B267" t="s">
-        <v>1731</v>
+        <v>1719</v>
       </c>
       <c r="C267" t="s">
         <v>20</v>
       </c>
       <c r="D267" t="s">
         <v>20</v>
       </c>
       <c r="E267" t="s">
-        <v>1732</v>
+        <v>1720</v>
       </c>
       <c r="F267" t="s">
         <v>20</v>
       </c>
       <c r="G267" t="s">
-        <v>1733</v>
+        <v>1721</v>
       </c>
       <c r="H267" t="s">
-        <v>1734</v>
+        <v>1722</v>
       </c>
       <c r="I267" t="n">
         <v>0.0</v>
       </c>
       <c r="J267" t="s">
-        <v>24</v>
+        <v>518</v>
       </c>
       <c r="K267" t="s">
-        <v>1735</v>
+        <v>1723</v>
       </c>
       <c r="L267" t="s">
-        <v>1736</v>
+        <v>1724</v>
       </c>
       <c r="M267" t="s">
         <v>20</v>
       </c>
       <c r="N267" t="s">
-        <v>239</v>
+        <v>1196</v>
       </c>
       <c r="O267" t="s">
-        <v>95</v>
+        <v>522</v>
       </c>
       <c r="P267" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="Q267" t="s">
-        <v>97</v>
+        <v>30</v>
       </c>
       <c r="R267" t="s">
-        <v>98</v>
+        <v>523</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
         <v>18</v>
       </c>
       <c r="B268" t="s">
-        <v>1737</v>
+        <v>1725</v>
       </c>
       <c r="C268" t="s">
         <v>20</v>
       </c>
       <c r="D268" t="s">
         <v>20</v>
       </c>
       <c r="E268" t="s">
-        <v>1738</v>
+        <v>1726</v>
       </c>
       <c r="F268" t="s">
         <v>20</v>
       </c>
       <c r="G268" t="s">
-        <v>1739</v>
+        <v>1727</v>
       </c>
       <c r="H268" t="s">
-        <v>1740</v>
+        <v>1728</v>
       </c>
       <c r="I268" t="n">
         <v>0.0</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>1741</v>
+        <v>1729</v>
       </c>
       <c r="L268" t="s">
-        <v>1742</v>
+        <v>1730</v>
       </c>
       <c r="M268" t="s">
         <v>20</v>
       </c>
       <c r="N268" t="s">
-        <v>564</v>
+        <v>749</v>
       </c>
       <c r="O268" t="s">
-        <v>926</v>
+        <v>348</v>
       </c>
       <c r="P268" t="s">
-        <v>927</v>
+        <v>349</v>
       </c>
       <c r="Q268" t="s">
-        <v>928</v>
+        <v>154</v>
       </c>
       <c r="R268" t="s">
-        <v>929</v>
+        <v>350</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
         <v>18</v>
       </c>
       <c r="B269" t="s">
-        <v>1743</v>
+        <v>1731</v>
       </c>
       <c r="C269" t="s">
         <v>20</v>
       </c>
       <c r="D269" t="s">
         <v>20</v>
       </c>
       <c r="E269" t="s">
-        <v>1744</v>
+        <v>1732</v>
       </c>
       <c r="F269" t="s">
         <v>20</v>
       </c>
       <c r="G269" t="s">
-        <v>1745</v>
+        <v>1733</v>
       </c>
       <c r="H269" t="s">
-        <v>1746</v>
+        <v>1734</v>
       </c>
       <c r="I269" t="n">
         <v>0.0</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>1747</v>
+        <v>1735</v>
       </c>
       <c r="L269" t="s">
-        <v>1502</v>
+        <v>1736</v>
       </c>
       <c r="M269" t="s">
         <v>20</v>
       </c>
       <c r="N269" t="s">
-        <v>925</v>
+        <v>605</v>
       </c>
       <c r="O269" t="s">
-        <v>1748</v>
+        <v>65</v>
       </c>
       <c r="P269" t="s">
-        <v>1749</v>
+        <v>66</v>
       </c>
       <c r="Q269" t="s">
-        <v>1750</v>
+        <v>67</v>
       </c>
       <c r="R269" t="s">
-        <v>1751</v>
+        <v>68</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
         <v>18</v>
       </c>
       <c r="B270" t="s">
-        <v>1752</v>
+        <v>1737</v>
       </c>
       <c r="C270" t="s">
         <v>20</v>
       </c>
       <c r="D270" t="s">
         <v>20</v>
       </c>
       <c r="E270" t="s">
-        <v>1753</v>
+        <v>1738</v>
       </c>
       <c r="F270" t="s">
         <v>20</v>
       </c>
       <c r="G270" t="s">
-        <v>1754</v>
+        <v>1739</v>
       </c>
       <c r="H270" t="s">
-        <v>1755</v>
+        <v>1740</v>
       </c>
       <c r="I270" t="n">
         <v>0.0</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>1756</v>
+        <v>1741</v>
       </c>
       <c r="L270" t="s">
-        <v>1757</v>
+        <v>697</v>
       </c>
       <c r="M270" t="s">
         <v>20</v>
       </c>
       <c r="N270" t="s">
-        <v>571</v>
+        <v>446</v>
       </c>
       <c r="O270" t="s">
-        <v>305</v>
+        <v>362</v>
       </c>
       <c r="P270" t="s">
-        <v>306</v>
+        <v>363</v>
       </c>
       <c r="Q270" t="s">
-        <v>107</v>
+        <v>364</v>
       </c>
       <c r="R270" t="s">
-        <v>307</v>
+        <v>365</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
         <v>18</v>
       </c>
       <c r="B271" t="s">
-        <v>1758</v>
+        <v>1742</v>
       </c>
       <c r="C271" t="s">
         <v>20</v>
       </c>
       <c r="D271" t="s">
         <v>20</v>
       </c>
       <c r="E271" t="s">
-        <v>1759</v>
+        <v>1743</v>
       </c>
       <c r="F271" t="s">
         <v>20</v>
       </c>
       <c r="G271" t="s">
-        <v>1760</v>
+        <v>1744</v>
       </c>
       <c r="H271" t="s">
-        <v>1761</v>
+        <v>1745</v>
       </c>
       <c r="I271" t="n">
         <v>0.0</v>
       </c>
       <c r="J271" t="s">
-        <v>483</v>
+        <v>24</v>
       </c>
       <c r="K271" t="s">
-        <v>1762</v>
+        <v>1746</v>
       </c>
       <c r="L271" t="s">
-        <v>1434</v>
+        <v>1747</v>
       </c>
       <c r="M271" t="s">
         <v>20</v>
       </c>
       <c r="N271" t="s">
-        <v>1249</v>
+        <v>285</v>
       </c>
       <c r="O271" t="s">
-        <v>273</v>
+        <v>142</v>
       </c>
       <c r="P271" t="s">
-        <v>274</v>
+        <v>143</v>
       </c>
       <c r="Q271" t="s">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="R271" t="s">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
         <v>18</v>
       </c>
       <c r="B272" t="s">
-        <v>1763</v>
+        <v>1748</v>
       </c>
       <c r="C272" t="s">
         <v>20</v>
       </c>
       <c r="D272" t="s">
         <v>20</v>
       </c>
       <c r="E272" t="s">
-        <v>1764</v>
+        <v>1749</v>
       </c>
       <c r="F272" t="s">
         <v>20</v>
       </c>
       <c r="G272" t="s">
-        <v>1765</v>
+        <v>1750</v>
       </c>
       <c r="H272" t="s">
-        <v>1766</v>
+        <v>1751</v>
       </c>
       <c r="I272" t="n">
         <v>0.0</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>1767</v>
+        <v>1752</v>
       </c>
       <c r="L272" t="s">
-        <v>1768</v>
+        <v>1753</v>
       </c>
       <c r="M272" t="s">
         <v>20</v>
       </c>
       <c r="N272" t="s">
-        <v>298</v>
+        <v>1578</v>
       </c>
       <c r="O272" t="s">
-        <v>76</v>
+        <v>952</v>
       </c>
       <c r="P272" t="s">
-        <v>77</v>
+        <v>953</v>
       </c>
       <c r="Q272" t="s">
-        <v>30</v>
+        <v>954</v>
       </c>
       <c r="R272" t="s">
-        <v>78</v>
+        <v>955</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
         <v>18</v>
       </c>
       <c r="B273" t="s">
-        <v>1769</v>
+        <v>1754</v>
       </c>
       <c r="C273" t="s">
         <v>20</v>
       </c>
       <c r="D273" t="s">
         <v>20</v>
       </c>
       <c r="E273" t="s">
-        <v>1770</v>
+        <v>1755</v>
       </c>
       <c r="F273" t="s">
         <v>20</v>
       </c>
       <c r="G273" t="s">
-        <v>1771</v>
+        <v>1756</v>
       </c>
       <c r="H273" t="s">
-        <v>1772</v>
+        <v>1757</v>
       </c>
       <c r="I273" t="n">
         <v>0.0</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>1773</v>
+        <v>1758</v>
       </c>
       <c r="L273" t="s">
-        <v>1382</v>
+        <v>1522</v>
       </c>
       <c r="M273" t="s">
         <v>20</v>
       </c>
       <c r="N273" t="s">
-        <v>807</v>
+        <v>1759</v>
       </c>
       <c r="O273" t="s">
-        <v>305</v>
+        <v>1760</v>
       </c>
       <c r="P273" t="s">
-        <v>306</v>
+        <v>1761</v>
       </c>
       <c r="Q273" t="s">
-        <v>107</v>
+        <v>1762</v>
       </c>
       <c r="R273" t="s">
-        <v>307</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
         <v>18</v>
       </c>
       <c r="B274" t="s">
-        <v>1774</v>
+        <v>1764</v>
       </c>
       <c r="C274" t="s">
         <v>20</v>
       </c>
       <c r="D274" t="s">
         <v>20</v>
       </c>
       <c r="E274" t="s">
-        <v>1775</v>
+        <v>1765</v>
       </c>
       <c r="F274" t="s">
         <v>20</v>
       </c>
       <c r="G274" t="s">
-        <v>1776</v>
+        <v>1766</v>
       </c>
       <c r="H274" t="s">
-        <v>1777</v>
+        <v>1767</v>
       </c>
       <c r="I274" t="n">
         <v>0.0</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
-        <v>1778</v>
+        <v>1768</v>
       </c>
       <c r="L274" t="s">
-        <v>1779</v>
+        <v>1769</v>
       </c>
       <c r="M274" t="s">
         <v>20</v>
       </c>
       <c r="N274" t="s">
-        <v>807</v>
+        <v>605</v>
       </c>
       <c r="O274" t="s">
-        <v>305</v>
+        <v>348</v>
       </c>
       <c r="P274" t="s">
-        <v>306</v>
+        <v>349</v>
       </c>
       <c r="Q274" t="s">
-        <v>107</v>
+        <v>154</v>
       </c>
       <c r="R274" t="s">
-        <v>307</v>
+        <v>350</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
         <v>18</v>
       </c>
       <c r="B275" t="s">
-        <v>1780</v>
+        <v>1770</v>
       </c>
       <c r="C275" t="s">
         <v>20</v>
       </c>
       <c r="D275" t="s">
         <v>20</v>
       </c>
       <c r="E275" t="s">
-        <v>1775</v>
+        <v>1771</v>
       </c>
       <c r="F275" t="s">
         <v>20</v>
       </c>
       <c r="G275" t="s">
-        <v>1781</v>
+        <v>1772</v>
       </c>
       <c r="H275" t="s">
-        <v>1782</v>
+        <v>1773</v>
       </c>
       <c r="I275" t="n">
         <v>0.0</v>
       </c>
       <c r="J275" t="s">
-        <v>24</v>
+        <v>518</v>
       </c>
       <c r="K275" t="s">
-        <v>1783</v>
+        <v>1774</v>
       </c>
       <c r="L275" t="s">
-        <v>1346</v>
+        <v>1454</v>
       </c>
       <c r="M275" t="s">
         <v>20</v>
       </c>
       <c r="N275" t="s">
-        <v>1618</v>
+        <v>1268</v>
       </c>
       <c r="O275" t="s">
-        <v>336</v>
+        <v>28</v>
       </c>
       <c r="P275" t="s">
-        <v>337</v>
+        <v>29</v>
       </c>
       <c r="Q275" t="s">
-        <v>338</v>
+        <v>30</v>
       </c>
       <c r="R275" t="s">
-        <v>339</v>
+        <v>31</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
         <v>18</v>
       </c>
       <c r="B276" t="s">
-        <v>1784</v>
+        <v>1775</v>
       </c>
       <c r="C276" t="s">
         <v>20</v>
       </c>
       <c r="D276" t="s">
         <v>20</v>
       </c>
       <c r="E276" t="s">
-        <v>1785</v>
+        <v>1776</v>
       </c>
       <c r="F276" t="s">
         <v>20</v>
       </c>
       <c r="G276" t="s">
-        <v>1786</v>
+        <v>1777</v>
       </c>
       <c r="H276" t="s">
-        <v>1787</v>
+        <v>1778</v>
       </c>
       <c r="I276" t="n">
         <v>0.0</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>1788</v>
+        <v>1779</v>
       </c>
       <c r="L276" t="s">
-        <v>948</v>
+        <v>1780</v>
       </c>
       <c r="M276" t="s">
         <v>20</v>
       </c>
       <c r="N276" t="s">
-        <v>848</v>
+        <v>341</v>
       </c>
       <c r="O276" t="s">
-        <v>76</v>
+        <v>123</v>
       </c>
       <c r="P276" t="s">
-        <v>77</v>
+        <v>124</v>
       </c>
       <c r="Q276" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="R276" t="s">
-        <v>78</v>
+        <v>125</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
         <v>18</v>
       </c>
       <c r="B277" t="s">
-        <v>1789</v>
+        <v>1781</v>
       </c>
       <c r="C277" t="s">
         <v>20</v>
       </c>
       <c r="D277" t="s">
         <v>20</v>
       </c>
       <c r="E277" t="s">
-        <v>1785</v>
+        <v>1782</v>
       </c>
       <c r="F277" t="s">
         <v>20</v>
       </c>
       <c r="G277" t="s">
-        <v>1790</v>
+        <v>1783</v>
       </c>
       <c r="H277" t="s">
-        <v>1791</v>
+        <v>1784</v>
       </c>
       <c r="I277" t="n">
         <v>0.0</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>1792</v>
+        <v>1785</v>
       </c>
       <c r="L277" t="s">
-        <v>1793</v>
+        <v>1402</v>
       </c>
       <c r="M277" t="s">
         <v>20</v>
       </c>
       <c r="N277" t="s">
-        <v>912</v>
+        <v>836</v>
       </c>
       <c r="O277" t="s">
-        <v>1001</v>
+        <v>348</v>
       </c>
       <c r="P277" t="s">
-        <v>1002</v>
+        <v>349</v>
       </c>
       <c r="Q277" t="s">
-        <v>1003</v>
+        <v>154</v>
       </c>
       <c r="R277" t="s">
-        <v>1004</v>
+        <v>350</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
         <v>18</v>
       </c>
       <c r="B278" t="s">
-        <v>1794</v>
+        <v>1786</v>
       </c>
       <c r="C278" t="s">
         <v>20</v>
       </c>
       <c r="D278" t="s">
         <v>20</v>
       </c>
       <c r="E278" t="s">
-        <v>1795</v>
+        <v>1787</v>
       </c>
       <c r="F278" t="s">
         <v>20</v>
       </c>
       <c r="G278" t="s">
-        <v>1796</v>
+        <v>1788</v>
       </c>
       <c r="H278" t="s">
-        <v>1797</v>
+        <v>1789</v>
       </c>
       <c r="I278" t="n">
         <v>0.0</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>1798</v>
+        <v>1790</v>
       </c>
       <c r="L278" t="s">
-        <v>1541</v>
+        <v>1791</v>
       </c>
       <c r="M278" t="s">
         <v>20</v>
       </c>
       <c r="N278" t="s">
-        <v>848</v>
+        <v>171</v>
       </c>
       <c r="O278" t="s">
-        <v>196</v>
+        <v>348</v>
       </c>
       <c r="P278" t="s">
-        <v>197</v>
+        <v>349</v>
       </c>
       <c r="Q278" t="s">
-        <v>198</v>
+        <v>154</v>
       </c>
       <c r="R278" t="s">
-        <v>199</v>
+        <v>350</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
         <v>18</v>
       </c>
       <c r="B279" t="s">
-        <v>1799</v>
+        <v>1792</v>
       </c>
       <c r="C279" t="s">
         <v>20</v>
       </c>
       <c r="D279" t="s">
         <v>20</v>
       </c>
       <c r="E279" t="s">
-        <v>1800</v>
+        <v>1787</v>
       </c>
       <c r="F279" t="s">
         <v>20</v>
       </c>
       <c r="G279" t="s">
-        <v>1801</v>
+        <v>1793</v>
       </c>
       <c r="H279" t="s">
-        <v>1802</v>
+        <v>1794</v>
       </c>
       <c r="I279" t="n">
         <v>0.0</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>1803</v>
+        <v>1795</v>
       </c>
       <c r="L279" t="s">
-        <v>1368</v>
+        <v>1366</v>
       </c>
       <c r="M279" t="s">
         <v>20</v>
       </c>
       <c r="N279" t="s">
-        <v>848</v>
+        <v>1639</v>
       </c>
       <c r="O279" t="s">
-        <v>305</v>
+        <v>65</v>
       </c>
       <c r="P279" t="s">
-        <v>306</v>
+        <v>66</v>
       </c>
       <c r="Q279" t="s">
-        <v>107</v>
+        <v>67</v>
       </c>
       <c r="R279" t="s">
-        <v>307</v>
+        <v>68</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
         <v>18</v>
       </c>
       <c r="B280" t="s">
-        <v>1804</v>
+        <v>1796</v>
       </c>
       <c r="C280" t="s">
         <v>20</v>
       </c>
       <c r="D280" t="s">
         <v>20</v>
       </c>
       <c r="E280" t="s">
-        <v>1805</v>
+        <v>1797</v>
       </c>
       <c r="F280" t="s">
         <v>20</v>
       </c>
       <c r="G280" t="s">
-        <v>1806</v>
+        <v>1798</v>
       </c>
       <c r="H280" t="s">
-        <v>1807</v>
+        <v>1799</v>
       </c>
       <c r="I280" t="n">
         <v>0.0</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>1808</v>
+        <v>1800</v>
       </c>
       <c r="L280" t="s">
-        <v>1546</v>
+        <v>972</v>
       </c>
       <c r="M280" t="s">
         <v>20</v>
       </c>
       <c r="N280" t="s">
-        <v>1225</v>
+        <v>75</v>
       </c>
       <c r="O280" t="s">
-        <v>76</v>
+        <v>123</v>
       </c>
       <c r="P280" t="s">
-        <v>77</v>
+        <v>124</v>
       </c>
       <c r="Q280" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="R280" t="s">
-        <v>78</v>
+        <v>125</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
         <v>18</v>
       </c>
       <c r="B281" t="s">
-        <v>1809</v>
+        <v>1801</v>
       </c>
       <c r="C281" t="s">
         <v>20</v>
       </c>
       <c r="D281" t="s">
         <v>20</v>
       </c>
       <c r="E281" t="s">
-        <v>1810</v>
+        <v>1797</v>
       </c>
       <c r="F281" t="s">
         <v>20</v>
       </c>
       <c r="G281" t="s">
-        <v>1811</v>
+        <v>1802</v>
       </c>
       <c r="H281" t="s">
-        <v>1812</v>
+        <v>1803</v>
       </c>
       <c r="I281" t="n">
         <v>0.0</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>1813</v>
+        <v>1804</v>
       </c>
       <c r="L281" t="s">
-        <v>1814</v>
+        <v>1805</v>
       </c>
       <c r="M281" t="s">
         <v>20</v>
       </c>
       <c r="N281" t="s">
-        <v>430</v>
+        <v>75</v>
       </c>
       <c r="O281" t="s">
-        <v>319</v>
+        <v>1024</v>
       </c>
       <c r="P281" t="s">
-        <v>320</v>
+        <v>1025</v>
       </c>
       <c r="Q281" t="s">
-        <v>321</v>
+        <v>1026</v>
       </c>
       <c r="R281" t="s">
-        <v>322</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
         <v>18</v>
       </c>
       <c r="B282" t="s">
-        <v>1815</v>
+        <v>1806</v>
       </c>
       <c r="C282" t="s">
         <v>20</v>
       </c>
       <c r="D282" t="s">
         <v>20</v>
       </c>
       <c r="E282" t="s">
-        <v>1816</v>
+        <v>1807</v>
       </c>
       <c r="F282" t="s">
         <v>20</v>
       </c>
       <c r="G282" t="s">
-        <v>1817</v>
+        <v>1808</v>
       </c>
       <c r="H282" t="s">
-        <v>1818</v>
+        <v>1809</v>
       </c>
       <c r="I282" t="n">
         <v>0.0</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>1819</v>
+        <v>1810</v>
       </c>
       <c r="L282" t="s">
-        <v>1382</v>
+        <v>1561</v>
       </c>
       <c r="M282" t="s">
         <v>20</v>
       </c>
       <c r="N282" t="s">
-        <v>578</v>
+        <v>75</v>
       </c>
       <c r="O282" t="s">
-        <v>85</v>
+        <v>242</v>
       </c>
       <c r="P282" t="s">
-        <v>86</v>
+        <v>243</v>
       </c>
       <c r="Q282" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="R282" t="s">
-        <v>88</v>
+        <v>245</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
         <v>18</v>
       </c>
       <c r="B283" t="s">
-        <v>1820</v>
+        <v>1811</v>
       </c>
       <c r="C283" t="s">
         <v>20</v>
       </c>
       <c r="D283" t="s">
         <v>20</v>
       </c>
       <c r="E283" t="s">
-        <v>1821</v>
+        <v>1812</v>
       </c>
       <c r="F283" t="s">
         <v>20</v>
       </c>
       <c r="G283" t="s">
-        <v>1822</v>
+        <v>1813</v>
       </c>
       <c r="H283" t="s">
-        <v>1823</v>
+        <v>1814</v>
       </c>
       <c r="I283" t="n">
         <v>0.0</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>1824</v>
+        <v>1815</v>
       </c>
       <c r="L283" t="s">
-        <v>1825</v>
+        <v>1388</v>
       </c>
       <c r="M283" t="s">
         <v>20</v>
       </c>
       <c r="N283" t="s">
-        <v>634</v>
+        <v>64</v>
       </c>
       <c r="O283" t="s">
-        <v>85</v>
+        <v>348</v>
       </c>
       <c r="P283" t="s">
-        <v>86</v>
+        <v>349</v>
       </c>
       <c r="Q283" t="s">
-        <v>87</v>
+        <v>154</v>
       </c>
       <c r="R283" t="s">
-        <v>88</v>
+        <v>350</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
         <v>18</v>
       </c>
       <c r="B284" t="s">
-        <v>1826</v>
+        <v>1816</v>
       </c>
       <c r="C284" t="s">
         <v>20</v>
       </c>
       <c r="D284" t="s">
         <v>20</v>
       </c>
       <c r="E284" t="s">
-        <v>1827</v>
+        <v>1817</v>
       </c>
       <c r="F284" t="s">
         <v>20</v>
       </c>
       <c r="G284" t="s">
-        <v>1828</v>
+        <v>1818</v>
       </c>
       <c r="H284" t="s">
-        <v>1829</v>
+        <v>1819</v>
       </c>
       <c r="I284" t="n">
         <v>0.0</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>1830</v>
+        <v>1820</v>
       </c>
       <c r="L284" t="s">
-        <v>1831</v>
+        <v>1566</v>
       </c>
       <c r="M284" t="s">
         <v>20</v>
       </c>
       <c r="N284" t="s">
-        <v>486</v>
+        <v>27</v>
       </c>
       <c r="O284" t="s">
-        <v>1832</v>
+        <v>123</v>
       </c>
       <c r="P284" t="s">
-        <v>274</v>
+        <v>124</v>
       </c>
       <c r="Q284" t="s">
-        <v>40</v>
+        <v>78</v>
       </c>
       <c r="R284" t="s">
-        <v>1833</v>
+        <v>125</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
         <v>18</v>
       </c>
       <c r="B285" t="s">
-        <v>1834</v>
+        <v>1821</v>
       </c>
       <c r="C285" t="s">
         <v>20</v>
       </c>
       <c r="D285" t="s">
         <v>20</v>
       </c>
       <c r="E285" t="s">
-        <v>1835</v>
+        <v>1822</v>
       </c>
       <c r="F285" t="s">
         <v>20</v>
       </c>
       <c r="G285" t="s">
-        <v>1836</v>
+        <v>1823</v>
       </c>
       <c r="H285" t="s">
-        <v>1837</v>
+        <v>1824</v>
       </c>
       <c r="I285" t="n">
         <v>0.0</v>
       </c>
       <c r="J285" t="s">
-        <v>483</v>
+        <v>24</v>
       </c>
       <c r="K285" t="s">
-        <v>1838</v>
+        <v>1825</v>
       </c>
       <c r="L285" t="s">
-        <v>1839</v>
+        <v>1826</v>
       </c>
       <c r="M285" t="s">
         <v>20</v>
       </c>
       <c r="N285" t="s">
-        <v>564</v>
+        <v>469</v>
       </c>
       <c r="O285" t="s">
-        <v>381</v>
+        <v>362</v>
       </c>
       <c r="P285" t="s">
-        <v>382</v>
+        <v>363</v>
       </c>
       <c r="Q285" t="s">
-        <v>383</v>
+        <v>364</v>
       </c>
       <c r="R285" t="s">
-        <v>384</v>
+        <v>365</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
         <v>18</v>
       </c>
       <c r="B286" t="s">
-        <v>1840</v>
+        <v>1827</v>
       </c>
       <c r="C286" t="s">
         <v>20</v>
       </c>
       <c r="D286" t="s">
         <v>20</v>
       </c>
       <c r="E286" t="s">
-        <v>1841</v>
+        <v>1828</v>
       </c>
       <c r="F286" t="s">
         <v>20</v>
       </c>
       <c r="G286" t="s">
-        <v>1842</v>
+        <v>1829</v>
       </c>
       <c r="H286" t="s">
-        <v>1843</v>
+        <v>1830</v>
       </c>
       <c r="I286" t="n">
         <v>0.0</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>876</v>
+        <v>1831</v>
       </c>
       <c r="L286" t="s">
-        <v>123</v>
+        <v>1402</v>
       </c>
       <c r="M286" t="s">
         <v>20</v>
       </c>
       <c r="N286" t="s">
-        <v>564</v>
+        <v>285</v>
       </c>
       <c r="O286" t="s">
-        <v>319</v>
+        <v>132</v>
       </c>
       <c r="P286" t="s">
-        <v>320</v>
+        <v>133</v>
       </c>
       <c r="Q286" t="s">
-        <v>321</v>
+        <v>134</v>
       </c>
       <c r="R286" t="s">
-        <v>322</v>
+        <v>135</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
         <v>18</v>
       </c>
       <c r="B287" t="s">
-        <v>1844</v>
+        <v>1832</v>
       </c>
       <c r="C287" t="s">
         <v>20</v>
       </c>
       <c r="D287" t="s">
         <v>20</v>
       </c>
       <c r="E287" t="s">
-        <v>1845</v>
+        <v>1833</v>
       </c>
       <c r="F287" t="s">
         <v>20</v>
       </c>
       <c r="G287" t="s">
-        <v>1846</v>
+        <v>1834</v>
       </c>
       <c r="H287" t="s">
-        <v>1847</v>
+        <v>1835</v>
       </c>
       <c r="I287" t="n">
         <v>0.0</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>1848</v>
+        <v>1836</v>
       </c>
       <c r="L287" t="s">
-        <v>1849</v>
+        <v>1837</v>
       </c>
       <c r="M287" t="s">
         <v>20</v>
       </c>
       <c r="N287" t="s">
-        <v>557</v>
+        <v>667</v>
       </c>
       <c r="O287" t="s">
-        <v>305</v>
+        <v>132</v>
       </c>
       <c r="P287" t="s">
-        <v>306</v>
+        <v>133</v>
       </c>
       <c r="Q287" t="s">
-        <v>107</v>
+        <v>134</v>
       </c>
       <c r="R287" t="s">
-        <v>307</v>
+        <v>135</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
         <v>18</v>
       </c>
       <c r="B288" t="s">
-        <v>1850</v>
+        <v>1838</v>
       </c>
       <c r="C288" t="s">
         <v>20</v>
       </c>
       <c r="D288" t="s">
         <v>20</v>
       </c>
       <c r="E288" t="s">
-        <v>1851</v>
+        <v>1839</v>
       </c>
       <c r="F288" t="s">
         <v>20</v>
       </c>
       <c r="G288" t="s">
-        <v>1852</v>
+        <v>1840</v>
       </c>
       <c r="H288" t="s">
-        <v>1853</v>
+        <v>1841</v>
       </c>
       <c r="I288" t="n">
         <v>0.0</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
-        <v>1854</v>
+        <v>1842</v>
       </c>
       <c r="L288" t="s">
-        <v>1855</v>
+        <v>1843</v>
       </c>
       <c r="M288" t="s">
         <v>20</v>
       </c>
       <c r="N288" t="s">
-        <v>329</v>
+        <v>521</v>
       </c>
       <c r="O288" t="s">
-        <v>76</v>
+        <v>1844</v>
       </c>
       <c r="P288" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="Q288" t="s">
         <v>30</v>
       </c>
       <c r="R288" t="s">
-        <v>78</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
         <v>18</v>
       </c>
       <c r="B289" t="s">
-        <v>1856</v>
+        <v>1846</v>
       </c>
       <c r="C289" t="s">
         <v>20</v>
       </c>
       <c r="D289" t="s">
         <v>20</v>
       </c>
       <c r="E289" t="s">
-        <v>1857</v>
+        <v>1847</v>
       </c>
       <c r="F289" t="s">
         <v>20</v>
       </c>
       <c r="G289" t="s">
-        <v>1858</v>
+        <v>1848</v>
       </c>
       <c r="H289" t="s">
-        <v>1859</v>
+        <v>1849</v>
       </c>
       <c r="I289" t="n">
         <v>0.0</v>
       </c>
       <c r="J289" t="s">
-        <v>24</v>
+        <v>518</v>
       </c>
       <c r="K289" t="s">
-        <v>1860</v>
+        <v>1850</v>
       </c>
       <c r="L289" t="s">
-        <v>1455</v>
+        <v>1851</v>
       </c>
       <c r="M289" t="s">
         <v>20</v>
       </c>
       <c r="N289" t="s">
-        <v>571</v>
+        <v>1578</v>
       </c>
       <c r="O289" t="s">
-        <v>336</v>
+        <v>420</v>
       </c>
       <c r="P289" t="s">
-        <v>337</v>
+        <v>421</v>
       </c>
       <c r="Q289" t="s">
-        <v>338</v>
+        <v>422</v>
       </c>
       <c r="R289" t="s">
-        <v>339</v>
+        <v>423</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
         <v>18</v>
       </c>
       <c r="B290" t="s">
-        <v>1861</v>
+        <v>1852</v>
       </c>
       <c r="C290" t="s">
         <v>20</v>
       </c>
       <c r="D290" t="s">
         <v>20</v>
       </c>
       <c r="E290" t="s">
-        <v>1857</v>
+        <v>1853</v>
       </c>
       <c r="F290" t="s">
         <v>20</v>
       </c>
       <c r="G290" t="s">
-        <v>1862</v>
+        <v>1854</v>
       </c>
       <c r="H290" t="s">
-        <v>1863</v>
+        <v>1855</v>
       </c>
       <c r="I290" t="n">
         <v>0.0</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
-        <v>1864</v>
+        <v>903</v>
       </c>
       <c r="L290" t="s">
-        <v>1865</v>
+        <v>170</v>
       </c>
       <c r="M290" t="s">
         <v>20</v>
       </c>
       <c r="N290" t="s">
-        <v>571</v>
+        <v>1578</v>
       </c>
       <c r="O290" t="s">
-        <v>76</v>
+        <v>362</v>
       </c>
       <c r="P290" t="s">
-        <v>77</v>
+        <v>363</v>
       </c>
       <c r="Q290" t="s">
-        <v>30</v>
+        <v>364</v>
       </c>
       <c r="R290" t="s">
-        <v>78</v>
+        <v>365</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
         <v>18</v>
       </c>
       <c r="B291" t="s">
-        <v>1866</v>
+        <v>1856</v>
       </c>
       <c r="C291" t="s">
         <v>20</v>
       </c>
       <c r="D291" t="s">
         <v>20</v>
       </c>
       <c r="E291" t="s">
-        <v>1867</v>
+        <v>1857</v>
       </c>
       <c r="F291" t="s">
         <v>20</v>
       </c>
       <c r="G291" t="s">
-        <v>1868</v>
+        <v>1858</v>
       </c>
       <c r="H291" t="s">
-        <v>1869</v>
+        <v>1859</v>
       </c>
       <c r="I291" t="n">
         <v>0.0</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
-        <v>1870</v>
+        <v>1860</v>
       </c>
       <c r="L291" t="s">
-        <v>680</v>
+        <v>1861</v>
       </c>
       <c r="M291" t="s">
         <v>20</v>
       </c>
       <c r="N291" t="s">
-        <v>329</v>
+        <v>592</v>
       </c>
       <c r="O291" t="s">
-        <v>76</v>
+        <v>348</v>
       </c>
       <c r="P291" t="s">
-        <v>77</v>
+        <v>349</v>
       </c>
       <c r="Q291" t="s">
-        <v>30</v>
+        <v>154</v>
       </c>
       <c r="R291" t="s">
-        <v>78</v>
+        <v>350</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
         <v>18</v>
       </c>
       <c r="B292" t="s">
-        <v>1871</v>
+        <v>1862</v>
       </c>
       <c r="C292" t="s">
         <v>20</v>
       </c>
       <c r="D292" t="s">
         <v>20</v>
       </c>
       <c r="E292" t="s">
-        <v>1872</v>
+        <v>1863</v>
       </c>
       <c r="F292" t="s">
         <v>20</v>
       </c>
       <c r="G292" t="s">
-        <v>1873</v>
+        <v>1864</v>
       </c>
       <c r="H292" t="s">
-        <v>1874</v>
+        <v>1865</v>
       </c>
       <c r="I292" t="n">
         <v>0.0</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
-        <v>1875</v>
+        <v>1866</v>
       </c>
       <c r="L292" t="s">
-        <v>1876</v>
+        <v>1867</v>
       </c>
       <c r="M292" t="s">
         <v>20</v>
       </c>
       <c r="N292" t="s">
-        <v>557</v>
+        <v>372</v>
       </c>
       <c r="O292" t="s">
-        <v>319</v>
+        <v>123</v>
       </c>
       <c r="P292" t="s">
-        <v>320</v>
+        <v>124</v>
       </c>
       <c r="Q292" t="s">
-        <v>321</v>
+        <v>78</v>
       </c>
       <c r="R292" t="s">
-        <v>322</v>
+        <v>125</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
         <v>18</v>
       </c>
       <c r="B293" t="s">
-        <v>1877</v>
+        <v>1868</v>
       </c>
       <c r="C293" t="s">
         <v>20</v>
       </c>
       <c r="D293" t="s">
         <v>20</v>
       </c>
       <c r="E293" t="s">
-        <v>1878</v>
+        <v>1869</v>
       </c>
       <c r="F293" t="s">
         <v>20</v>
       </c>
       <c r="G293" t="s">
-        <v>1879</v>
+        <v>1870</v>
       </c>
       <c r="H293" t="s">
-        <v>1880</v>
+        <v>1871</v>
       </c>
       <c r="I293" t="n">
         <v>0.0</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
+        <v>1872</v>
+      </c>
+      <c r="L293" t="s">
+        <v>1475</v>
+      </c>
+      <c r="M293" t="s">
+        <v>20</v>
+      </c>
+      <c r="N293" t="s">
+        <v>605</v>
+      </c>
+      <c r="O293" t="s">
+        <v>65</v>
+      </c>
+      <c r="P293" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q293" t="s">
+        <v>67</v>
+      </c>
+      <c r="R293" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" t="s">
+        <v>18</v>
+      </c>
+      <c r="B294" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C294" t="s">
+        <v>20</v>
+      </c>
+      <c r="D294" t="s">
+        <v>20</v>
+      </c>
+      <c r="E294" t="s">
+        <v>1869</v>
+      </c>
+      <c r="F294" t="s">
+        <v>20</v>
+      </c>
+      <c r="G294" t="s">
+        <v>1874</v>
+      </c>
+      <c r="H294" t="s">
+        <v>1875</v>
+      </c>
+      <c r="I294" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J294" t="s">
+        <v>24</v>
+      </c>
+      <c r="K294" t="s">
+        <v>1876</v>
+      </c>
+      <c r="L294" t="s">
+        <v>1877</v>
+      </c>
+      <c r="M294" t="s">
+        <v>20</v>
+      </c>
+      <c r="N294" t="s">
+        <v>605</v>
+      </c>
+      <c r="O294" t="s">
+        <v>123</v>
+      </c>
+      <c r="P294" t="s">
+        <v>124</v>
+      </c>
+      <c r="Q294" t="s">
+        <v>78</v>
+      </c>
+      <c r="R294" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" t="s">
+        <v>18</v>
+      </c>
+      <c r="B295" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C295" t="s">
+        <v>20</v>
+      </c>
+      <c r="D295" t="s">
+        <v>20</v>
+      </c>
+      <c r="E295" t="s">
+        <v>1879</v>
+      </c>
+      <c r="F295" t="s">
+        <v>20</v>
+      </c>
+      <c r="G295" t="s">
+        <v>1880</v>
+      </c>
+      <c r="H295" t="s">
         <v>1881</v>
       </c>
-      <c r="L293" t="s">
-[...18 lines deleted...]
-        <v>98</v>
+      <c r="I295" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J295" t="s">
+        <v>24</v>
+      </c>
+      <c r="K295" t="s">
+        <v>1882</v>
+      </c>
+      <c r="L295" t="s">
+        <v>63</v>
+      </c>
+      <c r="M295" t="s">
+        <v>20</v>
+      </c>
+      <c r="N295" t="s">
+        <v>372</v>
+      </c>
+      <c r="O295" t="s">
+        <v>123</v>
+      </c>
+      <c r="P295" t="s">
+        <v>124</v>
+      </c>
+      <c r="Q295" t="s">
+        <v>78</v>
+      </c>
+      <c r="R295" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" t="s">
+        <v>18</v>
+      </c>
+      <c r="B296" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C296" t="s">
+        <v>20</v>
+      </c>
+      <c r="D296" t="s">
+        <v>20</v>
+      </c>
+      <c r="E296" t="s">
+        <v>1884</v>
+      </c>
+      <c r="F296" t="s">
+        <v>20</v>
+      </c>
+      <c r="G296" t="s">
+        <v>1885</v>
+      </c>
+      <c r="H296" t="s">
+        <v>1886</v>
+      </c>
+      <c r="I296" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J296" t="s">
+        <v>24</v>
+      </c>
+      <c r="K296" t="s">
+        <v>1887</v>
+      </c>
+      <c r="L296" t="s">
+        <v>1888</v>
+      </c>
+      <c r="M296" t="s">
+        <v>20</v>
+      </c>
+      <c r="N296" t="s">
+        <v>592</v>
+      </c>
+      <c r="O296" t="s">
+        <v>362</v>
+      </c>
+      <c r="P296" t="s">
+        <v>363</v>
+      </c>
+      <c r="Q296" t="s">
+        <v>364</v>
+      </c>
+      <c r="R296" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" t="s">
+        <v>18</v>
+      </c>
+      <c r="B297" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C297" t="s">
+        <v>20</v>
+      </c>
+      <c r="D297" t="s">
+        <v>20</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F297" t="s">
+        <v>20</v>
+      </c>
+      <c r="G297" t="s">
+        <v>1891</v>
+      </c>
+      <c r="H297" t="s">
+        <v>1892</v>
+      </c>
+      <c r="I297" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J297" t="s">
+        <v>24</v>
+      </c>
+      <c r="K297" t="s">
+        <v>1893</v>
+      </c>
+      <c r="L297" t="s">
+        <v>458</v>
+      </c>
+      <c r="M297" t="s">
+        <v>20</v>
+      </c>
+      <c r="N297" t="s">
+        <v>1116</v>
+      </c>
+      <c r="O297" t="s">
+        <v>142</v>
+      </c>
+      <c r="P297" t="s">
+        <v>143</v>
+      </c>
+      <c r="Q297" t="s">
+        <v>144</v>
+      </c>
+      <c r="R297" t="s">
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P165"/>
+  <dimension ref="A1:P99"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1882</v>
+        <v>1894</v>
       </c>
       <c r="J1" t="s">
-        <v>1883</v>
+        <v>1895</v>
       </c>
       <c r="K1" t="s">
-        <v>1884</v>
+        <v>1896</v>
       </c>
       <c r="L1" t="s">
-        <v>1885</v>
+        <v>1897</v>
       </c>
       <c r="M1" t="s">
-        <v>1886</v>
+        <v>1898</v>
       </c>
       <c r="N1" t="s">
-        <v>1887</v>
+        <v>1899</v>
       </c>
       <c r="O1" t="s">
-        <v>1888</v>
+        <v>1900</v>
       </c>
       <c r="P1" t="s">
-        <v>1889</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B2" t="s">
-        <v>1891</v>
+        <v>1903</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>1892</v>
+        <v>1904</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>1893</v>
+        <v>1905</v>
       </c>
       <c r="H2" t="s">
-        <v>1894</v>
+        <v>1906</v>
       </c>
       <c r="I2" t="s">
-        <v>1895</v>
+        <v>1907</v>
       </c>
       <c r="J2" t="s">
-        <v>1896</v>
+        <v>1908</v>
       </c>
       <c r="K2" t="s">
-        <v>452</v>
+        <v>1909</v>
       </c>
       <c r="L2" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M2" t="s">
-        <v>1898</v>
+        <v>1911</v>
       </c>
       <c r="N2" t="s">
-        <v>1899</v>
+        <v>1912</v>
       </c>
       <c r="O2" t="s">
-        <v>1900</v>
+        <v>1913</v>
       </c>
       <c r="P2" t="s">
-        <v>1901</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B3" t="s">
-        <v>1902</v>
+        <v>1915</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>1903</v>
+        <v>1916</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>1904</v>
+        <v>1917</v>
       </c>
       <c r="H3" t="s">
-        <v>1905</v>
+        <v>1918</v>
       </c>
       <c r="I3" t="s">
-        <v>1906</v>
+        <v>1919</v>
       </c>
       <c r="J3" t="s">
-        <v>1907</v>
+        <v>1920</v>
       </c>
       <c r="K3" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="L3" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M3" t="s">
-        <v>1908</v>
+        <v>1921</v>
       </c>
       <c r="N3" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="O3" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="P3" t="s">
-        <v>1911</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B4" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1924</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1926</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1927</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1928</v>
+      </c>
+      <c r="K4" t="s">
+        <v>134</v>
+      </c>
+      <c r="L4" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M4" t="s">
+        <v>1929</v>
+      </c>
+      <c r="N4" t="s">
         <v>1912</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="O4" t="s">
         <v>1913</v>
       </c>
-      <c r="F4" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="P4" t="s">
-        <v>1921</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B5" t="s">
-        <v>1922</v>
+        <v>1931</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>1913</v>
+        <v>1932</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>1923</v>
+        <v>1933</v>
       </c>
       <c r="H5" t="s">
-        <v>1924</v>
+        <v>1934</v>
       </c>
       <c r="I5" t="s">
-        <v>1925</v>
+        <v>1928</v>
       </c>
       <c r="J5" t="s">
-        <v>1926</v>
+        <v>20</v>
       </c>
       <c r="K5" t="s">
-        <v>1927</v>
+        <v>134</v>
       </c>
       <c r="L5" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M5" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="N5" t="s">
-        <v>1919</v>
+        <v>1935</v>
       </c>
       <c r="O5" t="s">
-        <v>1920</v>
+        <v>1936</v>
       </c>
       <c r="P5" t="s">
-        <v>1928</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B6" t="s">
-        <v>1929</v>
+        <v>1938</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>1930</v>
+        <v>1939</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>1931</v>
+        <v>1940</v>
       </c>
       <c r="H6" t="s">
-        <v>1932</v>
+        <v>1941</v>
       </c>
       <c r="I6" t="s">
-        <v>1933</v>
+        <v>1942</v>
       </c>
       <c r="J6" t="s">
-        <v>1934</v>
+        <v>1943</v>
       </c>
       <c r="K6" t="s">
+        <v>1944</v>
+      </c>
+      <c r="L6" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M6" t="s">
+        <v>1911</v>
+      </c>
+      <c r="N6" t="s">
         <v>1935</v>
       </c>
-      <c r="L6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O6" t="s">
-        <v>1938</v>
+        <v>1945</v>
       </c>
       <c r="P6" t="s">
-        <v>1939</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B7" t="s">
-        <v>1940</v>
+        <v>1947</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>1941</v>
+        <v>1939</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
+        <v>1948</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1949</v>
+      </c>
+      <c r="I7" t="s">
         <v>1942</v>
       </c>
-      <c r="H7" t="s">
+      <c r="J7" t="s">
         <v>1943</v>
       </c>
-      <c r="I7" t="s">
+      <c r="K7" t="s">
         <v>1944</v>
       </c>
-      <c r="J7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L7" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M7" t="s">
-        <v>1898</v>
+        <v>1911</v>
       </c>
       <c r="N7" t="s">
-        <v>1919</v>
+        <v>1935</v>
       </c>
       <c r="O7" t="s">
-        <v>1920</v>
+        <v>1950</v>
       </c>
       <c r="P7" t="s">
-        <v>1945</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B8" t="s">
-        <v>1946</v>
+        <v>1952</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>1947</v>
+        <v>1953</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>1948</v>
+        <v>1954</v>
       </c>
       <c r="H8" t="s">
-        <v>1949</v>
+        <v>1955</v>
       </c>
       <c r="I8" t="s">
-        <v>1950</v>
+        <v>1956</v>
       </c>
       <c r="J8" t="s">
-        <v>1951</v>
+        <v>20</v>
       </c>
       <c r="K8" t="s">
-        <v>1952</v>
+        <v>1957</v>
       </c>
       <c r="L8" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M8" t="s">
-        <v>1908</v>
+        <v>1921</v>
       </c>
       <c r="N8" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="O8" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="P8" t="s">
-        <v>1953</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B9" t="s">
-        <v>1946</v>
+        <v>1959</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>1947</v>
+        <v>1960</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>1954</v>
+        <v>1961</v>
       </c>
       <c r="H9" t="s">
-        <v>1955</v>
+        <v>1962</v>
       </c>
       <c r="I9" t="s">
-        <v>1956</v>
+        <v>1963</v>
       </c>
       <c r="J9" t="s">
-        <v>1957</v>
+        <v>1964</v>
       </c>
       <c r="K9" t="s">
-        <v>1958</v>
+        <v>78</v>
       </c>
       <c r="L9" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M9" t="s">
-        <v>1908</v>
+        <v>1921</v>
       </c>
       <c r="N9" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="O9" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="P9" t="s">
-        <v>1959</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B10" t="s">
-        <v>1946</v>
+        <v>1966</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>1947</v>
+        <v>1967</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>1960</v>
+        <v>1968</v>
       </c>
       <c r="H10" t="s">
-        <v>1961</v>
+        <v>1969</v>
       </c>
       <c r="I10" t="s">
-        <v>1962</v>
+        <v>1970</v>
       </c>
       <c r="J10" t="s">
-        <v>1963</v>
+        <v>1971</v>
       </c>
       <c r="K10" t="s">
-        <v>127</v>
+        <v>1972</v>
       </c>
       <c r="L10" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M10" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="N10" t="s">
-        <v>1909</v>
+        <v>1935</v>
       </c>
       <c r="O10" t="s">
-        <v>1910</v>
+        <v>1973</v>
       </c>
       <c r="P10" t="s">
-        <v>1964</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B11" t="s">
-        <v>1946</v>
+        <v>1975</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>1947</v>
+        <v>1976</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>1965</v>
+        <v>1977</v>
       </c>
       <c r="H11" t="s">
-        <v>1966</v>
+        <v>1978</v>
       </c>
       <c r="I11" t="s">
-        <v>1967</v>
+        <v>1928</v>
       </c>
       <c r="J11" t="s">
-        <v>1968</v>
+        <v>20</v>
       </c>
       <c r="K11" t="s">
-        <v>87</v>
+        <v>134</v>
       </c>
       <c r="L11" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M11" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="N11" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="O11" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="P11" t="s">
-        <v>1969</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B12" t="s">
-        <v>1970</v>
+        <v>1980</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>1971</v>
+        <v>1981</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>1972</v>
+        <v>1982</v>
       </c>
       <c r="H12" t="s">
-        <v>1973</v>
+        <v>1983</v>
       </c>
       <c r="I12" t="s">
-        <v>1974</v>
+        <v>1984</v>
       </c>
       <c r="J12" t="s">
-        <v>20</v>
+        <v>1985</v>
       </c>
       <c r="K12" t="s">
-        <v>1975</v>
+        <v>1986</v>
       </c>
       <c r="L12" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M12" t="s">
-        <v>1936</v>
+        <v>1921</v>
       </c>
       <c r="N12" t="s">
-        <v>1937</v>
+        <v>1912</v>
       </c>
       <c r="O12" t="s">
-        <v>1976</v>
+        <v>1913</v>
       </c>
       <c r="P12" t="s">
-        <v>1977</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B13" t="s">
-        <v>1978</v>
+        <v>1988</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>1980</v>
+        <v>1989</v>
       </c>
       <c r="H13" t="s">
-        <v>1981</v>
+        <v>1990</v>
       </c>
       <c r="I13" t="s">
-        <v>1982</v>
+        <v>1991</v>
       </c>
       <c r="J13" t="s">
-        <v>1983</v>
+        <v>1992</v>
       </c>
       <c r="K13" t="s">
-        <v>1984</v>
+        <v>1993</v>
       </c>
       <c r="L13" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M13" t="s">
-        <v>1936</v>
+        <v>1921</v>
       </c>
       <c r="N13" t="s">
-        <v>1919</v>
+        <v>1912</v>
       </c>
       <c r="O13" t="s">
-        <v>1985</v>
+        <v>1913</v>
       </c>
       <c r="P13" t="s">
-        <v>1986</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B14" t="s">
-        <v>1987</v>
+        <v>1995</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>1988</v>
+        <v>1996</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>1989</v>
+        <v>1997</v>
       </c>
       <c r="H14" t="s">
-        <v>1990</v>
+        <v>1998</v>
       </c>
       <c r="I14" t="s">
-        <v>1991</v>
+        <v>1999</v>
       </c>
       <c r="J14" t="s">
-        <v>20</v>
+        <v>1985</v>
       </c>
       <c r="K14" t="s">
-        <v>1992</v>
+        <v>1986</v>
       </c>
       <c r="L14" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M14" t="s">
-        <v>1936</v>
+        <v>1929</v>
       </c>
       <c r="N14" t="s">
-        <v>1937</v>
+        <v>2000</v>
       </c>
       <c r="O14" t="s">
-        <v>1993</v>
+        <v>2001</v>
       </c>
       <c r="P14" t="s">
-        <v>1994</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B15" t="s">
-        <v>1995</v>
+        <v>2003</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>1997</v>
+        <v>2005</v>
       </c>
       <c r="H15" t="s">
-        <v>1998</v>
+        <v>2006</v>
       </c>
       <c r="I15" t="s">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="J15" t="s">
+        <v>1985</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1986</v>
+      </c>
+      <c r="L15" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1929</v>
+      </c>
+      <c r="N15" t="s">
         <v>2000</v>
       </c>
-      <c r="K15" t="s">
-[...8 lines deleted...]
-      <c r="N15" t="s">
+      <c r="O15" t="s">
         <v>2001</v>
       </c>
-      <c r="O15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P15" t="s">
-        <v>2003</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B16" t="s">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="H16" t="s">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="I16" t="s">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="J16" t="s">
-        <v>1968</v>
+        <v>1964</v>
       </c>
       <c r="K16" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="L16" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M16" t="s">
-        <v>1936</v>
+        <v>1929</v>
       </c>
       <c r="N16" t="s">
-        <v>1937</v>
+        <v>2000</v>
       </c>
       <c r="O16" t="s">
-        <v>2009</v>
+        <v>2001</v>
       </c>
       <c r="P16" t="s">
-        <v>2010</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B17" t="s">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="H17" t="s">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="I17" t="s">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="J17" t="s">
-        <v>2015</v>
+        <v>1971</v>
       </c>
       <c r="K17" t="s">
-        <v>2016</v>
+        <v>1972</v>
       </c>
       <c r="L17" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M17" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N17" t="s">
-        <v>1937</v>
+        <v>1935</v>
       </c>
       <c r="O17" t="s">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="P17" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B18" t="s">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="H18" t="s">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="I18" t="s">
-        <v>1968</v>
+        <v>2026</v>
       </c>
       <c r="J18" t="s">
-        <v>20</v>
+        <v>2027</v>
       </c>
       <c r="K18" t="s">
-        <v>87</v>
+        <v>2028</v>
       </c>
       <c r="L18" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M18" t="s">
-        <v>1936</v>
+        <v>1929</v>
       </c>
       <c r="N18" t="s">
-        <v>2023</v>
+        <v>2000</v>
       </c>
       <c r="O18" t="s">
-        <v>2024</v>
+        <v>2001</v>
       </c>
       <c r="P18" t="s">
-        <v>2025</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B19" t="s">
-        <v>2026</v>
+        <v>2022</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>2027</v>
+        <v>2030</v>
       </c>
       <c r="H19" t="s">
-        <v>2028</v>
+        <v>2031</v>
       </c>
       <c r="I19" t="s">
-        <v>2029</v>
+        <v>2032</v>
       </c>
       <c r="J19" t="s">
-        <v>1896</v>
+        <v>1985</v>
       </c>
       <c r="K19" t="s">
-        <v>452</v>
+        <v>1986</v>
       </c>
       <c r="L19" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M19" t="s">
-        <v>1936</v>
+        <v>1929</v>
       </c>
       <c r="N19" t="s">
-        <v>2023</v>
+        <v>2000</v>
       </c>
       <c r="O19" t="s">
-        <v>2024</v>
+        <v>2001</v>
       </c>
       <c r="P19" t="s">
-        <v>2030</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B20" t="s">
-        <v>2031</v>
+        <v>2022</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>2032</v>
+        <v>2023</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="H20" t="s">
-        <v>2034</v>
+        <v>2035</v>
       </c>
       <c r="I20" t="s">
-        <v>2035</v>
+        <v>2036</v>
       </c>
       <c r="J20" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="K20" t="s">
-        <v>338</v>
+        <v>174</v>
       </c>
       <c r="L20" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M20" t="s">
-        <v>1936</v>
+        <v>1929</v>
       </c>
       <c r="N20" t="s">
-        <v>1937</v>
+        <v>2000</v>
       </c>
       <c r="O20" t="s">
-        <v>2037</v>
+        <v>2001</v>
       </c>
       <c r="P20" t="s">
         <v>2038</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B21" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2023</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
         <v>2039</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="H21" t="s">
         <v>2040</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="I21" t="s">
         <v>2041</v>
       </c>
-      <c r="H21" t="s">
+      <c r="J21" t="s">
+        <v>1928</v>
+      </c>
+      <c r="K21" t="s">
+        <v>134</v>
+      </c>
+      <c r="L21" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M21" t="s">
+        <v>1929</v>
+      </c>
+      <c r="N21" t="s">
+        <v>2000</v>
+      </c>
+      <c r="O21" t="s">
+        <v>2001</v>
+      </c>
+      <c r="P21" t="s">
         <v>2042</v>
-      </c>
-[...22 lines deleted...]
-        <v>2043</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B22" t="s">
+        <v>2043</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
         <v>2044</v>
-      </c>
-[...7 lines deleted...]
-        <v>2040</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
         <v>2045</v>
       </c>
       <c r="H22" t="s">
         <v>2046</v>
       </c>
       <c r="I22" t="s">
         <v>2047</v>
       </c>
       <c r="J22" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" t="s">
         <v>2048</v>
       </c>
-      <c r="K22" t="s">
+      <c r="L22" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M22" t="s">
+        <v>1911</v>
+      </c>
+      <c r="N22" t="s">
+        <v>1935</v>
+      </c>
+      <c r="O22" t="s">
         <v>2049</v>
-      </c>
-[...10 lines deleted...]
-        <v>1920</v>
       </c>
       <c r="P22" t="s">
         <v>2050</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B23" t="s">
         <v>2051</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>2040</v>
+        <v>2052</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="H23" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="I23" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="J23" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
       <c r="K23" t="s">
-        <v>30</v>
+        <v>2057</v>
       </c>
       <c r="L23" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M23" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N23" t="s">
-        <v>1919</v>
+        <v>1912</v>
       </c>
       <c r="O23" t="s">
-        <v>1920</v>
+        <v>2058</v>
       </c>
       <c r="P23" t="s">
-        <v>2056</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B24" t="s">
+        <v>2060</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2061</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2062</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2063</v>
+      </c>
+      <c r="I24" t="s">
+        <v>2055</v>
+      </c>
+      <c r="J24" t="s">
+        <v>2056</v>
+      </c>
+      <c r="K24" t="s">
         <v>2057</v>
       </c>
-      <c r="C24" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="L24" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M24" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N24" t="s">
-        <v>2063</v>
+        <v>1912</v>
       </c>
       <c r="O24" t="s">
+        <v>1913</v>
+      </c>
+      <c r="P24" t="s">
         <v>2064</v>
-      </c>
-[...1 lines deleted...]
-        <v>2065</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B25" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2061</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
         <v>2066</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="H25" t="s">
         <v>2067</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="I25" t="s">
         <v>2068</v>
       </c>
-      <c r="H25" t="s">
+      <c r="J25" t="s">
         <v>2069</v>
       </c>
-      <c r="I25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K25" t="s">
-        <v>87</v>
+        <v>2070</v>
       </c>
       <c r="L25" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M25" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N25" t="s">
-        <v>1919</v>
+        <v>1912</v>
       </c>
       <c r="O25" t="s">
-        <v>1920</v>
+        <v>1913</v>
       </c>
       <c r="P25" t="s">
-        <v>2070</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B26" t="s">
-        <v>2071</v>
+        <v>2072</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>2072</v>
+        <v>2061</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
         <v>2073</v>
       </c>
       <c r="H26" t="s">
         <v>2074</v>
       </c>
       <c r="I26" t="s">
         <v>2075</v>
       </c>
       <c r="J26" t="s">
-        <v>2055</v>
+        <v>1920</v>
       </c>
       <c r="K26" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="L26" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M26" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N26" t="s">
-        <v>2063</v>
+        <v>1912</v>
       </c>
       <c r="O26" t="s">
+        <v>1913</v>
+      </c>
+      <c r="P26" t="s">
         <v>2076</v>
-      </c>
-[...1 lines deleted...]
-        <v>2077</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B27" t="s">
+        <v>2077</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
         <v>2078</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
         <v>2079</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>2080</v>
       </c>
-      <c r="H27" t="s">
+      <c r="I27" t="s">
+        <v>1928</v>
+      </c>
+      <c r="J27" t="s">
+        <v>20</v>
+      </c>
+      <c r="K27" t="s">
+        <v>134</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1911</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1912</v>
+      </c>
+      <c r="O27" t="s">
+        <v>1913</v>
+      </c>
+      <c r="P27" t="s">
         <v>2081</v>
-      </c>
-[...22 lines deleted...]
-        <v>2085</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B28" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2083</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I28" t="s">
         <v>2086</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="J28" t="s">
+        <v>1920</v>
+      </c>
+      <c r="K28" t="s">
+        <v>78</v>
+      </c>
+      <c r="L28" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M28" t="s">
+        <v>1911</v>
+      </c>
+      <c r="N28" t="s">
         <v>2087</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="O28" t="s">
         <v>2088</v>
       </c>
-      <c r="H28" t="s">
+      <c r="P28" t="s">
         <v>2089</v>
-      </c>
-[...22 lines deleted...]
-        <v>2091</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B29" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2091</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
         <v>2092</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="H29" t="s">
         <v>2093</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="I29" t="s">
         <v>2094</v>
       </c>
-      <c r="H29" t="s">
+      <c r="J29" t="s">
         <v>2095</v>
       </c>
-      <c r="I29" t="s">
+      <c r="K29" t="s">
+        <v>56</v>
+      </c>
+      <c r="L29" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M29" t="s">
+        <v>1911</v>
+      </c>
+      <c r="N29" t="s">
+        <v>1912</v>
+      </c>
+      <c r="O29" t="s">
+        <v>1913</v>
+      </c>
+      <c r="P29" t="s">
         <v>2096</v>
-      </c>
-[...19 lines deleted...]
-        <v>2099</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B30" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2098</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2099</v>
+      </c>
+      <c r="H30" t="s">
         <v>2100</v>
       </c>
-      <c r="C30" t="s">
-[...5 lines deleted...]
-      <c r="E30" t="s">
+      <c r="I30" t="s">
         <v>2101</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="J30" t="s">
         <v>2102</v>
       </c>
-      <c r="H30" t="s">
+      <c r="K30" t="s">
         <v>2103</v>
       </c>
-      <c r="I30" t="s">
+      <c r="L30" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M30" t="s">
+        <v>1921</v>
+      </c>
+      <c r="N30" t="s">
+        <v>1912</v>
+      </c>
+      <c r="O30" t="s">
+        <v>1913</v>
+      </c>
+      <c r="P30" t="s">
         <v>2104</v>
-      </c>
-[...19 lines deleted...]
-        <v>2106</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B31" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2106</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
         <v>2107</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="H31" t="s">
         <v>2108</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="I31" t="s">
         <v>2109</v>
       </c>
-      <c r="H31" t="s">
+      <c r="J31" t="s">
         <v>2110</v>
       </c>
-      <c r="I31" t="s">
+      <c r="K31" t="s">
         <v>2111</v>
       </c>
-      <c r="J31" t="s">
+      <c r="L31" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M31" t="s">
+        <v>1921</v>
+      </c>
+      <c r="N31" t="s">
+        <v>1912</v>
+      </c>
+      <c r="O31" t="s">
+        <v>1913</v>
+      </c>
+      <c r="P31" t="s">
         <v>2112</v>
-      </c>
-[...16 lines deleted...]
-        <v>2114</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B32" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2106</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2114</v>
+      </c>
+      <c r="H32" t="s">
         <v>2115</v>
       </c>
-      <c r="C32" t="s">
-[...11 lines deleted...]
-      <c r="G32" t="s">
+      <c r="I32" t="s">
         <v>2116</v>
       </c>
-      <c r="H32" t="s">
+      <c r="J32" t="s">
+        <v>2110</v>
+      </c>
+      <c r="K32" t="s">
+        <v>2111</v>
+      </c>
+      <c r="L32" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M32" t="s">
+        <v>1921</v>
+      </c>
+      <c r="N32" t="s">
+        <v>1912</v>
+      </c>
+      <c r="O32" t="s">
+        <v>1913</v>
+      </c>
+      <c r="P32" t="s">
         <v>2117</v>
-      </c>
-[...22 lines deleted...]
-        <v>2120</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B33" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2119</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2120</v>
+      </c>
+      <c r="H33" t="s">
         <v>2121</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="I33" t="s">
         <v>2122</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="J33" t="s">
+        <v>1928</v>
+      </c>
+      <c r="K33" t="s">
+        <v>134</v>
+      </c>
+      <c r="L33" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1911</v>
+      </c>
+      <c r="N33" t="s">
+        <v>2087</v>
+      </c>
+      <c r="O33" t="s">
         <v>2123</v>
       </c>
-      <c r="H33" t="s">
+      <c r="P33" t="s">
         <v>2124</v>
-      </c>
-[...22 lines deleted...]
-        <v>2126</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B34" t="s">
+        <v>2125</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2126</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
         <v>2127</v>
       </c>
-      <c r="C34" t="s">
-[...5 lines deleted...]
-      <c r="E34" t="s">
+      <c r="H34" t="s">
         <v>2128</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="I34" t="s">
         <v>2129</v>
       </c>
-      <c r="H34" t="s">
+      <c r="J34" t="s">
+        <v>1964</v>
+      </c>
+      <c r="K34" t="s">
+        <v>78</v>
+      </c>
+      <c r="L34" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M34" t="s">
+        <v>1921</v>
+      </c>
+      <c r="N34" t="s">
         <v>2130</v>
       </c>
-      <c r="I34" t="s">
+      <c r="O34" t="s">
         <v>2131</v>
       </c>
-      <c r="J34" t="s">
+      <c r="P34" t="s">
         <v>2132</v>
-      </c>
-[...16 lines deleted...]
-        <v>2134</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B35" t="s">
+        <v>2133</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2134</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
         <v>2135</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="H35" t="s">
         <v>2136</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="I35" t="s">
         <v>2137</v>
       </c>
-      <c r="H35" t="s">
+      <c r="J35" t="s">
+        <v>20</v>
+      </c>
+      <c r="K35" t="s">
         <v>2138</v>
       </c>
-      <c r="I35" t="s">
+      <c r="L35" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M35" t="s">
+        <v>1929</v>
+      </c>
+      <c r="N35" t="s">
+        <v>1912</v>
+      </c>
+      <c r="O35" t="s">
+        <v>1913</v>
+      </c>
+      <c r="P35" t="s">
         <v>2139</v>
-      </c>
-[...19 lines deleted...]
-        <v>2142</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B36" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2141</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2142</v>
+      </c>
+      <c r="H36" t="s">
         <v>2143</v>
       </c>
-      <c r="C36" t="s">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="I36" t="s">
         <v>2144</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="J36" t="s">
         <v>2145</v>
       </c>
-      <c r="H36" t="s">
+      <c r="K36" t="s">
         <v>2146</v>
       </c>
-      <c r="I36" t="s">
+      <c r="L36" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1921</v>
+      </c>
+      <c r="N36" t="s">
+        <v>1912</v>
+      </c>
+      <c r="O36" t="s">
+        <v>1913</v>
+      </c>
+      <c r="P36" t="s">
         <v>2147</v>
-      </c>
-[...19 lines deleted...]
-        <v>2148</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B37" t="s">
+        <v>2148</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
         <v>2149</v>
-      </c>
-[...7 lines deleted...]
-        <v>2144</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
         <v>2150</v>
       </c>
       <c r="H37" t="s">
         <v>2151</v>
       </c>
       <c r="I37" t="s">
-        <v>2147</v>
+        <v>2152</v>
       </c>
       <c r="J37" t="s">
-        <v>1968</v>
+        <v>2153</v>
       </c>
       <c r="K37" t="s">
-        <v>87</v>
+        <v>2154</v>
       </c>
       <c r="L37" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M37" t="s">
-        <v>1898</v>
+        <v>1929</v>
       </c>
       <c r="N37" t="s">
-        <v>1899</v>
+        <v>1912</v>
       </c>
       <c r="O37" t="s">
-        <v>1900</v>
+        <v>1913</v>
       </c>
       <c r="P37" t="s">
-        <v>2152</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B38" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2157</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2158</v>
+      </c>
+      <c r="I38" t="s">
+        <v>2152</v>
+      </c>
+      <c r="J38" t="s">
         <v>2153</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="K38" t="s">
         <v>2154</v>
       </c>
-      <c r="F38" t="s">
-[...14 lines deleted...]
-      <c r="K38" t="s">
+      <c r="L38" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M38" t="s">
+        <v>1929</v>
+      </c>
+      <c r="N38" t="s">
+        <v>1912</v>
+      </c>
+      <c r="O38" t="s">
         <v>2159</v>
-      </c>
-[...10 lines deleted...]
-        <v>1920</v>
       </c>
       <c r="P38" t="s">
         <v>2160</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B39" t="s">
         <v>2161</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>2154</v>
+        <v>2162</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>2162</v>
+        <v>2163</v>
       </c>
       <c r="H39" t="s">
-        <v>2163</v>
+        <v>2164</v>
       </c>
       <c r="I39" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
       <c r="J39" t="s">
-        <v>2158</v>
+        <v>2166</v>
       </c>
       <c r="K39" t="s">
-        <v>2159</v>
+        <v>2167</v>
       </c>
       <c r="L39" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M39" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="N39" t="s">
-        <v>1919</v>
+        <v>1912</v>
       </c>
       <c r="O39" t="s">
-        <v>1920</v>
+        <v>1913</v>
       </c>
       <c r="P39" t="s">
-        <v>2165</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B40" t="s">
-        <v>2166</v>
+        <v>2169</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>2154</v>
+        <v>2170</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>2167</v>
+        <v>2171</v>
       </c>
       <c r="H40" t="s">
-        <v>2168</v>
+        <v>2172</v>
       </c>
       <c r="I40" t="s">
-        <v>2158</v>
+        <v>2173</v>
       </c>
       <c r="J40" t="s">
-        <v>20</v>
+        <v>2174</v>
       </c>
       <c r="K40" t="s">
-        <v>2159</v>
+        <v>2175</v>
       </c>
       <c r="L40" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M40" t="s">
-        <v>1898</v>
+        <v>1911</v>
       </c>
       <c r="N40" t="s">
-        <v>1919</v>
+        <v>1935</v>
       </c>
       <c r="O40" t="s">
-        <v>1920</v>
+        <v>1945</v>
       </c>
       <c r="P40" t="s">
-        <v>2169</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B41" t="s">
-        <v>2170</v>
+        <v>2177</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>2154</v>
+        <v>2178</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>2171</v>
+        <v>2179</v>
       </c>
       <c r="H41" t="s">
-        <v>2172</v>
+        <v>2180</v>
       </c>
       <c r="I41" t="s">
-        <v>2157</v>
+        <v>2181</v>
       </c>
       <c r="J41" t="s">
-        <v>2158</v>
+        <v>2182</v>
       </c>
       <c r="K41" t="s">
-        <v>2159</v>
+        <v>1026</v>
       </c>
       <c r="L41" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M41" t="s">
-        <v>1898</v>
+        <v>1911</v>
       </c>
       <c r="N41" t="s">
-        <v>1919</v>
+        <v>1912</v>
       </c>
       <c r="O41" t="s">
-        <v>2173</v>
+        <v>1913</v>
       </c>
       <c r="P41" t="s">
-        <v>2174</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B42" t="s">
-        <v>2175</v>
+        <v>2184</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>2176</v>
+        <v>2185</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>2177</v>
+        <v>2186</v>
       </c>
       <c r="H42" t="s">
-        <v>2178</v>
+        <v>2187</v>
       </c>
       <c r="I42" t="s">
-        <v>2179</v>
+        <v>2188</v>
       </c>
       <c r="J42" t="s">
-        <v>2062</v>
+        <v>2189</v>
       </c>
       <c r="K42" t="s">
-        <v>97</v>
+        <v>144</v>
       </c>
       <c r="L42" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M42" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N42" t="s">
-        <v>1919</v>
+        <v>2087</v>
       </c>
       <c r="O42" t="s">
-        <v>1920</v>
+        <v>2190</v>
       </c>
       <c r="P42" t="s">
-        <v>2180</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B43" t="s">
-        <v>2181</v>
+        <v>2192</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>2182</v>
+        <v>2193</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>2183</v>
+        <v>2194</v>
       </c>
       <c r="H43" t="s">
-        <v>2184</v>
+        <v>2195</v>
       </c>
       <c r="I43" t="s">
-        <v>2185</v>
+        <v>2196</v>
       </c>
       <c r="J43" t="s">
-        <v>2186</v>
+        <v>20</v>
       </c>
       <c r="K43" t="s">
-        <v>40</v>
+        <v>2197</v>
       </c>
       <c r="L43" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M43" t="s">
-        <v>1936</v>
+        <v>1921</v>
       </c>
       <c r="N43" t="s">
-        <v>2083</v>
+        <v>1912</v>
       </c>
       <c r="O43" t="s">
-        <v>2084</v>
+        <v>1913</v>
       </c>
       <c r="P43" t="s">
-        <v>2187</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B44" t="s">
-        <v>2188</v>
+        <v>2199</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>2182</v>
+        <v>2200</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>2189</v>
+        <v>2201</v>
       </c>
       <c r="H44" t="s">
-        <v>2190</v>
+        <v>2202</v>
       </c>
       <c r="I44" t="s">
-        <v>2191</v>
+        <v>2203</v>
       </c>
       <c r="J44" t="s">
-        <v>1968</v>
+        <v>2204</v>
       </c>
       <c r="K44" t="s">
-        <v>87</v>
+        <v>2205</v>
       </c>
       <c r="L44" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M44" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N44" t="s">
-        <v>2083</v>
+        <v>1912</v>
       </c>
       <c r="O44" t="s">
-        <v>2084</v>
+        <v>1913</v>
       </c>
       <c r="P44" t="s">
-        <v>2192</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B45" t="s">
-        <v>2193</v>
+        <v>2207</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>2194</v>
+        <v>2200</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>2195</v>
+        <v>2208</v>
       </c>
       <c r="H45" t="s">
-        <v>2196</v>
+        <v>2209</v>
       </c>
       <c r="I45" t="s">
-        <v>2197</v>
+        <v>2210</v>
       </c>
       <c r="J45" t="s">
-        <v>1968</v>
+        <v>20</v>
       </c>
       <c r="K45" t="s">
-        <v>87</v>
+        <v>2211</v>
       </c>
       <c r="L45" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M45" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N45" t="s">
-        <v>2063</v>
+        <v>1912</v>
       </c>
       <c r="O45" t="s">
-        <v>2198</v>
+        <v>1913</v>
       </c>
       <c r="P45" t="s">
-        <v>2199</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B46" t="s">
-        <v>2200</v>
+        <v>2213</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>2201</v>
+        <v>2214</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>2202</v>
+        <v>2215</v>
       </c>
       <c r="H46" t="s">
-        <v>2203</v>
+        <v>2216</v>
       </c>
       <c r="I46" t="s">
-        <v>2118</v>
+        <v>2217</v>
       </c>
       <c r="J46" t="s">
-        <v>20</v>
+        <v>2218</v>
       </c>
       <c r="K46" t="s">
-        <v>2119</v>
+        <v>2219</v>
       </c>
       <c r="L46" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M46" t="s">
-        <v>1908</v>
+        <v>1921</v>
       </c>
       <c r="N46" t="s">
-        <v>1919</v>
+        <v>1912</v>
       </c>
       <c r="O46" t="s">
-        <v>1920</v>
+        <v>1913</v>
       </c>
       <c r="P46" t="s">
-        <v>2204</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B47" t="s">
-        <v>2205</v>
+        <v>2221</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>2206</v>
+        <v>2222</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>2207</v>
+        <v>2223</v>
       </c>
       <c r="H47" t="s">
-        <v>2208</v>
+        <v>2224</v>
       </c>
       <c r="I47" t="s">
-        <v>2209</v>
+        <v>2225</v>
       </c>
       <c r="J47" t="s">
-        <v>2210</v>
+        <v>1928</v>
       </c>
       <c r="K47" t="s">
-        <v>2211</v>
+        <v>134</v>
       </c>
       <c r="L47" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M47" t="s">
-        <v>1936</v>
+        <v>1921</v>
       </c>
       <c r="N47" t="s">
-        <v>1919</v>
+        <v>2130</v>
       </c>
       <c r="O47" t="s">
-        <v>1920</v>
+        <v>2226</v>
       </c>
       <c r="P47" t="s">
-        <v>2212</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B48" t="s">
-        <v>2213</v>
+        <v>2228</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>2214</v>
+        <v>2222</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>2215</v>
+        <v>2229</v>
       </c>
       <c r="H48" t="s">
-        <v>2216</v>
+        <v>2230</v>
       </c>
       <c r="I48" t="s">
-        <v>2217</v>
+        <v>2225</v>
       </c>
       <c r="J48" t="s">
-        <v>20</v>
+        <v>1928</v>
       </c>
       <c r="K48" t="s">
-        <v>2218</v>
+        <v>134</v>
       </c>
       <c r="L48" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M48" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="N48" t="s">
-        <v>1919</v>
+        <v>2130</v>
       </c>
       <c r="O48" t="s">
-        <v>1920</v>
+        <v>2226</v>
       </c>
       <c r="P48" t="s">
-        <v>2219</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B49" t="s">
-        <v>2220</v>
+        <v>2232</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>2221</v>
+        <v>2106</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>2222</v>
+        <v>2233</v>
       </c>
       <c r="H49" t="s">
-        <v>2223</v>
+        <v>2234</v>
       </c>
       <c r="I49" t="s">
-        <v>2224</v>
+        <v>2110</v>
       </c>
       <c r="J49" t="s">
-        <v>1968</v>
+        <v>20</v>
       </c>
       <c r="K49" t="s">
-        <v>87</v>
+        <v>2111</v>
       </c>
       <c r="L49" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M49" t="s">
-        <v>1936</v>
+        <v>1921</v>
       </c>
       <c r="N49" t="s">
-        <v>1899</v>
+        <v>1912</v>
       </c>
       <c r="O49" t="s">
-        <v>2225</v>
+        <v>1913</v>
       </c>
       <c r="P49" t="s">
-        <v>2226</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B50" t="s">
-        <v>2227</v>
+        <v>2236</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>2228</v>
+        <v>2106</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>2229</v>
+        <v>2237</v>
       </c>
       <c r="H50" t="s">
-        <v>2230</v>
+        <v>2238</v>
       </c>
       <c r="I50" t="s">
-        <v>2231</v>
+        <v>2109</v>
       </c>
       <c r="J50" t="s">
-        <v>20</v>
+        <v>2110</v>
       </c>
       <c r="K50" t="s">
-        <v>2232</v>
+        <v>2111</v>
       </c>
       <c r="L50" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M50" t="s">
-        <v>1908</v>
+        <v>1921</v>
       </c>
       <c r="N50" t="s">
-        <v>1919</v>
+        <v>1912</v>
       </c>
       <c r="O50" t="s">
-        <v>1920</v>
+        <v>2239</v>
       </c>
       <c r="P50" t="s">
-        <v>2233</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B51" t="s">
-        <v>2234</v>
+        <v>2241</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>2235</v>
+        <v>2242</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>2236</v>
+        <v>2243</v>
       </c>
       <c r="H51" t="s">
-        <v>2237</v>
+        <v>2244</v>
       </c>
       <c r="I51" t="s">
-        <v>2238</v>
+        <v>2245</v>
       </c>
       <c r="J51" t="s">
-        <v>1907</v>
+        <v>2189</v>
       </c>
       <c r="K51" t="s">
-        <v>30</v>
+        <v>144</v>
       </c>
       <c r="L51" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M51" t="s">
-        <v>1898</v>
+        <v>1911</v>
       </c>
       <c r="N51" t="s">
-        <v>1899</v>
+        <v>1912</v>
       </c>
       <c r="O51" t="s">
-        <v>2239</v>
+        <v>1913</v>
       </c>
       <c r="P51" t="s">
-        <v>2240</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B52" t="s">
-        <v>2241</v>
+        <v>2247</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>2235</v>
+        <v>2248</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>2242</v>
+        <v>2249</v>
       </c>
       <c r="H52" t="s">
-        <v>2243</v>
+        <v>2250</v>
       </c>
       <c r="I52" t="s">
-        <v>2244</v>
+        <v>2210</v>
       </c>
       <c r="J52" t="s">
-        <v>1907</v>
+        <v>20</v>
       </c>
       <c r="K52" t="s">
-        <v>30</v>
+        <v>2211</v>
       </c>
       <c r="L52" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M52" t="s">
-        <v>1898</v>
+        <v>1929</v>
       </c>
       <c r="N52" t="s">
-        <v>1899</v>
+        <v>1912</v>
       </c>
       <c r="O52" t="s">
-        <v>2239</v>
+        <v>1913</v>
       </c>
       <c r="P52" t="s">
-        <v>2245</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B53" t="s">
-        <v>2246</v>
+        <v>2252</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>2247</v>
+        <v>2253</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>2248</v>
+        <v>2254</v>
       </c>
       <c r="H53" t="s">
-        <v>2249</v>
+        <v>2255</v>
       </c>
       <c r="I53" t="s">
-        <v>2250</v>
+        <v>2256</v>
       </c>
       <c r="J53" t="s">
-        <v>20</v>
+        <v>2257</v>
       </c>
       <c r="K53" t="s">
-        <v>2251</v>
+        <v>2258</v>
       </c>
       <c r="L53" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M53" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="N53" t="s">
-        <v>1919</v>
+        <v>1912</v>
       </c>
       <c r="O53" t="s">
-        <v>1920</v>
+        <v>1913</v>
       </c>
       <c r="P53" t="s">
-        <v>2252</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B54" t="s">
-        <v>2253</v>
+        <v>2260</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>2254</v>
+        <v>2261</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>2255</v>
+        <v>2262</v>
       </c>
       <c r="H54" t="s">
-        <v>2256</v>
+        <v>2263</v>
       </c>
       <c r="I54" t="s">
-        <v>2257</v>
+        <v>2264</v>
       </c>
       <c r="J54" t="s">
         <v>20</v>
       </c>
       <c r="K54" t="s">
-        <v>2258</v>
+        <v>2265</v>
       </c>
       <c r="L54" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M54" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="N54" t="s">
-        <v>1919</v>
+        <v>1912</v>
       </c>
       <c r="O54" t="s">
-        <v>1920</v>
+        <v>1913</v>
       </c>
       <c r="P54" t="s">
-        <v>2259</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B55" t="s">
-        <v>2260</v>
+        <v>2267</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>2261</v>
+        <v>2126</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>2262</v>
+        <v>2268</v>
       </c>
       <c r="H55" t="s">
-        <v>2263</v>
+        <v>2269</v>
       </c>
       <c r="I55" t="s">
-        <v>2264</v>
+        <v>2270</v>
       </c>
       <c r="J55" t="s">
-        <v>2265</v>
+        <v>1964</v>
       </c>
       <c r="K55" t="s">
-        <v>2266</v>
+        <v>78</v>
       </c>
       <c r="L55" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M55" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="N55" t="s">
-        <v>1919</v>
+        <v>2130</v>
       </c>
       <c r="O55" t="s">
-        <v>1920</v>
+        <v>2131</v>
       </c>
       <c r="P55" t="s">
-        <v>2267</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B56" t="s">
-        <v>2268</v>
+        <v>2272</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>2269</v>
+        <v>2273</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>2270</v>
+        <v>2274</v>
       </c>
       <c r="H56" t="s">
-        <v>2271</v>
+        <v>2275</v>
       </c>
       <c r="I56" t="s">
-        <v>2272</v>
+        <v>2047</v>
       </c>
       <c r="J56" t="s">
-        <v>2273</v>
+        <v>20</v>
       </c>
       <c r="K56" t="s">
-        <v>2274</v>
+        <v>2048</v>
       </c>
       <c r="L56" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M56" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="N56" t="s">
-        <v>1919</v>
+        <v>1935</v>
       </c>
       <c r="O56" t="s">
-        <v>1920</v>
+        <v>2276</v>
       </c>
       <c r="P56" t="s">
-        <v>2275</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B57" t="s">
-        <v>2276</v>
+        <v>2278</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>2269</v>
+        <v>2279</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>2277</v>
+        <v>2280</v>
       </c>
       <c r="H57" t="s">
-        <v>2278</v>
+        <v>2281</v>
       </c>
       <c r="I57" t="s">
-        <v>2272</v>
+        <v>2282</v>
       </c>
       <c r="J57" t="s">
-        <v>2273</v>
+        <v>2283</v>
       </c>
       <c r="K57" t="s">
-        <v>2274</v>
+        <v>78</v>
       </c>
       <c r="L57" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M57" t="s">
-        <v>1908</v>
+        <v>1929</v>
       </c>
       <c r="N57" t="s">
-        <v>1919</v>
+        <v>1912</v>
       </c>
       <c r="O57" t="s">
-        <v>2279</v>
+        <v>2159</v>
       </c>
       <c r="P57" t="s">
-        <v>2280</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B58" t="s">
-        <v>2281</v>
+        <v>2285</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>2282</v>
+        <v>2286</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>2283</v>
+        <v>2287</v>
       </c>
       <c r="H58" t="s">
-        <v>2284</v>
+        <v>2288</v>
       </c>
       <c r="I58" t="s">
-        <v>2285</v>
+        <v>2289</v>
       </c>
       <c r="J58" t="s">
-        <v>2055</v>
+        <v>20</v>
       </c>
       <c r="K58" t="s">
-        <v>30</v>
+        <v>2290</v>
       </c>
       <c r="L58" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M58" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N58" t="s">
-        <v>1899</v>
+        <v>1935</v>
       </c>
       <c r="O58" t="s">
-        <v>2286</v>
+        <v>2291</v>
       </c>
       <c r="P58" t="s">
-        <v>2287</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B59" t="s">
-        <v>2288</v>
+        <v>2293</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>2282</v>
+        <v>2294</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>2289</v>
+        <v>2295</v>
       </c>
       <c r="H59" t="s">
-        <v>2290</v>
+        <v>2296</v>
       </c>
       <c r="I59" t="s">
-        <v>2285</v>
+        <v>2297</v>
       </c>
       <c r="J59" t="s">
-        <v>2055</v>
+        <v>2298</v>
       </c>
       <c r="K59" t="s">
-        <v>30</v>
+        <v>2299</v>
       </c>
       <c r="L59" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M59" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N59" t="s">
-        <v>1899</v>
+        <v>2130</v>
       </c>
       <c r="O59" t="s">
-        <v>2291</v>
+        <v>2300</v>
       </c>
       <c r="P59" t="s">
-        <v>2292</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B60" t="s">
-        <v>2293</v>
+        <v>2302</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>2294</v>
+        <v>2303</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>2295</v>
+        <v>2304</v>
       </c>
       <c r="H60" t="s">
-        <v>2296</v>
+        <v>2305</v>
       </c>
       <c r="I60" t="s">
-        <v>2285</v>
+        <v>2306</v>
       </c>
       <c r="J60" t="s">
-        <v>2055</v>
+        <v>1985</v>
       </c>
       <c r="K60" t="s">
-        <v>30</v>
+        <v>1986</v>
       </c>
       <c r="L60" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M60" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N60" t="s">
-        <v>1899</v>
+        <v>1912</v>
       </c>
       <c r="O60" t="s">
-        <v>2297</v>
+        <v>1913</v>
       </c>
       <c r="P60" t="s">
-        <v>2298</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B61" t="s">
-        <v>2299</v>
+        <v>2308</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>2300</v>
+        <v>2309</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>2301</v>
+        <v>2310</v>
       </c>
       <c r="H61" t="s">
-        <v>2302</v>
+        <v>2311</v>
       </c>
       <c r="I61" t="s">
-        <v>2303</v>
+        <v>2312</v>
       </c>
       <c r="J61" t="s">
-        <v>2304</v>
+        <v>2283</v>
       </c>
       <c r="K61" t="s">
-        <v>2305</v>
+        <v>78</v>
       </c>
       <c r="L61" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M61" t="s">
-        <v>1898</v>
+        <v>1911</v>
       </c>
       <c r="N61" t="s">
-        <v>1919</v>
+        <v>1935</v>
       </c>
       <c r="O61" t="s">
-        <v>1920</v>
+        <v>2020</v>
       </c>
       <c r="P61" t="s">
-        <v>2306</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B62" t="s">
-        <v>2307</v>
+        <v>2314</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>2300</v>
+        <v>2315</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>2308</v>
+        <v>2316</v>
       </c>
       <c r="H62" t="s">
-        <v>2309</v>
+        <v>2317</v>
       </c>
       <c r="I62" t="s">
-        <v>2310</v>
+        <v>2318</v>
       </c>
       <c r="J62" t="s">
-        <v>2311</v>
+        <v>1964</v>
       </c>
       <c r="K62" t="s">
-        <v>2312</v>
+        <v>78</v>
       </c>
       <c r="L62" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M62" t="s">
-        <v>1898</v>
+        <v>1911</v>
       </c>
       <c r="N62" t="s">
-        <v>1919</v>
+        <v>2319</v>
       </c>
       <c r="O62" t="s">
-        <v>1920</v>
+        <v>2320</v>
       </c>
       <c r="P62" t="s">
-        <v>2313</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B63" t="s">
-        <v>2314</v>
+        <v>2322</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>2315</v>
+        <v>2323</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>2316</v>
+        <v>2324</v>
       </c>
       <c r="H63" t="s">
-        <v>2317</v>
+        <v>2325</v>
       </c>
       <c r="I63" t="s">
-        <v>2318</v>
+        <v>2326</v>
       </c>
       <c r="J63" t="s">
-        <v>2319</v>
+        <v>2327</v>
       </c>
       <c r="K63" t="s">
-        <v>2320</v>
+        <v>2328</v>
       </c>
       <c r="L63" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M63" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N63" t="s">
-        <v>1937</v>
+        <v>1912</v>
       </c>
       <c r="O63" t="s">
-        <v>2017</v>
+        <v>1913</v>
       </c>
       <c r="P63" t="s">
-        <v>2321</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B64" t="s">
-        <v>2322</v>
+        <v>2330</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>2323</v>
+        <v>2331</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>2324</v>
+        <v>2332</v>
       </c>
       <c r="H64" t="s">
-        <v>2325</v>
+        <v>2333</v>
       </c>
       <c r="I64" t="s">
-        <v>1974</v>
+        <v>2334</v>
       </c>
       <c r="J64" t="s">
-        <v>20</v>
+        <v>2335</v>
       </c>
       <c r="K64" t="s">
-        <v>1975</v>
+        <v>30</v>
       </c>
       <c r="L64" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M64" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N64" t="s">
-        <v>1937</v>
+        <v>2319</v>
       </c>
       <c r="O64" t="s">
-        <v>2326</v>
+        <v>2320</v>
       </c>
       <c r="P64" t="s">
-        <v>2327</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B65" t="s">
-        <v>2328</v>
+        <v>2337</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>2329</v>
+        <v>2331</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>2330</v>
+        <v>2338</v>
       </c>
       <c r="H65" t="s">
-        <v>2331</v>
+        <v>2339</v>
       </c>
       <c r="I65" t="s">
-        <v>2332</v>
+        <v>2340</v>
       </c>
       <c r="J65" t="s">
-        <v>2333</v>
+        <v>1928</v>
       </c>
       <c r="K65" t="s">
-        <v>2334</v>
+        <v>134</v>
       </c>
       <c r="L65" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M65" t="s">
-        <v>1898</v>
+        <v>1911</v>
       </c>
       <c r="N65" t="s">
-        <v>1919</v>
+        <v>2319</v>
       </c>
       <c r="O65" t="s">
-        <v>1920</v>
+        <v>2320</v>
       </c>
       <c r="P65" t="s">
-        <v>2335</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B66" t="s">
-        <v>2336</v>
+        <v>2342</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>2337</v>
+        <v>2343</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>2338</v>
+        <v>2344</v>
       </c>
       <c r="H66" t="s">
-        <v>2339</v>
+        <v>2345</v>
       </c>
       <c r="I66" t="s">
-        <v>2340</v>
+        <v>2346</v>
       </c>
       <c r="J66" t="s">
-        <v>2341</v>
+        <v>1928</v>
       </c>
       <c r="K66" t="s">
-        <v>1003</v>
+        <v>134</v>
       </c>
       <c r="L66" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M66" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N66" t="s">
-        <v>1919</v>
+        <v>2130</v>
       </c>
       <c r="O66" t="s">
-        <v>1920</v>
+        <v>2300</v>
       </c>
       <c r="P66" t="s">
-        <v>2342</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B67" t="s">
-        <v>2343</v>
+        <v>2348</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>2344</v>
+        <v>2349</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>2345</v>
+        <v>2350</v>
       </c>
       <c r="H67" t="s">
-        <v>2346</v>
+        <v>2351</v>
       </c>
       <c r="I67" t="s">
-        <v>2347</v>
+        <v>2352</v>
       </c>
       <c r="J67" t="s">
-        <v>1957</v>
+        <v>20</v>
       </c>
       <c r="K67" t="s">
-        <v>1958</v>
+        <v>2353</v>
       </c>
       <c r="L67" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M67" t="s">
-        <v>1936</v>
+        <v>1929</v>
       </c>
       <c r="N67" t="s">
-        <v>1899</v>
+        <v>1912</v>
       </c>
       <c r="O67" t="s">
-        <v>2225</v>
+        <v>1913</v>
       </c>
       <c r="P67" t="s">
-        <v>2348</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B68" t="s">
-        <v>2349</v>
+        <v>2355</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>2350</v>
+        <v>2356</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>2351</v>
+        <v>2357</v>
       </c>
       <c r="H68" t="s">
-        <v>2352</v>
+        <v>2358</v>
       </c>
       <c r="I68" t="s">
-        <v>2353</v>
+        <v>2359</v>
       </c>
       <c r="J68" t="s">
-        <v>2000</v>
+        <v>20</v>
       </c>
       <c r="K68" t="s">
-        <v>30</v>
+        <v>2360</v>
       </c>
       <c r="L68" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M68" t="s">
-        <v>1908</v>
+        <v>1921</v>
       </c>
       <c r="N68" t="s">
-        <v>1919</v>
+        <v>1912</v>
       </c>
       <c r="O68" t="s">
-        <v>2279</v>
+        <v>1913</v>
       </c>
       <c r="P68" t="s">
-        <v>2354</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B69" t="s">
-        <v>2355</v>
+        <v>2362</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>2356</v>
+        <v>2162</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>2357</v>
+        <v>2363</v>
       </c>
       <c r="H69" t="s">
-        <v>2358</v>
+        <v>2364</v>
       </c>
       <c r="I69" t="s">
-        <v>2353</v>
+        <v>2365</v>
       </c>
       <c r="J69" t="s">
-        <v>2000</v>
+        <v>2366</v>
       </c>
       <c r="K69" t="s">
-        <v>30</v>
+        <v>2367</v>
       </c>
       <c r="L69" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M69" t="s">
-        <v>1908</v>
+        <v>1921</v>
       </c>
       <c r="N69" t="s">
-        <v>1919</v>
+        <v>1912</v>
       </c>
       <c r="O69" t="s">
-        <v>1920</v>
+        <v>1913</v>
       </c>
       <c r="P69" t="s">
-        <v>2359</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B70" t="s">
-        <v>2360</v>
+        <v>2369</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>2361</v>
+        <v>2370</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>2362</v>
+        <v>2371</v>
       </c>
       <c r="H70" t="s">
-        <v>2363</v>
+        <v>2372</v>
       </c>
       <c r="I70" t="s">
-        <v>2132</v>
+        <v>2373</v>
       </c>
       <c r="J70" t="s">
-        <v>20</v>
+        <v>2374</v>
       </c>
       <c r="K70" t="s">
-        <v>2133</v>
+        <v>2375</v>
       </c>
       <c r="L70" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M70" t="s">
-        <v>1936</v>
+        <v>1921</v>
       </c>
       <c r="N70" t="s">
-        <v>1937</v>
+        <v>1912</v>
       </c>
       <c r="O70" t="s">
-        <v>2017</v>
+        <v>1913</v>
       </c>
       <c r="P70" t="s">
-        <v>2364</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B71" t="s">
-        <v>2365</v>
+        <v>2377</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>2366</v>
+        <v>2378</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>2367</v>
+        <v>2379</v>
       </c>
       <c r="H71" t="s">
-        <v>2368</v>
+        <v>2380</v>
       </c>
       <c r="I71" t="s">
-        <v>2132</v>
+        <v>2327</v>
       </c>
       <c r="J71" t="s">
         <v>20</v>
       </c>
       <c r="K71" t="s">
-        <v>2133</v>
+        <v>2328</v>
       </c>
       <c r="L71" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M71" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N71" t="s">
-        <v>1937</v>
+        <v>1935</v>
       </c>
       <c r="O71" t="s">
-        <v>2017</v>
+        <v>1945</v>
       </c>
       <c r="P71" t="s">
-        <v>2369</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B72" t="s">
-        <v>2370</v>
+        <v>2382</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>2366</v>
+        <v>2378</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>2371</v>
+        <v>2383</v>
       </c>
       <c r="H72" t="s">
-        <v>2372</v>
+        <v>2384</v>
       </c>
       <c r="I72" t="s">
-        <v>2132</v>
+        <v>2327</v>
       </c>
       <c r="J72" t="s">
         <v>20</v>
       </c>
       <c r="K72" t="s">
-        <v>2133</v>
+        <v>2328</v>
       </c>
       <c r="L72" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M72" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N72" t="s">
-        <v>1937</v>
+        <v>1935</v>
       </c>
       <c r="O72" t="s">
-        <v>2009</v>
+        <v>2291</v>
       </c>
       <c r="P72" t="s">
-        <v>2373</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B73" t="s">
-        <v>2374</v>
+        <v>2386</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>2366</v>
+        <v>2378</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>2375</v>
+        <v>2387</v>
       </c>
       <c r="H73" t="s">
-        <v>2376</v>
+        <v>2388</v>
       </c>
       <c r="I73" t="s">
-        <v>2377</v>
+        <v>2389</v>
       </c>
       <c r="J73" t="s">
-        <v>2378</v>
+        <v>2390</v>
       </c>
       <c r="K73" t="s">
-        <v>2379</v>
+        <v>2391</v>
       </c>
       <c r="L73" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M73" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N73" t="s">
-        <v>1937</v>
+        <v>1935</v>
       </c>
       <c r="O73" t="s">
-        <v>2009</v>
+        <v>2291</v>
       </c>
       <c r="P73" t="s">
-        <v>2380</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B74" t="s">
-        <v>2381</v>
+        <v>2393</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>2366</v>
+        <v>2378</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>2382</v>
+        <v>2394</v>
       </c>
       <c r="H74" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="I74" t="s">
-        <v>2132</v>
+        <v>2327</v>
       </c>
       <c r="J74" t="s">
         <v>20</v>
       </c>
       <c r="K74" t="s">
-        <v>2133</v>
+        <v>2328</v>
       </c>
       <c r="L74" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M74" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N74" t="s">
-        <v>1937</v>
+        <v>1935</v>
       </c>
       <c r="O74" t="s">
-        <v>2037</v>
+        <v>1973</v>
       </c>
       <c r="P74" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B75" t="s">
-        <v>2385</v>
+        <v>2397</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>2386</v>
+        <v>2398</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>2387</v>
+        <v>2399</v>
       </c>
       <c r="H75" t="s">
-        <v>2388</v>
+        <v>2400</v>
       </c>
       <c r="I75" t="s">
-        <v>2389</v>
+        <v>2401</v>
       </c>
       <c r="J75" t="s">
-        <v>1896</v>
+        <v>2095</v>
       </c>
       <c r="K75" t="s">
-        <v>452</v>
+        <v>56</v>
       </c>
       <c r="L75" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M75" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N75" t="s">
-        <v>1899</v>
+        <v>2130</v>
       </c>
       <c r="O75" t="s">
-        <v>2297</v>
+        <v>2300</v>
       </c>
       <c r="P75" t="s">
-        <v>2390</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B76" t="s">
-        <v>2391</v>
+        <v>2403</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>2392</v>
+        <v>2404</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>2393</v>
+        <v>2405</v>
       </c>
       <c r="H76" t="s">
-        <v>2394</v>
+        <v>2406</v>
       </c>
       <c r="I76" t="s">
-        <v>2395</v>
+        <v>2407</v>
       </c>
       <c r="J76" t="s">
-        <v>20</v>
+        <v>2095</v>
       </c>
       <c r="K76" t="s">
-        <v>2396</v>
+        <v>56</v>
       </c>
       <c r="L76" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M76" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N76" t="s">
-        <v>1937</v>
+        <v>2408</v>
       </c>
       <c r="O76" t="s">
-        <v>2009</v>
+        <v>2409</v>
       </c>
       <c r="P76" t="s">
-        <v>2397</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B77" t="s">
-        <v>2398</v>
+        <v>2411</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>2399</v>
+        <v>2404</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>2400</v>
+        <v>2412</v>
       </c>
       <c r="H77" t="s">
-        <v>2401</v>
+        <v>2413</v>
       </c>
       <c r="I77" t="s">
-        <v>2389</v>
+        <v>2414</v>
       </c>
       <c r="J77" t="s">
-        <v>1896</v>
+        <v>1928</v>
       </c>
       <c r="K77" t="s">
-        <v>452</v>
+        <v>134</v>
       </c>
       <c r="L77" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M77" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N77" t="s">
-        <v>1899</v>
+        <v>2087</v>
       </c>
       <c r="O77" t="s">
-        <v>2225</v>
+        <v>2088</v>
       </c>
       <c r="P77" t="s">
-        <v>2402</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B78" t="s">
-        <v>2403</v>
+        <v>2416</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>2399</v>
+        <v>2404</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>2404</v>
+        <v>2417</v>
       </c>
       <c r="H78" t="s">
-        <v>2405</v>
+        <v>2418</v>
       </c>
       <c r="I78" t="s">
-        <v>2406</v>
+        <v>2414</v>
       </c>
       <c r="J78" t="s">
-        <v>20</v>
+        <v>1928</v>
       </c>
       <c r="K78" t="s">
-        <v>198</v>
+        <v>134</v>
       </c>
       <c r="L78" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M78" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="N78" t="s">
-        <v>1919</v>
+        <v>2408</v>
       </c>
       <c r="O78" t="s">
-        <v>1920</v>
+        <v>2409</v>
       </c>
       <c r="P78" t="s">
-        <v>2407</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B79" t="s">
-        <v>2408</v>
+        <v>2420</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>2409</v>
+        <v>2421</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>2410</v>
+        <v>2422</v>
       </c>
       <c r="H79" t="s">
-        <v>2411</v>
+        <v>2423</v>
       </c>
       <c r="I79" t="s">
-        <v>2412</v>
+        <v>2424</v>
       </c>
       <c r="J79" t="s">
-        <v>1896</v>
+        <v>2425</v>
       </c>
       <c r="K79" t="s">
-        <v>452</v>
+        <v>2426</v>
       </c>
       <c r="L79" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M79" t="s">
-        <v>1936</v>
+        <v>1921</v>
       </c>
       <c r="N79" t="s">
-        <v>2001</v>
+        <v>2427</v>
       </c>
       <c r="O79" t="s">
-        <v>2413</v>
+        <v>2428</v>
       </c>
       <c r="P79" t="s">
-        <v>2414</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B80" t="s">
-        <v>2415</v>
+        <v>2430</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>2409</v>
+        <v>2431</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>2416</v>
+        <v>2432</v>
       </c>
       <c r="H80" t="s">
-        <v>2417</v>
+        <v>2433</v>
       </c>
       <c r="I80" t="s">
-        <v>2418</v>
+        <v>2434</v>
       </c>
       <c r="J80" t="s">
-        <v>1968</v>
+        <v>20</v>
       </c>
       <c r="K80" t="s">
-        <v>87</v>
+        <v>2435</v>
       </c>
       <c r="L80" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M80" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N80" t="s">
-        <v>2063</v>
+        <v>1935</v>
       </c>
       <c r="O80" t="s">
-        <v>2076</v>
+        <v>1973</v>
       </c>
       <c r="P80" t="s">
-        <v>2419</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B81" t="s">
-        <v>2420</v>
+        <v>2437</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>2409</v>
+        <v>2309</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>2421</v>
+        <v>2438</v>
       </c>
       <c r="H81" t="s">
-        <v>2422</v>
+        <v>2439</v>
       </c>
       <c r="I81" t="s">
-        <v>2418</v>
+        <v>2440</v>
       </c>
       <c r="J81" t="s">
-        <v>1968</v>
+        <v>2283</v>
       </c>
       <c r="K81" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="L81" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M81" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N81" t="s">
-        <v>2001</v>
+        <v>1935</v>
       </c>
       <c r="O81" t="s">
-        <v>2413</v>
+        <v>2276</v>
       </c>
       <c r="P81" t="s">
-        <v>2423</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B82" t="s">
-        <v>2424</v>
+        <v>2442</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>2425</v>
+        <v>2309</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>2426</v>
+        <v>2443</v>
       </c>
       <c r="H82" t="s">
-        <v>2427</v>
+        <v>2444</v>
       </c>
       <c r="I82" t="s">
-        <v>2428</v>
+        <v>2390</v>
       </c>
       <c r="J82" t="s">
-        <v>2429</v>
+        <v>20</v>
       </c>
       <c r="K82" t="s">
-        <v>2430</v>
+        <v>2391</v>
       </c>
       <c r="L82" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M82" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="N82" t="s">
-        <v>1919</v>
+        <v>1935</v>
       </c>
       <c r="O82" t="s">
-        <v>1920</v>
+        <v>1973</v>
       </c>
       <c r="P82" t="s">
-        <v>2431</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B83" t="s">
-        <v>2432</v>
+        <v>2446</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>2433</v>
+        <v>2309</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>2434</v>
+        <v>2447</v>
       </c>
       <c r="H83" t="s">
-        <v>2435</v>
+        <v>2448</v>
       </c>
       <c r="I83" t="s">
-        <v>2436</v>
+        <v>2449</v>
       </c>
       <c r="J83" t="s">
-        <v>1896</v>
+        <v>2390</v>
       </c>
       <c r="K83" t="s">
-        <v>452</v>
+        <v>2391</v>
       </c>
       <c r="L83" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M83" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N83" t="s">
-        <v>1919</v>
+        <v>1935</v>
       </c>
       <c r="O83" t="s">
-        <v>2437</v>
+        <v>1945</v>
       </c>
       <c r="P83" t="s">
-        <v>2438</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B84" t="s">
-        <v>2439</v>
+        <v>2451</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>2440</v>
+        <v>2309</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>2441</v>
+        <v>2452</v>
       </c>
       <c r="H84" t="s">
-        <v>2442</v>
+        <v>2453</v>
       </c>
       <c r="I84" t="s">
-        <v>2443</v>
+        <v>2454</v>
       </c>
       <c r="J84" t="s">
-        <v>2444</v>
+        <v>1964</v>
       </c>
       <c r="K84" t="s">
-        <v>2445</v>
+        <v>78</v>
       </c>
       <c r="L84" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M84" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="N84" t="s">
-        <v>1919</v>
+        <v>2455</v>
       </c>
       <c r="O84" t="s">
-        <v>1920</v>
+        <v>2456</v>
       </c>
       <c r="P84" t="s">
-        <v>2446</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B85" t="s">
-        <v>2447</v>
+        <v>2458</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>2448</v>
+        <v>2309</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
       <c r="H85" t="s">
-        <v>2450</v>
+        <v>2460</v>
       </c>
       <c r="I85" t="s">
-        <v>2451</v>
+        <v>2312</v>
       </c>
       <c r="J85" t="s">
-        <v>2452</v>
+        <v>2283</v>
       </c>
       <c r="K85" t="s">
-        <v>2453</v>
+        <v>78</v>
       </c>
       <c r="L85" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M85" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="N85" t="s">
-        <v>1919</v>
+        <v>1935</v>
       </c>
       <c r="O85" t="s">
-        <v>1920</v>
+        <v>2461</v>
       </c>
       <c r="P85" t="s">
-        <v>2454</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B86" t="s">
-        <v>2455</v>
+        <v>2463</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>2456</v>
+        <v>2309</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>2457</v>
+        <v>2464</v>
       </c>
       <c r="H86" t="s">
-        <v>2458</v>
+        <v>2465</v>
       </c>
       <c r="I86" t="s">
-        <v>2459</v>
+        <v>2466</v>
       </c>
       <c r="J86" t="s">
-        <v>2460</v>
+        <v>2283</v>
       </c>
       <c r="K86" t="s">
-        <v>2461</v>
+        <v>78</v>
       </c>
       <c r="L86" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M86" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N86" t="s">
-        <v>1899</v>
+        <v>1935</v>
       </c>
       <c r="O86" t="s">
-        <v>2225</v>
+        <v>1945</v>
       </c>
       <c r="P86" t="s">
-        <v>2462</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B87" t="s">
-        <v>2463</v>
+        <v>2468</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>2464</v>
+        <v>2309</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>2465</v>
+        <v>2469</v>
       </c>
       <c r="H87" t="s">
-        <v>2466</v>
+        <v>2470</v>
       </c>
       <c r="I87" t="s">
-        <v>1991</v>
+        <v>2471</v>
       </c>
       <c r="J87" t="s">
-        <v>20</v>
+        <v>2472</v>
       </c>
       <c r="K87" t="s">
-        <v>1992</v>
+        <v>2473</v>
       </c>
       <c r="L87" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M87" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="N87" t="s">
-        <v>1919</v>
+        <v>1935</v>
       </c>
       <c r="O87" t="s">
-        <v>1920</v>
+        <v>1950</v>
       </c>
       <c r="P87" t="s">
-        <v>2467</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B88" t="s">
-        <v>2468</v>
+        <v>2475</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>2469</v>
+        <v>2309</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>2470</v>
+        <v>2476</v>
       </c>
       <c r="H88" t="s">
-        <v>2471</v>
+        <v>2477</v>
       </c>
       <c r="I88" t="s">
-        <v>2472</v>
+        <v>2478</v>
       </c>
       <c r="J88" t="s">
-        <v>2473</v>
+        <v>2283</v>
       </c>
       <c r="K88" t="s">
-        <v>2474</v>
+        <v>78</v>
       </c>
       <c r="L88" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M88" t="s">
-        <v>1898</v>
+        <v>1911</v>
       </c>
       <c r="N88" t="s">
-        <v>2475</v>
+        <v>1935</v>
       </c>
       <c r="O88" t="s">
-        <v>2476</v>
+        <v>1950</v>
       </c>
       <c r="P88" t="s">
-        <v>2477</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B89" t="s">
-        <v>2478</v>
+        <v>2480</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>2469</v>
+        <v>2309</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>2479</v>
+        <v>2481</v>
       </c>
       <c r="H89" t="s">
-        <v>2480</v>
+        <v>2482</v>
       </c>
       <c r="I89" t="s">
-        <v>2481</v>
+        <v>2483</v>
       </c>
       <c r="J89" t="s">
-        <v>2482</v>
+        <v>2484</v>
       </c>
       <c r="K89" t="s">
-        <v>2483</v>
+        <v>364</v>
       </c>
       <c r="L89" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M89" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="N89" t="s">
-        <v>1919</v>
+        <v>2455</v>
       </c>
       <c r="O89" t="s">
-        <v>1920</v>
+        <v>2485</v>
       </c>
       <c r="P89" t="s">
-        <v>2484</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B90" t="s">
-        <v>2485</v>
+        <v>2487</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>2486</v>
+        <v>2309</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>2487</v>
+        <v>2488</v>
       </c>
       <c r="H90" t="s">
-        <v>2488</v>
+        <v>2489</v>
       </c>
       <c r="I90" t="s">
-        <v>2489</v>
+        <v>2490</v>
       </c>
       <c r="J90" t="s">
-        <v>2000</v>
+        <v>2484</v>
       </c>
       <c r="K90" t="s">
-        <v>30</v>
+        <v>364</v>
       </c>
       <c r="L90" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M90" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N90" t="s">
-        <v>1937</v>
+        <v>2455</v>
       </c>
       <c r="O90" t="s">
-        <v>2490</v>
+        <v>2491</v>
       </c>
       <c r="P90" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B91" t="s">
-        <v>2492</v>
+        <v>2493</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>2493</v>
+        <v>2494</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>2494</v>
+        <v>2495</v>
       </c>
       <c r="H91" t="s">
-        <v>2495</v>
+        <v>2496</v>
       </c>
       <c r="I91" t="s">
-        <v>2496</v>
+        <v>2497</v>
       </c>
       <c r="J91" t="s">
-        <v>2497</v>
+        <v>20</v>
       </c>
       <c r="K91" t="s">
         <v>2498</v>
       </c>
       <c r="L91" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M91" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="N91" t="s">
-        <v>1919</v>
+        <v>1912</v>
       </c>
       <c r="O91" t="s">
-        <v>1920</v>
+        <v>1913</v>
       </c>
       <c r="P91" t="s">
         <v>2499</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B92" t="s">
         <v>2500</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>2493</v>
+        <v>2501</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>2501</v>
+        <v>2502</v>
       </c>
       <c r="H92" t="s">
-        <v>2502</v>
+        <v>2503</v>
       </c>
       <c r="I92" t="s">
-        <v>2503</v>
+        <v>2504</v>
       </c>
       <c r="J92" t="s">
-        <v>1957</v>
+        <v>20</v>
       </c>
       <c r="K92" t="s">
-        <v>1958</v>
+        <v>2505</v>
       </c>
       <c r="L92" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M92" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N92" t="s">
-        <v>1919</v>
+        <v>2455</v>
       </c>
       <c r="O92" t="s">
-        <v>1920</v>
+        <v>2456</v>
       </c>
       <c r="P92" t="s">
-        <v>2504</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B93" t="s">
-        <v>2505</v>
+        <v>2507</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>2506</v>
+        <v>2508</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>2507</v>
+        <v>2509</v>
       </c>
       <c r="H93" t="s">
-        <v>2508</v>
+        <v>2510</v>
       </c>
       <c r="I93" t="s">
-        <v>1991</v>
+        <v>2511</v>
       </c>
       <c r="J93" t="s">
         <v>20</v>
       </c>
       <c r="K93" t="s">
-        <v>1992</v>
+        <v>2512</v>
       </c>
       <c r="L93" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M93" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N93" t="s">
-        <v>1937</v>
+        <v>1912</v>
       </c>
       <c r="O93" t="s">
-        <v>2037</v>
+        <v>1913</v>
       </c>
       <c r="P93" t="s">
-        <v>2509</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B94" t="s">
-        <v>2510</v>
+        <v>2514</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>2506</v>
+        <v>2515</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>2511</v>
+        <v>2516</v>
       </c>
       <c r="H94" t="s">
-        <v>2512</v>
+        <v>2517</v>
       </c>
       <c r="I94" t="s">
-        <v>2513</v>
+        <v>1928</v>
       </c>
       <c r="J94" t="s">
-        <v>2514</v>
+        <v>20</v>
       </c>
       <c r="K94" t="s">
-        <v>2515</v>
+        <v>134</v>
       </c>
       <c r="L94" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M94" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N94" t="s">
-        <v>1937</v>
+        <v>1935</v>
       </c>
       <c r="O94" t="s">
-        <v>2326</v>
+        <v>2276</v>
       </c>
       <c r="P94" t="s">
-        <v>2516</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B95" t="s">
-        <v>2517</v>
+        <v>2519</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>2506</v>
+        <v>2520</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>2518</v>
+        <v>2521</v>
       </c>
       <c r="H95" t="s">
-        <v>2519</v>
+        <v>2522</v>
       </c>
       <c r="I95" t="s">
-        <v>2513</v>
+        <v>2523</v>
       </c>
       <c r="J95" t="s">
-        <v>2514</v>
+        <v>2524</v>
       </c>
       <c r="K95" t="s">
-        <v>2515</v>
+        <v>2525</v>
       </c>
       <c r="L95" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M95" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N95" t="s">
-        <v>1937</v>
+        <v>2427</v>
       </c>
       <c r="O95" t="s">
-        <v>2520</v>
+        <v>2428</v>
       </c>
       <c r="P95" t="s">
-        <v>2521</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B96" t="s">
-        <v>2522</v>
+        <v>2527</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>2523</v>
+        <v>2520</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>2524</v>
+        <v>2528</v>
       </c>
       <c r="H96" t="s">
-        <v>2525</v>
+        <v>2529</v>
       </c>
       <c r="I96" t="s">
-        <v>2526</v>
+        <v>2530</v>
       </c>
       <c r="J96" t="s">
-        <v>2000</v>
+        <v>2531</v>
       </c>
       <c r="K96" t="s">
-        <v>30</v>
+        <v>2532</v>
       </c>
       <c r="L96" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M96" t="s">
-        <v>1936</v>
+        <v>1929</v>
       </c>
       <c r="N96" t="s">
-        <v>1937</v>
+        <v>1912</v>
       </c>
       <c r="O96" t="s">
-        <v>2326</v>
+        <v>1913</v>
       </c>
       <c r="P96" t="s">
-        <v>2527</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B97" t="s">
-        <v>2528</v>
+        <v>2534</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>2523</v>
+        <v>2535</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>2529</v>
+        <v>2536</v>
       </c>
       <c r="H97" t="s">
-        <v>2530</v>
+        <v>2537</v>
       </c>
       <c r="I97" t="s">
-        <v>2531</v>
+        <v>1985</v>
       </c>
       <c r="J97" t="s">
-        <v>1907</v>
+        <v>20</v>
       </c>
       <c r="K97" t="s">
-        <v>30</v>
+        <v>1986</v>
       </c>
       <c r="L97" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M97" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N97" t="s">
-        <v>1937</v>
+        <v>2455</v>
       </c>
       <c r="O97" t="s">
-        <v>2520</v>
+        <v>2456</v>
       </c>
       <c r="P97" t="s">
-        <v>2532</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B98" t="s">
-        <v>2533</v>
+        <v>2539</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>2523</v>
+        <v>2540</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>2534</v>
+        <v>2541</v>
       </c>
       <c r="H98" t="s">
-        <v>2535</v>
+        <v>2542</v>
       </c>
       <c r="I98" t="s">
-        <v>2536</v>
+        <v>2407</v>
       </c>
       <c r="J98" t="s">
-        <v>2055</v>
+        <v>2095</v>
       </c>
       <c r="K98" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="L98" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M98" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="N98" t="s">
-        <v>2001</v>
+        <v>2087</v>
       </c>
       <c r="O98" t="s">
-        <v>2537</v>
+        <v>2088</v>
       </c>
       <c r="P98" t="s">
-        <v>2538</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B99" t="s">
-        <v>2539</v>
+        <v>2544</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>2523</v>
+        <v>2545</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>2540</v>
+        <v>2546</v>
       </c>
       <c r="H99" t="s">
-        <v>2541</v>
+        <v>2547</v>
       </c>
       <c r="I99" t="s">
-        <v>2536</v>
+        <v>2548</v>
       </c>
       <c r="J99" t="s">
-        <v>2055</v>
+        <v>20</v>
       </c>
       <c r="K99" t="s">
-        <v>30</v>
+        <v>2549</v>
       </c>
       <c r="L99" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="M99" t="s">
-        <v>1936</v>
+        <v>1929</v>
       </c>
       <c r="N99" t="s">
-        <v>2001</v>
+        <v>1912</v>
       </c>
       <c r="O99" t="s">
-        <v>2413</v>
+        <v>1913</v>
       </c>
       <c r="P99" t="s">
-        <v>2542</v>
-[...74 lines deleted...]
-      <c r="H101" t="s">
         <v>2550</v>
-      </c>
-[...3222 lines deleted...]
-        <v>2948</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>2949</v>
+        <v>2551</v>
       </c>
       <c r="L1" t="s">
-        <v>2950</v>
+        <v>2552</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2951</v>
+        <v>2553</v>
       </c>
       <c r="B2" t="s">
-        <v>2952</v>
+        <v>2554</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>2953</v>
+        <v>2555</v>
       </c>
       <c r="H2" t="s">
-        <v>2954</v>
+        <v>2556</v>
       </c>
       <c r="I2" t="s">
-        <v>2955</v>
+        <v>2557</v>
       </c>
       <c r="J2" t="s">
-        <v>38</v>
+        <v>86</v>
       </c>
       <c r="K2" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="L2" t="s">
-        <v>41</v>
+        <v>88</v>
       </c>
       <c r="M2" t="s">
-        <v>2956</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2951</v>
+        <v>2553</v>
       </c>
       <c r="B3" t="s">
-        <v>2957</v>
+        <v>2559</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>2958</v>
+        <v>2560</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>2959</v>
+        <v>2561</v>
       </c>
       <c r="H3" t="s">
-        <v>2960</v>
+        <v>2562</v>
       </c>
       <c r="I3" t="s">
-        <v>2961</v>
+        <v>2563</v>
       </c>
       <c r="J3" t="s">
-        <v>85</v>
+        <v>132</v>
       </c>
       <c r="K3" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="L3" t="s">
-        <v>88</v>
+        <v>135</v>
       </c>
       <c r="M3" t="s">
-        <v>2962</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2951</v>
+        <v>2553</v>
       </c>
       <c r="B4" t="s">
-        <v>2963</v>
+        <v>2565</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>324</v>
+        <v>367</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>2964</v>
+        <v>2566</v>
       </c>
       <c r="H4" t="s">
-        <v>2965</v>
+        <v>2567</v>
       </c>
       <c r="I4" t="s">
-        <v>2966</v>
+        <v>2568</v>
       </c>
       <c r="J4" t="s">
-        <v>76</v>
+        <v>123</v>
       </c>
       <c r="K4" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="L4" t="s">
-        <v>78</v>
+        <v>125</v>
       </c>
       <c r="M4" t="s">
-        <v>2967</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2951</v>
+        <v>2553</v>
       </c>
       <c r="B5" t="s">
-        <v>2968</v>
+        <v>2570</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>2969</v>
+        <v>2571</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>2970</v>
+        <v>2572</v>
       </c>
       <c r="H5" t="s">
-        <v>2971</v>
+        <v>2573</v>
       </c>
       <c r="I5" t="s">
-        <v>2972</v>
+        <v>2574</v>
       </c>
       <c r="J5" t="s">
-        <v>95</v>
+        <v>142</v>
       </c>
       <c r="K5" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="L5" t="s">
-        <v>98</v>
+        <v>145</v>
       </c>
       <c r="M5" t="s">
-        <v>2973</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2951</v>
+        <v>2553</v>
       </c>
       <c r="B6" t="s">
-        <v>2974</v>
+        <v>2576</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>480</v>
+        <v>515</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>2975</v>
+        <v>2577</v>
       </c>
       <c r="H6" t="s">
-        <v>2976</v>
+        <v>2578</v>
       </c>
       <c r="I6" t="s">
-        <v>2977</v>
+        <v>2579</v>
       </c>
       <c r="J6" t="s">
-        <v>487</v>
+        <v>522</v>
       </c>
       <c r="K6" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="L6" t="s">
-        <v>488</v>
+        <v>523</v>
       </c>
       <c r="M6" t="s">
-        <v>2978</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2951</v>
+        <v>2553</v>
       </c>
       <c r="B7" t="s">
-        <v>2979</v>
+        <v>2581</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>723</v>
+        <v>755</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>2980</v>
+        <v>2582</v>
       </c>
       <c r="H7" t="s">
-        <v>2981</v>
+        <v>2583</v>
       </c>
       <c r="I7" t="s">
-        <v>2982</v>
+        <v>2584</v>
       </c>
       <c r="J7" t="s">
-        <v>273</v>
+        <v>28</v>
       </c>
       <c r="K7" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="L7" t="s">
-        <v>275</v>
+        <v>31</v>
       </c>
       <c r="M7" t="s">
-        <v>2983</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2951</v>
+        <v>2553</v>
       </c>
       <c r="B8" t="s">
-        <v>2984</v>
+        <v>2586</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>766</v>
+        <v>795</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>2985</v>
+        <v>2587</v>
       </c>
       <c r="H8" t="s">
-        <v>2986</v>
+        <v>2588</v>
       </c>
       <c r="I8" t="s">
-        <v>2987</v>
+        <v>2589</v>
       </c>
       <c r="J8" t="s">
-        <v>85</v>
+        <v>132</v>
       </c>
       <c r="K8" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="L8" t="s">
-        <v>88</v>
+        <v>135</v>
       </c>
       <c r="M8" t="s">
-        <v>2988</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2951</v>
+        <v>2553</v>
       </c>
       <c r="B9" t="s">
-        <v>2989</v>
+        <v>2591</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>2990</v>
+        <v>2592</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>2991</v>
+        <v>2593</v>
       </c>
       <c r="H9" t="s">
-        <v>2992</v>
+        <v>2594</v>
       </c>
       <c r="I9" t="s">
-        <v>2993</v>
+        <v>2595</v>
       </c>
       <c r="J9" t="s">
-        <v>305</v>
+        <v>348</v>
       </c>
       <c r="K9" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="L9" t="s">
-        <v>307</v>
+        <v>350</v>
       </c>
       <c r="M9" t="s">
-        <v>2994</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2951</v>
+        <v>2553</v>
       </c>
       <c r="B10" t="s">
-        <v>2995</v>
+        <v>2597</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>2996</v>
+        <v>2598</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>2997</v>
+        <v>2599</v>
       </c>
       <c r="H10" t="s">
-        <v>2998</v>
+        <v>2600</v>
       </c>
       <c r="I10" t="s">
-        <v>2999</v>
+        <v>2601</v>
       </c>
       <c r="J10" t="s">
-        <v>196</v>
+        <v>242</v>
       </c>
       <c r="K10" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="L10" t="s">
-        <v>199</v>
+        <v>245</v>
       </c>
       <c r="M10" t="s">
-        <v>3000</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2951</v>
+        <v>2553</v>
       </c>
       <c r="B11" t="s">
-        <v>3001</v>
+        <v>2603</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>3002</v>
+        <v>2604</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>3003</v>
+        <v>2605</v>
       </c>
       <c r="H11" t="s">
-        <v>3004</v>
+        <v>2606</v>
       </c>
       <c r="I11" t="s">
-        <v>3005</v>
+        <v>2607</v>
       </c>
       <c r="J11" t="s">
-        <v>336</v>
+        <v>65</v>
       </c>
       <c r="K11" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="L11" t="s">
-        <v>339</v>
+        <v>68</v>
       </c>
       <c r="M11" t="s">
-        <v>3006</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2951</v>
+        <v>2553</v>
       </c>
       <c r="B12" t="s">
-        <v>2989</v>
+        <v>2591</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>3007</v>
+        <v>2609</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>3008</v>
+        <v>2610</v>
       </c>
       <c r="H12" t="s">
-        <v>3009</v>
+        <v>2611</v>
       </c>
       <c r="I12" t="s">
-        <v>3010</v>
+        <v>2612</v>
       </c>
       <c r="J12" t="s">
-        <v>305</v>
+        <v>348</v>
       </c>
       <c r="K12" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="L12" t="s">
-        <v>307</v>
+        <v>350</v>
       </c>
       <c r="M12" t="s">
-        <v>3011</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2951</v>
+        <v>2553</v>
       </c>
       <c r="B13" t="s">
-        <v>3012</v>
+        <v>2614</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>3013</v>
+        <v>2615</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>3014</v>
+        <v>2616</v>
       </c>
       <c r="H13" t="s">
-        <v>3015</v>
+        <v>2617</v>
       </c>
       <c r="I13" t="s">
-        <v>3016</v>
+        <v>2618</v>
       </c>
       <c r="J13" t="s">
-        <v>115</v>
+        <v>162</v>
       </c>
       <c r="K13" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="L13" t="s">
-        <v>117</v>
+        <v>164</v>
       </c>
       <c r="M13" t="s">
-        <v>3017</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2951</v>
+        <v>2553</v>
       </c>
       <c r="B14" t="s">
-        <v>3018</v>
+        <v>2620</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>3019</v>
+        <v>2621</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>3020</v>
+        <v>2622</v>
       </c>
       <c r="H14" t="s">
-        <v>3021</v>
+        <v>2623</v>
       </c>
       <c r="I14" t="s">
-        <v>3022</v>
+        <v>2624</v>
       </c>
       <c r="J14" t="s">
-        <v>3023</v>
+        <v>2625</v>
       </c>
       <c r="K14" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="L14" t="s">
-        <v>736</v>
+        <v>768</v>
       </c>
       <c r="M14" t="s">
-        <v>3024</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2951</v>
+        <v>2553</v>
       </c>
       <c r="B15" t="s">
-        <v>3025</v>
+        <v>2627</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>3026</v>
+        <v>2628</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>3027</v>
+        <v>2629</v>
       </c>
       <c r="H15" t="s">
-        <v>3028</v>
+        <v>2630</v>
       </c>
       <c r="I15" t="s">
-        <v>3029</v>
+        <v>2631</v>
       </c>
       <c r="J15" t="s">
-        <v>76</v>
+        <v>123</v>
       </c>
       <c r="K15" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="L15" t="s">
-        <v>78</v>
+        <v>125</v>
       </c>
       <c r="M15" t="s">
-        <v>3030</v>
+        <v>2632</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T88"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>3031</v>
+        <v>2633</v>
       </c>
       <c r="J1" t="s">
-        <v>1882</v>
+        <v>1894</v>
       </c>
       <c r="K1" t="s">
-        <v>3032</v>
+        <v>2634</v>
       </c>
       <c r="L1" t="s">
-        <v>1884</v>
+        <v>1896</v>
       </c>
       <c r="M1" t="s">
-        <v>1885</v>
+        <v>1897</v>
       </c>
       <c r="N1" t="s">
-        <v>3033</v>
+        <v>2635</v>
       </c>
       <c r="O1" t="s">
-        <v>3034</v>
+        <v>2636</v>
       </c>
       <c r="P1" t="s">
-        <v>3035</v>
+        <v>2637</v>
       </c>
       <c r="Q1" t="s">
-        <v>3036</v>
+        <v>2638</v>
       </c>
       <c r="R1" t="s">
-        <v>1886</v>
+        <v>1898</v>
       </c>
       <c r="S1" t="s">
-        <v>3037</v>
+        <v>2639</v>
       </c>
       <c r="T1" t="s">
-        <v>3038</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B2" t="s">
-        <v>3040</v>
+        <v>2642</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>3041</v>
+        <v>2643</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>3042</v>
+        <v>2644</v>
       </c>
       <c r="H2" t="s">
-        <v>3043</v>
+        <v>2645</v>
       </c>
       <c r="I2" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J2" t="s">
-        <v>20</v>
+        <v>2647</v>
       </c>
       <c r="K2" t="s">
-        <v>3045</v>
+        <v>2648</v>
       </c>
       <c r="L2" t="s">
-        <v>3046</v>
+        <v>67</v>
       </c>
       <c r="M2" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N2" t="s">
-        <v>3047</v>
+        <v>2649</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>3048</v>
+        <v>1911</v>
       </c>
       <c r="Q2" t="s">
-        <v>3049</v>
+        <v>2650</v>
       </c>
       <c r="R2" t="s">
-        <v>3048</v>
+        <v>1911</v>
       </c>
       <c r="S2" t="s">
-        <v>3050</v>
+        <v>2651</v>
       </c>
       <c r="T2" t="s">
-        <v>3051</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B3" t="s">
-        <v>3052</v>
+        <v>2653</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>3053</v>
+        <v>2654</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>3054</v>
+        <v>2655</v>
       </c>
       <c r="H3" t="s">
-        <v>3055</v>
+        <v>2656</v>
       </c>
       <c r="I3" t="s">
-        <v>3056</v>
+        <v>2646</v>
       </c>
       <c r="J3" t="s">
-        <v>3057</v>
+        <v>20</v>
       </c>
       <c r="K3" t="s">
-        <v>3058</v>
+        <v>2657</v>
       </c>
       <c r="L3" t="s">
-        <v>107</v>
+        <v>2658</v>
       </c>
       <c r="M3" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N3" t="s">
-        <v>3059</v>
+        <v>2659</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q3" t="s">
-        <v>3060</v>
+        <v>2661</v>
       </c>
       <c r="R3" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S3" t="s">
-        <v>307</v>
+        <v>2662</v>
       </c>
       <c r="T3" t="s">
-        <v>3051</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B4" t="s">
-        <v>3061</v>
+        <v>2663</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>3062</v>
+        <v>2664</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>3063</v>
+        <v>2665</v>
       </c>
       <c r="H4" t="s">
-        <v>3064</v>
+        <v>2666</v>
       </c>
       <c r="I4" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J4" t="s">
-        <v>3065</v>
+        <v>20</v>
       </c>
       <c r="K4" t="s">
-        <v>3066</v>
+        <v>2667</v>
       </c>
       <c r="L4" t="s">
-        <v>3067</v>
+        <v>2668</v>
       </c>
       <c r="M4" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N4" t="s">
-        <v>3068</v>
+        <v>2669</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>1936</v>
+        <v>2660</v>
       </c>
       <c r="Q4" t="s">
-        <v>3069</v>
+        <v>2661</v>
       </c>
       <c r="R4" t="s">
-        <v>1936</v>
+        <v>2660</v>
       </c>
       <c r="S4" t="s">
-        <v>3070</v>
+        <v>2670</v>
       </c>
       <c r="T4" t="s">
-        <v>3071</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B5" t="s">
-        <v>3072</v>
+        <v>2672</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>3073</v>
+        <v>2673</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>3074</v>
+        <v>2674</v>
       </c>
       <c r="H5" t="s">
-        <v>3075</v>
+        <v>2675</v>
       </c>
       <c r="I5" t="s">
-        <v>3044</v>
+        <v>2676</v>
       </c>
       <c r="J5" t="s">
-        <v>3076</v>
+        <v>2677</v>
       </c>
       <c r="K5" t="s">
-        <v>1968</v>
+        <v>2678</v>
       </c>
       <c r="L5" t="s">
-        <v>87</v>
+        <v>154</v>
       </c>
       <c r="M5" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N5" t="s">
-        <v>3077</v>
+        <v>2679</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q5" t="s">
-        <v>20</v>
+        <v>2680</v>
       </c>
       <c r="R5" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S5" t="s">
-        <v>3078</v>
+        <v>350</v>
       </c>
       <c r="T5" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B6" t="s">
-        <v>3079</v>
+        <v>2681</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>3080</v>
+        <v>2682</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>3081</v>
+        <v>2683</v>
       </c>
       <c r="H6" t="s">
-        <v>3082</v>
+        <v>2684</v>
       </c>
       <c r="I6" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J6" t="s">
-        <v>3083</v>
+        <v>2685</v>
       </c>
       <c r="K6" t="s">
-        <v>1957</v>
+        <v>2686</v>
       </c>
       <c r="L6" t="s">
-        <v>1958</v>
+        <v>2687</v>
       </c>
       <c r="M6" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N6" t="s">
-        <v>3084</v>
+        <v>2688</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>3048</v>
+        <v>1911</v>
       </c>
       <c r="Q6" t="s">
-        <v>3085</v>
+        <v>2689</v>
       </c>
       <c r="R6" t="s">
-        <v>3048</v>
+        <v>1911</v>
       </c>
       <c r="S6" t="s">
-        <v>3086</v>
+        <v>2690</v>
       </c>
       <c r="T6" t="s">
-        <v>3051</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B7" t="s">
-        <v>3087</v>
+        <v>2691</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>3080</v>
+        <v>2692</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>3088</v>
+        <v>2693</v>
       </c>
       <c r="H7" t="s">
-        <v>3089</v>
+        <v>2694</v>
       </c>
       <c r="I7" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J7" t="s">
-        <v>20</v>
+        <v>2695</v>
       </c>
       <c r="K7" t="s">
-        <v>1896</v>
+        <v>1928</v>
       </c>
       <c r="L7" t="s">
-        <v>452</v>
+        <v>134</v>
       </c>
       <c r="M7" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N7" t="s">
-        <v>3090</v>
+        <v>2696</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q7" t="s">
-        <v>3085</v>
+        <v>2697</v>
       </c>
       <c r="R7" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S7" t="s">
-        <v>3091</v>
+        <v>2698</v>
       </c>
       <c r="T7" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B8" t="s">
-        <v>3092</v>
+        <v>2699</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>3093</v>
+        <v>2700</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>3094</v>
+        <v>2701</v>
       </c>
       <c r="H8" t="s">
-        <v>3095</v>
+        <v>2702</v>
       </c>
       <c r="I8" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J8" t="s">
-        <v>3096</v>
+        <v>2703</v>
       </c>
       <c r="K8" t="s">
-        <v>3097</v>
+        <v>1985</v>
       </c>
       <c r="L8" t="s">
-        <v>87</v>
+        <v>1986</v>
       </c>
       <c r="M8" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N8" t="s">
-        <v>3098</v>
+        <v>2704</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q8" t="s">
-        <v>3099</v>
+        <v>2705</v>
       </c>
       <c r="R8" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S8" t="s">
-        <v>627</v>
+        <v>2706</v>
       </c>
       <c r="T8" t="s">
-        <v>3100</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B9" t="s">
-        <v>3101</v>
+        <v>2707</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>3102</v>
+        <v>2700</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>3103</v>
+        <v>2708</v>
       </c>
       <c r="H9" t="s">
-        <v>3104</v>
+        <v>2709</v>
       </c>
       <c r="I9" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J9" t="s">
-        <v>3105</v>
+        <v>20</v>
       </c>
       <c r="K9" t="s">
-        <v>1907</v>
+        <v>2095</v>
       </c>
       <c r="L9" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="M9" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N9" t="s">
-        <v>3106</v>
+        <v>2710</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q9" t="s">
-        <v>3107</v>
+        <v>2705</v>
       </c>
       <c r="R9" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S9" t="s">
-        <v>3108</v>
+        <v>2711</v>
       </c>
       <c r="T9" t="s">
-        <v>3109</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B10" t="s">
-        <v>3110</v>
+        <v>2712</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>3111</v>
+        <v>2713</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>3112</v>
+        <v>2714</v>
       </c>
       <c r="H10" t="s">
-        <v>3113</v>
+        <v>2715</v>
       </c>
       <c r="I10" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J10" t="s">
-        <v>3114</v>
+        <v>2716</v>
       </c>
       <c r="K10" t="s">
-        <v>1968</v>
+        <v>2717</v>
       </c>
       <c r="L10" t="s">
-        <v>87</v>
+        <v>134</v>
       </c>
       <c r="M10" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N10" t="s">
-        <v>3115</v>
+        <v>2718</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q10" t="s">
-        <v>3049</v>
+        <v>2719</v>
       </c>
       <c r="R10" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S10" t="s">
-        <v>3116</v>
+        <v>660</v>
       </c>
       <c r="T10" t="s">
-        <v>3071</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B11" t="s">
-        <v>3117</v>
+        <v>2721</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>3118</v>
+        <v>2722</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>3119</v>
+        <v>2723</v>
       </c>
       <c r="H11" t="s">
-        <v>3120</v>
+        <v>2724</v>
       </c>
       <c r="I11" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J11" t="s">
-        <v>20</v>
+        <v>2725</v>
       </c>
       <c r="K11" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="L11" t="s">
-        <v>127</v>
+        <v>78</v>
       </c>
       <c r="M11" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N11" t="s">
-        <v>3121</v>
+        <v>2726</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>3122</v>
+        <v>2660</v>
       </c>
       <c r="Q11" t="s">
-        <v>3123</v>
+        <v>2697</v>
       </c>
       <c r="R11" t="s">
-        <v>1898</v>
+        <v>2660</v>
       </c>
       <c r="S11" t="s">
-        <v>3124</v>
+        <v>2727</v>
       </c>
       <c r="T11" t="s">
-        <v>3071</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B12" t="s">
-        <v>3125</v>
+        <v>2729</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>3118</v>
+        <v>2730</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>3126</v>
+        <v>2731</v>
       </c>
       <c r="H12" t="s">
-        <v>3127</v>
+        <v>2732</v>
       </c>
       <c r="I12" t="s">
-        <v>3128</v>
+        <v>2646</v>
       </c>
       <c r="J12" t="s">
-        <v>3129</v>
+        <v>2733</v>
       </c>
       <c r="K12" t="s">
-        <v>1963</v>
+        <v>1928</v>
       </c>
       <c r="L12" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="M12" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N12" t="s">
-        <v>3121</v>
+        <v>2734</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>1898</v>
+        <v>2660</v>
       </c>
       <c r="Q12" t="s">
-        <v>3130</v>
+        <v>2661</v>
       </c>
       <c r="R12" t="s">
-        <v>1898</v>
+        <v>2660</v>
       </c>
       <c r="S12" t="s">
-        <v>3131</v>
+        <v>2735</v>
       </c>
       <c r="T12" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B13" t="s">
-        <v>3132</v>
+        <v>2736</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>3133</v>
+        <v>2737</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>3134</v>
+        <v>2738</v>
       </c>
       <c r="H13" t="s">
-        <v>3135</v>
+        <v>2739</v>
       </c>
       <c r="I13" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J13" t="s">
-        <v>3136</v>
+        <v>20</v>
       </c>
       <c r="K13" t="s">
-        <v>3137</v>
+        <v>2037</v>
       </c>
       <c r="L13" t="s">
-        <v>3138</v>
+        <v>174</v>
       </c>
       <c r="M13" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N13" t="s">
-        <v>3139</v>
+        <v>2740</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>3048</v>
+        <v>2741</v>
       </c>
       <c r="Q13" t="s">
-        <v>3049</v>
+        <v>2650</v>
       </c>
       <c r="R13" t="s">
-        <v>3048</v>
+        <v>1921</v>
       </c>
       <c r="S13" t="s">
-        <v>3140</v>
+        <v>2742</v>
       </c>
       <c r="T13" t="s">
-        <v>3051</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B14" t="s">
-        <v>3141</v>
+        <v>2743</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>3142</v>
+        <v>2737</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>3143</v>
+        <v>2744</v>
       </c>
       <c r="H14" t="s">
-        <v>3144</v>
+        <v>2745</v>
       </c>
       <c r="I14" t="s">
-        <v>3044</v>
+        <v>2746</v>
       </c>
       <c r="J14" t="s">
-        <v>3145</v>
+        <v>2747</v>
       </c>
       <c r="K14" t="s">
-        <v>2877</v>
+        <v>2037</v>
       </c>
       <c r="L14" t="s">
-        <v>2878</v>
+        <v>174</v>
       </c>
       <c r="M14" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N14" t="s">
-        <v>3146</v>
+        <v>2740</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>3048</v>
+        <v>1921</v>
       </c>
       <c r="Q14" t="s">
-        <v>3147</v>
+        <v>2748</v>
       </c>
       <c r="R14" t="s">
-        <v>3048</v>
+        <v>1921</v>
       </c>
       <c r="S14" t="s">
-        <v>3148</v>
+        <v>2749</v>
       </c>
       <c r="T14" t="s">
-        <v>3051</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B15" t="s">
-        <v>3149</v>
+        <v>2750</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>3150</v>
+        <v>2751</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>3151</v>
+        <v>2752</v>
       </c>
       <c r="H15" t="s">
-        <v>3152</v>
+        <v>2753</v>
       </c>
       <c r="I15" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J15" t="s">
-        <v>3153</v>
+        <v>2754</v>
       </c>
       <c r="K15" t="s">
-        <v>2341</v>
+        <v>2755</v>
       </c>
       <c r="L15" t="s">
-        <v>1003</v>
+        <v>2756</v>
       </c>
       <c r="M15" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N15" t="s">
-        <v>3154</v>
+        <v>2757</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q15" t="s">
-        <v>3099</v>
+        <v>2661</v>
       </c>
       <c r="R15" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S15" t="s">
-        <v>1004</v>
+        <v>2758</v>
       </c>
       <c r="T15" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B16" t="s">
-        <v>3155</v>
+        <v>2759</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>3156</v>
+        <v>2760</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>3157</v>
+        <v>2761</v>
       </c>
       <c r="H16" t="s">
-        <v>3158</v>
+        <v>2762</v>
       </c>
       <c r="I16" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J16" t="s">
-        <v>3159</v>
+        <v>2763</v>
       </c>
       <c r="K16" t="s">
-        <v>3160</v>
+        <v>2764</v>
       </c>
       <c r="L16" t="s">
-        <v>338</v>
+        <v>2765</v>
       </c>
       <c r="M16" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N16" t="s">
-        <v>3161</v>
+        <v>2766</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q16" t="s">
-        <v>3060</v>
+        <v>2767</v>
       </c>
       <c r="R16" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S16" t="s">
-        <v>339</v>
+        <v>2768</v>
       </c>
       <c r="T16" t="s">
-        <v>3071</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B17" t="s">
-        <v>3162</v>
+        <v>2769</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>3163</v>
+        <v>2770</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>3164</v>
+        <v>2771</v>
       </c>
       <c r="H17" t="s">
-        <v>3165</v>
+        <v>2772</v>
       </c>
       <c r="I17" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J17" t="s">
-        <v>3166</v>
+        <v>2773</v>
       </c>
       <c r="K17" t="s">
-        <v>3167</v>
+        <v>2182</v>
       </c>
       <c r="L17" t="s">
-        <v>3168</v>
+        <v>1026</v>
       </c>
       <c r="M17" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N17" t="s">
-        <v>3169</v>
+        <v>2774</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q17" t="s">
-        <v>3069</v>
+        <v>2719</v>
       </c>
       <c r="R17" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S17" t="s">
-        <v>3170</v>
+        <v>1027</v>
       </c>
       <c r="T17" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B18" t="s">
-        <v>3171</v>
+        <v>2775</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>3172</v>
+        <v>2776</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>3173</v>
+        <v>2777</v>
       </c>
       <c r="H18" t="s">
-        <v>3174</v>
+        <v>2778</v>
       </c>
       <c r="I18" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J18" t="s">
-        <v>3175</v>
+        <v>2779</v>
       </c>
       <c r="K18" t="s">
-        <v>2000</v>
+        <v>2780</v>
       </c>
       <c r="L18" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="M18" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N18" t="s">
-        <v>3176</v>
+        <v>2781</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q18" t="s">
-        <v>3049</v>
+        <v>2680</v>
       </c>
       <c r="R18" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S18" t="s">
-        <v>3177</v>
+        <v>68</v>
       </c>
       <c r="T18" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B19" t="s">
-        <v>3178</v>
+        <v>2782</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>3179</v>
+        <v>2783</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>3180</v>
+        <v>2784</v>
       </c>
       <c r="H19" t="s">
-        <v>3181</v>
+        <v>2785</v>
       </c>
       <c r="I19" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J19" t="s">
-        <v>3182</v>
+        <v>2786</v>
       </c>
       <c r="K19" t="s">
-        <v>1951</v>
+        <v>2787</v>
       </c>
       <c r="L19" t="s">
-        <v>1952</v>
+        <v>2788</v>
       </c>
       <c r="M19" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N19" t="s">
-        <v>3183</v>
+        <v>2789</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q19" t="s">
-        <v>3123</v>
+        <v>2689</v>
       </c>
       <c r="R19" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S19" t="s">
-        <v>3184</v>
+        <v>2790</v>
       </c>
       <c r="T19" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B20" t="s">
-        <v>3185</v>
+        <v>2791</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>3186</v>
+        <v>2792</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>3187</v>
+        <v>2793</v>
       </c>
       <c r="H20" t="s">
-        <v>3188</v>
+        <v>2794</v>
       </c>
       <c r="I20" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J20" t="s">
-        <v>3189</v>
+        <v>2795</v>
       </c>
       <c r="K20" t="s">
-        <v>2062</v>
+        <v>2283</v>
       </c>
       <c r="L20" t="s">
-        <v>97</v>
+        <v>78</v>
       </c>
       <c r="M20" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N20" t="s">
-        <v>3190</v>
+        <v>2796</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q20" t="s">
-        <v>3069</v>
+        <v>2661</v>
       </c>
       <c r="R20" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S20" t="s">
-        <v>3191</v>
+        <v>2797</v>
       </c>
       <c r="T20" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B21" t="s">
-        <v>105</v>
+        <v>2798</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>3192</v>
+        <v>2799</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>3193</v>
+        <v>2800</v>
       </c>
       <c r="H21" t="s">
-        <v>3194</v>
+        <v>2801</v>
       </c>
       <c r="I21" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J21" t="s">
-        <v>3195</v>
+        <v>2802</v>
       </c>
       <c r="K21" t="s">
-        <v>3196</v>
+        <v>2027</v>
       </c>
       <c r="L21" t="s">
-        <v>321</v>
+        <v>2028</v>
       </c>
       <c r="M21" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N21" t="s">
-        <v>3197</v>
+        <v>2803</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q21" t="s">
-        <v>3198</v>
+        <v>2650</v>
       </c>
       <c r="R21" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S21" t="s">
-        <v>322</v>
+        <v>2804</v>
       </c>
       <c r="T21" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B22" t="s">
-        <v>3199</v>
+        <v>2805</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>3200</v>
+        <v>2806</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>3201</v>
+        <v>2807</v>
       </c>
       <c r="H22" t="s">
-        <v>3202</v>
+        <v>2808</v>
       </c>
       <c r="I22" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J22" t="s">
-        <v>3203</v>
+        <v>2809</v>
       </c>
       <c r="K22" t="s">
-        <v>1963</v>
+        <v>2189</v>
       </c>
       <c r="L22" t="s">
-        <v>127</v>
+        <v>144</v>
       </c>
       <c r="M22" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N22" t="s">
-        <v>3204</v>
+        <v>2810</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q22" t="s">
-        <v>3147</v>
+        <v>2689</v>
       </c>
       <c r="R22" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S22" t="s">
-        <v>128</v>
+        <v>2811</v>
       </c>
       <c r="T22" t="s">
-        <v>3051</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B23" t="s">
-        <v>3205</v>
+        <v>152</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>3206</v>
+        <v>2812</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>3207</v>
+        <v>2813</v>
       </c>
       <c r="H23" t="s">
-        <v>3208</v>
+        <v>2814</v>
       </c>
       <c r="I23" t="s">
-        <v>3056</v>
+        <v>2646</v>
       </c>
       <c r="J23" t="s">
-        <v>3209</v>
+        <v>2815</v>
       </c>
       <c r="K23" t="s">
-        <v>3210</v>
+        <v>2816</v>
       </c>
       <c r="L23" t="s">
-        <v>87</v>
+        <v>364</v>
       </c>
       <c r="M23" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N23" t="s">
-        <v>3211</v>
+        <v>2817</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>3122</v>
+        <v>2660</v>
       </c>
       <c r="Q23" t="s">
-        <v>3212</v>
+        <v>2818</v>
       </c>
       <c r="R23" t="s">
-        <v>1898</v>
+        <v>2660</v>
       </c>
       <c r="S23" t="s">
-        <v>88</v>
+        <v>365</v>
       </c>
       <c r="T23" t="s">
-        <v>3071</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B24" t="s">
-        <v>3213</v>
+        <v>2819</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>3214</v>
+        <v>2820</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>3215</v>
+        <v>2821</v>
       </c>
       <c r="H24" t="s">
-        <v>3216</v>
+        <v>2822</v>
       </c>
       <c r="I24" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J24" t="s">
-        <v>3217</v>
+        <v>2823</v>
       </c>
       <c r="K24" t="s">
-        <v>2132</v>
+        <v>2037</v>
       </c>
       <c r="L24" t="s">
-        <v>2133</v>
+        <v>174</v>
       </c>
       <c r="M24" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N24" t="s">
-        <v>3218</v>
+        <v>2824</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>1936</v>
+        <v>2660</v>
       </c>
       <c r="Q24" t="s">
-        <v>3123</v>
+        <v>2767</v>
       </c>
       <c r="R24" t="s">
-        <v>1936</v>
+        <v>2660</v>
       </c>
       <c r="S24" t="s">
-        <v>3219</v>
+        <v>175</v>
       </c>
       <c r="T24" t="s">
-        <v>3071</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B25" t="s">
-        <v>3220</v>
+        <v>2825</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>3221</v>
+        <v>2826</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>3222</v>
+        <v>2827</v>
       </c>
       <c r="H25" t="s">
-        <v>3223</v>
+        <v>2828</v>
       </c>
       <c r="I25" t="s">
-        <v>3044</v>
+        <v>2676</v>
       </c>
       <c r="J25" t="s">
-        <v>20</v>
+        <v>2829</v>
       </c>
       <c r="K25" t="s">
-        <v>3224</v>
+        <v>2830</v>
       </c>
       <c r="L25" t="s">
-        <v>3225</v>
+        <v>134</v>
       </c>
       <c r="M25" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N25" t="s">
-        <v>3226</v>
+        <v>2831</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>3122</v>
+        <v>2741</v>
       </c>
       <c r="Q25" t="s">
-        <v>3069</v>
+        <v>2832</v>
       </c>
       <c r="R25" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="S25" t="s">
-        <v>3227</v>
+        <v>135</v>
       </c>
       <c r="T25" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B26" t="s">
-        <v>3228</v>
+        <v>2833</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>3229</v>
+        <v>2834</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>3230</v>
+        <v>2835</v>
       </c>
       <c r="H26" t="s">
-        <v>3231</v>
+        <v>2836</v>
       </c>
       <c r="I26" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J26" t="s">
-        <v>3232</v>
+        <v>2837</v>
       </c>
       <c r="K26" t="s">
-        <v>2877</v>
+        <v>2327</v>
       </c>
       <c r="L26" t="s">
-        <v>2878</v>
+        <v>2328</v>
       </c>
       <c r="M26" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N26" t="s">
-        <v>3233</v>
+        <v>2838</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>3122</v>
+        <v>1911</v>
       </c>
       <c r="Q26" t="s">
-        <v>3107</v>
+        <v>2650</v>
       </c>
       <c r="R26" t="s">
-        <v>1898</v>
+        <v>1911</v>
       </c>
       <c r="S26" t="s">
-        <v>3234</v>
+        <v>2839</v>
       </c>
       <c r="T26" t="s">
-        <v>3051</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B27" t="s">
-        <v>3235</v>
+        <v>2840</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>3236</v>
+        <v>2841</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>3237</v>
+        <v>2842</v>
       </c>
       <c r="H27" t="s">
-        <v>3238</v>
+        <v>2843</v>
       </c>
       <c r="I27" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J27" t="s">
-        <v>3239</v>
+        <v>20</v>
       </c>
       <c r="K27" t="s">
-        <v>3240</v>
+        <v>1943</v>
       </c>
       <c r="L27" t="s">
-        <v>1952</v>
+        <v>1944</v>
       </c>
       <c r="M27" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N27" t="s">
-        <v>3241</v>
+        <v>2844</v>
       </c>
       <c r="O27" t="s">
         <v>20</v>
       </c>
       <c r="P27" t="s">
-        <v>3122</v>
+        <v>2741</v>
       </c>
       <c r="Q27" t="s">
-        <v>3123</v>
+        <v>2689</v>
       </c>
       <c r="R27" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="S27" t="s">
-        <v>3242</v>
+        <v>2845</v>
       </c>
       <c r="T27" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B28" t="s">
-        <v>3243</v>
+        <v>2846</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>3244</v>
+        <v>2847</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>3245</v>
+        <v>2848</v>
       </c>
       <c r="H28" t="s">
-        <v>3246</v>
+        <v>2849</v>
       </c>
       <c r="I28" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J28" t="s">
-        <v>3247</v>
+        <v>2850</v>
       </c>
       <c r="K28" t="s">
-        <v>3248</v>
+        <v>2764</v>
       </c>
       <c r="L28" t="s">
-        <v>40</v>
+        <v>2765</v>
       </c>
       <c r="M28" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N28" t="s">
-        <v>3249</v>
+        <v>2851</v>
       </c>
       <c r="O28" t="s">
         <v>20</v>
       </c>
       <c r="P28" t="s">
-        <v>3250</v>
+        <v>2741</v>
       </c>
       <c r="Q28" t="s">
-        <v>3060</v>
+        <v>2697</v>
       </c>
       <c r="R28" t="s">
-        <v>1936</v>
+        <v>1921</v>
       </c>
       <c r="S28" t="s">
-        <v>41</v>
+        <v>2852</v>
       </c>
       <c r="T28" t="s">
-        <v>3071</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B29" t="s">
-        <v>3251</v>
+        <v>2853</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>3252</v>
+        <v>2854</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>3253</v>
+        <v>2855</v>
       </c>
       <c r="H29" t="s">
-        <v>3254</v>
+        <v>2856</v>
       </c>
       <c r="I29" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J29" t="s">
-        <v>3255</v>
+        <v>2857</v>
       </c>
       <c r="K29" t="s">
-        <v>2739</v>
+        <v>2858</v>
       </c>
       <c r="L29" t="s">
-        <v>338</v>
+        <v>2028</v>
       </c>
       <c r="M29" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N29" t="s">
-        <v>3256</v>
+        <v>2859</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
-        <v>1936</v>
+        <v>2741</v>
       </c>
       <c r="Q29" t="s">
-        <v>3069</v>
+        <v>2650</v>
       </c>
       <c r="R29" t="s">
-        <v>1936</v>
+        <v>1921</v>
       </c>
       <c r="S29" t="s">
-        <v>3257</v>
+        <v>2860</v>
       </c>
       <c r="T29" t="s">
-        <v>3051</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B30" t="s">
-        <v>3258</v>
+        <v>2861</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>3259</v>
+        <v>2862</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>3260</v>
+        <v>2863</v>
       </c>
       <c r="H30" t="s">
-        <v>3261</v>
+        <v>2864</v>
       </c>
       <c r="I30" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J30" t="s">
-        <v>20</v>
+        <v>2865</v>
       </c>
       <c r="K30" t="s">
-        <v>2460</v>
+        <v>2866</v>
       </c>
       <c r="L30" t="s">
-        <v>2461</v>
+        <v>30</v>
       </c>
       <c r="M30" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N30" t="s">
-        <v>3262</v>
+        <v>2867</v>
       </c>
       <c r="O30" t="s">
         <v>20</v>
       </c>
       <c r="P30" t="s">
-        <v>3122</v>
+        <v>2868</v>
       </c>
       <c r="Q30" t="s">
-        <v>3123</v>
+        <v>2680</v>
       </c>
       <c r="R30" t="s">
-        <v>1898</v>
+        <v>1911</v>
       </c>
       <c r="S30" t="s">
-        <v>3263</v>
+        <v>88</v>
       </c>
       <c r="T30" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B31" t="s">
-        <v>3264</v>
+        <v>2869</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>3265</v>
+        <v>2870</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>3266</v>
+        <v>2871</v>
       </c>
       <c r="H31" t="s">
-        <v>3267</v>
+        <v>2872</v>
       </c>
       <c r="I31" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J31" t="s">
-        <v>20</v>
+        <v>2873</v>
       </c>
       <c r="K31" t="s">
-        <v>3268</v>
+        <v>2874</v>
       </c>
       <c r="L31" t="s">
-        <v>616</v>
+        <v>67</v>
       </c>
       <c r="M31" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N31" t="s">
-        <v>3269</v>
+        <v>2875</v>
       </c>
       <c r="O31" t="s">
         <v>20</v>
       </c>
       <c r="P31" t="s">
-        <v>3122</v>
+        <v>1911</v>
       </c>
       <c r="Q31" t="s">
-        <v>3107</v>
+        <v>2689</v>
       </c>
       <c r="R31" t="s">
-        <v>1898</v>
+        <v>1911</v>
       </c>
       <c r="S31" t="s">
-        <v>617</v>
+        <v>2876</v>
       </c>
       <c r="T31" t="s">
-        <v>3071</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B32" t="s">
-        <v>3270</v>
+        <v>2877</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>3271</v>
+        <v>2878</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>3272</v>
+        <v>2879</v>
       </c>
       <c r="H32" t="s">
-        <v>3273</v>
+        <v>2880</v>
       </c>
       <c r="I32" t="s">
-        <v>3056</v>
+        <v>2646</v>
       </c>
       <c r="J32" t="s">
         <v>20</v>
       </c>
       <c r="K32" t="s">
-        <v>3274</v>
+        <v>2298</v>
       </c>
       <c r="L32" t="s">
-        <v>452</v>
+        <v>2299</v>
       </c>
       <c r="M32" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N32" t="s">
-        <v>3275</v>
+        <v>2881</v>
       </c>
       <c r="O32" t="s">
         <v>20</v>
       </c>
       <c r="P32" t="s">
-        <v>3122</v>
+        <v>2741</v>
       </c>
       <c r="Q32" t="s">
-        <v>3276</v>
+        <v>2650</v>
       </c>
       <c r="R32" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="S32" t="s">
-        <v>1572</v>
+        <v>2882</v>
       </c>
       <c r="T32" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B33" t="s">
-        <v>3277</v>
+        <v>2883</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>3278</v>
+        <v>2884</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>3279</v>
+        <v>2885</v>
       </c>
       <c r="H33" t="s">
-        <v>3280</v>
+        <v>2886</v>
       </c>
       <c r="I33" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J33" t="s">
-        <v>2718</v>
+        <v>20</v>
       </c>
       <c r="K33" t="s">
-        <v>2719</v>
+        <v>2887</v>
       </c>
       <c r="L33" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="M33" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N33" t="s">
-        <v>3281</v>
+        <v>2888</v>
       </c>
       <c r="O33" t="s">
         <v>20</v>
       </c>
       <c r="P33" t="s">
-        <v>3282</v>
+        <v>2741</v>
       </c>
       <c r="Q33" t="s">
-        <v>3283</v>
+        <v>2697</v>
       </c>
       <c r="R33" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="S33" t="s">
-        <v>3284</v>
+        <v>650</v>
       </c>
       <c r="T33" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B34" t="s">
-        <v>3285</v>
+        <v>2889</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>3221</v>
+        <v>2890</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>3286</v>
+        <v>2891</v>
       </c>
       <c r="H34" t="s">
-        <v>3287</v>
+        <v>2892</v>
       </c>
       <c r="I34" t="s">
-        <v>3044</v>
+        <v>2676</v>
       </c>
       <c r="J34" t="s">
         <v>20</v>
       </c>
       <c r="K34" t="s">
-        <v>3224</v>
+        <v>2893</v>
       </c>
       <c r="L34" t="s">
-        <v>3225</v>
+        <v>56</v>
       </c>
       <c r="M34" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N34" t="s">
-        <v>3288</v>
+        <v>2894</v>
       </c>
       <c r="O34" t="s">
         <v>20</v>
       </c>
       <c r="P34" t="s">
-        <v>3122</v>
+        <v>2741</v>
       </c>
       <c r="Q34" t="s">
-        <v>3069</v>
+        <v>2895</v>
       </c>
       <c r="R34" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="S34" t="s">
-        <v>3289</v>
+        <v>1593</v>
       </c>
       <c r="T34" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B35" t="s">
-        <v>3290</v>
+        <v>2896</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>3291</v>
+        <v>2897</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>3292</v>
+        <v>2898</v>
       </c>
       <c r="H35" t="s">
-        <v>3293</v>
+        <v>2899</v>
       </c>
       <c r="I35" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J35" t="s">
-        <v>3294</v>
+        <v>2900</v>
       </c>
       <c r="K35" t="s">
-        <v>3137</v>
+        <v>2901</v>
       </c>
       <c r="L35" t="s">
-        <v>3138</v>
+        <v>30</v>
       </c>
       <c r="M35" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N35" t="s">
-        <v>3295</v>
+        <v>2902</v>
       </c>
       <c r="O35" t="s">
         <v>20</v>
       </c>
       <c r="P35" t="s">
-        <v>3048</v>
+        <v>2903</v>
       </c>
       <c r="Q35" t="s">
-        <v>3069</v>
+        <v>2904</v>
       </c>
       <c r="R35" t="s">
-        <v>3048</v>
+        <v>1921</v>
       </c>
       <c r="S35" t="s">
-        <v>3296</v>
+        <v>2905</v>
       </c>
       <c r="T35" t="s">
-        <v>3109</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B36" t="s">
-        <v>3297</v>
+        <v>2906</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>3229</v>
+        <v>2841</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>3298</v>
+        <v>2907</v>
       </c>
       <c r="H36" t="s">
-        <v>3299</v>
+        <v>2908</v>
       </c>
       <c r="I36" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J36" t="s">
-        <v>3300</v>
+        <v>20</v>
       </c>
       <c r="K36" t="s">
-        <v>2406</v>
+        <v>1943</v>
       </c>
       <c r="L36" t="s">
-        <v>198</v>
+        <v>1944</v>
       </c>
       <c r="M36" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N36" t="s">
-        <v>3301</v>
+        <v>2909</v>
       </c>
       <c r="O36" t="s">
         <v>20</v>
       </c>
       <c r="P36" t="s">
-        <v>3048</v>
+        <v>2741</v>
       </c>
       <c r="Q36" t="s">
-        <v>3060</v>
+        <v>2689</v>
       </c>
       <c r="R36" t="s">
-        <v>3048</v>
+        <v>1921</v>
       </c>
       <c r="S36" t="s">
-        <v>199</v>
+        <v>2910</v>
       </c>
       <c r="T36" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B37" t="s">
-        <v>3302</v>
+        <v>2911</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>3303</v>
+        <v>2912</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>3304</v>
+        <v>2913</v>
       </c>
       <c r="H37" t="s">
-        <v>3305</v>
+        <v>2914</v>
       </c>
       <c r="I37" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J37" t="s">
-        <v>3306</v>
+        <v>2915</v>
       </c>
       <c r="K37" t="s">
-        <v>2055</v>
+        <v>2755</v>
       </c>
       <c r="L37" t="s">
-        <v>30</v>
+        <v>2756</v>
       </c>
       <c r="M37" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N37" t="s">
-        <v>3307</v>
+        <v>2916</v>
       </c>
       <c r="O37" t="s">
         <v>20</v>
       </c>
       <c r="P37" t="s">
-        <v>1936</v>
+        <v>2660</v>
       </c>
       <c r="Q37" t="s">
-        <v>3107</v>
+        <v>2689</v>
       </c>
       <c r="R37" t="s">
-        <v>1936</v>
+        <v>2660</v>
       </c>
       <c r="S37" t="s">
-        <v>3308</v>
+        <v>2917</v>
       </c>
       <c r="T37" t="s">
-        <v>3071</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B38" t="s">
-        <v>3309</v>
+        <v>2918</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>3206</v>
+        <v>2847</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>3310</v>
+        <v>2919</v>
       </c>
       <c r="H38" t="s">
-        <v>3311</v>
+        <v>2920</v>
       </c>
       <c r="I38" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J38" t="s">
-        <v>3312</v>
+        <v>2921</v>
       </c>
       <c r="K38" t="s">
-        <v>3210</v>
+        <v>2922</v>
       </c>
       <c r="L38" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="M38" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N38" t="s">
-        <v>20</v>
+        <v>2923</v>
       </c>
       <c r="O38" t="s">
         <v>20</v>
       </c>
       <c r="P38" t="s">
-        <v>3122</v>
+        <v>2660</v>
       </c>
       <c r="Q38" t="s">
-        <v>3069</v>
+        <v>2680</v>
       </c>
       <c r="R38" t="s">
-        <v>1898</v>
+        <v>2660</v>
       </c>
       <c r="S38" t="s">
-        <v>3313</v>
+        <v>245</v>
       </c>
       <c r="T38" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B39" t="s">
-        <v>3314</v>
+        <v>2924</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>3315</v>
+        <v>2925</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>3316</v>
+        <v>2926</v>
       </c>
       <c r="H39" t="s">
-        <v>3317</v>
+        <v>2927</v>
       </c>
       <c r="I39" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J39" t="s">
-        <v>3318</v>
+        <v>2928</v>
       </c>
       <c r="K39" t="s">
-        <v>2739</v>
+        <v>1920</v>
       </c>
       <c r="L39" t="s">
-        <v>338</v>
+        <v>78</v>
       </c>
       <c r="M39" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N39" t="s">
-        <v>3319</v>
+        <v>2929</v>
       </c>
       <c r="O39" t="s">
         <v>20</v>
       </c>
       <c r="P39" t="s">
-        <v>3048</v>
+        <v>1911</v>
       </c>
       <c r="Q39" t="s">
-        <v>3069</v>
+        <v>2697</v>
       </c>
       <c r="R39" t="s">
-        <v>3048</v>
+        <v>1911</v>
       </c>
       <c r="S39" t="s">
-        <v>3320</v>
+        <v>2930</v>
       </c>
       <c r="T39" t="s">
-        <v>3051</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B40" t="s">
-        <v>3321</v>
+        <v>2931</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>3322</v>
+        <v>2826</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>3323</v>
+        <v>2932</v>
       </c>
       <c r="H40" t="s">
-        <v>3324</v>
+        <v>2933</v>
       </c>
       <c r="I40" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J40" t="s">
-        <v>3325</v>
+        <v>2934</v>
       </c>
       <c r="K40" t="s">
-        <v>2125</v>
+        <v>2830</v>
       </c>
       <c r="L40" t="s">
-        <v>928</v>
+        <v>134</v>
       </c>
       <c r="M40" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N40" t="s">
-        <v>3326</v>
+        <v>20</v>
       </c>
       <c r="O40" t="s">
         <v>20</v>
       </c>
       <c r="P40" t="s">
-        <v>3048</v>
+        <v>2741</v>
       </c>
       <c r="Q40" t="s">
-        <v>3327</v>
+        <v>2689</v>
       </c>
       <c r="R40" t="s">
-        <v>3048</v>
+        <v>1921</v>
       </c>
       <c r="S40" t="s">
-        <v>929</v>
+        <v>2935</v>
       </c>
       <c r="T40" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B41" t="s">
-        <v>3328</v>
+        <v>2936</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>3329</v>
+        <v>2937</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>3330</v>
+        <v>2938</v>
       </c>
       <c r="H41" t="s">
-        <v>3331</v>
+        <v>2939</v>
       </c>
       <c r="I41" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J41" t="s">
-        <v>3332</v>
+        <v>2940</v>
       </c>
       <c r="K41" t="s">
-        <v>3333</v>
+        <v>2874</v>
       </c>
       <c r="L41" t="s">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="M41" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N41" t="s">
-        <v>3334</v>
+        <v>2941</v>
       </c>
       <c r="O41" t="s">
         <v>20</v>
       </c>
       <c r="P41" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q41" t="s">
-        <v>3060</v>
+        <v>2689</v>
       </c>
       <c r="R41" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S41" t="s">
-        <v>98</v>
+        <v>2942</v>
       </c>
       <c r="T41" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B42" t="s">
-        <v>3335</v>
+        <v>2943</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>3336</v>
+        <v>2944</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>3337</v>
+        <v>2945</v>
       </c>
       <c r="H42" t="s">
-        <v>3338</v>
+        <v>2946</v>
       </c>
       <c r="I42" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J42" t="s">
-        <v>20</v>
+        <v>2947</v>
       </c>
       <c r="K42" t="s">
-        <v>2406</v>
+        <v>2948</v>
       </c>
       <c r="L42" t="s">
-        <v>198</v>
+        <v>954</v>
       </c>
       <c r="M42" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N42" t="s">
-        <v>3339</v>
+        <v>2949</v>
       </c>
       <c r="O42" t="s">
         <v>20</v>
       </c>
       <c r="P42" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q42" t="s">
-        <v>3069</v>
+        <v>2950</v>
       </c>
       <c r="R42" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S42" t="s">
-        <v>3340</v>
+        <v>955</v>
       </c>
       <c r="T42" t="s">
-        <v>3051</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B43" t="s">
-        <v>3341</v>
+        <v>2951</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>3342</v>
+        <v>2952</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>3343</v>
+        <v>2953</v>
       </c>
       <c r="H43" t="s">
-        <v>3344</v>
+        <v>2954</v>
       </c>
       <c r="I43" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J43" t="s">
-        <v>3345</v>
+        <v>2955</v>
       </c>
       <c r="K43" t="s">
-        <v>3167</v>
+        <v>2956</v>
       </c>
       <c r="L43" t="s">
-        <v>3168</v>
+        <v>144</v>
       </c>
       <c r="M43" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N43" t="s">
-        <v>3346</v>
+        <v>2957</v>
       </c>
       <c r="O43" t="s">
         <v>20</v>
       </c>
       <c r="P43" t="s">
-        <v>3122</v>
+        <v>2660</v>
       </c>
       <c r="Q43" t="s">
-        <v>3069</v>
+        <v>2680</v>
       </c>
       <c r="R43" t="s">
-        <v>1898</v>
+        <v>2660</v>
       </c>
       <c r="S43" t="s">
-        <v>3347</v>
+        <v>145</v>
       </c>
       <c r="T43" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B44" t="s">
-        <v>3348</v>
+        <v>2958</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>3349</v>
+        <v>2959</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>3350</v>
+        <v>2960</v>
       </c>
       <c r="H44" t="s">
-        <v>3351</v>
+        <v>2961</v>
       </c>
       <c r="I44" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J44" t="s">
-        <v>3352</v>
+        <v>20</v>
       </c>
       <c r="K44" t="s">
-        <v>3167</v>
+        <v>2922</v>
       </c>
       <c r="L44" t="s">
-        <v>3168</v>
+        <v>244</v>
       </c>
       <c r="M44" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N44" t="s">
-        <v>3353</v>
+        <v>2962</v>
       </c>
       <c r="O44" t="s">
         <v>20</v>
       </c>
       <c r="P44" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q44" t="s">
-        <v>3123</v>
+        <v>2689</v>
       </c>
       <c r="R44" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S44" t="s">
-        <v>3354</v>
+        <v>2963</v>
       </c>
       <c r="T44" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B45" t="s">
-        <v>3355</v>
+        <v>2964</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>3278</v>
+        <v>2965</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>3356</v>
+        <v>2966</v>
       </c>
       <c r="H45" t="s">
-        <v>3357</v>
+        <v>2967</v>
       </c>
       <c r="I45" t="s">
-        <v>3056</v>
+        <v>2646</v>
       </c>
       <c r="J45" t="s">
-        <v>2718</v>
+        <v>2968</v>
       </c>
       <c r="K45" t="s">
-        <v>2000</v>
+        <v>2787</v>
       </c>
       <c r="L45" t="s">
-        <v>30</v>
+        <v>2788</v>
       </c>
       <c r="M45" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N45" t="s">
-        <v>3281</v>
+        <v>2969</v>
       </c>
       <c r="O45" t="s">
         <v>20</v>
       </c>
       <c r="P45" t="s">
-        <v>3282</v>
+        <v>2741</v>
       </c>
       <c r="Q45" t="s">
-        <v>3358</v>
+        <v>2689</v>
       </c>
       <c r="R45" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="S45" t="s">
-        <v>3359</v>
+        <v>2970</v>
       </c>
       <c r="T45" t="s">
-        <v>3071</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B46" t="s">
-        <v>3360</v>
+        <v>2971</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>3271</v>
+        <v>2972</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>3361</v>
+        <v>2973</v>
       </c>
       <c r="H46" t="s">
-        <v>3362</v>
+        <v>2974</v>
       </c>
       <c r="I46" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J46" t="s">
-        <v>20</v>
+        <v>2975</v>
       </c>
       <c r="K46" t="s">
-        <v>1957</v>
+        <v>2787</v>
       </c>
       <c r="L46" t="s">
-        <v>1958</v>
+        <v>2788</v>
       </c>
       <c r="M46" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N46" t="s">
-        <v>3363</v>
+        <v>2976</v>
       </c>
       <c r="O46" t="s">
         <v>20</v>
       </c>
       <c r="P46" t="s">
-        <v>3122</v>
+        <v>2660</v>
       </c>
       <c r="Q46" t="s">
-        <v>3123</v>
+        <v>2650</v>
       </c>
       <c r="R46" t="s">
-        <v>1898</v>
+        <v>2660</v>
       </c>
       <c r="S46" t="s">
-        <v>3364</v>
+        <v>2977</v>
       </c>
       <c r="T46" t="s">
-        <v>3071</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B47" t="s">
-        <v>3365</v>
+        <v>2978</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>3366</v>
+        <v>2897</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>3367</v>
+        <v>2979</v>
       </c>
       <c r="H47" t="s">
-        <v>3368</v>
+        <v>2980</v>
       </c>
       <c r="I47" t="s">
-        <v>3044</v>
+        <v>2676</v>
       </c>
       <c r="J47" t="s">
-        <v>3369</v>
+        <v>2900</v>
       </c>
       <c r="K47" t="s">
-        <v>1907</v>
+        <v>2283</v>
       </c>
       <c r="L47" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="M47" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N47" t="s">
-        <v>3370</v>
+        <v>2902</v>
       </c>
       <c r="O47" t="s">
         <v>20</v>
       </c>
       <c r="P47" t="s">
-        <v>1936</v>
+        <v>2903</v>
       </c>
       <c r="Q47" t="s">
-        <v>3327</v>
+        <v>2981</v>
       </c>
       <c r="R47" t="s">
-        <v>1936</v>
+        <v>1921</v>
       </c>
       <c r="S47" t="s">
-        <v>31</v>
+        <v>2982</v>
       </c>
       <c r="T47" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B48" t="s">
-        <v>3371</v>
+        <v>2983</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>3372</v>
+        <v>2890</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>3373</v>
+        <v>2984</v>
       </c>
       <c r="H48" t="s">
-        <v>3374</v>
+        <v>2985</v>
       </c>
       <c r="I48" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J48" t="s">
-        <v>3375</v>
+        <v>20</v>
       </c>
       <c r="K48" t="s">
-        <v>1896</v>
+        <v>1985</v>
       </c>
       <c r="L48" t="s">
-        <v>452</v>
+        <v>1986</v>
       </c>
       <c r="M48" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N48" t="s">
-        <v>3376</v>
+        <v>2986</v>
       </c>
       <c r="O48" t="s">
         <v>20</v>
       </c>
       <c r="P48" t="s">
-        <v>3048</v>
+        <v>2741</v>
       </c>
       <c r="Q48" t="s">
-        <v>3099</v>
+        <v>2650</v>
       </c>
       <c r="R48" t="s">
-        <v>3048</v>
+        <v>1921</v>
       </c>
       <c r="S48" t="s">
-        <v>453</v>
+        <v>2987</v>
       </c>
       <c r="T48" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B49" t="s">
-        <v>3377</v>
+        <v>2988</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>3378</v>
+        <v>2989</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>3379</v>
+        <v>2990</v>
       </c>
       <c r="H49" t="s">
-        <v>3380</v>
+        <v>2991</v>
       </c>
       <c r="I49" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J49" t="s">
-        <v>20</v>
+        <v>2992</v>
       </c>
       <c r="K49" t="s">
-        <v>3381</v>
+        <v>1964</v>
       </c>
       <c r="L49" t="s">
-        <v>616</v>
+        <v>78</v>
       </c>
       <c r="M49" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N49" t="s">
-        <v>3382</v>
+        <v>2993</v>
       </c>
       <c r="O49" t="s">
         <v>20</v>
       </c>
       <c r="P49" t="s">
-        <v>3048</v>
+        <v>1911</v>
       </c>
       <c r="Q49" t="s">
-        <v>3147</v>
+        <v>2950</v>
       </c>
       <c r="R49" t="s">
-        <v>3048</v>
+        <v>1911</v>
       </c>
       <c r="S49" t="s">
-        <v>744</v>
+        <v>79</v>
       </c>
       <c r="T49" t="s">
-        <v>3109</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B50" t="s">
-        <v>3383</v>
+        <v>2994</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>3384</v>
+        <v>2995</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>3385</v>
+        <v>2996</v>
       </c>
       <c r="H50" t="s">
-        <v>3386</v>
+        <v>2997</v>
       </c>
       <c r="I50" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J50" t="s">
-        <v>20</v>
+        <v>2998</v>
       </c>
       <c r="K50" t="s">
-        <v>3387</v>
+        <v>2095</v>
       </c>
       <c r="L50" t="s">
-        <v>3388</v>
+        <v>56</v>
       </c>
       <c r="M50" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N50" t="s">
-        <v>3389</v>
+        <v>2999</v>
       </c>
       <c r="O50" t="s">
         <v>20</v>
       </c>
       <c r="P50" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q50" t="s">
-        <v>3049</v>
+        <v>2719</v>
       </c>
       <c r="R50" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S50" t="s">
-        <v>3390</v>
+        <v>57</v>
       </c>
       <c r="T50" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B51" t="s">
-        <v>3391</v>
+        <v>3000</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>3392</v>
+        <v>3001</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>3393</v>
+        <v>3002</v>
       </c>
       <c r="H51" t="s">
-        <v>3394</v>
+        <v>3003</v>
       </c>
       <c r="I51" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J51" t="s">
         <v>20</v>
       </c>
       <c r="K51" t="s">
-        <v>3137</v>
+        <v>3004</v>
       </c>
       <c r="L51" t="s">
-        <v>3138</v>
+        <v>46</v>
       </c>
       <c r="M51" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N51" t="s">
-        <v>3395</v>
+        <v>3005</v>
       </c>
       <c r="O51" t="s">
         <v>20</v>
       </c>
       <c r="P51" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q51" t="s">
-        <v>3049</v>
+        <v>2767</v>
       </c>
       <c r="R51" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S51" t="s">
-        <v>3396</v>
+        <v>47</v>
       </c>
       <c r="T51" t="s">
-        <v>3071</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B52" t="s">
-        <v>3397</v>
+        <v>3006</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>3398</v>
+        <v>3007</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>3399</v>
+        <v>3008</v>
       </c>
       <c r="H52" t="s">
-        <v>3400</v>
+        <v>3009</v>
       </c>
       <c r="I52" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J52" t="s">
         <v>20</v>
       </c>
       <c r="K52" t="s">
-        <v>3401</v>
+        <v>2755</v>
       </c>
       <c r="L52" t="s">
-        <v>3402</v>
+        <v>2756</v>
       </c>
       <c r="M52" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N52" t="s">
-        <v>3403</v>
+        <v>3010</v>
       </c>
       <c r="O52" t="s">
         <v>20</v>
       </c>
       <c r="P52" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q52" t="s">
-        <v>3049</v>
+        <v>2661</v>
       </c>
       <c r="R52" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S52" t="s">
-        <v>3404</v>
+        <v>3011</v>
       </c>
       <c r="T52" t="s">
-        <v>3051</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B53" t="s">
-        <v>3405</v>
+        <v>3012</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>3278</v>
+        <v>3013</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>3406</v>
+        <v>3014</v>
       </c>
       <c r="H53" t="s">
-        <v>3407</v>
+        <v>3015</v>
       </c>
       <c r="I53" t="s">
-        <v>3056</v>
+        <v>2646</v>
       </c>
       <c r="J53" t="s">
-        <v>3408</v>
+        <v>20</v>
       </c>
       <c r="K53" t="s">
-        <v>2719</v>
+        <v>3016</v>
       </c>
       <c r="L53" t="s">
-        <v>40</v>
+        <v>3017</v>
       </c>
       <c r="M53" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N53" t="s">
-        <v>3281</v>
+        <v>3018</v>
       </c>
       <c r="O53" t="s">
         <v>20</v>
       </c>
       <c r="P53" t="s">
-        <v>3282</v>
+        <v>2660</v>
       </c>
       <c r="Q53" t="s">
-        <v>3409</v>
+        <v>2661</v>
       </c>
       <c r="R53" t="s">
-        <v>1898</v>
+        <v>2660</v>
       </c>
       <c r="S53" t="s">
-        <v>1376</v>
+        <v>3019</v>
       </c>
       <c r="T53" t="s">
-        <v>3071</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B54" t="s">
-        <v>3410</v>
+        <v>3020</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>3411</v>
+        <v>2897</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>3412</v>
+        <v>3021</v>
       </c>
       <c r="H54" t="s">
-        <v>3413</v>
+        <v>3022</v>
       </c>
       <c r="I54" t="s">
-        <v>3044</v>
+        <v>2676</v>
       </c>
       <c r="J54" t="s">
-        <v>3414</v>
+        <v>3023</v>
       </c>
       <c r="K54" t="s">
-        <v>3167</v>
+        <v>2901</v>
       </c>
       <c r="L54" t="s">
-        <v>3168</v>
+        <v>30</v>
       </c>
       <c r="M54" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N54" t="s">
-        <v>3415</v>
+        <v>2902</v>
       </c>
       <c r="O54" t="s">
         <v>20</v>
       </c>
       <c r="P54" t="s">
-        <v>3048</v>
+        <v>2903</v>
       </c>
       <c r="Q54" t="s">
-        <v>3069</v>
+        <v>3024</v>
       </c>
       <c r="R54" t="s">
-        <v>3048</v>
+        <v>1921</v>
       </c>
       <c r="S54" t="s">
-        <v>3416</v>
+        <v>1396</v>
       </c>
       <c r="T54" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B55" t="s">
-        <v>3417</v>
+        <v>3025</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>3418</v>
+        <v>3026</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>3419</v>
+        <v>3027</v>
       </c>
       <c r="H55" t="s">
-        <v>3420</v>
+        <v>3028</v>
       </c>
       <c r="I55" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J55" t="s">
-        <v>3421</v>
+        <v>3029</v>
       </c>
       <c r="K55" t="s">
-        <v>3422</v>
+        <v>2787</v>
       </c>
       <c r="L55" t="s">
-        <v>338</v>
+        <v>2788</v>
       </c>
       <c r="M55" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N55" t="s">
-        <v>3423</v>
+        <v>3030</v>
       </c>
       <c r="O55" t="s">
         <v>20</v>
       </c>
       <c r="P55" t="s">
-        <v>1936</v>
+        <v>2660</v>
       </c>
       <c r="Q55" t="s">
-        <v>3123</v>
+        <v>2689</v>
       </c>
       <c r="R55" t="s">
-        <v>1936</v>
+        <v>2660</v>
       </c>
       <c r="S55" t="s">
-        <v>3424</v>
+        <v>3031</v>
       </c>
       <c r="T55" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B56" t="s">
-        <v>3425</v>
+        <v>3032</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>3278</v>
+        <v>2897</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>3426</v>
+        <v>3033</v>
       </c>
       <c r="H56" t="s">
-        <v>3427</v>
+        <v>3034</v>
       </c>
       <c r="I56" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J56" t="s">
-        <v>3428</v>
+        <v>3035</v>
       </c>
       <c r="K56" t="s">
-        <v>2719</v>
+        <v>2901</v>
       </c>
       <c r="L56" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="M56" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N56" t="s">
-        <v>3281</v>
+        <v>2902</v>
       </c>
       <c r="O56" t="s">
         <v>20</v>
       </c>
       <c r="P56" t="s">
-        <v>3282</v>
+        <v>2903</v>
       </c>
       <c r="Q56" t="s">
-        <v>3130</v>
+        <v>2748</v>
       </c>
       <c r="R56" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="S56" t="s">
-        <v>3429</v>
+        <v>3036</v>
       </c>
       <c r="T56" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
+        <v>2641</v>
+      </c>
+      <c r="B57" t="s">
+        <v>3037</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>2897</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>3038</v>
+      </c>
+      <c r="H57" t="s">
         <v>3039</v>
       </c>
-      <c r="B57" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I57" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J57" t="s">
-        <v>3408</v>
+        <v>3023</v>
       </c>
       <c r="K57" t="s">
-        <v>2719</v>
+        <v>2901</v>
       </c>
       <c r="L57" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="M57" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N57" t="s">
-        <v>3281</v>
+        <v>2902</v>
       </c>
       <c r="O57" t="s">
         <v>20</v>
       </c>
       <c r="P57" t="s">
-        <v>3282</v>
+        <v>2903</v>
       </c>
       <c r="Q57" t="s">
-        <v>3433</v>
+        <v>3040</v>
       </c>
       <c r="R57" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="S57" t="s">
-        <v>1833</v>
+        <v>1845</v>
       </c>
       <c r="T57" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B58" t="s">
-        <v>273</v>
+        <v>28</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>3278</v>
+        <v>2897</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>3434</v>
+        <v>3041</v>
       </c>
       <c r="H58" t="s">
-        <v>3435</v>
+        <v>3042</v>
       </c>
       <c r="I58" t="s">
-        <v>3056</v>
+        <v>2676</v>
       </c>
       <c r="J58" t="s">
-        <v>3436</v>
+        <v>3043</v>
       </c>
       <c r="K58" t="s">
-        <v>2719</v>
+        <v>2901</v>
       </c>
       <c r="L58" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="M58" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N58" t="s">
-        <v>3281</v>
+        <v>2902</v>
       </c>
       <c r="O58" t="s">
         <v>20</v>
       </c>
       <c r="P58" t="s">
-        <v>3282</v>
+        <v>2903</v>
       </c>
       <c r="Q58" t="s">
-        <v>3437</v>
+        <v>3044</v>
       </c>
       <c r="R58" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="S58" t="s">
-        <v>275</v>
+        <v>31</v>
       </c>
       <c r="T58" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B59" t="s">
-        <v>3438</v>
+        <v>3045</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>3265</v>
+        <v>2884</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>3439</v>
+        <v>3046</v>
       </c>
       <c r="H59" t="s">
-        <v>3440</v>
+        <v>3047</v>
       </c>
       <c r="I59" t="s">
-        <v>3128</v>
+        <v>2746</v>
       </c>
       <c r="J59" t="s">
         <v>20</v>
       </c>
       <c r="K59" t="s">
-        <v>3381</v>
+        <v>3004</v>
       </c>
       <c r="L59" t="s">
-        <v>616</v>
+        <v>46</v>
       </c>
       <c r="M59" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N59" t="s">
-        <v>3269</v>
+        <v>2888</v>
       </c>
       <c r="O59" t="s">
         <v>20</v>
       </c>
       <c r="P59" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="Q59" t="s">
-        <v>3130</v>
+        <v>2748</v>
       </c>
       <c r="R59" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="S59" t="s">
-        <v>3441</v>
+        <v>3048</v>
       </c>
       <c r="T59" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B60" t="s">
-        <v>3442</v>
+        <v>3049</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>3206</v>
+        <v>2826</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>3443</v>
+        <v>3050</v>
       </c>
       <c r="H60" t="s">
-        <v>3444</v>
+        <v>3051</v>
       </c>
       <c r="I60" t="s">
-        <v>3128</v>
+        <v>2746</v>
       </c>
       <c r="J60" t="s">
         <v>20</v>
       </c>
       <c r="K60" t="s">
-        <v>1968</v>
+        <v>1928</v>
       </c>
       <c r="L60" t="s">
-        <v>87</v>
+        <v>134</v>
       </c>
       <c r="M60" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N60" t="s">
-        <v>3445</v>
+        <v>3052</v>
       </c>
       <c r="O60" t="s">
         <v>20</v>
       </c>
       <c r="P60" t="s">
-        <v>3122</v>
+        <v>2741</v>
       </c>
       <c r="Q60" t="s">
-        <v>3049</v>
+        <v>2661</v>
       </c>
       <c r="R60" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="S60" t="s">
-        <v>3446</v>
+        <v>3053</v>
       </c>
       <c r="T60" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B61" t="s">
-        <v>3447</v>
+        <v>3054</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>3349</v>
+        <v>2972</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>3448</v>
+        <v>3055</v>
       </c>
       <c r="H61" t="s">
-        <v>3449</v>
+        <v>3056</v>
       </c>
       <c r="I61" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J61" t="s">
         <v>20</v>
       </c>
       <c r="K61" t="s">
-        <v>3137</v>
+        <v>2755</v>
       </c>
       <c r="L61" t="s">
-        <v>3138</v>
+        <v>2756</v>
       </c>
       <c r="M61" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N61" t="s">
-        <v>3450</v>
+        <v>3057</v>
       </c>
       <c r="O61" t="s">
         <v>20</v>
       </c>
       <c r="P61" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q61" t="s">
-        <v>3069</v>
+        <v>2689</v>
       </c>
       <c r="R61" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S61" t="s">
-        <v>3451</v>
+        <v>3058</v>
       </c>
       <c r="T61" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B62" t="s">
-        <v>3452</v>
+        <v>3059</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>3271</v>
+        <v>2890</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>3453</v>
+        <v>3060</v>
       </c>
       <c r="H62" t="s">
-        <v>3454</v>
+        <v>3061</v>
       </c>
       <c r="I62" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J62" t="s">
         <v>20</v>
       </c>
       <c r="K62" t="s">
-        <v>1896</v>
+        <v>2095</v>
       </c>
       <c r="L62" t="s">
-        <v>452</v>
+        <v>56</v>
       </c>
       <c r="M62" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N62" t="s">
-        <v>3455</v>
+        <v>3062</v>
       </c>
       <c r="O62" t="s">
         <v>20</v>
       </c>
       <c r="P62" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="Q62" t="s">
-        <v>3130</v>
+        <v>2748</v>
       </c>
       <c r="R62" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="S62" t="s">
-        <v>3456</v>
+        <v>3063</v>
       </c>
       <c r="T62" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B63" t="s">
-        <v>3457</v>
+        <v>3064</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>3458</v>
+        <v>3065</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>3459</v>
+        <v>3066</v>
       </c>
       <c r="H63" t="s">
-        <v>3460</v>
+        <v>3067</v>
       </c>
       <c r="I63" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J63" t="s">
-        <v>3461</v>
+        <v>3068</v>
       </c>
       <c r="K63" t="s">
-        <v>2739</v>
+        <v>2874</v>
       </c>
       <c r="L63" t="s">
-        <v>338</v>
+        <v>67</v>
       </c>
       <c r="M63" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N63" t="s">
-        <v>3462</v>
+        <v>3069</v>
       </c>
       <c r="O63" t="s">
         <v>20</v>
       </c>
       <c r="P63" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q63" t="s">
-        <v>3130</v>
+        <v>2748</v>
       </c>
       <c r="R63" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S63" t="s">
-        <v>3463</v>
+        <v>3070</v>
       </c>
       <c r="T63" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B64" t="s">
-        <v>3464</v>
+        <v>3071</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>3236</v>
+        <v>2854</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>3465</v>
+        <v>3072</v>
       </c>
       <c r="H64" t="s">
-        <v>3466</v>
+        <v>3073</v>
       </c>
       <c r="I64" t="s">
-        <v>3128</v>
+        <v>2746</v>
       </c>
       <c r="J64" t="s">
-        <v>3239</v>
+        <v>2857</v>
       </c>
       <c r="K64" t="s">
-        <v>1951</v>
+        <v>2027</v>
       </c>
       <c r="L64" t="s">
-        <v>1952</v>
+        <v>2028</v>
       </c>
       <c r="M64" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N64" t="s">
-        <v>3467</v>
+        <v>3074</v>
       </c>
       <c r="O64" t="s">
         <v>20</v>
       </c>
       <c r="P64" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="Q64" t="s">
-        <v>3130</v>
+        <v>2748</v>
       </c>
       <c r="R64" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="S64" t="s">
-        <v>3468</v>
+        <v>3075</v>
       </c>
       <c r="T64" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B65" t="s">
-        <v>3469</v>
+        <v>3076</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>3271</v>
+        <v>2890</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>3470</v>
+        <v>3077</v>
       </c>
       <c r="H65" t="s">
-        <v>3471</v>
+        <v>3078</v>
       </c>
       <c r="I65" t="s">
-        <v>3128</v>
+        <v>2746</v>
       </c>
       <c r="J65" t="s">
         <v>20</v>
       </c>
       <c r="K65" t="s">
-        <v>1957</v>
+        <v>1985</v>
       </c>
       <c r="L65" t="s">
-        <v>1958</v>
+        <v>1986</v>
       </c>
       <c r="M65" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N65" t="s">
-        <v>3363</v>
+        <v>2986</v>
       </c>
       <c r="O65" t="s">
         <v>20</v>
       </c>
       <c r="P65" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="Q65" t="s">
-        <v>3130</v>
+        <v>2748</v>
       </c>
       <c r="R65" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="S65" t="s">
-        <v>3472</v>
+        <v>3079</v>
       </c>
       <c r="T65" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B66" t="s">
-        <v>3473</v>
+        <v>3080</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>3278</v>
+        <v>2897</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>3474</v>
+        <v>3081</v>
       </c>
       <c r="H66" t="s">
-        <v>3475</v>
+        <v>3082</v>
       </c>
       <c r="I66" t="s">
-        <v>3056</v>
+        <v>2676</v>
       </c>
       <c r="J66" t="s">
-        <v>3436</v>
+        <v>3043</v>
       </c>
       <c r="K66" t="s">
-        <v>2719</v>
+        <v>2901</v>
       </c>
       <c r="L66" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="M66" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N66" t="s">
-        <v>3281</v>
+        <v>2902</v>
       </c>
       <c r="O66" t="s">
         <v>20</v>
       </c>
       <c r="P66" t="s">
-        <v>3282</v>
+        <v>2903</v>
       </c>
       <c r="Q66" t="s">
-        <v>3476</v>
+        <v>3083</v>
       </c>
       <c r="R66" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="S66" t="s">
-        <v>488</v>
+        <v>523</v>
       </c>
       <c r="T66" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B67" t="s">
-        <v>3477</v>
+        <v>3084</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>3206</v>
+        <v>2826</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>3478</v>
+        <v>3085</v>
       </c>
       <c r="H67" t="s">
-        <v>3479</v>
+        <v>3086</v>
       </c>
       <c r="I67" t="s">
-        <v>3128</v>
+        <v>2746</v>
       </c>
       <c r="J67" t="s">
-        <v>3480</v>
+        <v>3087</v>
       </c>
       <c r="K67" t="s">
-        <v>3210</v>
+        <v>2830</v>
       </c>
       <c r="L67" t="s">
-        <v>87</v>
+        <v>134</v>
       </c>
       <c r="M67" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N67" t="s">
-        <v>3481</v>
+        <v>3088</v>
       </c>
       <c r="O67" t="s">
         <v>20</v>
       </c>
       <c r="P67" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="Q67" t="s">
-        <v>3130</v>
+        <v>2748</v>
       </c>
       <c r="R67" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="S67" t="s">
-        <v>3482</v>
+        <v>3089</v>
       </c>
       <c r="T67" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B68" t="s">
-        <v>3483</v>
+        <v>3090</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>3484</v>
+        <v>3091</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>3485</v>
+        <v>3092</v>
       </c>
       <c r="H68" t="s">
-        <v>3486</v>
+        <v>3093</v>
       </c>
       <c r="I68" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J68" t="s">
         <v>20</v>
       </c>
       <c r="K68" t="s">
-        <v>2406</v>
+        <v>2922</v>
       </c>
       <c r="L68" t="s">
-        <v>198</v>
+        <v>244</v>
       </c>
       <c r="M68" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N68" t="s">
-        <v>3487</v>
+        <v>3094</v>
       </c>
       <c r="O68" t="s">
         <v>20</v>
       </c>
       <c r="P68" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q68" t="s">
-        <v>3069</v>
+        <v>2689</v>
       </c>
       <c r="R68" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S68" t="s">
-        <v>3488</v>
+        <v>3095</v>
       </c>
       <c r="T68" t="s">
-        <v>3489</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B69" t="s">
-        <v>3490</v>
+        <v>3097</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>3491</v>
+        <v>3098</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>3492</v>
+        <v>3099</v>
       </c>
       <c r="H69" t="s">
-        <v>3493</v>
+        <v>3100</v>
       </c>
       <c r="I69" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J69" t="s">
-        <v>3494</v>
+        <v>3101</v>
       </c>
       <c r="K69" t="s">
-        <v>2607</v>
+        <v>3102</v>
       </c>
       <c r="L69" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="M69" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N69" t="s">
-        <v>3495</v>
+        <v>3103</v>
       </c>
       <c r="O69" t="s">
         <v>20</v>
       </c>
       <c r="P69" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q69" t="s">
-        <v>3069</v>
+        <v>2689</v>
       </c>
       <c r="R69" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S69" t="s">
-        <v>3496</v>
+        <v>3104</v>
       </c>
       <c r="T69" t="s">
-        <v>3109</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B70" t="s">
-        <v>3497</v>
+        <v>3105</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>3498</v>
+        <v>3106</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>3499</v>
+        <v>3107</v>
       </c>
       <c r="H70" t="s">
-        <v>3500</v>
+        <v>3108</v>
       </c>
       <c r="I70" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J70" t="s">
-        <v>3501</v>
+        <v>3109</v>
       </c>
       <c r="K70" t="s">
-        <v>2112</v>
+        <v>2204</v>
       </c>
       <c r="L70" t="s">
-        <v>2113</v>
+        <v>2205</v>
       </c>
       <c r="M70" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N70" t="s">
-        <v>3502</v>
+        <v>3110</v>
       </c>
       <c r="O70" t="s">
         <v>20</v>
       </c>
       <c r="P70" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="Q70" t="s">
-        <v>3085</v>
+        <v>2705</v>
       </c>
       <c r="R70" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="S70" t="s">
-        <v>3503</v>
+        <v>3111</v>
       </c>
       <c r="T70" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B71" t="s">
-        <v>3504</v>
+        <v>3112</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>3505</v>
+        <v>3113</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>3506</v>
+        <v>3114</v>
       </c>
       <c r="H71" t="s">
-        <v>3507</v>
+        <v>3115</v>
       </c>
       <c r="I71" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J71" t="s">
-        <v>3508</v>
+        <v>3116</v>
       </c>
       <c r="K71" t="s">
-        <v>1968</v>
+        <v>1928</v>
       </c>
       <c r="L71" t="s">
-        <v>87</v>
+        <v>134</v>
       </c>
       <c r="M71" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N71" t="s">
-        <v>3509</v>
+        <v>3117</v>
       </c>
       <c r="O71" t="s">
         <v>20</v>
       </c>
       <c r="P71" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q71" t="s">
-        <v>3085</v>
+        <v>2705</v>
       </c>
       <c r="R71" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S71" t="s">
-        <v>3510</v>
+        <v>3118</v>
       </c>
       <c r="T71" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B72" t="s">
-        <v>3511</v>
+        <v>3119</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>3498</v>
+        <v>3106</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>3512</v>
+        <v>3120</v>
       </c>
       <c r="H72" t="s">
-        <v>3513</v>
+        <v>3121</v>
       </c>
       <c r="I72" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J72" t="s">
         <v>20</v>
       </c>
       <c r="K72" t="s">
-        <v>2333</v>
+        <v>2374</v>
       </c>
       <c r="L72" t="s">
-        <v>2334</v>
+        <v>2375</v>
       </c>
       <c r="M72" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N72" t="s">
-        <v>3514</v>
+        <v>3122</v>
       </c>
       <c r="O72" t="s">
         <v>20</v>
       </c>
       <c r="P72" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="Q72" t="s">
-        <v>3085</v>
+        <v>2705</v>
       </c>
       <c r="R72" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="S72" t="s">
-        <v>3515</v>
+        <v>3123</v>
       </c>
       <c r="T72" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B73" t="s">
-        <v>3516</v>
+        <v>3124</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>3498</v>
+        <v>3106</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>3517</v>
+        <v>3125</v>
       </c>
       <c r="H73" t="s">
-        <v>3518</v>
+        <v>3126</v>
       </c>
       <c r="I73" t="s">
+        <v>2746</v>
+      </c>
+      <c r="J73" t="s">
+        <v>3127</v>
+      </c>
+      <c r="K73" t="s">
         <v>3128</v>
       </c>
-      <c r="J73" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L73" t="s">
-        <v>3521</v>
+        <v>3129</v>
       </c>
       <c r="M73" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N73" t="s">
-        <v>3502</v>
+        <v>3110</v>
       </c>
       <c r="O73" t="s">
         <v>20</v>
       </c>
       <c r="P73" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="Q73" t="s">
-        <v>3085</v>
+        <v>2705</v>
       </c>
       <c r="R73" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="S73" t="s">
-        <v>3522</v>
+        <v>3130</v>
       </c>
       <c r="T73" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B74" t="s">
-        <v>3523</v>
+        <v>3131</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>3498</v>
+        <v>3106</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>3524</v>
+        <v>3132</v>
       </c>
       <c r="H74" t="s">
-        <v>3525</v>
+        <v>3133</v>
       </c>
       <c r="I74" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J74" t="s">
         <v>20</v>
       </c>
       <c r="K74" t="s">
-        <v>2460</v>
+        <v>2298</v>
       </c>
       <c r="L74" t="s">
-        <v>2461</v>
+        <v>2299</v>
       </c>
       <c r="M74" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N74" t="s">
-        <v>3502</v>
+        <v>3110</v>
       </c>
       <c r="O74" t="s">
         <v>20</v>
       </c>
       <c r="P74" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="Q74" t="s">
-        <v>3085</v>
+        <v>2705</v>
       </c>
       <c r="R74" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="S74" t="s">
-        <v>3526</v>
+        <v>3134</v>
       </c>
       <c r="T74" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B75" t="s">
-        <v>3527</v>
+        <v>3135</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>3498</v>
+        <v>3106</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>3528</v>
+        <v>3136</v>
       </c>
       <c r="H75" t="s">
-        <v>3529</v>
+        <v>3137</v>
       </c>
       <c r="I75" t="s">
-        <v>3128</v>
+        <v>2746</v>
       </c>
       <c r="J75" t="s">
         <v>20</v>
       </c>
       <c r="K75" t="s">
-        <v>1963</v>
+        <v>2037</v>
       </c>
       <c r="L75" t="s">
-        <v>127</v>
+        <v>174</v>
       </c>
       <c r="M75" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N75" t="s">
-        <v>3502</v>
+        <v>3110</v>
       </c>
       <c r="O75" t="s">
         <v>20</v>
       </c>
       <c r="P75" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="Q75" t="s">
-        <v>3085</v>
+        <v>2705</v>
       </c>
       <c r="R75" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="S75" t="s">
-        <v>3530</v>
+        <v>3138</v>
       </c>
       <c r="T75" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B76" t="s">
-        <v>3531</v>
+        <v>3139</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>3498</v>
+        <v>3106</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>3532</v>
+        <v>3140</v>
       </c>
       <c r="H76" t="s">
-        <v>3533</v>
+        <v>3141</v>
       </c>
       <c r="I76" t="s">
-        <v>3128</v>
+        <v>2746</v>
       </c>
       <c r="J76" t="s">
-        <v>3534</v>
+        <v>3142</v>
       </c>
       <c r="K76" t="s">
-        <v>2341</v>
+        <v>2182</v>
       </c>
       <c r="L76" t="s">
-        <v>1003</v>
+        <v>1026</v>
       </c>
       <c r="M76" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N76" t="s">
-        <v>3502</v>
+        <v>3110</v>
       </c>
       <c r="O76" t="s">
         <v>20</v>
       </c>
       <c r="P76" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="Q76" t="s">
-        <v>3085</v>
+        <v>2705</v>
       </c>
       <c r="R76" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="S76" t="s">
-        <v>3535</v>
+        <v>3143</v>
       </c>
       <c r="T76" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B77" t="s">
-        <v>3536</v>
+        <v>3144</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>3498</v>
+        <v>3106</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>3537</v>
+        <v>3145</v>
       </c>
       <c r="H77" t="s">
-        <v>3538</v>
+        <v>3146</v>
       </c>
       <c r="I77" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J77" t="s">
-        <v>3539</v>
+        <v>3147</v>
       </c>
       <c r="K77" t="s">
-        <v>2000</v>
+        <v>2283</v>
       </c>
       <c r="L77" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="M77" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N77" t="s">
-        <v>3502</v>
+        <v>3110</v>
       </c>
       <c r="O77" t="s">
         <v>20</v>
       </c>
       <c r="P77" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="Q77" t="s">
-        <v>3085</v>
+        <v>2705</v>
       </c>
       <c r="R77" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="S77" t="s">
-        <v>3540</v>
+        <v>3148</v>
       </c>
       <c r="T77" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B78" t="s">
-        <v>3541</v>
+        <v>3149</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>3498</v>
+        <v>3106</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>3542</v>
+        <v>3150</v>
       </c>
       <c r="H78" t="s">
-        <v>3543</v>
+        <v>3151</v>
       </c>
       <c r="I78" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J78" t="s">
-        <v>3544</v>
+        <v>3152</v>
       </c>
       <c r="K78" t="s">
-        <v>2112</v>
+        <v>2204</v>
       </c>
       <c r="L78" t="s">
-        <v>2113</v>
+        <v>2205</v>
       </c>
       <c r="M78" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N78" t="s">
-        <v>3502</v>
+        <v>3110</v>
       </c>
       <c r="O78" t="s">
         <v>20</v>
       </c>
       <c r="P78" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="Q78" t="s">
-        <v>3085</v>
+        <v>2705</v>
       </c>
       <c r="R78" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="S78" t="s">
-        <v>3545</v>
+        <v>3153</v>
       </c>
       <c r="T78" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B79" t="s">
-        <v>3546</v>
+        <v>3154</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>3206</v>
+        <v>2826</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>3547</v>
+        <v>3155</v>
       </c>
       <c r="H79" t="s">
-        <v>3548</v>
+        <v>3156</v>
       </c>
       <c r="I79" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J79" t="s">
-        <v>3549</v>
+        <v>3157</v>
       </c>
       <c r="K79" t="s">
-        <v>1968</v>
+        <v>1928</v>
       </c>
       <c r="L79" t="s">
-        <v>87</v>
+        <v>134</v>
       </c>
       <c r="M79" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N79" t="s">
-        <v>3550</v>
+        <v>3158</v>
       </c>
       <c r="O79" t="s">
         <v>20</v>
       </c>
       <c r="P79" t="s">
-        <v>3122</v>
+        <v>2741</v>
       </c>
       <c r="Q79" t="s">
-        <v>3049</v>
+        <v>2661</v>
       </c>
       <c r="R79" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="S79" t="s">
-        <v>3551</v>
+        <v>3159</v>
       </c>
       <c r="T79" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B80" t="s">
-        <v>3552</v>
+        <v>3160</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>3458</v>
+        <v>3065</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>3553</v>
+        <v>3161</v>
       </c>
       <c r="H80" t="s">
-        <v>3554</v>
+        <v>3162</v>
       </c>
       <c r="I80" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J80" t="s">
-        <v>3461</v>
+        <v>3068</v>
       </c>
       <c r="K80" t="s">
-        <v>2739</v>
+        <v>2874</v>
       </c>
       <c r="L80" t="s">
-        <v>338</v>
+        <v>67</v>
       </c>
       <c r="M80" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N80" t="s">
-        <v>3462</v>
+        <v>3069</v>
       </c>
       <c r="O80" t="s">
         <v>20</v>
       </c>
       <c r="P80" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q80" t="s">
-        <v>3069</v>
+        <v>2689</v>
       </c>
       <c r="R80" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S80" t="s">
-        <v>3555</v>
+        <v>3163</v>
       </c>
       <c r="T80" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B81" t="s">
-        <v>3556</v>
+        <v>3164</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>3271</v>
+        <v>2890</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>3557</v>
+        <v>3165</v>
       </c>
       <c r="H81" t="s">
-        <v>3558</v>
+        <v>3166</v>
       </c>
       <c r="I81" t="s">
-        <v>3128</v>
+        <v>2746</v>
       </c>
       <c r="J81" t="s">
-        <v>3559</v>
+        <v>3167</v>
       </c>
       <c r="K81" t="s">
-        <v>1896</v>
+        <v>2095</v>
       </c>
       <c r="L81" t="s">
-        <v>452</v>
+        <v>56</v>
       </c>
       <c r="M81" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N81" t="s">
-        <v>3560</v>
+        <v>3168</v>
       </c>
       <c r="O81" t="s">
         <v>20</v>
       </c>
       <c r="P81" t="s">
-        <v>3122</v>
+        <v>2741</v>
       </c>
       <c r="Q81" t="s">
-        <v>3049</v>
+        <v>2661</v>
       </c>
       <c r="R81" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="S81" t="s">
-        <v>3561</v>
+        <v>3169</v>
       </c>
       <c r="T81" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B82" t="s">
-        <v>3562</v>
+        <v>3170</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>3498</v>
+        <v>3106</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>3563</v>
+        <v>3171</v>
       </c>
       <c r="H82" t="s">
-        <v>3564</v>
+        <v>3172</v>
       </c>
       <c r="I82" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J82" t="s">
         <v>20</v>
       </c>
       <c r="K82" t="s">
-        <v>2062</v>
+        <v>2189</v>
       </c>
       <c r="L82" t="s">
-        <v>97</v>
+        <v>144</v>
       </c>
       <c r="M82" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N82" t="s">
-        <v>3565</v>
+        <v>3173</v>
       </c>
       <c r="O82" t="s">
         <v>20</v>
       </c>
       <c r="P82" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="Q82" t="s">
-        <v>3085</v>
+        <v>2705</v>
       </c>
       <c r="R82" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="S82" t="s">
-        <v>3566</v>
+        <v>3174</v>
       </c>
       <c r="T82" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B83" t="s">
-        <v>3567</v>
+        <v>3175</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>3568</v>
+        <v>3176</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>3569</v>
+        <v>3177</v>
       </c>
       <c r="H83" t="s">
-        <v>3570</v>
+        <v>3178</v>
       </c>
       <c r="I83" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J83" t="s">
-        <v>3571</v>
+        <v>3179</v>
       </c>
       <c r="K83" t="s">
-        <v>3137</v>
+        <v>2755</v>
       </c>
       <c r="L83" t="s">
-        <v>3138</v>
+        <v>2756</v>
       </c>
       <c r="M83" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N83" t="s">
-        <v>3353</v>
+        <v>2976</v>
       </c>
       <c r="O83" t="s">
         <v>20</v>
       </c>
       <c r="P83" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="Q83" t="s">
-        <v>3069</v>
+        <v>2689</v>
       </c>
       <c r="R83" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="S83" t="s">
-        <v>3572</v>
+        <v>3180</v>
       </c>
       <c r="T83" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B84" t="s">
-        <v>3573</v>
+        <v>3181</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>3574</v>
+        <v>3182</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>3575</v>
+        <v>3183</v>
       </c>
       <c r="H84" t="s">
-        <v>3576</v>
+        <v>3184</v>
       </c>
       <c r="I84" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J84" t="s">
         <v>20</v>
       </c>
       <c r="K84" t="s">
-        <v>3381</v>
+        <v>3004</v>
       </c>
       <c r="L84" t="s">
-        <v>616</v>
+        <v>46</v>
       </c>
       <c r="M84" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N84" t="s">
-        <v>3577</v>
+        <v>3185</v>
       </c>
       <c r="O84" t="s">
         <v>20</v>
       </c>
       <c r="P84" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="Q84" t="s">
-        <v>3069</v>
+        <v>2689</v>
       </c>
       <c r="R84" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="S84" t="s">
-        <v>3578</v>
+        <v>3186</v>
       </c>
       <c r="T84" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B85" t="s">
-        <v>3579</v>
+        <v>3187</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>3580</v>
+        <v>3188</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>3581</v>
+        <v>3189</v>
       </c>
       <c r="H85" t="s">
-        <v>3582</v>
+        <v>3190</v>
       </c>
       <c r="I85" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J85" t="s">
-        <v>3583</v>
+        <v>3191</v>
       </c>
       <c r="K85" t="s">
-        <v>3058</v>
+        <v>2678</v>
       </c>
       <c r="L85" t="s">
-        <v>107</v>
+        <v>154</v>
       </c>
       <c r="M85" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N85" t="s">
-        <v>3584</v>
+        <v>3192</v>
       </c>
       <c r="O85" t="s">
         <v>20</v>
       </c>
       <c r="P85" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q85" t="s">
-        <v>3069</v>
+        <v>2689</v>
       </c>
       <c r="R85" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S85" t="s">
-        <v>3585</v>
+        <v>3193</v>
       </c>
       <c r="T85" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B86" t="s">
-        <v>3586</v>
+        <v>3194</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>3587</v>
+        <v>3195</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>3588</v>
+        <v>3196</v>
       </c>
       <c r="H86" t="s">
-        <v>3589</v>
+        <v>3197</v>
       </c>
       <c r="I86" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J86" t="s">
-        <v>3590</v>
+        <v>3198</v>
       </c>
       <c r="K86" t="s">
-        <v>2739</v>
+        <v>2874</v>
       </c>
       <c r="L86" t="s">
-        <v>338</v>
+        <v>67</v>
       </c>
       <c r="M86" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N86" t="s">
-        <v>3591</v>
+        <v>3199</v>
       </c>
       <c r="O86" t="s">
         <v>20</v>
       </c>
       <c r="P86" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q86" t="s">
-        <v>3085</v>
+        <v>2705</v>
       </c>
       <c r="R86" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S86" t="s">
-        <v>3592</v>
+        <v>3200</v>
       </c>
       <c r="T86" t="s">
-        <v>3071</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B87" t="s">
-        <v>3593</v>
+        <v>3201</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>3594</v>
+        <v>3202</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>3595</v>
+        <v>3203</v>
       </c>
       <c r="H87" t="s">
-        <v>3596</v>
+        <v>3204</v>
       </c>
       <c r="I87" t="s">
-        <v>3044</v>
+        <v>2646</v>
       </c>
       <c r="J87" t="s">
-        <v>3057</v>
+        <v>2677</v>
       </c>
       <c r="K87" t="s">
-        <v>3058</v>
+        <v>2678</v>
       </c>
       <c r="L87" t="s">
-        <v>107</v>
+        <v>154</v>
       </c>
       <c r="M87" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N87" t="s">
-        <v>3597</v>
+        <v>3205</v>
       </c>
       <c r="O87" t="s">
         <v>20</v>
       </c>
       <c r="P87" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q87" t="s">
-        <v>3085</v>
+        <v>2705</v>
       </c>
       <c r="R87" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S87" t="s">
-        <v>3598</v>
+        <v>3206</v>
       </c>
       <c r="T87" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>3039</v>
+        <v>2641</v>
       </c>
       <c r="B88" t="s">
-        <v>3599</v>
+        <v>3207</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>3594</v>
+        <v>3202</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>3600</v>
+        <v>3208</v>
       </c>
       <c r="H88" t="s">
-        <v>3601</v>
+        <v>3209</v>
       </c>
       <c r="I88" t="s">
-        <v>3128</v>
+        <v>2746</v>
       </c>
       <c r="J88" t="s">
         <v>20</v>
       </c>
       <c r="K88" t="s">
-        <v>3381</v>
+        <v>3004</v>
       </c>
       <c r="L88" t="s">
-        <v>616</v>
+        <v>46</v>
       </c>
       <c r="M88" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="N88" t="s">
-        <v>3602</v>
+        <v>3210</v>
       </c>
       <c r="O88" t="s">
         <v>20</v>
       </c>
       <c r="P88" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="Q88" t="s">
-        <v>3085</v>
+        <v>2705</v>
       </c>
       <c r="R88" t="s">
-        <v>3048</v>
+        <v>2660</v>
       </c>
       <c r="S88" t="s">
-        <v>3603</v>
+        <v>3211</v>
       </c>
       <c r="T88" t="s">
-        <v>3051</v>
+        <v>2671</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>